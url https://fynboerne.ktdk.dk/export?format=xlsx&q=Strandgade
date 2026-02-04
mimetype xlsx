--- v0 (2025-10-28)
+++ v1 (2026-02-04)
@@ -5,886 +5,227 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1173" uniqueCount="632" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>April 1894</t>
+    <t>1914-05-17</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Christine  Mackie</t>
-[...1 lines deleted...]
-  <si>
     <t>Laura Warberg</t>
   </si>
   <si>
-    <t>Gudrun Andersen
-[...459 lines deleted...]
-  <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
-    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
-[...4 lines deleted...]
-Adam Goldschmidt
+    <t>Strandgade</t>
+  </si>
+  <si>
+    <t>Malmø
+St. Pauli Kyrkogatan 19</t>
+  </si>
+  <si>
+    <t>Siri Andersson
 Alfred Goldschmidt
-Julius Hviid
-[...217 lines deleted...]
-Julius Hviid
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
-Andreas Larsen
 Johanne Christine Larsen
-Johannes Larsen
 Christine  Mackie
-Åge Meyer Benedictsen 
 Ellen  Sawyer
-Erik Warberg Larsen
-[...23 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/kFZB</t>
+Clara Syberg
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen fik opført et hus på Strandvejen/Strandgade i Kerteminde til Laura Warberg. Der var plads til, at hendes datter og barnebarn også kunne bo der. 
+Det vides ikke, hvem Anne var. 
+Astrid Warberg-Goldschmidt flyttede fra sin mand, Alfred/A., i 1914. 
+Adolph/Agraren og Johanne/Junge Larsens søn var syv år i 1914 og skulle begynde i skole. Familien boede på dette tidspunkt på gården Kærbyhus i Kerteminde. At Johanne/Junge var "to hele Dage paa Landet" handlede om, at hun cyklede rundt til klaverelever.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2610</t>
+  </si>
+  <si>
+    <t>Laura Warberg har sammen med Grethe, Christine, Clara Syberg m.fl. indviet det nye hus. Alt er ikke helt færdigt; haven er noget rod, og stuen er lidt vel stor. Dørene kan ikke låses, og da de en nat hørte nogen udenfor, patruljerer politiet nu på stedet, og Laura har fået en stor vagthund. 
+Alfreds behandling af Astrid er dog for gal.
+Adolph/Agraren og Johanne/Junge Larsen kan ikke sammen med Grethe. Og Alhed Larsen synes, at Johanne skal undervise Erik hjemme., hvilket hun ikke har tid til. 
+Johannes Larsen er kommet hjem efter to en halv måned (ved Fiilsø).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SCEC</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Fru Astrid Goldschmidt
-St. Pauli Kyrkogatan 19
+Til Astrid Goldschmidt
+St. Pauli Kyrkigatan 19
 Malmø
 Skåne
 [På kuvertens bagside: Poststempel]
 [I brevet:]
-Formiddag
-Søndag d. 22de.
+Strandgade – Søndag
 Kære Astrid!
-Det var et vældig interessant Brev fra Dig, det er saa rart at høre, Du en Gang imellem har en Fornøjelse. Hvilken yndig Kjole det maa være! Det er altsaa den, Din Svigermor gav Dig. Kunde A. lide den gule Dragt fra Kbh?? Hvor morsomt at høre om de smaas Musik. Hvilken Glæde for Dig og A. det kan blive. Kunde Du ikke have sagt til Lugge om at bede A. med? Han var vel nok gaaet tidlig hjem. Og nu nærmer Afgørelsen med Gymnastikken sig! Det bliver knusende spændende! I fire smaa maa da komme med skulde man tro! Men vær nu forsigtig lille Putte! Sæt ikke Liv og Lemmer paa Spil for Sportens Skyld – Jeg har lige nu været med Pigen ovre at gøre Ild i Spisestuen i vort Hus, der kom en nydelig Kakkelovn i Gaar, de andre i Morgen, der skal fyres nogle Dage for at Vægge og Loft kan tørre hurtigt. Maleren gaaer og maler Træværket hver Dag; i Morgen kommer de sidste Døre i, de har smølet længe, men nu gaaer det igen. Elektrikeren er der i disse Dage. Men min Sorg er Haven, der ikke maa blive jævnet eller rørt, inden Las til Paaske!!! kommer hjem. Men skriv ikke hertil om det, Alhed er øm paa det Punkt. Naa megen Glæde kan vi jo nok faae af Haven alligevel. – I Gaar var jeg en lang Tid hos Dr. Hviid, tog ham til Huslæge – 30 Kr – og satte ham ind i hele Sygdommens Forløb. Det har nemlig længe været skidt med Øjnene, værre og værre. Han mener absolut, det er Nervesvækkelse, er der Forkalkning, siger han, er det meget lidt. Nu har jeg faaet saa godt Haab igen, for jeg har tidt været ret langt nede. I Morgen inden jeg staaer op, vilde han komme og høre paa Hjertet og see paa Aarerne paa Benene. Børnene er saa lettede og glade over det. Nu vil jeg foreslaae ham, eller rettere spørge – jeg tænkte ikke paa det i Gaar, - om jeg ikke en 14 Dage skal helt lade være at bruge Øjnene. d.v.s. med Briller, og saa gaae med de farvede Briller [”Briller” indsat over linjen], jeg har paa mine lange Spadsereture og naar jeg strikker; tænk jeg kunde ikke en Gang strikke paa et gråt Badehaandklæde, som jeg ikke behøver at see paa, uden mine Øjne sved og gjorde ondt; alene Skæret af den bitte Lampe – Petroleums med Skærm over, jeg har, kunde jeg ikke taale. Det vil jo blive svære 14 dage, især kedeligt at jeg ikke kan læse med Erik, som nu skulde begynde paa Historie og Geografi foruden det andet. Og Gretes Fransk 2 Gange om Ugen! Men jeg tror, det vil være rigtigt! Jeg har hørt om en Dame med akkurart lignende Svækkelse i Synsnerverne hun kom sig tildels. – Naar bare vi var saa vidt, at vi kunde gaae hver Dag saa smaat at flytte ind, men før efter Paaske bliver det slet ikke – Der bliver ellers ganske dejligt allevegne paa nogle smaa Ubehageligheder nær. Tænk der er ingen ”øverste Vinduer”, det hele lukker op!! Og der er Lem til Kælderen i Anretterværelset, det er jo farligt: og Trappen til Loftet maa hejses ned og op. – I Forgaars tog Johanne og Puf nok saa glade med Toget 6.20 til Mesinge at høre Aage Meier Benediktsen holde Foredrag om Rusland. Tænk saa kunde de ikke naae Toget hjem det blev øsende Regn, som de gik i 5 Kvarter – 1 Mil. J. var ulykkelig over sit gode Tøj, Puf meget medtaget, en grufuld Tur! Vi var saa kede over dem. Nu efter Middag skal jeg op til dem, først hos Elle og saa til Kaffe hos Agrarens. – Elle er saa optaget i disse Dage, hun spiller 2 Timer hver Aften i Biografen, det er ”quo vadis” og hun har gjort sig megen Umage med Musiken, spiller Dejlig er Jorden, først forte og senere mono, som det lød langt borte; en ”Del af Messias” og lignende alvorlig Musik. Chr og A. var der til Premièren, propfuldt, de sagde, at Elle spillede udmærket; hun hører tidt Anerkendelse af sin Musik, meget bedre end Junges. I Dag spiller hun 6 Timer til 10½, skal med første Tog i Morgen til Odense og Kl.11 i Bil Fyn rundt med den afrikanske Godsejer, som skal købe Kvæg her, og hvor Elle er Tolk, mulig i to Dage; det bliver jo en god Skilling men hun er benovet. To Assistenter er med. Hun faaer syet sin mørkeblaa Nederdel hos en Skrædder; og den nye Fløjlsbluse hos hendes Syerske i Revninge, der var hun i Gaar at prøve, havde flere Timer her forinden, og 4 i Biografen. Ja hvor hun og Johanne er spændt for! – Las faaer desværre ingen af de nye Billeder fra Fiil Sø pa den Frie, nemlig til 2_den_ skal komme [”komme” overstreget] faae Gris i næste Maaned, 300 Kr!! men betales til September og kan give en vældig Indtægt med Held! ”Grisene er bedre Betalere end Køerne”!! siger de lærde Landmænd. Bare Du kan læse dette, værre Kragetæer end nogensinde! Nu skal Du maaske nøjes med Brevkort en Tid. alt anstrenger jo mine Øjne. Har jeg fortalt, at Chr. og Alhed lærer Fransk 2 Gg. om Ugen hos Fru Svendsen, det morer dem meget. Nu vil A. til at male igen hun har jo 2 Piger og intet selv at gøre i Huset. Saa Farvel lille Putte! Kærlige Hilsener til Dig og de smaa!
-[...6 lines deleted...]
-    <t>Frederik Hendriksen
+Det var da godt det ikke blev Mæslinger, det var jeg bange for. Endelig i Dag kan jeg nogenlunde hvile paa mine Laurbær, for det har været et stort Arbejde for Anne og mig hele den Uge. I Aftes fik vi Gas og i Morges indviede vi Husholdningen med The sammen, ogsaa Clara Syberg – Grethes tre Veninder og Putte. Det var meget festligt for aabne Havedøre i et henrivende Vejr. Det var sent og Folk cyclede forbi og kiggede nysgerrigt ind. Vi boer jo ganske fint med Strandvejen. I Morgen spiser vi første Gang her; en af de første Dage bliver W.C og med [”og” overstreget; ”med” indsat over linjen] Badeværelse – anvendt – i Stand, saa mangler vi endnu Brædt og nogle Lister i Køkkenet, alt flyder endnu der. Haven hviler, ingen viser sig til at saa eller plante!! Men jeg har snart lært Taalmodighed! Her er jo ganske dejligt, min Dagligstue er bare noget for stor, her ser lidt tomt ud, men naar jeg faar den rødbrune Sofa – Dis – og Planter ved det øverste Vindue, saa hjælper det. I Aften kommer Las efter 2 ½ Måned deroppe, et storartet Arbejde har han gjort. Gud veed, om hans største Billede vil gøre Lykke paa ”den baltiske” – sig mig hvad Du synes om det. - .
+I Gaar fik vi herned en smuk middelstor Ulvespids med en vældig pels; Elle hørte nogen herude forrige Nat og sov næsten ikke, de laa hos Alhed den næste og i Nat har jeg ligget her. Politiet blev sat til at patrullere flittigt her forbi om Natten, saa vi er nu ikke bange. Intet var stjaalen, det har vel bare været nogle nysgerrige, takket være Arkitektens Smøleri har vi endnu ikke faaet Laase eller Haandtag til Dørene!! render rundt til dem alle med et løst Haandtag men Dørene kan let aabnes med andet Redskab, naar Nøglen ikke er drejet om, og det havde jeg forsømt den Nat. Det er dog for galt, som A. er mod Dig med Penge. Var det for Dine egne, Du var i Birkerød? Bare Du dog kommer her! Junge vil saa grulig gærne have Dig og det er Synd om det, hun har saa faa Glæder, da hun altid har travlt. Desværre kan Agraren slet ikke med Grete, saa Elle er e_n Smu_le paa Kant med dem ogsaa, kommer der næsten aldrig nu; jeg er saa ked over det, gør hvad jeg kan for Junge, [ulæseligt] Gange haft hende paa Hotel til Kaffe en Aften. Men skriv ikke hertil om det; det nævnes ikke mellem Elle og mig, det bliver vel bedre, nu Grete ikke har noget der at gøre, Men de tre andre har meget at sige paa Junge altid; forleden udtalte Alhed til hende, om hun ikke selv kunde læse med Erik det første Aar!! Naar vi nu veed, at J. er to hele Dage paa Landet, to andre har hun 6 af 7 Timer og de to sidste Dage ogsaa mange Elever!! Det var haarrejsende og det oprørte baade J. og mig; det var forfærdelig Synd af Alhed. Det er dejligt, lille Putte, at Du dog nu har saa mange Venner og Fornøjelser; hvem er Siri?? – 
+Mange Hilsener!
+Bedstemor</t>
+  </si>
+  <si>
+    <t>1914-11-10</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Esther Dahlerup
+Ludvig Dahlerup
+Julius Hviid
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+- Lundgren
+Christine  Mackie
+Ellen  Sawyer
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Ellen og Christine er muligvis Alhed Larsens søstre.
+Huset i Strandgade: Alhed og Johannes Larsen fik 1913-1914 opført et hus i Strandgade, Kerteminde, og de lejede det ud til Alheds mor.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har lagt tulipanløg, og han skal til Dahlerup og spise. 
+Larsen har betalt skat, og den blev høj på grund af huset i Strandgade.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9vRT</t>
+  </si>
+  <si>
+    <t>Kjerteminde 10. Nov. 1914.
+Kæreste Alhed!
+Det gaar godt. Vi var ved at lægge Tulipaner i Eftermdg. men maatte holde op paa Gr. af Regn. Nu er det klart og tørt og saa kan vi vel i Mrg. Jeg skal ned til Dahlerups og spise Gaas sammen med Dr. Hvids. Christine skulde ogsaa have været der men sendte Afbud da hun havde kaldt Lundgren hjem til Mortensaftensmad, og saa kom Gross. og fortalte at hans Kone var i Odense saa de fik ikke varm Mad! men nu hører jeg hun har gjort Udvej for Bøf og ude i Butikken står Ellen og skraaler paa Toddyglas til Fru Mackie. Nu tager jeg et Par D[ulæseligt ord] med Hjem naar jeg er færdig med Brevet. Jeg har betalt Skat paa Kæmnerkontoret i Dag den er nu kommen op paa 83,54 paa Grund af Huset i Strandgade. Mange Hilsner fra os alle 3 og fra Christine og Uglen.
+Din
 Johannes Larsen</t>
   </si>
   <si>
-    <t>Laurentius Allerup
-[...1 lines deleted...]
-- Højmark
+    <t>1927-02-22</t>
+  </si>
+  <si>
+    <t>Esben Hansen
+- Hegel
 Andreas Larsen
-Johan Larsen
-[...29 lines deleted...]
-Onsdag Aften</t>
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen fik bygget et hus i Strandgade 64 til Alheds mor. Huset blev bygget i 1914, og de første fire år boede Alheds mor i det, men hun måtte flytte, da familien havde brug for lejeindtægt.</t>
+  </si>
+  <si>
+    <t>JL er bevilget et lån på 8000 kr. Han og Alhed udlejer et hus i Strandgade i Kerteminde. Arbejdet med træsnittene går planmæssigt fremad og nærmer sig afslutningen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WvKa</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22/2 1927
+Kæreste Alhed!
+I Dag kom der et Dokument fra Hegel at de nok vilde laane 8000 Kr og at de havde meddelt dette til Direktør Esben Hansen i Discontokassen. Det er nu underskrevet og sendt og saa sender de Pengene til Odense. I Gaar underskrev jeg Lejekontrakt paa Huset i Strandgade. I Dag har jeg snittet igen og taget 2 Prøvetryk. Jeg vil pille lidt ved Stokkene i Mrg og saa begynder jeg paa Svanerne. Puf er nu omtrent færdig med at trykke. Lysse har endnu ikke sendt Sagaerne. Mange kærlige Hilsner
+Din
+JL</t>
   </si>
   <si>
     <t>1914-04-01</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
   </si>
   <si>
     <t>Daisy  Berg
 Ebbe Branner
 Frits Branner
 Thora  Branner
 Wilhelm Branner
 Adam Goldschmidt
 Alfred Goldschmidt
 Henriette Goldschmidt
 Ina  Goldschmidt
 Selmar Goldschmidt
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Ellen  Sawyer
 Andreas Warberg
 Minna Warberg</t>
   </si>
   <si>
     <t>Strandgade og Huset: Alhed og Johannes Larsen lod i 1913-1914 opføre et hus til Laura Warberg, hendes datter og et barnebarn på Strandvejen/i Strandgade, Kerteminde.</t>
   </si>
@@ -897,55 +238,546 @@
 Det går alt for langsomt fremad med huset.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/nHWH</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmø
 Skaane 
 [På kuvertens bagside:]
 Branners kommer her vist ogsaa en Dag i Paasken.
 [Poststempel]
 [I brevet:]
 Onsdag
 Kære Astrid! 
 Nu er jeg all right igen, godt det kom inden Paasken, men jeg maatte opgive min Rejse ind til Daisys Konfirmation. 
 Hør lille Putte, mon jeg ikke har fortalt Dig, at jeg havde paabegyndt et Tæppe til Din lille Puf i Sov [”Sov” overstreget] Dit Værelse allerede i Fjor. Nu har jeg forespurgt i en Broderihandel, hun vil have 5 Kr. for at sye det svensk Syning paa Uldgarn. Nu kom jeg til at tænke paa, om Du ikke hellere vil have det og sye selv + 3 Kr.?? Sig nu i saa Fald, hvordan jeg skal sende det om til Strandgade? Hvor skal I være i Paasken? 
 Er de gamle raske igen og skal mulig Alfred være der nogle Dage med Børnene? Om Du kunde stikke [”stikke” overstreget] et Par Dage herover Dede og Minna er hos Las’s, men Du kunde være hos Johanne, Elle siger, at det gaaer bedre nu med Dig og Agraren. Det vilde være knusende morsomt, men jeg veed nok, det kniber med de Penge. Jeg har ikke Raad at hjælpe, der bliver mange Udgifter for mig ved Huset. 
 Stakkels lille ked Adam med sine daarlige Tænder. Fortæl mig om ham og om Dine Svigerforældre. Hvilken Anerkendelse han har faaet i Bladene. Alt vel her, undtagen at det gaaer saa langsomt med Huset. De Kerteminder!!! Vi har Foraar i Dag!
 Kærlige Hilsener til Eder alle tre fra
 Bedstemor.</t>
   </si>
   <si>
+    <t>1899-05-18</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Flødstrup
+Fiskergade, Kerteminde</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Andreas Larsen
+Vilhelmine  Larsen
+Peter Nielsen
+Rasmus Petersen, Gartner</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab, fordi hun lige har født. Hendes svigermor har været på besøg, og hun har været i gang med at gå fra toget i Ullerslev til Kerteminde.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet på alle sine fire billeder. Han vil komme til Erikshaab i pinsen.
+Hans mor begyndte forleden at gå hjem, men fik så kørelejlighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lLDc</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Maj 1899.
+Kæreste Alhed!
+Det var kun et lille Brev Du fik i Gaar og i Dag bliver det nok ikke stort større, Allerup sidder her og snakker Fanden et Øre af. I Dag har jeg faaet malet paa alle fire Billeder; det med Gaden begynder at se helt godt ud og Blomsterne bliver snart færdige, men det skulde de jo ogsaa gerne naar jeg skal ned til I to i Pintsen, jeg tror nok at jeg bliver her første Pintsedag og gør hvad jeg kan ved Billederne, mener Du ikke?
+Moder kom med Posten, hun var først begyndt at gaa, men fik ondt i det ene Ben og gik saa ind til en Mand vi kender i Flødstrup og ventede paa Posten der, jeg skal hilse mange Gange fra hende. Jeg var nede og blive barberet over og var bagefter nede i Fiskergade hos Peters og Vilhelms og da jeg havde malet paa Blomsterne var jeg igen ude og 
+[ulæseligt, dårlig kopi]
+I det gode Vejr og spiste til Aften
+[ulæseligt, dårlig kopi]
+Gartner Petersen sammen med Rasmus. Jeg skal hilse Dig fra Chr. Andersen som kom forbi i Aften nu jeg stod og malede nede paa Gaden. Mange Hilsner til Den lille søde og min egen allerkæreste Ven fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-05-23</t>
+  </si>
+  <si>
+    <t>Strandgade 3, Kerteminde</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Vilhelmine  Larsen
+Karl Madsen
+- Nordskov</t>
+  </si>
+  <si>
+    <t>Toldboden i Kerteminde ligger i Strandgade</t>
+  </si>
+  <si>
+    <t>Alhed er rejst fra Kerteminde i stor hast, efter at hun og Larsen kom for sent op.
+Georg Larsen (bror) har set et par klyder, og Adolf (Agraren) og Johannes Larsen har skudt dem, hvorefter Johannes Larsen har tegnet dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EmNY</t>
+  </si>
+  <si>
+    <t>Kjerteminde 23 Maj
+Min egen Kæreste!
+Det var dog en Skam at Du maatte rejse af den lumpne Grund at vi sov for længe i Morges. Du kan tro jeg er ked af at jeg ikke fik talt ordentlig med Dig, det var ogsaa et ækelt Vejr i Gaar. Jeg havde tænkt at begynde paa en Aquarel i Dag af et Motiv jeg har set paa i flere Aar og som sa[noget af papiret mangler] ud i Lørdags og i D[noget af papiret mangler] samme Slags Vejr. [noget af papiret mangler] der imidlertid ikke noget af for lidt efter at jeg var kommen hjem fra Posten, kom Georg ind og sagde at der gik 2 mærkelige Vadefugle ude paa Revlerne og da jeg kom ned og saa dem i Kikkerten, saa jeg at det var Klyder, jeg har aldrig før set dem levende, det var et Par nydelige Fugle. Agraren laante Nordskovs Bøsse og krøb ud ad Molen og jeg gik med min ud ved Toldboden og tog Strømperne af og gik ud i Vandet og uden om dem. Da jeg havde drevet en Del omkring med dem lykkedes det mig at komme dem saa nær at jeg kunde skyde Hannen [noget af papiret mangler]en største og kønneste [noget af papiret mangler]e gik i Vandet, den [noget af papiret mangler]skød jeg da den fløj forbi og Agraren skød den saa ihjel da den kom henover ham. De er nydelige sorte og hvide med lyseblaa Ben. Den ene har jeg tegnet i Eftermiddag og har vel nok at gøre hele Dagen i Morgen og maaske i Overmorgen med. Det var for Resten ikke saa morsomt at skyde dem, og havde det ikke været for Proffessionens Skyld vilde jeg heller ikke have gjort det, det var en væmmelig Fornemmelse bag efter, at tænke paa at saadan 2 smukke Fugle ikke kan vise dem her uden at de skal dræbes. De saa saadan ud: [tegning]
+Nu faar Du ikke ret meget mere denne Gang. Det er næsten mørkt og Fader og Moder er gaaet i Seng, men de trænger vel ogsaa til det efter Rejsen. Jeg vil dog fortælle Dig at jeg holder forfærdelig meget af Dig og er meget ked af at Du ikke kunde blive her længere. Jeg elsker Dig. Mange kærlige Hilsner og Tak fordi Du kom og besøgte mig den lille korte Tid, om det ikke var ret længe var det dog meget bedre end slet ikke, og jeg [noget af papiret mangler] bleven forfærdelig [noget af papiret mangler] hvis Du ikke var [noget af papiret mangler] i Lørdags. Kan du nu skrive rigtig til mig
+Din hengivne
+Johannes Larsen
+P.S.
+Jeg vilde gerne bede om jeg maatte laane K. Madsens Bog om japansk Malerkunst.</t>
+  </si>
+  <si>
+    <t>1919-12-18</t>
+  </si>
+  <si>
+    <t>Strandgade, 5300 Kerteminde</t>
+  </si>
+  <si>
+    <t>- Hartfelt
+Marie Schou
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Toldbevis på dæksbåden Skjold udstedt 18/12 - 1919.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zBvC</t>
+  </si>
+  <si>
+    <t>DET ATTESTERES HERVED I HENHOLD TIL [PARAGRAF] 6 I MIDLERTIDIG LOV AF 4. OKTOBER 1919 OM EN SÆRAFGIFT TIL STATEN AF LYSTFORTØJER OG OM TOLDEN PAA DISSE, AT LYSTFARTØJET 
+Dæksbaad "Skjold"
+AF ......... Kerteminde ........., SOM IFØLGE
+MAALINGSDOKUMENT AF 10 September 1904
+ER MAALT TIL EN BRUTTO-TONNAGE AF 3 88/100 TONS OG ER ANMELDT AT TILHØRE
+1) Billedhugger Hans Peter Syberg af Kerteminde, best. Reder og 
+2) Fru Marie Syberg, København
+ER OPTAGET PAA NÆRVÆRENDE TOLDSTEDS REGISTER OVER LYSTFARTØJER. 
+KJERTEMINDE TOLDKAMMER DEN 18' December 1919.
+Hartfelt.
+NÆRVÆRENDE BEVIS SKAL PAA FORLANGENDE FOREVISES TOLDVÆSENET OG MAA DERFOR PAA REJSER MEDBRINGES OM BORD.</t>
+  </si>
+  <si>
+    <t>Forår 1914</t>
+  </si>
+  <si>
+    <t>Glorup</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Ane Marie Christiansdatter
+Ludvig Dahlerup
+Theodor Christoffer Delcomyn
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Andreas Madsen
+Karl Madsen
+Harald Meyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Larsen-parret bygger hus til Alheds mor i Strandgade i Kerteminde. 
+Det er uklart, i hvilken rækkefølge brevet skal sammensættes/læses.</t>
+  </si>
+  <si>
+    <t>Drengene skal til eksamen. 
+Husbyggeriet er i gang, men det går for langsomt, og Alhed er irriteret. 
+Banken truer med at opsige et stort lån. Alhed beder Larsen spørge Karl Madsen om at få penge, og hun er inde på, at man kan skifte bank.
+Alhed kommer med forslag til, hvilke billeder Larsen kan hænge op (anden ophængning).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4TTW</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Hermed forskellige Sager. Jeg har ikke sendt Andreas Madsen nogen Bog, skal jeg gøre det? og skrive at det er et Laan? – I Morgen begynder Drengenes Examen, den slutter Onsdag eller Torsdag, saa vi kommer altsaa Torsdag eller Fredag, gid vi nu maa faa rigtig fint Vejr til Turen, vi glæder os meget! – Mor har været en Ugestid paa Glorup og kommer hjem i Aften, jeg gruer for hendes Tilbagekomst, der er ikke sket ret stor Forandring dernede ude omkring. Stenhuggerne maatte gaa fra Haven for at grave Kloak, hvad Jensen sagde i Dag havde taget 3 Dage. Jeg gav ham paa Hovedet, fordi det gik for langsomt. Han siger, der kan jo godt begyndes paa at grave Have, fordi der ikke er flyttet Høj og lavet Stengærde, er det ikke noget Sludder. Kan Du ikke omgaaende skrive derom og nøjagtig Gangen i det, jeg mener i hvilken Rækkefølge Arbejdet skal gøres og hvem der skal gøre det. Pause. Her ringede H. Mejer og bad mig komme ned i Banken til en Konference. – Det er jo stadig de Penge, det er galt med. De truer med at sige det store Laan op, H.M. frygtede de vilde gøre det. – Kunde Du dog ikke den dag i Morgen skrive til Karlo Madsen og bede om at faa de Penge sendt eller spørge hvor Du skal henvende dig for at faa dem. Saa gaar jeg i Morgen til Dahlerup og faar ham til at arbejde løs paa de andre Sager og ikke vente til Du kommer hjem men sende Dig til Underskrift. Jeg er for Resten gnaven paa dem og kunde unde dem, at vi skulde flytte fra dem ved Lejlighed. Vi kunde saamænd sagtens f. Ex. ved Overrettens Hjælp faa de lumpne 30,000 i en anden Bank som 2den Prioritet i alle de gode Ejendomme. Og saa senere anbringe vore mulige Rentepenge dér, det kunde de have godt af. – H.M. sagde at jeg i Morgen skulde ned at tale med Delcomyn, Gubevars det kan jeg saamænd godt, (H.M. siger for Resten, at han (Delcomyn) samt H.M. holder paa os til det yderste i Banken. Du skal ikke skrive til dem eller noget men endelig strax til Karl Madsen, at vi kan faa lukket Munden paa dem. – Nu maa jeg slutte Hvad mener Du til 2den Ophængning om:
+1. Paafugle 
+2. Din Farmor
+3 Svigerfar
+4 Tjalfe (Brandstrup)
+5 Puf og mig malet c. samtidig med Tjalfe derfor tænker jeg mig de vil klæde hinanden og saa 3 nye. Det var ogsaa rart at faa nogle nye med at vi kan faa nogle Penge ind, det var dejligt at betale Delcomyn. 1000 Hilsner vi skal nok klare os [ulæseligt ord] Din A.</t>
+  </si>
+  <si>
+    <t>1915-05-06</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted</t>
+  </si>
+  <si>
+    <t>Mogens Brandstrup
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+- Hagen
+Alhed Larsen
+Andreas Larsen
+Gudrun Larsen
+Henning Larsen
+Johan Larsen
+Johannes Larsen
+Vilhelm Larsen
+Gudmund Larsen 
+Leo Swane
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warberg flyttede 1914 ind i et hus i Strandgade, Kerteminde, og da det var nybygget, skulle der anlæges have. 
+Personen, der skal giftes (svært læseligt navn) er muligvis Mogens Brandstrup.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3769</t>
+  </si>
+  <si>
+    <t>Laura Warberg takker for pakken med diverse til brug i haven. 
+Lille Erik er begyndt at gå i skole hos Frk. Hagen.
+Alhed og Johannes Larsen skal til bryllup i København.
+Leo Swane kommer på besøg og skal bo hos Laura, da hele Vilhelm/Klaks Larsens familie også ankommer og skal overnatte hos Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Yl47</t>
+  </si>
+  <si>
+    <t>Kerteminde d: 6/5 - 15
+Kære Lomme og Bes!
+I skal have tusinde Tak for den dejlige Pakke! Tænk jeg havde netop bedt Puf tage en Plantepind med herned idag, han skulde plante Kant for mig, men de havde ingen; saa I kan troe jeg blev glad, da Eders kom i Formiddags! Nu er Puf i Gang! Alhed skal nok faae nogle af dem. Tremmerne til Blomster og den ene lille Fjæl samt Bækket er ogsaa strax taget i Brug. Jeg rejser i Morgen til Brædstrup. Lille Erik gaaer nu i Skole hos Frøken Hagen; han var saa flink til sin Examen hos mig. Vi har det alle godt. Las's skal til Mums's Bryllup i København d. 22_de_; det bliver fint i Frue Kirke og Middag hos Nimbs. Alhed skal have ny Kjole, saa de kommer ind en Uges Tid før Brylluppet. Skrive-Swane kommer i Dag til dem, men da hele Klaks Familien ogsaa kommer i Dag, saa skal han sove her i vort Pigekammer. Det er forresten Spisestue for Tiden, da alle Møbler fra min Dagligstue er flyttet ind i de to andre Stuer. Nu Farvel I søde, kære Børn! Kan I hilse Eder selv og alle de andre fra
+Bedstemor</t>
+  </si>
+  <si>
+    <t>1913-12-22</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Ina  Goldschmidt
+Christine  Mackie
+Else Warberg
+Karen Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen lod et hus opføre til Laura Warberg på Strandvejen/i Strandgade i Kerteminde. Hun flyttede ind i 1914, men i 1913 opholdt hun sig også i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2612</t>
+  </si>
+  <si>
+    <t>Astrid må føle sig mere isoleret, efter at Laura Warberg er flyttet fra København til Fyn. Mon Astrid snart kommer på besøg? 
+Johanne/Junge ville ønske, at Astrid havde været med i Norge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Qnm1</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+19 Sct Pauli Kyrkogatan
+Malmø.
+[Håndskrevet på kuvertens bagside:]
+Jeg har sendt dig en Bog.
+[Julemærke 1913. Poststempel]
+[I brevet:]
+Kære søde Dis!
+Jeg er begyndt at længes saa meget efter dig og synes det er saadan en evig Tid siden vi sidst saas – ja altsaa ogsaa snart et Aar! Du er rigtignok meget isoleret derovre nu, navnlig efter at du ikke mere har Mor i Kjøbenhavn; du trængte til [”til” overstreget] mere til hende end alle vi 4 tilsammen, men det var jo heller ikke for vores Skyld, hun kom herover; men nu kan da blive holdt àjour med alt her ovre fra, det er [”er” overstreget] har ogsaa sin Charme. – Kan der snart blive Udvej for et lille Vip herover? Eller først til Sommer maaske. 
+Bare jeg i Julen vilde tage mig sammen til at skrive dig et ordentligt Brev og fortælle om alt muligt; men det vil jeg vel ikke! Jeg har mere end ondt ved at skrive Breve mere. Gid du havde været med i Norge, det var noget af det mest bedaarende jeg har oplevet; jeg savnede jævnaldrende en lille Smule: Mor Tante Else og Nina er jo lidt ældre alle tre! 
+Hvis du skriver til mig i Julen saa vær lidt udførlig om Børnene de søde kære Unger. Ja Klokken er halv 12; jeg har været paa Landet og skrevet en Mængde Kort! Skal bage i Morgen. Vi glæder os meget til Julen. Gid Helbredet var lidt bedre; der er Tvivl om Christine maa komme om Juleaften. Det afhænger af Feberen. hun har jo Influenza. 
+Tusind Hilsner lille søde Dis! Gid I maa faa en god Jul – lad os høre derom undskyld disse Fedtpletter.
+Din Junge.
+22 – 12 – 13.</t>
+  </si>
+  <si>
+    <t>1914-02-22</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Ina  Goldschmidt
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Carl Thomsen
+Ellen Thomsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen lod i 1913-1914 opføre et hus i Strandgade/på Strandvejen i Kerteminde til Laura Warberg, hendes datter, Ellen, og barnebarnet Grethe. De flyttede ind i foråret 1914, men boede der kun få år. 
+Johanne C. Larsen spillede klaver. 
+Carl Thomsens hustru, Ellen, var ifølge opslag på filmdatabasen.dk og diverse andre steder født Schmidt, så at hun skulle hedde Brandstrup (Laura Warbergs fødenavn) er mystisk.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2622</t>
+  </si>
+  <si>
+    <t>Laura Warberg er ikke rask. Hun må sove længe, gå ture, sove til middag og ikke passiare for meget.
+Der bliver nu sat døre og vinduer i huset, og maleren arbejder. Johannes Larsen har byttet malerier for gartnerarbejde og planter til haven. 
+Johanne Larsen har spillet klaver ved en teaterforestilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/h0Nw</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne 
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Søndag d: 22de
+Kære Astrid!
+Denne Gang skulde Du gærne have et ordentligt reglementeret Mandagsbrev. Det hjalp godt paa Kræfterne, at jeg laa et Par Dage i Sengen her; nu er det bare det skrøbelige Hoved, der endnu taaler saa lidt; især hen paa Eftermiddagen maa jeg være meget forsigtig, ikke passiare for meget, ikke bestille meget. Du kan troe, Tiden er lang! Jeg staaer dog først op Kl. 10, gaaer saa en Tur, efter Middag hviler jeg 2-3 Timer, faaer gærne en lille Søvn. Men det bliver vel bedre, især dersom Vejret vil blive saa godt, at jeg kan gaae tre smaa Ture om Dagen. Det var – som [ulæseligt] skriver – skændigt med den Influenza! Jeg var dog bleven saa rask forinden. Nu er der lige ved at blive sat Vinduer og Døre i Huset, saa Gulve og saa i Marts kan Maleren tage fat. Vi haaber, at Malingen er færdig først i April, saa Gulvene kan tørre i Paasken og vi sidste Halvdel af April kan flytte ind. Tænk jeg faaer alt plantet gratis i Haven! Las har givet Malerier til en Gartner imod at tage alt der. Udenfor Havedøren er en meget stor Trappe med godt en M. høj rød Mur udenom, bred saa der kan staae Kasser. – Christine er oppe i Dag efter 4 Dage i Sengen af Slim i Brystet og en slem Asthma til Tider. Ellers er alle raske. Johanne tjener 10 kr. ved i Aften at spille i en Forening. Forleden spillede hun ved Carl Thomsens Forestilling; hans Kone er Ellen Brandstrup, de talte længe med hende.
+Ja, nu maa Brevet afsted med Putte, der henter Post. Lev vel lille Putte; Tak for det sidste gode Brev. Hils de flinke søde smaa!
+Mange Hilsner fra Mor.</t>
+  </si>
+  <si>
+    <t>1914-05-08</t>
+  </si>
+  <si>
+    <t>Axel  -
+- Dahlerup, Fru
+Christian  Houmark
+Julius Hviid
+Grethe Jungstedt
+Alhed Larsen
+Christine  Mackie
+Axel Muus
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen fik i 1914 bygget et hus på Strandvejen/i Strandgade, Kerteminde, til Laura Warberg, datteren Ellen/Elle og barnebarnet Grethe. 
+Gården Kejrup ligger nær Kerteminde. 
+Det vides ikke, hvad Laura Warbergs nye pige hed og ej heller, hvem tandlægen var. 
+Dr. Hvidt er formodentlig Dr. Julius Hviid.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2614</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NXeB</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Store Bededag
+Kære Astrid
+Kl. er 8 og jeg er nu ankommen hjem fra Alhed, hvor vi har været til Middag Kl. 1 og bleven længere end jeg havde tænkt. Vi skulde nemlig see Alhed i Stadsen til et fint Bal paa H [”H” overstreget] Kejrup hos Muus; Prins Axel er der, her ligger Baade med ham og en Del Officerer; nogle kom i en Flyvemaskine, saa her har været Røre i den lille By. A. havde faaet sin gule S[i]lke syet om med meget klart, mønstret Tüll, en dejlig Dragt, der klædte hende henrivende. Kun faa af Byens ”Spidser” er med. Vi er alle saa gale paa Muus, at han ikke kunde bede Elle med; Fru Dahlerup dyer sig vist ikke for at sige det til ham – Christine blev fejret i Aftes deroppe; Dr. Hvidt, Houmark, Tandlægen og Elle til Kl. 1, saa hun var forsviret og vilde nu tilbringe denne Aften ganske ene. Hun var glad ved Dit Brev, fik ikke saa mange paa Grund af Helligdagene. Houmark er begejstret for at komme til dem er der ogsaa jævnligt. Han skriver udmærket, jeg har netop i Eftermiddag læst en af hans Bøger, mens Alhed fik en lille Hvil og de andre var ude. 
+– Nu ordner vi mine Stuer, min nye Pige og jeg; i Morgen kommer Chr. og Alhed og hænger Billeder op. Elle har hittet paa at de vil lave sorte Silhouetter til Spisestuen. Chr. har nok [ulæseligt] af dem paa Erikshaab; bare det kunde blive til Pinse, men det er vist et stort Arbejde. Endelig paa Mandag begynder de nok paa Haven. Min Stue bliver køn, men den er altfor stor; den minder saa meget om Erikshaab; men [”men” indsat over linjen] den er bredere og Dørene sidder ikke ens, Kakkelovnen ogsaa anderledes. Ja gid vi kunde faae en morsom Pinse! Elle siger, vi skal gøre Bal! Ja lad gaae, siger jeg! Gid Du kan komme! Spar nu sammen til det og rejs ikke mere end nødvendig forinden. Farvel lille Putte! Dette er gaaet i en Fart, det skal hen inden 9. 
+Kærlig hilsen! Mor.</t>
+  </si>
+  <si>
+    <t>1899-04-25</t>
+  </si>
+  <si>
+    <t>Ludvig Find
+- Nordskov
+Ellen  Sawyer
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på gården Erikshaab, da hun er højgravid og skal føde hos dem.
+Johannes Larsen har formodentlig stået i Strandgade i Kerteminde (bag forældrenes købmandsgård) og tegnet udsigten op mod en af møllerne på Møllebakken (begge møller var ejet af hans far, og Alhed og Johannes larsen byggede deres villa på netop Møllebakken).</t>
+  </si>
+  <si>
+    <t>Det er godt, at Alhed er begyndt at male på sine blomster igen.
+Johannes Larsen har lavet en tegning af sit nye maleri. Der skal nok et par hunde på billedet. Han maler desuden på pæretræet.
+Larsen har skrevet til Find, at han ikke kommer til Viborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/goPm</t>
+  </si>
+  <si>
+    <t>Kjerteminde 25-4-1899.
+Kæreste Alhed!
+Her har Du nogle Breve fra Elle, jeg haaber at det maa være de rigtige, jeg var saa heldig at finde dem i Mappen. Det glæder mig at Du har taget fat paa Cinnerarierne igen, hæng bare i saa skal Du se, at det bliver nok godt. Jeg ved ikke om jeg har fortalt Dig at mine 2 Billeder fra Odense ere ankomne i god Behold, jeg pakkede dem ud i Gaar. Jeg lovede Dig i Aftes at jeg skulde tegne mit ny Motiv til Dig, nu skal Du faa det: 
+[tegning]
+Det skal vist være et Aftenbillede eller maaske et Graavejrsbillede og det skal males færdig paa den Tid da Kastanietræerne ere næsten udsprungne, muligvis skal der et Par Hunde paa som Staffage, jeg saa forleden Nordskovs Puddel i Forgrunden (den er nu elegant klippet) og Smedens Foxterrier der stod og gøede hen paa Hjørnet.
+[Tegning]
+Saadan omtrent, nu skal jeg sætte dem paa Billedet saa Du kan se hvordan de vil tage sig ud. I Dag har jeg malet paa Pæretræs Billedet, der er allerede en hel Del jeg kan gøre nu og hvis jeg bare faar heldigt Vejr har jeg det bedste Haab om at faa det færdigt i Aar. Nu vil jeg skrive til Find at jeg definitivt har opgivet at komme til Viborg til Prøverne da jeg har nok at gøre for Tiden. I Gaar og i Dag har jeg ikke faaet malet paa Morgenbilledet da det har været graat begge Morgner. Jeg maa nok gratulere Dig! det er jo vores Bryllupsdag i Dag. Du kan tro jeg er glad ved at høre at Du er saa rask at Du kan gaa op paa Orene med Lethed. Vil Du kysse Christine fra mig. Mange kærlige Hilsner fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1914-03-20</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby</t>
+  </si>
+  <si>
+    <t>Mesinge</t>
+  </si>
+  <si>
+    <t>Axel Friis
+Johanne Giersing
+Anker Kyster
+Andreas Larsen
+Johan Larsen
+Christine  Mackie
+Johannes Madsen
+Åge Meyer Benedictsen 
+Johan Christian Petersen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 omkring 75 dage i Henne kirkeby for at male.
+St.St. Blichers Trækfuglene med Johannes Larsens træsnitsillustrationer udkom i marts 1914. 
+Larsen-familien byggede i 1914 hus til Alheds mor i Strandgade i Kerteminde. Huset var tegnet af Carl Petersen. 
+Det er uvist, hvem Johanne er. Alheds søster af dette navn blev altid kaldt Junge.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har sendt træsnit, og hun spørger, om (Johannes) Madsen skal lave rammer, og om hun skal sætte flere træsnit i hver ramme til Tyskland samt til Den Frie. 
+Trækfuglene får god kritik. 
+Det går fremad med Alheds mors hus, og Alhed og hun har nu købt kakkelovne og komfur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0SUh</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Tak for Dit Brev! Nu vil jeg haabe at jeg har ordnet det pænt med Træsnittene, jeg gjorde mig kolossal Umage, Christine hjalp mig, de er sendt i Dag. – Jeg sendte med 3.20 en Pakke med den ”Trækfuglene”, Du vilde samt Brevpapir og lidt anden Post. Maalene i Anker Køsters Brev har jeg skreven af, skal jeg lade Madsen lave 2 Blindrammer af den Størrelse og sende Dig?? [Der er også indsat et spørgsmålstegn til venstre for linjen] – Selv om Manden ikke vil have dem begge, kan Du jo altid komme af med dem. – Det er helt rart at der er lidt Bestillinger, det drøjer jo paa Foraarsudstillingen. - - Du ser vel nok i Extrabladet Kritikken over Trækfuglene, det er morsomt med den kolossale Lykke, den har gjort, det er nu alligevel det bedste ved det, at den er bleven saa god, selv om det pekuniære Udbytte ikke er saa godt. Træsnittene saa henrivende ud i Rammerne. – Men til Tyskland skal jeg da ogsaa sætte de store (Svanerne, Spætten o.s.v.) i én stor Ramme, og maa jeg eventuelt sætte nogle faa af ”Trækfuglene” sammen med ovennævnte store, hvis det kniber med at faa dem til at passe i Rammerne. Til den Frie blev der 4 Rammer, men naar jeg nu sætter dem saa tæt jeg kan, kunde jeg tænke mig, der blev for lidt til 5 men alligevel for mange til 3, maa jeg saa sætte de tiloversblevne sammen med de store? [? også indsat til venstre for linjen] – Hvorfor mon Du fik 2 Breve fra mig paa en Dag, det har jeg ikke skreven. – Det gaar vældig frem med Mors Hus, Elektrikeren og Maleren gaar der. Gulvene er lagt, ferniserede 1ste Gang og lakerede. Dørene er ved at blive sat i og Calle har i Dag i Telefonen godkendt Gerichter og Paneler. Mor og jeg har i Eftermiddag været hos Axel Friis og købt Kakkelovne og Komfur; Mor er henrykt over at der er saadan Driv i det. – Puf er med Johanne i Mesinge til et Foredrag om Rusland af Benediktson Mejer, Lysse skal til Dilettant Generalprøve (bl.a. Bes Syberg spiller) Christine skal spille (Musikken), de gaar mig [ordet overstreget] nu og tager Brevet med. – Derfor Farvel! 1000 Hilsner Din 
+A.</t>
+  </si>
+  <si>
+    <t>1914-03-22</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Adam Goldschmidt
+Alfred Goldschmidt
+Henriette Goldschmidt
+Ina  Goldschmidt
+Julius Hviid
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Åge Meyer Benedictsen 
+Ellen  Sawyer
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt skulle deltage i en gymnastikopvisning 1914.
+Det vides ikke, hvad Laura Warbergs unge pige i huset hed. 
+Alhed og Johannes Larsen fik i 1913-1914 opført et hus til Laura Warberg, datteren Ellen og barnebarnet Grethe på Strandvejen/i Strandgade, Kerteminde. Familien kom kun til at bo der få år. 
+Forte: Musikudtryk for stærkt eller kraftigt.
+Mono: Musikudtryk enkel. 
+"Quo Vadis?" er en italiensk stumfilm fra 1913 af Enrico Guazzoni.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2621</t>
+  </si>
+  <si>
+    <t>Det er spændende med Astrids gymnastik. 
+Der er nu installeret kakkelovn i huset; maleren og elektrikeren arbejder, og der bliver sat døre i. Haven må ikke blive jævnet, før Johannes Larsen/Las kommer hjem til påske. Laura er ikke tilfreds med vinduerne og med lemmen i gulvet i anretterværelset. 
+Laura Warberg har fået Dr. Hviid som huslæge. Hun har vrøvl med både benene og øjnene, og hun vil foreslå lægen at hvile øjnene med solbriller i 14 dage. 
+Johanne og Andreas/Puf Larsen har været til et foredrag i Mesinge, og de måtte gå hjem. 
+Ellen/Elle Sawyer giver klaverakkompagnement til (stum)film i biografen. Hun er også hyret som tolk for en afrikansk godsejer, der vil købe kvæg på Fyn. 
+Johannes Larsens billeder kommer ikke med på Den Frie. 
+Laura læser med både Grethe og Erik, og Christine og Alhed går til fransk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kFZB</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Formiddag
+Søndag d. 22de.
+Kære Astrid!
+Det var et vældig interessant Brev fra Dig, det er saa rart at høre, Du en Gang imellem har en Fornøjelse. Hvilken yndig Kjole det maa være! Det er altsaa den, Din Svigermor gav Dig. Kunde A. lide den gule Dragt fra Kbh?? Hvor morsomt at høre om de smaas Musik. Hvilken Glæde for Dig og A. det kan blive. Kunde Du ikke have sagt til Lugge om at bede A. med? Han var vel nok gaaet tidlig hjem. Og nu nærmer Afgørelsen med Gymnastikken sig! Det bliver knusende spændende! I fire smaa maa da komme med skulde man tro! Men vær nu forsigtig lille Putte! Sæt ikke Liv og Lemmer paa Spil for Sportens Skyld – Jeg har lige nu været med Pigen ovre at gøre Ild i Spisestuen i vort Hus, der kom en nydelig Kakkelovn i Gaar, de andre i Morgen, der skal fyres nogle Dage for at Vægge og Loft kan tørre hurtigt. Maleren gaaer og maler Træværket hver Dag; i Morgen kommer de sidste Døre i, de har smølet længe, men nu gaaer det igen. Elektrikeren er der i disse Dage. Men min Sorg er Haven, der ikke maa blive jævnet eller rørt, inden Las til Paaske!!! kommer hjem. Men skriv ikke hertil om det, Alhed er øm paa det Punkt. Naa megen Glæde kan vi jo nok faae af Haven alligevel. – I Gaar var jeg en lang Tid hos Dr. Hviid, tog ham til Huslæge – 30 Kr – og satte ham ind i hele Sygdommens Forløb. Det har nemlig længe været skidt med Øjnene, værre og værre. Han mener absolut, det er Nervesvækkelse, er der Forkalkning, siger han, er det meget lidt. Nu har jeg faaet saa godt Haab igen, for jeg har tidt været ret langt nede. I Morgen inden jeg staaer op, vilde han komme og høre paa Hjertet og see paa Aarerne paa Benene. Børnene er saa lettede og glade over det. Nu vil jeg foreslaae ham, eller rettere spørge – jeg tænkte ikke paa det i Gaar, - om jeg ikke en 14 Dage skal helt lade være at bruge Øjnene. d.v.s. med Briller, og saa gaae med de farvede Briller [”Briller” indsat over linjen], jeg har paa mine lange Spadsereture og naar jeg strikker; tænk jeg kunde ikke en Gang strikke paa et gråt Badehaandklæde, som jeg ikke behøver at see paa, uden mine Øjne sved og gjorde ondt; alene Skæret af den bitte Lampe – Petroleums med Skærm over, jeg har, kunde jeg ikke taale. Det vil jo blive svære 14 dage, især kedeligt at jeg ikke kan læse med Erik, som nu skulde begynde paa Historie og Geografi foruden det andet. Og Gretes Fransk 2 Gange om Ugen! Men jeg tror, det vil være rigtigt! Jeg har hørt om en Dame med akkurart lignende Svækkelse i Synsnerverne hun kom sig tildels. – Naar bare vi var saa vidt, at vi kunde gaae hver Dag saa smaat at flytte ind, men før efter Paaske bliver det slet ikke – Der bliver ellers ganske dejligt allevegne paa nogle smaa Ubehageligheder nær. Tænk der er ingen ”øverste Vinduer”, det hele lukker op!! Og der er Lem til Kælderen i Anretterværelset, det er jo farligt: og Trappen til Loftet maa hejses ned og op. – I Forgaars tog Johanne og Puf nok saa glade med Toget 6.20 til Mesinge at høre Aage Meier Benediktsen holde Foredrag om Rusland. Tænk saa kunde de ikke naae Toget hjem det blev øsende Regn, som de gik i 5 Kvarter – 1 Mil. J. var ulykkelig over sit gode Tøj, Puf meget medtaget, en grufuld Tur! Vi var saa kede over dem. Nu efter Middag skal jeg op til dem, først hos Elle og saa til Kaffe hos Agrarens. – Elle er saa optaget i disse Dage, hun spiller 2 Timer hver Aften i Biografen, det er ”quo vadis” og hun har gjort sig megen Umage med Musiken, spiller Dejlig er Jorden, først forte og senere mono, som det lød langt borte; en ”Del af Messias” og lignende alvorlig Musik. Chr og A. var der til Premièren, propfuldt, de sagde, at Elle spillede udmærket; hun hører tidt Anerkendelse af sin Musik, meget bedre end Junges. I Dag spiller hun 6 Timer til 10½, skal med første Tog i Morgen til Odense og Kl.11 i Bil Fyn rundt med den afrikanske Godsejer, som skal købe Kvæg her, og hvor Elle er Tolk, mulig i to Dage; det bliver jo en god Skilling men hun er benovet. To Assistenter er med. Hun faaer syet sin mørkeblaa Nederdel hos en Skrædder; og den nye Fløjlsbluse hos hendes Syerske i Revninge, der var hun i Gaar at prøve, havde flere Timer her forinden, og 4 i Biografen. Ja hvor hun og Johanne er spændt for! – Las faaer desværre ingen af de nye Billeder fra Fiil Sø pa den Frie, nemlig til 2_den_ skal komme [”komme” overstreget] faae Gris i næste Maaned, 300 Kr!! men betales til September og kan give en vældig Indtægt med Held! ”Grisene er bedre Betalere end Køerne”!! siger de lærde Landmænd. Bare Du kan læse dette, værre Kragetæer end nogensinde! Nu skal Du maaske nøjes med Brevkort en Tid. alt anstrenger jo mine Øjne. Har jeg fortalt, at Chr. og Alhed lærer Fransk 2 Gg. om Ugen hos Fru Svendsen, det morer dem meget. Nu vil A. til at male igen hun har jo 2 Piger og intet selv at gøre i Huset. Saa Farvel lille Putte! Kærlige Hilsener til Dig og de smaa!
+Mor.</t>
+  </si>
+  <si>
+    <t>1914-03-25</t>
+  </si>
+  <si>
+    <t>Frederik Hendriksen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Frederik Hendriksen
+- Højmark
+Andreas Larsen
+Johan Larsen
+Vilhelm Larsen
+Harald Meyer
+Carl Christian  Swendsen
+Andreas Warberg
+Laura Warberg
+Minna Warberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 omkring 75 dage i Henne Kirkeby for at male. 
+Larsen-familien købte i 1914 en byggegrund i Strandgade i Kerteminde og fik opført et hus til Alhed Larsens mor.</t>
+  </si>
+  <si>
+    <t>Brev 1: Alhed Larsen sender træsnit til Hendriksen.
+Brev 2: Det var trist, at Johannes Larsen troede, at Alhed og drengene kom (til Henne Kirkeby) i påsken, men børnene skal læse til eksamen. De kan komme lidt senere. 
+Det går fremad med Alheds mors hus.
+Alhed Larsen har malet hyacinter.
+H. Meyer rykker for penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Rc8Z</t>
+  </si>
+  <si>
+    <t>Kære Zylograf Hendriksen!
+Min Mand, som for Tiden maler i Jylland, har bedt mig sende Dem Træsnittene. Jeg vedlægger et Par af de japanske. Hvor det var morsomt at være sammen med Dem hos Zahrtmann! – Venligst Hilsen til dem og Deres Familie fra Deres hengivne Alhed Larsen
+Kerteminde 24 – 3 – 1914.
+[Brevet til Hendriksen er overstreget]
+Kæreste Larsi!
+Jeg har lige talt i Telefonen med Dig. Gid Du dog maa faa lidt godt Vejr til dine Billeder. – Hvad Paasken angaar, saa var det jo kedeligt, at Du havde tænkt at faa os derover. Jeg tænkte nok paa det, da Dede og Minna skrev og spurgte, men saa syntes jeg igen, at der var saa meget, der talte imod det. Bl.a. er der det, at Drengene (saa for Pokker, jeg Idiot! nu har jeg skreven paa Zylografens Brev, saa skal jeg hen at skrive det om.) skal læse til Examen i Paasken, den kommer snart efter. Men saa er der Examensferien, den varer en Uge, kunde vi da ikke komme derop? Saa er det vel ogsaa mildere og bedre Vejr, og det vilde jo være storartet for Drengene efter Slidet. – Saa tænkte jeg ogsaa, at Du vel nok vilde et lille Slag hjem at se til det hele. Mors Hus gaar godt frem nu, det har linnet [lindet?] paa Mejer, at jeg gav ondt af mig forleden Dag. – Jeg har, som jeg sagde i Telefonen, begyndt at male. Jeg begyndte i Gaar paa et Hyacintbillede oppe i Lundsgaard Drivhus, det skulde være et Solskinsbillede, men da det i Dag var Regnvejr og hyacinterne skal bort paa Fredag, gjorde jeg det om til Graavejr. Noget Billede faar jeg nu ikke ud af det, kan jeg nok se, men jeg lærer nok noget af det, det er vældig svært. – Jeg traf H. Mejer i Gaar, han sagde, at der endnu manglede 140 Kr. af Renterne og bad mindelig om at faa dem inden 1ste April, deres ny Regnskabsaar. Saa hvis Du faar nogle for Akvareller, maa Du endelig sende. Jeg selv har heller ikke en Øre. Bare nu Galleriet vil sende lidt snart. – Vi skal i Morgen [ordet overstreget] Fredag aften ud til Kaffe hos Kancelliets (!) sammen med Mor, [resten af teksten er skrevet på side 1, på tværs og øverst på papiret] Ville, Laurentius og Højmark. – Laurentius siger de er saa begejstrede fos os! - - Naa, nu maa jeg slutte. Puf skal ned med Brevene. 1000 Hilsner Din A
+Onsdag Aften</t>
+  </si>
+  <si>
     <t>1914-04-18</t>
-  </si>
-[...2 lines deleted...]
-St. Pauli Kyrkogatan 19</t>
   </si>
   <si>
     <t>Thora  Branner
 Adolph Larsen
 Johanne Christine Larsen
 Ellen  Sawyer
 Andreas Warberg
 Conrad Warberg
 Else Warberg
 Minna Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
   <si>
     <t>Laura Warbergs svoger, Conrad Warberg, var godsforvalter på Glorup nær Nyborg.
 Alhed og Johannes Larsen fik bygget et hus til Laura Warberg i Strandgade/på Strandvejen i Kerteminde. Hun flyttede ind sammen med datteren Ellen og Ellens datter i foråret 1914.
 Frederik Andreas/Dede og Minna Warberg ventede deres første barn i 1914. De blev boende i Brædstrup.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2613</t>
   </si>
   <si>
     <t>Laura Warberg er på besøg på Glorup. Hun går ture i det gode vejr. 
 Frederik Andreas/Dede og Minna er begejstrede for det nye hus, og Ellen/Elle flytter ind nu. Alt er ikke færdigt, men haven bliver ordnet. 
 Minna hader at bo i Jylland, og derfor forsøgte Frederik Andreas at få job som godsforvalter på Fyn. En person uden uddannelse fik stillingen. Conrad/Conne Warberg, som snart går på pension, fraråder Dede at skifte stilling.</t>
@@ -1061,267 +893,50 @@
 Johanne/Junge Larsen og Laura Warberg har været til teaterforestilling.
 Ellen håber at få en engelskklasse på skolen. 
 Laura flytter ind i huset, selvom køkken, toilet og have ikke er i orden. Hun håber, at Astrid kommer på besøg. Mange andre familiemedlemmer kommer. Ellens og Grethes værelser er blevet hyggelige.
 Caspersen og Brandstrup er glade for deres nye lejligheder.
 Johan/Lysse og Andreas/Puf har været til eksamen, og det gik godt for især Johan. Grethes eksamen var også god. Nu skal Alhed og drengene besøge Johannes Larsen/Las ved Fiil Sø. 
 Ludvig Brandstrup skal til Det Kongelige Teater. Christian Brandstrup med familie tager til Båxhult.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eMZY</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmø
 Skåne
 [På kuvertens bagside: Poststempel]
 [I brevet:]
 Søndag d: 3_de_ Maj.
 Kære Astrid!
 Det var ubesindigt af mig at love Dig Brev hen i Ugen; mere end et overkommer jeg nok ikke. Om Lørdagen skal det absolut med 3 Toget, for at Du kan faae det Søndag Morgen; det er bedre at have Søndag til Skrivedag. Jeg kommer lige fra Agrarens, en Kaffevisit med ham, Elle og mig. jeg havde Bagværk med der var hyggeligt og roligt, Børnene er til Fødselsdag hos Sybergs; Erik elsker og tilbeder de tre store Drenge der. Nu skulde Elle til sin lille Gerning i [ulæseligt]. – 5 Timer med kun èn fri ind imellem. Johanne og jeg var der i Aftes til et rigtig pænt og morsomt ”Guldhornene” sat i Scene af Palle B. Bagefter gik J. og jeg paa Hotel og drak Kaffe til Kl. 11, vi ser Johanne saa lidt, hun har jo altid travlt, har faaet 4 Elever lige den sidste Tid. Man skulde troe, hun kunde ikke overkomme det, men nogle gaaer jævnt herfra. Elle haaber paa at faa en Kl. i Skolen, Hr Kragh har spurgt om hun vilde prøve, han kan knap overkomme alt det Engelske; han er Inspektør. Paa Torsdag begynder jeg at flytte ind, venter at faa mine 3 Værelser i Orden inden St. Bededag d: 8:de. Men Køkkenregionerne bliver tidligst færdige til Indflytning paa Lørdag, takket være gl. Hinkes Langsomhed I Morgen venter vi Gartneren begynder at grave og planere Haven, vi faar kun Sommerplanter i Aar, og lidt Havesager bare den kan naae at blive lidt pæn til Pinse, saa vi kan holde Indvielse. Du maa da endelig see at komme et lille Svip, lille Putte, boe i vort Gæstekammer, jeg siger ganske sikkert Dede og Minna og Branners kommer, maaske Brønsteds, hvis de er paa Hjemvejen fra Tydskland saa tidligt; Lugge har da slaaet paa det. Du maa dog en Gang imellem see alle Dine egne; tænk hvor Alfred har sin Familie nær. Skal vi ikke foreløbig haabe det bliver af og lade Broderiet ligge saa længe? Nu kan jeg igen taale at sye en Smule, og læse lidt; to smaa Bøger nede paa Glorup Jeg tør knap skrive det, at jeg længe har haft det saa godt. – Mit sidste Brev var Hastværk, fordi jeg skulde til Alhed sammen med Thomsens. De var saa pæne og rare og Claus ligner sin Mor og hendes 17aarige Datter hende igen. Hun er saa nydelig af en godt omtalt lovende Skuespillerinde. Manden er koparret og med Fodring af ”Affäring”.
 W.C – er endnu ikke i Orden hos os selv, hvor Elle har nu har boet ca. 14 Dage, men om 3 Dage skulde Badeværelset være færdigt. Elles Stue er saa henrivende nu med Gardiner og Malerier; Grethes ogsaa, kun en vældig stor [ulæselig], rædsom Liggestol ødelægger det efter min Mening; de har den med fra Amerika. – Caspersens er nu flyttet ind og faaer en dejlig Lejlighed Aaaboulevard Hjørnet af Johannevej Christian og Eline er ogsaa meget glade ved deres paa Christianshavn. Jørgen er jo hjemme, men hans søger en Plads. Thomsen grim, men uhyre tiltalende, og ret intelligent og livlig. De var alle i Teatret om Aftenen og paa Hotel bagefter. Jeg turde ikke, men blev hos Drengene og læste Historie med Lysse, det var jo midt i Examen, han fik ug; i det hele en voldsom pæn Examen, saa han kommer sikkert meget op. Grethe glimrede med en Masse ug-er og bliver No 2 fra No [”No” indsat over linjen] 7. Puf knap saa god. I Onsdags Kl. 11 lige fra sidste Time rejste saa Alhed og Drengene op til Las’ ved Fiil Sø og ventes i Morgen. Chr. og Putte boer imens der mens, Elle og Grethe holder til der baade fortalte, at Ludvig skal til det Kgl. Teater, men i et Brev fra Broder Christian i Gaar stod der intet om det, jeg kan næsten ikke troe det. De vil alle boe paa Båxhult en 3 Uger sidst i Juli [”Juli” overstreget] Juni; har bedt Onkel Lut og Las om de maa. Jeg har ikke hørt om Dine Ferieplaner; I kan maaske ikke nænne at tage fra den festlige By. Skal hele Dit Hold med til den store Opvisning, eller er det kun Eder? smaa udvalgte?? Nu Farvel lille Putte! Kærlige Hilsner til Dig og de smaa fra 
 Bedstemor.</t>
   </si>
   <si>
-    <t>1914-05-08</t>
-[...215 lines deleted...]
-  <si>
     <t>1917-12</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Nora -
 Bodil Bech
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Johanne Christine Larsen
 Marie Larsen
 Christine  Mackie
 Poul Uttenreitter
 Andreas Warberg
 Fritz Warberg
 Minna Warberg
 Erik Warberg Larsen
 Carl Frederik Wolf-Frederiksen
@@ -1339,1281 +954,212 @@
   <si>
     <t>Laura Warberg sender marcipan og fotografier.
 Alhed Larsen har travlt med flytning til de nye lokaler.
 Andreas/Dede Warberg kommer 3. juledag.
 Man skal slagte.
 I julen er der stor soupé hos tandlægens.
 Det er dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu har en god økonomi.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GM1P</t>
   </si>
   <si>
     <t>[Skrevet med blyant øverst s. 1:]
 c 1915
 [Skrevet med blæk:]
 Onsdag Aften
 Kære lille Muk!
 Jeg glæder mig til paa Fredag at høre fra Christine, hvordan I alle har det! Haaber godt! Som Du ser er jeg i god Tid med mine Breve og de faa Pakker, jeg skal afsende. Marcipanen er til Deling mellem Børnene; Billederne kan Du maaske finde en beskeden Plads til; en Gang i Tiden vil de faae mere Verd for Eder end saa længe jeg boer her; jeg har faaet 12 af hvert og anvender dem som Julegaver til Børn og Søskende. Jeg har selv altid været saa glad ved de to Billeder af Hjemmet i Tranekær. Alhed gaaer hver Dag i travl Virksomhed med at flytte ind i alle de nye Lokaler, det ventes at være færdigt paa Fredag Aften. Grethe er oppe i Dag at hjælpe med Bagning og jeg har tilbudt mig Fredag Aften, hvilken Dag Johanne overlader hende Marie fra om Morgenen. Der har været Masser at gøre, men saa bliver Resultatet sikkert ogsaa storartet. I Morgen fælles Slagtning (en Gris) i Kærbyhus; der skal Alheds Nora hjælpe. Jeg venter Dede 3_de_Juledag; Minna har nu to Piger, og de er begge saa flinke og rare. De faaer Besøg de første Helligdage af Frits og Ida. 
 Vi skal alle til en stor Festlighed hos Tandlægens i Julen, Dede med, staaende Soupér, Masser af Mennesker og formodentlig af Mad. Johanne har det godt og Humøret staaer højt. Det er saa dejligt at see de har nu Raad til et og andet ligesom vi andre. Hun har købt sig en Gæstekammerseng og Erik har faaet helt nyt Sæt Tøj. Johanne tager Undervisning i Musik hos Uttenreiters Kæreste, som besøger dem en Gang om Maaneden. 
 Naa, mere bliver det ikke denne Gang lille Muk! uden Masser af Kærlige Hilsener og gode Ønsker for Jul og Nytaar til Eder alle!
 Bedstemor .
 [Skrevet på hovedet på modstående side:]
 Til Lugge.</t>
   </si>
   <si>
+    <t>1920-05-27</t>
+  </si>
+  <si>
+    <t>Faaborg Museum</t>
+  </si>
+  <si>
+    <t>Bodil Bech
+Kaare Klint
+Andreas Larsen
+Albert Naur
+Carl V Petersen
+Marie Schou
+Fritz Syberg
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Henne Kirkeby.
+Calles Hus: Carl Petersen tegnede et hus, som Larsen-familien opførte i Strandgade i Kerteminde til Alhed Larsens mor. Frar huset dog lejet ud til andre. Carl Petersen var en af Kaare Klints læremestre.</t>
+  </si>
+  <si>
+    <t>Johan (Lysse) Larsen er rejst om natten. Kaare Klint og Albert Naur er taget til Faaborg. I mandags var de til middag hos Syberg (Baronen) og til kaffe hos Alhed Larsens mor. De var interesseret i Carl petersens hus. Om aftenen drak man whisky med Uttenreitter-parret.
+Svanen ligger på rede uden æg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jMEe</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi!
+Tak for Brevet i gaar. Lille Lysse rejste i Gaar Nat. Naur var saa elskværdig at køre ham til Nyborg paa sin Naturcykle. Jeg kaldte paa dem Kl. 3 og gav dem Kaffe, inden de kørte. I Gaar Efterm. kørte han og Kaare Klint til Faaborg, i Dag skal [ordet overstreget] skulde de hjem. Mandag Form. gik de en Visit ned hos Baronen, der inviterede dem til at blive til Middag. Baronen var meget flink imod dem. Over Middag gik Lysse og jeg derned, - Marie var der – og hentede dem til Kaffe hos Mor, der [r’et overstreget] var meget interesserede i Calles Hus. Om Aftenen efter The, ringede jeg til Uttes, som kom herover begge to, vi havde faaet en Fl. Whisky. Utte blev selvfølgelig fuld. – I Dag er det overtrukkent, Gud ved om det bliver Regn igen. – Svanen har ligget paa Reden til Morgen, men ingen Æg. – Jeg er kommen sent paa det, Toget kommer nu, saa jeg maa slutte. Mange Hilsner Din
+A.
+Alt vel.</t>
+  </si>
+  <si>
+    <t>1913-10-07</t>
+  </si>
+  <si>
+    <t>Sprogø</t>
+  </si>
+  <si>
+    <t>- Ejersen
+Peter Hansen
+Hjalmar Kleis
+Cathrine Larsen
+Georg Larsen
+Johan Larsen
+Sophus  Meyer
+Carl Petersen, arkitekt
+Christian Rasmussen
+Karl Schou
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>"Det nye hus" kan være et nyt hus til mølleren, som arbejdede ved Svanemøllen ved Alhed og Johannes Larsens villa. Arkitekt Carl Petersen (Calle) tegnede huset.
+Laura Warberg, Alhed Larsens mor, flyttede fra København til Kerteminde i 1913 eller 1914, hvor Johannes Larsen havde fået bygget et hus til hende i Strandgade. Muligvis er det dette hus, Larsen skriver om. 
+Det er uvist, hvilken Christian det var, der hentede fyrmesteren ved toget.</t>
+  </si>
+  <si>
+    <t>Grosserer Ejersen og frue har bestilt et billede med gæs.
+Der har været byrådsmøder om det nye hus, og Larsen har deltaget sammen med (Sophus) Meyer. Nogle økonomiske mellemværender blev diskuteret.
+Fyrmesteren fra Sprogø har været på besøg. 
+Larsen er begyndt på et stort billede af Lysse.
+Der er kommet tegninger og regnskab fra Calle (arkitekt Carl Petersen).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sbTQ</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7/10 1913.
+Kæreste Alhed!
+Jeg synes det er forfærdeligt længe siden Du rejste. I Søndags efter Middag kom den Gross. Ejersen med Frue, Du ved ham der købte Skeænderne, han vilde gerne have et Billede med Gæs som det lille jeg havde paa den fri Udstilling, jeg lovede at sende ham et ved Lejlighed og fik hans Adr. De saa paa vores Billeder Huset og Haven. I Gaar var her 4 Byraadsmøder i Anledning af det nye Hus. De vilde have det rykket 1 ½ Al. tilbage fra Gaden saa der kunde blive Fortov. Jeg var kaldt der ned om Frmdg. og fik saa Besked om at møde til det sidste Byraadsmøde Kl. 2 sammen med Meyer der skulde møde med et Regnskab over hvad der var gaaet tabt i Arbejdsløn og Materialer og jeg skulde forlange hvad jeg vilde have. De truede med at expropriere. Meyer og jeg mødte saa i Byraadssalen, M Regning var paa 150 Kr. og jeg forlangte 500 Kr. bl.a. ogsaa for Guldregnen og Pæretræet, saa blev vi smidt ud til de havde taget Standpunkt. Da vi kom ind igjen havde de frafaldet Expropriation og var lurvede nok til at byde 400 i Alt. Jeg udbad mig Betænkning Til om Aft. og gik saa ind paa det. Resultatet er dog at Huset bliver 250 kr. billigere og saa faar vi Fortov i Stedet for en Rendesten lige op ad Huset. Fyrmesteren fra Sprogø havde meldt sig til at komme med 2 Toget og jeg fik saa Christian til at hente dem mens jeg var i Byraadet. De blev til Kl. 9 og din Moder og Christian spiste til Aften og var her til de rejste, jeg tror det var meget vellykket med det havde jo nok været bedre om Du havde været hjemme. I Dag har Christine og jeg spist Haresteg hos Gross. Faster Thrine Er hjemme nu og der fik de stegte røgede Sild og stuvede Kartofler. Jeg har i Dag begyndt at male paa det store Billede med Lysse. Sig til Schou at jeg er ked af at jeg ikke har faaet svaret ham, men det har du vel gjort. Jeg har talt i Telefon med Peter og meddelt ham om Klejs. Her har været saa meget at det bogstaveligt talt ikke har været mig muligt at faa skrevet et Ord før. Vi er bedt til Middag paa trykt Kort til Overrettens d. 16. Jeg sidder ved Kaffen hos Gross. Kl. 2 kommer Landinspektøren og maaler de 1 ½ Al fra. Jeg er meget nysgerrig efter at vide naar Du kommer, bare det er snart. Hils Schou og Marie. Jeg syntes der var en hel Del mere, men kan ikke huske det i Øjeblikket. Tegninger og Regnskab fra Calle er kommet. Mange Hilsner og Kys Din JL</t>
+  </si>
+  <si>
+    <t>1913-10-10</t>
+  </si>
+  <si>
+    <t>Christian Caspersen
+Johanne Caspersen
+Adam Goldschmidt
+Alfred Goldschmidt
+Julius Hviid
+Grethe Jungstedt
+Christine  Mackie
+Elisabeth Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Alfred/A Goldschmidts "tilbageslag": A. Goldschmidt opførte sig urimeligt og var nærig i forhold til sin kone, Astrid.
+Ellen/Elle Sawyer og hendes datter boede til leje i stuehuset Kærbyhus, som var ejet af Alhed og Johannes Larsen. Det må være i denne bygning, at de nu fik en større lejlighed. Ellen forsørgede de to ved at undervise i klaverspil samt akkompagnere stumfilm i biografen.
+"Her er ideelt at bygge": Alhed og Johannes Larsen købte i 1913 en byggegrund på Strandvejen/i Strandgade i Kerteminde og satte et husbyggeri i gang. I huset skulle Laura Warberg, datteren Ellen og barnebarnet Grethe bo.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2631</t>
+  </si>
+  <si>
+    <t>Laura Warberg har overanstrengt sit ben og har ligget i sengen.
+Astrid må gerne sende Laura et sjal. Det er Laura Warberg en gåde, hvorfor Alfred har fået et "tilbageslag".
+Ellen/Elle Sawyer og datteren får nu en større lejlighed. Ellen tjener godt i biografen.
+Januar til februar 1914 vil Laura Warberg opholde sig i Købenavn. Hun skal blandt andet købe en del ting.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pxQF</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Fredag
+Kære Astrid.
+Jeg ligger i Sengen 3 Dage med en Smule Daarlighed i mit ene Ben, ikke Betændelse, men jeg har jo intet at forsømme ved at ligge og faae det hurtigt af Vejen. Jeg fik det ikke af at gaae i [ulæseligt] paa Hjemrejsen af at sidde de 33 Timers Kørsel næsten ud i et; desuden en lidt haardnakket Forkølelse, som Følge af alt det besøger jeg ikke Syberg før i Slutningen af min Turné, er altsaa her til vist Tirsdag 8 Dage og drager saa til Brædstrup. Det er herligt hvis jeg kan faae en Shavl hos A.; hvis det findes imiteret [ulæseligt ord], vilde jeg helst have en lidt smallere og kortere end den forrige, saa at den gaaer mere op i Halsen. Det er tidsnok at faae den omkring d: 20de her, Pengene skal jeg sende naar jeg til Nov. faaer 300 Kr. af Paludan. Tak for det lange gode Brev i Morges; jeg glæder mig meget over det gode Bekendtskab, Du der har gjort. Du har jo nu ogsaa Børnene og [ulæseligt] ogsaa og Din Gymnastik; det bøder jo paa meget. Men en Gaade er det mig, med det Tilbageslag hos Alfred, som Du kalder det. Hvad kom der dog paa?? Var det Terminen med for store Udgifter? Mon det dog ikke skulde blive bedre igen! Tænk hvilken god Jul i Fjor! Chr. og Putte rejser en Uge til Brædstrup paa Søndag; Putte er nu helt frisk, kan læse rent og skriver rigtig pænt, er flink i Engelsk hos Elle. Grethe igen i Sengen af Forkølelse; i Gaar undersøgte Dr. Hviid hendes Bryst; der er intet i Lungerne, men lidt Bronkitis. Nu til Flyttedag faaer de den store Lejlighed for i Vinter der er Sol paa Soveværelset og meget mere Luft [ulæseligt] end den lille, der er lejet ud. Det glæder jeg mig meget over, de faear det langt bedre og kønnere Elle har saa gode Indtægter nu med Biografen saa hun faar sig og Grethe godt forsynet med Tøj. Før i Marts kommer vi næppe til at flytte ind saa jeg tænker at være i Kbh. Februar fra sidst Januar, saa jeg kan købe mig et Spisestel ved Udsalg samt et Kaffeservice af Nikkel. Saa maa jeg over til Eder; boe hos Caspersens. Nej det var 290 for os begge, men deraf gik 10 til Indkøb, og Koncert for mig. Vi sparede heller ikke særlig meget. Her er ideelt at bygge, mit Værelse er saa kønt, jeg ser Stranden fra Sengen; det pas-
+[Skrevet langs venstre margen s. 4:]
+ser mig udmærket. Kærlig Hilsener Mor.
+Adams Fødselsdag???</t>
+  </si>
+  <si>
     <t>Forår 1919 eller 1920</t>
   </si>
   <si>
     <t>Alhed Larsen
 Marie Larsen</t>
   </si>
   <si>
     <t>Odense</t>
   </si>
   <si>
     <t>Birkerød
 Odense</t>
   </si>
   <si>
     <t>Anders, havemand -
 Martin -
 Victor Bøttern
 Heinrich Max Bernhard Heineke
 Frida Madsen
 Johannes Madsen
 Laura Warberg
 - Wengberg</t>
   </si>
   <si>
     <t>Johannes Larsen købte to svaner i Hamburg i 1915. Svanerne var næsten udryddet i Danmark på den tid, og han ville have fuglene for at tegne dem. 
 "trække den mere hen ad Bøtterns til": Victor Bøttern boede på Hindsholmvej ganske nær ved Møllebakken. Slaggerne skulle formodentlig hældes på jordvejen, som gik forbi de to familiers hus. 
 Alhed og Johannes Larsens drenge var på kostskole i Birkerød.
 Alheds mor boede fra 1915 til leje i et hus, som Larsens havde bygget til hende i Strandgade i Kerteminde.</t>
   </si>
   <si>
     <t>Alhed har sat gråanden og dens ællinger ind til turtelduerne. Svanerne har overfaldet hende. Den ene svane ligger på rede.
 Alhed har talt med Heineke om slagger. Victor Bøttern har betalt 350 kr, og Alheds mor har betalt husleje.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/own9</t>
   </si>
   <si>
     <t>Kæreste Lausi!
 Graaanden har faaet 7 Ællinger. Vi har sat den ind til Turtelduerne af Skræk for Svanerne og de faar Vand som de nemt kan gaa op af. Men hvis der er noget at bemærke maa Du skrive til Frida eller telegrafere, Telefonen hører de muligvis ikke. Jeg rejser nu om lidt med Marie, hun var her i Gaar, saa jeg har haft vældig travlt med at blive i Orden. Jeg havde nær aldrig faaet Resedafrøet saat, begge Svanerne røg i Hovedet paa mig Gang efter Gang tilsidst maatte Anders og jeg lukke dem ind mens jeg saade. Gartneren har nu hjulpen mig at binde Gummitræet og vi har faaet kalket det hele. – Svanen har ligget meget paa Reden, men der ingen Æg endnu! – Akvarellerne kom saa fra Odense og jeg lader Madsen indramme den ene og sende derover sammen med min Rosenpastel som jeg jo har foræret hende. – Jeg ringede til Heinicke om de Slagger, han lader Martin Vejmand og Sandmanden aftage det, han mente der var c. 10 Læs om Ugen. Jeg satte saa Wengberg ud paa at snakke med ham. Jordarbejdet vilde blive c. 4-500 Kr foruden hvad der b [bogstavet overstreget] vilde løbe paa for Fyld (Slagger og mulig Ler) Han vil snakke med Marius Fragtmand og saa begynde paa det hvis han ikke hørte anden Besked. Han vilde saa trække den mere hen ad Bøtterns til. Slaggerne kunde saa samles oppe i den anden Ende. Det vilde jo tage lang Tid at faa samlet nok saa jeg sagde det var bedst han begyndte. – Jeg ringede til Bøttern at der var kommen Regning fra Birkerød og han rykkede meget villigt ud med de 350 og Mor vilde give mig Huslejen forud, saa det gik jo helt fint. – Sikken dejligt Vejr Du hidtil har haft, skriv nu endelig flittigt til Birkerød. Det meste af dette er skreven i Toget saa lægger jeg det i i Odense. Giv nu endelig strax Besked om Graaællingerne, hvis der er gjort galt. Mange Hilsner fra Din A.
 Mange Hilsner fra mig ogsaa lille Las.
 Marie</t>
-  </si>
-[...1188 lines deleted...]
-P.S. under alt dette har vi vadet rundt i Kalk og Papir mellem Smede Elektrikere Tømrere og Murere, men nu har vi faaet Varme i Rørene og kan se Ende paa det. JL.</t>
   </si>
   <si>
     <t>1947-12-20</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>Edel -
 Ena -
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Adolph Larsen
 Andreas Larsen
 Henning Larsen
 Johannes Larsen
 Marie Larsen
 Peter Andreas Larsen
 Gudmund Larsen 
 Else Larsen, Else, Andreas Larsens kone
 Pernille Marryat
 Ib Marryat Johansen
@@ -2667,105 +1213,106 @@
 [I brevet:]
 [Indsat julemærke med teksten: ”Jul 1947 Danmark”.
 Lindøgaard 20-11-1947.
 Kære lille Dis!
 Her har du mig saa igen til det rigtige Julebrev; nu er det Aften jeg har ikke travlt med noget og her er Fred og Stilhed. Peter er taget til Odense, Edel og det lille Snakkehoved til Ena gaar til Munkebo om et Øjeblik; naar Ena er her i Stuen er hun meget stilfærdig, siger ikke ret meget, men naar hun er her i Køkkenet hos Edel gaar den lille Knevver uafbrudt – bogstavelig talt; jeg har sagt til Edel, at det var næsten uudholdeligt at høre paa, her er jo saa lydt, men hun bremser hende aldrig. Hvor findes der er Paradis uden Slangen? 
 Jeg er saa mærkværdig fremmelig med al Ting i Aar, det skyldes naturligvis den gode Hjælp fra Edel jeg kan godt sidde og smaadrive lidt uden at det gør noget og til de sidste Dage, Mandag og Tirsdag er der ikke meget at gøre. Vi har ellers i Aar bagt Smaakager for Grete, hun har Besvær nok med alt sit, naar hun har de to Børn at passe med al den Vask; de Børn skinner ogsaa altid af Renhed. Vi har bagt Vanillekranse, Jødekager, Kakaokager og brune Kager og 12 Lagkagebunde til hende; vi selv skulde have 6 Bunde, saa Edel bagte i Formiddags 18 Bunde, og da der kun kan staa een Kageform ad Gangen i Ovnen [”i Ovnen” indsat over linjen], kan du forstaa, at det var et helt anseligt Job. De skal have Barnedaab dernede i Morgen; Bibbe skal bære den lille henrivende Dreng og Lauritz skal staa Fadder; jeg tager ikke med i Kirke, maa være lidt forsigtig til Julen, men haaber, at Lauritz vil køre herom ad og tage mig med derned eft. Gudstjenesten jeg er ikke begyndt at gaa ud endnu. Det skal kun være Kaffebord, det er saa fornuftigt af dem at de ikke laver stor Spisning. 
 Hvor det dog er vidunderligt, lille Dis, at du har faaet din Arbejdslyst og –evne tilbage igen, for det er jo Tegn paa, at Fysikken er kommen i Orden igen; hvem kender ikke den rædsomme Ugidelighed naar man har været fysisk nedbrudt; mon ikke Åndens Grundlag er Fysikken – ja naturligvis kun til en vis Grad. Det er dog sjovt, at du paa dine gamle - jeg mener ældre – Dage er bleven bildende Kunstner, det er forbløffende med dine to Børnebøger. Og Tillykke med Kakkelovnen; det var sikkert haardt tiltrængt og skal nok hjælpe Axel godt. Og Stolen – ja man kan jo ikke faa både i Pose og i Sæk, og den Stol, han fik af Charles, der der staar ved Siden af Skrivebordet, er da egentlig behagelig at sidde i, jeg nød den da den Sommer, jeg var hos Jer; dette med at der ikke bruges nævne-
 2.
 værdig mere Brændsel paa denne Maade, skal nok passe; det foreholdt jeg til Fru Thorsen, naar hun, da de boede i Kærbyhus, kun fyrede i den ene Kakkelovn, som saa skulde opvarme Nabostuen; jeg sagde altid, der bruges ikke mere Brændsel, og Varmen bliver meget behageligere. Du ved ikke, lille Dis, hvor det glæder mig, og hvor jeg tager Del i din Glæde over, at Axel bedres, det er rigtignok vidunderligt, og hvor mærkeligt, at Axel har den Bankvirksomhed i Udsigt; jeg har ogsaa hele Tiden sagt – eller skrevet – at der ganske sikkert kunde blive Arbejde ved et eller andet, naar han holdt op med Frihavnen.
 Du skriver som Efterskrift i dit Brev: ”Hvor pragtfuldt, at Lauritz vil hente os i Nyborg, og at vi skal hjem til dem først,” jeg ved ikke rigtig, hvad du mener med det; naar du og jeg kommer til Nyborg er vi jo, hvor vi skal være; jeg skrev vist blot at Lauritz (en af de Dage, vi er i Nyborg) vil komme ud efter os saa vi kan besøge dem i Bovense. Stedet er, efter Lauritz’ Raad funden, det ligger ved Stranden lige ved Skoven. Men lad os nu først se, om det bliver til noget, der er jo længe til. 
 Forleden dag fik vi Besøg af en ung, meget tiltalende Maler fra Odense, Georg Poulsen, han bad om at laane nogle af vore Las-Billeder X; X til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12. [X ”til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12.” indsat over linjen]; han fik 4; bl.a. de smaa Fuglebilleder som Las malede til Agraren, da han kun var 14-16 Aar; jeg havde ladet dem indramme, det ene oven paa det andet [Tegning] – saadan; 2 Fuglekonger og en Rødirisk; det er det allerførste i Kataloget, som er ordnet efter Aarstal; dette fra 1881 – dog med Spørgsmaalstegn, for jeg mener at vide, at han var 16 Aar, da han lavede dem. Manse fik Indbydelse til Udstillingens Aabning i Dag; han og Peter var derude og de havde moret sig godt, Las Puf og Else var der Las havde været saa levende og gaaet og virket – regeret, tror jeg, Manse sagde! Tænk, at han tager ind til Magisterens Begravelse, gid vi dog maa faa lidt mildt Vejr, jeg synes, det er lidt letsindigt – paa denne Aarstid, de vilde se at komme hjem samme Dag. Jeg haaber, at Manse vil tage derover ogsaa, men ved det ikke bestemt.
 Agraren, Manse og jeg er bedt til Middagen paa Lases Fødselsdag i Dag om 8 Dage; Manse er bleven udvalgt, fordi han og Las er saa særlig gode venner, der er altid en umaadelig Mængde Snak imellem dem, naar de er sammen, ellers hverken Tinge, Bibbe, Henning, Bror og Lasse Sw. det vilde jo være at gribe for vidt om sig, da jo
 3.
 deres respektive Mænd og Koner saa ogsaa skulde med. Jeg baade glæder mig og ikke glæder mig. Man er ikke rigtig i Humør til en stor Fest, naar man er saa opfyldt af Sorg over lille Lugge – havde det bare været et Par Maaneder senere. Vi skal spise i Værkstedet, hvad vi ogsaa gjorde, da de lavede Fest for Rie, da hun fyldte 70; skønt det var d. 5te Juni, frøs jeg saa det stod efter, fordi jeg sad lige ved Døren, der gik ustandselig, naar de opvartende skulde ud og ind; det havde jeg - lidt bekymret - fortalt Manse, og tænk i Dag sagde han til Puf, hvem han jo traf i Odense, om de ikke vilde sætte mig, saa jeg ikke fik Træk fra Døren. Ved du, hvad jeg skal iføres ved Selskabet: den brune uldne Kjole, som du sendte mig i Fjor. Mon jeg dog har fortalt dig, at den er bleven saa smuk? der er en Begejstring over hele Linien de Par Gange, jeg har haft den paa den har den lille Syerske oppe fra Strandgyden rigtignok haft Held med. Jeg har nok en sort Silkekjole, men dels er den gammeldags og dels tør jeg ikke tage saa tynd en Kjole paa; du synes vist, jeg er blev svært omsorgsfuld med mit Helbred, men Gang paa Gang har jeg i dette Efteraar haft Lungebetændelsefornemmelser, ondt i Bryst og Ryg med Stik og hvad der hører til, som da jeg virkelig fik Lungeb. for et Par Aar siden, saa jeg synes, det er kun min forbandede Pligt at passe lidt paa. Fejlen er sikkert min egen, idet jeg har forsømt at hærde mig lidt ved at gaa Ture hver Dag, men det er nu ikke altid saa nemt. 
 Mon jeg har fortalt dig, at vi er flyttet ned i Spisestuen for i Vinter; Stuen var ikke til at varme op med Tørv; det bliver et stort Savn i Julen, men det maa ta’s: Havestuen er lettere at fyre op for et Par enkelte Dage, der skulde alligevel Ild for Maries Skyld – altsaa lidt Varme ind i Gæstekamret, der hvor du laa. Vi tager saa Juletræet i Havestuen og nøjes med det, som det kan blive. Nu kan jeg ikke mere i Aften, maaske kan jeg skrive lidt mere i morgen el. paa Mandag, saa kan jeg fortælle lidt om Barnedaaben.
 Søndag Aften Saa kommer vi til Afslutningen! Klokken blev lidt mange, Aftenen er gaaet med et pudsigt Job: Edel havde købt en Dukke (14 Kr!) fra Agr. og mig til Lise, og Edel havde som sin Andel i Gaven strikket Drengetøj til den, Bukser med Seler over Strikkeblusen, vældig smart, men da vi manglede en Æske til at lægge ham i, fik jeg den Ide at lave en Slags Vugge, formet som et gammeldags Dejgtru [Tegning] af Pap; Endestykkerne ogsaa af Pap
 4.
 syede Edel paa, men jeg holdt paa den; saa klistrede vi den over med et blomstrende Juleindpakningspapir, og den blev noget saa elegant, han ligger helt som i en Moses-Kurv. Men Tid tog det min Sandten. Vi tænker, at Lise bliver salig. 
 Barnedaaben gik saa godt; de var lidt møre af Kirkegangen, for vores lille, der blev døbt Erik Warberg Larsen, og saa et andet lille Barn, havde begge brølet af deres små Lungers fulde Kraft – hele Tiden! Præsten havde været kendelig enerveret. Lauritz og Bibbe kørte saa ned med Drengen og Else, som havde ”taget Huen af” og kom saa op efter os. Da vi kom derned laa Lillebror stadig og brølede; jeg fik ham op og vissede ham, det hjalp lidt, men stadig kom der smaa Hulk – nej den Kirkefærd havde været for meget for Lillebrors spæde Nerver. Saa kom Tinge og Grete, og der faldt Ro over os ved et festligt Kaffebord med 2 Lagkager Wienerbrød, Sandkage og alle mine Smaakager. De havde en Flaske Vin, som vi nød og drak Skaaler i; Agraren og jeg havde 50 Cerutter med til dem i Daabsgave, vi giver jo ikke hinanden Julegaver i Aar, derfor kaldte vi det Daabsgave, af mig fik han desuden en Sparekassebog med 10 Kr. Det er saa morsomt at se, saa glad Bibbe er ved Lauritz, men jeg tror nok, hun er lidt overvældet af Arbejdet, fordi der er saa meget Selskabelighed; hun kan saa daarlig døje al den Selskabelighed. De bliver en Mængde Juleaften, hele Personalet fra Dalsgaard, du ved, hans første Kones Fødegaard, som Lauritz stadig ejer sammen med Svigerinden og hendes Mand; den skal for Resten sælges nu. – Jeg tror nok, Bibbe glæder sig som et Barn til at naa over Nytaar. 
 Mon ikke det gaar dig som mig, at naar vi gaar og passer til Jul, har man stadig Erikshaab Julene i Tankerne, hvor var de Juleforberedelser festlige, ja næsten hellige staar de nu i ens Erindring.
 Og saa vil da til sidst ønske dig og Axel en glædelig Jul sammen med Jeres lille Nillebarn vil du hilse Janna og Ib saa mange Gange fra mig og ønske dem alt godt for Jul og Nytaar.
 De kærligste Hilsner, lille Dis, fra din Junge.
 Brevet er for anseligt til jeg har Mod paa Gennemlæsn. Find selv ud af Fejltagelserne.</t>
   </si>
   <si>
-    <t>1950-07-26</t>
-[...53 lines deleted...]
-Til Axel ogsaa. Tusinde Hilsner og endnu en Gang min varmeste Tak! Din Junge.</t>
+    <t>April 1894</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Gudrun Andersen
+Holger Begtrup
+Johanne Begtrup
+Johanne Christine Brandstrup
+Julie Brandt
+Thora  Branner
+Johan Bredsdorff
+Morten Bredsdorff
+Thomas Bredsdorff
+Peter Fjelstrup
+Frederik Grundtvig
+Frederik Helsengreen
+Alhed Larsen
+J. Th. Lundbye
+Jørgen Monrad
+- Paulsen, Dr.
+Carl Rump
+Ditlev Schroll
+- Valeur
+Maria von Sperling. g. Balslev
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Brevet er en opfølgning fra Christine Mackies brev til forældrene 1894-01-31.
+Christine Mackie boede i København, modtog klaverundervisning og skulle snart til at have elever. Af januar-brevet fremgik det, at Christines forældre ønskede, at hun skulle flytte til Odense - formodentlig for at de kunne spare penge - og hun var på dete tidspunkt indforstået med det, for at der kunne blive råd til, at lillesøster Alhed kunne komme på en helbredende rejse til Italien. 
+Hun skrev i januar til forældrene, at hun var blevet forlovet med Thomas Bredsdorff. Alhed Larsen, f. Warberg, rejste ca. 12. februar 1894.
+Lundbyes Rejserulle er en rulle papir med træsnit af Joh. Th. Lundbye. Rullen ligger i et paprør, som er lukket med en træprop i hver ende. Xylograf Hendriksen fik udgivet dette værk via August Bangs Boghandel i København.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1947</t>
+  </si>
+  <si>
+    <t>Christine tror, at hendes hovedpine skyldes skænderier med hendes forlovede, Thomas. Måske gifter de sig ikke, eller måske skal de holde en pause. Thomas har kureret sin nervøsitet ved cykling, og nu vil Christine gerne af sin far have lov at hæve de 300 kr., som hun har i sparekassen. Egentlig var pengene til udstyr, men helbredet er vigtigere. Der er rigtig mange damer i København, der cykler, og det er ikke farligt for kvinder, som nogle mener. Forældrene må ikke tro, at hun kun vil have en cykel, fordi det vil være sjovt, og det er i øvrigt Thomas' idé! Christine vil ikke på kur i Silkeborg - dette kan spares væk - men blot bade i 14 dage, når hun kommer hjem på ferie. Hun synes i øvrigt også, at det er dumt at sige lejligheden op og flytte til Odense, for nu vil hun begynde at få elever i København. 
+Moderen må sende diverse tøj og også æg, for Christines læge siger, at hun spiser for let, så hun skal have hvidtøl, æg og kakao. 
+Thomas er blevet tilbudt at blive forstander ved en ny højskole i Jylland, men han har sagt nej tak. Måske kommer han og Christine i stedet til Frederiksborg, som er et dejligt sted og nær København. 
+Thomas og Christine har besøgt maleren Bredsdorff, men desværre havde hun hovedpine under besøget. De har set Charleys Tante i teatret.
+Nogle fra Rumps familie skal til Italien, og de lægger sammen til en gave til Alhed. 
+Om aftenen skal Christine og Thomas høre Begstrup tale i Studenterkredsen.
+Forældrene må sende majpengene snarest, så Christine kan betale Fru R. Hun og de averterer efter en indflytter mere til lejligheden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Iw9P</t>
+  </si>
+  <si>
+    <t>Dette Brev er ikke til at læse højt for Menigheden, det er kun for dig og Far (Elle)
+Kæreste Mor!
+Jeg lovede nok Brev "en af de første Dage", skal I have det inden Søndag må jeg nok skrive nu, det er trukken så længe ud, inden jeg har fået Ro til det. Lad mig nu først omtale Helbredet, der jo er en vigtig Ting; siden jeg begyndte på min Kur, har jeg haft det mærkværdig godt - aldeles ikke Hovedpine i den sidste halve Snes Dage før nu i Dag, jeg har måttet ligge til Middag. Jeg bliver mere og mere overbevist om, at min forværrede Helbredstilstand stammer fra Forlovelsen - i Dag har jeg haft et Bevis: hvorfor i al Verden skulde jeg i Dag pludselig blive så medtaget uden fordi vi igår havde en temmelig alvorlig Dag med - hvad skal jeg kalde det - Storme og Brydninger, som er uundgåelige, men som tager så rædsomt på Hovedet; jeg er forøvrigt bedre igen efter at have sovet hele Frm. Nu skal du høre, hvad jeg mener om Sommerplanen efter at have tænkt meget over den; jeg synes det er absolut forkert at tænke på at forlade Byen for bestandig nu, da jeg dog forhåbentlig står temmelig nær ved Målet: at få Elever, hvem ved, hvor længe det kan vare, inden vi bliver gifte, og - bliv nu bare ikke ængstelig, fordi jeg siger det - hvem ved med Bestemthed, om vi nogen Sinde bliver det! Hermed mener jeg ikke egentlig, at jeg nærer nogen Tvivl om den Ting, men hvor der - trods den Samklang der er på Bunden - er så store Uligheder, ja Modsætninger i Naturel og Livssyn, der kan ingen Mennesker garantere! Vi har selv tit talt om, at vort Forhold er sådan, at vi kunde tænkes at bryde med hinanden og så finde hinanden igen - for at vi nogen Sinde skulde gå fra hinanden af Mangel på Kærlighed - det vilde jeg nok se, før jeg troede det. Bliv nu [et par overstregede bogstaver] bare ikke ængstelig for dette, vi arbejder os jo nok sammen, vi er allerede kommen hinanden så meget nærmere, men skønt det altså kun står som en Mulighed, så må det dog også indrømmes, at det er en Mulighed, og det kan dog være, at man bør tage den med i Betragtning. Hvad Sommerplanen altså angår, da mener jeg, jeg skal nøjes med en forlænget Sommerferie - ikke noget med at blive borte til Nytår eller med at sige Lejligheden op; skal jeg (hvad jeg altså bestemt går ud fra) herind igen, så er det bare Ulejlighed og Pengespilde at sige Lejligheden op og rykke ind et andet Sted; vi må dog betale den indtil midt i Oktober, jeg mener, at jeg skal tage Ferie fra Sølvbrylluppet til midt i August, bade to Mdr. og være hjemme 14 Dage. Jeg mener også, at det vilde være mindre praktisk, at jeg kom til Silkeborg, det er rædsom dyrt og [et overstreget bogstav] vi høre om Masser, som har været der uden Udbytte; de to Måneders Strandbade vil virke akkurat ligeså godt. Men nu har Thomas foreslået en Ting, som måske, ja efter al Rimelighed vilde kunne efterhånden helbrede mig fuldstændig - bedre end al Verdens Bade og Vandkure og Piller: den Ting er en Cycle. Vi høre om så mangfoldige Mennesker, der er bleven helbredede for forskellige Lidelser ved fornuftig Brug af en Cycle - naturligvis må der ikke være Tale om Rekorder og den Slags Overdrivelser, Væddeløb o.s.v. Svigerfar, som var meget svag og skrøbelig før han fik cin Cycle, er nu fuldstændig rask, og Thomas, vil I tænke jer, som var så ussel, han er nu så godt som kureret for sin rædsomme Nervøsitet. Netop for Nervøsitet tror jeg, den Motion er aldeles enestående virksom; jeg kom, da han sagde det, til at tænke på, hvad Bedstemor en Gang sagde, at hun var vis på, jeg vilde blive rask, hvis jeg kom til at ride, det havde hjulpet hende som ung. Når jeg blot kunde få Lov at få de 300 Kr. af min Sparekassebog, så kunde jeg få en god Cycle - ja, jeg behøvede måske ikke en Gang så meget, I kan tro, de Penge vilde bære gode Renter; jeg er så overbevist om, at de Penge ikke kan anvendes bedre, det er underligt, at jeg ["jeg" overstreget] den Tanke aldrig er faldet mig ind, det er Thomas, der har fået Idéen, og han er rasende ivrig for den, netop fordi han selv er bleven Hjulpet så vidunderlig på det ene År, han har haft sin. Og det er ikke en Kur, som man bruger en eller 2 Måneder, og hvis Virkning som oftest kun spores kort Tid efter (som Bade o. desl.) men en Kur, som rigtig kan virke intensivt og solidt, fordi den er vedvarende. Å, hvor det var herligt, brillant, hvis Far vilde give Lov til det med de tre ["tre" overstreget] 300 Kr. vi er begge så overbeviste om, at det vilde være det Middel, jeg søger. Hvis I har hørt - eller hører af Dr. Schroll - at en Kvinde ikke har godt af at køre på Cycle, så siger jeg, at jeg tror det simpelthen ikke, (de, der lide af Kvindesygdomme tales her nat. ikke om, jeg er jo stærk og kraftig af Legeme) hvis det var Tilfældet, at ["at" overstreget] så ved jeg da, at Læger ikke lod deres Koner køre, og det ser vi dog herinde, bl.a. Læssøernes Læge, Dr Poulsen (Grundtvigs Svigersøn) og hans hele Familie køre, så det er en Lyst, endogså en Pige på Adis' Alder. Jeg kan nu ikke tro andet, end at Far vil give Lov til at lade mig tage de 300 Kr. - lad os dog bare stryge Bade og det hele Stads, som jeg har så usigelig lidt Tiltro til - og bryde overtvert med dette; det kan gærne være, de Penge skulde bruges til Udstyr o.s.v. men det kan ikke hjælpe, dett_e med Helbredet _må gå forud for alt det andet, det mener I jo også begge to. Slå det nu endelig ikke hen med, at det kan ikke lade sig gøre, men tænk alvorlig over det. Jeg er så inde på, at det er den Slags Kur, der skal kurere mig - eller i det mindste holde mig nogenlunde rask. I må endelig ikke se på dette som noget vildt og extravagant, hveranden Dame har jo Cycle, man ser snart ligeså mange Damer som Herrer øve den Sport; Gudrun Br. får én, så snart den gamle får Råd. Kunde jeg få denne vor Plan realiseret, så skal jeg love jer højt og helligt, at jeg skal blive rask, og hjælper det ikke (hvad der nu ikke kan tænkes) så skal jeg sælge den under Hånden, det kan sagtens lade sig gøre. Bare I nu ikke bliver gale og siger, at jeg vil ikke andet, end hvad jeg har Lyst til! Det er jo også uheldigt, at mine Planer stemmer sådan med, hvad jeg synes er det behageligste; men denne Idé er jo dog Thomas' - og min Sommerplan med kun 14 Dage hjemme, den anser jeg dog for alt andet end attråværdig!! - - - - -
+Jeg har et Par rene Lagner med store Navne, ellers intet af det andet, du skriver om hverken snavset eller rent; jeg har kun Håndklæder af de grove med Sildebensnavn og ingen Mellemværkspudevår. Send mig 4 Sæt Linned og et Par Natkjoler samt hvad der er af Lommetørklæder, Forkl. og Strømper (der er vel ingen) og mine lyse Liv endelig alle [et overstreget tegn] 5. Jeg sender i Morgen Bog og Bånd, det kan desværre ikke nå at komme med her, jeg vil ikke vente med dette Brev, så I først får det Mandag. Thomas har haft Tilbud om at blive Forstander for en ny Højskole i Jylland, jeg synes, det er stolt. Han sagde nat. nej dertil. Hvad han slår sig ned på, vides ikke endnu, han har jo forskellige Tilbud og Planer; måske kommer vi til at bo lige ved Frederiksborg, det var et storartet Sted, dejlig Natur og nærved København. Igår var Th. og jeg i Dyrehaven, men det var et kedeligt, koldt Vejr. For nogle Søndage siden var vi ude hos Maleren Bredsdorffs tillige med Maria og Thora; det er nogle morsomme, rare Mennesker, de bor i Birkerød; men naturligvis var Dagen for mig spoleret ved en ualmindelig slem Hovedpine. Vi var en hel Del (bl.a. Frk. Brun) forleden henne at se Charleys Tante - den Dag det tordnede - vi sad i Theatret og hørte det knalde løs; efter Forestillingen stod vi for at vente på Drosche sam ell. Tørrevejr ["sam" overstreget; "ell. Tørrevejr" indsat over linjen] en Times Tid sammen med Skuespillerne Fjelstrup og Helsengren, det var ganske sjov. Nu går jo Monrad til Marmorkirken, jeg er glad ved det, det er mig efterhånden noget ensidigt med den lille sammensyltede Skare af Guds udvalgte i Vartau, de kan vist have godt af nogle ny Elementer. Tænk hvor morsomt, der er nogle af Carl Rumps Slægt, der rejser til Florenz, og nu har en eller anden fået den Ide at Foreningen skal sende en Ting med ned til Alhed; der er udvalgt 12 til at give hver 25 Øre, og så sender vi J. Th. Lundbyes "Rejserulle." Jeg synes, det er sødt funden på. Hvis I vil sende noget til min Fødselsdag, så send lidt Chokolade og Bagværk, at vi kan invitere vore nærmeste herhen om Aftenen. Jeg har taget mig den store Frihed at rekvirere fra Valeur 1 Cacao; Dr. Fr. pålagde mig forleden at leve kraftig, og da Frk Bruun forleden havde mig i Skole desangående, sagde hun, at [overstregede bogstaver] som jeg lever, det vil ingen Læge kalde kraftig. Jeg skulde spise meget Æg, drikke Cacao og drikke meget Øl f. Ex prima Hvidtøl blandet med Maltøl. Hvis jeg nu kunde få de Æg, du for længere Tid siden har lovet, så vilde jeg spise et om Morgenen rørt med Sukker og Cacao og kogende Vand, det er nemmere end med Mælk. Lidt Maltøl kunde jeg så købe og blande med Hvidtøl. Frk. Bruun er forfærdelig sød imod mig og holder så meget af mig, jeg er der så tit til Aften, igår var jeg bedt til Frokost sammen med Fru Begtrup fra Askov, som udeblev. I Aften skal Pan og jeg med Th. i Studenterkresen, Begtrup (Askov) taler; Emne: "Udsigt fra Tårnet", jeg vilde endelig have Th. (som jo er Formand) til at få Johannes Jørgensen med derhen at deltage i Diskussionen, men Begtrup vilde ikke gærne have det. Jeg mente egentg. den Gang, at I skulde sende mig Majpengene da, men det var godt, jeg fik de 30, der er gået så meget extra i denne Tid og Sommertøj må vi jo også tænke på. Lad mig nu få Majpengene snart at Fru R. kan få sine. Vi virker for en til vor Stue, har lagt Billet ind og averterer i disse Dage i Politiken. Titel "Ikke Pensionat." Nu tror jeg, jeg er udtømt, i hvert Fald siger mit Hoved eftertrykkelig: Stop.
+Hilsner til jer alle! Jeg får vel nok lange Breve på Tirsdag!
+Basse</t>
   </si>
   <si>
     <t>1950-09-12</t>
   </si>
   <si>
     <t>Joy Deason
 Jesper Hansen
 Grethe Jungstedt
 Adolph Larsen
 Andreas Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Pernille Marryat
 Ib Marryat Johansen
 Ruth -, pige i huset hos Johanne Larsen
 Ellen  Sawyer
 Janna Schou
 Fritz Warberg
 Karen Warberg
 Marie Warberg
 Grete Warberg Larsen
 Lise Warberg Larsen
 Martin Warberg Larsen
 Per Warberg Larsen
 Erik Warberg Larsen, søn af Erik og Grethe
@@ -2823,50 +1370,1503 @@
 fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
 Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
+  </si>
+  <si>
+    <t>1921-10-27</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>København
+Falkonér Allé 5</t>
+  </si>
+  <si>
+    <t>Lundsgårdsvej, Kerteminde
+Bovense Nyborg
+Sabbesborg
+Camp Hverringe</t>
+  </si>
+  <si>
+    <t>Brormand - 
+Christian Andersen
+- Andreasen, Uraniavej
+Victor Bøttern
+- Granberg
+Th. Krarup
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Eiler Lehn Schiøler
+Elisabeth Mackie
+Carl Nielsen
+Ellen  Sawyer
+Christine Swane
+- Thomsen, Kerteminde</t>
+  </si>
+  <si>
+    <t>Man krydser Kauslunde Å på vejen mellem Kerteminde og Nyborg. Bøgebjerg Strand er markeret med Camp Hverringe.
+Alhed og Johannes Larsen ejede Svanemøllen, som lå/ligger ved siden af deres villa. En møller drev den for dem. 
+At møllen er i bagvind vil sige, at vinden blæser fra den modsatte side af vindfanget, hvilket i værste fald kan forårsage stor skade på vinger og aksel.(Mølleordbog.dk) 
+Eiler Lehn Schiøler havde fødselsdag 30. oktober. Dagbogen, som også omtales i tidligere breve fra Alhed Larsen til drengene, er Johannes Larsens renskrift af en af dagbøgerne fra sejladserne med skibet Rylen. Larsen gav Schiøler en sådan. Efter hans død blev den købt af et ægtepar, som siden testamenterede den til Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Larsen-breve kasse 1</t>
+  </si>
+  <si>
+    <t>Det har været et voldsomt stormvejr ved Kerteminde. Johan/Lysses pram var drevet væk, men blev fundet igen, badeanstalten var væltet, strandhaverne var oversvømmet, flere høns druknet. Ellen Sawyer (Elle) cyklede til Bovense, og vandet stod ind over vejen. Dele af klinterne er styrtet i havet, og mange snoge og hugorme er druknet. Svanemøllen kom i bagvind, men den blev reddet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wab6</t>
+  </si>
+  <si>
+    <t>Kære, søde Drenge!
+Jeg fortryder, at jeg ikke strax i Mandags skrev til jer om Stormen, saa var det nok bleven en dramatisk Beskrivelse, jeg var saa opstemt og opfyldt af det. Nu er alle Ulykkerne komne og Humøret er knap saa glimrende. Desuden har I jo nu set det meste i Aviserne. Men det var Lysses Pram der [ordet ”der” indsat over linjen] var borte og saa vilde jeg ikke skrive før jeg saa om den kom. Og det gjorde den. Strax om Morgenen gik jeres Far en Razzia, der laa 6 Pramme dreven sammen i en Klump ved Havnemolen men Lysses var ikke derimellem, men Basse og Brormand fandt den jeg ved ikke hvor, har ikke talt med dem. I kan ellers tro det var et mærkværdigt Syn Mandag Morgen. Landskabet helt forandret. Begge Moler under Vand Herrebadeanstalten væltet og nede ved Villaerne stod Vandet helt ind til Landevejen, Strandhaverne fuldstændig skjulte. Folk sad paa Toppen af Hønsehusene og bjergede Høns, men 31 af Slagterens var druknede, en Gris var halvdød men blev kaldt til live. De fleste Badehuse og Bror væk af vores Bro dog kun det yderste Stykke. Elle cyklede til Bovense, ind gennem Skoven, da Lundsgaardvejen var helt under Vand, det stod op til Gaardspladsen, ved Kauslund saa det farligt ud, store Bølger slog ind over Landevejen og styrtede ned paa Marken paa den anden Side, hun maatte flere Steder ind over Marken og gik i til over Knæene. Broen turde hun ikke være gaaet ud paa hvis Kauslundmanden ikke havde staaet der og hjulpen hende. Det indvendige Stykke af Landevejen er hulet ud og skyllet bort af Bølgerne. Gl. Chr. Andersen sov paa Hindsholm Stormnatten. D [”D” overstreget] En Del af Sarpsborg er skyllet bort ligesaa af Bøgebjerg Klint Kilden er borte med Springvand og det hele. Snoge og Hugorme blev forstyrrede i deres Vintersøvn, der laa mange druknede og en Snog sad paa en Gren ud over Vandet og lallede med Tungen. Det var stygt med den Stranding. Den ene stakkels Mand, en Tysker sad 16 Timer i Rigningen og svømmede til sidst i Land, hjulpen det sidste Stykke, da han ikke kunde mere, af Karl Nielsen. Men han syntes ikke det var noget videre, han havde gjort hele Krigen med. – Svanemøllen kom i Bagvind Søndag Efterm., da Vinden pludselig sprang, og Sønnerne var ikke hjemme saa det saa truende ud, da den begyndte at køre rundt, 2 Møller er brændt paa den Maade, men de kom til Stede og fik den standset. Nu ved jeg ikke om der er mere lokalt at fortælle om Stormen, Rylen og hvad der laa i Havnen tog ingen Skade. Her har været en lille sjov Retssag. Gl. Thomsen averterede i Kerteminde Avis, at hvad der kom af Kalkuner og andet Fjerkræ i hans Have, vilde han skyde og henlægge i Strandkanten. En af de første Dage røg en af Onkel Victors Kalkuner. Han meldte det til Politiet men [ordet ”men” overstreget] og forlangte 50 Kr. men lille Krarup kendte for Ret, at han ingen Penge skulde have. Og nu sætter han et lille lavt Staaltraad dernede som Kalkunerne kan skræve over. Fedtsyl. Saa snart Æblekassen kommer, bliver den fyldt og returneret og samtidig sendes Tæpper, Kittel og Støvler. I maa undskylde at det ikke er kommen før, men jeg har haft saa vanvittig meget. Fru Granberg sagde fra til Vadsken saa begge Pigerne maatte til det og jeg tage alt Husværket og meget andet. Jeg sendte Penge i Gaar, lad mig vide om I [det følgende indsat øverst side 1, på tvæs] har faaet dem og hvis ikke Kvittering. Jeres Far sender Dagbogen til Schiøler til jer, I maa se den og saa aflevere den Søndag Formiddag 30te paa Uraniavej. I kan jo godt give den til Andreasen hvis I ikke vil ind. Vi kan ikke sende direkte da det er en Søndag. – Nu kun 1000 Hilsner ogsaa fra Tante Ia og ogsaa til Tante Ugle.
+Jeres Mor.
+Torsdag</t>
+  </si>
+  <si>
+    <t>26. aug. 1913</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/WG6FVdRa</t>
+  </si>
+  <si>
+    <t>25. apr. 1912</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/txkTuuYf</t>
+  </si>
+  <si>
+    <t>13. maj. 1912</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xxF86sJZ</t>
+  </si>
+  <si>
+    <t>19. aug. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FFYCdyo4</t>
+  </si>
+  <si>
+    <t> 9. jun. 1922</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/X9r0Y0yd</t>
+  </si>
+  <si>
+    <t>16. aug. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/7rN11uGi</t>
+  </si>
+  <si>
+    <t>22. aug. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/4cMXuHhs</t>
+  </si>
+  <si>
+    <t>16. jul. 1927</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
+Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5. september 1927.
+Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
+Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/XYy1v1rg</t>
+  </si>
+  <si>
+    <t> 6. mar. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/soHYv3w9</t>
+  </si>
+  <si>
+    <t>17. aug. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/RXIzeTZS</t>
+  </si>
+  <si>
+    <t>28. aug. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/MD8jC89C</t>
+  </si>
+  <si>
+    <t> 8. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ub52HE7t</t>
+  </si>
+  <si>
+    <t>16. maj. 1911</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/lSunTR5z</t>
+  </si>
+  <si>
+    <t>28. maj. 1911</t>
+  </si>
+  <si>
+    <t>Victor Bøttern</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/pVrkJOD3</t>
+  </si>
+  <si>
+    <t> 1. jul. 1911</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/F7OHQu0I</t>
+  </si>
+  <si>
+    <t>30. jul. 1911</t>
+  </si>
+  <si>
+    <t>Notater om vejrlig og fugle</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Vlw0aBZa</t>
+  </si>
+  <si>
+    <t>21. apr. 1912</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/G0gEBYhg</t>
+  </si>
+  <si>
+    <t>22. feb. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/jX4esYqy</t>
+  </si>
+  <si>
+    <t>20. aug. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/6NukiLo1</t>
+  </si>
+  <si>
+    <t>21. aug. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/hcOP7oU4</t>
+  </si>
+  <si>
+    <t>17. jul. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CcimuYHG</t>
+  </si>
+  <si>
+    <t>17. maj. 1922</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/gwgJwsq3</t>
+  </si>
+  <si>
+    <t>19. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/uOYOQKzi</t>
+  </si>
+  <si>
+    <t>31. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/74ud2QUs</t>
+  </si>
+  <si>
+    <t>13. jun. 1922</t>
+  </si>
+  <si>
+    <t>Søren Krage</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/2toT6FxI</t>
+  </si>
+  <si>
+    <t> 2. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/4G53wVLj</t>
+  </si>
+  <si>
+    <t>13. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/UYgf1IWp</t>
+  </si>
+  <si>
+    <t>19. jun. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til Limfjorden.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/3epsPqXo</t>
+  </si>
+  <si>
+    <t> 7. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/g2viVDEG</t>
+  </si>
+  <si>
+    <t>16. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/joeE40wD</t>
+  </si>
+  <si>
+    <t>21. jul. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/yr1E8YL8</t>
+  </si>
+  <si>
+    <t>24. aug. 1927</t>
+  </si>
+  <si>
+    <t>Leo Swane
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
+Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5.september 1927.
+Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
+Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/i1tKhB8V</t>
+  </si>
+  <si>
+    <t> 4. mar. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FVd7DrLa</t>
+  </si>
+  <si>
+    <t> 9. apr. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xUZYZl4J</t>
+  </si>
+  <si>
+    <t>11. jun. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/oBhr9ldI</t>
+  </si>
+  <si>
+    <t> 2. jul. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/kvp82PWC</t>
+  </si>
+  <si>
+    <t> 5. jul. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/POjxCG7k</t>
+  </si>
+  <si>
+    <t> 3. mar. 1912</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/7KMVmXve</t>
+  </si>
+  <si>
+    <t>25. maj. 1921</t>
+  </si>
+  <si>
+    <t>Christian Andersen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/GM8FzURB</t>
+  </si>
+  <si>
+    <t>28. maj. 1921</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/yle0CtTL</t>
+  </si>
+  <si>
+    <t>14. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/scWH782Y</t>
+  </si>
+  <si>
+    <t> 8. jul. 1921</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/mkxMz5lN</t>
+  </si>
+  <si>
+    <t>16. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/j2hUVkDF</t>
+  </si>
+  <si>
+    <t>19. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/sNWbpXhd</t>
+  </si>
+  <si>
+    <t>30. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/JZO9tphY</t>
+  </si>
+  <si>
+    <t>1921 Rylen efterårstur - udateret oversigt over fugle og øer</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Jeppe Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OB0G3oj0</t>
+  </si>
+  <si>
+    <t> 6. maj. 1922</t>
+  </si>
+  <si>
+    <t>- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/1Y1aylfk</t>
+  </si>
+  <si>
+    <t>16. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/sNDCWlyG</t>
+  </si>
+  <si>
+    <t>21. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ft5uWdAb</t>
+  </si>
+  <si>
+    <t>23. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/U9cAKmCO</t>
+  </si>
+  <si>
+    <t>24. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/61N6kNkx</t>
+  </si>
+  <si>
+    <t>26. maj. 1922</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Kz3r8JCL</t>
+  </si>
+  <si>
+    <t>27. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/yPpGdduH</t>
+  </si>
+  <si>
+    <t>29. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/6XCCIPMy</t>
+  </si>
+  <si>
+    <t>12. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/agvEKcQm</t>
+  </si>
+  <si>
+    <t>14. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/qsFEbfc5</t>
+  </si>
+  <si>
+    <t>15. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/oYW9s64c</t>
+  </si>
+  <si>
+    <t>16. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/gtk3gsNP</t>
+  </si>
+  <si>
+    <t>17. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/AXofygyO</t>
+  </si>
+  <si>
+    <t>24. jun. 1922</t>
+  </si>
+  <si>
+    <t>Dankvart Dreyer
+Henning Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/uNd8BOlE</t>
+  </si>
+  <si>
+    <t>29. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/chdZZ3rp</t>
+  </si>
+  <si>
+    <t> 5. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/9sJZVvFn</t>
+  </si>
+  <si>
+    <t> 7. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/V9rsTLfw</t>
+  </si>
+  <si>
+    <t> 8. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/MzqbODHZ</t>
+  </si>
+  <si>
+    <t> 9. maj. 1923</t>
+  </si>
+  <si>
+    <t>Knud Kyhn</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FiIZIxLY</t>
+  </si>
+  <si>
+    <t>11. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/IhyuWxq8</t>
+  </si>
+  <si>
+    <t>12. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/TwDxraIy</t>
+  </si>
+  <si>
+    <t>13. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/8x0S9i3M</t>
+  </si>
+  <si>
+    <t>15. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/J9i23J4P</t>
+  </si>
+  <si>
+    <t>20. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/aBsVe7OZ</t>
+  </si>
+  <si>
+    <t>22. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Gq3Qpx1e</t>
+  </si>
+  <si>
+    <t>27. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/IUcuS1ie</t>
+  </si>
+  <si>
+    <t>29. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CRiCiXSF</t>
+  </si>
+  <si>
+    <t>30. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/shwlgOFy</t>
+  </si>
+  <si>
+    <t>16. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/RGBE596E</t>
+  </si>
+  <si>
+    <t>21. jun. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/2m0jOOTw</t>
+  </si>
+  <si>
+    <t>24. jun. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/kzeNagm3</t>
+  </si>
+  <si>
+    <t>25. jun. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/2tmzZbQ0</t>
+  </si>
+  <si>
+    <t>26. jun. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/oav6JsZb</t>
+  </si>
+  <si>
+    <t>29. jun. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/hTDd4Hvh</t>
+  </si>
+  <si>
+    <t>30. jun. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/jTsYLs8D</t>
+  </si>
+  <si>
+    <t> 3. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/D4T49e9t</t>
+  </si>
+  <si>
+    <t> 9. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OUPz5qzc</t>
+  </si>
+  <si>
+    <t>12. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/wBZqLrfY</t>
+  </si>
+  <si>
+    <t>13. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Gf5mwqGr</t>
+  </si>
+  <si>
+    <t>14. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/fR8EXZtg</t>
+  </si>
+  <si>
+    <t>15. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/1RfgMKEY</t>
+  </si>
+  <si>
+    <t>17. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/zgu5go8Q</t>
+  </si>
+  <si>
+    <t>21. jul. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til Limfjorden.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/zL57Fkpi</t>
+  </si>
+  <si>
+    <t>22. jul. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til Limfjorden.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne
+Bemærk at listen over de gamle latinske artsbetegnelser over fugle fortsættes i denne del af dagbogen (af kopieringshensyn er notaterne medtaget)
+Særligt de sidste sider af dagbogen har tegninger fra udvalgte steder</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/r5GKNbIq</t>
+  </si>
+  <si>
+    <t> 2. aug. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til øerne i Kattegat.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/8mcUJKL8</t>
+  </si>
+  <si>
+    <t> 9. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/qCJp7IkF</t>
+  </si>
+  <si>
+    <t>16. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/tKAKXG91</t>
+  </si>
+  <si>
+    <t>20. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/fsG2myq7</t>
+  </si>
+  <si>
+    <t>21. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/tmpkPwtQ</t>
+  </si>
+  <si>
+    <t>24. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/u6YIzd8g</t>
+  </si>
+  <si>
+    <t>27. sep. 1925</t>
+  </si>
+  <si>
+    <t>- Estrup
+Christen Hauge
+Dan la Cour
+Eiler Lehn Schiøler
+- Malchau Møller
+John Møller
+Hans Nielsen
+Finn Salomonsen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/UIMwH8M9</t>
+  </si>
+  <si>
+    <t>11. jun. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CaEjJSLY</t>
+  </si>
+  <si>
+    <t> 9. jul. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FnJs9Yal</t>
+  </si>
+  <si>
+    <t>29. dec. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/JIKLC0ja</t>
+  </si>
+  <si>
+    <t>24. maj. 1921</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Harald Leth</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/j6fUTxlZ</t>
+  </si>
+  <si>
+    <t>30. maj. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ElHTnCNC</t>
+  </si>
+  <si>
+    <t>15. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/hjju64Qb</t>
+  </si>
+  <si>
+    <t>18. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/nN4PAKUX</t>
+  </si>
+  <si>
+    <t>22. jul. 1921</t>
+  </si>
+  <si>
+    <t>Peter, Vorherre -
+Achton Friis
+Martha Friis
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Leo Swane</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ypSdLDCw</t>
+  </si>
+  <si>
+    <t>31. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ps863ipV</t>
+  </si>
+  <si>
+    <t>19. aug. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/mRGYJww6</t>
+  </si>
+  <si>
+    <t> 1. sep. 1921</t>
+  </si>
+  <si>
+    <t>Alexis Prior</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/2e3r5tyj</t>
+  </si>
+  <si>
+    <t>22. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/hMc63H8a</t>
+  </si>
+  <si>
+    <t>30. maj. 1922</t>
+  </si>
+  <si>
+    <t>Achton Friis
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/3c7pfpuA</t>
+  </si>
+  <si>
+    <t> 2. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xg3d7YmI</t>
+  </si>
+  <si>
+    <t> 3. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/odaqhLOC</t>
+  </si>
+  <si>
+    <t>13. maj - 15. juni 1922. </t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.
+Denne sidste del af dagbogen indeholder tegninger fra togtet, og en opsumering af de observerede fugle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FKHil6pt</t>
+  </si>
+  <si>
+    <t>27. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Hw8oPQwi</t>
+  </si>
+  <si>
+    <t>28. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/eA0MJ26F</t>
+  </si>
+  <si>
+    <t> 8. sep. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/8NOdIY94</t>
+  </si>
+  <si>
+    <t>24. sep. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/wRFlJE6O</t>
+  </si>
+  <si>
+    <t> 2. okt. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/AP4kFsI0</t>
+  </si>
+  <si>
+    <t> 2. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/PlBEwu63</t>
+  </si>
+  <si>
+    <t> 4. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/mkg3nWI5</t>
+  </si>
+  <si>
+    <t>10. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/go4AUczi</t>
+  </si>
+  <si>
+    <t>18. maj. 1923</t>
+  </si>
+  <si>
+    <t>Herman Heilbuth</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OBubtSCI</t>
+  </si>
+  <si>
+    <t>26. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/8Hm1SjBc</t>
+  </si>
+  <si>
+    <t> 1. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/lZyxnYPl</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/71OaE2Pq</t>
+  </si>
+  <si>
+    <t> 5. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/teThVn3n</t>
+  </si>
+  <si>
+    <t> 6. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/aNMSO31y</t>
+  </si>
+  <si>
+    <t> 7. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xcIEK44h</t>
+  </si>
+  <si>
+    <t> 8. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/jtFmorwP</t>
+  </si>
+  <si>
+    <t>10. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/1MaTL2w7</t>
+  </si>
+  <si>
+    <t>14. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/lymun1vs</t>
+  </si>
+  <si>
+    <t>18. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/fydly3mL</t>
+  </si>
+  <si>
+    <t>17. jun. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er særligt en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til Limfjorden.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne
+Rejsen beskrevet i denne dagbog foretages i perioden fra 17. juni til 24. juli 1924
+. . . .
+Bemærk at denne dagbogs første og sidste sider indeholder et samlet overblik over iagttagede fugle, med datidens latinske og danske artsbestemmelser.
+De gamle artsbestemmelser er alle kommenteret med nutidige danske og latinske betegnelser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/A622cSGK</t>
+  </si>
+  <si>
+    <t> 4. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/59zsGGWk</t>
+  </si>
+  <si>
+    <t> 6. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/mjLR77qg</t>
+  </si>
+  <si>
+    <t> 8. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/H9iEauF9</t>
+  </si>
+  <si>
+    <t>19. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/cYLt9V6n</t>
+  </si>
+  <si>
+    <t>31. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/3Z5o835V</t>
+  </si>
+  <si>
+    <t> 4. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/qvTz6ZyO</t>
+  </si>
+  <si>
+    <t>29. maj. 1927</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Beskrivelse af en dags tur til Bågø i Lillebælt. Med observationsfortegnelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/11FIskzM</t>
+  </si>
+  <si>
+    <t>16. jun. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/dqisTYLi</t>
+  </si>
+  <si>
+    <t>17. jun. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/oZjYH6Eh</t>
+  </si>
+  <si>
+    <t> 3. jul. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/7IYzq9qL</t>
+  </si>
+  <si>
+    <t> 6. jul. 1927</t>
+  </si>
+  <si>
+    <t>Ragnar Ásgeirsson
+Peter Kaalund</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Rxz2IC2h</t>
+  </si>
+  <si>
+    <t> 7. jul. 1927</t>
+  </si>
+  <si>
+    <t>Ragnar Ásgeirsson
+Guðbjörg  Þorleifsdóttir</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/7UegCBEC</t>
+  </si>
+  <si>
+    <t>13. jul. 1927</t>
+  </si>
+  <si>
+    <t>Ragnar Ásgeirsson</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/waggHZp0</t>
+  </si>
+  <si>
+    <t>20. jul. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/XTDInlTi</t>
+  </si>
+  <si>
+    <t> 5. jul. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/1xkcfKvk</t>
+  </si>
+  <si>
+    <t> 8. jul. 1927</t>
+  </si>
+  <si>
+    <t>Ragnar Ásgeirsson
+Múlakot Sommerhotel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Yuas8Tzi</t>
+  </si>
+  <si>
+    <t>23. jun. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/aKEfQxsY</t>
+  </si>
+  <si>
+    <t>1898-04-29</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Strandhaverne: øst for Hindsholmvej i Kerteminde var/er der en række strandhaver, som hører til husene, der ligger vest for Hindsholmvej. Johannes og Alhed Larsen fik selv en strandhave i tilknytning til deres villa på Møllebakken (opført 1901-1902).
+Den omtalte Thorvald må være Thorvald Balslev, som Alhed Larsens søster, Johanne, var forlovet med 1894-1898.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet på guldregnen. Han giver gode råd til, hvordan man blander en farve til jord set i solskin.
+Odense-Kerteminde-jernbanen er ved at blive anlagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HVGe</t>
+  </si>
+  <si>
+    <t>Kjerteminde 29 April 1898
+Min egen Kæreste!
+Det er dog en væmmelig Kulde i Dag i Aften har jeg v[æret i] Marken med Vinterfrakke [noget af papiret mangler] Hue paa og saa frøs [noget af papiret mangler] Haandleddene. Jeg har siddet og malet paa Guldregntræet hele Dagen, efter Aquarellen. Klaks rejste til Eftermiddag jeg skal hilse Dig fra ham. Jeg kan godt fortælle Dig hvad jeg tror Du kan male Jord med, men Forholdet maa Du prøve Dig til, Hvidt, Blaat Gult og Kraplak og maaske lidt Okker eller T. di Siena, kort sagt de samme Farver som man maler alt andet med, det er bare Forholdet er lidt forskelligt, det er ingen Vittighed, det er ikke muligt at forklare det nærmere. I Dag har [Du vel] ikke faaet malet [I har] vel haft lige saa [noget af papiret mangler]ligt Vejr som vi, men saa har Du da den Trøst at den Slags Vejr tager ikke paa Hyacintherne. De har begyndt at køre med Jernbane hernede bag ved i Dag, der kører en Arbejdsmaskine med 12 Tipvogne frem og tilbage og henter Jord oppe i vores Banke og læsser det af nede i Strandhaverne. Det er kedeligt at Johanne stadig er saa ked af det, jeg kan jo ikke raade Dig da jeg ikke ved hvad hun siger til Dig om det, men hvis jeg var i Dit Sted og jeg kunde mærke at hun havde noget som [helst] tilovers for Thorva[ld] [noget af papiret mangler] jeg ikke jeg vilde [noget af papiret mangler] for at raade hende. Jeg er spændt paa om Christine kommer og om det i saa Fald bliver godt Vejr paa Søndag. Jeg skal hilse fra Fader og Moder. Mange Hilsner fra Din Kæreste
+Johannes Larsen
+I Morges var jeg oppe Kl. 5.</t>
+  </si>
+  <si>
+    <t>1902-08-01</t>
+  </si>
+  <si>
+    <t>Nordskov</t>
+  </si>
+  <si>
+    <t>Nordskov, Kerteminde</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes og Christine Larsen har de sidste dage været i Nordskov/på Fyns Hoved for at male, og nu er Fritz Syberg tilsyneladende stødt til.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sendte kun kys til de to drenge og ikke til Alhed, for hun kan jo ikke kysse sig selv på munden.
+Larsen og Fritz Syberg (Baronen) har spist lammesteg og bouillon. Han har lavet fire-fem akvareller og skal lave flere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O2nh</t>
+  </si>
+  <si>
+    <t>Nordskov 1 August 1902.
+[Kære]ste Alhed!
+[For at] begynde med Slut[ningen] af Dit Brev, Tak for det, saa er det udelukkende af praktiske Grunde at jeg kun sender Kys til Puf og Lysse, Du kan jo ikke saa godt kysse Dig selv paa Munden. Det er skidt jeg faar aldrig Ro til at skrive et ordentligt Brev til Dig. [Nu] kommer jeg lige ude fra Middagen og Posten skal snart af Sted. Vi fik Lammesteg med Persille og Rødvin i Dag. Baronen opdag[ede at] Strandvandet [som Kar]toflerne var kog[te] i som den kraftige Kødsuppe og saa [noget af papiret mangler] en Bouillon med Æg først. Jeg har lavet en 4-5 smaa Aquareller siden i Gaar og der er strandet en Skonnert paa Revet i Nat. Nu skal jeg ud med Skitsebogen og se at faa lavet nogle flere. Jeg skal nu skrive hjem om at sørge for at Du kan faa sendt de 5 Kr. Jeg kan jo ikke [vide h]vornaar jeg kommer [Hjem i]gen. I Da er det [helt go]dt Vejr, i Gaar [var] det nederdrægtigt [noget af papiret mangler] det for Resten har gjort hele Ugen. Jeg barberede mig i Forgaars. Mange kærlige Hilsner og Kys til Jer alle 3
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1914-09-14</t>
+  </si>
+  <si>
+    <t>Carl Petersen, arkitekt</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Emil Hannover
+Peter Hansen
+Kai Nielsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 31</t>
+  </si>
+  <si>
+    <t>Carl Petersen skriver om de vanskelige tider for kunsten, nu da der er krig, og fortæller hvor opmuntret han var ved sit besøg hos Mads Rasmussen, der uanfægtet fortsætter sit arbejde med Faaborg Museum og stadig køber kunst. Det inspirerede ham til at forestille sig en udstilling på Kunstindustrimuseet om museet. I brevet kommer han med en længere redegørelse for sine tanker herom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/b8Cz</t>
+  </si>
+  <si>
+    <t>CARL PETERSEN Aaboulevard 5
+ARKITEKT København
+Telefon: Nora 13 05 x d. 14 Sept. 1914
+Kære Hr Etatsraad M. Rasmussen!
+Da jeg i Lørdags havde været hos Dem for at faa Penge til Haandværkerne ved Museet, tænkte jeg paa, hvor vanskelige Tiderne nu er, og det slog mig da, hvor værdifuldt det er, at en Mand som De er ganske uanfægtet af Situationen.
+Overalt mærker man i denne Tid, at Folk er blevne træge Betalere, selv dem, der ikke behøver at være det. Næsten alle Byggearbejder er strandede, og Luxus som Kunst er der ingen der bruger Penge til. Aviserne er glade, naar de kan konstatere, at det daglige Køb og Salg i Butikerne er lidt bedre end i Krigens første Dage. Samtidig fortæller de om, at i Berlin er der oprettet "Varmestuer" for Kunstnere og Forfattere med gratis Bespisning, og det foreslaas at tænke over, om der ikke ogsaa var Grund til noget lignende her hjemme. Man bliver mismodig ved Tanken om hvorledes det skal gaa, naar Forholdene allerede er saadan nu ved Miserens Begyndelse.
+Men saa var det jo, jeg var ude hos Dem, og dér var det, som om der ingen Krig var. De udbetalte som tidligere, og De talte ikke blot om, at de snart skulle købe Malerier, saaledes som der længe har været Tale om, men ogsaa om snart at købe Billedhuggerarbejder af Kai Nielsen. Jeg blev i straalende Humør, og som det saa gaar, bliver ens Fantasi frugtbar, jeg fik en Ide, som jeg tror er god.
+I Foraaret bestemte den fri Arkitektforening at afholde en Udstilling. Der blev sikret Lokaler i Kunstindustrimuseet nu til Efteraaret. Jeg havde tænkt mig at udstille mine Tegninger til Museet, der vilde blive Udstillingens største og fineste Bygning. Saa kom Krigen og ved et Møde blev det vedtaget at opgive Udstillingen, navnlig fordi Bladene i den først Tid ganske havde ophørt at beskæftige sig med Kunst.
+Saa var det, at det faldt mig ind, at Bladene, saaledes som de nu tager paa Sagerne, maaske netop vilde skrive om dem, der uanfægtet fortrækker Kulturens Værk, ikke alene ved en Udstilling, men ogsaa ved fremdeles at fuldføre et Arbejde som Museet. Jeg forhørte hos Foreningens Formand, om vi havde Lokalerne paa Haanden endnu, hvilket han antog og nærmere vilde spørge Emil Hannover om. Min Tanke er da den, i Kunstindustrimuseet at arrangere en fyldig Udstilling af Forabejderne til Faaborg Museum og derigennem at slaa et Slag for Museet samt i det Hele vise at der er Folk som ikke har tabt Hovedet. Vi kan magelig fylde hele Udstillingen. Det skal være den fri Arkitektforening, som afholder den, og den skal kun omfatte dette ene Arbejde. Men der løber nogle Udgifter paa, som dog ikke bliver umulig store, da vi har Lokalerne gratis. Jeg vil for min Part gøre et stort Tegnearbejde for at faa Sagen godt og smukt fremstillet. Jeg har, foruden Tegningerne, en Gibsmodel af de fine Kapitæler. Men Hovedslaget maa være Møblerne, som maa udlaanes til Udstillingen, samt en Ting til. Vi maa have Gulvene repræsenterede paa Udstillingen. Jeg udfører en samlet Plan over Gulvene, men samtidig maa vi have saa mange Terninger leverede, at vi i Sand kan udlægge to af Køjegulvene. Tommerup Teglværk har vel nok Tid nu til at gøre denne Reklame. 
+Endvidere maa der tages en Række Fotografier fra selv Museumsbygningen, og de maa udstilles i gode Forstørrelser, Billeder, som jo senere kan anvendes til den Bog, der nødvendigvis en Gang maa skrives om Faaborg Museums Historie.
+Udgifterne beløber sig altsaa væsentligst til Transport af Møbler, Gulvtærninger, Lægning af disse, Fotografier samt noget Tilskud til Tegnehjælp, fordi Sagen skal forceres. Udstillingen skal nemlig afholdes i November Maaned, hvis vi skal have den i Kunstindustrimuseet. 
+Men foruden ved Udstillingen af Bygningen kunde der slaas endnu et Slag for Faaborg Museum og alt, hvad der har Forbindelse dermed.
+De vil jo købe Billeder af Johannes Larsen og Peter Hansen i den nærmeste Fremtid. Hvad om de købte dem nu, og vi udstillede dette Aars Indkøb (altsaa ogsaa det af Syberg m.fl.) samtidig med Bygningen. Tænk den 'opsigt og Lykke det vil gøre, at der er Folk, der køber Kunst uanfægtet af Krigen. Det vil blive opfattet som en storartet Gerning udsprunget af et patriotisk Sindelag og et smukt Eksempel til Efterlignelse. Udstillingen vilde samtidig være en smuk og værdig Reklame for Museet.
+Det, der foreløbig er usikkert, er, om vi kan faa Lov til at udstille bildende Kunst i Kunstindustrimuseet, hvilket er imod Emil Hannovers Principper. Men jeg vilde tor at han i disse Tider vil være henrykt over enhver Lejlighed til at støtte Bestræbelser, der gaar i opadgaaende Retning for Kunst.
+Jeg havde først tænkt mig at fremsætte Forslaget, naar Etatsraaden kom her hos mig, for at se paa Prøverne af Vægfarverne, men jeg kunde ikke styre mig for at skrive nu. Det haster jo, saa det vilde være nyttigt, om De havde overvejet Sagen og taget Standpunkt dertil, naar vi næste Gang mødes.
+Med venlig Hilsen fra Deres ærbødige
+Carl Petersen</t>
+  </si>
+  <si>
+    <t>1923-05-09</t>
+  </si>
+  <si>
+    <t>Omø</t>
+  </si>
+  <si>
+    <t>Omø, Skælskør
+Drejø, Tåsinge
+Lyø
+Agersø, Skælskør
+Romsø
+Lolland
+Sprogø
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Ernst Josephson
+Knud Kyhn
+Andreas Larsen
+Johan Larsen
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>JL og Achton Friis er i foråret 1923 på sejlads med Rylen til de vest- og nordsjællandske øer for at forberede bogværket De Danskes Øer.
+Rylen - en Kerteminde fiskerbåd - er i 1921-24 ekspeditionsskib for JL og AF og sejler i dag som museumsskib for Kerteminde Museum. 
+Omø er omtalt i Achton Friis: De Danskes Øer bd. 3 s 34. Gyldendal, 1928.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har fået et bestillingsarbejde, men JL er bekymret for, om hun har kræfterne til dette. Rylen er kommet til Omø, og JL glæder sig over det rige fugleliv på øen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LJ0I</t>
+  </si>
+  <si>
+    <t>Omø 9 Maj. 1923
+Kæreste Alhed!
+Tak for Brevet som jeg fik i Dag. Det var dejligt at høre fra Dig og det var vel godt at Du fik det Arbejde, altsaa for Pengenes og for den Tilfredsstillelse det er Dig at kunde tjene dem, bare det nu ikke maa tage for meget paa Dig. Desværre kan jeg jo ikke give Dig en Haandsrækning naar jeg kommer hjem, du [og] jeg jo maa have fuld Kraft paa for at faa lavet saa meget som muligt til Udstillingen. Vi har haft en rar Tur hidtil og jeg har faaet lavet 19 Tegninger deraf 8 her, hvortil vi kom i Forgaars. Det er den bedste Ø vi har været paa i Aar og den kan omtrent staa paa Siden af Drejø og Lyø, men her er et meget rigere Fugleliv, nogle store Moser med Skeænder Spidsænder Allinger og Graaænder og Blishøns og Lappedykkere Viber og Brushøns og Rødben og Strandskader. Kyhn der kom om Bord sammen med Friis rejser i Dag, han har været hyggelig at have med. Vi sejler vist til Agersø i Morgen. En Del af Øen her er meget høj, i Gaar da det var klart kunde vi fra det højeste Sted se Lolland og Romsø paa en Gang. Der er samme Afstand herfra til Sprogø som fra Sprogø til Kjerteminde. Efter Dit Brev rejser Du jo hjem i dag, saa faar Du vel dette i Morgen. Du saa vel Josephsons Udstilling? Hils Puf og Lysse og de andre. Mange kærlige Hilsner til Dig selv fra
+Din hengivne 
+Johannes Larsen.
+Hilsen fra Friis og Petersen</t>
+  </si>
+  <si>
+    <t>1937-03-18</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Jens Larsen
+Jeppe Andreas Larsen
+Martin Larsen
+Peter Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var formand for det nystiftede Kerteminde Museum fra 1937. Det indeholdt både en kulturhistorisk samling og en kunstafdeling. Sidstnævnte blev siden til Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for møgsprederne.
+Der er fugle i haven
+Larsen har fået kørekort og tager ud på ture på landet for at indsamle ting til museet. Han beder om at få tilsendt to fotografier fra havnen til ophængning i det rekonstruerede kontor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nJp0</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Marts 1937.
+Kære Lysse!
+Tak for Brevet og til Lykke med Møgsprederne! Dem har jeg længe savnet, men desværre ikke haft Raad til at anskaffe, men nu er jo det Savn afhjulpet. I.A. Larsen er ogsaa holdt op med at kravle. Vi har ogs ["ogs" overstreget] her haft meget surt Vejr, afvekslende Sne og Kulde og Slud, men i Dag har vi 9⁰ Varme, Droslen sang i Gaar Mrgs og Bogfinken og i Dag hørte jeg en Flok Strandskader. Jeg erhvervede mig forleden et Kørekort. Vi har været paa nogle morsomme Ture omkring paa Landet for at samle ind til Museet og har faaet en Del gode Ting og meget godt gammelt [ulæseligt]ist og her især i Fraugde Kærby. Kan Du ikke sende mig de 2 Fotografier fra Havnen med Skibene, jeg har paataget mig at møblere en lille Stue med Kontorinventar og Billeder fra Fader og M. F. Larsens Kontor og kan maaske anvende dem der. Men det skulde helst være saa snart som muligt. Nu faar I ikke mere denne Gang for jeg skal skrive et Brev til og Kl. er mange. Mange Hilsner til Jer alle 4
+Din Far.</t>
+  </si>
+  <si>
+    <t>1899-06-13</t>
+  </si>
+  <si>
+    <t>Johanne Caspersen
+Andreas Larsen
+Johanne Christine Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Karl Schou
+Marie Schou
+Fritz Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har født sit første barn i maj og er hos sine forældre på gården Erikshaab. Johannes Larsen har lejet et værelse i Svanninge og maler der sammen med Nicolaus Lützhøft, Frits Syberg og Karl Schou.</t>
+  </si>
+  <si>
+    <t>Det er meget varmt, så det er godt, at Johannes Larsen maler i skoven. Alhed har vasket pensler og vil male på sit billede. Hun håber, at Johannes larsen har det godt med Syberg m.fl.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ftPw</t>
+  </si>
+  <si>
+    <t>Min egen, kære Dreng!
+Det er dog en knusende Varme, vi har det er rigtignok dejligt, at Dit Motiv er i Skoven, saa er det da udholdeligt. Hvordan har Du det ellers, min Dreng? Du kan tro vi savner Dig, den lille Vense og jeg, men med Undtagelse af , at jeg [ordet overstreget] vi lide af Varme, har vi ellers haft det godt, siden Du rejste. I Gaar Eftermiddags kørte jeg ham en Tur op i Skoven sammen med Tante Hanne, som er rejst nu i Dag. Mor er daarlig i Dag i sit Hoved, jeg arbejder paa at faa hende med lidt op til Sverig, da jeg tror hun vilde have saa storartet af det, men hun har sat sig i Hovedet, at Christine skal i Stedet. – Jeg har vadsket Pensler i Formiddag, og nu vil jeg ud at male videre paa det lille Billede, skønt jeg nok antager at jeg gaar til af Varme. Jeg haaber Du har det rart med Syberg og Lüsses og Schous, hils dem alle Masser af Gange, og sig til dem, at jeg er meget ked af, at jeg ikke kan være sammen med dem. – Hvem er den unge Dame, der spiser hos dem? Jeg gaar og sukker efter et Strandbad i Dag, og vi har tilmed faaet Klipfisk, saa vi tørster.
+Dette faar Du altsaa først i Morgen Eftermiddag. Jeg haaber, jeg faar Brev i Morgen. 1000 kærlige Hilsner fra Din egen Alhed og Din lille søde Dreng.
+Torsdag d 13.
+I Morgen er det vores [resten af teksten skrevet lodret på side 1) store Bryllupsdag gratulerer.</t>
+  </si>
+  <si>
+    <t>1944-12-15</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Birgitte Bøttern
+Ellen Bøttern
+Eric Bøttern
+Jørgen Bøttern
+Margaretha Bøttern
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Skibet Karla Jørgensen af Kerteminde, bygget 1929 af eg sank 15. dec. 1944 i Kerteminde Havn efter eksplosion. Der blev afholdt søforklaring i Kerteminde d. 21. dec. 1944. Kl. ca. 000 blev besætningen, der opholdt sig i lukafet, beordret i land af revolverbevæbnede mænd. Kl. ca. 130 hørtes en voldsom eksplosion fra K.J., der hurtigt sank. Skibet er senere blevet hævet. 
+Karla Marie af Kerteminde, bygget 1885 af eg og fyr. Sunket efter eksplosion d. 15. dec. 1944 i Kerteminde Havn. Søforklaring i Kerteminde 21. dec. 44. Kl. ca. 330 hørtes en voldsom eksplosion fra K.M., der laa langs kajen uden besætning om bord. Skibet sank i løbet af kort tid og blev senere hævet. 
+Solglimt af Kerteminde, bygget 1930 af bøg og eg sank 15. dec. 1944 efter eksplosion i Kerteminde Havn. Søforklaring i Kerteminde 21. dec. 1944. Kl. ca. 100 hørtes en voldsom eksplosion fra Solglimt, der laa ved kajen uden besætning om bord. Skibet sank i løbet af kort tid og er senere blevet hævet.
+Ministeriet antog, at alle tre forlis skyldtes sabotage.
+(Dansk Søulykke-Statistik, 1944, Ministeriet for Handel, Industri og Søfart, maj 1944). 
+Det har ikke været muligt at finde materiale om den sunkne galease eller om de bombede fiskebiler. 
+En kvase er et ikke-fiskende skib med en dam til transport af levende fisk. Man transporterede ål, torsk, fladfisk og hummere på den måde (Wikipedia april 2024).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Eric Bøttern er død af en blodprop. Den unge enke sidder tilbage med en stor forretning og to børn. Larsen har været til bisættelse og sørgekomsammen. 
+Samme nat hørte Johannes Larsen eksplosioner. Fiskebilerne og kvaserne i havnen er blevet bombet.
+Larsen skal til en sammenkomst med Fiilsø-jægerne. Det tyske hovedkvarter har givet ham afslag på at beholde sine skydevåben.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Dh15</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[I brevet:]
+Kjerteminde 15 Dec. 1944.
+Kære Grevinde!
+Det var en Skandale at jeg glemte d. 14. Men jeg har nu slet ikke tænkt paa Datoer i den sidste Tid. Vor Nabo den unge Købmand Bøttern døde forleden. Vi anede ikke at han var syg, jeg havde talt med ham et Par Dage før. Han havde haft ondt i Armen et Par Dage, blev kørt til Odense Sygehus om Aftnen Kl. 10 og Kl. 2 var han død af en Blodprop. Nu sidder hans Enke alene med 2 Børn og en stor Forretning uden andre Paarørende end en Søster til Manden der kom over fra Kjøbenhavn. Vi var til Bisættelse i Odense i Gaar, i Bil i saa tæt Taage at vi ikke kunde se længere end til Enden af Køleren og var flere Gange ved at ramle sammen med modgaaende Lastbiler. Da Du ringede op sad jeg i Sørgehuset efter Middagen med Vin og Taler og Taarer, ved Kaffen og der blev snakket saa jeg ikke kunde høre ret meget af hvad Du sagde, og jeg kunde jo heller ikke godt sige noget. Da vi ved Tolvtiden var hjemme og i Seng, begyndte Bomberne at brage, jeg hørte 5 inden jeg faldt i Søvn, der var 8 i alt. Og til Morgen hører vi at alle Fiskebilerne er sprængt, og Kvaserne i Havnen sænket. Der strandede ogsaa i Aftes en Galease syd for Havnen. Jeg skal til en Sammenkomst med Fiilsø Jægerne i Kværndrup og rejser Kl. 10,35 og kommer hjem i Morgen. I Gaar fik jeg et Brev ufrankeret med 40 Øre Strafporto. Det var fra det tyske Hovedkvarter og meddelte at min Ansøgning om at beholde mine Skydevaaben ikke kunde bevilges og at de skulde afleveres straks. Det gaar godt med Hunden og bliver mere og mere glad ved den. Nu faar Du ikke mere da jeg maa skrive et Par Ord til Lysse, vi har glemt at faa Julebrev af Sted i rette Tid, saa det naar ikke der op inden Jul. Mange Hilsner
+Din hengivne
+Johannes Larsen. 
+[Skrevet på hovedet øverst side 2:]
+P.S. under alt dette har vi vadet rundt i Kalk og Papir mellem Smede Elektrikere Tømrere og Murere, men nu har vi faaet Varme i Rørene og kan se Ende paa det. JL.</t>
+  </si>
+  <si>
+    <t>1950-07-26</t>
+  </si>
+  <si>
+    <t>Lindøgaard
+Dræby Station</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Marie Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Christine Swane
+Lasse Taaning
+Aage Taaning
+Fritz Warberg
+Astrid Warberg-Goldschmidt
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvem de to søstre Grete og Anna er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0113</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver et langt brev til søsteren Astrid Warberg Müller (Goldschmidt) med diverse store og små nyheder fra hjemmet på Lindøgaard i Dræby ved Munkebo.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iPJz</t>
+  </si>
+  <si>
+    <t>På konvoluttens forside:
+27 Juli 1950
+besv. 30 Juli
+Fru Astrid Warberg Müller
+Bakkevej 10
+Hareskov St.
+På konvoluttens bagside:
+Lindøgaard Dræby St. Fyen.
+læst 7-5-02.
+Lindøgaard 26-7-1950
+Kæreste lille Dis!
+Hvor Du dog altid overvælder mig med alskens gode Sager, tusind Tak for den i Sandhed lækre Æske. Dadler er jo ligefrem himmelsk, og disse var nu særlig delikate; og Svedskerne er nu glimrende til Fordøjelsen og er jo desuden en ualmindelig velsmagende Medicin. Bogen var sjov; men hvor er de Amerikanere haarde Halse, hvad angaar Spiritus og Piger, de nægter sig intet i de to Retninger. Ogsaa Fyld-Bøgerne siger jeg Tak for, de gamle Breve skal nok blive morsomme at læse Og Strømperne! Men jeg maa hellere sige det til Dig, som det er, at jeg ikke kan gaa med Ankelsokker, fordi mit [ulæselig] Knæ gør, at mine Fødder altid er lidt opsvulmede, og jeg maa være glad ved blot at faa Plads til tynde Strømper i mine Sko. De forrige, du sendte mig, kom en Tur til Frankrig paa Manses Fødder. Jeg forlængede dem, og da de var strikket af saa kulørt Garn passede han dem selv udenpaa Strømperne; jeg strikkede ham et Par til, de skulde have særlig solidt paa Fødderne, naar de skulde gaaa saa meget. -- Og saa endelig tusind Tak for 
+det lange og meget indholdsrige Brev; hvor Du dog altid oplever meget. For en Smålandstur er jo i og for sig meget og der var jo meget andet af Oplevelser. Men - et ved Brevet var den forbistrede Astma, hvor er Du og Mornine dog plaget af det. Morn. har været meget syg igen. Hun og Putte kom til Malerens for godt en Uge siden, og der fik hun nogle frygtelige Anfald m. høj Feber. Elle maatte ikke en Gang komme ind til hende, hun skulle ligge helt stille hen, da det næsten var ovre. Saa i Forgaars Nat sagde hun til Putte "Saa, nu er jeg rask! Feberen var da ogsaa kun 37,8 om Morgenen, og i Gaar var hun vist oppe - Doktoren vilde have hende op. De er jo kommen bort fra lange Sygelejer. jeg venter hende, Putte og Elle herud en Dag, naar hun er ovre det da de har faaet en Chauffør derud til at køre dem herud og hente dem for 16 Kr. Det kan blive morsomt. Elle ser jeg saa sjældent nu, hun har faaet en Gigtkur og tager til Odense og faar Røntgen. Hun har kun været her en Gang siden min Fødselsdag og det er jo ikke meget i 10 Mdr
+Ellers har hun det godt nok og er ligesaa spillevende som altid. Hun venter Lille om en Uges Tid. Du ved da, at Elle passer til at blive Oldemor. Oktober tror jeg. Nej, jeg har endnu hverken været paa Andkær eller paa Lundsgaard. Bibbe havde saa mange Gæster Marie, Uglen, en Sygeplejer - Kammerat, Feriedreng o.s.v. Vi blev enige om, at vi vilde have megen mere Glæde af Hinanden under roligere Forhold, og derved er Besøget paa Lundsgaard ogsaa udsat. Bibbe, Marie, Uglen og deres Feriedreng samt den lille Kære i din Kasse var her forleden, kom til Efterm.Kaffe og blev til Aftensmad og do Kaffe. det blev saadan en dejlig Dag. Af en eller anden Grund gik Uglen mig slet ikke paa Nerverne, hvad hun ellers altid gør, undtagen naar jeg besøger hende. Hvori kan nu det ligge? Den menneskelige Natur er dog tit uudgrundelig. Men altsaa den Dag befandt jeg mig vel i hendes Selskab, hun forekom mig ogsaa mindre nervøs end ellers. Hun havde malet 3 store og 3 smaa Akvareller i Kerteminde; Du kan ikke tænke dig hvor de var skønne, ja jeg vil sige dig de var omtrent
+det smukkeste jeg nogensinde har set af hende og jeg har altid været en meget stor Beundrer af Uglens Kunst. Tænk, at hun stadig i den Alder kan blive ved at "gaa frem" for at bruge et dagligdags Udtryk. Det var en hel Oplevelse at se de tre Akvareller, ja de 3 smaa var ogsaa smukke, men de tre store var nu ligefrem sublime. Desværre var Agraren paa Tur den Dag - og flere andre, han har haft en slem Omgang, og jeg ved jo, hvor det smerter den gode Rie, vi andre tager det som noget uafvendeligt og lider ikke særlig under det - han selv mere, det stakkels Skind. 
+Ellers har vi ikke haft meget m. Gæster men Oplevelser - baade onde og gode. Fru Taaning er død og paa saadan en tragisk Maade. De var samlede hos Lasse, Aage var lige kommet hjem fra Ferie, og de skulle alle have været hos Fru Taaning om Aftenen. Saa vilde hun gaa hjem og sagde, at hun først vilde gaa hen i deres Strandhave efter nogle Blomster, de fulgte hende ikke ud, men saa hørte de et Rabalder og fandt hende styrtet ned af Kældertrappen aabent Kraniebrud, kom ikke mere til
+Bevidsthed. Hvorfor hun har lukket Kælderdøren op og er styrtet ned, vil for altid blive en Gaade. Af gode Nyheder er der, at min søde Fru Agnes har faaet en lille Dreng efter en sæde Fødsel og et pinagtigt Svangerskab. Vi havde været lidt ængstelige for hende, men nu er det da overstaaet. 
+En Søndag Morgen for en 14 Dags Tid siden kom Grete herop og sagde, at hun og hendes Søskende gerne vilde købe 16 af mine Servietter af mig til at forære en Tante og Onkel, Dansk-Amerikanere som skulde rejse hjem; de skulde den Søndag samles med dem i Odense til et mægtigt Komsammen paa en Restauration, Æventyrhaven vist. Jeg havde netop 16 liggende, som kun manglede Knaphulsstingene. de gjorde mægtig Lykke og affødte 2 Gange 12 Bestillinger. Jeg fik travlt. Efter de 16 til Amerikanerne kom Fritz Warberg e 12, og nu i Dag afgaar de næste 12, det er til Anna, Gretes Søster, saa har jeg i alt tjent 80 Kr. - eller vist lidt mere, jeg ved ikke rigtig, hvad Anna sender mig og saa skal Gretes Svigerinde have 12, men først skal jeg have Bibbes sidste fra Haanden
+Hun fik 8 i Barselgave, men skulde gerne have 20 i alt, det er jo hendes Fødselsdag 6te August (hvor vilde hun blive glad ved et Kort fra Dig, hun faar aldrig ret meget Post paa Føds.Dagen, synes jeg) saa skal jeg se at faa Resten lavet. To nye Modeller skal jeg have startet, saa har jeg 20 Modeller ialt. Ja det er bleven en hel Industri, og det morer mig saa meget. Det er da ogsaa rart at tjene lidt Penge, med Svigerindens Bestilling naar jeg jo over de 100 Kr. Jeg tager 2 Kr. af Fremmede. 
+Det er vist første Gang, jeg skriver til dig uden at have læst dit Brev igennem, haaber ikke der er noget at svare paa, Posten hænger over Hovedet paa mig. 
+Du maa ikke mere lade saa lang Tid gaa hen, inden du skriver; du vidste vel ikke denne Gang, hvor lang Tid, der er gaaet, og jeg var saa forfærdelig urolig. Bare et Par Ord paa et Brevkort, hvis du ikke er oplagt til Brev. Hvor maa [ulæselig] dog være et underligt Menneske, at hun saadan slet ikke maa være ve´ selv for Jer super fredelige Mennesker.
+Til Axel ogsaa. Tusinde Hilsner og endnu en Gang min varmeste Tak! Din Junge.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -2943,51 +2943,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EmNY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O2nh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVd7DrLa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xUZYZl4J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBhr9ldI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aKEfQxsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kvp82PWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/POjxCG7k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lSunTR5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/F7OHQu0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vlw0aBZa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/G0gEBYhg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/txkTuuYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xxF86sJZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jX4esYqy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/soHYv3w9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7rN11uGi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXIzeTZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FFYCdyo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6NukiLo1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hcOP7oU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4cMXuHhs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WG6FVdRa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MD8jC89C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbTQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4TTW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c0TA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8Cz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yl47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zBvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jMEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ElHTnCNC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/scWH782Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hjju64Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j2hUVkDF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ps863ipV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1Y1aylfk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gwgJwsq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uOYOQKzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hMc63H8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPpGdduH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3c7pfpuA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/odaqhLOC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ub52HE7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X9r0Y0yd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsFEbfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oYW9s64c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AXofygyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eA0MJ26F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wRFlJE6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkg3nWI5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9sJZVvFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/V9rsTLfw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TwDxraIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8x0S9i3M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9i23J4P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBubtSCI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gq3Qpx1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8Hm1SjBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IUcuS1ie" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/shwlgOFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lZyxnYPl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4G53wVLj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/teThVn3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aNMSO31y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xcIEK44h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jtFmorwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UYgf1IWp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lymun1vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RGBE596E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fydly3mL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3epsPqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2m0jOOTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kzeNagm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2tmzZbQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oav6JsZb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTDd4Hvh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jTsYLs8D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/D4T49e9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/59zsGGWk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mjLR77qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/g2viVDEG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H9iEauF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OUPz5qzc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wBZqLrfY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gf5mwqGr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/joeE40wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zgu5go8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zL57Fkpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mcUJKL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fsG2myq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tmpkPwtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/u6YIzd8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WvKa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CaEjJSLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Rxz2IC2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FnJs9Yal" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/waggHZp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/i1tKhB8V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dh15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WvKa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EmNY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zBvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4TTW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yl47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c0TA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jMEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbTQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WG6FVdRa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/txkTuuYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xxF86sJZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FFYCdyo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X9r0Y0yd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7rN11uGi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4cMXuHhs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/soHYv3w9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXIzeTZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MD8jC89C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ub52HE7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lSunTR5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/F7OHQu0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vlw0aBZa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/G0gEBYhg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jX4esYqy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6NukiLo1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hcOP7oU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gwgJwsq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uOYOQKzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4G53wVLj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UYgf1IWp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3epsPqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/g2viVDEG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/joeE40wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/i1tKhB8V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVd7DrLa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xUZYZl4J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBhr9ldI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kvp82PWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/POjxCG7k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/scWH782Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j2hUVkDF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1Y1aylfk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPpGdduH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsFEbfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oYW9s64c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AXofygyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9sJZVvFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/V9rsTLfw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TwDxraIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8x0S9i3M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9i23J4P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gq3Qpx1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IUcuS1ie" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/shwlgOFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RGBE596E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2m0jOOTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kzeNagm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2tmzZbQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oav6JsZb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTDd4Hvh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jTsYLs8D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/D4T49e9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OUPz5qzc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wBZqLrfY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gf5mwqGr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zgu5go8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zL57Fkpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mcUJKL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fsG2myq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tmpkPwtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/u6YIzd8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CaEjJSLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FnJs9Yal" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ElHTnCNC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hjju64Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ps863ipV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hMc63H8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3c7pfpuA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/odaqhLOC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eA0MJ26F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wRFlJE6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkg3nWI5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBubtSCI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8Hm1SjBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lZyxnYPl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/teThVn3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aNMSO31y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xcIEK44h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jtFmorwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lymun1vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fydly3mL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/59zsGGWk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mjLR77qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H9iEauF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Rxz2IC2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/waggHZp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aKEfQxsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O2nh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8Cz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dh15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M187"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -3027,8946 +3027,8946 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G4" s="5" t="s">
-        <v>34</v>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="G6" s="5" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G7" s="5" t="s">
+        <v>58</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C8" s="5" t="s">
-[...6 lines deleted...]
-        <v>61</v>
+      <c r="C8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="I8" s="5"/>
       <c r="J8" s="5" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G9" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G9" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="M9" s="5"/>
+        <v>76</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>24</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H10" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>82</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="M10" s="5"/>
+        <v>84</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>87</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F11" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F11" s="5" t="s">
+        <v>88</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H11" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H11" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="J11" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>70</v>
+        <v>92</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="M11" s="5"/>
+        <v>93</v>
+      </c>
+      <c r="M11" s="5" t="s">
+        <v>94</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F12" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F12" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H12" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H12" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>98</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>70</v>
+        <v>99</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="M12" s="5"/>
+        <v>100</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>78</v>
+        <v>102</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F13" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F13" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H13" s="5" t="inlineStr">
-[...11 lines deleted...]
-        <v>70</v>
+      <c r="H13" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="K13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L13" s="6" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="M13" s="5"/>
+        <v>106</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>80</v>
+        <v>108</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>24</v>
-[...14 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>50</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H14" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H14" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>70</v>
+        <v>111</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="M14" s="5"/>
+        <v>112</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>113</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>82</v>
+        <v>114</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F15" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="F15" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="G15" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>70</v>
+        <v>119</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="M15" s="5"/>
+        <v>120</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>121</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>84</v>
+        <v>122</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F16" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F16" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H16" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>125</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>70</v>
+        <v>126</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="M16" s="5"/>
+        <v>127</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>128</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>86</v>
+        <v>129</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>130</v>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>87</v>
-[...5 lines deleted...]
-        </is>
+        <v>131</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>70</v>
+        <v>133</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="M17" s="5"/>
+        <v>134</v>
+      </c>
+      <c r="M17" s="5" t="s">
+        <v>135</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>89</v>
+        <v>136</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>24</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H18" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H18" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>139</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>70</v>
+        <v>140</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="M18" s="5"/>
+        <v>141</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>142</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>91</v>
+        <v>143</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F19" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H19" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H19" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>146</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>92</v>
+        <v>147</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="M19" s="5"/>
+        <v>148</v>
+      </c>
+      <c r="M19" s="5" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>94</v>
+        <v>150</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F20" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F20" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H20" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H20" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>153</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>70</v>
+        <v>154</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="M20" s="5"/>
+        <v>155</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>156</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>96</v>
+        <v>157</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>158</v>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H21" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H21" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>161</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>70</v>
+        <v>162</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="M21" s="5"/>
+        <v>163</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>164</v>
+      </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G22" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G22" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>70</v>
+        <v>169</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="M22" s="5"/>
+        <v>170</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>171</v>
+      </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>100</v>
+        <v>172</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>24</v>
-[...9 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G23" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G23" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>70</v>
+        <v>176</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="M23" s="5"/>
+        <v>177</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>178</v>
+      </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>102</v>
+        <v>179</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>24</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H24" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H24" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="J24" s="5" t="s">
+        <v>182</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>70</v>
+        <v>183</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="M24" s="5"/>
+        <v>184</v>
+      </c>
+      <c r="M24" s="5" t="s">
+        <v>185</v>
+      </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>104</v>
+        <v>186</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>24</v>
-[...9 lines deleted...]
-        </is>
+        <v>187</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>188</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G25" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G25" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="H25" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>70</v>
+        <v>192</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="M25" s="5"/>
+        <v>193</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>194</v>
+      </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>106</v>
+        <v>195</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>24</v>
-[...14 lines deleted...]
-        </is>
+        <v>87</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>197</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H26" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H26" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>201</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="M26" s="5"/>
+        <v>202</v>
+      </c>
+      <c r="M26" s="5" t="s">
+        <v>203</v>
+      </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>108</v>
+        <v>204</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>205</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H27" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H27" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="K27" s="5" t="s">
+        <v>209</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="M27" s="5"/>
+        <v>210</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>211</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>110</v>
+        <v>212</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>24</v>
-[...14 lines deleted...]
-        </is>
+        <v>87</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>197</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H28" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H28" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="K28" s="5" t="s">
+        <v>216</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="M28" s="5"/>
+        <v>217</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>218</v>
+      </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>112</v>
+        <v>219</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>220</v>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F29" s="5" t="inlineStr">
-[...23 lines deleted...]
-        </is>
+      <c r="F29" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="G29" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>226</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="M29" s="5"/>
+        <v>227</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>228</v>
+      </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>114</v>
+        <v>229</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I30" s="5"/>
       <c r="J30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="6" t="s">
-        <v>115</v>
+        <v>231</v>
       </c>
       <c r="M30" s="5"/>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>116</v>
+        <v>232</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I31" s="5"/>
       <c r="J31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K31" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K31" s="5" t="s">
+        <v>233</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>117</v>
+        <v>234</v>
       </c>
       <c r="M31" s="5"/>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>118</v>
+        <v>235</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I32" s="5"/>
       <c r="J32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K32" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K32" s="5" t="s">
+        <v>233</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>119</v>
+        <v>236</v>
       </c>
       <c r="M32" s="5"/>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>120</v>
+        <v>237</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I33" s="5"/>
       <c r="J33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="6" t="s">
-        <v>121</v>
+        <v>238</v>
       </c>
       <c r="M33" s="5"/>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>122</v>
+        <v>239</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>26</v>
+      </c>
+      <c r="D34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G34" s="5" t="s">
-        <v>123</v>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>124</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>240</v>
+      </c>
+      <c r="I34" s="5"/>
+      <c r="J34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K34" s="5" t="s">
-        <v>126</v>
+        <v>241</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="M34" s="5"/>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>129</v>
+        <v>243</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>131</v>
+        <v>26</v>
+      </c>
+      <c r="D35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H35" s="5" t="s">
-[...9 lines deleted...]
-        <v>135</v>
+      <c r="H35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I35" s="5"/>
+      <c r="J35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L35" s="6" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="M35" s="5"/>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>138</v>
+        <v>245</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>26</v>
+      </c>
+      <c r="D36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F36" s="5" t="s">
-        <v>140</v>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H36" s="5" t="s">
-[...9 lines deleted...]
-        <v>144</v>
+      <c r="H36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I36" s="5"/>
+      <c r="J36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L36" s="6" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="M36" s="5"/>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>147</v>
+        <v>247</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="D37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G37" s="5" t="s">
-        <v>148</v>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>149</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>248</v>
+      </c>
+      <c r="I37" s="5"/>
+      <c r="J37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K37" s="5" t="s">
-        <v>151</v>
+        <v>249</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="M37" s="5"/>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>154</v>
+        <v>251</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>26</v>
+      </c>
+      <c r="D38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F38" s="5" t="s">
-        <v>131</v>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H38" s="5" t="s">
-[...6 lines deleted...]
-        <v>157</v>
+      <c r="H38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K38" s="5" t="s">
-        <v>158</v>
+        <v>233</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>159</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="M38" s="5"/>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>161</v>
+        <v>253</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="D39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F39" s="5" t="s">
-[...15 lines deleted...]
-        <v>166</v>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L39" s="6" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="M39" s="5"/>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>169</v>
+        <v>255</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>26</v>
+      </c>
+      <c r="D40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F40" s="5" t="s">
-        <v>131</v>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H40" s="5" t="s">
-[...9 lines deleted...]
-        <v>173</v>
+      <c r="H40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I40" s="5"/>
+      <c r="J40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L40" s="6" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>256</v>
+      </c>
+      <c r="M40" s="5"/>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>176</v>
+        <v>257</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>26</v>
+      </c>
+      <c r="D41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H41" s="5" t="s">
-[...6 lines deleted...]
-        <v>29</v>
+      <c r="H41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I41" s="5"/>
+      <c r="J41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K41" s="5" t="s">
-        <v>180</v>
+        <v>241</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>181</v>
-[...3 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="M41" s="5"/>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>183</v>
+        <v>259</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>131</v>
+        <v>26</v>
+      </c>
+      <c r="D42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H42" s="5" t="s">
-[...6 lines deleted...]
-        <v>186</v>
+      <c r="H42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I42" s="5"/>
+      <c r="J42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K42" s="5" t="s">
-        <v>187</v>
+        <v>233</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="M42" s="5"/>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>190</v>
+        <v>261</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>191</v>
+        <v>26</v>
+      </c>
+      <c r="D43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>192</v>
-[...5 lines deleted...]
-        <v>194</v>
+        <v>262</v>
+      </c>
+      <c r="I43" s="5"/>
+      <c r="J43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K43" s="5" t="s">
-        <v>195</v>
+        <v>233</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>196</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="M43" s="5"/>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>198</v>
+        <v>264</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>26</v>
+      </c>
+      <c r="D44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F44" s="5" t="s">
-        <v>131</v>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H44" s="5" t="s">
-[...6 lines deleted...]
-        <v>201</v>
+      <c r="H44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I44" s="5"/>
+      <c r="J44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K44" s="5" t="s">
-        <v>202</v>
+        <v>233</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="M44" s="5"/>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>205</v>
+        <v>266</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>26</v>
+      </c>
+      <c r="D45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F45" s="5" t="s">
-        <v>131</v>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H45" s="5" t="s">
-[...6 lines deleted...]
-        <v>208</v>
+      <c r="H45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I45" s="5"/>
+      <c r="J45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K45" s="5" t="s">
-        <v>209</v>
+        <v>267</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="M45" s="5"/>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>212</v>
+        <v>269</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>26</v>
+      </c>
+      <c r="D46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F46" s="5" t="s">
-        <v>131</v>
+      <c r="F46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H46" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="H46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I46" s="5"/>
+      <c r="J46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K46" s="5" t="s">
+        <v>233</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>216</v>
-[...3 lines deleted...]
-      </c>
+        <v>270</v>
+      </c>
+      <c r="M46" s="5"/>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>218</v>
+        <v>271</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>191</v>
+        <v>26</v>
+      </c>
+      <c r="D47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H47" s="5" t="s">
-[...6 lines deleted...]
-        <v>222</v>
+      <c r="H47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I47" s="5"/>
+      <c r="J47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K47" s="5" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>224</v>
-[...3 lines deleted...]
-      </c>
+        <v>272</v>
+      </c>
+      <c r="M47" s="5"/>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>226</v>
+        <v>273</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>227</v>
-[...5 lines deleted...]
-        <v>229</v>
+        <v>26</v>
+      </c>
+      <c r="D48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H48" s="5" t="s">
-        <v>230</v>
+      <c r="H48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I48" s="5"/>
-      <c r="J48" s="5" t="s">
-[...3 lines deleted...]
-        <v>232</v>
+      <c r="J48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L48" s="6" t="s">
-        <v>233</v>
-[...3 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="M48" s="5"/>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>235</v>
+        <v>275</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>26</v>
+      </c>
+      <c r="D49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H49" s="5" t="s">
-[...9 lines deleted...]
-        <v>238</v>
+      <c r="H49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I49" s="5"/>
+      <c r="J49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L49" s="6" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="M49" s="5"/>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>241</v>
+        <v>277</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>26</v>
+      </c>
+      <c r="D50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>243</v>
-[...5 lines deleted...]
-        <v>245</v>
+        <v>278</v>
+      </c>
+      <c r="I50" s="5"/>
+      <c r="J50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K50" s="5" t="s">
-        <v>246</v>
+        <v>279</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>247</v>
-[...3 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="M50" s="5"/>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>249</v>
+        <v>281</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>26</v>
+      </c>
+      <c r="D51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H51" s="5" t="s">
-[...6 lines deleted...]
-        <v>253</v>
+      <c r="H51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I51" s="5"/>
+      <c r="J51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K51" s="5" t="s">
-        <v>254</v>
+        <v>282</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>255</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="M51" s="5"/>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>257</v>
+        <v>284</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>258</v>
-[...5 lines deleted...]
-        <v>259</v>
+        <v>26</v>
+      </c>
+      <c r="D52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G52" s="5" t="s">
-[...9 lines deleted...]
-        <v>29</v>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I52" s="5"/>
+      <c r="J52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K52" s="5" t="s">
-        <v>263</v>
+        <v>282</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>264</v>
-[...3 lines deleted...]
-      </c>
+        <v>285</v>
+      </c>
+      <c r="M52" s="5"/>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>266</v>
+        <v>286</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-        </is>
+        <v>230</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G53" s="5" t="s">
-[...3 lines deleted...]
-        <v>268</v>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I53" s="5"/>
-      <c r="J53" s="5" t="s">
-        <v>269</v>
+      <c r="J53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K53" s="5" t="s">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>271</v>
-[...3 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="M53" s="5"/>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="D54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G54" s="5" t="s">
-        <v>274</v>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>275</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>289</v>
+      </c>
+      <c r="I54" s="5"/>
+      <c r="J54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K54" s="5" t="s">
-        <v>277</v>
+        <v>241</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>278</v>
-[...3 lines deleted...]
-      </c>
+        <v>290</v>
+      </c>
+      <c r="M54" s="5"/>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H55" s="5" t="s">
-        <v>281</v>
+      <c r="H55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I55" s="5"/>
       <c r="J55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K55" s="5" t="s">
-        <v>282</v>
+      <c r="K55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L55" s="6" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="M55" s="5"/>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H56" s="5" t="s">
-        <v>285</v>
+      <c r="H56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I56" s="5"/>
       <c r="J56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K56" s="5" t="s">
-        <v>282</v>
+      <c r="K56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L56" s="6" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="M56" s="5"/>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H57" s="5" t="s">
-        <v>288</v>
+      <c r="H57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I57" s="5"/>
       <c r="J57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K57" s="5" t="s">
-        <v>282</v>
+        <v>296</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="M57" s="5"/>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H58" s="5" t="s">
-        <v>288</v>
+      <c r="H58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I58" s="5"/>
       <c r="J58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K58" s="5" t="s">
-        <v>282</v>
+        <v>296</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="M58" s="5"/>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K59" s="5" t="s">
-        <v>282</v>
+        <v>296</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="M59" s="5"/>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>295</v>
+        <v>248</v>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K60" s="5" t="s">
-        <v>282</v>
+        <v>249</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="M60" s="5"/>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="I61" s="5"/>
       <c r="J61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K61" s="5" t="s">
-        <v>282</v>
+        <v>306</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="M61" s="5"/>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H62" s="5" t="s">
-        <v>298</v>
+      <c r="H62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I62" s="5"/>
       <c r="J62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K62" s="5" t="s">
-        <v>282</v>
+        <v>233</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="M62" s="5"/>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H63" s="5" t="s">
-        <v>298</v>
+      <c r="H63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I63" s="5"/>
       <c r="J63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K63" s="5" t="s">
-        <v>282</v>
+        <v>233</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="M63" s="5"/>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>304</v>
+        <v>312</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H64" s="5" t="s">
-        <v>298</v>
+      <c r="H64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I64" s="5"/>
       <c r="J64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K64" s="5" t="s">
-        <v>282</v>
+        <v>233</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
       <c r="M64" s="5"/>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H65" s="5" t="s">
-        <v>295</v>
+      <c r="H65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I65" s="5"/>
       <c r="J65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K65" s="5" t="s">
-        <v>282</v>
+        <v>233</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="M65" s="5"/>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H66" s="5" t="s">
-        <v>309</v>
+      <c r="H66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I66" s="5"/>
       <c r="J66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K66" s="5" t="s">
-        <v>282</v>
+        <v>233</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="M66" s="5"/>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H67" s="5" t="s">
-        <v>312</v>
+      <c r="H67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I67" s="5"/>
       <c r="J67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K67" s="5" t="s">
-        <v>282</v>
+        <v>233</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="M67" s="5"/>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="I68" s="5"/>
       <c r="J68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K68" s="5" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="M68" s="5"/>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H69" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H69" s="5" t="s">
+        <v>324</v>
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K69" s="5" t="s">
-        <v>317</v>
+        <v>279</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="M69" s="5"/>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H70" s="5" t="s">
-        <v>320</v>
+      <c r="H70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I70" s="5"/>
       <c r="J70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K70" s="5" t="s">
-        <v>317</v>
+        <v>279</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="M70" s="5"/>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="I71" s="5"/>
       <c r="J71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K71" s="5" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="M71" s="5"/>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>327</v>
+        <v>26</v>
+      </c>
+      <c r="D72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F72" s="5" t="s">
-[...3 lines deleted...]
-        <v>329</v>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>330</v>
-[...4 lines deleted...]
-      <c r="J72" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="I72" s="5"/>
+      <c r="J72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K72" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="L72" s="6" t="s">
         <v>332</v>
       </c>
-      <c r="K72" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="M72" s="5"/>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="I73" s="5"/>
       <c r="J73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K73" s="5" t="s">
-        <v>338</v>
+        <v>279</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="M73" s="5"/>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>312</v>
+        <v>240</v>
       </c>
       <c r="I74" s="5"/>
       <c r="J74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K74" s="5" t="s">
-        <v>341</v>
+        <v>279</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="M74" s="5"/>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H75" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H75" s="5" t="s">
+        <v>338</v>
       </c>
       <c r="I75" s="5"/>
       <c r="J75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K75" s="5" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="M75" s="5"/>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H76" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H76" s="5" t="s">
+        <v>342</v>
       </c>
       <c r="I76" s="5"/>
       <c r="J76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K76" s="5" t="s">
-        <v>341</v>
+        <v>241</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="M76" s="5"/>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H77" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H77" s="5" t="s">
+        <v>240</v>
       </c>
       <c r="I77" s="5"/>
       <c r="J77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K77" s="5" t="s">
-        <v>341</v>
+        <v>282</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="M77" s="5"/>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I78" s="5"/>
       <c r="J78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K78" s="5" t="s">
-        <v>341</v>
+        <v>282</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="M78" s="5"/>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>312</v>
+        <v>240</v>
       </c>
       <c r="I79" s="5"/>
       <c r="J79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K79" s="5" t="s">
-        <v>341</v>
+        <v>282</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="M79" s="5"/>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>312</v>
+        <v>240</v>
       </c>
       <c r="I80" s="5"/>
       <c r="J80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K80" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="M80" s="5"/>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I81" s="5"/>
       <c r="J81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K81" s="5" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="M81" s="5"/>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I82" s="5"/>
       <c r="J82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K82" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="L82" s="6" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="M82" s="5"/>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I83" s="5"/>
       <c r="J83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K83" s="5" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="M83" s="5"/>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>363</v>
+        <v>240</v>
       </c>
       <c r="I84" s="5"/>
       <c r="J84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K84" s="5" t="s">
-        <v>341</v>
+        <v>241</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="M84" s="5"/>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I85" s="5"/>
       <c r="J85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K85" s="5" t="s">
-        <v>341</v>
+        <v>241</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="M85" s="5"/>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H86" s="5" t="s">
-        <v>312</v>
+      <c r="H86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I86" s="5"/>
       <c r="J86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K86" s="5" t="s">
-        <v>338</v>
+        <v>241</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="M86" s="5"/>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H87" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H87" s="5" t="s">
+        <v>289</v>
       </c>
       <c r="I87" s="5"/>
       <c r="J87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K87" s="5" t="s">
-        <v>338</v>
+        <v>241</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="M87" s="5"/>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I88" s="5"/>
       <c r="J88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K88" s="5" t="s">
-        <v>338</v>
+        <v>241</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="M88" s="5"/>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>312</v>
+        <v>370</v>
       </c>
       <c r="I89" s="5"/>
       <c r="J89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K89" s="5" t="s">
-        <v>338</v>
+        <v>282</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="M89" s="5"/>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H90" s="5" t="s">
-        <v>312</v>
+      <c r="H90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I90" s="5"/>
       <c r="J90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K90" s="5" t="s">
-        <v>338</v>
+        <v>282</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="M90" s="5"/>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H91" s="5" t="s">
-        <v>378</v>
+      <c r="H91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I91" s="5"/>
       <c r="J91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K91" s="5" t="s">
-        <v>338</v>
+      <c r="K91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L91" s="6" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="M91" s="5"/>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I92" s="5"/>
       <c r="J92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K92" s="5" t="s">
-        <v>338</v>
+      <c r="K92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L92" s="6" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="M92" s="5"/>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I93" s="5"/>
       <c r="J93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K93" s="5" t="s">
-        <v>338</v>
+      <c r="K93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L93" s="6" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="M93" s="5"/>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H94" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H94" s="5" t="s">
+        <v>381</v>
       </c>
       <c r="I94" s="5"/>
       <c r="J94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K94" s="5" t="s">
-        <v>385</v>
+      <c r="K94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L94" s="6" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="M94" s="5"/>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H95" s="5" t="s">
-        <v>378</v>
+      <c r="H95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I95" s="5"/>
       <c r="J95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K95" s="5" t="s">
-        <v>338</v>
+      <c r="K95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L95" s="6" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="M95" s="5"/>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I96" s="5"/>
       <c r="J96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K96" s="5" t="s">
-        <v>338</v>
+      <c r="K96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L96" s="6" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="M96" s="5"/>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H97" s="5" t="s">
-        <v>392</v>
+      <c r="H97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I97" s="5"/>
       <c r="J97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K97" s="5" t="s">
-        <v>341</v>
+      <c r="K97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L97" s="6" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="M97" s="5"/>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I98" s="5"/>
       <c r="J98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K98" s="5" t="s">
-        <v>341</v>
+      <c r="K98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L98" s="6" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="M98" s="5"/>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I99" s="5"/>
       <c r="J99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K99" s="5" t="s">
-        <v>341</v>
+      <c r="K99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L99" s="6" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="M99" s="5"/>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I100" s="5"/>
       <c r="J100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K100" s="5" t="s">
-        <v>341</v>
+      <c r="K100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L100" s="6" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="M100" s="5"/>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I101" s="5"/>
       <c r="J101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K101" s="5" t="s">
-        <v>341</v>
+      <c r="K101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L101" s="6" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="M101" s="5"/>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H102" s="5" t="s">
-        <v>363</v>
+      <c r="H102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I102" s="5"/>
       <c r="J102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K102" s="5" t="s">
-        <v>341</v>
+      <c r="K102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L102" s="6" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="M102" s="5"/>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I103" s="5"/>
       <c r="J103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K103" s="5" t="s">
-        <v>341</v>
+      <c r="K103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L103" s="6" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="M103" s="5"/>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H104" s="5" t="s">
-        <v>407</v>
+      <c r="H104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I104" s="5"/>
       <c r="J104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="6" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="M104" s="5"/>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H105" s="5" t="s">
-        <v>407</v>
+      <c r="H105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I105" s="5"/>
       <c r="J105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K105" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K105" s="5" t="s">
+        <v>296</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="M105" s="5"/>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I106" s="5"/>
       <c r="J106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K106" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K106" s="5" t="s">
+        <v>296</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="M106" s="5"/>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I107" s="5"/>
       <c r="J107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K107" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K107" s="5" t="s">
+        <v>296</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="M107" s="5"/>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I108" s="5"/>
       <c r="J108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K108" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K108" s="5" t="s">
+        <v>296</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="M108" s="5"/>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H109" s="5" t="s">
-        <v>407</v>
+      <c r="H109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I109" s="5"/>
       <c r="J109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K109" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K109" s="5" t="s">
+        <v>296</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="M109" s="5"/>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>420</v>
+        <v>26</v>
+      </c>
+      <c r="D110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G110" s="5" t="s">
-[...9 lines deleted...]
-        <v>29</v>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I110" s="5"/>
+      <c r="J110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K110" s="5" t="s">
-        <v>424</v>
+        <v>296</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>425</v>
-[...3 lines deleted...]
-      </c>
+        <v>414</v>
+      </c>
+      <c r="M110" s="5"/>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>427</v>
+        <v>415</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I111" s="5"/>
       <c r="J111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K111" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K111" s="5" t="s">
+        <v>296</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>428</v>
+        <v>416</v>
       </c>
       <c r="M111" s="5"/>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>429</v>
+        <v>417</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I112" s="5"/>
       <c r="J112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K112" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K112" s="5" t="s">
+        <v>296</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>430</v>
+        <v>418</v>
       </c>
       <c r="M112" s="5"/>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>431</v>
+        <v>419</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I113" s="5"/>
       <c r="J113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K113" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K113" s="5" t="s">
+        <v>296</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>432</v>
+        <v>420</v>
       </c>
       <c r="M113" s="5"/>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>433</v>
+        <v>421</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I114" s="5"/>
       <c r="J114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K114" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K114" s="5" t="s">
+        <v>296</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>434</v>
+        <v>422</v>
       </c>
       <c r="M114" s="5"/>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>435</v>
+        <v>423</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I115" s="5"/>
       <c r="J115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K115" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K115" s="5" t="s">
+        <v>296</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>436</v>
+        <v>424</v>
       </c>
       <c r="M115" s="5"/>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>437</v>
+        <v>425</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H116" s="5" t="s">
-        <v>438</v>
+      <c r="H116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I116" s="5"/>
       <c r="J116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K116" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K116" s="5" t="s">
+        <v>296</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>439</v>
+        <v>426</v>
       </c>
       <c r="M116" s="5"/>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>440</v>
+        <v>427</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I117" s="5"/>
       <c r="J117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K117" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K117" s="5" t="s">
+        <v>296</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>441</v>
+        <v>428</v>
       </c>
       <c r="M117" s="5"/>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>442</v>
+        <v>429</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I118" s="5"/>
       <c r="J118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K118" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K118" s="5" t="s">
+        <v>430</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>443</v>
+        <v>431</v>
       </c>
       <c r="M118" s="5"/>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>444</v>
+        <v>432</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H119" s="5" t="s">
-        <v>337</v>
+      <c r="H119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I119" s="5"/>
       <c r="J119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K119" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K119" s="5" t="s">
+        <v>433</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>445</v>
+        <v>434</v>
       </c>
       <c r="M119" s="5"/>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>446</v>
+        <v>435</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I120" s="5"/>
       <c r="J120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K120" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K120" s="5" t="s">
+        <v>436</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>447</v>
+        <v>437</v>
       </c>
       <c r="M120" s="5"/>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>448</v>
+        <v>438</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I121" s="5"/>
       <c r="J121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K121" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K121" s="5" t="s">
+        <v>436</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>449</v>
+        <v>439</v>
       </c>
       <c r="M121" s="5"/>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>450</v>
+        <v>440</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I122" s="5"/>
       <c r="J122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K122" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K122" s="5" t="s">
+        <v>436</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>451</v>
+        <v>441</v>
       </c>
       <c r="M122" s="5"/>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>452</v>
+        <v>442</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I123" s="5"/>
       <c r="J123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K123" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K123" s="5" t="s">
+        <v>436</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>453</v>
+        <v>443</v>
       </c>
       <c r="M123" s="5"/>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I124" s="5"/>
       <c r="J124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K124" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K124" s="5" t="s">
+        <v>436</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>455</v>
+        <v>445</v>
       </c>
       <c r="M124" s="5"/>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>454</v>
+        <v>446</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I125" s="5"/>
       <c r="J125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K125" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K125" s="5" t="s">
+        <v>436</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>456</v>
+        <v>447</v>
       </c>
       <c r="M125" s="5"/>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>457</v>
+        <v>448</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H126" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H126" s="5" t="s">
+        <v>449</v>
       </c>
       <c r="I126" s="5"/>
       <c r="J126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="6" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="M126" s="5"/>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I127" s="5"/>
       <c r="J127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K127" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K127" s="5" t="s">
+        <v>249</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="M127" s="5"/>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I128" s="5"/>
       <c r="J128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K128" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K128" s="5" t="s">
+        <v>249</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="M128" s="5"/>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I129" s="5"/>
       <c r="J129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K129" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K129" s="5" t="s">
+        <v>233</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="M129" s="5"/>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H130" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H130" s="5" t="s">
+        <v>458</v>
       </c>
       <c r="I130" s="5"/>
       <c r="J130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K130" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K130" s="5" t="s">
+        <v>279</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="M130" s="5"/>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H131" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H131" s="5" t="s">
+        <v>324</v>
       </c>
       <c r="I131" s="5"/>
       <c r="J131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K131" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K131" s="5" t="s">
+        <v>279</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="M131" s="5"/>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H132" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H132" s="5" t="s">
+        <v>278</v>
       </c>
       <c r="I132" s="5"/>
       <c r="J132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K132" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K132" s="5" t="s">
+        <v>279</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
       <c r="M132" s="5"/>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H133" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H133" s="5" t="s">
+        <v>278</v>
       </c>
       <c r="I133" s="5"/>
       <c r="J133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K133" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K133" s="5" t="s">
+        <v>279</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="M133" s="5"/>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H134" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H134" s="5" t="s">
+        <v>467</v>
       </c>
       <c r="I134" s="5"/>
       <c r="J134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K134" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K134" s="5" t="s">
+        <v>279</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="M134" s="5"/>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>312</v>
+        <v>240</v>
       </c>
       <c r="I135" s="5"/>
       <c r="J135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K135" s="5" t="s">
-        <v>476</v>
+        <v>279</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="M135" s="5"/>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I136" s="5"/>
       <c r="J136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K136" s="5" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="M136" s="5"/>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H137" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H137" s="5" t="s">
+        <v>475</v>
       </c>
       <c r="I137" s="5"/>
       <c r="J137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K137" s="5" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="M137" s="5"/>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I138" s="5"/>
       <c r="J138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K138" s="5" t="s">
-        <v>479</v>
+        <v>282</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="M138" s="5"/>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H139" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H139" s="5" t="s">
+        <v>480</v>
       </c>
       <c r="I139" s="5"/>
       <c r="J139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K139" s="5" t="s">
-        <v>479</v>
+        <v>282</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="M139" s="5"/>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H140" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H140" s="5" t="s">
+        <v>240</v>
       </c>
       <c r="I140" s="5"/>
       <c r="J140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K140" s="5" t="s">
-        <v>479</v>
+        <v>241</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="M140" s="5"/>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I141" s="5"/>
       <c r="J141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K141" s="5" t="s">
-        <v>479</v>
+        <v>241</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="M141" s="5"/>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I142" s="5"/>
       <c r="J142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K142" s="5" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="M142" s="5"/>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I143" s="5"/>
       <c r="J143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K143" s="5" t="s">
-        <v>479</v>
+        <v>282</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="M143" s="5"/>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I144" s="5"/>
       <c r="J144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K144" s="5" t="s">
-        <v>479</v>
+        <v>282</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="M144" s="5"/>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I145" s="5"/>
       <c r="J145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K145" s="5" t="s">
-        <v>479</v>
+        <v>282</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="M145" s="5"/>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H146" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H146" s="5" t="s">
+        <v>480</v>
       </c>
       <c r="I146" s="5"/>
       <c r="J146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K146" s="5" t="s">
-        <v>479</v>
+        <v>282</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="M146" s="5"/>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I147" s="5"/>
       <c r="J147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K147" s="5" t="s">
-        <v>479</v>
+        <v>282</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="M147" s="5"/>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H148" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H148" s="5" t="s">
+        <v>381</v>
       </c>
       <c r="I148" s="5"/>
       <c r="J148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K148" s="5" t="s">
-        <v>479</v>
+      <c r="K148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L148" s="6" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="M148" s="5"/>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H149" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H149" s="5" t="s">
+        <v>381</v>
       </c>
       <c r="I149" s="5"/>
       <c r="J149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K149" s="5" t="s">
-        <v>479</v>
+      <c r="K149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L149" s="6" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="M149" s="5"/>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I150" s="5"/>
       <c r="J150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K150" s="5" t="s">
-        <v>479</v>
+      <c r="K150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L150" s="6" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="M150" s="5"/>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H151" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H151" s="5" t="s">
+        <v>506</v>
       </c>
       <c r="I151" s="5"/>
       <c r="J151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K151" s="5" t="s">
-        <v>479</v>
+      <c r="K151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L151" s="6" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="M151" s="5"/>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H152" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H152" s="5" t="s">
+        <v>342</v>
       </c>
       <c r="I152" s="5"/>
       <c r="J152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K152" s="5" t="s">
-        <v>479</v>
+      <c r="K152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L152" s="6" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="M152" s="5"/>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I153" s="5"/>
       <c r="J153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K153" s="5" t="s">
-        <v>479</v>
+      <c r="K153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L153" s="6" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="M153" s="5"/>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>515</v>
+        <v>291</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I154" s="5"/>
       <c r="J154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K154" s="5" t="s">
-        <v>479</v>
+      <c r="K154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L154" s="6" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="M154" s="5"/>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I155" s="5"/>
       <c r="J155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K155" s="5" t="s">
-        <v>518</v>
+      <c r="K155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L155" s="6" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="M155" s="5"/>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I156" s="5"/>
       <c r="J156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K156" s="5" t="s">
-        <v>518</v>
+      <c r="K156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L156" s="6" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="M156" s="5"/>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I157" s="5"/>
       <c r="J157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K157" s="5" t="s">
-        <v>523</v>
+      <c r="K157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L157" s="6" t="s">
-        <v>524</v>
+        <v>518</v>
       </c>
       <c r="M157" s="5"/>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I158" s="5"/>
       <c r="J158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K158" s="5" t="s">
-        <v>526</v>
+      <c r="K158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L158" s="6" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="M158" s="5"/>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I159" s="5"/>
       <c r="J159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K159" s="5" t="s">
-        <v>526</v>
+      <c r="K159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L159" s="6" t="s">
-        <v>529</v>
+        <v>522</v>
       </c>
       <c r="M159" s="5"/>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>530</v>
+        <v>523</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I160" s="5"/>
       <c r="J160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K160" s="5" t="s">
-        <v>526</v>
+      <c r="K160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L160" s="6" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="M160" s="5"/>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I161" s="5"/>
       <c r="J161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K161" s="5" t="s">
+      <c r="K161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L161" s="6" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
       <c r="M161" s="5"/>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H162" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H162" s="5" t="s">
+        <v>240</v>
       </c>
       <c r="I162" s="5"/>
       <c r="J162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K162" s="5" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="M162" s="5"/>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I163" s="5"/>
       <c r="J163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K163" s="5" t="s">
-        <v>526</v>
+        <v>296</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="M163" s="5"/>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I164" s="5"/>
       <c r="J164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K164" s="5" t="s">
-        <v>526</v>
+        <v>296</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="M164" s="5"/>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I165" s="5"/>
       <c r="J165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K165" s="5" t="s">
-        <v>526</v>
+        <v>296</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="M165" s="5"/>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H166" s="5" t="s">
-        <v>543</v>
+      <c r="H166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I166" s="5"/>
       <c r="J166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K166" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K166" s="5" t="s">
+        <v>430</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>544</v>
+        <v>537</v>
       </c>
       <c r="M166" s="5"/>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>26</v>
+      </c>
+      <c r="D167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H167" s="5" t="s">
-[...6 lines deleted...]
-        <v>29</v>
+      <c r="H167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I167" s="5"/>
+      <c r="J167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K167" s="5" t="s">
-        <v>548</v>
+        <v>436</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>549</v>
-[...3 lines deleted...]
-      </c>
+        <v>539</v>
+      </c>
+      <c r="M167" s="5"/>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>551</v>
+        <v>540</v>
       </c>
       <c r="B168" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H168" s="5" t="s">
-        <v>552</v>
+      <c r="H168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I168" s="5"/>
       <c r="J168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K168" s="5" t="s">
-        <v>553</v>
+        <v>436</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>554</v>
+        <v>541</v>
       </c>
       <c r="M168" s="5"/>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>555</v>
+        <v>542</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H169" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H169" s="5" t="s">
+        <v>543</v>
       </c>
       <c r="I169" s="5"/>
       <c r="J169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K169" s="5" t="s">
-        <v>556</v>
+        <v>544</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>557</v>
+        <v>545</v>
       </c>
       <c r="M169" s="5"/>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>558</v>
+        <v>546</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I170" s="5"/>
       <c r="J170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K170" s="5" t="s">
-        <v>556</v>
+        <v>249</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>559</v>
+        <v>547</v>
       </c>
       <c r="M170" s="5"/>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>560</v>
+        <v>548</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I171" s="5"/>
       <c r="J171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K171" s="5" t="s">
-        <v>556</v>
+        <v>249</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>561</v>
+        <v>549</v>
       </c>
       <c r="M171" s="5"/>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>562</v>
+        <v>550</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I172" s="5"/>
       <c r="J172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K172" s="5" t="s">
-        <v>556</v>
+        <v>249</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>563</v>
+        <v>551</v>
       </c>
       <c r="M172" s="5"/>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>564</v>
+        <v>552</v>
       </c>
       <c r="B173" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>565</v>
+        <v>553</v>
       </c>
       <c r="I173" s="5"/>
       <c r="J173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K173" s="5" t="s">
-        <v>556</v>
+        <v>249</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>566</v>
+        <v>554</v>
       </c>
       <c r="M173" s="5"/>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>567</v>
+        <v>555</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="I174" s="5"/>
       <c r="J174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K174" s="5" t="s">
-        <v>556</v>
+        <v>249</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>569</v>
+        <v>557</v>
       </c>
       <c r="M174" s="5"/>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>570</v>
+        <v>558</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>571</v>
+        <v>559</v>
       </c>
       <c r="I175" s="5"/>
       <c r="J175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K175" s="5" t="s">
-        <v>556</v>
+        <v>249</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="M175" s="5"/>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>573</v>
+        <v>561</v>
       </c>
       <c r="B176" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>574</v>
+        <v>248</v>
       </c>
       <c r="I176" s="5"/>
       <c r="J176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K176" s="5" t="s">
-        <v>556</v>
+        <v>249</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>575</v>
+        <v>562</v>
       </c>
       <c r="M176" s="5"/>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>576</v>
+        <v>563</v>
       </c>
       <c r="B177" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H177" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H177" s="5" t="s">
+        <v>559</v>
       </c>
       <c r="I177" s="5"/>
       <c r="J177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K177" s="5" t="s">
-        <v>556</v>
+        <v>249</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>577</v>
+        <v>564</v>
       </c>
       <c r="M177" s="5"/>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>578</v>
+        <v>565</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H178" s="5" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="I178" s="5"/>
       <c r="J178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K178" s="5" t="s">
-        <v>556</v>
+        <v>249</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>579</v>
+        <v>567</v>
       </c>
       <c r="M178" s="5"/>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>580</v>
+        <v>568</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H179" s="5" t="s">
-        <v>581</v>
+      <c r="H179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I179" s="5"/>
       <c r="J179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K179" s="5" t="s">
-        <v>556</v>
+        <v>233</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>582</v>
+        <v>569</v>
       </c>
       <c r="M179" s="5"/>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>583</v>
+        <v>570</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>24</v>
-[...9 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="D180" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E180" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        </is>
+        <v>571</v>
+      </c>
+      <c r="I180" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="J180" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>556</v>
+        <v>573</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>584</v>
-[...1 lines deleted...]
-      <c r="M180" s="5"/>
+        <v>574</v>
+      </c>
+      <c r="M180" s="5" t="s">
+        <v>575</v>
+      </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>585</v>
+        <v>576</v>
       </c>
       <c r="B181" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>24</v>
-[...9 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="D181" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E181" s="5" t="s">
+        <v>577</v>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G181" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G181" s="5" t="s">
+        <v>578</v>
       </c>
       <c r="H181" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="I181" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="J181" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K181" s="5" t="s">
         <v>581</v>
       </c>
-      <c r="I181" s="5"/>
-[...7 lines deleted...]
-      </c>
       <c r="L181" s="6" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="M181" s="5"/>
+        <v>582</v>
+      </c>
+      <c r="M181" s="5" t="s">
+        <v>583</v>
+      </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C182" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="E182" s="5" t="s">
         <v>587</v>
-      </c>
-[...14 lines deleted...]
-        </is>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H182" s="5" t="s">
         <v>588</v>
       </c>
       <c r="I182" s="5"/>
-      <c r="J182" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J182" s="5" t="s">
+        <v>589</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>590</v>
-[...1 lines deleted...]
-      <c r="M182" s="5"/>
+        <v>591</v>
+      </c>
+      <c r="M182" s="5" t="s">
+        <v>592</v>
+      </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>592</v>
+        <v>27</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>26</v>
+        <v>594</v>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G183" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G183" s="5" t="s">
+        <v>595</v>
       </c>
       <c r="H183" s="5" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="I183" s="5" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="J183" s="5" t="s">
-        <v>595</v>
+        <v>31</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="E184" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>601</v>
+        <v>28</v>
+      </c>
+      <c r="F184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="I184" s="5" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>139</v>
+        <v>27</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>130</v>
-[...4 lines deleted...]
-      <c r="F185" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H185" s="5" t="s">
         <v>610</v>
       </c>
-      <c r="G185" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H185" s="5" t="s">
+      <c r="I185" s="5" t="s">
         <v>611</v>
       </c>
-      <c r="I185" s="5" t="s">
+      <c r="J185" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K185" s="5" t="s">
         <v>612</v>
       </c>
-      <c r="J185" s="5" t="s">
+      <c r="L185" s="6" t="s">
         <v>613</v>
       </c>
-      <c r="K185" s="5" t="s">
+      <c r="M185" s="5" t="s">
         <v>614</v>
-      </c>
-[...4 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>139</v>
+        <v>26</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>130</v>
+        <v>616</v>
       </c>
       <c r="E186" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F186" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="G186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H186" s="5" t="s">
         <v>618</v>
       </c>
-      <c r="F186" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H186" s="5" t="s">
+      <c r="I186" s="5" t="s">
         <v>619</v>
       </c>
-      <c r="I186" s="5" t="s">
+      <c r="J186" s="5" t="s">
         <v>620</v>
       </c>
-      <c r="J186" s="5" t="s">
+      <c r="K186" s="5" t="s">
         <v>621</v>
       </c>
-      <c r="K186" s="5" t="s">
+      <c r="L186" s="6" t="s">
         <v>622</v>
       </c>
-      <c r="L186" s="6" t="s">
+      <c r="M186" s="5" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>139</v>
+        <v>87</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>130</v>
+        <v>16</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>609</v>
-[...2 lines deleted...]
-        <v>610</v>
+        <v>625</v>
+      </c>
+      <c r="F187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
         <v>626</v>
       </c>
       <c r="I187" s="5" t="s">
         <v>627</v>
       </c>
       <c r="J187" s="5" t="s">
         <v>628</v>
       </c>
       <c r="K187" s="5" t="s">
         <v>629</v>
       </c>
       <c r="L187" s="6" t="s">
         <v>630</v>
       </c>
       <c r="M187" s="5" t="s">
         <v>631</v>
       </c>
     </row>