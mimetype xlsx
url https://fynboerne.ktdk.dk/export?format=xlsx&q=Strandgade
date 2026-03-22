--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -44,188 +44,847 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1914-05-17</t>
+    <t>April 1894</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
     <t>Laura Warberg</t>
   </si>
   <si>
+    <t>Gudrun Andersen
+Holger Begtrup
+Johanne Begtrup
+Johanne Christine Brandstrup
+Julie Brandt
+Thora  Branner
+Johan Bredsdorff
+Morten Bredsdorff
+Thomas Bredsdorff
+Peter Fjelstrup
+Frederik Grundtvig
+Frederik Helsengreen
+Alhed Larsen
+J. Th. Lundbye
+Jørgen Monrad
+- Paulsen, Dr.
+Carl Rump
+Ditlev Schroll
+- Valeur
+Maria von Sperling. g. Balslev
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Brevet er en opfølgning fra Christine Mackies brev til forældrene 1894-01-31.
+Christine Mackie boede i København, modtog klaverundervisning og skulle snart til at have elever. Af januar-brevet fremgik det, at Christines forældre ønskede, at hun skulle flytte til Odense - formodentlig for at de kunne spare penge - og hun var på dete tidspunkt indforstået med det, for at der kunne blive råd til, at lillesøster Alhed kunne komme på en helbredende rejse til Italien. 
+Hun skrev i januar til forældrene, at hun var blevet forlovet med Thomas Bredsdorff. Alhed Larsen, f. Warberg, rejste ca. 12. februar 1894.
+Lundbyes Rejserulle er en rulle papir med træsnit af Joh. Th. Lundbye. Rullen ligger i et paprør, som er lukket med en træprop i hver ende. Xylograf Hendriksen fik udgivet dette værk via August Bangs Boghandel i København.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1947</t>
+  </si>
+  <si>
+    <t>Christine tror, at hendes hovedpine skyldes skænderier med hendes forlovede, Thomas. Måske gifter de sig ikke, eller måske skal de holde en pause. Thomas har kureret sin nervøsitet ved cykling, og nu vil Christine gerne af sin far have lov at hæve de 300 kr., som hun har i sparekassen. Egentlig var pengene til udstyr, men helbredet er vigtigere. Der er rigtig mange damer i København, der cykler, og det er ikke farligt for kvinder, som nogle mener. Forældrene må ikke tro, at hun kun vil have en cykel, fordi det vil være sjovt, og det er i øvrigt Thomas' idé! Christine vil ikke på kur i Silkeborg - dette kan spares væk - men blot bade i 14 dage, når hun kommer hjem på ferie. Hun synes i øvrigt også, at det er dumt at sige lejligheden op og flytte til Odense, for nu vil hun begynde at få elever i København. 
+Moderen må sende diverse tøj og også æg, for Christines læge siger, at hun spiser for let, så hun skal have hvidtøl, æg og kakao. 
+Thomas er blevet tilbudt at blive forstander ved en ny højskole i Jylland, men han har sagt nej tak. Måske kommer han og Christine i stedet til Frederiksborg, som er et dejligt sted og nær København. 
+Thomas og Christine har besøgt maleren Bredsdorff, men desværre havde hun hovedpine under besøget. De har set Charleys Tante i teatret.
+Nogle fra Rumps familie skal til Italien, og de lægger sammen til en gave til Alhed. 
+Om aftenen skal Christine og Thomas høre Begstrup tale i Studenterkredsen.
+Forældrene må sende majpengene snarest, så Christine kan betale Fru R. Hun og de averterer efter en indflytter mere til lejligheden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Iw9P</t>
+  </si>
+  <si>
+    <t>Dette Brev er ikke til at læse højt for Menigheden, det er kun for dig og Far (Elle)
+Kæreste Mor!
+Jeg lovede nok Brev "en af de første Dage", skal I have det inden Søndag må jeg nok skrive nu, det er trukken så længe ud, inden jeg har fået Ro til det. Lad mig nu først omtale Helbredet, der jo er en vigtig Ting; siden jeg begyndte på min Kur, har jeg haft det mærkværdig godt - aldeles ikke Hovedpine i den sidste halve Snes Dage før nu i Dag, jeg har måttet ligge til Middag. Jeg bliver mere og mere overbevist om, at min forværrede Helbredstilstand stammer fra Forlovelsen - i Dag har jeg haft et Bevis: hvorfor i al Verden skulde jeg i Dag pludselig blive så medtaget uden fordi vi igår havde en temmelig alvorlig Dag med - hvad skal jeg kalde det - Storme og Brydninger, som er uundgåelige, men som tager så rædsomt på Hovedet; jeg er forøvrigt bedre igen efter at have sovet hele Frm. Nu skal du høre, hvad jeg mener om Sommerplanen efter at have tænkt meget over den; jeg synes det er absolut forkert at tænke på at forlade Byen for bestandig nu, da jeg dog forhåbentlig står temmelig nær ved Målet: at få Elever, hvem ved, hvor længe det kan vare, inden vi bliver gifte, og - bliv nu bare ikke ængstelig, fordi jeg siger det - hvem ved med Bestemthed, om vi nogen Sinde bliver det! Hermed mener jeg ikke egentlig, at jeg nærer nogen Tvivl om den Ting, men hvor der - trods den Samklang der er på Bunden - er så store Uligheder, ja Modsætninger i Naturel og Livssyn, der kan ingen Mennesker garantere! Vi har selv tit talt om, at vort Forhold er sådan, at vi kunde tænkes at bryde med hinanden og så finde hinanden igen - for at vi nogen Sinde skulde gå fra hinanden af Mangel på Kærlighed - det vilde jeg nok se, før jeg troede det. Bliv nu [et par overstregede bogstaver] bare ikke ængstelig for dette, vi arbejder os jo nok sammen, vi er allerede kommen hinanden så meget nærmere, men skønt det altså kun står som en Mulighed, så må det dog også indrømmes, at det er en Mulighed, og det kan dog være, at man bør tage den med i Betragtning. Hvad Sommerplanen altså angår, da mener jeg, jeg skal nøjes med en forlænget Sommerferie - ikke noget med at blive borte til Nytår eller med at sige Lejligheden op; skal jeg (hvad jeg altså bestemt går ud fra) herind igen, så er det bare Ulejlighed og Pengespilde at sige Lejligheden op og rykke ind et andet Sted; vi må dog betale den indtil midt i Oktober, jeg mener, at jeg skal tage Ferie fra Sølvbrylluppet til midt i August, bade to Mdr. og være hjemme 14 Dage. Jeg mener også, at det vilde være mindre praktisk, at jeg kom til Silkeborg, det er rædsom dyrt og [et overstreget bogstav] vi høre om Masser, som har været der uden Udbytte; de to Måneders Strandbade vil virke akkurat ligeså godt. Men nu har Thomas foreslået en Ting, som måske, ja efter al Rimelighed vilde kunne efterhånden helbrede mig fuldstændig - bedre end al Verdens Bade og Vandkure og Piller: den Ting er en Cycle. Vi høre om så mangfoldige Mennesker, der er bleven helbredede for forskellige Lidelser ved fornuftig Brug af en Cycle - naturligvis må der ikke være Tale om Rekorder og den Slags Overdrivelser, Væddeløb o.s.v. Svigerfar, som var meget svag og skrøbelig før han fik cin Cycle, er nu fuldstændig rask, og Thomas, vil I tænke jer, som var så ussel, han er nu så godt som kureret for sin rædsomme Nervøsitet. Netop for Nervøsitet tror jeg, den Motion er aldeles enestående virksom; jeg kom, da han sagde det, til at tænke på, hvad Bedstemor en Gang sagde, at hun var vis på, jeg vilde blive rask, hvis jeg kom til at ride, det havde hjulpet hende som ung. Når jeg blot kunde få Lov at få de 300 Kr. af min Sparekassebog, så kunde jeg få en god Cycle - ja, jeg behøvede måske ikke en Gang så meget, I kan tro, de Penge vilde bære gode Renter; jeg er så overbevist om, at de Penge ikke kan anvendes bedre, det er underligt, at jeg ["jeg" overstreget] den Tanke aldrig er faldet mig ind, det er Thomas, der har fået Idéen, og han er rasende ivrig for den, netop fordi han selv er bleven Hjulpet så vidunderlig på det ene År, han har haft sin. Og det er ikke en Kur, som man bruger en eller 2 Måneder, og hvis Virkning som oftest kun spores kort Tid efter (som Bade o. desl.) men en Kur, som rigtig kan virke intensivt og solidt, fordi den er vedvarende. Å, hvor det var herligt, brillant, hvis Far vilde give Lov til det med de tre ["tre" overstreget] 300 Kr. vi er begge så overbeviste om, at det vilde være det Middel, jeg søger. Hvis I har hørt - eller hører af Dr. Schroll - at en Kvinde ikke har godt af at køre på Cycle, så siger jeg, at jeg tror det simpelthen ikke, (de, der lide af Kvindesygdomme tales her nat. ikke om, jeg er jo stærk og kraftig af Legeme) hvis det var Tilfældet, at ["at" overstreget] så ved jeg da, at Læger ikke lod deres Koner køre, og det ser vi dog herinde, bl.a. Læssøernes Læge, Dr Poulsen (Grundtvigs Svigersøn) og hans hele Familie køre, så det er en Lyst, endogså en Pige på Adis' Alder. Jeg kan nu ikke tro andet, end at Far vil give Lov til at lade mig tage de 300 Kr. - lad os dog bare stryge Bade og det hele Stads, som jeg har så usigelig lidt Tiltro til - og bryde overtvert med dette; det kan gærne være, de Penge skulde bruges til Udstyr o.s.v. men det kan ikke hjælpe, dett_e med Helbredet _må gå forud for alt det andet, det mener I jo også begge to. Slå det nu endelig ikke hen med, at det kan ikke lade sig gøre, men tænk alvorlig over det. Jeg er så inde på, at det er den Slags Kur, der skal kurere mig - eller i det mindste holde mig nogenlunde rask. I må endelig ikke se på dette som noget vildt og extravagant, hveranden Dame har jo Cycle, man ser snart ligeså mange Damer som Herrer øve den Sport; Gudrun Br. får én, så snart den gamle får Råd. Kunde jeg få denne vor Plan realiseret, så skal jeg love jer højt og helligt, at jeg skal blive rask, og hjælper det ikke (hvad der nu ikke kan tænkes) så skal jeg sælge den under Hånden, det kan sagtens lade sig gøre. Bare I nu ikke bliver gale og siger, at jeg vil ikke andet, end hvad jeg har Lyst til! Det er jo også uheldigt, at mine Planer stemmer sådan med, hvad jeg synes er det behageligste; men denne Idé er jo dog Thomas' - og min Sommerplan med kun 14 Dage hjemme, den anser jeg dog for alt andet end attråværdig!! - - - - -
+Jeg har et Par rene Lagner med store Navne, ellers intet af det andet, du skriver om hverken snavset eller rent; jeg har kun Håndklæder af de grove med Sildebensnavn og ingen Mellemværkspudevår. Send mig 4 Sæt Linned og et Par Natkjoler samt hvad der er af Lommetørklæder, Forkl. og Strømper (der er vel ingen) og mine lyse Liv endelig alle [et overstreget tegn] 5. Jeg sender i Morgen Bog og Bånd, det kan desværre ikke nå at komme med her, jeg vil ikke vente med dette Brev, så I først får det Mandag. Thomas har haft Tilbud om at blive Forstander for en ny Højskole i Jylland, jeg synes, det er stolt. Han sagde nat. nej dertil. Hvad han slår sig ned på, vides ikke endnu, han har jo forskellige Tilbud og Planer; måske kommer vi til at bo lige ved Frederiksborg, det var et storartet Sted, dejlig Natur og nærved København. Igår var Th. og jeg i Dyrehaven, men det var et kedeligt, koldt Vejr. For nogle Søndage siden var vi ude hos Maleren Bredsdorffs tillige med Maria og Thora; det er nogle morsomme, rare Mennesker, de bor i Birkerød; men naturligvis var Dagen for mig spoleret ved en ualmindelig slem Hovedpine. Vi var en hel Del (bl.a. Frk. Brun) forleden henne at se Charleys Tante - den Dag det tordnede - vi sad i Theatret og hørte det knalde løs; efter Forestillingen stod vi for at vente på Drosche sam ell. Tørrevejr ["sam" overstreget; "ell. Tørrevejr" indsat over linjen] en Times Tid sammen med Skuespillerne Fjelstrup og Helsengren, det var ganske sjov. Nu går jo Monrad til Marmorkirken, jeg er glad ved det, det er mig efterhånden noget ensidigt med den lille sammensyltede Skare af Guds udvalgte i Vartau, de kan vist have godt af nogle ny Elementer. Tænk hvor morsomt, der er nogle af Carl Rumps Slægt, der rejser til Florenz, og nu har en eller anden fået den Ide at Foreningen skal sende en Ting med ned til Alhed; der er udvalgt 12 til at give hver 25 Øre, og så sender vi J. Th. Lundbyes "Rejserulle." Jeg synes, det er sødt funden på. Hvis I vil sende noget til min Fødselsdag, så send lidt Chokolade og Bagværk, at vi kan invitere vore nærmeste herhen om Aftenen. Jeg har taget mig den store Frihed at rekvirere fra Valeur 1 Cacao; Dr. Fr. pålagde mig forleden at leve kraftig, og da Frk Bruun forleden havde mig i Skole desangående, sagde hun, at [overstregede bogstaver] som jeg lever, det vil ingen Læge kalde kraftig. Jeg skulde spise meget Æg, drikke Cacao og drikke meget Øl f. Ex prima Hvidtøl blandet med Maltøl. Hvis jeg nu kunde få de Æg, du for længere Tid siden har lovet, så vilde jeg spise et om Morgenen rørt med Sukker og Cacao og kogende Vand, det er nemmere end med Mælk. Lidt Maltøl kunde jeg så købe og blande med Hvidtøl. Frk. Bruun er forfærdelig sød imod mig og holder så meget af mig, jeg er der så tit til Aften, igår var jeg bedt til Frokost sammen med Fru Begtrup fra Askov, som udeblev. I Aften skal Pan og jeg med Th. i Studenterkresen, Begtrup (Askov) taler; Emne: "Udsigt fra Tårnet", jeg vilde endelig have Th. (som jo er Formand) til at få Johannes Jørgensen med derhen at deltage i Diskussionen, men Begtrup vilde ikke gærne have det. Jeg mente egentg. den Gang, at I skulde sende mig Majpengene da, men det var godt, jeg fik de 30, der er gået så meget extra i denne Tid og Sommertøj må vi jo også tænke på. Lad mig nu få Majpengene snart at Fru R. kan få sine. Vi virker for en til vor Stue, har lagt Billet ind og averterer i disse Dage i Politiken. Titel "Ikke Pensionat." Nu tror jeg, jeg er udtømt, i hvert Fald siger mit Hoved eftertrykkelig: Stop.
+Hilsner til jer alle! Jeg får vel nok lange Breve på Tirsdag!
+Basse</t>
+  </si>
+  <si>
+    <t>1898-04-29</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Strandhaverne: øst for Hindsholmvej i Kerteminde var/er der en række strandhaver, som hører til husene, der ligger vest for Hindsholmvej. Johannes og Alhed Larsen fik selv en strandhave i tilknytning til deres villa på Møllebakken (opført 1901-1902).
+Den omtalte Thorvald må være Thorvald Balslev, som Alhed Larsens søster, Johanne, var forlovet med 1894-1898.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet på guldregnen. Han giver gode råd til, hvordan man blander en farve til jord set i solskin.
+Odense-Kerteminde-jernbanen er ved at blive anlagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HVGe</t>
+  </si>
+  <si>
+    <t>Kjerteminde 29 April 1898
+Min egen Kæreste!
+Det er dog en væmmelig Kulde i Dag i Aften har jeg v[æret i] Marken med Vinterfrakke [noget af papiret mangler] Hue paa og saa frøs [noget af papiret mangler] Haandleddene. Jeg har siddet og malet paa Guldregntræet hele Dagen, efter Aquarellen. Klaks rejste til Eftermiddag jeg skal hilse Dig fra ham. Jeg kan godt fortælle Dig hvad jeg tror Du kan male Jord med, men Forholdet maa Du prøve Dig til, Hvidt, Blaat Gult og Kraplak og maaske lidt Okker eller T. di Siena, kort sagt de samme Farver som man maler alt andet med, det er bare Forholdet er lidt forskelligt, det er ingen Vittighed, det er ikke muligt at forklare det nærmere. I Dag har [Du vel] ikke faaet malet [I har] vel haft lige saa [noget af papiret mangler]ligt Vejr som vi, men saa har Du da den Trøst at den Slags Vejr tager ikke paa Hyacintherne. De har begyndt at køre med Jernbane hernede bag ved i Dag, der kører en Arbejdsmaskine med 12 Tipvogne frem og tilbage og henter Jord oppe i vores Banke og læsser det af nede i Strandhaverne. Det er kedeligt at Johanne stadig er saa ked af det, jeg kan jo ikke raade Dig da jeg ikke ved hvad hun siger til Dig om det, men hvis jeg var i Dit Sted og jeg kunde mærke at hun havde noget som [helst] tilovers for Thorva[ld] [noget af papiret mangler] jeg ikke jeg vilde [noget af papiret mangler] for at raade hende. Jeg er spændt paa om Christine kommer og om det i saa Fald bliver godt Vejr paa Søndag. Jeg skal hilse fra Fader og Moder. Mange Hilsner fra Din Kæreste
+Johannes Larsen
+I Morges var jeg oppe Kl. 5.</t>
+  </si>
+  <si>
+    <t>1898-05-23</t>
+  </si>
+  <si>
+    <t>Strandgade 3, Kerteminde</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Vilhelmine  Larsen
+Karl Madsen
+- Nordskov</t>
+  </si>
+  <si>
+    <t>Toldboden i Kerteminde ligger i Strandgade</t>
+  </si>
+  <si>
+    <t>Alhed er rejst fra Kerteminde i stor hast, efter at hun og Larsen kom for sent op.
+Georg Larsen (bror) har set et par klyder, og Adolf (Agraren) og Johannes Larsen har skudt dem, hvorefter Johannes Larsen har tegnet dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EmNY</t>
+  </si>
+  <si>
+    <t>Kjerteminde 23 Maj
+Min egen Kæreste!
+Det var dog en Skam at Du maatte rejse af den lumpne Grund at vi sov for længe i Morges. Du kan tro jeg er ked af at jeg ikke fik talt ordentlig med Dig, det var ogsaa et ækelt Vejr i Gaar. Jeg havde tænkt at begynde paa en Aquarel i Dag af et Motiv jeg har set paa i flere Aar og som sa[noget af papiret mangler] ud i Lørdags og i D[noget af papiret mangler] samme Slags Vejr. [noget af papiret mangler] der imidlertid ikke noget af for lidt efter at jeg var kommen hjem fra Posten, kom Georg ind og sagde at der gik 2 mærkelige Vadefugle ude paa Revlerne og da jeg kom ned og saa dem i Kikkerten, saa jeg at det var Klyder, jeg har aldrig før set dem levende, det var et Par nydelige Fugle. Agraren laante Nordskovs Bøsse og krøb ud ad Molen og jeg gik med min ud ved Toldboden og tog Strømperne af og gik ud i Vandet og uden om dem. Da jeg havde drevet en Del omkring med dem lykkedes det mig at komme dem saa nær at jeg kunde skyde Hannen [noget af papiret mangler]en største og kønneste [noget af papiret mangler]e gik i Vandet, den [noget af papiret mangler]skød jeg da den fløj forbi og Agraren skød den saa ihjel da den kom henover ham. De er nydelige sorte og hvide med lyseblaa Ben. Den ene har jeg tegnet i Eftermiddag og har vel nok at gøre hele Dagen i Morgen og maaske i Overmorgen med. Det var for Resten ikke saa morsomt at skyde dem, og havde det ikke været for Proffessionens Skyld vilde jeg heller ikke have gjort det, det var en væmmelig Fornemmelse bag efter, at tænke paa at saadan 2 smukke Fugle ikke kan vise dem her uden at de skal dræbes. De saa saadan ud: [tegning]
+Nu faar Du ikke ret meget mere denne Gang. Det er næsten mørkt og Fader og Moder er gaaet i Seng, men de trænger vel ogsaa til det efter Rejsen. Jeg vil dog fortælle Dig at jeg holder forfærdelig meget af Dig og er meget ked af at Du ikke kunde blive her længere. Jeg elsker Dig. Mange kærlige Hilsner og Tak fordi Du kom og besøgte mig den lille korte Tid, om det ikke var ret længe var det dog meget bedre end slet ikke, og jeg [noget af papiret mangler] bleven forfærdelig [noget af papiret mangler] hvis Du ikke var [noget af papiret mangler] i Lørdags. Kan du nu skrive rigtig til mig
+Din hengivne
+Johannes Larsen
+P.S.
+Jeg vilde gerne bede om jeg maatte laane K. Madsens Bog om japansk Malerkunst.</t>
+  </si>
+  <si>
+    <t>1899-04-25</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Ludvig Find
+- Nordskov
+Ellen  Sawyer
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på gården Erikshaab, da hun er højgravid og skal føde hos dem.
+Johannes Larsen har formodentlig stået i Strandgade i Kerteminde (bag forældrenes købmandsgård) og tegnet udsigten op mod en af møllerne på Møllebakken (begge møller var ejet af hans far, og Alhed og Johannes larsen byggede deres villa på netop Møllebakken).</t>
+  </si>
+  <si>
+    <t>Det er godt, at Alhed er begyndt at male på sine blomster igen.
+Johannes Larsen har lavet en tegning af sit nye maleri. Der skal nok et par hunde på billedet. Han maler desuden på pæretræet.
+Larsen har skrevet til Find, at han ikke kommer til Viborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/goPm</t>
+  </si>
+  <si>
+    <t>Kjerteminde 25-4-1899.
+Kæreste Alhed!
+Her har Du nogle Breve fra Elle, jeg haaber at det maa være de rigtige, jeg var saa heldig at finde dem i Mappen. Det glæder mig at Du har taget fat paa Cinnerarierne igen, hæng bare i saa skal Du se, at det bliver nok godt. Jeg ved ikke om jeg har fortalt Dig at mine 2 Billeder fra Odense ere ankomne i god Behold, jeg pakkede dem ud i Gaar. Jeg lovede Dig i Aftes at jeg skulde tegne mit ny Motiv til Dig, nu skal Du faa det: 
+[tegning]
+Det skal vist være et Aftenbillede eller maaske et Graavejrsbillede og det skal males færdig paa den Tid da Kastanietræerne ere næsten udsprungne, muligvis skal der et Par Hunde paa som Staffage, jeg saa forleden Nordskovs Puddel i Forgrunden (den er nu elegant klippet) og Smedens Foxterrier der stod og gøede hen paa Hjørnet.
+[Tegning]
+Saadan omtrent, nu skal jeg sætte dem paa Billedet saa Du kan se hvordan de vil tage sig ud. I Dag har jeg malet paa Pæretræs Billedet, der er allerede en hel Del jeg kan gøre nu og hvis jeg bare faar heldigt Vejr har jeg det bedste Haab om at faa det færdigt i Aar. Nu vil jeg skrive til Find at jeg definitivt har opgivet at komme til Viborg til Prøverne da jeg har nok at gøre for Tiden. I Gaar og i Dag har jeg ikke faaet malet paa Morgenbilledet da det har været graat begge Morgner. Jeg maa nok gratulere Dig! det er jo vores Bryllupsdag i Dag. Du kan tro jeg er glad ved at høre at Du er saa rask at Du kan gaa op paa Orene med Lethed. Vil Du kysse Christine fra mig. Mange kærlige Hilsner fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-05-18</t>
+  </si>
+  <si>
+    <t>Flødstrup
+Fiskergade, Kerteminde</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Andreas Larsen
+Vilhelmine  Larsen
+Peter Nielsen
+Rasmus Petersen, Gartner</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab, fordi hun lige har født. Hendes svigermor har været på besøg, og hun har været i gang med at gå fra toget i Ullerslev til Kerteminde.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet på alle sine fire billeder. Han vil komme til Erikshaab i pinsen.
+Hans mor begyndte forleden at gå hjem, men fik så kørelejlighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lLDc</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Maj 1899.
+Kæreste Alhed!
+Det var kun et lille Brev Du fik i Gaar og i Dag bliver det nok ikke stort større, Allerup sidder her og snakker Fanden et Øre af. I Dag har jeg faaet malet paa alle fire Billeder; det med Gaden begynder at se helt godt ud og Blomsterne bliver snart færdige, men det skulde de jo ogsaa gerne naar jeg skal ned til I to i Pintsen, jeg tror nok at jeg bliver her første Pintsedag og gør hvad jeg kan ved Billederne, mener Du ikke?
+Moder kom med Posten, hun var først begyndt at gaa, men fik ondt i det ene Ben og gik saa ind til en Mand vi kender i Flødstrup og ventede paa Posten der, jeg skal hilse mange Gange fra hende. Jeg var nede og blive barberet over og var bagefter nede i Fiskergade hos Peters og Vilhelms og da jeg havde malet paa Blomsterne var jeg igen ude og 
+[ulæseligt, dårlig kopi]
+I det gode Vejr og spiste til Aften
+[ulæseligt, dårlig kopi]
+Gartner Petersen sammen med Rasmus. Jeg skal hilse Dig fra Chr. Andersen som kom forbi i Aften nu jeg stod og malede nede paa Gaden. Mange Hilsner til Den lille søde og min egen allerkæreste Ven fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-06-13</t>
+  </si>
+  <si>
+    <t>Johanne Caspersen
+Andreas Larsen
+Johanne Christine Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Karl Schou
+Marie Schou
+Fritz Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har født sit første barn i maj og er hos sine forældre på gården Erikshaab. Johannes Larsen har lejet et værelse i Svanninge og maler der sammen med Nicolaus Lützhøft, Frits Syberg og Karl Schou.</t>
+  </si>
+  <si>
+    <t>Det er meget varmt, så det er godt, at Johannes Larsen maler i skoven. Alhed har vasket pensler og vil male på sit billede. Hun håber, at Johannes larsen har det godt med Syberg m.fl.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ftPw</t>
+  </si>
+  <si>
+    <t>Min egen, kære Dreng!
+Det er dog en knusende Varme, vi har det er rigtignok dejligt, at Dit Motiv er i Skoven, saa er det da udholdeligt. Hvordan har Du det ellers, min Dreng? Du kan tro vi savner Dig, den lille Vense og jeg, men med Undtagelse af , at jeg [ordet overstreget] vi lide af Varme, har vi ellers haft det godt, siden Du rejste. I Gaar Eftermiddags kørte jeg ham en Tur op i Skoven sammen med Tante Hanne, som er rejst nu i Dag. Mor er daarlig i Dag i sit Hoved, jeg arbejder paa at faa hende med lidt op til Sverig, da jeg tror hun vilde have saa storartet af det, men hun har sat sig i Hovedet, at Christine skal i Stedet. – Jeg har vadsket Pensler i Formiddag, og nu vil jeg ud at male videre paa det lille Billede, skønt jeg nok antager at jeg gaar til af Varme. Jeg haaber Du har det rart med Syberg og Lüsses og Schous, hils dem alle Masser af Gange, og sig til dem, at jeg er meget ked af, at jeg ikke kan være sammen med dem. – Hvem er den unge Dame, der spiser hos dem? Jeg gaar og sukker efter et Strandbad i Dag, og vi har tilmed faaet Klipfisk, saa vi tørster.
+Dette faar Du altsaa først i Morgen Eftermiddag. Jeg haaber, jeg faar Brev i Morgen. 1000 kærlige Hilsner fra Din egen Alhed og Din lille søde Dreng.
+Torsdag d 13.
+I Morgen er det vores [resten af teksten skrevet lodret på side 1) store Bryllupsdag gratulerer.</t>
+  </si>
+  <si>
+    <t>1902-08-01</t>
+  </si>
+  <si>
+    <t>Nordskov</t>
+  </si>
+  <si>
+    <t>Nordskov, Kerteminde</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes og Christine Larsen har de sidste dage været i Nordskov/på Fyns Hoved for at male, og nu er Fritz Syberg tilsyneladende stødt til.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sendte kun kys til de to drenge og ikke til Alhed, for hun kan jo ikke kysse sig selv på munden.
+Larsen og Fritz Syberg (Baronen) har spist lammesteg og bouillon. Han har lavet fire-fem akvareller og skal lave flere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O2nh</t>
+  </si>
+  <si>
+    <t>Nordskov 1 August 1902.
+[Kære]ste Alhed!
+[For at] begynde med Slut[ningen] af Dit Brev, Tak for det, saa er det udelukkende af praktiske Grunde at jeg kun sender Kys til Puf og Lysse, Du kan jo ikke saa godt kysse Dig selv paa Munden. Det er skidt jeg faar aldrig Ro til at skrive et ordentligt Brev til Dig. [Nu] kommer jeg lige ude fra Middagen og Posten skal snart af Sted. Vi fik Lammesteg med Persille og Rødvin i Dag. Baronen opdag[ede at] Strandvandet [som Kar]toflerne var kog[te] i som den kraftige Kødsuppe og saa [noget af papiret mangler] en Bouillon med Æg først. Jeg har lavet en 4-5 smaa Aquareller siden i Gaar og der er strandet en Skonnert paa Revet i Nat. Nu skal jeg ud med Skitsebogen og se at faa lavet nogle flere. Jeg skal nu skrive hjem om at sørge for at Du kan faa sendt de 5 Kr. Jeg kan jo ikke [vide h]vornaar jeg kommer [Hjem i]gen. I Da er det [helt go]dt Vejr, i Gaar [var] det nederdrægtigt [noget af papiret mangler] det for Resten har gjort hele Ugen. Jeg barberede mig i Forgaars. Mange kærlige Hilsner og Kys til Jer alle 3
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t> 4. mar. 1909</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FVd7DrLa</t>
+  </si>
+  <si>
+    <t> 9. apr. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xUZYZl4J</t>
+  </si>
+  <si>
+    <t>11. jun. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/oBhr9ldI</t>
+  </si>
+  <si>
+    <t>23. jun. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/aKEfQxsY</t>
+  </si>
+  <si>
+    <t> 2. jul. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/kvp82PWC</t>
+  </si>
+  <si>
+    <t> 5. jul. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/POjxCG7k</t>
+  </si>
+  <si>
+    <t>29. dec. 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/JIKLC0ja</t>
+  </si>
+  <si>
+    <t>16. maj. 1911</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/lSunTR5z</t>
+  </si>
+  <si>
+    <t>28. maj. 1911</t>
+  </si>
+  <si>
+    <t>Victor Bøttern</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/pVrkJOD3</t>
+  </si>
+  <si>
+    <t> 1. jul. 1911</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/F7OHQu0I</t>
+  </si>
+  <si>
+    <t>30. jul. 1911</t>
+  </si>
+  <si>
+    <t>Notater om vejrlig og fugle</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Vlw0aBZa</t>
+  </si>
+  <si>
+    <t> 3. mar. 1912</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/7KMVmXve</t>
+  </si>
+  <si>
+    <t>21. apr. 1912</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/G0gEBYhg</t>
+  </si>
+  <si>
+    <t>25. apr. 1912</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/txkTuuYf</t>
+  </si>
+  <si>
+    <t>13. maj. 1912</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xxF86sJZ</t>
+  </si>
+  <si>
+    <t>22. feb. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/jX4esYqy</t>
+  </si>
+  <si>
+    <t> 6. mar. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/soHYv3w9</t>
+  </si>
+  <si>
+    <t>16. aug. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/7rN11uGi</t>
+  </si>
+  <si>
+    <t>17. aug. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/RXIzeTZS</t>
+  </si>
+  <si>
+    <t>19. aug. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FFYCdyo4</t>
+  </si>
+  <si>
+    <t>20. aug. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/6NukiLo1</t>
+  </si>
+  <si>
+    <t>21. aug. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/hcOP7oU4</t>
+  </si>
+  <si>
+    <t>22. aug. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/4cMXuHhs</t>
+  </si>
+  <si>
+    <t>26. aug. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/WG6FVdRa</t>
+  </si>
+  <si>
+    <t>28. aug. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/MD8jC89C</t>
+  </si>
+  <si>
+    <t>1913-10-07</t>
+  </si>
+  <si>
+    <t>Sprogø</t>
+  </si>
+  <si>
+    <t>- Ejersen
+Peter Hansen
+Hjalmar Kleis
+Cathrine Larsen
+Georg Larsen
+Johan Larsen
+Sophus  Meyer
+Carl Petersen, arkitekt
+Christian Rasmussen
+Karl Schou
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>"Det nye hus" kan være et nyt hus til mølleren, som arbejdede ved Svanemøllen ved Alhed og Johannes Larsens villa. Arkitekt Carl Petersen (Calle) tegnede huset.
+Laura Warberg, Alhed Larsens mor, flyttede fra København til Kerteminde i 1913 eller 1914, hvor Johannes Larsen havde fået bygget et hus til hende i Strandgade. Muligvis er det dette hus, Larsen skriver om. 
+Det er uvist, hvilken Christian det var, der hentede fyrmesteren ved toget.</t>
+  </si>
+  <si>
+    <t>Grosserer Ejersen og frue har bestilt et billede med gæs.
+Der har været byrådsmøder om det nye hus, og Larsen har deltaget sammen med (Sophus) Meyer. Nogle økonomiske mellemværender blev diskuteret.
+Fyrmesteren fra Sprogø har været på besøg. 
+Larsen er begyndt på et stort billede af Lysse.
+Der er kommet tegninger og regnskab fra Calle (arkitekt Carl Petersen).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sbTQ</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7/10 1913.
+Kæreste Alhed!
+Jeg synes det er forfærdeligt længe siden Du rejste. I Søndags efter Middag kom den Gross. Ejersen med Frue, Du ved ham der købte Skeænderne, han vilde gerne have et Billede med Gæs som det lille jeg havde paa den fri Udstilling, jeg lovede at sende ham et ved Lejlighed og fik hans Adr. De saa paa vores Billeder Huset og Haven. I Gaar var her 4 Byraadsmøder i Anledning af det nye Hus. De vilde have det rykket 1 ½ Al. tilbage fra Gaden saa der kunde blive Fortov. Jeg var kaldt der ned om Frmdg. og fik saa Besked om at møde til det sidste Byraadsmøde Kl. 2 sammen med Meyer der skulde møde med et Regnskab over hvad der var gaaet tabt i Arbejdsløn og Materialer og jeg skulde forlange hvad jeg vilde have. De truede med at expropriere. Meyer og jeg mødte saa i Byraadssalen, M Regning var paa 150 Kr. og jeg forlangte 500 Kr. bl.a. ogsaa for Guldregnen og Pæretræet, saa blev vi smidt ud til de havde taget Standpunkt. Da vi kom ind igjen havde de frafaldet Expropriation og var lurvede nok til at byde 400 i Alt. Jeg udbad mig Betænkning Til om Aft. og gik saa ind paa det. Resultatet er dog at Huset bliver 250 kr. billigere og saa faar vi Fortov i Stedet for en Rendesten lige op ad Huset. Fyrmesteren fra Sprogø havde meldt sig til at komme med 2 Toget og jeg fik saa Christian til at hente dem mens jeg var i Byraadet. De blev til Kl. 9 og din Moder og Christian spiste til Aften og var her til de rejste, jeg tror det var meget vellykket med det havde jo nok været bedre om Du havde været hjemme. I Dag har Christine og jeg spist Haresteg hos Gross. Faster Thrine Er hjemme nu og der fik de stegte røgede Sild og stuvede Kartofler. Jeg har i Dag begyndt at male paa det store Billede med Lysse. Sig til Schou at jeg er ked af at jeg ikke har faaet svaret ham, men det har du vel gjort. Jeg har talt i Telefon med Peter og meddelt ham om Klejs. Her har været saa meget at det bogstaveligt talt ikke har været mig muligt at faa skrevet et Ord før. Vi er bedt til Middag paa trykt Kort til Overrettens d. 16. Jeg sidder ved Kaffen hos Gross. Kl. 2 kommer Landinspektøren og maaler de 1 ½ Al fra. Jeg er meget nysgerrig efter at vide naar Du kommer, bare det er snart. Hils Schou og Marie. Jeg syntes der var en hel Del mere, men kan ikke huske det i Øjeblikket. Tegninger og Regnskab fra Calle er kommet. Mange Hilsner og Kys Din JL</t>
+  </si>
+  <si>
+    <t>1913-10-10</t>
+  </si>
+  <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
-    <t>Strandgade</t>
-[...6 lines deleted...]
-    <t>Siri Andersson
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Christian Caspersen
+Johanne Caspersen
+Adam Goldschmidt
 Alfred Goldschmidt
+Julius Hviid
+Grethe Jungstedt
+Christine  Mackie
+Elisabeth Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Alfred/A Goldschmidts "tilbageslag": A. Goldschmidt opførte sig urimeligt og var nærig i forhold til sin kone, Astrid.
+Ellen/Elle Sawyer og hendes datter boede til leje i stuehuset Kærbyhus, som var ejet af Alhed og Johannes Larsen. Det må være i denne bygning, at de nu fik en større lejlighed. Ellen forsørgede de to ved at undervise i klaverspil samt akkompagnere stumfilm i biografen.
+"Her er ideelt at bygge": Alhed og Johannes Larsen købte i 1913 en byggegrund på Strandvejen/i Strandgade i Kerteminde og satte et husbyggeri i gang. I huset skulle Laura Warberg, datteren Ellen og barnebarnet Grethe bo.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2631</t>
+  </si>
+  <si>
+    <t>Laura Warberg har overanstrengt sit ben og har ligget i sengen.
+Astrid må gerne sende Laura et sjal. Det er Laura Warberg en gåde, hvorfor Alfred har fået et "tilbageslag".
+Ellen/Elle Sawyer og datteren får nu en større lejlighed. Ellen tjener godt i biografen.
+Januar til februar 1914 vil Laura Warberg opholde sig i Købenavn. Hun skal blandt andet købe en del ting.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pxQF</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Fredag
+Kære Astrid.
+Jeg ligger i Sengen 3 Dage med en Smule Daarlighed i mit ene Ben, ikke Betændelse, men jeg har jo intet at forsømme ved at ligge og faae det hurtigt af Vejen. Jeg fik det ikke af at gaae i [ulæseligt] paa Hjemrejsen af at sidde de 33 Timers Kørsel næsten ud i et; desuden en lidt haardnakket Forkølelse, som Følge af alt det besøger jeg ikke Syberg før i Slutningen af min Turné, er altsaa her til vist Tirsdag 8 Dage og drager saa til Brædstrup. Det er herligt hvis jeg kan faae en Shavl hos A.; hvis det findes imiteret [ulæseligt ord], vilde jeg helst have en lidt smallere og kortere end den forrige, saa at den gaaer mere op i Halsen. Det er tidsnok at faae den omkring d: 20de her, Pengene skal jeg sende naar jeg til Nov. faaer 300 Kr. af Paludan. Tak for det lange gode Brev i Morges; jeg glæder mig meget over det gode Bekendtskab, Du der har gjort. Du har jo nu ogsaa Børnene og [ulæseligt] ogsaa og Din Gymnastik; det bøder jo paa meget. Men en Gaade er det mig, med det Tilbageslag hos Alfred, som Du kalder det. Hvad kom der dog paa?? Var det Terminen med for store Udgifter? Mon det dog ikke skulde blive bedre igen! Tænk hvilken god Jul i Fjor! Chr. og Putte rejser en Uge til Brædstrup paa Søndag; Putte er nu helt frisk, kan læse rent og skriver rigtig pænt, er flink i Engelsk hos Elle. Grethe igen i Sengen af Forkølelse; i Gaar undersøgte Dr. Hviid hendes Bryst; der er intet i Lungerne, men lidt Bronkitis. Nu til Flyttedag faaer de den store Lejlighed for i Vinter der er Sol paa Soveværelset og meget mere Luft [ulæseligt] end den lille, der er lejet ud. Det glæder jeg mig meget over, de faear det langt bedre og kønnere Elle har saa gode Indtægter nu med Biografen saa hun faar sig og Grethe godt forsynet med Tøj. Før i Marts kommer vi næppe til at flytte ind saa jeg tænker at være i Kbh. Februar fra sidst Januar, saa jeg kan købe mig et Spisestel ved Udsalg samt et Kaffeservice af Nikkel. Saa maa jeg over til Eder; boe hos Caspersens. Nej det var 290 for os begge, men deraf gik 10 til Indkøb, og Koncert for mig. Vi sparede heller ikke særlig meget. Her er ideelt at bygge, mit Værelse er saa kønt, jeg ser Stranden fra Sengen; det pas-
+[Skrevet langs venstre margen s. 4:]
+ser mig udmærket. Kærlig Hilsener Mor.
+Adams Fødselsdag???</t>
+  </si>
+  <si>
+    <t>1913-12-22</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Ina  Goldschmidt
+Christine  Mackie
+Else Warberg
+Karen Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen lod et hus opføre til Laura Warberg på Strandvejen/i Strandgade i Kerteminde. Hun flyttede ind i 1914, men i 1913 opholdt hun sig også i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2612</t>
+  </si>
+  <si>
+    <t>Astrid må føle sig mere isoleret, efter at Laura Warberg er flyttet fra København til Fyn. Mon Astrid snart kommer på besøg? 
+Johanne/Junge ville ønske, at Astrid havde været med i Norge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Qnm1</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+19 Sct Pauli Kyrkogatan
+Malmø.
+[Håndskrevet på kuvertens bagside:]
+Jeg har sendt dig en Bog.
+[Julemærke 1913. Poststempel]
+[I brevet:]
+Kære søde Dis!
+Jeg er begyndt at længes saa meget efter dig og synes det er saadan en evig Tid siden vi sidst saas – ja altsaa ogsaa snart et Aar! Du er rigtignok meget isoleret derovre nu, navnlig efter at du ikke mere har Mor i Kjøbenhavn; du trængte til [”til” overstreget] mere til hende end alle vi 4 tilsammen, men det var jo heller ikke for vores Skyld, hun kom herover; men nu kan da blive holdt àjour med alt her ovre fra, det er [”er” overstreget] har ogsaa sin Charme. – Kan der snart blive Udvej for et lille Vip herover? Eller først til Sommer maaske. 
+Bare jeg i Julen vilde tage mig sammen til at skrive dig et ordentligt Brev og fortælle om alt muligt; men det vil jeg vel ikke! Jeg har mere end ondt ved at skrive Breve mere. Gid du havde været med i Norge, det var noget af det mest bedaarende jeg har oplevet; jeg savnede jævnaldrende en lille Smule: Mor Tante Else og Nina er jo lidt ældre alle tre! 
+Hvis du skriver til mig i Julen saa vær lidt udførlig om Børnene de søde kære Unger. Ja Klokken er halv 12; jeg har været paa Landet og skrevet en Mængde Kort! Skal bage i Morgen. Vi glæder os meget til Julen. Gid Helbredet var lidt bedre; der er Tvivl om Christine maa komme om Juleaften. Det afhænger af Feberen. hun har jo Influenza. 
+Tusind Hilsner lille søde Dis! Gid I maa faa en god Jul – lad os høre derom undskyld disse Fedtpletter.
+Din Junge.
+22 – 12 – 13.</t>
+  </si>
+  <si>
+    <t>Forår 1914</t>
+  </si>
+  <si>
+    <t>Glorup</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Ane Marie Christiansdatter
+Ludvig Dahlerup
+Theodor Christoffer Delcomyn
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Andreas Madsen
+Karl Madsen
+Harald Meyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Larsen-parret bygger hus til Alheds mor i Strandgade i Kerteminde. 
+Det er uklart, i hvilken rækkefølge brevet skal sammensættes/læses.</t>
+  </si>
+  <si>
+    <t>Drengene skal til eksamen. 
+Husbyggeriet er i gang, men det går for langsomt, og Alhed er irriteret. 
+Banken truer med at opsige et stort lån. Alhed beder Larsen spørge Karl Madsen om at få penge, og hun er inde på, at man kan skifte bank.
+Alhed kommer med forslag til, hvilke billeder Larsen kan hænge op (anden ophængning).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4TTW</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Hermed forskellige Sager. Jeg har ikke sendt Andreas Madsen nogen Bog, skal jeg gøre det? og skrive at det er et Laan? – I Morgen begynder Drengenes Examen, den slutter Onsdag eller Torsdag, saa vi kommer altsaa Torsdag eller Fredag, gid vi nu maa faa rigtig fint Vejr til Turen, vi glæder os meget! – Mor har været en Ugestid paa Glorup og kommer hjem i Aften, jeg gruer for hendes Tilbagekomst, der er ikke sket ret stor Forandring dernede ude omkring. Stenhuggerne maatte gaa fra Haven for at grave Kloak, hvad Jensen sagde i Dag havde taget 3 Dage. Jeg gav ham paa Hovedet, fordi det gik for langsomt. Han siger, der kan jo godt begyndes paa at grave Have, fordi der ikke er flyttet Høj og lavet Stengærde, er det ikke noget Sludder. Kan Du ikke omgaaende skrive derom og nøjagtig Gangen i det, jeg mener i hvilken Rækkefølge Arbejdet skal gøres og hvem der skal gøre det. Pause. Her ringede H. Mejer og bad mig komme ned i Banken til en Konference. – Det er jo stadig de Penge, det er galt med. De truer med at sige det store Laan op, H.M. frygtede de vilde gøre det. – Kunde Du dog ikke den dag i Morgen skrive til Karlo Madsen og bede om at faa de Penge sendt eller spørge hvor Du skal henvende dig for at faa dem. Saa gaar jeg i Morgen til Dahlerup og faar ham til at arbejde løs paa de andre Sager og ikke vente til Du kommer hjem men sende Dig til Underskrift. Jeg er for Resten gnaven paa dem og kunde unde dem, at vi skulde flytte fra dem ved Lejlighed. Vi kunde saamænd sagtens f. Ex. ved Overrettens Hjælp faa de lumpne 30,000 i en anden Bank som 2den Prioritet i alle de gode Ejendomme. Og saa senere anbringe vore mulige Rentepenge dér, det kunde de have godt af. – H.M. sagde at jeg i Morgen skulde ned at tale med Delcomyn, Gubevars det kan jeg saamænd godt, (H.M. siger for Resten, at han (Delcomyn) samt H.M. holder paa os til det yderste i Banken. Du skal ikke skrive til dem eller noget men endelig strax til Karl Madsen, at vi kan faa lukket Munden paa dem. – Nu maa jeg slutte Hvad mener Du til 2den Ophængning om:
+1. Paafugle 
+2. Din Farmor
+3 Svigerfar
+4 Tjalfe (Brandstrup)
+5 Puf og mig malet c. samtidig med Tjalfe derfor tænker jeg mig de vil klæde hinanden og saa 3 nye. Det var ogsaa rart at faa nogle nye med at vi kan faa nogle Penge ind, det var dejligt at betale Delcomyn. 1000 Hilsner vi skal nok klare os [ulæseligt ord] Din A.</t>
+  </si>
+  <si>
+    <t>1914-02-22</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Ina  Goldschmidt
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Carl Thomsen
+Ellen Thomsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen lod i 1913-1914 opføre et hus i Strandgade/på Strandvejen i Kerteminde til Laura Warberg, hendes datter, Ellen, og barnebarnet Grethe. De flyttede ind i foråret 1914, men boede der kun få år. 
+Johanne C. Larsen spillede klaver. 
+Carl Thomsens hustru, Ellen, var ifølge opslag på filmdatabasen.dk og diverse andre steder født Schmidt, så at hun skulle hedde Brandstrup (Laura Warbergs fødenavn) er mystisk.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2622</t>
+  </si>
+  <si>
+    <t>Laura Warberg er ikke rask. Hun må sove længe, gå ture, sove til middag og ikke passiare for meget.
+Der bliver nu sat døre og vinduer i huset, og maleren arbejder. Johannes Larsen har byttet malerier for gartnerarbejde og planter til haven. 
+Johanne Larsen har spillet klaver ved en teaterforestilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/h0Nw</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne 
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Søndag d: 22de
+Kære Astrid!
+Denne Gang skulde Du gærne have et ordentligt reglementeret Mandagsbrev. Det hjalp godt paa Kræfterne, at jeg laa et Par Dage i Sengen her; nu er det bare det skrøbelige Hoved, der endnu taaler saa lidt; især hen paa Eftermiddagen maa jeg være meget forsigtig, ikke passiare for meget, ikke bestille meget. Du kan troe, Tiden er lang! Jeg staaer dog først op Kl. 10, gaaer saa en Tur, efter Middag hviler jeg 2-3 Timer, faaer gærne en lille Søvn. Men det bliver vel bedre, især dersom Vejret vil blive saa godt, at jeg kan gaae tre smaa Ture om Dagen. Det var – som [ulæseligt] skriver – skændigt med den Influenza! Jeg var dog bleven saa rask forinden. Nu er der lige ved at blive sat Vinduer og Døre i Huset, saa Gulve og saa i Marts kan Maleren tage fat. Vi haaber, at Malingen er færdig først i April, saa Gulvene kan tørre i Paasken og vi sidste Halvdel af April kan flytte ind. Tænk jeg faaer alt plantet gratis i Haven! Las har givet Malerier til en Gartner imod at tage alt der. Udenfor Havedøren er en meget stor Trappe med godt en M. høj rød Mur udenom, bred saa der kan staae Kasser. – Christine er oppe i Dag efter 4 Dage i Sengen af Slim i Brystet og en slem Asthma til Tider. Ellers er alle raske. Johanne tjener 10 kr. ved i Aften at spille i en Forening. Forleden spillede hun ved Carl Thomsens Forestilling; hans Kone er Ellen Brandstrup, de talte længe med hende.
+Ja, nu maa Brevet afsted med Putte, der henter Post. Lev vel lille Putte; Tak for det sidste gode Brev. Hils de flinke søde smaa!
+Mange Hilsner fra Mor.</t>
+  </si>
+  <si>
+    <t>1914-03-20</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby</t>
+  </si>
+  <si>
+    <t>Mesinge</t>
+  </si>
+  <si>
+    <t>Axel Friis
+Johanne Giersing
+Anker Kyster
+Andreas Larsen
+Johan Larsen
+Christine  Mackie
+Johannes Madsen
+Åge Meyer Benedictsen 
+Johan Christian Petersen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 omkring 75 dage i Henne kirkeby for at male.
+St.St. Blichers Trækfuglene med Johannes Larsens træsnitsillustrationer udkom i marts 1914. 
+Larsen-familien byggede i 1914 hus til Alheds mor i Strandgade i Kerteminde. Huset var tegnet af Carl Petersen. 
+Det er uvist, hvem Johanne er. Alheds søster af dette navn blev altid kaldt Junge.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har sendt træsnit, og hun spørger, om (Johannes) Madsen skal lave rammer, og om hun skal sætte flere træsnit i hver ramme til Tyskland samt til Den Frie. 
+Trækfuglene får god kritik. 
+Det går fremad med Alheds mors hus, og Alhed og hun har nu købt kakkelovne og komfur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0SUh</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Tak for Dit Brev! Nu vil jeg haabe at jeg har ordnet det pænt med Træsnittene, jeg gjorde mig kolossal Umage, Christine hjalp mig, de er sendt i Dag. – Jeg sendte med 3.20 en Pakke med den ”Trækfuglene”, Du vilde samt Brevpapir og lidt anden Post. Maalene i Anker Køsters Brev har jeg skreven af, skal jeg lade Madsen lave 2 Blindrammer af den Størrelse og sende Dig?? [Der er også indsat et spørgsmålstegn til venstre for linjen] – Selv om Manden ikke vil have dem begge, kan Du jo altid komme af med dem. – Det er helt rart at der er lidt Bestillinger, det drøjer jo paa Foraarsudstillingen. - - Du ser vel nok i Extrabladet Kritikken over Trækfuglene, det er morsomt med den kolossale Lykke, den har gjort, det er nu alligevel det bedste ved det, at den er bleven saa god, selv om det pekuniære Udbytte ikke er saa godt. Træsnittene saa henrivende ud i Rammerne. – Men til Tyskland skal jeg da ogsaa sætte de store (Svanerne, Spætten o.s.v.) i én stor Ramme, og maa jeg eventuelt sætte nogle faa af ”Trækfuglene” sammen med ovennævnte store, hvis det kniber med at faa dem til at passe i Rammerne. Til den Frie blev der 4 Rammer, men naar jeg nu sætter dem saa tæt jeg kan, kunde jeg tænke mig, der blev for lidt til 5 men alligevel for mange til 3, maa jeg saa sætte de tiloversblevne sammen med de store? [? også indsat til venstre for linjen] – Hvorfor mon Du fik 2 Breve fra mig paa en Dag, det har jeg ikke skreven. – Det gaar vældig frem med Mors Hus, Elektrikeren og Maleren gaar der. Gulvene er lagt, ferniserede 1ste Gang og lakerede. Dørene er ved at blive sat i og Calle har i Dag i Telefonen godkendt Gerichter og Paneler. Mor og jeg har i Eftermiddag været hos Axel Friis og købt Kakkelovne og Komfur; Mor er henrykt over at der er saadan Driv i det. – Puf er med Johanne i Mesinge til et Foredrag om Rusland af Benediktson Mejer, Lysse skal til Dilettant Generalprøve (bl.a. Bes Syberg spiller) Christine skal spille (Musikken), de gaar mig [ordet overstreget] nu og tager Brevet med. – Derfor Farvel! 1000 Hilsner Din 
+A.</t>
+  </si>
+  <si>
+    <t>1914-03-22</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Adam Goldschmidt
+Alfred Goldschmidt
+Henriette Goldschmidt
+Ina  Goldschmidt
+Julius Hviid
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
+Andreas Larsen
 Johanne Christine Larsen
+Johannes Larsen
 Christine  Mackie
+Åge Meyer Benedictsen 
 Ellen  Sawyer
-Clara Syberg
-[...18 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/SCEC</t>
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt skulle deltage i en gymnastikopvisning 1914.
+Det vides ikke, hvad Laura Warbergs unge pige i huset hed. 
+Alhed og Johannes Larsen fik i 1913-1914 opført et hus til Laura Warberg, datteren Ellen og barnebarnet Grethe på Strandvejen/i Strandgade, Kerteminde. Familien kom kun til at bo der få år. 
+Forte: Musikudtryk for stærkt eller kraftigt.
+Mono: Musikudtryk enkel. 
+"Quo Vadis?" er en italiensk stumfilm fra 1913 af Enrico Guazzoni.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2621</t>
+  </si>
+  <si>
+    <t>Det er spændende med Astrids gymnastik. 
+Der er nu installeret kakkelovn i huset; maleren og elektrikeren arbejder, og der bliver sat døre i. Haven må ikke blive jævnet, før Johannes Larsen/Las kommer hjem til påske. Laura er ikke tilfreds med vinduerne og med lemmen i gulvet i anretterværelset. 
+Laura Warberg har fået Dr. Hviid som huslæge. Hun har vrøvl med både benene og øjnene, og hun vil foreslå lægen at hvile øjnene med solbriller i 14 dage. 
+Johanne og Andreas/Puf Larsen har været til et foredrag i Mesinge, og de måtte gå hjem. 
+Ellen/Elle Sawyer giver klaverakkompagnement til (stum)film i biografen. Hun er også hyret som tolk for en afrikansk godsejer, der vil købe kvæg på Fyn. 
+Johannes Larsens billeder kommer ikke med på Den Frie. 
+Laura læser med både Grethe og Erik, og Christine og Alhed går til fransk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kFZB</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Til Astrid Goldschmidt
-St. Pauli Kyrkigatan 19
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
 Malmø
 Skåne
 [På kuvertens bagside: Poststempel]
 [I brevet:]
-Strandgade – Søndag
+Formiddag
+Søndag d. 22de.
 Kære Astrid!
-Det var da godt det ikke blev Mæslinger, det var jeg bange for. Endelig i Dag kan jeg nogenlunde hvile paa mine Laurbær, for det har været et stort Arbejde for Anne og mig hele den Uge. I Aftes fik vi Gas og i Morges indviede vi Husholdningen med The sammen, ogsaa Clara Syberg – Grethes tre Veninder og Putte. Det var meget festligt for aabne Havedøre i et henrivende Vejr. Det var sent og Folk cyclede forbi og kiggede nysgerrigt ind. Vi boer jo ganske fint med Strandvejen. I Morgen spiser vi første Gang her; en af de første Dage bliver W.C og med [”og” overstreget; ”med” indsat over linjen] Badeværelse – anvendt – i Stand, saa mangler vi endnu Brædt og nogle Lister i Køkkenet, alt flyder endnu der. Haven hviler, ingen viser sig til at saa eller plante!! Men jeg har snart lært Taalmodighed! Her er jo ganske dejligt, min Dagligstue er bare noget for stor, her ser lidt tomt ud, men naar jeg faar den rødbrune Sofa – Dis – og Planter ved det øverste Vindue, saa hjælper det. I Aften kommer Las efter 2 ½ Måned deroppe, et storartet Arbejde har han gjort. Gud veed, om hans største Billede vil gøre Lykke paa ”den baltiske” – sig mig hvad Du synes om det. - .
-[...19 lines deleted...]
-Julius Hviid
+Det var et vældig interessant Brev fra Dig, det er saa rart at høre, Du en Gang imellem har en Fornøjelse. Hvilken yndig Kjole det maa være! Det er altsaa den, Din Svigermor gav Dig. Kunde A. lide den gule Dragt fra Kbh?? Hvor morsomt at høre om de smaas Musik. Hvilken Glæde for Dig og A. det kan blive. Kunde Du ikke have sagt til Lugge om at bede A. med? Han var vel nok gaaet tidlig hjem. Og nu nærmer Afgørelsen med Gymnastikken sig! Det bliver knusende spændende! I fire smaa maa da komme med skulde man tro! Men vær nu forsigtig lille Putte! Sæt ikke Liv og Lemmer paa Spil for Sportens Skyld – Jeg har lige nu været med Pigen ovre at gøre Ild i Spisestuen i vort Hus, der kom en nydelig Kakkelovn i Gaar, de andre i Morgen, der skal fyres nogle Dage for at Vægge og Loft kan tørre hurtigt. Maleren gaaer og maler Træværket hver Dag; i Morgen kommer de sidste Døre i, de har smølet længe, men nu gaaer det igen. Elektrikeren er der i disse Dage. Men min Sorg er Haven, der ikke maa blive jævnet eller rørt, inden Las til Paaske!!! kommer hjem. Men skriv ikke hertil om det, Alhed er øm paa det Punkt. Naa megen Glæde kan vi jo nok faae af Haven alligevel. – I Gaar var jeg en lang Tid hos Dr. Hviid, tog ham til Huslæge – 30 Kr – og satte ham ind i hele Sygdommens Forløb. Det har nemlig længe været skidt med Øjnene, værre og værre. Han mener absolut, det er Nervesvækkelse, er der Forkalkning, siger han, er det meget lidt. Nu har jeg faaet saa godt Haab igen, for jeg har tidt været ret langt nede. I Morgen inden jeg staaer op, vilde han komme og høre paa Hjertet og see paa Aarerne paa Benene. Børnene er saa lettede og glade over det. Nu vil jeg foreslaae ham, eller rettere spørge – jeg tænkte ikke paa det i Gaar, - om jeg ikke en 14 Dage skal helt lade være at bruge Øjnene. d.v.s. med Briller, og saa gaae med de farvede Briller [”Briller” indsat over linjen], jeg har paa mine lange Spadsereture og naar jeg strikker; tænk jeg kunde ikke en Gang strikke paa et gråt Badehaandklæde, som jeg ikke behøver at see paa, uden mine Øjne sved og gjorde ondt; alene Skæret af den bitte Lampe – Petroleums med Skærm over, jeg har, kunde jeg ikke taale. Det vil jo blive svære 14 dage, især kedeligt at jeg ikke kan læse med Erik, som nu skulde begynde paa Historie og Geografi foruden det andet. Og Gretes Fransk 2 Gange om Ugen! Men jeg tror, det vil være rigtigt! Jeg har hørt om en Dame med akkurart lignende Svækkelse i Synsnerverne hun kom sig tildels. – Naar bare vi var saa vidt, at vi kunde gaae hver Dag saa smaat at flytte ind, men før efter Paaske bliver det slet ikke – Der bliver ellers ganske dejligt allevegne paa nogle smaa Ubehageligheder nær. Tænk der er ingen ”øverste Vinduer”, det hele lukker op!! Og der er Lem til Kælderen i Anretterværelset, det er jo farligt: og Trappen til Loftet maa hejses ned og op. – I Forgaars tog Johanne og Puf nok saa glade med Toget 6.20 til Mesinge at høre Aage Meier Benediktsen holde Foredrag om Rusland. Tænk saa kunde de ikke naae Toget hjem det blev øsende Regn, som de gik i 5 Kvarter – 1 Mil. J. var ulykkelig over sit gode Tøj, Puf meget medtaget, en grufuld Tur! Vi var saa kede over dem. Nu efter Middag skal jeg op til dem, først hos Elle og saa til Kaffe hos Agrarens. – Elle er saa optaget i disse Dage, hun spiller 2 Timer hver Aften i Biografen, det er ”quo vadis” og hun har gjort sig megen Umage med Musiken, spiller Dejlig er Jorden, først forte og senere mono, som det lød langt borte; en ”Del af Messias” og lignende alvorlig Musik. Chr og A. var der til Premièren, propfuldt, de sagde, at Elle spillede udmærket; hun hører tidt Anerkendelse af sin Musik, meget bedre end Junges. I Dag spiller hun 6 Timer til 10½, skal med første Tog i Morgen til Odense og Kl.11 i Bil Fyn rundt med den afrikanske Godsejer, som skal købe Kvæg her, og hvor Elle er Tolk, mulig i to Dage; det bliver jo en god Skilling men hun er benovet. To Assistenter er med. Hun faaer syet sin mørkeblaa Nederdel hos en Skrædder; og den nye Fløjlsbluse hos hendes Syerske i Revninge, der var hun i Gaar at prøve, havde flere Timer her forinden, og 4 i Biografen. Ja hvor hun og Johanne er spændt for! – Las faaer desværre ingen af de nye Billeder fra Fiil Sø pa den Frie, nemlig til 2_den_ skal komme [”komme” overstreget] faae Gris i næste Maaned, 300 Kr!! men betales til September og kan give en vældig Indtægt med Held! ”Grisene er bedre Betalere end Køerne”!! siger de lærde Landmænd. Bare Du kan læse dette, værre Kragetæer end nogensinde! Nu skal Du maaske nøjes med Brevkort en Tid. alt anstrenger jo mine Øjne. Har jeg fortalt, at Chr. og Alhed lærer Fransk 2 Gg. om Ugen hos Fru Svendsen, det morer dem meget. Nu vil A. til at male igen hun har jo 2 Piger og intet selv at gøre i Huset. Saa Farvel lille Putte! Kærlige Hilsener til Dig og de smaa!
+Mor.</t>
+  </si>
+  <si>
+    <t>1914-03-25</t>
+  </si>
+  <si>
+    <t>Frederik Hendriksen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Frederik Hendriksen
+- Højmark
 Andreas Larsen
-Georg Larsen
 Johan Larsen
-- Lundgren
-[...48 lines deleted...]
-JL</t>
+Vilhelm Larsen
+Harald Meyer
+Carl Christian  Swendsen
+Andreas Warberg
+Laura Warberg
+Minna Warberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 omkring 75 dage i Henne Kirkeby for at male. 
+Larsen-familien købte i 1914 en byggegrund i Strandgade i Kerteminde og fik opført et hus til Alhed Larsens mor.</t>
+  </si>
+  <si>
+    <t>Brev 1: Alhed Larsen sender træsnit til Hendriksen.
+Brev 2: Det var trist, at Johannes Larsen troede, at Alhed og drengene kom (til Henne Kirkeby) i påsken, men børnene skal læse til eksamen. De kan komme lidt senere. 
+Det går fremad med Alheds mors hus.
+Alhed Larsen har malet hyacinter.
+H. Meyer rykker for penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Rc8Z</t>
+  </si>
+  <si>
+    <t>Kære Zylograf Hendriksen!
+Min Mand, som for Tiden maler i Jylland, har bedt mig sende Dem Træsnittene. Jeg vedlægger et Par af de japanske. Hvor det var morsomt at være sammen med Dem hos Zahrtmann! – Venligst Hilsen til dem og Deres Familie fra Deres hengivne Alhed Larsen
+Kerteminde 24 – 3 – 1914.
+[Brevet til Hendriksen er overstreget]
+Kæreste Larsi!
+Jeg har lige talt i Telefonen med Dig. Gid Du dog maa faa lidt godt Vejr til dine Billeder. – Hvad Paasken angaar, saa var det jo kedeligt, at Du havde tænkt at faa os derover. Jeg tænkte nok paa det, da Dede og Minna skrev og spurgte, men saa syntes jeg igen, at der var saa meget, der talte imod det. Bl.a. er der det, at Drengene (saa for Pokker, jeg Idiot! nu har jeg skreven paa Zylografens Brev, saa skal jeg hen at skrive det om.) skal læse til Examen i Paasken, den kommer snart efter. Men saa er der Examensferien, den varer en Uge, kunde vi da ikke komme derop? Saa er det vel ogsaa mildere og bedre Vejr, og det vilde jo være storartet for Drengene efter Slidet. – Saa tænkte jeg ogsaa, at Du vel nok vilde et lille Slag hjem at se til det hele. Mors Hus gaar godt frem nu, det har linnet [lindet?] paa Mejer, at jeg gav ondt af mig forleden Dag. – Jeg har, som jeg sagde i Telefonen, begyndt at male. Jeg begyndte i Gaar paa et Hyacintbillede oppe i Lundsgaard Drivhus, det skulde være et Solskinsbillede, men da det i Dag var Regnvejr og hyacinterne skal bort paa Fredag, gjorde jeg det om til Graavejr. Noget Billede faar jeg nu ikke ud af det, kan jeg nok se, men jeg lærer nok noget af det, det er vældig svært. – Jeg traf H. Mejer i Gaar, han sagde, at der endnu manglede 140 Kr. af Renterne og bad mindelig om at faa dem inden 1ste April, deres ny Regnskabsaar. Saa hvis Du faar nogle for Akvareller, maa Du endelig sende. Jeg selv har heller ikke en Øre. Bare nu Galleriet vil sende lidt snart. – Vi skal i Morgen [ordet overstreget] Fredag aften ud til Kaffe hos Kancelliets (!) sammen med Mor, [resten af teksten er skrevet på side 1, på tværs og øverst på papiret] Ville, Laurentius og Højmark. – Laurentius siger de er saa begejstrede fos os! - - Naa, nu maa jeg slutte. Puf skal ned med Brevene. 1000 Hilsner Din A
+Onsdag Aften</t>
   </si>
   <si>
     <t>1914-04-01</t>
-  </si>
-[...1 lines deleted...]
-    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
   </si>
   <si>
     <t>Daisy  Berg
 Ebbe Branner
 Frits Branner
 Thora  Branner
 Wilhelm Branner
 Adam Goldschmidt
 Alfred Goldschmidt
 Henriette Goldschmidt
 Ina  Goldschmidt
 Selmar Goldschmidt
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Ellen  Sawyer
 Andreas Warberg
 Minna Warberg</t>
   </si>
   <si>
     <t>Strandgade og Huset: Alhed og Johannes Larsen lod i 1913-1914 opføre et hus til Laura Warberg, hendes datter og et barnebarn på Strandvejen/i Strandgade, Kerteminde.</t>
   </si>
@@ -238,546 +897,55 @@
 Det går alt for langsomt fremad med huset.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/nHWH</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmø
 Skaane 
 [På kuvertens bagside:]
 Branners kommer her vist ogsaa en Dag i Paasken.
 [Poststempel]
 [I brevet:]
 Onsdag
 Kære Astrid! 
 Nu er jeg all right igen, godt det kom inden Paasken, men jeg maatte opgive min Rejse ind til Daisys Konfirmation. 
 Hør lille Putte, mon jeg ikke har fortalt Dig, at jeg havde paabegyndt et Tæppe til Din lille Puf i Sov [”Sov” overstreget] Dit Værelse allerede i Fjor. Nu har jeg forespurgt i en Broderihandel, hun vil have 5 Kr. for at sye det svensk Syning paa Uldgarn. Nu kom jeg til at tænke paa, om Du ikke hellere vil have det og sye selv + 3 Kr.?? Sig nu i saa Fald, hvordan jeg skal sende det om til Strandgade? Hvor skal I være i Paasken? 
 Er de gamle raske igen og skal mulig Alfred være der nogle Dage med Børnene? Om Du kunde stikke [”stikke” overstreget] et Par Dage herover Dede og Minna er hos Las’s, men Du kunde være hos Johanne, Elle siger, at det gaaer bedre nu med Dig og Agraren. Det vilde være knusende morsomt, men jeg veed nok, det kniber med de Penge. Jeg har ikke Raad at hjælpe, der bliver mange Udgifter for mig ved Huset. 
 Stakkels lille ked Adam med sine daarlige Tænder. Fortæl mig om ham og om Dine Svigerforældre. Hvilken Anerkendelse han har faaet i Bladene. Alt vel her, undtagen at det gaaer saa langsomt med Huset. De Kerteminder!!! Vi har Foraar i Dag!
 Kærlige Hilsener til Eder alle tre fra
 Bedstemor.</t>
   </si>
   <si>
-    <t>1899-05-18</t>
-[...493 lines deleted...]
-  <si>
     <t>1914-04-18</t>
+  </si>
+  <si>
+    <t>Malmø
+St. Pauli Kyrkogatan 19</t>
   </si>
   <si>
     <t>Thora  Branner
 Adolph Larsen
 Johanne Christine Larsen
 Ellen  Sawyer
 Andreas Warberg
 Conrad Warberg
 Else Warberg
 Minna Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
   <si>
     <t>Laura Warbergs svoger, Conrad Warberg, var godsforvalter på Glorup nær Nyborg.
 Alhed og Johannes Larsen fik bygget et hus til Laura Warberg i Strandgade/på Strandvejen i Kerteminde. Hun flyttede ind sammen med datteren Ellen og Ellens datter i foråret 1914.
 Frederik Andreas/Dede og Minna Warberg ventede deres første barn i 1914. De blev boende i Brædstrup.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2613</t>
   </si>
   <si>
     <t>Laura Warberg er på besøg på Glorup. Hun går ture i det gode vejr. 
 Frederik Andreas/Dede og Minna er begejstrede for det nye hus, og Ellen/Elle flytter ind nu. Alt er ikke færdigt, men haven bliver ordnet. 
 Minna hader at bo i Jylland, og derfor forsøgte Frederik Andreas at få job som godsforvalter på Fyn. En person uden uddannelse fik stillingen. Conrad/Conne Warberg, som snart går på pension, fraråder Dede at skifte stilling.</t>
@@ -893,50 +1061,267 @@
 Johanne/Junge Larsen og Laura Warberg har været til teaterforestilling.
 Ellen håber at få en engelskklasse på skolen. 
 Laura flytter ind i huset, selvom køkken, toilet og have ikke er i orden. Hun håber, at Astrid kommer på besøg. Mange andre familiemedlemmer kommer. Ellens og Grethes værelser er blevet hyggelige.
 Caspersen og Brandstrup er glade for deres nye lejligheder.
 Johan/Lysse og Andreas/Puf har været til eksamen, og det gik godt for især Johan. Grethes eksamen var også god. Nu skal Alhed og drengene besøge Johannes Larsen/Las ved Fiil Sø. 
 Ludvig Brandstrup skal til Det Kongelige Teater. Christian Brandstrup med familie tager til Båxhult.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eMZY</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmø
 Skåne
 [På kuvertens bagside: Poststempel]
 [I brevet:]
 Søndag d: 3_de_ Maj.
 Kære Astrid!
 Det var ubesindigt af mig at love Dig Brev hen i Ugen; mere end et overkommer jeg nok ikke. Om Lørdagen skal det absolut med 3 Toget, for at Du kan faae det Søndag Morgen; det er bedre at have Søndag til Skrivedag. Jeg kommer lige fra Agrarens, en Kaffevisit med ham, Elle og mig. jeg havde Bagværk med der var hyggeligt og roligt, Børnene er til Fødselsdag hos Sybergs; Erik elsker og tilbeder de tre store Drenge der. Nu skulde Elle til sin lille Gerning i [ulæseligt]. – 5 Timer med kun èn fri ind imellem. Johanne og jeg var der i Aftes til et rigtig pænt og morsomt ”Guldhornene” sat i Scene af Palle B. Bagefter gik J. og jeg paa Hotel og drak Kaffe til Kl. 11, vi ser Johanne saa lidt, hun har jo altid travlt, har faaet 4 Elever lige den sidste Tid. Man skulde troe, hun kunde ikke overkomme det, men nogle gaaer jævnt herfra. Elle haaber paa at faa en Kl. i Skolen, Hr Kragh har spurgt om hun vilde prøve, han kan knap overkomme alt det Engelske; han er Inspektør. Paa Torsdag begynder jeg at flytte ind, venter at faa mine 3 Værelser i Orden inden St. Bededag d: 8:de. Men Køkkenregionerne bliver tidligst færdige til Indflytning paa Lørdag, takket være gl. Hinkes Langsomhed I Morgen venter vi Gartneren begynder at grave og planere Haven, vi faar kun Sommerplanter i Aar, og lidt Havesager bare den kan naae at blive lidt pæn til Pinse, saa vi kan holde Indvielse. Du maa da endelig see at komme et lille Svip, lille Putte, boe i vort Gæstekammer, jeg siger ganske sikkert Dede og Minna og Branners kommer, maaske Brønsteds, hvis de er paa Hjemvejen fra Tydskland saa tidligt; Lugge har da slaaet paa det. Du maa dog en Gang imellem see alle Dine egne; tænk hvor Alfred har sin Familie nær. Skal vi ikke foreløbig haabe det bliver af og lade Broderiet ligge saa længe? Nu kan jeg igen taale at sye en Smule, og læse lidt; to smaa Bøger nede paa Glorup Jeg tør knap skrive det, at jeg længe har haft det saa godt. – Mit sidste Brev var Hastværk, fordi jeg skulde til Alhed sammen med Thomsens. De var saa pæne og rare og Claus ligner sin Mor og hendes 17aarige Datter hende igen. Hun er saa nydelig af en godt omtalt lovende Skuespillerinde. Manden er koparret og med Fodring af ”Affäring”.
 W.C – er endnu ikke i Orden hos os selv, hvor Elle har nu har boet ca. 14 Dage, men om 3 Dage skulde Badeværelset være færdigt. Elles Stue er saa henrivende nu med Gardiner og Malerier; Grethes ogsaa, kun en vældig stor [ulæselig], rædsom Liggestol ødelægger det efter min Mening; de har den med fra Amerika. – Caspersens er nu flyttet ind og faaer en dejlig Lejlighed Aaaboulevard Hjørnet af Johannevej Christian og Eline er ogsaa meget glade ved deres paa Christianshavn. Jørgen er jo hjemme, men hans søger en Plads. Thomsen grim, men uhyre tiltalende, og ret intelligent og livlig. De var alle i Teatret om Aftenen og paa Hotel bagefter. Jeg turde ikke, men blev hos Drengene og læste Historie med Lysse, det var jo midt i Examen, han fik ug; i det hele en voldsom pæn Examen, saa han kommer sikkert meget op. Grethe glimrede med en Masse ug-er og bliver No 2 fra No [”No” indsat over linjen] 7. Puf knap saa god. I Onsdags Kl. 11 lige fra sidste Time rejste saa Alhed og Drengene op til Las’ ved Fiil Sø og ventes i Morgen. Chr. og Putte boer imens der mens, Elle og Grethe holder til der baade fortalte, at Ludvig skal til det Kgl. Teater, men i et Brev fra Broder Christian i Gaar stod der intet om det, jeg kan næsten ikke troe det. De vil alle boe paa Båxhult en 3 Uger sidst i Juli [”Juli” overstreget] Juni; har bedt Onkel Lut og Las om de maa. Jeg har ikke hørt om Dine Ferieplaner; I kan maaske ikke nænne at tage fra den festlige By. Skal hele Dit Hold med til den store Opvisning, eller er det kun Eder? smaa udvalgte?? Nu Farvel lille Putte! Kærlige Hilsner til Dig og de smaa fra 
 Bedstemor.</t>
   </si>
   <si>
+    <t>1914-05-08</t>
+  </si>
+  <si>
+    <t>Axel  -
+- Dahlerup, Fru
+Christian  Houmark
+Julius Hviid
+Grethe Jungstedt
+Alhed Larsen
+Christine  Mackie
+Axel Muus
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen fik i 1914 bygget et hus på Strandvejen/i Strandgade, Kerteminde, til Laura Warberg, datteren Ellen/Elle og barnebarnet Grethe. 
+Gården Kejrup ligger nær Kerteminde. 
+Det vides ikke, hvad Laura Warbergs nye pige hed og ej heller, hvem tandlægen var. 
+Dr. Hvidt er formodentlig Dr. Julius Hviid.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2614</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NXeB</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Store Bededag
+Kære Astrid
+Kl. er 8 og jeg er nu ankommen hjem fra Alhed, hvor vi har været til Middag Kl. 1 og bleven længere end jeg havde tænkt. Vi skulde nemlig see Alhed i Stadsen til et fint Bal paa H [”H” overstreget] Kejrup hos Muus; Prins Axel er der, her ligger Baade med ham og en Del Officerer; nogle kom i en Flyvemaskine, saa her har været Røre i den lille By. A. havde faaet sin gule S[i]lke syet om med meget klart, mønstret Tüll, en dejlig Dragt, der klædte hende henrivende. Kun faa af Byens ”Spidser” er med. Vi er alle saa gale paa Muus, at han ikke kunde bede Elle med; Fru Dahlerup dyer sig vist ikke for at sige det til ham – Christine blev fejret i Aftes deroppe; Dr. Hvidt, Houmark, Tandlægen og Elle til Kl. 1, saa hun var forsviret og vilde nu tilbringe denne Aften ganske ene. Hun var glad ved Dit Brev, fik ikke saa mange paa Grund af Helligdagene. Houmark er begejstret for at komme til dem er der ogsaa jævnligt. Han skriver udmærket, jeg har netop i Eftermiddag læst en af hans Bøger, mens Alhed fik en lille Hvil og de andre var ude. 
+– Nu ordner vi mine Stuer, min nye Pige og jeg; i Morgen kommer Chr. og Alhed og hænger Billeder op. Elle har hittet paa at de vil lave sorte Silhouetter til Spisestuen. Chr. har nok [ulæseligt] af dem paa Erikshaab; bare det kunde blive til Pinse, men det er vist et stort Arbejde. Endelig paa Mandag begynder de nok paa Haven. Min Stue bliver køn, men den er altfor stor; den minder saa meget om Erikshaab; men [”men” indsat over linjen] den er bredere og Dørene sidder ikke ens, Kakkelovnen ogsaa anderledes. Ja gid vi kunde faae en morsom Pinse! Elle siger, vi skal gøre Bal! Ja lad gaae, siger jeg! Gid Du kan komme! Spar nu sammen til det og rejs ikke mere end nødvendig forinden. Farvel lille Putte! Dette er gaaet i en Fart, det skal hen inden 9. 
+Kærlig hilsen! Mor.</t>
+  </si>
+  <si>
+    <t>1914-05-17</t>
+  </si>
+  <si>
+    <t>Strandgade</t>
+  </si>
+  <si>
+    <t>Siri Andersson
+Alfred Goldschmidt
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Ellen  Sawyer
+Clara Syberg
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen fik opført et hus på Strandvejen/Strandgade i Kerteminde til Laura Warberg. Der var plads til, at hendes datter og barnebarn også kunne bo der. 
+Det vides ikke, hvem Anne var. 
+Astrid Warberg-Goldschmidt flyttede fra sin mand, Alfred/A., i 1914. 
+Adolph/Agraren og Johanne/Junge Larsens søn var syv år i 1914 og skulle begynde i skole. Familien boede på dette tidspunkt på gården Kærbyhus i Kerteminde. At Johanne/Junge var "to hele Dage paa Landet" handlede om, at hun cyklede rundt til klaverelever.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2610</t>
+  </si>
+  <si>
+    <t>Laura Warberg har sammen med Grethe, Christine, Clara Syberg m.fl. indviet det nye hus. Alt er ikke helt færdigt; haven er noget rod, og stuen er lidt vel stor. Dørene kan ikke låses, og da de en nat hørte nogen udenfor, patruljerer politiet nu på stedet, og Laura har fået en stor vagthund. 
+Alfreds behandling af Astrid er dog for gal.
+Adolph/Agraren og Johanne/Junge Larsen kan ikke sammen med Grethe. Og Alhed Larsen synes, at Johanne skal undervise Erik hjemme., hvilket hun ikke har tid til. 
+Johannes Larsen er kommet hjem efter to en halv måned (ved Fiilsø).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SCEC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Til Astrid Goldschmidt
+St. Pauli Kyrkigatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Strandgade – Søndag
+Kære Astrid!
+Det var da godt det ikke blev Mæslinger, det var jeg bange for. Endelig i Dag kan jeg nogenlunde hvile paa mine Laurbær, for det har været et stort Arbejde for Anne og mig hele den Uge. I Aftes fik vi Gas og i Morges indviede vi Husholdningen med The sammen, ogsaa Clara Syberg – Grethes tre Veninder og Putte. Det var meget festligt for aabne Havedøre i et henrivende Vejr. Det var sent og Folk cyclede forbi og kiggede nysgerrigt ind. Vi boer jo ganske fint med Strandvejen. I Morgen spiser vi første Gang her; en af de første Dage bliver W.C og med [”og” overstreget; ”med” indsat over linjen] Badeværelse – anvendt – i Stand, saa mangler vi endnu Brædt og nogle Lister i Køkkenet, alt flyder endnu der. Haven hviler, ingen viser sig til at saa eller plante!! Men jeg har snart lært Taalmodighed! Her er jo ganske dejligt, min Dagligstue er bare noget for stor, her ser lidt tomt ud, men naar jeg faar den rødbrune Sofa – Dis – og Planter ved det øverste Vindue, saa hjælper det. I Aften kommer Las efter 2 ½ Måned deroppe, et storartet Arbejde har han gjort. Gud veed, om hans største Billede vil gøre Lykke paa ”den baltiske” – sig mig hvad Du synes om det. - .
+I Gaar fik vi herned en smuk middelstor Ulvespids med en vældig pels; Elle hørte nogen herude forrige Nat og sov næsten ikke, de laa hos Alhed den næste og i Nat har jeg ligget her. Politiet blev sat til at patrullere flittigt her forbi om Natten, saa vi er nu ikke bange. Intet var stjaalen, det har vel bare været nogle nysgerrige, takket være Arkitektens Smøleri har vi endnu ikke faaet Laase eller Haandtag til Dørene!! render rundt til dem alle med et løst Haandtag men Dørene kan let aabnes med andet Redskab, naar Nøglen ikke er drejet om, og det havde jeg forsømt den Nat. Det er dog for galt, som A. er mod Dig med Penge. Var det for Dine egne, Du var i Birkerød? Bare Du dog kommer her! Junge vil saa grulig gærne have Dig og det er Synd om det, hun har saa faa Glæder, da hun altid har travlt. Desværre kan Agraren slet ikke med Grete, saa Elle er e_n Smu_le paa Kant med dem ogsaa, kommer der næsten aldrig nu; jeg er saa ked over det, gør hvad jeg kan for Junge, [ulæseligt] Gange haft hende paa Hotel til Kaffe en Aften. Men skriv ikke hertil om det; det nævnes ikke mellem Elle og mig, det bliver vel bedre, nu Grete ikke har noget der at gøre, Men de tre andre har meget at sige paa Junge altid; forleden udtalte Alhed til hende, om hun ikke selv kunde læse med Erik det første Aar!! Naar vi nu veed, at J. er to hele Dage paa Landet, to andre har hun 6 af 7 Timer og de to sidste Dage ogsaa mange Elever!! Det var haarrejsende og det oprørte baade J. og mig; det var forfærdelig Synd af Alhed. Det er dejligt, lille Putte, at Du dog nu har saa mange Venner og Fornøjelser; hvem er Siri?? – 
+Mange Hilsener!
+Bedstemor</t>
+  </si>
+  <si>
+    <t>1914-09-14</t>
+  </si>
+  <si>
+    <t>Carl Petersen, arkitekt</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Emil Hannover
+Peter Hansen
+Kai Nielsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 31</t>
+  </si>
+  <si>
+    <t>Carl Petersen skriver om de vanskelige tider for kunsten, nu da der er krig, og fortæller hvor opmuntret han var ved sit besøg hos Mads Rasmussen, der uanfægtet fortsætter sit arbejde med Faaborg Museum og stadig køber kunst. Det inspirerede ham til at forestille sig en udstilling på Kunstindustrimuseet om museet. I brevet kommer han med en længere redegørelse for sine tanker herom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/b8Cz</t>
+  </si>
+  <si>
+    <t>CARL PETERSEN Aaboulevard 5
+ARKITEKT København
+Telefon: Nora 13 05 x d. 14 Sept. 1914
+Kære Hr Etatsraad M. Rasmussen!
+Da jeg i Lørdags havde været hos Dem for at faa Penge til Haandværkerne ved Museet, tænkte jeg paa, hvor vanskelige Tiderne nu er, og det slog mig da, hvor værdifuldt det er, at en Mand som De er ganske uanfægtet af Situationen.
+Overalt mærker man i denne Tid, at Folk er blevne træge Betalere, selv dem, der ikke behøver at være det. Næsten alle Byggearbejder er strandede, og Luxus som Kunst er der ingen der bruger Penge til. Aviserne er glade, naar de kan konstatere, at det daglige Køb og Salg i Butikerne er lidt bedre end i Krigens første Dage. Samtidig fortæller de om, at i Berlin er der oprettet "Varmestuer" for Kunstnere og Forfattere med gratis Bespisning, og det foreslaas at tænke over, om der ikke ogsaa var Grund til noget lignende her hjemme. Man bliver mismodig ved Tanken om hvorledes det skal gaa, naar Forholdene allerede er saadan nu ved Miserens Begyndelse.
+Men saa var det jo, jeg var ude hos Dem, og dér var det, som om der ingen Krig var. De udbetalte som tidligere, og De talte ikke blot om, at de snart skulle købe Malerier, saaledes som der længe har været Tale om, men ogsaa om snart at købe Billedhuggerarbejder af Kai Nielsen. Jeg blev i straalende Humør, og som det saa gaar, bliver ens Fantasi frugtbar, jeg fik en Ide, som jeg tror er god.
+I Foraaret bestemte den fri Arkitektforening at afholde en Udstilling. Der blev sikret Lokaler i Kunstindustrimuseet nu til Efteraaret. Jeg havde tænkt mig at udstille mine Tegninger til Museet, der vilde blive Udstillingens største og fineste Bygning. Saa kom Krigen og ved et Møde blev det vedtaget at opgive Udstillingen, navnlig fordi Bladene i den først Tid ganske havde ophørt at beskæftige sig med Kunst.
+Saa var det, at det faldt mig ind, at Bladene, saaledes som de nu tager paa Sagerne, maaske netop vilde skrive om dem, der uanfægtet fortrækker Kulturens Værk, ikke alene ved en Udstilling, men ogsaa ved fremdeles at fuldføre et Arbejde som Museet. Jeg forhørte hos Foreningens Formand, om vi havde Lokalerne paa Haanden endnu, hvilket han antog og nærmere vilde spørge Emil Hannover om. Min Tanke er da den, i Kunstindustrimuseet at arrangere en fyldig Udstilling af Forabejderne til Faaborg Museum og derigennem at slaa et Slag for Museet samt i det Hele vise at der er Folk som ikke har tabt Hovedet. Vi kan magelig fylde hele Udstillingen. Det skal være den fri Arkitektforening, som afholder den, og den skal kun omfatte dette ene Arbejde. Men der løber nogle Udgifter paa, som dog ikke bliver umulig store, da vi har Lokalerne gratis. Jeg vil for min Part gøre et stort Tegnearbejde for at faa Sagen godt og smukt fremstillet. Jeg har, foruden Tegningerne, en Gibsmodel af de fine Kapitæler. Men Hovedslaget maa være Møblerne, som maa udlaanes til Udstillingen, samt en Ting til. Vi maa have Gulvene repræsenterede paa Udstillingen. Jeg udfører en samlet Plan over Gulvene, men samtidig maa vi have saa mange Terninger leverede, at vi i Sand kan udlægge to af Køjegulvene. Tommerup Teglværk har vel nok Tid nu til at gøre denne Reklame. 
+Endvidere maa der tages en Række Fotografier fra selv Museumsbygningen, og de maa udstilles i gode Forstørrelser, Billeder, som jo senere kan anvendes til den Bog, der nødvendigvis en Gang maa skrives om Faaborg Museums Historie.
+Udgifterne beløber sig altsaa væsentligst til Transport af Møbler, Gulvtærninger, Lægning af disse, Fotografier samt noget Tilskud til Tegnehjælp, fordi Sagen skal forceres. Udstillingen skal nemlig afholdes i November Maaned, hvis vi skal have den i Kunstindustrimuseet. 
+Men foruden ved Udstillingen af Bygningen kunde der slaas endnu et Slag for Faaborg Museum og alt, hvad der har Forbindelse dermed.
+De vil jo købe Billeder af Johannes Larsen og Peter Hansen i den nærmeste Fremtid. Hvad om de købte dem nu, og vi udstillede dette Aars Indkøb (altsaa ogsaa det af Syberg m.fl.) samtidig med Bygningen. Tænk den 'opsigt og Lykke det vil gøre, at der er Folk, der køber Kunst uanfægtet af Krigen. Det vil blive opfattet som en storartet Gerning udsprunget af et patriotisk Sindelag og et smukt Eksempel til Efterlignelse. Udstillingen vilde samtidig være en smuk og værdig Reklame for Museet.
+Det, der foreløbig er usikkert, er, om vi kan faa Lov til at udstille bildende Kunst i Kunstindustrimuseet, hvilket er imod Emil Hannovers Principper. Men jeg vilde tor at han i disse Tider vil være henrykt over enhver Lejlighed til at støtte Bestræbelser, der gaar i opadgaaende Retning for Kunst.
+Jeg havde først tænkt mig at fremsætte Forslaget, naar Etatsraaden kom her hos mig, for at se paa Prøverne af Vægfarverne, men jeg kunde ikke styre mig for at skrive nu. Det haster jo, saa det vilde være nyttigt, om De havde overvejet Sagen og taget Standpunkt dertil, naar vi næste Gang mødes.
+Med venlig Hilsen fra Deres ærbødige
+Carl Petersen</t>
+  </si>
+  <si>
+    <t>1914-11-10</t>
+  </si>
+  <si>
+    <t>Esther Dahlerup
+Ludvig Dahlerup
+Julius Hviid
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+- Lundgren
+Christine  Mackie
+Ellen  Sawyer
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Ellen og Christine er muligvis Alhed Larsens søstre.
+Huset i Strandgade: Alhed og Johannes Larsen fik 1913-1914 opført et hus i Strandgade, Kerteminde, og de lejede det ud til Alheds mor.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har lagt tulipanløg, og han skal til Dahlerup og spise. 
+Larsen har betalt skat, og den blev høj på grund af huset i Strandgade.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9vRT</t>
+  </si>
+  <si>
+    <t>Kjerteminde 10. Nov. 1914.
+Kæreste Alhed!
+Det gaar godt. Vi var ved at lægge Tulipaner i Eftermdg. men maatte holde op paa Gr. af Regn. Nu er det klart og tørt og saa kan vi vel i Mrg. Jeg skal ned til Dahlerups og spise Gaas sammen med Dr. Hvids. Christine skulde ogsaa have været der men sendte Afbud da hun havde kaldt Lundgren hjem til Mortensaftensmad, og saa kom Gross. og fortalte at hans Kone var i Odense saa de fik ikke varm Mad! men nu hører jeg hun har gjort Udvej for Bøf og ude i Butikken står Ellen og skraaler paa Toddyglas til Fru Mackie. Nu tager jeg et Par D[ulæseligt ord] med Hjem naar jeg er færdig med Brevet. Jeg har betalt Skat paa Kæmnerkontoret i Dag den er nu kommen op paa 83,54 paa Grund af Huset i Strandgade. Mange Hilsner fra os alle 3 og fra Christine og Uglen.
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1915-05-06</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted</t>
+  </si>
+  <si>
+    <t>Mogens Brandstrup
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+- Hagen
+Alhed Larsen
+Andreas Larsen
+Gudrun Larsen
+Henning Larsen
+Johan Larsen
+Johannes Larsen
+Vilhelm Larsen
+Gudmund Larsen 
+Leo Swane
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warberg flyttede 1914 ind i et hus i Strandgade, Kerteminde, og da det var nybygget, skulle der anlæges have. 
+Personen, der skal giftes (svært læseligt navn) er muligvis Mogens Brandstrup.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3769</t>
+  </si>
+  <si>
+    <t>Laura Warberg takker for pakken med diverse til brug i haven. 
+Lille Erik er begyndt at gå i skole hos Frk. Hagen.
+Alhed og Johannes Larsen skal til bryllup i København.
+Leo Swane kommer på besøg og skal bo hos Laura, da hele Vilhelm/Klaks Larsens familie også ankommer og skal overnatte hos Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Yl47</t>
+  </si>
+  <si>
+    <t>Kerteminde d: 6/5 - 15
+Kære Lomme og Bes!
+I skal have tusinde Tak for den dejlige Pakke! Tænk jeg havde netop bedt Puf tage en Plantepind med herned idag, han skulde plante Kant for mig, men de havde ingen; saa I kan troe jeg blev glad, da Eders kom i Formiddags! Nu er Puf i Gang! Alhed skal nok faae nogle af dem. Tremmerne til Blomster og den ene lille Fjæl samt Bækket er ogsaa strax taget i Brug. Jeg rejser i Morgen til Brædstrup. Lille Erik gaaer nu i Skole hos Frøken Hagen; han var saa flink til sin Examen hos mig. Vi har det alle godt. Las's skal til Mums's Bryllup i København d. 22_de_; det bliver fint i Frue Kirke og Middag hos Nimbs. Alhed skal have ny Kjole, saa de kommer ind en Uges Tid før Brylluppet. Skrive-Swane kommer i Dag til dem, men da hele Klaks Familien ogsaa kommer i Dag, saa skal han sove her i vort Pigekammer. Det er forresten Spisestue for Tiden, da alle Møbler fra min Dagligstue er flyttet ind i de to andre Stuer. Nu Farvel I søde, kære Børn! Kan I hilse Eder selv og alle de andre fra
+Bedstemor</t>
+  </si>
+  <si>
     <t>1917-12</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Nora -
 Bodil Bech
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Johanne Christine Larsen
 Marie Larsen
 Christine  Mackie
 Poul Uttenreitter
 Andreas Warberg
 Fritz Warberg
 Minna Warberg
 Erik Warberg Larsen
 Carl Frederik Wolf-Frederiksen
@@ -954,212 +1339,1281 @@
   <si>
     <t>Laura Warberg sender marcipan og fotografier.
 Alhed Larsen har travlt med flytning til de nye lokaler.
 Andreas/Dede Warberg kommer 3. juledag.
 Man skal slagte.
 I julen er der stor soupé hos tandlægens.
 Det er dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu har en god økonomi.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GM1P</t>
   </si>
   <si>
     <t>[Skrevet med blyant øverst s. 1:]
 c 1915
 [Skrevet med blæk:]
 Onsdag Aften
 Kære lille Muk!
 Jeg glæder mig til paa Fredag at høre fra Christine, hvordan I alle har det! Haaber godt! Som Du ser er jeg i god Tid med mine Breve og de faa Pakker, jeg skal afsende. Marcipanen er til Deling mellem Børnene; Billederne kan Du maaske finde en beskeden Plads til; en Gang i Tiden vil de faae mere Verd for Eder end saa længe jeg boer her; jeg har faaet 12 af hvert og anvender dem som Julegaver til Børn og Søskende. Jeg har selv altid været saa glad ved de to Billeder af Hjemmet i Tranekær. Alhed gaaer hver Dag i travl Virksomhed med at flytte ind i alle de nye Lokaler, det ventes at være færdigt paa Fredag Aften. Grethe er oppe i Dag at hjælpe med Bagning og jeg har tilbudt mig Fredag Aften, hvilken Dag Johanne overlader hende Marie fra om Morgenen. Der har været Masser at gøre, men saa bliver Resultatet sikkert ogsaa storartet. I Morgen fælles Slagtning (en Gris) i Kærbyhus; der skal Alheds Nora hjælpe. Jeg venter Dede 3_de_Juledag; Minna har nu to Piger, og de er begge saa flinke og rare. De faaer Besøg de første Helligdage af Frits og Ida. 
 Vi skal alle til en stor Festlighed hos Tandlægens i Julen, Dede med, staaende Soupér, Masser af Mennesker og formodentlig af Mad. Johanne har det godt og Humøret staaer højt. Det er saa dejligt at see de har nu Raad til et og andet ligesom vi andre. Hun har købt sig en Gæstekammerseng og Erik har faaet helt nyt Sæt Tøj. Johanne tager Undervisning i Musik hos Uttenreiters Kæreste, som besøger dem en Gang om Maaneden. 
 Naa, mere bliver det ikke denne Gang lille Muk! uden Masser af Kærlige Hilsener og gode Ønsker for Jul og Nytaar til Eder alle!
 Bedstemor .
 [Skrevet på hovedet på modstående side:]
 Til Lugge.</t>
   </si>
   <si>
+    <t>Forår 1919 eller 1920</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Marie Larsen</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Birkerød
+Odense</t>
+  </si>
+  <si>
+    <t>Anders, havemand -
+Martin -
+Victor Bøttern
+Heinrich Max Bernhard Heineke
+Frida Madsen
+Johannes Madsen
+Laura Warberg
+- Wengberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen købte to svaner i Hamburg i 1915. Svanerne var næsten udryddet i Danmark på den tid, og han ville have fuglene for at tegne dem. 
+"trække den mere hen ad Bøtterns til": Victor Bøttern boede på Hindsholmvej ganske nær ved Møllebakken. Slaggerne skulle formodentlig hældes på jordvejen, som gik forbi de to familiers hus. 
+Alhed og Johannes Larsens drenge var på kostskole i Birkerød.
+Alheds mor boede fra 1915 til leje i et hus, som Larsens havde bygget til hende i Strandgade i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Alhed har sat gråanden og dens ællinger ind til turtelduerne. Svanerne har overfaldet hende. Den ene svane ligger på rede.
+Alhed har talt med Heineke om slagger. Victor Bøttern har betalt 350 kr, og Alheds mor har betalt husleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/own9</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi!
+Graaanden har faaet 7 Ællinger. Vi har sat den ind til Turtelduerne af Skræk for Svanerne og de faar Vand som de nemt kan gaa op af. Men hvis der er noget at bemærke maa Du skrive til Frida eller telegrafere, Telefonen hører de muligvis ikke. Jeg rejser nu om lidt med Marie, hun var her i Gaar, saa jeg har haft vældig travlt med at blive i Orden. Jeg havde nær aldrig faaet Resedafrøet saat, begge Svanerne røg i Hovedet paa mig Gang efter Gang tilsidst maatte Anders og jeg lukke dem ind mens jeg saade. Gartneren har nu hjulpen mig at binde Gummitræet og vi har faaet kalket det hele. – Svanen har ligget meget paa Reden, men der ingen Æg endnu! – Akvarellerne kom saa fra Odense og jeg lader Madsen indramme den ene og sende derover sammen med min Rosenpastel som jeg jo har foræret hende. – Jeg ringede til Heinicke om de Slagger, han lader Martin Vejmand og Sandmanden aftage det, han mente der var c. 10 Læs om Ugen. Jeg satte saa Wengberg ud paa at snakke med ham. Jordarbejdet vilde blive c. 4-500 Kr foruden hvad der b [bogstavet overstreget] vilde løbe paa for Fyld (Slagger og mulig Ler) Han vil snakke med Marius Fragtmand og saa begynde paa det hvis han ikke hørte anden Besked. Han vilde saa trække den mere hen ad Bøtterns til. Slaggerne kunde saa samles oppe i den anden Ende. Det vilde jo tage lang Tid at faa samlet nok saa jeg sagde det var bedst han begyndte. – Jeg ringede til Bøttern at der var kommen Regning fra Birkerød og han rykkede meget villigt ud med de 350 og Mor vilde give mig Huslejen forud, saa det gik jo helt fint. – Sikken dejligt Vejr Du hidtil har haft, skriv nu endelig flittigt til Birkerød. Det meste af dette er skreven i Toget saa lægger jeg det i i Odense. Giv nu endelig strax Besked om Graaællingerne, hvis der er gjort galt. Mange Hilsner fra Din A.
+Mange Hilsner fra mig ogsaa lille Las.
+Marie</t>
+  </si>
+  <si>
+    <t>1919-12-18</t>
+  </si>
+  <si>
+    <t>Strandgade, 5300 Kerteminde</t>
+  </si>
+  <si>
+    <t>- Hartfelt
+Marie Schou
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Toldbevis på dæksbåden Skjold udstedt 18/12 - 1919.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zBvC</t>
+  </si>
+  <si>
+    <t>DET ATTESTERES HERVED I HENHOLD TIL [PARAGRAF] 6 I MIDLERTIDIG LOV AF 4. OKTOBER 1919 OM EN SÆRAFGIFT TIL STATEN AF LYSTFORTØJER OG OM TOLDEN PAA DISSE, AT LYSTFARTØJET 
+Dæksbaad "Skjold"
+AF ......... Kerteminde ........., SOM IFØLGE
+MAALINGSDOKUMENT AF 10 September 1904
+ER MAALT TIL EN BRUTTO-TONNAGE AF 3 88/100 TONS OG ER ANMELDT AT TILHØRE
+1) Billedhugger Hans Peter Syberg af Kerteminde, best. Reder og 
+2) Fru Marie Syberg, København
+ER OPTAGET PAA NÆRVÆRENDE TOLDSTEDS REGISTER OVER LYSTFARTØJER. 
+KJERTEMINDE TOLDKAMMER DEN 18' December 1919.
+Hartfelt.
+NÆRVÆRENDE BEVIS SKAL PAA FORLANGENDE FOREVISES TOLDVÆSENET OG MAA DERFOR PAA REJSER MEDBRINGES OM BORD.</t>
+  </si>
+  <si>
     <t>1920-05-27</t>
   </si>
   <si>
     <t>Faaborg Museum</t>
   </si>
   <si>
     <t>Bodil Bech
 Kaare Klint
 Andreas Larsen
 Albert Naur
 Carl V Petersen
 Marie Schou
 Fritz Syberg
 Poul Uttenreitter</t>
   </si>
   <si>
     <t>Johannes Larsen er i Henne Kirkeby.
 Calles Hus: Carl Petersen tegnede et hus, som Larsen-familien opførte i Strandgade i Kerteminde til Alhed Larsens mor. Frar huset dog lejet ud til andre. Carl Petersen var en af Kaare Klints læremestre.</t>
   </si>
   <si>
     <t>Johan (Lysse) Larsen er rejst om natten. Kaare Klint og Albert Naur er taget til Faaborg. I mandags var de til middag hos Syberg (Baronen) og til kaffe hos Alhed Larsens mor. De var interesseret i Carl petersens hus. Om aftenen drak man whisky med Uttenreitter-parret.
 Svanen ligger på rede uden æg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/jMEe</t>
   </si>
   <si>
     <t>Kæreste Lausi!
 Tak for Brevet i gaar. Lille Lysse rejste i Gaar Nat. Naur var saa elskværdig at køre ham til Nyborg paa sin Naturcykle. Jeg kaldte paa dem Kl. 3 og gav dem Kaffe, inden de kørte. I Gaar Efterm. kørte han og Kaare Klint til Faaborg, i Dag skal [ordet overstreget] skulde de hjem. Mandag Form. gik de en Visit ned hos Baronen, der inviterede dem til at blive til Middag. Baronen var meget flink imod dem. Over Middag gik Lysse og jeg derned, - Marie var der – og hentede dem til Kaffe hos Mor, der [r’et overstreget] var meget interesserede i Calles Hus. Om Aftenen efter The, ringede jeg til Uttes, som kom herover begge to, vi havde faaet en Fl. Whisky. Utte blev selvfølgelig fuld. – I Dag er det overtrukkent, Gud ved om det bliver Regn igen. – Svanen har ligget paa Reden til Morgen, men ingen Æg. – Jeg er kommen sent paa det, Toget kommer nu, saa jeg maa slutte. Mange Hilsner Din
 A.
 Alt vel.</t>
   </si>
   <si>
-    <t>1913-10-07</t>
-[...9 lines deleted...]
-Georg Larsen
+    <t>24. maj. 1921</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Harald Leth</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/j6fUTxlZ</t>
+  </si>
+  <si>
+    <t>25. maj. 1921</t>
+  </si>
+  <si>
+    <t>Christian Andersen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/GM8FzURB</t>
+  </si>
+  <si>
+    <t>28. maj. 1921</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/yle0CtTL</t>
+  </si>
+  <si>
+    <t>30. maj. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ElHTnCNC</t>
+  </si>
+  <si>
+    <t>14. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/scWH782Y</t>
+  </si>
+  <si>
+    <t> 8. jul. 1921</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/mkxMz5lN</t>
+  </si>
+  <si>
+    <t>15. jul. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/hjju64Qb</t>
+  </si>
+  <si>
+    <t>16. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/j2hUVkDF</t>
+  </si>
+  <si>
+    <t>17. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CcimuYHG</t>
+  </si>
+  <si>
+    <t>18. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/nN4PAKUX</t>
+  </si>
+  <si>
+    <t>19. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/sNWbpXhd</t>
+  </si>
+  <si>
+    <t>22. jul. 1921</t>
+  </si>
+  <si>
+    <t>Peter, Vorherre -
+Achton Friis
+Martha Friis
+Alhed Larsen
+Andreas Larsen
 Johan Larsen
-Sophus  Meyer
-[...2 lines deleted...]
-Karl Schou
+Leo Swane</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ypSdLDCw</t>
+  </si>
+  <si>
+    <t>30. jul. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/JZO9tphY</t>
+  </si>
+  <si>
+    <t>31. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ps863ipV</t>
+  </si>
+  <si>
+    <t>19. aug. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/mRGYJww6</t>
+  </si>
+  <si>
+    <t> 1. sep. 1921</t>
+  </si>
+  <si>
+    <t>Alexis Prior</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/2e3r5tyj</t>
+  </si>
+  <si>
+    <t>1921 Rylen efterårstur - udateret oversigt over fugle og øer</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Jeppe Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OB0G3oj0</t>
+  </si>
+  <si>
+    <t>1921-10-27</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>København
+Falkonér Allé 5</t>
+  </si>
+  <si>
+    <t>Lundsgårdsvej, Kerteminde
+Bovense Nyborg
+Sabbesborg
+Camp Hverringe</t>
+  </si>
+  <si>
+    <t>Brormand - 
+Christian Andersen
+- Andreasen, Uraniavej
+Victor Bøttern
+- Granberg
+Th. Krarup
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Eiler Lehn Schiøler
+Elisabeth Mackie
+Carl Nielsen
+Ellen  Sawyer
 Christine Swane
-Laura Warberg</t>
-[...17 lines deleted...]
-    <t>Kjerteminde 7/10 1913.
+- Thomsen, Kerteminde</t>
+  </si>
+  <si>
+    <t>Man krydser Kauslunde Å på vejen mellem Kerteminde og Nyborg. Bøgebjerg Strand er markeret med Camp Hverringe.
+Alhed og Johannes Larsen ejede Svanemøllen, som lå/ligger ved siden af deres villa. En møller drev den for dem. 
+At møllen er i bagvind vil sige, at vinden blæser fra den modsatte side af vindfanget, hvilket i værste fald kan forårsage stor skade på vinger og aksel.(Mølleordbog.dk) 
+Eiler Lehn Schiøler havde fødselsdag 30. oktober. Dagbogen, som også omtales i tidligere breve fra Alhed Larsen til drengene, er Johannes Larsens renskrift af en af dagbøgerne fra sejladserne med skibet Rylen. Larsen gav Schiøler en sådan. Efter hans død blev den købt af et ægtepar, som siden testamenterede den til Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Larsen-breve kasse 1</t>
+  </si>
+  <si>
+    <t>Det har været et voldsomt stormvejr ved Kerteminde. Johan/Lysses pram var drevet væk, men blev fundet igen, badeanstalten var væltet, strandhaverne var oversvømmet, flere høns druknet. Ellen Sawyer (Elle) cyklede til Bovense, og vandet stod ind over vejen. Dele af klinterne er styrtet i havet, og mange snoge og hugorme er druknet. Svanemøllen kom i bagvind, men den blev reddet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wab6</t>
+  </si>
+  <si>
+    <t>Kære, søde Drenge!
+Jeg fortryder, at jeg ikke strax i Mandags skrev til jer om Stormen, saa var det nok bleven en dramatisk Beskrivelse, jeg var saa opstemt og opfyldt af det. Nu er alle Ulykkerne komne og Humøret er knap saa glimrende. Desuden har I jo nu set det meste i Aviserne. Men det var Lysses Pram der [ordet ”der” indsat over linjen] var borte og saa vilde jeg ikke skrive før jeg saa om den kom. Og det gjorde den. Strax om Morgenen gik jeres Far en Razzia, der laa 6 Pramme dreven sammen i en Klump ved Havnemolen men Lysses var ikke derimellem, men Basse og Brormand fandt den jeg ved ikke hvor, har ikke talt med dem. I kan ellers tro det var et mærkværdigt Syn Mandag Morgen. Landskabet helt forandret. Begge Moler under Vand Herrebadeanstalten væltet og nede ved Villaerne stod Vandet helt ind til Landevejen, Strandhaverne fuldstændig skjulte. Folk sad paa Toppen af Hønsehusene og bjergede Høns, men 31 af Slagterens var druknede, en Gris var halvdød men blev kaldt til live. De fleste Badehuse og Bror væk af vores Bro dog kun det yderste Stykke. Elle cyklede til Bovense, ind gennem Skoven, da Lundsgaardvejen var helt under Vand, det stod op til Gaardspladsen, ved Kauslund saa det farligt ud, store Bølger slog ind over Landevejen og styrtede ned paa Marken paa den anden Side, hun maatte flere Steder ind over Marken og gik i til over Knæene. Broen turde hun ikke være gaaet ud paa hvis Kauslundmanden ikke havde staaet der og hjulpen hende. Det indvendige Stykke af Landevejen er hulet ud og skyllet bort af Bølgerne. Gl. Chr. Andersen sov paa Hindsholm Stormnatten. D [”D” overstreget] En Del af Sarpsborg er skyllet bort ligesaa af Bøgebjerg Klint Kilden er borte med Springvand og det hele. Snoge og Hugorme blev forstyrrede i deres Vintersøvn, der laa mange druknede og en Snog sad paa en Gren ud over Vandet og lallede med Tungen. Det var stygt med den Stranding. Den ene stakkels Mand, en Tysker sad 16 Timer i Rigningen og svømmede til sidst i Land, hjulpen det sidste Stykke, da han ikke kunde mere, af Karl Nielsen. Men han syntes ikke det var noget videre, han havde gjort hele Krigen med. – Svanemøllen kom i Bagvind Søndag Efterm., da Vinden pludselig sprang, og Sønnerne var ikke hjemme saa det saa truende ud, da den begyndte at køre rundt, 2 Møller er brændt paa den Maade, men de kom til Stede og fik den standset. Nu ved jeg ikke om der er mere lokalt at fortælle om Stormen, Rylen og hvad der laa i Havnen tog ingen Skade. Her har været en lille sjov Retssag. Gl. Thomsen averterede i Kerteminde Avis, at hvad der kom af Kalkuner og andet Fjerkræ i hans Have, vilde han skyde og henlægge i Strandkanten. En af de første Dage røg en af Onkel Victors Kalkuner. Han meldte det til Politiet men [ordet ”men” overstreget] og forlangte 50 Kr. men lille Krarup kendte for Ret, at han ingen Penge skulde have. Og nu sætter han et lille lavt Staaltraad dernede som Kalkunerne kan skræve over. Fedtsyl. Saa snart Æblekassen kommer, bliver den fyldt og returneret og samtidig sendes Tæpper, Kittel og Støvler. I maa undskylde at det ikke er kommen før, men jeg har haft saa vanvittig meget. Fru Granberg sagde fra til Vadsken saa begge Pigerne maatte til det og jeg tage alt Husværket og meget andet. Jeg sendte Penge i Gaar, lad mig vide om I [det følgende indsat øverst side 1, på tvæs] har faaet dem og hvis ikke Kvittering. Jeres Far sender Dagbogen til Schiøler til jer, I maa se den og saa aflevere den Søndag Formiddag 30te paa Uraniavej. I kan jo godt give den til Andreasen hvis I ikke vil ind. Vi kan ikke sende direkte da det er en Søndag. – Nu kun 1000 Hilsner ogsaa fra Tante Ia og ogsaa til Tante Ugle.
+Jeres Mor.
+Torsdag</t>
+  </si>
+  <si>
+    <t> 6. maj. 1922</t>
+  </si>
+  <si>
+    <t>- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/1Y1aylfk</t>
+  </si>
+  <si>
+    <t>16. maj. 1922</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/sNDCWlyG</t>
+  </si>
+  <si>
+    <t>17. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/gwgJwsq3</t>
+  </si>
+  <si>
+    <t>19. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/uOYOQKzi</t>
+  </si>
+  <si>
+    <t>21. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ft5uWdAb</t>
+  </si>
+  <si>
+    <t>22. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/hMc63H8a</t>
+  </si>
+  <si>
+    <t>23. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/U9cAKmCO</t>
+  </si>
+  <si>
+    <t>24. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/61N6kNkx</t>
+  </si>
+  <si>
+    <t>26. maj. 1922</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Kz3r8JCL</t>
+  </si>
+  <si>
+    <t>27. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/yPpGdduH</t>
+  </si>
+  <si>
+    <t>29. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/6XCCIPMy</t>
+  </si>
+  <si>
+    <t>30. maj. 1922</t>
+  </si>
+  <si>
+    <t>Achton Friis
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/3c7pfpuA</t>
+  </si>
+  <si>
+    <t>31. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/74ud2QUs</t>
+  </si>
+  <si>
+    <t> 2. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xg3d7YmI</t>
+  </si>
+  <si>
+    <t> 3. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/odaqhLOC</t>
+  </si>
+  <si>
+    <t> 8. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ub52HE7t</t>
+  </si>
+  <si>
+    <t> 9. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/X9r0Y0yd</t>
+  </si>
+  <si>
+    <t>12. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/agvEKcQm</t>
+  </si>
+  <si>
+    <t>13. jun. 1922</t>
+  </si>
+  <si>
+    <t>Søren Krage</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/2toT6FxI</t>
+  </si>
+  <si>
+    <t>14. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/qsFEbfc5</t>
+  </si>
+  <si>
+    <t>15. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/oYW9s64c</t>
+  </si>
+  <si>
+    <t>13. maj - 15. juni 1922. </t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.
+Denne sidste del af dagbogen indeholder tegninger fra togtet, og en opsumering af de observerede fugle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FKHil6pt</t>
+  </si>
+  <si>
+    <t>16. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/gtk3gsNP</t>
+  </si>
+  <si>
+    <t>17. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/AXofygyO</t>
+  </si>
+  <si>
+    <t>24. jun. 1922</t>
+  </si>
+  <si>
+    <t>Dankvart Dreyer
+Henning Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/uNd8BOlE</t>
+  </si>
+  <si>
+    <t>27. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Hw8oPQwi</t>
+  </si>
+  <si>
+    <t>28. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/eA0MJ26F</t>
+  </si>
+  <si>
+    <t>29. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/chdZZ3rp</t>
+  </si>
+  <si>
+    <t> 8. sep. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/8NOdIY94</t>
+  </si>
+  <si>
+    <t>24. sep. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/wRFlJE6O</t>
+  </si>
+  <si>
+    <t> 2. okt. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/AP4kFsI0</t>
+  </si>
+  <si>
+    <t> 2. maj. 1923</t>
+  </si>
+  <si>
+    <t>Knud Kyhn</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/PlBEwu63</t>
+  </si>
+  <si>
+    <t> 4. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/mkg3nWI5</t>
+  </si>
+  <si>
+    <t> 5. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/9sJZVvFn</t>
+  </si>
+  <si>
+    <t> 7. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/V9rsTLfw</t>
+  </si>
+  <si>
+    <t> 8. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/MzqbODHZ</t>
+  </si>
+  <si>
+    <t> 9. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FiIZIxLY</t>
+  </si>
+  <si>
+    <t>1923-05-09</t>
+  </si>
+  <si>
+    <t>Omø</t>
+  </si>
+  <si>
+    <t>Omø, Skælskør
+Drejø, Tåsinge
+Lyø
+Agersø, Skælskør
+Romsø
+Lolland
+Sprogø
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Ernst Josephson
+Knud Kyhn
+Andreas Larsen
+Johan Larsen
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>JL og Achton Friis er i foråret 1923 på sejlads med Rylen til de vest- og nordsjællandske øer for at forberede bogværket De Danskes Øer.
+Rylen - en Kerteminde fiskerbåd - er i 1921-24 ekspeditionsskib for JL og AF og sejler i dag som museumsskib for Kerteminde Museum. 
+Omø er omtalt i Achton Friis: De Danskes Øer bd. 3 s 34. Gyldendal, 1928.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har fået et bestillingsarbejde, men JL er bekymret for, om hun har kræfterne til dette. Rylen er kommet til Omø, og JL glæder sig over det rige fugleliv på øen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LJ0I</t>
+  </si>
+  <si>
+    <t>Omø 9 Maj. 1923
 Kæreste Alhed!
-Jeg synes det er forfærdeligt længe siden Du rejste. I Søndags efter Middag kom den Gross. Ejersen med Frue, Du ved ham der købte Skeænderne, han vilde gerne have et Billede med Gæs som det lille jeg havde paa den fri Udstilling, jeg lovede at sende ham et ved Lejlighed og fik hans Adr. De saa paa vores Billeder Huset og Haven. I Gaar var her 4 Byraadsmøder i Anledning af det nye Hus. De vilde have det rykket 1 ½ Al. tilbage fra Gaden saa der kunde blive Fortov. Jeg var kaldt der ned om Frmdg. og fik saa Besked om at møde til det sidste Byraadsmøde Kl. 2 sammen med Meyer der skulde møde med et Regnskab over hvad der var gaaet tabt i Arbejdsløn og Materialer og jeg skulde forlange hvad jeg vilde have. De truede med at expropriere. Meyer og jeg mødte saa i Byraadssalen, M Regning var paa 150 Kr. og jeg forlangte 500 Kr. bl.a. ogsaa for Guldregnen og Pæretræet, saa blev vi smidt ud til de havde taget Standpunkt. Da vi kom ind igjen havde de frafaldet Expropriation og var lurvede nok til at byde 400 i Alt. Jeg udbad mig Betænkning Til om Aft. og gik saa ind paa det. Resultatet er dog at Huset bliver 250 kr. billigere og saa faar vi Fortov i Stedet for en Rendesten lige op ad Huset. Fyrmesteren fra Sprogø havde meldt sig til at komme med 2 Toget og jeg fik saa Christian til at hente dem mens jeg var i Byraadet. De blev til Kl. 9 og din Moder og Christian spiste til Aften og var her til de rejste, jeg tror det var meget vellykket med det havde jo nok været bedre om Du havde været hjemme. I Dag har Christine og jeg spist Haresteg hos Gross. Faster Thrine Er hjemme nu og der fik de stegte røgede Sild og stuvede Kartofler. Jeg har i Dag begyndt at male paa det store Billede med Lysse. Sig til Schou at jeg er ked af at jeg ikke har faaet svaret ham, men det har du vel gjort. Jeg har talt i Telefon med Peter og meddelt ham om Klejs. Her har været saa meget at det bogstaveligt talt ikke har været mig muligt at faa skrevet et Ord før. Vi er bedt til Middag paa trykt Kort til Overrettens d. 16. Jeg sidder ved Kaffen hos Gross. Kl. 2 kommer Landinspektøren og maaler de 1 ½ Al fra. Jeg er meget nysgerrig efter at vide naar Du kommer, bare det er snart. Hils Schou og Marie. Jeg syntes der var en hel Del mere, men kan ikke huske det i Øjeblikket. Tegninger og Regnskab fra Calle er kommet. Mange Hilsner og Kys Din JL</t>
-[...32 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/pxQF</t>
+Tak for Brevet som jeg fik i Dag. Det var dejligt at høre fra Dig og det var vel godt at Du fik det Arbejde, altsaa for Pengenes og for den Tilfredsstillelse det er Dig at kunde tjene dem, bare det nu ikke maa tage for meget paa Dig. Desværre kan jeg jo ikke give Dig en Haandsrækning naar jeg kommer hjem, du [og] jeg jo maa have fuld Kraft paa for at faa lavet saa meget som muligt til Udstillingen. Vi har haft en rar Tur hidtil og jeg har faaet lavet 19 Tegninger deraf 8 her, hvortil vi kom i Forgaars. Det er den bedste Ø vi har været paa i Aar og den kan omtrent staa paa Siden af Drejø og Lyø, men her er et meget rigere Fugleliv, nogle store Moser med Skeænder Spidsænder Allinger og Graaænder og Blishøns og Lappedykkere Viber og Brushøns og Rødben og Strandskader. Kyhn der kom om Bord sammen med Friis rejser i Dag, han har været hyggelig at have med. Vi sejler vist til Agersø i Morgen. En Del af Øen her er meget høj, i Gaar da det var klart kunde vi fra det højeste Sted se Lolland og Romsø paa en Gang. Der er samme Afstand herfra til Sprogø som fra Sprogø til Kjerteminde. Efter Dit Brev rejser Du jo hjem i dag, saa faar Du vel dette i Morgen. Du saa vel Josephsons Udstilling? Hils Puf og Lysse og de andre. Mange kærlige Hilsner til Dig selv fra
+Din hengivne 
+Johannes Larsen.
+Hilsen fra Friis og Petersen</t>
+  </si>
+  <si>
+    <t>10. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/go4AUczi</t>
+  </si>
+  <si>
+    <t>11. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/IhyuWxq8</t>
+  </si>
+  <si>
+    <t>12. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/TwDxraIy</t>
+  </si>
+  <si>
+    <t>13. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/8x0S9i3M</t>
+  </si>
+  <si>
+    <t>15. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/J9i23J4P</t>
+  </si>
+  <si>
+    <t>18. maj. 1923</t>
+  </si>
+  <si>
+    <t>Herman Heilbuth</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OBubtSCI</t>
+  </si>
+  <si>
+    <t>20. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/aBsVe7OZ</t>
+  </si>
+  <si>
+    <t>22. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Gq3Qpx1e</t>
+  </si>
+  <si>
+    <t>26. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/8Hm1SjBc</t>
+  </si>
+  <si>
+    <t>27. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/IUcuS1ie</t>
+  </si>
+  <si>
+    <t>29. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CRiCiXSF</t>
+  </si>
+  <si>
+    <t>30. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/shwlgOFy</t>
+  </si>
+  <si>
+    <t> 1. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/lZyxnYPl</t>
+  </si>
+  <si>
+    <t> 2. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/4G53wVLj</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/71OaE2Pq</t>
+  </si>
+  <si>
+    <t> 5. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/teThVn3n</t>
+  </si>
+  <si>
+    <t> 6. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/aNMSO31y</t>
+  </si>
+  <si>
+    <t> 7. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xcIEK44h</t>
+  </si>
+  <si>
+    <t> 8. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/jtFmorwP</t>
+  </si>
+  <si>
+    <t>10. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/1MaTL2w7</t>
+  </si>
+  <si>
+    <t>13. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/UYgf1IWp</t>
+  </si>
+  <si>
+    <t>14. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/lymun1vs</t>
+  </si>
+  <si>
+    <t>16. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/RGBE596E</t>
+  </si>
+  <si>
+    <t>18. jun. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/fydly3mL</t>
+  </si>
+  <si>
+    <t>17. jun. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er særligt en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til Limfjorden.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne
+Rejsen beskrevet i denne dagbog foretages i perioden fra 17. juni til 24. juli 1924
+. . . .
+Bemærk at denne dagbogs første og sidste sider indeholder et samlet overblik over iagttagede fugle, med datidens latinske og danske artsbestemmelser.
+De gamle artsbestemmelser er alle kommenteret med nutidige danske og latinske betegnelser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/A622cSGK</t>
+  </si>
+  <si>
+    <t>19. jun. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til Limfjorden.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/3epsPqXo</t>
+  </si>
+  <si>
+    <t>21. jun. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/2m0jOOTw</t>
+  </si>
+  <si>
+    <t>24. jun. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/kzeNagm3</t>
+  </si>
+  <si>
+    <t>25. jun. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/2tmzZbQ0</t>
+  </si>
+  <si>
+    <t>26. jun. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/oav6JsZb</t>
+  </si>
+  <si>
+    <t>29. jun. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/hTDd4Hvh</t>
+  </si>
+  <si>
+    <t>30. jun. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/jTsYLs8D</t>
+  </si>
+  <si>
+    <t> 3. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/D4T49e9t</t>
+  </si>
+  <si>
+    <t> 4. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/59zsGGWk</t>
+  </si>
+  <si>
+    <t> 6. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/mjLR77qg</t>
+  </si>
+  <si>
+    <t> 7. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/g2viVDEG</t>
+  </si>
+  <si>
+    <t> 8. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/H9iEauF9</t>
+  </si>
+  <si>
+    <t> 9. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OUPz5qzc</t>
+  </si>
+  <si>
+    <t>12. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/wBZqLrfY</t>
+  </si>
+  <si>
+    <t>13. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Gf5mwqGr</t>
+  </si>
+  <si>
+    <t>14. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/fR8EXZtg</t>
+  </si>
+  <si>
+    <t>15. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/1RfgMKEY</t>
+  </si>
+  <si>
+    <t>16. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/joeE40wD</t>
+  </si>
+  <si>
+    <t>17. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/zgu5go8Q</t>
+  </si>
+  <si>
+    <t>19. jul. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til Limfjorden.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/cYLt9V6n</t>
+  </si>
+  <si>
+    <t>21. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/zL57Fkpi</t>
+  </si>
+  <si>
+    <t>22. jul. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til Limfjorden.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne
+Bemærk at listen over de gamle latinske artsbetegnelser over fugle fortsættes i denne del af dagbogen (af kopieringshensyn er notaterne medtaget)
+Særligt de sidste sider af dagbogen har tegninger fra udvalgte steder</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/r5GKNbIq</t>
+  </si>
+  <si>
+    <t>31. jul. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til øerne i Kattegat.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/3Z5o835V</t>
+  </si>
+  <si>
+    <t> 2. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/8mcUJKL8</t>
+  </si>
+  <si>
+    <t> 4. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/qvTz6ZyO</t>
+  </si>
+  <si>
+    <t> 9. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/qCJp7IkF</t>
+  </si>
+  <si>
+    <t>16. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/tKAKXG91</t>
+  </si>
+  <si>
+    <t>20. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/fsG2myq7</t>
+  </si>
+  <si>
+    <t>21. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/tmpkPwtQ</t>
+  </si>
+  <si>
+    <t>24. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/u6YIzd8g</t>
+  </si>
+  <si>
+    <t>27. sep. 1925</t>
+  </si>
+  <si>
+    <t>- Estrup
+Christen Hauge
+Dan la Cour
+Eiler Lehn Schiøler
+- Malchau Møller
+John Møller
+Hans Nielsen
+Finn Salomonsen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/UIMwH8M9</t>
+  </si>
+  <si>
+    <t>1927-02-22</t>
+  </si>
+  <si>
+    <t>Esben Hansen
+- Hegel
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen fik bygget et hus i Strandgade 64 til Alheds mor. Huset blev bygget i 1914, og de første fire år boede Alheds mor i det, men hun måtte flytte, da familien havde brug for lejeindtægt.</t>
+  </si>
+  <si>
+    <t>JL er bevilget et lån på 8000 kr. Han og Alhed udlejer et hus i Strandgade i Kerteminde. Arbejdet med træsnittene går planmæssigt fremad og nærmer sig afslutningen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WvKa</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22/2 1927
+Kæreste Alhed!
+I Dag kom der et Dokument fra Hegel at de nok vilde laane 8000 Kr og at de havde meddelt dette til Direktør Esben Hansen i Discontokassen. Det er nu underskrevet og sendt og saa sender de Pengene til Odense. I Gaar underskrev jeg Lejekontrakt paa Huset i Strandgade. I Dag har jeg snittet igen og taget 2 Prøvetryk. Jeg vil pille lidt ved Stokkene i Mrg og saa begynder jeg paa Svanerne. Puf er nu omtrent færdig med at trykke. Lysse har endnu ikke sendt Sagaerne. Mange kærlige Hilsner
+Din
+JL</t>
+  </si>
+  <si>
+    <t>29. maj. 1927</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Beskrivelse af en dags tur til Bågø i Lillebælt. Med observationsfortegnelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/11FIskzM</t>
+  </si>
+  <si>
+    <t>11. jun. 1927</t>
+  </si>
+  <si>
+    <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
+Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5. september 1927.
+Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
+Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CaEjJSLY</t>
+  </si>
+  <si>
+    <t>16. jun. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/dqisTYLi</t>
+  </si>
+  <si>
+    <t>17. jun. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/oZjYH6Eh</t>
+  </si>
+  <si>
+    <t> 3. jul. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/7IYzq9qL</t>
+  </si>
+  <si>
+    <t> 5. jul. 1927</t>
+  </si>
+  <si>
+    <t>Ragnar Ásgeirsson</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/1xkcfKvk</t>
+  </si>
+  <si>
+    <t> 6. jul. 1927</t>
+  </si>
+  <si>
+    <t>Ragnar Ásgeirsson
+Peter Kaalund</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Rxz2IC2h</t>
+  </si>
+  <si>
+    <t> 7. jul. 1927</t>
+  </si>
+  <si>
+    <t>Ragnar Ásgeirsson
+Guðbjörg  Þorleifsdóttir</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/7UegCBEC</t>
+  </si>
+  <si>
+    <t> 8. jul. 1927</t>
+  </si>
+  <si>
+    <t>Ragnar Ásgeirsson
+Múlakot Sommerhotel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Yuas8Tzi</t>
+  </si>
+  <si>
+    <t> 9. jul. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FnJs9Yal</t>
+  </si>
+  <si>
+    <t>13. jul. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/waggHZp0</t>
+  </si>
+  <si>
+    <t>16. jul. 1927</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/XYy1v1rg</t>
+  </si>
+  <si>
+    <t>20. jul. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/XTDInlTi</t>
+  </si>
+  <si>
+    <t>21. jul. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/yr1E8YL8</t>
+  </si>
+  <si>
+    <t>24. aug. 1927</t>
+  </si>
+  <si>
+    <t>Leo Swane
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
+Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5.september 1927.
+Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
+Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/i1tKhB8V</t>
+  </si>
+  <si>
+    <t>1937-03-18</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Jens Larsen
+Jeppe Andreas Larsen
+Martin Larsen
+Peter Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var formand for det nystiftede Kerteminde Museum fra 1937. Det indeholdt både en kulturhistorisk samling og en kunstafdeling. Sidstnævnte blev siden til Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for møgsprederne.
+Der er fugle i haven
+Larsen har fået kørekort og tager ud på ture på landet for at indsamle ting til museet. Han beder om at få tilsendt to fotografier fra havnen til ophængning i det rekonstruerede kontor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nJp0</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Marts 1937.
+Kære Lysse!
+Tak for Brevet og til Lykke med Møgsprederne! Dem har jeg længe savnet, men desværre ikke haft Raad til at anskaffe, men nu er jo det Savn afhjulpet. I.A. Larsen er ogsaa holdt op med at kravle. Vi har ogs ["ogs" overstreget] her haft meget surt Vejr, afvekslende Sne og Kulde og Slud, men i Dag har vi 9⁰ Varme, Droslen sang i Gaar Mrgs og Bogfinken og i Dag hørte jeg en Flok Strandskader. Jeg erhvervede mig forleden et Kørekort. Vi har været paa nogle morsomme Ture omkring paa Landet for at samle ind til Museet og har faaet en Del gode Ting og meget godt gammelt [ulæseligt]ist og her især i Fraugde Kærby. Kan Du ikke sende mig de 2 Fotografier fra Havnen med Skibene, jeg har paataget mig at møblere en lille Stue med Kontorinventar og Billeder fra Fader og M. F. Larsens Kontor og kan maaske anvende dem der. Men det skulde helst være saa snart som muligt. Nu faar I ikke mere denne Gang for jeg skal skrive et Brev til og Kl. er mange. Mange Hilsner til Jer alle 4
+Din Far.</t>
+  </si>
+  <si>
+    <t>1944-12-15</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Birgitte Bøttern
+Ellen Bøttern
+Eric Bøttern
+Jørgen Bøttern
+Margaretha Bøttern
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Skibet Karla Jørgensen af Kerteminde, bygget 1929 af eg sank 15. dec. 1944 i Kerteminde Havn efter eksplosion. Der blev afholdt søforklaring i Kerteminde d. 21. dec. 1944. Kl. ca. 000 blev besætningen, der opholdt sig i lukafet, beordret i land af revolverbevæbnede mænd. Kl. ca. 130 hørtes en voldsom eksplosion fra K.J., der hurtigt sank. Skibet er senere blevet hævet. 
+Karla Marie af Kerteminde, bygget 1885 af eg og fyr. Sunket efter eksplosion d. 15. dec. 1944 i Kerteminde Havn. Søforklaring i Kerteminde 21. dec. 44. Kl. ca. 330 hørtes en voldsom eksplosion fra K.M., der laa langs kajen uden besætning om bord. Skibet sank i løbet af kort tid og blev senere hævet. 
+Solglimt af Kerteminde, bygget 1930 af bøg og eg sank 15. dec. 1944 efter eksplosion i Kerteminde Havn. Søforklaring i Kerteminde 21. dec. 1944. Kl. ca. 100 hørtes en voldsom eksplosion fra Solglimt, der laa ved kajen uden besætning om bord. Skibet sank i løbet af kort tid og er senere blevet hævet.
+Ministeriet antog, at alle tre forlis skyldtes sabotage.
+(Dansk Søulykke-Statistik, 1944, Ministeriet for Handel, Industri og Søfart, maj 1944). 
+Det har ikke været muligt at finde materiale om den sunkne galease eller om de bombede fiskebiler. 
+En kvase er et ikke-fiskende skib med en dam til transport af levende fisk. Man transporterede ål, torsk, fladfisk og hummere på den måde (Wikipedia april 2024).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Eric Bøttern er død af en blodprop. Den unge enke sidder tilbage med en stor forretning og to børn. Larsen har været til bisættelse og sørgekomsammen. 
+Samme nat hørte Johannes Larsen eksplosioner. Fiskebilerne og kvaserne i havnen er blevet bombet.
+Larsen skal til en sammenkomst med Fiilsø-jægerne. Det tyske hovedkvarter har givet ham afslag på at beholde sine skydevåben.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Dh15</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Fru Astrid Goldschmidt
-[...3 lines deleted...]
-[På kuvertens bagside: Poststempel]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
 [I brevet:]
-Fredag
-[...47 lines deleted...]
-Marie</t>
+Kjerteminde 15 Dec. 1944.
+Kære Grevinde!
+Det var en Skandale at jeg glemte d. 14. Men jeg har nu slet ikke tænkt paa Datoer i den sidste Tid. Vor Nabo den unge Købmand Bøttern døde forleden. Vi anede ikke at han var syg, jeg havde talt med ham et Par Dage før. Han havde haft ondt i Armen et Par Dage, blev kørt til Odense Sygehus om Aftnen Kl. 10 og Kl. 2 var han død af en Blodprop. Nu sidder hans Enke alene med 2 Børn og en stor Forretning uden andre Paarørende end en Søster til Manden der kom over fra Kjøbenhavn. Vi var til Bisættelse i Odense i Gaar, i Bil i saa tæt Taage at vi ikke kunde se længere end til Enden af Køleren og var flere Gange ved at ramle sammen med modgaaende Lastbiler. Da Du ringede op sad jeg i Sørgehuset efter Middagen med Vin og Taler og Taarer, ved Kaffen og der blev snakket saa jeg ikke kunde høre ret meget af hvad Du sagde, og jeg kunde jo heller ikke godt sige noget. Da vi ved Tolvtiden var hjemme og i Seng, begyndte Bomberne at brage, jeg hørte 5 inden jeg faldt i Søvn, der var 8 i alt. Og til Morgen hører vi at alle Fiskebilerne er sprængt, og Kvaserne i Havnen sænket. Der strandede ogsaa i Aftes en Galease syd for Havnen. Jeg skal til en Sammenkomst med Fiilsø Jægerne i Kværndrup og rejser Kl. 10,35 og kommer hjem i Morgen. I Gaar fik jeg et Brev ufrankeret med 40 Øre Strafporto. Det var fra det tyske Hovedkvarter og meddelte at min Ansøgning om at beholde mine Skydevaaben ikke kunde bevilges og at de skulde afleveres straks. Det gaar godt med Hunden og bliver mere og mere glad ved den. Nu faar Du ikke mere da jeg maa skrive et Par Ord til Lysse, vi har glemt at faa Julebrev af Sted i rette Tid, saa det naar ikke der op inden Jul. Mange Hilsner
+Din hengivne
+Johannes Larsen. 
+[Skrevet på hovedet øverst side 2:]
+P.S. under alt dette har vi vadet rundt i Kalk og Papir mellem Smede Elektrikere Tømrere og Murere, men nu har vi faaet Varme i Rørene og kan se Ende paa det. JL.</t>
   </si>
   <si>
     <t>1947-12-20</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>Edel -
 Ena -
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Adolph Larsen
 Andreas Larsen
 Henning Larsen
 Johannes Larsen
 Marie Larsen
 Peter Andreas Larsen
 Gudmund Larsen 
 Else Larsen, Else, Andreas Larsens kone
 Pernille Marryat
 Ib Marryat Johansen
@@ -1213,106 +2667,105 @@
 [I brevet:]
 [Indsat julemærke med teksten: ”Jul 1947 Danmark”.
 Lindøgaard 20-11-1947.
 Kære lille Dis!
 Her har du mig saa igen til det rigtige Julebrev; nu er det Aften jeg har ikke travlt med noget og her er Fred og Stilhed. Peter er taget til Odense, Edel og det lille Snakkehoved til Ena gaar til Munkebo om et Øjeblik; naar Ena er her i Stuen er hun meget stilfærdig, siger ikke ret meget, men naar hun er her i Køkkenet hos Edel gaar den lille Knevver uafbrudt – bogstavelig talt; jeg har sagt til Edel, at det var næsten uudholdeligt at høre paa, her er jo saa lydt, men hun bremser hende aldrig. Hvor findes der er Paradis uden Slangen? 
 Jeg er saa mærkværdig fremmelig med al Ting i Aar, det skyldes naturligvis den gode Hjælp fra Edel jeg kan godt sidde og smaadrive lidt uden at det gør noget og til de sidste Dage, Mandag og Tirsdag er der ikke meget at gøre. Vi har ellers i Aar bagt Smaakager for Grete, hun har Besvær nok med alt sit, naar hun har de to Børn at passe med al den Vask; de Børn skinner ogsaa altid af Renhed. Vi har bagt Vanillekranse, Jødekager, Kakaokager og brune Kager og 12 Lagkagebunde til hende; vi selv skulde have 6 Bunde, saa Edel bagte i Formiddags 18 Bunde, og da der kun kan staa een Kageform ad Gangen i Ovnen [”i Ovnen” indsat over linjen], kan du forstaa, at det var et helt anseligt Job. De skal have Barnedaab dernede i Morgen; Bibbe skal bære den lille henrivende Dreng og Lauritz skal staa Fadder; jeg tager ikke med i Kirke, maa være lidt forsigtig til Julen, men haaber, at Lauritz vil køre herom ad og tage mig med derned eft. Gudstjenesten jeg er ikke begyndt at gaa ud endnu. Det skal kun være Kaffebord, det er saa fornuftigt af dem at de ikke laver stor Spisning. 
 Hvor det dog er vidunderligt, lille Dis, at du har faaet din Arbejdslyst og –evne tilbage igen, for det er jo Tegn paa, at Fysikken er kommen i Orden igen; hvem kender ikke den rædsomme Ugidelighed naar man har været fysisk nedbrudt; mon ikke Åndens Grundlag er Fysikken – ja naturligvis kun til en vis Grad. Det er dog sjovt, at du paa dine gamle - jeg mener ældre – Dage er bleven bildende Kunstner, det er forbløffende med dine to Børnebøger. Og Tillykke med Kakkelovnen; det var sikkert haardt tiltrængt og skal nok hjælpe Axel godt. Og Stolen – ja man kan jo ikke faa både i Pose og i Sæk, og den Stol, han fik af Charles, der der staar ved Siden af Skrivebordet, er da egentlig behagelig at sidde i, jeg nød den da den Sommer, jeg var hos Jer; dette med at der ikke bruges nævne-
 2.
 værdig mere Brændsel paa denne Maade, skal nok passe; det foreholdt jeg til Fru Thorsen, naar hun, da de boede i Kærbyhus, kun fyrede i den ene Kakkelovn, som saa skulde opvarme Nabostuen; jeg sagde altid, der bruges ikke mere Brændsel, og Varmen bliver meget behageligere. Du ved ikke, lille Dis, hvor det glæder mig, og hvor jeg tager Del i din Glæde over, at Axel bedres, det er rigtignok vidunderligt, og hvor mærkeligt, at Axel har den Bankvirksomhed i Udsigt; jeg har ogsaa hele Tiden sagt – eller skrevet – at der ganske sikkert kunde blive Arbejde ved et eller andet, naar han holdt op med Frihavnen.
 Du skriver som Efterskrift i dit Brev: ”Hvor pragtfuldt, at Lauritz vil hente os i Nyborg, og at vi skal hjem til dem først,” jeg ved ikke rigtig, hvad du mener med det; naar du og jeg kommer til Nyborg er vi jo, hvor vi skal være; jeg skrev vist blot at Lauritz (en af de Dage, vi er i Nyborg) vil komme ud efter os saa vi kan besøge dem i Bovense. Stedet er, efter Lauritz’ Raad funden, det ligger ved Stranden lige ved Skoven. Men lad os nu først se, om det bliver til noget, der er jo længe til. 
 Forleden dag fik vi Besøg af en ung, meget tiltalende Maler fra Odense, Georg Poulsen, han bad om at laane nogle af vore Las-Billeder X; X til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12. [X ”til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12.” indsat over linjen]; han fik 4; bl.a. de smaa Fuglebilleder som Las malede til Agraren, da han kun var 14-16 Aar; jeg havde ladet dem indramme, det ene oven paa det andet [Tegning] – saadan; 2 Fuglekonger og en Rødirisk; det er det allerførste i Kataloget, som er ordnet efter Aarstal; dette fra 1881 – dog med Spørgsmaalstegn, for jeg mener at vide, at han var 16 Aar, da han lavede dem. Manse fik Indbydelse til Udstillingens Aabning i Dag; han og Peter var derude og de havde moret sig godt, Las Puf og Else var der Las havde været saa levende og gaaet og virket – regeret, tror jeg, Manse sagde! Tænk, at han tager ind til Magisterens Begravelse, gid vi dog maa faa lidt mildt Vejr, jeg synes, det er lidt letsindigt – paa denne Aarstid, de vilde se at komme hjem samme Dag. Jeg haaber, at Manse vil tage derover ogsaa, men ved det ikke bestemt.
 Agraren, Manse og jeg er bedt til Middagen paa Lases Fødselsdag i Dag om 8 Dage; Manse er bleven udvalgt, fordi han og Las er saa særlig gode venner, der er altid en umaadelig Mængde Snak imellem dem, naar de er sammen, ellers hverken Tinge, Bibbe, Henning, Bror og Lasse Sw. det vilde jo være at gribe for vidt om sig, da jo
 3.
 deres respektive Mænd og Koner saa ogsaa skulde med. Jeg baade glæder mig og ikke glæder mig. Man er ikke rigtig i Humør til en stor Fest, naar man er saa opfyldt af Sorg over lille Lugge – havde det bare været et Par Maaneder senere. Vi skal spise i Værkstedet, hvad vi ogsaa gjorde, da de lavede Fest for Rie, da hun fyldte 70; skønt det var d. 5te Juni, frøs jeg saa det stod efter, fordi jeg sad lige ved Døren, der gik ustandselig, naar de opvartende skulde ud og ind; det havde jeg - lidt bekymret - fortalt Manse, og tænk i Dag sagde han til Puf, hvem han jo traf i Odense, om de ikke vilde sætte mig, saa jeg ikke fik Træk fra Døren. Ved du, hvad jeg skal iføres ved Selskabet: den brune uldne Kjole, som du sendte mig i Fjor. Mon jeg dog har fortalt dig, at den er bleven saa smuk? der er en Begejstring over hele Linien de Par Gange, jeg har haft den paa den har den lille Syerske oppe fra Strandgyden rigtignok haft Held med. Jeg har nok en sort Silkekjole, men dels er den gammeldags og dels tør jeg ikke tage saa tynd en Kjole paa; du synes vist, jeg er blev svært omsorgsfuld med mit Helbred, men Gang paa Gang har jeg i dette Efteraar haft Lungebetændelsefornemmelser, ondt i Bryst og Ryg med Stik og hvad der hører til, som da jeg virkelig fik Lungeb. for et Par Aar siden, saa jeg synes, det er kun min forbandede Pligt at passe lidt paa. Fejlen er sikkert min egen, idet jeg har forsømt at hærde mig lidt ved at gaa Ture hver Dag, men det er nu ikke altid saa nemt. 
 Mon jeg har fortalt dig, at vi er flyttet ned i Spisestuen for i Vinter; Stuen var ikke til at varme op med Tørv; det bliver et stort Savn i Julen, men det maa ta’s: Havestuen er lettere at fyre op for et Par enkelte Dage, der skulde alligevel Ild for Maries Skyld – altsaa lidt Varme ind i Gæstekamret, der hvor du laa. Vi tager saa Juletræet i Havestuen og nøjes med det, som det kan blive. Nu kan jeg ikke mere i Aften, maaske kan jeg skrive lidt mere i morgen el. paa Mandag, saa kan jeg fortælle lidt om Barnedaaben.
 Søndag Aften Saa kommer vi til Afslutningen! Klokken blev lidt mange, Aftenen er gaaet med et pudsigt Job: Edel havde købt en Dukke (14 Kr!) fra Agr. og mig til Lise, og Edel havde som sin Andel i Gaven strikket Drengetøj til den, Bukser med Seler over Strikkeblusen, vældig smart, men da vi manglede en Æske til at lægge ham i, fik jeg den Ide at lave en Slags Vugge, formet som et gammeldags Dejgtru [Tegning] af Pap; Endestykkerne ogsaa af Pap
 4.
 syede Edel paa, men jeg holdt paa den; saa klistrede vi den over med et blomstrende Juleindpakningspapir, og den blev noget saa elegant, han ligger helt som i en Moses-Kurv. Men Tid tog det min Sandten. Vi tænker, at Lise bliver salig. 
 Barnedaaben gik saa godt; de var lidt møre af Kirkegangen, for vores lille, der blev døbt Erik Warberg Larsen, og saa et andet lille Barn, havde begge brølet af deres små Lungers fulde Kraft – hele Tiden! Præsten havde været kendelig enerveret. Lauritz og Bibbe kørte saa ned med Drengen og Else, som havde ”taget Huen af” og kom saa op efter os. Da vi kom derned laa Lillebror stadig og brølede; jeg fik ham op og vissede ham, det hjalp lidt, men stadig kom der smaa Hulk – nej den Kirkefærd havde været for meget for Lillebrors spæde Nerver. Saa kom Tinge og Grete, og der faldt Ro over os ved et festligt Kaffebord med 2 Lagkager Wienerbrød, Sandkage og alle mine Smaakager. De havde en Flaske Vin, som vi nød og drak Skaaler i; Agraren og jeg havde 50 Cerutter med til dem i Daabsgave, vi giver jo ikke hinanden Julegaver i Aar, derfor kaldte vi det Daabsgave, af mig fik han desuden en Sparekassebog med 10 Kr. Det er saa morsomt at se, saa glad Bibbe er ved Lauritz, men jeg tror nok, hun er lidt overvældet af Arbejdet, fordi der er saa meget Selskabelighed; hun kan saa daarlig døje al den Selskabelighed. De bliver en Mængde Juleaften, hele Personalet fra Dalsgaard, du ved, hans første Kones Fødegaard, som Lauritz stadig ejer sammen med Svigerinden og hendes Mand; den skal for Resten sælges nu. – Jeg tror nok, Bibbe glæder sig som et Barn til at naa over Nytaar. 
 Mon ikke det gaar dig som mig, at naar vi gaar og passer til Jul, har man stadig Erikshaab Julene i Tankerne, hvor var de Juleforberedelser festlige, ja næsten hellige staar de nu i ens Erindring.
 Og saa vil da til sidst ønske dig og Axel en glædelig Jul sammen med Jeres lille Nillebarn vil du hilse Janna og Ib saa mange Gange fra mig og ønske dem alt godt for Jul og Nytaar.
 De kærligste Hilsner, lille Dis, fra din Junge.
 Brevet er for anseligt til jeg har Mod paa Gennemlæsn. Find selv ud af Fejltagelserne.</t>
   </si>
   <si>
-    <t>April 1894</t>
-[...54 lines deleted...]
-Basse</t>
+    <t>1950-07-26</t>
+  </si>
+  <si>
+    <t>Lindøgaard
+Dræby Station</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Marie Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Christine Swane
+Lasse Taaning
+Aage Taaning
+Fritz Warberg
+Astrid Warberg-Goldschmidt
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvem de to søstre Grete og Anna er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0113</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver et langt brev til søsteren Astrid Warberg Müller (Goldschmidt) med diverse store og små nyheder fra hjemmet på Lindøgaard i Dræby ved Munkebo.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iPJz</t>
+  </si>
+  <si>
+    <t>På konvoluttens forside:
+27 Juli 1950
+besv. 30 Juli
+Fru Astrid Warberg Müller
+Bakkevej 10
+Hareskov St.
+På konvoluttens bagside:
+Lindøgaard Dræby St. Fyen.
+læst 7-5-02.
+Lindøgaard 26-7-1950
+Kæreste lille Dis!
+Hvor Du dog altid overvælder mig med alskens gode Sager, tusind Tak for den i Sandhed lækre Æske. Dadler er jo ligefrem himmelsk, og disse var nu særlig delikate; og Svedskerne er nu glimrende til Fordøjelsen og er jo desuden en ualmindelig velsmagende Medicin. Bogen var sjov; men hvor er de Amerikanere haarde Halse, hvad angaar Spiritus og Piger, de nægter sig intet i de to Retninger. Ogsaa Fyld-Bøgerne siger jeg Tak for, de gamle Breve skal nok blive morsomme at læse Og Strømperne! Men jeg maa hellere sige det til Dig, som det er, at jeg ikke kan gaa med Ankelsokker, fordi mit [ulæselig] Knæ gør, at mine Fødder altid er lidt opsvulmede, og jeg maa være glad ved blot at faa Plads til tynde Strømper i mine Sko. De forrige, du sendte mig, kom en Tur til Frankrig paa Manses Fødder. Jeg forlængede dem, og da de var strikket af saa kulørt Garn passede han dem selv udenpaa Strømperne; jeg strikkede ham et Par til, de skulde have særlig solidt paa Fødderne, naar de skulde gaaa saa meget. -- Og saa endelig tusind Tak for 
+det lange og meget indholdsrige Brev; hvor Du dog altid oplever meget. For en Smålandstur er jo i og for sig meget og der var jo meget andet af Oplevelser. Men - et ved Brevet var den forbistrede Astma, hvor er Du og Mornine dog plaget af det. Morn. har været meget syg igen. Hun og Putte kom til Malerens for godt en Uge siden, og der fik hun nogle frygtelige Anfald m. høj Feber. Elle maatte ikke en Gang komme ind til hende, hun skulle ligge helt stille hen, da det næsten var ovre. Saa i Forgaars Nat sagde hun til Putte "Saa, nu er jeg rask! Feberen var da ogsaa kun 37,8 om Morgenen, og i Gaar var hun vist oppe - Doktoren vilde have hende op. De er jo kommen bort fra lange Sygelejer. jeg venter hende, Putte og Elle herud en Dag, naar hun er ovre det da de har faaet en Chauffør derud til at køre dem herud og hente dem for 16 Kr. Det kan blive morsomt. Elle ser jeg saa sjældent nu, hun har faaet en Gigtkur og tager til Odense og faar Røntgen. Hun har kun været her en Gang siden min Fødselsdag og det er jo ikke meget i 10 Mdr
+Ellers har hun det godt nok og er ligesaa spillevende som altid. Hun venter Lille om en Uges Tid. Du ved da, at Elle passer til at blive Oldemor. Oktober tror jeg. Nej, jeg har endnu hverken været paa Andkær eller paa Lundsgaard. Bibbe havde saa mange Gæster Marie, Uglen, en Sygeplejer - Kammerat, Feriedreng o.s.v. Vi blev enige om, at vi vilde have megen mere Glæde af Hinanden under roligere Forhold, og derved er Besøget paa Lundsgaard ogsaa udsat. Bibbe, Marie, Uglen og deres Feriedreng samt den lille Kære i din Kasse var her forleden, kom til Efterm.Kaffe og blev til Aftensmad og do Kaffe. det blev saadan en dejlig Dag. Af en eller anden Grund gik Uglen mig slet ikke paa Nerverne, hvad hun ellers altid gør, undtagen naar jeg besøger hende. Hvori kan nu det ligge? Den menneskelige Natur er dog tit uudgrundelig. Men altsaa den Dag befandt jeg mig vel i hendes Selskab, hun forekom mig ogsaa mindre nervøs end ellers. Hun havde malet 3 store og 3 smaa Akvareller i Kerteminde; Du kan ikke tænke dig hvor de var skønne, ja jeg vil sige dig de var omtrent
+det smukkeste jeg nogensinde har set af hende og jeg har altid været en meget stor Beundrer af Uglens Kunst. Tænk, at hun stadig i den Alder kan blive ved at "gaa frem" for at bruge et dagligdags Udtryk. Det var en hel Oplevelse at se de tre Akvareller, ja de 3 smaa var ogsaa smukke, men de tre store var nu ligefrem sublime. Desværre var Agraren paa Tur den Dag - og flere andre, han har haft en slem Omgang, og jeg ved jo, hvor det smerter den gode Rie, vi andre tager det som noget uafvendeligt og lider ikke særlig under det - han selv mere, det stakkels Skind. 
+Ellers har vi ikke haft meget m. Gæster men Oplevelser - baade onde og gode. Fru Taaning er død og paa saadan en tragisk Maade. De var samlede hos Lasse, Aage var lige kommet hjem fra Ferie, og de skulle alle have været hos Fru Taaning om Aftenen. Saa vilde hun gaa hjem og sagde, at hun først vilde gaa hen i deres Strandhave efter nogle Blomster, de fulgte hende ikke ud, men saa hørte de et Rabalder og fandt hende styrtet ned af Kældertrappen aabent Kraniebrud, kom ikke mere til
+Bevidsthed. Hvorfor hun har lukket Kælderdøren op og er styrtet ned, vil for altid blive en Gaade. Af gode Nyheder er der, at min søde Fru Agnes har faaet en lille Dreng efter en sæde Fødsel og et pinagtigt Svangerskab. Vi havde været lidt ængstelige for hende, men nu er det da overstaaet. 
+En Søndag Morgen for en 14 Dags Tid siden kom Grete herop og sagde, at hun og hendes Søskende gerne vilde købe 16 af mine Servietter af mig til at forære en Tante og Onkel, Dansk-Amerikanere som skulde rejse hjem; de skulde den Søndag samles med dem i Odense til et mægtigt Komsammen paa en Restauration, Æventyrhaven vist. Jeg havde netop 16 liggende, som kun manglede Knaphulsstingene. de gjorde mægtig Lykke og affødte 2 Gange 12 Bestillinger. Jeg fik travlt. Efter de 16 til Amerikanerne kom Fritz Warberg e 12, og nu i Dag afgaar de næste 12, det er til Anna, Gretes Søster, saa har jeg i alt tjent 80 Kr. - eller vist lidt mere, jeg ved ikke rigtig, hvad Anna sender mig og saa skal Gretes Svigerinde have 12, men først skal jeg have Bibbes sidste fra Haanden
+Hun fik 8 i Barselgave, men skulde gerne have 20 i alt, det er jo hendes Fødselsdag 6te August (hvor vilde hun blive glad ved et Kort fra Dig, hun faar aldrig ret meget Post paa Føds.Dagen, synes jeg) saa skal jeg se at faa Resten lavet. To nye Modeller skal jeg have startet, saa har jeg 20 Modeller ialt. Ja det er bleven en hel Industri, og det morer mig saa meget. Det er da ogsaa rart at tjene lidt Penge, med Svigerindens Bestilling naar jeg jo over de 100 Kr. Jeg tager 2 Kr. af Fremmede. 
+Det er vist første Gang, jeg skriver til dig uden at have læst dit Brev igennem, haaber ikke der er noget at svare paa, Posten hænger over Hovedet paa mig. 
+Du maa ikke mere lade saa lang Tid gaa hen, inden du skriver; du vidste vel ikke denne Gang, hvor lang Tid, der er gaaet, og jeg var saa forfærdelig urolig. Bare et Par Ord paa et Brevkort, hvis du ikke er oplagt til Brev. Hvor maa [ulæselig] dog være et underligt Menneske, at hun saadan slet ikke maa være ve´ selv for Jer super fredelige Mennesker.
+Til Axel ogsaa. Tusinde Hilsner og endnu en Gang min varmeste Tak! Din Junge.</t>
   </si>
   <si>
     <t>1950-09-12</t>
   </si>
   <si>
     <t>Joy Deason
 Jesper Hansen
 Grethe Jungstedt
 Adolph Larsen
 Andreas Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Pernille Marryat
 Ib Marryat Johansen
 Ruth -, pige i huset hos Johanne Larsen
 Ellen  Sawyer
 Janna Schou
 Fritz Warberg
 Karen Warberg
 Marie Warberg
 Grete Warberg Larsen
 Lise Warberg Larsen
 Martin Warberg Larsen
 Per Warberg Larsen
 Erik Warberg Larsen, søn af Erik og Grethe
@@ -1370,1503 +2823,50 @@
 fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
 Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
-  </si>
-[...1451 lines deleted...]
-Til Axel ogsaa. Tusinde Hilsner og endnu en Gang min varmeste Tak! Din Junge.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -2943,51 +2943,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WvKa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EmNY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zBvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4TTW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yl47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c0TA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jMEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbTQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WG6FVdRa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/txkTuuYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xxF86sJZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FFYCdyo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X9r0Y0yd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7rN11uGi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4cMXuHhs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/soHYv3w9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXIzeTZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MD8jC89C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ub52HE7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lSunTR5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/F7OHQu0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vlw0aBZa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/G0gEBYhg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jX4esYqy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6NukiLo1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hcOP7oU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gwgJwsq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uOYOQKzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4G53wVLj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UYgf1IWp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3epsPqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/g2viVDEG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/joeE40wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/i1tKhB8V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVd7DrLa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xUZYZl4J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBhr9ldI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kvp82PWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/POjxCG7k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/scWH782Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j2hUVkDF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1Y1aylfk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPpGdduH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsFEbfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oYW9s64c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AXofygyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9sJZVvFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/V9rsTLfw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TwDxraIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8x0S9i3M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9i23J4P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gq3Qpx1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IUcuS1ie" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/shwlgOFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RGBE596E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2m0jOOTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kzeNagm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2tmzZbQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oav6JsZb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTDd4Hvh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jTsYLs8D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/D4T49e9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OUPz5qzc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wBZqLrfY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gf5mwqGr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zgu5go8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zL57Fkpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mcUJKL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fsG2myq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tmpkPwtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/u6YIzd8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CaEjJSLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FnJs9Yal" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ElHTnCNC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hjju64Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ps863ipV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hMc63H8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3c7pfpuA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/odaqhLOC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eA0MJ26F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wRFlJE6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkg3nWI5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBubtSCI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8Hm1SjBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lZyxnYPl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/teThVn3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aNMSO31y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xcIEK44h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jtFmorwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lymun1vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fydly3mL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/59zsGGWk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mjLR77qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H9iEauF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Rxz2IC2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/waggHZp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aKEfQxsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O2nh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8Cz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dh15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EmNY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lLDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O2nh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVd7DrLa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xUZYZl4J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBhr9ldI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aKEfQxsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kvp82PWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/POjxCG7k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lSunTR5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/F7OHQu0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vlw0aBZa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7KMVmXve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/G0gEBYhg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/txkTuuYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xxF86sJZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jX4esYqy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/soHYv3w9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7rN11uGi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXIzeTZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FFYCdyo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6NukiLo1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hcOP7oU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4cMXuHhs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WG6FVdRa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MD8jC89C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbTQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4TTW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c0TA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8Cz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yl47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zBvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jMEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ElHTnCNC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/scWH782Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hjju64Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j2hUVkDF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ps863ipV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1Y1aylfk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gwgJwsq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uOYOQKzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hMc63H8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yPpGdduH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3c7pfpuA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/odaqhLOC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ub52HE7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X9r0Y0yd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsFEbfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oYW9s64c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AXofygyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hw8oPQwi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eA0MJ26F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wRFlJE6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkg3nWI5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9sJZVvFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/V9rsTLfw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TwDxraIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8x0S9i3M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9i23J4P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBubtSCI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gq3Qpx1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8Hm1SjBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IUcuS1ie" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/shwlgOFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lZyxnYPl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4G53wVLj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/teThVn3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aNMSO31y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xcIEK44h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jtFmorwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UYgf1IWp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lymun1vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RGBE596E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fydly3mL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3epsPqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2m0jOOTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kzeNagm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2tmzZbQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oav6JsZb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTDd4Hvh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jTsYLs8D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/D4T49e9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/59zsGGWk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mjLR77qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/g2viVDEG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H9iEauF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OUPz5qzc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wBZqLrfY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gf5mwqGr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/joeE40wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zgu5go8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zL57Fkpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r5GKNbIq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mcUJKL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fsG2myq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tmpkPwtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/u6YIzd8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WvKa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CaEjJSLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Rxz2IC2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FnJs9Yal" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/waggHZp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/i1tKhB8V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dh15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M187"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -3027,8946 +3027,8946 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="M2" s="5" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D4" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G4" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="H4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="J4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="J5" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E6" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="I6" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="G6" s="5" t="s">
+      <c r="J6" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K6" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="H6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>53</v>
-      </c>
-[...10 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>24</v>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G7" s="5" t="s">
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L7" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="H7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>59</v>
-      </c>
-[...13 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C8" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="C8" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>61</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K8" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="H8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="I8" s="5"/>
-      <c r="J8" s="5" t="s">
+      <c r="M8" s="5" t="s">
         <v>67</v>
-      </c>
-[...7 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="L9" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>24</v>
+      </c>
+      <c r="D10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="s">
-[...6 lines deleted...]
-        <v>82</v>
+      <c r="H10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K10" s="5" t="s">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>24</v>
+      </c>
+      <c r="D11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F11" s="5" t="s">
-        <v>88</v>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H11" s="5" t="s">
-[...6 lines deleted...]
-        <v>91</v>
+      <c r="H11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I11" s="5"/>
+      <c r="J11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K11" s="5" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>93</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>95</v>
+        <v>76</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>24</v>
+      </c>
+      <c r="D12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F12" s="5" t="s">
-        <v>42</v>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H12" s="5" t="s">
-[...6 lines deleted...]
-        <v>98</v>
+      <c r="H12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I12" s="5"/>
+      <c r="J12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K12" s="5" t="s">
-        <v>99</v>
+        <v>70</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>24</v>
+      </c>
+      <c r="D13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F13" s="5" t="s">
-        <v>42</v>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H13" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="H13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I13" s="5"/>
+      <c r="J13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>70</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>108</v>
+        <v>80</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>26</v>
-[...8 lines deleted...]
-        <v>50</v>
+        <v>24</v>
+      </c>
+      <c r="D14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H14" s="5" t="s">
-[...6 lines deleted...]
-        <v>31</v>
+      <c r="H14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I14" s="5"/>
+      <c r="J14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K14" s="5" t="s">
-        <v>111</v>
+        <v>70</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="M14" s="5"/>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>114</v>
+        <v>82</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>24</v>
+      </c>
+      <c r="D15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F15" s="5" t="s">
-[...12 lines deleted...]
-        <v>31</v>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K15" s="5" t="s">
-        <v>119</v>
+        <v>70</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="M15" s="5"/>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>24</v>
+      </c>
+      <c r="D16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F16" s="5" t="s">
-        <v>42</v>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="s">
-[...6 lines deleted...]
-        <v>125</v>
+      <c r="H16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K16" s="5" t="s">
-        <v>126</v>
+        <v>70</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>129</v>
+        <v>86</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>24</v>
+      </c>
+      <c r="D17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>131</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>87</v>
+      </c>
+      <c r="I17" s="5"/>
+      <c r="J17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K17" s="5" t="s">
-        <v>133</v>
+        <v>70</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>136</v>
+        <v>89</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>24</v>
+      </c>
+      <c r="D18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H18" s="5" t="s">
-[...6 lines deleted...]
-        <v>139</v>
+      <c r="H18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I18" s="5"/>
+      <c r="J18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K18" s="5" t="s">
-        <v>140</v>
+        <v>70</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="M18" s="5"/>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>143</v>
+        <v>91</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>24</v>
+      </c>
+      <c r="D19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F19" s="5" t="s">
-        <v>42</v>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H19" s="5" t="s">
-[...6 lines deleted...]
-        <v>146</v>
+      <c r="H19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I19" s="5"/>
+      <c r="J19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K19" s="5" t="s">
-        <v>147</v>
+        <v>92</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>148</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>150</v>
+        <v>94</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>24</v>
+      </c>
+      <c r="D20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F20" s="5" t="s">
-        <v>42</v>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H20" s="5" t="s">
-[...6 lines deleted...]
-        <v>153</v>
+      <c r="H20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I20" s="5"/>
+      <c r="J20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K20" s="5" t="s">
-        <v>154</v>
+        <v>70</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="M20" s="5"/>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>157</v>
+        <v>96</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>24</v>
+      </c>
+      <c r="D21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H21" s="5" t="s">
-[...6 lines deleted...]
-        <v>161</v>
+      <c r="H21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K21" s="5" t="s">
-        <v>162</v>
+        <v>70</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>163</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="M21" s="5"/>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>165</v>
+        <v>98</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>24</v>
+      </c>
+      <c r="D22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G22" s="5" t="s">
-[...9 lines deleted...]
-        <v>31</v>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K22" s="5" t="s">
-        <v>169</v>
+        <v>70</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>170</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="M22" s="5"/>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>172</v>
+        <v>100</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>24</v>
+      </c>
+      <c r="D23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G23" s="5" t="s">
-[...9 lines deleted...]
-        <v>31</v>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I23" s="5"/>
+      <c r="J23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K23" s="5" t="s">
-        <v>176</v>
+        <v>70</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="M23" s="5"/>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>179</v>
+        <v>102</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>42</v>
+        <v>24</v>
+      </c>
+      <c r="D24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H24" s="5" t="s">
-[...6 lines deleted...]
-        <v>182</v>
+      <c r="H24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I24" s="5"/>
+      <c r="J24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K24" s="5" t="s">
-        <v>183</v>
+        <v>70</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="M24" s="5"/>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>186</v>
+        <v>104</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>187</v>
-[...5 lines deleted...]
-        <v>188</v>
+        <v>24</v>
+      </c>
+      <c r="D25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G25" s="5" t="s">
-[...9 lines deleted...]
-        <v>31</v>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I25" s="5"/>
+      <c r="J25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K25" s="5" t="s">
-        <v>192</v>
+        <v>70</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="M25" s="5"/>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>195</v>
+        <v>106</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>87</v>
-[...8 lines deleted...]
-        <v>197</v>
+        <v>24</v>
+      </c>
+      <c r="D26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H26" s="5" t="s">
-[...9 lines deleted...]
-        <v>201</v>
+      <c r="H26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I26" s="5"/>
+      <c r="J26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L26" s="6" t="s">
-        <v>202</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="M26" s="5"/>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>204</v>
+        <v>108</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>24</v>
+      </c>
+      <c r="D27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H27" s="5" t="s">
-[...9 lines deleted...]
-        <v>209</v>
+      <c r="H27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L27" s="6" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="M27" s="5"/>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>212</v>
+        <v>110</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>87</v>
-[...8 lines deleted...]
-        <v>197</v>
+        <v>24</v>
+      </c>
+      <c r="D28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H28" s="5" t="s">
-[...9 lines deleted...]
-        <v>216</v>
+      <c r="H28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I28" s="5"/>
+      <c r="J28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L28" s="6" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="M28" s="5"/>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>219</v>
+        <v>112</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>24</v>
+      </c>
+      <c r="D29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F29" s="5" t="s">
-[...15 lines deleted...]
-        <v>226</v>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I29" s="5"/>
+      <c r="J29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L29" s="6" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="M29" s="5"/>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>229</v>
+        <v>114</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I30" s="5"/>
       <c r="J30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L30" s="6" t="s">
-        <v>231</v>
+        <v>115</v>
       </c>
       <c r="M30" s="5"/>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>232</v>
+        <v>116</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I31" s="5"/>
       <c r="J31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K31" s="5" t="s">
-        <v>233</v>
+      <c r="K31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L31" s="6" t="s">
-        <v>234</v>
+        <v>117</v>
       </c>
       <c r="M31" s="5"/>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>235</v>
+        <v>118</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I32" s="5"/>
       <c r="J32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K32" s="5" t="s">
-        <v>233</v>
+      <c r="K32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L32" s="6" t="s">
-        <v>236</v>
+        <v>119</v>
       </c>
       <c r="M32" s="5"/>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>237</v>
+        <v>120</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I33" s="5"/>
       <c r="J33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="6" t="s">
-        <v>238</v>
+        <v>121</v>
       </c>
       <c r="M33" s="5"/>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>239</v>
+        <v>122</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E34" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D34" s="5" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G34" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G34" s="5" t="s">
+        <v>123</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>240</v>
-[...5 lines deleted...]
-        </is>
+        <v>124</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>241</v>
+        <v>126</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="M34" s="5"/>
+        <v>127</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>128</v>
+      </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>243</v>
+        <v>129</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E35" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D35" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="F35" s="5" t="s">
+        <v>131</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H35" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H35" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="K35" s="5" t="s">
+        <v>135</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="M35" s="5"/>
+        <v>136</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>137</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>245</v>
+        <v>138</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>139</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>130</v>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F36" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F36" s="5" t="s">
+        <v>140</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H36" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H36" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="K36" s="5" t="s">
+        <v>144</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="M36" s="5"/>
+        <v>145</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>146</v>
+      </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>247</v>
+        <v>147</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>24</v>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G37" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G37" s="5" t="s">
+        <v>148</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>248</v>
-[...5 lines deleted...]
-        </is>
+        <v>149</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="J37" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>249</v>
+        <v>151</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="M37" s="5"/>
+        <v>152</v>
+      </c>
+      <c r="M37" s="5" t="s">
+        <v>153</v>
+      </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>251</v>
+        <v>154</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>130</v>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F38" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F38" s="5" t="s">
+        <v>131</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H38" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H38" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>157</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="M38" s="5"/>
+        <v>159</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>160</v>
+      </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>253</v>
+        <v>161</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>24</v>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F39" s="5" t="inlineStr">
-[...23 lines deleted...]
-        </is>
+      <c r="F39" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="G39" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="H39" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K39" s="5" t="s">
+        <v>166</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="M39" s="5"/>
+        <v>167</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>168</v>
+      </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>255</v>
+        <v>169</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>130</v>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F40" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F40" s="5" t="s">
+        <v>131</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H40" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H40" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="K40" s="5" t="s">
+        <v>173</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="M40" s="5"/>
+        <v>174</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>175</v>
+      </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>257</v>
+        <v>176</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>177</v>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H41" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H41" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>241</v>
+        <v>180</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="M41" s="5"/>
+        <v>181</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>182</v>
+      </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>259</v>
+        <v>183</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E42" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D42" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="F42" s="5" t="s">
+        <v>131</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H42" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H42" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="J42" s="5" t="s">
+        <v>186</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>233</v>
+        <v>187</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="M42" s="5"/>
+        <v>188</v>
+      </c>
+      <c r="M42" s="5" t="s">
+        <v>189</v>
+      </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>261</v>
+        <v>190</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>26</v>
-[...14 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>191</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>262</v>
-[...5 lines deleted...]
-        </is>
+        <v>192</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="J43" s="5" t="s">
+        <v>194</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>233</v>
+        <v>195</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="M43" s="5"/>
+        <v>196</v>
+      </c>
+      <c r="M43" s="5" t="s">
+        <v>197</v>
+      </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>264</v>
+        <v>198</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>130</v>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F44" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F44" s="5" t="s">
+        <v>131</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H44" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H44" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="J44" s="5" t="s">
+        <v>201</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>233</v>
+        <v>202</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="M44" s="5"/>
+        <v>203</v>
+      </c>
+      <c r="M44" s="5" t="s">
+        <v>204</v>
+      </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>266</v>
+        <v>205</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>130</v>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F45" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F45" s="5" t="s">
+        <v>131</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H45" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H45" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>208</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>267</v>
+        <v>209</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="M45" s="5"/>
+        <v>210</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>211</v>
+      </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>269</v>
+        <v>212</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>130</v>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F46" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F46" s="5" t="s">
+        <v>131</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H46" s="5" t="inlineStr">
-[...11 lines deleted...]
-        <v>233</v>
+      <c r="H46" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="K46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L46" s="6" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="M46" s="5"/>
+        <v>216</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>217</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>271</v>
+        <v>218</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>26</v>
-[...14 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>191</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H47" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H47" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="J47" s="5" t="s">
+        <v>222</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="M47" s="5"/>
+        <v>224</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>225</v>
+      </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>273</v>
+        <v>226</v>
       </c>
       <c r="B48" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
         <v>230</v>
       </c>
-      <c r="C48" s="5" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="I48" s="5"/>
-      <c r="J48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J48" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="K48" s="5" t="s">
+        <v>232</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="M48" s="5"/>
+        <v>233</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>234</v>
+      </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>275</v>
+        <v>235</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E49" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D49" s="5" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H49" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H49" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="J49" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K49" s="5" t="s">
+        <v>238</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="M49" s="5"/>
+        <v>239</v>
+      </c>
+      <c r="M49" s="5" t="s">
+        <v>240</v>
+      </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>277</v>
+        <v>241</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="E50" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D50" s="5" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>278</v>
-[...5 lines deleted...]
-        </is>
+        <v>243</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="J50" s="5" t="s">
+        <v>245</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>279</v>
+        <v>246</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="M50" s="5"/>
+        <v>247</v>
+      </c>
+      <c r="M50" s="5" t="s">
+        <v>248</v>
+      </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>281</v>
+        <v>249</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>250</v>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H51" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H51" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="J51" s="5" t="s">
+        <v>253</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>282</v>
+        <v>254</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="M51" s="5"/>
+        <v>255</v>
+      </c>
+      <c r="M51" s="5" t="s">
+        <v>256</v>
+      </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>284</v>
+        <v>257</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>258</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>259</v>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G52" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G52" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>282</v>
+        <v>263</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="M52" s="5"/>
+        <v>264</v>
+      </c>
+      <c r="M52" s="5" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>286</v>
+        <v>266</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>14</v>
+      </c>
+      <c r="C53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G53" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="H53" s="5" t="s">
+        <v>268</v>
       </c>
       <c r="I53" s="5"/>
-      <c r="J53" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J53" s="5" t="s">
+        <v>269</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>282</v>
+        <v>270</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>287</v>
-[...1 lines deleted...]
-      <c r="M53" s="5"/>
+        <v>271</v>
+      </c>
+      <c r="M53" s="5" t="s">
+        <v>272</v>
+      </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>288</v>
+        <v>273</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>24</v>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G54" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G54" s="5" t="s">
+        <v>274</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>289</v>
-[...5 lines deleted...]
-        </is>
+        <v>275</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>241</v>
+        <v>277</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="M54" s="5"/>
+        <v>278</v>
+      </c>
+      <c r="M54" s="5" t="s">
+        <v>279</v>
+      </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H55" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H55" s="5" t="s">
+        <v>281</v>
       </c>
       <c r="I55" s="5"/>
       <c r="J55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K55" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K55" s="5" t="s">
+        <v>282</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="M55" s="5"/>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H56" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H56" s="5" t="s">
+        <v>285</v>
       </c>
       <c r="I56" s="5"/>
       <c r="J56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K56" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K56" s="5" t="s">
+        <v>282</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>294</v>
+        <v>286</v>
       </c>
       <c r="M56" s="5"/>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H57" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H57" s="5" t="s">
+        <v>288</v>
       </c>
       <c r="I57" s="5"/>
       <c r="J57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K57" s="5" t="s">
-        <v>296</v>
+        <v>282</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
       <c r="M57" s="5"/>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H58" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H58" s="5" t="s">
+        <v>288</v>
       </c>
       <c r="I58" s="5"/>
       <c r="J58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K58" s="5" t="s">
-        <v>296</v>
+        <v>282</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="M58" s="5"/>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K59" s="5" t="s">
-        <v>296</v>
+        <v>282</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>301</v>
+        <v>293</v>
       </c>
       <c r="M59" s="5"/>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>248</v>
+        <v>295</v>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K60" s="5" t="s">
-        <v>249</v>
+        <v>282</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="M60" s="5"/>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="I61" s="5"/>
       <c r="J61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K61" s="5" t="s">
-        <v>306</v>
+        <v>282</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="M61" s="5"/>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>308</v>
+        <v>300</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H62" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H62" s="5" t="s">
+        <v>298</v>
       </c>
       <c r="I62" s="5"/>
       <c r="J62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K62" s="5" t="s">
-        <v>233</v>
+        <v>282</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>309</v>
+        <v>301</v>
       </c>
       <c r="M62" s="5"/>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>310</v>
+        <v>302</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H63" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H63" s="5" t="s">
+        <v>298</v>
       </c>
       <c r="I63" s="5"/>
       <c r="J63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K63" s="5" t="s">
-        <v>233</v>
+        <v>282</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
       <c r="M63" s="5"/>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H64" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H64" s="5" t="s">
+        <v>298</v>
       </c>
       <c r="I64" s="5"/>
       <c r="J64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K64" s="5" t="s">
-        <v>233</v>
+        <v>282</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="M64" s="5"/>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H65" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H65" s="5" t="s">
+        <v>295</v>
       </c>
       <c r="I65" s="5"/>
       <c r="J65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K65" s="5" t="s">
-        <v>233</v>
+        <v>282</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="M65" s="5"/>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H66" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H66" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="I66" s="5"/>
       <c r="J66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K66" s="5" t="s">
-        <v>233</v>
+        <v>282</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="M66" s="5"/>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H67" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H67" s="5" t="s">
+        <v>312</v>
       </c>
       <c r="I67" s="5"/>
       <c r="J67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K67" s="5" t="s">
-        <v>233</v>
+        <v>282</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="M67" s="5"/>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="I68" s="5"/>
       <c r="J68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K68" s="5" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="M68" s="5"/>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H69" s="5" t="s">
-        <v>324</v>
+      <c r="H69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K69" s="5" t="s">
-        <v>279</v>
+        <v>317</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="M69" s="5"/>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H70" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H70" s="5" t="s">
+        <v>320</v>
       </c>
       <c r="I70" s="5"/>
       <c r="J70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K70" s="5" t="s">
-        <v>279</v>
+        <v>317</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="M70" s="5"/>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="I71" s="5"/>
       <c r="J71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K71" s="5" t="s">
-        <v>279</v>
+        <v>324</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="M71" s="5"/>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="G72" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="I72" s="5" t="s">
         <v>331</v>
       </c>
-      <c r="B72" s="5" t="s">
-[...32 lines deleted...]
-        </is>
+      <c r="J72" s="5" t="s">
+        <v>332</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>279</v>
+        <v>333</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="M72" s="5"/>
+        <v>334</v>
+      </c>
+      <c r="M72" s="5" t="s">
+        <v>335</v>
+      </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="I73" s="5"/>
       <c r="J73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K73" s="5" t="s">
-        <v>279</v>
+        <v>338</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="M73" s="5"/>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>240</v>
+        <v>312</v>
       </c>
       <c r="I74" s="5"/>
       <c r="J74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K74" s="5" t="s">
-        <v>279</v>
+        <v>341</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="M74" s="5"/>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H75" s="5" t="s">
-        <v>338</v>
+      <c r="H75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I75" s="5"/>
       <c r="J75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K75" s="5" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="M75" s="5"/>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H76" s="5" t="s">
-        <v>342</v>
+      <c r="H76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I76" s="5"/>
       <c r="J76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K76" s="5" t="s">
-        <v>241</v>
+        <v>341</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="M76" s="5"/>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H77" s="5" t="s">
-        <v>240</v>
+      <c r="H77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I77" s="5"/>
       <c r="J77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K77" s="5" t="s">
-        <v>282</v>
+        <v>341</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="M77" s="5"/>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I78" s="5"/>
       <c r="J78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K78" s="5" t="s">
-        <v>282</v>
+        <v>341</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="M78" s="5"/>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>240</v>
+        <v>312</v>
       </c>
       <c r="I79" s="5"/>
       <c r="J79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K79" s="5" t="s">
-        <v>282</v>
+        <v>341</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="M79" s="5"/>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>240</v>
+        <v>312</v>
       </c>
       <c r="I80" s="5"/>
       <c r="J80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K80" s="5" t="s">
-        <v>339</v>
+        <v>324</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="M80" s="5"/>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I81" s="5"/>
       <c r="J81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K81" s="5" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="M81" s="5"/>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I82" s="5"/>
       <c r="J82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K82" s="5" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="M82" s="5"/>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I83" s="5"/>
       <c r="J83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K83" s="5" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="M83" s="5"/>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>240</v>
+        <v>363</v>
       </c>
       <c r="I84" s="5"/>
       <c r="J84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K84" s="5" t="s">
-        <v>241</v>
+        <v>341</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="M84" s="5"/>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I85" s="5"/>
       <c r="J85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K85" s="5" t="s">
-        <v>241</v>
+        <v>341</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="M85" s="5"/>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H86" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H86" s="5" t="s">
+        <v>312</v>
       </c>
       <c r="I86" s="5"/>
       <c r="J86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K86" s="5" t="s">
-        <v>241</v>
+        <v>338</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="M86" s="5"/>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H87" s="5" t="s">
-        <v>289</v>
+      <c r="H87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I87" s="5"/>
       <c r="J87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K87" s="5" t="s">
-        <v>241</v>
+        <v>338</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="M87" s="5"/>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I88" s="5"/>
       <c r="J88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K88" s="5" t="s">
-        <v>241</v>
+        <v>338</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="M88" s="5"/>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>370</v>
+        <v>312</v>
       </c>
       <c r="I89" s="5"/>
       <c r="J89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K89" s="5" t="s">
-        <v>282</v>
+        <v>338</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="M89" s="5"/>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H90" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H90" s="5" t="s">
+        <v>312</v>
       </c>
       <c r="I90" s="5"/>
       <c r="J90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K90" s="5" t="s">
-        <v>282</v>
+        <v>338</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="M90" s="5"/>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H91" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H91" s="5" t="s">
+        <v>378</v>
       </c>
       <c r="I91" s="5"/>
       <c r="J91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K91" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K91" s="5" t="s">
+        <v>338</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="M91" s="5"/>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I92" s="5"/>
       <c r="J92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K92" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K92" s="5" t="s">
+        <v>338</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="M92" s="5"/>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I93" s="5"/>
       <c r="J93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K93" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K93" s="5" t="s">
+        <v>338</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="M93" s="5"/>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H94" s="5" t="s">
-        <v>381</v>
+      <c r="H94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I94" s="5"/>
       <c r="J94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K94" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K94" s="5" t="s">
+        <v>385</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="M94" s="5"/>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H95" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H95" s="5" t="s">
+        <v>378</v>
       </c>
       <c r="I95" s="5"/>
       <c r="J95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K95" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K95" s="5" t="s">
+        <v>338</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="M95" s="5"/>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I96" s="5"/>
       <c r="J96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K96" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K96" s="5" t="s">
+        <v>338</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="M96" s="5"/>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H97" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H97" s="5" t="s">
+        <v>392</v>
       </c>
       <c r="I97" s="5"/>
       <c r="J97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K97" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K97" s="5" t="s">
+        <v>341</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="M97" s="5"/>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I98" s="5"/>
       <c r="J98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K98" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K98" s="5" t="s">
+        <v>341</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="M98" s="5"/>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I99" s="5"/>
       <c r="J99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K99" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K99" s="5" t="s">
+        <v>341</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="M99" s="5"/>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I100" s="5"/>
       <c r="J100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K100" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K100" s="5" t="s">
+        <v>341</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="M100" s="5"/>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I101" s="5"/>
       <c r="J101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K101" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K101" s="5" t="s">
+        <v>341</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="M101" s="5"/>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H102" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H102" s="5" t="s">
+        <v>363</v>
       </c>
       <c r="I102" s="5"/>
       <c r="J102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K102" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K102" s="5" t="s">
+        <v>341</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="M102" s="5"/>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I103" s="5"/>
       <c r="J103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K103" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K103" s="5" t="s">
+        <v>341</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="M103" s="5"/>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H104" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H104" s="5" t="s">
+        <v>407</v>
       </c>
       <c r="I104" s="5"/>
       <c r="J104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L104" s="6" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="M104" s="5"/>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H105" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H105" s="5" t="s">
+        <v>407</v>
       </c>
       <c r="I105" s="5"/>
       <c r="J105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K105" s="5" t="s">
-        <v>296</v>
+      <c r="K105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L105" s="6" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="M105" s="5"/>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I106" s="5"/>
       <c r="J106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K106" s="5" t="s">
-        <v>296</v>
+      <c r="K106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L106" s="6" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="M106" s="5"/>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I107" s="5"/>
       <c r="J107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K107" s="5" t="s">
-        <v>296</v>
+      <c r="K107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L107" s="6" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="M107" s="5"/>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I108" s="5"/>
       <c r="J108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K108" s="5" t="s">
-        <v>296</v>
+      <c r="K108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L108" s="6" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="M108" s="5"/>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H109" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H109" s="5" t="s">
+        <v>407</v>
       </c>
       <c r="I109" s="5"/>
       <c r="J109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K109" s="5" t="s">
-        <v>296</v>
+      <c r="K109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L109" s="6" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="M109" s="5"/>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>24</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E110" s="5" t="s">
+        <v>420</v>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G110" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G110" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="H110" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="I110" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="J110" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>296</v>
+        <v>424</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>414</v>
-[...1 lines deleted...]
-      <c r="M110" s="5"/>
+        <v>425</v>
+      </c>
+      <c r="M110" s="5" t="s">
+        <v>426</v>
+      </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>415</v>
+        <v>427</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I111" s="5"/>
       <c r="J111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K111" s="5" t="s">
-        <v>296</v>
+      <c r="K111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L111" s="6" t="s">
-        <v>416</v>
+        <v>428</v>
       </c>
       <c r="M111" s="5"/>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>417</v>
+        <v>429</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I112" s="5"/>
       <c r="J112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K112" s="5" t="s">
-        <v>296</v>
+      <c r="K112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L112" s="6" t="s">
-        <v>418</v>
+        <v>430</v>
       </c>
       <c r="M112" s="5"/>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>419</v>
+        <v>431</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I113" s="5"/>
       <c r="J113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K113" s="5" t="s">
-        <v>296</v>
+      <c r="K113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L113" s="6" t="s">
-        <v>420</v>
+        <v>432</v>
       </c>
       <c r="M113" s="5"/>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>421</v>
+        <v>433</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I114" s="5"/>
       <c r="J114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K114" s="5" t="s">
-        <v>296</v>
+      <c r="K114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L114" s="6" t="s">
-        <v>422</v>
+        <v>434</v>
       </c>
       <c r="M114" s="5"/>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>423</v>
+        <v>435</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I115" s="5"/>
       <c r="J115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K115" s="5" t="s">
-        <v>296</v>
+      <c r="K115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L115" s="6" t="s">
-        <v>424</v>
+        <v>436</v>
       </c>
       <c r="M115" s="5"/>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>425</v>
+        <v>437</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H116" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H116" s="5" t="s">
+        <v>438</v>
       </c>
       <c r="I116" s="5"/>
       <c r="J116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K116" s="5" t="s">
-        <v>296</v>
+      <c r="K116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L116" s="6" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="M116" s="5"/>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>427</v>
+        <v>440</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I117" s="5"/>
       <c r="J117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K117" s="5" t="s">
-        <v>296</v>
+      <c r="K117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L117" s="6" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="M117" s="5"/>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>429</v>
+        <v>442</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I118" s="5"/>
       <c r="J118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K118" s="5" t="s">
-        <v>430</v>
+      <c r="K118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L118" s="6" t="s">
-        <v>431</v>
+        <v>443</v>
       </c>
       <c r="M118" s="5"/>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>432</v>
+        <v>444</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H119" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H119" s="5" t="s">
+        <v>337</v>
       </c>
       <c r="I119" s="5"/>
       <c r="J119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K119" s="5" t="s">
-        <v>433</v>
+      <c r="K119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L119" s="6" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="M119" s="5"/>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>435</v>
+        <v>446</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I120" s="5"/>
       <c r="J120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K120" s="5" t="s">
-        <v>436</v>
+      <c r="K120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L120" s="6" t="s">
-        <v>437</v>
+        <v>447</v>
       </c>
       <c r="M120" s="5"/>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I121" s="5"/>
       <c r="J121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K121" s="5" t="s">
-        <v>436</v>
+      <c r="K121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L121" s="6" t="s">
-        <v>439</v>
+        <v>449</v>
       </c>
       <c r="M121" s="5"/>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I122" s="5"/>
       <c r="J122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K122" s="5" t="s">
-        <v>436</v>
+      <c r="K122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L122" s="6" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="M122" s="5"/>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I123" s="5"/>
       <c r="J123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K123" s="5" t="s">
-        <v>436</v>
+      <c r="K123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L123" s="6" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="M123" s="5"/>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I124" s="5"/>
       <c r="J124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K124" s="5" t="s">
-        <v>436</v>
+      <c r="K124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L124" s="6" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="M124" s="5"/>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I125" s="5"/>
       <c r="J125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K125" s="5" t="s">
-        <v>436</v>
+      <c r="K125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L125" s="6" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="M125" s="5"/>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H126" s="5" t="s">
-        <v>449</v>
+      <c r="H126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I126" s="5"/>
       <c r="J126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L126" s="6" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="M126" s="5"/>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I127" s="5"/>
       <c r="J127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K127" s="5" t="s">
-        <v>249</v>
+      <c r="K127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L127" s="6" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="M127" s="5"/>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I128" s="5"/>
       <c r="J128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K128" s="5" t="s">
-        <v>249</v>
+      <c r="K128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L128" s="6" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="M128" s="5"/>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I129" s="5"/>
       <c r="J129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K129" s="5" t="s">
-        <v>233</v>
+      <c r="K129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L129" s="6" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="M129" s="5"/>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H130" s="5" t="s">
-        <v>458</v>
+      <c r="H130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I130" s="5"/>
       <c r="J130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K130" s="5" t="s">
-        <v>279</v>
+      <c r="K130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L130" s="6" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="M130" s="5"/>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H131" s="5" t="s">
-        <v>324</v>
+      <c r="H131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I131" s="5"/>
       <c r="J131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K131" s="5" t="s">
-        <v>279</v>
+      <c r="K131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L131" s="6" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="M131" s="5"/>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H132" s="5" t="s">
-        <v>278</v>
+      <c r="H132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I132" s="5"/>
       <c r="J132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K132" s="5" t="s">
-        <v>279</v>
+      <c r="K132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L132" s="6" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="M132" s="5"/>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H133" s="5" t="s">
-        <v>278</v>
+      <c r="H133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I133" s="5"/>
       <c r="J133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K133" s="5" t="s">
-        <v>279</v>
+      <c r="K133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L133" s="6" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="M133" s="5"/>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H134" s="5" t="s">
-        <v>467</v>
+      <c r="H134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I134" s="5"/>
       <c r="J134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K134" s="5" t="s">
-        <v>279</v>
+      <c r="K134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L134" s="6" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="M134" s="5"/>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>240</v>
+        <v>312</v>
       </c>
       <c r="I135" s="5"/>
       <c r="J135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K135" s="5" t="s">
-        <v>279</v>
+        <v>476</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="M135" s="5"/>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I136" s="5"/>
       <c r="J136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K136" s="5" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="M136" s="5"/>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H137" s="5" t="s">
-        <v>475</v>
+      <c r="H137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I137" s="5"/>
       <c r="J137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K137" s="5" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="M137" s="5"/>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I138" s="5"/>
       <c r="J138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K138" s="5" t="s">
-        <v>282</v>
+        <v>479</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="M138" s="5"/>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H139" s="5" t="s">
-        <v>480</v>
+      <c r="H139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I139" s="5"/>
       <c r="J139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K139" s="5" t="s">
-        <v>282</v>
+        <v>479</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="M139" s="5"/>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H140" s="5" t="s">
-        <v>240</v>
+      <c r="H140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I140" s="5"/>
       <c r="J140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K140" s="5" t="s">
-        <v>241</v>
+        <v>479</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="M140" s="5"/>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I141" s="5"/>
       <c r="J141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K141" s="5" t="s">
-        <v>241</v>
+        <v>479</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="M141" s="5"/>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I142" s="5"/>
       <c r="J142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K142" s="5" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="M142" s="5"/>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I143" s="5"/>
       <c r="J143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K143" s="5" t="s">
-        <v>282</v>
+        <v>479</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="M143" s="5"/>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I144" s="5"/>
       <c r="J144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K144" s="5" t="s">
-        <v>282</v>
+        <v>479</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="M144" s="5"/>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I145" s="5"/>
       <c r="J145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K145" s="5" t="s">
-        <v>282</v>
+        <v>479</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="M145" s="5"/>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H146" s="5" t="s">
-        <v>480</v>
+      <c r="H146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I146" s="5"/>
       <c r="J146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K146" s="5" t="s">
-        <v>282</v>
+        <v>479</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="M146" s="5"/>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I147" s="5"/>
       <c r="J147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K147" s="5" t="s">
-        <v>282</v>
+        <v>479</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="M147" s="5"/>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H148" s="5" t="s">
-        <v>381</v>
+      <c r="H148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I148" s="5"/>
       <c r="J148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K148" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K148" s="5" t="s">
+        <v>479</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="M148" s="5"/>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H149" s="5" t="s">
-        <v>381</v>
+      <c r="H149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I149" s="5"/>
       <c r="J149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K149" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K149" s="5" t="s">
+        <v>479</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="M149" s="5"/>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I150" s="5"/>
       <c r="J150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K150" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K150" s="5" t="s">
+        <v>479</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="M150" s="5"/>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H151" s="5" t="s">
-        <v>506</v>
+      <c r="H151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I151" s="5"/>
       <c r="J151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K151" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K151" s="5" t="s">
+        <v>479</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="M151" s="5"/>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H152" s="5" t="s">
-        <v>342</v>
+      <c r="H152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I152" s="5"/>
       <c r="J152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K152" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K152" s="5" t="s">
+        <v>479</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="M152" s="5"/>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I153" s="5"/>
       <c r="J153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K153" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K153" s="5" t="s">
+        <v>479</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="M153" s="5"/>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>291</v>
+        <v>515</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I154" s="5"/>
       <c r="J154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K154" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K154" s="5" t="s">
+        <v>479</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="M154" s="5"/>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I155" s="5"/>
       <c r="J155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K155" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K155" s="5" t="s">
+        <v>518</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="M155" s="5"/>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I156" s="5"/>
       <c r="J156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K156" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K156" s="5" t="s">
+        <v>518</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="M156" s="5"/>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I157" s="5"/>
       <c r="J157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K157" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K157" s="5" t="s">
+        <v>523</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="M157" s="5"/>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I158" s="5"/>
       <c r="J158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K158" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K158" s="5" t="s">
+        <v>526</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="M158" s="5"/>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I159" s="5"/>
       <c r="J159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K159" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K159" s="5" t="s">
+        <v>526</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="M159" s="5"/>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I160" s="5"/>
       <c r="J160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K160" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K160" s="5" t="s">
+        <v>526</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="M160" s="5"/>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I161" s="5"/>
       <c r="J161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K161" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K161" s="5" t="s">
+        <v>526</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="M161" s="5"/>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H162" s="5" t="s">
-        <v>240</v>
+      <c r="H162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I162" s="5"/>
       <c r="J162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K162" s="5" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="M162" s="5"/>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I163" s="5"/>
       <c r="J163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K163" s="5" t="s">
-        <v>296</v>
+        <v>526</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="M163" s="5"/>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I164" s="5"/>
       <c r="J164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K164" s="5" t="s">
-        <v>296</v>
+        <v>526</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="M164" s="5"/>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I165" s="5"/>
       <c r="J165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K165" s="5" t="s">
-        <v>296</v>
+        <v>526</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="M165" s="5"/>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H166" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H166" s="5" t="s">
+        <v>543</v>
       </c>
       <c r="I166" s="5"/>
       <c r="J166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K166" s="5" t="s">
-        <v>430</v>
+      <c r="K166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L166" s="6" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="M166" s="5"/>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D167" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E167" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D167" s="5" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="F167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H167" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H167" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="I167" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="J167" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>436</v>
+        <v>548</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>539</v>
-[...1 lines deleted...]
-      <c r="M167" s="5"/>
+        <v>549</v>
+      </c>
+      <c r="M167" s="5" t="s">
+        <v>550</v>
+      </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>540</v>
+        <v>551</v>
       </c>
       <c r="B168" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H168" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H168" s="5" t="s">
+        <v>552</v>
       </c>
       <c r="I168" s="5"/>
       <c r="J168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K168" s="5" t="s">
-        <v>436</v>
+        <v>553</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>541</v>
+        <v>554</v>
       </c>
       <c r="M168" s="5"/>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>542</v>
+        <v>555</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H169" s="5" t="s">
-        <v>543</v>
+      <c r="H169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I169" s="5"/>
       <c r="J169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K169" s="5" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>545</v>
+        <v>557</v>
       </c>
       <c r="M169" s="5"/>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>546</v>
+        <v>558</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I170" s="5"/>
       <c r="J170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K170" s="5" t="s">
-        <v>249</v>
+        <v>556</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>547</v>
+        <v>559</v>
       </c>
       <c r="M170" s="5"/>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I171" s="5"/>
       <c r="J171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K171" s="5" t="s">
-        <v>249</v>
+        <v>556</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>549</v>
+        <v>561</v>
       </c>
       <c r="M171" s="5"/>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>550</v>
+        <v>562</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I172" s="5"/>
       <c r="J172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K172" s="5" t="s">
-        <v>249</v>
+        <v>556</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>551</v>
+        <v>563</v>
       </c>
       <c r="M172" s="5"/>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>552</v>
+        <v>564</v>
       </c>
       <c r="B173" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
       <c r="I173" s="5"/>
       <c r="J173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K173" s="5" t="s">
-        <v>249</v>
+        <v>556</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>554</v>
+        <v>566</v>
       </c>
       <c r="M173" s="5"/>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>555</v>
+        <v>567</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>556</v>
+        <v>568</v>
       </c>
       <c r="I174" s="5"/>
       <c r="J174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K174" s="5" t="s">
-        <v>249</v>
+        <v>556</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>557</v>
+        <v>569</v>
       </c>
       <c r="M174" s="5"/>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>558</v>
+        <v>570</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="I175" s="5"/>
       <c r="J175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K175" s="5" t="s">
-        <v>249</v>
+        <v>556</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>560</v>
+        <v>572</v>
       </c>
       <c r="M175" s="5"/>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
       <c r="B176" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>248</v>
+        <v>574</v>
       </c>
       <c r="I176" s="5"/>
       <c r="J176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K176" s="5" t="s">
-        <v>249</v>
+        <v>556</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>562</v>
+        <v>575</v>
       </c>
       <c r="M176" s="5"/>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>563</v>
+        <v>576</v>
       </c>
       <c r="B177" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H177" s="5" t="s">
-        <v>559</v>
+      <c r="H177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I177" s="5"/>
       <c r="J177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K177" s="5" t="s">
-        <v>249</v>
+        <v>556</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>564</v>
+        <v>577</v>
       </c>
       <c r="M177" s="5"/>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C178" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H178" s="5" t="s">
         <v>565</v>
-      </c>
-[...27 lines deleted...]
-        <v>566</v>
       </c>
       <c r="I178" s="5"/>
       <c r="J178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K178" s="5" t="s">
-        <v>249</v>
+        <v>556</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>567</v>
+        <v>579</v>
       </c>
       <c r="M178" s="5"/>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>230</v>
+        <v>69</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H179" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H179" s="5" t="s">
+        <v>581</v>
       </c>
       <c r="I179" s="5"/>
       <c r="J179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K179" s="5" t="s">
-        <v>233</v>
+        <v>556</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>569</v>
+        <v>582</v>
       </c>
       <c r="M179" s="5"/>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>570</v>
+        <v>583</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>24</v>
+      </c>
+      <c r="D180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>571</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>581</v>
+      </c>
+      <c r="I180" s="5"/>
+      <c r="J180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K180" s="5" t="s">
-        <v>573</v>
+        <v>556</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>574</v>
-[...3 lines deleted...]
-      </c>
+        <v>584</v>
+      </c>
+      <c r="M180" s="5"/>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>576</v>
+        <v>585</v>
       </c>
       <c r="B181" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>577</v>
+        <v>24</v>
+      </c>
+      <c r="D181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G181" s="5" t="s">
-        <v>578</v>
+      <c r="G181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>579</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>581</v>
+      </c>
+      <c r="I181" s="5"/>
+      <c r="J181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K181" s="5" t="s">
-        <v>581</v>
+        <v>556</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>582</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="M181" s="5"/>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="B182" s="5" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>585</v>
-[...5 lines deleted...]
-        <v>587</v>
+        <v>24</v>
+      </c>
+      <c r="D182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H182" s="5" t="s">
         <v>588</v>
       </c>
       <c r="I182" s="5"/>
-      <c r="J182" s="5" t="s">
+      <c r="J182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K182" s="5" t="s">
         <v>589</v>
       </c>
-      <c r="K182" s="5" t="s">
+      <c r="L182" s="6" t="s">
         <v>590</v>
       </c>
-      <c r="L182" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M182" s="5"/>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E183" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D183" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E183" s="5" t="s">
+      <c r="F183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H183" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="I183" s="5" t="s">
         <v>594</v>
       </c>
-      <c r="F183" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G183" s="5" t="s">
+      <c r="J183" s="5" t="s">
         <v>595</v>
       </c>
-      <c r="H183" s="5" t="s">
+      <c r="K183" s="5" t="s">
         <v>596</v>
       </c>
-      <c r="I183" s="5" t="s">
+      <c r="L183" s="6" t="s">
         <v>597</v>
       </c>
-      <c r="J183" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K183" s="5" t="s">
+      <c r="M183" s="5" t="s">
         <v>598</v>
-      </c>
-[...4 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="E184" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D184" s="5" t="s">
+      <c r="F184" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="G184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H184" s="5" t="s">
         <v>602</v>
       </c>
-      <c r="E184" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H184" s="5" t="s">
+      <c r="I184" s="5" t="s">
         <v>603</v>
       </c>
-      <c r="I184" s="5" t="s">
+      <c r="J184" s="5" t="s">
         <v>604</v>
       </c>
-      <c r="J184" s="5" t="s">
+      <c r="K184" s="5" t="s">
         <v>605</v>
       </c>
-      <c r="K184" s="5" t="s">
+      <c r="L184" s="6" t="s">
         <v>606</v>
       </c>
-      <c r="L184" s="6" t="s">
+      <c r="M184" s="5" t="s">
         <v>607</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>27</v>
+        <v>139</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>130</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="F185" s="5" t="s">
+        <v>610</v>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H185" s="5" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>31</v>
+        <v>613</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>26</v>
+        <v>139</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>616</v>
+        <v>130</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>617</v>
+        <v>618</v>
+      </c>
+      <c r="F186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H186" s="5" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="I186" s="5" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="J186" s="5" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>87</v>
+        <v>139</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>625</v>
-[...4 lines deleted...]
-        </is>
+        <v>609</v>
+      </c>
+      <c r="F187" s="5" t="s">
+        <v>610</v>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
         <v>626</v>
       </c>
       <c r="I187" s="5" t="s">
         <v>627</v>
       </c>
       <c r="J187" s="5" t="s">
         <v>628</v>
       </c>
       <c r="K187" s="5" t="s">
         <v>629</v>
       </c>
       <c r="L187" s="6" t="s">
         <v>630</v>
       </c>
       <c r="M187" s="5" t="s">
         <v>631</v>
       </c>
     </row>