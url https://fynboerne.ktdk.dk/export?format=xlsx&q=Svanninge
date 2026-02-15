--- v0 (2025-10-02)
+++ v1 (2026-02-15)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1641" uniqueCount="990" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1650" uniqueCount="996" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -791,50 +791,82 @@
     <t>Den omtalte rejse med kaptajn Hagedorn blev, så vidt vides, ikke realiseret.
 Marie Larsen var i huset hos Anne Marie og Carl Nielsen nogle få måneder i vinteren og foråret 1897.
 Bielkes Legat var det første legat, som Johannes Larsen modtog.
 Vandhøns er en familie af tranefugle, hvortil bl.a. blishøns, rørhøns og vandrikser hører.</t>
   </si>
   <si>
     <t>Johannes Larsen er lige kommet hjem fra København. Syberg vil have ham til Svanninge for at male på skovbilledet, men Peter Hansen og Johannes Larsen planlægger en tur til Stockholm og England.
 I København har Johannes Larsen besøgt Carl Nielsen med familie, været på skovtur med Viggo Johansen og familie og i teatret med Lützhøft, som skulle anmelde forestillingen. Han har besøgt Th. Philipsen og været på Den frie Udstilling og Charlottenborg og beskriver i brevet flere af værkerne på udstillingen.
 Johannes Larsen har besluttet at søsteren Christine skal være maler.
 Han er selv blevet tildelt Bjelkes Legat.
 Syberg har malet en altertavle, som skal til Færøerne. 
 Adolf (Agraren) er fortræden.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/J4Te</t>
   </si>
   <si>
     <t>Kjerteminde 6 M[noget af papiret mangler]
 Min egen Elskede!
 Tusind Tak for Brevet, som laa her i Morges da jeg kom hjem. Jeg gik fra Ullerslev i Regnvejr, som varede hele Tiden, og kom her hjem Kl. ca 2 ¼. Moder var staaet op og vilde lave Kaffe, eller rettere det havde hun gjort [noget af papiret mangler] foretrak en Taar Ø[noget af papiret mangler] ogsaa Brev fra D[noget af papiret mangler] Christine, med [noget af papiret mangler] som nu er fixeret, [noget af papiret mangler]tæller mig at jeg [noget af papiret mangler]trækket Billedet, [noget af papiret mangler] nok Dig, der har gjort [noget af papiret mangler] paa Vejen til Odense. Syberg laa her ogsaa et Brev fra, han vilde endnu ha[noget af papiret mangler]lde komme derned [om en Maan]eds Tid og gøre mit Skovbillede færdigt; men det kan der vist ikke blive noget af, da jeg vist skal med Peter paa en Rejse til Stockholm, London og Hull. Han fortalte mig nemlig forleden at han var inviteret med af Kaptain Hagedorn, det er ham hvis Børn Peter [noget af papiret mangler]t, og han mente [noget af papiret mangler]de komme med [noget af papiret mangler] betale Kosten, det [noget af papiret mangler] Kaptainens eget [noget af papiret mangler]eg udtalte mig saa [noget af papiret mangler]t jo kunde blive [en udm]ærket Tur, og tænkte [noget af papiret mangler] videre paa det, før næste Dag, da Peter kom og fortalte mig at nu havde han været ude hos Fru Hagedorn og faaet [noget af papiret mangler] at skrive til Mande[noget af papiret mangler] og at Skibet gaar paa Lørdag om 3 Uger. Vi skal saa sættes om Bord ved Kjøbenhavn da det sejler der forbi ved den Tid. Som Du ser er der jo stærk Udsigt til at det bliver til noget. Mutter og Lützhøfft og Schou tog i mod mig paa Banegaarden i Lørdags Aftes og vi gik saa [noget af papiret mangler] og spiste Posteur og [noget af papiret mangler] Schou havde været [noget af papiret mangler] samme Dag at ta[noget af papiret mangler] med en Tikronesed[noget af papiret mangler]sedler paa alt deres [noget af papiret mangler] da jeg i Gaar mødte [noget af papiret mangler] Bredgade havde [noget af papiret mangler]ikke faaet den. Søndag Morgen var jeg oppe hos Carl Nielsens og spiste Frokost og fulgtes saa [med Mar]ie hen til Johansens, [noget af papiret mangler] havde været deroppe og inviteret Marie paa Skovtur i Anledning af den mindste Datters Fødselsdag. Desværre blev Fruen daarlig da vi kom ud til Banegaarden og hun sendte saa Fritz hjem efter Draaber og de 2 vilde saa tage med det næste Tog og møde os derude. De kom imidlertid ikke derud [noget af papiret mangler]saa alle sammen [noget af papiret mangler] at have været der [noget af papiret mangler] Timer. Det passede [for Re]sten helt godt for [noget af papiret mangler] med Lützhøft ud [tilFrederiks]berg Morskabstheater [for at] anmelde en ny Op[førelse d.]v.s. det var jo Lützhøft der skulde anmelde. Næste Dag kom Peter op til Lützhøft hvor jeg boede og vi var saa paa fri[noget af papiret mangler] og om Eftermiddagen [ude at] besøge Philipsen i Kas[trup] og Aftenen var Marie og Christine hos Lützhøft. Jeg naaede at komme 2 Gange paa Charlottenborg og 2 Gange paa den internationale, paa den fri Udstilling var jeg 3-4 Gange. Den sidste er forholdsvis den bedste. Paa Charlottenborg har P[oul S. Chri]stiansen italien[ske Land]skaber, som er nog[et af det] kønneste der er der opp[noget af papiret mangler] og slaar alt det an[noget af papiret mangler]me Værelse flad[noget af papiret mangler]mann traf jeg ude [paa den inter]nationale Udstill[ing og han] inviterede mig saa til Frokost næste Dag. Lützhøft og jeg gik saa ud paa ovennævnte Ud[stilling hv]or jeg skulde møde [noget af papiret mangler] og vi gik der saa et Par Timer, saa skulde Lützhøft af Sted, og Oppermann opdagede at vi ikke kunde naa ud til ham, da han skulde ind i Byen Kl. 2. Vi spiste derfor hos Wivel og gik saa paa den fri Udstilling. Oppermann var meget begejstret for Sybergs Billeder og for Resten [ogsaa for] Schous, hvad han [noget af papiret mangler] ikke plejer at være. [noget af papiret mangler] 2 Landskaber og [et Inter]ieur med Marie og [noget af papiret mangler] det sidste er især [noget af papiret mangler] vistnok det bedste [han/Schou h]ar malet endnu. [Baade Gam]le Slav og Kragh har ogsaa gode Billeder og af de ny som er komne med i Aar har Find et Portræt af en Nord[mand der] hedder Eriksen, der [noget af papiret mangler] paa Zahrtmanns Skole, og Fru Willumsen nogle kønne smaa Figurer i hvid Fajance. Saa har vi ogsaa faaet en ny Billedhugger der hedder Georg Jensen som har en smuk Kvindefigur der hedder Foraaret, og som nok har været kasseret paa Charlottenborg, den vilde ganske sikkert ogsaa ha[noget af papiret mangler] daarligt deroppe [noget af papiret mangler] er egentlig en forfær[delig Sam]ling de har af Bu[noget af papiret mangler] Jeg talte med Zah[rtmann] oppe paa Charlotte[nborg han] var ogsaa glad fo[noget af papiret mangler] i aar, navnlig for[noget af papiret mangler] Fremmede havde med og saa fordi de unges Ting derude stod saa godt, han [noget af papiret mangler] var saadan en [noget af papiret mangler] Ungdommen derud [noget af papiret mangler]. Jeg har saa bestemt at Christine skal være Maler, men er endnu ikke helt paa det rene med hvordan det skal foregaa. Hun bliver i Kjøbenhavn og følges med Marie hertil i Juni, Marie har nu sagt til Fru Nielsen at hun ikke vil være der [længere] end til de rejser [noget af papiret mangler]det. Jeg blev nu [noget af papiret mangler] af Georg som kom [med et] blaat Brev til mig, [noget af papiret mangler] holdt Underretning [noget af papiret mangler]den første Halvdel [noget af papiret mangler]tod der var mig til [noget af papiret mangler] Bjelkes Legat, 300 Kr vil være mig udbetalt den 29 eller 30 Juni, havde det bare været noget før. Nu kan Du da ikke [noget af papiret mangler] at jeg skriver for lid[t og jeg] tror nok at jeg nu snart vil holde op. Kl. er over 4 og jeg havde lovet Møller at gaa med ham ud paa Taarbystranden og skyde Vandhøns, Agraren havde været med i Gaar og de havde skudt hver sin. Jeg vil dog fortælle dig hvor velhavende vi alle sammen bliver i Aar. Baron[noget af papiret mangler] 500 Kr. af Akademi[noget af papiret mangler] har solgt for 800 Kr. [noget af papiret mangler] en Altertavle efter [noget af papiret mangler] Copien skal til Færø[erne han] faar 400 Kr for den. [noget af papiret mangler] har ogsaa solgt et [noget af papiret mangler] nu mangler der kun [noget af papiret mangler] det er usselt at han ikke kan sælge det smukke Billede. Baronen skrev at han [noget af papiret mangler] med at bygge sig [noget af papiret mangler] af uhøvlede Brædder, og gamle Blyvinduer og 4 T. Søm. Det var i det han vilde have mig til at bo sammen med ham selv og hans Søn. Kejserkronerne er nu helt udsprungne alle 3 og Tulipanerne undtagen et Par Stykker. Min Pen kan snart ikke skrive [mere] jeg har ikke min [noget af papiret mangler]nede Jeg glemte [noget af papiret mangler] ved Udstillingen [at fortæll] Dig at Willum[sen har saad]an en nydelig [noget af papiret mangler] Stentøj overnatur[lig Større]lse der hedder [noget af papiret mangler] og er et Brudstykke af et Relief. Nu skal Du have Farvel for denne Gang min egen [noget af papiret mangler] Kæreste. Skriv n[u snart] til Din hengivne
 Johannes Larsen
 PS.
 Agraren sidder i Sofaen og læser, han er fortræden, og har lige nægtet at hente min Kniv og da jeg nu spurgte om jeg skulde hilse som var til [ulæseligt] Dig fra ham, sagde [han at det] kunde jeg godt. J[noget af papiret mangler] altsaa ikke”? ” [noget af papiret mangler] Du godt lade væ[noget af papiret mangler] Der kan Du se [noget af papiret mangler] fører til at jeg spørg[noget af papiret mangler] man skal hilse. [Jeg vil nu] alligevel hilse D[ig fra] Fader og Moder, det ved jeg at jeg skal.</t>
   </si>
   <si>
+    <t>1897-07-13</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1349</t>
+  </si>
+  <si>
+    <t>Brev 1:
+Johannes Larsen ønsker tillykke med fødselsdagen. Han maler på et aftenbillede fra klinten i Kerteminde, og det trækker derfor ud med turen til Sverige.
+Brev 2:
+Christine Swane/Uglen ønsker tillykke og håber, at det er rare mennesker, Vilhelm/Klaks Larsen er hos. Hun har plantet blomster i haven, skuffet gange, klippet hæk og vandet. Syberg har spurgt, om Christine vil komme til Svanninge og hjælpe i huset, og til gengæld vil hun kunne få sangundervisning af Hedevig/Mutter Lützhøft.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5uWD</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 Juli 1897.
+Kære Vilhelm!
+Herved sender jeg Dig min Lykønskning i Anledning af Din Fødselsdag, men da jeg jo ikke har nogle Ærinder Du kan udrette for mig for Øjeblikket kan Du jo nok forstaa at der ikke bliver noget længere Brev ud af det denne Gang. Vi har det alle godt og arbejder af og til med Høet. I Dag skal vi begynde at køre det ind. Jeg maler på et Billede oppe fra Klinten i denne Tid, det er et Aftenbillede saa jeg kan jo ikke arbejde ret længe paa det ad Gangen, derfor trækker det ud med Turen til Sverige jeg skulde helst have været færdig til at tage derover nu i Løbet af Ugen. Hvad Tid bliver Du færdig med at maale? Mange Hilsner og Lykønskninger
+Din hengivne
+Johannes Larsen.
+Kære Klaks!
+Hjertelig til Lykke paa Fødselsdagen, jeg haaber for Dig at Du nu ser lidt lysere paa Dit Arbejde, saa at Du maa faa en rigtig dejlig Dag i Morgen. – Det er da storartet for Dig at det er rare Mennesker Du er hos. Det er dog en forfærdelig Tørke vi har i denne Tid, vi har plantet nogle Blomster nede i Haven, men jeg maatte først bære en Snes Spande Vand ned paa Bedene for at faa Jorden blødt op saa at Blomsterne kan gro. – Nu til Morgen har jeg skuffet Gangene og klippet Hækken oppe ved Højen og Blomsterne staar storartet, saa naar jeg nu passer at vande dem hver Aften saa bliver der nok kønt dernede. Har Du hørt at Sybergs gerne vilde have mig ned til Svanninge og hjælpe Anna, mens de har Fremmede, saa kunde jeg til Gengæld lære at synge hos Mutter som skal besøge Dem i Sommer. Kunde det ikke være forfærdeligt morsomt? - Jeg har for nogle Dage Siden skrevet ned til Anna, at jeg nok vilde derned, men endnu ikke faaet Svar, men jeg haaber det kommer en af Dagene. Hvordan passer Bukserne Dig? Nu vil jeg slutte med mange kærlige Hilsner fra din hengivne
+Ugle</t>
+  </si>
+  <si>
     <t>1897-11-21</t>
   </si>
   <si>
     <t>Svanninge
 Hverringe</t>
   </si>
   <si>
     <t>Christian Andersen
 Adolph Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Christian Møller, maler
 Christine Swane</t>
   </si>
   <si>
     <t>Hverringe er en herregård, der ligger på Hindsholm nord for Kerteminde. 
 Christine Larsen (Swane) boede fra efteråret 1897 til maj 1898 hos Anna og Fritz Syberg i Svanninge. Hun fulgte Fritz Sybergs tegneundervisning på Teknisk Skole i Fåborg.
 "Agraren er hjemme": Adolph Larsen var elev på Dalum Landbrugsskole, som var kostskole. 
 Marie Larsen var, mens dette brev blev skrevet, i huset hos Anne Marie Carl Nielsen.</t>
   </si>
   <si>
     <t>Johannes Larsen har været på andejagt flere gange med blandt andre Maler Møller, som skød tre rådyr. 
 Det glæder Larsen, at Alhed alligevel ikke skal have plads i huset (hos en tante).
 Marie Larsen er glad for folkene, som hun er hos, og Christine Larsen (Swane) har det også godt. 
@@ -1224,54 +1256,50 @@
 Tak tusinde Gange fordi der var et i dag, I er rigtignok nogle søde Piger til at huske vor Søndagsglæde Gud ske Lov for Eder – 
 Johannes maler flittig paa Christian Andersen og jeg troer han faar et godt Billede af ham
 Klokken er bleven saa mange at jeg maa nok skynde mig for Marie vil ogsaa gjerne have et lille Ord inden jeg rejser – og det bliver i denne Uge -, hun Marie har meget travlt de har lige vasket stor Vask og skal slagte en Tyr men saa lærer hun jo at bestille noget og ogsaa hvordan der skal laves og bruges – men Hovedsagen er dog for mig at hun er kommen til Mennesker hun synes om.
 Adolph sidder og læser en Bog af Pontoppidan vistnok hans første Arbejde den hedder ”Kirkeskuden” vi har alle læst den, Faer med
 Hvor det glæder mig at du er saa langt fremme med dine Arbejder, ja det kan vistnok at Johannes er derovre det kan vi jo selv ordne naar du helst vil have ham ellers kunde du vel mest faa en af de unge Malere eller Søren Lund, men det skal nok klare sig det er af Smaatingene
 Marens Kjæreste skal rejse i morgen han skal med ”Najaden” af Faaborg og vil ikke komme hjem før han har tjent sig 200 Kr men det behøver heller ikke at vare længe naar han faar 46 kr om Maaneden, nu gik de i Kirke og saa vil jeg ikke se hende mere i dag
 Det var hun glad for – saa I Aften kan du se både Vilhelm og Agraren hjælpe mig at dække bord – det skal blive Kommers – 
 Vinteren holdt sit Indtog igaar med frost og Blæst og i dag sner det maaske vi nu skal have Kulde en Tid – 
 Rasmus Petersen sagde det er en god Dæmper paa alle disse der vil lægge Kartofler allerede jeg var ogsaa lige ved at mene det var Foraar - blot vi maa faa godt Vejr til vores Rejse – Maaneskin er det – og det er jeg glad for
 Hils den lille søde Dreng fra mig hvor det dog glæder mig at høre om saadanne smaa opvakte Børn, Oppe hos Georg har de opdaget at Drengen er musikalsk han sidder opmærksom og lytter naar Julius blæser Cornet eller Jørgine spiller Ghitar han seer ogsaa med Fornøjelse paa Blæksprutten Marie kjører med ham hjem hos Forældrene og han sover saa dejlig ovenpaa saadan en Tour
 Det er bedre med Alheds Fader han maa vist komme op i denne Uge – hun skal til Kjøbenhavn igjen om en lille Tid.
 Hvor jeg glæder mig til Paasken og til at se dig være det gjør du dig ingen Ide om kan du blive færdig til Paasken med hvad du skal dernede eller du skal derned igjen Din Moder
 Skriv snart Uglen. Hils baronens Mange Hilsner fra din Broder Adolph
 Mange Hilsner til Dig og hele Baronfamilien fra Klaks
 Kjerteminde 6 Marts 1898
 Kære Christine!
 Vil Du spørge Baronen om han saa vil laane mig de Valmuer, og om han i bekræftende Fald vil sende dem saa betids, at jeg kan naa at faa lavet Ramme til dem. Dette maa Du svare mig paa omgaaende da anmeldelsen skal indsendes senest Onsdag. Hils alle fra mig. Mange kærlige Hilsner til dig selv fra Din hengivne 
 Johannes Larsen</t>
   </si>
   <si>
     <t>1898-03-21</t>
   </si>
   <si>
     <t>Adolph Larsen
 Vilhelmine  Larsen</t>
-  </si>
-[...2 lines deleted...]
-Christine Swane</t>
   </si>
   <si>
     <t>Dalum Landbrugsskole
 Kerteminde</t>
   </si>
   <si>
     <t>Svanninge
 Kerteminde</t>
   </si>
   <si>
     <t>Peter Hansen
 Jeppe Andreas Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Axel Muus
 - Petersen Gelskov
 Fritz Syberg</t>
   </si>
   <si>
     <t>Fængslet i Adolph Larsens brev er Dalum Landbrugsskole.
 Johannes Larsen boede på dette tidspunkt i Kerteminde. Christine Swane boede hos Anna og Fritz Syberg i Svanninge på Sydfyn.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Museum</t>
   </si>
@@ -5428,59 +5456,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ZhDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Lhc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3na4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pzPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1W8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Wrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6pOE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6fIB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNhJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ULV8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bggI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KG66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/umj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MaOJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eNAX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xzmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hRdx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/133T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGid" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BB70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5KSm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghqp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vzls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cdij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gKcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOKZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAaw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4d3i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PG0R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WxCK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JTbm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vwCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YQ1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wlEV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xsak" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xJQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KqDJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5vW0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2nhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Md1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fEat" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJJD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Irxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4qn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Rvm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L1xc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zWp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4BGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/STNI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k4EY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vmMk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JhFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kncW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mbuD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uFjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p2sT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nnnI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7X7w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wW8M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qAqU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bSaT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QjNS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPYu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Suoj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lfjWowWm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Xri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vcEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yxg0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8YNM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xbji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3QAY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7KtK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMzv4SUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gdBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2n2C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HMSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KvGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ZhDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Lhc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3na4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pzPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1W8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Wrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6pOE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6fIB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smxn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNhJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ULV8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bggI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KG66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/umj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/txzx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MaOJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eNAX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xzmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hRdx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/133T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGid" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BB70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5KSm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghqp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vzls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Reba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cdij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WXTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p4ky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gKcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1LQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOKZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAaw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4d3i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PG0R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WxCK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JTbm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vwCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YQ1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wlEV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xsak" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xJQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KqDJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5vW0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2nhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Md1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fEat" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJJD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Irxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4qn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Rvm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L1xc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zWp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4BGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/STNI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k4EY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vmMk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JhFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kncW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mbuD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uFjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p2sT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nnnI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7X7w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wW8M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qAqU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bSaT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QjNS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPYu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Suoj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lfjWowWm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Xri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vcEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yxg0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8YNM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xbji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3QAY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7KtK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMzv4SUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gdBJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2n2C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HMSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KvGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M155"/>
+  <dimension ref="A1:M156"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -6389,1754 +6417,1754 @@
       </c>
       <c r="I21" s="5" t="s">
         <v>146</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>147</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>148</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>150</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>58</v>
+        <v>151</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>94</v>
+        <v>152</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>59</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G22" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I22" s="5" t="s">
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>154</v>
       </c>
       <c r="L22" s="6" t="s">
         <v>155</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
         <v>157</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>158</v>
+        <v>94</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>59</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G23" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G23" s="5" t="s">
+        <v>158</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>159</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>160</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>161</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>162</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>164</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="F24" s="5" t="s">
-        <v>46</v>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>167</v>
+        <v>42</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>168</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>169</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>171</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>94</v>
+        <v>165</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="F25" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G25" s="5" t="s">
+      <c r="F25" s="5" t="s">
         <v>46</v>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H25" s="5" t="s">
         <v>172</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>173</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>63</v>
+        <v>174</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>158</v>
+        <v>94</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="F26" s="5" t="s">
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>179</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>180</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>181</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>182</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>184</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>185</v>
+        <v>165</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="F27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F27" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G27" s="5" t="s">
+        <v>185</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>186</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>187</v>
       </c>
       <c r="J27" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K27" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="K27" s="5" t="s">
+      <c r="L27" s="6" t="s">
         <v>189</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="5" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D28" s="5" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>59</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G28" s="5" t="s">
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="H28" s="5" t="s">
+      <c r="I28" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="I28" s="5" t="s">
+      <c r="J28" s="5" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>196</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>197</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>199</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>158</v>
+        <v>94</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="F29" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="s">
+        <v>200</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>202</v>
+        <v>63</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>203</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>204</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>206</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>94</v>
+        <v>165</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="F30" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F30" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
         <v>207</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>208</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>63</v>
+        <v>209</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>213</v>
+        <v>58</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>158</v>
+        <v>94</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="F31" s="5" t="s">
-        <v>46</v>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
         <v>214</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>215</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>216</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>217</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
         <v>219</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>220</v>
       </c>
       <c r="D32" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="E32" s="5" t="s">
+      <c r="I32" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="F32" s="5" t="s">
+      <c r="J32" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K32" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="G32" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>224</v>
       </c>
-      <c r="I32" s="5" t="s">
+      <c r="M32" s="5" t="s">
         <v>225</v>
-      </c>
-[...10 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H33" s="5" t="s">
         <v>230</v>
       </c>
-      <c r="B33" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F33" s="5" t="s">
+      <c r="I33" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="G33" s="5" t="s">
+      <c r="J33" s="5" t="s">
         <v>232</v>
       </c>
-      <c r="H33" s="5" t="s">
+      <c r="K33" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="I33" s="5" t="s">
+      <c r="L33" s="6" t="s">
         <v>234</v>
       </c>
-      <c r="J33" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K33" s="5" t="s">
+      <c r="M33" s="5" t="s">
         <v>235</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="G34" s="5" t="s">
         <v>238</v>
-      </c>
-[...22 lines deleted...]
-        </is>
       </c>
       <c r="H34" s="5" t="s">
         <v>239</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>240</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>241</v>
       </c>
       <c r="L34" s="6" t="s">
         <v>242</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
         <v>244</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D35" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D35" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G35" s="5" t="s">
+      <c r="G35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H35" s="5" t="s">
         <v>245</v>
       </c>
-      <c r="H35" s="5" t="s">
+      <c r="I35" s="5" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K35" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="L35" s="6" t="s">
         <v>248</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="5" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>58</v>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="H36" s="5" t="s">
         <v>252</v>
       </c>
-      <c r="H36" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I36" s="5"/>
+      <c r="I36" s="5" t="s">
+        <v>253</v>
+      </c>
       <c r="J36" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D37" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D37" s="5" t="s">
-[...3 lines deleted...]
-        <v>59</v>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="s">
-        <v>46</v>
+        <v>258</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>257</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="I37" s="5"/>
       <c r="J37" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>259</v>
       </c>
       <c r="L37" s="6" t="s">
         <v>260</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
         <v>262</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D38" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D38" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E38" s="5" t="s">
+        <v>59</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H38" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="H38" s="5" t="s">
+      <c r="I38" s="5" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K38" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="L38" s="6" t="s">
         <v>266</v>
       </c>
-      <c r="L38" s="6" t="s">
+      <c r="M38" s="5" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>58</v>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="s">
         <v>269</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="I39" s="5"/>
+      <c r="I39" s="5" t="s">
+        <v>271</v>
+      </c>
       <c r="J39" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D40" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D40" s="5" t="s">
-[...3 lines deleted...]
-        <v>59</v>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G40" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G40" s="5" t="s">
+        <v>275</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="I40" s="5" t="s">
         <v>276</v>
       </c>
+      <c r="I40" s="5"/>
       <c r="J40" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>277</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>278</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>280</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D41" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D41" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E41" s="5" t="s">
+        <v>59</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G41" s="5" t="s">
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H41" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="H41" s="5" t="s">
+      <c r="I41" s="5" t="s">
         <v>282</v>
       </c>
-      <c r="I41" s="5"/>
       <c r="J41" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>283</v>
       </c>
       <c r="L41" s="6" t="s">
         <v>284</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>286</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>58</v>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="s">
-        <v>46</v>
+        <v>287</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>287</v>
-[...1 lines deleted...]
-      <c r="I42" s="5" t="s">
         <v>288</v>
       </c>
+      <c r="I42" s="5"/>
       <c r="J42" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>289</v>
       </c>
       <c r="L42" s="6" t="s">
         <v>290</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
         <v>292</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D43" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D43" s="5" t="s">
-[...3 lines deleted...]
-        <v>59</v>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H43" s="5" t="s">
         <v>293</v>
       </c>
-      <c r="H43" s="5" t="s">
+      <c r="I43" s="5" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K43" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="L43" s="6" t="s">
         <v>296</v>
       </c>
-      <c r="L43" s="6" t="s">
+      <c r="M43" s="5" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>59</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G44" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G44" s="5" t="s">
+        <v>299</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>300</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>301</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>302</v>
       </c>
       <c r="L44" s="6" t="s">
         <v>303</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
         <v>305</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H45" s="5" t="s">
         <v>306</v>
       </c>
-      <c r="D45" s="5" t="s">
+      <c r="I45" s="5" t="s">
         <v>307</v>
       </c>
-      <c r="E45" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F45" s="5" t="s">
+      <c r="J45" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="K45" s="5" t="s">
         <v>308</v>
       </c>
-      <c r="G45" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H45" s="5" t="s">
+      <c r="L45" s="6" t="s">
         <v>309</v>
       </c>
-      <c r="I45" s="5" t="s">
+      <c r="M45" s="5" t="s">
         <v>310</v>
-      </c>
-[...10 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="F46" s="5" t="s">
         <v>314</v>
       </c>
-      <c r="B46" s="5" t="s">
-[...17 lines deleted...]
-        <v>46</v>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>158</v>
+        <v>315</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>29</v>
+        <v>94</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>46</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G47" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G47" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>320</v>
-[...1 lines deleted...]
-      <c r="I47" s="5"/>
+        <v>165</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>321</v>
+      </c>
       <c r="J47" s="5" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>46</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="I48" s="5"/>
       <c r="J48" s="5" t="s">
         <v>52</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>46</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="I49" s="5"/>
       <c r="J49" s="5" t="s">
         <v>52</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>46</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="I50" s="5"/>
       <c r="J50" s="5" t="s">
         <v>52</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>94</v>
+        <v>30</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>112</v>
+        <v>46</v>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="I51" s="5" t="s">
         <v>341</v>
       </c>
+      <c r="I51" s="5"/>
       <c r="J51" s="5" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>342</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>343</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
         <v>345</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D52" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D52" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" s="5" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="F52" s="5" t="s">
         <v>112</v>
       </c>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I52" s="5"/>
+        <v>346</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>347</v>
+      </c>
       <c r="J52" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="F53" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F53" s="5" t="s">
+        <v>112</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>350</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I53" s="5"/>
       <c r="J53" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>352</v>
       </c>
       <c r="L53" s="6" t="s">
         <v>353</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
         <v>355</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D54" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D54" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E54" s="5" t="s">
+        <v>59</v>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
         <v>356</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>357</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>358</v>
       </c>
       <c r="L54" s="6" t="s">
         <v>359</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
         <v>361</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D55" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D55" s="5" t="s">
-[...6 lines deleted...]
-        <v>112</v>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
         <v>362</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>363</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>364</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>365</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
         <v>367</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D56" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D56" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E56" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>112</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
         <v>368</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>369</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>370</v>
       </c>
       <c r="L56" s="6" t="s">
         <v>371</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
         <v>373</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="E57" s="5" t="s">
-[...5 lines deleted...]
-      <c r="G57" s="5" t="s">
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="s">
         <v>374</v>
       </c>
-      <c r="H57" s="5" t="s">
+      <c r="I57" s="5" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K57" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="L57" s="6" t="s">
         <v>377</v>
       </c>
-      <c r="L57" s="6" t="s">
+      <c r="M57" s="5" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>58</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="F58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F58" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>380</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>94</v>
+        <v>57</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="E59" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E59" s="5" t="s">
+        <v>59</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
         <v>386</v>
       </c>
       <c r="I59" s="5" t="s">
         <v>387</v>
       </c>
       <c r="J59" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K59" s="5" t="s">
         <v>388</v>
       </c>
       <c r="L59" s="6" t="s">
         <v>389</v>
       </c>
       <c r="M59" s="5" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D60" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D60" s="5" t="s">
-[...3 lines deleted...]
-        <v>46</v>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E61" s="5" t="s">
         <v>46</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
         <v>397</v>
@@ -8182,4197 +8210,4242 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
         <v>403</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>404</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>405</v>
       </c>
       <c r="L62" s="6" t="s">
         <v>406</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D63" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D63" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63" s="5" t="s">
-        <v>112</v>
+        <v>46</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="J63" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>58</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>112</v>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
         <v>414</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>415</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>416</v>
       </c>
       <c r="L64" s="6" t="s">
         <v>417</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
         <v>419</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D65" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D65" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="5" t="s">
-        <v>46</v>
+        <v>112</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G65" s="5" t="s">
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H65" s="5" t="s">
         <v>420</v>
       </c>
-      <c r="H65" s="5" t="s">
+      <c r="I65" s="5" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="J65" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K65" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="L65" s="6" t="s">
         <v>423</v>
       </c>
-      <c r="L65" s="6" t="s">
+      <c r="M65" s="5" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G66" s="5" t="s">
         <v>426</v>
-      </c>
-[...20 lines deleted...]
-        </is>
       </c>
       <c r="H66" s="5" t="s">
         <v>427</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>428</v>
       </c>
       <c r="J66" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K66" s="5" t="s">
         <v>429</v>
       </c>
       <c r="L66" s="6" t="s">
         <v>430</v>
       </c>
       <c r="M66" s="5" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
         <v>432</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>58</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>59</v>
+        <v>112</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
         <v>433</v>
       </c>
       <c r="I67" s="5" t="s">
         <v>434</v>
       </c>
       <c r="J67" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>435</v>
       </c>
       <c r="L67" s="6" t="s">
         <v>436</v>
       </c>
       <c r="M67" s="5" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
         <v>438</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D68" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D68" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="5" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G68" s="5" t="s">
-        <v>46</v>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H68" s="5" t="s">
         <v>439</v>
       </c>
       <c r="I68" s="5" t="s">
         <v>440</v>
       </c>
       <c r="J68" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K68" s="5" t="s">
         <v>441</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>442</v>
       </c>
       <c r="M68" s="5" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
         <v>444</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G69" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H69" s="5" t="s">
         <v>445</v>
       </c>
-      <c r="D69" s="5" t="s">
-[...13 lines deleted...]
-      <c r="H69" s="5" t="s">
+      <c r="I69" s="5" t="s">
         <v>446</v>
       </c>
-      <c r="I69" s="5" t="s">
+      <c r="J69" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="K69" s="5" t="s">
         <v>447</v>
       </c>
-      <c r="J69" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K69" s="5" t="s">
+      <c r="L69" s="6" t="s">
         <v>448</v>
       </c>
-      <c r="L69" s="6" t="s">
+      <c r="M69" s="5" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C70" s="5" t="s">
         <v>451</v>
       </c>
-      <c r="B70" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D70" s="5" t="s">
-        <v>94</v>
+        <v>165</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>231</v>
-[...6 lines deleted...]
-      <c r="G70" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
         <v>452</v>
       </c>
-      <c r="H70" s="5" t="s">
+      <c r="I70" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="I70" s="5" t="s">
+      <c r="J70" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="K70" s="5" t="s">
         <v>454</v>
       </c>
-      <c r="J70" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K70" s="5" t="s">
+      <c r="L70" s="6" t="s">
         <v>455</v>
       </c>
-      <c r="L70" s="6" t="s">
+      <c r="M70" s="5" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G71" s="5" t="s">
         <v>458</v>
       </c>
-      <c r="B71" s="5" t="s">
+      <c r="H71" s="5" t="s">
         <v>459</v>
       </c>
-      <c r="C71" s="5" t="s">
+      <c r="I71" s="5" t="s">
         <v>460</v>
       </c>
-      <c r="D71" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H71" s="5" t="s">
+      <c r="J71" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="K71" s="5" t="s">
         <v>461</v>
       </c>
-      <c r="I71" s="5"/>
-[...5 lines deleted...]
-      <c r="K71" s="5" t="s">
+      <c r="L71" s="6" t="s">
         <v>462</v>
       </c>
-      <c r="L71" s="6" t="s">
+      <c r="M71" s="5" t="s">
         <v>463</v>
       </c>
-      <c r="M71" s="5"/>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>464</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>465</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>30</v>
-[...8 lines deleted...]
-        <v>46</v>
+        <v>466</v>
+      </c>
+      <c r="D72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I72" s="5"/>
-      <c r="J72" s="5" t="s">
-        <v>52</v>
+      <c r="J72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K72" s="5" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>468</v>
-[...1 lines deleted...]
-      <c r="M72" s="5" t="s">
         <v>469</v>
       </c>
+      <c r="M72" s="5"/>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
         <v>470</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>14</v>
+        <v>471</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>460</v>
+        <v>30</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>471</v>
+        <v>29</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>59</v>
       </c>
       <c r="F73" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H73" s="5" t="s">
         <v>472</v>
       </c>
-      <c r="G73" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H73" s="5" t="s">
+      <c r="I73" s="5"/>
+      <c r="J73" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K73" s="5" t="s">
         <v>473</v>
       </c>
-      <c r="I73" s="5" t="s">
+      <c r="L73" s="6" t="s">
         <v>474</v>
       </c>
-      <c r="J73" s="5" t="s">
+      <c r="M73" s="5" t="s">
         <v>475</v>
-      </c>
-[...7 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>57</v>
+        <v>466</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>158</v>
+        <v>477</v>
       </c>
       <c r="E74" s="5" t="s">
         <v>59</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>46</v>
+        <v>478</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="I74" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="I74" s="5" t="s">
+      <c r="J74" s="5" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="K74" s="5" t="s">
         <v>482</v>
       </c>
       <c r="L74" s="6" t="s">
         <v>483</v>
       </c>
       <c r="M74" s="5" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
         <v>485</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>94</v>
+        <v>57</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>58</v>
-[...9 lines deleted...]
-        </is>
+        <v>165</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
         <v>486</v>
       </c>
       <c r="I75" s="5" t="s">
         <v>487</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>488</v>
       </c>
       <c r="L75" s="6" t="s">
         <v>489</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
         <v>491</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>30</v>
+        <v>94</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>58</v>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H76" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H76" s="5" t="s">
+        <v>492</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>497</v>
+        <v>59</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H77" s="5" t="s">
+      <c r="H77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I77" s="5" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
       <c r="J77" s="5" t="s">
         <v>52</v>
       </c>
       <c r="K77" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="L77" s="6" t="s">
         <v>500</v>
       </c>
-      <c r="L77" s="6" t="s">
+      <c r="M77" s="5" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E78" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H78" s="5" t="s">
         <v>504</v>
       </c>
-      <c r="F78" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H78" s="5" t="s">
+      <c r="I78" s="5" t="s">
         <v>505</v>
       </c>
-      <c r="I78" s="5"/>
       <c r="J78" s="5" t="s">
         <v>52</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>506</v>
       </c>
       <c r="L78" s="6" t="s">
         <v>507</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="79">
-      <c r="A79" s="5" t="n">
-        <v>1902</v>
+      <c r="A79" s="5" t="s">
+        <v>509</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>509</v>
+        <v>30</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>510</v>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
         <v>511</v>
       </c>
-      <c r="I79" s="5" t="s">
+      <c r="I79" s="5"/>
+      <c r="J79" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K79" s="5" t="s">
         <v>512</v>
       </c>
-      <c r="J79" s="5" t="s">
+      <c r="L79" s="6" t="s">
         <v>513</v>
       </c>
-      <c r="K79" s="5" t="s">
+      <c r="M79" s="5" t="s">
         <v>514</v>
       </c>
-      <c r="L79" s="6" t="s">
+    </row>
+    <row r="80">
+      <c r="A80" s="5" t="n">
+        <v>1902</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C80" s="5" t="s">
         <v>515</v>
       </c>
-      <c r="M79" s="5" t="s">
+      <c r="D80" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E80" s="5" t="s">
         <v>516</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A80" s="5" t="s">
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H80" s="5" t="s">
         <v>517</v>
       </c>
-      <c r="B80" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H80" s="5" t="s">
+      <c r="I80" s="5" t="s">
         <v>518</v>
       </c>
-      <c r="I80" s="5" t="s">
+      <c r="J80" s="5" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>520</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>521</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
         <v>523</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>504</v>
+        <v>59</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="H81" s="5" t="s">
         <v>524</v>
       </c>
-      <c r="H81" s="5" t="s">
+      <c r="I81" s="5" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
       <c r="J81" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K81" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="L81" s="6" t="s">
         <v>527</v>
       </c>
-      <c r="L81" s="6" t="s">
+      <c r="M81" s="5" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G82" s="5" t="s">
         <v>530</v>
-      </c>
-[...18 lines deleted...]
-        </is>
       </c>
       <c r="H82" s="5" t="s">
         <v>531</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>532</v>
       </c>
       <c r="J82" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>533</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>534</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
         <v>536</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="E83" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G83" s="5" t="s">
+      <c r="E83" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="s">
         <v>537</v>
       </c>
-      <c r="H83" s="5" t="s">
+      <c r="I83" s="5" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K83" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="L83" s="6" t="s">
         <v>540</v>
       </c>
-      <c r="L83" s="6" t="s">
+      <c r="M83" s="5" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G84" s="5" t="s">
         <v>543</v>
-      </c>
-[...22 lines deleted...]
-        </is>
       </c>
       <c r="H84" s="5" t="s">
         <v>544</v>
       </c>
-      <c r="I84" s="5"/>
+      <c r="I84" s="5" t="s">
+        <v>545</v>
+      </c>
       <c r="J84" s="5" t="s">
-        <v>545</v>
+        <v>63</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>546</v>
       </c>
       <c r="L84" s="6" t="s">
         <v>547</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
         <v>549</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
         <v>550</v>
       </c>
-      <c r="I85" s="5" t="s">
+      <c r="I85" s="5"/>
+      <c r="J85" s="5" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>552</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>553</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
         <v>555</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="E86" s="5" t="s">
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="s">
         <v>556</v>
       </c>
-      <c r="F86" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H86" s="5" t="s">
+      <c r="I86" s="5" t="s">
         <v>557</v>
       </c>
-      <c r="I86" s="5"/>
       <c r="J86" s="5" t="s">
-        <v>52</v>
+        <v>551</v>
       </c>
       <c r="K86" s="5" t="s">
         <v>558</v>
       </c>
       <c r="L86" s="6" t="s">
         <v>559</v>
       </c>
       <c r="M86" s="5" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
         <v>561</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>562</v>
       </c>
-      <c r="F87" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F87" s="5" t="s">
+        <v>59</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I87" s="5" t="s">
         <v>563</v>
       </c>
+      <c r="I87" s="5"/>
       <c r="J87" s="5" t="s">
-        <v>545</v>
+        <v>52</v>
       </c>
       <c r="K87" s="5" t="s">
         <v>564</v>
       </c>
       <c r="L87" s="6" t="s">
         <v>565</v>
       </c>
       <c r="M87" s="5" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
         <v>567</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>185</v>
+        <v>51</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>568</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I88" s="5" t="s">
         <v>569</v>
       </c>
-      <c r="I88" s="5" t="s">
+      <c r="J88" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="K88" s="5" t="s">
         <v>570</v>
       </c>
-      <c r="J88" s="5" t="s">
+      <c r="L88" s="6" t="s">
         <v>571</v>
       </c>
-      <c r="K88" s="5" t="s">
+      <c r="M88" s="5" t="s">
         <v>572</v>
-      </c>
-[...4 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H89" s="5" t="s">
         <v>575</v>
       </c>
-      <c r="B89" s="5" t="s">
-[...34 lines deleted...]
-        </is>
+      <c r="I89" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>577</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="M89" s="5"/>
+        <v>579</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>580</v>
+      </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>14</v>
+        <v>465</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D90" s="5" t="s">
-[...3 lines deleted...]
-        <v>579</v>
+      <c r="D90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H90" s="5" t="s">
-[...6 lines deleted...]
-        <v>63</v>
+      <c r="H90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I90" s="5"/>
+      <c r="J90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K90" s="5" t="s">
         <v>582</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>583</v>
       </c>
-      <c r="M90" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M90" s="5"/>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E91" s="5" t="s">
         <v>585</v>
       </c>
-      <c r="B91" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D91" s="5" t="s">
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H91" s="5" t="s">
         <v>586</v>
       </c>
-      <c r="E91" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H91" s="5" t="s">
+      <c r="I91" s="5" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
       <c r="J91" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K91" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="L91" s="6" t="s">
         <v>589</v>
       </c>
-      <c r="L91" s="6" t="s">
+      <c r="M91" s="5" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D92" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H92" s="5" t="s">
         <v>593</v>
       </c>
-      <c r="E92" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H92" s="5" t="s">
+      <c r="I92" s="5" t="s">
         <v>594</v>
       </c>
-      <c r="I92" s="5"/>
       <c r="J92" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="K92" s="5" t="s">
         <v>595</v>
       </c>
-      <c r="K92" s="5" t="s">
+      <c r="L92" s="6" t="s">
         <v>596</v>
       </c>
-      <c r="L92" s="6" t="s">
+      <c r="M92" s="5" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>594</v>
-[...3 lines deleted...]
-      </c>
+        <v>600</v>
+      </c>
+      <c r="I93" s="5"/>
       <c r="J93" s="5" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>593</v>
+        <v>30</v>
       </c>
       <c r="D94" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H94" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="I94" s="5" t="s">
         <v>605</v>
       </c>
-      <c r="E94" s="5" t="inlineStr">
-[...17 lines deleted...]
-      <c r="I94" s="5"/>
       <c r="J94" s="5" t="s">
-        <v>595</v>
+        <v>606</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F95" s="5" t="s">
         <v>31</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H95" s="5" t="s">
-        <v>610</v>
+      <c r="H95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I95" s="5"/>
       <c r="J95" s="5" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>593</v>
-[...4 lines deleted...]
-        </is>
+        <v>599</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>611</v>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F96" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F96" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H96" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H96" s="5" t="s">
+        <v>616</v>
       </c>
       <c r="I96" s="5"/>
       <c r="J96" s="5" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="97">
-      <c r="A97" s="5" t="n">
-        <v>1912</v>
+      <c r="A97" s="5" t="s">
+        <v>620</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>599</v>
+      </c>
+      <c r="D97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H97" s="5" t="s">
-        <v>619</v>
+      <c r="H97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I97" s="5"/>
       <c r="J97" s="5" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="98">
-      <c r="A98" s="5" t="s">
-        <v>624</v>
+      <c r="A98" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H98" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H98" s="5" t="s">
+        <v>625</v>
       </c>
       <c r="I98" s="5"/>
       <c r="J98" s="5" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>459</v>
+        <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-        </is>
+        <v>599</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>214</v>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I99" s="5"/>
-      <c r="J99" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J99" s="5" t="s">
+        <v>626</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>576</v>
+        <v>631</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>629</v>
-[...1 lines deleted...]
-      <c r="M99" s="5"/>
+        <v>632</v>
+      </c>
+      <c r="M99" s="5" t="s">
+        <v>633</v>
+      </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>14</v>
+        <v>465</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>58</v>
+      </c>
+      <c r="D100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H100" s="5" t="s">
-        <v>631</v>
+      <c r="H100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I100" s="5"/>
-      <c r="J100" s="5" t="s">
-        <v>620</v>
+      <c r="J100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K100" s="5" t="s">
-        <v>632</v>
+        <v>582</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>635</v>
+      </c>
+      <c r="M100" s="5"/>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>636</v>
+        <v>599</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>593</v>
-[...1 lines deleted...]
-      <c r="E101" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H101" s="5" t="s">
         <v>637</v>
-      </c>
-[...11 lines deleted...]
-        <v>638</v>
       </c>
       <c r="I101" s="5"/>
       <c r="J101" s="5" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="K101" s="5" t="s">
+        <v>638</v>
+      </c>
+      <c r="L101" s="6" t="s">
         <v>639</v>
       </c>
-      <c r="L101" s="6" t="s">
+      <c r="M101" s="5" t="s">
         <v>640</v>
-      </c>
-[...1 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C102" s="5" t="s">
         <v>642</v>
       </c>
-      <c r="B102" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C102" s="5" t="s">
+      <c r="D102" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="E102" s="5" t="s">
         <v>643</v>
       </c>
-      <c r="D102" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="5" t="s">
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H102" s="5" t="s">
         <v>644</v>
-      </c>
-[...13 lines deleted...]
-        </is>
       </c>
       <c r="I102" s="5"/>
       <c r="J102" s="5" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>645</v>
       </c>
       <c r="L102" s="6" t="s">
         <v>646</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
         <v>648</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>30</v>
+        <v>649</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>637</v>
+        <v>650</v>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G103" s="5" t="s">
-        <v>46</v>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I103" s="5"/>
       <c r="J103" s="5" t="s">
-        <v>649</v>
+        <v>626</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>593</v>
+        <v>30</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-        </is>
+        <v>599</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>643</v>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G104" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>207</v>
+      <c r="G104" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I104" s="5"/>
       <c r="J104" s="5" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>657</v>
+        <v>30</v>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>658</v>
+        <v>214</v>
       </c>
       <c r="I105" s="5"/>
       <c r="J105" s="5" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>658</v>
+        <v>599</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>593</v>
-[...1 lines deleted...]
-      <c r="E106" s="5" t="s">
         <v>663</v>
       </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H106" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I106" s="5" t="s">
+      <c r="H106" s="5" t="s">
         <v>664</v>
       </c>
+      <c r="I106" s="5"/>
       <c r="J106" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="K106" s="5" t="s">
         <v>665</v>
       </c>
-      <c r="K106" s="5" t="s">
+      <c r="L106" s="6" t="s">
         <v>666</v>
       </c>
-      <c r="L106" s="6" t="s">
+      <c r="M106" s="5" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="E107" s="5" t="s">
         <v>669</v>
       </c>
-      <c r="B107" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C107" s="5" t="s">
+      <c r="F107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I107" s="5" t="s">
         <v>670</v>
       </c>
-      <c r="D107" s="5" t="s">
-[...20 lines deleted...]
-      <c r="I107" s="5"/>
       <c r="J107" s="5" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>586</v>
+        <v>676</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>30</v>
+        <v>611</v>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>675</v>
+        <v>599</v>
       </c>
       <c r="I108" s="5"/>
       <c r="J108" s="5" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="K108" s="5" t="s">
         <v>677</v>
       </c>
       <c r="L108" s="6" t="s">
         <v>678</v>
       </c>
       <c r="M108" s="5" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
         <v>680</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="D109" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="D109" s="5" t="s">
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H109" s="5" t="s">
         <v>681</v>
-      </c>
-[...16 lines deleted...]
-        </is>
       </c>
       <c r="I109" s="5"/>
       <c r="J109" s="5" t="s">
-        <v>665</v>
+        <v>682</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>681</v>
+        <v>30</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-        </is>
+        <v>687</v>
+      </c>
+      <c r="E110" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H110" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I110" s="5"/>
       <c r="J110" s="5" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="K110" s="5" t="s">
         <v>688</v>
       </c>
       <c r="L110" s="6" t="s">
         <v>689</v>
       </c>
       <c r="M110" s="5" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
         <v>691</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H111" s="5" t="s">
         <v>692</v>
       </c>
-      <c r="D111" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E111" s="5" t="s">
+      <c r="I111" s="5" t="s">
         <v>693</v>
       </c>
-      <c r="F111" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H111" s="5" t="s">
+      <c r="J111" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="K111" s="5" t="s">
         <v>694</v>
       </c>
-      <c r="I111" s="5"/>
-[...3 lines deleted...]
-      <c r="K111" s="5" t="s">
+      <c r="L111" s="6" t="s">
         <v>695</v>
       </c>
-      <c r="L111" s="6" t="s">
+      <c r="M111" s="5" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C112" s="5" t="s">
         <v>698</v>
       </c>
-      <c r="B112" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D112" s="5" t="s">
-        <v>593</v>
+        <v>29</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>59</v>
+        <v>699</v>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H112" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H112" s="5" t="s">
+        <v>700</v>
       </c>
       <c r="I112" s="5"/>
       <c r="J112" s="5" t="s">
-        <v>665</v>
+        <v>682</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>703</v>
+        <v>599</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H113" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I113" s="5" t="s">
+      <c r="H113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I113" s="5"/>
+      <c r="J113" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="K113" s="5" t="s">
         <v>705</v>
       </c>
-      <c r="J113" s="5" t="s">
+      <c r="L113" s="6" t="s">
         <v>706</v>
       </c>
-      <c r="K113" s="5" t="s">
+      <c r="M113" s="5" t="s">
         <v>707</v>
-      </c>
-[...4 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="E114" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H114" s="5" t="s">
+        <v>710</v>
+      </c>
+      <c r="I114" s="5" t="s">
         <v>711</v>
       </c>
-      <c r="F114" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H114" s="5" t="s">
+      <c r="J114" s="5" t="s">
         <v>712</v>
       </c>
-      <c r="I114" s="5" t="s">
+      <c r="K114" s="5" t="s">
         <v>713</v>
       </c>
-      <c r="J114" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K114" s="5" t="s">
+      <c r="L114" s="6" t="s">
         <v>714</v>
       </c>
-      <c r="L114" s="6" t="s">
+      <c r="M114" s="5" t="s">
         <v>715</v>
-      </c>
-[...1 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
+        <v>716</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>709</v>
+      </c>
+      <c r="E115" s="5" t="s">
         <v>717</v>
       </c>
-      <c r="B115" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F115" s="5" t="s">
+      <c r="F115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H115" s="5" t="s">
         <v>718</v>
       </c>
-      <c r="G115" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I115" s="5"/>
+      <c r="I115" s="5" t="s">
+        <v>719</v>
+      </c>
       <c r="J115" s="5" t="s">
-        <v>665</v>
+        <v>712</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>658</v>
+        <v>599</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>593</v>
-[...7 lines deleted...]
-        </is>
+        <v>611</v>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>724</v>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>723</v>
+        <v>649</v>
       </c>
       <c r="I116" s="5"/>
       <c r="J116" s="5" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>30</v>
+        <v>664</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>586</v>
+        <v>599</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>711</v>
+        <v>237</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>728</v>
-[...1 lines deleted...]
-      <c r="I117" s="5" t="s">
         <v>729</v>
       </c>
+      <c r="I117" s="5"/>
       <c r="J117" s="5" t="s">
-        <v>706</v>
+        <v>671</v>
       </c>
       <c r="K117" s="5" t="s">
         <v>730</v>
       </c>
       <c r="L117" s="6" t="s">
         <v>731</v>
       </c>
       <c r="M117" s="5" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
         <v>733</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D118" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>717</v>
+      </c>
+      <c r="F118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H118" s="5" t="s">
         <v>734</v>
       </c>
-      <c r="E118" s="5" t="s">
+      <c r="I118" s="5" t="s">
         <v>735</v>
       </c>
-      <c r="F118" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H118" s="5" t="s">
+      <c r="J118" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="K118" s="5" t="s">
         <v>736</v>
       </c>
-      <c r="I118" s="5" t="s">
+      <c r="L118" s="6" t="s">
         <v>737</v>
       </c>
-      <c r="J118" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K118" s="5" t="s">
+      <c r="M118" s="5" t="s">
         <v>738</v>
-      </c>
-[...4 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
+        <v>739</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>740</v>
+      </c>
+      <c r="E119" s="5" t="s">
         <v>741</v>
-      </c>
-[...10 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
         <v>742</v>
       </c>
-      <c r="I119" s="5"/>
+      <c r="I119" s="5" t="s">
+        <v>743</v>
+      </c>
       <c r="J119" s="5" t="s">
-        <v>743</v>
+        <v>712</v>
       </c>
       <c r="K119" s="5" t="s">
         <v>744</v>
       </c>
       <c r="L119" s="6" t="s">
         <v>745</v>
       </c>
       <c r="M119" s="5" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
         <v>747</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H120" s="5" t="s">
         <v>748</v>
       </c>
-      <c r="D120" s="5" t="s">
-[...13 lines deleted...]
-      <c r="H120" s="5" t="s">
+      <c r="I120" s="5"/>
+      <c r="J120" s="5" t="s">
         <v>749</v>
       </c>
-      <c r="I120" s="5" t="s">
+      <c r="K120" s="5" t="s">
         <v>750</v>
       </c>
-      <c r="J120" s="5" t="s">
+      <c r="L120" s="6" t="s">
         <v>751</v>
       </c>
-      <c r="K120" s="5" t="s">
+      <c r="M120" s="5" t="s">
         <v>752</v>
-      </c>
-[...4 lines deleted...]
-        <v>754</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="F121" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H121" s="5" t="s">
         <v>755</v>
       </c>
-      <c r="B121" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H121" s="5" t="s">
+      <c r="I121" s="5" t="s">
         <v>756</v>
       </c>
-      <c r="I121" s="5" t="s">
+      <c r="J121" s="5" t="s">
         <v>757</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="K121" s="5" t="s">
         <v>758</v>
       </c>
       <c r="L121" s="6" t="s">
         <v>759</v>
       </c>
       <c r="M121" s="5" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
         <v>761</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>748</v>
+        <v>30</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>207</v>
-[...4 lines deleted...]
-        </is>
+        <v>592</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H122" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I122" s="5"/>
+      <c r="H122" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>763</v>
+      </c>
       <c r="J122" s="5" t="s">
-        <v>762</v>
+        <v>712</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>30</v>
+        <v>754</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>767</v>
+        <v>214</v>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H123" s="5" t="s">
+      <c r="H123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I123" s="5"/>
+      <c r="J123" s="5" t="s">
         <v>768</v>
       </c>
-      <c r="I123" s="5" t="s">
+      <c r="K123" s="5" t="s">
         <v>769</v>
       </c>
-      <c r="J123" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K123" s="5" t="s">
+      <c r="L123" s="6" t="s">
         <v>770</v>
       </c>
-      <c r="L123" s="6" t="s">
+      <c r="M123" s="5" t="s">
         <v>771</v>
-      </c>
-[...1 lines deleted...]
-        <v>772</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
+        <v>772</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>709</v>
+      </c>
+      <c r="E124" s="5" t="s">
         <v>773</v>
       </c>
-      <c r="B124" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D124" s="5" t="s">
+      <c r="F124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H124" s="5" t="s">
         <v>774</v>
       </c>
-      <c r="E124" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F124" s="5" t="s">
+      <c r="I124" s="5" t="s">
         <v>775</v>
       </c>
-      <c r="G124" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H124" s="5" t="s">
+      <c r="J124" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="K124" s="5" t="s">
         <v>776</v>
       </c>
-      <c r="I124" s="5" t="s">
+      <c r="L124" s="6" t="s">
         <v>777</v>
       </c>
-      <c r="J124" s="5" t="s">
+      <c r="M124" s="5" t="s">
         <v>778</v>
-      </c>
-[...7 lines deleted...]
-        <v>781</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
+        <v>779</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>780</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>781</v>
+      </c>
+      <c r="G125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H125" s="5" t="s">
         <v>782</v>
       </c>
-      <c r="B125" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G125" s="5" t="s">
+      <c r="I125" s="5" t="s">
         <v>783</v>
       </c>
-      <c r="H125" s="5" t="s">
+      <c r="J125" s="5" t="s">
         <v>784</v>
       </c>
-      <c r="I125" s="5" t="s">
+      <c r="K125" s="5" t="s">
         <v>785</v>
       </c>
-      <c r="J125" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K125" s="5" t="s">
+      <c r="L125" s="6" t="s">
         <v>786</v>
       </c>
-      <c r="L125" s="6" t="s">
+      <c r="M125" s="5" t="s">
         <v>787</v>
-      </c>
-[...1 lines deleted...]
-        <v>788</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D126" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E126" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G126" s="5" t="s">
+        <v>789</v>
+      </c>
+      <c r="H126" s="5" t="s">
         <v>790</v>
       </c>
-      <c r="F126" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G126" s="5" t="s">
+      <c r="I126" s="5" t="s">
         <v>791</v>
-      </c>
-[...4 lines deleted...]
-        <v>793</v>
       </c>
       <c r="J126" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K126" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="L126" s="6" t="s">
+        <v>793</v>
+      </c>
+      <c r="M126" s="5" t="s">
         <v>794</v>
-      </c>
-[...4 lines deleted...]
-        <v>796</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
+        <v>795</v>
+      </c>
+      <c r="B127" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C127" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D127" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E127" s="5" t="s">
+        <v>796</v>
+      </c>
+      <c r="F127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G127" s="5" t="s">
         <v>797</v>
-      </c>
-[...22 lines deleted...]
-        </is>
       </c>
       <c r="H127" s="5" t="s">
         <v>798</v>
       </c>
       <c r="I127" s="5" t="s">
         <v>799</v>
       </c>
       <c r="J127" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K127" s="5" t="s">
         <v>800</v>
       </c>
       <c r="L127" s="6" t="s">
         <v>801</v>
       </c>
       <c r="M127" s="5" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
         <v>803</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D128" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D128" s="5" t="s">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G128" s="5" t="s">
+      <c r="G128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H128" s="5" t="s">
         <v>804</v>
       </c>
-      <c r="H128" s="5" t="s">
+      <c r="I128" s="5" t="s">
         <v>805</v>
-      </c>
-[...1 lines deleted...]
-        <v>806</v>
       </c>
       <c r="J128" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K128" s="5" t="s">
+        <v>806</v>
+      </c>
+      <c r="L128" s="6" t="s">
         <v>807</v>
       </c>
-      <c r="L128" s="6" t="s">
+      <c r="M128" s="5" t="s">
         <v>808</v>
-      </c>
-[...1 lines deleted...]
-        <v>809</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>459</v>
+        <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D129" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E129" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G129" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G129" s="5" t="s">
+        <v>810</v>
+      </c>
+      <c r="H129" s="5" t="s">
+        <v>811</v>
+      </c>
+      <c r="I129" s="5" t="s">
+        <v>812</v>
+      </c>
+      <c r="J129" s="5" t="s">
+        <v>63</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>812</v>
-[...1 lines deleted...]
-      <c r="M129" s="5"/>
+        <v>814</v>
+      </c>
+      <c r="M129" s="5" t="s">
+        <v>815</v>
+      </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>14</v>
+        <v>465</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>767</v>
+        <v>58</v>
+      </c>
+      <c r="D130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H130" s="5" t="s">
-[...6 lines deleted...]
-        <v>706</v>
+      <c r="H130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I130" s="5"/>
+      <c r="J130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K130" s="5" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>817</v>
-[...1 lines deleted...]
-      <c r="M130" s="5" t="s">
         <v>818</v>
       </c>
+      <c r="M130" s="5"/>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
         <v>819</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
         <v>820</v>
       </c>
       <c r="I131" s="5" t="s">
         <v>821</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="K131" s="5" t="s">
         <v>822</v>
       </c>
       <c r="L131" s="6" t="s">
         <v>823</v>
       </c>
       <c r="M131" s="5" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
         <v>825</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>59</v>
+        <v>773</v>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G132" s="5" t="s">
+      <c r="G132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H132" s="5" t="s">
         <v>826</v>
       </c>
-      <c r="H132" s="5" t="s">
+      <c r="I132" s="5" t="s">
         <v>827</v>
       </c>
-      <c r="I132" s="5" t="s">
+      <c r="J132" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="K132" s="5" t="s">
         <v>828</v>
       </c>
-      <c r="J132" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K132" s="5" t="s">
+      <c r="L132" s="6" t="s">
         <v>829</v>
       </c>
-      <c r="L132" s="6" t="s">
+      <c r="M132" s="5" t="s">
         <v>830</v>
-      </c>
-[...1 lines deleted...]
-        <v>831</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>94</v>
+        <v>709</v>
       </c>
       <c r="E133" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G133" s="5" t="s">
+        <v>832</v>
+      </c>
+      <c r="H133" s="5" t="s">
         <v>833</v>
       </c>
-      <c r="F133" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G133" s="5" t="s">
+      <c r="I133" s="5" t="s">
         <v>834</v>
-      </c>
-[...4 lines deleted...]
-        <v>836</v>
       </c>
       <c r="J133" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K133" s="5" t="s">
+        <v>835</v>
+      </c>
+      <c r="L133" s="6" t="s">
+        <v>836</v>
+      </c>
+      <c r="M133" s="5" t="s">
         <v>837</v>
-      </c>
-[...4 lines deleted...]
-        <v>839</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E134" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="F134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G134" s="5" t="s">
+        <v>840</v>
+      </c>
+      <c r="H134" s="5" t="s">
         <v>841</v>
       </c>
-      <c r="F134" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G134" s="5" t="s">
+      <c r="I134" s="5" t="s">
         <v>842</v>
-      </c>
-[...4 lines deleted...]
-        <v>844</v>
       </c>
       <c r="J134" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K134" s="5" t="s">
+        <v>843</v>
+      </c>
+      <c r="L134" s="6" t="s">
+        <v>844</v>
+      </c>
+      <c r="M134" s="5" t="s">
         <v>845</v>
-      </c>
-[...4 lines deleted...]
-        <v>847</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D135" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="H135" s="5" t="s">
         <v>849</v>
       </c>
-      <c r="H135" s="5" t="s">
+      <c r="I135" s="5" t="s">
         <v>850</v>
-      </c>
-[...1 lines deleted...]
-        <v>851</v>
       </c>
       <c r="J135" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K135" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="L135" s="6" t="s">
         <v>852</v>
       </c>
-      <c r="L135" s="6" t="s">
+      <c r="M135" s="5" t="s">
         <v>853</v>
-      </c>
-[...1 lines deleted...]
-        <v>854</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D136" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>231</v>
+        <v>847</v>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="s">
+        <v>855</v>
+      </c>
+      <c r="H136" s="5" t="s">
         <v>856</v>
       </c>
-      <c r="H136" s="5" t="s">
+      <c r="I136" s="5" t="s">
         <v>857</v>
-      </c>
-[...1 lines deleted...]
-        <v>858</v>
       </c>
       <c r="J136" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K136" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="L136" s="6" t="s">
         <v>859</v>
       </c>
-      <c r="L136" s="6" t="s">
+      <c r="M136" s="5" t="s">
         <v>860</v>
-      </c>
-[...1 lines deleted...]
-        <v>861</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D137" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G137" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G137" s="5" t="s">
+        <v>862</v>
       </c>
       <c r="H137" s="5" t="s">
         <v>863</v>
       </c>
       <c r="I137" s="5" t="s">
         <v>864</v>
       </c>
       <c r="J137" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K137" s="5" t="s">
         <v>865</v>
       </c>
       <c r="L137" s="6" t="s">
         <v>866</v>
       </c>
       <c r="M137" s="5" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
         <v>868</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="D138" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E138" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="F138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H138" s="5" t="s">
         <v>869</v>
       </c>
-      <c r="E138" s="5" t="s">
+      <c r="I138" s="5" t="s">
         <v>870</v>
       </c>
-      <c r="F138" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G138" s="5" t="s">
+      <c r="J138" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="K138" s="5" t="s">
         <v>871</v>
       </c>
-      <c r="H138" s="5" t="s">
+      <c r="L138" s="6" t="s">
         <v>872</v>
       </c>
-      <c r="I138" s="5" t="s">
+      <c r="M138" s="5" t="s">
         <v>873</v>
-      </c>
-[...10 lines deleted...]
-        <v>876</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
+        <v>874</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>875</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>876</v>
+      </c>
+      <c r="F139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G139" s="5" t="s">
         <v>877</v>
       </c>
-      <c r="B139" s="5" t="s">
-[...34 lines deleted...]
-        </is>
+      <c r="H139" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="I139" s="5" t="s">
+        <v>879</v>
+      </c>
+      <c r="J139" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>879</v>
-[...1 lines deleted...]
-      <c r="M139" s="5"/>
+        <v>881</v>
+      </c>
+      <c r="M139" s="5" t="s">
+        <v>882</v>
+      </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>14</v>
+        <v>465</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D140" s="5" t="s">
-[...14 lines deleted...]
-      <c r="I140" s="5" t="s">
+      <c r="D140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I140" s="5"/>
+      <c r="J140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K140" s="5" t="s">
         <v>884</v>
       </c>
-      <c r="J140" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K140" s="5" t="s">
+      <c r="L140" s="6" t="s">
         <v>885</v>
       </c>
-      <c r="L140" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M140" s="5"/>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>459</v>
+        <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="D141" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="D141" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E141" s="5" t="s">
+        <v>887</v>
+      </c>
+      <c r="F141" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="G141" s="5" t="s">
+        <v>888</v>
       </c>
       <c r="H141" s="5" t="s">
         <v>889</v>
       </c>
-      <c r="I141" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I141" s="5" t="s">
+        <v>890</v>
+      </c>
+      <c r="J141" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K141" s="5" t="s">
+        <v>891</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>890</v>
-[...1 lines deleted...]
-      <c r="M141" s="5"/>
+        <v>892</v>
+      </c>
+      <c r="M141" s="5" t="s">
+        <v>893</v>
+      </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>14</v>
+        <v>465</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>892</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>58</v>
+      </c>
+      <c r="D142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H142" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H142" s="5" t="s">
+        <v>895</v>
       </c>
       <c r="I142" s="5"/>
-      <c r="J142" s="5" t="s">
-[...3 lines deleted...]
-        <v>893</v>
+      <c r="J142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L142" s="6" t="s">
-        <v>894</v>
-[...3 lines deleted...]
-      </c>
+        <v>896</v>
+      </c>
+      <c r="M142" s="5"/>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>459</v>
+        <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-        </is>
+        <v>898</v>
+      </c>
+      <c r="D143" s="5" t="s">
+        <v>214</v>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I143" s="5"/>
-      <c r="J143" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J143" s="5" t="s">
+        <v>768</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>898</v>
-[...1 lines deleted...]
-      <c r="M143" s="5"/>
+        <v>900</v>
+      </c>
+      <c r="M143" s="5" t="s">
+        <v>901</v>
+      </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>14</v>
+        <v>465</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="D144" s="5" t="s">
         <v>58</v>
       </c>
+      <c r="D144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F144" s="5" t="s">
-[...8 lines deleted...]
-      <c r="I144" s="5" t="s">
+      <c r="F144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I144" s="5"/>
+      <c r="J144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K144" s="5" t="s">
         <v>903</v>
       </c>
-      <c r="J144" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K144" s="5" t="s">
+      <c r="L144" s="6" t="s">
         <v>904</v>
       </c>
-      <c r="L144" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M144" s="5"/>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
+        <v>905</v>
+      </c>
+      <c r="B145" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C145" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D145" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F145" s="5" t="s">
+        <v>906</v>
+      </c>
+      <c r="G145" s="5" t="s">
         <v>907</v>
-      </c>
-[...20 lines deleted...]
-        </is>
       </c>
       <c r="H145" s="5" t="s">
         <v>908</v>
       </c>
       <c r="I145" s="5" t="s">
         <v>909</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>706</v>
+        <v>63</v>
       </c>
       <c r="K145" s="5" t="s">
         <v>910</v>
       </c>
       <c r="L145" s="6" t="s">
         <v>911</v>
       </c>
       <c r="M145" s="5" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
         <v>913</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>734</v>
+        <v>592</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>767</v>
+        <v>46</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G146" s="5" t="s">
+      <c r="G146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H146" s="5" t="s">
         <v>914</v>
       </c>
-      <c r="H146" s="5" t="s">
+      <c r="I146" s="5" t="s">
         <v>915</v>
       </c>
-      <c r="I146" s="5" t="s">
+      <c r="J146" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="K146" s="5" t="s">
         <v>916</v>
       </c>
-      <c r="J146" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K146" s="5" t="s">
+      <c r="L146" s="6" t="s">
         <v>917</v>
       </c>
-      <c r="L146" s="6" t="s">
+      <c r="M146" s="5" t="s">
         <v>918</v>
-      </c>
-[...1 lines deleted...]
-        <v>919</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>46</v>
+        <v>773</v>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="s">
+        <v>920</v>
+      </c>
+      <c r="H147" s="5" t="s">
         <v>921</v>
       </c>
-      <c r="H147" s="5" t="s">
+      <c r="I147" s="5" t="s">
         <v>922</v>
       </c>
-      <c r="I147" s="5" t="s">
+      <c r="J147" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="K147" s="5" t="s">
         <v>923</v>
       </c>
-      <c r="J147" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K147" s="5" t="s">
+      <c r="L147" s="6" t="s">
         <v>924</v>
       </c>
-      <c r="L147" s="6" t="s">
+      <c r="M147" s="5" t="s">
         <v>925</v>
-      </c>
-[...1 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
+        <v>926</v>
+      </c>
+      <c r="B148" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C148" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D148" s="5" t="s">
+        <v>740</v>
+      </c>
+      <c r="E148" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G148" s="5" t="s">
         <v>927</v>
       </c>
-      <c r="B148" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C148" s="5" t="s">
+      <c r="H148" s="5" t="s">
         <v>928</v>
       </c>
-      <c r="D148" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H148" s="5" t="s">
+      <c r="I148" s="5" t="s">
         <v>929</v>
       </c>
-      <c r="I148" s="5" t="s">
+      <c r="J148" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="K148" s="5" t="s">
         <v>930</v>
       </c>
-      <c r="J148" s="5" t="s">
+      <c r="L148" s="6" t="s">
         <v>931</v>
       </c>
-      <c r="K148" s="5" t="s">
+      <c r="M148" s="5" t="s">
         <v>932</v>
-      </c>
-[...4 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
+        <v>933</v>
+      </c>
+      <c r="B149" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C149" s="5" t="s">
+        <v>934</v>
+      </c>
+      <c r="D149" s="5" t="s">
+        <v>780</v>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H149" s="5" t="s">
         <v>935</v>
       </c>
-      <c r="B149" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H149" s="5" t="s">
+      <c r="I149" s="5" t="s">
         <v>936</v>
       </c>
-      <c r="I149" s="5"/>
       <c r="J149" s="5" t="s">
-        <v>706</v>
+        <v>937</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>774</v>
+        <v>709</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>59</v>
+        <v>773</v>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>941</v>
-[...1 lines deleted...]
-      <c r="I150" s="5" t="s">
         <v>942</v>
       </c>
+      <c r="I150" s="5"/>
       <c r="J150" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="K150" s="5" t="s">
         <v>943</v>
       </c>
-      <c r="K150" s="5" t="s">
+      <c r="L150" s="6" t="s">
         <v>944</v>
       </c>
-      <c r="L150" s="6" t="s">
+      <c r="M150" s="5" t="s">
         <v>945</v>
-      </c>
-[...1 lines deleted...]
-        <v>946</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
+        <v>946</v>
+      </c>
+      <c r="B151" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C151" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D151" s="5" t="s">
+        <v>780</v>
+      </c>
+      <c r="E151" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H151" s="5" t="s">
         <v>947</v>
       </c>
-      <c r="B151" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D151" s="5" t="s">
+      <c r="I151" s="5" t="s">
         <v>948</v>
       </c>
-      <c r="E151" s="5" t="s">
+      <c r="J151" s="5" t="s">
         <v>949</v>
       </c>
-      <c r="F151" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H151" s="5" t="s">
+      <c r="K151" s="5" t="s">
         <v>950</v>
       </c>
-      <c r="I151" s="5" t="s">
+      <c r="L151" s="6" t="s">
         <v>951</v>
       </c>
-      <c r="J151" s="5" t="s">
+      <c r="M151" s="5" t="s">
         <v>952</v>
-      </c>
-[...7 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
+        <v>953</v>
+      </c>
+      <c r="B152" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C152" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D152" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>955</v>
+      </c>
+      <c r="F152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H152" s="5" t="s">
         <v>956</v>
       </c>
-      <c r="B152" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E152" s="5" t="s">
+      <c r="I152" s="5" t="s">
         <v>957</v>
       </c>
-      <c r="F152" s="5" t="s">
+      <c r="J152" s="5" t="s">
         <v>958</v>
       </c>
-      <c r="G152" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H152" s="5" t="s">
+      <c r="K152" s="5" t="s">
         <v>959</v>
       </c>
-      <c r="I152" s="5" t="s">
+      <c r="L152" s="6" t="s">
         <v>960</v>
       </c>
-      <c r="J152" s="5" t="s">
+      <c r="M152" s="5" t="s">
         <v>961</v>
-      </c>
-[...7 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
+        <v>962</v>
+      </c>
+      <c r="B153" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C153" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="D153" s="5" t="s">
+        <v>466</v>
+      </c>
+      <c r="E153" s="5" t="s">
+        <v>963</v>
+      </c>
+      <c r="F153" s="5" t="s">
+        <v>964</v>
+      </c>
+      <c r="G153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H153" s="5" t="s">
         <v>965</v>
       </c>
-      <c r="B153" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C153" s="5" t="s">
+      <c r="I153" s="5" t="s">
         <v>966</v>
       </c>
-      <c r="D153" s="5" t="s">
+      <c r="J153" s="5" t="s">
         <v>967</v>
       </c>
-      <c r="E153" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H153" s="5" t="s">
+      <c r="K153" s="5" t="s">
         <v>968</v>
       </c>
-      <c r="I153" s="5" t="s">
+      <c r="L153" s="6" t="s">
         <v>969</v>
       </c>
-      <c r="J153" s="5" t="s">
+      <c r="M153" s="5" t="s">
         <v>970</v>
-      </c>
-[...7 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>58</v>
+        <v>972</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>975</v>
+        <v>973</v>
       </c>
       <c r="E154" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="F154" s="5" t="s">
+      <c r="F154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H154" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="I154" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="J154" s="5" t="s">
         <v>976</v>
       </c>
-      <c r="G154" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H154" s="5" t="s">
+      <c r="K154" s="5" t="s">
         <v>977</v>
       </c>
-      <c r="I154" s="5" t="s">
+      <c r="L154" s="6" t="s">
         <v>978</v>
       </c>
-      <c r="J154" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K154" s="5" t="s">
+      <c r="M154" s="5" t="s">
         <v>979</v>
-      </c>
-[...4 lines deleted...]
-        <v>981</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
+        <v>980</v>
+      </c>
+      <c r="B155" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C155" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D155" s="5" t="s">
+        <v>981</v>
+      </c>
+      <c r="E155" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F155" s="5" t="s">
         <v>982</v>
       </c>
-      <c r="B155" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F155" s="5" t="s">
+      <c r="G155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H155" s="5" t="s">
         <v>983</v>
       </c>
-      <c r="G155" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H155" s="5" t="s">
+      <c r="I155" s="5" t="s">
         <v>984</v>
       </c>
-      <c r="I155" s="5" t="s">
+      <c r="J155" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="K155" s="5" t="s">
         <v>985</v>
       </c>
-      <c r="J155" s="5" t="s">
+      <c r="L155" s="6" t="s">
         <v>986</v>
       </c>
-      <c r="K155" s="5" t="s">
+      <c r="M155" s="5" t="s">
         <v>987</v>
       </c>
-      <c r="L155" s="6" t="s">
+    </row>
+    <row r="156">
+      <c r="A156" s="5" t="s">
         <v>988</v>
       </c>
-      <c r="M155" s="5" t="s">
+      <c r="B156" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C156" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="D156" s="5" t="s">
+        <v>466</v>
+      </c>
+      <c r="E156" s="5" t="s">
+        <v>963</v>
+      </c>
+      <c r="F156" s="5" t="s">
         <v>989</v>
+      </c>
+      <c r="G156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H156" s="5" t="s">
+        <v>990</v>
+      </c>
+      <c r="I156" s="5" t="s">
+        <v>991</v>
+      </c>
+      <c r="J156" s="5" t="s">
+        <v>992</v>
+      </c>
+      <c r="K156" s="5" t="s">
+        <v>993</v>
+      </c>
+      <c r="L156" s="6" t="s">
+        <v>994</v>
+      </c>
+      <c r="M156" s="5" t="s">
+        <v>995</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -12488,44 +12561,45 @@
     <hyperlink ref="M131" r:id="rId136"/>
     <hyperlink ref="M132" r:id="rId137"/>
     <hyperlink ref="M133" r:id="rId138"/>
     <hyperlink ref="M134" r:id="rId139"/>
     <hyperlink ref="M135" r:id="rId140"/>
     <hyperlink ref="M136" r:id="rId141"/>
     <hyperlink ref="M137" r:id="rId142"/>
     <hyperlink ref="M138" r:id="rId143"/>
     <hyperlink ref="M139" r:id="rId144"/>
     <hyperlink ref="M140" r:id="rId145"/>
     <hyperlink ref="M141" r:id="rId146"/>
     <hyperlink ref="M142" r:id="rId147"/>
     <hyperlink ref="M143" r:id="rId148"/>
     <hyperlink ref="M144" r:id="rId149"/>
     <hyperlink ref="M145" r:id="rId150"/>
     <hyperlink ref="M146" r:id="rId151"/>
     <hyperlink ref="M147" r:id="rId152"/>
     <hyperlink ref="M148" r:id="rId153"/>
     <hyperlink ref="M149" r:id="rId154"/>
     <hyperlink ref="M150" r:id="rId155"/>
     <hyperlink ref="M151" r:id="rId156"/>
     <hyperlink ref="M152" r:id="rId157"/>
     <hyperlink ref="M153" r:id="rId158"/>
     <hyperlink ref="M154" r:id="rId159"/>
     <hyperlink ref="M155" r:id="rId160"/>
+    <hyperlink ref="M156" r:id="rId161"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>