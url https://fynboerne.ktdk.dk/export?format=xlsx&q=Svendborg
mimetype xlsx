--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="709" uniqueCount="450" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="720" uniqueCount="456" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -2524,50 +2524,82 @@
 fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
 Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
+  </si>
+  <si>
+    <t>1951-11-22</t>
+  </si>
+  <si>
+    <t>L.R.S. Carstensen
+Marius Christiansen
+Else Jensen
+Christa Knuth
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Båxhult var en af Larsen-familiens skovgårde Landeryd i Småland.
+Gustav Carlsson arrenderede (forpagtede) al Båxhults jord i 1927. Kjellberg ønskede at forpagte Bommen, som var en af torperne på Båxhult. Om arrangementet blev til noget, vides ikke, men da Johan Larsen (Alhed og Johannes Larsens søn) i 1930 overtog Båxhult, flyttede han huset Bommen til Båxhult og omdannede det til vaskehus. Bygningen blev siden kaldt Bommastugan. (Dette oplyst af Jens Larsen, søn af Johan Larsen 2018).</t>
+  </si>
+  <si>
+    <t>Man kan lave fuglelim ved at koge rå linolie, men det lugter slemt. 
+Johannes Larsen har været i København og også på Lolland, hvor han kørte rundt med Christa Knuth.
+Han er blevet færdig med nogle småbestillinger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/g3CC</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22 Novbr. 1951.
+Kære Lysse og Bimse.
+Det er en Skandale at jeg først nu faar samlet mig sammen til at skrive og takke Jer for den dejlige Tid paa Båxhult. Tusind Tak. Og Tak for Brevet Lysse. Jeg har talt med Christiansen om det Fugelim. Raa Linolie koges til det bliver seigt, det er det hele, men det lugter forbandet saa Det maa helst foregaa i Bommastugan. Her var en Stillits for et Par Dage siden i en Burre jeg havde ladet staa i Græsplænen udfor Spisestuen, men jeg har ikke set den siden. Jeg var en Uges Tid i Kjøbenhavn hos Else og endnu et Par Dage hos Grevinden, hvor vi kørte nogle Ture omkring paa Lolland saa nu har jeg snart set hele Øen. Puf og Else hentede mig i Svendborg. Siden har jeg haft travlt med nogle Smaabestillinger. Jeg fik lavet den Akvarel færdig til L.R.S. Carstensen og har sendt den men ikke hørt fra ham endnu. Vi har det godt her og haaber det samme er Tilfældet hos Jer. Mange Hilsener til Jer allesammen ogsaa fra Puf og Else og Børnene.
+Din Far.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -2644,59 +2676,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usto" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pr2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dqaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsG2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bSaT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4zMTy9JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BpSk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FEkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ar7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xmoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cOfRv9x0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oc0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DQtRfGF4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nCJ0nTMe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Zje1ukKS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aFrALJpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w6FFrcLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GdhoMkTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FvyU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jepUnZbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qtlc1iNR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hr09kNvg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7XXN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k6QI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/soSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tR39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gUgO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VXzl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1JyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usto" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pr2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dqaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsG2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bSaT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4zMTy9JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BpSk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FEkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ar7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xmoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cOfRv9x0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oc0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DQtRfGF4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nCJ0nTMe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Zje1ukKS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aFrALJpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w6FFrcLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GdhoMkTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FvyU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jepUnZbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qtlc1iNR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hr09kNvg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7XXN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k6QI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/soSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tR39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gUgO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VXzl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1JyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g3CC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M74"/>
+  <dimension ref="A1:M75"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5992,50 +6024,95 @@
       <c r="F74" s="5" t="s">
         <v>443</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
         <v>444</v>
       </c>
       <c r="I74" s="5" t="s">
         <v>445</v>
       </c>
       <c r="J74" s="5" t="s">
         <v>446</v>
       </c>
       <c r="K74" s="5" t="s">
         <v>447</v>
       </c>
       <c r="L74" s="6" t="s">
         <v>448</v>
       </c>
       <c r="M74" s="5" t="s">
         <v>449</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H75" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="K75" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>454</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>455</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -6070,44 +6147,45 @@
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
+    <hyperlink ref="M75" r:id="rId80"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>