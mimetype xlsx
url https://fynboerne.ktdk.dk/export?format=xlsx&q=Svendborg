--- v1 (2026-02-05)
+++ v2 (2026-03-25)
@@ -44,756 +44,826 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1874-04-17</t>
+    <t>1921-07-06</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Svendborg</t>
+  </si>
+  <si>
+    <t>Brædstrup</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Gustav Kiær
+Andreas Larsen
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været på besøg hos sin bror i Brædstrup, men er taget hjem inden brevet er ankommet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal til middag hos Dr. Kjær sammen med Puf og Friis</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FvyU</t>
+  </si>
+  <si>
+    <t>Kæreste Alhed!
+Tak for Brevet. Vi sidder og skal i Jollen i Løbet af 5 M til Middag hos Dr Kjærs. Puf, Friis og jeg. Mange Hilsner fra os begge. Hils deroppe. Din JL</t>
+  </si>
+  <si>
+    <t>1900-06-29</t>
   </si>
   <si>
     <t>Brev</t>
-  </si>
-[...605 lines deleted...]
-    <t>Svendborg</t>
   </si>
   <si>
     <t>Christian Caspersen
 Niels Elgaard Amstrup
 Andreas Larsen
 Albrecht  Warberg
 Conrad Warberg</t>
   </si>
   <si>
     <t>Det fremgår af det følgende brev fra Alhed til Johannes Larsen, at hun er på besøg på Langeland.</t>
   </si>
   <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
     <t>Alhed er med Ba (Andreas) på rejse. De sejler fra Svendborg og mødes med Max (dyrlæge Caspersen).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dqaY</t>
   </si>
   <si>
     <t>Kære lille Larsi!
 Rejsen gik udmærket for os Ba er jo en storartet Unge at rejse med. I Svendborg traf vi Far, Onkel Conne og Amst paa Banegaarden, de fulgte os til Skibet. Vi kom hertil ved 5 Tiden og spiste til Middag stegt Makrel (fersk) og Jordbær – ligesaa mange vi kunde æde. Jeg vidste ikke, der var Jordbær her, der er Masser langs Hegnene, det ser dejligt ud vi sov til Kl. 9 ½ i Morges og nu sidder jeg udenfor Verandaen og skriver til Dig. Baba sidder i sin Vogn ved Siden af. Her er henrivende ovre bare Du var her ogsaa lille Larsi, jeg kan ikke vide, hvordan Du har det, men nu faar jeg forhaabentlig Brev fra Dig i Morgen, og bare der saa stod, at Du kom. – Vi skal vist ud at cycle i Eftermiddag, det bliver yndigt. Da vi kørte fra Stranden og herop traf vi Max udenfor en Bondegaard, og han rekvirerede gl. Øl ud til os det smagte storartet. – Det er yndigt at hvile, det siger Du vel ogsaa? Jeg gad vide, hvor beskidt der er, eller om Du har gjort lidt i Orden! - - 
 Posten 1000 Millioner 
 Hilsner Din A</t>
   </si>
   <si>
-    <t>1900-06-30</t>
-[...4 lines deleted...]
-Rudkøbing
+    <t>1909-07-20</t>
+  </si>
+  <si>
+    <t>Valdal</t>
+  </si>
+  <si>
+    <t>Mogens Frijs
+Erik Henrichsen
+Anker Kyster
+Andreas Larsen
+Johan Larsen
+Nicolaus Lützhøft
+- Møldrup
+Theodor Oppermann
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Valdal var et nedlagt gartneri i Valby, hvor adskillige af Fynboerne i årenes løb boede til leje. 
+Det er uvist, både hvad det er "National" har skrevet og hvilke papirer, Johannes Larsen har bedt Erik Henrichsen om at rekvirere.
+"Greven": Grev Mogens Frijs har hyret Johannes Larsen til at lave illustrationer til en jagtdagbog, og Anker Kyster skal stå for indbindingen. Sagen er også omtalt i tidligere breve fra Johannes Larsen til Alhed.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har bedt Erik Henrichsen rekvirere papirer fra Svendborg.
+Larsen får lektioner i boksning og gymnastik. 
+Han skal til grev Frijs og Anker Kyster og snakke om grevens bog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lcOb</t>
+  </si>
+  <si>
+    <t>Valdal 20 Juli 1909.
+Kæreste Alhed!
+I Gaar var jeg hos Din Moder, hun fortalte mig at ”National” var gaaet til Meningen overfor Christine. Jeg skal spise Frokost hos Din Moder i Dag og følge med ud til C. Jeg var hos Møldrup i Gaar men han var ikke hjemme for Tiden, gik saa til Erik Henrichsen og fik ham til at rekvirere Papirerne fra Svendborg saa de kan være her naar Møldrup kommer tilbage. Jeg faar nu daglig 2 Lektioner i Boxning og Hjemmegymnastik, saa jeg kan lære Drengene det naar jeg kommer hjem, jeg har faaet en Gymnastikbog som er meget tydelig og faar Øvelserne gennemgaaet af Læreren. I Aftes var jeg til Middag hos Oppermann sammen med Lysse. Nu skal jeg til greven og Anker K. og snakke om Bind, jeg traf ikke førstnævnte i Gaar da han var ude med Franskmanden. Mange kærlige Hilsner til Jer alle
+Din
+Johannes Larsen
+Tak for Brevet!</t>
+  </si>
+  <si>
+    <t>1921-06-15</t>
+  </si>
+  <si>
+    <t>Rudkøbing</t>
+  </si>
+  <si>
+    <t>Bagenkop
 Svendborg
-Odense</t>
-[...2 lines deleted...]
-    <t>Victor Bøttern
+Taasinge
+Thurø
+Lohals
+Humble, Langeland</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Christian Andersen
+Alfred Eckardt
+Elisabeth Eckardt    
+Achton Friis
+Jeppe Andreas Larsen
+Johan Christian Petersen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Achton Friis er på tur rundt i landet med skibet Rylen. De laver forarbejde til bogværket De Danskes Øer.
+Det vides ikke, om Lyon er en person, eller om der er tale om byen.</t>
+  </si>
+  <si>
+    <t>Friis og Johannes Larsen har været på cykeltur til Bagenkop, hvor Johannes Larsen har fået malet og tegnet en del trods dårligt vejr.
+I Humble mødte de Alfred Eckardts Misse.
+De næste dage tager Puf og Johannes Larsen videre mod Taasinge, Thurø og Svendborg.
+Johannes Larsen er utålmodig efter at få brev fra Alhed Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FEkQ</t>
+  </si>
+  <si>
+    <t>Rudkjøbing 15 Juni 1921
+Kæreste Alhed!
+Vi er lige nu kommen tilbage fra en Cykletur til Bagenkop hvor vi overnattede 2 Gange i Kroen. Jeg fik tegnet en Del, men i Dag var det desværre Regn saa jeg trods 2 forgæves Forsøg maatte indskrænke mig til Blyant som heller ikke blev til noget. Hos Apotekeren i Humble der kendte Friis, dukker Alfred Eckardts, er det Misse hun hedder op. Hun fortalte at det var Laurentius' Fødselsdag i Dag, Vi traf her Puf og Chr. Andersen i bedste Velgaaende. I Mrg. skal Puf og jeg paa en Tur Nord paa og saa skal vi videre videre til Svendborg i Overmrg, for at efterse Taasinge og Thurø. Puf gaar nu paa Posthuset. Jeg haaber der er noget fra Dig vi har ingen Ting hørt siden i Fredags da vi fik Dit Brev fra forrige Fredag. Puf er endnu ikke ankommet fra Lohals. Derimod fik jeg omtrent omgaaende en Skitsebog som jeg skrev til Papirpetersen efter. Jeg er meget spændt paa hvordan det gaar Lyon. Skriv endelig lidt tiere. Mange Hilsner ogsaa fra Puf
+Din JL
+Jeg skal ogsaa hilse fra Achton Friis og Chr. Andersen.</t>
+  </si>
+  <si>
+    <t>1921-06-20</t>
+  </si>
+  <si>
+    <t>Thurø
+Svendborg
+Sct. Jørgens Kirke, Svendborg
+Tåsinge </t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Martha Friis
 Andreas Larsen
-- Rasmussen
-[...30 lines deleted...]
-Helga Larsen
+Johan Larsen
+Alfred Nielsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Achton Friis, Christian Andersen og Puf er på sejltur med skibet Rylen. Turen(e) resulterede i bogværket De Danskes Øer med tekst af Achton Friis og illustrationer af samme samt af Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været rundt på Siø. Han og Achton Friis sejler efter middagen til Thurø. Alhed og Lysse/Johan kan evt. cykle til Svendborg og mødes med dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xmoh</t>
+  </si>
+  <si>
+    <t>[begyndelsen af brevet mangler]
+herover til Sidø og jeg har været i Land og det meste af Øen rundt i Form. Nu sidder vi og venter paa Middagsmaden. Vi skal have ny Kartofler og Smør til Formad og Hachi til Eftermad. Naar vi har spist sejler vi til Turø og der bliver vi vist nogle Dage men Du maa hellere adr Brevene til Fru Friis Sct Jørgens Præstegaard saalænge vi er her i Nabolaget. Puf mente at hvis det Alfred Nielsen fortalte passede kunde maaske Du og Lysse naa at cykle til Svendborg mens vi er her. Jeg skal hilse fra Puf og Friis og Chr. Andersen og mange kærlige Hilsner fra mig til Dig og Lysse
+Din JL.
+Kl. er 4 ½ og vi har anket i Turøbund hvor foruden os ligger Par og Tredive store 3 og 4mastede Skibe her ser godt ud men det er koldt og vi skal nu have en Kop varm The. JL</t>
+  </si>
+  <si>
+    <t>1947-05-16</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Af et brev skrevet til Johan/Lysse Larsen samme dag som dette fremgår det, at Johannes Larsen og Christa Knuth sammen skulle på besøg hos Johan og Elena Larsen i Småland.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Andreas/Puf kører Larsen til Svendborg, hvorfra Larsen tager videre til Knuthenborg. Larsen har bedt Johan/Lysse hente ham og Christa Knuth i Hälsingborg. De kan overnatte i Helsingør eller hos Brønsteds.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tR39</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 16 Maj 1947.
+Kære Grevinde.
+Jeg har nu talt med Puf om Rejsen, og han mener det er bedst, at han kører mig til Svendborg og at jeg saa fortsætter til Knuthenborg o.s.v. Jeg har saa skrevet til Lysse om at hente os i Hälsingborg Fredag aller senest Lørdag før Pintse og meddele hvad Tid han kan være der. 
+Du hører altsaa nærmere fra mig, saasnart jeg har hørt fra Lysse. Tror Du at vi kan faa Hotelophold i Helsingør? 
+Det er Fanden til indviklet Tur. Men det ordner sig vel. Vi kunde vel ogsaa gøre Ophold i Kjøbenhavn, saa kan jeg bo hos Brønsteds og Du kan vel altid faa Plads paa Dit Hotel. Nærmere senere. Mange Hilsner Puf og Else er i Odense.
+Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1950-05-16</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Christian David
+Adam Knuth
+Elisabeth Knuth
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Peter Magnussen
+Alfred Nielsen
+Leo Swane
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Paulownia tormentosa: Kejsertræ.
+Det vides ikke, hvem Söderberg var.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kom godt hjem fra Spodsbjerg og Svendborg.
+Misteltensfrøene spirer fint. Haven står flot, men tårnfalken er druknet. 
+Larsen har solgt flere akvareller hos Winkel &amp;amp; Magnussen, end han havde regnet med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0JgV</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 16 Maj 1950
+Kære Grevinde!
+Tusind Tak for sidst! Jeg kom godt hjem i Lørdags. Der var ingen Alfred Nielsen i Spodsbjerg saa jeg tog med Toget. Der var ingen Ophold i Rudkøbing og der var ingen Puf i Svendborg. Jeg satte mig saa paa en Bænk, og 10 Minutter efter kom Puf, Else og Thora. De havde faaet oplyst at Færgen gik 10 M. senere fra Nakskov og regnede med at den saa kom 10 M senere til Svendborg. Da jeg kom hjem viste Jeppe mig 2 Misteltenfrø som han havde sat paa en Hyld i Forhaven og de var begge spirede og i Gaar var jeg rundt i Haven og fandt 6-7 af min med Spirer, saa det ser jo ikke ud til at Tidspunktet for Saaning spiller nogen større Rolle. Paulowniaen er ved at springe ud og det røde Paradisæbletræ er fantastisk fuldt af Blomster. I det hele staar alt godt til, med Undtagelse af at Taarnfalken har druknet sig i Basinet, men det er min Fejl, da jeg havde glemt at sige til Jeppe at han skulde fylde lidt Vand i Basinet hver Dag, da det ikke er helt tæt. Jeg skal hilse fra Else og Puf, vil Du hilse Adam og Elisabeth
+Mange Hilsener
+Din hengivne 
+JL.
+P.S. 
+Jeg ser af Winkel &amp;amp; Magnussens Opgørelse at der blev solgt 3 Akvareller mere end jeg vidste af.
+H.R.S. David havde købt 3 og Leo Swane en.
+JL. 
+P.P.S.
+Vil Du ogsaa hilse Hr Söderberg, er det ikke saadan han hedder og takke for god Kørsel. JL.</t>
+  </si>
+  <si>
+    <t>1942-11-19</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Peter Hansen
+Adam Knuth
+Elisabeth Knuth
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Eric Struckmann
+Fritz Syberg
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Kunstforeningen i København er Kunstforeningen på Gammel Strand. 
+Officiantsgruppen var en gruppe af befalingsmænd i det danske militær i perioden 1922-1951. I 1922 blev sergenter og oversergenter underofficerer af reserven; de måtte, hvis de ville fastansættes, lade sig uddanne til officianter. Der var fire grader: officiant, overofficiant, stabsofficant, korpsofficiant. Officianter m.v. var ikke officerer, men en gruppe befalingsmænd, ligestillet med officerer. De var specialt uddannet i f.eks. gymnastik, skydning, ridning m.v. (Lex.dk og Wikipedia marts 2024).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for penge og fotografier.
+Han maler akvareller til en udstilling i Svendborg Amts Kunstforening og til en anden i Kunstforeningen, København (sammen med Fritz Syberg og Peter Hansen). Struckmann vil arrangere en retrospektiv udstilling, som skal fylde hele Den Fri.
+En officiant er flyttet ind på Møllebakken, og en soldat har lejet et gavlværelse samme sted.
+Larsen sender den følgende måned døde fugle samt bøger til Christa og hendes datter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/H0vZ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertsens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg. 
+Bandholm.
+[Håndskrevet på kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 19 Novbr. 1942.
+Kære Grevinde!
+Tak for Brev og Fotografier. Selv om de ikke er videre klare er det dog gode Portrætter baade af Adam og mig, det sidste siger Familien her, det første kan jeg selv se. Jeg har forhaabentlig takket for Pengene, ellers gør jeg det hermed. Tak!
+Jeg er nu kommen godt i Gang med at male Aquareller til min Udstilling til Februar og haaaber at jeg kan faa lavet saa mange at Udstillingen ikke skal virke altfor fattigt. Jeg faar ellers nok af Udstillinger i den nærmeste Fremtid. De 5 Knuthenborg Aquareller laaner jeg til en Udstilling i Svendborg Amts Kunstforening i næste Maaned, omtrent samtidig holder Kunstforeningen i Kjøbenhavn en Aquareludstilling af Syberg, Peter Hansen og mig hvor jeg skal have 10 med herfra medens Foreningen laaner ca 30. Og nu har jeg faaet Brev fra Struckmann at den frie Udstilling vil arrangere en retrospektiv Udstilling af mine Arbejder i hele den fries Bygning i Februar. Hvordan det sidste skal kunne lade sig gøre er mig en Gaade, men dem om det. Kjerteminde er nu bleven Garnisonsby og vi har faaet en Officiant paa Kosten, ja han bor her ogsaa, og desuden har vi lejet et Gavlværelse i Sidehuset ud til en Soldat, hvis Vært ikke har Plads til ham. 
+Naar jeg nu en Gang i næste Maaned sender en Kasse til Din Fødselsdag, saa er der foruden de døde Fugle en lille Pakke med 2 Bøger, det er til Dig og Elisabeth, for det er jo saadan Din lille søde Datter hedder; men de skal altsaa ligesom Adams gemmes til Jul, for der er jo Grænser for hvad jeg kan overkomme at give bort.
+Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1921-06-17</t>
+  </si>
+  <si>
+    <t>Tranekær
+Tullebølle
+Skrøbelev
+Lindelse Nor
+Sct. Jørgens Kirke, Svendborg
+Thurø
+Rudkøbing Havn</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Martha Friis
+Andreas Larsen
+Alfred Nielsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Christian Andersen sejlede med skibet Rylen som forberedelse til bogværket De Danskes Øer. Larsens søn, Andreas (Puf), deltog som kok.</t>
+  </si>
+  <si>
+    <t>Puf fotograferer sin far, Johannes Larsen, mens han maler et sted ved Tranekær. Senere er det hensigten at sejle til Lindelse Nor.
+Johannes Larsen beder Alhed Larsen om at sende deres breve til fru Achton Friis, der bor i præstegården ved Sct. Jørgen Kirke i Svendborg. Johannes Larsen har efterhånden malet en del akvareller og tegninger under turen til Langeland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ar7s</t>
+  </si>
+  <si>
+    <t>Fredag 17 Juni 1921 Rudkjøbing.
+Kæreste Alhed!
+Ligesom jeg havde faaet mit Brev af Sted, kom Puf med Dine 2 breve. Jeg var ikke med ham den dag han var i Tranekær og han havde ikke faaet Øje paa det, men i Gaar da han var med mig ude mellem Tullebølle og Tranekær cyklede han hen og fotograferede det mens jeg sad og tegnede. I Formdg skal jeg med Friis til Skrøbelev og i Eftrmdg er det Hensigten at sejle ned til Lindelse Nor. Jeg tror at Du nu helst maa adr. vore Breve til Fru Achton Friis - Sct Jørgens Præstegaard Svendborg - vi kan ikke sige hvor vi kommer til at ligge fast i den nærmeste Tid vi skal vist have fat paa Thurø og Taasinge nu, men det retter sig jo efter Vejr og Vind hvor vi kommer til at ligge. Jeg har malet 4 Aquareller, 3 fra Havnen og Alfr Nielsens Havedør og vist tegnet nogle og Tredive Tegninger fra Langeland. Mange kærlige Hilsner
+Din JL</t>
+  </si>
+  <si>
+    <t>1922-06-08</t>
+  </si>
+  <si>
+    <t>Endelave</t>
+  </si>
+  <si>
+    <t>Endelave
+Tunø, Odder
+Thurø, Svendborg
+Skjold, Horsens</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Georg Jacobsen
+Søren Krage
+Andreas Larsen
+Johan Larsen
+Peter Magnussen
+Harald Meyer
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>Kunstnerparrets ophold på Endelave er behandlet i Achton Friis: De danskes øer bd. 2 s. 153.
+Adr. er en forkortelse for adressere.</t>
+  </si>
+  <si>
+    <t>Postvæsnet havde på Haralds brev rettet Thunø til Thurø, så brevet til Larsen havde været en tur omkring Svendborg. 
+Alhed Larsen får forklaret, hvordan hun skal håndtere den veksel, Johannes Larsen sendt hende i det sidste brev. Han er meget bekymret over en hr. Jacobsens reaktion. Larsen er på Endelave og finder denne flade ø meget smuk. Han maler og tegner fortsat flittigt, får gået tur med Achton Friis og spiser ålesuppe lavet af skipper Petersen.
+De næste breve må Alhed sende til en læge i Skjold pr. Horsens.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7XXN</t>
+  </si>
+  <si>
+    <t>Endelave 8 Juni 1922.
+Kæreste Alhed!
+Du kunne vel ikke begribe hvorfor Du fik den Vexel sendt i Mrgs. Sagen er at jeg først i Gaar Eftrmdg før vi sejlede hertil fik Haralds Brev men ikke Blanketterne og blev overrasket i Mrgs Kl. 7 ved at høre Damperen tude til Afgang , alle de andre Steder vi har været hidtil er Posten nemlig gaaet om Eftrmdg. Grunden til at HM's Brev kom saa sent var at et klogt Postvæsen havde rettet Adressen til Thurø pr. Svendborg, skønt HM meget rigtigt havde skrevet Tunø og Brevet havde saa været der før saa det var jo nærmest mærkeligt at jeg fik det. Alle Blanketterne var udfyldte saa jeg kunde ikke sende en til Magnussen, da jeg ikke kan udfylde den og ikke husker hvor mit Navn skal staa og det gør Magnussen heller ikke, det er meget kedeligt, men Du maa se at faa HM til at lave en eller forhøre hos Jacobsen hvordan den skal se ud. Jeg er meget ked af at Jacobsen skal tro at det er Smøleri fra min Side hver Gang, men jeg kan jo virkelig ikke gøre ved det under disse Forhold. Jeg har hidtil været meget flittig og har nu tegnet henved 60 Blokbogsblade foruden hvad jeg har tegnet i Skitsebogen og Lommebogen. Vi var i Land her i Aften og blev meget overraskede, da vi ikke havde ventet os ret meget af Øen, som er ganske flad , og saa er det et af de mest idylliske Steder vi har set. Jeg saa en Mængde Motiver og gik strax i Gang med at tegne i Mrgs, desværre uden videre Held, saa i Eftrmdg har jeg gaaet omkring med Friis og set mig om for at hvile lidt. Vi har jo været meget heldige med Vejret for selv om det har stormet en Gang imellem har det dog aldrig varet over en Dags Tid. Der laves en Mængde Aaalefiskeri her uden for da vi kom saa jeg foreslog Petersen at lave Aalesuppe og da vi kom hjem til Middag havde han en hel Gryde Aal og Boller og Selleri og Gulerødder og Svedsker, jeg tror nok jeg spiste ca 1 1/2 Aal (ulæseligt)tal, men jeg er heller Spor af sulten skønt Kl. er 7 og vi har gaaet hele Eftrmdg. Jeg har ikke faaet Brev fra Dig siden det der laa paa Tunø da vi kom der, men haaber der kommer i Mrg. De mente Breve maa Du helst adr til 
+Hr. Læge Søren Krage 
+Skjold
+pr. Horsens. En Ven af Friis der bor i Nærheden af de 3 Øer i Horsens Fjord som vi skal til naar vi er færdige her. Denne Ø er ellers saa stor at vi kunde have god Brug for vore Cykler. Ruger Paafuglen og hvordan gaar det med Svanerne?? Mange kærlige Hilsner ogsaa til Puf og Lysse og hils de andre.
+Din JL.</t>
+  </si>
+  <si>
+    <t>1912-06-09</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Snøde</t>
+  </si>
+  <si>
+    <t>Birkerød St.</t>
+  </si>
+  <si>
+    <t>Povl Bentzon
+Frederik Bokkenheuser
+Bodild Branner
+Ebbe Branner
+Frits Branner
+Thora  Branner
+Christian Caspersen
+Johanne Caspersen
+Alhed Larsen
+Otto Emil  Paludan
+Charlotte Rasmussen
+Ditlev Schroll
+Otto Schroll
+Hempel Syberg
+Nicoline  von Sperling
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs datter, Louise Brønsted, boede i Birkerød med sin familie. 
+Laura Warberg var i foråret 1912 uden bolig, mens hendes nye lejlighed i København blev sat i stand. Hun opholdt sig i flere måneder hos venner og familiemedlemmer. Laura Warberg døjede med et dårligt ben, efter at hun havde haft årebetændelse. 
+Sandholt gods var i 1912 ejet af Nicoline von Sperling. Hvem Frk. B var vides ikke. Muligvis en pige i huset på Sandholt. 
+Det vides ikke, om Kaptajn Schroll er Otto Schroll. Schroll-familien boede på gården Lykkenssæde og var venner med Warberg-familien. 
+Hvem Jørgensen, der nu bor hos Karen, samt Anna B og Margrethe var vides heller ikke. 
+Laura Warberg planlagde længe en rejse sydpå med Marie Warberg. Denne blev udsat fra maj, hvor den skulle have fundet sted.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2086</t>
+  </si>
+  <si>
+    <t>Laura Warberg er hos familien i Snøde på Langeland. Før da besøgte hun Erikshaab og Sandholt. Laura har været til læge i Svendborg med sit dårlige ben. Hun rejser nu til Odense for at besøge Hempel Syberg og se Thora Branner med børn. Derfra tager hun til Kerteminde. Omkring 27. juni vil hun indlogere sig på hotel i København, og hun håber at kunne flytte ind i sin nye lejlighed 1. juli. Astrid er blevet bedt om at hjælpe. 
+Marie Warberg er stadig syg. 
+Laura glæder sig hverken til rejsen i september eller til sin nye lejlighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Sojt</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+Adr: Brønsted
+Birkerød St.
+Sjælland
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Snøde d: 9–6–12
+Kære Astrid
+Det er nok snart paa Tiden at skrive til Dig igen og saa faar jeg vel snart lidt at høre om Eder allesammen. Jeg kom hertil i Torsdags, Tante hentede mig i Aasø og vi drak hendes medbragte Kaffe i Skoven paa et yndigt stille Sted; kørte saa til og fra Kirkegaarden gennem Byen til Hotellet, besøgte en Timestid Charlotte Rasmusssen – en af mine Brudepiger - spiste Melon der, gik en lille køn Tur og var her 7½. Jeg havde overnattet i Svendborg og om Formiddagen sejlet til og fra Christiansminde og gaaet rundt derude, der var dejligt og Vejret smukt. Til Erikshaab kom jeg Søndag d:2den, havde to rare Dage der, den ene Aften var der bedt fremmede, bl.a. Kaptain Schroll og [Peia?], rigtig morsomt. Næste Dag var jeg med Paludan på Sandholt til Frokost; de havde været saa uhyre glade ved at see Eder, især var Frøken B. glad ved Dig, hvem hun ikke havde set i saa mange Aar. Derfra kørte jeg alene til Doktor Schrolls og var der hele Eftermiddagen og Aftenen. Onsdag Kl. 5 tog jeg saa til Svendborg og gik samme Aften en dejlig lille Tur uden for Byen. Første Dag her gik jeg ind til Dr. Rasmussen og spurgte ham om mit Ben, der stadig hæver i Anklen og paa Foden, er tungt og træt og hindrer mig i at gaae ret meget. Han gav mig Jod at smøre med og sagde jeg skulde igen gaae med Bind og ligge med tykt Vat om Natten. Nu er det allerede bedre og jeg maa nok følge hans Raad og gaae med det Bind et Par Maaneder, om det saa bare kan blive helt godt! Dr. Bokkenheuser havde jo sagt, jeg maatte lægge det. Jeg rejser til Odense paa Lørdag er to Dage hos Syberg; dersom Thora og Børnene er der vil jeg være en Nat paa Hotel, skal til Øjenlæge og besøge Jørgensen der nu boer hos Karen. Den sidste Ugestid i Kerteminde skal jeg have vadsket og pakket og syet et og andet. Dersom Du ikke kunde være et Par Dage hos mig, vilde jeg grue rædsomt for den Indflytning. I Dag skriver jeg om at faae flyttet ind d: 1ste Juli, haaber han kan den Dag. Jeg rejser altsaa d:27de og boer paa mit gode Missionshotel Gl. Kongensg har meldt mig til Bentzons til Middag og Aften og tager til Birkerød Dagen efter. Det glæder jeg mig meget til; saa er I vel lige paa Falderebet. Anna B. har skreven til mig, om jeg ikke vil have deres [ulæseligt] i Juli og [ulæseligt] formodentlig rejser hun og Margrethe saa paa Landet. Det har jeg sagt Ja til, da jeg efter denne Benhistorie er bange for at være alene. Marie Warberg gaaer endnu med daarlig Finger, Gud veed, hvad det bliver til! Caspersen mener, det tyder paa Benæder. Jeg glæder mig slet ikke til Rejsen i September; det er ikke som i Fjor! Jeg glæder mig heller ikke til min Lejlighed! – Nu Farvel lille Putte! Hilsener til Eder allesammen Jeg længes efter at høre hvordan lille Alhed har det!
+Bedstemor –
+Tante hilser!</t>
+  </si>
+  <si>
+    <t>1935-10-26</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Adolph Larsen
+Andreas Larsen
+Elena Larsen
+Urban Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Rud
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Tegninger til Fyn: Achton Friis var i gang med at udgive en bog om Fyn med illustrationer af Johannes Larsen. 
+Joen Vedel beskrev på hjemmesiden https://kunsten.nu/artguide/calendar/kunst-for-varer-og-joen-vedel/ Kunst for Varer således: “Det var nu afdøde kunstmaler Gordon Fazakerley, der først beskrev Kunst for Varer for mig. Han fortalte hvordan han havde erhvervet sig en fornem barnevogn til sit første barn i begyndelsen af 1960erne. Betalingen var et maleri. Jeg havde aldrig før hørt om foreningen, som drev sit eget galleri først i Stormgade, siden i Bredgade i København. Den blev stiftet i 1924 af maleren Aage Berthelsen for at ‘hjælpe Kammeraterne og skaffe dem og os selv Varer til at opholde Livet med, og til Tider et eller andet, vi ellers aldrig havde Raad til at købe.’ For et par år siden fandt jeg et hæfte fra Kunst fra Varer i rodekasserne, som i en periode stod i kælderen i den Frie Udstillingsbygning – og det er det hæfte vi viser frem de næste måneder.” 
+Glorup er en herregård i Svindinge Sogn på Sydøstfyn. (Kilde: Wikipedia febr. 2022). 
+Ørbæklunde er grundlagt ca. år 1500 af Poul Laxmand under navnet Lundsgaard. Det var derefter en befæstet borg, betegnet Ørbæklundsgaard fra 1502 og kendt under sit nuværende navn Ørbæklunde fra omkring 1528. Gården ligger i Ørbæk Sogn, Nyborg Kommune. (Kilde: Wikipedia febr. 2022).
+Lykkesholm er en gammel hovedgård, som nævnes første gang i 1329 og kaldt Magelund, men benævnt Lykkesholm fra 1380. Gården ligger cirka 3 km sydvest for den fynske by Ørbæk og ca. 21 km sydøst for Odense. (Kilde: Wikipedia febr. 2022).
+Ørsbjerg er en lille landsby i Assens kommune.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og hans søn har kørt rundt på Fyn og lavet tegninger til Achton Friis' bog. De besøgte Lars Swane i Svendborg. 
+Lørdag var Larsen på jagt med tandlæge Rud. Derefrer malede han på elsdyrbilledet (på Rådhuset) i Odense.
+Onsdag skal Larsen til klapjagt med Vilhelm/Klaks. 
+Larsen sælger et billede gennem Kunst for Varer, så Else og Elena/Bimse hver kan få et beløb til tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iQEv</t>
+  </si>
+  <si>
+    <t>Kjerteminde Lørdag 26/10. 35.
+Kære Lysse!
+Tak for sidst! Naar Du først nu hører fra mig, kommer det af, at, her laa et Brev fra Achton Friis, da jeg kom hjem med Anmodning o ["o" overstreget] om Vignetter og resterende Tegninger til Fyn. Jeg gik i Gang med dem med det samme og Puf og jeg kørte omkring og tegnede, bl.a. var vi 2 Gange paa Horne Land. Paa den ene Tur besøgte vi Lasse Swane der boede paa Wandals Hotel i Svendborg mens han var oppe til Eksamen som han bestod nogle Dage senere. Anden Gang besøgte vi Farbror Urban paa Hjemvejen. Jeg tog mig fri en Lørdag hvor jeg var inviteret paa Jagt med Tandlæge Rud. Han har lejet Jagten paa 2 Gaarde hver 100 Td.L. der ligger umiddelbart ved Vejen naar vi kommer over for Svinget S for Ørbæklunde, i Hjørnet mellem Glorup, Ørbæklunde og Lykkesholm. Det regnede hele Formiddagen og Hundene var mere til Skade end Nytte og vi fik kun hver en Hare før Frokost, men om Eft. var det Tørvejr og jeg skød 4 Harer og 2 Fasaner og Tandlægen 2 Harer og 3 Fasaner. I det hele saa vi nogle og 20 Harer, der var ogsaa nogle 3-4 Flokke Høns men de lettede hver Gang uden for Skudhold. Saa snart jeg havde faaet Tegningerne ekspederet. Begyndte jeg i Odense og er nu godt i Gang med det store Elsdyrbillede. I Dag tog vi hjem til Middag da det vil passe mig bedre at begynde Mandag Mrg paa det næste Stykke, som jeg gerne vil have en hel Dag til. Puf og Else er taget til Lindøgaard, for at aftale med Agraren, om at være parat Onsdag Mrg da vi skal derom ad for at [plet på papiret] ham med til Klapjagt hos Klaks i Ørsbjerg. Jeg fik i Dag Brev fra Kunst for Varer om jeg vil sælge et Billede til en Grosserer for Damekollektion (800 Kr.). og Puf og jeg blev enige om at sige ja og dele det saaledes at Bimse faar for 500 Kr. og Else for 300, da sidstnævnte formodes at være bedre forsynet for Tiden. Kan Du ikke sende mig Bimses Adr, saa jeg kan meddele hende Resultatet hvis Handelen gaar i Orden. Ellers staar al Ting godt til her og jeg haaber at det samme er Tilfældet paa Båxhult Mange Hilsner fra os alle 3.
+Din Far.</t>
+  </si>
+  <si>
+    <t>1929-07-04</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Elin Jensen
+Villum Jensen
+Marie Schou
+Anna Louise Syberg
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz og Anna Louise/Rabbe har været på cykeltur og bla. besøgt Møens Klint og Falster, hvor de købte kærnemælk på et mejeri. Sælgeren lignede i fremtoning og påklædning en bygmark. På Taasinge var Rabbe betaget af udsigten. Hun og Fritz tog toget fra Svendborg til Nyborg og cyklede derfra til Kerteminde. Syberg håber, at Villum og Elin vil komme på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ixgp</t>
+  </si>
+  <si>
+    <t>Pilegaarden 4-7-29
+Kære Johannes V. og Else.
+I Dag har Rabbe og jeg afsluttet vor Rundrejse. Vi cyklede fra Næstved over Vordingborg til Stege, opholdt os en Dag ude ved Klinten. Rabbe fotograferede hele Møens Klint: Dronningestolen, Taleren Sommerspiret osv. selv var jeg noget mør af at cykle 60 Kilometer paa en Dag, saa jeg laa mest og dovnede i Solskinnet Møen er som Du siger en dejlig Ø, men jeg var endnu mere indtaget i Falster. Sikke Hvede og Bygmarker, det var selve det Lur-mærkede Danmark. Det mest generende ved at cykle der, var at der ingen Bakker er, man havde aldrig den lettende Fornemmelse det er at tage Frihjul og blev saa øm i Franskbrødene af den vedblivende Trampen. Hvert Øjeblik naar jeg saa ud over Landskabet fik jeg Lyst til at staa af og male nogen af alle disse glidende og bølgende Glanslys i Stedet for at sidde og banke Enden til Bøf. Vi traf en herlig Mand der stod foran et af de mange store Andelsmejerier vi kørte forbi. Jeg fik den Indskydelse at standse og gik hen til ham og sagde, er det ikke mulig at man kunde købe en Liter Kærnemælk hos Dem? ”jow, de er nok maawle” sagde han gaa De bare ind og saa kom vi ind i en Hal hvor to hvidklædte Mejerister spulede et Gulv der var saa rent og lysegult som Smør og fik en Kande iskold Kærnemælk der smagte som Fløde men som vi maatte drikke i ganske smaa Mundfulde. Manden selv havde en Ansigtskulør som en moden Kamille, tyndt Hørtjavset Haar og Overskæg, han var iført et Sæt drapfarvet lyst Tøj med et Aprikos eller Ferskenfarvet Skær. Først syntes jeg at den Farvesammenstilling saa ud som en Vittighed, men senere gik det op for mig at han lignede jo sine Bygmarker. Vi kom videre ad Lolland Langeland, Taasinge til Svendborg. Herfra tog vi Banen til Nyborg og cyklede derfra til Kjerteminde. Rabbe tror jeg næsten var mest af [”af” overstreget] imponeret af Synet fra [”Synet fra” overstreget] Udsigten fra Taasinges højeste Punkt. Vi saa Fyns mørke Bjergland stige op uden at kunde se det smalle Sund som laa dybt nede. Hils Alle og mind Villum og Elin om at nu er Tiden da de maa tænke paa at besøge os Rille er her og glæder sig meget til et Besøg af dem. Marie er i Kbhvn og kommer her i Morgen
+Paa Gensyn til August Eders hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1936-09-01</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Carl Johannes A. Bless
+Johan Peder Bless
+Sofie Bless
+Alhed Larsen
+Jens Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Vilhelmine  Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel Muus
+Alhed  Møhl, Lysses datter
+H. Rasmussen, politifuldmægtig</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jens var. Larsen-familien kendte flere, der bar dette navn. 
+De indsamlede tusindgylden skulle formodentlig bruges til snaps.</t>
+  </si>
+  <si>
+    <t>Else og Andfreas/Puf Larsen har sat blomster på Alhed Larsens grav og luget, klippet og vandet. De har også ordnet Bless-familiens grav, og Andreas vil se til sin farmor og farfars gravsted.
+Politifuldmæftig Rasmussen spørger, om Johannes Larsen vil tage ind omkring Ny Carlsbergfondet og se på de billeder, som fondet har lovet Kerteminde Museum. 
+Det stormer. Den syge knortegås er død. 
+Andreas Larsen og Jens har været på en lang sejltur omkring Kalundborg, Lolland, Svendborg, Avernakø og Sønderborg. De cyklede hjem fra Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/N4zH</t>
+  </si>
+  <si>
+    <t>1 Sept. 36. 
+Kære Far.
+Igaar var det Mors Dødsdag og Else og jeg var ude paa Kirkegaarden med en stor Buket Rosenkatost og de Flox vi kunde finde; det var ikke mange, men sammen med de Roser, som jeg havde sat derud Dagen før, saa det helt godt ud. Jeg havde Dagen før skuffet og revet og Else og jeg klippede alle de afblomstrede Nelliker af. Idag har jeg været ude med de to store Vandkander og vandet baade Mors Grav og Blessernes. Iaften skal jeg ud og vande videre ogsaa Farmors og Farfars, det er godt tørt altsammen. - Politifuldmægtigen har spurgt om 
+2./
+du ikke, naar du rejser igennem København paa Hjemvejen, kan gaa op i Ny-Carlsberg-Fondet og se paa de Billeder de har lovet Kerteminde Museum. - Vi har Storm i disse Dage. Der ryger endel Æbler, men vi naar da at faa plukket de fleste Charlamowski. Den syge Knortegaas døde Dagen efter jeg kom hjem. De andre tre er her endnu; naar Graaænderne letter fordi de bliver bange for noget, nøjes Knortegæssene med at løbe, de har aabenbart ikke opdaget, at de kan flyve. Den gamle Knortegaas ["Knortegaas" indsat over linjen] ser noget sløj ud, men jeg gav den straks rent Vand, saa jeg haaber den 
+3./
+retter sig. - Jens og jeg havde en dejlig Tur i Baaden: Efter Kerteminde var vi i Kalundborg - Musholmen - Agersø, hvor vi ikke kunde se nogen Stubmølle paa Helleholm og heller ingen "Haabets Minde" ved Havnen. Fra Agersø gik vi mod Nakskov Fjord, men da der stod Torden over Laaland bestemte vi os om og gik norden om Langeland til Dagelykke. Derfra til Svendborg Sund, hvor vi laa nogle Dage paa Grund af Blæst. En Dag var vi paa Skarø, men vendte tilbage til Svendborgsund om Eftermiddagen. Derefter til Korshavn, hvor vi var en 
+4./
+Dag over. Vi spadserede over Revet til Avernakø, hvor Majstængerne staar endnu. Derimod er der kun to Stumper tilbage af "høje Stene" ved revet ["Revet" overstreget] Drejet. Paa Korshavn fandt vi Tusindgylden saa vi kunde forsyne begge Familierne for det kommende Aar. Næste Dag gik vi til Sønderborg, men blev bugseret ind fra Pøls Huk af en Jagt, hvis Ejer og Skipper Jens kendte. Han viste sig at stamme fra Kerteminde, saa vi fik os en lang Snak over en Flaske Whisky, som vi havde taget med over i Jagten. Vi sad paa Fordækket i det dejligste
+5./
+Maaneskin med svag Brise, mens Skipperens Søn styrede. Næste Dag tog vi med Færgen til Faaborg hvortil min Cykle var sendt. Om Aftenen cyklede vi sammen til Revsvindinge, hvorfra Jens fortsatte til Nyborg og jeg til Kerteminde. Ogsaa den Aften havde vi næsten stille, men siden har det blæst og igaar og i Dag er det steget til Storm. - Jeg skal hilse fra Jens naar jeg skriver til Båxhult; han vilde gerne have truffet Lysse, men vi fik først at vide at han var rejst.
+Hils ogsaa Axel Muus. [En streg er tegnet rundt om "Hils ogsaa Axel Muus."]
+Mange Hilsner til Jer Alle deroppe fra Else og Puf.</t>
+  </si>
+  <si>
+    <t>1937-09-12</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Lindøgård</t>
+  </si>
+  <si>
+    <t>Hans Christian Branner
+- Ferlov
+- Hansen, hushjælp, Kerteminde
+- Heiring
+Andreas Larsen
+Gudrun Larsen
+Henning Larsen
+Jeppe Larsen
+Johannes Larsen
+Urban Larsen
 Vilhelm Larsen
-Astrid Warberg-Goldschmidt</t>
-[...18 lines deleted...]
-Johannes Larsen.</t>
+Kirsten Larsen, Elena Larsens veninde
+Else Larsen, Else, Andreas Larsens kone
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Christine Swane
+Lars Swane
+Ane Talbot
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsens bror, Vilhelm/Klaks, og hans familie boede på skovridergården Rørdam. 
+Det vides ikke, hvem Asmussens søn, Mama og Aggi, Ingrid Ravn, Fru Knarreby, Bertel og barnepigen var. Søster var der flere i Larsen-familien, som blev kaldt. 
+Vilhelm/Klaks Larsen og Sigurd Swane havde en brevveksling om Lars Swanes fremtidige erhverv. Sigurd Swane ønskede, at Lars skulle uddanne sig indenfor skovbrug.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0416</t>
+  </si>
+  <si>
+    <t>Marie Larsen har været til Henning/Bror og Kirstens bryllup på Rørdam. Lars Swane var ikke inviteret, for Vilhelm/Klaks var utilfreds med, at han ville være maler. Da Christine Swane erfarede dette, tog hun heller ikke med. 
+Marie m.fl. var på køreture fra Rørdam. De var i Jylland og i Odense. Derefter var hun ca. 10 dage i Kerteminde, hvor hun hjalp med at passe børnene. Ane/Lillepigen var blevet nemmere at omgås. Marie var på rådhuset i Odense og se Johannes Larsens freskoer, og de besøgte Farbror Urban på næsten 90 år i Svendborg. 
+Christine Swane arbejder på værker til Grønningen. Hun og Marie har fået nye genboer, og de er omgivet af mennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7pLM</t>
+  </si>
+  <si>
+    <t>Lindøgaard d. 12 – 9 – 37.
+Kære lille Bi / Endelig får jeg begyndt på Skriveriet. – Da jeg skrev Din Fødselsdagshilsen skulde jeg jo Dagen efter rejse til Rørdam til Bror og Kirstens Bryllup. Henning hentede mig i Ejby, han var Dagen før kommen hjem fra en Biltur i Norge sammen med Ditte, en af Asmussens Sønner og en anden ung Pige, de havde kørt rundt i 14 Dage, ligget i Telt og moret sig godt, både han og Ditte var så solbrændte; hun var med til Bryll, jeg syntes hun var så sød, kedeligt at de ikke kan lide hende på Rørdam. – Vi morede os godt til Festen, der var kun det kedelige at Uglen ikke var med; det kom af at vi var inviteret derover i Sommers og troede at Invitationen gjaldt os alle 3; men så viste det sig at Lasse ikke skulde med; på Rørdam er de vrede over at Lasse er begyndt at male og så vilde Klaks ikke have ham med og da Uglen og Lasse havde bestemt at de vilde ud og male sammen, tog de til Båstad sammen ["sammen" overstreget] i Stedet for ["i Stedet for" indsat over linjen] Uglen vilde selvfølgelig heller ikke derover når hun fik at vide at Lasse ikke er velkommen. – Jeg var på Rørdam en Uge, Søster var hjemme og Ingrid Ravn boede hos Mama og Aggi, hun kom ned hver Dag og vi gik i Vandet sammen; Søster har fået Kørekort, den sidste Dag kørte hun for Gudrun og mig Fru Knarreby og Aase K. til Lillebæltsbroen vi kørte over den og lidt ind i Jylland, det var en dejlig Tur; Dagen efter kørte hun for Gudrun og mig til Odense, vi var til The hos Kirsten, Bror og Henning kom også og de skulde da alle 3 med til Rørdam, (det var en Lørdag), Bror og K. har faaet en yndig og hyggelig moderne Lejlighed, en Mængde Brudegaver fik de, blandt andet Billeder til at hænge på Væggene; af Uglen, Lasse, Las, [ulæseligt] og Bertel; da de andre kørte, gik jeg til Banegården og tog til Kerteminde, hvor jeg var en halv Snes Dage; Du kan tro de 2 smaa er søde, Lillepigen taler nu så fornuftigt og lille Jeppe siger alting bagefter, det er en dygtig Dreng og lille Ane er blevet meget blidere, det er sjældent hun er arrig nu; jeg havde meget med dem at gøre da Barnepigen havde Ferie og Else og Frk. Hansen havde travlt, jeg gik til Stranden med dem, hvor de morede sig herligt med at samle Skaller; mens jeg var der var vi alle en Eftermiddag ude hos Elses Forældre og Else og jeg var på Rådhuset og se Las's Freskoer; den sidste Søndag jeg var der var Las, Puf og jeg i Svendborg for at se til Farbror Urban, han var meget glad over at se os og havde det virkelig forbavsende godt, han ser og hører dårligt, men ellers rask og i godt Humør, tænk han bliver 90 i December; Familien var umådelig elskværdig de har fået bygget et Sommerhus på Thurø og da vi havde drukket Kaffe kørte vi allesammen derover, det varede kun 10 Minutter, der var dejligt, det lå helt nede ved Stranden begge Døtrene havde Kajakker; vi var der en Timestid og kørte så hjem til et overdaadigt Aftensbord; KL. 9 kørte 
+[Skrevet på tværs øverst på s1:]
+X Sverrig og 3 store og nogle mindre Akvareller i Kerteminde og nu skal hun male i Birkerød så hun kan få en god Udstilling på Grønningen i Januar. Heirings har bygget dem et dejligt nyt Hus i en Del af deres Have og solgt det andet og vi har fået Fru Ferlov til Genbo, hun har lejet det ny Hus nede ved Søen for 2 År; Hans Christian Branner har ogsaa lejet i Birkerød i Skrivergaarden, ikke så langt fra os, så vi har snart mange gode Venner derude. Nå nu må jeg vist slutte, det er da et nogenlunde langt Brev selv om det ikke er særlig morsomt. -
+[Skrevet langs venstre kant på brevets s1:]
+Hav det nu godt til vi ses kæreste Bi, hils Manse mange Gange når Du ser ham og tusind Hilsner og Kys til Dig selv fra Rie. – 
+[Skrevet på hovedet øverst på s. 1:]
+Alle på Lundsgård hilser. – De små Hunde er henrivende.</t>
+  </si>
+  <si>
+    <t>30. jun. 1921</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/44Rr071i</t>
+  </si>
+  <si>
+    <t> 5. jul. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Gustav Kiær
+Alhed Larsen
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/GdhoMkTf</t>
+  </si>
+  <si>
+    <t> 4. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/w6FFrcLi</t>
+  </si>
+  <si>
+    <t>14. jul. 1921</t>
+  </si>
+  <si>
+    <t>- Due-Petersen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/gr4dQ2mb</t>
+  </si>
+  <si>
+    <t>22. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/cOfRv9x0</t>
+  </si>
+  <si>
+    <t>28. jun. 1921</t>
+  </si>
+  <si>
+    <t>Chr. Kryger</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Zje1ukKS</t>
+  </si>
+  <si>
+    <t>12. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/p6mquhRL</t>
+  </si>
+  <si>
+    <t>16. aug. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/qtlc1iNR</t>
+  </si>
+  <si>
+    <t>29. jun. 1922</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/chdZZ3rp</t>
+  </si>
+  <si>
+    <t>17. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/mlVKfENB</t>
+  </si>
+  <si>
+    <t>19. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/mRGYJww6</t>
+  </si>
+  <si>
+    <t>30. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/wyASnUBS</t>
+  </si>
+  <si>
+    <t> 8. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/1itiWL5I</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dagbog</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
 Poul Caspersen
 Holger Drachmann
 Betty  Ejlskov
@@ -819,213 +889,603 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
+  </si>
+  <si>
+    <t>1921 Rylen efterårstur - udateret oversigt over fugle og øer</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Jeppe Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OB0G3oj0</t>
+  </si>
+  <si>
+    <t>25. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DQtRfGF4</t>
+  </si>
+  <si>
+    <t>26. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/nCJ0nTMe</t>
+  </si>
+  <si>
+    <t> 3. jul. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/aFrALJpT</t>
+  </si>
+  <si>
+    <t> 6. jul. 1921</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/jepUnZbd</t>
+  </si>
+  <si>
+    <t>30. maj. 1909</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Ukwruu9g</t>
+  </si>
+  <si>
+    <t> 1. jul. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Gustav Kiær
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/cYgH1hkn</t>
+  </si>
+  <si>
+    <t>1918-12-15</t>
+  </si>
+  <si>
+    <t>Rørdam</t>
+  </si>
+  <si>
+    <t>Svendborg
+Ejby</t>
+  </si>
+  <si>
+    <t>Jenny -
+Martha Adolfsen
+- Børresen
+Smør Christensen
+Andreas Larsen
+Gudrun Larsen
+Johan Larsen
+Johanne Christine Larsen
+Vilhelm Larsen
+Eiler Lehn Schiøler
+Kai Nielsen
+Jens Rasmussen
+- Schaumann</t>
+  </si>
+  <si>
+    <t>Den gamle greve m. fl. er formodentlig fra Wedelssborg, som gården Rørdam (Vilhelm Larsens hjem) hørte under. 
+Larsen har fået tavler sendt fra Egmont H. Petersen: Der er tale om tryk af de tavler med fugle, som Johannes Larsen malede til Eiler Lehn Schiølers store bogprojekt om Danmarks og Grønlands fugle (se Lehn Schiølers biografi). 
+Adolfsen formodes af være Martha Adolfsen, som var stuepige hos JL og Alhed Larsen.
+Det er uvist, hvem Den lille Baron i Svendborg er. 
+En "Muskelmand fra Kai": Der er formodentlig tale om en skulptur af en muskuløs mand lavet af billedhuggeren Kai Nielsen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet dåhjorte i en park og vil male på nogle små billeder, men han mangler solskin. Der er blevet afholdt udstilling (på Rørdam?), og greven m.fl. kom.
+Der er kommet tavler fra Egmont H. Petersen.
+Smør Christensen vil købe akvareller og tryk, og Overrettens Svoger skal have tryk. 
+Der er kommet en skulptur (muskelmand) fra Kai Nielsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/b8po</t>
+  </si>
+  <si>
+    <t>Rørdam 15 Dec. 1918.
+Kæreste Alhed!
+Det er rigtignok triste Udsigter for Julen. Bare nu Du og Lysse maa slippe og Puf komme godt over det. Du maa endelig lade mig vide hver Dag hvordan det Gaar. I denne Uge har jeg faaet en Del bestilt. Jeg fik et stort Billede med Daahjorte i Parken færdig eller da klaret i Gaar og i Formiddags malede jeg et af de mellemstore. Der er nu kun 2 smaa Lærreder der ikke er malet paa og 2 store, der er lagt om, men dem skulde jeg gerne have Eftermiddagssol til, saa de er jo problematiske. Vi havde stor Udstilling i Eftermiddag her. Den gamle Greve og hans Datter Baronesse Rosenkrantz med Søn og den unge Greve med Grevinden og en fransk Dame og Tito. Vi har ingen Sne her der kom lidt om Aftenen blandet med Regn, det tøede efterhaanden og i Gaar laa der kun lidt hist og her i Skyggen og det forsvandt op ad Dagen. Jeg har dog et Billede der ser ud som et Snebilleder, et af de første jeg malede, det rimede nemlig meget stærkt det første Døgn, saa det om Mrg saa ud som det havde sneet. Jeg har faaet sendt 2 Tavler fra Egmont H. Petersen med tilsvarende Tryk, de ser rigtig godt ud og Schiøler skriver at de har næsten alle de andre i Arbejde og at de snart kommer, saa det lader jo til der er helt godt Gang i det. Børresen er ved at blive bedre skriver han og vi skal snart til at virke igen. Jenny har ringet og bedt om en Fuldmagt, vi skal nemlig have 50 Kr. i Brændselsgodtgørelse af Sognet og Adolphsen vil gerne af med dem. 
+Smør Christensen kommer mellem Jul og Nytaar efter Aquareller og 2 Sæt Tryk. Overrettens Svoger, Schaumann har skrevet og bedt om 1 Sæt og den lille Baron i Svendborg om et lille Billede til 200 Kr. til Julegave til Konen. Jeg skal hilse fra Klaks og Gudrun. Der er kommen en Muskelmand fra Kai - Mange kærlige Hilsner til Jer alle tre 
+Din 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1885-02-19</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>5700 Svendborg
+5800 Nyborg
+Lundeborg</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Urban Larsen
+Vilhelm Larsen
+Johan  Norden
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Onkel Urban skal muligvis være købmand i Lundeborg. Sig til i god tid, hvis du har brug for penge. Du skal ikke låne. Gæld er noget kedeligt noget.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/usto</t>
+  </si>
+  <si>
+    <t>[Påtrykt:]
+J.A. Larsen
+Kjerteminde
+Kjerteminde den 19 Februar 1885
+[Håndskrevet:]
+Kjæreste Johannes!
+Jeg er oppe igjen min Ven, men forkjølet endnu, det var da dejligt Du havde moret Dig godt jeg finder det rigtignok tørt at vi slet ikke faar noget at vide om Slottet, vent kun naar Du kommer hjem saa maa Du holde for med at fortælle om Udflugten
+Nu skal jeg fortælle Dig noget det er muligt at Urban bliver Kjøbmand nede i Lundeborg imellem Nyborg og Svendborg der er en Forretning ledig for Tiden som han er nede at leje jeg antager han faar den Hr Norden Farbroder Martin og din Fader er med dernede for at bringe det i Orden Naar han nu i morgen har endt sine Forretninger saa skal jeg faa Lov til at sende Dig nogle Penge skriv os saa hvordan det staar med Regnskabet for Du skal ikke gaa at laane saadan hverken Penge eller Varer; men sig til i Tide mit Barn for Gjæld det er jo noget kjedeligt noget vær dog meget bange for Gjæld Johannes det er noget stygt noget at skylde bort.
+Hils dog Frøken Bendal sig længes efter et Brev fra hende og vil meget glad ved snart at faa et
+Dine Søskende ere raske og læge[t] med Top og Knopper saa det staar efter – 
+Det er rigtig heldigt at Du finder Dit Tøj for vi skal vaske paa Tirsdag send det nu endelig for her er ikke kommen noget endnu naar jeg nu faar Penge skal jeg skrive et længere Brev og fortælle Dig om Udfaldet af Rejsen – 
+Lev vel fortæl os dog hvad Du maler og ellers andet fortæl dog alle 4 Sider fulde
+Din egen trofaste Moder</t>
+  </si>
+  <si>
+    <t>1890-03-20</t>
+  </si>
+  <si>
+    <t>Lundeborg
+Svendborg
+Långaryd</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Alfred Eckardt
+Svend Kyhn
+Adolph Larsen
+Anton Larsen
+Georg Larsen
+Vilhelm Larsen
+Niels Mollerup
+Rasmus  Petersen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen går på Birkerød Real- og Latinskole
+Georg Larsen er kommis i sin fars købmandsforretning.
+Udstillingen er muligvis på Charlottenborg, hvor man tidligere brugte at have en "anden ophængning" efterhånden som billederne blev solgt og blev taget ned. Anden ophængning varede kun nogle få dage. Det er uvist hvilke af Johannes Larsens billeder, der omtales.
+Johannes Larsen fik først debut på Charlottenborgs anden ophængning i 1891. (Birgit Bjerre: Marie - uundværlig husholderske s. 30, Østfyns Museer 2012). "Vidar" var et dampskib, som sejlede på ruten København - Kerteminde - Nyborg - Lundeborg - Rudkøbing, og retur, en gang om ugen (Kjerteminde Avis).</t>
+  </si>
+  <si>
+    <t>Vilhelm (Johannes Larsens bror) har lavet en ramme til billedet, som Johannes Larsen har lavet. Måske kommer billedet med på udstilling i anden ophængning. Johannes Larsen skal hjem på påskeferie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2ruO</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 20 Marts 1890
+Endelig saa lod Du dog høre fra Dig det vil jeg nu ikke skjænde for [ulæselige ord] har hørt, men jeg ønsker det ikke gjerne taget fra min bedste Glæde er [at høre] fra I kjære Børn Gud Fader [beskjær]me Eder fra alt Ondt – Vilhelm beklagede at Rammen ikke blev saa smuk som han ønskede men du skulde nu afgjøre det, hans Mening var at den vilde misklæde det smukke Billede som Undskyldning skrev han at det var hans første Arbejde af den Slags
+Du har saa ikke hørt at Klassen gjorde i Chocoladegilde og bad Vilhelm med som Æresgjæst Drengene gav hver 35 Øre og der blev drukken storartet. Klassens Bajads holdt Talen. Vilhelm faar snart [ulæseligt ord] Ferie – saa følges vel I to Brødre ad det var os en glædelig Overraskelse at faa dig hjem saa maa vel Herr Zartmann have synes godt om [billedet] siden Du tænker paa at faa det op til anden Ophængning. Her sender jeg 2 Blindrammer da jeg ikke var sikker paa om det er den tynde, de 5 Kr skal jeg se at faa i Pakken i dag hvis ikke, skal den snart følge – Mærkerne og Convolutterne er med – send blot Pakken men lad mig vide hvad der skal sendes for ellers kan Resten jo blive her til Du kommer – Det er en Selvfølge Johannes at du maa faa en Ramme men tag den alligevel saa billig som muligt maa det dog saa blive højt Solskin til Paasken at det kan blive rigtig lyst
+Her er stor Glæde over at Du kommer – Adolph lyser i Øjnene hvorlænge er der til Moer og da jeg siger 14 Dage udbryder han saalænge! Du kan tro han har travlt med Andeæg og han har faaet en ægte [Brevduerk] og nu har Alfred skreven efter sin Brevdue til en Mage – den kommer med Dampskibet paa Tirsdag
+Farbroder Anton er kommen fra Lundeborg for et Par Dage siden; men nu igaar stod der i Haandværkerbladet om en Forretning i Svendborg han tog saa med Posten imorges Kl 4 og gaar saa fra Svendborg til Lundeborg for at sejle derfra igjen med Vidar hertil næste Onsdag; nu kommer det jo an paa om den staar ham an og om der kan skaffes Penge
+Kommer der nogen af dine Venner hjem med i Paasken saa maa du endelig lade mig det vide et Par Dage før at jeg kan faa Farbroder flyttet ind paa Mollerups hils dog ham om Du seer ham og fortæl mig om hvad han foretager sig i Vinter
+Hils ogsaa Kyhn og alle hvem bryder sig om en
+Herregud Johannes maa det dog lykkes at du kan faa Billedet saa godt at det maa komme med til anden Ophængning
+Held og Lykke for alle I Unge der arbejder med Alvor Johannes jeg glæder mig saameget til at see dig, Rasmus var her igaar for at hjælpe mig med mine Blomster han var i færd med at skrive til dig men det er et svært Arbejde for ham at føre Pennen ja nu veed Du vel fra ham selv hvornaar han skal ind
+Kjærlig Hilsen fra os Alle
+Javel skal vi til Sverrig maaske følger vi Eder Din trofaste Moder
+Hils Bendal
+Georg siger han vil sende Pengene i et Brev men nu faar vi se</t>
+  </si>
+  <si>
+    <t>1900-11-04</t>
+  </si>
+  <si>
+    <t>Middelfart
+Svendborg</t>
+  </si>
+  <si>
+    <t>- Bavs
+Peter Christensen
+Karl Lange
+Cathrine Larsen
+Helga Larsen
+Vilhelm Larsen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Johannes Larsen flytter fra lejligheden på Feden i Kerteminde til Lille Kærbyhus i den anden ende af byen. Lille Kærbyhus var oprindelig en staldbygning til Store Kærbyhus, og stalden var nu blevet indrettet til beboelse for første gang.
+Ovne fra Hess: Klejnsmedemester Jørgen Svendsen Hess overtog i 1853 et lille jernstøberi i Middelfart. Sønnen Peter indtrådte i firmaet i 1872. Firmaet kom da til at hedde J.S. Hess &amp;amp; Søn.
+Ovne fra Lange: Lange &amp;amp; Co's Jernstøberi i Svendborg blev grundlagt af Lars Lange i 1850. 
+"Dises den lille er stillet op": Alheds søster Astrid Ingeborg (Dis) skulle i huset hos Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen flytter og køber kakkelovne. Dis' kakkelovn er monteret, og ovnen i spisestuen bliver stillet op den efterfølgende dag. En tredje ovn skal komme fra Middelfart.
+Johannes Larsen regner med at Alhed kommer onsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O160</t>
+  </si>
+  <si>
+    <t>Kjerteminde 4 Novbr. 1900.
+Kæreste Alhed!
+Tak for Brevet, Sofaen bliver saa med Fjedre. Vi [noget af papiret mangler] ude fra Feden hele [Dagen i] Gaar og har nu fa[aet det] allermeste herop, Glassagerne i Vuggen og i den store Kasse fra Loftet. Jeg har været hos Lange for at se paa Kakelovne han havde Ovne baade fra Hess i Middelfart og Lange i Svendborg. Hess’s var den bedste men lidt dyrere end Langes, han havde selv en af dem og havde solgt en til Peter Christensens, Resultatet blev at vi faar en af Hess’ for godt 100 Kr med Rør og Ventiler. Lange var med oppe og se paa hvor den skal staa. Jeg har taget Pelargonien og Kaktusen ind, de saa godt nok ud, den [noget af papiret mangler] eller hvad den hedder [noget af papiret mangler] købte paa Torvet [har jeg] sat i Potte, den anden var gaaet ud. Det store Træ har jeg faaet her op. Det jeg skulde have hos Klaks var en Nøddekrige som han havde skudt den kom i Gaar. Jeg glæder mig til Du kommer paa Onsdag. Baus og alle Kusinerne har været her i Eftermiddag og Kathrine og Helga er her endnu. Bare Du havde været med til at købe Kakelovn det er svært at bestemme sig for saadan noget, som man skal være dømt til at se paa Livet igennem. Dises den lille er stillet op, og vi [noget af papiret mangler] at fyre i den i M[noget af papiret mangler] den i Spisestuen [bliver] stillet op i Morgen den anden skal komme fra Middelfart da han lige havde solgt den der stod af samme No. Som den vi skal have, saa faar vi den Fordel at blive fri for Fornikling hvad der ser meget bedre ud og er 11 Kr. billigere. Min gamle Aqaurelkasse er kommen frem nu ved Flytningen saa nu er jeg da godt forsynet med den Slags. Jeg haaber at høre fra Dig i Morgen og saa staar der vel at Du kommer Onsdag. Jeg synes at det er udmærket. [noget af papiret mangler] kan være her til det [noget af papiret mangler] Maden der ovre. [Mange] kærlige Hilsner fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1906-07-16</t>
+  </si>
+  <si>
+    <t>Lohals
+Nyborg
+Korsør
+Svendborg
+Nakskov</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Poul Caspersen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed besøger på Langeland dyrlæge Niels Christian Caspersen og dennes kone, Esther Johanne (f. Brandstrup), som er Alheds moster. Tante Mis (Wilhelmine f. Brandstrup, Alheds mors halvsøster) er også på Langeland.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på Langeland. Hun kom for sent til toget, måtte overnatte i Korsør og videre til Lohals næste dag. Johannes Larsen og hun skal mødes på banegården i Nyborg om onsdagen, og Alhed håber, at hhv. Dis og Johanne vil se efter børnene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rHWx</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Tak for Dine Breve, Du er rigtignok flink til at skrive til mig, men tænk, jeg kom for sent til Toget – en hel Time – da min Cykle paa Gr. af manglende Luft var umulig at køre paa x [tilføjelse indsat i margen: x eller ogsaa blev det Modvind] jeg sled vældig i det, men havde rasende svært ved at komme frem. En Mand i Nyborg raadede mig til at tage med Færgen til Korsør [indsat under linjen: Svendborgskibet kunde jeg ikke naa], da han mente der gik Skib til Lohals Kl. 5.25. Det viste sig imidlertid, at det Skib gik fra Nakskov og at jeg maatte overnatte i Korsør for saa næste Form. Kl. 10.50 at tage til Lohals. Det var jo et Løb med Forhindringer, men gik ellers udmærket for mig; Dit Brev var allerede kommen saa nogen Overraskelse blev det ikke, men de blev vældig glade ved at se mig, tror jeg nok. Jeg kunde paa Gr. Af Søndag ikke skrive i Gaar, men jeg haaber Du har faaet min Telefonmeddelelse. – Jeg rejser herfra Onsdag Morgen og er i Nyborg Kl. 11.35 paa Lokalbanegaarden (ikke Statsbanegaarelsen) og venter der, til Du kommer. Du maa vel have Dit blaa Tøj og Din Sommeroverfrakke hvis det regner samt en Flip paa Styret. Jeg har faaet min Cycle rep. det var Ventilen. Jeg haaber, Johanne vil ligge hos Ungerne den ene Nat, vi kommer jo hjem Torsdag Aften. Haaber Dis nok vil se efter dem Torsdag. Naa, nu vil jeg slutte, de snakker om mig, saa det er svært at skrive. Kys Putterne. Hils de andre mange Gange, mest dig selv Din
+A.
+16de Juli – 06
+Jeg skal hilse fra dem, ogsaa fra Ta Mis og Poul, som er hjemme i Ferien.</t>
+  </si>
+  <si>
+    <t>1900-06-30</t>
+  </si>
+  <si>
+    <t>Snøde, Langeland
+Årø
+Rudkøbing
+Svendborg
+Odense</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Andreas Larsen
+- Rasmussen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Dageløkke ligger nær Snøde på Langeland, hvor dyrlæge Caspersen havde praksis. 
+Landmandsforsamlingen var møder mellem landbrugere, efter tysk forbillede afholdt første gang i Danmark i 1845 i Randers. Forsamlingen gentoges i 1846 og 1847, 1852-78 hvert andet år og derefter med flere års mellemrum indtil den 18. landmandsforsamling i Odense i 1900. De første landmandsforsamlinger var forhandlingsmøder om faglige emner, i begyndelsen også vedrørende skovbruget, fra ca. 1870 især dyrskuer og produktudstillinger, senere med fremlæggelse af forsknings- og forsøgsresultater. Forsamlingerne blev efterhånden meget bekostelige flerdagesarrangementer, der fagligt blev overflødiggjort af landboforeningernes årsmøder og -skuer. (Nationalencyclopædien)</t>
+  </si>
+  <si>
+    <t>Alhed synes, at Johannes Larsen skal komme til Langeland mandag. De kan skaffe pasning til Andreas (Ba) og more sig lidt. Alhed har været inviteret til Dr. Rasmussen, spist makrel og jordbær og spillet crocket.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qsG2</t>
+  </si>
+  <si>
+    <t>Kære lille Larsi!
+1000 Tak for Dit Brev, ja naturligvis synes jeg, at Du skal komme paa Mandag, saa følges vi hjem Onsdag. Og tror Du saa ikke, vi kunne faa dem oppe i Laden til at tage Baba om Fredagen, saa kunne vi to rejse ud med Tjalfe med det første Tog om Fredagen og saa være der hele Dagen og se det hele og more os lidt. Hvad mener Du om det? Spørg dem, om de vil have Bamanden. – Jeg glæder mig meget til at se Dig herovre Du skal fra Kerteminde Kl. 11, fra Odense 12 10, fra Svendborg Kl. 2 med Dampskibet ”Rudkøbing”, der gaar over Rudkøbing og Aarø til Dagelykke, hvor Du er 5 ½ og hvor Baba og jeg skulle hente Dig. – Vi har det yndigt, i Forgaars var vi en Cycletur sydpaa alle 3, det var forfærdelig morsomt at cycle en Gang igen, jeg blev lidt træt at begynde med men hjem gik det udmærket. Pakken er til mig, det er Uldtrøjer til Baba. – I Aftes var vi bedt ind hos Dr. Rasmussens, vi spillede Crocket, og blev trakteret med røget Makrel (!) og Jordbær i Dag skal vi have Jordbær til Middag her. Det skrupregner desværre, saa vi maa holde os inde! Det glæder mig at Du har gjort pænt, og at Du æder Æggene. – Sikken et Vejr til at aabne Landmandsforsamlingen i, det er kedeligt. – Ba ligger her og sover og ser saa sød ud. Jeg hilse fra de andre og sige at Du er velkommen, Mor bliver vist desværre ikke hjemme i de Dage. – Skulde Du ikke komme, saa telefoner fra Grossereren men kom endelig.
+1000 Hilsner fra Din egen Alhed
+Lørdag</t>
+  </si>
+  <si>
+    <t>1926-08-05</t>
+  </si>
+  <si>
+    <t>Halmstad, Sverige
+Svendborg
+Baagø
+Voderup Klint, Ærø
+Ærø</t>
+  </si>
+  <si>
+    <t>Johan Peder Bless
+Achton Friis
+Axel Friis
+Andreas Larsen
+Marie Neckelmann
+Christine Rasmussen
+Holger Rasmussen
+Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Geologien er helt speciel ved Voderup Klint på Ærø. Store landskabsblokke er gledet ned, så de ligner store trappetrin. Voderup Klint er tildelt Det Brune Johanneskort og er dermed med i den eksklusive gruppe af nationale seværdigheder. 
+Harmonien er et badehotel i Ærøskøbing.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Halmstad og har sendt kort til Johannes Larsen derfra. Han er på tur til Ærø med blandt andre Christine Rasmussen. Johannes Larsen har diskuteret Baagø-turen med Achton Friis.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/k6QI</t>
+  </si>
+  <si>
+    <t>Kjerteminde 5 Aug 1926.
+Kæreste Alhed!
+Tak for Kortet fra Halmstad Det var dejligt I fik saa godt Vejr. Jeg kørte med Baronen og Marie i Bil, kørt Dag og Nat 30 Kr. i Bil til Svendborg. Start Kl. 7 herfra. Smørrebrød i Svendborg. Med Damperen til Ærø Kl. 9 sammen med Etatsraadinden og Holger, Peter Bless og Kylle. Ærøskøbing Kl. 11 Rødspætte paa Harmonien Kl. 12: Begravelse Kl. 1. Bagefter Sjus i Hotellet og alle i 2 Biler til Vadrup Klint, tilbage til Svendborg Kl. 8. Smørrebrød og Hjemtur. Baronen var her før, det var en dejlig Dag sagde han. Jeg var hos Friis for at tale om Baagøturen. Han kom senere herhen og forklarede at han havde regnet ud at vi kunde vente til Maj næste Aar. Puf og jeg skal der hen at spise Kl. 6 1/2 den er 6.10 nu og jeg skal til Barbereren. Hilsen fra Puf. Mere i Mrg.
+JL</t>
+  </si>
+  <si>
+    <t>1921-06-23</t>
+  </si>
+  <si>
+    <t>Thurøbund</t>
+  </si>
+  <si>
+    <t>Thurøbund
+Thurø
+Brydegårdsvej 17, 5700 Svendborg, Danmark
+Bagenkopvej 13, 5932 Humble, Danmark
+Århus
+Skt. Jørgens Kirke, Svendborg</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Carl Frederik Iuel-Brockdorff
+Chr. Kryger
+Andreas Larsen
+Ada Reedtz-Thott</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Achton Friis og Christian Andersen sejlede med skibet Rylen som forberedelse til bogværket De Danskes Øer. Larsens søn, Andreas (Puf) deltog som kok. Martha Friis og sønnen opholdt sig en tid hos præsten ved Sct. Jørgens Kirke i Svendborg. 
+Johan Larsen (Lysse) gik til eksamen i samme periode. 
+Det er uklart, hvem Jh er. Den lille baron er muligvis Carl Iuel-Brockdorff.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har cyklet Thurø rundt, mens Christian Andersen sejlede båden til Sct. Jørgen. Vejret er dårligt. Opholdet på Langeland har taget uforholdsmæssig lang tid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oc0G</t>
+  </si>
+  <si>
+    <t>Thurøbund 23 Juni 1921
+Kæreste Alhed! Tak for Brevet som vi fik i Gaar. I Gaar Morges sejlede vi ind til Svendborg Havn og fik vore Cykler. Friis og jeg cyklede saa Thurø rundt mens Puf og Chr A sejlede Baaden til Sct. Jørgen. Om Aft mødtes vi der og fik Lammesteg og Rødvin og Jordbær og Sherry, og nu til Mrg. er vi vendt tilbage til Thurøbund igen. Barometret stiger men vejret er stadig surt. Det var en fugtig Tur i Gaar. I Svendborg var jeg inde hos Kryger. Den lille Baron og hans Moder var lige rejst til Aarhus i Anledning af Jh´s Fødselsdag. Puf og jeg telegraferer i Dag. Det er dejligt at det gaar saa godt med Lysse. Bare vi maatte faa noget godt Vejr. Jeg tror ikke vi kommer til at ligge nogen Steder hvor der er mere at male end her, og vi kan jo ikke blive her ret længe da Langeland paa Gr af Vejret har taget uforholdsmæssigt lang Tid. Mange Kærlige Hilsner fra Puf og mig.
+Din JL.</t>
   </si>
   <si>
     <t>1903-01-29</t>
   </si>
   <si>
     <t>Marie Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Christine Swane</t>
   </si>
   <si>
     <t>Laura -
 Laurentius Allerup
 - Birck
 Erik Faber
 - Fibiger, Frøken
 - Fram Frøken
 - Lange Jensen
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Cathrine Larsen
 Jeppe Andreas Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Julie Mohr
 Otto Emil  Paludan
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Christine Swane har malet nogle låger for dr. Faber.</t>
   </si>
   <si>
-    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
-[...1 lines deleted...]
-  <si>
     <t>Christine Swane har fået solgt to malerier. Det glæder familien, at hun er flyttet ind hos Astrid på Bülowsvej. Christine venter på at få betaling for nogle låger, hun har malet til Dr. Faber.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/qhI1</t>
   </si>
   <si>
     <t>Kjærbyhus Den 29/1 1903
 Kjæreste lille Dine!
 Der gjorde Du mig rigtignok glad ved at sende de 10 Kr.- Dit Brev kom om Aftenen og Brevet til Svendborg skrev jeg næste Morgen saa er det Hul lukket og det gjør saa godt at glædes. Havde vi ikke hørt af Junge som kom om Søndagen at Du skulde bo hos Astrid saa havde det været en bedrøvelig Ventetid. Faer var utrættelig med at løbe til Byen og spørge om Brev fra Uglen, endelig kronedes det med Held men han kunde ikke lade være med at drive Løjer med mig, jeg spurgte jo straks – kjøbte de saa Billedet nej sagde han dog da han saa min Sorg skyndte han sig at sige de kjøbte 2 i stedet for 1 oh Christine hvor blev jeg dog glad, at det var Kalaerne bidrog meget, saa kunde jeg dog virkelig engang hjælpe dig med Penge, hvor er jeg dog taknemlig ja det kan du ikke gjøre Dig nogen Tanke om; Billedet er saa kjønt at de faar daglig Glæde.
 Jeg saa den hele Szene for mig med Eders gjensidige Henrykkelse for Dis holder meget af Dig, og mener at Du boer hos kjendte Mennesker – de mente ogsaa at du blev Middagsgjæst hos hende og det var jo det allerbedste at du kan faa noget ordentlig kraftigt Mad -, men vær nu fornuftig kjære Barn og spar paa Dine Penge naar Du nu faar betalt dem Du skyldte bort men maa Du nu saa godt Arbejde hos Frøken Fram og har faaet denne Støtte saa klarer Du Dig nok i Vinter. De var ogsaa glade hos Warbergs at hun fik Dig i stedet for en Fremmed – fortæl os nu hvad Læge Faber syntes om Laagerne og ellers hvad der møder Dig - er det hver Aften Du sidder for Lange Jensen?
 Havde du nu bare Flytningen overstaaet godt er det at det ikke er saa langt paa Søndag kan vi da tænke dig i det nye Hjem. Marie har været ovre at hente lidt Æbler til Dig og Vilhelm, de har vist nok været frosne men de smager Eder nok godt alligevel vi er ude at høre om Dit Tøj Marie hængte lidt ud igaar for om vi kan faa det afsted ellers maa vi vente til i Morgen. Johanne Warberg rejste nu i Formiddag hun har sovet her dennegang, hun kom med Palm i Søndags Agraren var saa derovre den dag, de smaa Drenge var med paa Hotellet og drikke Kaffe de var saa søde begge to de var her lidt i Aftes deres Moder er ikke vel i disse Dage men det er vel nok Forkjølelse fra de Dage hun var uden Piger, det var saa heldigt at Laura kom nu til hun skal ligge
 Johannes var her med en Tegning som skulde sendes til Astrid men vi vidste jo ikke No endnu husk nu endelig at sende os Adressen
 Her er en frygtelig Storm igjen vores Sverigsrejse kan vi ikke bestemme endnu paa Lørdag skal Faer mødes Hr Birck. i Odense maatte det dog blive til Forlig med de to Mennesker at vi kan faa den Byrde kastet fra os. Faer gaar spadserende op og ned af Gulvet saa ved Du det lufter godt i Stuen
 Allerup og Frk. Fibiger var her forleden Aften Junge var meget tilfreds med Besøget de blev kjørt hjem saa Marie og Junge tog Touren med det gik i en Hurtighed kan Du tro
 paa Lørdag skal han til Odense med Hø – 
 Nu fik jeg Besked om dit Vasketøj men det er kun halv tørt saa maa Brevet afsted i Aften og saa kommer Tøjet og Æblerne i morgen
 Jeg skal ogsaa have skreven til Faster Thrine i Aften og saa er der ikke lang Tid derfor Lev vel kjære Barn og Gud velsigne og bevare Dig alle Dine Dage 
 Hilsen fra Alle Din Moder
 Kære Ugle!
 Til Lykke med Salget af Billederne det var rigtignok rart for Dig at faa saadan en Slump Penge paa en Gang, og saa Laagerne, jeg er meget spændt paa om Docktoren saa giver Dig mere end 30 Kr. for dem. –
 Jeg skal hilse Dig fra Julie Mohr, hun kom over til Lases i Søndags var der om Natten og rejste hjem Mandageftermiddag, hun var herovre lidt, jeg saa kun et Glimt af hende da jeg passede Køer den Dag, Agraren kørte nemlig Tang til Mejeriet; Julie bad mig derud en Dag nu skal jeg se om det kan lade sig gøre en Eftermiddag, mens Moer og Faer er hjemme, naar de først rejser kan jeg jo ikke komme herud af Huset. Hils Dis mange Gange fra mig, vi er saa glade over at Du skal bo hos hende, saa er det da ikke saa ensomt for Dig; ”nu er Tante Ugle rejst over til lille Tante Dis”, sagde Puf i Aftes han var saa sød han sad og fortalte os Historier baade Snehvide og de 3 Bukke Bruse.
 Bare Æblerne smager godt en Del af dem har været frosne. Mange Hilsener Din Marie</t>
   </si>
   <si>
-    <t>1906-07-16</t>
-[...10 lines deleted...]
-Poul Caspersen
+    <t>1948-10-18</t>
+  </si>
+  <si>
+    <t>Birgitte Bøttern
+Hans Eric Bøttern
+Jørgen Bøttern
+Margaretha Bøttern
+Thora Cohn
 Andreas Larsen
-Johan Larsen
-Johanne Christine Larsen
+Jeppe Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine Swane
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes Larsen rejser torsdag. Thora er i Odense. Ane holder efterårsferie hos Bøtterns.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VXzl</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 18 Octbr 1948.
+Kære Grevinde.
+Jeg har nu bestemt mig til at rejse herfra Torsdag. Jeg har undersøgt Forbindelserne og faaet at vide at Færgen gaar fra Svendborg Kl. 14.20 og ankommer Kl. ca 18 til Nakskov. Thora tog til Odense i Lørdags og i Dag rejste mine Søstre sammen med Ane der skal besøge Bøttern i Efteraarsferien, saa nu er vi kun 4. her tilbage. Barometret er raslet ned til Regn og Blæst, hvilket stemmer med Forholdene udenfor. Mange Hilsner gaar fra Else og Puf 
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1874-04-17</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Dorothea -
+Line Træskomands -
+Frederik Ahlefeldt-Laurvig
+Frk. Andersen
+Wilhelmine Berg
+Carl Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Christian Caspersen
+Johanne Caspersen
+- Hansen, pastor Langeland
+- Holst
+Alhed Larsen
+Johanne  Larsen
+- Rasmussen, gartner
+-  Schindel
+Adelheyde Syberg
+Hempel Syberg
+Conrad Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
-    <t>Alhed besøger på Langeland dyrlæge Niels Christian Caspersen og dennes kone, Esther Johanne (f. Brandstrup), som er Alheds moster. Tante Mis (Wilhelmine f. Brandstrup, Alheds mors halvsøster) er også på Langeland.</t>
-[...60 lines deleted...]
-Tak for Brevet!</t>
+    <t>Laura Warberg og børnene var under brevskrivningen hos hendes søster (Jo)hanne Caspersen og dennes mand i Snøde på Langeland. Laura og Hannes forældre boede i nærheden. 
+Hvorfor Laura var nødt til at rejse fra Alhed vides umiddelbart ikke. 
+Slottet er formodentlig Tranekær. 
+Laura Warbergs bror, Carl Brandstrup, mistede sin kone og gik efterfølgende selv helt ned med flaget, hvorefter også han døde. Det er formodentlig i denne sammenhæng, at Lauritz Brandstrup får tårer i øjnene.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0323</t>
+  </si>
+  <si>
+    <t>Laura Warberg skal sejle fra Rudkøbing kl 8 om morgenen, så hun og to af børnene må meget tidligt op. Laura er ked af at rejse fra Alhed. 
+Laura har sunget i kvartetter i kirken, og hun har været til fødselsdag på slottet. Hendes far kommer løbende i frikvartererne og ser til børnene. Hun og børnene er på en del besøg. Børnene kører i en vogn trukket af en ged. 
+Pastor Hansen vil komme på besøg hos Warberg. 
+Albrecht skal give diverse piger og kvinder besked om rengøring, tøjvask mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dPFb</t>
+  </si>
+  <si>
+    <t>Tranekær D: 17de April
+Kjære Abba!
+Er det ikke kjedeligt, at Dampskibet der ellers gaar over hver Middag, fra Mandag af standser sine Farter, da det skal repareres? Vi skal saa seile fra Rudkjøbing paa Torsdag Kl. 8 om Morgenen, jeg gruer for, hvordan vi skal komme saa tidlig afsted herfra, vi maa lade Børnene komme i Seng Seng [”Seng” overstreget] Kl. 6 Aftenen før, for at faa dem op Kl. 5. Det bliver haardt at reise fra lille Alhed, naar hun ligger og sover, jeg gruer for hvordan jeg skal kunne det. Men nu til Sagen! Jeg skriver for at bede Dig om at lade ham kjøre hjemmefra saa tidligt som muligt paa Torsdag Morgen, for at vi ikke skal gaae længere end høist nødvendigt i Svendborg, der vil jeg rigtig gaae og længes efter Alhed. Jeg har beregnet, at naar han kjører Kl. 4, saa kan han nok være parat til at kjøre hjem Kl. 11, vil Du saa bede ham om at være paa Skibsbroen lidt før 9 med en Trillevogn til Tøiet. Saa kan I spise lidt senere Frokost den Dag for at vi kan spise til Middag sammen. Tænk Dig vi har næsten ingen Steder været endnu, vi lader Tiden gaae med Snak herhjemme og med Sang. De har faaet mig til at synge med i nogle Kvartetter; igaar var det Frøken Holsts Fødselsdag, i hvilken Anledning Hanne, Mea og jeg samt Pastor Hansen og Frøken Andersen var bedt til Middag paa Slottet, hvor vi havde det rigtig rart, jeg har aldrig været der før en daglig Dag. Om Eftermiddagen havde vi sungen i Kirken for Grevens og nogle Flere, efter a vi nogle Timer før havde sungen der over Jhs. Jacobsen. Iaftes var Børnene hos Fader og Moder til The; Fader kommer gjerne løbende herned i Frikvarteret og seer til Ungerne. Frøken Schindel var virkelig herinde imorges for at see, om jeg var syg, da hun slet ikke har seet mig, vi blev bedt derned iaften, Børnene ogsaa; dem er hun saa indtaget i, og det er Alle. Kaammerraad K[…]høftes var her igaar, Hanne siger for at hilse paa mig, han har glædet sig til at see mig siges det; jeg var ikke hjemme og gaaer derfor derind et Øjeblik med Børnene, skjønt der hersker det allerdødeligste Fjendskab mellem ham og Fader. I Eftermiddag gjør Hanne Børneselskab med Chokolade og Kommers. Imorgen Aften agter vi os til Gartner Rasmussens. Hansens kommer vi ikke til en Aften, vi har jo ikke Tid, det gjorde jo saameget at jeg var halvt daarlig de første Dage. Længere end til Torsdag kan jeg ikke blive, da jeg jo har en Mængde at gøre naar jeg kommer hjem. Du længes vel ogsaa snart meget efter Ungerne. De morer dem mageløst herovre. De kjører hver Dag en Tour med Geden og spadserer ogsaa med Marie. Vi har Bagerens Vogn til Johanne og deres Vugge har vi ogsaa, da Maes er altfor lille til hende; jeg har isinde at forære deres 2 Smaadrenge en Smule Legetøj for det. Pastor Hansen har stærkt isinde at besøge Dig i Sommer sammen med Caspersen, men denne vil have ham afsted med Fader, eftersom I vil udgjøre et smukt ungt Trekløver, hvorimod han vil forstyrre Harmonien; han og Pastor H. disputerer jo som bekjendt altid, mest om Politik, men det kunde da netop være morsomt. Pastor Hansens er Potte og Pande hos Grevens, det var ganske morsomt at see og høre iaftes. – Jeg antager at Du faaer dette Brev Tirsdag Morgen; vil Du sige til Dorothea at hun skal sætte Tøi iblød til Storvask paa Onsdag og bestille Kirsten og en Kone til, helst Line Træskomands, til at komme og vaske paa Fredag ganske tidlig. Dernæst skal de bære Foret ud fra det lille Gæstekammer og gjøre rent der vaske Vinduer og sæbe af og skure samt gjøre rent paa det pæne Gæstekammer, pudse Kakkelovnen over, polere Vinduer, og skure Vil Du hilse Conne, Carl og Sybergs. Fader taler ikke om Carl uden med Taarer i Øjnene. Lev nu vel kjære Abba! Venlig hilsen fra Hanne og Din egen Smaa. 
+[Det følgende skrevet ved papirets venstre kant, lodret:] Christine bad mig før om at kysse hende fra Dig</t>
   </si>
   <si>
     <t>1910-06-14</t>
   </si>
   <si>
     <t>Mads Rasmussen</t>
   </si>
   <si>
     <t>Jens Rasmussen</t>
   </si>
   <si>
     <t>Robert Brandt
 Anders Nordahl Petersen
 - Petersen
 S Skouenborg</t>
   </si>
   <si>
     <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 27</t>
   </si>
   <si>
     <t>Mads Rasmussen skriver til sin bror Jens Rasmussen, at han sender sin tale til åbningen af museet og udbeder sig hans kommentar. Desuden skriver han, at han havde tænkt sig at indbyde såvel den lokale som den københavnske presse, men er gået bort herfra, da han ikke vil virke udfordrende.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/6iX0</t>
   </si>
@@ -1055,1205 +1515,174 @@
   <si>
     <t>Jens Lund beder Astrid Warberg om at komme og holde foredrag om reformdragten på Vejstrup Højskole. Hun kan overnatte på skolen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/du8Z</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Astrid Warberg
 Erikshåb
 Højrup st.
 [Håndskrevet på kuvertens bagside af Astrid Warberg-Goldschmidt:]
 Da jeg i juli 1900 (18 år) holdt foredrag på Vejstrup højskole, udsendt af Dragtreformforeningen, som Tutte og jeg startede i 1899 (?)
 [I brevet:]
 Vejstrup Højskole d. 11 Juli 1900.
 Vejstrup st.
 I henhold til brev fra Thora Syberg Odense beder jeg Dem holde foredrag for vore kvindelige elever om kvindernes dragt Onsdagen d. 18de Juli.
 De kan komme med toget til Vejstrup st kl. 3,52 efmdg. og dersom De skal rejse samme dag, går der tog fra Vejstrup st. til Svendborg kl. 7,33 aften.
 Dersom De derimod kan overnatte her, kunde jeg ønske, at De holdt Deres foredrag fra kl. 7-8 aften. Den Tid vilde passe os bedst.
 Må jeg snart se et par linjer til svar.
 Med megen agtelse
 ærb.
 Jens Lund.</t>
   </si>
   <si>
-    <t>1912-06-09</t>
-[...148 lines deleted...]
-  <si>
     <t>1920-12</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Valborg -
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Julius Hviid
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2640</t>
   </si>
   <si>
     <t>Alhed/Be Larsen sender træsnit som gaver. Gråanden er til Louise/Lugge og hendes mand/Magisteren. Resten skal fordeles blandt børnene.
 Valborg er på sygehuset, men Alhed tror ikke på, at hun er syg. Hun får et møgfald, hvis hun forlader sin plads nu op til jul.
 Håndværkerne kommer ikke som aftalt.
 Grethe sender snart gave til Ellen/Bes. 
 Johannes Larsen solgte for 12.000 ved en udstilling i Odense.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/s2BE</t>
   </si>
   <si>
     <t>1920 [Årstallet er skrevet med blyant, mens resten af brevet er skrevet med sort blæk)
 Kære lille Lugge!
 Jeg har afsendt en lille Kasse med Julegaver, men en af jer maa jo lade være at blive overrasket, jeg har valgt Dig. Det er Træsnit, Graaanden er til Dig og Magisterens ["s" sidst i ordet overstreget] i Samling (Tidernes Ugunst forandrer Gaasen til en And i Aar.) De andre Træsnit maa Du selv fordele mellem Børnene, Du kender bedre deres [ulæseligt ord] . - Jeg har væmmelig travlt, Valborg den So ligger stadig ude paa Sygehuset og fejler ikke det Gud har ladet skabe, hvis ["hvis" overstreget] hun har antydet for Dr Hviid at hun ikke var stærk nok til gaa i Plads igen hun vilde hjem til Svendborg. Hvis hun gør Alvor af det og rejser fra mig nu til Jul, skælder jeg hende Hæder og Ære fra og fortæller hende hvad hun er for en ussel Stymper. Jeg er gal. Ellers har vi det godt og glæder os til vore Gæster og jeg skal nok naa at faa Alt i Orden, men det kniber, de Møghaandværkere har snydt mig, Gæsteværelset er først ved at blive malet i Dag, der er lagt nyt Gulv og sat et extra Vindue i paa Gr. af Svamp. - Jeg skal sige fra Elle, at der kommer en lille Mosai[ulæseligt] fra Grethe til Bes. - Til Lykke med Hunden. Var det ikke vældigt vi solgte i Odense. 12000 blev det, men vi tør ikke ski[ulæseligt] dem hen. Tak for sidst. 1000 Hilsner I faar et Kort i sidste Øjeblik
 Din Be.
 Du maa da glæde Dig til Ferien som et andet Skolebarn
 Mandag.</t>
-  </si>
-[...512 lines deleted...]
-Paa Gensyn til August Eders hengivne Fritz Syberg</t>
   </si>
   <si>
     <t>1935-02-12</t>
   </si>
   <si>
     <t>Johannes V. Jensen</t>
   </si>
   <si>
     <t>Maren
 Franziska  Erichsen
 Ernst Josephson
 Bartolomé Murillo
 Christian Rex
 Anna Louise Syberg
 Caroline Syberg
 Heinrich Syberg
 Johanne Syberg
 Franz Syberg, Freiherr
 Poul Uttenreitter
 Christian von Syberg
 Johanna von Syberg</t>
   </si>
   <si>
     <t>De omtalte oldeforældre er på Fritz Sybergs fars side. At Fritz Syberg senere i brevet skriver om de mørkhårede mennesker i hans mors gren af familien, kan således ikke have sammenhæng med historien om, at den spanske officer muligvis var far til Sybergs bedstefar. 
 "min Søster er blevet kolosal": Fritz Sybergs søster, Franziska, var ret overvægtig. 
 "alle mine Fættere og deres Afkom" samt personen i Oslo: Disse personer kendes ikke nu.
 "Moders og Tantes andre Søskende": Se Johanne Jacobsen, f. Andersdatters biografi. 
 Kong Christian X var 2,01 m høj.</t>
   </si>
   <si>
     <t>Fritz Syberg har mødt flere, der har kendt hans oldeforældre. Hans oldemor var så distræt, så hun sommetider glemte sit navn. Hun blev engang så vred på en spansk officer, så hun bøjede hans sabel. Folk sagde, at denne officer var far til Sybergs bedstefar. Sybergs mor var mørkhåret, og hendes to søstre havde sort hår. Den ene moster tog livet af sig. Den anden fik en masse børn, og de lignede romaer. De fleste fra Sybergs mors slægt har normal højde, mens de i faderens familie er høje - således en fætter i Oslo.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1pus</t>
   </si>
   <si>
     <t>12-2-35
 Kære Ven
 Efter at have læst din Anmeldelse af Uttenreitters Bog igennem et Par Gange til faar jeg Lyst til at sende Dig følgende Erindringer: Det er jo ikke længer siden mine Oldeforældre levede end at jeg har talt med flere som har kendt dem – paa begge Sider. Den ene Gang var med en gammel Pensionist i Svendborg som havde været Omgangsfælle med ”den gamle Postmester” og mindedes ham som det Svenskerne kalder ”en rolig Gubbe”. Min Oldemoder var berømt for sin Distraktion, det var ofte hændt at hun paa en Køretur naar hun skulde gennem Akcisen og skulde nævne sit Navn havde glemt det og maatte forhøre sig hos Kusken. Det er hvad Pensionisten i Svendborg fortalte mig, jeg var den Gang 18 Aar.
 Mens jeg var Dreng blev det fortalt mig af en gammel Kone, ”Moster Maren” ved Navn og enarmet, (den anden var kun en lille Stump som hun paa en fascinerende Maade kunde bevæge frem og tilbage) at min Oldemoder en Gang i Harme havde taget Sabelen fra den Spaniolofficer som boede hos dem [”hos dem” overstreget] i Gaarden hos hende og sat den for Knæet og bøjet den i Vinkel. Han havde nemlig efter Tidens Skik og Brug tugtet en eller anden med den flade Klinge, som ikke havde været ham til Behag. Det var samme Spaniol som efter Folkesnakken skulde være Fader til min Bedstefar, min Oldefars Førstefødte og han skulde, ogsaa efter ”Moster Marens” Beretning, have tilbragt en stor Del af sin Tid ved min Bedstefaders Vugge. Hvor længe Spaniolerne laa her ved jeg ikke men det var vist ikke saa faa som blev her for Resten af deres Liv. Min Moder var mørkhaaret men ikke kulsort. Derimod havde jeg to Mostre [”Mostre” overstreget] Mostere som begge var ravnesorte med bølget Haar. Den ene kendte jeg hele min Barndom. Hun var lystig og uligevægtig blev ulykkelig gift og tog sig selv af Dage. Den anden lærte jeg først at kende da jeg selv var 20 Aar. Hun sad da midt i en hel Redefuld Unger, med Haaret flyvende om sig. Ogsaa hun var ildfuld og vekslende i Sindet men hun var solid og stærk nok. Hun dækkede den Gang mine Forestillinger om en rigtig Zigeunerkælling, men jeg har senere faaet dem rettet ved at se den svenske Malers Ernst Josephsons spanske Billeder. Spansk Kunst har jeg desværre kun set meget lidt af. Dog har jeg lagt Mærke til at der mellem mine Kusiner, ofte er [”ofte er” overstreget] og deres Afkom igen, ofte er forekommet Fremtoninger der minder om Murillos Børne- og Kvindeidealer, et Ideal som aldrig er faldet i min Smag. Ovennævnte Tante var gift med en Broder til min Fader og mærkelig nok ogsaa der er de blonde Syberger slaaet igennem og har fuldstændig fortrængt Moderstammen, ja endnu mere end i mine Familie, for her er dog jeg vokset i Maal efter min Moders Slægts Normalhøjde kun min Søster er blevet kolossal. Men alle mine Fættere og deres Afkom igen han [”han” overstreget] har gentaget Sybergernes tre Alens Højde. Rabbe boede hos en af dem som er bosat i Oslo han skulde efter hvad hun sagde være 1½ Tomme højere end Kristian X. Jeg gaar ud fra at Sybergblodet har været det kraftigste. De ”spanske” Typer i de senere Generationer er alle faldet blandt min Moders og Tantes andre Søskende. FS.</t>
-  </si>
-[...255 lines deleted...]
-Johannes Larsen.</t>
   </si>
   <si>
     <t>1944-09-29</t>
   </si>
   <si>
     <t>Søren Jungersen
 Johannes Larsen</t>
   </si>
   <si>
     <t>Christa Knuth
 Johannes Larsen</t>
   </si>
   <si>
     <t>Søren Jungersen
 Adam Knuth
 Elisabeth Knuth
 Tage la Cour
 Andreas Larsen
 Ane Talbot</t>
   </si>
   <si>
     <t>Brev 1: Larsen har travlt med 12 bestillingsopgaver. Tage la Cour har været på besøg og lavet kartotek over Larsens bøger.
 Andreas/Puf Larsen har skrevet en komedie, som Ane og hendes venner skal opføre på hendes fødselsdag. 
 Johannes Larsen har solgt et maleri til Maribo Museum. Han kan ikke læse underskriften i et brev, hvori der takkes for museet, og han spørger, om Christa Knuth kan.
 Larsen er glad for sin nye hund. 
 Brev 2: Jungersen glæder sig over maleriet til museet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/soSe</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm.
 [I brevet:]
 Kjerteminde 29 Septbr 1944.
 Kære Grevinde!
 Det er snart længe siden jeg har hørt fra Dig. Jeg haaber I har det godt. Jeg har det med Travlhed, jeg har i Øjeblikket 12 bestilte Billeder i Gang. Vi har haft Tage la Cour fra Svendborg her i nogle Dage. Han kom i Lørdags og har lavet Kartothek over mine Bøger og i Gaar kom, nej i Forgaars kom hans Kone og hentede ham, de rejste i Gaar. Det er dejligt at jeg har faaet det gjort. Puf har travlt med at lave Theater-scene oppe i mit Sovekammer. Det er Anes Fødselsdag paa Søndag, og det er bleven Tradition at hun og nogle af hendes Kammerater spiller en Komedie som Puf har digtet til dem. Her kommer 16 Smaapiger og jeg ved ikke hvor mange voksne paa Søndag. Uha! Jeg har solgt et Billede til Maribo Museum og i den Anledning faaet et Brev fra en Mand, hvis Navn jeg ikke kan læse, hvad der er kedeligt, da jeg jo gerne skulde svare ham. Det er jo ellers en meget pæn Underskrift, maaske kan Du skaffe mig at vide, hvad Manden hedder, jeg er bare bange for at jeg heller ikke skal kunne i Din Haandskrift, kan Du ikke skrive det med Blokbogstaver f. Eks: A B C o s.v. ? Eller hvad mener Du om Telefonen? Jeg er vældig glad ved min lille nye Hund han trives godt og gaar frem i Dyd og gode Sæder og ligger for Øjeblikket her ved Siden af mig og sover i sin Kurv. Om Natten staar Kurven ved min Seng og han plejer at sove fra jeg gaar i Seng til Kl. 6½ kun en Gang har jeg maattet gaa ned med ham ved 4 Tiden. Han er nu snart 3 Maaneder gammel, men jeg ved ikke nøjagtig hvor gammel han er, da jeg endnu ikke har faaet hans Stambogscertifikat. Mange Hilsner
 Din hengivne
 Johannes Larsen. 
 [I brevudklip skrevet på maskine:]
 Jeg glæder mig til at indlemme Deres [s]mukke Billede i Museets Malerisamling og haaber paa, at det ved Ophængningen i vore nye Lokaler skal kunne faa en til Billedet svarende god Plads.
 Deres ærbødige
 [Håndskrevet:]
 S Jungersen</t>
   </si>
   <si>
-    <t>1944-11-13</t>
-[...108 lines deleted...]
-  <si>
     <t>1947-06-07</t>
   </si>
   <si>
     <t>Elena Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Christa Knuth
 Søren Krage
 Adolph Larsen
 Andreas Larsen
 Jeppe Larsen
 Johanne Christine Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Axel  Müller
 Ellen  Sawyer
 Christine Swane
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Johannes Larsen takker for sidst. Christa Knuth og han fandt ikke Søren Krage, men tog så til Marie og Christine samt på kro. Larsen overnattede på Knuthenborg og tog derefter hjem. 
 Der er kommet en del fugleunger i volièren. 
 Larsen har haft stor familiemiddag.</t>
   </si>
@@ -2278,186 +1707,560 @@
   <si>
     <t>Johannes Larsen skrev 7. juni 1947 (samme dag) også til sønnen Johan/Lysse Larsen og dennes kone. Af dette brev fremgår det, at de tre svigerinder, der var på besøg, var Johanne Larsen, Ellen Sawyer og Astrid Warberg Müller. Den ene mand, der var tilstede, må have været Axel Müller, gift med Astrid. Ellen Sawyer havde ingen mand, og Johanne Larsens mand var Johannes Larsens bror, Adolph Larsen, så Larsen ville nok have præsenteret ham sådan og ikke som "den ene med Mand".</t>
   </si>
   <si>
     <t>Johannes Larsen takker for en god tur. Hjemrejsen gik godt. 
 Fuglene har det fint, og flere af dem har fået unger. 
 Tre af Larsens svigerinder har været på besøg til en god middag. 
 Larsen glemte at give Christa Knuth smørrationeringsmærker.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gUgO</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth 
 Knuthenborg
 Bandholm. 
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
 Kjerteminde 7 Juni 1947.
 Kære Grevinde.
 Tusind Tak for Kørsel og Gæstfrihed! Det var en dejlig Tur. Jeg havde en behagelig Hjemrejse. Færgen laa i Rudkjøbing saa jeg kunde gaa ombord med det samme og sætte mig til at læse i den medbragte Bog. Puf og Else var i Svendborg og vi kørte med det samme, det havde ikke regnet noget videre paa Fyn, men vi kørte hjem langs med en Tordenbyge som vi ikke fik noget af. Her stod alt vel til med Undtagelse af at Jeppe stadig ligger, men i Dag har han det helt godt. Alle Fuglene i Volieren har det godt. Kanariefuglene har 3 halvvoksne Unger. Dværgvagtlerne fik 3 Kyllinger i Gaar og Dompapperne bygger. Graaanden kom i Gaar med 2 Ællinger. I Gaar bestilte jeg ingen Ting og i Dag skriver jeg Breve, der laa jo en Del Korrespondanse, da jeg kom hjem. Vi havde 3 af mine Svigerinder den ene med Mand til Middag i Aftes og fik bl.a. nogle pragtfulde kogte Rødspætter med Smør og Persille, a propos Smør, saa glemte jeg nok at aflevere Mærker paa Knuthenborg, men jeg skal snakke med Else om hvor mange jeg skal sende Dig. Mange Hilsner og endnu en Gang Tak fra
-Din hengivne
-[...36 lines deleted...]
-Jeg har nu bestemt mig til at rejse herfra Torsdag. Jeg har undersøgt Forbindelserne og faaet at vide at Færgen gaar fra Svendborg Kl. 14.20 og ankommer Kl. ca 18 til Nakskov. Thora tog til Odense i Lørdags og i Dag rejste mine Søstre sammen med Ane der skal besøge Bøttern i Efteraarsferien, saa nu er vi kun 4. her tilbage. Barometret er raslet ned til Regn og Blæst, hvilket stemmer med Forholdene udenfor. Mange Hilsner gaar fra Else og Puf 
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1948-10-26</t>
   </si>
   <si>
     <t>København
 St. Kongensgade 1</t>
   </si>
   <si>
     <t>Adam Knuth
 Elisabeth Knuth
 Frederik Knuth
 Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone</t>
   </si>
   <si>
     <t>Det er uklart, om "Lensgreven" er Adam eller Frederik Knuth.</t>
   </si>
   <si>
     <t>Johannes Larsen havde en behagelig rejse. Han mangler penge til at betale sin skat og beder Christa Knuth sende det, som hun skylder ham.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1JyO</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth 
 Hotel Cosmopolite
 Knuthenborg [ordet overstreget]
 St Kongensgade 1
 Bandholm [ordet overstreget]
 København K
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
 Kjerteminde 26 Octbr. 1948.
 Kære Grevinde!
 Tusind Tak for sidst! Jeg havde en let og behagelig Rejse, takket være Elisabeths Bog. Puf var i Svendborg, hvor jeg ankom Kl. 5 og 5 M. over 6 var vi hjemme. Naar jeg allerede skriver skyldes det til Dels, men kun til Dels, at Else har sat mig til at skrive Rykkerbreve i Anledning af at vi skal betale Skat d. 3 Nov. og mangler Penge til at betale den med. Dersom Du altsaa kan sende mig nogle inden den Dato vil de være kærkomne. Her staar alt vel til. Vil Du hilse Lensgreven Adam og Elisabeth. Mange Hilsner til Dig selv fra
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1950-05-16</t>
-[...8 lines deleted...]
-Elisabeth Knuth
+    <t>1951-11-22</t>
+  </si>
+  <si>
+    <t>L.R.S. Carstensen
+Marius Christiansen
+Else Jensen
+Christa Knuth
 Andreas Larsen
 Jeppe Larsen
 Else Larsen, Else, Andreas Larsens kone
-Peter Magnussen
-[...14 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/0JgV</t>
+Alhed  Møhl, Lysses datter
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Båxhult var en af Larsen-familiens skovgårde Landeryd i Småland.
+Gustav Carlsson arrenderede (forpagtede) al Båxhults jord i 1927. Kjellberg ønskede at forpagte Bommen, som var en af torperne på Båxhult. Om arrangementet blev til noget, vides ikke, men da Johan Larsen (Alhed og Johannes Larsens søn) i 1930 overtog Båxhult, flyttede han huset Bommen til Båxhult og omdannede det til vaskehus. Bygningen blev siden kaldt Bommastugan. (Dette oplyst af Jens Larsen, søn af Johan Larsen 2018).</t>
+  </si>
+  <si>
+    <t>Man kan lave fuglelim ved at koge rå linolie, men det lugter slemt. 
+Johannes Larsen har været i København og også på Lolland, hvor han kørte rundt med Christa Knuth.
+Han er blevet færdig med nogle småbestillinger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/g3CC</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22 Novbr. 1951.
+Kære Lysse og Bimse.
+Det er en Skandale at jeg først nu faar samlet mig sammen til at skrive og takke Jer for den dejlige Tid paa Båxhult. Tusind Tak. Og Tak for Brevet Lysse. Jeg har talt med Christiansen om det Fugelim. Raa Linolie koges til det bliver seigt, det er det hele, men det lugter forbandet saa Det maa helst foregaa i Bommastugan. Her var en Stillits for et Par Dage siden i en Burre jeg havde ladet staa i Græsplænen udfor Spisestuen, men jeg har ikke set den siden. Jeg var en Uges Tid i Kjøbenhavn hos Else og endnu et Par Dage hos Grevinden, hvor vi kørte nogle Ture omkring paa Lolland saa nu har jeg snart set hele Øen. Puf og Else hentede mig i Svendborg. Siden har jeg haft travlt med nogle Smaabestillinger. Jeg fik lavet den Akvarel færdig til L.R.S. Carstensen og har sendt den men ikke hørt fra ham endnu. Vi har det godt her og haaber det samme er Tilfældet hos Jer. Mange Hilsener til Jer allesammen ogsaa fra Puf og Else og Børnene.
+Din Far.</t>
+  </si>
+  <si>
+    <t>1893-03-02</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>København
+Waldemarsgade 30</t>
+  </si>
+  <si>
+    <t>Sophus Bojesen
+Ludvig Brandstrup, billedhugger
+Thomas Bredsdorff
+Ove Christensen
+- Clemensen
+- Dotsch
+Peter Hansen
+- Jørgensen, Frøken
+- Klee
+Ingrid Lange
+Alhed Larsen
+Johanne Lund
+Christine  Mackie
+- Moths
+- Rørdam, Fru
+Ellen  Sawyer
+Fanny Schaffalitzky de Muckadell
+Adelheyde Syberg
+Hempel Syberg
+- Thorup
+Anna Thorup, g. Arndrup
+Maria von Sperling. g. Balslev</t>
+  </si>
+  <si>
+    <t>Søstrene Alhed, Johanne og Christine boede sammen i lejligheden i Waldemarsgade 30, København.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2009</t>
+  </si>
+  <si>
+    <t>Johanne takker for de mange ting, som moderen har sendt: Chokolade, en rype, strømper mm. Hun og Christine har haft en læge på besøg, og han sagde, at Johanne ikke må gå til sit kursus de næste 14 dage. Fru Rørdam har så tilbudt at læse tysk og fransk med hende. Christine har sin første klaverelev den følgende dag. 
+Søstrene kan ikke få pengene til at slå til og beder om flere. 
+Alhed Larsen har været hjemme fra Porcelainsfabriken, og hun har tegnet Johanne samt malet en blommegren.
+De tre søstre skal til karneval, og de har lånt kostumer af flere venner.
+Christine har købt et kloset for 10 kr. Fru Rørdam har sagt, at det ikke er sundt for dem at gå i gården ad den kolde køkkentrappe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zHtY</t>
+  </si>
+  <si>
+    <t>Torsd. 2-3-93. Waldemarsgade 30 [ulæseligt]tv
+Det er jo Synd at slide paa dit nydelige sorte Silketørklæde! -
+Kære Mor!
+Jeg gentager, hvad jeg har skrevet t. Elle i Brevbogen: jeg er imponeret i højeste Grad over alle de indholdsrige Sendinger hjemmefra. Tusind Tak for det altsammen, det dejlige Skørt, Klokke, Strømper, Madvarer, Rype, Chokolade ["a'et"i ordet indsat over linjen] og det altsammen. Fru Rørdam siger, at det er jo næsten som om vi havde Juleaften inde hos os. Chokoladen drikker jeg med stort Velbehag. Alt det bøder svært paa den Hjo ["Hjo" overstreget] Jobspost, jeg har faaet i Dag Dr. Klee har neml. været her henne, undersøgt mig og sagt, at jeg ikke maa gaa til Kursus før om en 14 Dags Tid, og det er jo lidt haardt. Han var voldsom flink og rar, sad her længe og snakkede med Chr. og mig om vores kroniske Sygelighed. Jeg fortalte ham, at du mente, det var af Uforsigtighed el. ogsaa at det laa i Lejligheden; han mente det lå i Kjøbenhavnsluften, paalagde os altid at skifte, naar vi havde været ude i vaadt Vejr og anbefalede mig at være meget forsigtig. Jeg maa nok gaa en Tur midt paa Dagen, naar det er kønt Vejr, men kan ikke taale endnu at trave i Skole i al Slags Vejr - Aftenluft kan der ikke være Tale om. Han er mageløs rar og interesserer sig saadan for os. - Da Fru Rørdam hørte, at jeg ikke maa gaa i Skole endnu, tilbød hun at læse Tysk og Fransk med mig, hvilket jeg med Glæde tager imod; hun taler jo Tysk og er vist meget dygtig. Ja, hun er mageløs imod os, Fru Rørdam. - I Morges var Johanne Lund herhenne; endelig bliver det da til noget med Musikelever; i Morgen skal hun have den første Time. Chr. vil nu spørge Ove, hvad han mener, hun skal tage for Timen. Sikken Sjov for Chr. at faa en Indtægt der. Ápropos om Penge! Nu skal jeg nok lade være med at ærgre mig men, det nytter jo i Grunden ikke, vi bruger jo ikke færre for det. Men de 400 Kr. faar jeg vist ikke til at stemme; nu faar I snart Regnskabet og samtidig Begæring om flere af de - kortsagt - Penge. - - Alhed er hjemme i Dag for at tegne og male; hun har tegnet mig lidt og maler nu paa den Gren af det kinesiske Blommetræ, som Bredsdorff kom med. Hun beder mig sige dig, om du ikke skulde vide en Pige til lille Frk. Jørgensen, der skal giftes til Maj; hun skal bo ovre i Svendborg, og vilde gærne have en derfra. Hun vil give 10 à 12 om Mdn., vilde meget gærne have en flink og rar. Husk endelig at svare herpaa. -
+Tænk, Chr. skal ogsaa med paa Karneval, naar hun bliver indtegnet som en af Medlemmernes Dame (det gør mig meget ondt at skulle sige at det bliver som P. Hansens, eftersom det skal være en Overraskelse for Lud; men det er jo kun en Formsag) faar hun Billetter for havlv [det første "v" i ordet overstreget] Pris, 2 1/2 Kr; hun og Alhed splejser til den, og da hun laaner Dragt hos Ingrid Lange - italiensk Bondepige - er Udgiften jo ikke saa farlig. Vi sagde allesammen, at hun vilde fortryde, hvis hun ikke tog med og så ["og så" indsat over linjen] overvandt hun sine mange Betænkeligheder. Det er voldsom morsomt, synes jeg; det bliver jo noget aldeles storartet. - Comtessen var her henne forleden Morgen med Alheds Dragt, som hun jo laaner hos Kammerherre Bøjesens, og samtidig for at visitere mig. Kl. var ikke 10 ["10" indsat over linjen] endnu, da hun kom; Chr &amp;amp; Alh. var gaaede og jeg var knap færdig med at klæde mig paa, heldigvis var der da gjort rent i Stuen. - 
+Skal sige fra Alhed, at Lud synes godt om hendes Blommegren; hun var bedt ud til Anna Thorup eller Arndrup som hun jo nu hedder, i Aften, men har faaet Afbud, da ["da" overstreget] hvilket hun er ret glad ved, da det jo er Aftenen for Karnevallet! Tænk, i Aftes kom Marie Sperling og forærede os en nydelig Skammel, som hun selv har syt; vi blev meget overraskede; den er nydelig og pynter meget foran den store Stol - Chr. kommer nu hjem med Dragterne fra Ingrid; oppe hos den unge Fru Dotsch - Datter af Moths, hende fra Amerika - har ["har" indsat over linjen] hun laant et hvidt Liv, Sommerliv, oven paa hvilket der skal være et lyseblaat Silkelivstykke Alhed har ogsaa laant saadan et hvidt Liv, og til Gengæld skal de op og præsentere sig i Dragterne. - Ved du, hvad Chr. har været ude at købe i Dag - det meget omstridte, stakkels Kloset. Fru R. holdt forleden en Tale for os om, hvor forkert det er af os ikke at have en saadan Genstand; hun troede, at vi fik meget Kulde og Træk ved de Vandringer ned ad den sludfulde Køkkentrappe og Opholdet i det alt andet end Hyggelige Paulun dernede; hun mente ogsaa, at det var aldeles forkert, naar jeg nu skulde til at begynde de Vandringer. Saa nu er det gjort og der er ikke mere at sige til det. Det kostede 10 Kr (!) - - - 
+Ja, nu har jeg ikke mere at skulle have sagt; nu skal jeg hen at skrive til Frk Jensen. - Vi har i Dag f ["f" overstreget] haft 8 Sider fra Tante Mimmi. -
+Endnu en Gang ["Gang" indsat over linjen] Tak for det det tilsendte og for alle de morsomme Breve, jeg har faaet i denne Tid. -
+Chr. gaar og prøver Dragt; hun bliver en aldeles nydelig romersk Bondepige. -
+Nu mange Hilsner til Jer alle sammen ogsaa paa Gjelskov, ogsaa Clemensen, hvis du ser dem. De andre skriver ikke denne Gang, men mange Hilsner fra dem og fra Junge. 
+[Indsat øverst på side 1, på tværs:]
+Vil du hilse Elle, at jeg skriver dygtigt op i Brevbogen hver Dag.</t>
+  </si>
+  <si>
+    <t>1894-08-27</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>København
+Vestergade</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Teresina Bacci
+Rigmor Balslev
+Thorvald Balslev
+Harald Bing
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Thomas Bredsdorff
+Louise Brønsted
+Johanne Caspersen
+Bernhard Hirschsprung
+Emma Hirschsprung
+Drude Jørgensen
+Hanne Langkilde
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Otto Emil  Paludan
+- Petersen, Skolefrøken
+Christine Rump
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+- Vesterdal</t>
+  </si>
+  <si>
+    <t>I Snøde på Langeland boede Johanne Caspersen (Tante), som var Laura Warbergs søster. 
+Chlorid Kali: Kaliumklorid.
+Alhed Larsen opholdt sig i Italien februar 1894 til foråret 1895. Majoren var en onkel til hendes nære venner, Bacci, i Firenze. Hans navn kendes ikke. Ludvig Brandstrup rejste i august 1894 fra Firenze hjem til Danmark for at blive gift. Han og hustruen kom til Firenze i efteråret. 
+Inden Reformationen i 1536 var Christiansdal et benediktinerkloster med navnet Dalum Kloster. Efter Reformation var Dalum Kloster længe et kongeligt len og blev senere ryttergods. Som herregård var Christiansdal ejet af Christian Benzon og hans efterkommere i mere end 100 år. Til Christiansdal hører en have på ca. 7 tdr. land. Sydfløjen på Christiansdal er opført i 1812-1818. Siden 1907 har stedet atter haft navnet Dalum Kloster. I 1891 solgtes hovedbygningen til Christine Rump (1867-1922), hvis arvinger i 1906 solgte gården til den katolske Skt. Hedevigsorden, som indrettede et rekreationshjem. I 1903 blev der tilmed opført et katolsk kapel, og gården fik atter sit gamle navn Dalum Kloster. I 2013 blev Christiansdal ejet af Dalum Kloster Hvilehjem.
+Indavlet: Bragt høsten i hus.
+Der er nævnt en del personer i brevet, som det ikke har været muligt at identificere: Marie K. og gl. K, Smidt, Sagfører Jacobsens dreng, Frk. Jørgensen og Kaffe-Christensen.
+Det er formodentlig Johanne, der underskriver sig med navnet Sel sidst i brevet. Hirscher er Hirschsprung.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0337</t>
+  </si>
+  <si>
+    <t>Den nye skolefrøken er kommet til Erikshaab. Hempel Syberg har været syg. Ellen og Johanne har været på besøg hos familien i Snøde på Langeland. Nu er Johanne syg.
+Christine har fået fem undervisningstimer om ugen i dansk på en skole i Odense samt musikelever, og hun tjener 36 kr. månedligt.
+Alhed har det så godt i Firenze. Hun opholder sig på et bjerg med Bacci, spiser godt og bader i en bæk. Ludvig Brandstrup er rejst til Danmark, og Alhed vil savne ham. 
+Laura Warberg har hørt, at der er meget svir på Odense (Katedral)skole, så hun har overvejet en anden skole til Andreas, men Vesterdal siger god for Odenseskolen. 
+Familien har drukket kaffe udendørs i det gode vejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F9KW</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
+“Tre Hjorte”
+Vestergade 
+Kjøbenhavn K.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab – Mandag
+Kjæreste Abba!
+Vi har egentlig oplevet ikke saa lidt, siden Du rejste, saa det er bedst, Du strax faaer en lille Skrivelse. Torsdag Eftermiddag kom Charlotte kjørende med Frøken Petersen, den nye Lærerinde og 2 af Børnene. Marie K! er rejst til Nygaard for et Par Uger og gl. K. skal ogsaa et Par Dage derover; han var i Gaar alene paa Gjelskov, Christine og jeg gik derover, Sybergs var i Kirke, vi sludrede saa med den gamle en Timestid og morede os kosteligt over hans Fortællinger om hans Kone, hvordan hun ”tilvender” sig masser af Pakker, naar hun skal rejse og saa smider dem og Rejsetøjet rundt omkring paa Vejene. Syberg har endnu ingen Kræfter, var saa anstrengt af en 5 Timers Visit Visit ["Visit" overstreget] af Smidt i Lørdags, at han ikke kunde sove om Natten og Mini troede, han skulde blive syg igjen. – I Fredags kom der Brevkort fra Junge og Elle, de var kommen godt til Snøde, uden større Træthed skjøndt de havde gaaet hele Turen, ikke en eneste velvillig Vogn. Tante blev umaadelig henrykt over deres Besøg, men hun kommer ikke herover, da Thora kom i Lørdags og hun bliver der 8 Dage. Hende var Børnene med at hente i Aasøe, kjørte Kl. 9 dertil, var hjemme 12½, spiste til Middag og gik saa samme Tur!! var nær kommen for sent til Dampskibet, da de troede, der var en 10 Minutters Vej fra Tranekær til Aasøe!!! Kl. 12 Lørdag Aften kom de tilbage, havde kjørt et Par Mil fra Svendborg om ad Kværndrup. Junge har Blegner og vældig ondt i Halsen, hun gurglede igaar hele Dagen med chlorid Kali, var ilde tilpas, men holdt sig oppe, da Vesterdal og Christine var her. De to kom Lørdag Efterm, Chr. var kommen til Odense Tirsdag Aften sent, havde Timer hele Onsdagen, var hos Frk. Jørgensen, men traf hende atter ikke, fik af Vesterdal 5 Timer om Ugen i hans Skole, Dansk med 9 smaa søde Drenge, Christine er meget glad over det, han spurgte, om hun vilde have en Dreng at regne med, og det havde hun nok Lyst til, hvis hun kan. Vil Du fortælle Thorvald alt dette, han og jeg var saa enige i, at Christine burde have noget mere at bestille, ikke alene for at tjene noget, men ogsaa fordi et saadant Driverliv er en Ødelæggelse for hende. Af Musikelever har hun faaet Sagfører Jacobsens lille Dreng og Rimse, denne en Gang om Maaneden. Hun mener nu at tjene 36 Kr. om Maaneden og hun har lovet mig at lægge alt hen; jeg faaer saa noget hos hende til en Rejse derind paa et Par Dage; det klemmer hende jo en Del, at jeg vil hjælpe hende paa min Rejses Bekostning. I Fredags fik jeg Breve fra Christine, Thomas, Alhed og Junge og Elle. A. befinder sig saa udmærket et Par Mil fra Florenz paa et Bjærg, taler kuns Italiensk boer der sammen med Baccis og den gl. Major. Der er saa fint og smukt, de spiser saa vældigt alle sammen, Smør og Mælk er saa brillant; Kastanieskove op ad Bjærget, Brombær og Nødder, de bader i en Bæk. Hun fulgte Lud ind til Byen i Tirsdags, hentede mere Malervæsen derud, da der vil blive meget at gøre skriver hun. Naar Du nu snart ser Lud, saa maa Du da endeligt skrive til mig alt, hvad han fortæller om Alhed. Hun skriver i hvert Brev, at hun vil savne ham forfærdeligt, han er saadan en god Kammerat. – Jeg skulde hilse Dig mange Gange fra Vesterdal, han sagde at han savnede Dig meget; han var bedt til Kaffe-Christensen til Aften igaar, Dede, Elle og Muk kjørte for ham til 3 Toget. Sybergs stod ved Leddet og saae dem komme tilbage, sagde at han kører rigtig brillant. Christine havde Time idag Kl. 9 tog derfor ogsaa hjem iaftes. Junge har snakket en hel Del om, at Odense Skole er saa gruelig slem med Svir og anden Daarlighed Lærerne har den og den Skavank o.s.v. og at Dede burde i Birkerød Skole. Igaar talte jeg meget med Vesterdal derom, han mener ikke der er nogen Fare ved Odense, foreslog at faae ham til Rumps paa Christiansdal, naar han blot ikke boer i Byen, mener han ikke der kan skee noget, sagde at Birkerød er saa dyr, at Odense er brillant at tage Examen ved, den bedste i Landet til at proppe Kundskaber i Drengene. – Igaar var vejret saa mildt og dejligt her. Vi havde Kaffebordet udenfor Hovedtrappen og sad ved Bordet der og drak Kaffe. Pal. havde tabt en Flaske Portvin til mig, vi væddede om Tiden, Junge og Elle vilde komme hjem Lørdag Aften, - den drak vi til Middag igaar, Retterne var: Gemyse – Steg – Rødgrød, hvis bare Junge havde været rask, havde det været en dejlig Dag. Christine var saa livlig og munter, spillede og sang og snakkede hele Dagen. – Nu Farvel! I morgen venter jeg Brev fra Dig. Du og Thorvald har vel nok oplevet et eller andet igaar Søndag. – Junge ligger paa Chaiselongen, hun var saa henrykt over [ulæseligt] af [ulæseligt] det er kjedeligt hun skal spilde Tiden med Daarlighed, men [ulæseligt]gen haaber vi hun er helt rask, da er vi bedt til Ølstedgaard til Kaffe. - Syberg og Mini hentede Thora i Tommerup i Fredags, hun rejste fra Middelfart med Langkilde og hans Kone, kunde hun forstaae paa Snakken; - Gjelskov fik indavlet i Lørdags og havde Gilde. Unge Grevinde har det saa godt, jeg har hørt Bud. - Mange Hilsener fra os alle! Esset.
+Kære Far! Vi havde en frygtelig morsom Tur til Langeland kan du tro. – Vil du endelig huske at hilse Mine Hirscher, gl. Bernhard, gl. Bing og Tante Pe’rsen i Særdeleshed.
+Din Sel -</t>
+  </si>
+  <si>
+    <t>1895-09-05</t>
+  </si>
+  <si>
+    <t>København K
+Vestergade</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Johanne Christine Brandstrup
+Louise Brønsted
+Hans Christian Caspersen
+Johanne Caspersen
+Johanne Christine Larsen
+Christine  Mackie
+Ellen  Sawyer
+Hempel Syberg
+Andreas Warberg, Albrechts far
+Peter Whidt</t>
+  </si>
+  <si>
+    <t>Laura Warberg besøgte sin søster og svoger i Snøde. Albrecht Warberg boede ofte på Tre Hjorte, når han var i behandling for sin astma i København. 
+Emil Brandstrup havde tuberkulose.
+Warberg-familien kendte flere, der hed Thora. Thora, der skal hjælpe med at købe konfirmationsgave, kan ikke være den samme som konfirmanden, Thora/Tutte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0349</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil rejse hjem med sin mor og derefter vende tilbage til Snøde. Hun bader og går lange ture. Caspersen går dårligt, men han er i godt humør. Om søndagen kommer børnene hjem fra Odense. 
+Thora vil hjælpe med at købe gave til Thora/Tuttes konfirmation. Måske et sybord. 
+På vej til Langeland havde Laura Warberg ventetid i Odense, og hun fik set sine fire børn. Johanne/Junge kom også med godter. Laura blev søsyg under overfarten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CTeU</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+cand. jur.
+p.t. Tre Hjorte
+Vestergade 
+Kjøbenhavn K. 
+[Øverst tilføjet med blyant:] ”sept. 1895”.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Snøde – Onsdag d: 4de
+Kjæreste Abba!
+Det er jo trist, at Emil ikke har det godt, vi har intet fortalt Mor derom. Jeg var saa nysgerrig efter at vide, hvad du skulde have rejst hjem for, men nu faaer jeg det vel at vide naar jeg kommer hjem? Du vil forbauses over at høre at jeg paa Fredag Efterm. rejser hjem med Mor som saa vil tage sig af lidt af alt hjemme, mens jeg rejser herover igjen og bader og spadserer en Uge til. Vandet og Badene er saa henrivende, jeg naaer at faae 6 Bade i denne Uge, desuden spadserer jeg lange Ture paa 2 Timer om Formiddagen enten med Hanne eller med Thora om Efterm. gaaer Mor og de andre 2 Timer til Bad, Caspersen plejer saa at komme cyclende ned efter os. Om Aftenen i dette dejlige Maaneskin gaaer vi ogsaa lidt ud, forleden om ad lille Snøde, iaftes henne hos Peter Hvidt, en pæn Gaardmandsfamilie, Konen viste os en Masse gamle Sager og trakterede os med det lifligste gamle Øl, jeg nogensinde har smagt; jeg fik lidt at vide om Tilberedningen, skal gjemme de to Cognacsankere til det. Caspersen gaaer ganske langsomt ved en Stok, han kom om efter os. Han er trods nogen Daarlighed i Benene i rigtig godt Humør, driller Mor og gjør Løjer, er saa fredelig og rar, som jeg ikke i mange Tider har set ham. Nu kan han cycle igjen. De var meget villige til at beholde mig 14 Dage, men at have Mor ogsaa al den Tid, syntes jeg var saa meget for dem, de har jo været saa mange iaar. Jeg bad saa Mor rejse hjem og styre Huset, men hun vilde ikke høre noget herom, og da jeg saa har Returbillet til Svendborg som blev spildt hvis jeg blev, saa besluttede jeg at tage med hende og saa komme igjen paa Mandag og blive til næste Mandag. September Badene er jo saa styrkende. Saa kommer de jo desuden hjem allesammen fra Odense; Christine Muks og Dede paa Søndag. Asier faaer jeg hjem med fra Hanne, vi har ingen iaar. Imorgen giver Thora en Køretur ud på Hou, vi skal have Aftensmad med, jeg glæder mig over alle de dejlige Ture. Bare nu Vejret vil holde sig, idag blæser det en Del og ser meget ud til Torden. Thora rejser til Kbh. paa Søndag , hun har lovet at være behjælpelig enten Dig eller Pelle, naar denne kommer til Byen, med at kjøbe noget til Tuttes Konfirmation. Hvad siger Du om et pænt Sybord?? Du maa endelig svare herpaa, saa skal jeg skrive til Thora om at gaae om til Dig en Dag og tale om det, vi kan vel ikke give mindre end 25 Kr? Syberg har jo givet alle vore Gulduhre. Da jeg i Lørdags skulde vente 3 Timer paa Rejsen herover, tog jeg i Ringe Billet til Odense, - 1 Kr. 3 Klasse – og fik set alle 4 Børn. Christine boer nydeligt 5 Min. Gang fra den store Banegaard, paralelt med Latinskolen er H. Tavsensgade. C. og jeg gik hen til Muks, der er meget glad ved al sin Læsning og ikke synes det er svært; hun gik med os forbi Latinskolen Kl. 1, hele første Klasse kom ud og skulde til Læsning, vi fulgtes med Dede ud til Vestergade, saa til Banegaarden hvor Junge tog med mig med en Pose Rejsegodter, de vidste alle, at jeg vilde komme, jeg fik meget udrette og set paa de 1 ½ Time, jeg havde Smørrebrød med. Var søsyg over, men dog ikke slemt. 
+[Skrevet langs sidste sides venstre kant:]
+Ja nu Farvel søde Ven! Alle her hilser Dig! Kærlig Hilsen fra Din Smaa.
+[Skrevet langs første sides højre kant:]
+Hvis Du sender Brev af paa Søndag skal det være lidt tidlig paa Dagen ellers faaer jeg det ikke før Tirsdag.
+[Skrevet langs første sides venstre kant:]
+Imorgen skal de alle til Tranekær, saa bliver vi kjørt ned til Aasø.</t>
+  </si>
+  <si>
+    <t>1899-06-21</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Andreas Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Elisabeth Storm
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab, fordi hun lige har født. Barnet skulle tilsyneladende en tid have heddet Jeppe, men han kom til at hedde Andreas.
+Det er uklart, hvilket bryggeri I.A. Larsen solgte jord til i Kerteminde.
+Alheds søster, Charlotte Louise Warberg (Muk), læste til cand. polit.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet lidt på flagbilledet.
+Han har inviteret Fru Storm (med til Erikshaab?)
+I.A. Larsen har solgt en grund til et bryggeri. 
+Johannes Larsen har fundet tegningerne til deres nye hus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6IPX</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Juni 1899.
+Min egen Kæreste!
+I Dag har jeg ikke faaet udrettet ret meget kun malet lidt paa Flagbilledet, det har jo været Graavejr hele Dagen. Jeg har nu skreven til Klaks, og jeg kan altsaa ikke endnu svare for, om han kommer. Jeg tog mig den Frihed at invitere Fru Storm, jeg vidste jo at hun vilde sætte umaadelig Pris paa det, og hun har jo givet den lille søde en Ske til Jul. Jeg skulde hilse Jer og takke saa mange Gange for Venligheden, men hun troede ikke hun kunde da hun ikke var helt rask. Var det vel forkert af mig? I Morgen skal jeg tage dem alle sammen i Forhør, om de kommer, og skrive Resultatet. Fader solgte i Aftes Jord til Bryggeriet. 7000 Kr Al. for 5000 Kr under Forbehold af at der var tilstrækkeligt Vand til det og at Aktiekapitalen kunde rejses, han kunde ikke faa mere for det da de truede med at gaa til Hinke, men vi bliver altsaa i hvert Tilfælde fri for at have deres Øl- Is- Kul- Korn- og andre Vogne rumlende forbi vores Dør. Uglen og Thea [eller Theo] kom i Aftes fra Svendborg, var det ikke helt tappert af hende at køre den 7 Mil lange Tur naar det længste Stykke hun i Forvejen havde kørt var 3 Fjerdingvej. Ja nu faar Du ikke mere denne Gang. Mange kærlige Hilsner til lille Jeppe og Dig selv fra Din
+Johannes Larsen.
+P.S
+Vi har fundet Tegningerne til vores Hus. Hvordan gaar det med Muks Examen? Jeg skal hilse fra Uglen og fra Moder</t>
+  </si>
+  <si>
+    <t>1899-07-17</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Ludvig Find
+Andreas Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Christian Mogensen
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab med den nyfødte Andreas (Puf). Johannes Larsen maler fra et lejet værelse i Svanninge og ses her med Syberg-familien samt Lützhøft-parret. 
+Find var begejstret for Viborg: Johannes Larsen fungerede som assistent for Joakim Skovgaard ved udsmykningen af Viborg Domkirke.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen ammer den nyfødte Puf, mens hun skriver. Han har lige pludret og grinet. Det trækker op til torden.
+Lützhøft-parret kan vel godt komme på besøg trods kighostesmittefaren, hvis de fx vasker sig godt og lufter deres tøj.
+Ludvig Find har været på besøg. Han var begejstret for Viborg.
+Alhed forsøger at komme til at male en buket floks, men der kommer gæster, og babyen forstyrrer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pjIR</t>
+  </si>
+  <si>
+    <t>Min egen elskede Ven!
+Naar jeg begynder paa dette store Ark, er det mindre fordi jeg tror, jeg kan fylde det, end fordi jeg ikke kan komme til at rive det over, da den lille dejlige ligger og drikker, saa jeg kun har den ene Arm fri. Han har lige haft et af sine alleryndigste Øjeblikke. Han gjorde en lille Pause i sin Spisning og gav sig til at snakke og le, som jeg aldrig har set det før, og da jeg jo af ham lo han endnu mere spirrede formelig af Henrykkelse. Hvor er han vidunderlig dejlig. Det trækker op til en ordentlig Torden, det dundrer rundt omkring os og Luften er trykkende lummer. Hvor er det dog højtidelig og ildevarslende saadan en optrækkende Torden. Bare Du er i Hus og ikke sidder ude i Skoven under de høje Træer. Hvor jeg dog er glad over, at Du har det saa godt, Du maa godt skrive om Mad jeg bliver ikke gal, men glæder mig rigtig over, at Du lever saa godt og har god Appetit. Jeg har lige læst Dit Brev, tak for det og det andet, som jeg fik i Gaar, da vi hentede Post. Da jeg i Gaar skrev om Mutter og Lüsse, faldt det mig slet ikke ind, at de jo ogsaa kunde bringe Kighoste, men mon der ikke kunde findes paa en Slags Karantæne for dem; de ere jo ikke nær saa farlige som Du. De kunde jo lade være at kysse os, tage fat paa den lille og ligge her om Natten. – Hvis de saa f. Ex. bankede og børstede og luftede hver et Sæt Tøj og lagde det i i Karantæne hos Dig et Par Dage og saa vaskede sig godt og klædte sig om henne hos Dig, mon der saa kunde være tale om noget,? de kunde jo ogsaa lade være at kysse Hønset og Børnene en Dagstid. Hvad mener Du om det? - - Det var frygtelig morsomt at faa dem hertil. – Bare nu ikke Vejret forandrer sig efter denne Torden, saa Du ikke kan faa malet paa Dit Billede. – I Gaar da Fader og Dede var kørt til Stationen med Thorvald (jeg havde heldigvis afslaaet at tage med) kom der en Herre cyklende, og det viste sig at være lille Find. Han har været en 14 Dagestid i Svendborg for at male en Bestilling, og nu var han en Visit paa Gelskov for at sige, at han først kom om et Par Uger. Han blev her kun en god Timestid da han allerede samme Aften skulde tilbage til Svendborg. Det var forfærdelig morsomt at se ham, hvor er han dog elskværdig. - - Aa, Gubevars, - - Der kom Fru Mogensen og har siddet her en Time og snakket, og jeg har en Buket Flox stillet op til Maling, som jeg brænder efter at faa fat paa, og Ungen hyler i vilden Sky, og jeg sveder af Anstrængelse og Nervøsitet og nu kommer Dis efter Brevet, - føj – føj – føj - - Nu slutter jeg min Dreng ganske ør af alt dette Mudder, - saa nu gik de og Ungen tier lidt, hvor det lettede, nu gaar jeg hen og lægger det Billede an. Vi længes efter Dig, min egen Dreng, men har det ellers saa godt. Dette Brev er vist ganske meningsløst, men det er skreven med lange Pauser forstaar Du. – Lille Find var meget begejstret for Viborg, bad mig hilse Dig voldsomt. – Farvel min egen Ven! 1000 Millioner Hilsner fra os begge til Dig og hils ogsaa alle de andre fra Din Alhed.
+Mandag.</t>
+  </si>
+  <si>
+    <t>1900-06-18</t>
+  </si>
+  <si>
+    <t>Nanna Kristensen-Randers</t>
+  </si>
+  <si>
+    <t>Ollerup Højskole</t>
+  </si>
+  <si>
+    <t>Astrid Goldschmidt-Warberg var som ganske ung medstifter af en forening for reformdragtens fremme.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2260</t>
+  </si>
+  <si>
+    <t>Brevskriveren har ofte talt imod korsetter, og nu vil hun gerne have Astrid til at komme og tale om sagen. Astrid må dog ikke vente at få medlemmer. Efter Nanna K-Rs foredrag om legemslære vil eleverne være klar til et foredrag, så hun foreslår engang efter 11. juli.
+Nanna K-R beder Astrid hilse faderen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ST2V</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frk. Astrid Warberg
+Erikshaab
+pr.
+Højrup.
+[I brevet:]
+Ollerup Højskole 
+18/6 1900
+Frk. Astrid Warberg!
+Nu har jeg saa ofte talt mod Korsetter er, saa jeg vil gerne have en Afløser for en Gangs Skyld. Men De maa ikke vente Medlemmer til Deres Forening, saadant er vore Bønderpiger sene til, men De maa være tilfreds med at omvende nogen af dem. – Af flere Grunde kan jeg først i næste Uge blive færdig med mine Foredrag i Legemslære – og dem maa de helst faa først – for bedre at følge med – der efter kommer Landmandsforsamlingen og lige fra den 29de til Mandag den 9de Juli har vi i den Anledning Uro af forskellig Slags: Husmands- og Gaardmands Middage – Besøg af gl. Elever o.s.v o.s v. – ja ogsaa Onsdag d. 11 Juli er optaget ser jeg nu i min Almanak – men i Tiden lige derefter haaber jeg saa der er en Dag, der passer Dem.
+Vil De hilse Deres Fader meget fra mig. Jeg haaber, han har det godt. Selv har jeg haft det ret godt nogle Aar - men sidste Vinter havde jeg Influenza Gang paa Gang, og har nu svært ved at komme til Kræfter. 
+Med venlig Hilsen
+Nanna K.-Randers
+Ollerup Højskole pr. Svendborg.</t>
+  </si>
+  <si>
+    <t>1943-09-02</t>
+  </si>
+  <si>
+    <t>Gorm -
+Otto Andresen
+Rasmus Kaas Petersen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Feldwebel: første underofficer i et tysk kompagni (omtrent = sergent) (Lex.dk). 
+På tysk ”erlegen” betyder ”at skyde”.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender et billede af en blishøne i Henne Å.
+Der er blevet givet ordre om, at alle skulle aflevere våben. Andreas/Puf undersøgte sagen, og det drejede sig kun om våben, som byens garnison havde uddelt for at undgå, at tyskerne fik dem. Borgmesteren og Politimesteren blev arresteret og taget som gidsler.
+Larsen spørger Christa Knuth, hvad hun mener om, at Prins Gorm skal have dræbt flere tyske soldater.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wctH</t>
+  </si>
+  <si>
+    <t>Kjerteminde 2 Septbr 1943.
+Kære Grevinde!
+Hermed Blishønen i Aaen. Sidstnævnte har jeg lavet efter en Akvarel fra Henne Aa, du ved det er Afløbet fra Fiilsø, det er den eneste Aa, jeg har Billede af i Øjeblikket, d.v.s. jeg har den fra Parken ved Knuthenborg, men den kunde jeg ikke faa til at passe med Motivet. I Forgaars Aftes kom Puf op og vækkede mig Kl. godt 9 og meldte at Trommer gik i Byen at alle der havde Vaaben skulde aflevere disse inden Kl. 10 og at Borgmesteren og Politimesteren i den Anledning var taget som Gidsler, og at han hellere maatte gaa ned med min Bøsse og Riflen inden der blev Husundersøgelse. Nu var det i Forvejen forbudt at gaa ud efter Kl. 8 og Puf telefonerede saa til Politikontoret og fik at vide at det kun drejede sig om de Vaaben vores Garnison havde uddelt til Folk i Byen for at Tyskerne ikke skulde faa dem. Dagen efter hørte vi at det var en Feldwebel der havde Kommandoen over de herværende Gendamer der havde arresteret Borg- og Politimester som Gidsler og en senere ankommen General havde lukket dem ud, men de har jo nok haft et Par ubehagelige Timer. Ellers synes jeg det et godt det er gaaet som det er. Der er jo renere Linier nu og vi har jo faaet en fin Verdenspresse. Hvad mener Du om Prins Gorm der ifølge den tyske Radio fra London i Svendborg har erlegt zahlreichen deutsche Soldaten.
+Mange Hilsner 
+Din hengivne 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1944-11-13</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Ulrik Dircks
+Johannes Øhlenschlæger Johansen
+Elisabeth Knuth
+Adolph Larsen
+Holger Lund, Christa Knuths bror</t>
+  </si>
+  <si>
+    <t>Da krigen spidsede til i august 1943, og modstandsbevægelsen blev stærkere, iværksatte den tyske besættelsesmagten den såkaldte ”modterror” kaldet schalburtage, opkaldt efter Christian Frederik von Schalburg, der havde været leder af Frikorps. Modstandsbevægelsens sabotager og likvideringer blev nu besvaret med bombesprængninger og drab (Wikipedia april 2024). 
+Ulrik Dircks var cand. pharm. og ansat ved Svaneapoteket i Odense. Han blev 9. nov. 1944 skudt og dræbt ved sit hjem i Odensebydelen Fruens Bøge. Gerningsmændene kom fra Peter-gruppen, og drabet var gengældelse for sabotage og likvideringer. Det viste sig efterfølgende, at Peter-gruppens medlemmer havde taget fejl af UD og en anden ansat fra Svaneapoteket. (besættelsestidensofre.dk). 
+Hjørneejendommen Sct. Knud, Mageløs-Vestergade, med bl.a. Fyns Venstreblads redaktion på 1.sal, konditori "Sct. Knud" og Sct. Knuds koloniallager blev ødelagt af bomber i november 1944. (arkiv.dk).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været til klapjagt hos Adolph Larsen. Han arbejder på 13 oliebilleder og et bomærke til en sparekasse. Om formiddagen maler han, og om eftermiddagen går han tur med hunden og skriver breve. 
+Det er dejligt, at Christa og hendes bror kan lide svaneakvarellen. Og godt, at Elisabeth er glad for dværghønsene.
+Seks forretninger i Odense er blevet bombet, og Ulrik Dircks er blevet skudt.
+Øhlenschlæger Johansen har været på besøg for at lave film om Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bFM2</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
-Refshalevej 
-[...3 lines deleted...]
-Kjerteminde
+Knuthenborg
+Bandholm
 [I brevet:]
-Kjerteminde 16 Maj 1950
-[...10 lines deleted...]
-Vil Du ogsaa hilse Hr Söderberg, er det ikke saadan han hedder og takke for god Kørsel. JL.</t>
+Kjerteminde 13 Novbr. 1944.
+Kære Grevinde
+Tak for Dit lange Brev. Jeg haaber at Du nu er sluppen over Forkølelsen Her har vi det godt. Forrige Søndag var jeg til en lille Klapjagt hos min Broder Skovrideren og blev der et Par Dage saa jeg kom hjem i Onsdags. Jeg har en Masse Bestillinger i Gang, 13 Oliebilleder og et farvelagt Bomærke til en Sparekasse i Nr Aaby, som jeg i Forvejen har lavet et do i sort og hvidt. Jeg maler hver Formiddag og om Eftermiddagen gaar jeg en Tur med min nye Hund og sætter mig saa til at skrive Breve naar jeg kommer hjem, Folk skriver og spørger om de mærkeligste Ting, Dette her var planlagt til i Lørdags men det naaede jeg altsaa ikke. Jeg bliver mere og mere glad ved Hunden, den udvikler sig godt i alle Retninger og tegner til at blive en Skønhedsaabenbaring. Det glæder mig at Du og Din Broder synes saa godt om den Svaneakvarel, det er jo altid spændende med en Bestilling, hvordan Modtagerne stiller sig til Resultatet. Det er ogsaa morsomt, at Elisabeth er saa glad ved Dværghønsene, det har jeg meddelt Christiansen. Der er jo ellers vældig gang i Schalburgtagen for Tiden i Torsdag bombede 6 større Forretninger i Odense deriblandt Svaneapoteket og skød cand farm Dirks, saadan en pæn og tiltalende Mand. Det gaar jo ogsaa stærk i Aalborg, Odens og Svendborg. Her var en Mand forleden og filmede mig. Det er en Øhlenschlæger Johansen i Store Hedinge ham med Finsen Filmen, der har fundet paa at filme en Del Malere og Forfattere til Opbevaring for Eftertiden
+Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1946-12-24</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Knud Dalhoff Larsen
+Christa Knuth
+Andreas Larsen
+Jens Larsen
+Jeppe Larsen
+Jonas Larsen
+Marie Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes Larsen omdannede efter Alheds død vinterhaven til volière. 
+Sidensvans: Silkehale. 
+Det vides ikke, hvilket stort billede Johannes Larsen arbejdede på.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf har fanget en silkehale (sidensvans), som Larsen nu har i et bur. 
+Larsen har gigt i hoften og får behandlinger i Odense, og han ser frem til igen at kunne male. Han har været til fødselsdag hos Grevinde Knuth. Mens han var væk, brød en kat ind i volièren og tog en masse fugle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/K47c</t>
+  </si>
+  <si>
+    <t>Kjerteminde 24 Decbr. 1946.
+Kære Lysse!
+Tak for Dit lange Brev: Det var et morsomt Tilfælde med Direktør Dalhoff. Det kan vist nok passe at det har været udstillet i Odense til 3600 Kr. Den Gang var mine Priser det laveste de har været siden 1920, men i de sidste Aar har jeg faaet mere end det dobbelte af hvad de den Gang kostede. Jeg skal undersøge om det kan lade sig gøre at sende det. Jeg glæder mig til en Gang at se hvad I har lavet ved Huset. Jeg forstaar at det er en gennemgribende Forandring. Her kom i Gaar en Kasse med mange dejlige Ting, Tusind Tak! den gjorde stor Lykke. Puf var i Forgaars i Nyborg for at hente Marie, der var ingen Rutebil. Paa Vejen fangede han en forsulten Sidensvans, som siden har siddet og ædt i et lille Bur. Her er mange af den Slags for Tiden, men jeg har ikke kunnet fange nogle, da jeg den sidste Maaneds Tid eller halvanden har haft en ækel Gigt i Hoften, saa jeg hverken har kunnet gaa eller staa eller bestille noget. Jeg blev røntgenfotograferet i Odense, og tager der ud en Gang om Ugen og faar Røntgenbehandling. Heldigvis generer det mig ikke at køre i Bil. Den fjortende var jeg paa Knuthenborg til Grevindens Fødselsdag til halve Hummere og Kalkun. Puf kørte mig til Færgen i Svendborg og Grevinden hentede mig i Rudkøbing. Der var Kaneføre paa Lolland og den Dag jeg rejste Hjem kom der mere Sne og her er nu hvid Jul. Desværre havde der været en Kat der var brudt ind i min Voliere mens jeg var borte og havde ædt mine Stillitser og Dompapper og en Kanariefugl og nogle Grønsiskener og Graasiskener. Det gaar bedre med mig nu for hver Dag. I Gaar kunde jeg staa og barbere færdig uden Hvil og gik omkring hele Dagen uden Smerter, saa jeg haaber at jeg snart kan komme til at male igen paa mit store Billede som jeg gerne vil have udstillet til Foraaret. Jeg skal hilse Jer mange Gange fra os allesammen og ønske Jer en rigtig glædelig Jul og et godt Nytaar. I faar det jo lidt sent. Jeg regner med at komme til Båxhult til Pintsen. Mange Hilsner til jer allesammen fra Din Far.</t>
+  </si>
+  <si>
+    <t>1892-6</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Emil Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Arnold Emil Krog
+Christine  Mackie
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik. 
+Det vides ikke, hvem Strøm var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2186</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har hentet sin mormor ved toget. Nu er Bedstemor og Emil i skoven, og Alhed passer bedstefaderen, som konstant kalder på hende.
+Alhed kan vist godt tage med til Sverige, for hun får løn inden da. Hun kan ikke være på Værnehjemmet efter den 5. Hun skylder penge på Værnehjemmet og må også have nye sko og handsker. 
+Aspargeskrukken kommer ud af ovnen den følgende dag. Krukken med løvetand gik i stykker, og Alhed har lavet en ny, som hun har fået 10 kr. for.
+Lægen synes, at bedsteforældrene skal tage en tur til Fyn, men de to finder det ikke muligt at rejse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Pr2M</t>
+  </si>
+  <si>
+    <t>Søndag Form.
+Kæreste Moder! 
+Mange Tak for Dit lange Brev i Gaar; i de sidste Dage har jeg saamænd da ikke kunnet klage paa Breve! Vil Du takke Fader for hans Brev som jeg blev meget glad ved! Jeg var i Aftes henne ved 10 Toget for at tage imod den gamle. Hun var øjensynlig glad ved, at jeg var der, og overrakte mig strax mine Sko og den brilliante Julekage, som jeg gjorde et godt Indhug i, da jeg kom hjem; Resten skal føres ind paa Fabriken i Morgen. – Jeg sidder nede hos Bedstefader og skriver dette; Bedstemoder er i Skoven med Onkel Emil; men jeg vil ikke paastaa, at her er videre Ro til at skrive, for Bedstefader vaagnede strax efter at de vare gaaede, og nu kalder han mig hvert Øjeblik derind, mest for at gaa paa Fluejagt. For et Øjeblik siden kom der en Herre (Strøm) e[udstreget t]n vældig Buket Roser, som jeg nu har stillet i en Skaal. – Bedstefader har det ganske godt; men Bedstemoder mener ikke at han kan tage Turen til Banegaarden den Morgen, I kommer; for det første skulde han saa tidlig op og for det andet kan kan ikke taale at køre i Sporvogn. – Jeg vilde meget nødig gaa Glip af at ”støde til” Eder i Kjbn. og strax følges med til Sverig; men jeg tror ogsaa godt, at det kan lade sig gøre, selv om det skulde blive før den 1ste. Vi faar nemlig Betalingen fra Onsdag til Onsdag (den Dag skriver vi Regning) og kun for en Ordens Skyld er der Udbetaling om Lørdagen. Saavidt jeg husker fik de andre deres Penge den Torsdag de rejste, men dette skal jeg forhøre om derude. - - Jeg kan vist desværre ikke være paa Værnehjemmet efter den 5te, jeg tror de lukker helt efter den 5te, men det [det udstreget] forandrer maaske Sagen, naar jeg ikke skal spise der; hvis jeg kan være der, kan det vist godt lade sig ordn[udstreget bogstav]e med Johanne, det kan jo ikke genere nogen. – Jeg vil gærne have min Nederdel i Din Koffert, saa kan jeg jo godt have Resten i min Vadsæk. Det har desværre sin Rigtighed med de Penge. – Jeg var jo hjemme første ["r" i ordet indsat over linjen] Halvdel af sidste Maaned, (derfor hævede jeg saa sent), men desuagtet maatte jeg betale fuldtid; af Resten fik c. 30 til 2 store J [J udstreget] Syjomfruregninger, og Resten er nu næsten gaaet i den Maaned. Jeg skylder altsaa for denne Maaned 36 Kr og et Par fine Sko (5 Kr.) bliver jeg ogsaa nødt til at have, dem jeg havde i Vinter bleve helt dansede op til Sølvbryllupet, - og hvis vi skal se noble ud, maa jeg vist ogsaa have et Par Skindhandsker.! - - Degnen besøgte mig allerede Torsdag Morgen; i Dag Kl 7½ kom han igen, men jeg var ikke oppe, da Portnerkonen meldte ham – vi drikker først The Kl. 8 om Søndagen. Det var meget kedeligt, jeg Tænker næsten at han vilde have foreslaaet, at vi skulde gaa en Tur sammen; jeg kunde ikke gaa derhen bagefter, da jeg havde lovet en af de unge Piger (Frk Rasmussen) at hjælpe hende hendes Kuffert hen paa Banegaarden strax efter The! I Eftermiddag er jeg bedt ud til Caspersens i Taarbæk, Svend har taget en rigtig god Præliminærexamen – (86 Points), hvilket der er stor [lille g udstreget] Glæde over - - - - Jeg ved næsten ikke om det er værdt at jeg faar Tøjet sendt til den linnede; det er da urimeligt at jaske en ny Kjole af hjemme og naar jeg kommer her ligen [l udstreget] igen [e udstreget] er det vel for koldt til linned Kjole. Men er den pæn nok til Sverige, var de[t] jo rart at have den med der; og selv om jeg ikke fik saa meget Brug for den i Aar, kunde jeg jo gemme den til næste Aar; jeg vil naturligvis gærne laane den, men gør nu som Du synes. - - - - Min Aspargeskrukke kommer først ud i Morgen, jeg er meget spændt paa den. Løvetandskrukken var Glasuren saa velvillig at slaa i Stykker, men jeg var ikke synderlig ked af det, da det var før min Regningtid; nu har jeg lavet den om igen med flere heldige Forbedringer og tjent 10 Kr paa den; i Morgen gaar den i Branden. Jeg laver nu paa et nyt Aspargesmotiv og et nyt Løvetandsmotiv; det er to smaa, meget stiliserede Vaser, som Arkitekten synes rigtig godt om; de lader sig imidlertid ikke let forklare skriftlig. - - - - Nu er Christine nok kommen hjem; jeg skrev til hende og Tante i Fredags, men hun naaede vist ikke at faa det mens hun var der; det er et dejligt Vejr, de har i Svendborg i Dag. - - Nu er Klokken snart 2 og de ere mærkelig nok ikke komne; Bedstefader er snart lidt utaalmodig, han vil ikke staa op, før Bedstemoder kommer; jeg er af og til inde at snakke lidt med ham, og jeg har da faaet to Stykker Rugbrød med Boeuf til at glide i ham. Doktoren har snakket lidt ["lidt" udstreget] for dem om at komme lidt til Fyn, men det synes de begge er umuligt. - - - Vil de sige til Dis, at nu faar hun vist ikke Brev fra mig, før jeg kommer hjem. - - - - - Nu kun mange Hilsner til Eder alle hver især! Bedstefader beder hilse mange Gange. - - - Jeg glæder mig som sagt forfærdelig til Festen; nu er vi kun 3 paa Værnehjemmet, og alle mine Bekendte ere rejste, [det følgende skrevet op langs venstre margen] saa jeg er ["er" indsat over linjen] snart ganske utaalmodig efter at komme af Sted. Din Alhed.</t>
   </si>
   <si>
     <t>1950-09-12</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>Joy Deason
 Jesper Hansen
 Grethe Jungstedt
 Adolph Larsen
 Andreas Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Pernille Marryat
 Ib Marryat Johansen
 Ruth -, pige i huset hos Johanne Larsen
 Ellen  Sawyer
@@ -2526,79 +2329,276 @@
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
   </si>
   <si>
-    <t>1951-11-22</t>
-[...5 lines deleted...]
-Christa Knuth
+    <t>1892-02-17</t>
+  </si>
+  <si>
+    <t>Långaryd
+Ollerup Svendborg
+Randers Regnskov
+Dinestrup pr. Ullerslev</t>
+  </si>
+  <si>
+    <t>- Algren Petersen
+Anders Andersen
+Laurine Andersen
+Alberta Brandt
+Alexander  Brandt
+- Brandt, frøken
+- Christensen fra Randers
+Alfred Eckardt
+Betty  Ejlskov
+Viggo Fich
+- Hansen, sagfører
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Martin Larsen
+Vilhelm Larsen
+Elias Muus
+Christoffer Nielsen
+Frederikke  Nielsen
+Peter Nielsen, Grønland
+Johan  Norden
+- Oppermann
+Jacob Stærmose</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvad et hakkebur er. Det vides ikke, hvem godsforvalter og frue er. 
+Johannes Larsen er ikke nævnt i kataloget fra Den Frie Udstilling 1892. Muligvis er der tale om en ophængning udenfor katalog.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er begyndt at male i Zoologisk Have. Han har også udstillet på "Den Frie". IA Larsen er ved at sælge en ejendom. Købmand Norden er gået konkurs.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kvDO</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 17/2 92
+Min kjære Johannes!
+Ja Du maa nok undre Dig at der ingen Brev var med Kurven men her har været saa meget for at bestille saa vilde jeg da i Søndags rigtig nyde det gode at hvile mig og skrive som jeg vel er kommen tilsæde kommer Betty Ejlskov og vil blive her om Natten [Marie?] var Patient og sad i Sofa saa jeg maatte gjøre Besked gaa med til Foredrag, der skulde nemlig være Oplæsning af Christensen Randers og Sang af en Frøken Brandt fra Ollerup. Søster til Sangeren Brandt. Betty var kjørt med dem herned da hendes Søster er Stedmoder til disse Brandter – hun sang helt kjønt
+Nok om det Marie maatte ligge næste Dag stærk Feber og Pletter i Halsen Vilhelm laa ogsaa saa jeg takkede Gud at hun rejste med Posten næste Dag
+Nu er Marie saa vel at hun maa komme lidt op imorgen og Vilhelm er ogsaa paa Benene han har lavet Adolph et Hakkebur saa her en Tiggen for en Kanariehan
+Idag jeg var nede hos Christoffer for at se til ham havde han endnu ikke drukket noget af sin flaske men jeg fik vist ikke fortalt dig at da jeg var dernede første Gang havde jeg en Flaske Tokejer med til ham jeg skal hilse dig saamange Gange fra dem begge og Peder stod paa Gaden hos en Sandemand og sled i det, husk nu et Telegram til Brudeparret paa Fredag du skulde have seet Rikke da hun fortalte mig at hun spurgte Peter om du ikke skulde med til hans Bryllup jo han er den villeste af dem Alle sammen det er ligemej med de andre - -
+Algren er det bedre med, det var daarligere nogle Dage forleden Dag var han 21 Aar – Gud give ham dog sit Helbred inden ret længe
+Nu haaber jeg at Du har modtaget Pengene, Godsforvalteren kom endelig igaar, men Fruen var med saa jeg ikke Tid at skrive – Tak for dit lille Brev og for det store, det gjorde mig ellers ondt at du kunde blive [ulæseligt ord] for at gaa den Vej, men du kan tro jeg blev glad at du valgte en Blomst som gjorde Lykke og Pengene skal jeg sende dig efterhaanden. Du skal imorgen faa sendt dine store Støvler for dem kan du nok behøve naar du nu skal gaa til Zoologisk Have, det fornøjede os at du maler derude men hvad du maler det maa du endelig fortælle os, og saadan en Kulde om du staar ude 
+Kom nu med en ordentlig Besked ogsaa om hvordan det gik med den frie Udstilling og om Oppermann er ude at lære Landvæsen det vil Fader gjerne vide det morede ham da han kom i Tanke om at han prøvede at pløje og lærte at ride, mon han ikke engang besøger os naar den ligger saa nær herved.
+Nu kommer Brevet ikke afsted iaften alligevel for nu lukkede de Porten og jeg maa lave Kaffe til dem som spiller
+Johannes fortæl mig hvad du maler paa Skolen og idet hele taget en hel Deel jeg længes altid saa meget naar du nylig er rejst, men vi ses forhaabentlig snart for skal vi over til Sverrig medens Georg er hjemme saa maa vi jo afsted først i Marts om det vil gaa som vi ønsker. Vidste jeg blot hvordan vi skal med Vilhelm – skal han til Kjøbenhavn nu og læse privat fransk det koster vel for meget for os men mon ikke vi kunde faa Alfred til at læse med ham at vi engang kan høste en smule Fordel fra den Side – jeg forstaar ikke hvordan vi skal, for var der blot nogen her i Byen der kunde læse fransk med ham saa var det vel egentlig bedst at han gik herhjemme og saa kom derover til August hvad mener du?
+Nu vil jeg saa gjerne gjøre det bedste blot det nu var Alvor at vi kan sælge det Sted saa hjalp det paa os men vi stoler paa Herren han hjælper os nok over de Forlegenheder
+Her er sket en Forandring i Handelsstanden, Kjøbmand Norden har maattet gaa fra sin Forretning med stor Underbalance. Farbroder taber en Deel vi andre ogsaa; men det er jo da værst for ham den Stakkel foreløbig er han flyttet hen hos Sagfører Hansens om det er muligt vil han se at kjøbe Kalkovnen og se at faa en Lejlighed derude – men det er rigtig nok haardt for en Mand i den Alder at gaa fra Huus og Hjem, Ejendommen blev solgt til Hr Stærmose for 16,000, det er ham der er hos Muses.
+Brorsen rejser herfra Byen og gamle Larsen hos Delcomyn skal være hans Afløser.
+Anders Andersens datter Laurine er bleven forlovet med en Søn fra Dienstrup. De skal bo i den nye Gaard ”Andekjærgaarden”
+Pastor Fik har forlovet sig med en ung Pige der har været Lærerinde hos dem for de yngste Børn
+Hils nu alle gode Ven fra os og imorgen naar jeg sender Støvler sender lidt Mad med
+Nu maa du have god Nat og Gud befalet min egen Ven som jeg beder om Lykke og Velsignelse for til din Gjerning
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1921-06-10</t>
+  </si>
+  <si>
+    <t>Rudkøbing
+Tranekær
+Troense
+Skt. Jørgens Kirke, Svendborg</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Claus Friis
+Martha Friis
+- Klem
 Andreas Larsen
-Jeppe Larsen
-[...19 lines deleted...]
-Det er en Skandale at jeg først nu faar samlet mig sammen til at skrive og takke Jer for den dejlige Tid paa Båxhult. Tusind Tak. Og Tak for Brevet Lysse. Jeg har talt med Christiansen om det Fugelim. Raa Linolie koges til det bliver seigt, det er det hele, men det lugter forbandet saa Det maa helst foregaa i Bommastugan. Her var en Stillits for et Par Dage siden i en Burre jeg havde ladet staa i Græsplænen udfor Spisestuen, men jeg har ikke set den siden. Jeg var en Uges Tid i Kjøbenhavn hos Else og endnu et Par Dage hos Grevinden, hvor vi kørte nogle Ture omkring paa Lolland saa nu har jeg snart set hele Øen. Puf og Else hentede mig i Svendborg. Siden har jeg haft travlt med nogle Smaabestillinger. Jeg fik lavet den Akvarel færdig til L.R.S. Carstensen og har sendt den men ikke hørt fra ham endnu. Vi har det godt her og haaber det samme er Tilfældet hos Jer. Mange Hilsener til Jer allesammen ogsaa fra Puf og Else og Børnene.
+Johan Larsen
+Alfred Nielsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Christian Andersen sejlede med skibet Rylen som forberedelse til bogværket De Danskes Øer. Larsens søn, Andreas (Puf) deltog som kok. 
+Lophophora williamsii: Elefantfodskaktus. Indeholder det euforiserende stof meskalin. 
+Lysse (Johan Larsen) gik til eksamen på Landbohøjskolen, da brevet blev skrevet.</t>
+  </si>
+  <si>
+    <t>Der var problemer med en lampe ved motoren, så Rylen kunne ikke komme videre, før de havde fået en ny. 
+Johannes Larsen og Friis er flere gange til middag hos Alfred Nielsens og Johannes Larsen maler en akvarel af deres havedør.
+Han har travlt med at tegne og undskylder over for Alhed Larsen, at han ikke får skrevet nok breve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BpSk</t>
+  </si>
+  <si>
+    <t>Rudkjøbing 10 Juni 1921
+Kæreste Alhed!
+Tak for Brevet som vi fik i Dag, det er altsaa en Uge gammelt, Pufs maa vel saa komme i Mrg. Vi har rakket en Del rundt siden jeg sidst skrev. Den 7de om Mrg sejlede vi til Rudkjøbing og kom der om Eftmdg. Jeg gik op til Alfred Nielsens om Aftenen og Friis og jeg var der og fik en Sjus. Næste Mrg. sejlede vi til Aasø. Om Frmdg var Friis og jeg i Tranekær og om Eftmdg var jeg var jeg i Land med Puf der saa sig om i Slotshaven og Byen mens jeg tegnede et Par Tegninger vi kom først om Bord Kl. henad 8 og vi satte saa Sejl og drev saa smaat ud af Landet mens Puf begyndte at varme Motoren, det gik imidlertid ikke da det viste sig at Lampen var gaaet i Stykker og da der var saa lidt Vind at vi ikke kunne komme tilbage og ikke til Rudkjøbing maatte vi sejle over til Troense hvor vi laa om Natten. Næste Mrg laante vi en Lampe af en Fisker og fik fyret op. Vi sejlede saa til Skt. Jørgens Kirke og besøgte fru Friis der bor i Præstegaarden mens Puf gik ind til Byen og købte en Lampe. Fru Friis og Klaus var saa med om Bord og spiste og da de var sat i Land sejlede vi her til Rudkjøbing igen. Vi var til Middag hos Alfr Nielsens i Aftes, sammen med en Tandlæge Klem og Frue der var bedt fordi vi var forsvundne (vi var nemlig lidt i Forvejen) men Alfred Nielsen saa vi kom ind og kom ned og hentede os. Jeg skal hilse fra dem. De havde 4 Kaktus af samme Slags som Din Store (Williamsii) der var sprungen ud samme Dag med 6 Blomster paa en Gang. Jeg har lavet en 17-18 Tegninger siden vi sejlede Hjemme fra og en Aquarel her fra Havnen den Dag vi kom. I Dag har jeg malet en stor Aquarel af Alfr Nielsens kulørte Havedør. Friis er paa Cykletur, Puf nød det her. Det har været en gevaldig Blæst i Nat, men vi ligger jo godt i Læ. Bare det maa gaa med Lysse, nu kan der jo være sket meget siden Dit Brev, det er en Fandens langsom Postgang. Vi bliver her nogle Dage vist til Tirsdag eller Onsdag men send bare Brevene til Rudkjøbing til Du faar anden Besked naar vi Gaar herfra beder jeg dem sende dem videre til vor ny Adr. hvad den bliver ved jeg ikke endnu Mange kærlige Hilsner og til Lysse
+Din Johannes Larsen.
+PS
+Puf beder mig hilse, han foretrak at skrive i Mrg saa faar du flere Breve. 
+Skriv endelig flittigt. Jeg skal ogsaa nok men det er jo ikke til enhver Tid at vi kan faa Brev af Sted og det er somme Tider strængt at skrive naar jeg har tegnet hele Dagen.
+JL.</t>
+  </si>
+  <si>
+    <t>1885-05-20</t>
+  </si>
+  <si>
+    <t>Ane Marie Christiansdatter
+Alfred Eckardt
+Margrethe  Eckardt
+Valdemar Eckardt
+Adolph Larsen
+Augusta  Larsen
+Cathrine Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Urban Larsen
+Vilhelm Larsen
+Niels Mollerup
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsens fætter, Alfred, er yngste mand ombord på skonnertbriggen "Seierskransen".
+Königsberg hedder i dag Kaliningrad.
+Eckardt-børnene skal hjem til deres forældre, som har sølvbryllup d. 1.6. De bor på gården Høljeryd i Sverige. 
+Urban Larsen, Johannes Larsen onkel, har overtaget en købmandsforretning i Lundeborg ved Svendborg.</t>
+  </si>
+  <si>
+    <t>Johannes Larsens mor glæder sig til, at han kommer hjem i Pinsen. Hans søstre, Christine og Marie, skal rejse til Sverige sammen med kusinen Margrethe Eckardt. Hvornår kommer hr. Mollerup?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uCfU</t>
+  </si>
+  <si>
+    <t>Kjære Johannes!
+Det snavsede Tøj kom ikke idag. Men jeg haaber at du husker hvad Georg bad dig om saa vi faar det en af Dagene da vi skal vaske Fredag Tak for dit sidste Brev som glædede mig usigelig tænk dog hvor mageløst at du kunde skrive jeg er rask – gid det maa vare ja Du glæder Dig til Hjemtouren vi iligemaade, her er en Travlhed Johannes – Fader har givet de smaa Piger Lov til at rejse til Sverrig med Margrethe paa Fredag før Pintse om Gud vil skal Rejsen gaa for sig, ja det kan jo blive morsomt for dem at faa den Ferie, deres Sommerferie bliver saa lagt dertil da det jo var en Skam andet end Margrethe skulde have den med det samme naar Rejsen er kostet, Valdemar vil om han faar Lov støde til dem i Kjøbenhavn – Alfred var her Brev fra igaar han er i Königsberg for Tiden og har den lille Mulighed at ”Sejerskrandsen” kommer til at anløbe Kjøbenhavn Rhed saa maa han blive afmønstret, det ønsker han jo meget.
+Du glemte at sige mig naar Hr Mollerup kommer? Og naar du selv kommer. Urban er nu rejst med alle ja han kommer vel engang til for at hente Augusta.
+Faster Thrine har det bedre Farmor har det godt og beder at hilse Dig – Hils nu alle derovre saa kjærlig fra os
+Du - min egen Ven – lægger jeg i Gud Faders kjærlige Omsorg ved Bøn om alt det bedste for dig
+Din trofaste Moder – 
+Tak fordi du huskede Georgs Fødselsdag
+Hilsen fra alle dine Søskende</t>
+  </si>
+  <si>
+    <t>1916-02-08</t>
+  </si>
+  <si>
+    <t>Elise Hansen</t>
+  </si>
+  <si>
+    <t>Peter Hansen</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Ausa -
+- Hansen
+Grete Jensen, f. Hansen
+Elena Larsen
+Elisabeth Neckelmann
+Marie Neckelmann
+Marie Schou
+Harald Schoubye
+Niels Erik Schoubye
+Fritz Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Lisbeth og Gitte var.</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Peter Hansens arkiv.</t>
+  </si>
+  <si>
+    <t>Elise har så travlt men skal nok snart sende cyklen osv over. Hun glæder sig til at se Peters billede med pavillonen. Fortæller i øvrigt om familiens aktiviteter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bSaT</t>
+  </si>
+  <si>
+    <t>Mandag Aften
+Kære Per.
+Jeg har saa travlt, saa travlt, men nu skal jeg nok se i Morgen at faa sendt din Cykle o.s.v.! Jeg glæder mig til at se det Billede med Pavillonen, og det kan blive godt at male nogle Billeder ude, det er jo helt Foraarsvejr. Lisbeth og Frøken Hansen var i Holte i Gaar og kom slæbende med Billeder og Blindrammer. Nu faar jeg Baronen og Marie herud og hjælpe mig med at tage Billeder ud paa Onsdag. Jeg skal ogsaa over i Atelieret og se, hvad Hans har lavet. Jeg er glad for Børnene, ellers visnede jeg da og gik ud. Harald Bimse og Ausa spillede Bridge i Aftes og det endte med, at de kløede løs pa hinanden med Sæberis og Paraplyer; Niels Erik og vi andre adstadige svedte ligefrem ved at se paa dem. Bimse er blevet svært kvik; Gitten har det ogsaa godt. Baronen kunde ikke forstaa, at du ikke fik dine Rammer i Svanninge. Han har haft en Glarmester fra Kerteminde herovre, det var billigere. Kærlig Hilsen
+E[utydeligt]</t>
+  </si>
+  <si>
+    <t> 2. sep. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Hr09kNvg</t>
+  </si>
+  <si>
+    <t> 9. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/4zMTy9JF</t>
+  </si>
+  <si>
+    <t>1943-08-12</t>
+  </si>
+  <si>
+    <t>Tage la Cour
+Johanne Christine Larsen
+Marie Larsen
+Finn Salomonsen
+Christine Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Det er ærgerligt med de træer, der er gået ud. 
+Larsen maler på bestillingsopgaver. Han har haft besøg af Tage la Cour og Finn Salomonsen. 
+Johanne ligger på hospitalet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LDJ8</t>
+  </si>
+  <si>
+    <t>Kjerteminde 12 Aug 1943.
+Kære Lysse
+Tak for Dit Brev. Det er rart at høre at I har det godt, men trist med alle de Træer der er gaaet ud, det er for øvrigt ligesaa hos os, men det har jeg vist før berettet. Jeg har malet nogle Bestillinger siden jeg kom hjem fra Knuthenborg og skal nu til at gaa i Gang med mit 
+[Resten af siden mangler]
+Vi havde forleden Besøg af Finn Salomonsen, som kom fra Svendbg sammen med Tage la Cour, som han havde besøgt. Marie der skulde have holdt Ferie her er paa Lindøgaard i Anledning af at Junge ligger paa Sygehuset. Vi venter Uglen og Lasse en af Dagene. Mange Hilsner til Jer allesammen fra 
 Din Far.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -2676,51 +2676,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usto" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pr2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dqaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsG2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bSaT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4zMTy9JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BpSk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FEkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ar7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xmoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cOfRv9x0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oc0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DQtRfGF4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nCJ0nTMe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Zje1ukKS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aFrALJpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w6FFrcLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GdhoMkTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FvyU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jepUnZbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qtlc1iNR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hr09kNvg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7XXN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k6QI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/soSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tR39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gUgO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VXzl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1JyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g3CC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/FvyU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dqaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FEkQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xmoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tR39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ar7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7XXN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GdhoMkTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w6FFrcLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cOfRv9x0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Zje1ukKS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qtlc1iNR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DQtRfGF4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nCJ0nTMe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aFrALJpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jepUnZbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usto" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsG2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k6QI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oc0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VXzl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/soSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gUgO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1JyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g3CC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pr2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BpSk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bSaT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Hr09kNvg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4zMTy9JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M75"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -2760,3350 +2760,3350 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-      <c r="F3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="H3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="I3" s="5"/>
-      <c r="J3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...17 lines deleted...]
-        </is>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>41</v>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>16</v>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G6" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>56</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>58</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>64</v>
-[...4 lines deleted...]
-        </is>
+        <v>57</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>66</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="F9" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="G9" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="J9" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="K9" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="J9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="K9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="I10" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="F10" s="5" t="s">
+      <c r="J10" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K10" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>84</v>
-      </c>
-[...10 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="I11" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="B11" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="J11" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K11" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="J11" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K11" s="5" t="s">
+      <c r="M11" s="5" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="B12" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E12" s="5" t="s">
-        <v>72</v>
-[...4 lines deleted...]
-        </is>
+        <v>96</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>97</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>102</v>
+        <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>57</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>114</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>115</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G14" s="5" t="s">
-        <v>111</v>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="I14" s="5"/>
       <c r="J14" s="5" t="s">
-        <v>30</v>
+        <v>117</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>55</v>
+        <v>122</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G15" s="5" t="s">
-        <v>118</v>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>55</v>
+        <v>130</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>26</v>
+        <v>131</v>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G16" s="5" t="s">
-        <v>125</v>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>30</v>
+        <v>134</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="I17" s="5"/>
       <c r="J17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K17" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K17" s="5" t="s">
+        <v>141</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>136</v>
-[...8 lines deleted...]
-        <v>27</v>
+        <v>15</v>
+      </c>
+      <c r="D18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>138</v>
-[...5 lines deleted...]
-        <v>140</v>
+        <v>144</v>
+      </c>
+      <c r="I18" s="5"/>
+      <c r="J18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K18" s="5" t="s">
         <v>141</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="M18" s="5"/>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>15</v>
+      </c>
+      <c r="D19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G19" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I19" s="5" t="s">
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I19" s="5"/>
+      <c r="J19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="L19" s="6" t="s">
         <v>147</v>
       </c>
-      <c r="J19" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H20" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H20" s="5" t="s">
+        <v>149</v>
       </c>
       <c r="I20" s="5"/>
       <c r="J20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K20" s="5" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M20" s="5"/>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>155</v>
+        <v>15</v>
+      </c>
+      <c r="D21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G21" s="5" t="s">
-[...9 lines deleted...]
-        <v>30</v>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K21" s="5" t="s">
-        <v>158</v>
+        <v>141</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>159</v>
-[...3 lines deleted...]
-      </c>
+        <v>152</v>
+      </c>
+      <c r="M21" s="5"/>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>15</v>
+      </c>
+      <c r="D22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="I22" s="5"/>
-      <c r="J22" s="5" t="s">
-        <v>165</v>
+      <c r="J22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K22" s="5" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="M22" s="5"/>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>15</v>
+      </c>
+      <c r="D23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F23" s="5" t="s">
-        <v>171</v>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>172</v>
+        <v>154</v>
       </c>
       <c r="I23" s="5"/>
-      <c r="J23" s="5" t="s">
-        <v>173</v>
+      <c r="J23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K23" s="5" t="s">
-        <v>174</v>
+        <v>141</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="M23" s="5"/>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>177</v>
+        <v>158</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D24" s="5" t="s">
-[...6 lines deleted...]
-        <v>178</v>
+      <c r="D24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H24" s="5" t="s">
-[...6 lines deleted...]
-        <v>181</v>
+      <c r="H24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I24" s="5"/>
+      <c r="J24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K24" s="5" t="s">
-        <v>182</v>
+        <v>159</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="M24" s="5"/>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>185</v>
+        <v>161</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>186</v>
-[...8 lines deleted...]
-        <v>188</v>
+        <v>15</v>
+      </c>
+      <c r="D25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H25" s="5" t="s">
-[...6 lines deleted...]
-        <v>191</v>
+      <c r="H25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I25" s="5"/>
+      <c r="J25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K25" s="5" t="s">
-        <v>192</v>
+        <v>162</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="M25" s="5"/>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>195</v>
+        <v>164</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>196</v>
+        <v>15</v>
+      </c>
+      <c r="D26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G26" s="5" t="s">
-        <v>197</v>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>198</v>
-[...5 lines deleted...]
-        <v>30</v>
+        <v>105</v>
+      </c>
+      <c r="I26" s="5"/>
+      <c r="J26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K26" s="5" t="s">
-        <v>200</v>
+        <v>159</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="M26" s="5"/>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>203</v>
+        <v>166</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>15</v>
+      </c>
+      <c r="D27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H27" s="5" t="s">
-        <v>205</v>
+      <c r="H27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I27" s="5"/>
-      <c r="J27" s="5" t="s">
-        <v>206</v>
+      <c r="J27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K27" s="5" t="s">
-        <v>207</v>
+        <v>159</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="M27" s="5"/>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>210</v>
+        <v>168</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H28" s="5" t="s">
-        <v>211</v>
+      <c r="H28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I28" s="5"/>
       <c r="J28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K28" s="5" t="s">
-        <v>212</v>
+        <v>162</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>213</v>
+        <v>169</v>
       </c>
       <c r="M28" s="5"/>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>214</v>
+        <v>170</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>215</v>
+        <v>122</v>
       </c>
       <c r="I29" s="5"/>
       <c r="J29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K29" s="5" t="s">
-        <v>212</v>
+        <v>141</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>216</v>
+        <v>171</v>
       </c>
       <c r="M29" s="5"/>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>217</v>
+        <v>172</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>218</v>
+        <v>95</v>
+      </c>
+      <c r="D30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G30" s="5" t="s">
-        <v>219</v>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>220</v>
-[...8 lines deleted...]
-        <v>222</v>
+        <v>173</v>
+      </c>
+      <c r="I30" s="5"/>
+      <c r="J30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L30" s="6" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="M30" s="5"/>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>225</v>
+        <v>175</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>218</v>
+        <v>15</v>
+      </c>
+      <c r="D31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G31" s="5" t="s">
-        <v>226</v>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>227</v>
-[...5 lines deleted...]
-        <v>30</v>
+        <v>176</v>
+      </c>
+      <c r="I31" s="5"/>
+      <c r="J31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K31" s="5" t="s">
-        <v>229</v>
+        <v>177</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>230</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="M31" s="5"/>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>232</v>
+        <v>179</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>218</v>
+        <v>15</v>
+      </c>
+      <c r="D32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G32" s="5" t="s">
-[...9 lines deleted...]
-        <v>30</v>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K32" s="5" t="s">
-        <v>235</v>
+        <v>141</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="M32" s="5"/>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>238</v>
+        <v>181</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>15</v>
+      </c>
+      <c r="D33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G33" s="5" t="s">
-[...9 lines deleted...]
-        <v>30</v>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K33" s="5" t="s">
-        <v>242</v>
+        <v>141</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="M33" s="5"/>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>245</v>
+        <v>183</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H34" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H34" s="5" t="s">
+        <v>184</v>
       </c>
       <c r="I34" s="5"/>
       <c r="J34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K34" s="5" t="s">
-        <v>212</v>
+        <v>141</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>246</v>
+        <v>185</v>
       </c>
       <c r="M34" s="5"/>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>247</v>
+        <v>186</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>248</v>
+        <v>15</v>
+      </c>
+      <c r="D35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G35" s="5" t="s">
-        <v>249</v>
+      <c r="G35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>250</v>
-[...5 lines deleted...]
-        <v>30</v>
+        <v>187</v>
+      </c>
+      <c r="I35" s="5"/>
+      <c r="J35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K35" s="5" t="s">
-        <v>252</v>
+        <v>141</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="M35" s="5"/>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>255</v>
+        <v>189</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I36" s="5"/>
       <c r="J36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K36" s="5" t="s">
-        <v>212</v>
+        <v>190</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>256</v>
+        <v>191</v>
       </c>
       <c r="M36" s="5"/>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>257</v>
+        <v>192</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H37" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H37" s="5" t="s">
+        <v>193</v>
       </c>
       <c r="I37" s="5"/>
       <c r="J37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K37" s="5" t="s">
-        <v>212</v>
+        <v>141</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>258</v>
+        <v>194</v>
       </c>
       <c r="M37" s="5"/>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>259</v>
+        <v>195</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>196</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G38" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G38" s="5" t="s">
+        <v>197</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>260</v>
-[...5 lines deleted...]
-        </is>
+        <v>198</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="M38" s="5"/>
+        <v>201</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>202</v>
+      </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>262</v>
+        <v>203</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>25</v>
-[...19 lines deleted...]
-        </is>
+        <v>204</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="G39" s="5" t="s">
+        <v>206</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>263</v>
+        <v>207</v>
       </c>
       <c r="I39" s="5"/>
-      <c r="J39" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J39" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="M39" s="5"/>
+        <v>209</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>210</v>
+      </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>265</v>
+        <v>211</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>25</v>
-[...19 lines deleted...]
-        </is>
+        <v>204</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>212</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>266</v>
-[...5 lines deleted...]
-        </is>
+        <v>213</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="M40" s="5"/>
+        <v>216</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>217</v>
+      </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>268</v>
+        <v>218</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>57</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G41" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G41" s="5" t="s">
+        <v>219</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>269</v>
-[...5 lines deleted...]
-        </is>
+        <v>220</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="M41" s="5"/>
+        <v>223</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>224</v>
+      </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>271</v>
+        <v>225</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G42" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G42" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="H42" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="J42" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>212</v>
+        <v>229</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="M42" s="5"/>
+        <v>230</v>
+      </c>
+      <c r="M42" s="5" t="s">
+        <v>231</v>
+      </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>273</v>
+        <v>232</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G43" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G43" s="5" t="s">
+        <v>233</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>274</v>
-[...5 lines deleted...]
-        </is>
+        <v>234</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="J43" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>212</v>
+        <v>236</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="M43" s="5"/>
+        <v>237</v>
+      </c>
+      <c r="M43" s="5" t="s">
+        <v>238</v>
+      </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>276</v>
+        <v>239</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>277</v>
+        <v>26</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>111</v>
-[...7 lines deleted...]
-        </is>
+        <v>57</v>
+      </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G44" s="5" t="s">
+        <v>240</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>279</v>
+        <v>241</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>280</v>
+        <v>242</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>140</v>
+        <v>29</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>281</v>
+        <v>243</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>282</v>
+        <v>244</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>283</v>
+        <v>245</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>284</v>
+        <v>246</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>247</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G45" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G45" s="5" t="s">
+        <v>248</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>285</v>
-[...5 lines deleted...]
-        </is>
+        <v>249</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>212</v>
+        <v>251</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="M45" s="5"/>
+        <v>252</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>253</v>
+      </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>287</v>
+        <v>254</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>25</v>
-[...14 lines deleted...]
-        </is>
+        <v>255</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>205</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K46" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="L46" s="6" t="s">
         <v>260</v>
       </c>
-      <c r="I46" s="5"/>
-[...11 lines deleted...]
-      <c r="M46" s="5"/>
+      <c r="M46" s="5" t="s">
+        <v>261</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>289</v>
+        <v>262</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>25</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>58</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>290</v>
+        <v>263</v>
       </c>
       <c r="I47" s="5"/>
-      <c r="J47" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J47" s="5" t="s">
+        <v>61</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>212</v>
+        <v>264</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="M47" s="5"/>
+        <v>265</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>266</v>
+      </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>292</v>
+        <v>267</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>268</v>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H48" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H48" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="J48" s="5" t="s">
+        <v>271</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>293</v>
+        <v>272</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>294</v>
-[...1 lines deleted...]
-      <c r="M48" s="5"/>
+        <v>273</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>274</v>
+      </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>295</v>
+        <v>275</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>276</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>277</v>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>296</v>
+        <v>278</v>
       </c>
       <c r="I49" s="5"/>
-      <c r="J49" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J49" s="5" t="s">
+        <v>279</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>293</v>
+        <v>280</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="M49" s="5"/>
+        <v>281</v>
+      </c>
+      <c r="M49" s="5" t="s">
+        <v>282</v>
+      </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>298</v>
+        <v>283</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>284</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>95</v>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F50" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F50" s="5" t="s">
+        <v>285</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H50" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H50" s="5" t="s">
+        <v>286</v>
       </c>
       <c r="I50" s="5"/>
-      <c r="J50" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J50" s="5" t="s">
+        <v>287</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>299</v>
-[...1 lines deleted...]
-      <c r="M50" s="5"/>
+        <v>289</v>
+      </c>
+      <c r="M50" s="5" t="s">
+        <v>290</v>
+      </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>292</v>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H51" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H51" s="5" t="s">
+        <v>293</v>
       </c>
       <c r="I51" s="5"/>
-      <c r="J51" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J51" s="5" t="s">
+        <v>294</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="M51" s="5"/>
+        <v>296</v>
+      </c>
+      <c r="M51" s="5" t="s">
+        <v>297</v>
+      </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="K52" s="5" t="s">
         <v>302</v>
       </c>
-      <c r="B52" s="5" t="s">
-[...25 lines deleted...]
-      <c r="H52" s="5" t="s">
+      <c r="L52" s="6" t="s">
         <v>303</v>
       </c>
-      <c r="I52" s="5"/>
-[...5 lines deleted...]
-      <c r="K52" s="5" t="s">
+      <c r="M52" s="5" t="s">
         <v>304</v>
       </c>
-      <c r="L52" s="6" t="s">
-[...2 lines deleted...]
-      <c r="M52" s="5"/>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C53" s="5" t="s">
         <v>306</v>
       </c>
-      <c r="B53" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D53" s="5" t="s">
-        <v>55</v>
+        <v>307</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>307</v>
-[...6 lines deleted...]
-      <c r="G53" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H53" s="5" t="s">
         <v>308</v>
       </c>
-      <c r="H53" s="5" t="s">
+      <c r="I53" s="5"/>
+      <c r="J53" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="K53" s="5" t="s">
         <v>309</v>
       </c>
-      <c r="I53" s="5" t="s">
+      <c r="L53" s="6" t="s">
         <v>310</v>
       </c>
-      <c r="J53" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K53" s="5" t="s">
+      <c r="M53" s="5" t="s">
         <v>311</v>
-      </c>
-[...4 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H54" s="5" t="s">
         <v>314</v>
       </c>
-      <c r="B54" s="5" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="I54" s="5"/>
-      <c r="J54" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J54" s="5" t="s">
+        <v>108</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>315</v>
       </c>
       <c r="L54" s="6" t="s">
         <v>316</v>
       </c>
-      <c r="M54" s="5"/>
+      <c r="M54" s="5" t="s">
+        <v>317</v>
+      </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>25</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>58</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H55" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H55" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="J55" s="5" t="s">
+        <v>61</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="M55" s="5"/>
+        <v>321</v>
+      </c>
+      <c r="M55" s="5" t="s">
+        <v>322</v>
+      </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>26</v>
-[...7 lines deleted...]
-        <v>320</v>
+        <v>57</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>327</v>
+        <v>15</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>328</v>
+        <v>313</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>329</v>
+        <v>57</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>330</v>
-[...1 lines deleted...]
-      <c r="I57" s="5"/>
+        <v>331</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>332</v>
+      </c>
       <c r="J57" s="5" t="s">
-        <v>331</v>
+        <v>108</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>336</v>
+        <v>94</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>296</v>
+        <v>268</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>346</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>347</v>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>211</v>
+        <v>94</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-        </is>
+        <v>268</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>355</v>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>357</v>
+        <v>15</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>358</v>
+        <v>16</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>359</v>
-[...4 lines deleted...]
-        </is>
+        <v>57</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>346</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>362</v>
+        <v>29</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>367</v>
+        <v>15</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>346</v>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
         <v>369</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>370</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>352</v>
+        <v>29</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>371</v>
       </c>
       <c r="L62" s="6" t="s">
         <v>372</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
         <v>374</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>25</v>
+        <v>375</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>296</v>
+        <v>95</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>376</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>346</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="I63" s="5"/>
+        <v>268</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>377</v>
+      </c>
       <c r="J63" s="5" t="s">
-        <v>345</v>
+        <v>378</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>367</v>
+        <v>56</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>352</v>
+        <v>61</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>387</v>
+        <v>56</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>368</v>
+        <v>58</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="I65" s="5"/>
+        <v>389</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>390</v>
+      </c>
       <c r="J65" s="5" t="s">
-        <v>352</v>
+        <v>61</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>367</v>
+        <v>105</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>57</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>352</v>
+        <v>108</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>94</v>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>345</v>
+        <v>403</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>25</v>
+        <v>408</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>367</v>
+        <v>95</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>26</v>
+        <v>409</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>368</v>
+        <v>410</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>352</v>
+        <v>413</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>25</v>
+        <v>204</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>411</v>
+        <v>15</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>57</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="G69" s="5" t="s">
+        <v>418</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>412</v>
-[...1 lines deleted...]
-      <c r="I69" s="5"/>
+        <v>419</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>420</v>
+      </c>
       <c r="J69" s="5" t="s">
-        <v>345</v>
+        <v>29</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>414</v>
+        <v>422</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>415</v>
+        <v>423</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>410</v>
+        <v>424</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>367</v>
+        <v>16</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>26</v>
-[...7 lines deleted...]
-        </is>
+        <v>41</v>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G70" s="5" t="s">
+        <v>425</v>
       </c>
       <c r="H70" s="5" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>352</v>
+        <v>29</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>419</v>
+        <v>429</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>25</v>
+        <v>204</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>367</v>
+        <v>15</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>368</v>
+        <v>205</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>422</v>
-[...1 lines deleted...]
-      <c r="I71" s="5"/>
+        <v>432</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>433</v>
+      </c>
       <c r="J71" s="5" t="s">
-        <v>352</v>
+        <v>29</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>424</v>
+        <v>435</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>425</v>
+        <v>436</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>426</v>
+        <v>437</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>25</v>
+        <v>438</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>367</v>
+        <v>439</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>26</v>
+        <v>205</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>427</v>
+        <v>440</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>429</v>
+        <v>442</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>352</v>
+        <v>443</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>430</v>
+        <v>444</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>431</v>
+        <v>445</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>432</v>
+        <v>446</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>433</v>
+        <v>447</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>25</v>
-[...8 lines deleted...]
-        <v>434</v>
+        <v>15</v>
+      </c>
+      <c r="D73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H73" s="5" t="s">
-[...6 lines deleted...]
-        <v>352</v>
+      <c r="H73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I73" s="5"/>
+      <c r="J73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K73" s="5" t="s">
-        <v>437</v>
+        <v>159</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>438</v>
-[...3 lines deleted...]
-      </c>
+        <v>448</v>
+      </c>
+      <c r="M73" s="5"/>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>440</v>
+        <v>449</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>441</v>
-[...8 lines deleted...]
-        <v>443</v>
+        <v>15</v>
+      </c>
+      <c r="D74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>444</v>
-[...5 lines deleted...]
-        <v>446</v>
+        <v>80</v>
+      </c>
+      <c r="I74" s="5"/>
+      <c r="J74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K74" s="5" t="s">
-        <v>447</v>
+        <v>141</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="M74" s="5"/>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>411</v>
+        <v>105</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>451</v>
-[...1 lines deleted...]
-      <c r="I75" s="5" t="s">
         <v>452</v>
       </c>
+      <c r="I75" s="5"/>
       <c r="J75" s="5" t="s">
-        <v>345</v>
+        <v>108</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>453</v>
       </c>
       <c r="L75" s="6" t="s">
         <v>454</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>455</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>