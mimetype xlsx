--- v0 (2025-11-15)
+++ v1 (2026-02-16)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3074" uniqueCount="1871" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3138" uniqueCount="1917" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -3233,50 +3233,82 @@
     <t>Kjerteminde 15 M[noget af papiret mangler]
 Kæreste Alhed!
 Jeg havde bestemt at skrive til Dig, og som Du ser gør jeg det ogsaa, skønt jeg er kommen i Tanker om at det er Lørdag, og du har jo gjort mig opmærksom paa at der ikke gaar Landpost om Søndagen [noget af papiret mangler] I nu faar Bud til [noget af papiret mangler] Morgen saa faar D[noget af papiret mangler] og hvis ikke, saa faa[noget af papiret mangler] paa Mandag. D[noget af papiret mangler] en urimelig lan[noget af papiret mangler] jeg fik Brev fra Dig, og jeg har i den sidste Tid kigget flittigt efter Posten om [noget af papiret mangler]n, men forgæves. Jeg fik 2 Overraskelser i Gaar, lidt efter Middag fik jeg at vide at det var Helligdag og længere henne paa Eftermiddagen fik jeg at vide at Fader og Moder skulde rejse til Sverige i Nat, nu er de væk og kommer først paa Onsdag, saa jeg er alene [noget af papiret mangler] Storm og Agraren [noget af papiret mangler]dig en væmmelig [noget af papiret mangler] i Aftes havde vi [noget af papiret mangler] an et dejligt [noget af papiret mangler] klart Vejr med [noget af papiret mangler]rometer. Til Morgen fik jeg dog malet paa mit Billede herfra Vinduet, det Solskin og nogenlunde Vejr men nu blæser det med en kold Nordenvind. Jeg har spændt et stort Stykke Lærred ud, som jeg skal male Pæretræet paa, der kommer en Mængde Blomster paa i Aar, men det staar jo og kan ikke springe ud i denne Kulde. Guldregnen [noget af papiret mangler] derimod bange [noget af papiret mangler] den narrer m[noget af papiret mangler] ikke ud til at [noget af papiret mangler] ret mange Blo[noget af papiret mangler] Aar. Naar jeg er færdig med dette Brev skal jeg til at tegne en død Rotteunge, som jeg har [noget af papiret mangler] her, og i eftermiddag vilde jeg gerne ned i Haven og tegne Tjalfe. Jeg har købt et Par Kaninunger, som han skal staa for mens jeg tegner ham, og jeg haaber at jeg faar Fornøjelse af det arrangement. De tidlige Tulipaner begynder at se noget medtagne [noget af papiret mangler] de andre ere end-[noget af papiret mangler] begyndte at springe[noget af papiret mangler] vil sige Dig inden [noget af papiret mangler] at jeg længes forfærdelig efter at faa Brev fra Dig og jeg haaber paa i Morgen. Mange Hilsner til min egen elskede Kæreste fra Din
 Johannes Larsen</t>
   </si>
   <si>
     <t>1897-06-11</t>
   </si>
   <si>
     <t>Jeppe Andreas Larsen
 Agnes Lindhard
 Christine Swane</t>
   </si>
   <si>
     <t>Johannes Larsen ville have været på besøg hos Alhed, men han havde en masse andet at lave såsom at få sin bøsse til bøssemageren, så den er i orden inden Sverigesrejsen.
 Larsen maler på Morgenbilledet, men Guldregnen er stillet væk til næste år.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3pnk</t>
   </si>
   <si>
     <t>Kjerteminde 11 Juni 1897.
 Min egen Kæ[reste]
 Jeg vil ikke und[skylde men med]dele Dig at det [var] min Mening at [tage til] Erikshaab i Dag [noget af papiret mangler] dig paa Ulriksho[lm] [noget af papiret mangler] og i Dag skulde vi [noget af papiret mangler] til Nyborg for at hente [noget af papiret mangler] og Christine, jeg skulde have været med derud for at gaa til Bøssemageren med min Bøsse, saa den kunde være i Orden til vi skal [til] Sverige, men saa [noget af papiret mangler] i Dag at de først [kommer] i Morgen. I Formiddag har jeg været med Fader [noget af papiret mangler] Lindhardts [noget af papiret mangler] og i Mor[noget af papiret mangler]iddag skal vi saa [noget af papiret mangler] dem og hvis [noget af papiret mangler] kommer i Mor[noget af papiret mangler] Du mig paa [noget af papiret mangler] Det er sikkert. Du [kan tr]o paa at jeg glæ[der] mig til at se Dig igen. Guldregnen har jeg nu stillet hen da jeg iikke kan male paa den mere men Morgenbilledet maler [jeg] stadig lidt paa og jeg [noget af papiret mangler] at tænke paa [noget af papiret mangler] ikke var det heldigste at lade det staa til næste Aar ogsaa, det værste er jo, at j[eg paa] den Maade ikk[noget af papiret mangler] get til næste [noget af papiret mangler] Jeg har efter [noget af papiret mangler]givet at høre [noget af papiret mangler] Dig inden jeg [noget af papiret mangler] men jeg skal [noget af papiret mangler]ne mig naar [noget af papiret mangler] Dig at se [noget af papiret mangler] Tuschen er bleven doven eller hvad jeg skal kaldet det, den er saa tyk at jeg kan trække den ud i lange Traade. Mange Hilsner til min [noget af papiret mangler] Allerkæreste fra [noget af papiret mangler]
 Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1897-07-13</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1349</t>
+  </si>
+  <si>
+    <t>Brev 1:
+Johannes Larsen ønsker tillykke med fødselsdagen. Han maler på et aftenbillede fra klinten i Kerteminde, og det trækker derfor ud med turen til Sverige.
+Brev 2:
+Christine Swane/Uglen ønsker tillykke og håber, at det er rare mennesker, Vilhelm/Klaks Larsen er hos. Hun har plantet blomster i haven, skuffet gange, klippet hæk og vandet. Syberg har spurgt, om Christine vil komme til Svanninge og hjælpe i huset, og til gengæld vil hun kunne få sangundervisning af Hedevig/Mutter Lützhøft.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5uWD</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 Juli 1897.
+Kære Vilhelm!
+Herved sender jeg Dig min Lykønskning i Anledning af Din Fødselsdag, men da jeg jo ikke har nogle Ærinder Du kan udrette for mig for Øjeblikket kan Du jo nok forstaa at der ikke bliver noget længere Brev ud af det denne Gang. Vi har det alle godt og arbejder af og til med Høet. I Dag skal vi begynde at køre det ind. Jeg maler på et Billede oppe fra Klinten i denne Tid, det er et Aftenbillede saa jeg kan jo ikke arbejde ret længe paa det ad Gangen, derfor trækker det ud med Turen til Sverige jeg skulde helst have været færdig til at tage derover nu i Løbet af Ugen. Hvad Tid bliver Du færdig med at maale? Mange Hilsner og Lykønskninger
+Din hengivne
+Johannes Larsen.
+Kære Klaks!
+Hjertelig til Lykke paa Fødselsdagen, jeg haaber for Dig at Du nu ser lidt lysere paa Dit Arbejde, saa at Du maa faa en rigtig dejlig Dag i Morgen. – Det er da storartet for Dig at det er rare Mennesker Du er hos. Det er dog en forfærdelig Tørke vi har i denne Tid, vi har plantet nogle Blomster nede i Haven, men jeg maatte først bære en Snes Spande Vand ned paa Bedene for at faa Jorden blødt op saa at Blomsterne kan gro. – Nu til Morgen har jeg skuffet Gangene og klippet Hækken oppe ved Højen og Blomsterne staar storartet, saa naar jeg nu passer at vande dem hver Aften saa bliver der nok kønt dernede. Har Du hørt at Sybergs gerne vilde have mig ned til Svanninge og hjælpe Anna, mens de har Fremmede, saa kunde jeg til Gengæld lære at synge hos Mutter som skal besøge Dem i Sommer. Kunde det ikke være forfærdeligt morsomt? - Jeg har for nogle Dage Siden skrevet ned til Anna, at jeg nok vilde derned, men endnu ikke faaet Svar, men jeg haaber det kommer en af Dagene. Hvordan passer Bukserne Dig? Nu vil jeg slutte med mange kærlige Hilsner fra din hengivne
+Ugle</t>
   </si>
   <si>
     <t>1897-07-20</t>
   </si>
   <si>
     <t>Johannes Larsen har ikke malet på billedet fra Klintenn, siden Alhed rejste. Han har lagt det store billede med hunden an. Larsen glæder sig til at skulle være sammen med Alhed på Sveriges-turen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Cxdt</t>
   </si>
   <si>
     <t>Kjerteminde Mandag 20 Juli 1897.
 Min egen Kæreste!
 Hvornaar er det at Du kommer igen? Jeg har ikke malet paa Klintebilledet siden Du rejste, i Gaar Eftermiddags var vi paa en Køretur til Midskov, nemlig ude at besøge de Folk som vi ikke traf hjemme sidste Søndag, saa da kunde jeg jo ikke male, og desuden var det jo Regnvejr i Aftes og i Dag har det regnet meget saa i Aften kan jeg heller ikke. I Dag har jeg lagt det store Billede med Hunden an, det kommer vist ikke til at se saa fjollet ud. Jeg antager, at jeg faar Brev fra Dig i Morgen, jeg længes nemlig efter at høre fra Dig, men endnu mere efter at se Dig. Jeg glæder mig umaadelig til Sverigesturen, da jeg skal være saa længe sammen med Dig. Mange kærlige Hilsner fra Din
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1897-07-29</t>
   </si>
   <si>
     <t>Thora  Branner
 Louise Brønsted
 Christine  Mackie
 Otto Emil  Paludan
 Ellen  Sawyer
@@ -8774,50 +8806,92 @@
 Kronikken er formodentlig Ludvig Holstein: Johs. V. Jensen og hans Fjender. Politiken 1931-02-12. Berlingske Aften 1931.02.16.
 Sneglen og Rosenhækken er en historie af H.C. Andersen. 
 Odensebillederne er en række malerier, som H.C. Andersens Hus i Odense havde bestilt hos Fritz Syberg. Han har omtalt dem i flere breve til Johannes V. Jensen.</t>
   </si>
   <si>
     <t>Syberg takker for digtsamlingen. Han har læst Holsteins kronik. Desuden husker han Helge Rodes anmeldelse af en af Johs. V. Jensens myter. Rode skrev her om at være for yndig.
 Syberg har sendt 22 billeder til Den Frie og skal nu i gang med sine Odensebilleder igen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/aH2l</t>
   </si>
   <si>
     <t>Pilegaarden 17-2-31
 Kære Ven.
 Tak for Dine Digte, af hvilke jeg bl.a ikke før har læst det som indleder Samlingen. Mon et saadant Digt ikke kan faa Dine Angribere til at indse at Du i Grunden er usaarlig? eller nøjes de med at føle det og harmes? Jeg har læst Holsteins Kronik og er ondskabsfuld nok til at glæde mig over at de to Herrer Joh. Jørgensen og – især – Helge Rode er trukket frem. 
 Man behøver hverken Ruslands eller Tysklands Hjælp til Fremstillingen af det Trekløver han præsenterer for os, tvertimod, det straaler af ægte Hjemmedanskhed. Af det lidt jeg har læst af Helge Rode bevarer jeg en lille Erindring, som jeg ikke kan faa slettet ud af mit Sind. I en Anmeldelse i Berling. T. af en af Dine Myter ”I Sverige”, hvor han paa falsk og uægte Maade men ”sobert” og ”fornemt” vurderede Dig og satte Dig paa Plads fremkom følgende indskudte Bemærkning om Dig: ”har man forresten Lov at være saa yndig”
 Det er Historien om Sneglen og Rosenhækken. 
 Forresten er der jo noget humoristisk i, at Dine Angribere for at finde noget de muligvis kan ramme og saare Dig med maa klæde sig selv af.
 Det lader til at Kyndelmisse giver os Vinter i Aar. [I] Hvert Fald er Østenvinden barsk her. Jeg har lige faaet sendt 22 Billeder over til den Frie og skal nu til at have Odensebillederne fat igen.
 Trods Gigt og Nyrer har jeg det ug.
 Mange Hilsener til Dig og Else.
 Eders hengivne
 Fritz Syberg.</t>
   </si>
   <si>
+    <t>1931-09-10</t>
+  </si>
+  <si>
+    <t>Thora  Branner</t>
+  </si>
+  <si>
+    <t>Hillerød</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Vilhelm Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Julie/Pan Brandt fyldte 60 år i 1931.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3854</t>
+  </si>
+  <si>
+    <t>Thora/Tutte Branner ville gerne have været med til at fejre Julie/Pan Brandt, men hun og manden skal til deres hus i Sverige. De skal vinterordne haven og rydde et stykke jord til urter. Stedet hedder Puttebygget. Johanne/Junge C. Larsen har været med Thora og Vilhelm deroppe. De tog på rotur, lavede bål mm., og Johanne nød det som et barn. Der er alt, hvad man har brug for i huset i form af køkkengrej, sengetøj mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/taqC</t>
+  </si>
+  <si>
+    <t>Hillerød
+10 - 9 - 31
+Kære Lugge!
+Tak for dit Brev! den go'e Pan! - Ja på een Måde vilde vi gerne være med til at fejre hende; men ser du! Vi har, - da min Fødselsdag meget heldigt falder på en Lørdag - bestemt at fejre den med en lille Tur op til vores svenske Hus; Vilhelm vilde se at få et Par Dage fri i den Anledning. Foruden den Fornøjelse, som det altid er - navnlig for mig - at komme derop, har Turen det praktiske Formål at vinterordne eet og andet deroppe; der er fortrinlig Havejord omkring Huset, men fuldkommen græsgroet, og vi synes, det var rart at få gravet et stykke til lidt Urter.
+Du kan tro, det er et rart Sted, Puttebygget - det hedder det virkelig; der har ligget en gammel Gård. Du må se at komme derop engang! - jeg var lykkelig over at have Junge en halv Snes Dage; jeg tror, hun nød det, og det var dejligt at se, hvor hun livede op og kom i Humør. Vi travede hende også godt, kan du tro; bl.a. var vi en Søndag på en lang Rotur med Mad, Kaffekedel, Bål etc, og Junge morede sig som et Barn! Jeg tror virkelig hun har Gavn af det Ophold længe. - Vi har fået Huset helt godt monteret, så vi kan tage derop uden at medføre noget videre; foruden "alt" i Porcelæn og Køkkengrejer er der Lagner, Dækketøj og en Del Sengetøj; ja, jeg har endogså både Tøj, Fodtøj, Rammetøj etc. deroppe! 
+Nå, det var en hel Del om Huset! Du kan nok mærke, at en Del af min Sjæl er deroppe! Men for at komme tilbage til det foreliggende, så er det kedeligt at de to Ting skal kollidere, men - som sagt!!! etc.
+Tusind Hilsner til jer alle!
+Din
+Tutte.</t>
+  </si>
+  <si>
     <t>1932-07-24</t>
   </si>
   <si>
     <t>Elise Hansen</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Erna -
 Knud Faber
 Else Jensen
 Johannes V. Jensen
 Grete Jensen, f. Hansen
 Johan Larsen
 Peter Andreas Larsen
 Elisabeth Neckelmann
 Marie Neckelmann
 Hans  Syberg</t>
   </si>
   <si>
     <t>Filmjølk er en form for ymer. 
 Doktor Faber behandlede Grete Jensen, f. Hansen, for nogle alvorlige sygdomme.
 Johannes V. Jensen og hans familie havde et sommerhus i Tibirke.</t>
   </si>
@@ -10569,50 +10643,151 @@
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St.
 [Skrevet af ukendt:]
 modt. 6’ Okt. 1947.
 besv. 10 
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 [I brevet:]
 Lindøgaard Lørdag 4-10-47.
 Heri 2 Smørmrk
 Kæreste lille Dis!
 Min varmeste Tak for dit gode Fødselsdagsbrev og for de lækre Opmærksomheder! Jeg vil allerførst besvare nogle Spørgsmaal. Bryllupet! Ja der er desværre lidt Tvivl om, hvornaar det kan blive; Lauritz har lige fra først af – det vil sige lige fra den Dag, da de bestemte sig for Giftermaal – arbejdet som en Hest for at faa Sagen i Orden, men det er alt det med Skifteretten, der sinker; disse forbistrede Kontoriusser er ikke til at faa noget fra; Papirerne skal foreligge til den 8_de_ ds. for at blive tinglæste den Dag i Kjerteminde; de tinglæser kun hver 14_de_ Dag; hvis det ikke naas, bliver det - Bryll. – forsinket i 14 Dage! Lige saa saare jeg faar det at vide, skal jeg skrive til dig; de vil ogsaa gærne have det om Aft. [”om Aft.” indsat over linjen] – skønt helst midt paa Dagen, hvis det kan lade sig gøre, men uanset hvad det bliver kan du da godt lave Middagsmad midt paa Dagen, ikke? Det er jo lige meget hvad man kalder Maaltidet; her paa Landet er vi jo vant til at spise Middag midt paa Dagen. Lauritz var her i Tirsdags Aftes, og vi snakkede saa om det; jeg var rystet over at høre om alt det, der foretages for at det kan blive til Bryllup; og 55.000 Kr. skal skaffes. Paa Grund af hans gode Omdømme kan han faa den Sum i Sparekassen i Nyborg – paa et Aar; saa skal Laanet betales med Kontanter. De haaber at kunde nøjes med at forpagte Dalsgaard ud i Stedet til ["til" overstreget] for at sælge Drengen skal have sine Penge udbetalt straks, men jeg kom til at tænke paa bag efter, at saa kunde Ole jo laane sin Far nogle af Pengene senere, hvis han staar og ikke kan skaffe Pengene om et Aar; dertil skal jo hans Formunder give sit 
 2 Samtykke, men Form. er en Svoger til Lauritz, gift med hans 1ste Kones Søster, og de staar vist fint til hinanden. Jeg ved ikke hvorfor jeg sætter dig ind i alle de Forretningssager, men nu faldt det mig i Pennen. – Jeg spurgte Bibbe, om hun vilde have Sjums og Rohde med, men hun sagde straks, at hun vilde helst nøjes med Janna og Ib. Stakkels Ib, hvor det gør mig ondt. Han skulde prøve at gaa til en Naturlæge. Marie og Uglen fortalte om Moderen til en af deres Venner, der var langt ude af Kræft; der var ædt Dele væk, aabne Saar, og Lægerne havde fuldstændig opgivet Haabet; saa gik hun til en Naturlæge (som jeg ikke ved, hvad er) og han gav hende en meget stræng og slem Diæt, men hun begyndte at komme sig og Lægerne til hvem hun stadig gik til Undersøgelse uden at tale om Naturlægen, blev mer og mer forbavsede og stod ganske uforstaaende og tilsidst var hun rask. Hvis hun havde fortalt dem om Naturlægen havde de jo bare sagt, at det var, hvad de havde ordineret, der tilsidst virkede. 
 Den Gang, da de kom fra Sverige, hentede Lauritz Bibbe i Nyborg; han har ikke meget Benzin, men saa vidt jeg ved nok til deres Bryllupstur, men maaske bliver det forpasset af den nye Lov, hvis den træder i Kraft, maa han kun køre paa Fyen.
 For et Par Dage siden kom Lise hjem; Anna, Gretes Søster, havde haft hende i 4 Uger; først var Lise gravalvorlig næsten forstenet, saa begyndte hun at kæle lidt for Tinge og Grete og gik fra den ene til den anden; en halv Time efter var hun hjemme og jublede højt for hver Del af sit Legetøj som hun mødtes med igen. Da Ole kom, løb hun ham i Møde og raabte henrykt: ”Ole, jeg er kommen hjem til dig igen. Det var 
 3 dejligt at være med til den Hjemkomst og at se Grete være oppe igen. Hendes Barselsgaver blev til: 6 Flasker Vin, 4 Lagkager, et Sølvbæger, en Barneske, et Par Skindstøvler til Lillebror, samt 2 Par strikkede, et Par henrivende Tøfler til hende selv, 50 Cerutter, en smadderfin Natkjole til 50 Kr. fra Bibbe, Masser af Tøj til Drengen og self. andet, som jeg har glemt, og Blomster self ["self" overstreget] i lange Baner. Grete var overvældet og jeg har da heller aldrig set noget lignende. I Gaar var Rie og Uglen her for sidste Gang, og mens vi sad ved Kaffebordet eller lige var færdige kom Las og Grevinde Knuth fra Knuthenborg for at hente dem. Hun var noget af det mest tiltalende jeg længe har set, ja saa henrivende, at du ikke kan tænke dig det. Hun er Veninde af Las, og jeg har hørt meget om hende men vented mig da ikke saa stort af en Grevinde. Hun syntes her var saa smukt og hyggeligt, det sagde hun flere Gange; hun inviterede Manse og Peter saa varmt – gør nu Alvor af det og kom snart, I behøver ikke at pynte Jer, kom som I er - - Hun saa Manses Stue med alle Træsnittene – alle Vægge er behængt med dem – og Bibbes store Maleri af Uglen, Udsigten fra Havedøren og var begejstret over det hele. Hun har været med Las på Båxhult (hun vaskede op for Bimse) og kan øjensynlig godt med hele Familien d.v.s. det kniber lidt med Puf og Else – de er hende lidt for fine, akkurate og formfuldendt! Det var en hel Oplevelse at mødes med hende, Lise var her og hun blev straks indtaget i hende og Tøsen – vores store Hund - satte begge Forpoterne op paa Brystet af hende, hvad vi aldrig før har set ham gøre ved fremmede og paa dette Tidspunkt havde hun ["hun" indsat over linjen] slet ikke snakket med ham, men Dyr lugter straks hvem der er Dyrevenner. 
 4 Til min Fødselsdag var Rie og Uglen herude til Eft. chokolade de medbragte: ”Kina i Støbeskeen” af Edm. Grut, som Marie havde hørt, jeg havde ønsket mig, et Par henrivende Kopper af bornholsk Keramik, en stor Æske m. Godter og Flødekaram. en Pk. Cerutter og 4 dejlige Nelliker!! De er altid helt ovenud med Gaver, de tog hjem med halv 6 Bilen, men saa havde vi en vildfremmed Sygeplejerske til Aftensmad, som Bibbe havde inviteret uden at tænke paa, at det var min Fødselsdag; det gjorde ikke noget, men det hele var lidt speget, da Manse og Peter skulde til Odense og maatte spise før vi andre, saadan egentlig Feststemning var der ikke over Dagen, især da Marie og Uglen skændtes saa ualmindelig meget den Dag, og det smager ikke godt. 
 Peter har jo faaet Motorcycle og de tager lange Ture paa den om Søndagene; de staar lige og skal af Sted (det er Lørdag Kl 1½) saa denne Gang faar de 1½ Dag; de skal rundt paa Sjælland og se, hvad der er at se.
 Du skulde ikke have ”Stik i Hjærtet” fordi du læser i Stedet for at arbejde; naar du, som jo ellers ikke er doven, men tværtimod arbejdsivrig af Naturen, ikke kan arbejde for Tiden, saa maa det være fordi, enten de fysiske eller de mentale Kræfter svigter, og saa er det bedst at ligge brak, bare ingen Ting bestille og helst uden at have Samvittighedsnag, saa gror Kræfterne inden i dig uden at du ved af det, og en skønne Dag er de der. Sådan synes jeg er min Erfaring, for vi kender vel alle til, at Arbejdsiveren svigter. Agraren beder mig hilse dig saa meget og takke baade dig og Axel for både Breve og Bøger. Vi har moret os meget over dine Vittigheder. Den med Hitler (el. var det Gøbbels) der skulde ”begynde for sig selv” var uforlignelig. Tusind Hilsner til Jer begge fra din Junge</t>
   </si>
   <si>
+    <t>1948-03-10</t>
+  </si>
+  <si>
+    <t>Laurine Pedersen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Ullerslev
+Andkærgård</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1343</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for smørmærker og tændstikker. Han har været i Sverige og i Trelleborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eT5B</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvert forside:]
+Fru Laura Petersen
+Andkærgaard
+pr. Ullerslev.
+[Skrevet på kuvert bagside:]
+Johannes Larsen
+Kjerteminde
+[Med anen skrift:]
+30-1-2000
+[I brevet]
+Kjerteminde 10 Marts 1948.
+Kære Bibbe og Laurits!
+Tusind Tak for Smørmærker og Tændstikker, som laa her da jeg forleden kom hjem fra Sverige hvor jeg havde været en Uges Tid hos Lysse og Bimse. Sidstnævnte kørte mig til Korsør hvor vi paa Vejen var ude og saa det Vikingehus der er bygget ved Trelleborg.
+Med de venligste Hilsener fra 
+Jeres hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1949-08-05</t>
+  </si>
+  <si>
+    <t>Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Birkerød
+Skovgårdsvej 5</t>
+  </si>
+  <si>
+    <t>Bovense pr. Ullerslev
+Andekærgaard</t>
+  </si>
+  <si>
+    <t>Roger -
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen boede med sin familie i Småland, Sverige. 
+Det vides ikke, hvem Frøkenen og Ruth og Per var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1329</t>
+  </si>
+  <si>
+    <t>Marie Larsen ønsker tillykke. Vejret har været dårligt, så hun har ikke kunnet komme til byen efter en gave.
+Marie og Christine/Uglen Swanes Sverigestur er blevet aflyst. De har spurgt, om de i stedet kan komme til september, men nej, for da skal Christine/Mornine Mackie derop. 
+Lars/Lasse og Ursula er i Danmark igen. De kører omkring Kerteminde og Lindøgaard på vej hjem. 
+Det er trist med Johanne C. Larsens ben og med den unge pige, der holdt ferie meget ofte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZKsR</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Bibbe Warberg Petersen.
+Andkærgaard.
+Bovense 
+pr. Ullerslev.
+Fyn.
+[På kuvertens bagside:]
+Afs. M. Larsen Skovgårdsvej 5. Birkerød 
+[I brevet:]
+Birkerød d. 5 – 8 – 49. – 
+Kære lille Bibbe!
+Tusinde Gange til Lykke! Hvor jeg ønsker for Dig at du maa faa et godt Aar, fuldt af mange Goder! Det er dog et skrækkeligt Vejr, vi har haft, slemt for Høsten, dog haaber jeg at I ikke har haft saa meget Regn som vi har haft her, der kan jo være Tilfælde hvor det er rart at bo i en regnfattig Egn. –
+Paa Grund af Vejret har vi ikke kunnet komme ind til Byen, jeg vilde gerne have fundet noget rigtig pænt til Dig, nu maa Du nøjes med en Æske Confect, saa tager jeg noget med til Dig naar jeg forhaabentlig inden saa længe kommer til Fyn. – 
+Vi er igen bleven skuffet, med Hensyn til Sverrigsturen, vi var inviteret derover til d. 1ste, men da Lasse og Ursula ikke er kommet hjem, maatte vi igen sige Nej; Las er der for Tiden og jeg havde glædet mig saa meget til at være sammen med ham deroppe, det havde været ligesom i gamle Dage, men det slog altsaa Fejl; Uglen taler med Bimse i Telefonen, hun skal til Anholt inden saalænge; Uglen spurgte saa om vi ikke kunne komme lidt derop i September, men det kunde vi ikke for da skulde Mornine derop; jeg bliver snart bitter over at det aldrig kan lykkes mig, bortset fra Las hvor jeg nok jeg er den der holder mest af alt deroppe. – 
+Nu er Lasse og Ursula her i Landet igen, Lasse ringede fra Christiansfelt i Aftes, i Morgen tager de derfra og vilde saa kikke ind paa Lindøgaard og i Kerteminde paa Vejen hjem, mon de ikke skulde se ind til Jer ogsaa de kører da lige forbi Jeres Dør; vi venter dem Søndag eller Mandag, saa har de ogsaa været borte i 10 Uger, det er en lang Tid; det bliver morsomt at høre om alt hvad de har oplevet paa Turen og vi haaber at det har hjulpen godt på Ursulas Helbred; de har Roger med Hjem. – 
+Det er kedeligt at det ikke hjælper paa Din Mors Ben, mon dog ikke al den Sol vi har haft har gjort godt paa Benet; det har været en streng Uge mens Frøkenen (jeg kan ikke huske hvad hun hedder) havde Ferie, jeg føler med Din Mor, det maa være meget slemt ikke at kunne foretage sig noget, naar man ved der er saa meget der skulle gøres; hvordan mon de egentlig er tilfredse med hende? Det meste jeg har hørt om hende er at hun skulde have Ferie. – Vi havde jo et morsomt lille Besøg af Ruth og Per, det var i det gode Vejr, vi sad nede i Haven og drak Te og sludrede; Per sagde at Du havde flere Drenge i Ferien, saa havde Du nok haft travlt lille Bi. – Jaa saa Farvel og hav det godt til vi ses, jeg tænker 
+[Skrevet langs venstre kant s4:]
+jeg rejser, naar Lasse og Ursula har været hjemme en 
+[Skrevet på tværs øverst s1:]
+lille Tid, jeg ved endnu ikke om jeg kommer først til Kerteminde eller Lindøgaard.
+Hils Bedste og Lauritz; Masser af Hilsner og Kys til Dig søde Bibbe fra Rie. –</t>
+  </si>
+  <si>
     <t>1949-09-28</t>
   </si>
   <si>
     <t>Maribo
 Refshalevej</t>
   </si>
   <si>
     <t>Helge Bartholdy-Møller
 Elise Hansen
 Andreas Larsen
 Elena Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Christa Knuth flyttede efter sin skilsmisse fra Knuthenborg til en villa på Refshalevej i Maribo. 
 Båxhult er en skovgård i Småland. Elena/Bimse og Johan/Lysse Larsen boede på stedet.</t>
   </si>
   <si>
     <t>Johannes Larsen kører med Elena/Bimse Larsen til København. Han vil komme til Maribo for at male en akvarel til lægen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/22Qb</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
@@ -10952,50 +11127,121 @@
     <t>Else Jensen
 Johannes V. Jensen
 Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Aage Marcus</t>
   </si>
   <si>
     <t>Johannes Larsens erindringsbog "Jeg kan huske" udkom på Gyldendal i 1950.
 Hareren: Om en jagthund, der ikke forfølger den anskudte hare, medmindre dens ejer giver den lov til det. (Ordnet.dk)</t>
   </si>
   <si>
     <t>Johannes Larsen sender anmeldelser.
 Det stærke øl er frigivet Klasse B, og Larsen-familien har fejret det med champagne og østers. 
 Johan kan bruge de 100 kr., som Larsen har levnet til at gøre hunden hareren. 
 Det er trist, at Johannes V. Jensen er død.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ysWd</t>
   </si>
   <si>
     <t>Kjerteminde 5 Decbr. 1950
 Kære Lysse!
 Hermed nogle Anmeldelser. De 3 har jeg faaet fra Marcus der sendte 2 af hv[er] for det Tilfælde at jeg vilde sende det ene Sæt til Sverige. Jeg vedlægger 2 herfra. I har vel set at det stærke Øl er frigivet Klasse B. dog først fra 1 Septbr. Jeg gav en Fl. Champagne den Aften vi hørte det i Radioen og Puf kørte Dagen efter til Odense og købte Østers og saa fik vi en Fl. Skum til. Puf er bleven et helt andet Menneske, jeg nyder det hver Dag. Dersom Du kan faa den Hund Hareren til næste Aar maa Du dertil bruge de 100 Kr jeg levnede af de 800. 
 Det var trist med Johannes V. Jeg havde et lille Brev fra ham et Par Dage før han døde, i Anledning af at jeg havde sendt ham og Else hver et Ekspl af min Bog, som Marcus havde sendt mig til det Brug. Mange Hilsner ogsaa fra Else og Puf.
 Din Far.</t>
+  </si>
+  <si>
+    <t>1951-02-24</t>
+  </si>
+  <si>
+    <t>Elisabeth Mackie</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Jens Larsen
+Johannes Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Andreas/Lysse Larsen fyldte 50 år 27. feb. 1951.
+Johannes Larsens bog "Jeg kan huske" udkom på Gyldendalske Boghandel 1950. 
+Else Larsen blev indlagt i februar 1951. Hun var dels overanstrengt dels deprimeret efter at have mistet et nyfødt barn året i forvejen.</t>
+  </si>
+  <si>
+    <t>Elisabeth/Putte Mackie ønsker tillykke med fødselsdagen. Hendes mor har lavet en gave til Andreas/Lysse Larsen. 
+Elisabeth har fået arbejde på en operaskole og skal opsætte Don Juan. Hun håber, at Else Larsen har fået det bedre</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d00C</t>
+  </si>
+  <si>
+    <t>Feb 24-51
+Kæreste Lysse,
+Mange kærlige Hilsner og Lykønskninger til dig på din Fødselsdag - jeg sidder og hører på Rosenkavaleren, så det er jo "fitting" at jeg sender dig en Rose til din Fødselsdag, jeg håber bare den når at ose af inden den når Sverige, men den har jo flere Dage at ose af i så det går nok; jeg håber i får en rigtig dejlig Dag og jeg ved du bliver glad for Mors Gave hun har glædet sig sådan til at lave den og få den i Orden til dig.
+Jeg har meget at gøre - og er glad og lykkelig over mit Arbejde Jeg er begyndt at arbejde på en Operaskole - med Staging og Lys Efect og diriktion det er simpelthen facinerende - den 10 Marts skal jeg første Gang presentere Don Juan under min Staging - det er noget så spændende -
+Jeg kan tænke mig hvor hyggeligt i får det på din Fødselsdag, - mon Onkel Las er hos jer? - jeg læste hans henrivende lille bog ved Juletid det er en virkelig yndig Bog, - Jeg håber Else er bedre igen, det lød ikke så godt sidste Gang jeg hørte.
+Hils din søde Kone, og dine dejlige Unger, og hav den bedste Fødselsdag - you ever had.
+tusinde kærlige Hilsner til jer alle fra Putte.</t>
+  </si>
+  <si>
+    <t>1951-10-23</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde opholdt sig en lille måned hos sin søn og svigerdatter i Småland.
+Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde en dejlig tur til Sverige og Norge og hjem over Frederikshavn. Han er nu i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sZxx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+p.T. Kastelsvej 23
+Ø.
+[I brevet:]
+Kjøbenhavn Tirsdag 23 Octr 1951.
+Kære Grevinde. 
+Som Du ser er jeg nu i Kjøbenhavn, Vi havde en pragtfuld Tur i Sverige og en lille Svip ind i Norge og over Göteborg – Frederikshavn til Kjerteminde og videre hertil. Jeg tænker paa at rejse herfra Fredag eller Lørdag, hvordan passer det Dig. Øbro 23 – 93. Jeg er her i Huset hver Dag inden Kl. 9 om Morgenen Jeg glæder mig til at se Dig – Mange Hilsener fra
+Din hengivne 
+Johannes Larsen.</t>
   </si>
   <si>
     <t>1889-1890</t>
   </si>
   <si>
     <t>Sverige
 Höör</t>
   </si>
   <si>
     <t>- Gren
 Johanne  Larsen
 Ellen  Sawyer
 - Ström
 Vilhelmine von Sperling
 Emilie Zeuthen
 Ernst Zeuthen
 Laura Zeuthen
 Magda Zeuthen
 Otto Zeuthen</t>
   </si>
   <si>
     <t>Den eller de første sider af brevet mangler. Da der heller ikke er bevaret en kuvert, vides det ikke, hvem brevet er stilet til, men det er formodentlig til Christines mor, Laura Warberg. En del andre nære familiemedlemmer nævnes i brevet.
 Christine Warberg, g. Mackie, var 1889-1890 i huset hos familien Zeuthen på gården Fögdaröd i Höör i Sverige.</t>
   </si>
   <si>
@@ -11274,59 +11520,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fBOH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJjS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xuoD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2gSL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NlB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jgsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UtOK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/67Ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4wSi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9GXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SR2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K9dz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iV7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pr2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/grsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZY7N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1W8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2eZp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6fIB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Na5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6Ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nxXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yfcT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMtx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/19SI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Onr5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cxdt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k3YM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nrcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/znpL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/umj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UvW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dqbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s7UY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCzk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EnWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BIam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/453f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQAV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBTR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WtLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/POsQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BEcC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5hH9jw99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tzd4SO58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bByyl7CW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4HG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZbFoLDhL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XGHa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Lju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5uC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAwS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4vkB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c0TA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mOPf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGBi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/127l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ial6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jU9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OwTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wphB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDcx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k6QI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PBAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8dtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwLS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/klS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OlUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hh6b8Pwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H4Gr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z1SX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aH2l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tigc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E9DU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WgEr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IlQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9PV3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZNEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/crVn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCYM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ms74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G7LF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOG6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GPIG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7r0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yT3u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4XYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zXFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bK8H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yoph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wt9k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bRdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bk12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ysWd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PcEp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yjtd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WdRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fBOH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJjS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xuoD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2gSL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uCfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NlB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jgsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UtOK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/67Ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4wSi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9GXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SR2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K9dz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iV7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pr2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/grsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZY7N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kk9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1W8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2eZp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6fIB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Na5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6Ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nxXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yfcT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Smqw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMtx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nCpm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/19SI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Onr5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3pnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cxdt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k3YM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nrcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/znpL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/umj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UvW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dqbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s7UY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCzk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EnWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BIam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gQMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1g4v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/453f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rAnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQAV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBTR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WtLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/POsQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BEcC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5hH9jw99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tzd4SO58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bByyl7CW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4HG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZbFoLDhL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XGHa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Lju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5uC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAwS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4vkB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c0TA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mOPf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btmm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGBi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/127l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ial6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jU9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OwTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wphB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rBz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JDcx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k6QI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PBAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8dtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwLS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/klS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OlUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hh6b8Pwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H4Gr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z1SX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aH2l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/taqC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tigc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E9DU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WgEr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZVT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IlQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9PV3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZNEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/crVn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCYM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ms74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G7LF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOG6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GPIG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7r0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yT3u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4XYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zXFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bK8H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yoph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eT5B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wt9k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bRdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bk12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ysWd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d00C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sZxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PcEp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yjtd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WdRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M277"/>
+  <dimension ref="A1:M283"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -14755,4483 +15001,4485 @@
       <c r="H79" s="5" t="s">
         <v>543</v>
       </c>
       <c r="I79" s="5"/>
       <c r="J79" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K79" s="5" t="s">
         <v>544</v>
       </c>
       <c r="L79" s="6" t="s">
         <v>545</v>
       </c>
       <c r="M79" s="5" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
         <v>547</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>16</v>
+        <v>548</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>220</v>
+        <v>549</v>
       </c>
       <c r="E80" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I80" s="5"/>
       <c r="J80" s="5" t="s">
-        <v>21</v>
+        <v>550</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H81" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I81" s="5"/>
       <c r="J81" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>558</v>
+        <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D82" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="D82" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="5" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="F82" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
         <v>559</v>
       </c>
-      <c r="G82" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H82" s="5" t="s">
+      <c r="I82" s="5" t="s">
         <v>560</v>
       </c>
-      <c r="I82" s="5" t="s">
+      <c r="J82" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K82" s="5" t="s">
         <v>561</v>
       </c>
-      <c r="J82" s="5" t="s">
+      <c r="L82" s="6" t="s">
         <v>562</v>
       </c>
-      <c r="K82" s="5" t="s">
+      <c r="M82" s="5" t="s">
         <v>563</v>
-      </c>
-[...4 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>565</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="F83" s="5" t="s">
         <v>566</v>
-      </c>
-[...15 lines deleted...]
-        </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
         <v>567</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>568</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>21</v>
+        <v>569</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>17</v>
+        <v>385</v>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="J84" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G85" s="5" t="s">
-        <v>579</v>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H85" s="5" t="s">
         <v>580</v>
       </c>
-      <c r="I85" s="5"/>
+      <c r="I85" s="5" t="s">
+        <v>581</v>
+      </c>
       <c r="J85" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="s">
-        <v>502</v>
+        <v>586</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>585</v>
-[...3 lines deleted...]
-      </c>
+        <v>587</v>
+      </c>
+      <c r="I86" s="5"/>
       <c r="J86" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="s">
-        <v>591</v>
+        <v>502</v>
       </c>
       <c r="H87" s="5" t="s">
         <v>592</v>
       </c>
       <c r="I87" s="5" t="s">
         <v>593</v>
       </c>
       <c r="J87" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K87" s="5" t="s">
         <v>594</v>
       </c>
       <c r="L87" s="6" t="s">
         <v>595</v>
       </c>
       <c r="M87" s="5" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
         <v>597</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>365</v>
+        <v>220</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G88" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G88" s="5" t="s">
+        <v>598</v>
       </c>
       <c r="H88" s="5" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>389</v>
+        <v>21</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>365</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F89" s="5" t="s">
-        <v>604</v>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
         <v>605</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>606</v>
       </c>
       <c r="J89" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="K89" s="5" t="s">
         <v>607</v>
       </c>
-      <c r="K89" s="5" t="s">
+      <c r="L89" s="6" t="s">
         <v>608</v>
       </c>
-      <c r="L89" s="6" t="s">
+      <c r="M89" s="5" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>220</v>
+        <v>365</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F90" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F90" s="5" t="s">
+        <v>611</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
         <v>612</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>613</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>21</v>
+        <v>614</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="J91" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>624</v>
-[...1 lines deleted...]
-      <c r="I92" s="5"/>
+        <v>625</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>626</v>
+      </c>
       <c r="J92" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D93" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="D93" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E93" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G93" s="5" t="s">
-        <v>629</v>
+      <c r="G93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>630</v>
-[...1 lines deleted...]
-      <c r="I93" s="5" t="s">
         <v>631</v>
       </c>
+      <c r="I93" s="5"/>
       <c r="J93" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K93" s="5" t="s">
         <v>632</v>
       </c>
       <c r="L93" s="6" t="s">
         <v>633</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
         <v>635</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="D94" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D94" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G94" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G94" s="5" t="s">
+        <v>636</v>
       </c>
       <c r="H94" s="5" t="s">
-        <v>636</v>
-[...1 lines deleted...]
-      <c r="I94" s="5"/>
+        <v>637</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>638</v>
+      </c>
       <c r="J94" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E95" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G95" s="5" t="s">
-        <v>641</v>
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="I95" s="5"/>
       <c r="J95" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G96" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G96" s="5" t="s">
+        <v>648</v>
       </c>
       <c r="H96" s="5" t="s">
-        <v>647</v>
-[...3 lines deleted...]
-      </c>
+        <v>649</v>
+      </c>
+      <c r="I96" s="5"/>
       <c r="J96" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>365</v>
+        <v>220</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>607</v>
+        <v>21</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>220</v>
+        <v>365</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>21</v>
+        <v>614</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="J99" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>671</v>
+        <v>16</v>
       </c>
       <c r="D100" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H100" s="5" t="s">
         <v>672</v>
       </c>
-      <c r="E100" s="5" t="s">
+      <c r="I100" s="5" t="s">
         <v>673</v>
       </c>
-      <c r="F100" s="5" t="s">
+      <c r="J100" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K100" s="5" t="s">
         <v>674</v>
       </c>
-      <c r="G100" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H100" s="5" t="s">
+      <c r="L100" s="6" t="s">
         <v>675</v>
       </c>
-      <c r="I100" s="5" t="s">
+      <c r="M100" s="5" t="s">
         <v>676</v>
-      </c>
-[...10 lines deleted...]
-        <v>679</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="E101" s="5" t="s">
         <v>680</v>
       </c>
-      <c r="B101" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E101" s="5" t="s">
+      <c r="F101" s="5" t="s">
         <v>681</v>
       </c>
-      <c r="F101" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G101" s="5" t="s">
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H101" s="5" t="s">
         <v>682</v>
       </c>
-      <c r="H101" s="5" t="s">
+      <c r="I101" s="5" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
       <c r="J101" s="5" t="s">
         <v>389</v>
       </c>
       <c r="K101" s="5" t="s">
+        <v>684</v>
+      </c>
+      <c r="L101" s="6" t="s">
         <v>685</v>
       </c>
-      <c r="L101" s="6" t="s">
+      <c r="M101" s="5" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="E102" s="5" t="s">
         <v>688</v>
       </c>
-      <c r="B102" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F102" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>418</v>
+      </c>
+      <c r="G102" s="5" t="s">
+        <v>689</v>
       </c>
       <c r="H102" s="5" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="J102" s="5" t="s">
         <v>389</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>672</v>
+        <v>365</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>695</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F103" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
         <v>696</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>697</v>
       </c>
       <c r="J103" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="K103" s="5" t="s">
         <v>698</v>
       </c>
-      <c r="K103" s="5" t="s">
+      <c r="L103" s="6" t="s">
         <v>699</v>
       </c>
-      <c r="L103" s="6" t="s">
+      <c r="M103" s="5" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
+        <v>701</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="E104" s="5" t="s">
         <v>702</v>
       </c>
-      <c r="B104" s="5" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G104" s="5" t="s">
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H104" s="5" t="s">
         <v>703</v>
       </c>
-      <c r="H104" s="5" t="s">
+      <c r="I104" s="5" t="s">
         <v>704</v>
       </c>
-      <c r="I104" s="5" t="s">
+      <c r="J104" s="5" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>706</v>
       </c>
       <c r="L104" s="6" t="s">
         <v>707</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
         <v>709</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>15</v>
+        <v>220</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>365</v>
-[...10 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G105" s="5" t="s">
+        <v>710</v>
       </c>
       <c r="H105" s="5" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>389</v>
+        <v>21</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>220</v>
+        <v>365</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F106" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F106" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>21</v>
+        <v>389</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F107" s="5" t="s">
-        <v>418</v>
+      <c r="F107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="J107" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F108" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F108" s="5" t="s">
+        <v>418</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="J108" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D109" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="D109" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E109" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="J109" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>15</v>
+        <v>220</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E110" s="5" t="s">
-[...6 lines deleted...]
-        <v>740</v>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H110" s="5" t="s">
         <v>741</v>
       </c>
       <c r="I110" s="5" t="s">
         <v>742</v>
       </c>
       <c r="J110" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K110" s="5" t="s">
         <v>743</v>
       </c>
       <c r="L110" s="6" t="s">
         <v>744</v>
       </c>
       <c r="M110" s="5" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
         <v>746</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>206</v>
+        <v>15</v>
       </c>
       <c r="D111" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E111" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F111" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="G111" s="5" t="s">
         <v>747</v>
       </c>
-      <c r="E111" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F111" s="5" t="s">
+      <c r="H111" s="5" t="s">
         <v>748</v>
       </c>
-      <c r="G111" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H111" s="5" t="s">
+      <c r="I111" s="5" t="s">
         <v>749</v>
       </c>
-      <c r="I111" s="5" t="s">
+      <c r="J111" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K111" s="5" t="s">
         <v>750</v>
       </c>
-      <c r="J111" s="5" t="s">
+      <c r="L111" s="6" t="s">
         <v>751</v>
       </c>
-      <c r="K111" s="5" t="s">
+      <c r="M111" s="5" t="s">
         <v>752</v>
-      </c>
-[...4 lines deleted...]
-        <v>754</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>206</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>252</v>
+        <v>754</v>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F112" s="5" t="s">
+        <v>755</v>
+      </c>
+      <c r="G112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H112" s="5" t="s">
         <v>756</v>
       </c>
-      <c r="G112" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H112" s="5" t="s">
+      <c r="I112" s="5" t="s">
         <v>757</v>
       </c>
-      <c r="I112" s="5" t="s">
+      <c r="J112" s="5" t="s">
         <v>758</v>
       </c>
-      <c r="J112" s="5" t="s">
+      <c r="K112" s="5" t="s">
         <v>759</v>
       </c>
-      <c r="K112" s="5" t="s">
+      <c r="L112" s="6" t="s">
         <v>760</v>
       </c>
-      <c r="L112" s="6" t="s">
+      <c r="M112" s="5" t="s">
         <v>761</v>
-      </c>
-[...1 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C113" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F113" s="5" t="s">
         <v>763</v>
       </c>
-      <c r="B113" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C113" s="5" t="s">
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H113" s="5" t="s">
         <v>764</v>
       </c>
-      <c r="D113" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H113" s="5" t="s">
+      <c r="I113" s="5" t="s">
         <v>765</v>
       </c>
-      <c r="I113" s="5" t="s">
+      <c r="J113" s="5" t="s">
         <v>766</v>
       </c>
-      <c r="J113" s="5" t="s">
+      <c r="K113" s="5" t="s">
         <v>767</v>
       </c>
-      <c r="K113" s="5" t="s">
+      <c r="L113" s="6" t="s">
         <v>768</v>
       </c>
-      <c r="L113" s="6" t="s">
+      <c r="M113" s="5" t="s">
         <v>769</v>
-      </c>
-[...1 lines deleted...]
-        <v>770</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
+        <v>770</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C114" s="5" t="s">
         <v>771</v>
       </c>
-      <c r="B114" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D114" s="5" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-        <v>222</v>
+        <v>754</v>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
         <v>772</v>
       </c>
       <c r="I114" s="5" t="s">
         <v>773</v>
       </c>
       <c r="J114" s="5" t="s">
         <v>774</v>
       </c>
       <c r="K114" s="5" t="s">
         <v>775</v>
       </c>
       <c r="L114" s="6" t="s">
         <v>776</v>
       </c>
       <c r="M114" s="5" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
         <v>778</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>206</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>747</v>
+        <v>205</v>
       </c>
       <c r="E115" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F115" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H115" s="5" t="s">
         <v>779</v>
       </c>
-      <c r="F115" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H115" s="5" t="s">
+      <c r="I115" s="5" t="s">
         <v>780</v>
       </c>
-      <c r="I115" s="5" t="s">
+      <c r="J115" s="5" t="s">
         <v>781</v>
       </c>
-      <c r="J115" s="5" t="s">
+      <c r="K115" s="5" t="s">
         <v>782</v>
       </c>
-      <c r="K115" s="5" t="s">
+      <c r="L115" s="6" t="s">
         <v>783</v>
       </c>
-      <c r="L115" s="6" t="s">
+      <c r="M115" s="5" t="s">
         <v>784</v>
-      </c>
-[...1 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>786</v>
+        <v>785</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>206</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>252</v>
+        <v>754</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>779</v>
-[...2 lines deleted...]
-        <v>756</v>
+        <v>786</v>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
         <v>787</v>
       </c>
       <c r="I116" s="5" t="s">
         <v>788</v>
       </c>
       <c r="J116" s="5" t="s">
         <v>789</v>
       </c>
       <c r="K116" s="5" t="s">
         <v>790</v>
       </c>
       <c r="L116" s="6" t="s">
         <v>791</v>
       </c>
       <c r="M116" s="5" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>206</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>747</v>
+        <v>252</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>681</v>
+        <v>786</v>
       </c>
       <c r="F117" s="5" t="s">
-        <v>793</v>
+        <v>763</v>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
         <v>794</v>
       </c>
       <c r="I117" s="5" t="s">
         <v>795</v>
       </c>
       <c r="J117" s="5" t="s">
         <v>796</v>
       </c>
       <c r="K117" s="5" t="s">
         <v>797</v>
       </c>
       <c r="L117" s="6" t="s">
         <v>798</v>
       </c>
       <c r="M117" s="5" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="F118" s="5" t="s">
         <v>800</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
         <v>801</v>
       </c>
       <c r="I118" s="5" t="s">
         <v>802</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>803</v>
       </c>
       <c r="K118" s="5" t="s">
         <v>804</v>
       </c>
       <c r="L118" s="6" t="s">
         <v>805</v>
       </c>
       <c r="M118" s="5" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
         <v>807</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>220</v>
+        <v>15</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>206</v>
-[...9 lines deleted...]
-        </is>
+        <v>365</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
         <v>808</v>
       </c>
       <c r="I119" s="5" t="s">
         <v>809</v>
       </c>
       <c r="J119" s="5" t="s">
         <v>810</v>
       </c>
       <c r="K119" s="5" t="s">
         <v>811</v>
       </c>
       <c r="L119" s="6" t="s">
         <v>812</v>
       </c>
       <c r="M119" s="5" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
         <v>814</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>15</v>
+        <v>220</v>
       </c>
       <c r="D120" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H120" s="5" t="s">
         <v>815</v>
       </c>
-      <c r="E120" s="5" t="s">
+      <c r="I120" s="5" t="s">
         <v>816</v>
       </c>
-      <c r="F120" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H120" s="5" t="s">
+      <c r="J120" s="5" t="s">
         <v>817</v>
       </c>
-      <c r="I120" s="5" t="s">
+      <c r="K120" s="5" t="s">
         <v>818</v>
       </c>
-      <c r="J120" s="5" t="s">
+      <c r="L120" s="6" t="s">
         <v>819</v>
       </c>
-      <c r="K120" s="5" t="s">
+      <c r="M120" s="5" t="s">
         <v>820</v>
-      </c>
-[...4 lines deleted...]
-        <v>822</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
+        <v>821</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>822</v>
+      </c>
+      <c r="E121" s="5" t="s">
         <v>823</v>
       </c>
-      <c r="B121" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C121" s="5" t="s">
+      <c r="F121" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="G121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H121" s="5" t="s">
         <v>824</v>
       </c>
-      <c r="D121" s="5" t="s">
-[...13 lines deleted...]
-      <c r="H121" s="5" t="s">
+      <c r="I121" s="5" t="s">
         <v>825</v>
       </c>
-      <c r="I121" s="5" t="s">
+      <c r="J121" s="5" t="s">
         <v>826</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="K121" s="5" t="s">
         <v>827</v>
       </c>
       <c r="L121" s="6" t="s">
         <v>828</v>
       </c>
       <c r="M121" s="5" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
         <v>830</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>220</v>
+        <v>831</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>365</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="F122" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>833</v>
+        <v>389</v>
       </c>
       <c r="K122" s="5" t="s">
         <v>834</v>
       </c>
       <c r="L122" s="6" t="s">
         <v>835</v>
       </c>
       <c r="M122" s="5" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
         <v>837</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>15</v>
+        <v>220</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>365</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
         <v>838</v>
       </c>
       <c r="I123" s="5" t="s">
         <v>839</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>389</v>
+        <v>840</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>365</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>17</v>
+        <v>688</v>
       </c>
       <c r="F124" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="J124" s="5" t="s">
         <v>389</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>365</v>
       </c>
       <c r="E125" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F125" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="J125" s="5" t="s">
         <v>389</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>123</v>
+        <v>365</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>385</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F126" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>858</v>
+        <v>389</v>
       </c>
       <c r="K126" s="5" t="s">
         <v>859</v>
       </c>
       <c r="L126" s="6" t="s">
         <v>860</v>
       </c>
       <c r="M126" s="5" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
         <v>862</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>824</v>
+        <v>15</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>365</v>
+        <v>123</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>385</v>
+      </c>
+      <c r="F127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
         <v>863</v>
       </c>
       <c r="I127" s="5" t="s">
         <v>864</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>389</v>
+        <v>865</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>672</v>
+        <v>831</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>123</v>
+        <v>365</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>385</v>
+        <v>17</v>
       </c>
       <c r="F128" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>21</v>
+        <v>389</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>16</v>
+        <v>679</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>220</v>
+        <v>123</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>875</v>
-[...6 lines deleted...]
-      <c r="G129" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="F129" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H129" s="5" t="s">
         <v>876</v>
       </c>
-      <c r="H129" s="5" t="s">
+      <c r="I129" s="5" t="s">
         <v>877</v>
-      </c>
-[...1 lines deleted...]
-        <v>878</v>
       </c>
       <c r="J129" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K129" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L129" s="6" t="s">
         <v>879</v>
       </c>
-      <c r="L129" s="6" t="s">
+      <c r="M129" s="5" t="s">
         <v>880</v>
-      </c>
-[...1 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C130" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D130" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="E130" s="5" t="s">
         <v>882</v>
       </c>
-      <c r="B130" s="5" t="s">
-[...12 lines deleted...]
-        <v>17</v>
+      <c r="F130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G130" s="5" t="s">
         <v>883</v>
       </c>
       <c r="H130" s="5" t="s">
         <v>884</v>
       </c>
       <c r="I130" s="5" t="s">
         <v>885</v>
       </c>
       <c r="J130" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K130" s="5" t="s">
         <v>886</v>
       </c>
       <c r="L130" s="6" t="s">
         <v>887</v>
       </c>
       <c r="M130" s="5" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
         <v>889</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>365</v>
+        <v>16</v>
       </c>
       <c r="E131" s="5" t="s">
         <v>385</v>
       </c>
       <c r="F131" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="G131" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G131" s="5" t="s">
+        <v>890</v>
       </c>
       <c r="H131" s="5" t="s">
-        <v>890</v>
-[...1 lines deleted...]
-      <c r="I131" s="5"/>
+        <v>891</v>
+      </c>
+      <c r="I131" s="5" t="s">
+        <v>892</v>
+      </c>
       <c r="J131" s="5" t="s">
-        <v>389</v>
+        <v>21</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>220</v>
+        <v>365</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>875</v>
-[...7 lines deleted...]
-        <v>895</v>
+        <v>385</v>
+      </c>
+      <c r="F132" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>896</v>
-[...1 lines deleted...]
-      <c r="I132" s="5" t="s">
         <v>897</v>
       </c>
+      <c r="I132" s="5"/>
       <c r="J132" s="5" t="s">
-        <v>21</v>
+        <v>389</v>
       </c>
       <c r="K132" s="5" t="s">
         <v>898</v>
       </c>
       <c r="L132" s="6" t="s">
         <v>899</v>
       </c>
       <c r="M132" s="5" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
         <v>901</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D133" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="D133" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E133" s="5" t="s">
-        <v>17</v>
+        <v>882</v>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="s">
         <v>902</v>
       </c>
       <c r="H133" s="5" t="s">
         <v>903</v>
       </c>
       <c r="I133" s="5" t="s">
         <v>904</v>
       </c>
       <c r="J133" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K133" s="5" t="s">
         <v>905</v>
       </c>
       <c r="L133" s="6" t="s">
         <v>906</v>
       </c>
       <c r="M133" s="5" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
         <v>908</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>747</v>
+        <v>220</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>334</v>
+        <v>16</v>
       </c>
       <c r="E134" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G134" s="5" t="s">
         <v>909</v>
       </c>
-      <c r="F134" s="5" t="s">
+      <c r="H134" s="5" t="s">
         <v>910</v>
       </c>
-      <c r="G134" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H134" s="5" t="s">
+      <c r="I134" s="5" t="s">
         <v>911</v>
       </c>
-      <c r="I134" s="5" t="s">
+      <c r="J134" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K134" s="5" t="s">
         <v>912</v>
       </c>
-      <c r="J134" s="5" t="s">
+      <c r="L134" s="6" t="s">
         <v>913</v>
       </c>
-      <c r="K134" s="5" t="s">
+      <c r="M134" s="5" t="s">
         <v>914</v>
-      </c>
-[...4 lines deleted...]
-        <v>916</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
+        <v>915</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="D135" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="E135" s="5" t="s">
+        <v>916</v>
+      </c>
+      <c r="F135" s="5" t="s">
         <v>917</v>
       </c>
-      <c r="B135" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E135" s="5" t="s">
+      <c r="G135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H135" s="5" t="s">
         <v>918</v>
       </c>
-      <c r="F135" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H135" s="5" t="s">
+      <c r="I135" s="5" t="s">
         <v>919</v>
       </c>
-      <c r="I135" s="5" t="s">
+      <c r="J135" s="5" t="s">
         <v>920</v>
       </c>
-      <c r="J135" s="5" t="s">
+      <c r="K135" s="5" t="s">
         <v>921</v>
       </c>
-      <c r="K135" s="5" t="s">
+      <c r="L135" s="6" t="s">
         <v>922</v>
       </c>
-      <c r="L135" s="6" t="s">
+      <c r="M135" s="5" t="s">
         <v>923</v>
-      </c>
-[...1 lines deleted...]
-        <v>924</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="D136" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="E136" s="5" t="s">
         <v>925</v>
       </c>
-      <c r="B136" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F136" s="5" t="s">
+        <v>917</v>
+      </c>
+      <c r="G136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H136" s="5" t="s">
         <v>926</v>
       </c>
-      <c r="G136" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H136" s="5" t="s">
+      <c r="I136" s="5" t="s">
         <v>927</v>
       </c>
-      <c r="I136" s="5" t="s">
+      <c r="J136" s="5" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="K136" s="5" t="s">
         <v>929</v>
       </c>
       <c r="L136" s="6" t="s">
         <v>930</v>
       </c>
       <c r="M136" s="5" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
         <v>932</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>747</v>
+        <v>15</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>296</v>
+        <v>365</v>
       </c>
       <c r="E137" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F137" s="5" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>910</v>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
         <v>934</v>
       </c>
       <c r="I137" s="5" t="s">
         <v>935</v>
       </c>
       <c r="J137" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="K137" s="5" t="s">
         <v>936</v>
       </c>
-      <c r="K137" s="5" t="s">
+      <c r="L137" s="6" t="s">
         <v>937</v>
       </c>
-      <c r="L137" s="6" t="s">
+      <c r="M137" s="5" t="s">
         <v>938</v>
-      </c>
-[...1 lines deleted...]
-        <v>939</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
+        <v>939</v>
+      </c>
+      <c r="B138" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C138" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="D138" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="E138" s="5" t="s">
         <v>940</v>
       </c>
-      <c r="B138" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F138" s="5" t="s">
-        <v>926</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>917</v>
+      </c>
+      <c r="G138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H138" s="5" t="s">
         <v>941</v>
       </c>
       <c r="I138" s="5" t="s">
         <v>942</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>389</v>
+        <v>943</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>947</v>
+        <v>15</v>
       </c>
       <c r="D139" s="5" t="s">
         <v>365</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>674</v>
+        <v>17</v>
       </c>
       <c r="F139" s="5" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
       <c r="G139" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H139" s="5" t="s">
         <v>948</v>
       </c>
-      <c r="H139" s="5" t="s">
+      <c r="I139" s="5" t="s">
         <v>949</v>
       </c>
-      <c r="I139" s="5" t="s">
+      <c r="J139" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="K139" s="5" t="s">
         <v>950</v>
       </c>
-      <c r="J139" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K139" s="5" t="s">
+      <c r="L139" s="6" t="s">
         <v>951</v>
       </c>
-      <c r="L139" s="6" t="s">
+      <c r="M139" s="5" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>953</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
+        <v>953</v>
+      </c>
+      <c r="B140" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C140" s="5" t="s">
         <v>954</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D140" s="5" t="s">
         <v>365</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>17</v>
+        <v>681</v>
       </c>
       <c r="F140" s="5" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
       <c r="G140" s="5" t="s">
         <v>955</v>
       </c>
       <c r="H140" s="5" t="s">
         <v>956</v>
       </c>
       <c r="I140" s="5" t="s">
         <v>957</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>389</v>
+        <v>810</v>
       </c>
       <c r="K140" s="5" t="s">
         <v>958</v>
       </c>
       <c r="L140" s="6" t="s">
         <v>959</v>
       </c>
       <c r="M140" s="5" t="s">
         <v>960</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
         <v>961</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>123</v>
+        <v>365</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>681</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F141" s="5" t="s">
+        <v>933</v>
+      </c>
+      <c r="G141" s="5" t="s">
+        <v>962</v>
       </c>
       <c r="H141" s="5" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>964</v>
+        <v>389</v>
       </c>
       <c r="K141" s="5" t="s">
         <v>965</v>
       </c>
       <c r="L141" s="6" t="s">
         <v>966</v>
       </c>
       <c r="M141" s="5" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
         <v>968</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>220</v>
+        <v>15</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>123</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>688</v>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
         <v>969</v>
       </c>
       <c r="I142" s="5" t="s">
         <v>970</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>21</v>
+        <v>971</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
         <v>220</v>
       </c>
       <c r="D143" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G143" s="5" t="s">
-        <v>975</v>
+      <c r="G143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H143" s="5" t="s">
         <v>976</v>
       </c>
       <c r="I143" s="5" t="s">
         <v>977</v>
       </c>
       <c r="J143" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K143" s="5" t="s">
         <v>978</v>
       </c>
       <c r="L143" s="6" t="s">
         <v>979</v>
       </c>
       <c r="M143" s="5" t="s">
         <v>980</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
         <v>981</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>220</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G144" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G144" s="5" t="s">
+        <v>982</v>
       </c>
       <c r="H144" s="5" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="J144" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>220</v>
       </c>
       <c r="D145" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E145" s="5" t="s">
-        <v>137</v>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="J145" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>220</v>
       </c>
       <c r="D146" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E146" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E146" s="5" t="s">
+        <v>137</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="I146" s="5" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="J146" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="D147" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D147" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="J147" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>747</v>
+        <v>16</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>206</v>
+        <v>220</v>
       </c>
       <c r="E148" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F148" s="5" t="s">
-        <v>1006</v>
+      <c r="F148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
         <v>1007</v>
       </c>
       <c r="I148" s="5" t="s">
         <v>1008</v>
       </c>
       <c r="J148" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K148" s="5" t="s">
         <v>1009</v>
       </c>
-      <c r="K148" s="5" t="s">
+      <c r="L148" s="6" t="s">
         <v>1010</v>
       </c>
-      <c r="L148" s="6" t="s">
+      <c r="M148" s="5" t="s">
         <v>1011</v>
-      </c>
-[...1 lines deleted...]
-        <v>1012</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B149" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C149" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="D149" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="E149" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F149" s="5" t="s">
         <v>1013</v>
       </c>
-      <c r="B149" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E149" s="5" t="s">
+      <c r="G149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H149" s="5" t="s">
         <v>1014</v>
       </c>
-      <c r="F149" s="5" t="s">
+      <c r="I149" s="5" t="s">
         <v>1015</v>
       </c>
-      <c r="G149" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H149" s="5" t="s">
+      <c r="J149" s="5" t="s">
         <v>1016</v>
       </c>
-      <c r="I149" s="5" t="s">
+      <c r="K149" s="5" t="s">
         <v>1017</v>
       </c>
-      <c r="J149" s="5" t="s">
+      <c r="L149" s="6" t="s">
         <v>1018</v>
       </c>
-      <c r="K149" s="5" t="s">
+      <c r="M149" s="5" t="s">
         <v>1019</v>
-      </c>
-[...4 lines deleted...]
-        <v>1021</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B150" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C150" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="D150" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F150" s="5" t="s">
         <v>1022</v>
       </c>
-      <c r="B150" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E150" s="5" t="s">
+      <c r="G150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H150" s="5" t="s">
         <v>1023</v>
       </c>
-      <c r="F150" s="5" t="s">
+      <c r="I150" s="5" t="s">
         <v>1024</v>
       </c>
-      <c r="G150" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H150" s="5" t="s">
+      <c r="J150" s="5" t="s">
         <v>1025</v>
       </c>
-      <c r="I150" s="5" t="s">
+      <c r="K150" s="5" t="s">
         <v>1026</v>
       </c>
-      <c r="J150" s="5" t="s">
+      <c r="L150" s="6" t="s">
         <v>1027</v>
       </c>
-      <c r="K150" s="5" t="s">
+      <c r="M150" s="5" t="s">
         <v>1028</v>
-      </c>
-[...4 lines deleted...]
-        <v>1030</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B151" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C151" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="D151" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="E151" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F151" s="5" t="s">
         <v>1031</v>
       </c>
-      <c r="B151" s="5" t="s">
+      <c r="G151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H151" s="5" t="s">
         <v>1032</v>
       </c>
-      <c r="C151" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H151" s="5" t="s">
+      <c r="I151" s="5" t="s">
         <v>1033</v>
       </c>
-      <c r="I151" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="J151" s="5" t="s">
+        <v>1034</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1035</v>
-[...1 lines deleted...]
-      <c r="M151" s="5"/>
+        <v>1036</v>
+      </c>
+      <c r="M151" s="5" t="s">
+        <v>1037</v>
+      </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>1032</v>
+        <v>1039</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H152" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H152" s="5" t="s">
+        <v>1040</v>
       </c>
       <c r="I152" s="5"/>
       <c r="J152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="M152" s="5"/>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B153" s="5" t="s">
         <v>1039</v>
-      </c>
-[...1 lines deleted...]
-        <v>1032</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H153" s="5" t="s">
-        <v>1040</v>
+      <c r="H153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I153" s="5"/>
       <c r="J153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="M153" s="5"/>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>14</v>
+        <v>1039</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D154" s="5" t="s">
-[...3 lines deleted...]
-        <v>1044</v>
+      <c r="D154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1045</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>1047</v>
+      </c>
+      <c r="I154" s="5"/>
+      <c r="J154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1048</v>
-[...1 lines deleted...]
-      <c r="M154" s="5" t="s">
         <v>1049</v>
       </c>
+      <c r="M154" s="5"/>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
         <v>1050</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>1032</v>
+        <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D155" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="E155" s="5" t="s">
+        <v>1051</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H155" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H155" s="5" t="s">
+        <v>1052</v>
+      </c>
+      <c r="I155" s="5" t="s">
+        <v>1053</v>
+      </c>
+      <c r="J155" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1052</v>
-[...1 lines deleted...]
-      <c r="M155" s="5"/>
+        <v>1055</v>
+      </c>
+      <c r="M155" s="5" t="s">
+        <v>1056</v>
+      </c>
     </row>
     <row r="156">
-      <c r="A156" s="5" t="n">
-        <v>1910</v>
+      <c r="A156" s="5" t="s">
+        <v>1057</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>14</v>
+        <v>1039</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>1053</v>
-[...2 lines deleted...]
-        <v>1054</v>
+        <v>16</v>
+      </c>
+      <c r="D156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G156" s="5" t="s">
-[...9 lines deleted...]
-        <v>389</v>
+      <c r="G156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I156" s="5"/>
+      <c r="J156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K156" s="5" t="s">
         <v>1058</v>
       </c>
       <c r="L156" s="6" t="s">
         <v>1059</v>
       </c>
-      <c r="M156" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M156" s="5"/>
     </row>
     <row r="157">
       <c r="A157" s="5" t="n">
         <v>1910</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>1053</v>
+        <v>1060</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>1054</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1061</v>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="J157" s="5" t="s">
         <v>389</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="158">
-      <c r="A158" s="5" t="s">
-        <v>1067</v>
+      <c r="A158" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D158" s="5" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E158" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G158" s="5" t="s">
         <v>1068</v>
       </c>
-      <c r="D158" s="5" t="s">
+      <c r="H158" s="5" t="s">
         <v>1069</v>
       </c>
-      <c r="E158" s="5" t="s">
+      <c r="I158" s="5" t="s">
         <v>1070</v>
       </c>
-      <c r="F158" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H158" s="5" t="s">
+      <c r="J158" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="K158" s="5" t="s">
         <v>1071</v>
       </c>
-      <c r="I158" s="5" t="s">
+      <c r="L158" s="6" t="s">
         <v>1072</v>
       </c>
-      <c r="J158" s="5" t="s">
+      <c r="M158" s="5" t="s">
         <v>1073</v>
-      </c>
-[...7 lines deleted...]
-        <v>1076</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B159" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C159" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D159" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E159" s="5" t="s">
         <v>1077</v>
       </c>
-      <c r="B159" s="5" t="s">
+      <c r="F159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H159" s="5" t="s">
         <v>1078</v>
       </c>
-      <c r="C159" s="5" t="s">
+      <c r="I159" s="5" t="s">
         <v>1079</v>
       </c>
-      <c r="D159" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E159" s="5" t="s">
+      <c r="J159" s="5" t="s">
         <v>1080</v>
       </c>
-      <c r="F159" s="5" t="s">
+      <c r="K159" s="5" t="s">
         <v>1081</v>
       </c>
-      <c r="G159" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H159" s="5" t="s">
+      <c r="L159" s="6" t="s">
         <v>1082</v>
       </c>
-      <c r="I159" s="5" t="s">
+      <c r="M159" s="5" t="s">
         <v>1083</v>
-      </c>
-[...10 lines deleted...]
-        <v>1087</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B160" s="5" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C160" s="5" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D160" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E160" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F160" s="5" t="s">
         <v>1088</v>
       </c>
-      <c r="B160" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E160" s="5" t="s">
+      <c r="G160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H160" s="5" t="s">
         <v>1089</v>
       </c>
-      <c r="F160" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H160" s="5" t="s">
+      <c r="I160" s="5" t="s">
         <v>1090</v>
       </c>
-      <c r="I160" s="5" t="s">
+      <c r="J160" s="5" t="s">
         <v>1091</v>
-      </c>
-[...1 lines deleted...]
-        <v>1084</v>
       </c>
       <c r="K160" s="5" t="s">
         <v>1092</v>
       </c>
       <c r="L160" s="6" t="s">
         <v>1093</v>
       </c>
       <c r="M160" s="5" t="s">
         <v>1094</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
         <v>1095</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D161" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E161" s="5" t="s">
         <v>1096</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
         <v>1097</v>
       </c>
-      <c r="I161" s="5"/>
+      <c r="I161" s="5" t="s">
+        <v>1098</v>
+      </c>
       <c r="J161" s="5" t="s">
-        <v>1098</v>
+        <v>1091</v>
       </c>
       <c r="K161" s="5" t="s">
         <v>1099</v>
       </c>
       <c r="L161" s="6" t="s">
         <v>1100</v>
       </c>
       <c r="M161" s="5" t="s">
         <v>1101</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
         <v>1102</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>220</v>
+        <v>1103</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>16</v>
+        <v>1086</v>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F162" s="5" t="s">
-        <v>1103</v>
+      <c r="F162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
         <v>1104</v>
       </c>
-      <c r="I162" s="5" t="s">
+      <c r="I162" s="5"/>
+      <c r="J162" s="5" t="s">
         <v>1105</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K162" s="5" t="s">
         <v>1106</v>
       </c>
       <c r="L162" s="6" t="s">
         <v>1107</v>
       </c>
       <c r="M162" s="5" t="s">
         <v>1108</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
         <v>1109</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>274</v>
+        <v>220</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>747</v>
+        <v>16</v>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F163" s="5" t="s">
-        <v>933</v>
+        <v>1110</v>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="J163" s="5" t="s">
-        <v>1112</v>
+        <v>21</v>
       </c>
       <c r="K163" s="5" t="s">
         <v>1113</v>
       </c>
       <c r="L163" s="6" t="s">
         <v>1114</v>
       </c>
       <c r="M163" s="5" t="s">
         <v>1115</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
         <v>1116</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>274</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F164" s="5" t="s">
-        <v>933</v>
+        <v>940</v>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
         <v>1117</v>
       </c>
       <c r="I164" s="5" t="s">
         <v>1118</v>
       </c>
       <c r="J164" s="5" t="s">
         <v>1119</v>
       </c>
       <c r="K164" s="5" t="s">
         <v>1120</v>
       </c>
       <c r="L164" s="6" t="s">
         <v>1121</v>
       </c>
       <c r="M164" s="5" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
         <v>1123</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>206</v>
+        <v>274</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>747</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>754</v>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F165" s="5" t="s">
+        <v>940</v>
+      </c>
+      <c r="G165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H165" s="5" t="s">
         <v>1124</v>
       </c>
-      <c r="G165" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H165" s="5" t="s">
+      <c r="I165" s="5" t="s">
         <v>1125</v>
       </c>
-      <c r="I165" s="5" t="s">
+      <c r="J165" s="5" t="s">
         <v>1126</v>
       </c>
-      <c r="J165" s="5" t="s">
+      <c r="K165" s="5" t="s">
         <v>1127</v>
       </c>
-      <c r="K165" s="5" t="s">
+      <c r="L165" s="6" t="s">
         <v>1128</v>
       </c>
-      <c r="L165" s="6" t="s">
+      <c r="M165" s="5" t="s">
         <v>1129</v>
-      </c>
-[...1 lines deleted...]
-        <v>1130</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1131</v>
+        <v>1130</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>206</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="E166" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F166" s="5" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H166" s="5" t="s">
         <v>1132</v>
       </c>
-      <c r="F166" s="5" t="s">
+      <c r="I166" s="5" t="s">
         <v>1133</v>
       </c>
-      <c r="G166" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H166" s="5" t="s">
+      <c r="J166" s="5" t="s">
         <v>1134</v>
       </c>
-      <c r="I166" s="5"/>
-      <c r="J166" s="5" t="s">
+      <c r="K166" s="5" t="s">
         <v>1135</v>
       </c>
-      <c r="K166" s="5" t="s">
+      <c r="L166" s="6" t="s">
         <v>1136</v>
       </c>
-      <c r="L166" s="6" t="s">
+      <c r="M166" s="5" t="s">
         <v>1137</v>
-      </c>
-[...1 lines deleted...]
-        <v>1138</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B167" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C167" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="D167" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="E167" s="5" t="s">
         <v>1139</v>
       </c>
-      <c r="B167" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C167" s="5" t="s">
+      <c r="F167" s="5" t="s">
         <v>1140</v>
       </c>
-      <c r="D167" s="5" t="s">
-[...12 lines deleted...]
-      <c r="G167" s="5" t="s">
+      <c r="G167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H167" s="5" t="s">
         <v>1141</v>
       </c>
-      <c r="H167" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I167" s="5" t="s">
+      <c r="I167" s="5"/>
+      <c r="J167" s="5" t="s">
         <v>1142</v>
-      </c>
-[...1 lines deleted...]
-        <v>1098</v>
       </c>
       <c r="K167" s="5" t="s">
         <v>1143</v>
       </c>
       <c r="L167" s="6" t="s">
         <v>1144</v>
       </c>
       <c r="M167" s="5" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
         <v>1146</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>206</v>
+        <v>1147</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>747</v>
+        <v>1103</v>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F168" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H168" s="5" t="s">
+      <c r="F168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G168" s="5" t="s">
         <v>1148</v>
+      </c>
+      <c r="H168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I168" s="5" t="s">
         <v>1149</v>
       </c>
       <c r="J168" s="5" t="s">
+        <v>1105</v>
+      </c>
+      <c r="K168" s="5" t="s">
         <v>1150</v>
       </c>
-      <c r="K168" s="5" t="s">
+      <c r="L168" s="6" t="s">
         <v>1151</v>
       </c>
-      <c r="L168" s="6" t="s">
+      <c r="M168" s="5" t="s">
         <v>1152</v>
-      </c>
-[...1 lines deleted...]
-        <v>1153</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B169" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C169" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="D169" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F169" s="5" t="s">
         <v>1154</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
         <v>1155</v>
       </c>
-      <c r="I169" s="5"/>
+      <c r="I169" s="5" t="s">
+        <v>1156</v>
+      </c>
       <c r="J169" s="5" t="s">
-        <v>1098</v>
+        <v>1157</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>206</v>
+        <v>1103</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>764</v>
-[...5 lines deleted...]
-        <v>1160</v>
+        <v>1086</v>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1161</v>
-[...1 lines deleted...]
-      <c r="I170" s="5" t="s">
         <v>1162</v>
       </c>
+      <c r="I170" s="5"/>
       <c r="J170" s="5" t="s">
+        <v>1105</v>
+      </c>
+      <c r="K170" s="5" t="s">
         <v>1163</v>
       </c>
-      <c r="K170" s="5" t="s">
+      <c r="L170" s="6" t="s">
         <v>1164</v>
       </c>
-      <c r="L170" s="6" t="s">
+      <c r="M170" s="5" t="s">
         <v>1165</v>
-      </c>
-[...1 lines deleted...]
-        <v>1166</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="D171" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F171" s="5" t="s">
         <v>1167</v>
       </c>
-      <c r="B171" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E171" s="5" t="s">
+      <c r="G171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H171" s="5" t="s">
         <v>1168</v>
       </c>
-      <c r="F171" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H171" s="5" t="s">
+      <c r="I171" s="5" t="s">
         <v>1169</v>
       </c>
-      <c r="I171" s="5" t="s">
+      <c r="J171" s="5" t="s">
         <v>1170</v>
-      </c>
-[...1 lines deleted...]
-        <v>1084</v>
       </c>
       <c r="K171" s="5" t="s">
         <v>1171</v>
       </c>
       <c r="L171" s="6" t="s">
         <v>1172</v>
       </c>
       <c r="M171" s="5" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
         <v>1174</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>16</v>
+        <v>1086</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>220</v>
+        <v>1103</v>
       </c>
       <c r="E172" s="5" t="s">
         <v>1175</v>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G172" s="5" t="s">
+      <c r="G172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H172" s="5" t="s">
         <v>1176</v>
       </c>
-      <c r="H172" s="5" t="s">
+      <c r="I172" s="5" t="s">
         <v>1177</v>
       </c>
-      <c r="I172" s="5" t="s">
+      <c r="J172" s="5" t="s">
+        <v>1091</v>
+      </c>
+      <c r="K172" s="5" t="s">
         <v>1178</v>
       </c>
-      <c r="J172" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K172" s="5" t="s">
+      <c r="L172" s="6" t="s">
         <v>1179</v>
       </c>
-      <c r="L172" s="6" t="s">
+      <c r="M172" s="5" t="s">
         <v>1180</v>
-      </c>
-[...1 lines deleted...]
-        <v>1181</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="E173" s="5" t="s">
         <v>1182</v>
       </c>
-      <c r="B173" s="5" t="s">
-[...19 lines deleted...]
-        </is>
+      <c r="F173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G173" s="5" t="s">
+        <v>1183</v>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="I173" s="5" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="J173" s="5" t="s">
-        <v>1185</v>
+        <v>21</v>
       </c>
       <c r="K173" s="5" t="s">
         <v>1186</v>
       </c>
       <c r="L173" s="6" t="s">
         <v>1187</v>
       </c>
       <c r="M173" s="5" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
         <v>1189</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F174" s="5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H174" s="5" t="s">
         <v>1190</v>
       </c>
-      <c r="D174" s="5" t="s">
+      <c r="I174" s="5" t="s">
         <v>1191</v>
       </c>
-      <c r="E174" s="5" t="s">
+      <c r="J174" s="5" t="s">
         <v>1192</v>
       </c>
-      <c r="F174" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I174" s="5" t="s">
+      <c r="K174" s="5" t="s">
         <v>1193</v>
       </c>
-      <c r="J174" s="5" t="s">
+      <c r="L174" s="6" t="s">
         <v>1194</v>
       </c>
-      <c r="K174" s="5" t="s">
+      <c r="M174" s="5" t="s">
         <v>1195</v>
-      </c>
-[...4 lines deleted...]
-        <v>1197</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D175" s="5" t="s">
         <v>1198</v>
-      </c>
-[...7 lines deleted...]
-        <v>220</v>
       </c>
       <c r="E175" s="5" t="s">
         <v>1199</v>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G175" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H175" s="5" t="s">
+      <c r="G175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I175" s="5" t="s">
         <v>1200</v>
       </c>
-      <c r="I175" s="5" t="s">
+      <c r="J175" s="5" t="s">
         <v>1201</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K175" s="5" t="s">
         <v>1202</v>
       </c>
       <c r="L175" s="6" t="s">
         <v>1203</v>
       </c>
       <c r="M175" s="5" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
         <v>1205</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D176" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>681</v>
+        <v>1206</v>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G176" s="5" t="s">
-        <v>1206</v>
+        <v>470</v>
       </c>
       <c r="H176" s="5" t="s">
         <v>1207</v>
       </c>
       <c r="I176" s="5" t="s">
         <v>1208</v>
       </c>
       <c r="J176" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K176" s="5" t="s">
         <v>1209</v>
       </c>
       <c r="L176" s="6" t="s">
         <v>1210</v>
       </c>
       <c r="M176" s="5" t="s">
         <v>1211</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
         <v>1212</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D177" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="D177" s="5" t="s">
+      <c r="E177" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="F177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G177" s="5" t="s">
         <v>1213</v>
-      </c>
-[...13 lines deleted...]
-        </is>
       </c>
       <c r="H177" s="5" t="s">
         <v>1214</v>
       </c>
       <c r="I177" s="5" t="s">
         <v>1215</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>389</v>
+        <v>21</v>
       </c>
       <c r="K177" s="5" t="s">
         <v>1216</v>
       </c>
       <c r="L177" s="6" t="s">
         <v>1217</v>
       </c>
       <c r="M177" s="5" t="s">
         <v>1218</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
         <v>1219</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
         <v>220</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>16</v>
+        <v>1220</v>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I178" s="5" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="J178" s="5" t="s">
-        <v>21</v>
+        <v>389</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="D179" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D179" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="I179" s="5" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="J179" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D180" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E180" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G180" s="5" t="s">
-        <v>1232</v>
+      <c r="G180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H180" s="5" t="s">
         <v>1233</v>
       </c>
       <c r="I180" s="5" t="s">
         <v>1234</v>
       </c>
       <c r="J180" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K180" s="5" t="s">
         <v>1235</v>
       </c>
       <c r="L180" s="6" t="s">
         <v>1236</v>
       </c>
       <c r="M180" s="5" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
         <v>1238</v>
       </c>
       <c r="B181" s="5" t="s">
@@ -19345,751 +19593,751 @@
       </c>
       <c r="I183" s="5" t="s">
         <v>1255</v>
       </c>
       <c r="J183" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K183" s="5" t="s">
         <v>1256</v>
       </c>
       <c r="L183" s="6" t="s">
         <v>1257</v>
       </c>
       <c r="M183" s="5" t="s">
         <v>1258</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
         <v>1259</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D184" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="D184" s="5" t="s">
+      <c r="E184" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G184" s="5" t="s">
         <v>1260</v>
       </c>
-      <c r="E184" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G184" s="5" t="s">
+      <c r="H184" s="5" t="s">
         <v>1261</v>
       </c>
-      <c r="H184" s="5" t="s">
+      <c r="I184" s="5" t="s">
         <v>1262</v>
       </c>
-      <c r="I184" s="5" t="s">
+      <c r="J184" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K184" s="5" t="s">
         <v>1263</v>
       </c>
-      <c r="J184" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K184" s="5" t="s">
+      <c r="L184" s="6" t="s">
         <v>1264</v>
       </c>
-      <c r="L184" s="6" t="s">
+      <c r="M184" s="5" t="s">
         <v>1265</v>
-      </c>
-[...1 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C185" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="D185" s="5" t="s">
         <v>1267</v>
       </c>
-      <c r="B185" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E185" s="5" t="s">
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G185" s="5" t="s">
         <v>1268</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H185" s="5" t="s">
         <v>1269</v>
       </c>
       <c r="I185" s="5" t="s">
         <v>1270</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>1084</v>
+        <v>389</v>
       </c>
       <c r="K185" s="5" t="s">
         <v>1271</v>
       </c>
       <c r="L185" s="6" t="s">
         <v>1272</v>
       </c>
       <c r="M185" s="5" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
         <v>1274</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D186" s="5" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E186" s="5" t="s">
         <v>1275</v>
       </c>
-      <c r="D186" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="5" t="s">
+      <c r="F186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H186" s="5" t="s">
         <v>1276</v>
       </c>
-      <c r="F186" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G186" s="5" t="s">
+      <c r="I186" s="5" t="s">
         <v>1277</v>
       </c>
-      <c r="H186" s="5" t="s">
+      <c r="J186" s="5" t="s">
+        <v>1091</v>
+      </c>
+      <c r="K186" s="5" t="s">
         <v>1278</v>
       </c>
-      <c r="I186" s="5" t="s">
+      <c r="L186" s="6" t="s">
         <v>1279</v>
       </c>
-      <c r="J186" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K186" s="5" t="s">
+      <c r="M186" s="5" t="s">
         <v>1280</v>
-      </c>
-[...4 lines deleted...]
-        <v>1282</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1283</v>
+        <v>1281</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>1284</v>
+        <v>1282</v>
       </c>
       <c r="D187" s="5" t="s">
         <v>365</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>137</v>
-[...14 lines deleted...]
-        </is>
+        <v>1283</v>
+      </c>
+      <c r="F187" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G187" s="5" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H187" s="5" t="s">
+        <v>1285</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>1286</v>
+        <v>810</v>
       </c>
       <c r="K187" s="5" t="s">
         <v>1287</v>
       </c>
       <c r="L187" s="6" t="s">
         <v>1288</v>
       </c>
       <c r="M187" s="5" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
         <v>1290</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>220</v>
+        <v>1291</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>1260</v>
+        <v>365</v>
       </c>
       <c r="E188" s="5" t="s">
-        <v>1291</v>
+        <v>137</v>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G188" s="5" t="s">
+      <c r="G188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I188" s="5" t="s">
         <v>1292</v>
       </c>
-      <c r="H188" s="5" t="s">
+      <c r="J188" s="5" t="s">
         <v>1293</v>
       </c>
-      <c r="I188" s="5" t="s">
+      <c r="K188" s="5" t="s">
         <v>1294</v>
       </c>
-      <c r="J188" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K188" s="5" t="s">
+      <c r="L188" s="6" t="s">
         <v>1295</v>
       </c>
-      <c r="L188" s="6" t="s">
+      <c r="M188" s="5" t="s">
         <v>1296</v>
-      </c>
-[...1 lines deleted...]
-        <v>1297</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1298</v>
+        <v>1297</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>220</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>1260</v>
-[...4 lines deleted...]
-        </is>
+        <v>1267</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>1298</v>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G189" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G189" s="5" t="s">
+        <v>1299</v>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="I189" s="5" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="J189" s="5" t="s">
         <v>389</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>1305</v>
+        <v>220</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>1260</v>
+        <v>1267</v>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G190" s="5" t="s">
+      <c r="G190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H190" s="5" t="s">
         <v>1306</v>
       </c>
-      <c r="H190" s="5" t="s">
+      <c r="I190" s="5" t="s">
         <v>1307</v>
-      </c>
-[...1 lines deleted...]
-        <v>1308</v>
       </c>
       <c r="J190" s="5" t="s">
         <v>389</v>
       </c>
       <c r="K190" s="5" t="s">
+        <v>1308</v>
+      </c>
+      <c r="L190" s="6" t="s">
         <v>1309</v>
       </c>
-      <c r="L190" s="6" t="s">
+      <c r="M190" s="5" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B191" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C191" s="5" t="s">
         <v>1312</v>
       </c>
-      <c r="B191" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C191" s="5" t="s">
+      <c r="D191" s="5" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G191" s="5" t="s">
         <v>1313</v>
       </c>
-      <c r="D191" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E191" s="5" t="s">
+      <c r="H191" s="5" t="s">
         <v>1314</v>
       </c>
-      <c r="F191" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G191" s="5" t="s">
+      <c r="I191" s="5" t="s">
         <v>1315</v>
-      </c>
-[...4 lines deleted...]
-        <v>1317</v>
       </c>
       <c r="J191" s="5" t="s">
         <v>389</v>
       </c>
       <c r="K191" s="5" t="s">
+        <v>1316</v>
+      </c>
+      <c r="L191" s="6" t="s">
+        <v>1317</v>
+      </c>
+      <c r="M191" s="5" t="s">
         <v>1318</v>
-      </c>
-[...4 lines deleted...]
-        <v>1320</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B192" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C192" s="5" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D192" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E192" s="5" t="s">
         <v>1321</v>
       </c>
-      <c r="B192" s="5" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G192" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G192" s="5" t="s">
+        <v>1322</v>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1322</v>
-[...10 lines deleted...]
-        </is>
+        <v>1323</v>
+      </c>
+      <c r="I192" s="5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="J192" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="K192" s="5" t="s">
+        <v>1325</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1323</v>
-[...1 lines deleted...]
-      <c r="M192" s="5"/>
+        <v>1326</v>
+      </c>
+      <c r="M192" s="5" t="s">
+        <v>1327</v>
+      </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>14</v>
+        <v>1039</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>1325</v>
-[...1 lines deleted...]
-      <c r="D193" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F193" s="5" t="s">
-[...3 lines deleted...]
-        <v>1327</v>
+      <c r="F193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1328</v>
-[...1 lines deleted...]
-      <c r="I193" s="5" t="s">
         <v>1329</v>
       </c>
-      <c r="J193" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K193" s="5" t="s">
+      <c r="I193" s="5"/>
+      <c r="J193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L193" s="6" t="s">
         <v>1330</v>
       </c>
-      <c r="L193" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M193" s="5"/>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B194" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C194" s="5" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D194" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F194" s="5" t="s">
         <v>1333</v>
       </c>
-      <c r="B194" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C194" s="5" t="s">
+      <c r="G194" s="5" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H194" s="5" t="s">
+        <v>1335</v>
+      </c>
+      <c r="I194" s="5" t="s">
+        <v>1336</v>
+      </c>
+      <c r="J194" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K194" s="5" t="s">
+        <v>1337</v>
+      </c>
+      <c r="L194" s="6" t="s">
+        <v>1338</v>
+      </c>
+      <c r="M194" s="5" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="5" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C195" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D194" s="5" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A195" s="5" t="n">
+      <c r="D195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H195" s="5" t="s">
+        <v>1341</v>
+      </c>
+      <c r="I195" s="5"/>
+      <c r="J195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L195" s="6" t="s">
+        <v>1342</v>
+      </c>
+      <c r="M195" s="5"/>
+    </row>
+    <row r="196">
+      <c r="A196" s="5" t="n">
         <v>1926</v>
       </c>
-      <c r="B195" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C195" s="5" t="s">
+      <c r="B196" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C196" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="D195" s="5" t="s">
+      <c r="D196" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E195" s="5" t="s">
+      <c r="E196" s="5" t="s">
         <v>18</v>
-      </c>
-[...45 lines deleted...]
-        </is>
       </c>
       <c r="F196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
         <v>1343</v>
       </c>
       <c r="I196" s="5" t="s">
         <v>1344</v>
       </c>
       <c r="J196" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K196" s="5" t="s">
         <v>1345</v>
       </c>
       <c r="L196" s="6" t="s">
         <v>1346</v>
       </c>
       <c r="M196" s="5" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="I197" s="5" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="J197" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1354</v>
+        <v>1348</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>747</v>
+        <v>16</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="E198" s="5" t="s">
         <v>1355</v>
       </c>
-      <c r="F198" s="5" t="s">
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H198" s="5" t="s">
         <v>1356</v>
       </c>
-      <c r="G198" s="5" t="s">
+      <c r="I198" s="5" t="s">
         <v>1357</v>
       </c>
-      <c r="H198" s="5" t="s">
+      <c r="J198" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K198" s="5" t="s">
         <v>1358</v>
       </c>
-      <c r="I198" s="5" t="s">
+      <c r="L198" s="6" t="s">
         <v>1359</v>
       </c>
-      <c r="J198" s="5" t="s">
+      <c r="M198" s="5" t="s">
         <v>1360</v>
-      </c>
-[...7 lines deleted...]
-        <v>1363</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C199" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="D199" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="E199" s="5" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F199" s="5" t="s">
+        <v>1363</v>
+      </c>
+      <c r="G199" s="5" t="s">
         <v>1364</v>
       </c>
-      <c r="B199" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G199" s="5" t="s">
+      <c r="H199" s="5" t="s">
         <v>1365</v>
       </c>
-      <c r="H199" s="5" t="s">
+      <c r="I199" s="5" t="s">
         <v>1366</v>
       </c>
-      <c r="I199" s="5" t="s">
+      <c r="J199" s="5" t="s">
         <v>1367</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K199" s="5" t="s">
         <v>1368</v>
       </c>
       <c r="L199" s="6" t="s">
         <v>1369</v>
       </c>
       <c r="M199" s="5" t="s">
         <v>1370</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
         <v>1371</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D200" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E200" s="5" t="s">
@@ -20114,3455 +20362,3719 @@
       </c>
       <c r="K200" s="5" t="s">
         <v>1375</v>
       </c>
       <c r="L200" s="6" t="s">
         <v>1376</v>
       </c>
       <c r="M200" s="5" t="s">
         <v>1377</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
         <v>1378</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D201" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E201" s="5" t="s">
-        <v>1192</v>
+        <v>17</v>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G201" s="5" t="s">
         <v>1379</v>
       </c>
       <c r="H201" s="5" t="s">
         <v>1380</v>
       </c>
       <c r="I201" s="5" t="s">
         <v>1381</v>
       </c>
       <c r="J201" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K201" s="5" t="s">
         <v>1382</v>
       </c>
       <c r="L201" s="6" t="s">
         <v>1383</v>
       </c>
       <c r="M201" s="5" t="s">
         <v>1384</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
         <v>1385</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D202" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="E202" s="5" t="s">
+        <v>1199</v>
+      </c>
+      <c r="F202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G202" s="5" t="s">
         <v>1386</v>
       </c>
-      <c r="D202" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G202" s="5" t="s">
+      <c r="H202" s="5" t="s">
         <v>1387</v>
       </c>
-      <c r="H202" s="5" t="s">
+      <c r="I202" s="5" t="s">
         <v>1388</v>
       </c>
-      <c r="I202" s="5" t="s">
+      <c r="J202" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K202" s="5" t="s">
         <v>1389</v>
       </c>
-      <c r="J202" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K202" s="5" t="s">
+      <c r="L202" s="6" t="s">
         <v>1390</v>
       </c>
-      <c r="L202" s="6" t="s">
+      <c r="M202" s="5" t="s">
         <v>1391</v>
-      </c>
-[...1 lines deleted...]
-        <v>1392</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B203" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C203" s="5" t="s">
         <v>1393</v>
       </c>
-      <c r="B203" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D203" s="5" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E203" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="F203" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G203" s="5" t="s">
         <v>1394</v>
-      </c>
-[...9 lines deleted...]
-        <v>1372</v>
       </c>
       <c r="H203" s="5" t="s">
         <v>1395</v>
       </c>
       <c r="I203" s="5" t="s">
         <v>1396</v>
       </c>
       <c r="J203" s="5" t="s">
         <v>389</v>
       </c>
       <c r="K203" s="5" t="s">
         <v>1397</v>
       </c>
       <c r="L203" s="6" t="s">
         <v>1398</v>
       </c>
       <c r="M203" s="5" t="s">
         <v>1399</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
         <v>1400</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>1394</v>
+        <v>1401</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>17</v>
+        <v>688</v>
       </c>
       <c r="F204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G204" s="5" t="s">
-        <v>1401</v>
+        <v>1379</v>
       </c>
       <c r="H204" s="5" t="s">
         <v>1402</v>
       </c>
-      <c r="I204" s="5"/>
+      <c r="I204" s="5" t="s">
+        <v>1403</v>
+      </c>
       <c r="J204" s="5" t="s">
         <v>389</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>1394</v>
+        <v>1401</v>
       </c>
       <c r="E205" s="5" t="s">
-        <v>681</v>
+        <v>17</v>
       </c>
       <c r="F205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G205" s="5" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="I205" s="5" t="s">
         <v>1409</v>
       </c>
+      <c r="I205" s="5"/>
       <c r="J205" s="5" t="s">
         <v>389</v>
       </c>
       <c r="K205" s="5" t="s">
         <v>1410</v>
       </c>
       <c r="L205" s="6" t="s">
         <v>1411</v>
       </c>
       <c r="M205" s="5" t="s">
         <v>1412</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1406</v>
+        <v>1413</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>1413</v>
+        <v>1401</v>
       </c>
       <c r="E206" s="5" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G206" s="5" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H206" s="5" t="s">
+        <v>1415</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>21</v>
+        <v>389</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1406</v>
+        <v>1413</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>1413</v>
+        <v>1420</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="F207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H207" s="5" t="s">
-        <v>1413</v>
+      <c r="H207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I207" s="5" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
       <c r="J207" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1419</v>
+        <v>1422</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1420</v>
+        <v>1423</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1422</v>
+        <v>1413</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>1394</v>
+        <v>1420</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="F208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G208" s="5" t="s">
-        <v>1423</v>
+      <c r="G208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1424</v>
-[...1 lines deleted...]
-      <c r="I208" s="5"/>
+        <v>1420</v>
+      </c>
+      <c r="I208" s="5" t="s">
+        <v>1425</v>
+      </c>
       <c r="J208" s="5" t="s">
-        <v>389</v>
+        <v>21</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>1429</v>
+        <v>1401</v>
       </c>
       <c r="E209" s="5" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="F209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G209" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I209" s="5" t="s">
+      <c r="G209" s="5" t="s">
         <v>1430</v>
       </c>
+      <c r="H209" s="5" t="s">
+        <v>1431</v>
+      </c>
+      <c r="I209" s="5"/>
       <c r="J209" s="5" t="s">
-        <v>1431</v>
+        <v>389</v>
       </c>
       <c r="K209" s="5" t="s">
         <v>1432</v>
       </c>
       <c r="L209" s="6" t="s">
         <v>1433</v>
       </c>
       <c r="M209" s="5" t="s">
         <v>1434</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
         <v>1435</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>1413</v>
+        <v>1436</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>17</v>
+        <v>688</v>
       </c>
       <c r="F210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H210" s="5" t="s">
-        <v>1436</v>
+      <c r="H210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I210" s="5" t="s">
         <v>1437</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>21</v>
+        <v>1438</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>220</v>
+        <v>16</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-      <c r="G211" s="5" t="s">
+        <v>1420</v>
+      </c>
+      <c r="E211" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H211" s="5" t="s">
         <v>1443</v>
       </c>
-      <c r="H211" s="5" t="s">
+      <c r="I211" s="5" t="s">
         <v>1444</v>
-      </c>
-[...1 lines deleted...]
-        <v>1445</v>
       </c>
       <c r="J211" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K211" s="5" t="s">
+        <v>1445</v>
+      </c>
+      <c r="L211" s="6" t="s">
         <v>1446</v>
       </c>
-      <c r="L211" s="6" t="s">
+      <c r="M211" s="5" t="s">
         <v>1447</v>
-      </c>
-[...1 lines deleted...]
-        <v>1448</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C212" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="D212" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F212" s="5" t="s">
         <v>1449</v>
       </c>
-      <c r="B212" s="5" t="s">
-[...23 lines deleted...]
-        </is>
+      <c r="G212" s="5" t="s">
+        <v>1450</v>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1450</v>
-[...5 lines deleted...]
-        </is>
+        <v>1451</v>
+      </c>
+      <c r="I212" s="5" t="s">
+        <v>1452</v>
+      </c>
+      <c r="J212" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1452</v>
-[...1 lines deleted...]
-      <c r="M212" s="5"/>
+        <v>1454</v>
+      </c>
+      <c r="M212" s="5" t="s">
+        <v>1455</v>
+      </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1453</v>
+        <v>1456</v>
       </c>
       <c r="B213" s="5" t="s">
-        <v>1032</v>
+        <v>1039</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>1450</v>
+        <v>16</v>
       </c>
       <c r="D213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
-        <v>1450</v>
+        <v>1457</v>
       </c>
       <c r="I213" s="5"/>
       <c r="J213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="M213" s="5"/>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
       <c r="B214" s="5" t="s">
-        <v>14</v>
+        <v>1039</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>1305</v>
-[...10 lines deleted...]
-      <c r="G214" s="5" t="s">
         <v>1457</v>
       </c>
+      <c r="D214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="H214" s="5" t="s">
-        <v>1458</v>
-[...5 lines deleted...]
-        <v>389</v>
+        <v>1457</v>
+      </c>
+      <c r="I214" s="5"/>
+      <c r="J214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1461</v>
-[...1 lines deleted...]
-      <c r="M214" s="5" t="s">
         <v>1462</v>
       </c>
+      <c r="M214" s="5"/>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
         <v>1463</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>16</v>
+        <v>1312</v>
       </c>
       <c r="D215" s="5" t="s">
-        <v>1305</v>
+        <v>1267</v>
       </c>
       <c r="E215" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F215" s="5" t="s">
         <v>17</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G215" s="5" t="s">
         <v>1464</v>
       </c>
       <c r="H215" s="5" t="s">
         <v>1465</v>
       </c>
       <c r="I215" s="5" t="s">
         <v>1466</v>
       </c>
       <c r="J215" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="K215" s="5" t="s">
         <v>1467</v>
       </c>
-      <c r="K215" s="5" t="s">
+      <c r="L215" s="6" t="s">
         <v>1468</v>
       </c>
-      <c r="L215" s="6" t="s">
+      <c r="M215" s="5" t="s">
         <v>1469</v>
-      </c>
-[...1 lines deleted...]
-        <v>1470</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1471</v>
+        <v>1470</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D216" s="5" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="E216" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G216" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G216" s="5" t="s">
+        <v>1471</v>
       </c>
       <c r="H216" s="5" t="s">
         <v>1472</v>
       </c>
       <c r="I216" s="5" t="s">
         <v>1473</v>
       </c>
       <c r="J216" s="5" t="s">
         <v>1474</v>
       </c>
       <c r="K216" s="5" t="s">
         <v>1475</v>
       </c>
       <c r="L216" s="6" t="s">
         <v>1476</v>
       </c>
       <c r="M216" s="5" t="s">
         <v>1477</v>
       </c>
     </row>
     <row r="217">
-      <c r="A217" s="5" t="n">
-        <v>1928</v>
+      <c r="A217" s="5" t="s">
+        <v>1478</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>1260</v>
+        <v>16</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>1305</v>
-[...7 lines deleted...]
-        <v>1478</v>
+        <v>1312</v>
+      </c>
+      <c r="E217" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H217" s="5" t="s">
         <v>1479</v>
       </c>
       <c r="I217" s="5" t="s">
         <v>1480</v>
       </c>
       <c r="J217" s="5" t="s">
         <v>1481</v>
       </c>
       <c r="K217" s="5" t="s">
         <v>1482</v>
       </c>
       <c r="L217" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="M217" s="5" t="s">
         <v>1484</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="n">
-        <v>1929</v>
+        <v>1928</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D218" s="5" t="s">
+        <v>1312</v>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F218" s="5" t="s">
         <v>1485</v>
-      </c>
-[...11 lines deleted...]
-        </is>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H218" s="5" t="s">
         <v>1486</v>
       </c>
       <c r="I218" s="5" t="s">
         <v>1487</v>
       </c>
       <c r="J218" s="5" t="s">
         <v>1488</v>
       </c>
       <c r="K218" s="5" t="s">
         <v>1489</v>
       </c>
       <c r="L218" s="6" t="s">
         <v>1490</v>
       </c>
       <c r="M218" s="5" t="s">
         <v>1491</v>
       </c>
     </row>
     <row r="219">
-      <c r="A219" s="5" t="s">
+      <c r="A219" s="5" t="n">
+        <v>1929</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C219" s="5" t="s">
         <v>1492</v>
       </c>
-      <c r="B219" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D219" s="5" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H219" s="5" t="s">
         <v>1493</v>
       </c>
       <c r="I219" s="5" t="s">
         <v>1494</v>
       </c>
       <c r="J219" s="5" t="s">
-        <v>1488</v>
+        <v>1495</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>1079</v>
+        <v>1267</v>
       </c>
       <c r="D220" s="5" t="s">
-        <v>1096</v>
-[...2 lines deleted...]
-        <v>1268</v>
+        <v>1312</v>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="I220" s="5" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="J220" s="5" t="s">
-        <v>1084</v>
+        <v>1495</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>1505</v>
+        <v>1086</v>
       </c>
       <c r="D221" s="5" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E221" s="5" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H221" s="5" t="s">
         <v>1506</v>
       </c>
-      <c r="E221" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H221" s="5" t="s">
+      <c r="I221" s="5" t="s">
         <v>1507</v>
       </c>
-      <c r="I221" s="5" t="s">
+      <c r="J221" s="5" t="s">
+        <v>1091</v>
+      </c>
+      <c r="K221" s="5" t="s">
         <v>1508</v>
       </c>
-      <c r="J221" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K221" s="5" t="s">
+      <c r="L221" s="6" t="s">
         <v>1509</v>
       </c>
-      <c r="L221" s="6" t="s">
+      <c r="M221" s="5" t="s">
         <v>1510</v>
-      </c>
-[...1 lines deleted...]
-        <v>1511</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C222" s="5" t="s">
         <v>1512</v>
       </c>
-      <c r="B222" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D222" s="5" t="s">
-        <v>1305</v>
+        <v>771</v>
       </c>
       <c r="E222" s="5" t="s">
-        <v>17</v>
+        <v>1513</v>
       </c>
       <c r="F222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H222" s="5" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="I222" s="5" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="J222" s="5" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>16</v>
+        <v>1521</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>1305</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1522</v>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="I223" s="5" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="J223" s="5" t="s">
-        <v>1515</v>
+        <v>1495</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>1526</v>
+        <v>1312</v>
       </c>
       <c r="E224" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="I224" s="5" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="J224" s="5" t="s">
-        <v>1515</v>
+        <v>1531</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>1526</v>
+        <v>1312</v>
       </c>
       <c r="E225" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="I225" s="5" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="J225" s="5" t="s">
-        <v>1515</v>
+        <v>1531</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>1305</v>
+        <v>1542</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1539</v>
+        <v>1543</v>
       </c>
       <c r="I226" s="5" t="s">
-        <v>1540</v>
+        <v>1544</v>
       </c>
       <c r="J226" s="5" t="s">
-        <v>1515</v>
+        <v>1531</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1541</v>
+        <v>1545</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1542</v>
+        <v>1546</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>1305</v>
+        <v>1542</v>
       </c>
       <c r="E227" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I227" s="5" t="s">
-        <v>1546</v>
+        <v>1550</v>
       </c>
       <c r="J227" s="5" t="s">
-        <v>1515</v>
+        <v>1531</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="E228" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1551</v>
-[...1 lines deleted...]
-      <c r="I228" s="5"/>
+        <v>1555</v>
+      </c>
+      <c r="I228" s="5" t="s">
+        <v>1556</v>
+      </c>
       <c r="J228" s="5" t="s">
-        <v>1515</v>
+        <v>1531</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1552</v>
+        <v>1557</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1553</v>
+        <v>1558</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1554</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1555</v>
+        <v>1560</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="E229" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1556</v>
+        <v>1561</v>
       </c>
       <c r="I229" s="5" t="s">
-        <v>1557</v>
+        <v>1562</v>
       </c>
       <c r="J229" s="5" t="s">
-        <v>1515</v>
+        <v>1531</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1558</v>
+        <v>1563</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>1505</v>
+        <v>16</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>1506</v>
-[...4 lines deleted...]
-        </is>
+        <v>1312</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1562</v>
-[...3 lines deleted...]
-      </c>
+        <v>1567</v>
+      </c>
+      <c r="I230" s="5"/>
       <c r="J230" s="5" t="s">
-        <v>1488</v>
+        <v>1531</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1567</v>
+        <v>1571</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>1079</v>
+        <v>16</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>1096</v>
+        <v>1312</v>
       </c>
       <c r="E231" s="5" t="s">
-        <v>1268</v>
+        <v>17</v>
       </c>
       <c r="F231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G231" s="5" t="s">
-        <v>1568</v>
+      <c r="G231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="I231" s="5" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="J231" s="5" t="s">
-        <v>1084</v>
+        <v>1531</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>1079</v>
+        <v>1521</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>1096</v>
-[...2 lines deleted...]
-        <v>1268</v>
+        <v>1522</v>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G232" s="5" t="s">
-        <v>1575</v>
+      <c r="G232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="I232" s="5" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="J232" s="5" t="s">
-        <v>1084</v>
+        <v>1495</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>16</v>
+        <v>1086</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>1305</v>
+        <v>1103</v>
       </c>
       <c r="E233" s="5" t="s">
-        <v>17</v>
+        <v>1275</v>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G233" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G233" s="5" t="s">
+        <v>1584</v>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="I233" s="5" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="J233" s="5" t="s">
-        <v>1515</v>
+        <v>1091</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="234">
-      <c r="A234" s="5" t="n">
-        <v>1936</v>
+      <c r="A234" s="5" t="s">
+        <v>1590</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>1556</v>
+        <v>1086</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1103</v>
+      </c>
+      <c r="E234" s="5" t="s">
+        <v>1275</v>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G234" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G234" s="5" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H234" s="5" t="s">
+        <v>1592</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>1488</v>
+        <v>1091</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="E235" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
       <c r="I235" s="5" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
       <c r="J235" s="5" t="s">
-        <v>1515</v>
+        <v>1531</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1595</v>
+        <v>1601</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="236">
-      <c r="A236" s="5" t="s">
-        <v>1597</v>
+      <c r="A236" s="5" t="n">
+        <v>1936</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D236" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D236" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H236" s="5" t="s">
-        <v>1598</v>
+      <c r="H236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I236" s="5" t="s">
-        <v>1599</v>
+        <v>1603</v>
       </c>
       <c r="J236" s="5" t="s">
-        <v>1515</v>
+        <v>1495</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1600</v>
+        <v>1604</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1603</v>
+        <v>1607</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>1505</v>
+        <v>16</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>1506</v>
-[...4 lines deleted...]
-        </is>
+        <v>1312</v>
+      </c>
+      <c r="E237" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H237" s="5" t="s">
-        <v>1604</v>
+        <v>1608</v>
       </c>
       <c r="I237" s="5" t="s">
-        <v>1605</v>
+        <v>1609</v>
       </c>
       <c r="J237" s="5" t="s">
-        <v>1488</v>
+        <v>1531</v>
       </c>
       <c r="K237" s="5" t="s">
-        <v>1606</v>
+        <v>1610</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>1505</v>
+        <v>16</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>1506</v>
-[...4 lines deleted...]
-        </is>
+        <v>1542</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H238" s="5" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
       <c r="I238" s="5" t="s">
-        <v>1611</v>
+        <v>1615</v>
       </c>
       <c r="J238" s="5" t="s">
-        <v>1488</v>
+        <v>1531</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1613</v>
+        <v>1617</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>1506</v>
+        <v>1521</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>1305</v>
+        <v>1522</v>
       </c>
       <c r="E239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F239" s="5" t="s">
-        <v>1616</v>
+      <c r="F239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H239" s="5" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="I239" s="5" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="J239" s="5" t="s">
-        <v>1488</v>
+        <v>1495</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>1506</v>
+        <v>1521</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>1305</v>
+        <v>1522</v>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H240" s="5" t="s">
-        <v>1623</v>
+        <v>1626</v>
       </c>
       <c r="I240" s="5" t="s">
-        <v>1624</v>
+        <v>1627</v>
       </c>
       <c r="J240" s="5" t="s">
-        <v>1488</v>
+        <v>1495</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1625</v>
+        <v>1628</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>16</v>
+        <v>1522</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>1305</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1312</v>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F241" s="5" t="s">
-        <v>1616</v>
+        <v>1632</v>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H241" s="5" t="s">
-        <v>1629</v>
+        <v>1633</v>
       </c>
       <c r="I241" s="5" t="s">
-        <v>1630</v>
+        <v>1634</v>
       </c>
       <c r="J241" s="5" t="s">
-        <v>1515</v>
+        <v>1495</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1631</v>
+        <v>1635</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1632</v>
+        <v>1636</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1633</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>1079</v>
+        <v>1522</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>1635</v>
-[...2 lines deleted...]
-        <v>1268</v>
+        <v>1312</v>
+      </c>
+      <c r="E242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H242" s="5" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
       <c r="I242" s="5" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="J242" s="5" t="s">
-        <v>1638</v>
+        <v>1495</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>1643</v>
+        <v>1312</v>
       </c>
       <c r="E243" s="5" t="s">
-        <v>681</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F243" s="5" t="s">
+        <v>1632</v>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H243" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H243" s="5" t="s">
+        <v>1645</v>
       </c>
       <c r="I243" s="5" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="J243" s="5" t="s">
-        <v>1488</v>
+        <v>1531</v>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>296</v>
+        <v>1086</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>747</v>
+        <v>1651</v>
       </c>
       <c r="E244" s="5" t="s">
-        <v>1649</v>
-[...2 lines deleted...]
-        <v>1650</v>
+        <v>1275</v>
+      </c>
+      <c r="F244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="I244" s="5" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="J244" s="5" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>296</v>
+        <v>16</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>747</v>
+        <v>1659</v>
       </c>
       <c r="E245" s="5" t="s">
-        <v>1649</v>
-[...2 lines deleted...]
-        <v>1650</v>
+        <v>688</v>
+      </c>
+      <c r="F245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H245" s="5" t="s">
-        <v>1658</v>
+      <c r="H245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I245" s="5" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="J245" s="5" t="s">
-        <v>1660</v>
+        <v>1495</v>
       </c>
       <c r="K245" s="5" t="s">
         <v>1661</v>
       </c>
       <c r="L245" s="6" t="s">
         <v>1662</v>
       </c>
       <c r="M245" s="5" t="s">
         <v>1663</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
         <v>1664</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>1505</v>
+        <v>296</v>
       </c>
       <c r="D246" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="E246" s="5" t="s">
         <v>1665</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="F246" s="5" t="s">
         <v>1666</v>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H246" s="5" t="s">
         <v>1667</v>
       </c>
       <c r="I246" s="5" t="s">
         <v>1668</v>
       </c>
       <c r="J246" s="5" t="s">
-        <v>1488</v>
+        <v>1669</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>16</v>
+        <v>296</v>
       </c>
       <c r="D247" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="E247" s="5" t="s">
         <v>1665</v>
       </c>
-      <c r="E247" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F247" s="5" t="s">
+        <v>1666</v>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1673</v>
-[...1 lines deleted...]
-      <c r="I247" s="5"/>
+        <v>1674</v>
+      </c>
+      <c r="I247" s="5" t="s">
+        <v>1675</v>
+      </c>
       <c r="J247" s="5" t="s">
-        <v>1515</v>
+        <v>1676</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1674</v>
+        <v>1677</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1675</v>
+        <v>1678</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1676</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1677</v>
+        <v>1680</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>1079</v>
+        <v>1521</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>1678</v>
-[...7 lines deleted...]
-        </is>
+        <v>1681</v>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F248" s="5" t="s">
+        <v>1682</v>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H248" s="5" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="I248" s="5" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="J248" s="5" t="s">
-        <v>1681</v>
+        <v>1495</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1682</v>
+        <v>1685</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1683</v>
+        <v>1686</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>1526</v>
+        <v>1681</v>
       </c>
       <c r="E249" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1686</v>
+        <v>1689</v>
       </c>
       <c r="I249" s="5"/>
       <c r="J249" s="5" t="s">
-        <v>1515</v>
+        <v>1531</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="M249" s="5" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="250">
-      <c r="A250" s="5" t="n">
-        <v>1940</v>
+      <c r="A250" s="5" t="s">
+        <v>1693</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>1260</v>
+        <v>1086</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>1305</v>
-[...4 lines deleted...]
-        </is>
+        <v>1694</v>
+      </c>
+      <c r="E250" s="5" t="s">
+        <v>1275</v>
       </c>
       <c r="F250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1690</v>
+        <v>1695</v>
       </c>
       <c r="I250" s="5" t="s">
-        <v>1691</v>
+        <v>1696</v>
       </c>
       <c r="J250" s="5" t="s">
-        <v>1515</v>
+        <v>1697</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1693</v>
+        <v>1699</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>1694</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="B251" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C251" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>1305</v>
+        <v>1542</v>
       </c>
       <c r="E251" s="5" t="s">
-        <v>1696</v>
-[...2 lines deleted...]
-        <v>1666</v>
+        <v>17</v>
+      </c>
+      <c r="F251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="I251" s="5"/>
       <c r="J251" s="5" t="s">
-        <v>1515</v>
+        <v>1531</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1698</v>
+        <v>1703</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1699</v>
+        <v>1704</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>1700</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="252">
-      <c r="A252" s="5" t="s">
-        <v>1701</v>
+      <c r="A252" s="5" t="n">
+        <v>1940</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>16</v>
+        <v>1267</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>1305</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1312</v>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1702</v>
+        <v>1706</v>
       </c>
       <c r="I252" s="5" t="s">
-        <v>1703</v>
+        <v>1707</v>
       </c>
       <c r="J252" s="5" t="s">
-        <v>1515</v>
+        <v>1531</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1704</v>
+        <v>1708</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="E253" s="5" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="F253" s="5" t="s">
-        <v>779</v>
+        <v>1682</v>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1709</v>
-[...3 lines deleted...]
-      </c>
+        <v>1713</v>
+      </c>
+      <c r="I253" s="5"/>
       <c r="J253" s="5" t="s">
-        <v>1515</v>
+        <v>1531</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1711</v>
+        <v>1714</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1712</v>
+        <v>1715</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1714</v>
+        <v>1717</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>1260</v>
+        <v>16</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="E254" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H254" s="5" t="s">
-        <v>1715</v>
-[...1 lines deleted...]
-      <c r="I254" s="5"/>
+        <v>1718</v>
+      </c>
+      <c r="I254" s="5" t="s">
+        <v>1719</v>
+      </c>
       <c r="J254" s="5" t="s">
-        <v>1488</v>
+        <v>1531</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1716</v>
+        <v>1720</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1717</v>
+        <v>1721</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1718</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1719</v>
+        <v>1723</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>1556</v>
+        <v>16</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="E255" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1724</v>
+      </c>
+      <c r="F255" s="5" t="s">
+        <v>786</v>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1720</v>
+        <v>1725</v>
       </c>
       <c r="I255" s="5" t="s">
-        <v>1721</v>
+        <v>1726</v>
       </c>
       <c r="J255" s="5" t="s">
-        <v>1488</v>
+        <v>1531</v>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1722</v>
+        <v>1727</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1723</v>
+        <v>1728</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1725</v>
+        <v>1730</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>205</v>
+        <v>1267</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>1305</v>
-[...4 lines deleted...]
-        </is>
+        <v>1312</v>
+      </c>
+      <c r="E256" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1726</v>
-[...3 lines deleted...]
-      </c>
+        <v>1731</v>
+      </c>
+      <c r="I256" s="5"/>
       <c r="J256" s="5" t="s">
-        <v>1488</v>
+        <v>1495</v>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1728</v>
+        <v>1732</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1729</v>
+        <v>1733</v>
       </c>
       <c r="M256" s="5" t="s">
-        <v>1730</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>123</v>
+        <v>1572</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>365</v>
+        <v>1312</v>
       </c>
       <c r="E257" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1732</v>
+        <v>1736</v>
       </c>
       <c r="I257" s="5" t="s">
-        <v>1733</v>
+        <v>1737</v>
       </c>
       <c r="J257" s="5" t="s">
-        <v>1734</v>
+        <v>1495</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1736</v>
+        <v>1739</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1737</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>296</v>
+        <v>205</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>747</v>
-[...5 lines deleted...]
-        <v>1739</v>
+        <v>1312</v>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="I258" s="5" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>1742</v>
+        <v>1495</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>296</v>
+        <v>123</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>747</v>
+        <v>365</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>1649</v>
-[...2 lines deleted...]
-        <v>1739</v>
+        <v>17</v>
+      </c>
+      <c r="F259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="I259" s="5" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="J259" s="5" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>16</v>
+        <v>296</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>1305</v>
+        <v>754</v>
       </c>
       <c r="E260" s="5" t="s">
-        <v>17</v>
+        <v>1665</v>
       </c>
       <c r="F260" s="5" t="s">
-        <v>779</v>
+        <v>1755</v>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H260" s="5" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="I260" s="5" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="J260" s="5" t="s">
-        <v>1515</v>
+        <v>1758</v>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1759</v>
+        <v>1762</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
-        <v>16</v>
+        <v>296</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>1760</v>
+        <v>754</v>
       </c>
       <c r="E261" s="5" t="s">
-        <v>1761</v>
+        <v>1665</v>
       </c>
       <c r="F261" s="5" t="s">
-        <v>1762</v>
+        <v>1755</v>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="s">
         <v>1763</v>
       </c>
       <c r="I261" s="5" t="s">
         <v>1764</v>
       </c>
       <c r="J261" s="5" t="s">
-        <v>1488</v>
+        <v>1765</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D262" s="5" t="s">
-        <v>1760</v>
+        <v>1312</v>
       </c>
       <c r="E262" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F262" s="5" t="s">
-        <v>1762</v>
+        <v>786</v>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1769</v>
-[...1 lines deleted...]
-      <c r="I262" s="5"/>
+        <v>1770</v>
+      </c>
+      <c r="I262" s="5" t="s">
+        <v>1771</v>
+      </c>
       <c r="J262" s="5" t="s">
-        <v>1488</v>
+        <v>1531</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>205</v>
+        <v>16</v>
       </c>
       <c r="D263" s="5" t="s">
-        <v>1305</v>
+        <v>1776</v>
       </c>
       <c r="E263" s="5" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="F263" s="5" t="s">
-        <v>779</v>
+        <v>1778</v>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
-        <v>1775</v>
+        <v>1779</v>
       </c>
       <c r="I263" s="5" t="s">
-        <v>1776</v>
+        <v>1780</v>
       </c>
       <c r="J263" s="5" t="s">
-        <v>1777</v>
+        <v>1495</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1778</v>
+        <v>1781</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1779</v>
+        <v>1782</v>
       </c>
       <c r="M263" s="5" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1781</v>
+        <v>1784</v>
       </c>
       <c r="B264" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="5" t="s">
-        <v>296</v>
+        <v>16</v>
       </c>
       <c r="D264" s="5" t="s">
-        <v>747</v>
+        <v>1776</v>
       </c>
       <c r="E264" s="5" t="s">
-        <v>1649</v>
+        <v>17</v>
       </c>
       <c r="F264" s="5" t="s">
-        <v>1739</v>
+        <v>1778</v>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1782</v>
+        <v>1785</v>
       </c>
       <c r="I264" s="5"/>
       <c r="J264" s="5" t="s">
-        <v>1783</v>
+        <v>1495</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>16</v>
+        <v>205</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>1760</v>
+        <v>1312</v>
       </c>
       <c r="E265" s="5" t="s">
-        <v>779</v>
+        <v>1790</v>
       </c>
       <c r="F265" s="5" t="s">
-        <v>1788</v>
+        <v>786</v>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H265" s="5" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="I265" s="5" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="J265" s="5" t="s">
-        <v>1488</v>
+        <v>1793</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1791</v>
+        <v>1794</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="M265" s="5" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1794</v>
+        <v>1797</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>16</v>
+        <v>296</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>1760</v>
+        <v>754</v>
       </c>
       <c r="E266" s="5" t="s">
-        <v>17</v>
+        <v>1665</v>
       </c>
       <c r="F266" s="5" t="s">
-        <v>1795</v>
+        <v>1755</v>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1796</v>
-[...3 lines deleted...]
-      </c>
+        <v>1798</v>
+      </c>
+      <c r="I266" s="5"/>
       <c r="J266" s="5" t="s">
-        <v>1488</v>
+        <v>1799</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>296</v>
+        <v>16</v>
       </c>
       <c r="D267" s="5" t="s">
-        <v>747</v>
+        <v>1804</v>
       </c>
       <c r="E267" s="5" t="s">
-        <v>1802</v>
+        <v>17</v>
       </c>
       <c r="F267" s="5" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H267" s="5" t="s">
-        <v>1804</v>
-[...3 lines deleted...]
-      </c>
+        <v>1542</v>
+      </c>
+      <c r="I267" s="5"/>
       <c r="J267" s="5" t="s">
         <v>1806</v>
       </c>
       <c r="K267" s="5" t="s">
         <v>1807</v>
       </c>
       <c r="L267" s="6" t="s">
         <v>1808</v>
       </c>
       <c r="M267" s="5" t="s">
         <v>1809</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
         <v>1810</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>296</v>
+        <v>123</v>
       </c>
       <c r="D268" s="5" t="s">
-        <v>747</v>
+        <v>1811</v>
       </c>
       <c r="E268" s="5" t="s">
-        <v>1649</v>
+        <v>1812</v>
       </c>
       <c r="F268" s="5" t="s">
-        <v>1803</v>
+        <v>1813</v>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="I268" s="5" t="s">
-        <v>1812</v>
+        <v>1815</v>
       </c>
       <c r="J268" s="5" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1814</v>
+        <v>1817</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="M268" s="5" t="s">
-        <v>1816</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1817</v>
+        <v>1820</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D269" s="5" t="s">
-        <v>1760</v>
+        <v>1776</v>
       </c>
       <c r="E269" s="5" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="F269" s="5" t="s">
-        <v>1795</v>
+        <v>1821</v>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H269" s="5" t="s">
-        <v>1526</v>
-[...1 lines deleted...]
-      <c r="I269" s="5"/>
+        <v>1822</v>
+      </c>
+      <c r="I269" s="5" t="s">
+        <v>1823</v>
+      </c>
       <c r="J269" s="5" t="s">
-        <v>1488</v>
+        <v>1495</v>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1818</v>
+        <v>1824</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1819</v>
+        <v>1825</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>1820</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1821</v>
+        <v>1827</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D270" s="5" t="s">
-        <v>1760</v>
+        <v>1776</v>
       </c>
       <c r="E270" s="5" t="s">
-        <v>779</v>
+        <v>17</v>
       </c>
       <c r="F270" s="5" t="s">
-        <v>1795</v>
+        <v>1828</v>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1526</v>
-[...1 lines deleted...]
-      <c r="I270" s="5"/>
+        <v>1829</v>
+      </c>
+      <c r="I270" s="5" t="s">
+        <v>1830</v>
+      </c>
       <c r="J270" s="5" t="s">
-        <v>1488</v>
+        <v>1495</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1822</v>
+        <v>1831</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1823</v>
+        <v>1832</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>1824</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1825</v>
+        <v>1834</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>16</v>
+        <v>296</v>
       </c>
       <c r="D271" s="5" t="s">
-        <v>1760</v>
+        <v>754</v>
       </c>
       <c r="E271" s="5" t="s">
-        <v>17</v>
+        <v>1835</v>
       </c>
       <c r="F271" s="5" t="s">
-        <v>1795</v>
+        <v>1836</v>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1826</v>
+        <v>1837</v>
       </c>
       <c r="I271" s="5" t="s">
-        <v>1827</v>
+        <v>1838</v>
       </c>
       <c r="J271" s="5" t="s">
-        <v>1488</v>
+        <v>1839</v>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1828</v>
+        <v>1840</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1829</v>
+        <v>1841</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>1830</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1831</v>
+        <v>1843</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
-        <v>16</v>
+        <v>296</v>
       </c>
       <c r="D272" s="5" t="s">
-        <v>1305</v>
+        <v>754</v>
       </c>
       <c r="E272" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1665</v>
+      </c>
+      <c r="F272" s="5" t="s">
+        <v>1836</v>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1832</v>
+        <v>1844</v>
       </c>
       <c r="I272" s="5" t="s">
-        <v>1833</v>
+        <v>1845</v>
       </c>
       <c r="J272" s="5" t="s">
-        <v>1515</v>
+        <v>1846</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1834</v>
+        <v>1847</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1835</v>
+        <v>1848</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>1836</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1837</v>
+        <v>1850</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
-        <v>205</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D273" s="5" t="s">
+        <v>1776</v>
       </c>
       <c r="E273" s="5" t="s">
-        <v>1838</v>
-[...4 lines deleted...]
-        </is>
+        <v>786</v>
+      </c>
+      <c r="F273" s="5" t="s">
+        <v>1828</v>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1839</v>
-[...3 lines deleted...]
-      </c>
+        <v>1542</v>
+      </c>
+      <c r="I273" s="5"/>
       <c r="J273" s="5" t="s">
-        <v>1841</v>
+        <v>1495</v>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1842</v>
+        <v>1851</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1843</v>
+        <v>1852</v>
       </c>
       <c r="M273" s="5" t="s">
-        <v>1844</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1845</v>
+        <v>1854</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
-        <v>1260</v>
+        <v>16</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1776</v>
+      </c>
+      <c r="E274" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="F274" s="5" t="s">
+        <v>1828</v>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H274" s="5" t="s">
-        <v>1846</v>
-[...3 lines deleted...]
-      </c>
+        <v>1542</v>
+      </c>
+      <c r="I274" s="5"/>
       <c r="J274" s="5" t="s">
-        <v>1488</v>
+        <v>1495</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1848</v>
+        <v>1855</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1849</v>
+        <v>1856</v>
       </c>
       <c r="M274" s="5" t="s">
-        <v>1850</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>204</v>
+        <v>1858</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
-        <v>205</v>
+        <v>16</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>206</v>
-[...9 lines deleted...]
-        </is>
+        <v>1776</v>
+      </c>
+      <c r="E275" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F275" s="5" t="s">
+        <v>1828</v>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H275" s="5" t="s">
-        <v>1851</v>
+        <v>1859</v>
       </c>
       <c r="I275" s="5" t="s">
-        <v>1852</v>
+        <v>1860</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>1853</v>
+        <v>1495</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1854</v>
+        <v>1861</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1855</v>
+        <v>1862</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1856</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1857</v>
+        <v>1864</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
-        <v>220</v>
+        <v>16</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>206</v>
-[...4 lines deleted...]
-        </is>
+        <v>1312</v>
+      </c>
+      <c r="E276" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1858</v>
+        <v>1865</v>
       </c>
       <c r="I276" s="5" t="s">
-        <v>1859</v>
+        <v>1866</v>
       </c>
       <c r="J276" s="5" t="s">
-        <v>1860</v>
+        <v>1531</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1861</v>
+        <v>1867</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1862</v>
+        <v>1868</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>1863</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1864</v>
+        <v>1870</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
-        <v>1865</v>
+        <v>1871</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>1506</v>
+        <v>1267</v>
       </c>
       <c r="E277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1866</v>
+        <v>1872</v>
       </c>
       <c r="I277" s="5" t="s">
-        <v>1867</v>
+        <v>1873</v>
       </c>
       <c r="J277" s="5" t="s">
-        <v>1488</v>
+        <v>1495</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1868</v>
+        <v>1874</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1869</v>
+        <v>1875</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1870</v>
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" s="5" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B278" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C278" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D278" s="5" t="s">
+        <v>1776</v>
+      </c>
+      <c r="E278" s="5" t="s">
+        <v>1878</v>
+      </c>
+      <c r="F278" s="5" t="s">
+        <v>1828</v>
+      </c>
+      <c r="G278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I278" s="5" t="s">
+        <v>1879</v>
+      </c>
+      <c r="J278" s="5" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K278" s="5" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L278" s="6" t="s">
+        <v>1881</v>
+      </c>
+      <c r="M278" s="5" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" s="5" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B279" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C279" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="D279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E279" s="5" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H279" s="5" t="s">
+        <v>1885</v>
+      </c>
+      <c r="I279" s="5" t="s">
+        <v>1886</v>
+      </c>
+      <c r="J279" s="5" t="s">
+        <v>1887</v>
+      </c>
+      <c r="K279" s="5" t="s">
+        <v>1888</v>
+      </c>
+      <c r="L279" s="6" t="s">
+        <v>1889</v>
+      </c>
+      <c r="M279" s="5" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" s="5" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B280" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C280" s="5" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D280" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H280" s="5" t="s">
+        <v>1892</v>
+      </c>
+      <c r="I280" s="5" t="s">
+        <v>1893</v>
+      </c>
+      <c r="J280" s="5" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K280" s="5" t="s">
+        <v>1894</v>
+      </c>
+      <c r="L280" s="6" t="s">
+        <v>1895</v>
+      </c>
+      <c r="M280" s="5" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="B281" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C281" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="D281" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="E281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H281" s="5" t="s">
+        <v>1897</v>
+      </c>
+      <c r="I281" s="5" t="s">
+        <v>1898</v>
+      </c>
+      <c r="J281" s="5" t="s">
+        <v>1899</v>
+      </c>
+      <c r="K281" s="5" t="s">
+        <v>1900</v>
+      </c>
+      <c r="L281" s="6" t="s">
+        <v>1901</v>
+      </c>
+      <c r="M281" s="5" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" s="5" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B282" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C282" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="D282" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="E282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H282" s="5" t="s">
+        <v>1904</v>
+      </c>
+      <c r="I282" s="5" t="s">
+        <v>1905</v>
+      </c>
+      <c r="J282" s="5" t="s">
+        <v>1906</v>
+      </c>
+      <c r="K282" s="5" t="s">
+        <v>1907</v>
+      </c>
+      <c r="L282" s="6" t="s">
+        <v>1908</v>
+      </c>
+      <c r="M282" s="5" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="5" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B283" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C283" s="5" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D283" s="5" t="s">
+        <v>1522</v>
+      </c>
+      <c r="E283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H283" s="5" t="s">
+        <v>1912</v>
+      </c>
+      <c r="I283" s="5" t="s">
+        <v>1913</v>
+      </c>
+      <c r="J283" s="5" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K283" s="5" t="s">
+        <v>1914</v>
+      </c>
+      <c r="L283" s="6" t="s">
+        <v>1915</v>
+      </c>
+      <c r="M283" s="5" t="s">
+        <v>1916</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -23800,44 +24312,50 @@
     <hyperlink ref="M253" r:id="rId258"/>
     <hyperlink ref="M254" r:id="rId259"/>
     <hyperlink ref="M255" r:id="rId260"/>
     <hyperlink ref="M256" r:id="rId261"/>
     <hyperlink ref="M257" r:id="rId262"/>
     <hyperlink ref="M258" r:id="rId263"/>
     <hyperlink ref="M259" r:id="rId264"/>
     <hyperlink ref="M260" r:id="rId265"/>
     <hyperlink ref="M261" r:id="rId266"/>
     <hyperlink ref="M262" r:id="rId267"/>
     <hyperlink ref="M263" r:id="rId268"/>
     <hyperlink ref="M264" r:id="rId269"/>
     <hyperlink ref="M265" r:id="rId270"/>
     <hyperlink ref="M266" r:id="rId271"/>
     <hyperlink ref="M267" r:id="rId272"/>
     <hyperlink ref="M268" r:id="rId273"/>
     <hyperlink ref="M269" r:id="rId274"/>
     <hyperlink ref="M270" r:id="rId275"/>
     <hyperlink ref="M271" r:id="rId276"/>
     <hyperlink ref="M272" r:id="rId277"/>
     <hyperlink ref="M273" r:id="rId278"/>
     <hyperlink ref="M274" r:id="rId279"/>
     <hyperlink ref="M275" r:id="rId280"/>
     <hyperlink ref="M276" r:id="rId281"/>
     <hyperlink ref="M277" r:id="rId282"/>
+    <hyperlink ref="M278" r:id="rId283"/>
+    <hyperlink ref="M279" r:id="rId284"/>
+    <hyperlink ref="M280" r:id="rId285"/>
+    <hyperlink ref="M281" r:id="rId286"/>
+    <hyperlink ref="M282" r:id="rId287"/>
+    <hyperlink ref="M283" r:id="rId288"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>