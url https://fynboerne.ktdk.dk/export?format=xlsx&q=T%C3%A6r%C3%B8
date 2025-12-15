--- v0 (2025-11-19)
+++ v1 (2025-12-15)
@@ -44,584 +44,2833 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1922-10-03</t>
+    <t>efterår 1884</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Margrethe  Eckardt
+Jeppe Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen har repareret Johannes trøje. Margrethe får den med til København. Hvis Johannes har brug for penge, kan han få lidt af hende. Alle skibene skal udrustes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QZyc</t>
+  </si>
+  <si>
+    <t>Kjære Johannes!
+Endelig har jeg faaet Trøjen lappet sammen der var ikk Tøj her i Byen saa jeg maatte tage af de gamle Benklæder men nu gaar den vel en Tour igjen.
+Margrethe faar den med sig og saa har jeg sagt til hende at om du er meget forlegen saa kan du faa lidt Mønt hos hende at vi saa kan sende lidt til hende igjen med Guds Hjælp saa er vi nu lige ved at faa den Trang overstaaet men alle Skibene skal nu udrustes og der gaar mange mange til kan du tro jeg skal ud at presse din Trøje – skriv dog snart til mig Fader talte du jo ikke meget med og han siger heller ikke stort andet end de havde det godt 
+Kjærlig Hilsen din Moder</t>
+  </si>
+  <si>
+    <t>1884-10-17</t>
+  </si>
+  <si>
+    <t>Vartov Kirke
+Finland
+Långaryd Sverige</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Alfred Eckardt
+Christian Eckardt
+Marie Kjellmann
+Christian Klingsey
+Georg Larsen
+Marie Larsen
+Alexander Mogensen
+Viggo Ullmann</t>
+  </si>
+  <si>
+    <t>Christiansborg brændte d. 3 oktober 1884. 
+Familien Eckardt bor i Sverige.
+Johannes Larsen begyndte undervisning hos Frans Schwartz d. 13.10.</t>
+  </si>
+  <si>
+    <t>Ved branden på Christiansborg Slot mistede Christian Eckardt billeder til en værdi af 2000 kr. Johannes Larsen er bekymret, fordi han begyndte på den nye skole d. 13.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/maTy</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 17 84
+10
+Kjæreste Johannes!
+Løverdagaften da jeg kom hjem gik jeg ned hos Tornøes for at høre en norsk Højskoleforstander Ullmann og det var godt kan du tro naar Kjerteminde Avisen er læst saa skal du faa den sendt at baade Du og de andre kan læse og dog er det saa fattigt imod at høre ham, jeg har aldrig hørt et saa godt Foredrag.
+Saa Søndagmorgen var min Tid saa knap at jeg kun lige naaede at sende Fr Bendal Pengene om Aftenen tænkte jeg nu skriver Johannes og saa er det bedst at vente saa derfor hørte Du ikke fra mig men nu i forgaar skrev Georg og da jeg nu kommer over og seer en Convelut ligge med Udskrift saa har jeg et Qvarteer til Dig Tak fordi Du skrev idag vi kan saa godt forstaa din Længsel for vi ere selv saa glade ved at see din Skrift
+Du skal ikke være kjed af det fordi du begyndte den 13 mit Barn det er kun noget Du har faaet indpodet af din Fader alle Dage ere lige gode vor himmelske Fader har selv sagt vi ikke maatte være Dagvælgere gjør Din trøstig Din Gjerning i hans Navn saa skal den nok lykkes
+Du blev meget rost af Fader fordi du spurgte om Du skulde betale for en heel Maaned hos Arkitekten, jeg forstaar tilfulde din Glæde over at Du er ene om Aftenen du har jo altid holdt af Ro naar Du arbejdede, men hvor Du nu maa spadsere sig mig hvorlænge Du er om at gaa Vejen til Skolerne saa kan jeg slutte mig til Vejlængden fortæl mig endelig en heel Deel Johannes, alt muligt interreserer mig. Det var dejligt Du var med i Vartou Kirke ja brug dog de par Formiddagstimer til at høre et godt Ord fra vor Herre der er aldrig noget der glæder en Moder mere end Børnene elske vor Herre
+Du har vel nu seet Marie Eckardt og givet hende Farverne og huskede hun at faa Aviserne om Branden med hjem det skal kun være til Laans, men de har ingen danske Aviser i Sverrig paa Tiden; tænk Dig en stor Sorg mit Barn der brændte Malerier af Eckardt som henstod i Slotsmagasinet for 2000, Kr og Rammer for 200 K. et blev reddet men hvordan det seer ud ved de ikke endnu Forgylder Mogensen har skreven derover; vi vil haabe at den Action han nu skal holde maa gaa heldig Prokuratoren vil gjerne have ham selv derover for at ordne Malerierne og det er vel ogsaa det rigtigste
+Det er et forfærdeligt Stormvejer her saa vi haabe lille Marie bliver nogle Dage i Kjøbenhavn til til Vejret bliver bedre - Alfred kommer rimeligvis med en Marstaller som først skal til Finland efter Træ og saa gaa sydpaa – Gud bevare ham den kjære Ven i disse Efteraarsstorme
+Vi ere alle raske og tale om Dig hver Dag fortæl mig hvordan du hengte Dine Billeder og hvad De synes om Dem de andre Venner – men endelig hvordan det gaar Dig i Skolen min lille Ven som jeg daglig beder for om al Lykke og Velsignelse
+fortæl Frøken Bendal at Marie har vunden 7 Pund, hun ellers bedrøvet nu Marie Eckardt er rejst
+Din lille Fugl har det godt og vores Kakkelovn i Daglistuen er fuldkommen efter Ønske Stuen er lun om Morgenen 13 grader, er det ikke dejligt Johannes
+Lev nu vel Kjære og hils Alle fra mig du hilses kjærligt af os Allesammen dog mest i Øjeblik af mig.</t>
+  </si>
+  <si>
+    <t>1884-11</t>
+  </si>
+  <si>
+    <t>Alfred Brehm
+Johan Heilmann
+Adolph Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Christian Møller, maler
+Christian Norden
+Jens Olsen
+Theodor Oppermann
+Rasmus Petersen, Gartner
+Anton Frederik Schondel
+Hans  Slengerik
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Der er nævnt flere personer i brevet, som det ikke har været muligt at finde: Vagn, [Gensoe?], lille Hans og Frederikke.
+Bryggeren, moster Hanne og Laurits er muligvis forbundne i forhold til Meilgaard Gods på Djursland.
+"Addy" og "Azela" er skibe, som tilhører Jeppe Andreas Larsen (Johannes Larsens far). Arendal er en kystby i det sydlige Norge. Kætting er et ældre ord for kæde.(j.marcussen.dk/maritim/ordbog). Annamme betyder at tage, tilegne sig (Den Danske Ordbog).
+Der er muligvis en mindre epidemi af difteri i København.</t>
+  </si>
+  <si>
+    <t>Der er store skader på skibet "Addy" i forbindelse med en storm. Skibet "Azela" er også skadet. Johannes Larsens far er bekymret. 
+Vilhelmine Larsen er bekymret for Johannes helbred. De har haft besøg af en lille fugl, som var svær at identificere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d6wf</t>
+  </si>
+  <si>
+    <t>Lørdag Eftermiddag
+Min egen kjære Johannes!
+Det er længesiden der blev undt mig Tid til at skrive; men nu bliver jeg altfor misundelig paa de andre der stadig faar Breve at jeg ligefrem befalede, idag skriver jeg og her har Du mig.
+Addy’s Forlis vil du jo gjerne vide lidt om, Telegrammet kom forrige Søndag og bedrøvede Faer meget den Mast der knækkede (for det var kun den ene) var den nye – den Side hvor Støtterne knækkede var den daarlige som skulde have været efterseet naar han kom hjem saa det var jo da et Held, og Olsen søgte jo ind til Arendal vel baade fordi han er kjendt i den By og fordi der er en ganske udmærket flink Konsul; men kjedeligt er det jo alligevel om det end er under saa heldige Omstændigheder som muligt. ”Azela” mistede under Englands Kyst 45 Favne Kætting og det ene Anker; men han mente nok at kunne sejle hjem Faer kom nu og fortalte at der i Nyborg skal være Aktion paa Onsdag over nogle Skibssager – saa der faar du ham vist at se han spurgte mig om jeg vilde med; men det vilde jeg ikke love for vi ere uheldige med Hjælpen i Huset, Frederikke rejser idag og den Malkepige vi fik var her kun en Dag saa gik hun til Doktoren som beordrede hende i Seng 1 Maaned han talte noget om en Hjærtefejl; foreløbig hjælper Maren – Anders’ Kone os, - Christine fejer Boutik og Kontor samt Gang, derfor er hun loved 50 Ø om Ugen hvorover hun er meget stolt. Marie og jeg skal jo lave Maden i Vinter gid Gud give os Helbred saa er jeg jo aldrig kjed af at arbejde og den Pige vi fik til Stuepige lader saa rar stille og flittig at jeg blot maa ønske hun vil blive ved som hun har begyndt det er en Datter af Anders Høj.
+Johannes Du gjør Dig ingen Ide om hvor jeg ængster mig for den slemme Epidemi I har derude; men jeg kan jo kun bede for Dig at vor Herre dog vil spare dig for den slemme Sygdom, vær dog forsigtig mit Barn og sig endelig til straks om du skulde faa ondt i Halsen. Du spørger om hvad Vej du nu skal sende dit Snavsetøj ja nu faar vi jo Vagn derud paa Onsdag, mangler Du Strømper eller Trøje eller uldne Benklæder kan Du blot sige til saa skal jeg sende og Skjorter kan du jo ogsaa faa [overstreget] af Faders sendt ud af Faders, eller om du maaske hellere vil have noget vasket derude da vi ikke kommer til at vaske før i den næste Uge igjen.
+Her ere vi Gud ske Tak raske og er jo svært oppe i dag med Gjæs – 4 dejlige og nu kom der en til som vel nok bliver solgt.
+Her var en svær Halløj forleden Aften, der var set en lille And eller Vandhøne omme i Møllerkæret, [Gensoe] og Møller skjød en Masse Skud, men stadig dykkede den under Vandet
+Sent om Aftenen fangede lille Hans (Oppermanns Model) Dyret, og da Kristian Norden mødte ham paa Gaden annammede han den og styrede ind i den lille Stue til os, der blev jo en Seen og Snakken om hvad det var for Een, Adolph begyndte kjøb den Faer! Det blev jo tilladt 35 Øre, og saa vilde vi næste Morgen sætte den ud paa Taarbystranden; ”Brehm Fugleverden” kom frem og den lille Lappedykker stod for os, det var en lille ilter klog skabning at se til; men da det ene Ben vist havde faaet et Hagel turde vi ikke tænke paa at sætte den i Fangenskab her inde Døre men ude i Hejlmanns Dam blev dens Hjem og der lever den som i Ægyptens Kjødgryde det er Faders Ord; nu seer de til den Morgen Middag og Aften og da jeg saa den igaar havde den kun det lille Hoved ovenfor med et Par mørke skinnende Øjne; nu kom Adolph og sagde den var der ikke – maaske er den fløjet bort; Manden sagde vel 15 Gange havde vi bare Johannes saa skulde han snart sige os det men da vi saa kom til Billedet med den lille Lappedykker blev alle enige.
+Vildænderne har det godt min Ven. Rasmus har hjulpen mig i Haven i disse Dage – han har nu modtaget den Jord af Slængeriks – imod at give ham Grøden af de 2 Pletter der er saaet med Vintersæd og en Plet Jordbærs-Frugt; det lod til at Rasmus var vel fornøjet med det. Slængerik bygger saa oppe ved Møllen og har faaet al den Jord bag vores Have.
+Bryggeren har frasagt sig Jorden af Byens – men Huset har han lejet af Slængerik paa 10 Aar uden Opsigelse fra nogen af Siderne hans Pengesager er nok daarlige men nu iforgaars døde Moster Hanne du veed nok hende fra Mejlgaard, der arver de maaske en Slump Penge, det er Laurits’ Forklaring
+Vi har sukket for Grise saalænge nu har vi 6 smaa, 2 mellemstore 1 som kan slagtes; men vi maa selv til Sverrig først, saa kan du maaske faa Lov at komme med til Pølsegilde, Johannes veed du at Doktor Sckondel er ovre i Kjøbenhavn for at blive opereret for Steen, det er gaaet udmærket hidtil fri for Feber; der er Glæde da hans eget Haab kun var saa svagt. 
+Ja Johannes jeg synes der var saameget endnu at fortælle; men jeg ved ikke hvor meget de andre har sagt og faa 2 Gange lider du vel ikke Gud ske Lov Maden er god – Lev vel min kjære kjære Søn og Gud i Vold. Det beder din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1884-12-14</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Georg Larsen
+Jeppe Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsens far havde fødselsdag d. 12.12, og JLs telegram kom først sidst på aftenen.</t>
+  </si>
+  <si>
+    <t>Telegrammet kom først efter at Johannes Larsens forældre var gået i seng, men det kom. Her er klude til palet og pensler. Den franske grammatikbog er forsvundet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hUN7</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 14 December 1884
+Kjæreste Johannes!
+Du kan tro jeg blev glad da der kom Telegram den Aften, fordi mit Barn jeg vidste du selv vilde blive saa bedrøvet om det ikke kom afsted med en Hilsen til Hjemmet, vi vare rigtignok kommen i Seng da Georg kom styrtende op ad Trappen med Telegram fra Johannes, det var yderlig men det kom dog, jeg skriver selv i dag til Frøken Bendal; og her sender jeg dig nogle linnede og uldne Klude til Palet og Pensler – naar du kommer hjem skal du faa en heel Deel med Dig – husk nu endelig at tage det daglige Tøj med for at jeg kan faa det gjort godt istand medens Du er herhjemme, Johannes jeg vil gjerne undvære Trøjen og Georgs Benklæder til du kommer; men husk saa at tage dem med
+Vi ere raske allesammen
+Kjærlig Hilsen – hvad Dag kommer Du – 
+Fader skriver selv – der kan du see – han er ikke vred
+Hils Alle din egen trofaste Moder
+Pakken kom ikke afsted igaar for vi ledte efter den franske Grammatik men den er ikke at finde saa du maa kjøbe en brugt. Johannes husk nu at sige mig besked om Skorstensfejeren</t>
+  </si>
+  <si>
+    <t>november 1885</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Sophie Eckardt
+Anesine Frölich
+Jeppe Andreas Larsen
+Urban Larsen</t>
+  </si>
+  <si>
+    <t>Købmand I.A. Larsen blev bl.a. finansieret af vekselererfirmaet Mohr &amp;amp; Kjær.</t>
+  </si>
+  <si>
+    <t>Familien Larsen i Kerteminde venter uroligt på brev om, hvorvidt vekselererfirmaet Mohr &amp;amp; Kjær går konkurs. Farbror Urban er kommet fra Lundeborg, for at vente sammen med dem. Vilhelmine Larsen mener, at de godt kan klare sig. 
+Familien Eckardt i Sverige skriver i et brev, at moster Sine i Amerika har været meget syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vRRn</t>
+  </si>
+  <si>
+    <t>Kjære Johannes!
+Her sender jeg Dig fra Fader 20 Kroner og 50 til Frøken Bendal, vi sender Brevet til hende som du ønsker fordi at Postbudet ikke skal gaa forgjæves.
+Du kan tro mit Barn det har været bevægede Dage disse. idag med Posten faar vi den endelige Afgjørelse om Mohr &amp;amp; Kjær staar eller falder – hvor kan det dog gjøre os ondt for alle de Familier som blive ulykkelige; men vi see med det samme hvor utilgivelig letsindigt at Mennesker omgaas med Penge endogsaa andres; Urban kom kjørende herned igaar – det var ham umuligt at sidde dernede og ikke vide Besked om nogen Ting han rejste efter Postens Ankomst for han er ved at sælge Kornpartiet
+Jeg glemte at sige dig vi skulde vaske for om du vilde sende dit Tøj skal jeg sende Dig den blaa Trøje min Ven og en Skjorte her er bleven tilbage – 
+Nu kan Du begynde at male igjen lille Johannes og du skal endelig fortælle mig hvordan Regnskabet staar for dig nu 
+Ja Tak dog Gud Fader lille Barn at du har et Hjem som kan gaa den Klemme igjennem.
+Handelsforeningen var samlet iaftes for at ordne et Udvalg som skal gaa til Odense og der samles med andre Kjøbmænd for at hjælpe de Huse der ere valide til at faa Folk til at betale saa det maaske kan blive saa at vi faar vore egne Penge at bruge istedet for fremmede; Lev vel og skriv snart du kjære kjære Johannes, vi ere raske Klaus med, men den ere Stuefugl endnu –
+Den sidder paa Faders Skulder og hakker i hans Skæg – den Gavtyv
+Her var Brev fra Sverrig vi fik da at vide at Moster Sine i Amerika har været Døden nær men er nu bedre 
+Jo nu maa jeg slutte for det kan snart blive Posttid og der skal skrives lidt til Frøken Bendal
+Vor Herre bevare dig mit elskede Barn og velsigne Dig og Gjerning</t>
+  </si>
+  <si>
+    <t>1885-04-24</t>
+  </si>
+  <si>
+    <t>Hull England
+Spanien
+Kaliningrad
+Prøvestenen København
+Frankrig
+Brockdorff Alle 42 5390 Martofte</t>
+  </si>
+  <si>
+    <t>Otto Bache
+Ane Marie Christiansdatter
+Alfred Eckardt
+Christian Eckardt
+Valdemar Eckardt
+Adolph Larsen
+Augusta  Larsen
+Cathrine Larsen
+Georg Larsen
+Ida Larsen
+Jacob Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Urban Larsen
+Vilhelm Larsen
+- Madsen, Bager
+Sophie Meyer
+Sophus  Meyer
+Sophie Minden
+- Petersen
+Rasmus Petersen, Gartner
+Elisabeth Storm
+Christine Swane
+Natalie Zahle
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Duderne er nok duerne. På fynsk er der mange stumme d'er. Muligvis tror VL at der skal være d i midten af duerne.
+Madsen støjer i bageriet: Familien Larsens købmandsgård lå/ligger i Langegade 50, Kerteminde. Naboejendommen, som Larsen også ejede i 1885, Langegade 48, var Bagergården. 
+Røjlen: råsejl på skib (wikipedia) 
+Beslå: pakke sejl sammen på mast/bom for at hindre fremdrift (encyclopedia_danish.enacademic.com/2173/ Beslå)
+Kønigsberg hedder i dag Kaliningrad
+Christian Eckardt og hustru har sølvbryllup d. 1.6 1885. Den omtalte udstilling er på Charlottenborg.
+Den gamle Frederik er Frederik d. 7 (1848-1863) 
+Hvad grisens indhold skal bruges til: Sætningen refererer formodentlig til den sparegris, som Larsen-familien havde stående ovenpå deres bornholmerur. Den står stadig på dette sted i Alhed og Johannes Larsens røde stue på det, der nu er Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Det var godt, at Johannes Larsen sendte en undskyldning til faster Thrine og fru Storm. Hvad syntes han om Chr. Eckardts billeder på udstillingen? Fik han afleveret frøken Zahles billede? Otto Bache har solgt et maleri for 7000 kroner. Alfred Eckardt tvivler på, at han kan komme til sine forældres sølvbryllup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qTtv</t>
+  </si>
+  <si>
+    <t>Modtaget den 23 April
+[Påtrykt:]
+J. A. Larsen
+Kjerteminde. [Håndskrevet:] den 24 April 1885
+Min kjære lille Ven!
+Jeg har det saa godt i Eftermiddag at Brevet maa straks igang. Du var ikke saa bedrøvet som jeg var fordi der ingen Brev kom afsted Løverdag for Tiden løb saadan fra mig og jeg var ene hjemme saa jeg kunde ingen raabe an til at skrive, her kom en Fru Petersen Moster til Urbans Kjæreste og vilde tale med din Fader og han kom ikke saa Tiden gik altfor rask jeg blev ved med at høre paa hende og tænkte du naaer det nok men nej det slog fejl saa om Søndag Eftermiddag maatte jeg skrive op til Farbroder Jacob Faster Thrine er nemlig bleven meget svag og kan ikke sove om Nætterne, der var saadan en Kjedsomhed med dem begge at jeg fik den Tanke at Ida Larsen kunde komme herover og løse Faster ad med Huusgjerning og saa kunde Thrine kommer derop og ligge paa Landet og faa Kraften det venter vi nu Svar paa, for at hjælpe paa hende foreløbig er hun flyttet ind at sove hos os, ligger nu om Natten paa det Værelse ved siden af vores og sidder om Dagen paa Fru Storms Stue, det har hjulpen nu sover hun godt og det er kjendt paa hende, Madsen støjer jo i Bageriet om Natten og her er jo stille saa det gjør vel meget, med det samme jeg er ved de to skal jeg hilse dig fra dem, de sagde da Du kjørte forbi, det er værst for ham selv for vi veed han bliver saa kjed af det; og da saa dit Brev kom kunde de saa godt forstaa at Duderne havde optaget dig saadan at du glemte at sige Farvel kjærlig Hilsen fra dem begge med Tak for din Opmærksomhed at give dem en Undskyldning ja det var rigtigt Johannes man skal altid erkjende naar man gjør Fejl.
+Det var det saa skal Du høre lidt om Alfred her var Brev fra ham igaar han var 28 Dage om Rejsen fra Spanien til England, megen Modvind, han fortæller om en Orkan der kom bag paa dem de vare nede at skaffe da Styrmanden kaldte alle Mand op. 5 beslog Sejl hvad de nu hedder allesammen, men Røjlen blæste fra dem og Storsejlet var beslaaet, ellers var Stormasten gaaet, der var ikke Tale om Hvile medens Stormen rasede men næste Dag var det godt Vejr igjen, han har kun svagt Haab om at blive afmønstret paa Kjøbenhavns Rheed for de skal gaa til Kønigsberg og derfra have Planker til Frankrig eller England og saa hjem til Danmark med Kul, det vil jo medtage en 3 Maaneder han vil jo saa inderlig gjerne hjem til Sølvbrylluppet maa Skipperen forbarmer sig over ham og lader ham slippe ved Kjøbenhavn saa faar I ham at see for da tager han lige hjem, der er deserteret 5 Mand, de to kom tilbage igjen, en Hollænder laante en blaa Trøje at gaa iland og blev borte med det samme var det ikke lumpent, Kokken er deserteret, saa maa Alfred som yngste Mand gjøre Tjeneste ved Gryderne men kjedeligt er det siger han for de gjør altid Vrøvl at Maden skal være bedre ogsaa fra Valdemar skal jeg hilse han glæder sig saa umaadelig til Hjemrejsen i sidste Deel af Maj ja maa de samles alle Børnene saa bliver det rigtignok en glædelig Forsamling 
+Johannes har du bragt Frøken Zahle sit Billede - og hvordan gik det Dig? og hvad synes Du om din Eckardts Billeder paa Udstillingen? siig mig ogsaa hvad Du synes bedst om af det altsammen; Otto Backes Malerie Køer der drives af Stalden er solgt til 7000 Kroner Det kan blive til noget - oh maatte Eckardt dog sælge - bed dog med os kjære lille Johannes
+Jeg kan udmærket godt lide Hr Zahrtman fordi han vilde raade Eder til at kjøbe nyttigt for Pengene istedet for Sold. oh Johannes drik dog aldrig noget som kan gaa i Hovedet fortæl mig hvad Du maler og hvad Du tegner og hvad du tænker og glæd mig med alt hvad du veed der interesserer mig og det gjør alt hvad der vedrører Dig vi venter ogsaa at faa at vide hvad Grisens Indhold skal bruges til om det er Skovtour 
+Nu begynder Foraaret at gjøre sig gjældende og vi har voldsomt travlt i Haven der bliver anlagt et 30 Alen langt Aspargesbed oppe i Haven der hvor de gamle Stikkelsbær stod der blev 5 Buske tilbage at plukke endnu i Sommer, Vilhelm græd ellers over dem kan Du tro - tænk nu paa ham i næste Uge skal han til Eksamen det er første Gang i den Skole gid det maa gaa ham godt den lille Ven han har i denne Tid gjort saadan Forretning med Frimærker han kjøbte hos Georg og solgte i Skolen tjænte sig en Krone og kjøbte saa Georg Seglsamling og er meget glad desuden har han tjænt en Krone til sin Sparekassebog. Lammene har det det godt og lille Adolph kom nu ind saa brun som en Tater og skal med ud at hente dem hans lille Træhest staar paa Græs derude og den skal nu hjem i Nat igjen - jeg skal nok passe paa Urtepotten og Frøken Minden har lovet mig den med den gamle Frederik paa saa har Du 2 gamle der en til med en rød Bordt med en sort Tegning vil du have den med kan du faa lad nu Rasmus give dig Skud der er grønne om Vinteren ogsaa
+Jeg blev forstyrret ved at en Gig fra Brocdorff væltede her i Porten og baade Drengen og Kudsken blev kastet ud heldigvis blev Hesten staaende og de slap med at Mixturen blev slaaet itu der er nemlig 3 Thyfus Pasienter derude nu, det er kjedligt naar saadan en Sygdom faar Indpas i et Hjem saa gaar den gjerne rundt
+Du kan tro jeg faar spadseren paa Markvejen nu Fader kommer og henter mig og saa afsted vi haabe det skal hjælpe rigtig godt, din kjære Fader har det rigtig godt og alle dine Søskende ere ogsaa raske det er Mejers Fødselsdag idag Farmoer er derude
+Naa min lille Skat nu lider det mod Enden og saa ønsker jeg dig alt muligt Godt Held og Velsignelse til dit Arbejde og Glæde af Gjerningen saa skal Du se naar du arbejder i Jesu Navn vil hjælpe saa Evnerne han har givet Dig kan komme paa rette Hylde Lev vel og Kys fra din Moder Hils Alle</t>
+  </si>
+  <si>
+    <t>1885-05-02</t>
+  </si>
+  <si>
+    <t>Kammerherrensvej 62 </t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Sofie Bless
+Ane Marie Christiansdatter
+Margrethe  Eckardt
+Frederik Falkenstjerne
+J.C. Hostrup
+Cathrine Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Niels Mollerup
+Hans Poulsen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Hamborgerthe består af sennepsblade, koriander, vinsyre og manna. Virker afførende. (Salmonsen store illustrerede Konversationsleksikon, Kjøbenhavn 1894)
+Det er farbor Jacob (Larsen), der arbejder og bor på godset Birkelse. Vi ved fra et brev fra d. 29.4 1885, at der er lavet en aftale om rekreation for faster Thrine.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har problemer med sin mave og hans mor prøver at hjælpe ham, så godt hun kan, på afstand. Hun opfordrer ham til at tale med sin lærer eller sin gode ven, da det virker som om han også har nogle følelsesmæssige problemer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8lV5</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 2 Mai 1885
+Kjære Johannes!
+Gud ske Lov at det er lidt bedre med Dig, du maa endelig tage noget amerikansk Olie eller Hamborgerthe og det lidt snart det er meget rimeligt at du trænger til noget af den Slags tal med Frøken Bendal om det og holder du ikke af det saa kan jeg skrive til hende det kan du nu lade mig vide hvad du synes saa vil jeg straks skrive til hende eller mon du ikke har [Drev?] Johannes – du maa endelig vedblivende fortælle mig om dit Befindende, Farmor har strikken 2 Par nye Strømper til Dig skal vi sende dem afsted straks eller vil Du vente til Du sender Vask hjem og det gør du vel snart? Det har da været en dejlig Tour du der gik min lille Ven, forærede du saa ikke Frøken Bendal nogle af Blomsterne gik du alene – nu i Morgen skal du jo saa ud at høre Falkenstjerne for at høre Hostrup ja det er saa dejligt for mig at vide hvor jeg skal tænke paa Dig – Gud Fader give dig Velsignelse – Gudstjenesten
+Faster Thrine rejser iaften til Birkelse for saa at blive derovre et Paar Maaneder om det saa maa hjælpe paa hendes Kræfter. – Vi ere alle raske men jeg har saa travlt med at sige de nye Piger tilrette at jeg ikke faar meget andet gjort i disse Dage Sophie Bles er her idag at hjælpe Margrethe med en Kjole, hun har saa travlt for hendes Broder skal have Bryllup paa Onsdag og aaben sit nye Udsalg paa Torsdag det bliver en stor Forandring for hans Moder naar han nu flytter til den anden Ende gid det maa gaa ham vel han har været en god Søn imod sin Moder og vil vel nok vedblive dermed
+[blækklat på papiret]
+Det bliver jo velkomment naar vi klatter. Vilhelm er færdig med Eksamen og jeg kan da trøste dig med at Seglsamlingen lader han til at være saa glad ved, at der ingen vil faa den fra ham.
+Vores Haver ere nu tilsaaede og vil blive meget smukke med nye Græsplæner til du kommer min lille elskede Ven hvor jeg beder for Dig om legemlige Kræfter og om aadeligt Mod til at gjøre Brug af [overstreget] ham – dem Gud Fader velsigne Din Gjerning er der noget Du trænger til at udtale dig for saa sig det til Hr. Zahrtman, betro dig frimodig til ham gaa hen hos ham selv om du ikke vil sige det i de andre Elevers Kreds jeg skulde blot være derovre saa sørgede jeg for at aabne din Mund.
+Kan du ikke tale med Mollerup er han ikke et Menneske der kunde klare dig hvad der er dunkelt
+Poulsen var det ikke saa nær ved at [tilføjet] du kom – jeg kunde fristes til at rejse over til Dig men nu er det vanskeligt og skal Fader afsted maa jeg blive jeg har ogsaa knap Tid en Maaned gaar hurtig skal du se
+fortæl mig nu om dit Arbejde hvem I faar til Model 
+Lev vel og hils dine Omgivelser
+Kjærlig Hilsen fra Alle din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1885-05-06</t>
+  </si>
+  <si>
+    <t>Nyborg
+Halmstad Sweden</t>
+  </si>
+  <si>
+    <t>Johan Bless
+Alfred Eckardt
+Christian Eckardt
+Margrethe  Eckardt
+J.C. Hostrup
+Adolph Larsen
+Jeppe Andreas Larsen
+Niels Mollerup</t>
+  </si>
+  <si>
+    <t>Den nye gård: muligvis er ombygningen af købmandsgården i Langegade 50 først helt færdig nu.
+"Vilhelm" og "Adolph" er to af I.A. Larsens skibe.
+Duder er Vilhelmine Larsens måde at stave til duer på.
+Udflyttergårdene: Møllegården, Andekjærgården, Pilegården og Damgården. (Erland Porsmose: Fritz Syberg - Kunsten, naturen, kærligheden. Gyldendal 2012)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har ikke fået besøg og penge som lovet, fordi der har været problemer med levering af tømmer. I.A. Larsen har været i Nyborg for at få styr på tingene. Han skal huske at give besked om, hvornår Mollerup kommer og skrive, hvad han synes, han skal betale i husleje. Margrethe Eckardt skal besøge sine forældre på gården Høljeryd i Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QhX0</t>
+  </si>
+  <si>
+    <t>[Påtrykt]
+J.A. Larsen
+Kjerteminde [Håndskrevet:] den 6 mai 1885
+Kjæreste Johannes
+Igaar var Fader i Nyborg for at trøste den Mand der venter paa Tømmeret og see om varerne vare gode, allerede i dag Kl 9½ kom Kuf ”Vilhelm” tilsyne og er allerede i Nyborg. ”Adolph” ligger sejlklar og med denne gode Vind kan den snart naa Halmstad og med Guds Hjælp [markeret med tal og linje at ordene skal byttes rundt] alle Sorger slukkes, at Fader ingen Ubehageligheder skal have fordi det gaar over Tiden med Leveringen, see derfor kunde jeg ikke svare paa dit Brev jeg vidste godt at du ikke fik nogen af din Ønsker opfyldt mit Barn hverken at vi skulde give Møde eller Penge, du har heller ikke ventet det naar Du havde taget Fornuften til Hjælp men Hjærte og Fantasi eller Kjærlighed til Kunsten er løbet ad med Dig
+Fryd dig over alt hvad du seer husk saa meget Du kan men Ejendomsretten faar du lade de andre beholde en lille Tid endnu, bliv nu ikke altfor bedrøvet, eller tænk de kunde godt have sendt mig Penge – du kan tro der er saa meget jeg og Faer ogsaa ønskede at eje og at gjøre men det forbyder sig alt sammen selv i Øjeblikket.
+Med Hensyn til Spørgsmålet om Hr Mollerup saa har Fader og jeg idag paa vores Morgentour talt om at have ham her i Huset, naar han vil nøjes med det, som vi haer. 30 eller om Du synes 25 Kr maanedlig men ikke Vadsk Johannes for Pigen er ikke flink til Strygning og saadanne Herrer ere lidt vanskelige – med Lindtøjet synes du at 30 er det mest passende det kunde maaske undre ham om vi gjorde det altfor billig men Du har nu som sagt selv Lov til at vælge imellem de 2 Priser vil han komme saa sig mig endelig Tiden _hører Du _
+Gud ske Lov at Du er bedre, men jeg er endnu ikke rolig før jeg hører Du er heelt rask glem ikke at svare herpaa; Vi har det alle godt idag vajer Dannebrog for første Gang fra den nye Gaard. Bless har Bryllup og saa syntes jeg det var saa tomt at der ikke skulde flages for ham
+Adolph er ivrig med Høns og Duder de vil ikke lægge Æg og de har været ude at gjøre Opkøb med Andeæg der langt oppe i Udflyttergaardene, saa der er en Høne der ligger paa dem om de nu maa blive til Ællinger vil Du have Blousen af hvidt graat eller sort Tøj?
+Det var dejligt at Du hørte Hostrup men du fortæller mig ikke noget videre om den
+Touren du fortalte mig om den var lang saadan en Udflugt den kunde vel da skaffe Dig Søvn om Natten Johannes ja du skulde vist gaa dig træt for at sove 
+rimeligt er det at Skolen holder op før Pindsen saa vi har Dig til Helligdagene, Margrethe rejser ligefør Pinsen hjem mon dog Alfred skal naa at komme i land fortæl mig om Eckardt Stykker naaede at blive hængt op anden Gang jeg er bange de kom for seent sig mig dog hvad du synes om disse sidste, hvad er det du ikke kan lide paa de andre 2 Billeder; kunde han dog blot sælge oh vi beder for ham Nu er Kl. mange saa jeg maa rigtignok sige Farvel til dig min kjære elskede Johannes, Gud Fader bevare dig og give dit gode Helbred igjen saa du maa faa Kraft og Virkelyst i rigeligt Maal – Hils Alle
+Din inderlig hengivne Moder</t>
+  </si>
+  <si>
+    <t>1885-05-21</t>
+  </si>
+  <si>
+    <t>Johan Peder Bless
+Margrethe  Eckardt
+Jens Harboe
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Eckardt-børnene er på vej til Store Høljeryd i Sverige, da deres forældre har sølvbryllup d. 1.6. 1885. Marie Larsen (13 år) og Christine (8 år) har fået lov til at tage derover sammen med kusinen Margrethe Eckardt.</t>
+  </si>
+  <si>
+    <t>Pigerne skal sejle fra Nyborg lørdag middag. Johannes Larsen skal samme dag til Kerteminde. Han skal huske sit lille staffeli og samle alt sit snavsetøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FaTe</t>
+  </si>
+  <si>
+    <t>Kjære Johannes !
+Iaftes kom Georg med den Meddelelse at der ingen Dampskib kommer til at afgaa Fredag saa Margrethe og dine Søstre kommer først Løverdag for at sejle med ”Halmstad”, Løvermiddag
+Vi kjører dem ud til Nyborg tidlig det falder mig ind i dette Øjeblik at du muligen kunde hilse paa dem i Ringsted, og saa Vognen blive i Nyborg for at tage Dig med tilbage; men det skal du nærmere faa Besked om naar jeg faar talt med Fader; Du skal jo have Rejsepenge eller har du nogle Det vil jo blive mange Penge til saameget jeg vil nu forsøge at faa 10 Kr og lægger dem inden i dette Brev men ere de ikke her med det samme saa skal de komme i et Brev med Aftenposten for saa er Fader ikke tilstede i Øjeblikket og du ved nok at Pakken skal indleveres inden 8½ - for de tiloversblevne Penge kjøber du nu det nødvendigste til din Gjerning og saa skal du vide til din Trøst at Harbo i Odense har alt muligt til Kunstneres Brug, Morbroder handlede altid med ham og der kan du saa faa efterhaanden 
+Husk nu at tage din lille Staffeli med hjem den kan godt ligge i Kufferten ved siden af Malerkassen og tag saa dine Strømper og hvad der er snavset med og dit Linned dine gamle Sko din Børste og Kamme at du kan bruge din Tandbørste du har jo selv en lille sort Taske at putte det i – lev vel min egen Ven – 
+Besørg dette Brev i en Postkasse naar du gaar ned paa Gaden Lad mig se du husker alting
+Din Moder</t>
+  </si>
+  <si>
+    <t>1886-03-16</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>4000 Roskilde
+Revninge 5300 Kerteminde
+5466 Asperup
+Levring 8620 Kjellerup
+Scheelenborg 5390 Martofte
+5000 Odense</t>
+  </si>
+  <si>
+    <t>Anna 3 -
+Holger Begtrup
+Frederik  Bruun
+Alfred Eckardt
+Christian Eckardt
+Margrethe  Eckardt
+Valdemar Eckardt
+Marie Hansen, pige i huset hos Alhed og J. Larsen
+Niels Henriksen Kerteminde
+Erik  Jensen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+- Lassen
+Clara Lindberg
+Morten Pontoppidan
+Alma Wandahl
+William Wandahl</t>
+  </si>
+  <si>
+    <t>Familien Larsen er medlem af valgmenighedskirken i Kerteminde.
+Dykkere er ænder.</t>
+  </si>
+  <si>
+    <t>Der er uorden i Johannes Larsens snavsede flipper. Man venter spændt på resultatet af Christian Eckardts auktion. Den gamle valgmenighedspræst i Kerteminde er død, og det er vanskeligt at finde en ny.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nvKp</t>
+  </si>
+  <si>
+    <t>[Påtrykt tekst]
+J. A. Larsen
+Kjerteminde. den 16. Marst 1886
+Kjæreste Johannes!
+Mandagmorgen fik jeg Pakken, tog straks fat paa Trøjen vaskede den og idag er den hos Skræderen for at blive kantet og præsset den skal nok blive pæn min Ven hermed følger saa Mærker, Slips, Sæbe og om her ingen Penge bliver at faa saa vil jeg putte 1 Kr jeg har i Lommen paa Trøjen der hvor Mærkerne ere fæstede paa du modtog vel i Søndags Benklæderne Strømperne og 10 Kr som Du skulde bruge til Skolepenge
+Flipperne begriber jeg ikke du fik 11 med Dig og her er kun 4 af Linnigerne, de 2 andre ere jo fremmede Menneskers hvor faar du dem fra Johannes nu vasker vi dem og gjør saa Rede for at give dem til Ejeren, min Ven vi skal vaske imorgen og skal om alting gaar som vi tænker afsende Pakken med det rene Tøj Fredagmorgen; Vejret er ellers slemt i dag ingen Kjøbenshavnspost i dag Togene sidde vist fast i Nærheden af Roskilde vi vente med Længsel for at see Udfaldet af Eckardts Auktion, Billederne stod saa godt omtalt baade i Politikken og Nationaltidende, vor Herre forbarme sig dog over ham den flittige Mand, at der maa komme nogen ordentlig Indtægt ind for nu kan Fader ikke blive ved i disse daarlige Tider for Handelsmanden imorgen er det Valdemars Fødselsdag og Fredag er det Alfreds tænk dog han er 20 Aar og er ikke kommen i nogen Stilling endnu, det er ogsaa tungt at der ikke er bleven en Plads for ham havde han dog blot havt Lyst til Søen saa kunde han jo godt have gaaet ind efter og derved tjent Overskud men raade dem noget vilde vi ikke for det maa jo dog komme fra ham selv hvad han afgjort har Lyst til hvor det er godt at Valdemar er saa fornøjet med sin Gjerning og tilfreds hos de Mennesker han er hos.
+Der kommer ingen af os til Revninge for at høre Begtrup jo Henriksen og han hørte at Folk spurgte om han ikke vilde være Præst men Svaret lød nej dertil føler jeg ingen Kald, idag prædiker her en Pastor Lassen fra Asperup og mulig kommer her i næste Uge en Pastor Brun fra Levring som seer ogsaa er paa Listen, rigtignok er her Ængstelse, for hans Gjæld er 11,000, og det er Menigheden bange for, her bliver vist et uroligt Møde for her er nu saa mange Partier der har en Candidat, skade at vi ikke fik Pontoppidan for der var omtrent Alle enige, men vor Herre har vel nok en til os, [tilføjet i margen] Onsdag
+for Fru Lindbergs Vedkommende er det jo godt for hun faar da Ro til at gaa ud af Hjemmet hun er en lille stærk Kvinde, vil ikke holde fast Pige – nu 1 Marts rejste Marie Hansen og saa har hun en lille Bypige – i Sommer skal hun saa blive her i Byen, deres Huslærer Erik Jensen har meldt sig som Stifter af en Skole, om han faar tilstrækkelig Antal jeg vilde ønske det for han er bestemt en dygtig Mand Sløjdskole vil han ogsaa have
+Din Trøje er rigtignok ikke kommen endnu; men om lidt naar Anna faar fejet skal jeg have hende derhen igaar fik vi ingen Kjøbenhavns Post vi blev ved at vente i Aftes om der ikke skulde komme en ridende Post.
+Nu kan Du tro her seer ud som Vinter de kan gaa til Romsø og Isen er over 1 Alen tyk ved Langeland skal der være høje Isbjerge det var interessant see dem
+Vilhelm var med Fader paa Scelenborg i Søndags og saa der Vildænder de havde fanget med Hænderne saa forsultne og udmattede var de; men nu var de blevne plejede og befandt sig overmaade vel; mange Bønder havde gjort lignende Fangst, naturligvis spist dem [overstreget]igje
+Vi fik igaar til Middag smaa Dykkere de smagte dejligt ja hvor har vi det godt lille Barn tak dog Gud Fader og bed af hele dit Hjærtes Godhed den Bøn giv os idag vort daglige Brød saa beder Du for alle fattige Stakler, jeg skal fortælle Dig et lille Træk af Nøden i Odense
+Fragtmand sagde det til Fader igaar, der er en Brygger Jørgensen som havde lagt mærke til et Barn der daglig kom efter et Fad Mask og da han spurgte hvad de brugte det til vilde Barnet ikke svare ham, han gik da en Dag bagefter for at se selv og da han kom ind sad de og spiste af Fadet, hvilken en Nød kjære Barn, Manden sagde til Forklaring jeg kan ikke sende mine Børn ud at tigge og vi ejer intet, Jørgensen gav dem 10 K og lovede at have Omsorg for Hjælp til dem – ja det er noget der kan blødgjøre et Hjerte, vi se i de mindre Byer dog bedre hvor Trangen er - Fader er saa glad i Aar ved Bespisningen der faar 150 Mad 3 Gange ugentlig og den private Godgjører er virksom i Vinter
+Her skal jo nu spilles af Dilletanter naar Vandal kommer og lige før Paaske igjen da skal Margrethe spille med Du faar kjøbe dig en amerikansk Flip min Ven Pigen sagde ikke til igaar at hun var uheldig med Tøjet saa nu maa vi sende dem med næste Post – nu er Klokken saa mange at jeg maa stoppe men saa skal jeg skrive igjen imorgen
+Lev vel nu min egen Ven og Gud glæde Dig alle Dage
+Din trofaste Moder
+glem nu ikke at see Lommerne efter det ene Slips er til daglig og det andet kun til Søndag
+Kjære Johannes,
+Du glemte igjen hvad jeg Skrev til Dig om at sende mig den Dukkelampe naar du sender Dit Snavsetøj, men glem det nu ikke igjen for jeg vil saa gjærne have den til at sætte i min Dukkestue det vil Du nok ikke sandt. Kjærlig hilsen fra Din Søster Christine</t>
+  </si>
+  <si>
+    <t>1886-04-18</t>
+  </si>
+  <si>
+    <t>Margrethe  Eckardt
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Jørgen Larsen
+Marie Larsen
+Vilhelm Larsen
+- Markusen
+Olga Olsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde to studiekammerater med tilknytning til Birkerød Kostskole: Niels Mollerup og Karl Manzius. Niels Mollerups søster var gift med stifteren af kostskolen Johan Mantzius. Denne var farbror til Karl Mantzius. 
+Notabenebrev (NB brev) = et anbefalet brev.
+Svensk gymnastik blev skabt af svenskeren P.H. Lings. Den fik stor udbredelse indenfor skole og militær.(Den Store Danske)</t>
+  </si>
+  <si>
+    <t>Forvalter Marcussen fra Høljeryd, skal have sin egen gård. Johannes og hans venner skal til Birkerød i påsken. Der er ikke rigtig gang i træhandlen. Fuglen Klaus volder problemer. Den stjæler penge i butikken og ødelægger blomsterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CvZ7</t>
+  </si>
+  <si>
+    <t>Søndag Eftermiddag
+Kjæreste Johannes
+Imorges afsendte jeg Pølserne og vil haabe de maa smage Dig og de andre rigtig godt. Gud ske Lov Du er rask igjen gid Du maa vedblive at være det saalænge Du er i Byen – hør lille Johannes Du klager over Heden med Overfrakken men skulde det vedblivende være varmt saa gaa med din nye Trøje paa Gaden og lad den gamle hænge paa Skolen saa du kan skifte deroppe ligesom Du gjør med Skoene husk nu endelig at tage Morgenskoene med Dig ud til Birkerød det er da morsomt at I skal derud i Paasken – her sendes Dig 10 Kr som du kan bruge til det nødvendigste og til Touren der skal senere følge flere nej vi kan godt huske min Ven at du ingen Penge har faaet i denne Maaned
+Hr Markussen er her og han skal nu overtage sin egen Gaard i Jungby vi skal da have en anden Bestyrer jeg haaber du seer ham paa Hjemrejsen det bliver vist Onsdag da han haster hjemefter; iaftes blev jeg standset for vi saa at det var bedst at sende de 10 Kr i Notabenebrev for ikke at resikere noget
+Nu er det Mandagmorgen her var stærkt Bygevejr igaar 3 store Lyn og Skrald og Plaskeregn nu i dag mærker det saa koldt og er kun 2 Kraders Varme; vær dog forsigtig og tag ikke Overfrakken af før det er højst nødvendigt men pas Helbredet min Ven det er det vigtigste vi har – Gud være lovet og takket at Faers Helbred er saa godt i denne Vinter da han trænger til at bruge sit Hoved og sine Kræfter i høj Grad – kunde der dog blot blive noget Liv i Træhandelen da var det godt for os; vi har dog solgt til 2 Huse her i Byen og kommer maaske ogsaa til at sælge den Gaard i Midskov der skal bygges – jeg har vel fortalt dig at Jørgen Larsens Gaard brændte forleden – det er den jeg mener
+Det er dejligt for mig at høre at Du er saa glad i Tanken om hvad Du vil male fortæl mig dog hvad Du har tænkt paa, hører Du – 
+Nu er her Tale om at Frøken Olga Olsen vil give et Kursus i svensk Gymnastik saa skal vi rigtignok have Margrethe derned at vi kan faa Deel i den Vejledning til at hjælpe paa Legemets Udvikling
+Du spørger til Klaus ja Johannes ham holder vi Haanden for vor Kjærligheds Skyld til Dig for han er en slem Fugl nu han vender med alt hvad der skinner Penge i Boutikken forleden kunde de ikke faa den ene Tiøre han rendte med – og Blomsterne skader han vi fik jo alle vore Planter givet frisk Jord - nu da Becker var her – og de stod jo saa i Skygge herude bag Trappen, der nappede han Toppen af en dejlig Lillie som jeg med stor Glæde havde seet spire og da nu Blomsten sidder i Toppen saa er den Herlighed forbi – Georg siger mange Gange ja vent nu til Johannes kommer saa maa han gjøre nogen Redeligheed med den Fugl for han er ikke til at have og den Stillids der er tilbage er vist en hun det troer de Allesammen den synger ikke meget, men den har sin Frihed; er en underlig vild Indretning mod alle de andre og saa griser den jo voldsom til paa Lampen, men det ordner jeg jo ogsaa nok – naar du kommer om du ikke siger lad I den faa sin Frihed? saa kan du tro den blev glad; nu maa du ikke blive gnaven for jeg skal nok beholde hende til du kommer
+Nu maa jeg gaa til Kontoret med Brevet for Georg har været her er du nu straks færdig Moder
+Snørebaandene skal komme imorgen imorgen
+Kjærlig Hilsen fra os Alle din hengivne Moer
+Hils de Andre</t>
+  </si>
+  <si>
+    <t>1886-10-24</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Sollerup</t>
+  </si>
+  <si>
+    <t>Inge, Sollerup -
+Olga, Sollerup -
+Sophie, Sollerup -
+Martine Boisen
+Elisabeth Bondesen
+- Bonne
+- Hansen, Sollerup
+M Knipschildt
+Alhed Larsen
+Fritz Syberg
+Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Christine Warberg, g. Mackie, var i 1886 elev på husholdningsskolen i Sollerup.
+"Kunstneren" var Fritz Syberg, som i 1885 og 1886 i sommermånederne underviste Warberg-familiens børn i tegning i deres hjem. Han havde også opgaver for Arreskov Gods.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1882</t>
+  </si>
+  <si>
+    <t>Christine m.fl. skal til fest med dans på Sandholt.
+Kunstneren/Fritz Syberg maler et billede på Arreskov.
+Christine har været på Gjærup skole og høre de små være til eksamen. Senere den dag gik hun og flere andre til teglværket, og på hjemturen gennem skoven var det bælgmørkt.
+Lørdag skal eleverne på Sollerup høres i botanik. Christine skriver danske stile.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/e5yq</t>
+  </si>
+  <si>
+    <t>Søndag
+Sollerup d: 24 Oktober.
+Kjære Moder!!
+I Dag haaber jeg, at Du skal faa et mere tilfredsstillende Brev end sidst, der er dog lidt mere at skrive om. Vi skulde jo egentlig have været til Sandholt paa Søndag Aften, men da Frk. Sperling i Gaar var her, blev jeg før Timen kaldt ind til hende, og hun sagde saa, at det skulde bestemmes til Lørdag Aften i Stedet, da vi fire jo ellers ikke kunde komme med. Jeg kommer saa til med Inge, Olga og Martine at kjøre hjem med Alhed. Vi skal nok danse der ovre, det kan blive morsomt; vi glæde os frygtelig til at komme hjem, Søndag Aften skal vi jo ogsaa have os en Svingom, især Olga er henrykt der over, hun elsker at danse. Det er vel bedst, at jeg beholder min røde Kjole paa hjem, jeg synes, at jeg Søndag Aften kan faa den lyseblaa at danse med; jeg tænkte først paa at faa den her over til Lørdag, men det er den vist ikke pæn nok til, og jeg vilde ogsaa blive saa afstikkende. Hvor det er morsomt med det Billede, som Kunstneren maler til Arreskov. Du skrev, at han var tilfreds med Anlæget, men jeg havde ikke Spor af Anelse om, hvad det var for et Anlæg, før jeg saa det i Alheds Brev. Samme Dag, som jeg fik Dit Brev, fik jeg ogsaa Brev fra Alhed, hvor hun dog har moret sig! I Fredags var Frk Sophy og vi ti i Gjærup Skole at høre paa Examen; det var de smaa, vi hørte Læsning og Bibelhistorie, det var rigtig morsomt at høre paa, de var rigtig flinke, de fleste af dem. Da vi kom hjem drak vi Kaffe, og efter en Times Tids Forløb gik nogle af os ud til Teglværket for at se paa, at de fyrede; da vi gik hjem, havde vi en meget eventyrlig Tur, det var næmlig bælmørkt, da vi gik igjennem Skoven, vi kunde ikke skimte dem, der gik lige foran os, vi maatte formelig famle os frem; da vi havde gaaet lidt og rodet, hørte vi, at der kom en Vogn imod os, vi styrtede hen til hver sit Træ, og Frk Sophy, som heldigvis var med, raabte til Manden, om han ikke vilde rive en Svovlstik, hvilket han gjorde, og da vi saa havde faaet Vejen at se, kom vi godt og vel ud af Skoven. Du kan tro, at Aftensmaden smagte efter al den Spaseren. Olga og jeg havde Uge, hvad der jo al Tid sinker noget, og skjønt vi virkede paa det ivrigste, blev vi dog ikke mætte, hvorfor vi efter Bordet maatte ned til Sophie at blive fodrede af, jeg satte 5 Stykker Smørrebrød til Livs! Der var ikke noget i Vejen for, at Spilletimen kunde blive lagt om, det er dog dejligt, at vi saa ikke skal saa rasende tidligt af Sted. Tænk en Gang, paa Lørdag skal vi have Overhøring i alt, hvad vi har læst i Botanik, eller rettere i det, som vi skulde have lært, Frk Elisabeth sagde til os i Gaar, at hun nok havde mærket, vi ingen Ting kunde! der blev naturligvis stor Forfærdelse overalt, men Hr Hansen trøstede os med, at vi skulde kunne det, der stod i Bogen og en Del mere, en sær Trøst! - Til Tirsdag d: 2den have vi faaet en dansk Stil, som hedder: "Land og By", den glæder jeg mig til; den sidste hed "Hunden" den var voldsom kjedelig, den eneste, hvis Stil var god, var Frk Bonne, min var heller ikke af de værste. Frk E. sagde, at der var meget godt i den, men ogsaa meget mindre godt og en Del sørgelige Gjentagelser. Hun morede sig over, at jeg havde skrevet om Hønsehunden; den skræmmede Fuglevildtet op i et Træ, hun tænkte naturligvis strax paa Agerhøns og Vildænder! Inge havde skreven om Mopsen, at den var skabt til Glæde for gamle Jomfruer, hvilken Paastand Frk Elisabeth lod hende analysere, hvem har skabt Mopserne? mon de kun er skabt til gamle Jomfruer o.s.v.
+Nu tror jeg ikke, der er mere at skrive om, og jeg vil derfor slutte med mange Hilsner til alle fra Din
+Basse
+[Skrevet øverst på side 1, til venstre og på tværs:)
+Hvis Du ikke kommer til Sandholt, kan jeg dog saa ikke laane Dine Sko? jeg kan dog vist ikke komme med mine Dagligsko, som desuden ikke mer er pæne, de tage jo ingen Skade, Alhed kunde jo saa faa dem med. 
+[Skrevet øverst på side 1:]
+hvor det er morsomt, at jeg ogsaa faar Knipschildts at se; Martine Boisen glæder sig ogsaa til at se dem hun er en Niece af Frk H[ulæseligt] og har hørt dem meget omtalt. 
+[Skrevet øverst på side 1, til højre og på tværs:]
+Er Kunstneren paa Arreskov? han kommer da hjem paa Søndag!</t>
+  </si>
+  <si>
+    <t>1887-01-26</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Anesine Frölich
+Vilhelm Klein
+Svend Kyhn
+Georg Larsen
+Marie Larsen
+Clara Lindberg
+Peter Madsen
+Niels Mollerup
+Christine Swane</t>
+  </si>
+  <si>
+    <t>1885-90 var en brydningstid indenfor gymnastik. Modsætningerne var den sundhedsorienterede og kollektive svenske gymnastik og den individuelle dansk- tyske gymnastik. Svensk gymnastik blev indført i skolen i 1899.</t>
+  </si>
+  <si>
+    <t>Fotografen har været der med billeder. Vilhelmine Larsen sender billeder til Johannes Larsen, Kyhn og Mollerup. Hun prøver at finde ud af Mollerups regning. Vilhelmine Larsen er ved at sende brev til Amerika og vil gerne sende en tegning af Georg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rcEC</t>
+  </si>
+  <si>
+    <t>[Påtrykt tekst:]
+J.A. Larsen
+Kjerteminde [håndskrevet:] den 26 Januar 1887
+Kjære Johannes!
+Nu kom Fotografen med Billederne, her sender vi 2 og vil saa bede Dig sende de andre tilbage har du Lyst til at eje et Johannes saa maa du beholde et af de to og send saa det ene hurtigt for at jeg kan faa dem omkring og Manden betalt disse 2 er til Kyhn og Mollerup
+Skriv til paa Søndag kjære Johannes jeg længes efter at høre fra dig jeg skal nok faa sendt Penge til Dig eller en Anvisning Hvordan gaar det dig paa Skolen fortæl mig hvad du maler
+Giv Mollerup dette Brev tilligemed Billedet og Du ved hans Regning den skal jeg nok faa Besked om, jeg har bedt ham om at sige dig hvad Gulvtæppet kostede husk nu at skrive det til mig
+Marie fik igaar sit Linned sig Frøken Bendal saamange Tak for det og at jeg var saa vel fornøjet med det hele Indkjøb har du ikke været henne hos Fru Lindberg?
+Jeg kommer i Tanker om Johannes at jeg fik Løfte om at sende den lille Tegning af Georg til Amerika men du tog den vist med min Ven send mig ogsaa den tilbage snarest da vi i denne Uge er ved at skrive derover
+Vi ere fremdeles raske min Ven, Georg gaar nu Tour i sin nye Overfrakke hver eneste Dag
+Christine er meget henrykt ved at lære svensk Gymnastik og Doktor Klejn mener Marie skal begynde straks med en Stok i Dørkarmen ovenpaa i Skolen og maaske senere med svensk 
+Christines Dukke der kan dreje Arme og Ben er fuld Virksomhed saasnart hun kommer fra Skolen.
+Dine seer saa godt ud i sin Dragt at hun blev malet i den om du var her
+Hilsen fra alle herhjemme til dig min egen Ven der skal til næste Søndag faa Brev og Linned og Trøjer 
+Hver af Billederne Hils Alle din Moder
+Koster 1 Kr 70 Øre</t>
+  </si>
+  <si>
+    <t>1888-01-14</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Niels Mollerup
+Theodor Oppermann
+Johannes Plesner
+Christian Sorterup
+Rigmor Sorterup
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Johannes Larsens brødre passer godt på hans fugle. Johannes Larsen skal gå til Zahrtmann og høre hans mening om billederne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GlIZ</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 14/1 88
+Kjære Johannes!
+Endelig kom Brevet, Tak [papir mangler] Buret dine Brødre bleve [meget] glade og er meget tro til at passe Fuglene og Graagaasen som alle befinder sig vel, Luften blev ikke god paa Værelset og lukke op – kunde jeg jo ikke saa fandt jeg paa at lukke Kakkelovnslaagen op og nu er der helt behageligt
+Fader er i Odense idag og vi vente ham hvert Øjeblik – her kom imorges Brev fra Rigmor Viborg hun er nu [provstinde] Sorterup – er det [ikke] en stor Glæde, han er en meget rar Mand.
+Din Trøje kom igaar [nu] skal jeg sende den med flere Smaating her glemte [papir mangler] jeg gik længe og [undrede] [papir mangler] at der ingen Brev kom [papir mangler] før Georg saa oplyste [papir mangler] at du ikke skrev for[papir mangler] kom Frimærker, - her er en Deel og fortæl os saa endelig hvad Zartmann sagde om dine Arbejder – og har Du ikke været der saa gaa min egen Ven for din Faders Skyld.
+God Fornøjelse og fortæl os endelig rigtig meget er Plesner kommen hils Mollerup og sig det glæder mig jeg har [papir mangler] han er raskere [papir mangler] hils – Oppermann og de andre der kjender os hjemme hos dig illigemaade hvad siger du om det [papir mangler]relse
+Farvel Kl er [papir mangler] jeg skal skrive [papir mangler]re naar jeg sender Trøjen
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>Den grønne Pære</t>
+  </si>
+  <si>
+    <t>Tidsskrift</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Ellen  Sawyer
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Herman Ewald
+Bernhard Ingemann
+Martin Kok
+Carl Plough</t>
+  </si>
+  <si>
+    <t>S. 1: Omslag 
+S. 3-5: Højstærede "No. 11." Skribent: I. Hoppe
+S. 6-7: Skovsøen. Skribent: En vingeløs Flue
+S. 7-10: Brev fra Færøerne. Del 1. Ingen skribent anført
+S. 10-11: Morgen. Skribent: O. 
+S. 12-15: Landbotidende (Sluttet). Ingen skribent anført
+S. 15-17: Jomfru Mettes Karbunkel (Novelle i H.F. Ewalds Stil). Del 1. Ingen skribent anført
+S. 18: Lekture i de forskellige Aldre. Tegner og skribent: Ellen Warberg</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/uSu8k6u2</t>
+  </si>
+  <si>
+    <t>1889-01-17</t>
+  </si>
+  <si>
+    <t>Københavns rådhus</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Marie Larsen
+Vilhelm Larsen
+Carl Lind
+Christian Norden
+Christiane Norden
+Christine Norden
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Lille Kristian = Christian Norden, som er købmandslærling hos IA Larsen( Johannes Larsens far). Han bor hos familien Larsen og skal blive i Kerteminde, når hans forældre senere på året skal flytte til København. CNs farmor er netop død.
+Klaks (Johannes Larsens bror) går på Birkerød Latin- og Realskole 1888-91.</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen har sendt lærred, blindrammer og penge til Johannes. Hun håber, at målene passer. Hvis de ikke passer, må han gemme dem til senere brug og lære at huske sine ting, når han har været hjemme på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zSIz</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 17 89
+1
+Min kjære Johannes!
+Lærred og Blindrammer fik jeg da afsted og Pengene faar jeg idag saa er jeg glad, men nu kommer det jo an paa om jeg har truffet det rette med Lærredet jeg havde mit Portræt i Haanden men saa lod jeg det staa til en anden Gang og er det en fejl det med Koen saa kan du gjemme det jeg syntes du havde flere paabegyndte Landskaber men hvor ere de som sagt jeg [trøster?] mig med er dette galt og han bliver gnaven derover saa husker han bedre en anden Gang at tage sine Sager med sig
+Jeg er tidlig oppe i disse Morgener for at faa skreven lad mig nu faa et godt langt Brev paa Søndag fortæl mig hvad I tegner paa Teknisk Skole og meget mere ja nu leer du nok og det maa du ogsaa godt fortæl bare
+Nu maa Du ikke vente at sende dit Vasketøj til du tager den sidste Skjorte paa for saa bliver det kniberi med at faa det tørret ja naar vi kan faa det om Mandagen saa gik det maaske at du saa kunde faa 5 Skjorter paa en Gang
+Du kan tro at lille Adolph har travlt i denne Tid jeg har foræret ham en Høne og den lægger Æg nu ved du at Æg sælges i [pund] saa nu vejer han hvert et Æg Hønen lægger og vil nu lægge sig et eget Hønseskur til og saa holde flere Høns og en Hane og nu er han efter Lind om Morgenen og vil handle med Duer – han bliver heel opsat paa at samle sig et Par Skilling i sin Bog
+Her er stor Skøjtesnak i disse Dage Marie og Christine er paafærde til Øvelse jeg tænker Klaks tager sine i Brug ogsaa men de faar vel ikke Lov til at løbe uden der er en Lærer med tænker jeg 
+Han har faaet sin Kasse med Billedet hvor var han dog glad ved det Johannes han saa til det alle Øjeblikke for jeg tror nok han længes imellem ikke saa lidt endda
+Gamle Fru Norden døde igaar, og det var en glædelig Død, hun bad vor Herre om endelig tage sig hjem inden hun skulde skilles fra Christians Moder, nu til Foraaret var jo Meningen at de skal flytte til Kjøbenhavn saadan seer vi saa ofte at Bønner blive [ulæseligt ord] hørte – det gjorde den gamle saa godt at lille Kristian var saa velfornøjet hos os saa blev det ikke saa svært naar Moder flyttede
+Ja den Skilsmisse den blødgjør jeg beder da meget inderligere for Eder naar I ere borte fra mig end naar jeg seer Eder for mine Øjne ja Gud Fader velsigne Eder og bevare Eder og give Eder sin Fred – Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1890-2</t>
+  </si>
+  <si>
+    <t>Thorkild -
+Frøken Bendal
+Maren Margrethe Frölich
+- Juel-Brockdorff
+Jens Marcussen
+Ole Nielsen
+Theodor Oppermann
+Rasmus Syberg Petersen</t>
+  </si>
+  <si>
+    <t>Sagen med Syberg Petersen blev muligvis først afsluttet i 1904.
+Jens Marcussen stoppede, som forvalter på gården Lille Høljeryd i Sverige, omkring denne tid.</t>
+  </si>
+  <si>
+    <t>Maren Frölich kommer på besøg på sin vej hjem fra Paris til Californien. Hun har fået en medalje. I.A. Larsen ønsker et møde vedr. forpagteren på Brockdorff og hans gæld. Tidsfristen for indbetaling er overskredet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3BO2</t>
+  </si>
+  <si>
+    <t>[Påtrykt]
+J.A. Larsen
+Kjerteminde
+Telegramadresse
+Larsen
+Kjæreste Johannes!
+Idag tilmorgen var jeg hos Nielsen – Skræderen og vi valgte saa det Tøj som du syntes godt om
+7 Kr 50 Øre Alen hvad siger du min Ven er jeg ikke flot og han lovede mig at sy dem hurtig saa jeg haaber at du paa Søndag kan faa dem saa blot jeg nu idag maa faa de 20 Kr til dig saa er jeg glad
+Medfølgende Breve fik vi idag fra Maren nu maa du endelig gjøre dig den Ulejlighed at læse dem heelt igjennem for det er virkeligt glædeligt at se hun er kommen saavidt oh jeg er heelt bevæget ved at tænke mig Dagen hun modtog Medallien ja Johannes du seer vi kan vente hende hertil paa sin Rejse fra Paris hjemefter og der tænker hun at møde dig ja nu kan du selv læse og se paa Billedet med for der staar Resten af Brevet men send os det tilbage ved Lejlighed
+Nu kommer Vinteren vi skal ogsaa til Søndag sende Dig en ny Uldtrøje og din gamle Hat jeg har flere Breve at skrive idag saa kun de kjærligste Hilsener fra os Alle
+Din trofaste Moder
+Torsdag Aften
+Nu blev vi færdige med Trøjen og vil i morgen sende dig Sagerne som jeg haaber du bliver glad ved
+Om du vidste hvor bedrøvet jeg er fordi vi ikke kunde sende de ønskede Penge men sikkert [troer] jeg at faa de 20 til Dig og saa ligger de i Lommen tilhøjre og saa haaber jeg at faa Frøken Bendals i Ugen vi kommer i. Torkild var her og hilste fra dig, og hvor han var glad ja Gud ske Lov for alle de unge som vil noget han kommer op at sige mig Farvel og skal allerede rejse derned den 20 Februar.
+Jeg har faaet mig et Par rigtige Trækstøvler til at gaa paa Tour med; du veed nok at den Sag med Markussen skal for i denne Maaned omkring ved den 11; der skulde jo Faer saagjerne over men om det sker det er Baronen der skal sende os Penge derfor kniber det vi har nu i over 8te Dage ventet men haaber sikkert i morgen da det er den sidste Frist der er givet ham ja nu maa det snart briste eller bære med Forpagteren din Faer vil nu have en Ende paa den Historie og hellere tage et stort Tab straks end blive ved at forstørre det der skal et Møde igang inden mange Dage med Baronen om den Sag men det skal du ikke omtale i dine Breve for det er ikke vist Fader kan lide jeg skriver om den Slags
+Hils Alle Vennerne fra mig og Tak Oppermann for Brevet der glædede mig.</t>
+  </si>
+  <si>
+    <t>1890-11-20</t>
+  </si>
+  <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
-    <t>Tærø</t>
-[...28 lines deleted...]
-    <t>Tærø 3. Octbr 1922
+    <t>København
+Værnehjemmet Bethania</t>
+  </si>
+  <si>
+    <t>Thora -
+Vilhelm Bissen
+Johanne Christine Brandstrup
+Ludvig Brandstrup, billedhugger
+Hans Christian Caspersen
+Arnold Emil Krog
+Frederik  Liebenberg
+Christine  Mackie
+- Paulsen
+Anna Rosenørn
+Fanny Schaffalitzky de Muckadell
+Vilhelmine von Sperling
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen kendte flere personer med navnet Thora. Det er svært at afgøre, hvilket Thora der i dette brev er tale om.
+Skjoldemose er en herregård under grevskabet Muckadell. Den ligger i Stenstrup på Fyn. 
+En havelock er en frakke med overstykke.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2135</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er blevet antaget på Porcelænsfabrikken og kan begynde 1. december. Hun er flyttet ind på Værnehjemmet Bethania. Hun er ved at få syet en kjole.
+Alhed har været hos komtessen, som gav hende et par handsker. 
+Den følgende dag skal hun til Bissen og stå model til hans Diana.
+Tante Mis skal til Berlin og hente komtesse Olga. 
+Alhed beder sin mor om at sende diverse samt at få hendes frakke farvet brun.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hYZJ</t>
+  </si>
+  <si>
+    <t>Værnehjemmet 1ste Afd.
+20/11-90
+Kæreste Moder!
+Allerførst den glædelig Efterretning, at jeg er antaget! - Jeg havde nu i otte Dage gaaet i spændt Forventning, og var til sidst bleven helt urolig for Udfaldet, men saa i Aftes blev Onkel Lut og jeg enige om, at jeg godt, uden at være paatrængende, kunde gaa ud til Krogh og forhøre om Sagernes Stilling. - Jeg blev meget venligt modtagen og fik følgende Oplysninger: Etatsraaden havde været syg, derfor var det trukken ud. Han har først Plads til mig d 1ste December, men jeg maa inden den Tid frit gaa ud paa Fabrikken (for Enden af Smallegade, over for Sporvognstationen,) og se paa det, og saa iøvrigt gøre Udkast og øve mig paa egen Haand. indtil den Tid ["indtil den Tid" indsat over linjen] Det er netop saadan noget, jeg skal male, som det, jeg saa inde paa Udstillingen i Vimmelskaftet. - Jeg flyttede allerede i Mandags herud på Værnehjemmet; der kom Brev fra Frk. Rosenørn, at nu havde hun et Værelse i Stand til mig, og da Max kom og Thora netop i de Dage havde saa meget med Fødselsdage og anden Selskabelighed, syntes jeg, at det var ligesaa godt at flytte strax. Jeg har et rigtig rart lille Værelse med til Pas Varme. - Tak for Dine to Breve og den nydelige Kjole; allerede inden Dit andet Brev kom, havde jeg baaret Tøjet hen til hende, der syde min sorte, og aftalt Façonen med hende. Den bliver syt med spansk Trøje (rund) og det hvide i Kanten af denne, og et poset Stykke ned foran; en hvid Figur paa hvert Ærme. Nederdelen bliver stive Læg og rynket bagpaa ["bag" indsat over linjen]. Jeg var henne at prøve den i Dag, saa vidt jeg kan se, klæder Farven mig udmærket; jeg glæder mig til den; den skal paa første Gang paa Søndag til Middag hos gl. Liebenberg i Anledning af Luts 11 Aars Jubilæum. - Saa var der et ["et" overstreget] ogsaa et Underskørt i Pakken, men var det ikke en Fejltagelse, tænker Du paa det grønne, farvede? - I Gaar var jeg hele Dagen hos Komtessen; hun var rask og i godt Humeur og forfærdelig optaget af, om det blev til noget; hvis det ikke blev, skulde jeg som en lille Erstatning komme hen hos hende en Tid og saa skulde hun more mig paa bedste Maade! Jeg fik et Par lækre 4 Knaps Skindhandsker af hende. Paulsens var nede til Middag; Blaa og Benny sputrgte ["T" midt i ordet overstreget], om jeg ikke vilde være med at læse fransk et Par Gange om Ugen. - Vi vare bedte paa en Hare fra Skjoldmose. - I Morgen skal jeg til noget meget interessant! Bissen arbejder for Tiden paa "en triumferende Diana", men mangler et passende Haar at se efter. Onkel Lut havde allerede inden jeg kom herind sagt, at mit vist kunde passe; nu i Morgen skal det vise sig, saa skal jeg hen og præsenteres; jeg glæder mig til at se den store Mand. - Tante Mis kom her til Byen i Dag og rejser i Morgen til Berlin for at hente Komtesse Olga; hun glædede sig forfærdeligt og bad mig hilse mange Gange. - Vil Du ikke, naar Dis sender mit Tøj, tillige sende: 1. min Klædebørste (den lille korte) 2. nogle Klude at pudse min Lampe med 3. mit lille blaa Sjawl 4. min røde Vest at have under min Kaabe 5. noget Stoppegarn (Naal har jeg) og 6. kan jeg ikke ogsaa faa en Julegave at sy af alt det, Du købte? - 7 Den Krave, jeg syr til Chr., den ligger vist ["vist" indsat over linjen] i min Arbejdstaske i min Komode. Og mon jeg ikke ogsaa skal have min Havelock herind til Regnvejrsbrug; den er vist meget snavset, men da jeg er saa ked af Farven, he ["he" overstreget] vil jeg hellere have den farvet end renset. Hvis det bliver i Odense, saa lad den endelig blive brun. -
+Det er dejlig, at Du har haft saa godt af Din Tur, skam Dig nu endelig saa meget som muligt! - Posten skal blive Besørget i Morgen, jeg naade det ikke i Dag, da jeg først skulde op at konferere med Thora; hun mente, Tante vilde blive glad ved Kaffedugen, og at Bedstemoder trængte til en Lysdug, men hun mente hellere en lys end en Fløljs, da hendes Bordtæppe ikke er saa pænt. Vil Du sige Adis, at næste Gang, jeg skriver, skal Brevet blive til hende. Hilsner i Massevis til Eder allesammen. Vi faar da heldigvis Ferier.
+Din hengivne
+Alhed.</t>
+  </si>
+  <si>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Harald Bing</t>
+  </si>
+  <si>
+    <t>Anna skriver, at hun håber "Bing" snart beslutter sig. Det drejer sig sandsynligvis om Harald Bing, der på dette tidspunkt var leder af porcelænsfabrikken Bing og Grøndahl og man kan formode, at Anna har søgt arbejde her. Senere får hun arbejde på Den kongelige Porcelænsfabrik.</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz Sybergs arkiv</t>
+  </si>
+  <si>
+    <t>Anna glæder sig over en positiv bemærkning maleren Richardt Bergh åbenbart har gjort om Fritz. Hun lover snart at sende noget en madkurv. Hun venter på, at Bing skal beslutte sig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mGWt</t>
+  </si>
+  <si>
+    <t>[Anført for oven med blyant: 1 Faaborg ca 1891]
+Min kære, kære Dreng! Tak for Dit Brev, det glædede mig at læse Richardt Berghs Bemærkning om Dig, det er da en Trøst i al Elendigheden, at de Malere, der er noget ved, synes godt om Dine Billeder, der kommer vel en Tid, da der kommer Penge ogsaa. Det er saa trist for mig at tænke paa, at Du har det saa forbandet sløjt, hvis jeg var hos Dig og kunde dele Din Skæbne, saa vilde jeg ikke tage mig det saa nær, tror jeg, jeg gaar hele Dagen med en sort Samvittighed over al denne "Fraadseri og Drukkenskab," som jeg svælger i. Paa Tirsdag sender jeg en solid Madkurv med Flæsk, det kan jeg bedst undvære, jeg kan ikke faa den af Sted før, begrundet paa Helligdagene. Jeg ærgrer mig over, at jeg ikke for længe Siden har sendt én af Sted. 
+Kære Dreng, hvad skal jeg skrive til Bing, jeg har gjort fortvivlede Forsøg i Retning af et Brev, men de bliver saa daarne, saa daarne, saa daarne; da Du har talt med ham, kan Du saa ikke bedre "sætte et sammen," hvis Du vilde være saa elskværdig, kan Du derved spare mig mange Kvaler, skriv med det samme hans Adresse. Mester betragter min Københavnsrejse som fuldstændig opgivet, hvilket selvfølgelig tager Modet fra mig og gør mig melanktraurig; gid den Skurk til Bing dog snart kunde bestemme sig. 
+Min egen kære kære Dreng jeg længes mere og mere efter Dig for hver Dag der går, bare det dog ikke skal var altfor længe inden vi ses. Farvel min kære bedste Ven. Dit tovlige 
+T.</t>
+  </si>
+  <si>
+    <t>Januar eller februar 1891</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Wilhelmine Berg
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Gerda Jørgensen
+- Jørgensen, f. Bülow
+Ellen  Sawyer
+Fanny Schaffalitzky de Muckadell
+Marie Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik. 
+Ensomhed: Gården hvor Alhed Larsens far voksede op. Også Alhed var født der.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2181</t>
+  </si>
+  <si>
+    <t>Alhed grinede af, at forældrene ville vide, hvad der stod i Thorvald Balslevs brev, og nej, det var ikke et frieri. Alhed ved i øvrigt, at moderen ikke er begejstret for Thorvald. 
+Marie Hansen/Schou kan godt forstå, at Alhed og hendes søstre er som de er, når de har sådan en mor. 
+Bedstefaderen er meget livstræt og mat, og nej, han skal ikke have en gyngeskammel, for han vil bare falde over den. 
+Laura Warberg kommer til at savne Ellen. Alhed spørger, om hun vil have Gerda Jørgensen i huset. 
+Marie Hansen/Schou flytter til den 1. ind i værelset ved siden af Alhed. Alhed Larsen synes, at Marie er prægtig og klog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1mRr</t>
+  </si>
+  <si>
+    <t>Kæreste Moder! 
+Tak for dine to Breve! – Jeg kunde ikke lade være at le, da jeg saa at I havde været nysgerrige efter at vide hvad der stod i Studentens Brev! – I havde maaske gættet paa intet mindre end et Frierbrev? men det var saamænd ikke andet end Svar paa en Lykønskning, som jeg i Følge et gammelt Løfte – havde sendt ham tillige med Marie Hansen! – Du kan da se, at vi ikke har meget med hinanden at gøre, siden han ikke en Gang vidste min Adresse men det er Du vel glad ved; Du har jo flere Gange antydet for mig, at Du ikke rigtig yndede ham!! - - Sækken med det rene Tøj kom i Forgaars; Tak for Viskestykkerne med Navn paa jeg har Iøjeblikket taget et i brug, maa jeg også haver Dugene til Arv og Eje; mit Navn staar paa; og tak for 10 Kroner, den er jeg meget glad ved; jeg fortalte forleden Marie Hansen et og andet om Dig, og hun bad mig da hilse Dig og sige, at hun gav ikke os meget for, at vi var som vi var naar vi havde saadan en Moder! – Nu bliver Fader maaske jaloux, men Du kan trøste ham med, at hvis jeg vilde fortælle noget om ham, fik han nok den samme Hilsen. Jeg var hos de gamle i Forgaars, Tante Mis var der paa Gennemrejse, hun rejser Mandag Morgen. Bedstefader havde det ret godt, men han er frygtelig mat og livstræt. De mente egentlig ikke at han vilde havde [”d” i ordet overstreget] saa meget Nytte af en Gyngeskammel, da han mere gaar og tripper [”?” og ”b” indsat over ordet] om, naar han er oppe, og da han er meget usikker paa Benene, vil han ogsaa let kunne falde over den, som Du skriver. - Du vil naturligvis nok komme til at savne Elle meget, og Du vil jo ogaa faaa det meget ensomt; Nede hos Komtessen talte de forleden om, om Du ikke vilde have Gærda Jørgensen (Hendes Moder er f. Bülow) i, Huset Hendes Moder vil saa gærne have hende et el. andet Sted hen, men hun har ikke Raad at betale, jeg sagde at jeg trode det ikke, men at jeg skulde spørge om det; De talte ogsaa om Gelskov el. Ensomhed? Hun er 16-17-18 Aar og vil gærne tage fat med alt muligt. – Vi blev sammen ude på Fabr! Nolle måtte give tabt. – Jeg har desværre haft en sløj Periode siden Julen men nu gaar den ganske godt igen. --- Mit hvide Skørt og min dito Uldklokke samt nogle Forklæder og en Uldtrøje savner jeg. - - Min graa Kjole er ogsaa nydelig, syt omtr. som den grønne (Lyseblaa) med hvid Vest. – Jeg ved ikke, om jeg har fortalt, at Marie H. flytter herhen i det lille Værelse bag mit, til d. 1ste, det glæder jeg mig meget til, hun er en sjælden prægtig og klog Pige. Poesibogen må vente til næste Gang, ellers bliver Brevet for tungt - Tak de søde smaa for Deres Breve! – 
+10000. Hilsner til Eder alle hver især fra 
+Din Alhed.</t>
+  </si>
+  <si>
+    <t>1891-12-02</t>
+  </si>
+  <si>
+    <t>Elisabeth Bondesen
+Edvard Grieg
+Henrik Havemann
+Rebecca Havemann
+Malin   Holmström-Ingers
+Leonard Holst
+Johanne Christine Larsen
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine, f. Warberg, var gravid med sin kæreste, Leonard Holst. 
+Det vides ikke, hvem Md. Petersen, Doktorens og Olga Wendelboe var. 
+Alhed Larsen var i København som elev ved Den Kongelige Porcelainsfabrik.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2695</t>
+  </si>
+  <si>
+    <t>Alhed ved jo, hvad der er galt. Christine har tidligere fordømt de faldne kvinder, og nu er hun selv en af dem. Til maj er det hele overstået. 
+Christine har sagt til moderen, at hun ikke kan tåle musikken, og Leonard har gennem avisen fundet et sted i Århus, hvor hun kan være. Det er et held, at graviditeten endnu ikke kan ses, men det er slemt at lyve for forældrene.
+Christine har slået sig selv i maven for at dræbe fosteret. Hun er bange for fødslen; bange for at dø, og hun har samvittighedsnag overfor barnet, der måske skal vokse op blandt fremmede i fattige kår.
+Når barnet er født, har Christine fået lov til at tage til København og studere musik.
+Kaptajn Havemann søger en dansk stuepige, og Christine kan ikke tage pladsen, så måske gør Ellen det. En af Holmströms piger kommer til Erikshaab.
+Christine er ikke længere forelsket i Leonard og tåler ikke, når han rører ved hende. Han er stadig glad for Christine.
+Albrecht Warberg synes, at Alhed skal have en kjole til selskabsbrug. Christine foreslår hvidt råsilke. 
+Alhed må være lykkelig i sin nuværende situation. Hun må skrive snart. Christine siger til moderen, at hun ikke må åbne brevet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AtS0</t>
+  </si>
+  <si>
+    <t>D. 2/12-91
 Kæreste Alhed!
-Tusind Tak for dine 2 Breve som jeg fik i Gaar. Vi ligger nu her, det er den Ø Knipschildt har i Forpagtning og hans Svigersøn er Bestyrer her, men de er i Kjøbenhavn for Tiden. Vi gik fra Bogø i Lørdags og anløb Stubbekøbing for at høre efter Post, men ved en eller anden Misforstaaelse havde fru Friis skrevet til Postkontoret om at sende Breve videre til Kallehave saa jeg fik at vide at de ogsaa havde sendt Dit. Jeg er mægtig lettet og glad over at det blev ordnet saadan, jeg har været umindelig spændt paa hvad det vilde blive til og blev det endnu mere efter at have læst Dit første Brev saa det lettede jo gevaldigt da jeg kom til det andet saa jeg er egentlig fru Friis taknemmelig for den Idioti med Din Omadressering. Jeg har dog faaet tegnet nogle og Halvtredssindtyve Tegninger trods Vejret. Jeg skal nok skrive til Birkerød naar vi er færdige eller telegrafere Adresse fra et eller andet Sted. Friis skal jo være i Kjøbenhavn den 10 men hvor han forlader os eller hvordan Vejr og Vind bliver til den Tid kan jeg jo nu umuligt vide noget om. 
-[...56 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/Qt3Wchow</t>
+Allerede inde jeg i Form. fik dit Brev; havde jeg indset, at det var en stor Skam af mig sådan at komme med en halvkvædet Vise om Død og Fordærvelse, og da jeg læste dine Linjer indså jeg dobbelt, at det var forkert. Ja, kære Alhed, når jeg ikke for lange Tider siden – i Sommerferien – har sat dig ind i min Elendighed i hele dens rædsomme Omfang, så er det ikke, fordi jeg trode et eneste Øjeblik, at det skulde gøre dig bitter imod mig – tværtimod! dertil kender jeg dig da for godt; men Sagen var 1) var jeg ikke sikker i min Sag 2) skammede jeg mig og gør det endnu så kolossalt 3) vilde jeg helst så længe som muligt og helst helt, skjule det for jer alle, da det jo umulig kunde andet end gøre et meget pinligt Indtryk.
+Ja du ved jo naturligvis for længst, hvad der er i Vejen – var det ikke så sørgeligt, så var der sandelig noget højst komisk i Tanken: jeg, i min første Ungdom de faldne Kvinders ivrigst ”Forbander”, i de senere År deres varmeste ”Undskylder” – jeg er nu selv en af deres store Hær – elendig, forført, måske ødelagt for Livstid. Men som jeg har antydet, hvo [”hvo” overstreget] skal dette sidste ikke blive Tilfældet, og forhåbentlig skal jeg til Maj være godt over alt dette grusomme, - å, hvor dog Mennesker kunne ødelægge Livet for hinanden.
+Jeg synes, der er en sådan myldrende Masse at skrive om, at jeg ikke ved, hvor jeg skal begynde, først skal du høre, hvordan vi tænker at klare det, det er dog det vigtigste; jeg har sagt Mor, at jeg ikke allerede til Nytår kan tåle Musiken, men at jeg mener, det vilde gøre mig godt at være mellem fremmede Mennesker en Tid; fra Nytår til Maj; Leonard har i Odense flere Gange talt med en Jordemoder, hun siger, vi kan godt skjule det, sådant hænder 20 af 100 i de ”dannede” Kredse, hvor man mindst aner det; hun havde ifjor en fin, rig ung Pige fra Kbh. som havde sagt sin Moder og Fader, at hun vilde tage en Plads som ung Pige, hun var der 4 Måneder, fødte, nogen Tid efter døde Barnet, og hun kom tilbage uden at nogen anede noget. Nu får Leon. gennem Md. Petersen et Sted til mig at være i eller ved Århus; dette Sted nævnes herhjemme som en Plads, Leon. har fået gennem Avisen; for at undgå for megen Korrespondance og Forhøren, skal han først finde Pladsen henimod Jul, og til Nytår rejser jeg. Ved særligt Uheld kan denne Plan naturligvis mislykkes, men ved [”ved” overstreget] når vi er på vor Post, håber jeg, og anser det for sandsynligst, at den går godt. Min største Bekymring er den, at jeg ikke skal kunne gå til Jul uden at nogen ser det på mig – tænk, først i 
+2)
+Marts skal det være, altså er der kun tre Måneder til nu, at der intet ses er mig som et Mirakkel, på andre ses det jo 5-6 Måneder i Forvejen. Dette er min Lykke; endnu går jeg uden Korset og – tager i Selskab til Arreskov og (idag) Brobygård med min lyseblå Kjole. Det er uhørt, synes jeg nok, men jo mere jeg kan lade som ingen Ting, des fjærnere ligger jo Mistanken. Hvor grulig en Tid det dog bliver for mig der oppe alene og i den Elendighed og – hvad der næsten bliver det pinligste – med den evindelige Lyven for Far og Mor. – Men jeg går ud fra, at det sker for at skåne dem – Mor kan jo aldeles ikke tåle sådan en Sorg – og så må det da være det rigtigste ikke sandt?? 
+På samme Tid, som jeg fik at vide, at jeg ikke ved Stød og Slag kunde dræbe Fostret (jeg vilde rimeligvis have dræbt mig selv ved at fortsætte dermed) fik jeg at vide, at Sagen kunde ordnes på denne Måde, det var en sand Lykke at få det at vide – vel var jeg så altså sikker på mine egne Lidelser men dog også nogenlunde sikker på at kunne skåne min Familie det har hele Tiden været min største Sorg at skulle bringe Sorg over alle mine kære. Å jeg gruer nu alligevel så frygtelig for det altsammen – ikke mindst for Fødslen selv – og tænk om jeg dør – det var ganske sikkert bedst for mig selv og for andre også, men en stor Sorg ville det dog blive for jer alle. Men det er jo alligevel sjældent, man hører det. Hvis det stakkels Barn lever – hvad det naturligvis nok gør – så er det grulig Synd mod det, - ud blandt fremmede i fattige, måske dårlige Forhold, et stakkels uægte Barn som hverken Far eller Mor vil kende; det er så frygteligt at have så meget på sin Samvittighed mod et Menneske. Gud give, det måtte dø, det stakkels Væsen. –
+Men går jeg ud fra, at jeg kommer godt og vel over det hele, så kommer der bag efter en Tilværelse så strålende, at jeg knap kan tænke mig en sådan Lykke; Far har næmlig nu sagt ja til, at jeg må læse Musik i Kbh. og jeg skal tage fat til Maj! Tænk dog hvilket Liv at være i København, og optaget af det kæreste, jeg kan beskæftige mig med, sammen daglig med dig og Johanne - -
+å, hvem der alligevel kan leve til den Herlighed! Bliver det dog ikke mageløst! Tror du ikke nok, at vi kan komme over det? Og tror du ikke nok, jeg lever? Olga Wendelboe var jo yngre, jeg bliver jo omtr. 22 År, det er vist en heldig Alder. Og er jeg normalt over det, så tror jeg, jeg vinder bedre Helbred ved det. Skriv nu alt, hvad du mener om det, kæreste Alhed, og læg inden i, når du skriver til Mor næste Gang. Elle ved det, ingen andre må vide det. Joh. vilde tage det altfor hårdt. – 
+3/12. Igår var vi så på Brobygd. Doktorens var der og ved Bordet sagde Dr. Til Mor, at Kapt. Havemann og den lille engelske
+3)
+Frue, som bo i Hamburg ønsker at få en ung Pige i Huset ½ År for at lære Fru H. at tale Dansk, hun skal være musikalsk og kunne Tysk; Mor vil partout have mig derned, men Dr. vil ikke lade mig, selvfølgelig siger jeg selv, at jeg ikke kan; tænk hvis der intet var i Vejen, så kom jeg der, det er da sikkert og vist! Nå men det kan ikke nytte at ærgre sig; nu er der meget stærk Tale om Elle, som grulig gærne vil, jeg tror næsten, det bliver til noget med hende, jeg påskynder af alle Kræfter; vil de have hende, kommer hun der, hun må nok. Så taler Mor om, at jeg skal udfylde hendes Plads, det bliver et vanskeligt Punkt at komme væk under de Omstændigheder; der er Tale om at Mor skal få en af Holmströms herned, en ung Pige kan hun jo ikke undvære, men i alle Tilfælde vil det jo se højst besynderligt ud, at jeg rejser og der så slet ingen er hjemme. Men jeg må jo holde på at jeg vil; skal det komme højt, siger jeg til Mor, at jeg føler, jeg gør det trist herhjemme, hvilket kun er altfor sandt, desværre. - -
+Det tristeste ved hele denne triste Begivenhed er dog det, at den så komplet har forandret mine Følelser for Leonard; dette ved nu kun du og jeg [”dette ved nu kun du og jeg” indsat over linjen] hver Gnist af Forelskelse og Agtelse er som blæst bort og har været det lige siden jeg kom fra Langeland; for mig er han nu kun Forføreren, hver Berøring af ham er mig imod, og når han kysser mig, får jeg Kvalme næsten; det er ganske forfærdeligt, synes jeg, men jeg kan ikke gøre ved det, jeg har forsøgt af alle Kræfter at kæmpe imod, men det er umuligt, de Følelser, som ikke existere kan ikke fremkaldes. Hvad Selvagtelse angår, da ved du, at jeg aldrig har haft flot med den, at jeg nu rentud f_oragter_ mig selv, kan du forstå; men at jeg nu er grundig kureret for min mageløse Letsindighed, det vil du også forså; den sidste Del af min Agtelse for Leonard gled, da han blev overbevist om at det var galt – å, noget Mandfolk så pjaltagtig forsagt – rent til at vække Medlidenhed. Ja du må tro, jeg har Medlidenhed med ham, han holder bestandig lige meget af mig og kan selvfølgelig ikke andet end mærke, hvor forandret jeg er, Gud ved, hvad Enden skal blive på al denne Elendighed. Gid han kunde blive forelsket i en anden – jeg kan ikke bryde med ham, - mest for Mors Skyld, som jo forguder ham og ser i ham et fuldkomment Menneske uden Frygt og Dadel. Han er ejegod, men det er i mine Øjne det eneste han er, og det er mig for lidt; hans Godhed er ligefrem rørende, han giver mig så mange Ting og ofrede såmæn gærne sit Liv for at gøre det skete usket så meget tristere er det, ikke at kunne holde rigtig af ham, stakkels Leonard. Når jeg nu ikke er det mindste forelsket i ham og ikke en Gang har Agtelse for ham, så kan du nok tænke, at jeg gruer ved Tanken om et Ægteskab med ham – vi som ikke har én Interesse fælles, å det hele er så bundsørgeligt; jeg vil vente og se Tiden an, om jeg ikke som Mor siger
+4)
+kan opnå at blive ”træt” af en selvstændig Tilværelse og min kære Musik og så kunne finde mig i at blive gift = bunden til én og samme Plet og til én som jeg aldrig mere vil kunne elske, hvordan mine Følelser for ham så end kan blive. Hvad mon du dog vil sige til alt dette; jeg håber, at du som jeg slår din Lid til at alt kan gå godt og ubemærket hen og trøster dig ved at det så dog snart er ovre – til Maj er Skæbnen afgjort, og der er jo kun 5 Mdr. til Maj; indtil først eller midt i Marts må vi vente tålmodig og håbe det bedste – der er vel for Resten ingen Grund til at tro, at det ikke skal gå godt, tror du vel? Mit Legeme er jo sundt og kraftigt, og det er jo mest det, det kommer an på. Altså allerede inden April er jeg over det værste, og i Løbet af April håber jeg, jeg skal kunne komme mig og få mit sædvanlige Udseende. Tænk, hvor det egentlig stiller sig lykkeligt, jeg har ikke Spor af brune Pletter i Ansigtet som de fleste! Mit Udseende er jo så fordelagtigt som blot muligt. Og så til Maj begynder Livet på ny, ligesom helt forfra! Å hvor det er dejligt at tænke på! Ja, jeg er letsindig, at jeg i al min Ulykke kan være så glad ved den Tanke, men: ”Et Glimt af Sol bag Tågen at bevare o.s.v.” det kan da ikke være nogen Fejl! – Nu til mere fredelige Ting. Hermed din røde Kjole, men ser du, Mors og min Mening desangående er denne: Skal du købe nyt til Kjolen, så kommer det dog al Tid til at koste en Del, når den skal være pæn. Derimod kan jo du, som kommer til så meget fint sagtens bruge nok en pæn Kjole, derfor mener vi, du har bedre af at få en ny; den røde er jo god nok til lidt simplere, f. Ex. et eventuelt Regensbal eller lignende. Men Far har nylig sagt, om du dog ikke skal have Penge sendt, altså vilde han jo nok koste en ny Dragt, da både han og Mor jo er glade ved, at du tager Del i Selskabelighed og vilde, du skal være pæn. Vi synes godt om en hvid Råsilke, du skal så lade den sy med to Liv, et nedringet til Ballet og et højhalset, med hvilket du så kan bruge Kjolen til Selskab. Spørg nu hvor bredt Tøjet er og hør så inden du køber det hos din Syjomfru, hvor meget der behøves til Kjolen med to Liv. Jeg synes, du skal have den helt hvid til Ballet uden anden Pynt end blegrøde Vinterasters, det vil være nobelt og kønt. Få den ny endelig godt og kønt syt, ikke for nedringet. Er den Vifte din egen? Så vil den jo passe godt til røde Asters. Kan du ikke få den Dragt til ca 35 Kr? Og kan den ikke være lidt, så den kan bruges i Selskab? Den kan vel farves, når den bliver snavset eller, der foresvæver mig noget om, at det Stof kan vaskes? Alt i alt, kan du ikke nok have Nytte af Kjolen uden lige til Bal? Jeg skal sige, at den store Skomagerregning skal du betale. –
+Å Alhed, skønner du også på, hvor lykkelig du er! Når du nu hører om al min Ulykke, så må du da skønne tidobbelt på din glade fri Tilværelse, sikken Ungdom du dog har!! Der er vist kun få så lykkelige: optaget af det Arbejde, du har Interesse for og stillet således, at du frit kan nyde Livet 
+[Det følgende skrevet s. 1; øverst på arket; på tværs:]
+Gud ved, om jeg nogensinde skal komme så vidt, jeg synes, det dages! Men så lykkelig som du bliver jeg jo aldrig, dertil er jeg for meget anlagt til Melankoli, og så kan jeg jo ikke som du utvungent nyde brillante Menneskers Selskab. I Morgen skal vi til Frk Elisabeths Fødselsdag til Aften derovre; jeg skal foredrage en Grieg’sk Sonate derovre efter Mors Begæring, det er for Resten underligt med min Musik, for jeg går frem selv om jeg aldrig rører Klaveret. Å lære at spille!!!!! Det er dog mit Ideal, som jeg altså når, hvis jeg blot lever!!!!! Nu håber jeg da ikke, du bliver altfor forfærdet over dette, tænk så blot på Maj! Og tænk så for Guds Skyld ikke altfor slemt om mig, det må du ikke; og du må da endelig ikke holde mindre af stakkels Leonard, men det gør du vel heller ikke. At det nu skal hænde mig og ikke en af hans mange Malkepiger, for hvem det vist vilde have været meget meget lettere!
+Nu kun tusende Hilsner! Skriv langt men tæt, så den lukkede Konvolut til mig ikke bliver for tyk, jeg siger Mor, at hun ikke må åbne den. På Onsdag kommer der vel Brev!
+Din Chr. 
+[Skrevet henover teksten på bagsiden af ark 3; lodret:]
+Du brænder da dette Brev, det er altfor farligt til at gemmes.</t>
+  </si>
+  <si>
+    <t>1891-12-17</t>
+  </si>
+  <si>
+    <t>København V
+Vesterbrogade 12 over gården</t>
+  </si>
+  <si>
+    <t>Leonard Holst
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine, f. Warberg, boede hjemme hos forældrene på gården Erikshaab. Hun ventede, ugift, barn med sin kæreste, Leonard Holst, og forældrene vidste det ikke. Christines mor ønskede, at Christine skulle tage imod en plads som pige i huset i Hamburg, men hun sagde grundet omstændighederne nej, og i stedet skulle søsteren Ellen/Elle til Hamburg. I begyndelsen af januar 1892 flyttede Christine hjem til en familie i Århus for at være i skjul under resten af graviditeten. 
+Forældrene havde givet Christine lov til at studere musik i København.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2697</t>
+  </si>
+  <si>
+    <t>Både Christine og Laura Warberg har været syge af influenza. De når ikke at lave julegaverne færdige. 
+Christine taber ikke modet og har ikke smerter, men det er meget generende, at hendes tøj strammer, og hun kan ikke løsne det. Hun bliver derfor irritabel. Christine gruer for, når Ellen rejser til Hamburg, og hun selv skal rejse væk. Hendes mor må føle sig svigtet, for hun har bedt Christine blive hjemme og hjælpe, da hun ellers er alene om arbejdet. 
+Alhed Larsen burde måske male en dug til moderen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/azqM</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Alhed Warberg
+Vesterbrogade No 12 o. G.
+København V.
+Torsdag Middag d: 17/12 91
+Kæreste Alhed!
+Lige i dette Øjeblik er jeg kommen op efter at have ligget en halv Snes Dage af Influenza, det Skidt, det er dog en modbydelig Sygdom; Hoste har jeg endnu og den venter jeg da ikke at slippe foreløbig. Mor har været meget skidt, selvfølgelig slog det sig på Hovedet, og hun led ganske forfærdelig i det, vistnok, men nu er det heldigvis begyndt at blive bedre, så hun nok nu er over det værste. Med Julegaverne ser det sort ud, vi bliver såmæn ikke halvt færdige, men skidt med det, når vi bare ingen Patienter skal have i Julen; du holder dig da vel i Skindet?
+Tusend Tak for dit Brev, som var mig til stor Trøst, ligeledes din lille Skrivelse i Dag. Du må for Resten ikke tro, at jeg taber Modet eller blot nærmer mig til det! Jeg er i så udmærket jævnt godt Humør. Smærter har jeg slet ingen af, men nok andre store Ubehageligheder: en meget pirrelig Sindsstemning, det er det værste, som følger med, undertiden f. Ex. når jeg har spist, eller om Morgenen strax, generer mit for stramme Tøj mig ganske forfærdelig, så bliver jeg som rasende over det hele Stads, rigtig afsindig rasende, så jeg gærne kunde ønske Leon. og mig selv ned i hede Helvede, det er grusomt, naturligvis især fordi jeg må skjule det hele. Elles Hamborgrejse bliver mig en stor Vanskelighed, mit Hjærte bløder ved Tanken om at jeg skal og må rejse og lade Mor være ganske alene, hun har bedt mig lade være, det må jo for hende se ud som mærkværdig Hensynsløshed og Utaknemmelighed, da hun jo har udvirket at jeg må spille. Jeg håber, du kan overbevise hende om det modsatte. Du skulde male den Dug til Mor, Skammelbetræk trænger hun ikke til. Et Stykke til under Terrinen ønsker hun sig også, måske det kunde være pænt, malet på Voxdug?
+[Med blyant; på hovedet mellem de to linjer er skrevet:] 19/12-91
+I Julen vil jeg tale med dig om din Plan med at være i Kbh. den sidste Tid, jeg synes det er mere beroligende at være på Fødselsstiftelsen, men Risiko er der jo.
+[Det følgende indsat øverst s. 1:]
+Altså om 5 Dage ses vi! Hvor jeg glæder mig! Gid vi dog må være raske alle sammen. Men sådan en Forskel på i Fjor og nu.
+Vil Du ikke tage ”Digte og Udv” samt Per Gynt med hjem [denne sætning er indrammet af en streg]</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Peter Hansen
+- Rudbeck
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Anna til Fritz 1891-1894</t>
+  </si>
+  <si>
+    <t>Anna synes, det er en storartet idé at købe en båd og kommer med forskellige forslag til, hvor de måske kan erhverve en. Marie skal til eksamen på lørdag og håber at få en plads i Rigsdagen (som stenograf).Anna har bestemt sig for at blive på fabrikken indtil videre. Hun vil gerne bruge nogle måneder på at tage sangtimer, hvis der kan blive råd til det. Franziskas lille datter Marie er syg, måske er det alvorligt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Skij</t>
+  </si>
+  <si>
+    <t>[Tilføjet med blyant foroven: 9]
+Torsdag aften.
+Kære D!
+Det er en storartet Idé den med Baaden, jeg har i Dag ikke tænkt paa andet end vore fremtidige Fisketure, de skal rigtig friske os op, saa at vi aldrig gaar og bliver gnavne og kedelige, og det kan jo blive en hel Indtægtskilde for os, naar vi bliver rigtig drevne, maa vi kunne fange saa meget, at vi kan sælge til Mesterhuset; det bliver grin. Mon Du ikke kan faa Rasmus Degns den store at købe, Peter kunde have faaet den for 80 Kr, tror jeg, men da han den Gang ikke havde saa mange Penge, købte Slup Johan den; det kan jo være at Slup Johan vil sælge den igen, men nu bliver den vist ikke saa billig, da han har sat nye Sejl paa. Det kan jo forresten hænde, at Din Onkel Lars kan skaffe os en. Rasmus Degns var saa dejlig indrettet, men egner sig maaske ikke til Fiskerbaad, - Bare vi dog havde Pengene, jeg har indrettet alt saa henrivende, men mangler Pengene, bare vi havde dem, vi behøver vist forresten ikke saa overvættes mange, vore Luftkasteller er heldigvis ikke saa kostbare - Marie gaar og er forfærdelig spændt paa Enden, hun skal jo op til Examen paa Lørdag, hvis hun faar en Plads i Rigsdagen, saa gifter de sig, fortalte hun mig i Forgaars, de kan jo ogsaa lige saa godt gifte sig nu som senere de faar sandsynligvis aldrig flere Penge. -Jeg har bestemt mig til at blive paa Fabriken, da jeg jo ikke kan være bekendt at forlade Sus efter et Par Maaneders Forløb. Hvis vi faar Raad til det, vil jeg rasende gerne synge et Par Maaneder hos Fru Levinsohn, inden vi rejser herfra, jeg kan mærke, at jeg trænger til et Omgang til. Frk Jessen har en dejlig Stemme, hun har begyndt at synge hos Fru Keller, der er meget henrykt over hende og har spaaet hende, at hun nok kan drive det videre end til Dagligstuesangerinde. Hun var her forleden Aften sammen med Fru Rudbek, vi havde det meget gemytligt og bestemte at faa sammen hen og høre Anna Petterson i næste Uge, Jeg maa altsaa lægge noget til side af min Ugeløn paa Lørdag tilat solde op, jeg havde bestemt at sende Dig 5 Kr. men kan nu af den Grund kun sende Dig 3 - næste Lørdag haaber jeg at kunde undvære nogle flere. Jeg skal sende Dit Billede paa Søndag, Franziskas lille Marie ser saa daarlig ud, Franziska er bange for, at hun er bleven smittet af Tante Karen, hun siger, at hun har alle Symptomer paa Brystsyge, hun vil hen paa Kliniken og have hende undersøgt. Jeg tor egentlig ikke, at Franziska vilde blive saa forfærdelig bedrøvet, om hun mistede hende, jeg blev meget forfærdet ved Tanken om at hun kunne være bleven smittet, men Franziska sagde, at det var jo baade "godt og ondt!" Farvel kære Dreng, send mig snart igen en Skrivelse, det er saa trøstende at faa Brev fra Dig. Et Kys fra Dit T.</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Amaliegade 23, 1256 København, Danmark</t>
+  </si>
+  <si>
+    <t>Bjørnstjerne Bjørnson
+Lauritz  Brandstrup
+Leonard Holst
+Alhed Larsen
+Christine  Mackie
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Det formodes, at Laura Warberg har genbrugt noget brevpapir, og at hun ikke er i Aarhus-
+Pojke(n) er Christine Mackies forlovede Leonard Holst, som var svensker.
+Christine havde flere kælenavne, deriblandt Basse.
+Den Kgl. Fødselsstiftelse i Amaliegade 23-25 i København blev oprettet 1785 takket være en stor pengegave fra enkedronning Juliane Marie. Her kunne gravide kvinder føde anonymt, og efterfølgende blev mange af børnene anbragt hos velhavende familier eller bortadopterede. I 1910 blev Fødselsstiftelsen en del af det nye Rigshospital.
+Christine fik med sin svenske forlovede Leonard Holst et barn uden for ægteskabet den 22. marts 1892. Barnet fik navnet Ellen Agnete og blev bortadopteret til ægteparret Niels og Louise Amstrup (hun født Warberg). Warberg-familien bevarede en god kontakt til barnet.
+Albrecht Warberg forældre bor efter pensioneringen i Heden mellem Faaborg og Odense.</t>
+  </si>
+  <si>
+    <t>Brevene findes på Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Laura Warberg skriver om møde med den gravide datter Christine Mackie og hendes forlovede og om, at alle undtagen den forsmåede forlovede og far til barnet er enige i, at ægteskab ikke kan komme på tale. Der gøres de sidste forberedelser inden Christine Mackies fødsel på Fødselsstiftelsen i København.
+Inden hjemkomsten til Erikshåb vil LW besøge sin gamle far i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DPRb</t>
+  </si>
+  <si>
+    <t>[Fortrykt:] Aarhus, den .........189
+Carl Larsen
+Hotel Royal
+[Håndskrift:]
+Søndag Aften
+Kjæreste Abba!
+Alt føjer sig saa godt for os og Christine er saa rask. Da jeg gik ind morges for at lede dem op, traf jeg strax paa Pojken, der var paa Vejen til Christine, han saa mig ikke inden jeg var lige ved ham, det bedrøvede mig at se ham gaa saa sorgfuldt helt optaget af sine egne Tanker. Vi fulgtes ad til Chr. og de var begge – hun især – saa lettede ved at der ingen Vielse skulde være; han vistnok mest fordi hun ønskede det saa meget. Til Præsten havde han iaftes udtalt, at naar de blev viede nu, saa havde han det Haab, at de med Tiden skulde falde sammen igjen – Baade Bassen og jeg tog Gjensynet meget roligt. Fra hende gik vi til Skandinavien at faa Syberg med til Lægen. Denne erklærede, at Chr. kunde uden Tvivl nok taale Sørejsen helt lige til Kjøbenhavn, han vilde give hende lidt Chloral og selv følge os ombord Tirsdag Aften 11½. Han billigede vor Fremgangsmaade med ikke at holde ["holde" overstreget] faa dem viede. Saa gik vi alle fire i Kirke og fik en udmærket Prædiken. Kl. 2 skulde de møde hos Præsten. Vi blev hurtigt enige med ham i det rigtige ved ikke at faa et Ægteskab istand med den Tanke, at det saa skulde opløses; ligesaa Hensynet til Barnet og det vanskelige for hende i at beholde sit Pigenavn. Altsaa vi mødte slet ingen Modstand og han var mageløs rar. Det var mest af hensyn til Barnet og til Pojken, at han havde foreslaaet Ægteskab, men vilde dog have foreholdt hende det urigtige i at indgaa det med den faste Beslutning at skilles. Han talte saa godt og saa medlidende om Pojken, havde ogsaa sagt til hende, at en saadan Kjærlighed skulde hun betænke sig paa at kaste fra sig og meget mere godt om ham, som jeg bedre kan fortælle om mundtlig. De Unge var i en anden Stue, han lovede at besøge Chr. imorgen. Det er forbavsende saa rigtig han har opfattet hendes
+[Fortrykt;]
+Carl Larsen Aarhus, den ……..189
+Hotel Royal
+[Håndskrift:]
+Karakter, hvad hun selv indrømmer, men hun har ogsaa skrevet flere anonyme Breve om hans "umodne Læsning af [ulæseligt] og Bjørnsson” sagde han, imidlertid han har jo været ganske mageløs mod hende. Derfra gik vi alle ned til [ulæseligt], det er en prægtig, deltagende Kone, vi skulde spise der, vilde hun absolut have fik Suppe Boeuf og Kage med Øl til. Vi spiste godt og følte os meget lettede undtagen Pojke, der er lige sorgfuld bestandig, vel mest en Følge af, at om det jo maa hedde sig og naturligvis ogsaa være forbi med Forlovelsen; det kan ikke trøste ham, at jeg siger vi kan se Tiden an. Saa gik Syberg til Lægen at faa rigtig Besked om Fødselsstiftelsen og nu rejser han iaften lige til Kjøbenhavn og tager imod os Onsdag Morgen. Pojken tager vi med samt alle Papirerne. Hans Forældre havde ment, at det var for overilet med Vielse, om det dog ikke kunde dysses ned, altsaa de vil synes om denne Ordning. Hans Far gav ham Penge, og Christine har faaet de 50 Kr. Du gav ham. Paa Heden veed de intet og skal ikke vide andet, end at Forlovelsen er hævet. Nu skriver jeg ogsaa til [ulæseligt]. Er der Breve til mig, kan Du jo sende dem til Alhed; jeg kommer saa om Alt gaar efter Ønske hjem Fredag med Iltoget. Syberg og vi Alle er raske. Det har været en anstrengende Dag, jeg laa en Time paa Sengen mange Farvel min egen Ven, Det er en Sorgens Tid men det klarer vel igjen. Kjærlig Hilsen til alle hjemme. Vi siges vel at Far er bedre og jeg bliver et Par Dage hos ham.
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>1892-1</t>
+  </si>
+  <si>
+    <t>Christine  Mackie
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alheds søster, Christine, fødte sin datter 22. marts 1892. 
+Alhed Larsen/Warberg boede i januar 1892 på Fru Laudrups pensionat i København og var elev på Den Kongelige Porcelainsfabrik. Christine Mackie var i huset i Aarhus.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2693</t>
+  </si>
+  <si>
+    <t>Christine har fortalt Alhed, at forældrene ved det. Alhed ved, at det må være en meget stor sorg, og hun ville ønske, at de aldrig havde fået det at vide. I julen var det svært at se på, at Christine var uærlig overfor moderen, og Alhed var ulykkelig over at skulle holde på hemmeligheden. Christine er vokset som menneske. Alhed ville ønske, at moderen kunne se Christines breve fra Aarhus. Christines læge er bekymret for, at sindsbevægelsen netop nu er for hård ved hende. 
+Alhed er glad for at komme hjem og tale om sagen. Hun beder moderen om at skrive kærligt til Christine, som har lidt så meget.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aHBj</t>
+  </si>
+  <si>
+    <t>Kære lille Mor!
+Jeg har i dette Øjeblik faaet at vide fra Christine, at I ved det! – Hvad jeg dog vilde give for at kunne være hjemme i Disse disse [”Disse” overstreget] Dage og tale med Eder om det altsammen! – At det er en ganske forfærdelig stor Sorg for Eder, kan jeg jo tænke; og Du kan tro, vi har gruet ved Tanken om, at I nogensinde skulde faa det at vide; vi havde jo haabet og troet, at vi helt kunde skaane Eder for det, men det er maaske alligevel godt, at I have faaet det at vide! Det havde været forfærdeligt for Christine at bære paa den store Hemmelighed i Fremtiden, og det vilde sikkert have skilt Eder en hel Del ad! Mon det nu derimod ikke kunde bidrage til at føre Eder sammen? Det var dog Min store Sorg i Julen, at I kendte hinanden saa lidt og at Christine var saa lidt aabenhjærtig imod Dig, men den Gang manglede jeg enhver Betingelse for Forstaaelse! Christine ønsker inderligt at komme Dig nærmere, hun var fortvivlet over at maatte gaa og lyve for Eder i Julen og det var vi alle [”alle” overstreget] andre ogsaa; men vi maatte jo gøre det og vi trøstede os med, at det har i en virkelig gav Mening, vi gjorde det! – Stakkels Christine! hun har lidt ganske forfærdelig i dette sidste halve Aar, saa meget som overhovedet noget Menneske kan lide! jeg har undertiden været bange for, at hun skulde miste sin Forstand, saadan har hun græmmet sig. Men ét er sikkert, og det er, at Christine som Menneske betragtet har vunden meget under alt dette; jeg vilde ønske, Du kunde se de Breve jeg har faaet fra hende fra Aarhus, saa skulde Du se, i hvilke Grad, hun har forandret sig til sin Fordel og hvor hun har udviklet sig, saa Alvoren rigtig har faaet Overtaget i hende. – Naar nu blot hendes Kræfter kunne slaa til, saa hun kommer godt over det altsammen, jeg har haft Brev fra hendes Doktor; han var ked af, at hun netop nu havde faaet saa megen Anledning til Sindsbevægelse! –
+Jeg vilde saa uendelig gærne trøste og opmuntre Eder, men jeg synes at alt, hvad jeg skriver, kommer til at se saa tomt og intetsigende ud!
+Fredag Eftermiddag.
+Tak for Dit Brev, jeg skal strax underrette Tante om det! – Jeg er forfærdelig glad ved Udsigten til at komme hjem og tale lidt [”lidt” overstreget] om det; det er næsten svært at skulle gaa her uden at kunne gøre det mindste! – Du skriver da lidt kærligt til Christine? hun har forfærdeligt [”forfærdeligt” overstreget] lidt forfærdeligt, og mest ved Tanken paa Dig og Fader. - -
+1000 kærlige Hilsner!
+Din Alhed.</t>
+  </si>
+  <si>
+    <t>1892-01-07</t>
+  </si>
+  <si>
+    <t>Århus</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, var gravid udenfor ægteskabet og boede "gemt af vejen" hos Jenny Rasmussen og manden i Århus. Hendes datter blev født 22. marts 1892. 
+Det vides ikke, hvem Viggo og Lida var. Ej heller hvem Frk. Dall og hendes bror eller Brunslev var. 
+Peluches: Vævede fløjls- og chenillestoffer.
+Good Templar-ordenen er en international liga stiftet 1851. Den arbejder på at bekæmpe alkoholafhængighed.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2694</t>
+  </si>
+  <si>
+    <t>Christine Mackie blev hentet på Århus Banegård af den smukke Jenny Rasmussen. Hun blev straks ført til sit værelse i lejligheden. Det er småt, men pænt. Hr. Rasmussen sidder i stuen og ruller cigarer. Der er lydt, så Christine kan høre alt, hvad ægteparret snakker om i stuen. De har en dreng, som er morsyg og forkælet, men også kvik. 
+Lægen ser til Christine, når hun har været i et varmt bad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qZxm</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Alhed Warberg
+Vesterbrogade No 12 o. G.
+København V.
+[Over adressen er med rød pen skrevet:]
+No 1.
+[Håndskrevet på kuvertens bagside:]
+Send snart de Bøger!
+[I brevet:]
+Århus d: 7ende Jan. 1891.
+Kæreste Alhed!
+Du skal være den allerførste, jeg skriver til, så tænker jeg, du kan have mit Brev i Morgen, du længes naturligvis efter at høre, hvordan jeg befinder mig i disse aldeles uvante Omgivelser.
+Rejsen hertil var trist, men gik godt nok, Viggo så jeg et Par Gange, ligeledes Lida, men i Kupéen var der ingen bekendte fra Fredericia til Århus. På Banegården holdt jeg mig i Skygge og var betænkt på at vente til Toget var kørt og Folk borte, men pludselig kom en høj, mørk, smuk Dame med Pelusches Kåbe, Damehat og Slør hen og spurgte, om det var Frk. W. Det var Fru Jenny, og vi kørte så sammen hjem i Drosche. Jeg blev strax vist ind i mit Værelse, som jeg her giver en Plan af
+[Tegning. Udfor tegningen er skrevet:] Dør til Gangen Kakkelovn Servante Min Kuffert Sofa Bord Stole Sengen Dør til Stuen lille Bord med Blomster Etagère Vindue Konsol Vindue Sybord Piedestal 
+Det er et meget bepakket men hyggeligt lille bitte Værelse, dets Længde 6 Al 3 Kv. og Bredden til [”til” overstreget] 5 Al. Bordet er poleret, Sofa og Stole med Peluches Betræk, Servanten med Marmorplade, pænt Vandtøj, Karaffel og Glas, Håndklædeholder med Snavsepose, ovalt Spejl over Servanten o.s.v. Bekvemmeligheder er her såmæn af alle Slags. Bordet er temmelig stort, på [”på” indsat over linjen] de ene Halvdel har jeg indrettet min Skriveplads, på den anden Halvdel dækker hun Bord til mig med pæn ren Dug og nydelig Dækning – jeg skal næmlig spise her inde hos mig selv, hvilket jeg synes er en stor Behagelighed. Manden sidder i deres eneste Stue og kiler på med at rulle Cigarer, aldeles tavs, så vidt jeg kan forstå, har han før arbejdet på Fabrik og været fordrukken, nu derimod arbejder han hjemme og er Good-Templar. Deres Stue er jo lige op ad min med kun en utæt Dør imellem, så jeg hører hvert eneste Ord der siges; når Manden en enkelt Gang siger noget er det med en sær Brændevinsstemme; men han er vist skikkelig nok og de skændes slet ikke. Hun er mege_t køn især i Lampelys og meget venlig foreløbig. Drengen er en [”en” overstreget] overordentlig livlig og velbegavet og en skikkelig Dreng, når man tager ham rigtig, men han bliver væmmelig forkælet og klynker og hyler når hans Mor er borte, når han skal i Seng o.s.v. Han vil partout være inde hos mig, han har været inde at se Billeder i Formiddag. Frk Dalls Broder bor ikke her, men i Randers; Malling ligger 4 Mil herfra, så Viggo behøver jeg jo ikke at være bange for Bruslevs bor meget langt herfra. Det eneste, der hidtil har været mig ubehageligt er en Lugt i min Stue, som jeg antager er Kulos, men jeg kender den jo kun af Navn. Til [”Til” overstreget] Lægen lader jeg komme, når jeg har taget et varmt Bad, i næste Brev får du Besked om, hvad han sagde. Jeg får Kaffe med Wienerbrød på Sengen. Hun har trøstet mig meget, hun siger, der er ikke tale om, at nogen får det at vide; begge sine Fødsler var hun kun to Timer om.
+Nå, dette er nu kun en tør Beskrivelse, i næste Brev skal der nok komme lidt mere 
+[med blyant og en anden skrift er der nederst på s. 4 skrevet:] Chr. 7-1-91.
+[Øverst s. 1 er indsat:]
+”Samtale”. Skriv nu _meget snart, Brevene vil jo være mit eneste Samkvem med Omverdenen. Tusende Hilsner fra din
+Christine</t>
+  </si>
+  <si>
+    <t>1892-01-12</t>
+  </si>
+  <si>
+    <t>- Grauer
+Peter Hansen
+Mogens Lindhardt
+Svend -, Okel
+Jonas -, Onkel
+Charles Rasmussen
+Jenny Rasmussen, Aarhus</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, var ugift og gravid. Familien Rasmussen i Århus husede hende mod betaling fra begyndelsen af januar 1892 til sidst i marts, hvor barnet blev født. 
+Det vides ikke, hvem Moderen og Søsteren, Dagmar, var. Formodentlig Jenny Rasmussens søster og mor.
+P. er formodentlig maleren Peter Hansen. 
+Det er uklart, hvad der menes med Cora og Othello i Provinsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2698</t>
+  </si>
+  <si>
+    <t>Christine har tegnet Venus fra Milo fra en bog. Hun har sammen med Fru Rasmussen været til julebazar og varieté. En halvnøgen linedanser optrådte og derefter en sjofel "dameimitator". Samme imitator sang en vise, der sluttede med Der er et yndigt land. Publikum var henrykte. 
+Alhed må gerne komme til Christine, når katastrofen indtræffer. Christine har besluttet ikke at skrige.
+Christine undrer sig over, at hun er så glad og ligevægtig. Fru Rasmussen er meget sød, og Christine mærker ikke, at hun får penge for at have hende boende. De to skal i teater om aftenen, og Alhed skal ikke være bekymret, for dels kommer der ingen "ordentlige" mennesker, dér hvor de skal sidde, dels binder Christine et rødt tørklæde om sig. 
+Alhed må ikke lade P. fri. 
+Lægen har undersøgt Christine og beroliget hende. Alt står vel til.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NaIz</t>
+  </si>
+  <si>
+    <t>[Den eller de første sider af brevet mangler. Øverst på første side er med blyant skrevet:]
+12/1 92
+[Det følgende er skrevet med blæk]
+Dette er dog et temmelig langt Brev! – Jeg går i Køkkenet hver Formiddag.
+fin i din Mund, jeg tror, jeg vil lukke Døren! alt grulig gemytlig men så kostelig ugenert! Søsteren, Fru Dagmar Jusjong (Rebslager) ligner sin Moder i Væsen, men egentlig er hun rar og mener det godt, da hun så min Venus fra Milo erklærede hun, at hun også al Tid havde syntes så godt om den Damefigur! Jeg tegner i det hele meget Sjov, som jeg kun kender fra Bøger og Theater; deres Jargon kender jeg så brillant fra Komedier o.s.v. men jeg har aldrig trot, dette virkelig existerede.
+I Torsdags var jeg med hende og Drengene til Julebazar med Varietéteater i Håndværkerforeningen; i Begyndelsen var jeg jo angst for bekendte, men jeg kom snart under Vejr med, at der ikke var et eneste ”ordentligt” Menneske (du misforstår vel ikke?) Dette Varieté skulde du ellers have set – ja og hørt! Nåda! Jeg var Kiste-glad i Ordets mest københavnske Forstand og sad med en Masse indeklemt Grin og så mig uvilkårlig om efter en medgouterende! Først et halvgammel og meget mer end halvnøgent [en kvinde tegnet over linjen] Fruentimmer på Line, yndige Smil og opsmækkede Ben – å du milde! Og så Fru Rs naive Beundring: ”næh, sikken da en sød unge Pige!” Så kom en ”Dameimitator” = et sjofelt Mandfolk forklædt som Amme; han sang nogle ganske ualmindelig sjofle Viser med tilhørende Gestus; én havde til Omkvæd ”de kriller os op ad Benene –” og en med højst forbavsende, meget malende, afværgende Armbevægelser: [En nodelinje med g-nøgle er tegnet, og under noderne står:] Å nej, Hans la’ vær’ 
+[Sidst på nodelinjen er skrevet:] o.s.v.
+ja, den var varm, kan du tro. Men Bravournummeret kom dog tilsidst; samme sjofle Mandfolk sang i Turistdragt [”i Turistdragt” indsat over linjen] en meget lang meget sjofel Vise, og hvad sker, ved Slutningen glider Musiken nok så pænt over i ”der er et yndigt Land” i Salmetakt; den sjofle rev sig Hatten af Hovedet og stod med et drømmende, patriotisk Blik ud i Rummet indtil Musiken holdt op. Man skulde ikke tro det; men det var Alvor, og du skulde høre den Bifaldsstorm, som denne Idé fremkaldte (den sjofle Sang, som han havde sunget uden Stemme, Foredrag eller Humor, lod Publikum med Rette temmelig uænset) de klappede, råbte Bravo og skabede sig; jeg sad og glædede mig over den store Fædrelandskærlighed, der dog findes i det kære lille Danmark! Det var en storartet Forestilling, men jeg sad aldeles indeklemt med Grin og Gouteren og kunde jo ikke få Luft. Så, nu nok for i Aften, Kl. er over 11, Rs er [et overstreget bogstav] ude og Charles, arme Unge, er med. Jeg håber, Dr. Gauer kommer i Morgen, men jeg gruer for den Undersøgelse uha! Nå, god Nat, kære Alhed! foreløbig din Chr.
+[Det følgende er skrevet på brevets sidste side; på tværs:]
+Tirsdag d 12/1 92. Jo, jeg tror også gærne, jeg vil have dig herind når Katastrofen kommer; det vil jo være en meget stor Beroligelse for mig; bare det at vide, at du kommer, når jeg fløjter. Det bliver vist for Resten en slem ynkelig Fløjten; jeg har bestemt at ville tie stille og ikke skrige, jeg mener, man må kunne lade være, og jo mindre Hyl des mindre Opsigt! Jeg fatter ikke mit Humør! jeg er jævnt munter og velfornøjet, så godt som ikke en eneste trist Tanke, ikke en Gang selve Katastrofen er jeg længer det mindste ængstelig for; bare nu ikke den Doktor (som ikke kom endnu i Dag) skal sætte en Stopper for denne velsignede Ligelighed! Jeg er kommen til det Resultat, at det må være en Slags Sygelighed, det er jo aldeles unaturligt at være så tilfreds under sådanne Forhold. Men godt er det sikkert i hvert Tilfælde; nu har jeg jo også megen Grund til at være glad – når jeg tænker på lille Juleaften. Uha! Og så at være kommen til sådan en prægtig Kone som Fru R. man kan slet ikke forstå at man er her for Penge! Da hun i går hørte, at jeg holdt meget af Klejner, gik hun hjem og hentede sin Mors sidste Klejne, som jeg fik til min Kaffe i Dag – og sådan er hun med alt, så rørende omhyggelig og kærlig. I Aften skal hun og jeg i Teatret – bliv bare ikke angst! Der sidder ingen ordentlige Mennesker på den Plads, vi tager, og jeg tager det røde Tørklæde på, så er der ingen, som ser noget, når de intet ved. Betyd dog endelig P. at han ikke må begå den Fadæse at fri til dig! Det var dog grulig kedsommeligt. Du kan jo godt fortælle ham, at såsnart Folk forelsker sig i dig, så ækles du ved dem, nævn Svend og Onkel Jonas; den er da temmelig tydelig. – Å hvor jeg gad vide, hvad Pastor Lindhardt har sagt til min Opstrammer!! Jeg synes egentlig Idéen er god nok; de Præster kan altid kæfte så frit, der er ingen, der taler dem til, når de sludrer. – Klaveret kan ikke komme op ad Trappen, desværre – Nu skal jeg snart i Lag med Børnetøjet, det bliver sært.
+Onsdag. Lige i dette Øjeblik er Dr. Grauer gået herfra, en mageløs rar, rolig, tiltalende Læge, han undersøgte mig og sagde, at alt var i Orden og gode Forhold i det hele taget, han trøstede mig med, at al Ting nok gik godt og glat; det var en stor Beroligelse. Så nu vil jeg slutte for denne Gang med tusende Hilsner af bedste Sort (prima Kvalitet). Nu glæder jeg mig til Bøgerne og det næste Brev!!
+Vi så i Aftes "Cora" af "Othello i Provinsen" samt nogle Flæskedanserinder. Othello var frygtelig morsomt, jeg var ved at springe itu af Grin. Vor Plads svarede til Balkonen i Folketheatret
+Din Chr. 
+[Øverst på sidste side er skevet; på hovedet:]
+!Standhaftig - at skilles ad!
+vi skiltes ad</t>
+  </si>
+  <si>
+    <t>1892-2</t>
+  </si>
+  <si>
+    <t>- Baumann
+-  Berthelsen
+- Bjerg
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Moritz Goldschmidt
+Marianne Høst
+- Jørgensen, f. Bülow
+Johanne Christine Larsen
+Christine  Mackie
+- Munthe Morgenstjerne
+- Plum
+Anna Rosenørn
+Ellen  Sawyer
+Fanny Schaffalitzky de Muckadell
+Friedrich Schiller
+- Thalbitzer
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik. 
+Det kan ikke afgøres, hvilken Esther der er tale om. Alhed kendte mange af dette navn. Det samme gælder Poulsens.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2209</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har meget travlt og beder om ikke at få opgaver hjemmefra. Hun er på Akademiets bibliotek flere eftermiddage om ugen og hver lørdag aften hos bedsteforældrene; desuden besøger hun komtessen og tegner. Lige nu tegner hun en begonie, som skal bruges på porcelæn. Alhed beder moderen få Ellen til at tegne og sende et billede af moderens begonie.
+Alhed har fundet priser på diverse linned i København. Hun har været hos komtessen lørdag til mandag. Onsdag var hun med flere andre i teatret og se Schillers Røverne.
+Alheds værelse er ved at være hyggeligt møbleret.
+Det undrer Alhed, at forældrene var så fortørnede over, at hun har holdt nytårsfest med blandt andre to enlige mænd. Det er ubehageligt at skulle værne så meget om sit rygte. 
+Frk. Rosenørn er syg, så Frk. Bjerg styrer Værnehjemmet. 
+Alhed beder om at få sendt mere mad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UfYF</t>
+  </si>
+  <si>
+    <t>Fredag Aften
+Kæreste Moder!
+Tak for Dit lange Brev, som jeg nok egentlig burde have besvaret for længe siden; jeg opdagede pludselig, at det nu næsten er 14 Dage, siden jeg skrev sidst; men det er den Tid, jeg ikke kan faa til at slaa til: I maa endelig saa lidt som muligt sende mig Kommisioner, da det er meget vigtig for mig at have Eftermiddagene i Ro; jeg kan nemlig saa dejlig bruge dem til mit Tegnearbejde; for det første har jeg opdaget, at j ["j" overstreget] Akademibiblioteket er aabent hver Dag fra 4-6; det er jeg meget henrykt over og jeg gaar nu derind et Par Gange om Ugen. Jeg maa saa styrte hjem fra Fabriken, sluge min Mad og kan endda med Nød og næppe naa at være der til Kl. 6. ["6." overstreget] 5. Og naar jeg saa skal en Gang om Ugen til de gamle (hver Lørdag Aften) og en Gang til Komtessen, saa kan Du jo nok se, at min Tid er optaget. Endvidere maa jeg anvende nogen Tid til at tegne motiver her om Aftenen. I dissse [det midterste "s" i ordet overstreget] Aftner har jeg tegnet en bredbladet Begonie, som jeg laante hos en af de unge Piger her paa Værnehjemmet; den skal andvendes ["d" overstreget med v'et] stiliseret, meget mørke Blade paa mellemfarvet Bund og i den skal ligge strøet ganske lyse blegrøde ["blegrøde" indsat over linjen] stiliserede Begonieblomster [tegning] Men hvis dine Begonier blomstrer endnu, vil Du saa ikke bede Elle om at tegne nogle af Blomsterne og sende mig dem, jeg ved ikke rigtig, hvordan de ser ud, om de hænger i Klaser eller enkeltvis, men det maa ikke ["ikke" overstreget] helst ikke være flot og malerisk, hellere rigtig nøjagtigt. - - Hvad angaar det Linned, jeg skulde se paa, saa har jeg bragt medfølgende i Erfaring: Hos Berthelsen kan faas rigtig gode Chemiser uden Blonde til 2,25 eller ["eller" overstreget] 200 eller 1,85 meget elegante med broderet Strimmel og mange smaa Læg 300. Ogsaa med Blonde eller en broderet Strimmel til 200. Buxer: ganske pæne (uden Blonde) 1,40; rigtig pæne 1,60, af kipret Tøj 200. - i øvrigt kan Du bestille dem til hvilken som helst Pris og Façon; de skal vel knappes paa Skulderen? Og saa maa der vel helst sendes et Maal af Skulderbredden. Det lader til at være et udmærket Sted, men det maa ikke vare for længe, da Udsalget kun varer lidt ud i næste Uge Maaned (ordene "Uge" og Maaned" er skrevet oveni hinanden].
+[Op langs venstre margen og i brevets øverste kant er skrevet:] Jeg saa ogsaa paa noget andre Steder f. Ex. Gl. Kongevej, et Sted Komtessen havde anbefalet, men dette var det bedste; Goldschmidts er saa fine paa det, de lukker, inden jeg kan komme til Byen. [Tilføjelse slut]
+Sidste Lørdag gik jeg lige fra de gamle hen til Komtessen og blev der til Mandag Morgen; det var meget hyggeligt. Søndag Middag var Fru Jørgensen f. Bülow der tilligemed sine Børn; samt Frk. Baumann og Poulsens. Vi unge lejede og spillede Kort. - Jeg blev bedt til at tilbringe Fastelavnen der, men desværre har vi ikke fri om Mandagen. - Jeg fik igen en Route Omnibusbilletter, jeg har god Nytte af dem i disse Dage, da det er et frygteligt Føre. - I Onsdags var jeg bedt til Esther. Vi var bagefter 9 unge (Esther, hendes 3 Brødre, en Frk. Thalbitzer en Student Munthe Morgenstjærne, 2 Frk. Plum og jeg.) i Dagmartheatret til Schillers "Røverne". Vi morede os storartet, skønt det var en Tragedie, - men hv ["hv" overstreget] vi havde da ogsaa den Trøst, at efter hver Akt, naar der var nogen døde, gik Tæppet atter op og de døde stod der saa og gjorde en pæn Kompliment! - Der er uhyre rart at komme; skønt der er frygtelig fint, finde ["finde" overstreget] føler man sig slet ikke trykket, de ere saa voldsom ligefremme. - Kommoden er ankommen i god Stand; jeg ["jeg" overstreget] jeg var frygtelig henrykt over Tæppet og min lille Stol i sin nye Skikkelse, her er snart rigtig hyggeligt. - Jeg har ikke købt Uldtrøjer, derimod et hals. normalt højhalset Underliv (Tunger i Halsen) til 2,25; Frk. Høst raadede mig dertil, da man bedre kan lægge et saadant om Sommeren. - - Hvad angaar vores "Nytaarssold" saa var jeg egentlig lidt forbavset over, at I syntes det var saa frygteligt; vi afholder jo hvert Aar vores ["vores" overstreget] et saadant; I ["I" overstreget] i Aar var der bare den Forskel, at vi havde 2 unge enligt stillede Mandfolk med; ja, det gjorde det jo rigtig nok en hel Del mere kriminelt, men alligevel havde vi dog talt om, at den Tid ikke var saa forfærdelig fjærn, da vi kunde fortælle Eder om det. - - Nu maa jeg i Seng; Kl. er over 11 og jeg bliver desværre saa frygtelig tidlig søvnig om Aftenen. -
+Ved at læse ovenstaaende igennem, er jeg bleven bange for, at jeg har taget lidt for let paa det, især da jeg kom i Tanker om, at Elle og Christine besvimede over det; jeg maa derfor tilføje, at det virkelig ogsaa gjorde et dybt Indtryk paa mig; og havde vi vidst ["vidst" overstreget; "tænkt" indsat over linjen] tænkt, at I vilde tage Eder det saa nær, havde vi naturligvis ikke gjort det. Vores Rygte havde vi desværre som sædvanligt ikke ikke ["ikke" overstreget] haft nok Respekt for! Det er egentlig ubehageligt at have et godt Rygte at skulle værne om! - - O ve! a føj!, dette blev vist ikke mere angergivent end det første! det er skrækkeligt, men jeg er i saadan et perlehumeur, at jeg ikke med min bedste Vilje kan skrive noget sørgeligt; x bare jeg havde gjort det ligestrax, men nu er det saa længe efter! - [Indsat øverst på siden:] x "To store i en Sæk, kan ingenlunde rummes". [Tilføjelse slut]
+Frk Rosenørn ligger i disse Dage og vi regeres derfor af Viseprovstinden Frk Bjerg ("Isbjærget kaldet") hun exer os paa det frygteligste. - 
+Min stribede Kjole er rigtig pæn! den blegrøde ikke syt endnu, da Din Yndlingsjomfru er paa Rejse. -
+Hvornaar kommer Æggene? Christine har anmeldt dem for længe siden? ["?" overstreget med et "!"] !! - Jeg er nu næsten paa det rene med at jeg beder om mere Mad med, de andre ere komne i med at sidde og give mig af deres Mad. Det blaa Forklæde er Thoras, jeg glemte at faa det med. 
+Vil Du bede Elle og Joh. undskylde, at jeg ikke endnu har besvaret deres Breve! -
+Masser af Hilsner til dem allesammen! Mon de smaa ikke snart føler Trang til at skrive? -
+Dig og Fader sender jeg min ærbødigste Hilsen!
+Eders glad angergivne Datter Alhed</t>
+  </si>
+  <si>
+    <t>1892-03-01</t>
+  </si>
+  <si>
+    <t>Johanne Christine Brandstrup</t>
+  </si>
+  <si>
+    <t>Nørrebro København</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Christian  Brandstrup
+Lauritz  Brandstrup
+Thora  Branner
+Leonard Holst
+Alhed Larsen
+Christine  Mackie
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Christine Warberg, familiens ældste, er gravid med sin forlovede Leonard Holst, og parret er ikke gift. Johanne og Lauritz Brandstrup boede i København, og Lauritz B. var begyndende dement. 
+Sollerup var en husholdningsskole, hvor flere af Warberg-pigerne var elever.
+Historien endte med, at den lille pige blev bortadopteret, og Christine og Leonard blev ikke gift.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1367</t>
+  </si>
+  <si>
+    <t>Johanne Brandstrup er frygtelig trist over, hvad der er sket. De unge har ikke grebet sagen rigtigt an ved at hemmeligholde sagen, og Alhed er kommet i knibe på grund af det. Hanne synes bestemt ikke, at man skal lade de to gifte sig. Hun beder om, at man ikke dømmer Christine for hårdt. 
+Johanne er ked af, hvis det er sket på Langeland, og hun bebrejder sig selv, at hun ikke har passet bedre på de unge mennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YLsm</t>
+  </si>
+  <si>
+    <t>Nørrebro den 1ste Marts 1892
+Kjære Abba, ja, hvad skal jeg skrive til Jer, jeg kan ingen Hjælp yde, og nogen trøst vil jeg gjærne give, men for Øjeblikket har jeg ingen. Det var for mig en frygtelig Efterretning, hvad maa det nu ikke have været for Eder. Vi bedede jo paa, at Uvejret fra i Sommer var ovre, og at Forholdet mellem dem skulde bedres med Tiden, eller opløses, som nu mange andre Forhold. At de vilde søge at skaane Eder for den store Sorg, naar det nu eengang var sket, kan jeg nok begribe, men de var for unge og for uerfarne til at gribe den Sag rigtig an. Jeg sagde til Alhed, havde de blot kunnet have Fortrolighed til mig, saa havde vi maaske kunne ordne det, men de tænkte jo ikke paa alt det der kan komme af saadan en Begivenhed. Jeg kan slet ikke tænke mig, at Lauras Hoved kan holde ud til al den Sindsbevægelse og Sorg, men haaber dog, at siden hun kan rejse derop, saa maa det gaa nogenlunde.
+Men Abba, jeg kan slet ikke begribe, at I lader dem holde Bryllup. Naar Ch. Ikke holder af ham mere, saa synes jeg det er ren gruligt at lænke dem sammen, for det kan jo ikke være Eders Mening, at de for Fremtiden skulle leve sammen. Havde de noget at leve af, og holdt de af hinanden endnu, saa blev det en anden Sag; ja, saa jævnede jo Tiden det Forhold, som var begyndt saa skjævt; men nu synes jeg I har Ansvar ved at lade dem faa Bryllup. Vi vilde ogsaa Alle helst have det skjult, og sæt nu at Barnet døde, saa stod hun der. Det er vel for Barnets Skyld at I gjøre det, det kan jeg begribe, men alligevel synes jeg det er en fejl. Jeg vil nu gjærne lægge et godt Ord ind for stakkels Christine, hun har bødet haardt allerede, og hun er vel ikke tilende med hvad hun har nedkaldt over sit eget Hoved, tænk paa det naar I dømmer hende, og [ulæseligt] hende ikke for stræng; jeg beklager hende dybt, saavelsom jeg beklager Eder. Hendes Natur er vanskelig, den har hun ikke givet sig selv, og nu maa vi tage alle Ting i Betragtning.
+Jeg har været frygtelig tilmode ved Tanken om, at det kunde være sket ovre paa Langeland, jeg vidste jo fra Laura, at det skulde noget Ansvar til at have dem sammen, og jeg fortalte jo hende alting om hvorledes jeg havde baaren mig ad. Christian trøster mig og siger, at om jeg nu havde meget for dem nok saa meget, saa kunde det dog være gaaet galt. Jeg vilde blot ønske, jeg vidste nu, om Laura tager Ch. ind med her; jeg synes det kunde gaa mere stille af herinde. I maa ikke paa Solleup tale om at det er for Faders Helbred Laura rejser herind, det vil komme fra Astrid til Moderen, og saa staar jeg med det overfor Thora, som har en fin Næse. Jeg har sagt til Th. at Lauras Hoved eer daarligt, det plejer det jo ofte at være; Th. maa nu nødig faa noget at vide, hun har [ulæseligt] Interesse for hver Historie. Christian vilde have været over et Par Dage hos Jer, men jeg skal hilse, [det følgende skrevet langs papirets højre kant, lodret] venter han foreløbig. Stakkels Alhed der har gaaet i alt det [det følgende skrevet på side 1, langs venstre kant og over begyndelsen af brevet] siden Jul, det har taget paa hende, og hun har lidt under al den Løgn hun har været indviklet i, men de har jo ment at gjøre det paa bedste Maade, og det blev gjort for at skaane Eder. Meeste har jeg pint Dig kjære Abba med meget af dette Brev, men jeg kunde ikke skrive andet. [Det følgende skrevet øverst på side 4, på hovedet] Kjærlig Hilsen, Din 
+Hanne.</t>
+  </si>
+  <si>
+    <t>1892-03-27</t>
+  </si>
+  <si>
+    <t>Hotel Royal
+Aarhus</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Bjørnstjerne Bjørnson
+Lauritz  Brandstrup
+Leonard Holst
+Henrik Ibsen
+Christine  Mackie
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Christine Warberg og Leonard Holsts datter, Ellen Agnete Amstrup, blev bortadopteret, men familien bevarede kontakten til hende. 
+Det vides ikke, hvad Leonard Holsts forældre hed.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1372</t>
+  </si>
+  <si>
+    <t>Christine har det godt på hospitalet, men Pojken (Leonard Holst) er trist. Hun er lettet over, at vielsen er aflyst. Lægen sagde, at Christine godt kan klare sørejsen. Præsten støttede også, at vielsen blev aflyst. 
+Hele flokken spiste hos Rasmussen. Pojkens forældre syntes heller ikke om bryllup. På Hvilan skal de ikke vide noget om graviditeten. Laura Warberg kommer hjem fredag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xCq7</t>
+  </si>
+  <si>
+    <t>[Fortrykt øverst s. 1 og 2:]
+Carl Larsen.
+Hotel Royal. Aarhus, den …..189
+[Håndskrevet:]
+Søndag Aften
+Kjæreste Abba!
+Alt føjer sig saa godt for os og Christine er saa rask. Da jeg gik ind imorges for at lede dem op, traf jeg strax paa Pojken, der var på Vejen til Christine. Han saa mig ikke inden jeg var lige ved ham, det bedrøvede mig at see ham gaa saa sorgfuldt helt optaget af sine egne Tanker. Vi fulgtes ad til Chr. og de var begge – hun især – saa lettede ved at der ingen Vielse skulde være; han vistnok mest fordi hun ønskede det saameget. Til Præsten havde han iaftes udtalt, at naar de blev viede nu saa havde han det Haab, at de med Tiden kunde falde sammen igjen – Baade Bassen og jeg tog Gjensynet meget roligt. Fra hende gik vi til Skandinavien at faa Syberg med til Lægen. Denne erklærede, at Chr. kunde uden Tvivl nok klare Sørejsen helt lige til Kjøbenhavn, han vilde give hende lidt Chloral og selv følge os ombord Tirsdag Aften 11½. Han billigede vor Fremgangsmaade med ikke at holde [”holde” overstreget] faa dem viede. Saa gik vi alle fire i Kirke og fik en udmærket Prædiken. Kl. 2 skulde de møde hos Præsten. Vi blev hurtig enige med ham i det rigtige ved ikke at faa et Ægteskab istand med den Tanke, at det saa skulde opløses; ligesaa Hensynet til Barnet og det vanskelige for hende i at beholde sit Pigenavn. Altsaa vi mødte slet ingen Modstand og han var mageløs rar. Det var mest af Hensyn til Barnet og til Pojken, at han havde foreholdt hende det urigtige i at indgaa det med den faste Beslutning at skilles. Han talte saa godt og saa medlidende om Pojken, havde ogsaa sagt til hende, at en saadan Kjærlighed skulde hun betænke sig på at kaste fra sig og meget mere godt om ham, som jeg bedre kan fortælle om mundtlig. De Unge var i en anden Stue, han lovede at besøge Chr. imorgen. Det er forbavsende saa rigtig han har opfattet hendes Karakter, hvad hun ogsaa selv indrømmer, men hun har ogsaa skrevet flere anonyme Breve til hans ”umodne Produkter af Læsning af Ibsen og Bjørnsson” sagde han. Imidlertid han har jo været ganske mageløs mod hende. Derfra gik vi Alle ned til Rasmussen, det er en prægtig, deltagende Kone, vi skulde spise der, vilde hun absolut have, vi fik Suppe Boeuf og Kage med Øl til. Vi spiste godt og følte os meget lettede undtagen Pojke, der er lige sorgfuld bestandig, vel mest en Følge af, at nu maa det jo hedde sig og naturligvis ogsaa være forbi med Forlovelsen; det kan ikke trøste ham, at jeg siger vi kan se Tiden an. Saa gik Syberg til Lægen at faa rigtig Besked om Fødselsstiftelsen og nu rejser han iaften lige til Kjøbenhavn og tager imod os Onsdag Morgen. Pojken tager vi med samt alle Papirerne. Hans Forældre havde ment, at det var for overilet med Vielse, om det dog ikke kunde dysses ned, altsaa de vil synes om denne Ordning. Hans Far gav ham Penge, og Christine har faaet de 50 Kr. Du gav ham. Paa Hvilan ved de intet og skal ikke vide om det, end at Forlovelsen er hævet. Nu skriver jeg ogsaa til Dalen. Er der Breve til mig, kan Du jo sende dem til Alhed; jeg kommer saa om Alt gaar efter Ønske hjem Fredag med Iltoget. Syberg og vi Alle er raske. Det har været en anstrengende Dag, jeg laa en Time paa Sengen mange Farvel min egen Ven. Det er en Sorgens Tid men det klarer vel igjen. Kjærlig Hilsen til alle hjemme. Du siger vel at Far er bedre og jeg bliver et Par Dage hos ham.
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>1892-05-02</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Julie Brandt
+- Grauer
+Malin   Holmström-Ingers
+Leonard Holst
+- la Cour
+Johanne Christine Larsen
+- Laudrup
+Mogens Lindhardt
+Charles Rasmussen
+- Rasmussen, Århus
+Jenny Rasmussen, Aarhus
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+Emil Vett
+Laura Warberg
+Theodor Wessel</t>
+  </si>
+  <si>
+    <t>Christine, f. Warberg, var ugift og gravid og "i skjul" hos ægteparret Rasmussen i Århus fra januar til marts 1892. 
+Den omtalte bog er muligvis: Mogens Lindhardt: En redegørelse for Luthers forståelse og anvendelse af Augustin i Romerbrevsforelæsningen, belyst ved en Analyse af Fortolkningen til Rom.7
+"men så sender du jo nok min dejlige Præst": Mogens Lindhardts bog, på hvis omslag der var et foto af ham. 
+Esprit de Valdemar: Nordens og Danmarks første parfume udviklet og solgt fra 1836. 
+Det vides ikke, hvem Leuden og Otto-Schoffen var. Fru Rasmussens søsters navn kendes heller ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2702</t>
+  </si>
+  <si>
+    <t>Dr. Grauer troede, at Christine Mackie allerede havde født. Hun har købt Lindhardts bog med et foto af ham og sender den til Alhed Larsen, men Christine vil have bogen retur. Christine vil besøge Lindhardt, og hun er nervøs med tanken.
+Brevene til Alhed er meget længere end dem, som Leonard Holst og moderen får. Leonard kalder hele tiden sig selv en usling og en stymper i sine breve.
+Christine har lavet navlebind og klippet stof til skjorter. Hun beder Alhed fortælle Julie Brandt om graviditeten for det piner hende, at hun har holdt den hemmelig for sin veninde.
+Hr. Rasmussen er irriterende, men også komisk.
+Christine spørger, hvad Fru Laudrup siger til Alheds natlige udskejelser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cnLh</t>
+  </si>
+  <si>
+    <t>[Med sort blæk på kuvertens forside:]
+Frøken Alhed Warberg
+Vesterbrogade No 12 o. G.
+København V.
+[Med rødt blæk på kuvertens forside:]
+No 4
+[Med blyant på kuvertens forside:]
+Christnes breve om
+(Mornine)
+fødslen lille Nete
+blev adopteret af
+tante Visse
+[I brevet; med blå farveblyant:]
+Aarhus Jan. 1892
+[I brevet; med sort blæk:]
+Kæreste Alhed!
+Nu har jeg været i Byen med dit Brev; efter at have expederet det ned i en Postkasse, begav jeg mig op til Dr. Grauer; han er dog en mageløs rar én, så venlig og ligefrem. Han kunde strax kende mig, og til min store Triumf var det første han sagde: ”Nå, er det så overstået!” At der ikke er noget iøjenfaldende er da sikkert, når han kan sige sådan! Dernæst gik jeg ned til Stranden, min sædvanlige Tur, sad lidt på en Bænk og så på Vandet, som i Dag var så vidunderlig dejligt i det klare Vejr. Så gik jeg til Boghandleren og købte dette Papir; der inde stod på Disken Pastor Lindhardt, (!) da jeg så det, kunde jeg ikke modstå at købe ham, og her har du ham nu, men du må ikke vise nogen ham, og du skal snart sende ham igen. Dette Billede er kønnere, end han selv er – f. Ex. i en Koncertsal, men ikke nær–nær så dejlig, som når man ser ham i Kirken. Er det ikke en dejlig Pande, han har?
+Nu har jeg besluttet at gå op til ham, jeg er ikke for at skrive, jeg er bange, han skal synes, det bliver for morsomt med den 3die anonyme Skrivelse; men jeg kan ikke vide, hvor længe jeg nu kan gå og snuse omkring N_o_ 4 i Mejlgade, inden jeg får det nødvendige Mod; jeg kommer vist til at drikke mig en lille Perial først; ellers kommer jeg bestemt aldrig længere end til Porten, og skal det være, så skal det jo være snart. Lige så snart jeg har været der, skal jeg skrive, hvordan jeg blev modtaget, jeg kan ikke vide, hvordan, om han skænder på mig! Jeg er i Grunden halvvejs flov over strax når jeg har puttet et Brev til dig i Postkassen så at begynde på et andet – ikke for dig, for jeg kan nok tænke, at du er glad ved mange og lange Breve, heller ikke for mig selv, for mig er det en Tilfressstillelse at skrive til dig – men for Leonard og Mor, som ikke får ¼ så lange Breve; at Mor ikke gør det, er en Selvfølge, hvad i Verdens Riger skal jeg dog finde på at skrive om, jeg fylder Brevene med Beretninger om Teater og Koncerter, men det kan jeg jo ikke blive ved med, til Leonard har jeg som oftest ondt ved at skrive lange Breve; at han be’r om Opgør, undrer mig ikke det mindste, du ved jo, han er et rent Barn i Ubetænksomhed, og han må jo også længes efter en Afgørelse. Jeg skrev til ham, at det var ikke Tiden nu til den Ting, så skrev jeg desuden en hel Mængde Formaninger, bl.a. at han skulde lade være med for Fremtiden at kalde sig selv for Usling, fej stymper svag ”Stakkar” o.s.v. hvis han i Virkeligheden ønskede at blive anderledes, så skulde det ikke vise sig i Ord, dett [det sidste ”t” i ordet overstreget] nyttede ikke at beklage og udskælde Fortiden, som derved ikke forandrer sig en eneste Smule. Det er også en af hans Fejl, synes jeg, at han vistnok sig selv uafvidende – mener at det er godt, når han bare kan fortælle rigtig tit og i rigtig yderliggående Udtryk, hvor elendig en Skabning han er. Er der da ikke også noget i det, og er det ikke en dårlig ”Omvendelse”? Er det ikke sært, jeg har i denne Tid mere Selvagtelse, end jeg nogen Sinde har haft! Jeg føler mig for god til at være ”falden Kvinde”; men det er jeg da heller ikke i Virkeligheden, skønt Alverden naturligvis vilde stemple mig sådan, hvis den vidste Sandheden. – Du spørger til Børnetøjet – ja 6 Navlebind har jeg færdige og Skjorterne er klippede, alt det er af mit gamle Linned; jeg skrev til la Cour og Vett &amp;amp; W. i Odense om Blonder, Tøj til Trøjer og Voxdug på Erikshåbs Regning; så snart jeg nu kan låne Fru Rs Søsters Symaskine, skal jeg ordentlig kile på, man ved jo snart hverken Dag eller Time. Jeg har en dunkel Forestilling om, at jeg skriver en Ting en urimelig Masse Gange, jeg kan ikke rigtig rede ud, hvad jeg har skrevet til dig, Elle og Leonard, men bliver det for morsomt, så kan du bare gøre Vrøvl. Jeg føler en Slags Samvittighedsnag over, at Brandt ikke ved noget om alt dette, hun er dog min bedste Ven næst jer – ja i Grunden næsten som hun virkelig kunde være min Søster, jeg er bange, jeg ikke kan overvinde mig til at skrive til hende – så må jeg jo lyve, og det skammer jeg mig endnu mere ved end at [”at” overstreget] ved at tie helt stille; tror du, det går an, at du fortæller hende det? Så må du nok, hvis du synes; jeg er bange, hun taber forfærdelig for mig, men på den anden Side bryder jeg mig selvfølgelig ikke om at stå for hende mere skær, end jeg er, og hun kan vel næppe gå ind under dem, som skal ”skånes”, hvortil f. Ex. Johanne hører, og selvfølgelig heller ikke under dem, der ikke står nær nok til at vide det. Jeg er kommen til at tænke på, at jeg selv i hendes Sted vilde finde det underligt ikke at være så betroet Ven, det vilde gøre mig ondt, hvis jeg senere en Gang fik det at vide, at mit Venskab ikke blev regnet så meget - og akkurat det samme gælder jo for hende. Kort sagt, jeg føler, at det er en Utidighed at skjule det for hende, som jeg dog ved, holder så meget af mig, og jeg fatter ikke, hvorledes jeg til hende skal kunne skrive et Brev, der, selv om det ikke indeholder direkte Usandheder, dog har en gevaldig Løgn til Forudsætning. Tænk nu over dette og gør så, hvad du synes er rigtigst. Bevares sikken Epistel, jeg her har forfattet endnu i Aften - ja nu kan du have Godnat for denne Gang!! Kan du læse disse små ? Bogstaver?
+Fredag d: 5/2 Du kan ikke sætte dig ind i, hvor den gode pater R irriterer mig - mest, fordi han er så unaturlig skikkelig, det Skrog; uh, jeg kan somme Tider knap bekvemme mig til at svare ham ordentlig; og så er der en Ting, som er mig så kolossalt modbydelig: han harker og spytter i en Køre hele Dagen igennem, jeg kan jo høre hver Lyd ind til mig, - især om Morgenen er det drøjt at blive vækket ved de grulige Lyde, jeg bander en frygtelig Ed, hver Gang jeg hører det, men den kan jeg nu spare mig. Nu er han også begyndt at spytte ved Middagsbordet - uha, det er en Prøvelse, siger jeg dig! Og så er han noget af det mindst "sjoaugjerede", som han siger, føj for en Skjorte - og den sorte Kant på Neglene løber helt rundt - men ganske uhyre skikkelig er han, og højst grinagtig, når man er i Humør til at se det, hans Udtryk er storartede, sådan talte han forleden om "blaserede Støvler" - er du med? der er en Slags hæsblæsende Tjenstvillighed hos ham, der somme Tider er nærved at gøre mig rasende, så velment den er! Når jeg f. Ex kommer hjem og ringer på, så kommer han farende som et fremfarende heftigt Vejr - mere på Hovedet end på Benene - og med Forklædet stående om sig som en Sky - uha, jeg er ved at kyle ham Pakkerne og Muffen i Hovedet, når han sådan kommer hvirvlende. At høre hans faderlige Røst overfor Charles er mange Penge værd: "Tillader du, min Dreng?" "S'go" "Mange Tak!" - han kunde såmæn ikke tiltale mig med mere udsøgt Høflighed, end han bruger til Ungen - og hans pædagogiske Evner - å du milde! Siger Charles den uskyldigste Bemærkning f. Ex. "Nå, Midde (Hund) er du der igen!" Så kan han hæve sin advarende Faderrøst: "Char-les!" Uh, hvor han er grinagtig; når jeg bare kunde lade være at irritere mig, kunde jeg få mangen indvendige Grin ad ham!
+Hvad siger dog Fru Laudrup til dine mange natlige Forlystelser? Brandt skrev, at du sprøjtede hende med Eau de Cologne for at mildne hende! Det er da kun Esprit de Valdemar? - Hvad var så den overvægtige [ulæseligt]else til Onkel Syberg? Hvornår er det Tant Mimis Fødselsdag? Jeg tror, jeg sender dette inden dit næste Brev, skønt det rigtignok er af et tvivlsomt Indhold, men så sender du jo nok min dejlige Præst i dit næst ["næst" overstreget] Brev, som forhåbentlig indtræffer i en ikke for fjærn Fremtid, jeg kan ikke godt undvære ham; desværre flover jeg mig over at have ham stående på mit Bord, og jeg flover mig også over at have ham i Skrin som mine Elskeder i gamle Dage. Nej, jeg skriver sandelig da ingen flot Pen; og så er der den Hage, at jeg vistnok aldrig vilde kunne ordne et nok så godt Stof. Men man kan jo have Lov at kludre så meget, man vil, for egen Regning. Godnat! Jeg har Hovedpine og har skevet til Mor og Leonard i Aften. Molle er jeg også begyndt på, men det falder mig knusende svært at skrive til dem, jeg skal løgne for - derfor har jeg kverken skrevet til hende, Leuden eller Otto-Schoffen. Altså Godnat!!! Jeg tror nok, jeg vil have dette af Sted i Aften, så tænker jeg, du har det Søndag Fmd. Intet nyt fra i Aftes; Rasmussens er ude, jeg er ganske alene hjemme, nu skal jeg ud at lave mig en Kop Kaffe. Altså Farvel, lad mig nu få Brev en Gang i Ugen, og send så endelig Pastor L! Mange kærlige Hilsner Din Chr.</t>
+  </si>
+  <si>
+    <t>11. eller 18. februar 1893</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Julie Brandt
+Thora  Branner
+Hans Christian Caspersen
+Peter Hansen
+Syrak Hansen
+Alhed Larsen
+Christine  Mackie
+- Paulsen
+Alfred Reisenauer
+Johannes Rump
+- Rørdam, Fru
+Fanny Schaffalitzky de Muckadell
+Marie Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Der er tilsyneladende tale om to breve, som ikke hører sammen. Det første er et dobbeltark, 4 beskrevne sider. Det næste mærket "2" i øverste venstre hjørne må være side 2 af et andet brev. De to breve er skrevet på papir af hvert sit format.
+Det vides ikke, hvad Syrak Hansen og dennes kone hed. 
+Søstrene må have spist deres varme måltider hos Fru Rørdam, siden Alhed sparede syv dage, hvor hun var på juleferie, og der igen kan spares, når Johanne rejser.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2047</t>
+  </si>
+  <si>
+    <t>Pakken var beskadiget og svinet til, da Johanne modtog den. Tøjet indeni pakken var også beskidt. 
+Moderen må fortælle Johanne, hvordan hun skal spare mere, for Johanne ved det ikke. Alhed sparede jo madpenge, da hun tog på juleferie, og når Johanne rejser fra København, sparer man også hendes betaling.
+Johanne har hoste og kan ikke gå ud, så hun er blevet snydt for diverse fornøjelser såsom en koncert, som Komtessen gav søstrene billetter til, et besøg og en generalforsamling.
+Peter Hansen bor til leje hos sin farbror og dennes kone. De er søde mennesker. 
+Et par små børn ringede på og bad om mad, men Johanne smækkede døren i hovedet på dem.
+Johanne har spurgt Fru Rørdam, og hun kan få sit regnskab til at stemme, og det kan hun aldrig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lWPN</t>
+  </si>
+  <si>
+    <t>Lørdag Aften.
+Kære Mor! Vil du ikke ligestrax sende mig Fløjlet, som jeg må få til min Kjole, det må vist sendes i Æske, ellers bliver det vel klemt. Mon min Snavsepose så ikke kan være der også og mine Koraller
+Kære Mor!
+Det var rigtignok godt, at Pakken hjemmefra kom lige nu og indeholdt dit opmuntrende Brev; jeg havde lige anbragt mig i Gyngestolen og lavet mig til at sidder ["at" indsat over linjen; "r" i sidder overstreget] der og stirre ind i Gløderne mens min Sindsstemning var lige saa melankolsk som Mørket, der lidt efter lidt bredte sig over Stuen. Grunden til denne min Melankoli skal du høre nærmere om siden. Først maa jeg udtale min Oprørthed over Pakkens Tilstand. Tænk dig! Hele den ene Side af denne var som den kunde være dybbet i en Mudderpøl; der var skreven "Tilsmudset" uden paa Kvitteringen, saa det er ikke Budet, der har Skylden. Jeg skældte altsaa ikke ham ud og tænkte for Resten ikke videre over det før jeg fik den aabnet. De to hvide Skørter og den ene Natkjole var saa beskidte at det var en Gru. Hvis det nu ikke kan gaa af (hvad det nu sikkert kan, da det kun er reel "Plurre") saa skal vi da klage og faa Erstatning? -
+Pengene! Det er meget rigtig, hvad Far bemærkede, at Alh. har betalt for Jan. Ikke 20, men 15 Kr 15 Ør. da hun jo ikke skulde betale for de 7 Dage af Jan vi havde Juleferie; saa vi har min Sandten brugt 254 Kr og - ja jeg har glemt Ørene Antal. Men du som jo er saa sparsommelig! Fortæl mig, hvad vi skal spare paa - min Forstand staar stille. Det nytter ikke, at du siger, Mensch ärgr dich nicht, for Menneschet ärgrer sig alligevel - skønt jeg endda ikke saa meget som Christine. Men I maa jo huske paa, at det vil hjælpe svært, naar jeg kommer bort. Mine Skolepenge - Musik incl. - koster jeg jo 30 Kr. mdl. ["mdl." indsat skråt over linjen] det er jo ikke lidt. Og naar jeg kommer bort kan de klare sig med de ["de" indsat over linjen] 20 af Alheds til tør, og Middagsmaden bliver saa kun 33-34 Kr. - Ja du maa undskylde, alt det er ikke "morsomt"; men vi maa lette vore Hjærter til dig om disse vort ellers saa lyse Livs eneste Sorger. Saa kommer min Melankoli: jeg føler mig som det mest forurettede Menneske under Solen idet Skæbnen neml. i disse Dage har tildelt mig modbydelig, væmmelig afskydelig Hoste. Ikke fordi Hosten i og for sig er saa slem, men den forbyder mig at gaa ud og saa forsømmer jeg jo mit kære Kursus, foruden hvad du nu skal høre. Natten før vi skulde til Paulsens underholdt jeg baade de andre, Md. Carlsen ["r" i ordet indsat over linjen] og mig selv paa det livligste med en vedholdende Gøen hvorfor Chr. ikke turde sende mig stakkels Barn i Skole eller tillade mig at komme med hos Paulsens! hvilket de nu selv kan fortælle om; men tænk dig! Saa vilde Komtessen have foræret os alle 3 Billetter til den sidste Reisenauerkoncert. Og i al den sidste Tid har jeg gaaet og slikket mig om Munden ved at se paa hans P[l]akater og Olsen har beskrevet mig ham og sagt; at han var den første Klaverspiller; men de billigste Billetter kostede 1 Kr, saa den var jo umulig - og nu kunde jeg have ["have" overstreget; "være" indsat over linjen] være kommen der gratis!! Ja jeg var ved at ærgre mig til Døde over det. For selv om jeg turde gaa ud, kunde jeg jo ikke sidde der og forstyrre alle Tilhørerne med min Hosten. Du kan tro, det var drøjt i Aftes at sidde her ganske mutters alene - ikke en Gang var her til at trøste mig. - Og saa nu i Aften er de til Generalforsaml; der skal nu bestemmes hvad de 23 skal gaa til. De hvide Skørter vilde vi have, da det ikke var helt umuligt om Lud havde bedt os til noget Sjov der skal være i "18den Nov" paa Mandag-Fastel. og saa 
+[Resten af brevet mangler] 
+snakker sammen, Christine Brandt, Marie H, jeg og en Del andre danser frem paa Gulvet i en lang Kæde med hverandre i Hænderne. P. Hansen bor hos sin Onkel og Tante (Broder til Mester) han har en hel Lejlighed ved Siden af deres; Onkelen ejer neml. Huset og da den Lejlighed er tom har P. faaet Lov til at bo der imod at betale en lille Smule i Leje. Hans Tante er en meget rar en, der giver os Kaffe og undertiden Aftensmad. Forleden havde en af os nær kommen med hende i Theatret, da Onkel neml. kom meget sent hjem saa de troede først, han ikke kom til rette Tid men desværre kom han i yderste Øjeblik; det var til "Under Snefog", der gik - 
+Lige nu ringede det og et Par smaa Unger bad om Mad, men ihukommende dine Formaninger fra i Julen smækkede jeg Døren i for Næsen af dem. - Max var herinde i Gaar Aftes; de andre var til Fransk, men havde Timen tidligere end ellers, saa de kom snart efter. Han fik Toddy-Levning fra den Aften, da Rump og hans Kusine var hernede, da havde R. Cognac og Rødvin med. - Vi spillede Tannhäuser for ham; han lovede os en Galleribillet til næste Gang Faust gaar. Den gaar første Gang paa Fredag; den Dag skal vi selvfølgelig ikke derhen; men saa næste Gang. Knusende sjov
+- - Jeg spurgte nu inde ved Middagsbordet Fru Rørdam, om hun altid kunde faa sit Regnskab til at stemme, og hun svarede "aldrig"!!!! Nu skal de andre gaa til Komtessen og jeg skal hen at spille! - Hvis mit Brev Morsomhed svarede til Længden, saa kunde du sagtens være glad, men jeg tænker da for Resten at alle disse Pengesager interesserer dig, som der ["r" overstreget] interesserer os 3. - Ost vil vi gærne have; du talte en Gang om Spegepølse det vilde vi voldsom gærne have, det er jo noget der kan vare længe. Rullepølsen har vi ikke begyndt paa endnu. -
+Alhed var jo [på] Visit hos Thora lige før Jul, saa kan jeg ikke regne ud, at det haster saa galt der? Nu kun mange Hilsner til Jer allesammen. Meddel Far Regnskabet med Skaansomhed!
+Har ikke Tid at se Brevet igennem, de går nu. Junge.</t>
+  </si>
+  <si>
+    <t>1893-03-06</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Arnold Emil Krog
+Johanne Christine Larsen
+Hedevig Lützhøft
+Christine  Mackie
+Phillip Schou</t>
+  </si>
+  <si>
+    <t>Det er uvist hvem jødinden er. Muligvis Hedevig Lützhøft, som Alhed i perioder gik til undervisning hos.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2195</t>
+  </si>
+  <si>
+    <t>Fødselsdagshilsen til far. Warberg-søstrene har været til et stort karneval. Professoren på Porcelænsfabrikken syntes godt om Alheds billeder. Direktør Philip Schou har holdt jubilæum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ikCS</t>
+  </si>
+  <si>
+    <t>Kære Fader!
+Maa jeg herved overbringe Dig min hjærteligste Lykønskning til i Morgen! Vi sender Dig ikke nogen kostbar Gave til Din Fødselsdag, da vi mene, at det egentlig er en tvivlsom Ære og Fornøjelse at gøre Dig! Du kan tro det Karneval var en dejlig Fest! Udstyrelsen af Lokalerne var aldeles imponerende, man kunde nok se, at det var Kunstnere der havde lavet det! Beskrivelsen om det er for Resten udmærket baade i ”Politiken” og ”Dannebrog”. – Jeg kendte ikke saa faa men sluttede for Resten ogsaa Bekendtskab med en Del, jeg ikke havde set før. Du ved maaske, at jeg har læst noget Italiensk paa egen Haand i Vinter det [blækklat] ⃰ mig udmærket til Gode. – jeg traf flere der talte brillant Italiensk.
+[indsat langs kanten: ⃰ kom (undskyld)] 
+I øvrigt vil jeg overlade til Christine at fortælle om Karnevallet, jeg tror, hun kan gøre det mere ”malerisk” end jeg, og jeg har flere andre ting at fortælle om. – Jeg viste i Dag Professoren mine Tegninger og Malerier, og han syntes godt om dem; særlig roste han Johanne i Sengen; ”aldeles nydelig” sagde han og ”kunde ikke være gjort kønnere”. – Det er en Fornøjelse at vise ham saadan noget, han siger ligefrem, at jeg efter hans Mening har meget betydelige Evner! – Naar jeg bare kunde komme lidt bedre efter det Porcelain, men han trøstede mig med i Dag, at det kunde jo godt være at jeg pludselig en skønne Dag kom efter det! – Vores Direktør ”Philip” holdt Jubilæum i Gaar. Vi sendte ham en fin Adresse! Som Du vel har set i Politiken, var flere af ”Kunstnerne” derovre at lykønske ham; jeg fortryder næsten, at jeg ikke gik med. De fik Champagne, Is osv. Direktøren holdt en til Dels morsom og til Dels rørende Tale. – Jeg skal ind at synge hos ”Jødinden” i Dag. – 
+Til Slutning vil jeg endnu en Gang ønske Dig alt muligt godt i det nye Aar, f. Ex at du ikke maa faa for megen Astma, - men dog vil jeg ønske at Du maa komme herind til Efteraaret!! – 
+Din hingivne Datter
+Bø-ø-ø-ø!</t>
+  </si>
+  <si>
+    <t>Arnold Emil Krog
+Johanne Christine Larsen
+Christine  Mackie
+Phillip Schou</t>
+  </si>
+  <si>
+    <t>Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik. 
+Det er uklart, om "Jødinden" er Emma Hirschsprung eller en anden.</t>
+  </si>
+  <si>
+    <t>Alhed ønsker sin far tillykke med fødselsdagen.
+Karnevallet var en dejlig fest. Lokalerne var tydeligvis udsmykket af kunstnere. Flere aviser har skrevet levende om festen. Alhed kendte flere af gæsterne og talte italiensk med nogle. 
+Alhed har vist professoren sine billeder, og han var især begejstret for Johanne i Sengen. Hun ønsker bare, at hun kan blive stærkere på porcelænsområdet, men professoren mener, at det kommer.
+Direktør Philip Schou har holdt jubilæum med taler, champagne og is. 
+Alhed skal ind at synge hos "Jødinden".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LBDt</t>
+  </si>
+  <si>
+    <t>Kære Fader!
+Maa jeg herved overbringe Dig min hjærteligste Lykønskning til i Morgen! Vi sender Dig ikke nogen kostbar Gave til Din Fødselsddg [øverste del af det andet ”d” er overstreget, så det bliver et ”a”], da vi mene, at det egentlig er en tvivlsom Ære og Fornøjelse at gøre Dig! - - Du kan tro, det Karneval var en dejlig Fest! Udstyrelsen af Lokalerne var aldeles imponerende, man kunde nok se, at det var Kunstnere der havde lavet det! Beskrivelsen om det er for Resten udmærket baade i ”Politiken” og ”Dannebrog.” – ”Jeg kendte ikke saa faa, men sluttede for Resten ogsaa Bekendtskab med en Del, jeg ikke havde set før. Du ved maaske, at jeg har læst noget Italiensk paa egen Haand i Vinter; det kom [blækklat] [stjerne anført: ude i kanten ”kom (undskyld)] mig udmærket til Gode; - jeg traf flere der talte brillant Italiensk. – I øvrigt vil jeg overlade til Christine at fortælle om Karnevallet, jeg tror, hun kan gøre det mere ”malerisk” end jeg, og jeg har flere andre Ting at fortælle om. – Jeg viste i Dag Professoren mine Tegninger og Malerier, og han syntes godt om dem; særlig roste han Johanne i Sengen, ”aldeles nydelig” sagde han, og ”kunde ikke være gjort kønnere”. – Det er en ren Fornøjelse at vise ham saadan noget, han siger ligefrem, at jeg efter hans Mening har meget betydelige Evner! Naar jeg bare kunde komme lidt bedre efter det Porcelain, men han trøstedee [det sidste "e" i ordet overstreget] mig med i Dag, at det kunde jo godt være, at jeg pludselig en skønne Dag kom efter det! - - Vores Direktør ”Philip” holdt Jubilæum i Gaar. Vi sendte ham en fin Adresse! Som Du vel har set i Politiken, var flere af ”Kunstnerne” derovre at lykønske ham; jeg fortryder næsten, at jeg ikke gik med. De fik Champagne, Is osv. Direktøren holdt en til Dels morsom og til Dels rørende Tale. – Jeg skal ind at synge hos ”Jødinden” i Dag. – 
+Til Slutning vil jeg endnu en Gang ønske Dig alt muligt godt i det nye Aar f. Ex at Du ikke maa faa for megen Astma, - men dog vil jeg ønske, at Du maa komme herind til Efteraaret!! – 
+Din hengivne Datter
+Bø-ø-ø-ø!</t>
+  </si>
+  <si>
+    <t>1893-09-29</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Harald Balslev
+Malin   Holmström-Ingers
+Alhed Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev og Johanne (senere gift Larsen) var forlovet. De blev ikke gift. 
+Harald Balslev og Alhed g. Larsen var kærester og muligvis forlovet i en treårig periode. Harald B kunne ikke beslutte sig for, om han ville giftes med Alhed eller ej, og mange bebrejdede ham hans nølen, da den gik hende på. 
+Johanne var i huset på Nislevgaard ved Otterup i 1893.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2231</t>
+  </si>
+  <si>
+    <t>Thorvald sender fødselsdagshilsen og -gave. 
+Han har skrevet et brev til Harald, men syntes det var for hårdt, så han begyndte på et nyt, og det er også skrapt. 
+Thorvald savner Johanne og tænker på hende hele tiden. Han elsker hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cfam</t>
+  </si>
+  <si>
+    <t>29 – 9 – 93. Junges fødselsdag.
+Kæreste lille Junge! Jeg kan ikke lade en pakke breve gå til Erikshåb uden at have en lille seddel med, men det bliver ikke mere end denne lille pjalt. Tillykke endnu engang, lille Junge, med den store dag, da du går ind i den anden snes; inden du kommer ind i den tredje, hvor sidder vi to så?
+Jeg skrev jo igår til Harald, men glemte at få det med på posthuset, og da jeg læste det igennem i dag, syntes jeg, det var så koldt og bittert, at jeg ikke kunde bestemme mig til at sende det afsted; jeg begyndte så på et nyt, men til min forfærdelse ser jeg lidt efter, at det er ikke et hår bedre end det første. Hvad skal jeg dog gøre, Junge? Jeg kommer vist til at sætte en pæn ende på det sidste og så sende det i synet på ham. Junge, du forstyrrer mig egentl. rasende, når jeg ikke skriver til dig, så tænker jeg på dig. Kan der ikke blive forandret noget i det sørgelige forhold? Og dog, det er jo den eneste trøst, man har her i dette bemøjede Sodoma og Gomorra. Her skal være generalforsamling idag otte dage angående tur den 8 oktober, hvor vi holder fødselsdag. Den er sat (nl. generalfors.) så sent forat vi kan få Alhed, Chr. &amp;amp; Molle med, nu kommer de da vel til den? De kommer vel på onsdag ell. torsdag?
+Junge, nu må jeg skynde mig, jeg har kun 5 minutter at skrive i , føj !!!! Å Junge gid jeg var der i dag !!!
+På søndag burde jeg jo også være der. I morgen kommer jeg vel til at skrive til luspelsen, men jeg kan ikke hitte på noget til hende, jeg har derfor tænkt for fremtiden principielt at være mod at give konfirmationsgaver, det turde være praktisk. Junge, du skal [”skal” understreget med 12 streger] skrive til mig, inden du rejser til Nislevgård, ellers er du en dampser. Farvel Junge, idag er det din fødselsdag, derfor vil jeg have lov til at sige, at jeg elsker [”elsker” understreget fem gange] dig.
+Din i anledning af fraværelsen ulykkelige, ellers lykkelige Thorvald
+[øverst på sidste side] 
+30-9.
+E.s. Pakken var sendt afsted i går, jeg sender så lappen i dag, undskyld! Din Thorvald.</t>
+  </si>
+  <si>
+    <t>1894-09-09</t>
+  </si>
+  <si>
+    <t>Italien
+Firenze</t>
+  </si>
+  <si>
+    <t>Acone, Firenze
+Bello Squardo, Firenze</t>
+  </si>
+  <si>
+    <t>Hugo -
+Onklen -
+Teresina -
+Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Georges Ohnet
+Alfred Rottbøll
+Ellen  Sawyer
+Maria von Sperling. g. Balslev</t>
+  </si>
+  <si>
+    <t>Haabet er Erikshaab; Warbergfamiliens hjem.
+Alhed Larsen far er i København for behandling af sin astma.
+Berta og Ludvig Brandstrup blev gift i efteråret 1894 i København.
+Laura Warberg kom til skade med sit ben under en udflugt med charabanc.
+Det er uvist hvem lille Skvade er. Thomas er muligvis Thomas Bredsdorff.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed bor hos Bacci i Firenze. Hun trives med det. De laver sjov og har været i teatret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TCra</t>
+  </si>
+  <si>
+    <t>Kære Far!
+Jeg skriver til Dig mod Sædvane, da jeg ikke rigtig ved, om Mor er i København eller paa Haabet. Brevkort fra Elle i Dag meddeler, at Mor har slaaet sit Ben, saa det ikke vides, hvad Dag hun rejser. Forfærdelig kedeligt, hvis hendes Rejse helt skulle ryge i Lyset. – Hvis hun endnu er paa Haabet, naar Du faar dette Brev, maa Du jo endelig sende hende det til Trøst og Opmuntring.
+Jeg befinder mig paa Squardro nu og befinder mig over al Forventning godt. Jeg havde gruet en Del ved Tanken om Forandringen fra det dejlige Acone og til Skvadderup og navnlig for at skulle være helt alene og sove alene om Natten. – Men der var ikke tale om, at de Baccis [tilføjet: Baccis] vilde lade mig begynde paa det igen, jeg skulde absolut ligge i et tomt Værelse, de havde – uden at betale noget for det. – Det er jo umaadelig venligt af dem. – Saa laa i den Bestemmelse ogsaa at spise hos dem. Fru B. foreslog det, hun ville gøre det paa den Maade, at hun skriver alt op, hvad hun køber, og saa regner vi min Part ud. Saa kommer jeg ikke til at betale en Øre mere end hvad jeg spiser for. – Dyrere bliver det alligevel, da jeg her spiser med en udmærket Appetit, mens jeg næsten intet spiser, naar jeg er alene og selv skal lave min Mad. – Men jeg synes alligevel nok jeg kunde forsvare det; [overstreget: da] jeg vilde gærne blive ved at være lige saa tyk og rødmosset brun og veltilpas, som jeg er bleven det [indsat:det] i Acone. – Vi har det brilliant sammen, jeg er helt som hørende til Familien. De ere aldeles mageløse imod mig. Fru B. og jeg ere blevne Dus og ere helt Veninder, hun hjælper mig at sy nogle Puder til Lud og Berta. – De ere forfærdelig livlige og morsomme at være sammen, altid i godt Humør og fulde af Morskab og Løjer. - - I Forgaars kom Majoren, Onklen, og Sønnen, Signor Hugo, for at tage os med ud at spadsere. De var saa fine og elegante, saa vi næsten ikke kunde kende dem fra Acone. – Vi besluttede at der i den Anledning maatte gøres noget. - - De var bedte her til Middag i Gaar, og lidt før vi gik til Bords, forsvandt Fru B. Søsteren og jeg i al Hemmelighed og klædte os i Maskeradedragter. Empire og Rokoko. Fru B. mørkerød Plysch, jeg blegrød og Søsteren højrød Silke. Opsat Haar med Blomster i Toppen. Det gjorde svært Lykke hos de tre Kavallerer, det var ogsaa nydelige Dragter. I Aften var vi i Theatret, Onklen havde d [overstreget: d] en Loge. Vi saa et Stykke af George Ohnet og morede os brilliant. Jeg kunde naturligvis ikke forstaa alt, hvad de sagde, men dog hele Handlingen; de spillede brillant. – Nu er jeg const. Konsul; jeg sender det halve af et Brevkort som jeg i Dag har modtaget fra Rottbøll, for at I kan gøre Eder Begreb om min Værdighed. (bem. Adressen) – Jeg rangerer jo for Øjeblikket højt over min øvrige Familie! - - - Det er betydeligt køligere nu i Vejret blev det netop som vi kom tilbage; men mens vi var borte, har det nok været en Varme som de sjælden har Mage til i Firenze. – Fortiden spiser vi Masser af Figen, Ferskner og Druer. Det er storartet at kunde spise sig mæt i Druer for nogle faa Øre.
+Vi spise hver Dag to Gange om Dagen. - - Det er rart Du er er i København nu, at Du kan blive fri for den Asthma, som Du jo har haft i den senere Tid. Gid det nu maa hjælpe for lange Tid. – Du skal vel med til Bryllupet? – Jeg haaber Du og Mor ordentlig vil slaae til Skaglerne sammen med lille Skavach og andre ligestillede, mens I er i København. – Hils Thomas, Skvade og hvem andre der er mange Gange Marie Sperling og Brandt endelig. - Det er vældig tykt Papir saa jeg tør ikke skrive mer!
+Kærlige Hilsner fra Din Bø
+Skuarderup 9ende Sept 1894</t>
+  </si>
+  <si>
+    <t>1894-12-24</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Teresina Bacci
+Vittoria Bacci
+Francis Beckett
+Berta Brandstrup
+Emil Brandstrup
+Johanne Christine Brandstrup
+Ludvig Brandstrup, billedhugger
+- Bærentsen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig i Italien fra februar 1894 til foråret 1895.
+Skvardo: Konsul Rottbøll og hans kone boede på Bello Sguardo i Firenze.
+Det er uklart, hvem Kisten/Kistin, som Berta Brandstrup sidst i brevet omtaler, er.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2157</t>
+  </si>
+  <si>
+    <t>Alhed Larsen fortæller grundigt om den juleaften, som hun har holdt med Berta, Emil og Ludvig Brandstrup i Firenze. Om juletræet, middagen, gaverne og om, hvordan de sent på aftenen gik til flere kirker i håb om at høre noget musik. De endte på en café, hvor de fik en øl. Derefter gik de hjem, og Alhed satte sig og skrev brev. 
+Alhed havde gruet for at holde jul langt væk fra familien, men det gik fint. 
+Berta Brandstrup fortæller sidst i brevet om, at de skal have gæster, og at de ved den lejlighed agter at klæde sig ud.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/94Kz</t>
+  </si>
+  <si>
+    <t>Kæreste Mor! og alle I andre!
+Juleaften 1894. Jeg synes dog, I skal have en Hilsen fra mig, skrevet paa denne Aften, der nu er overstaaet, og som jeg saa længe har gruet for. Men jeg skylder Sandheden at sige, at det egentlig har været en rigtig storartet Dag og at det nu bagefter er ganske interessant at have prøvet en saadan Juleaften. Da jeg læste Dit Brev i gaar, Mor, hvori Du opmuntrede mig og forsikrede mig, at vi nok fik det storartet og at det rigtignok maatte være interessant at prøve en Jul i Italien, da rystede jeg betænkelig paa Hovedet, og tænkte, at det var nu godt nok, men - - - , men saa som sagt er det hele gaaet rigtig brillant. Der var kun ét Punkt, hvor jeg var ligeved at blive lidt gnaven, det var ved 9-10 Tiden, da hele Travlheden var overstaaet, Gaverne givne, modtagne og takkede af, og vi satte os om det lille Juletræ for at have det hyggeligt ved et Glas Marsala og en Cigaret, - da begyndte jeg at føle lidt Julestemning og det var det var ["det var" overstreget] det farligste jeg kunde gøre, - hvis I paa den Tid har mærket, at ["at" overstreget] nogen pustede ["de" sidst i ordet overstreget] ved jeres Juletræ og har hørt nogen synge med i Julesalmerne, saa har det været mig; - men det varede for Resten ikke længe, - jeg satte mig hen i en mørk Krog i Sofaen for at hengive mig lidt til mine egne Betragtninger og Berta der formodentlig har følt noget ligmed kom lidt efter ogsaa derhen. Men de skrøbelige Menneskesjæle! - en halv Time efter var vi begge faldne i en dyb Søvn. Lud lagde en Kappe over os og han og Balle satte sig til at s ["s" overstreget] - - - spille Lotteri om Godter! kosteligt! - Kl. 11 1/2 vækkede de os og vi gik hen i en Kirke for, som vi trode, at høre en pragtfuld Konsert, - men ak Skuffelse, der var kun en Masse Præster, der messede og smaa stakkels søvnige Kordrenge der svang Røgelseskar. Saa besluttede vi at gaa ind til Domkirken om vi mulig skulde have mere Held med os der; paa Vejen derned mødte vi cand. Beckett og Frk Bærentsen, der ogsaa var gaaede ud paa Jagt efter noget Musik. Vi afsøgte sammen 4 Kirker men uden videre Resultat kun i én hørte vi et smukt Præludium paa Orgel, og i den dejlige Dôme saa vi de pragtfuldt klædte Præster gaa bort i Procession med Fakler. Men al Julestemning var gaaet fløjten. Gaderne var uhyggelige med Støj og Spektakel. Saa gik vi - tænk jer, Juleaften Kl. 1 1/2 ind paa en Kafé og sad der og snakkede en Timestid til et Glas Øl. Jeg maatte stadig sige til mig selv, det er virkelig Juleaften, men Humøret var der ikke noget at sige paa, man kan saamænd finde sig i meget, naar det skal være. - Vi kom hjem ved tre Tiden og nu er den næsten 4, saa I maa rigtignok paaskønne, at jeg sidder her og skriver. Og saa har jeg tilmed været tidlig oppe, var paa Skuardo i Nat og havde lovet Berta at komme tidlig herned. Hør nu hvor dygtigt; der er over en halv dansk ["dansk" indsat over linjen] Mil herned og jeg skulde paa Torvet først; der købte jeg 3 Ænder, Grøntsager, Æg Ost, Smør, Frugt o.sv. og blev kaldt Frue, kom her hjem vældig belæsset godt halv 9 og tænk, saa var B. &amp;amp; Lud ikke kommen op endnu, saa jeg havde Kaffebordet færdigt til de kom; det var for Resten en dejlig Morgentur, straalende Solskin med let Rim paa Veje og Gader. Og saa er det vældig Sjov at gaa i T ["i T" overstreget] paa Torvet. Jeg købte for Resten saadan ind, at jeg ikke havde en rød Øre i min Pung, da jeg kom hjem, men heldigvis var "Poverierne" (Tiggerne) ikke kommen paa Benene endnu, saa jeg slap godt fra det. - Formiddagen gik med at brænde Mandler i Kakkelovnen (vellykkede) vi lukke uden videre Laagen op og lave det paa Ilden. Samme Sted skal jeg i Morgen lave Røræg Kompot og Rosenkaal! flot! - Naa, efter Frokost gik Lud lidt ud og B &amp;amp; jeg ordnede og pyntede et Juletræ som vi i al Hemmelighed havde faaet bragt herhen; da det var færdigt satte vi det udenfor i Haven, det gror i en Urtepotte og er højere end jeg. - Lud kom hjem med en Masse Roser og Violer og vi andre havde pyntet med kønt grønt, saa her var rigtig festligt. Kl. 6 1/2 kom Balle og vi spiste Rissotto med Mandel i (en Æske Chokolade, vunden af Lud, foræret til B &amp;amp; mig ((dette havde vi regnet ud i Forvejen, havde bestemt Chokolade, da vi vidste, at de andre var for mandige til at spise det.)) Andesteg med Salat Frugt og Ost. - Saa sendte vi de andre op paa B's Værelse, mens vi hentede Juletræet ind, tændte det og ordnede Presenterne; ved siden af Træet stillede vi et lille Bord med Marsala, Skaalen med Godter og Cigaretter; festlig oplyst og dejlige Blomster, Balle &amp;amp; Lud var aldeles overvældede, da de blev lukkede herind. - Af Gaverne vil jeg kun nævne mine egne, som jeg blev vældig glad ved. Af L &amp;amp; B. et dejligt Silkesjawl, firkantet, to Alen paa alle Ledder, pragtfulde farver mørkegrønt skotsk med ["med" overstreget] tærnet med smalle mørkerøde ["mørke" overstreget, og over ordet indsat "høj"] høj[røde] og gule Striber samt en henrivende lille Lommebog &amp;amp; Portemonnaie af fint Ruslæder, vældig elegant. imponerende og smukke Gaver begge to, altfor fine til mig næsten. Og tænk, Baccis sendte mig Presenter ogsaa! En aldeles nydelig Skindkrave til Halsen vældig nobel; i Form af en Ilder tegning og af Søsteren en Arbejdskurv lavet af hende selv og helt fuld af Godter. Saa nu maa jeg i Seng, jeg har faaet Mavepine, trode først det var af Søvn, men er kommen i Tanker om, at det snarere er af alle de Godter, jeg har spist; lille Dis vilde vist sige at jeg har spist til "en stor Mavepine", men det er nu kun bleven til "en lille". Man bliver hærdet med Aarerne [det andet "r" i ordet overstreget] Dis, vent til Du naar min Alder. Saa, nu Godnat allesammen. Nu har jeg dog faaet en lille Sludder med jer, - det smager altid af Fugl [Det følgende skrevet med en anden skrift end Alheds] - Saa nu tager jeg fat hvor Alhed slap - det er Tirsdag, og vi skal have Fremmede; Klokken er 6 og Kl. 6 vente vi Gæster. Røræg skal laves og diverse, saa medens Alhed gør sit færdigt gør jeg mig til hendes Tolk - samme Alhed er gnaven idag, noget hun ellers ikke befatter sig med - mange tak for Brevene fra Kisten og Moder, Kassen er desværre ikke kommen; jeg glæder mig meget til de hjemlige Kager (jeg ogsaa) - Lille B. er ikke tilfreds med sin Sekretær. - Nu Farvel kære Fader og Moder og alle i andre og et Kys fra Jeres Alhed overbragt ved 
+Berta B
+Juleroser fra Kistin var jeg meget glad ved; hvem sender mig de voxnes Juleroser. - skriver snart igen.
+Skriv snart i Kære! For Pokker.
+[Skrevet til højre på arket indrammet i en firkant:] vi agter at overraske Gæsterne med at klæde Lud paa som lille Pige og Alhed og jeg i Luds</t>
+  </si>
+  <si>
+    <t>1895-4</t>
+  </si>
+  <si>
+    <t>München</t>
+  </si>
+  <si>
+    <t>München, Tyskland
+Ala, Italy</t>
+  </si>
+  <si>
+    <t>Francis Beckett
+Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Alhed opholder sig muligvis i München.</t>
+  </si>
+  <si>
+    <t>Alhed er på vej hjem fra Italien med toget. Hendes store kuffert var borte i 4 dage. Det kostede store anstrengelser at finde den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jjju</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Jeg har i Dag faaet Eders Breve. Jeg kunde godt have været hjemme til Søndag, hvis min Rejse ikke havde været et Løb med store Forhindringer. Mit Brevkort fra München var for saa vidt ”falsk”, som det meldte noget om den store Sjælevaande jeg var i. – Nu skal du høre, min store Kuffert har været borte 4 Dage, og jeg havde tilsidst opgivet Haabet om nogen Sinde mere at se den. Jeg var naturligvis aldeles ulykkelig, da den indeholdt alt, hvad jeg ejer og har, - Kjoler Smykker, Malerier – kort sagt alt, - en halv Lommekam var i 4 Dage hele min Bagage. – Sagen forholdt sig saaledes: den var expederet fra Venedig til Grænsebyen Ala, [tilføjet: østrigsk Grænse] hvor den skulde fortoldes. Da vi kom der om Aftenen var den der ikke. Told [overstreget: ex] inspektøren lovede at expedere den til München, hvis vi gav ham Garantisedlen. Vi ømmede os lidt ved at give ham dette vort eneste Bevis, men da han erklærede, at han ellers intet kunde udrette, fik han den. – Den ene Dag gik imidlertid efter den anden uden spor af Kuffert, saa Du kan tro, jeg var aldeles ulykkelig. Og Trøst fik jeg ikke meget af, - Beckett kendte 20, der havde mistet deres Kuffert, den ene i Østrig. Og alle erklærede de, at [overstreget bogstav] italienske og østrigske Embedsmænd er noget Rak. Vi henvendte os i det dansk-svensk-norske Konsulat, og Konsulen, en elskværdig Tysker lovede at tage sig af det. – Og dette gjorde vist nok, at vi fik Kufferten. Da [overstreget: jeg]
+Asnet dernede fik Telegram om, at det danske Konsulat vilde tage sig af Sagen, bekvemmede han sig endelig til at svare, at Kufferten var afsendt, - de andre Telegrammer ænsede han aldeles ikke. – Du kan tro, det var væmmelige Dage. Jeg piskede mellem Konsulat, Telegrafstation, [overstreget ord] Ilgods, Fragtgods og Toldgodsexpedition. Navnlig den sidste Dag var ækel, Beckett var rejst, han kunde ikke blive der længere, saa jeg gik alene der og snakkede tysk, og mit Mod var under Frysepunktet. – Endelig i [overstreget: E] Gaar Eftermiddag Kl. 4½ ankom den. Rørende Gensyn. – Der var akkurat Tid at faa den efterset af Tolden, faa Billet og komme af Sted. Kl. 5½ sad jeg i Toget og rullede af hertil, hvor jeg ankom i Morges. - - Men det værste ved det er, - nu da jeg har faaet Kufferten – at det har været en forfærdelig dyr Historie, - Tænk, alene Kuffertens normale Billet bliver en 35 Kr, hvad jeg ikke har anet og saa alt dette extra, - Ilgodspenge, Telegrammer, (en Dag 6 Mark) Drikkepenge, forlænget Ophold i München og anden Kl. hertil, da jeg ikke kunde rejse alene paa tredje; jeg er forfærdelig ked af det, tænk jeg har maattet telegrafere efter flere Penge til Lud og maa nu vente paa dem, de kunne tidligst komme i Morgen Eft. Ellers stak jeg gærne af i Morgen tidlig; saa jeg kunde være hjemme Søndag med Iltoget. [overstreget: I] Og Beckett kan ikke laane mig, han har kun lige til. Meningen er at rejse herfra Søndag Aften eller Mandag Morgen. Jeg skal over København, der er ingen billigere og hurtigere Rejse. - - -
+Ja, det var sandelig ikke noget morsomt Brev! Og jeg maa slutte nu. Jeg er ganske rundtosset af den Kørsel i Nat, - 13-14 timer – Og saa led jeg baade af Tørst og Sult; Jeg glemte i Travlheden helt at faa noget med saa fra i Gaar Frokost til i Dag til Morgen fik jeg ikke saa meget som en Draabe Vand!! – Nej, jeg er snart træt af de Rejseæventyr. – I mener maaske, at der maa være sket noget upraktisk med den Kuffert, - man skulde næsten tro det men vi gjorde det i den bedste Tro; Luds Kasser hjem har kostet Masser af Penge, var flere Maaneder undervejs og kom i beskadiget Tilstand. - - Sørgeligt, at jeg ikke kan være med Søndag da I alle ere sammen. - - Jeg tænker da, I faa dette Søndag.
+De kærligste Hilsner
+Alhed</t>
+  </si>
+  <si>
+    <t>1895-05-25</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Nislevgaard</t>
+  </si>
+  <si>
+    <t>Bello sguardo Firenze</t>
+  </si>
+  <si>
+    <t>Johan  Balslev
+Rigmor Balslev
+Thorvald Balslev
+Wilhelmine Berg
+Carl Berthelsen
+Ludvig Brandstrup, billedhugger
+Christine  Mackie
+Ellen  Sawyer
+Hempel Syberg
+- Vester
+- Vesterdal
+Nicoline  von Sperling
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johanne var i huset på Nislevgaard ved Otterup i 1893 - ca 15/7 1895.
+Laura og Albrecht Warberg, Alhed Larsens forældre, havde sølvbryllup 28. maj 1894.
+Alhed Larsen var i Italien februar 1894 til april 1895.
+Det vides ikke, hvem Tove og Fru B var. Sidstnævnte er næppe Bertha Brandstrup, da hun og Ludvig Brandstrup endnu ikke var gift i foråret 1894 - de blev det først om efteråret. 
+Ordet "loriansk" hentyder nok til Warberg-familiens ven Hans Lorentzen, som blev kaldt Loria.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0190</t>
+  </si>
+  <si>
+    <t>Johanne er næsten færdig med bordtæppet, som er en sølvbryllupsgave til forældrene. Hun er ikke helt tilfreds med det. 
+Thorvald har skrevet et digt uden melodi til sølvbrylluppet. Vester og Ellen skal nok opføre sig pænt til festen.
+Johanne har fået ny kjole.
+Carl Berthelsen ville have givet Alhed og Johanne Larsens forældre et springvand i sølvbryllupsgave, men Hempel Syberg har sagt, at der er for lidt fald i åen til, at det ville kunne virke. 
+Der er en dejlig have på Nislevgaard. 
+Alle har travlt med forberedelser til sølvbrylluppet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sR7v</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+6
+Signorina Alhed Warberg
+R.V. Consolato de Danimar[ca]
+“Bello sguardo”
+Firenze
+Italia.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Nislevgd. Fredag d. 25de Maj 94.
+Kære lille Be! 
+Du maa vide dig, at jeg har ikke saa lidt Medlidenhed med dig at du ikke kan være med til Kalasen paa Mandag; desårsag fanger jeg – trods min glubende Travlhed – an på et Brev til dig, der skal sendes afs i Dag, så har Du det jo Mandag. Jeg håber at flere gør ligeså, jeg har bedt Rimse om det og hun havde vist selv tænkt på det. Selvom dette hverken bliver lang – eller morsomt, så er det altid bedre end ingen Ting. Jeg vilde have begyndt i Aftes, men var for træt; jeg havde strøget lige til Kl ½ 8 og var så efter The oppe hos en Sypige at hente en Kjole og så var Klokken bleven over 10 inden jeg kom hjem – ja ½ 11 og saa var jeg for træt, jeg er jo tidligt oppe. Tæppet er nu lige ved at være færdigt jeg mangler kun den ene Stedmorsblomst og lidt af den ene Anemone; den anden Stedm.bl. er bleven udmærket, lilla og gul den er så aldeles levende; i det hele taget er jeg kommen helt godt fra Syningen når jeg skal sige min Mening, jeg havde ikke troet alligevel at jeg kunde have syet det så godt, men (udtalt loriansk) - - alligevel er det ikke så kønt, det er for kompakt, for tungt, massivt på det lille Tæppe. Det er meget kedeligt når alt det Arbejde og de Penge er anvendt på det; men som sagt det er atter kun min Mening, nu kan vi jo høre de andres bagefter. - Jeg rejser hjem i Eftermiddag – Fredag - allerede for at hjælpe til derhjemme; Mor er nok i Odense i Dag, hun skal vist hjælpe Christine at ordne sig der i Odense. Thorvald har skrevet en lille Sang, den er køn synes jeg, men hvad kan det nytte, for der er ingen Melodi, han vil ikke have den sunget ved Bordet, det Bæst, han kunde ligeså godt have den sat på en Mel; jeg har brudt mit Hoved, men kan ingen finde, der passer; vil du have den, så kan jeg skrive den af.
+Til Far og Mor fra Børnene
+Hvor Aaen sagtelig slynger sig
+igennem de grønne Enge
+hvor Fugleskarerne gynger sig
+med Sang over Mark og Vænge,
+----------
+Bag Bøgeskoven [”en” sidst i ordet overstreget] og bag Egekrat
+hvor Stormens blive Pust blir svage
+hvor hviler Fred over stille Nat
+og Lys over glade Dage,
+----------
+her fandt I to Jer et Hjem fuldgjort
+et Hjem for Jer Børneklynge – 
+med Tak for stort og med Tak for smaat
+om Eder vor Sang vi synge.
+----------
+En kærlig Far og en kærlig Mor
+I var i Aarene mange
+I glæded Jer med vor Lykke stor
+og trøsted i Tider trange.
+----------
+Vor Barndomstid var kun alt for kort 
+- Livsmaalet kalder os fremad –
+dog aldrig så langt vi kommer bort,
+vi kende jo Vejen hjemad.
+----------
+Saa Tak for alt da, fra vi var smaa
+og Tak for Fremtidens Dage
+de bliver store så tryg vi paa
+[ulæseligt ord] til de andre Mager
+Vort Ord for hvad [ulæseligt ord] sige vil,
+sig ikke rigtig vil føje
+men Resten gætter I Jer vist til
+Håndtryk, i Smil og i Øje
+Synes du ikke, den er køn? Men det er en Skam, at den ikke kan synges. Det bliver rentud Skandale, Be, med det at der ingen Sange bliver, for det tror jeg ikke, der gør. Du maa ikke tro, at jeg venter en fra dig, for hvis du ikke selv har tænkt paa det var det jo [”med ” indsat over linjen] alt for kort Varsel, at du fik min Formaning. – Hør Be, Vester og Elle! Det er da vel ikke sikkert med dem, at de ikke en skønne Dag brænder løs for os, den var Skam hamber at gaa paa; jeg er begyndt at frygte lidt for det i den sidste Tid, men naar jeg snakker med Elle forsikrer hun at de er nu de bedste Venner af Verden, men hun kunde jo snyde mig. Det er hende selv, der snakker, ikke mig, der braser paa. - - - 
+Efter Middag. Jeg sidder i stor Pragt og skriver til dig; jeg har faaet en ny mørkeblaa linned Kjole med bitte smaa hvide Prikker. Denne Facon [tegning af kjolen] det er kunstigt den Facon tror jeg, alle Herrer kan godt lide, Carl var næsten begejstret. Carl havde jo tænkt at give Far og Mor et Springvand der skulde staa paa Plænen (jeg øver mig i at skrive lige som Carl og det ligner godt) men så sagde Onkel Syberg at det kunde ikke lade sig gøre, der var for lidt Fald i Aaen til at det kunde lade sig gøre, og saa blev det opgivet; det havde ellers været stolt med Springv. på Plænen, men mit Hjærte bævede allerede ved Tanken om Ca [”Ca” overstreget] Krokketen [det tredje ”k” indsat over linjen] nu giver de to Postejskeer, nydelige. I det hele tror jeg, at Erikshaab bliver er nyt og bedre med alle de Ting, de vist faar. Maleri fra Frk Sperling har jeg hørt. Jeg glæder mig saa lynende til at komme hjem. Tante og Tove kommer ogsaa i Dag, de, Mor og jeg følges ad hjem med det sidste Tog. Fru B. skal have sin hvide Silkebrudekj. på, hun prøvede den i Aftes, den var nydelig. Jeg skriver saa meget om Sølvbr. da jeg antager, du paa Mandag er mest i Stemning til at høre det. – 
+Så nu tror jeg, jeg vil anlægge min egen Skrift igen. Uha, men jeg maa nok snart hen at pakke ned Klokken er mange, og Kl. ½ 4 skal jeg af Sted. – Her er en dejlig Have, kan du tro, jeg vilde ønske du kunde se den; gammel, uden særlig mange Blomsterrabatter, gamle knortede Æbletrær på store Plæner og en lille bitte Skov lo [”lo” overstreget] forneden med en ho [”ho” overstreget] Høj, hvor fra man har en delikat Solnedgang. ---------
+Fra eller (om Studinen har jeg ikke hørt eller set siden jeg skrev. --- Vi havde en morsom Pinse, var jo kørende paa [”paa” overstreget] til [”til” indsat over linjen] Erikshaab 2nde Pinsedag, meget livligt og vellykket. – Nu har jeg ikke Tid til mere, nu må du nøjes med dette. Du tænker vel medens på os, når du faar dette. Mange Hilsner lille Be fra Johan. Vil du lykønske Onkel Lut, har du set hende? 
+[Skrevet på tværs øverst på s4:]
+Lørdag. Jeg er så gal på mig selv, fordi jeg ikke fik det sendt i Gaar, så du kunde have det Mandag, jeg er en stor So, det må du sige, jeg har sagt. Nu har vi Travlhed til op over begge Øren, Tante, Elle og jeg binder Guirlander ovre i Loen og Andreas er stadig ”Mors højre Hånd” erklærer hun. Farvel lille Be! Din Johanne. Havde det Sjov i Odense i Gaar, hvor Thorvald og jeg drak Kaffe hos Vesterdal. 
+Hilsner.</t>
+  </si>
+  <si>
+    <t>1896-07-15</t>
+  </si>
+  <si>
+    <t>Albert Gottschalk
+Adolph Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Warberg har været på besøg hos Larsen i Kerteminde.
+Albert Gottschalck, Johs. Larsen, Larsens bror (Agraren) og nogle fætre har været på tur til Fyns Hoved. De så en sæl, som Larsen lavede en skitse af.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/x5Hv</t>
+  </si>
+  <si>
+    <t>Kjerteminde 15 Juli 1896.
+Kære Alhed!
+Lige da De var kørt i Gaar kom jeg i Tanker om at jeg havde glemt at bede Dem hilse [noget af papiret mangler] me, og jeg vil gøre det nu skjønt jeg haaber at De har gjort det alligevel, og saa vil jeg takke Dem en Gang til fordi De kom, jeg er bange for at De ikke har faaet et tilstrækkeligt stærkt Indtryk af hvor glad jeg var ved at De var her. Det var en dejlig Tur ud til Fynshoved i Gaar og jeg sad hele Tiden og ønskede at [noget af papiret mangler] havde været me [noget af papiret mangler] kørte over Maale Bakke og Bøgebjerg Klint og kom først til Fynshoved om Aftenen, og spiste [noget af papiret mangler] da Solen gik [noget af papiret mangler] ved Siden af hvor [noget af papiret mangler] ste var der en [noget af papiret mangler] Del Folk inde fra [noget af papiret mangler] i Færd med at tærske Raps, en 3-4 [ulæseligt ord] Folk som hjalp hinanden og det gik temmelig lystigt til. Gottschalk blev efterhaanden saa oplivet som han ikke har været siden han kom. Vi kom ikke hjem før Kl. 1 ½. Jeg saa et dejligt Motiv der ude som jeg haaber jeg faar malet en Gang. Det var [noget af papiret mangler] ude paa Spidsen af Hovedet og det var meget stærkt Lavvande saa al den Klørtang som gror paa Stenene var oven for Vandet et langt Stykke ud [noget af papiret mangler] de en dejlig brun [noget af papiret mangler] Farve op mod Sol [noget af papiret mangler] for Resten lige er [noget af papiret mangler] bag en lav Skybanke i Horisonten og saa gik Agraren og [ulæseligt ord] mine Fætre ud i Vandet gennem Tangen, de vilde ud at svømme sammen med en Sælhund som laa et lille Stykke ude og iagttog dem med megen Interesse men den holdt sig dog i passende Afstand hele Tiden. Sælen hører vist nok ikke med til Motivet, som jeg skyndte mig at lave en Aquarel af i min Skitse [noget af papiret mangler] men det blev naturligvis noget Skidt, da det hele forandrede sig meget hurtigt. Jeg har [noget af papiret mangler] fortalt Dem at jeg havde anmeldt Tjalfe til Optagelse i HundeStambogen, jeg fik i Dag Brev om at møde med den i Odense den 28 Juli, saa hvis jeg skal tage Hensyn til det, kommer jeg vel ikke ud af Landet i denne Maaned.
+Mange Hilsner Deres Hengivne Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1896-10-24</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Carl Høyrup
+Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har kørt Ellen til Nyborg og kom for sent til Teknisk Skole.
+Alhed skal til København og til Brandstrups barns dåb.
+Johs. Larsen går på jagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QHCG</t>
+  </si>
+  <si>
+    <t>Kjerteminde 24 Octbr. 1896.
+Kæreste Alhed!
+Tak for Brevet. Jeg fik det i Tirsdags og var lige ved at sætte mig til at skrive til Langeland strax men kom saa i Tanker om at det var om Morgen tidlig at De skulde rejse, og sa kunde det jo ikke naa sig. Jeg har ikke været i Odense endnu og da jeg har faaet Lærred, og bliver det vist ikke for det første jeg kommer derud. Jeg var oppe hos Hørups i Forgaars, og han havde netop et Stykke Lærred liggende af den Størrelse og den Slags jeg skulde bruge og det laante jeg saa af ham. 
+I Gaar var Christine og jeg ude i Nyborg med Ellen og fik hende sendt med Færgen. Det var jo Meningen at hun skulde have fulgt med Fader og Moder naar de rejser til Sverige, men nu trak det jo saa længe ud med Tærskningen og i det [de] sidste Dage har Fader ikke været rigtig rask saa Rejsen er foreløbig udsat. Det var et dejligt Vejr at køre i men noget koldt paa Hjemvejen. Jeg skulde have været ned paa den tekniske Kl. 7 ½ men da jeg kunde regne ud at jeg vilde komme en Time for sent havde jeg sendt Bud til den anden Lærer om at se efter min Klasse den første Time, han var imidlertid ogsaa forhindret og da jeg kom derned var han endnu ikke kommen og kom først ½ Time efter. Ham der blev hældt ud gik det meget godt med. Borgmesteren havde været nede hos Forældrene og sige det saa han kom ikke mere.
+Jeg sidder og lægger mit Billede an i Dag, det [er] for Resten lumpent at sidde inde i saa smukt Vejr. Det er sandt. De har vel ikke hørt noget endeligt om hvornaar De skal til Kjøbenhavn og døbe det Brandstrupske Barn, for saa kunde De lade mig det vide saa jeg kunde gaa ud til Nyborg og faa Dem at se i Forbifarten. Jeg har været en Del paa Jagt i denne Uge men ingen Ting faaet naar jeg undtager en Hare i Mandags, det er kedeligt for Tjalfes Skyld at jeg ikke kan skyde nogle Høns for ham, men dels er de temmelig vilde og flyver for tidligt op og dels begynder jeg at faa den Overbevisning at jeg ikke mere kan ramme en Agerhøne og det gør mig nervøs og naar vi saa endelig finder Høns skyder jeg forbi. Mange kærlige Hilsner fra deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1896-12-23</t>
+  </si>
+  <si>
+    <t>Viggo Johansen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har forsøgt at få løn fra Teknisk Skole, men kassen var tom.
+I et brev opfordrer Viggo Johansen Johs. Larsen til at sende akvareller til en udstilling på Kunstforeningen (Gammel Strand).
+Nej, Johs. Larsen fik ikke for meget at drikke ved brylluppet forleden, for hans bror svigerfar er afholdsmand.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XiYj</t>
+  </si>
+  <si>
+    <t>Kjerteminde 23 Dec 1896
+Kæreste Alhed!
+[noget af papiret mangler] jo er Juleaften i Morgen [noget af papiret mangler] dog skrive et Par Ord [noget af papiret mangler] ønske glædelig Jul m[noget af papiret mangler] iver ogsaa et meget lille [noget af papiret mangler] da Posten snart gaar. [Kl]aks kom i Gaar og i Aftes var jeg sidste Gang i teknisk Skole. Jeg var henne hos Inspektøren og vilde have nogle Penge, men tænk! Kassen var tom og han mente ikke at der kom Penge i den før om et Par Maaneder. Jeg fik Brev fra Viggo Johansen i Gaar, han havde faaet det [noget af papiret mangler Hv]erv at skaffe en Udstilling [noget af papiret mangler Kunst]stforeningen og vilde gerne have mig til at sende mine Aquareller. Kunstforeningen betaler Fragt [noget af papiret mangler] Johansen tilbyder at [noget af papiret mangler] staa Ophængningen [noget af papiret mangler] jeg ikke behøver at rej[noget af papiret mangler] over og han frister m [noget af papiret mangler] ligere med at det vil [noget af papiret mangler] Betydning hvis jeg søg[noget af papiret mangler] Legat. Jeg ved ikke rigtig endnu hvad jeg vil, for nu skal vi jo have den Udstilling efter ”den frie”. Hvad mener De? Nu vil jeg ønske Dem den glædeligste Jul De nogensinde har haft. Vil De hilse de andre og ønske dem glædelig Jul.
+Jeg vil for Resten [noget af papiret mangler] slutte uden at fortælle [noget af papiret mangler] at jeg længes uman- [erligt] efter at høre fra Dem [noget af papiret mangler] jeg kan ikke tro om [noget af papiret mangler]d at der da i alt [noget af papiret mangler] maa komme Brev [noget af papiret mangler]gen, og det trøster [noget af papiret mangler] noget. Mange kærlige Hilsner fra Deres hengivne
+Johannes Larsen.
+Allerkæreste Alhed
+Lige nu som jeg vilde komme Brevet i Konvolutten kom Klaks med Brev fra Dem og jeg vil derfor ikke undlade at skrive lidt mere i [Haa]b om at Posten maa være forsinket saa at De alligevel faar det Juleaften. De kan være ganske rolig, med Hensyn til Brylluppet, [noget af papiret mangler] fik ikke for mange Sn[noget af papiret mangler] men det var for Resten [noget af papiret mangler] udelukkende paa Grund af min Afholdenhed, [noget af papiret mangler] skyldtes min Broders [noget af papiret mangler] fader som er Afholds[mand] saa der blev kun serveret skattefri Øl og Sodavand.
+Jeg havde egentlig bestemt at komme ned til Dem alligevel, men da jeg nu ingen Penge kunde faa ved jeg ikke rigtig hvordan det hele skal lade sig gøre for jeg kan jo ikke paatage mig at gaa paa denne Aarstid. Endnu en Gang glædelig Jul fra
+Deres Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1897-01-18</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Albert Gottschalk
+Peter Hansen
+Viggo Johansen
+C V Kjær
+Nicolaus Lützhøft
+Henry Lørup
+Theodor Oppermann
+- Philip
+Ruben
+Karl Schou
+Marie Schou
+- Skov
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Café Bernina lå på hjørnet Vimmelskaftet 47/Badstuestræde 2 i København i bygningen kaldet Tuteins Gård, som stadig findes. En schweizisk konditor og vinhandler, D.B. Schucari, åbnede cafeen i 1881. Navnet hentyder til Bernina-alperne i Schweiz. Stedet var i de to sidste årtier af 1900tallet mødested for kunstnere, litterater og bohèmer som August Strindberg, Knuth Hamsun, Holger Drachmann, Christian Krohg m.fl. 
+Wikipedia
+En alkekonge er en gammel betegnelse for en søkonge.</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har været til generalforsamling i København og været sammen med en masse venner. Han har besøgt Lørups, Peter Hansen på Malersalen, Johansen, Schou m.fl. Johs. Larsen har flere fugle liggende, som skal tegnes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bv6j</t>
+  </si>
+  <si>
+    <t>Kjerteminde Mandag 18 Jan. 97.
+Kæreste Alhed!
+Det var da et dejligt langt Brev, som laa her til mig, da jeg kom hjem i Gaar Eftermiddags, og det trøstede mig meget at læse om at jeg ikke skulde have daarlig Samvittighed, for det havde jeg naturligvis og lidt af det har jeg endnu, men nu maa du jo have faaet mit lille Brev fra Kjøbenhavn og saa haaber jeg at Du har tilgivet mig. Jeg kom temmelig hovedkulds af Sted herfra da det først blev bestemt, at jeg skulde rejse, om Tirsdagen, det er noget Sludder, jeg mener at jeg rejste Natten mellem Tirsdag og Onsdag og det blev først bestemt om Tirsdagen. Jeg ved ikke om Du nu kan forstaa det. Kl. 9 ½ Onsdag kom jeg til Kjøbenhavn og gik først ud til Schous men kunde ikke komme ind, jeg gik saa ud til Peters Onkel, hvor jeg lagde mit Rejsetøj og derfra til Lørups, til Eckardt, til min Fætter, til en Boghandler for at købe Fortegning til teknisk Skole og derfra til et møde i Bernina som Slott-Møller havde indbudt til og hvor jeg traf Peter, der var ikke mødt videre mange og der blev ikke vedtaget noget og Kl 9 gik Peter og jeg for at træffe Fru Neckelmann som vi spiste til Aften sammen med i en Kafé ved Stranden. Derefter fulgte vi Fru N. hjem og Peter fulgte mig saa op i sit Atelier i Helgolandsgade i ”Wieds Hotel”. Peter boede i den Til jeg var der ogsaa og overlod mig Værelset med Kaffe om Morgenen. Det bliver vist et udmærket Billede Peter maler med Jægeren, det er lidt over 2 Al højt og lidt mindre i Bredden, Portrættet af Fru N. syntes jeg ogsaa godt om, det er kun et lille Billede, vistnok kun en halv Al højt. Dagen efter hentede Peter mig og jeg var med oppe paa Theatrets Malersal, og se dem arbejde paa Dekorationerne til Borkman, hvad der var meget morsomt derefter gik vi ned og spiste Frokost og derfra gik jeg hen til Franziska og fik et romersk Bad, nu traf jeg Klaks paa Østergade og fulgte med ham hjem og spiste Middag og om Aftenen havde vi saa Generalforsamling i den frie Udstilling. Det bliver vist et frygtelig jasket Brev baade med Hensyn til Indhold og Skrift men jeg har saa travlt at det er lige ved at løbe rundt for mig. Du ved at da jeg var paa Erikshaab havde jeg en Ugle og en Maage og en Musvaage liggende og aldrig saa snart var jeg kommet hjem før jeg fik en Alkekonge en lille temmelig sjælden Svømmefugl, som havde ligget og ventet paa mig en 14 Dages Tid, saa maatte jeg jo lægge Musvaagen væk igen og allerede Dagen efter fik jeg Brev fra Peter at jeg nødvendigvis maatte rejse, saa laa det hele der igen. Nu da jeg kommer hjem igen har de fanget en meget smuk og sjælden lille Art hvid Skallesluger til mig, og da jeg jo skal have ”Lopperne” færdig til Kataloget inden den første og mine Tegninger heftet ind og sendt bort inden den 24 i denne Maaned kan Du nok indse at jeg har nok at gøre. Jeg har 4 Fugle liggende og har ikke rørt de 2 endnu. Paa Generalforsamlingen blev der ikke bestemt stort andet end at vi skal have en til i Løbet af en Maaned, da vi nemlig ikke har Vished for at vi kan faa den Byggegrund der er tale om. Til Spisningen hvor Gæsterne i Aar var indbudte, altsaa bl.a. Schou og Skov fik vi noget kedeligt Fiskefilet i Stedet for Østers og blev derfor ogsaa snydt for Rihnskvin. Bag efter holdt vi ud godt 4 og fik tilsidst Champagne som vist har været noget Skidt da jeg blev temmelig fuld, og var ret blød Dagen efter. Jeg stod op Kl. 12 og traf Skov paa Gaden, vi gik op paa Malersalen til Peter og derfra til Bernina hvor vi fik hver 2 Bayere og gik saa op i Kunstforeningen men ikke videre oplagte til at se paa Kunst. Vi traf Oppermann deroppe, som inviterede mig til Frokost. Jeg fulgte saa med Skov ud af Vesterbro for at faa lidt Appetit da jeg skulde til Middag hos Fru Lørup. Paa Vejen traf vi Gottschalk som fulgte med Resten af Vejen. Til Middagen var vi kun 4, Henry, Fru Lørup og Fru Philip, som nu er skilt fra Manden, men før vi spiste var der en Frk. Ruben yngre Søster til Fru P. som bestilte en Aquarel af mig. Glaskjær tror jeg ikke der er videre at tjene ved. Han kunde kun oftre 50 Kr paa Tegningen da det var et Forsøg, men ellers fortalte han at han ikke var videre karrig, saa hvis det gik godt kunde der maaske blive Tale om mere. Saa var jeg hos Schous. Barnet har det udmærket nu og Marie gaar i Rigsdagen og Schou har Timer, de har en Eftermiddagspige til 8 Kr om Maaneden hvad Fransiska siger er dyrt. Jeg var ogsaa hos Johansens og Oppermanns og Lørdag aften var vi hos Lützhøfft og Mutter, sammen med Schous, Franziska, Peter og Fru N. Skov og hans Søster skulde ogsaa have været der men kunde ikke komme. Min allerkæreste Alhed, jeg maa nu til at holde op denne Gang for at faa noget bestilt. Jeg har tænkt meget paa at Du skulde have den blegrøde Silkekjole paa, for du maa vist have set nydelig ud med den, Gud ved hvornaar jeg faar det at se. Jeg længes meget efter Dig min Kæreste og sender mine kærligste Hilsner.
+Din hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-10-08</t>
+  </si>
+  <si>
+    <t>Kertinge, Kerteminde</t>
+  </si>
+  <si>
+    <t>Frederik Hendriksen
+Adolph Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen ønsker Alhed lidt ro til at pleje forkølelsen.
+Han har været på jagt med brødrene, men kun skudt ret lidt. Og de har lavet høstakke og bragt høet ind i fint tørvejr.
+Vilhelmine Larsens fødselsdag blev fejret med god mad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2Ogf</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8 October [noget af papiret mangler]
+Min egen Kæreste!
+Tak for Dit lange Brev som jeg fik i Gaar. Du kan tro jeg har længtes efter det, men saa meget gladere blev jeg jo da det endelig kom, men nu maa Du ikke slaa Dig til Ro med det, men endelig skrive saa snart Du har læst det for at jeg kan høre hvordan det gaar Dig med Forkølelsen. Jeg haaber da at Du er begyndt at blive bedre, jeg trøstede mig lidt med, i Gaar, at det meste ved Festerne jo nu var overstaaet saa, at Du nu kunde tage den lidt mere med Ro, og ofre Dig helt for at pleje Din Forkølelse, og som sagt haaber jeg at faa at vide at Du har det godt igen. Da jeg skrev til dig i Søndags var vi vist i Færd med at køre [til] Kjertinge, vi kom først [noget af papiret mangler]lted Kl. henad 2 saa [der] blev jo ikke megen [Tid] til at gaa paa Jagt der henne og vi fik heller ingen Ting, men Agraren og jeg blev saa inviteret til at komme fra Morgenstunden Torsdag. Vi kø[rte] saa derhen i Gaar Morges sammen med Klaks som kom hjem i Forgaars. Vi gik paa Jagt hele Dagen med Undtagelse af et Par Timers Ophold til Middag, men Jagtens Resultat var ikke stort bedre end sidst vi fik kun en Agerhøne. Alligevel var det en rar Tur, for det var saadan et dejligt Vejr at gaa i. Mens vi er ved Vejret, [saa] vilde det jo have vær[et] et fortrinligt Vejr t[il] at cykle i, naar Du ikke havde været forhindret ved Konfirmation og For[berede]lse, men maaske kan det holde ud saa længe at Du kan komme af Sted alligevel. I Forgaars Eftermiddag da Klaks kom var vi to ude at lave 12 Høstakke og der af er de [noget af papiret mangler] nu kommen ind uden at have faaet en Draabe Vand siden Græsset blev slaaet. Det glædede mig meget at høre at Du [mo]rede Dig saa godt med [Kon]firmationsmaden [og f]ik saa megen Ros [for] den. Apropos Mad, saa har jeg faaet saadan god Mad til Middag i Dag, i Anledning af Moders Fødselsdag, vi fik [noget af papiret mangler] d.v.s. Hare og Agerhøns til de andre og 3 Bekkasiner med Flæsk omkring til mig, Rødvin og Æblegrød. ”Gamle Hendrik” er et stort Vrøvl. Det glæder mig at jeg har gjort et godt Indtryk paa Forpagter Syberg. Jeg har siddet og skreven hele Dagen, i Morges skrev jeg en [hel] Række Navne op paa [et] Stykke Papir, syv so[m] jeg skulde skrive til, [og] saa har jeg efterhaanden slaaet 2 Streger over dem naar jeg lukkede et Brev. [Nu] faar Du snart ikke mere da jeg vil ud i det gode Vejr. Jeg blev klip[pet] og barberet i Forgaars og [jeg] ser nu igen ud som et civiliceret Menneske, saa jeg synes ligefrem at jeg er bleven helt køn, i Forhold til hvad jeg var i Forvejen. Farvel for denne Gang, vil Du [hils]e dem allesammen [noget af papiret mangler]ede fra mig, men [noget af papiret mangler]mest hilses Du selv [fra] Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-02-04</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Vilhelmine  Larsen
+Georg Seligmann
+Carl Christian  Swendsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København, hvor hun tager sangtimer hos Hedevig Lützhøft og passe et lille barn (muligvis hos sin moster Wilhelmine Berg).
+Christian Andersen i Kerteminde har en tid siddet model for Johannes Larsen til billedet Christian Andersen lader patroner. Jernbanen var ved at blive anlagt i Kerteminde i 1898, og Christian Andersen var skipper, så han kunne hente byggematerialer.</t>
+  </si>
+  <si>
+    <t>Christian Andersen har fået besked på at komme til Korsør efter banemateriale til Kerteminde, så Johannes Larsen kommer til at mangle ham som model, men han kan male på omgivelserne.
+Kancellirådens drenge har smadret Johannes Larsens tulipanbede, selvom Larsens mor for nyligt bad dem om at passe på blomsterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eMEw</t>
+  </si>
+  <si>
+    <t>Kjerteminde 4 Februar 1898
+Min egen Kæreste!
+Tusind Tak for Dit lange Brev i Morges, Du kan tro jeg blev glad ved det, det var kun kedeligt at den Fru Seligmann skulde komme og forstyrre Dig naar der var mere Du vilde skrive, men jeg trøster mig med at Du nok kommer i Tanker om det til næste Gang. I Dag har jeg [noget af papiret mangler] malet om Formiddagen og skal nu om lidt derned igen. Chr. A. fik i Gaar Brev fra en Ingeniør om at komme over til Korsør for at hente brugt [noget af papiret mangler]banemateriel til Kjerteminde, det lader til at der nu skal begyndes paa Banen, men han var ikke tilfreds med Prisen og skrev saa i Gaar hvad han vilde have, men da det er Fredag i Dag, kommer han jo, selv om det gaar i Orden, ikke til at sejle før Mandag og med lidt Held kan han vist ende den[noget af papiret mangler] paa 2-3 Dage, saa jeg [noget af papiret mangler] ikke det vil volde mig [noget af papiret mangler] videre Afbræk da jeg saa kan male paa Omgivelserne imens. Billedet ser omtrent saadan ud. [Tegning i brevet] Det er i naturlig Størrelse og han sidder og lader Patroner. Da jeg kom Hjem fra ham i Middags. [noget af papiret mangler har snet hele Formiddagen traf jeg 2 af Cancelliraadens infame Drenge i Færd med køre med 2 Slæder frem og tilbage over begge mine Tulipanbede, der var aldeles nedtrampet og den ene Tulipan laa knækket ved Siden af den anden, jeg blev naturligvis gnaven og jagede dem ud. Jeg vilde saa have været oppe paa Canceliet selv, men han var desværre kørt ud. Det er ikke mere end fjorten Dage siden at Moder bad dem om at lade være med at træde i Bedene og viste dem hvor Tulipanerne stod, den Gang havde de nemlig trampet dem ned en Gang, men da var de jo ikke saa høje saa de kunde tage Skade paa Knopperne. Det var underlig at Du skriver at den Peberblomst lugter, jeg havde nemlig en Mistanke om at de lugtede, men jeg snusede forgæves til den jeg sendte til Dig og slog mig saa til Ro med at jeg huskede fejl. Moder beder mig hilse Dig, hun mistænker mig for at jeg aldrig gør det og mener jeg maa være glad ved at faa [ulæseligt ord] til at fylde op med. Nu vil jeg ned til Chr. Andersen. Farvel min Kæreste, jeg holder ogsaa meget af Dig.
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-02-14</t>
+  </si>
+  <si>
+    <t>Frederiksborg
+Nørrebro, København</t>
+  </si>
+  <si>
+    <t>Holger Begtrup
+Mogens Brandstrup
+Thomas Bredsdorff
+Johanne Christine Larsen
+Peter Magnussen
+- Nørgaard
+Karl Schou
+Marie Schou
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>"Røre i Paris": Der er tale om Dreyfuss-affæren. 
+Drengen: Alhed Larsen boede et par måneder hos Brandstrup-familien i København, tog sangtimer hos Hedevig Lützhøft og passede Brandstrups barn. Barnet var formodentlig Mogens.</t>
+  </si>
+  <si>
+    <t>Alhed m.fl. har besøgt Thomas Bredsdorff. Om aftenen spiste de hos Begtrups på Frederiksborg Højskole. Hun skal ses med samme venner på Standarts om torsdagen. 12. juni er samme gruppe inviteret på skovtur til Frederiksborg.
+Der er en fotoudstilling på Charlottenborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xM5e</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg fik nok ingen Brev fra Dig i Dag, men saa maa jeg trøste mig med, at det er et henrivende klart Solskinsvejr, om et Øjeblik skal jeg ud at køre med Monse. Bare vi havde haft saadan et Vejr i Gaar i Stedet for det væmmelige Sjask. Men vi havde for Resten en udmærket Dag alligevel. Vi sad hele Eftermiddagen paa Thomas’ Værelse og røg Cigaretter og drak portvin, Johanne kom derud med et senere Tog og der var ogsaa en Cand. Nørgaard; vi var alle gode gamle Venner, og forfærdelig glade ved en Gang igen at være sammen. – Vi bestemte, at der ikke for Fremtiden maatte gaa saa lang Tid, inden at vi ses. Foreløbig skal vi mødes paa Torsdag Aften i Standarts Kælder og paa Mandag ere vi budte til Bal derude (men jeg ved ikke, om vi tager derud) og Søndag d. 12te Juni har Thomas inviteret os og nogle flere til Skovtur, Køretur fra Frederiksborg til Nørrebro, hvor der drikkes Kaffe og til Schou, hvor der spises til aften, det er i god Tid, vi har faaet den Invitation, men han ville sikre sig os. Vi spiste til aften hos Begtrups, det er flinke Folk og jeg var meget overrasket over saa flot der er paa saadan en Skole, varm Aftensmad med Rødvin og senere paa Aftenen Desert med Portvin. De havde et bredt Vindue fuldt af de dejligste Kaktus og Hyacinther. – Fyens Tidende har haft holdt Jubilæum, Begtrup forærede os hver et Festnummer, som vi glemte derude. – Sikken et Røre der er nede i Paris nu, mon der dog ikke snart skulde komme lidt Klarhed i det. Det er vældig spændende. – Nu maa jeg slutte, jeg skal af Sted med Drengen. Der skal være en udmærket Fotografiudstilling paa Charlottenborg (Winkel &amp;amp; Magnussen) jeg skal op at se den. – Hils dem alle sammen. Hvordan har Hunden det? 1000 kærlige Hilsner til Dig selv fra Din Alhed</t>
+  </si>
+  <si>
+    <t>1898-03-07</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Adolph Larsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er forkølet, men han skal til Chr. Andersen og spille kort.
+Han har fået sendt et billede af valmuer af Fritz Syberg (Baronen).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BwTr</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Marts 1898.
+Min egen Kæreste!
+I Aften faar Du kun et meget lille Brev, for jeg skal [noget af papiret mangler] ned til Chr. Andersen og spille 66. Ikke for min Fornøjelse, jeg er nemlig bleven forkølet i Gaar, og i Morges var [noget af papiret mangler]aa og alt saa jeg troede ikke at jeg kunde male og jeg var derfor meget ked af det, men det gik da meget godt i Dag, jeg fik malet Trøjen helt igennem. Fra Baronen fik jeg Brev i Dag med Valmuerne, jeg synes de ser godt ud, jeg kan næsten bedre lide dem end [noget af papiret mangler]erne, og jeg glæder mig til at faa dem sat i Ramme og vasket og lakeret. Agraren har benyttet Lejligheden til at blive hjemme i Dag, der gik nemlig ingen Dagvogn i Morges paa Grund af den megen Sne. Ja nu faar Du som sagt ikke mere i Dag da Kl. er 7 ½ og jeg vil nok tidlig hjem i Seng. Mange kærlige Hilsner Din hengivne
+Johannes Larsen
+Jeg længes meget efter Dig.</t>
+  </si>
+  <si>
+    <t>1898-03-21</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sendt billedet Christian Andersen lader patroner til udstilling.
+Hans forældre er ikke kommet hjem fra Sverige endnu, og han har ikke hørt fra dem.
+Bogen En Nihilist har Johannes Larsen læst med stor glæde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1tbY</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Marts 1898.
+Min egen Kæreste!
+Jeg er meget ked af det, for nu i Aften er der heller ingen telegram fra Fader og [noget af papiret mangler] det lader heller ikke til jeg kan [noget af papiret mangler] kører jeg ud til Nyborg paa Ons[noget af papiret mangler] taler med Dig ved Færgen, for [noget af papiret mangler] jeg Dig da at se og jeg længes saa forfærdelig meget efter Dig. Jeg kunde nu ikke have kommet i Gaar alligevel for mit Billede vilde ikke tørre saa jeg kunde først slaa Kassen til i Dag. Jeg var saa sikker paa at de vilde komme i Nat, at jeg og Agraren var henne i Ullerslev for at hente Dem, men blev jo skuffede. Jeg blev meget ked af det da jeg havde haabet saa sikkert at jeg kunde komme ned til Dig. [noget af papiret mangler]ren trøstede mig saa med at [noget af papiret mangler]atte komme i Dag saa jeg kunde komme af Sted i Morgen. Det store Træ som var revnet faldt i Gaar, og vi akkorderede saa med et Par Mænd om at save det i Favnestykker og bringe det [noget af papiret mangler] for 2 Kr. og Kvaset. Det er [noget af papiret mangler]kedeligt at de ikke kommer [noget af papiret mangler] var der Telegram fra Skibs[noget af papiret mangler] at der er en Liebhaver til [noget af papiret mangler] om han maatte komm[noget af papiret mangler] Bare vi dog kunde faa den solgt ogsaa, at det ikke skal gaa i Stykker fordi de ikke er hjemme. Jeg er meget nervøs i Aften, jeg synes her er en frygtelig Spektakel og det gyser i mig hver Gang Klaks, der sidder og læser, skraber med Benene eller gør Spektakel med sin Næse. Jeg har ikke sovet ret meget de sidste Nætter i Lørdags Aftes kunde jeg ikke falde i Søvn, jeg tror det var fordi jeg havde været en hel Del ude i Luften og saa spist mere end jeg plejede til Aften da jeg havde ligget saa længe [noget af papiret mangler] var gaaet op for mig at [noget af papiret mangler] var søvnig tændte jeg [noget af papiret mangler] og gav mig til at læse i ”En Nihilist” som [noget af papiret mangler] begyndt paa og den [noget af papiret mangler] jeg saa ud og faldt først i Søvn Kl. 3. Den har Du jo ogsaa læst i disse Dage. Jeg synes det er en dejlig Bog, det er dejligt at læse at der er saa gode Mennesker til og Mennesker som gør noget i Stedet for at vrøvle om det, og det at det er en Helt der har skrevet det, en som har været med i det alt sammen det er længe siden jeg [noget af papiret mangler]st noget der har gjort saa stærkt Indtryk paa mig som den Bog, den bliver ved at paatrænge sig mig skønt jeg har læst 2 andre siden nemlig Herman Bangs Haabløse Slægter og Verner [noget af papiret mangler]dintons ”Endymion” [noget af papiret mangler] det jeg vilde fortælle Dig [noget af papiret mangler] at jeg den Nat først kom[noget af papiret mangler] jeg mener faldt i Søvn [noget af papiret mangler] var oppe Kl. 7 og i Gaar Nat kom vi jo i Seng ved omtrent samme Tid og i Morges var jeg ogsaa oppe Kl. 7 og saa fik jeg saameget Kulde paa den Tur til Ullerslev, at jeg har gaaet og smaafrosset hele Dagen, det blæste nemlig saa ækelt stærkt og var koldt og det har det [noget af papiret mangler] gjort i Dag saa naar [noget af papiret mangler] var fordi jeg ikke kom[noget af papiret mangler] Dig i Morgen tidlig kunde jeg næsten betragte det som en Fordel at jeg ikke skal køre der hen i Aften igen. Jeg skal nu [noget af papiret mangler] skrive til Fader og Moder [noget af papiret mangler] for at de kan faa [noget af papiret mangler] Morgen, for saa maa [noget af papiret mangler] vel komme, jeg gad [noget af papiret mangler] hvad de venter efter. Nu har jeg skrevet til Fader og Moder og nu tror jeg at jeg vil slutte dette ogsaa og gaa over med Brevene og saa i min Seng. Kl. er 10 ½ og jeg er søvnig. Jeg længes efter Dig og jeg vil ønske at det var i Morgen kunde komme for saa kunde jeg jo dog [noget af papiret mangler] lidt sammen med [noget af papiret mangler] følge Dig til Odense [noget af papiret mangler]eg maa nok nøjes med at køre til Nyborg i Overmorgen, men saa maa Du lade mig vide hvis Du rejser en anden Tid eller en anden [noget af papiret mangler] jeg vilde saa nødig [noget af papiret mangler] forgæves. Jeg elsker Dig og længes efter Dig [noget af papiret mangler] har Du jo heller ikke [noget af papiret mangler] kunnet skrive til [noget af papiret mangler] i disse Dage fordi Du har troet at jeg kom. Mange Tusind kærlige Hilsner min egen Kæreste fra Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1898-04-02</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Vilhelm Larsen
+Otto Emil  Paludan
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Fra andre breve vides det, at den tidligere forpagter til Gelskov, Hempel Syberg, flyttede ca. 15. marts.</t>
+  </si>
+  <si>
+    <t>Alhed har fortalt Jørgen Paludan (Palam), at Johannes Larsen er svag og nervøs, bl.a. fordi han hylede op, da hun strøg ham over kinden. 
+Alheds far har det meget bedre. Hun har mødt den nye forpagter til Gelskov. Han skal bo hos Alheds familie i tre dage, mens han får noget ordnet på Gelskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QgX2</t>
+  </si>
+  <si>
+    <t>Kære Las!
+1000 Tak for sidst! Du er den aller allerbedste! men jeg faar vist ikke Brev fra Dig i Dag fordi Klax og Agraren drillede Dig. Eller mulig var Du for sløj til at skrive. Jeg beklagede mig i Aftes for Palam og [ordet overstreget] over at Du er saadan en svagelig én, der ingenting kan taale, jeg gav ham nogle Beviser paa, hvor Nervøs Du er for Øjeblikket og det gjorde et dybt Indtryk paa ham, navnlig at Du fløj op og hylede, da jeg i Forgaars Aftes sad og rørte ved Din Kind! Kan Du huske det? Palam siger, at det er fordi Du ikke rører Dig nok, og han har i Sinde at holde en forfærdelig Tale for Dig, naar han ser Dig! - - Han var saa oprørt og indigneret, at jeg selv blev ganske forskrækket og [ordet overstreget] han fortalte om en Fætter, han har, der i [bogstavet overstreget] er meget [ordet overstreget] ung endnu, men fuldstændig ødelagt af Podagra. – Naa, nu vil jeg forlade dette pinlige Emne, i Dag haaber jeg, Du er kvik og udsovet, og kan male godt, men det er jo Solskin, saa kan Du jo ikke. – Men for hvem der ikke skal male er det et aldeles bedaarende Vejr. – Far fandt jeg meget bedre, Lørdag og Søndag var det gaaet betydelig frem. Vi var ellers begyndt at blive noget ængstelige og han selv ikke mindre [ordet overstreget] mindst, han var bange for Tæring næste Mor. – Vi har fremmede. I Faaborgtoget kørte jeg i Gaar sammen med en Herre og to Damer, som spurgte, om jeg ikke var en Frk. Warberg. Det var den ny Forpagter paa Gelskov og hans Søster og Svigerinde, de skulde til Erikshaab sagde de; de skal være her i 3 Dage for at ordne omme paa Gelskov. Forpagteren skal giftes paa fredag. Jeg synes godt om dem. Han bliver vist nem at komme ud af det med, jeg har allerede sikret mig, at vi maa gaa paa J [bogstavet overstreget] Markerne. – Jeg har [resten af teksten skrevet over ”Kære Las!”] jo lidt travlt, da vi har disse fremmede saa jeg har ikke Tid til at skrive mere. – Hils Klax. 1000 kærlige Hilsner til Dig selv, jeg holder forfærdelig meget af Dig. Din Alhed Tirsdag d.</t>
+  </si>
+  <si>
+    <t>1898-04-29</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Strandhaverne: øst for Hindsholmvej i Kerteminde var/er der en række strandhaver, som hører til husene, der ligger vest for Hindsholmvej. Johannes og Alhed Larsen fik selv en strandhave i tilknytning til deres villa på Møllebakken (opført 1901-1902).
+Den omtalte Thorvald må være Thorvald Balslev, som Alhed Larsens søster, Johanne, var forlovet med 1894-1898.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet på guldregnen. Han giver gode råd til, hvordan man blander en farve til jord set i solskin.
+Odense-Kerteminde-jernbanen er ved at blive anlagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HVGe</t>
+  </si>
+  <si>
+    <t>Kjerteminde 29 April 1898
+Min egen Kæreste!
+Det er dog en væmmelig Kulde i Dag i Aften har jeg v[æret i] Marken med Vinterfrakke [noget af papiret mangler] Hue paa og saa frøs [noget af papiret mangler] Haandleddene. Jeg har siddet og malet paa Guldregntræet hele Dagen, efter Aquarellen. Klaks rejste til Eftermiddag jeg skal hilse Dig fra ham. Jeg kan godt fortælle Dig hvad jeg tror Du kan male Jord med, men Forholdet maa Du prøve Dig til, Hvidt, Blaat Gult og Kraplak og maaske lidt Okker eller T. di Siena, kort sagt de samme Farver som man maler alt andet med, det er bare Forholdet er lidt forskelligt, det er ingen Vittighed, det er ikke muligt at forklare det nærmere. I Dag har [Du vel] ikke faaet malet [I har] vel haft lige saa [noget af papiret mangler]ligt Vejr som vi, men saa har Du da den Trøst at den Slags Vejr tager ikke paa Hyacintherne. De har begyndt at køre med Jernbane hernede bag ved i Dag, der kører en Arbejdsmaskine med 12 Tipvogne frem og tilbage og henter Jord oppe i vores Banke og læsser det af nede i Strandhaverne. Det er kedeligt at Johanne stadig er saa ked af det, jeg kan jo ikke raade Dig da jeg ikke ved hvad hun siger til Dig om det, men hvis jeg var i Dit Sted og jeg kunde mærke at hun havde noget som [helst] tilovers for Thorva[ld] [noget af papiret mangler] jeg ikke jeg vilde [noget af papiret mangler] for at raade hende. Jeg er spændt paa om Christine kommer og om det i saa Fald bliver godt Vejr paa Søndag. Jeg skal hilse fra Fader og Moder. Mange Hilsner fra Din Kæreste
+Johannes Larsen
+I Morges var jeg oppe Kl. 5.</t>
+  </si>
+  <si>
+    <t>1898-05-02</t>
+  </si>
+  <si>
+    <t>Feden, Kerteminde
+Kerteminde Havn</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen
+Vilhelm Larsen
+Karen Olsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler en akvarel af Kerteminde Havn. Dagen efter vil han lægge billedet af kronprinsen an (på en skive til en Fugleskydningsmand; et bestillingsarbejde).
+Klaks (lillebror) er nu soldat på Amager.
+Johanne (Alheds søster) er blevet i bedre humør.
+Johannes Larsen tager hunden med til Erikshaab lørdag, så den kan blive fotograferet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/R68i</t>
+  </si>
+  <si>
+    <t>Kjerteminde 2 Maj 1898.
+[Min eg]en Kæreste!
+Tak for [noget af papiret mangler] og udmærkede Breve, som [jeg] lige har faaet [noget af papiret mangler] var ovre efter Posten og i [noget af papiret mangler] Aftes hentede [noget af papiret mangler] ogsaa. Det var et fint Stykke Papir Du skrev paa [noget af papiret mangler] dette er ogsaa fint det er det halve af et engelsk Brev. Du fik altsaa ingen Brev i Dag, fordi i hentede Post i Gaar, jeg kunde altsaa godt have skrevet i Gaar, men jeg syntes dog ikke at Du skulde have 2 paa en Gang. I Dag har jeg arbejdet paa den Tegning af Kjerteminde Havn til Karen Olsen, det er for Resten en Aquarel, jeg syntes det var morsommere og saa har jeg siddet ude paa Feden og malet paa den i Eftermiddag, det var dejligt Vejr. Jeg tænker jeg bliver færdig med den i Morgen, saa skal jeg have lagt Kronprinsen an, jeg maler ham først med bart Hoved saa kan jeg jo altid bag efter give ham en Kasket eller trekantet Hat paa. Mine Kejserkroner ser saa nydelige ud saa jeg har stor Lyst til at male dem og jeg tror ogsaa jeg gør det, jeg var nede for at se paa dem i Dag. Nu det er saa godt Vejr faar Du vel alligevel malet [paa] Dine Hyacinther. I Morgen tidlig tænker jeg at jeg kan male paa det oppe fra Vinduet, i alle disse Dage det har været Graavejr har jeg ligget i Sengen til Kl. 7 men jeg kan [noget af papiret mangler] komme op for jeg sov[er ud]mærket om N[atte]n og gaar i Seng mellem [noget af papiret mangler]. Min Byld [noget af papiret mangler]er snart ikke meget g[noget af papiret mangler]aa jeg tænker [de]n gaar væk til paa Lør[noget af papiret mangler]en Viol Du ha[vd]e lagt i Brevet lugted[e vold]somt stærkt. Der var Brev fra Klaks i Aften, han er nu kom i Trøjen og ligger i Barakkerne ude paa Amager, han bliver sat til at børste Sergenternes Støvler. Det var da godt at Johanne er bleven i saa godt Humør, bare det nu maa vare ved. Du kan tro jeg glæder mig til paa Lørdag, jeg længes forfærdelig meget efter at se Dig igen min egen Kæreste. Kan Du hilse og sige Tak fordi jeg maa tage Tjalfe med derned jeg skriver saa i Morgen til Christine, at jeg tager ham med paa Lørdag. Nu Godnat og mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-10-29</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Maren -
+Adolph Larsen
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Christian Møller, maler
+Theodor Philipsen
+William van Wylich</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på bryllupsrejse i Italien</t>
+  </si>
+  <si>
+    <t>Johannes og Alhed er taget til Italien. Godt at han kommer ud og får nye indtryk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HxDy</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 29/10 98
+Kjæreste lille Dinemor!
+Nu endelig seer jeg mig saa fritaget for gaaende Gjerning, at jeg kan sidde ned et Øjeblik og kradse lidt op til dig.
+Det var da morsomt for dig at du kunde være saa meget sammen med Johannes og B.
+De var ogsaa utrættelige i at lægge Planer for hvordan I skulde gaa sammen de vilde saa gjerne have dig med ud til Phillipsen, blev det til noget? Nu sidder jeg og lirker for Faer at han skal gaa til Borgmesteren om at faa et Pas til dem at jeg kan faa afsted med det samme. Vi fik Brev fra Marie i dag hun mener at komme Søndag eller Mandag saa kan du tænke os samlede – men jeg kommer vist til at give Maren sin Ferie straks – for naar Marie skal med Fader til Sverrig i November saa bliver det vel bedst at Maren er først, men vi faar at se hvor meget der er ved Maries Tøj at gjøre før vi bestemmer noget, nu kom Faer fra Kontoret vi kan først faa Post i morgen; men saa sender vi det med 4 Posten.
+Hav mig dog undskyldt lille Dine at Mønstrene ikke kom med Alhed, jeg kom først i Tanke derom bagefter og saa ventede jeg paa at sende Penge med det samme men endnu har vi ikke faaet nogen ind; Du må ikke bede om forladelse fordi du [ ulæseligt ord ] om Penge for vi veed jo saa godt at de skal frem; men vær altid forvisset om Barn at vi sender dem saa hurtig som muligt og du og Vilhelm skal blive de første der faar, med det samme jeg taler om Vilhelm, vil du saa sige til ham at han fik 2 Uldtrøjer med sig da han rejste en glat der er Johannes, og en ret og vrang der var hans egen, senere har han faaet 2 helt ny som han klagede over at Ærmerne var for lange det giver 4 Trøjer og den glatte maa han sende mig hjem, at jeg kan have til Johannes, naar han kommer tilbage
+Jeg troede jo, at han ned til Italien vilde rejse med Sommerundertøj; men jeg fik jo travlt med at skaffe baade Trøjer og Benklæder - - 
+Hvor det dog er en Glæde at han kom afsted ud at se lidt godt af andre Malere og nye Indtryk Gud give de maa blive raske paa Rejsen og kan komme glade tilbage –
+Den sorte Hest blev fotograferet igaar af Møller, da [Anenens] saa det saa skulde hans Hund jo ogsaa fotograferes Marie havde saadan ønsket at Johannes vilde have tegnet Sortens Hoved men da det ikke var tænkt over det saa vil Faer glæde hende med et Fotografi den skal skydes inden hun kommer hjem saa er det overstaaet
+Sig mig [D ] Adresse for jeg vil nok skrive hende til i sit ny Hjem har I hørt noget, saa fortæl mig det, var Anna [Sude] i Byen eller hun rejste over Kallundborg Slagelse
+Her sidder vi nu alle 3 lille Ugle Faer sover Agraren læser og jeg maler Vi er færdige med al Rengjøringen og jeg mangler kun at ordne Kludeposerne, Maren Kjøkkenet – Hils Alle og Gud ske Lov det gaar dig godt fortæl mig endelig en hel Del alt muligt interesserer mig 1000 kjærlige Tanker fra din Moder</t>
+  </si>
+  <si>
+    <t>1899-01-12</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Christian Eckardt
+Margrethe  Eckardt
+Peter Hansen
+Johanne Christine Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Marie Oppermann
+Theodor Oppermann
+Thorolf Paludan-Müller Pedersen
+Ellen  Sawyer
+Harris Sawyer</t>
+  </si>
+  <si>
+    <t>Joakim Skovgaard skal lave kalkmalerier til Viborg Domkirke, og Johannes Larsen skal fungere som assistent på projektet.
+Peter Hansen og Thorolf Pedersen var begge teatermalere i perioden.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er rejst til København. Han bor hos Oppermann. Har besøgt Lützhøft og mødtes med Skovgaard om arbejdet på kalkmalerierne til Viborg Domkirke. Det er svært at få en klar aftale om arbejdet med kalkmalerierne og prøverne til dem. Johannes Larsen vil derfor spørge på malersalen på det Kongelige Teater, om der er job at få dér.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/k5Hc</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn Torsdag 12/1 1899.
+Min egen søde Ven!
+Jeg sidder her hos Eckardts og skriver efter at have været ude hos Skovgaard. Jeg tog mig et Par Stykker Mad og en Bajer og en Snaps paa Færgen og da jeg kom hertil stod Johanne og Lukke for at høre mere om Castmann, jeg havde jo det Hværv at trøste dem, men det lod ikke til at det [jeg k]unde fortælle havde nogen [noget af papiret mangler]legende Indflydelse paa [noget af papiret mangler]mlig var de ikke videre [noget af papiret mangler]at høre at Elle [noget af papiret mangler]er Kjøbenhavn. Vi fulg[tes a]d over til Tivoli for at jeg [kunde ko]mme med en Sporvogn, men da vi havde set to passere, begge optagne, det var Regnvejr, maatte jeg bide i det sure Æble og tage en Droshe til 1 ½ Kr. foruden Drikkepenge. Ude ved Oppermann fik jeg The og Smørregbrød og bagefter sad vi længe og snakkede ved en Whiskytoddy og Cigar. Til Morgen begav jeg mig først hen til Marker med mine Sko og købte et Par Galosker, 4 Kr 50 Øre, derfra til Lützhøffts hvor jeg drak Kaffe, Mutter blev glad ved Shalet, de har det fattigt for Tiden, smaat med Fortjeneste. Defra fulgtes jeg med dem ud ad Øst[noget af papiret mangler] og gik hen til Skovg[aard]. Resultatet er nærm[noget af papiret mangler] ved ingen Ting endn[noget af papiret mangler] troede at vi kunde b[noget af papiret mangler] først Marts og at [noget af papiret mangler] blev en Maaned [noget af papiret mangler] eller mindre her og drager i Viborg mente han vi kunde færdige med midt i April, det er nemlig her nogle foreløbige Prøver vi skal lave deroppe, for at se hvor lang Tid det vil tage og hvad for et Materiale der egner sig bedst til det. Det egentlige Arbejde, denne Pen er ækel, deroppe vil først begynde ca 5/4 Aar efter at vi ere færdige med Prøverne. Paa Vejen ud til Skovgaard fik jeg den Ide at gaa til Peter og Thorolf Petersen for at høre om der ikke kunde blive noget Arbejde til mig paa [Tea]tret og uden at jeg nævnede [noget af papiret mangler] det foreslog Skovgaard [det] samme da han hørte [jeg ger]ne vilde tjene nogle [Penge s]aa jeg tror jeg gaar [noget af papiret mangler] naar jeg gaar herfra, [saa kan]jeg i Morgen fortælle [Di]g hvordan det gaar mig. Jeg skal hilse Dig fra Eckardt og fra Margrethe de kom hjem nu. Kan du huske min Adr? Bjerregaards Sidevej – 5 Valby.
+Kjøbenhavn V.
+Mange kærlige Hilsner til min egen lille Søde fra Din hengivne
+Johannes Larsen
+Hils alle derovre</t>
+  </si>
+  <si>
+    <t>1899-01-25</t>
+  </si>
+  <si>
+    <t>Ida   Hammershøi
+Vilhelm  Hammershøi
+Peter Hansen
+Nicolaus Lützhøft
+Ansgarius Olsen
+R Ottesen
+Karl Schou
+Marie Schou
+Joakim  Skovgaard</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København og arbejder for Joakim Skovgaard på forarbejder på kalkmalerier til Viborg Domkirke.
+Peter Hansen og familie rejser til Italien i længere tid. 
+"Den lille søde": Larsen refererer formodentlig til barnet, som han og Alhed venter.</t>
+  </si>
+  <si>
+    <t>Marie og Karl Schou havde inviteret Johannes Larsen til frokost, men han glemte det. 
+Han undskylder, at hans sidste brev til Alhed ikke var sødt. 
+Peter Hansen og familie rejser senest 8. februar.
+Larsens sokker er slidt op, så han må købe nye. 
+Larsen finder det sjovt at arbejde for Skovgaard. Han har haft en mandlig model, som ikke var ret god, og i morgen får han en kvindelig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vQeD</t>
+  </si>
+  <si>
+    <t>[noget af papiret mangler]n 25-1-1899.
+Min egen kæreste Alhed!
+Jeg sidder alene her hos Lützhøfft, efter at jeg er kommen fra Arbejde. I Aftes fik jeg ikke skreven, fordi jeg fulgtes med Skovgaard ud til St. Hans Torv og saa kom jeg i Tanker om at jeg skulde ud til Peters for at høre om Køkkentøjet. Derude traf jeg Skovs, men Peter var paa Theatret og kom ikke hjem mens vi var der. Det er snart skrækkelig med min Hukommelse, Skovs fortalte at de havde [inv]iteret mig til Frokost i Søn[dags og ve]ntet paa til langt [ud paa] Eftermiddagen, og [jeg havde] ikke alene aldeles svedt det ud, men j[noget af papiret mangler] ikke huske noget om [noget af papiret mangler] Vi behøver ikke Kuffer[noget af papiret mangler] gik op paa Dannebrogstorv for at træffe Lützhøfft og blev vist over i ”grand Café” hvor han sad tillige med Mutter Slav og en vordende skuespiller Ottesen, Broder til Maleren. Vi kom saa sent hjem at jeg ikke kunde naa at skrive, jeg er nemlig oppe Kl. 7 hver Morgen og gaar ud og drikker Kaffe, og de 2 sidste Nætter er jeg ikke kommen til Ro før mellem 1 og 2. Du blev da ikke ked af det uartige Brev jeg skrev til Dig i Forgaars? Da jeg kom hjem tog jeg Dit Brev frem og læste det i Senge[n og jeg syntes] ikke det var [noget af papiret mangler] snavset som jeg h[noget af papiret mangler]t og bildt mig ind, [jeg for]trød at jeg havde skre[vet] [noget af papiret mangler]le Brev til Dig. Jeg holder jo saa forfærdelig meget af Dig og længes efter Dig. Fru P. sagde at Rejsen nu var bestemt til senest 8 Februar. Jeg glæder mig meget til at se Dig min egen Kæreste. Alle de Dage jeg maatte gaa med Galosker tog svært paa mine Strømper, fordi Skoene glipper naar jeg har dem paa og jeg gik jo meget, saa nu er der Hul paa alle tre Par, jeg kommer vist til at købe mig et Par ny Strømper. Jeg havde haabet saa smaat paa at faa Brev fra Dig i Dag, men nu kom[mer der] vel et til mig i Morgen. [noget af papiret mangler]r mig stadig at arbej[de for S]kovgaard. De tre sidste Dage har jeg ik[noget af papiret mangler] andet end tegne [noget af papiret mangler]dur til de sex B[noget af papiret mangler] har kvadreret op, jeg har en mandlig Model, Ansgarius Olsen, en temmelig sløj Fyr til at staa, i Morgen skal jeg have en kvindelig til Herodias Datter, nu skal vi se om hun bliver flink. Ja nu har jeg ikke mere at fortælle Dig. Hvordan gaar det med den lille søde, og med Dine Tænder? Mange kærlige Hilsner fra
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-02-07</t>
+  </si>
+  <si>
+    <t>Hotel Phønix</t>
+  </si>
+  <si>
+    <t>Ludwig Beethoven
+Berta Brandstrup
+Frederik Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Louise Brønsted
+Maren -, Erikshaab
+Joseph Haydn
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+- Holstein, Frk.
+- Jensen, Frøken, Erikshaab
+Marie Krøyer
+Peder Severin Krøyer
+Grethe -, København
+Alhed Larsen
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Marie Schou
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Johanne Larsen skrev 8. jan 1900, at hun sagde op på Hotel Phønix, hvor det var slemt at være ansat.
+Ellen Sawyer flyttede i 1899 til Boston. Det er uklart, hvad det omtalte telegram indeholdt, og det findes ikke sammen med Johannes brev. 
+Muntermand og Bobby må være hunde.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2039</t>
+  </si>
+  <si>
+    <t>Johanne har fået telegram fra Ellen, og hun sender det til forældrene. Hun kan ikke forstå, at det er sendt fra Boston og ikke New York.
+Johanne har været til middag og kortspil hos Hirschsprung samme med Marie og P.S. Krøyer. Hun var ikke begejstret for dem. Fru Hirschsprung og Johanne spiller firehændigt to gange om ugen. 
+Julie Brandt, Grethe, Johanne m.fl. har haft et "sold", og de blev ret fulde. 
+Johanne får for meget konfekt og slik, så hun lægger sig ud. 
+Ludvig Brandstrup har brækket benet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5f0I</t>
+  </si>
+  <si>
+    <t>Hotel Phønix Tirsdag 7de Feb.
+Tak for de tilsendte Penge.
+Kære Mor! Alle de sidste Dage har jeg med Vilie ikke villet skrive hjem til Jer, for at I ikke skulde skuffes naar I aabnede det og den intet Telegram indeholdt. I Aftes Kl. 8 1/2 modtog jeg medfølgende Telegram fra Elle og saa var altsaa Aftentoget gået og I vilde ikke kunne have det før i Morgen Onsdag - Jeg vilde dog ikke have vovet at telegrafere det til Jer, da du udtrykke[ligt] bad om at faa det pr. Brev, men Hirschsprungs, hvem jeg straks ilede ind til at at glæde dem ["dem" overstreget] med Resultatet sagde, at naar jeg telegraferede det samme Aften, vilde Posten faa det med, saa I slap for at have Forskrækkelse af at se Telegrafbuddet. Jeg selv syntes ogsaa det var det ene rigtige. At Teleg. er afsendt fra Boston undrer os lidt; skulde det ikke været afsendt allerede fra New York - - og at Easman er i Boston, ved vi da nok. I Følge min Telegr. ["Telegr." indsat over linjen] Forklaring er det Ord jo ukorrekt. Spørgsmaalet er saa om der menes Appentane el. Appenton. 
+Det er kedeligt, for [et overstreget bogstav] jeg kan slet ikke huske, hvad jeg sidst skrev om. Mine to Gabrilowitschkoncerter har jeg da vist omtalt, de var saa aldeles vidunderlige. Men om jeg havde været til Middag hos Hirschsp. sammen med Hr. &amp;amp; Fru Krøyer, da jeg skrev, kan jeg ikke huske. Jeg havde min lyse Empire paa, havde det rigtig hyggeligt, spillede L'hombre sammen med Hr &amp;amp; Fru Hirsch. samt Krøyer jeg vandt 30 Ør, hvilket jeg var knusende stolt over. Forøvrigt syntes jeg kun middelmaadigt godt om dem. Nu spiller jeg 4hændigt med fru H. 2 Gange om Ugen Mandag og Torsdag fra Kl 1 - 2 1/2 efter en Del Smaating har vi nu begyndt paa Haydns Symfonier og skal dernæst til Beethoven ditto; det har jeg vældig Fornøjelse af.
+Forleden Aften var jeg til et aldeles glimrende hemmeligt Sold hos Grethe og Lugge; hemmel. fordi de ikke vilde have Tante Mis derop. Selskabet bestod af Frk. Holstein, Pan, Grethe Lugge og mig; Traktementet Æggesnaps, Appelsiner, Cacaoliquer og Vin; man var anmodet om at møde i Galla, saa vi straalede i lyse Toiletter. Og vi morede os, sådan rigtig knald - sagde Vittigheder og grinede sådan rigtig af Hjærtens Lyst Grethe og jeg var lige paa Ædruelighedens Grænse, - men jeg gik da stolt alene hjem Kl. 2. Jeg havde rasende Tømmermænd Dagen efter. 
+Nu er jeg desværre begyndt at blive fed, skønt jeg traver nogle almægtige Ture - f. Ex. til Hellerup - og kun spiser 1 Stykke Mad til Frokost, men det er alt det Masser af Slik, der falder af Konfekt og Is og Flødeboller i en Uendelighed; desværre ikke sådan, at jeg kan samle i Bunke, ellers skulde jeg sende Eder noget af den fine Konfekt. Det er nu kedeligt at have Anlæg til Korpulence, vil du hilse Far og sige det, for det har jeg nu. Jeg mødte i Dag Marie Hansen-Schou; hun har det minsandten ikke; hun var saa tynd så tynd bad mig hilse Be. hun begynder at tro at det er et ulykkeligt Ægteskab, siden hun ikke kommer. 
+Jeg tænker nærmest paa, hvor slemt det maa tære paa Fars Frimærker. At Lut virkelig har brækket et lille Ben i Benet helt nede ved Ankelen - det er vel Lægbenet - har I vel opnaaet at faa at vide. Jeg mødte Berta forleden; Lut var nok lidt utålmodig, men det gik da an.
+Onkel Frederiks Adresse har jeg forlængs sendt til Elle.
+5480 Rikgwood St. Chicago Ill. U.S.A 
+Husk at fortælle mig ["mig" indsat over linjen] om Gamle Marens Endeligt &amp;amp; Begravelse.
+Tak for Laan for Brevene!
+Hils Far, Pallam, Be og Pigerne saa meget fra mig og vil du saa ikke nok give Muntermand og Bobby de kærligste Kys fra mig.
+Hører jeg snart igen.
+Din Junge
+Jeg har måttet købe mig et Par nye Støvler Føj! Føj</t>
+  </si>
+  <si>
+    <t>1899-04-06</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+- Bendix, Hr.
+Julie Brandt
+Thora  Branner
+Vilhelm  Hammershøi
+- Kroman
+Peder Severin Krøyer
+Andreas Larsen
+Johannes Larsen
+Gandenz Neiiendam
+Ellen  Sawyer
+Harris Sawyer
+Agnes Slott-Møller
+Albrecht  Warberg
+Laura Warberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Hotel Phønix ligger i Bredgade 37, 1260 København. 
+Alhed Larsens far A.C. Warberg var godsforvalter, og familien boede på Erikshaab, som var godsforvalterbolig under grevskabet Muckadell. Under grevskabet hørte herregårdene Arreskov, der var hovedsædet, Gelskov, Brobygård og Ølstedgaard. 
+Gandenz og Carla var formodentlig børn af hotel Phoenixs ejer Carl Neiiendam og hans kone, Vilhelmine. . 
+Det er uvist, hvad Vardeprojektet er.
+Café Bernina var en københavnsk café, der var kendt som hjemsted for byens bohemer og litterater i de to sidste årtier af det 19. århundrede. Caféen lå i den stadig eksisterende ejendom Vimmelskaftet 47/Badstuestræde 2 kendt som Tuteins Gård. 
+Den frie er en kunstnersammenslutning, der blev stiftet i 1891 af danske billedkunstnere i protest mod det etablerede Charlottenborg. Adressen er Oslo Plads 1, 2100 Khb. Ø.</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver langt fødseldagsbrev til den gravide Alhed Larsen. JCL arbejder på hotel Phønix i København og beretter om forskellige mennesker, hun møder i bl.a. kunstverdenen samt hendes tidligere forlovede Thomas Balslev. Hun går også på den fries udstilling og anbefaler sin mor at komme på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KPcv</t>
+  </si>
+  <si>
+    <t>Hotel Phønix 6-4-99.
+Kære Be!
+Jeg ved ikke hvor forsigtig du endnu er naaet at blive over Ungens Helbred; for i Fald du er meget ængstelig, saa lad hellere en anden læse dette Brev for dig og vær ikke ked ved det; vi har nemlig Mæslinger her i Huset, og det var dog en lovlig ung Alder for den lille at faa dem paa.
+Efter her at have anbefalet dig Forsigtighed, vil jeg skride til Lykønskninger "i Dagens Anledning." Maa jeg herved paa det varmeste ønske dig et godt Aar, særlig naturligvisl Lykke til dit store Forehavende, at det da kan blive en nogenlunde præsentabel Unge.
+Jeg gaar ud fra at du er paa Erikshaab, hvor du vel nu forbliver indtil videre; det er storartet for Far og Mor at have dig igen, du er ordentlig deres Trøst i den ellers saa barnløse Tid! hør Be, er det da ikke dejligt at vi faar saadanne udmærkede Breve fra Elle. Jeg læste et forleden, som Far havde faaet, det var ikke særlig tykt med Oplevelser og Beskrivelser, for hun skrev næsten udelukkende om Eastmans - men det er spilleme da ogsaa nok, for man ser deraf, hvor glad hun er ved ham; hun ligefrem strømmer over, synes jeg over Lovtalen om ham - og saa skidt med Begivenhederne! Der maa vi rigtignok sige, at vi har været heldige, naar vi tænker paa, hvor voveligt hele det saa ud fra Begyndelsen. 
+Her har vi ellers haft en stilfærdig Paaske, stakkels Anna har ligget af Mæslinger og ligger endnu. Dr. Djørup siger, at de af os, der endnu ikke har haft det, kan være aldeles sikre paa at faa det. Jeg har jo ikke haft Mæslinger, vel? Jeg kan da ikke huske, vi nogensinde har haft dem paa Erikshaab. Jeg er meget gal i Hovedet derom, sikke et Tidsspilde! og hvis Carla og Gandenz faar det - uf, der er altid et farligt Halløj naar saadanne Unger ligger i Sengen. 
+I Tirsdags Middags fik jeg et lille Kioskbrev fra Thorvald, der var her i Byen. han havde først lige faaet at vide, at jeg var herinde i Paasken, men da han gjerne vilde se lidt til mig, bad han mig om at komme op paa Bernina Kl. 3 - Jeg var en lille Smule betænkelig ved det, men da det jo var ham selv, der tog Initiativet, gik jeg derop og vi havde det saa umaadelig fornøjeligt og hyggeligt en Times Tid, og nød en Kop tør Kaffe med Creme og Cigaretter; han saa efter min Mening ikke Spor mere gammel ud end han gjorde for et Aar siden, var frisk og livlig som altid, og vi snakkede udmærket sammen naar bare jeg maa slippe for at være forlovet med Thorvald, synes jeg udmærket godt om ham; og dersom vi nu begge har mistet en daarlig Kæreste og vundet en god Ven, hvad kan man saa egentlig forlange mere. - Sandsynligvis opgives Vardeprojektet, det lader til at være en underlig sløsevorn og uefterrettelig Mand, der ikke en Gang kan svare paa et Forretningsbrev, men rolig Gang paa Gang lader Th's Breve ubesvarede. Kroman, hvem Th. var oppe hos, mente slet ikke, der var Brug for et Seminarium, hvilket jo ikke gør Sagen mere indbydende..
+Jeg har været en lille Visit ude hos Tutte; det var morsomt at se hende en Gang igen hun har lagt sig en aldeles dejlig Unge til, en lille Pige sød og med klare blaa Øjne og hvidt Haar. Hun laa i Vuggen og fik Vælling af en Flaske; og denne Flaske holdt hun selv i sine bitte Hænder; og da den blev tom løftede hun den selv i Vejret for at faa det sidste med; det kalder jeg stort af en Unge paa 9 Maaneder. Tutte var tilsyneladende meget glad ved at se mig og sagde, at jeg med det første skulde inviteres derud til en L'hombre. 
+Klokken er saa mange, at jeg ikke kan naa at faa det af Sted i Dag; Elisa (vores Pige) er væk og saa kan jeg ikke gaa paa Posthuset, naar Anna ligger i Sengen. Derfor vil jeg foreløbig holde op og fortsætte i Morgen.
+Fredag Sikken en Smertensdag for mig i Dag, da jeg kom hjem fra min Morgentur opdagede jeg, at den lille Sølvpind i min Kæde var borte; jeg havde set, at den var meget slidt, men nu har den saa ikke villet holde længere i Sammenføjningen, jeg gik øjeblikkelig ud paa Molen igen og ledte ihærdigt, men uden Resultat. Sørgeligt! -----
+Forleden Aften var jeg med Pan hjemme hos hendes Forældre; det skulde kun have været en lille Visit, men jeg morede mig saa godt, at jeg erklærede til Pan, at jeg vilde blive. Af Interessandheder var der den blinde Bendix, en Broder til Victoria. Tænk, han vilde for ca 3 Aar siden tage Livet af sig, men naaede kun at ødelægge Synsnerven ved Skuddet, kom paa Hospitalet, kom sig, men var og blev blind, og nu lever han videre - ret fornøjet ved Tilværelsen er det da ikke ret mærkværdigt. Han er saadan, at man næsten ikke kan mærke paa ham, at han intet kan se; han færdes i Stuerne med største Lethed, ved præcis hvor alle i Stuen er, hvem der gaar og hvem der kommer, og dem han taler med ser han lige ind i Øjnene - hvor kan Mennesket dog! Han vil paa Landet nogen Tid i Sommer, men kan ikke finde noget Sted han spurgte mig ivrigt, om jeg ikke kunde tænke mig et Sted, han vilde gerne et Sted, hvor der var intelligente Mennesker, for ellers kunde han ikke holde det ud og saa skulde der være Skygge - om Egnen ellers var grim som Arvesynden gjorde intet; han er selv et meget intelligent Menneske, gennemdannet og vist kundskabsrig. Kunde I tænke Jer noget Sted? Jeg har sagt Pan, at hun skulde faa de nærmere Betingelser at vide, f.Ex. Betaling o.s.v. Jeg fik en saa knusende Interesse for Manden. [ulæselig] lille Dreng der bor der hos dem holder meget af ham og aner ikke, at han er blind, saa lidt mærkeligt altsaa, er det dog ikke besynderligt? 
+Jeg har været paa den frie, den er brillant i Aar! Jeg synes, at Las' to store Billeder er dejlige. Det er kedeligt, at I ikke kan faa dem at se, der er saa mange storartede Billeder. Fru Slot Møller har et helt vidunderligt Folkevisebillede. - naa ja, det kan jo slet ikke nytte at begynde paa at nærme sig af dem. Begge Hammershøi's var udmærkede, selv Krøyer var morsom og god i Aar. Paa Charlottenb. har jeg endnu ikke været, efter hvad Viggo siger er den ogsaa nok værd at se, men selv om en Del deraf er godt, er der dog meget Skidt iblandt. Sig til Mor, at hun skulde tage sig en lille Tur herind for at se Udstill. og saa høre Skærsommernatsdrømmen som de jo giver for Tiden paa det kongelige. Hun er jo altid velkommen hos Tante Dis, og nu da de har levet saa stilfærdigt i Vinter, kan der vel nok blive Raad til det. - Saa, nu har du faaet 8 Sider fuld af Fortælling, nu maa du nøjes med det. Du bliver nok 27 Aar i Dag, det er spilleme snart høje Aldre, vi præsterer. 
+Ungdommens Roser smaa
+Pluk dem før de forgaa!
+Farvel lille Be, og lad mig se, at du fremdeles har det godt! Hils alle hjemme paa det varmeste fra din Junge.
+Hils din lille Mand og Barn!</t>
+  </si>
+  <si>
+    <t>1899-05-16</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Louise Brønsted
+Julie -, Frøken
+Ellen Hirschsprung
+Carl Neiiendam
+Gandenz Neiiendam
+Poulsen Poulsen, Jomfru
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen arbejdede i 1899 for familien Neiiendam på Hotel Phønix i København. 
+Olof er muligvis Julie Brandts/Pans søn. Det er uklart, om han hed sådan eller Oskar. 
+Carl Neiiendam var meget optaget af travløb. 
+Det vides ikke, hvem klaverlæreren Ida ellerAage Meyer var. 
+"Samfundet" er Studentersamfundet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0426</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg er fyldt 60 år.
+Johanne/Junge beder sin mor sende noget tøj og et cigaretetui. 
+Johanne m.fl. skal i teatret, og billletterne var dyre. Hun har været på landet med Carl Neiiendam og Frøken Julie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mGlE</t>
+  </si>
+  <si>
+    <t>Hotel Phønix. 16de M. 99.
+Kære Mor.
+Tak for dit sidste Brev med Beskrivelsen om Fars Fødselsdag; jeg opdagede med en Betagelse, som jeg ikke kan beskrive, at det var 60 Aar, Far blev; jeg synes det er et vældig epokegørende Tal at komme til, synes I dog ikke ogsaa det? Jeg glæder mig stadig, at [”at” overstreget]til det Brev; han maa ikke snyde mig for det, - Grunden til at jeg skriver i Dag er den, at jeg saa gærne vilde bede dig om at sende mig min graa Cyclenederdel, som hænger i Garderoben oppe paa Loftet uden for min Dør; maaske jeg vil sælge den til Pan og så selv faa mig en blaa; mine lyseblaa Liv passer saa daarlig til den graa Farve; desuden er den daarlig forneden, og da Pan er saa kort, kan det gaa helt bort, naar hun faar den. Hvis du med det samme vil sende noget af mit Sommertøj, saa har jeg det jo, men det maa du nu ganske som du selv vil; men jeg vilde sætte meget Pris paa, om du vilde sende Nederdelen saa hurtig som mulig. Oppe paa mit Tobaksbord ligger et Cigaretfutteral, et stribet Metal – hvis du vilde stikke det i Lommen paa Kjolen; Har Du ikke en Hilsen til mig fra Pans Krave? mon den ikke findes paa Erikshaab. 
+Jeg vilde naturligvis gruelig gærne have, hvis du nemt kunde finde det graa Tøj, der blev levnet og saa den spanske Trøje, jeg fik syet til, men jeg ved ikke bestemt, hvor det ligger.
+Hvis du nu vilde, kunde du gøre mig en stor Tjeneste; derved at jeg har ingen Sommerskørt jeg har tænkt mig at jeg kunde faa et pænt af min mellemblå Sommerkjole, den, hvor jeg har de Strimler, som jeg fik af Madame paa Livet; hvis Jomfru Poulsen kunde sy et pænt Skørt af den, slap jeg jo for at købe et, de færdige Skørter er saa Pokkers dyre; mit gamle rødstribede linnede Skørt passer mig saa udmærket, er bare en Ubetydelighed for kort; jeg vil gærne have en bred Skraalinning foroven. 
+Men hvis du nu ikke synes, du gider have med det at bestille, vil du saa sende mig den Nederdel ogsaa; saa vidt jeg ved, ligger den i den store Kiste ved Syltetøjskabet. 
+I Aften skal vi saa i Theatret, hine Theateraften fra i Efteraaret; det er – maa jeg indrømme Lugge – saare vanskeligt at faa saa mange Hoveder forenet under 1 Hat; især da vi jo skulde se Carmen, nu havde vi en Gang lovet Olof det Stykke, og han holdt ikke af, da jeg begyndte at tale om et andet; folk er fuldstændig syge, naar Carmen gaar; du kan tænke dig, jeg maatte give 1,75 for de daarligste, el. rettere de billigste Pladsen der er i Theatret; de koster ellers 0,75; jeg forsøgte baade i Aftes og i Morges, da de gik til forhøjet. Sjoverne havde opkøbt næsten alt; de kender Skam deres Pappenhejmere, de Sjovere. Min eneste Trøst er, at i Aftes, da jeg var derhenne, sad de med bedrøvede Miner og saa paa Uhret, der gik til Theatertid; ”Fruen fra Havet” gik paany indstuderet og de har åbenbart tænkt sig at gøre gode Forretninger, mens Folk tilfældigvis ikke har følt Trang til ”Fruen fra Havet.” Jeg gottede mig. 
+I Aften var jeg til en aldeles storartet Musikforeningskoncert og jeg har set ”En Skærsommernatsdrøm”, var forleden paa Landet med Hr. N og Frk. Julie, ude paa deres Villa, hvor jeg imponerede dem med at tale Engelsk med en eng. [”eng.” indsat over linjen] Trainer; deres Villa er lige ved Traverbanen. – Jeg har været til Spilletime hos Ida i Dag 2 ½ Time gav hun mig. Og jeg lærer at tale Tysk - - kort sagt, der er ingen smalle Steder, jeg har det udmærket, kan I tro. – Det var kostelig med os, der antog Aage Meyer for en Finlænder. I Lørdags var jeg igen i ”Samfundet”, der var en morsom Debat om Fredssagen.
+[Skrevet på hovedet øverst s1:]
+Jeg har en slem Fornemmelse af, at alle mine Breve er mere el. mindre forvirrede; men jeg skriver dem gærne om Efterm. samtidig med at jeg læser med Børnene eller ogsaa under deres livlige Underholdning eller mens de øver sig. Og altid skriger Gøjen som den var betalt. Du skal snart faa et Formiddagsbrev fra mig. Denne Gang kun mange Hilsner fra Eders Junge.</t>
+  </si>
+  <si>
+    <t>1899-07-19</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>USA
+Massachusett
+620 Atlantic Ave</t>
+  </si>
+  <si>
+    <t>Erikshåb Højstrup St</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+Charles Pear
+Wesley Priest
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+- Tiffany
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer og hendes mand boede i Boston. Han arbejdede som kemiker. Deres barn, Grethe, blev født i 1900 og blev som planlagt døbt i Danmark. Det vides ikke, hvad Ellens svigermor hed. 
+Ta'mus og Daisy er muligvis hunde eller andre dyr.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1628</t>
+  </si>
+  <si>
+    <t>Det var interessant for Ellen at høre om barnedåben, selvom hun ikke bryder sig om navnet Jeppe. Hun venter selv barn, og hun og manden har diskuteret, om han skal opkaldes efter Hempel Syberg.
+Harris Eastman trænger til ferie, og han og Ellen tager snart af sted i tre uger, hvor de så også slipper for hans familie. Især hans mor er irriterende. 
+Ellen hjælper meget til i laboratoriet. De har har besøg af en af Harrys venner, som bildte Ellen en masse ind. 
+Harris, Ellen m.fl. har været på udflugt med madkurv. Da de kom hjem, lavede Ellen solid mad. Harris har en tendens til at tabe sig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OqXO</t>
+  </si>
+  <si>
+    <t>[Påtrykt kuvertens forside:]
+DR. HARRIS E. SAWYER
+620 ATLANTIV AVE.,
+BOSTON, MASS., U.S.A.
+[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshåb
+Højstrup St.
+Fyen
+Danmark
+[Håndskrevet på kuvertens bagside:]
+Venlig Hilsen til Højstrup St.
+[I brevet:]
+Bellevue St. 19 Juli.
+Kære Mor.
+Det var rigtignok en rasende interessant Post i Dag med dit vældige Brev med alt det interessante om Barnedåben og med de gode Meddelelser om Lugges Eksamen og Dedes Opflytning – og alle de storartede Billeder som Chr. sendte mig. De ere dog ganske udmærkede og jeg nyder at se på dem. Vil du atter takke Mornine foreløbig!
+Der har nok ordentlig været Fest for lille Andreas, (jeg kan ikke lide Jeppenavnet) Han må være ganske henrivende, - jeg føler mig gruligt forurettet over at jeg går glip af at se ham som lille Men jeg trøster mig med, at jeg jo nok får en anden lille én at se på. – Tænk om vi kunde komme næste Sommer med vor lille Jeppe og få ham døbt hjemme, så du kunde bære ham også! Det vilde rigtignok være morsomt, 1 År er jo lidt længe i Forvejen at lægge Planer, men det kan jo aldrig skade og jeg har megen Glæde deraf. – 
+Forleden mente East at vi dog skulde kalde ham op efter Onkel Syberg – sådan: Erik Andreas Hempel Syberg Dannebrogsmand Sawyer.
+Han vidste at der var noget med D-mand, men var ikke rigtig klar over hvad det var. – Eastman har ikke været helt rask et Par Dage, - Mave, - men jeg tror dog han er kommen over det. Den Gæranalyse, (som han heldigvis nu er færdig med) har vist voldet det, - men han får 50 Dollars for det, og dem vil vi anvende til en Tur i ”White Mountains” næste Måned. Han trænger højlig til en Ferie og noget frisk Luft. Vi håber at være borte en 3 Ugers Tid. Det ser altså ud som om vi kommer godt fra Sommervarmen, August plejer at være den værste. Hidtil har vi ikke haft særlig generende Varme i disse Dage er det helt køligt. På Mandag rejser Helen og H’s Mor bort for 2 Uger, - så rejser vi, så snart de kommer hjem. Det bliver hele 5 Uger at vi bliver fri for Familjeliv.
+Tænk H’s Moder har opdaget vore Planer om en Ordning. East røbede det selv, ved at blive ærgerlig og hidsig en Dag da hun som sædvanlig udbredte sig om Ubehagelighederne ved Børn. Hun sagde imidlertid ingenting den Gang, men et Par Dage senere, da der kom en irsk Pige og solgte Kniplinger, sagde hun til H. [”til H.” indsat over linjen] at nu havde hun købt Kniplinger til en lille Kjole til sit Barnebarn. Jeg tror, at hun glæder sig lumsk til det.
+Forrige Uge var jeg næsten hver Dag i Laboratoriet og hjalp. Den ene Dag pakkede jeg en Masse Glasvarer ud af [”af” overstreget], og da de vare pakkede i Hø, lavede det jo en slem Uorden. Så vil Uheldet at Mr. Tiffany netop kom ned der om Morgenen før Rengøringsmanden havde været der og før Harry kom, - han kom sent ind den Morgen på Grund af Mavepine, og Dagen efter skrev han, Mr. T. – til Harry’s Assistent, om de ikke kunde holde det lidt senere. Den Vigtigper, jeg er ordentlig stødt på ham. – 
+En af de Dage jeg var i Laboratoriet havde vi Besøg der det meste af Dagen af en af Harry’s ældste og bedste Venner, Wesley Priest – også Kemiker. Det er pudsigt at Harrys to bedste Venner ere nogle lange Rapperter, begge nogle lystige Fyre, begge glade ved noget godt at drikke (og meget helst). Han [”Han” overstreget. ”Harry” indsat over linjen] Harry behandler dem faderligt, og det klæder ham så grinagtigt, da han kun er halvt så stor som dem. 
+Wesley P. jagede mig en grulig Skræk i Livet ved at fortælle med det alvorligste Ansigt om hvor brandfarligt det Laboratorium er og at det så godt som vilde være umuligt at komme ud o.s.v., - indtil Harry oplyste mig om, at han altid fortalte sådanne Historier.
+Senere var han med os på vor Stamkafé hvor vi indtog en forsvarlig Middag med al den Vin vi kunde drikke. Jeg er altid sulten så Harry må en Gang imellem fodre mig ordentlig igennem.
+Jeg er da forresten fornuftig nok til også selv at sørge for kraftig Mad herhjemme.
+Igår tog vi ud fra Morgenstunden med Madkurv. Det blev imidlertid en øsende Regn, men vi klarede os alligevel. Helen og Charles Pear var med, - han er Medlem af en Club, som ejer et Bådehus ved den Aa, som vi sejler i Kano på. Der gik vi i Læ og tilbragte Dagen meget rart. Der var en åben Altan med Tag over, som vendte ud til Aaen og der sad vi. Der er meget smukt, - store Skove til begge Sider, - så vi fik da den friske Luft alligevel. Vi kom hjem Kl 7, skrupsultne, naturligvis, og jeg satte mig straks i Bevægelse for noget varm The og solid, varm Aftensmad. Svigermoder fandt det sikkert ekstravagant – hun havde rigtignok ikke tænkt at vi vilde have andet end Vaniljeis og Kage!! – efter at vi har gået på tørt Smørrebrød hele Dagen!! – Det kribler i mig når jeg tænker på at Harry i mange Aar har måttet finde sig i den Slags, - han som bliver hulkindet på tre Dage. Han siger selv, at han er sikker på, at han har været så meget bedre dette Forår og Sommer fordi han altid får kraftig Kost nu. 
+Dette Brev er ikke så indholdsrigt som dit, men vi har jo heller ikke haft Barnedåb at fortælle om. Vil du hilse Ta’mus og Daisy. – 
+[Skrevet lodret ved venstre kant på side 5:]
+Vi har fået to Brudegaver i de sidste Dage, - en lille Krystal-
+[lodret langs kanten på side 6:]
+konfektskål og en Kageskål. Vi har en Masse nydelige Ting nu
+[lodret langs kanten på side 1 fortsættende over selve brevteksten samme side:]
+Vil du minde Disser om det lovede Brev og glem endelig ikke at sende det Stykke af Dannelg. Molle skrev, at hun havde læst et Stykke i Dannelg som mindede hende så levende om Håbet og Alhed, - det må være det. Jeg er spændt.
+Hilsner til alle fra East og Pelle</t>
+  </si>
+  <si>
+    <t>1899-09-06</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Båxhult pr. Landeryd</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Louise Brønsted
+- Jensen, Erikshaab
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Laura Warberg opholdt sig på Larsen-familiens gård Båxhult i Småland sammen med ASlhed og Johannes Larsen og deres lille søn september 1899. 
+Pillespejl: Højt, smalt spejl, der i 1700- og 1800-tallet i et rum anbragtes på vægpiller mellem vinduerne med et konsolbord nedenunder. De optræder som regel parvis og ofte kombineret med et par lysestager eller lampetter. Kilde: Lex.dk.
+Fjællegulv: Bræddegulv.
+Det vides ikke, hvem Fr. B. var. Der var formodentlig tale om en køkkenpige el.lign. på Warberg-familiens gård, Erikshaab. 
+Lauritz Brandstrup døde 6. marts 1900.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0033</t>
+  </si>
+  <si>
+    <t>Laura Warbergs rejse gik fint. Hun beskriver Båxhults indretning. Naturen er storslået. I København traf Laura W Ludvig og Berta Brandstrup, som var meget glade for deres ophold i Sverige. Ludvig havde gået på jagt og også bygget et flueskab. Han vaskede op og gjorde også rent, efter at Berta var rejst. 
+Christine må købe nogle abrikoser. Louise tager brevet med til København, når hun rejser. Astrid bliver bedt om at sende en masse ting og om at lave estragoneddike. 
+Lille Andreas er nem og sød. Johannes Larsen maler på sit billede af Tjalfe i lyngen. 
+Laura Warberg ankom sent til Landeryd og blev hentet i vogn. 
+Bedstefar (Laura Warbergs far) dør nok snart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zjJ8</t>
+  </si>
+  <si>
+    <t>Båxhult Onsdag d: 6te
+Kære lille Putte!
+Jeg havde en rigtig dejlig Rejse herop, Vejret var smukt og meget varmt; her er dejligt allevegne og et nydeligt stort Hus, med mange Værelser. Muk og jeg bor sammen; jeg synes her er saa pænt møbleret, i vort Værelse er der en lang gammeldags Sofa med rødtærnet Betræk, et aflangt Bord foran, et stort en [over linjen skrevet ”en”] Slags Køkkenbord til Servante, Kommode, Seng, Stole, hvide lange Gardiner, herlig Udsigt til Skov allevegne. Den fineste Stue er med gammeldags Møbler med rødt Damask Betræk, Sofa Bord, Stole, lille Bord, Pillespejl m.m. Spisestuen med et stort rundt Bord, en vældig Sofa, saa lang som to almindl. et Spillebord, 2 smaa Borde ved Vinduerne, en Slags Buffet med rigelig af al Slags Porcelæn. Køkkenet er stort med Fjælegulv og ved Siden af et lille Rum, hvor Las piller Fugle og hvor alt grovere Roderi findes. Sovekammeret er stort lyst og kønt, 2 store og Gajens lille Seng, Skab, Kommode og et vældigt 4kantet Bord, som hun bruger at klæde ham paa; hvide Gardiner allevegne. Lud og Berta var saa begejstrede for alting heroppe, jeg traf dem i Kbh. Søndag Aften, da var Lud lige kommen herfra. Han havde gaaet meget paa Jagt, vi fik en Tjur til Middag i Gaar, og her ligger en Hare, begge har han skudt. Han var saa nyttig, lavede dem et lille Flueskab, lavede undertiden Morgenkaffe og hjalp at vaske op og skure Køkkengulv. gjorde selv fuldstændig sit Værelse ovenpaa rent, de andre kom der aldrig. Det var efter Berta var rejst. De havde Masser af Fødevarer med herop og 2 Kasser Bajere 30 i hver, fik de fra Halmstad. Nu drikker vi Mælk, den er saa ren og velsmagende. I Gaar var vi ude paa Brandaasen alle fire og med Barnevognen. Der er en storslaaet Natur allevegne, Skov og atter Skov og intet andet at see, ja selvfølgelig Bakker i det uendelige. Muk og jeg plukkede Tyttebær til et Par Gange Grød, her er ikke ret mange. Tænk Dig min Ærgrelse, da jeg saae at de 2 Ds tørre Blommer manglede! Jeg forstaar ikke, hvordan det er gaaet til. Der er hjemme en Pakke til Dig og en hertil. Las siger, det kan udmærket gaae at sende en Pakke hertil, vi kommer kun til at betale nogle Ører i Told paa Stationen her. Men vil Du saa ikke bede Christine om at købe 2 Pund Abrikoser paa Lørdag! Vi haaber sikkert, at dette Brev naaer Eder Fredag. Muk vil tage det med til Kbh. i Morgen og faae det afsted. Hun kommer der Kl. 6, skal gaae til Landeryd i Morgen tidlig Kl. 7½ og have sit Tøj med Lejlighed. Vil Du saa lille Putte! pakke i stærkt graat Papir følgende: Abrikoserne, Blommerne, 2 Daaser af de Fiskeboller, vi har, 1st Del af ”den sidste [ulæseligt ord]”, samt lidt Sennep af den gule i Daasen (Chr. kan jo faae ¼ P i løs Vægt, hvis vi ikke har rigeligt) samt 3 Par graa Sokker af de bedste (Las’s) de maa være i Alheds Kasse eller et andet Sted Christine kan jo spørge i Höljeryd, hvor meget Pakken maa veje og hvad den koster, jeg tænker mig den kan blive paa ca 10 [ulæseligt tegn]. Deres Tænder løber i Vand efter Blommerne, Sokkerne er meget vigtigt, Alhed glemte dem. Spørg i Höljeryd, om den skal lukkes. Saa kan Du nok faa den afsted Mandag, saa vi har den hen i Ugen. – Gajen er saa god og bliver næsten ikke passet, ligger meget paa sine Puder i den bløde Spisestuesofa eller i sin Vogn kører han saa 3 Timer i Gaar Form. Han kommer i Bad i en stor Kobberballe eller Gryde. Las gør Ild og vasker op om Morgenen fra hele forrige Dag. Han maler fra 9½ til 4 X [Skrevet på næstsidste side langs venstre margen:] Lyngbilledet med Tjalfe [indsættelse slut] og fra 6 om Aftenen paa et nyt her lige ved Gaarden. Her er aldeles dejligt i alle Retninger. Ved Siden af vort Værelse er Kontoret med et vældigt Bord, hvor vi skriver, Bogreol, Kaminer er her i alle Stuerne, hvide men med aabent Ildsted. Der hentes Vand af en aaben Brønd nede i Haven. Muk var i Landeryd med Smedens Vogn efter mig, de kom saa sent, saa vi var her først Kl. henad 9, Alhed havde været bange for os. Vi fik Kødsuppe med Æg og anden dejlig Aftensmad. – Bedstefar var meget svag og falder stærkt af nu, kendte os ikke. Han lever ikke ret længe. Nu ikke mere denne Gang lille Putte. Kan Du og Fr. B og maaske Fr. J. ikke nok pille Estragon, en 2 ["en" overstreget; "2" indsat over linjen] store Pægle Flasker halv fulde af Blade alene, saa fyldes med Eddike, staae i Køkkenvinduet en 14 Dage og rystes af og til. Der er 2 Planter nede i Haven, den ene ned Siden af Mistbænken, den anden paa Hjørnet ved Hindbærrene. Jeg havde det 
+[skrevet i venstre kant på sidste side:] skrevet paa min Huskeseddel, men glemte det.
+[skrevet i højre kant på sidste side:] Hilsen nu til Eder alle hver især fra Mor
+[Skrevet på næstsidste side langs højre margen:] Alhed vil gerne have en god Haandfuld Purløgs[ulæseligt] i en lille Papirpose samt en lille Tut hvidt Uldgarn til en Trøjesnor
+[Indlagt i ovenstående brev er skrevet følgende:]
+Vil Du ogsaa sende mig et Par brune Bomuldsstrømper, der ligger nogle enten i den næstnederste Skuffe i Børnekammeret, eller i Sovekammerskuffen, samt lidt Stoppegarn til dem i en Kasse i den 4de øverste Skuffe tilhøjre. Du maa helst sye en Pose af noget Viskestykketøj, som ligger i Kisten ved Syltetøj Skabet Sennep har Alhed faaet, saa det skal ikke med. Bind saa godt for Posen og en udførlig Adresse; Smaaland – Sverig – De glæder sig saa uhyre til Blommer og Abrikoser, saa det maa endelig sendes omhyggeligt. Båxhult – pr. Landeryd (Christine kunde jo være borte.)</t>
+  </si>
+  <si>
+    <t>1899-10-22</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Julie Brandt
+Viggo Bredsdorff
+Louise Brønsted
+Carl Neiiendam
+Gandenz Neiiendam
+Ellen  Sawyer
+Johan Wessel</t>
+  </si>
+  <si>
+    <t>Ellen/Elle, Johannes søster, var flyttet til USA, og derfor skulle hendes julegave være nem at sende. 
+Vor Herre er formodentlig Johanne Larsens øgenavn til Carl Neiiendam, som behandlede hende ublidt og nedladende. Familiehuset må være Neiiendams lejlighed på Hotel Phoenix. 
+Det vides ikke, hvem Frk. Julie var. Julie Brandt kaldte Johanne altid Pan. 
+Elna må have været pige i huset hos Neiiendam eller ansat på Hotel Phoenix.
+Viggo var muligvis Viggo Bredsdorff, men kan også have været en anden.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0427</t>
+  </si>
+  <si>
+    <t>Johanne/Junge håber, at moderen har fået gardinprøverne. Hun har forslag til julegaver til Ellen/Elle.
+Louise har været syg.
+Johanne har fået lov til at øve (på klaver) i selskabslokalerne. Hun har været på landet med børnene om sommeren, og nu er de umulige i de to små stuer i byen. Kun om aftenen, når børnene sover, kan Johanne hygge sig lidt. 
+Carl Neiiendam behandler Johanne nedladende og uhøfligt.
+Johanne har været på en lang cykeltur og kom lidt for sent hjem til middagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V9wD</t>
+  </si>
+  <si>
+    <t>Fru Laura Warberg
+Erikshaab
+Højrup St.
+Fyen
+[I brevet:]
+Søndag
+Kære Mor!
+Tak for Dit Brev, det var morsomt at høre hjemme fra en Gang, nu maa jeg ogsaa se at skrive lidt til Jer en Gang imellem, det er en sær Skik jeg der har fået indført aldrig at lade høre fra mig, jeg maa se at forbedre mig. Jeg haaber, at du har faaet Prøverne fra Magasin du Nord han lovede at sende dem i Gaar, men det maa jo være en Fejltagelse med de 33 Øre Al. for Gardinsirts, det billigste de har er til 38 og 42, men kan du saa ikke nøjes uden Undergardiner Mon det har været fra Wessel dem tante Visse fik, han deroppe paastod nej. --------
+Saa var det Julegaver til Elle; ja, jeg ved virkelig ikke; nu har hun jo en pæn Forsyning til Kaffebord og naar hun ["naar hun" overstreget] men men har hun Lyseduge? Jeg vilde foreslaa at en gav hende en smuk Lysedug og saa de andre 3 en Toiletpude rigtig smuk og to Pyntehaandklæder, det var da ikke saa svært at sende; det er mit Forslag, nu kan du jo skrive, hvad du mener om det og saa hvor meget saa nogenlunde, at I vil koste paa det, saa skal jeg nok besørge det. -
+Lugge er vist temmelig rask nu igen; jeg var sammen med hende forleden Aften ude hos Pan, men det var ellers Synd at sige, at vi dyrker hinanden for meget; jeg var bleven bitter, fordi det altid er mig der skal komme til hende og hun aldrig kan se op til mig; men jeg blev lidt flov, da jeg hørte, at hun havde været syg. Hendes Kaabe kan absolut ikke farves, siger hun; hvad saa? Skal jeg gaa med hende ud at købe en Kaabe; synes du en billig eller en solid, fleraarig? ---------------------------------------------------------
+Her har vi det med Sygdom Frk Julie har ligget i snart 8 Dage af Gigt baade i Hoved og Ben; alt det, hun da maa døje med den infame Gigt, det er dog en trist Sygdom. Desværre har jeg måttet indstille min Øvning; jeg var ved at fortvivle, men nu har jeg faaet det indrettet saadan, at jeg øver mig nede i Selskabslokalerne om Formiddagen, saa nu er mit Humør steget igen. – Du kan tro, jeg alligevel savner den gode Luft ude paa Landet, herinde er frygteligt nu inden man vænner sig lidt til det; og saa er Børnene da helt som tossede til at lave Ufred her, eller maaske mærker jeg det mere herinde, hvor de kun har disse to Stuer til at regere i. Jeg er af og til ved at blive smaatosset over dem, og saa har Landopholdet gjort dem saa uartige, at jeg næsten ikke kan tumle dem; jeg er tit helt modløs over det og tænker ikke med Glæde paa Vinteren; især gør Gandenz mig mange Knuder, han gør Vrøvl til alt hvad jeg siger til ham - - - uh ha! Men hvad skal man sige, jeg er naturligvis alt for god ved dem, saa til syvende og sidst bliver det vel min egen Skyld, jeg maa til at tage mere energisk fat paa dem. Elna er min Trøst, maar Børnene er i Seng om Aftnerne, saa lever vi igen og nyder Livet med Kaffe og Kager og af og til en stille Cigaret. – 
+Og saa maa jeg til at gaa lidt mere ud, jeg har været saa meget hjemme siden vi kom fra Landet. – Men vil du fortælle Far, at Vor Herre lige knap er mig saa meget imod, som han har været, jeg opdager dog Tid efter anden Ting, der kan tyde paa gode Tider hos Manden. ----------
+Jeg har Gudskelov kun en eneste Gang været nede i Familielivet siden vi den 4de Okt. flyttede ind til Byen, men det var ogsaa en fæl Gang; der kom en Herre ind mens jeg var der og Neiiend præsenterede ham for nogle af de andre, men ikke for mig – ja, han er en sød Sjæl Og saa de fine og smagfulde Spøgefuldheder, han kan tillade sig; f.Ex. da jeg den Aften havde min grønne Kjole Empirekjolen paa og skulde gøre mig tynd for at komme forbi Fru Neiiend, sagde han ”Det er ellers ikke den Slags Kjoler man tager paa, naar man bliver tyndere!” Du forstår vel nok? Ok! Men det regner vi for fin Udtryk. -----------
+Jeg har for Resten benyttet mine lange Formiddage og Frk. Julies Sygdom til at tage nogle ordentlige Cycleture mest i Retning af Lyngby, helt ud til Søllerød; de Skove deromkring er saa aldeles vidunderlige. I Gaar var Pan, Viggo og jeg i Elmelundskov i Nærheden af Gentofte; som Vejret ogsaa er i al denne Tid, I nyder det da rigtig hjemme. Paa den Tur drev vi for længe ud i Skoven og da vi havde forskellige smaa Forhindringer løb Tiden fra os, saa det saa galt ud med at naa hjem til Middag 2 ½; da jeg særlig i denne Tid herser svært med Børnene og Elna for at faa dem til at være præcise med den Middag, kan du nok tænke, at jeg svært nødig vilde komme for sent; jeg sagde Farvel til de andre og satte i vild Spurt ad Staden til; jeg tror aldrig i mit Liv jeg har kørt saa vildt, men jeg naaede da at køre herind ad Porten 8 Min over halv ildende gloende rød i Hovedet Skønt Vor Herre ellers næsten aldrig opholder sig nede i den lille Baggaard som jeg maa passere med Cyclen, skulde han naturligvis netop staa der; han lo lidt ad min Rødmossethed, men sagde for Resten ingen Ting; det var Synd at sige, at han blander sig for meget i Lejlighedens Anliggender. ----------------------------
+I Dag, da jeg spillede nede i Selskabslokalerne, kom en af Tjenerne og sagde, at en Herre ønskede at tale med mig ind tren lille [ulæseligt] og vilde have mig med paa en Cycletur, hvad jeg imidlertid ikke kunde; men vi sad dernede og snakkede i en Times Tid; vores Herskab var taget paa Landet, saa der var Fred
+Farvel
+Nu skal Brevet af Sted
+Hilsen Junge</t>
+  </si>
+  <si>
+    <t>1899-11-01</t>
+  </si>
+  <si>
+    <t>Benedict Boisen
+Esther Boisen
+Poul Boisen
+Marie  Clausen
+Niels Chr.  Jantzen
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Epidemien: Epidemi- og karantænehuset på Longen (Longsvej) i Kerteminde. Indviet 1890.
+Damperen sejler mellem Nyborg og Korsør</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen vil ikke sende billederne, da hun ikke har opgivet at komme på besøg. Familien er rask. Der er flere dødsfald i byen, muligvis grundet en epidemi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PCjx</t>
+  </si>
+  <si>
+    <t>1899-11-01
+Kjære lille Ugle – 
+Dit Tøj er tørt I morgen skal jeg se at faa det lagt sammen og rullet og strøget næste Dag og faa sendt men her har været saadan en Regn nu kom lille Adolphs Tøj nu vi var færdige til alt Held vasker Pigen i morgen der skal jeg se at faa det med for han trænger ogsaa.
+Iaften skriver jeg til ham og Vilhelm saa faar du ikke saa meget – vi sender dine Penge med Telegrafen da Jantzen ikke kom iaften, saa du skal ikke være bange.
+Jeg har ikke opgivet endnu at komme derfor sender jeg ikke Billederne med Damperen – Vi ere raske og Træskomandens Kone kom sig, men Marie Clausen er død det var godt hun led meget paa det sidste. Her er et Dødsfald til som er sørgeligt Benne Boisen skal begraves i morgen, han fik Tyfus.
+Esther kommer vist hjem nu hun laa ogsaa paa Epidemien 
+Ja det er vist et haardt Slag for vores Præstefolk – Gud Fader trøste dem i den store Sorg
+Du skal nok faa et ordentlig Brev med Posten og dit Tøj
+Hilsen fra Fader nu skal vi have Kaffe
+Din Moder der beder om alt Godt for sin lille Pige</t>
+  </si>
+  <si>
+    <t>1900-02-28</t>
+  </si>
+  <si>
+    <t>Hanna -
+Adolph Larsen
+Alhed Larsen
+Johannes Larsen
+Marie Larsen
+Marie   Larsen, Georg Larsens datter
+Vilhelm Larsen, Georgs søn
+Olga Lau
+Anna Rosenørn
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Christine Swane bor på Værnehjemmet Bethania
+Slof er et gammelt ord for værelseskammerat ( kommer af tysk Schlaf = søvn) Gyldendals Den store Danske.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes Larsen mener, at Willumsen er en dygtig lærer og Christine Swane får lov til at få undervisning hos ham</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Pllc</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 28.Januar
+Kjære lille Dinemor
+Du nøjes med dette lille Par Ord i Aften for det blev mig ikke muligt at faa Penge frem i dag men først i Morgen, saa mener jeg Du faar Dine Penge hos fru Eriksen deraf kan Du jo saa betale Olga hvis hun skal rejse og saa den næste dag Frk Rosenørn.
+Du kan jo se dine Breve efter min Ven saa vil Du se at vi har givet Dig Lov til at tegne hos Willumsen saa blot Besked om hvad Du skal give ham derfor for Johannes mener han er en udmærket Lærer
+Adolph var hjemme i Fastelavn og var saa sød at blive hjemme hos os Johannes og Alhed var her begge Dagene. De ere alle raske og lille Anna hun fik den nye Kjole syet og er bleven fotograferet Du skal have et Marie har siddet oppe hos lille Ville som er syg for de sidste Tænder og raabte paa Lalla, hun vil skrive et ordentligt langt Brev til Dig en af Dagene jeg har strikket en Trøje længere til Adolph i Dag men blev ikke færdig
+Hanna er kommen igjen igaar saa nu haaber jeg vi skal faa Maries Ben sparede igjen
+Lev vel søde Christine og Held til at bo ene men skal det ikke lykkes saa se med milde Øjne paa Din Slof Farvel saalænge Din Moder
+Hils Olga
+På bagsiden af brevet: Tjærrepastiller Dogtor Schondel</t>
+  </si>
+  <si>
+    <t>1900-04-26</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Anna 2 -
+Ole Bager
+Victor Bøttern
+Christian Eckardt
+Margrethe  Eckardt
+Erik Henrichsen
+- Holm, skovrider
+Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+lille Larsen
+Marie Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Olga Lau
+Ida Olsen
+Theodor Philipsen
+Anna Rosenørn
+Elisabeth Storm
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Man er ved at gøre Kærbyhus klar til indflytning, samtidig med at man rømmer Købmandsgården.
+Christine Swane bor midlertidigt hos familien Lau i Næstved.
+Den omtalte udstilling er på Charlottenborg.</t>
+  </si>
+  <si>
+    <t>Malerne deltager i udstilling. Alhed Larsen har solgt billedet med flox til Hempel Syberg. Chr. Eckardt har også solgt et billede på udstillingen. Der er en forespørgsel til Johannes Larsen, om han vil kopiere evighedsblomsterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NaCo</t>
+  </si>
+  <si>
+    <t>Kerteminde d. 26 - 4 1900
+Kære Ugle!
+Tak for Dit sidste Brev, jeg sender Dig her Din Trøje, nu lader det jo til at det bliver varmt igen, det har ellers været meget koldt her de foregaaende Dage Vi har nu faaet Køerne paa Græs og i Dag skal Hestene flyttes om i et Baghus som Faer har lejet, det ligger omtrent henne ved Ole Bagers, der er ogsaa et Kammer som Karlene kan ligge i, saa nu er vi snart herude af med alt muligt; Bøttern har jo lejet Staldene og han har haft meget travlt med at faa os bort. Oppe i Laden arbejdes der flittigt, Faer mener at vi paa Mandag kan begynde at flytte derop, i det mindste faa Køkkenet og stuerne i Orden, saa kan vi jo godt gaa herned og sove en lille Tid endnu; der kan ikke være tale om at opsætte flytningen en eneste Dag, saasnart det er færdigt deroppe, Du kan nok forstaa at vi har det meget knebent for Tiden, med Sovekammer Spisestue og Dagligstue i et Værelse og desuden er det ogsaa dyrt at faa Middagsmad i Byen til Folkene, vi har foruden Karlene tre Tømrere paa Kosten, saa vi længes bare efter at faa vor egen Husholdning igen.
+Naar det bare maa blive godt Vejr igen tænker jeg ogsaa nok at det skal gaa med mine Ben, de var bleven rigtig gode, jeg var jo ude at gaa i Søndags og Mandag og Tirsdag var det ogsaa godt, men da saa Vejret slog om Tirsdagaften kunde jeg straks mærke det og i Gaar og i Dag har det været daarligt, men i Dag er Vejret jo godt igen, saa jeg haaber paa at de skal være bedre i Morgen.
+Alhed har solgt billedet med Floxene til Onkel Syberg, der var Brev i Dag fra udstillingen at Pengene laa til hendes Disposition men hun vidste det nok i forvejen; Johannes har haft Brev fra Overretssagfører Henrichsen, at han forleden Dag havde set Evighedsblomsterne ude hos Philipsen og saa vilde han gerne spørge om Johannes ikke vilde copiere dem, saa vilde han have det i stedet for Akvarellen han har købt; jeg tror nok Johannes vil gøre det for 200 Kr. men han har ikke svaret ham endnu, saa du skal ikke tale om det til nogen. Forleden Dag talte jeg med Klaks i Telefonen, han fortalte at han nu er bleven Assistent dernede, lille Larsen er rejst, jeg kunde ikke forstaa hvorhen og saa havde Klaks faaet hans Plads, han skal foreløbig være der til Efteraaret og hvis Holm faar noget andet kan det jo være at han slumper til at faa Pladsen. Vi har haft et Par Breve fra Agraren, han er naturligvis mør i alle Lemmer nu i Begyndelsen; han er ikke videre begejstret over Soldaterlivet, han skrev sidst at naar han fik at vide hvad Dag Du kom kunde det være at han kunne komme ned til Færgen og hilse paa Dig, Moer og jeg har talt om at du maaske kunne tage med et tidligt Tog og saa opholde Dig nogle Timer i Nyborg. Kærlig Hilsen Din hengivne Marie
+Kjære lille Ugle
+Mange Gange tænker jeg paa at skrive men derved bliver det, her er saa meget der tager min Tid og Kræfter at jeg er saa træt om Aftenen for jeg maa jo tidlig op Kl. 6 skal Tømrernes Kaffe staa skjænket, vores Petroleumsapparat er i Brug og det gaar helt godt men jeg længes jo snart efter at vi var oppe hos os selv, Vejret er kjølt dog kan vi jo ikke tænke os bedre Byggevejr for det trækker ind igjennem Vinduerne saa det er en Lyst Ruderne er ikke sat i endnu for Tørringens Skyld.
+Ida Olsen var herinde hun rejser til Kjøbenhavn i morgen med Exprestoget herfra, bliver derovre et Par Dage skal bo i Stokholmsgade og vil da besøge Margrethe vi sagde det var bedst imellem 2 og 3 sig dog til Onkel at jeg blev saa glad ved at han solgte sit ene Billede det andet gaar ogsaa nok inden Udstillingen lukkes det maa være dejligt. Hils nu ogsaa Dumpe mange Gange det skal blive morsomt at faa en mundtlig Hilsen fra de kjære Børn.
+Her er saa koldt i disse Dage – hils nu ogsaa Olga Lau mange Gange hils ogsaa Frøken Rosenørn og tak hende rigtig godt lille Dinemor for den Tid du har været der dennegang.
+Ja nu begynder Foraaret, det tegner til mange Blomster paa Pæretræet i Aar og Guldregn men hvem der skal holde Orden i Haven det ved jeg knap for det lader ikke til at nogen vil gjøre Arbejdet der bliver fint i Bagergaarden nu der er sat Plankeværk over Gaarden saa der er ingen Mødding at se paa mere den Kasse er brækket ned og al Gjødning puttes ind i Faarehuset, nu fortrækker vi snart med alle. Karlene flytter i Aften de skal sove i et Huus vi har lejet Fru Storm spiser hos Georgs fremdeles – det er nemt og der faar hun god Mad i dag er det nok Astrids Varbergs Fødselsdag vi har plukket de Hyacinther der er i Haven de skal vist ned til hende naar nu Marie kommer ned hun er oppe at leje sig lidt
+Gud ske Lov Du er rask min lille Pige Gud føre dig sund og vel hjem til os igjen inden ret længe og velsigne al din Gjerning 
+Du fik vel dog Brevet med 10 i du maa altid svare straks – for min Skyld jeg er meget urolig for at de komme i rette Hænder
+Din Moder</t>
+  </si>
+  <si>
+    <t>1900-05-05</t>
+  </si>
+  <si>
+    <t>Rørholmsgade 
+Hverringe Gods
+Fåborg Museum
+Assensvej 198  
+Klintevej  5300 Kerteminde
+Vilhelminevej</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Ingeborg  Eckardt
+Ferdinand Louis Gjellerup
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Lars Larsen
+Vilhelmine  Larsen
+Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Vilhelm Larsen, Georgs søn
+Fritz Levy
+Amalie Lindberg
+Susanne Lindberg
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Anna Marie Larsen blev muligvis opereret i København på "Røde Kors Klinik" for ubemidlede. Her arbejdede Frits Levy fra januar 1896-december 1900.(Den Danske Lægestand 1907-1915 Jacob Lunds Forlag 1915).
+Christines lærer på dette tidspunkt er J.F. Willumsen. 
+Haabet = Erikshaab - Alhed Larsens barndomshjem, som ligger nord for Faaborg på Fyn .
+Alhed og Johannes Larsen bor på Feden i Kerteminde i et af IA Larsens huse.</t>
+  </si>
+  <si>
+    <t>Georg Larsens kone skal opereres i København. Det glæder Vilhelmine Larsen, at Christine Swane er tilfreds med sin lærer. Byggeriet går fremad på - formodentlig- både Lille og Store Kærbyhus.
+Johannes Larsen skal til Faaborg med en akvarel. Han er ved at forberede en jagtudstilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oaIp</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 5. Maj 1900
+Kjære Christine!
+Du vil jo ogsaa gjerne høre et lille Ord om Søndagen denne gang er det just ikke af de glædelige Georg og Marie kommer vistnok en af de første Dage til Kjøbenhavn hun er bleven bleven undersøgt af Gellerup og han raadede til en Operation hos Professor Levy der er skreven derover og de venter Brev i Morgen er der Plads saa rejser de, I kunde da for en [ ulæseligt ord] se ud paa Banegaarden Søndag ellers skal jeg nærmere skrive Dagen det gjør mig meget ondt for dem, godt er det at vi er her, og Børnene holder saameget af os vi kommer over det om vor Herre vil hjælpe os at Operationen maa gaa vel det er en Svulst der trykker paa Blæren saa hun lider meget naar Vandet kommer – men det kan jo være det ikke er saa slemt naar Professoren kommer tilstede, I kan nok tænke at det er Alvor, et Gode at Marie er sygeforsikret saa hun faar daglig Hjælp; men det er jo ligefuldt en dyr Historie.
+Georgs skal faa din Trøje med for nu bliver det jo varmt. Hils Eckardt saameget sig Dem jeg blev saa glad at Onkel solgte det andet Billede, men er her ikke Tid for mig at skrive mere end til dig.
+Med Bygningen gaar det godt frem men der vil da gaa en 14 Dage endnu inden vi kan komme derop; men nu er vi jo ogsaa nødvendige her saalænge
+Det glæder os at du mærker Fremgang og er fornøjet med din Lærer – det var da godt for ham at han fik de 1000 Kr i Præmie -.
+Nu skifter jeg for Marie vil skrive med Hils Alle du hilses saa kjærligt fra din Moder – 
+Kære lille Ugle!
+Nu vil jeg med det samme skrive et Par Ord. Vi sidder jo endnu her paa Soveværelset, med det gaar da godt fremad med Byggeriet, jeg var deroppe med Faer og Moer i Gaar, 2 Værelser er nu fuldstændig færdige med Undtagelse af at lægge Gulv,og det kan jo gøres i en Fart, vi har 3 Tømrere, de 2 andre Værelser bliver færdige paa Tirsdag, de 2 Gavlværelser er ogsaa omtrent færdige, der bliver en storartet Udsigt især paa det ene, man ser baade Vandet, Klinten og Verringelandet, hvor det bliver yndigt at komme derop og hvor jeg glæder mig til at faa Dig hjem, det har været saadan en lang trist Vinter, saa jeg haaber at vi nu skal faa det lidt fornøjeligt naar Du kommer, men Du kommer til at finde Dig i at gaa smaat, naar jeg skal med ud at spasere , jeg kan ikke faa Benene med, det har været dårligt en Tid igen, men i Gaar og i Dag synes jeg dog det er det bedste det har været, saa jeg maa ikke klage; i Dag er det 3 Maaneder siden jeg havde Docktor første Gang, sommetider bliver jeg saa angst for at jeg aldrig kommer mig rigtigt, men saa ler de andre af mig og siger at det er noget dumt Snak. Bare dog Operationen maa gaa godt for Marie, det er saa ængsteligt at tænke paa, men nu om Tide kan Lægerne jo gøre det utroligste med Hensyn til Operationer, saa maa vi haabe paa det bedste. Er Ingeborg saa kommen? Hils dem alle fra mig, der glædede os saameget at Onkel igen har solgt et Billede. Sig mig har du hørt eller set noget til Lindbergs i den sidste Tid, jeg talte i Gaar med Amalie Lindberg og hun fortalte mig at Susse havde faaet en Søn allerede i Marts Maaned, jeg blev meget forbavset da jeg ikke troede at det var saa snart det skulde ske og det undrer mig ogsaa at Susse ikke med et Ord har ladet mig det vide, hils fra mig naar Du siger Farvel derude. Johannes tager til Faaborg i Morgen med den Akvarel som Lars Larsen har købt, han kommer tilbage igen i Morgenaften for han har saa travlt med sine Billeder til Jagtudstillingen. Gaien er bleven en Del tykkere nede paa Haabet, han er rigtig sød. Nu maa Du endelig skrive op alt hvad Du giver ud i disse 14 Dage og lad os i god Tid vide hvor mange Penge Du skal have inden Du rejser fra Byen, Du er nok sød og sparer saa meget som muligt, der gaar en frygtelig Masse Penge til nu vi har Haandværksfolk hver Dag, Jeg glæder mig til Brevet i Morgen. De kærligste Hilsener fra Din hengivne Søster Marie.</t>
+  </si>
+  <si>
+    <t>1900-11-28</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Kærbyhus</t>
+  </si>
+  <si>
+    <t>Karen på Erikshaab -
+Minnie -
+Ludwig Beethoven
+Margrethe Bentzen
+Thora  Branner
+Edvard Clemmensson
+Jens Hammer
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Johanne Christine Larsen
+Niels Lindberg
+Felix Mendelssohn
+Augusta Mogensen
+Christian Mogensen
+Kirstine -, pige i huset hos Hempel Syberg
+- Rosendal
+Ellen  Sawyer
+Harris Sawyer
+Henry Smith, nær Erikshaab
+- Sonne
+Hempel Syberg
+Andreas Warberg, Albrechts far
+- Ward
+- Wilstrup</t>
+  </si>
+  <si>
+    <t>Chemilette: Beklædningsstykke til kvinder. Chemisette: Hæklet eller broderet bærestykke til en chemise. 
+Astrid var i huset hos Alhed og Johannes Larsen, mens de ventede deres barn nummer to. Alhed havde smerter i hoften under graviditeten. 
+Det vides ikke, hvem Doktorens, Thora R og Degnens var. 
+Barnet, der skulle døbes, var formodentlig Augusta og Christian Mogensens søn, Jupiter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1900-11-28, 2401</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil sørge for, at Astrid får sendt sin kuffert med forklæder, handsker mv. 
+Alhed Larsen har nok fået det skidt, fordi de er flyttet. Harris Eastman har sagt til Ellen, at hvis Alhed får det værre, må Ellen rejse hjem til hende. Ellen arbejder meget i laboratoriet for tiden. Chefen er ved at gå fallit. 
+Lille Grethe går, idet hun skubber møblerne foran sig. Hun prøver at tale, og hun jubler, når forældrene kommer hjem. Minnie er en fantastisk pige i huset. 
+Laura har afholdt stor middag. Johanne og Christine spillede firehændigt. Laura har truet Karen med at skrive til hendes mor og sige, at de ikke kan bruge hende i huset. Derefter blev Kirstine mere omhyggelig. 
+Johanne og Christine når ikke at sy gaven til Ellen færdig før jul, så det er godt, at Alhed og Laura har noget til hende. 
+Der er ikke plads til pedalen i kassen, men måske kan Christine og Andreas/Dede tage den med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V6OL</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Kærbyhus
+Kjerteminde
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Onsdag Aften d:28de
+Kære lille Putte!
+Hvor jeg dog blev ked af at høre, at Du ikke har faaet Trøjen tillige ["tillige" indsat over linjen] med Galochen, Junge havde glemt den, som var det vigtigste. Skrupforklædet kan vi ikke finde men siden skal jeg sye Dig et nyt og saa skal Din lille Kuffert blive sendt Dig paa Fredag Formiddag, naar Christine bliver kørt til Højrup og deri Trøje, Forklæde, Chemiletterne, de er desværre ikke kommen med i Vadsken, fordi jeg ikke var hjemme, samt Handsker og om vi ellers finder noget af Eders. Jeg haaber den kan gaae med Banemærke, saa er den der vel om Aftenen og koster Dig ikke noget. Det er trist, at Alhed igen har det mindre godt, men det er vel fordi hun har gaaet for meget, mens I flyttede. Jeg glæder mig til at høre fra Eder, naar I er rigtig godt i Gang hos Eder selv. Pas endelig paa Trappen naar Du gaaer med Kul. Paa Afstand er man mere ængstelig for den Slags. Saadan skriver Elle i Dag, at Harry sagde til hende, da de hørte om Be's Sygdom og (hun) Elle ["Elle" indsat over linjen] var ængstelig for den, hun skulde skrive til mig, at jeg skulde telegrafere, hvis der var Fare for Be, saa kunde E. være her paa en 8-10 Dage! Det var kønt tænkt af Eastman! Og saa har jeg dog ikke i mindste Maade antydet, at der var nogen Fare, men som sagt – det er paa Afstand. East. var lige rejst for ca. en Uge til Washington telegraferet efter ham til at holde et Foredrag. Elle har været saa ulige meget i Laboratoriet, paa en Dag nær hele Ugen i den sidste Tid, foruden sine egne Forretninger har hun maattet hjælpe Harry til han fik rigtig Kræfter og der var saa meget Arbejde til ham. Chefen Thifany er ved at gaae fallit og saa skal H. have sit eget Lab. og altsaa herefter hvis Hun fandt Arbejde men de mener nok det gaaer. Elle skriver, det er et strengt Liv for hende i denne Tid, men naar hun kan hjælpe Harry og ved Hjælp af Arbejdet see hen til at komme hjem til Sommer, saa gaar det som Løjer for hende. Lille Grethe rejser sig op ved alle Stolene og begynder at gaae ved at skubbe dem foran sig. Hun begynder at ville snakke. Va-va mener de skal være Far. Hun savner dem eller rettere hun giver et Glædeshyl, naar de kommer hjem om Aftenen og klapper i sine smaa Hænder. Naar Elle ikke strax tager hende, græder hun saa ynkeligt. Elle har haft hende med en hel Dag hos Fru Sonne, Fru Ward var der ogsaa. Grethe var sød og artig, sad hos Elle eller krøb om paa Gulvet. Pigen Minnie er mageløs, de har saa mange sene Middage saa hun ender næsten ene. E. hjælper en Smule, naar hun kommer hjem. Og saa er hun en dannet Pige, kan alt paa egen Haand og er god mod Grethe. Hun er en Juvel, siger E. – I Søndags havde vi vor Klub til Gaase og Andesteg, Koldt Bord, Øl Kaffe til sidst. I Gaar havde vi en finere Historie. Doktorens, Smidts, Mogensens og Hammers, af unge Agraren, [ulæseligt] Lindberg, Thora [ulæseligt] og Edward samt min Kusines Datter Margrethe Bentzen, en nydelig sød Pige paa 24 Aar; Chr. og Junge lider hende godt og bad hende besøge os en Lørdag og Søndag. Vi fik megen køn Musik. J. og Chr. spillede en 4 hændig Symfoni af Beethoven samt første Del af den dejlige Koncert af Mendelsohn, som de skal spille i Faaborg. Fru Wilstrup var her i Søndags og fik stemt Klavererne sammen rigtig godt. De har meget travlt med den især J., hun vil sige de har to Timer inden Jul af hos Fru Rosendal og saa har jeg lovet at overtage det huslige fra nu til Nytaar ogsaa for at hendes Fingre kan blive lidt smidige. Hun skal kun have den halve Timestid om Aftenen med at hjælpe den lille ny ved Bordet. Alt gik saa flot i Gaar. Vi fik 2 Gæs og 2 Ænder stegt, Æble og Svedske Kompot m.m. Rødvin, Koldt Bord men kun Sildesalat salt Kød og Ost, Kiks og Tvebakker og The. Kl. 10 Kaffe med en [ulæseligt] Bakkelse, som J. havde lavet og smaat Bagværk, som jeg havde med fra Odense. Vi havde alle vore fineste Ting fremme og et nydeligt Bord. Christine laa af Hovedpine lige til Kl. 5, saa jeg var paa Færde hele Dagen gjorde rent, satte Blomster eller rettere Grene og Bær omkring i Stuerne og til Bordet Kort. Det jeg dækkede mestens færdigt. Mit Ben er med Gummistrømpen næsten helt godt nu. I Gaar Morges truede jeg Karen med at skrive til hendes Mor, at vi kan intet have hende, naar hun har en saadan Uyst til alt og mener, at hun er saa overlæsset, arbejder som Pige, hun vil absolut ikke, snakker om det til dem alle. Hun var ikke ved Vadsken uden at skylle og vride, men det var alligevel altfor meget, og hun gik uden videre ind! Men min sandten, den Trusel at skrive hjem den har frugtet, hun har øjensynligt gjort sig umage i Gaar og i Dag. Nu vil jeg selv gøre en Del Strygearbejde og saa faa hende i Køkkenet Kl. 11 eller saa. Jeg vil være saa omhyggelig som jeg kan, for at hun ikke skal skuffe for meget. Nu faaer vi see, om jeg bedre kan tumle hende end J. har kunnet. – Kirstine er rigtig flink. – Paa Søndag skal vi til Barnedaab paa Gjelskov; alle Familierne skal med; Degnens var bedt med andet Sted. Ch. og J. skal med. De faar slet ikke syet den Present til Elle før efter Jul; det er rigtignok godt, at Alhed, Du og jeg har noget til hende. Om en Uge sender jeg mit; jeg mangler kun Garn, har først i Dag syet siden jeg kom hjem. Det kan jo sendes, veed I nok, i en stor Konvolut med Sejlgarn om og 10 Øre paa. Jeg har sendt min Lysedug i Fjor og 4 Gange et Pudevaar paa den Maade, alt er kommen hende i Hænde. Eastman er saa rask nu var glad ved den lille Rejse. Hun fik Dagen efter + ["+" er indsat over linjen] baade Brev, skrevet i Toget og Telegram med hans Adr:!! Ja nu veed jeg snart ikke mere lille Putte! Nu skal jeg ogsaa skrive til Syberg. Thora har faaet to Visdomstænder ud, de sad saa fast, men nu har hun da Ro. Husk Alhed paa, at vi endelig maa have de Sutsko. Den Pedal bliver det vanskeligt at faae med. J. skrev at der var ikke Plads til den i Kassen. Vi skal tænke over det. Gud veed, om ikke Christine kunde tage den med til Odense og saa Dede rejse ned til Eder med den paa Søndag. Jeg skal forsøge men kan jo intet love. Nu Farvel lille kære Putte. Kærlige Hilsener til Eder alle fra Mor. 
+[Skrevet langs sidens venstre kant:]
++ hans Afrejse</t>
   </si>
   <si>
     <t>1901 sensommer</t>
   </si>
   <si>
     <t>Victor Bøttern
 Hans Hinke
 Andreas Larsen
 Jeppe Andreas Larsen
 Johanne Christine Larsen
 Ole Poulsen
 H Schriver
 Laurits Thomsen</t>
   </si>
   <si>
     <t>"Ole Poulsen har nemlig Tærskeværket": Man havde i Kerteminde et damptærkeværk på andelsbasis.</t>
   </si>
   <si>
     <t>Johannes og Alhed Larsens hus på Møllebakken er under opførelse. Larsen har været hos Elias B. Muus for at få træ til byggeriet, men kunne ikke få noget, før han betalte, så han gik til Bøttern og købte tagsten, som bliver betalt med bl.a. korn fra Larsens far. I.A. Larsen venter på at låne tærskeværket. Johannes Larsen spørger Alhed, om hun har penge, for han skal betale for dåb.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/TlSr</t>
   </si>
   <si>
     <t>Kjerteminde
 Kæreste Alhed!
 Jeg staar og hjælper Hinke at tage Planter ud til Vinduerne og jeg ser det er nødvendigt at staa over ham til han kommer saa vidt at vi faar dem kørt ned til Høvleriet, jeg venter ogsaa paa Thomsen som skal tage ud til Trapperne, han lovede at komme lige over Middag og nu er det omtrent Togtid, saa jeg kan ikke følge med Junge som jeg havde haabet. Murerne er ved at gøre Kældergulvet færdigt. Jeg var hos Mu[ulæseligt] i Gaar, men Schriver var ikke hjemme og kom først Torsdag og den anden Bede kunde ikke udlevere Træet før han fik Penge eller Korn eller fik svar fra Schriver saa bad jeg dem beholde deres Træ og købte baade Træ og Tagsten hos Bøttern han havde lige faaet Tagsten hjem, paa de Vilkaar at han skal have ”de 200 Kr. for Brushønsene” naar de kommer og Resten dækkes med Korn som Fader leverer. Ole Poulsen har nemlig Tærskeværket i disse Dage og det er ikke afgjort at Fader kan faa det lige efter ham. Nu skal Junge gaa siger hun. Du har vel ikke faaet Penge, det vilde være rart om jeg kunde have faaet en 30 Kr. saa jeg kunde have betalt den Daab. Jeg er meget urolig for lille Puf men jeg hører vel ingen Ting før jeg kommer
 Mange
 kærlige Hilsner
 Din
 Johannes Larsen</t>
   </si>
   <si>
-    <t>efterår 1884</t>
-[...397 lines deleted...]
-  <si>
     <t>1901-10-17 - 1902-11</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
 Poul Caspersen
 Holger Drachmann
 Betty  Ejlskov
@@ -669,3162 +2918,50 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t>11. aug. 1925</t>
-[...2824 lines deleted...]
-med Sang over Mark og Vænge,
-----------
-Bag Bøgeskoven [”en” sidst i ordet overstreget] og bag Egekrat
-[...2 lines deleted...]
-og Lys over glade Dage,
-----------
-her fandt I to Jer et Hjem fuldgjort
-[...2 lines deleted...]
-om Eder vor Sang vi synge.
-----------
-En kærlig Far og en kærlig Mor
-[...2 lines deleted...]
-og trøsted i Tider trange.
-----------
-Vor Barndomstid var kun alt for kort 
-[...2 lines deleted...]
-vi kende jo Vejen hjemad.
-----------
-Saa Tak for alt da, fra vi var smaa
-[...263 lines deleted...]
-  <si>
     <t>1901-01-09</t>
   </si>
   <si>
     <t>Højrup
 Erikshåb</t>
   </si>
   <si>
     <t>Alhed Larsen
 Johannes Larsen
 Hedevig Lützhøft
 Nicolaus Lützhøft
 Laura Warberg</t>
   </si>
   <si>
     <t>Astrid var i huset hos Alhed og Johannes Larsen i Kerteminde. Alhed Larsen var bange for at være alene om natten - derfor skulle Astrid sove hos hende.
 Alhed Larsen var højgravid med barn nr. to, Johan/Lysse, da Astrid Warberg var i huset hos hende og manden. 
 Lundsgård er en herregård syd for Kerteminde. 
 Det vides ikke, hvad eller hvem Laf er.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0399</t>
   </si>
   <si>
     <t>Astrid synes at livet som pige i huset hos Alhed og Johannes Larsen er forfærdeligt. Hun tigger Johanne om at komme på besøg. Astrid ville gøre Alhed en tjeneste ved at hjælpe, men det virker ikke, som om Alhed og Johannes Larsen er glade for hende.
 Alhed er heldigvis lidt raskere, men hun har smerter i hoften, og hun har vejrtrækningsbesvær om natten.</t>
@@ -3856,59 +2993,159 @@
   <si>
     <t>Erik Henrichsen
 Andreas Larsen
 Georg Larsen
 Johanne Christine Larsen
 Marie Larsen
 Peter Magnussen
 Fritz Syberg
 Albrecht  Warberg
 Viggo Winkel</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab. Hun fødte parrets anden søn, Johan (Lysse), 27. februar 1901. Tilsyneladende vidste Johannes Larsen ikke, da han skrev brevet, at drengen var kommet til verden.
 Auktionen hos Winkel og Magnussen blev afholdt tirsdag 29. oktober 1901 i kunsthandlens lokaler på Højbro Plads i København.
 !/assets/b/7/51/Katalog_JL_Winkel_Magnussen_29_okt_1901_1.jpg!
 "":/assets/a/9/52/Katalog_JL_Winkel_Magnussen_29_okt_1901_2.pdf
 "":/assets/c/5/53/Katalog_JL_Winkel_Magnussen_29_okt_1901_3.pdf
 "":/assets/8/0/54/Katalog_JL_Winkel_Magnussen_29_okt_1901_4.pdf
 "":/assets/8/e/55/Katalog_JL_Winkel_Magnussen_29_okt_1901_5.pdf</t>
   </si>
   <si>
     <t>Alheds far er blevet opereret.
 Winkel &amp;amp; Magnussen kan ikke holde auktion over Larsens billeder før sidst i oktober. Larsen har bedt dem finde større lokaler til formålet.
 Larsen maler på et landskab, og han får rammer dagen efter.
 Manden, der graver haven, er nået til aspargesbedet.
-Larsen håber, at Puf (Andreas) har det bedre.</t>
+Larsen håber, at Andreas/Puf Larsen har det bedre.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/A14B</t>
   </si>
   <si>
     <t>Kjerteminde 28 Febr. 1901.
 Kæreste Alhed!
 Tak for Dine 2 Breve i Dag. Det er dog glædeligt at det er gaaet saa godt med Din Fader og at Operationen allerede er overstaaet, jeg havde ikke tænkt mig at det vilde komme saadan lige ovenpaa Undersøgelsen, Du kan tro det glædede mig at læse, det andet gaar nok nu Operationen er vel overstaaet. Jeg havde Brev fra Henrichsen i Dag, han havde talt med W &amp;amp; M der ikke kunde have min Auktion før sidst i October og han mente at kunde mærke paa dem at de saa temmelig mørkt paa Grund af den ringe Købelyst for Tiden og han spurgte om der ikke var Mulighed for at opgive den. Jeg har imidlertid svaret ham i Dag at jeg ikke vil eller kan opsætte den, bl.a. fordi jeg skal betale den Vexel midt i October som han skaffede mig med Penge indkomne ved Auktionen og henstillet til ham at se sig om efter et andet Lokale, den frie Udstilling, Charlottenborg eller et andet, og svare mig snarest. Jeg har faaet Møllen [eller Møller?] færdig i Dag og sat i Ramme ligesom jeg har sat de andre store i Ramme saa jeg nu har 8 store i Ramme og 9 naar jeg i Morgen faar gjort lidt mere ved Landskabet det var nemlig graat i Formiddags paa den Tid jeg skulde have malet paa det. Baronen og jeg var nede i Grossererens Skænkestue i Aftes og fik hver et Par Bajere og i Aften har han inviteret os alle derned. Jeg kommer saa paa Tirsdag hvis Du ikke sender Afbud eller der indtræffer Forhindringer. Det er dog dejligt at det er bedre med Puf, bare det nu maa gaa rask fremad. Jeg skal nok huske ”Primus”. Jeg venter at faa en Del Rammer i Morgen og faa en Del Billeder sat i, det er jo snart Tiden da jeg maa se at blive færdig hvis det skulde vise sig at Auktionen alligevel bliver i en nær Fremtid. Manden der graver Haven var her i Aftes og fik 7 Kr. 50 Øre til saa nu har han faaet 12 Kr 50 og er naaet til Aspargesbedet, han begyndte i den nederste Ende. Baronen beder mig hilse Dig. Vil Du gratulere Junge mange Gange fra mig, Marie skriver til hende nu. Jeg skal nok tage Penge med, vi begynder at tærske i Morgen. Bare nu Puf kan komme til at se lidt bedre ud til jeg kommer jeg er ligefrem bange for at han skal se værre ud end jeg tænker og det er for Resten temmelig slemt. Mange kærlige Hilsner til Jer alle sammen fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1901-04-25</t>
+  </si>
+  <si>
+    <t>Andreis -
+Carl -
+Thora  Branner
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Johanne  Larsen
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen boede i Kærbyhus i Kerteminde, mens deres villa blev bygget ("om de murer rask på huset"). Astrid var ung pige i huset hos dem.
+Det er uklart, hvem Gamle Carl er, men eftersom hans afskedigelse indvirkede på Harrys økonomi, kan han måske være Harry Eastman Sawyers far. Ellen og Harry Eastman Sawyer boede sammen med hans forældre den første tid, hvor de unge var gift.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0032</t>
+  </si>
+  <si>
+    <t>Laura Warberg ønsker datteren tillykke med fødselsdagen. Det bliver dejligt at få Ellen, Grethe og Alhed hjem i sommeren.
+Laura W har besøgt Hempel Syberg og Thora i deres nye lejlighed. 
+Hun har gjort hovedrent, og Andreis har arbejdet med blandt andet dueslaget. 
+Laura glæder sig over solen på Alheds maleri. Johanne beder om en opskrift, som Alhed har, og Laura vil gerne vide, hvordan Alhed behandler hestekødet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mHn3</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Astrid Warberg
+Kærbyhus
+Kjerteminde
+[På kuvertens bagside:]
+Poststempel
+[I brevet]
+Erikshaab d:25de April 
+Kæreste lille Putte!
+Nu skulde det altsaa være det lange Brev, som jeg skylder Dig, hvis jeg nu bare har Stof nok til et saadant, naar vi lige nylig har talt sammen. Og en saadan Skrivemaskine, som Du er lille Putte, det er jeg langt fra. Først maa jeg da sige ”Til Lykke”! jeg vil haabe, Du bliver hædret paa alle Maader dernede og især at Du faar mange Breve. Nu maa det jo være lidt flovt at have faaet alle sine Gaver, men Du har maaske faaet den blaa Kjole syet og indvier den paa Fødselsdagen? Jeg tror nok, at det skal blive en rar Sommer for Dig og os alle naar bare nu Elle og lille Grethe vil komme sidst i Juni. Det er udmærket med den Plan, at I kan faa Penge for Eders Lejlighed og saa er I her hele Juli og Halvdelen af August saadan var det vist; det kan blive forfærdelig morsomt at have Alhed og Elle med deres Børn uden Gemaler en god, lang Tid. Jeg har skrevet det samme til Elle. Naar vi har flinke Piger, saa kan det jo blive en god, nem Tid for Dig ogsaa og der er kun 2 Maaneder til. – Elles sidste Brev var der intet ved; de havde haft Regnvejr en Uge og lille Grethe havde sørget meget, fordi hun ikke kunne faa ”Nat – ont -”. Gamle Carl har mistet sit Arbejde i Havnen hvor en Mængde havde faaet Afsked og dette gaar ud over Harrys Pung. Men de haabede han snart fik det igen. Resten skrev hun intet om. Jeg tilbragte en morsom Aften hos Syberg og Thora, de var saa livlige begge to og det var saa voldsom interessant at see deres nye Lejlighed; den er storartet i alle Maader! Besøget dernede er opsat foreløbig til d: 16de. Dede var ikke paa Banegaarden hvoraf jeg sluttede, at Agraren havde gjort dem opmærksom paa Togene. Jeg var derfor ogsaa bange at de ikke skulde sende Vogn til Højrup blev derfor højlig overrasket ved at see Far selv med Kareten! De tre næste Dage sled vi til gavns i det med Rengøring i Spise og Havestue, Sove- og Børnekammer og Gangen. Det er nogle brillante Piger til at gøre rent og enes om det; vi har faaet alt udmærket godt gjort i Aar. Jeg var selv med til hen paa Eftermiddagen og Junge passede Køkkenet. I Dag virker Andreis med Søn alle vegne ude og inde; begyndte med Junges Dueslag ovre ved Das ”et pænt Sted til Duerne” mente Andreis! I Gaar arbejdede jeg hele Dagen i Haven med at plante Blomster om og skal ud i Dag igen lidt. Mod Sædvane ”drak” jeg i Aftes og gik i Seng Kl. 9 efter at vi alle havde nydt Æggesnaps. Agraren var her. Jeg har glædet mig over Solen til Alheds Maleri: Har dog Puf faaet sin lille Stok? Den maa endelig opbevares lille Putte jeg var meget ked af at have skilt ham af med den men stoler sikkert paa, at Du har faaet eller faar den tilbage. Hvor det var slemt, at jeg glemte mit sorte Tørklæde, men [”men” overstreget] min Kniv paa Dit Værelse glemte jeg ogsaa. Hermed et Adressebrev om Du ikke nok strax vil sende mig begge Dele lille Putte, skriv saa bare to Ord med Blyant, hvordan Fødselsdagen er gaaet, saa har jeg det paa Søndag, hvis Du sender det Lørdag. – Og tænk hvor rædsomt at de to Par Lagner gik jo tilbage i Vadsækken igen! Ja saadan gaar det, naar man har Hastværk. Jeg trøster mig med, at I nu har vadsket og kan undvære dem, til vi forhaabentlig allesammen gæster Eder en Eftermiddag, naar vi skal ud til Sybergs.
+Jeg faar nok Elles Breve ogsaa. Junge beder om Opskriften paa en Slags Øllebrød i Alheds Kagebog (Øl og Mælk kogt sammen og reven Rugbrød bagt af ..) - Sig til Alhed, at det er rigtignok kun lidt Kød I bruger f. Ex. i Forhold til os. Bed hende skrive ogsaa, hvordan hun gør med det dejlige Hestekød. Ja lille Putte, jeg vil ikke sige, at dette er underholdende som Fødselsdagshilsen, men det er alligevel svært at finde paa ”Fyld” til et langt Brev saa Du maa undskylde dette. Jeg glæder mig nu meget til paa Søndag at høre om Du har haft nogen gode Overraskelser og Breve. Du kan tro jeg er glad over, at Junge ikke skal rejse til København nu i denne travle Tid. 
+Nu Farvel lille søde Putte! Kærlige Hilsener fra Mor.
+Hils saa mange Gange og sig Tak for sidst!
+Lad mig vide, 1/ hvordan det er gaaet frem med Alheds Maleri i disse Dage; 2/ om den lille har været rolig siden; 3/ om I har faaet Vadsken tilside uden at Du er bleven altfor træt af det; 4/ om I har faaet Stokken igen. 5/ om de murer rask paa Huset.
+Det bliver nok mere end ”to Ord med Blyant” men saa faar Du jo et Brev gratis hertil.</t>
+  </si>
+  <si>
+    <t>1901-8</t>
+  </si>
+  <si>
+    <t>Revninge
+Rynkeby, Kerteminde
+Kølstrup, Kerteminde
+Dræby
+Agedrup
+Bullerup
+Odense
+Nymindegab</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+P Jørgensen 
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Vilhelmine  Larsen
+Erhard Meyer
+Otto  Meyer
+Sophus  Meyer
+Elias Muus
+Rasmus Petersen, Gartner
+Christine Swane</t>
+  </si>
+  <si>
+    <t>K.O.D.J.: Kerteminde-Odense-Dalby-Jernbanen.
+De indsatte ord: Rynkeby, Kjølstrup, Dræby osv. er togstationer på strækningen.
+Johannes Larsen er på vej til Nymindegab.
+Indkøb af træ samt badekarret og badeværelsesdøren: Alhed og Johannes Larsens villa på Møllebakken i Kerteminde er under opførelse.
+Cathrine Meyer var datter af Sophus og Sophie Meyer (Johannes Larsens moster og onkel).
+Den lille fede er Alhed og Johannes Larsens nyfødte søn, Johan (Lysse).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver i toget mellem Kerteminde og Odense. Han har købt noget træ og fortæller desuden om badekarret, der skal støbes og om badeværelsesdøren.
+Derefter fortæller Larsen om potteplanternes tilstand. Den følgende dag skal han til Nymindegab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HpfN</t>
+  </si>
+  <si>
+    <t>K.O.D.J. August 1901.
+Kæreste Alhed!
+Jeg skriver her i Toget, da jeg ikke ha[noget af papiret mangler] dit men det før, det ryster saa jeg tror jeg vil vente til det holder. Revninge Blomsterne har det udmærket Uglen passer dem. Kaktuserne ser godt ud. Lejligheden udmærket ren. Rynkeby Bygningen uforandret. Fader havde Tilbud fra Muus, billigere end Bricks, men Moder vilde have at Bøttern skulde spørges først (Kjølstrup.) I Morges var vi hos B. han vilde ikke til de Priser, saa gik vi til M. og købte Træet, men der er den Hage ved det at det skal betales contant. Fader lever [leverer] saa Korn for det og begynder at tærske først i næste Uge (Dræby). Jeg var saa hos Jørgensen og bestille [ulæseligt] efter Tegning efter [noget af papiret mangler] han skulde tage fat paa dem [noget af papiret mangler]sen traf jeg paa Gaden, han [var] klar til at begynde, Agedrup [noget af papiret mangler] traf jeg i Boutiken, han var meget tilfreds med snart at kunde tage fat igen. Badekarret kunde godt mures i Cement og beklædes indvendig med Fajance. (Bullerup) Døren til Badeværelser bliver pudset i Kanterne. Seden. Jeg fik saa mine Varer i Boutikken kørte op til Kærby Hus i en Høstvogn, slugte 2 raa Æg og løb ned med Kufferten drak et glas Madeira med Fader, Meyer, Rasmus Petersen, Grossereren og Uglen og saa paa Toget [til] Odense. Her er da noget længere Ophold saa maa jeg vist begynde forfra igen med Blomsterne, Slyngpelargonien var fuld af Blom[ster] og stod midt i en Hvidkløver [der] hængte ud over Potten til alle [noget af papiret mangler] det saa godt ud, den lille brogede i den gamle Urtepotte [saa] ogsaa godt ud, saa var der [en] ganske lille lav Pelargo[nie] med en stor Klump Lyserøde dobbelte Blomster, alle Ceiommus Skudene vare i god Kondition, nu kan jeg ikke huske mere om dem. Det var den store Potageske (Bryllupsgaven) de vilde have rejst med, den er nemlig stemplet Grønlund. Jeg laa der ovre om Natten. Uglen maler nogle Fingerbøller der om Dagen. Det var en nydelig Rejse derud i Gaar herfra, der ser nu bedre ud herfra og til Kjerteminde en andre Steder. Jeg traf Kathrine M[ey]er her i Gaar, hun skulde [til] Kjøbenhavn, Otto var kom[men], Erhardt havde hentet ham dernede. Præsten naaede [jeg] ikke, har han nu ventet, kan han vente de 8 Dage med. Det er Pokkers for jeg syntes der var saa meget jeg skulde fortælle, men paa fjollede Maade jeg har begyndt er det løbet i Stykker for mig, men nu skal Du faa Brev fra Nymindegab i Morgen. Det blæser godt (N.V.) i Dag og jeg glæder mig til at høre Vestervovvov i Aften. Hils Alle dernede. Mange Hilsner og Kys til Dig Puf og den fede.
+Din
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1901-09-21</t>
   </si>
   <si>
     <t>Korsør
 Revninge
 Ullerslev
 Rørbæk, Kerteminde</t>
   </si>
   <si>
     <t>- Grønholdt
 Georg Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Anton Frederik Schondel
 Christine Swane</t>
   </si>
   <si>
     <t>Tømrerne arbejder på Alhed og Johannes Larsens villa på Møllebakken i Kerteminde.
 Johannes Larsen arbejder i Christine (Uglen) og Maries stue: Hans to søstre boede på dette tidspunkt hos forældrene i Store Kærbyhus i Kerteminde. Derfra var/er der ganske kort til Møllebakken, hvor byggeriet var i gang. 
 29. oktober 1901 åbnede Johannes Larsens første separatudstilling hos Winkel &amp;amp; Magnussen i København, og Larsen arbejder på værker til denne. 
 Hyrdehuset ligger (stadig) på Hindsholmvej ved Nordstranden i Kerteminde.</t>
   </si>
@@ -3933,77 +3170,243 @@
 Georg Larsen
 Vilhelmine  Larsen
 Peter Tom-Petersen
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Tømrerne bruger det ene tegnebræt: Alhed og Johannes Larsens villa på Møllebakken i Kerteminde er under opførelse.</t>
   </si>
   <si>
     <t>Det går fremad med Pufs sygdom. Alheds far skal til en undersøgelse, og Johannes Larsen håber, at han undgår operation. 
 Larsen har fået et landskab næsten færdigt. 
 Johannes Larsen har været til kortaften hos Georg (Grossereren). Han har fået brev fra Peter Tom-Petersen, som ikke kan lide København. Larsen er ærgerlig over, at han ikke fik 100 kr. for en akvarel og beder Alhed sende pengene. Tømrerne bruger hans ene tegnebræt, så han kan kun male på ét billede.
 Larsen mangler sko, tøj og en tandbørste</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GDFX</t>
   </si>
   <si>
     <t>[Kjerte]minde 26 Septbr 1901.
 Kæreste Alhed!
 Tak for Dit Brev i Dag, hvor det dog glæder mig at der er Fremgang med Puf, og saa er der jo ogsaa Udsigt til at jeg snart kan komme efter Jer. Jeg er voldsomt spændt paa om der er Brev i Morgen og om der saa staar noget om hvordan Undersøgelsen af Din Fader er [gaae]t, bare det maa gaa [godt] saa han kan undgaa [at bli]ve opereret. Det er dej[ligt] Vejr i Dag ogsaa og jeg har faaet Landskabet omtrent færdigt. Jeg har ikke forhørt mig om den Pige endnu, men skal gaa derind naar jeg kommer til Byen i Dag eller i Morgen tidlig. I Gaar Aftes var jeg inviteret til Grossererens til Haresteg og Esmakker, sammen med Finnicks og Fattiggaardsbestyreren, men slap hjem Kl. 11, da Finnick havde Strandvagt og skulde tidlig op i Dag. Der var Brev fra Tom Petersen, han synes der var væmmeligt i Kjøbenhavn og at Fyen var det bedste Land, med de bed[noget af papiret mangler] der var en Hilsen til [noget af papiret mangler] Det var kedeligt nok a[t jeg] ikke fik 100 Kr. i Stedet [for] den Aquarel, men det er der jo ikke noget at gøre ved. Vil Du ikke sende mig den, hvis den ikke allerede er paa Vej hertil. Jeg skal hilse fra Moder. Jeg drev hele Eftermiddagen i Gaar og det gør jeg i Dag ogsaa, da jeg kun har et stort Tegnebrædt paa Grund af at Tømrene bruger det andet, men det er maaske ingen Skade til at jeg puster lidt. Jeg har egentlig været en forfærdelig Tid om at skrive dette Brev, for hvert Øjeblik synes jeg at nu kan jeg ikke [finde] paa mere og saa holder [jeg] og sidder og glor indtil [jeg p]ludselig bestemmer mig [til a]t slutte, saa synes jeg at jeg har meget mer at fortælle Dig, men som Du ser bliver det ikke til noget, med Undtagelse af at Brevet bliver fuldere paa Ord. Jeg har funden en gammel blaa Trøje som jeg har paa naar jeg arbejder, men det kniber snart med Lintøjet, ligesom jeg ogsaa savner et Par Sko til og en Tandbørste, jeg gnider paa Tænderne med Fingrene hver Morgen men det forslaar ikke rigtigt. Ja nu tror jeg at jeg vil gøre Alvor af at slutte og gøre det med m[ange] kærlige Hilsner og Kys [til] Jer alle tre.
 Din
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>u.å. 1901-12-12</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Clara Lindberg
+Susanne Lindberg</t>
+  </si>
+  <si>
+    <t>Onkel er muligvis Christian Eckardt.
+Johannes Larsen er muligvis på Fyns Hoved for at male sammen med Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Christine Swane besøger familie og bekendte i København. Johannes Larsen er rejst. Alhed og børnene er hos Johannes Larsens forældre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tuYk</t>
+  </si>
+  <si>
+    <t>Kjærbyhus den 12 December.
+Kjære lille Dinemor!
+Her sender jeg Dit Tøj som ikke er saa pænt som det burde være; men jeg har ikke kunnet naa mere med stoppe Trøjerne for det har ikke været tørt før i gaar og strøget daarligt er det ogsaa men Du tager nok imod med skønsom Tanker og gjør om paa det naar Du faar lukket op; I Pakken vil Du finde lidt af hvad Du ønskede og Du maa endelig sige til kjære Barn naar Du mangler noget det er saa trangt for mig at tænke paa Du skal savne Mad og Varme Lov mig en Ting Ugle gaa ikke hen og faa Lyst til at glæde os til Julen og saa selv Lide Nød Du maa ikke Dine hører Du det er i dag Faers Fødselsdag
+Las er rejst og saa er Alhed og Børnene her og Marie skal sove derovre Agraren render med Pakken og jeg sender Dig Vilhelms Brev for at du kan læse lidt fra ham
+Nu kom her Brev fra Onkel han fortæller Du sad hos dem det glæder mig hver Gang Du er hos de gode Mennesker ogsaa at Du besøger Susanne og faar Du Tid saa besøg Fru Lindberg inden Julen hun er dog saa kjær at vi kan være glad ved hendes Venskab
+Her er Blomsten Alhed siger det er den Italienske
+Nu gaar Agraren med Pakken og Brevet
+Her er en forfærdelig Kulde; men ellers klart og højt Vejer
+Vi har faaet vores Hø ind fra Marken og det er vi glade ved at det sidder godt i Hus til han skal kjøre ud med det til Odense
+Georg og Johannes kom med hver en Flaske Vin til Faer og det drak vi sammen fremmede har her ingen været vi er allene i Aften og skal naar vi faar Kaffen iseng
+Med al den Børnesnak er her tummelumsk at jeg maa holde op og sige Farvel og Tak for Dine sidste Breve
+Hils hvem der bryder sig om en Hilsen fra os Din egen Moder der aldrig glemmer at bede for Dig</t>
+  </si>
+  <si>
+    <t>1901-12-13</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Peter Hansen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna i tiden 27/7 1893 til 16/10 1904.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg ønsker Anna tillykke med kåben, det vil glæde ham at se hende standsmæssigt påklædt. Han har dagen forinden været en tur med Johannes Larsen til Kærby. De var inde og se på den gamle gård, som kan fås for 3000 kroner, men de tør jo ikke. Peter Hansen har skrevet, at der er så kedeligt i Faaborg, Fritz har trøstet ham med, at der er endnu mere kedeligt i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fjjc</t>
+  </si>
+  <si>
+    <t>[Med blyant øverst] 13-12-1901
+Kjerteminde. Kære Høns
+Til Lykke med Kåben, tag den bare. Det vil glæde mig at se Dig standsmæssig påklædt.
+Vi (Las og jeg) var en Tur igår over ad Kærby til. Vi var inde at se på den gamle Gård. Den er sgu god. Det gik i mig, men vi tør jo ikke. Tænke sig et stort dejlig beliggende Hus, med en stor Æblehave, for 3000 Kr. det er sgu Røverkøb. Gamle Larsen har budt 2500 men Manden vi ha 3000. Vilde bare En vilde låne os Pengene til 5 p.C. det blev kun 150 Kr. om Året. Jeg har fået et langt morsomt og elskværdig Brev fra Peter. Han synes der er så kedeligt i Fåborg. Jeg trøstede ham dog i mit Brev med at der var endnu mere [xxxxx] og kedeligt i København. Kys Børnene Din 
+Fritz.
+[på bagsiden] Hils Franziska og Marie og Matilde.</t>
+  </si>
+  <si>
+    <t>1901-12-16</t>
+  </si>
+  <si>
+    <t>Nordskov</t>
+  </si>
+  <si>
+    <t>Martofte
+Nordskov
+Mejlø, Fyns hoved</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Peder Nielsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg og Johannes Larsen boede under opholdet hos Karen Marie og Peder Nielsen på Dyrbjerggaard i Nordskov.
+Fritz Syberg beskrev samme tur til Fyns Hoved i et brev til hustruen Anna 16. december 1901.</t>
+  </si>
+  <si>
+    <t>KB</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg (Baronen) er på Fyns Hoved. De tegner og ser på fugle og spiser en masse mad hos deres værter i Nordskov. Larsen forsøgte at fange en vingeskudt gås, men det lykkedes ikke. Husværten, Peder, fangede den senere. Fritz Syberg har tegnet Johannes Larsen bag en vold af tang, de byggede på Fyns Hoved/Fyns rev.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oZ9i</t>
+  </si>
+  <si>
+    <t>[Nords]kov 16 Dec. 1901.
+Kæreste Alhed!
+Nu er vi igen færdige med vores Dagsværk. Det har været et dejligt Vejr her i dag. Vi var ude ved Revet lige ved Daggry, vi havde bygget os et Par Skanser af Tang der i Gaar og anbragt os saa der til Morgen, jeg for at se paa Fugletrækket og Baronen for at tegne [noget af papiret mangler] derefter gik vi en Tur rundt [noget af papiret mangler]rnen og saa tilbage til [noget af papiret mangler]erne igen og efter at have [noget af papiret mangler] der lidt gik vi hjem [og spiste] til Middag hvorefter [vi sejle]de over til Mejlø og gik rundt der i Eftermiddag. Baronen har lidt bedre Appetit i Dag og jeg æder som en Tærsker, en stor [noget af papiret mangler] Øllebrød Kl. 7 om Morgenen med Smørogbrød og Kaffe og Julekage ovenpaa en gevaltig Masse til Middag og da vi kom fra Øen i Eftermiddag satte jeg 4-5 Stykker Smørogbrød 3 tykke Løftepandekager derefter atter 3 Stk Mad med Rullepølse og et Stk Ostemad et Par Snapse, Øl og Kaffe m[noget af papiret mangler]kage til Livs u[den paa] mindste Maade [at føle] mig generet af d[et]. Det er nogle dejli[noget af papiret mangler] vi foretager og vi [noget af papiret mangler] en hel Del Vild[noget af papiret mangler] Raadyr, Harer, Svaner Masser af Graaænder [noget af papiret mangler] Ederfugle har vi ikke set saa mange af, ja i Gaar Formiddags trak de en Del forbi ude ved Revet, men i Dag var det temmelig sløjt derimod saa vi nogle Aalekrager, den ene temmelig nær ved. I Gaar saa vi en vingeskudt Knortegaas som jeg gjorde Forsøg paa at fange men den [noget af papiret mangler] i Vandet for mig [noget af papiret mangler]talte det til Peder [noget af papiret mangler]en da vi kom hjem, [og han g]ik saa ud efter den [og var] heldigere og kom hjem [med] den. Vi har endnu ikke faaet Kufferten fra Martofte, ligesom vi heller ingen Breve har faaet men de maa vel [komme] i Morgen. Jeg gaar og fryser i Morges savnede jeg i høj Grad min Lammeskindshue, men nu vi har faaet stille Vejr har jeg jo ingen Brug for den, det skulde da være for at lapse mig med den paa de Tegninger Baronen lave af mig. Vil Du hilse lille Puf og den lyse fra mig og kysse dem [noget af papiret mangler] hils ogsaa de andre [noget af papiret mangler] kærlige Hilsner fra 
+Din 
+Johannes Larsen</t>
+  </si>
+  <si>
     <t>1901-12-17</t>
   </si>
   <si>
     <t>Nordskov, Kerteminde
 Fyns Hoved</t>
   </si>
   <si>
     <t>Peter Hansen
 Andreas Larsen
 Johan Larsen
 Fritz Syberg</t>
   </si>
   <si>
     <t>Besøget på Fyns Hoved er det første for Fritz Sybergs vedkommende. Der er bevaret et brev fra ham til Anna Syberg, hvori han fortæller begejstret om samme tur.
 Johannes Larsen og Fritz Syberg boede under Fyns Hoved-besøget hos ægteparret Peder og Else Marie Nielsen på Dyrbjerggaard i Nordskov.</t>
   </si>
   <si>
     <t>Johannes Larsen og Fritz Syberg er i Nordskov. De spiser godt hos værtsparret og er på ture og jagt på Fyns Hoved. Fritz Syberg har skrevet til Peter Hansen om den knortegås, de har skudt og spist. Værelset, som Johannes Larsen sover i, er isnende koldt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/J5Xr</t>
   </si>
   <si>
     <t>Nordskov 17 Dec 1901.
 Kæreste Alhed!
 I Dag fik vi da endelig Breve, vi mødte Landposten ridende da vi gik ud efter Middag og fik hver sit Brev, han mente at Vejen kom i Orden saa at han kunde køre herud i Morgen. Kufferten har vi stadig ikke hørt noget om. Baronen har i Dag haft Appetit til alle Maaltider og næsten slet ikke Kvalme. Vi har været et Par gode Ture i Dag ogsaa, i Morges ude paa Fyns Hoved og i Eftermiddag syd paa langs Kysten. Vi begyndte som sædvanlig med Øllebrød og Kaffe og Julekage og til Middag fortærede jeg 1 ½ Portion Sagovælling og 3 stegle Torsk med Brød og Kartofler Kaffe og Julekage og til Aften spiste vi Knortegaasen der var ganske udmærket, og bagefter Smørogbrød. Vi kommer vel saa hjem Torsdag eller Fredag, Baronen vil nok helst være her til paa Fredag, hvorimod jeg nok vilde hjem om Torsdagen, for at have fri den første Aften, paa den anden Side har vi det jo ganske godt, saa det var jo ikke saa farligt at trække det en Dag længere ud, men dette Brev bliver altsaa det sidste Du faar herfra, forhaabentlig. Baronen har skreven Jagtbrev til Peter i Aften i Anledning af den spiste Knortegaas, det var rart at faa Brev fra Dig og det glædede mig at se at Du klarer Dig saa godt, Du har vel faaet Rul. Vi gaar hver Aften i Seng Kl. 8, men det er mig alligevel for tidlig, jeg kan nemlig ikke sove hele Natten, men det er maaske ogsaa fordi jeg ikke ligger saa komfortabelt som ellers, det var godt vi fik de uldne Tæpper med, for Sengen minder nærmest om en Iskælder, naar vi kryber i den om Aftenen, jeg ligger desuden med den sorte Trøje paa og Underbukserne om Benene. Ja nu vil jeg slutte dette underholdende Brev med mange kærlige Hilsner til Jer alle 3 fra Din
 Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1902-09-25</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Sophus  Meyer
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Brevet er skrevet på brevpapir tilhørende Johannes Larsens bror, Adolf, som videreførte familiens købmandsbutik i Kerteminde. 
+Alhed Larsen er i København, hvor hendes far skal gennemgå en nyreoperation (derfor var Alheds sidste brev ikke "videre trøstende"). Operationen gik galt, og han døde 30. september.
+Det er uklart, om Fritz Syberg og Meyer er vitterlighedsvidner hvad angår obligationslånet, og om dette har med Larsens villa på Møllebakken i Kerteminde at gøre. Johannes Larsen lånte i 1902 sin far 10.000 kr., og sagen kan også hænge sammen med dette.</t>
+  </si>
+  <si>
+    <t>Alheds brev var ikke ret trøstende.
+Johannes Larsen passer de to drenge. Han, Fritz Syberg og Meyer har skrevet andenprioritetsobligationer under, og pengene fra kreditforeningen kommer snarest.
+Johannes Larsen håber det bedste for Alheds far.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MXCe</t>
+  </si>
+  <si>
+    <t>Kjerteminde, den 25 Septbr 1902
+Kæreste Alhed!
+Tak for Dit Brev som jeg fik i Morges, det var jo ikke videre trøstende, og jeg gruer for det næste og fortryder at jeg fyldte Dig med saa meget Vrøvl i Aftes. Jeg havde et ordentlig Arbejde i Morges eller rettere i Formiddags da jeg først blev færdig henad Kl. 12 med at gøre Huset i Orden [noget af papiret mangler] Gaar, begge Børnene [vaagne]de nemlig før 7 saa jeg [maat]te klæde dem paa og [tage] dem med over efter Mælk og Kaffe som vi havde brugt op i Gaar. Jeg kogte først Mælk til dem og lavede saa Havregrød og jeg tror nok at de i det Hele taget [er] passede godt. Syberg og Meyer og jeg har i Dag været nede og skrive 2den Prioritetsobligationen under og Huset eller rettere Grunden er fri nu og Pengene fra Kreditforeningen kommer nu en af de første Dage. Ja nu vil jeg slutte med de bedste Ønsker for din Fader og Hilsen til Dig selv J[eg] holder nu forfærdel[ig] af Dig.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1902-10-04</t>
+  </si>
+  <si>
+    <t>Olaf Brahm</t>
+  </si>
+  <si>
+    <t>Bern</t>
+  </si>
+  <si>
+    <t>Harriet Brahm
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg døde 30. september 1902.
+Olaf Brahm var en tid forlovet med Thora, som var datter af Laura og Albrecht Warberg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2676</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg varden fineste mand, som Olaf Brahm nogensinde har kendt. Mindet om ham vil leve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/n6wj</t>
+  </si>
+  <si>
+    <t>Bern 4-10-1902.
+Kære Fru Warberg!
+Af lille Harriets Brev til mig idag erfarer jeg den sørgelige Tldragelse, at han er død, den fineste Mand, jeg nogen Sinde lærte at kende. Jeg forstaar noget af den Sorg, det maa være for Eder, og jeg ved, det vilde være mig umuligt at bringe Dig nogen nævneværdig Trøst. Naar jeg saa alligevel vover at skrive til Dig, er det fordi, jeg vilde bede om Lov til at sige Dig, hvor dybt et Indtryk Eders Sorg har gjort paa mig. Saa synes jeg ogsaa, det kan være noget af en Trøst for Eder at vide, at hos alle vi der kendte ham, vil Mindet om den fineste og nobleste Skikkelse leve, og vi der er unge har kun Tak og Ærbødighed fordi, han lod det saaledes tilbage
+Din hengivne
+Olaf. Brahm.</t>
   </si>
   <si>
     <t>Nancy Schaffalitzky de Muckadell</t>
   </si>
   <si>
     <t>Rynkebygaard</t>
   </si>
   <si>
     <t>Louise Brønsted
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Ellen  Sawyer
 Carl Schaffalitzky de Muckadell
 Albrecht  Warberg
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2665</t>
   </si>
   <si>
     <t>Det gør Nancy Schaffalitzky de Muckadell og hendes mand meget ondt for Laura Warberg og børnene, at de har mistet Albrecht Warberg. De hørte, at det gik bedre med ham, og så pludselig var han død. Måske er Albrecht Warberg dog blevet forskånet for flere lidelser.</t>
   </si>
   <si>
@@ -4042,50 +3445,116 @@
   </si>
   <si>
     <t>"naar man skal af med sine Børn": Charlotte Knipschildt mistede mindst to små børn; muligvis flere.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2666.</t>
   </si>
   <si>
     <t>Charlotte Knipschildt er ked af, at hun ikke kom om mandagen, men rejsen havde udmattet hende. Laura Warberg har hjulpet i svære tider. Hun må endelig komme på besøg.
 Charlotte Knipschildt var bekymret, da Laura blev forlovet, men hun kunne ikke have fået en bedre mand. 
 Laura må takke Andreas Warberg for brevet. Det var rørende, at han tænkte på hende.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Nh1k</t>
   </si>
   <si>
     <t>[Påtrykt brevpapiret:]
 O. Knipschildt
 Lerchenborg
 pr. Kalundborg
 [Håndskrevet:]
 d. 10 October.
 Kæreste Laura!
 Mine Tanker gaar bestandig over til Dig; og det er dog en inderlig svær Følelse at vide at de Hjem vi holdt mest af, efterhaanden lukkes, Ottos og min største Fornøjelse var dog at køre til Gjelskov og Erikshaab i gamle Dage, og hvor ældre man bliver føles det ret at det er alligevel Minderne man lever paa. Jeg var saa bedrøvet over at jeg ikke kom med i Mandags som jeg dog saa gerne vilde; Ingen har været mere for mig i trange Dage kære Laura end netop Du; man da jeg kom herhjem var jeg alligevel meget træt af den lange Rejse, og Otto var bange jeg ikke kunde taale den forserede Rejse fra Kl 4 om Morgenen. Lad os være enige om kære Laura at holde sammen den Tid vi have tilbage, og naar Du nu faa Dit Hjem i Byen og savner Landet, saa kom endelig ud hos os der begge holde saa meget af Dig. Jeg fortalte netop mine Unge forleden Dag at min første store Hjertesorg_var da Du blev forlovet, jeg synes ingen Mand var god nok til Dig -; den Sorg kunde jeg have sparet mig! men Følelserne ere uforandrede; og hvis Du kan løsrive Dig i Vinter saa er Du hjertelig velkommen; jeg kan godt forstaa Du endnu ikke véd hvordan Du bedst kan; men Du har jo saa faa af Børnene hjemme, derfor føles Ensomheden endnu mere. Nu jeg er kommen i Ro, føler jeg at Kuren og Rejsen har været ganske god for mine Nerver; men det er dog endnu bedre at være hjemme ved det daglige Arbejde, og alt var passet godt medens jeg var borte. Hils Andreas meget, og tak ham for Brevet jeg var saa rørt over han tænkte saa venligt paa mig, og han skrev saa sandt "det var Synd at ønske hans kære Fader tilbage til Lidelserne men "Døden" og Adskillensen er svær at komme over, og kun _Tiden kan læge Saaret; i Øjeblikket kan man ikke tro det er muligt at faa den rette Trøst, jeg har følt det naar man skal af med sine Børn.
 Hils Johanne og hvem Du har hos Dig kære Laura; men de kærligste og mest deltagende Hilsener sendes Dig fra Din hengivne Charlotte.</t>
+  </si>
+  <si>
+    <t>1903-04-25</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Andreas Larsen
+Johan Larsen
+Peter Magnussen
+Kristian Møhl
+Theodor Oppermann
+Karl Schou
+Marie Schou
+Joakim  Skovgaard
+Christine Swane
+Fritz Syberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Johannes Larsens billede af påfugle optræder ikke i Den Frie Udstillings katalog fra 1903, og dette må skyldes, at det først kom med i "anden ophængning".</t>
+  </si>
+  <si>
+    <t>Det er trist, at Lysse er syg, men godt, at Christine Larsen (Uglen) nu kommer og hjælper Alhed.
+Det har været godt vejr, så Larsen har fået malet på sit store billede. Joachim Skovgaard var i Zoo for at male kvælerslangen. Poul (s.) Christiansen kommer vist til at deltage i anden ophængning på Den Frie Udstilling, og når Larsen kommer med et så stort billede, skal der hænges om. Han har set på ramme til billedet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zLiU</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 25 April 1903.
+Kæreste Alhed!
+Tak for Brevet i Dag. Det maa rigtignok være svært for Dig at have lille Lysse i Sengen og saa være alene, men Uglen maa da være kommen i Gaar, hun sagde da i Gaar Morges at hun skulde rejse med Middagstoget. Jeg blev meget ked af det da jeg læste om hvor syg lille Lyssemand var, men det trøstede mig jo lidt, da jeg længere nede saa at han havde sovet og ikke hostede mere bare han nu maa komme hurtigt over det. I Dag har jeg da havt dejligt Vejr, men det er alligevel skidt naar der har været saa mange Dages Graavejr imellem, naar det er saa stort et Billede, for det er næsten som at begynde forfra, men jeg har da faaet lavet en hel Del og haaber at faa endnu mere gjort i Morgen, dersom det bliver ordentligt Vejr igen. Oppermann var ude at se til mig i Dag, han troede nok det kunde blive et godt Billede, jeg talte ogsaa med Joachim Skovgaard derude, han kom hen til mig mens jeg malede, han var ude for at male Kvælerslangen. Han vidste ikke om han blev her i Byen til anden Ophængning men Møhl Hansen gjorde det, og Poul Christiansen kom vist til at hænge op, dersom Skovgaard rejste, saa jeg kunde jo tale med dem, han mente i øvrigt at den Sal hvor mine Billeder hængte var den bedste i den frie Udstilling og han syntes at i det mindste mine Aquareller hang udmærket. Men naar jeg nu kom med saadan et stort Billede blev de jo i hvert Fald nødt til at hænge mig dem om. Jeg har været oppe hos Winkel og Magnussen i Aften for at se paa Ramme til det. Vi har spist her hos Schous i dag. Sild, Kartofler og Løgsauce og Aprikosgrød. Her var Brev fra Baronen samtidig med Dit, med et indlagt Brev til R. Christiansen. Bare det dog maa blive godt Vejr i Morgen, jeg gaar i en voldsom Spænding hver Aften. Hvordan gaar det med Din Moder?
+Jeg sender her et Svar til Baronen da jeg ikke mener at det er nødvendigt at bruge 2 Frimærker naar jeg kan nøjes med 1. Mange Kys og kærlige Hilsner til jer alle tre fra
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1903-09-03</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna 1893-1904</t>
+  </si>
+  <si>
+    <t>En del af brevet mangler, så det er svært at forstå i sin helhed. Men Fritz beder blandt andet Anna om at sende ham en smule kloral.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pfcL</t>
+  </si>
+  <si>
+    <t>Kære Høns!
+Dersom Du kunde skaffe mig en Recept på en Smule Kloral fra gamle Schoudel vilde det være af uberegnelig Værdi for mig i disse Dage. Peters er rejst. De var kede over at det blev godt Vejr nu, da det kunde være dem ligemeget Jeg trøstede dem med at de jo kunde 
+[papiret mangler] i Jernbanen og bilde sig ind 
+[papiret mangler] hver Dag regnede herhjemme,
+[papiret mangler] de kunde have samme
+[papiret mangler] af. Det vilde de så også 
+[papiret mangler] Birkholm sat i Virk-
+[papiret mangler] som Landskabsmaler 
+[papiret mangler] siger han da - og han synes 
+[papiret mangler] hel morsom Sport at ma 
+[papiret mangler] Jeg har selv lavet en stor 
+[papiret mangler] som jeg kasserede igår og vil i Dag begynde på en ny af det samme Motiv. Lyngen er tildels afblomstret så nu kan jeg da få Ro til at lave et Septemberbillede. Kys Ungenr og ha'et godt
+Din Fritz</t>
   </si>
   <si>
     <t>1904-06-14</t>
   </si>
   <si>
     <t>Charlottenlund
 Kastanievej 13</t>
   </si>
   <si>
     <t>244 Columbia Road Boston</t>
   </si>
   <si>
     <t>Sidsel -
 Charles Abrahams
 Ingeborg Abrahams
 Mogens Abrahams
 Wilhelmine Berg
 Alhed Marie Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Alfred Goldschmidt
 Ernst Goldschmidt
 Henriette Goldschmidt
 Johanne Goldschmidt
 Selmar Goldschmidt
@@ -4158,2264 +3627,178 @@
 Magisterens og Abrahams’ var kommen – strax efter kom Junge – to af Fru Goldschmidts Søstre samt en Fætter til Alfred (og god Ven). I alt var vi 14. Så kom vi ind til det fineste og festligste Frokostbord, jeg nogen Sinde har set – et Væld af Blomster alle Vegne – de fineste slebne Krystalting – mørke grønne Rhinskvinsglas – fint sachsisk Porcelæn o s v. Vi satte os til Bords – ved Alfreds Kuvert lå en Myrtebuket – og ved min – en rigtig Myrtekrans! Jeg blev meget rørt og glad. Så sagde Alfred, at jeg skulde se indeni Servietten – han havde lige selv i sin Serviet funden et hvidt Silkelommetørklæde med Navn syet af hans Mor. I min lå et henrivende lille Kammerdugslommetørklæde – med en håndsyet Blonde om – og et fransk AG. Broderet af Svigermoder. Var det ikke rasende pænt! 
 Skønt Brudepar, som vi var, og trods al Hæder og Sindsbevægelse – var vi dog begge mægtig sultne – og deres fortræffelige ”cocher” Mad smagte storartet – vi fik en varm Ret i en Slags Butterdejstærte med Fisk i – Champignonsauce til. Dertil Rhinskvin og smukke Taler – både af Svigermor og af Ernst. Derpå et overdådigt koldt Bord – sidst Kaffe. Lugges lille Pige og Ingeborgs do Dreng – underholdt hinanden i Johannes Værelse – passet af en Kone.
 Så holdt Kareten for Døren – og vi kørte – Svigermor – Junge – Magisteren – A og jeg.
 Vi var omtrent de første, der kom ind – og vi var alene!) ingen fremmede blev viet samtidig. 
 For vores Pårørende var der naturligvis. Det var meget højtideligt – og meget smukt. 
 Så kørte vi hjem. Lad mig dog fortælle Dig, at vi kørte i en elegant Wienerlandauer (som vores hjemme.) med Galla Kusk og Heste – det kostede 4 Kroner og Kusken fik 1 Krone i Drikkepenge. Nå – denne Meddelelse er nok bedre for andre. 
 Svigermor skyndte sig først op ad Trapperne – og da vi mærkede der var noget i Gære – holdt A og jeg os lidt tilbage – og kom sidst op. I den store Dagligstue – hvor alle havde forsamlet sig - blev vi modtaget med den dejligste Musik - det var A.s Mor og Johanne, der spillede firhændig – Bryllupsmarchen af en Skærsommernatsdrøm! Herligt! Derefter sang Johanne til Accompagnement to Sange – begge af Svigermor. Den ene alvorlig – den anden (sidste) morsom. Den alvorlige var til den dejlige og gribende Melodi af Sep. Rosenfeldt: ”Åh Farvel! og vær velsignet!” Mornine har sungen den ofte:
 Du kan ikke tænke Dig, hvor smukt og højtideligt det var!
 Så kom vi ind i Spisestuen – midt på Bordet stod et mægtigt Overflødighedshorn med et lille Brudepar i Toppen – og så var der flade Glas – Champagne. – Jeg tror nok, at baade Magisterens og Junge befandt sig vel – og det var jeg jo også meget glad over at føle. 
 Ved 5 Tiden kørte vi til Nordbanen og tog (II Kl. nat.) til Helsingør – herfra lige videre ad Gribskovbanen til Helsinge – hvor vi overnattede i en fin og moderne Kro – med elektrisk Lys – smukke Lokaler o s v. Næste Morgen kørte vi i Dagvogn til Tisvilde – hvor vi blev lige til Søndag Aften. Der var ganske storartet – frisk og herligt. Vi badede i det storartede Vand. Ankom til Kjøbenhavn om Aftenen Kl c 12 – og modtoges med et pragtfuldt Fyrværkeri fra Tivoli. Muligvis var det dog mere for Grundlovsdagen end for os. 
 Vi sov på Blankensteiner den Nat; sidste Dag var vi til Frokost hos A’s Forældre; vi fik da set rigtig på Gaver og Telegrammer o s v. Vi fik c 60 Telegrammer – deraf 6 på Vers! Og en Del fik jeg jo til mit forrige Bryllup. Af en Tante fik vi én stor Sølvøsopske (vi byttede så den anden for Teskeer) af en ny en i Forretningen 12 små henrivende Kaffeskeer – i Vifteetui næsten som Dine små fra Sølvbrylluppet. Og i Penge fik vi i alt 405 Kr. Af Johanne et nydeligt broderet Stykke til en Sofapude – af Ernst et Maleri – af nogle unævnte i Odense 
 III) 12 Par fine Kaffekopper, af en Tante i Hamborg et Kaffefad af sachsisk Porcellæn, af en do en kinesisk (stor og grim) Bakke, af en do – et stort Blomsterglas af usleben Glas – af en rig Onkel en pragtfuld Vinkaraffel af ægte Krystal – af Ingeborg Abrahams et broderet Bordtæppe til vort Spisebord – af en ung Dame - en Blodbøg i Urtepotte, af en anden - en stor Philodendron, af en Ven til Alfred – Troels Lunds samlede Værker og af en Fætter – et Billede af Grethe: en Blomst i Potte af Junge – en Bog af Høffding (Etik) Desuden mange Blomster. Alt mit Sølvtøj fra d 27 Maj – samt Granathalsbåndet - blev almindelig beundret både på selve Bryllupsdagen deroppe – og siden af Gratulanterne. - . derfra gik vi hen på Kongens Nytorv, hvor vi skulde bestille Takkekort hos Åmond; da Madame bor lige ovenover – løb jeg derop mens A. besørgede Kortene. En sortkjolet Pige lukkede op – jeg knirkede en Smule med Silken og bad hende melde Fru Astrid Goldschmidt! Det var min første egentlige Fruetriumf; Madame hørtes le højt, og kom mig smilende i Møde med ét: ” Nå, er vi så vidt, Dis,” og hun gratulerede mig på det hjerteligste – og hvem sad i Sofaen? Gamle Fru Hirschsprung! nåda, hvor jeg gottede mig over at stå der og knitre som Frue – jeg – den usseligste Tjener i Kongens Gård! 
 Nå, gl. Fru Hendrik var da også Elskværdigheden og Hjærteligheden selv – så det var en yderst vellykket Visit. – Så drog vi til Porcelænsfabriken, hvor vi udtog et komplet og pragtfuld Kaffestel for de 50 Kr. fra Malmø. 
 Af Spisestellet til 12 – lod vi dem give os til 6 nu – og opbevare Resten til Efteråret. Så gik vi i Bræddehytten ved Tivoli, hvor vi spiste til Middag, da vi ingen Gas havde fået til vort Hus endnu. Der traf vi Maleren Syberg, hvem jeg strax præsenterede min Mand! og vi fik os en morsom Snak. Endelig tog vi hjem til os selv. Junge havde hængt Gardiner op for os, der lå Breve til os og det hele var uhyre festligt. Og nu er vi efterhånden kommen i den skønneste Orden. Og det er nok på Tide, at denne Meddelelse kommer af Sted; mit Brev er bleven afbrudt flere Gange af Visitter; jeg har lige nu set i Politiken det længe ventede Telegram – Hellig Olav ankommen Mandag Aften til New York – alt vel. Og nu sender jeg med så megen større Glæde mit Brev. 
 Du kan nok tænke, at vi længes forfærdelig efter Dit første Brev – hvis Du bare har været rask – så har Du nok skreven om Bord – og så kan vi snart have det. Du har nok allerede oplevet en Masse!
 Ja, jeg kan jo ikke sådan forklare Dig, hvordan vi bor, men Du får det da også at se selv til Efteråret. Kun vil jeg sige, at vi er meget begejstrede begge to – alle Møblerne passer så brillant her og ser så godt ud. Vi må jo op om Morgenen Kl godt 6 ½; Alfred skal gå ¼ i 8. Jeg følger ham da til Stationen (20 Min) – og går så op gennem Jægerborg allé og køber ind til Middag. 
 Så går jeg hjem og beskikker mit Hus og har jo så en dejlig lang Tid til hvad jeg vil – men endnu har jeg haft nok at gøre med at ”ordne” alle Steder. Og når først vi får Klaveret, skal jeg til at spille hos Ingeborg. Dog bliver det vist ikke før efter Sommerferien . vi rejser om c 14 Dage til Erikshåb, hvortil vi er inviteret af Pallam – og vi glæder os begge meget. 
 Dermed være ikke sagt, at her ikke er rart – for vi er begge nærmest begejstrede over Tilværelsen. - . Nu håber jeg Du er tilfreds med dette Brev; vil Du hilse Mornine og Elle mange Gange (jeg venter næsten et lille Brev fra dem) og Tusinde kærlige Hilsner til Dig selv fra Din Putte
 [Øverst på første side er skrevet på hovedet:]
 p.s. Alfred sender mange Hilsner!</t>
   </si>
   <si>
     <t>1905-01-17</t>
   </si>
   <si>
+    <t>Haslev</t>
+  </si>
+  <si>
     <t>Kikkenborg 12-13, 5300 Kerteminde, Danmark
 Erikshaab Assensvej 198 5750 Ringe</t>
   </si>
   <si>
     <t>Christian Eckardt
 Margrethe  Eckardt
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Jeppe Andreas Larsen
 Johan Larsen
 Johannes Larsen
 Marie Larsen
 Marie   Larsen, Georg Larsens datter</t>
   </si>
   <si>
     <t>CHristine er indlagt med tuberkulose på sanatoriet i Haslev.
 Kikkenborg er et strandområde i den nordlige del af Kerteminde.
 Erikshaab er Alhed Larsens barndomshjem.</t>
   </si>
   <si>
     <t>Christine har fået en sygdom oveni tuberkulosen. Hun er i gode hænder på sanatoriet. Johannes Larsen har fået penge for nogle tryk, så han vil sende penge til Christine.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/yGcJ</t>
   </si>
   <si>
     <t>Kjærbyhus Mandag
 Kjæreste lille Ugle!
 Tænkte jeg ikke nok at du var syg, da der ingen Brev kom igaar det var Søndag og saa haabede jeg paa Morgendagen, men det var jo en fremmed Udskrift
 Saa skal du ogsaa prøve den Sygdom, men kan jeg nu ogsaa stole paa den Doktor at det ikke er farligt. Vær ved godt Mod kjære Barn, nu slipper Du da nogen Dage for at proppes med Mad havde jeg Penge min Skat der skulde snart En af os være hos Dig og fortælle op om os; Dagen gik nogenlunde for mig trods min Uro, der var Bal i Kluppen Las og Alhed skulde med, Agraren spiste Middag der De havde slagtet en stor Kylling fra Erikshaab der aldrig havde lagt Æg og den var saa fed, at lille Marie slet ikke kunde tage den ud for det bare Fedt
 Jeg fik den Tanke at bede Børnene herover at spise til Aften, og det blev de meget glade ved de kom ikke før 6, for jeg tænker de vilde følges med Tante Ia som hjalp Alhed. Puf sagde rigtignok at han maatte hjælpe sin Moer med Bæltet og holde paa Lommetørklædet, han havde saa rigelig sørget for sit eget ogsaa, som han lod gaa rundt til Duft, men Du skal høre hvor sød han er, han har en stor dejlig Bog med alle Verdens Dyr, den havde han taget med til Ære for Dig Farmor Nu kom de med deres Løn fra Kikkenborg raske og flinke Johannes havde faaet Aftrykkene, og vil sende Dig nogle, saa faar jeg dette Brev med der skal glæde Dig rask lille Ugle Gud give Dig Taalmodighed saa overvinder vi det med nu vil jeg haabe at Du snart skriver os til at vi kan vide hvordan det gaar, men nu skal Du se at Du faar en stor Appetit naar Du igjen faar Lov at spise hvad der bliver forlangt af Eder
 Nu fryser her og stormer Far siger vi kan vente en Snestorm det er sydost men smukt er Landskabet at se paa med de høje Søer i Krogen
 Nu skal vi spise og vil jeg overlade De andre Pladsen der er tilbage
 Lev vel mit kjære Barn og vær ved godt Houmør kjerlig Hilsen fra Faer der sidder og venter paa Mad
 Din Moder 
 D. 17-1 Kære lille Ugle! Hvor vi blev bedrøvede over at høre, at Du er syg, bare det dog ikke maa vare for længe, saa Du bliver sat altfor meget tilbage, jeg kan forstaa at det er trist for Dig at skulde ligge i Sengen, var vi blot noget nærmere saa vi kunde se til Dig, men det er jo altfor lang en Rejse; det er da en Trøst at vide at Du bliver passet og plejet ordentligt, ellers var det ikke til at holde ud
 Du spørger hvorfor vi ikke har fortalt Dig at Mor var syg, men det var hun jo da Du rejste og kom sig snart efter, siden har hun ikke været daarlig, i alt Fald ikke sengeliggende, hun kan nok have lidt ondt i Lemmerne mod daarligt Vejr, men klarer sig ellers godt. – Vi kan ikke begribe hvorfor Eckardt ikke skriver, vi har ikke hørt fra dem siden Nytaar, og Mor skrev dog til dem for en Tid siden og bad om de endelig vilde skrive naar Margrethe kom hjem. Det stormer frygteligt i Dag; Agraren kører Is til Mejeriet i dette væmmelige Vejr, men han siger at det ikke er saa slemt; Faer og jeg passer saa Køerne. Jeg er nødt til at slutte nu, for at det kan komme med 3 Toget, ellers faar Du det vist ikke i Morgen. Tusind kærlige Hilsner fra Din hengivne Marie som haaber at Du rigtig snart maa blive rask igen, send os dog bare et Par Ord saa vi kan høre hvordan det gaaer. Vi skal nok skrive igen.</t>
   </si>
   <si>
-    <t>1907-05-28</t>
-[...5 lines deleted...]
-    <t>Adolph Larsen
+    <t>Februar 1905</t>
+  </si>
+  <si>
+    <t>Göteborg 
+København</t>
+  </si>
+  <si>
+    <t>Herman Bang
+Margrethe  Eckardt
+Alhed Larsen
 Jeppe Andreas Larsen
-Johanne  Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+- Lunn
+Oberst  Lunn
+Karen Meisner-Jensen</t>
+  </si>
+  <si>
+    <t>Christine er indlagt med tuberkulose på sanatoriet i Haslev. 
+Valkyrien er en sangforening i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Museum</t>
+  </si>
+  <si>
+    <t>Christine er begyndt at komme op. Det går fremad med hendes sygdom. Johannes Larsen har færdiggjort et maleri fra haven. Han har malerier med på en udstilling i Göteborg, som åbner d. 15.2. Der er snart eksamen på samariterkurset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YXQL</t>
+  </si>
+  <si>
+    <t>Fredagmorgen
+Tak for Dit Brev kjære Dine jeg nøjedes med at sende Dig en Hilsen med Marie fordi jeg vilde have fat paa de 2 Natkjoler; nu hænger de vaskede og tørrer paa Kakkelovnen og er gjort godt istand nu skal de stryges og sendes i Eftermiddag Du sætter nok Mærkelapperne paa Navnet saa behøver jeg ikke at forandre det
+En stor Forandring er det jo at have Kjole paa i stedet for Trøje hvorfor har Du ikke skreven det noget før saa havde Du havt dem for længe siden det kan vel nok gaa med 2 for flere kunde vi ikke gjøre brugelige til et fremmed Sted; nu er det snart Søndag saa faar vi at vide hvordan Du har det Gud ske Tak at du er begyndt at komme op saa gaar det dog fremad naar Du saa begynder at faa Appetit og Lov til at spise saa bliver det nok snart godt; men Du maa endelig lade mig følge med Sygdommens Forløb og ikke skjule noget for mig hører Du! Saa Fru Andersen skal rejse nu, ja det bliver jo et Savn for Dig men tænk saa paa dem der venter hende. Jeg kan sætte mig deres Sted naar vi faar Bud om Hjemkomst for Dig, derfor længes jeg saa meget efter at høre hvordan Lungerne har det for det er dog dem det gjælder lille Dine, Alhed havde et Brev fra Karen siden de var nede hos Dig og hun meddeler sin Glæde over dit raske og gode Udseende det gjorde dog saa godt at høre ja hvem der havde Penge nok jeg skulde snart være derovre, i dag trækkes Lotteriet om vi var blandt de heldige sikke en Travlhed her ville blive med at dele ud til alle Sider naa faar vi ingen saa er der en Trækning til og saa skal der aldrig spilles mere. Nu faar vi se.
+Vejret har været Foraars Vejer nogle Dage nu i dag snusker det en Dags let Sne havde forleden saa Las fik sit Vinterbillede fra Haven færdig nu den 15 februar aabnes Udstillingen i Göteborg om der kunde sælges nogle Billeder Aftenbilledet der hængte i Stuen er med tillige med Paafuglene men det ved Du vel altsammen, har du hørt fra Vilhelm?
+Oberst Lunn er bleven daarlig igjen Sønnen er rejst til Kjøbenhavn Valkyriemøder opsat til videre; men saa gaar Samarittermøderne de var i aftes og skal i Aften igjen for Herman Bang skal jo læse op paa Lørdag og der skal mødes i Festdragt, det giver Stemning Saa næste Torsdag skal Examen holdes men hvem der skal være Censor har vi ikke hørt endnu
+Lysse har ikke været rigtig rask i nogle Dage de hentede Schondel, men da han kom var Drengen rask der var ikke andet end se Tiden an men rigtig rask er han nu ikke herovre har han ikke været og jeg ikke der, men naar Farfar kommer liver han op, det menes det er Orm Vi har intet hørt fra Eckardterne jeg skrev til Margrethe i Søndags jeg vil nødig tro det er ringere med hende det var en slem Historie for alle Nu er Kjolerne saadan at jeg kan rulle dem sammen til at stryges saa Farvel og vær ved godt Mod min lille kjære Pige
+Kjærlig Hilsen fra os alle sammen som taler om Dig hver Dag Din gamle Mor</t>
+  </si>
+  <si>
+    <t>1905-03-10</t>
+  </si>
+  <si>
+    <t>Jens Hansen
+Hans Hinke
+Adolph Larsen
+Alhed Larsen
+Jeppe Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Marie   Larsen, Georg Larsens datter
-Vilhelm Larsen, Georgs søn
-[...80 lines deleted...]
-    <t>Anna Syberg
 Fritz Syberg</t>
   </si>
   <si>
-    <t>Olaf Bull
-[...2072 lines deleted...]
-Det bliver nok mere end ”to Ord med Blyant” men saa faar Du jo et Brev gratis hertil.</t>
+    <t>Kerteminde Byhistoriske Museum</t>
+  </si>
+  <si>
+    <t>Forberedelser til udstilling af Christines og Alheds billeder. Der skal en sort ramme om Christines billede.
+Vilhelmine har vasket billedet og Las har givet det æggehvide.
+Der er lavet kasse til billederne. De bliver sendt som ilgods i morgen.
+Vilhelmine beder Christine om ikke at tage sig det nær, hvis billederne bliver kasseret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/06VF</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjæreste lille Ugle!
+Nu maa jeg rigtignok til Skriveriet at Du kan følge med; Igaar fik vi en Deel udrettet, jeg skrev ned til Syberg om han vilde komme og være Las behjælpelig med at see paa Billedet, Budet sagde han skulde komme straks; lidt efter gik Marie til Byen med Din Trøje, hun naaede lige at se S. paa Vejen, saa gik hun over Trapperne og kaldte paa Johannes, som saa i samme Nu kom halende herover jeg tog Maleriet frem; og de begyndte at drøfte om ikke det skulde have en sort Ramme jeg foreslog at tage Billedet over Sofaen ned og prøve med den Ramme, det vandt Bifald og det var saa god en Forandring at de begge udbrød, det skal have en sort Ramme hvor skal vi faa den lavet? Hansen har smukke sorte Lister sagde Baronen vi tager billedet ud og gaar ned med Rammen saa behøver vi ingen Maal at tage nu var det afgjort vi drak et Glas Madejra og takkede for de gode Raad og begge to gik ned af Vejen, Las med Rammen paa Nakken. Agraren gik paa Savværket med 3 Bræder der skulde skjæres igjennem til Kassen de blev allerede hentet igaar og bragt over til Hinke, han var her i Formiddags og tog selv Maal han vilde ikke nøjes med Faers for den maa jo ikke være for lille Fru Larsen.
+I morgen pakkes de og afsendes som Ilgods; - at du veed; Syberg sagde det var for tidlig at give det Fernis, det skulde vare mindst et Aar før kunde de røde Farver ikke taale det, saa revnede de, nu har jeg vasket det i dag og saa giver Las det Æggehvide, Aakanderne ser godt ud i Rammen sagde Faer han var hos Las da de kom, og til det er der en Kasse der passer, saa pakker vi dem kjære Barn stolende paa de to gode Mænd der siger det skal afsted, det er et godt Arbejde og saa ventende paa hvad de ækle Herrer i Kjøbenhavn siger, men tag Dig dog ikke nær lille kjære Ugle om de kasserer det, for det er jo noget vi er vant til, jeg fik jo flere kasseret sagde Las, og ”Gales” smukke Arbejde i fjor , dog jeg skulde blive saa glad om de vilde tage pænt mod vi to Gamle.
+Nu render lille Marie med Brevet for at du kan vide paa Søndag at vi har gjort alt for at skaffe det frem i rette Tid – Alheds 2 Billeder saa ogsaa godt ud sagde Faer vi skal nu over at se det Hele i Morgen
+Her stormer stærkt men vi tørrer ligegodt Tøj og nu kommer Marie med din Pakke fra Banegaarden det er vel Blomsterne som nok skal blive plantet nu skal jeg til at plante Urtepotterne om naar der kommer en mild Dag –
+Nu maa jeg sige Lev vel til næste Brev det er dejligt at Du tager til i Vægt og faar Lov til at spadsere – men pas dine Forskrifter og din Pleje
+dine Roser begynder at skyde nye Blade, ogsaa Nillikerne sender op Alle ere raske
+Agraren er i Virksomhed der er en Ko der har kælvet, det er den 3; nu er der kun en tilbage af de unge; 3 Kalve Olga, Uglen og Svend trives godt
+nu skal hiin gaa, de kjærligste Hilsener fra dem Alle vi taler daglig om vor kjære Ugle
+Din Moder</t>
   </si>
   <si>
     <t>1905-05-28</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø</t>
   </si>
   <si>
     <t>54 Coolidge Str. Brookline Mass. USA</t>
   </si>
   <si>
     <t>Hilda -
 Julie Brandt
 Carl Czerny
 Alfred Goldschmidt
 Edvard Grieg
 Alhed Larsen
 Christine  Mackie
 William Mackie
 Wolfgang Mozart
 Mathilda -, pige i huset hos Astrid Warberg-Goldschmidt
 Isac Salmonsen
 Ellen  Sawyer
 Franz Schubert
 Laura Warberg</t>
   </si>
   <si>
     <t>Johanne/Junge C. Larsen opholdt sig i 1905 hos sin søster og svoger i Boston for at føre hus for dem.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0412</t>
@@ -6447,50 +3830,279 @@
 Kæreste lille Junge! Her ligger Alfred og jeg ude i en stor prægtig Bøgeskov, et Par Mil fra Malmø; det er første Gang vi undersøger Omegnen pr Jernbane – men det er også første Søndag vi har haft rigtig fuldendt Sommervejr – sådan rigtig knaldende Hede – så man ikke kan holde sig hjemme; I Går trak det ellers op til Forandring i Vejret – som så ofte, når en Søndag stod for Døren; vi opgav derfor alt Håb om Tur og sov længe i Morges; og så vågnede vi op til al denne Vejrherlighed. Vi nød en tidlig Middag – gjorde Madposer i Stand og tog af Sted med Toget Kl 2 ad Genarp (Jenarp) [”(Jenarp” indsat over linjen] til, stod af midtvejs ved Bokskogen – travede langt væk fra alt Pøbelværk. Skoven er stor – og nu ligger vi midt i Skoven – på en mægtig Bakke – meget højere end Odensebakken – det hele minder mig snarest om Gammelskov. Selvfølgelig begyndte vi med at spise – hvad kan lignes ved en go hjemmelavet ”Mellemma” med Mildning til! Og nu er vi ved Tobakken; Alfred læser Barselhistorie i min Bog – og jeg snakker lidt med Dig; men det er for Resten ikke så let at ligge ude [”ude” indsat over linjen] og skrive, når man har sådan en stor Unge inden i sig; jeg må vende og dreje mig hvert Øjeblik, og den sparker meget. Den alvorligere Del af Brevet vil jeg derfor opsætte, til jeg er hjemme igen.
 Dit alvorligt bekymrede Brev, som jeg fik i Går, vil vi tale om siden – ja, gid Du var her, så vi kunde tale om det! Jeg fik det, da jeg kom slæbende hjem fra Morgenturen – med en hel Taske fuld af Indkøb – og jeg skulde selv ud at lave Middagsmad, da vi – i Anledning af Børnehjælpsdagen havde givet Mathilda fri. De lukkede Kl 2 på Fabrikken; så snart vi havde spist Middag, begav Alfred og jeg os pligtskyldigt af Sted – for at spytte i Bøsser samt se på Halløjet; hele Byen var i Bevægelse og der var et stort Vogntog med morsomme Udklædninger; det var meget hedt og meget trættende, men man ”må” jo. Bedst var absolut, da vi omsider landede på et lille godt Conditori på Gustav Adolfs Torg, hvor vi nød en forfriskende Is. Da vi kom hjem var jeg usle Pjalt så træt, at jeg måtte skruppe i Seng – Kl 8! – og sov støt i 12 Timer! Men Gud – hvor Styrtebadet så smagte! Det er hver Morgen første Gang for os begge – ind i det lille Baderum til Douchen. –
 Næste Morgen på en Bænk i Parken. 29/5 – 05.
 Jeg afbrød Skriveriet i Går, da vi nemlig besluttede at trave lidt omkring. Udbyttet var umådelig rigt; vi gik ned ad den nydelige Bakke – kom til en ganske henrivende Eng – med Birke – Elle – og små Ege o.m.a.; men i Udkanten af Skoven fandt vi en Masse Lilliekonvaller! de var rigtignok ikke helt udsprungne, men de kommer nok; desuden fandt vi uhyre Mængder af de herligste Forglemmigejer – og jeg havde Held så at sige at træde i en Fasanrede – da min Fod rørte Reden, fløj Fuglen op med stort Brag – der var 13 varme Æg i Reden; desværre var Alfred foran og så den ikke rigtig – det morer ham så rasende at se Fugle og Dyr – den første halve Time holdt han Vagt nærved Reden – for hvis den skulde komme tilbage, og i Morges slog han op i Salmonsen og læste om Fasaner; så der, at de ruger c 26 Dage – og foreslog straks at vi skulde tage derud næste Søndag igen for så om mulig at finde dem. Alfred er henrivende sød at være på Tur med; han er så umådelig interesseret i alt, hvad vi ser.
 Og nede i Engen plukkede vi Bunker af Engblommer og Gøgeurter og unge Bregner tog vi op med Rod – nu skal vi se, om de vil gro. Da endelig vores store Taske var propfuld, forlod vi de yndige Steder og gik tilbage – Kl var bleven c 8; i Skoven lige ved Stationen var der Halløj med Restauranter – Karrusel og Danseplads; sidste var en ret stor Bræddesalon; delt tversover – i Midten sad Musiken og spillede til begge Sider; til højre dansede ”bättre” Folk for 10 Øre Dansen – til venstre ”sämre” – for 5 Øre!!!
 Vi så lidt på dem – de var fæle at se danse – alle sammen; så drak vi en Svalebayer og begav os ned til det lille Tog. - . Nu sidder jeg altså i Parken efter at have fulgt Alfred. Her er nu dejligt! store svalende Lindealleer – udstrakte Græsplæner – udsprungne Sirener – Guldregn – Papyrus – Magnolier (pragtfulde) og Tusinde andre. Dertil en Gøg, som kukker, jeg så den før! og Nattergale – Drosler – Stære – Finker – Skader – Duer; og allerbedst – den varmende – strålende glade Sommersol – som forsølver – forgylder forskønner den hele, herlige Verden. Sådan tror man; men i Virkeligheden kommer hele Herligheden nok indvendig fra – fra Ungen? Manden? Hjemmet? – åhja – jeg tror det kommer fra alt det, man efterhånden har fået sig lavet sammen; og nærmer mig mere og mere den Anskuelse, at Ægteskabet bliver det lykkelige Grundlag for ens Tilværelse – det eneste Grundlag, på hvilket der er [ulæseligt ord] for at arbejde sig til en varig Lykke – om en sådan existerer. 
 - hermed vil jeg slutte mit lille Friluftsbrev. – 
 Brev No 2.
 Hjemkommen; det er knusende hedt, jeg har iført mig let, hvid Friserkåbe – indtaget en mægtig Portion kold Rabarbersuppe – og nu sidder jeg vel forløst i den store Stue, som jeg altid er lige ved at kalde ”Havestuen”; her så lyst og luftigt – hele Ydervæggen optages af to Vinduer – derimellem en Altandør – og Stuen vender mod Sydvest – hvilket betyder kølig Skygge hele Formiddagen – og dejlig Sol fra Middag til Aften; de lyse, gulstribede Gardiner fra Kastanievej ser så bedårende ud i dette Lyshav - og alle vores Blomster gror, så det er en Fornøjelse, vi har sået Nasturtierer (tropæolum) i et Par store Potter, de er alle kommen op, og så snart de gror til skal de ud på Altanen – så bliver der dejligt – Gården er tålelig – nemlig så stor, at vi ikke har Genboere lige for Øjnene – men tænk hvilket Himmerig om der groede en gemen Regenslind! Nå, her er nu ganske godt endda, vi bor jo allerøverst så her [”her” indsat over linjen] er meget Luft og Lys – næsten alle Huse i Malmø er 3die Sals, (på svensk 4de Våning); lige nu er Pigen Mathilda i Færd med at hænge en lille Vask til Tørring hun ser brillant ud i sin lysegule Kjole blandt alt det flagrende Tøj. 
 Jeg har lovet hende Del i alle de ”granne blommor” som vi har med hjem fra Bokskogen – og hun er meget henrykt -. Jeg havde i Går Morges Brev fra Mor – de har nok ikke hørt fra Jer længe; Mor skriver, at Be er i Staden – Forretninger – kom uventet; og Mor opfordrede os til at rejse til Kjøbenhavn og være sammen med dem alle på Dosseringen; men dels kom Brevet en Time efter Skibets Afgang og dels havde vi ikke så mange Penge – det er jo sidst på Måneden – og en Rejse til Kjbh. bliver 6 Kr – alene Billetten, (retur for os begge.) Jeg begynder ellers at blive hed om Ørene m.H.t. Unge – Udstyr – jeg aner ikke, hvordan jeg skal gribe Sagen an – og Alf. vèd det så jo heller ikke.
 Jeg gør ingen Ting ved det – men traver mine lange Ture (går Tur både når jeg følger Alfr og når jeg henter ham -) samt øver mig meget flinkt, er ved at indøve noget firhændigt (Etude i Ddur af Mozart (let) – som vi vil spille for dem i Sommerferien, hvis vi nu opnår at komme til Kerteminde, vi har forespurgt om de vilde tage os i Pension. Desuden spiller jeg ”Lyriske Småstykker” af Grieg, kan tre deraf udenad, samt Schuberts ”impromtu” – kan første Stykke udenad og er nu i Færd med 1ste Variation. Så spiller jeg Zernys Etuder (1ste Del) samt nogle lette af [ulæseligt], samt endelig endnu en 4 hændig – Schubert trois [”trois” indsat over linjen] marches heroique. – om dette nu ellers kan more dig. – Endelig læser og skriver jeg en hel Del – og ser naturligvis også efter, at Pigen M. gør godt rent – samt bestemmer Madretter – men Du kan da ellers tænke, at jeg fører en glimrende Tilværelse – naturligvis er det mest Alfs. Skyld – el rettere: det er derfor, at jeg mere og mere knusende godt kan lide ham – og så er der også det, at jeg til Tider kan blive ganske vild af betaget Henrykkelse ved Tanken om det, der forestår – og jeg nærer naturligvis svimlende Forhåbninger m.H.t. Udfaldet.
 I det hele taget, Junge, Du gør Dig ikke Begreb om, hvor guddommeligt det kan føles at være frugtsommelig; det er, som om der giver sig til at gro helt ukendte Kræfter i ens Indre – som om ens Sjæleliv antager nye – og videre Former; Hjernen giver Plads for Tanker og Forestillinger, som man slet ikke har kendt før; man synes næsten, at man aner en Sammenhæng – en Mening – der hvor alt før var Kaos; så meget er vist – at der er en himmelvid Forskel på dette, at tænke sig til engang at få Børn – (og det er jo en Faktor vi alle regner med) – og så dette – at føle Barnet levende i sig. Åh, Junge, stor er den Verden, vi lever i – og mange er Midlerne, som skaber Glæde for Mennesker. Og denne bestandige Følelse af, at man trods alt har Sværdet over sit Hoved – det tjener dog kun til, at man føler des mere intensivt i Glæden.
 - Vèd Du, at jeg har længe haft på Fornemmelsen, at Dine Breve var ikke helt at stole på – jeg syntes bestandig, at der var Ting, som du forsætlig gik uden om; til noget sådant er der jo ingenting at sige – men vel at mærke: der er ingenting at sige dertil – og det er vel Grunden til, at jeg har narret Dig flere Gange – og ikke skreven, Du forstår det jo nok rigtig - III
 - jeg tænkte – ”mine Ord vil ikke meget sige”. 
 Nu fik jeg Dit s.k. ”Skarnbøttebrev” og skynder mig at smide min Bøtte i Hovedet på Dig til Gengæld; den er rigtignok for Tiden ingen Skarnbøtte – men så kunde den da heller ingen Nytte gøre; nu er min Mening den, at der er ikke idel Elendighed til i Verden – og det har jeg villet lade Dig vide. Noget ”Trøstebrev” i egentlig Forstand kan jeg ikke præstere – der kan aldrig ”trøstes” Junge, når Ulykken stammer fra de indre Dele, og jeg mener jo nok, at Kernen i Din Ulykkelighed ligger i Dit Forhold til [ulæseligt]; dét er første Række (ikke Hjemvéen) – er Skyld i alle Dine Pinsler -. Og så naturligvis Hjemvéen. Jeg kender den – det er som en fysisk Sygdom – jeg fik f.Eks en rædsom Kvalme -; og – tør jeg skrive det, der bestandig har været i mine Tanker? Jeg har ikke kunnet fatte at Du kunde holde den gående derovre så længe! og da der var Tale om, at Morn. vilde hjem til Efteråret – så forlød der samtidig noget om, at Du alligevel vilde blive derovre; Pan har vist været plaget af svære Anfægtelser – og jeg var skam heller ikke glad.
 Jeg kan vel ikke komme med Råd? det synes jo, som om hele Billys Hus’ Existens beror på Din Forbliven; er det muligt! kan der ikke engageres en Pige, som Du kan sætte i Gang, og som Du kan overbevise Dig om er pålidelig – og én, som i får til at binde sig de resterende Måneder – for Fanden – Din Existens går da over Økonomien – fallit kan Billy vel ikke gå, om Du også rejser; og jeg mener virkelig, at Du ofrer altfor meget ved at blive, når Du lider sådan af at være der. Et positivt Råd: fastsæt at Du vil hjem om 1-2-3 [”1” indsat over linjen] Måneder – efter Behag; så snart Du da ser en overkommelig Frist for Dig, vil Du kunne få en Masse ud af Din Tid – en Masse Sprog og Musik – fordi det så ikke længere gælder om at få Ende på Tiden – men om at få den til at slå til. 
 Når jeg har læst i Bladene om de overfyldte Skibe med Passagerer hertil fra Amerika – så har jeg flere Gange tænkt – Gud vèd om ikke lille Junge er med på èt af dem – og det vil ikke overraske mig, om Du en Dag viser Dig på Skuepladsen.
 Søde lille Junge – er jeg en skidt èn til at råde Dig? Men kan jeg da andet end råde til det som jeg selv absolut vilde gøre i sådant Fald.
 Jeg er jo ganske vist en stor Egoist, det er sikkert – men jeg har da heller aldrig set nogen virkelig frugtbar Selvopofrelse; det er ikke til rigtig Gavn for nogen af Parterne; men naturligvis mangler jeg Forudsætninger til helt at kunne se til Bunds i dette specielle Tilfælde; for mig ser det kun ud, som om Din første Pligt her er Pligten mod Dig selv – og døm selv, hvori den beror!
 Nå – dette er nok et Timebrev – gid det dog må træffe Dig i nogenlunde god Condition – se så til at Du kan fejre en måske lille Højtid med Elle og Billy – og Hilda – o.d.a. 
 Nu skal jeg da virkelig blive flink igen til at skrive. Sidst sendte jeg et Kort – har Du fået det?
 Hermed Tusinde sommervarme Pinsehilsner fra din evig heng.
 Dis</t>
   </si>
   <si>
+    <t>1905-12-23</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Johanne Christine Larsen
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster og svoger boede i Snøde på Langeland.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 1908-12-23, Laura Warberg til Astrid, 2410</t>
+  </si>
+  <si>
+    <t>Junge/Johanne er kommet fra London. Hun har glemt tasken med julegaver.
+Laura Warberg takker for den påbegyndte lysedug. 
+Det er småt med julegaver dette år.
+Astrid må give besked om, hvornår Laura skal komme, for hun skal også til Snøde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ronk</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19.4
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Lille Juleaften.
+Kære lille Putte!
+Glædelig Jul! – Det er yndigt I skal have et lille Juletid! Vi er rigtig hver i sin Krog i denne Jul! Saa kom da Junge i Morges Kl. 10! Thora og jeg ventede i 2 stive Timer paa hendes forsinkede Tog! Hun havde 2 II og Sovevogn, sove brillant hele Natten til 8½! – har det glimrende! moret sig godt i London, men derover glemt at faae sin store Kuffert - med alle Julegaver – paa ret Køl, saa der staaer den! Tak for Brev og den pragtfulde Begyndelse paa Lysdug! Jeg kan netop trænge til en pæn! Silketæppet er til at hænge ved Hovedgærdet af den lille Seng; Trøjen er fra Thora. Vinen til Eders Juleaftensmad fra Dede. Det er smaat med Julegaver fra os til alle Sider. – Ja saa følger jeg Johanne over til Eder, men lad os vide en Dag, I er ene; helst Torsdag da jeg nemlig gerne vil rejse til Snøde Lø Fredag; men passer den Dag ikke for Eder, saa venter jeg til Lørdag til Snøde. Min Tid er saa knap lille Putte, jeg har saa mange Breve og Kort at faae klaret i Dag
+Kærlige Hilsner fra Mor. 
+Er nu noget, Du gerne vil have over, saa skriv det til mig; Tallerkener til Køkkenet?</t>
+  </si>
+  <si>
+    <t>1907-05-28</t>
+  </si>
+  <si>
+    <t>Rørdam</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Jeppe Andreas Larsen
+Johanne  Larsen
+Johannes Larsen
+Marie Larsen
+Marie   Larsen, Georg Larsens datter
+Vilhelm Larsen, Georgs søn
+Alma -, Stuepige
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Der skrives om at lukke huset ned. Huset er villaen på Møllebakken. Alhed og Johannes Larsen er rejst til USA.</t>
+  </si>
+  <si>
+    <t>Fødselsdagshilsen til Christine. Huset skal gøres rent og lukkes ned.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Nri4</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Tirsdag
+Kjære lille Ugle!
+Lykke og Velsignelse i det nye Aar vil vi begge to ønske Dig, aldrig har jeg saa meget at give som jeg kunde ønske, dennegang maa Du have en Tegning som jeg veed du bliver glad ved, det er en Væverpige saa kjær og tegnet saa godt, at du maa synes om hende, jeg vilde egentlig have sendt den til Dig med Marie; men der var saameget den Dag, at det blev en Umulighed, nu kan Du faa den med en Gang, naar Du kommer herned.
+Glad blev vi, at Marie kom med og endnu gladere ved, at hun kom Dig til hjælp, behold hende kun hos Eder en lille Tid jeg foreslog hende at blive sin Fødselsdag nede hos Eder, der har hun det saa godt, og saa faar hun Brev ligesom du paa selve Dagen vi gamle skal I ikke bryde Eder om, vi er glade naar I kan have hinandens Selskab, og naar Du er uden Pige er det jo udmærket, lad dog hendes Ferie blive, saa hun kan komme sig. Ensomt er her bleven og bliver vel mere endnu, jo længere der gaar hen, det var fornøjeligt med alle de smukke Slips, - der er ogsaa nogle jeg kan bruge raabte Las
+Jeg sidder i en Gyldenlakduft der fryder mig, vi havde ellers en urolig Dag igaar med Vildanden, Ellen Bøttern kom og meldte, at der var en Hund faret ned i Kilden og bidt Anden den var faret op, og var rendt af Kilden blodig, vi gik jo straks ud at jage, men inden jeg havde faaet Støvler paa og kom derover mødte Ellen med Anden, vi havde en Rive med om vi kunde fiske dem op det blev umuligt og saa mente Faer ogsaa, at det var bedre at lægge den i det kolde Vand og selv komme op med Ællingerne, da vi næste Gang kom var den gaaet af Kilden med Flokken, som kun var 4, een havde Ellen havt oppe i Kjøkkenet, jeg tog den med hjem i Kassen i Haven, medens jeg gik og glædede mig over den kjønne Have, var den rendt
+Hvor jeg ledte, men Faer trøstede mig med at naar den gamle kom med de 4 saa skulde den nok komme frem, og ganske rigtig, da vi var der iaftes til Afsked var alle velbeholdne til Andriken lod vi døren staa aaben og den var hjemme i Morges, den tamme And havde 12 Ællinger igaar, men i aftes Alma lukkede fandt hun den ene med knust Hoved, iaften skal jeg over at vande Blomster, Imorgen kommer Pigerne og gjør rent og saa lukker vi Huset og tager Pax herover.
+Tak Marie for Kortet, jeg troede det var gamle Krane, men saa blev jeg usikker igjen den gratavlede Høne lagde Agraren paa nogle Æg, at deres Høne var rendt af, men vi skal nok lægge en igjen, Kyllingerne har det godt en lille var blind paa det ene Øje og blev ringere op ad Dagen [ulæseligt ord] var den men det andet [ulæseligt ord] er ikke til at tælle før der kommer lidt mere Ro over dem
+Tak for Blomster og Frugter i dag fik vi Klipfisk, i morgen tager vi Rødbeder som Du skrev om og Tykmælk om det bliver varmt ellers koger jeg suppe med Rugbrød, her er væmmeligt i dag med Blæsevejr lille Tinge har besøgt mig og lille Anna gaar Ærinder for mig og Tante Johanne
+Ville kan kun gaa hver anden Dag Hils nu Vilhelm og Marie mange Gange og lad mig se at I er flinke til at skrive til mig og alt muligt godt ønsker jeg Eder
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1907-10-20</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Lille Kærbyhus</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Thora  Branner
+Ellen Brønsted
+Louise Brønsted
+Alfred Goldschmidt
+Gudmund Hatt
+Th Hatt
+Alhed Larsen
+Johannes Larsen
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Erik Warberg Larsen blev født 30. marts 1907.
+Alhed og Johannes Larsen og deres børn var i USA. De kom hjem i december 1907.
+Astrid Goldschmidt-Warberg må have været kæreste med den omtalte "elskelige Peter", inden hun giftede sig med Alfred Goldschmidt. Det vides ikke, hvem Peter var.
+Lille Jes var muligvis en hund. 
+Det vides ikke, hvem Karen, Kristiansen og Fru R var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2274</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen må snart komme hjem. Laura Warberg gruer for deres sørejse.
+Laura Warberg skriver en del om dyner, puder mv. Louise Brønsted vil sende Johanne børnetøj. 
+Astrid har fortalt, at hun skal skilles. Det er forventeligt, for Alfred er en stor egoist.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i6iH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Til Johanne Warberg Larsen
+Lille Kærbyhus
+Kjerteminde
+[I brevet:]
+Søndag d:20de Oktober.
+Kære Johanne!
+Det var rart at høre lidt om Eder gennem Astrid. Jeg kan tænke mig hvor sød og kær lille Erik er og glæder mig til at se ham i Julen; jeg har spurgt Alhed, om de vil have mig i Julen. Nu maa de vist snart komme hjem; Zuluen mente de vilde rejse derfra 4 Uger efter ham, det bliver d:31te Oktober. Bare de saa slipper hjem uden for mange Storme! Jeg faar nok en slem Tid mens de er undervejs. I Gaar var jeg i Birkerød hele Dagen: Fru R tog frem hvad hun har af Sengeklæder; hun kan kun undvære en gammel gulstribet Underdyne, der absolut maa have nyt Vaar, samt 3 Stykker Madras, der maa stoppes om hos en Sadelmager, Tøjet er godt Lærred og 2 Skraamadrasser. Du køber vel Jærnseng til Pigen saa kan den jo bruges, Du veed en Madras i 3 Stykker. Du maa saa grumme gærne faa min tilovers Underdyne, Karen bruger nemlig ingen; men andet har jeg desværre ikke at undvære. Hvordan faar Du saa Overdyner og Puder? Af Lagner har jeg heller ingen at undvære. Det bliver dejligt naar Du faar en Pige! Jeg var glad ved at have hvilet det Par Dage, havde bedt Hatt, [ulæseligt ord] og Tutte til Middag om Torsdagen, meget vellykket; Muk i godt Humør og raskere end hun længe har været. Hun vil sende alt det til Dig i Morgen, ogsaa hvad hun har af smaat Tøj til lille Erik. Astrid fortalte mig om hvad der forestaar og jeg har længe tænkt mig at Skilsmissen var kun et ”Tidsspørgsmaal”. Det er meget sørgeligt især for de søde Børn; men som det var kunde det jo umuligt blive ved. Putte vilde gaa helt til Grunde; der er jo ikke Spor af Forstaaelse mellem dem; Alfred er jo en stor Egoist, der intet vil ofre af sit eget, derfor er han ogsaa et stakkels ensomt Menneske som ingen bryder sig om uden hans Familie. Ulykkeligt at han skulde krydse hendes Vej og ødelægge Forholdet med den elskelige Peter! – Nu skal jeg snart have Kancelliraaden bedt herhen en Aften. Alhed naaede ikke at besøge ham. Jeg har haft en meget travl Uge bl.a. med at sy i Haanden en hel Hundeseng til lille Jes; Kjole Trøje af rødbrunt Flonel med hvide Bændler – Forklæde, hvide Bukser, strikke et Par Strømpebukser; af Tutte fik jeg Sko og Støvler der blev forsaalet og var som nye; Galocher, Underlig, jeg købte mørkeblaa Gamacher; Muk var i Byen i Gaar og Kl. 3½ modtog vi hende paa Banegaarden med den elegante Jes, Muk vidste intet om det og var meget henrykt. Bes var mere end tarvelig udstyret forud. En sund Hud havde hun dog. I Dag er Kristiansen der for at tage endelig Bestemmelse om hvordan der skal bygges om og lappes paa det gamle Hus. 
+[Her slutter brevet]</t>
+  </si>
+  <si>
+    <t>Ernst Goldschmidt</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Stockholm, Sverige</t>
+  </si>
+  <si>
+    <t>- Coignard
+Mads Rasmussen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien. 
+I oktober-november 1910 afholder Fritz Syberg og Johannes Larsen sammen en udstilling i Kunstforeningen i Stockholm. 
+Museet kan være Statens Museum for Kunst eller Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>Anna Syberg er tilbage i Kerteminde forud for afrejsen til Italien i nov. 1910. Hun efterlyser nogle kunstblade, Goldschmidt har lovet at sende. 
+Mads Rasmussen vil afholde en middag, og her håber Anna Syberg at få Goldschmidt til bords.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tbmn</t>
+  </si>
+  <si>
+    <t>Torsdag
+Kære Ernst Goldschmidt
+Som Du ser er jeg i Kjerteminde, ensom og forladt af Guder og Mennesker (det er Fritz - han er endnu i Stockholm). Jeg havde ventet, at her laa et Par Kunstblade til min Trøst, men blev i saa Henseende skuffet. Hvad mener Du om at sende mig dem, maaske "et venligt Ord samtidigt". Jeg er endt med at synes, at Coignard alligevel er Dig og jeg beundrer Dig vældig for det. Lad mig nu vide, om jeg har Ret - .
+Vi har haft det morsomt i Stockholm, jeg synes Rejsen var alle de Penge værd, som den desværre kostede. Udstillingen saa smuk ud og gjorde ogsaa Lykke, men gav selvfølgelig Underskud. 
+Vi solgte intet nævneværdigt. 
+Paa Onsdag kommer jeg til Byen for at træffe Fritz og gaa til Middag hos Mads Du kommer sikkert til den Middag ogsaa; hvis Du ikke har en bedre, og vi ikke er parrede forud af Mads, saa tag mig til Bords. Har Du noget imod dette Forslag?? Send mig saa dit Blad, har Du skrevet om Museet?
+Har Coignard skrevet noget - jeg længes efter at træffe ham igen, for saa kender jeg ham sikkert, han maa røbe sig. 
+Mange Hilsener din hengivne
+Anna Syberg.</t>
+  </si>
+  <si>
+    <t>1910-6</t>
+  </si>
+  <si>
+    <t>Kai Nielsen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Christian Engelstoft
+Johannes Larsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 27</t>
+  </si>
+  <si>
+    <t>Kai Nielsen orienterer Mads Rasmussen om afsendelse af gipsfigurer. Har talt med Engelstoft om at "Illustreret Tidende" gerne vil have en tegning af Mads Rasmussen og en frise af alle de inviterede til museets åbning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bUdm</t>
+  </si>
+  <si>
+    <t>Hr Fabrikant Mads Rasmussen
+Jeg ringede ud til Dem i Søndags og fik at vide at De var rejst. Nogle af Gibsfigurerne bliver sendt af i Morgen Middag og Resten ankommer sammen med mig Torsdag.
+Jeg naaede ikke at faa Kalkstensfiguren saa færdig at den kunne støbes og et Par af Statuetterne kommer først senere til Musæet, men ialt kommer der dog en 12-13 Arbejder.
+Engelstoft har jeg ifølge vor Aftale talt med og han har ordnet sig med "Illustreret Tidende", der meget gerne vil have en Tegning af den og i en lang Frise alle Inviterede. Mon Johannes Larsen eller Syberg ikke vil lægge Blyant til Tegningen af Dem?
+Jeg talte med Engelstoft i Dag og han fortalte at han ingen Invitation havde faaet og blev meget lang i Ansigtet da han hørte at Invitationen var sendt rundt og mente at det vilde skade ham ved Bladet hvis han ikke nu efter at have aftalt med Redaktøren kunde holde Aftalen. Jeg trøstede ham med at det maatte ligge i at De ikke havde faaet hans Adresse skønt jeg troede at jeg havde givet dem Adressen den Søndag [nederste linje er ulæselig] sætte mig i Forbindelse med ham og: 
+Hans Adresse er:
+Forfatteren Chr. Engelstoft
+Aaboulevard 9 B IIII
+Min Kone og Jeg glæder os vældig til Aabningen og sender Dem vor Hjærteligste Tak for Invitationen.
+Med Hilsen til Deres Hustru
+Deres hengivne Kai Nielsen</t>
+  </si>
+  <si>
+    <t>1911-09-01</t>
+  </si>
+  <si>
+    <t>Else Jensen</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Olaf Bull
+Jens Jensen
+Johannes V. Jensen
+Villum Jensen
+Clara Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914</t>
+  </si>
+  <si>
+    <t>Else Jensen skriver om stort og småt fra dagliglivet. Johannes V. skriver på en bog, der hedder "Skibet", og det er ved at være efterår. Hun udtrykker flere gange, at hun håber, Fritz og Anna snart er færdige med at være i Italien og klar til at komme tilbage til Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VzpU</t>
+  </si>
+  <si>
+    <t>d. 1-9-11
+Kære Anna og Syberg. Det er snart meget længe siden, jeg har skrevet til jer og dog tænker jeg saa tit paa jer, men jeg er saa daarlig til at skrive Breve, at jeg skammer mig over at sende mine Kradserier af Sted, men nu synes jeg ikke, jeg kan vente længere med at skrive til jer, at nu maa I da komme hjem. I kan da ikke trodse baade Krig og Kolera. I har vel ogsaa faaet ud af Italien, hvad der er at få ud deraf og et helt Aars Solskin maa da have hjulpet Trylle. Det kunne være saa morsomt om I boede her i København i vinter med hele Flokken saa kunde I jo tage til Fyns Hoved til Sommer. Længes I ikke ogsaa lidt efter at komme sammen med alle os Københavnere igen? Nu har vi faaet Efteraar der er faldet en hel Del Blade af Træerne, og det er koldt. I Dag har det øset ned fra Morgenstunden, men vi har alligevel gaaet os en dejlig Tur i Dyrehaven og spist Frokost paa Eremitagen, Agerhøns og Omelet, vi var helt gennemblødte da vi kom hjem men Luften var saa dejlig og vi holdt os varme ved at gaa, saa fyrede vi for første Gang og nu er her lunt og hyggeligt og lugter lidt af Kakkelovn og Hovedrengøring, som vi lige er færdige med. J.V. har travlt for Tiden, han skriver paa en Bog som skal hedde Skibet, den skulde egentlig være færdig til Jul, men det lykkes vist ikke, og det gør jo heller ikke noget, saa kommer den engang efter Nytaar. Vi har levet meget stille paa Grund af Travlheden, dog har vi haft en Del Fornøjelse af Olaf Bull og hans Kone, som har boet i Valby i Sommer. I ved vel, at han er blevet gift med en lille nydelig norsk Dame, som ligner et gammelt Billede, og de har en lille Pige, som ligner sin Fader og er forøvrigt mægtig glade og fornøjede. Jeg gaar ud fra, at I holder Politiken saa det er ganske overflødigt at fortælle, hvad der ellers sker herhjemme det er jo forøvrigt heller ikke meget eller vigtigt. Vi har faaet en lille Skildpadde, som Jens elsker over alt i Verden, han falder i Søvn hver Aften med den i sine Hænder og ligger nede og triller rundt paa den hele Natten, den har den slemme Vane at kravle inde under et eller andet Møbel og ligge bumstille der og saa staar hele Huset paa den anden Ende for at finde den. I Aften var den umulig at finde, da han skulde i Seng, og han søgte med Taarer i Øjnene at trøste sig ved at bagtale den, nu er den kommet igen. Han bliver lykkelig, naar han vaagner i Morgen, han er saa sød og hæderlig og Villum køn og uartig. Jens skrev her nogen Tid siden et Brev til Nolle, det kam vist aldrig af Sted.
+Tænk nu over det og bliv ikke hængende i Italien, fordi I har bestemt det. Bare I var her. Hils alle Børnene
+Jeres hengivne
+Else</t>
+  </si>
+  <si>
     <t>1911-10-22</t>
   </si>
   <si>
     <t>4. sal
 Nørrevoldgade 29</t>
   </si>
   <si>
     <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Else Birgitte Brønsted
 Louise Brønsted
 Eric Bøttern
 Thora C
 Poul Caspersen
 - Ehlers
 Adam Goldschmidt
 Alfred Goldschmidt
 Ina  Goldschmidt
 - Johnsen, Fr. 
 Grethe Jungstedt
 Adolph Larsen
 Georg Larsen
@@ -6528,132 +4140,487 @@
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt 
 St. Pauli Kyrkogatan 19
 Malmø
 Skåne
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Nørrevoldgade 29⁴
 Adr. Fr. Johnsen
 Søndag d: 22de Oktober.
 Kære Astrid!
 Hvor jeg glæder mig til Dit Besøg og til at vise Dig mit yndige Værelse! Lugge mente Du kunde overnatte der, men jeg synes Du maa hellere tage der Søndag 29de og tilbage her igen; naa men det maa Du selv om. Hvis Du derimod slet ikke har tænkt at være her en Nat, saa faaer jeg det nok at vide i denne Uge, i saa Fald vilde jeg til Middag alle tre Lørdag og Caspersens i Charlottenlund [”i Charlottenlund” indsat over linjen] og meget morsomt. I Morgen Aften skal vi til Fru Ehlers, en hel Mængde Damer og Paul. - Thora C. vil alligevel ikke have Tante, saa hun bliver her. Jeg er saae tilfreds med alting, og jeg troer ikke, der kan blive noget at være misfornøjet med. Her er nogle faa Damer jeg er glad ved bl.a. Enkefru Ryberg-Hauen, Moder til [ulæseligt] Herman Wedel – (Hertz tidligere og flere andre. Paa Lørdag er der Fernisering paa den frie, jeg mødte den stakkels elskelige Swane i Gaar og talte lidt med ham; Gud give han dog nu kunde sælge noget. Jørgen har talt med sin Læge Jespersen i Charlottenlund, hvor Swanes bor, har et Atelier og en Stue. Han havde sagt til Jørgen, "hvad mon de skal leve af, for de Malerier kan han da ikke sælge". Lut og Berta var her til The i Torsdags; de saas jo alle i Kerteminde fra Lørdag til Onsdag; det havde været en over alle Maader vellykket Tur, de talte begge uhyre meget om den. Børnene var meget begejstrede; Grethe, Putte og Birgit havde været med ved alle Legene ude i det dejlige Vejr; Erik Bøttern med L. og B. laa paa Hotel; Christine havde været saa livlig og fornøjet; for hende var det en Aften med Vin og Musik. Berta kunde en Masse have den extra Chaissélongue bort, naar Tante er rejst Lørdag Morgen. Mens den, hendes Kuffert og min egen store er her ser Værelset ikke ud efter noget. Lad mig nu vide, naar og hvor Du kommer i Land, at jeg kan være der. Det er mageløst, at Du skal spille igen og ligeledes at Du saa tager herover lidt jævnligt. Ogsaa rart, at Du er begyndt paa Din Gymnastik. Naar A. nu engang er i Kbh. og Du veed det forud, kunde jeg da tage over for en Dag. Jeg har det rigtig rart, har været to Gange i Teatret, sidst til Madame Butterfly, nydeligt. I Fredags var vi
 [Her mangler noget tekst]
 Detailler om Skandalen ved Selskabet. Det er i grunden gruligt at Agrarens skal have Marie i Vinter for længere e det da aldrig. De flyttede over i sidste Uge, Elle hjalp godt. Der er lutter Fryd og Gammen hos Agrarens, tror jeg Chr. skrev til Lugge saa er de da vist glade ved den nye Lejlighed. Kan Du ikke spare sammen til et ganske lille Svip til Kerteminde i Julen mellem Helligdagene; jeg har bestilt Logis hos Grosseren og der er jo to Senge. Tænk saa var der 6 af Eder sammen. Jeg sender Elle lidt Penge til Kort og Frimærker, saa hun kan skrive lidt til mig en Gang om Ugen saa kan vi indrette det saae Du kan faa det af mig. I Gaar var jeg paa Banegaarden at sige Farvel til Lugge; den lille sov trygt under det hele, hun er i det hele taget et Vidunder af Godhed. Hun var saa fin i lutter nyt hvidt, Hue, Trøje, Kaabe m.m. En næsten ny Vogn har de købt for 12 Kr. 
 Nu ikke mere lille Putte, men skal vi rigtig snakke paa Lørdag. Hilsen og Kys til de to kære smaa; hvor var de søde og livlige paa Banegaarden. Jørgen sagde, at lille Sjums har forandret 
 [Skrevet langs sidens venstre kant:]
 sig til sin Fordel. Hun var rask hurtig igen
 Kærlige Hilsener Mor.</t>
   </si>
   <si>
     <t>1911-10-24</t>
   </si>
   <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
     <t>Pisa
 Via San Lorenzo 44</t>
   </si>
   <si>
     <t>Poul S. Christiansen
 Anna Syberg
 Clara Syberg
 Ernst Syberg
 Hans  Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Brevet er kun forsynet med et "Kære Ven", men det må formodes, at det er henvendt til Johannes V. Jensen, eftersom det findes blandt hans papirer på Det Kongelige Bibliotek. 
 Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
 Rondane er et fjeldområde øst for Gudbrandsdalen i Øst-Norge i fylkerne Oppland og Hedmark. 
 Det vides ikke, hvilket brev der er tale om, når Fritz Syberg skriver, at han kunne have lyst til at benytte dette som påskud til at besøge Carrara.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Fritz Syberg har tegnet et kort af egnen omkring Pisa. I brevet beskriver han vegetationen, skovene, bjergene, marmoret, floderne og deres udløb i havet, farverne i brændingen mv. Derefter fortæller han om, at vikingerne under deres erobringstogt opgav at indtage Pisa, men i stedet besatte Lucca, som de troede var Rom. Han er inde på en strejke blandt marmorarbejderne. Til slut fortæller Fritz Syberg, at flere af børnene har været syge, og at Rille (Ernst) taler om pinjeskoven ved Kerteminde og retter til "urskoven", når de griner af ham.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9XDW</t>
   </si>
   <si>
     <t>Pisa 24 Otbr 1911
 Via San Lorenzo 44
 Kære Ven.
 [Herunder et tegnet landskort med påskrevne stednavne. Fra oven:]
 Flod Magra ”Luni” Carrara Floden Carrione Bjærge Firenske Hav Flod Serchio Viareggio Søen Lucca Bjærge Pisa Livorno Bjærge 
 Fra Floden Magra og helt ned til Livorno er Landet langs [”landet langs” indsat over linjen], en Slette der omkring Pisa forgrener sig langt ind i Landet. Oppe ved den antikke by ”Luni” er den kun 4-5 Kilometer bred. På hele denne Strækning består Kysten af: en Forstrand af Sand der danner Revler ude i Vandet, derpå et Bælte af temmelig lave Klitter, yderst begravet med grovt Græs længere inde med en Art Enebær – (ikke de som er almindelige i de svenske Skove men nogle med etårige Bær af dette Volumen [et bær er tegnet]). De vokser op som hele Træer ca 12-14 Fod høje og er undertiden begravet i Sand til halvvejs op på selve Kronen. 
 Dette Bælte af Enebærtræer går lidt efter lidt over i Pinjeskov, hvor Underbunden er et Vildnis af nogle [”nogle” overstreget] Buske og Slyngplanter. En tornet Slyngconval – Europas eneste Art – er meget smuk og gennemfiltrer hele Skoven. Desuden findes Efeu, de almindelige Enebær og en Slags Buske med runde blå Bær på Størrelse med Blåbær – Grene omtrent således [tegning] vist giftige. Busken selv er så høj som den svenske Porsebusk. Brombærranker så godt som uden Frugter, men af en vældig Længde [”men af en vældig Længde” indsat over linjen] o.m.a. Buske og Træer. Dette Bælte af Skov er kun smalt nordpå ved ”Luni” og findes kun i spredte Strækninger og Stykker langs Kysten; Men jeg formoder at dette kommer af at den er blevet ryddet til Fordel for de mange Badesteder hvoraf hver lille By har sit: Marina di Pisa Marina di Carrara, marina di Pietra santa e.t.c. Sletten er lang [”Sletten er langs” overstreget] Derimod syd på omkring Pisa er Skovene meget store og udstrakte fordi Kongen her ejer dem. Omkring Livorno er der store Engstrækninger og hvor der tillige er en Sø, på dette sidste Sted i Nærheden af Viareggio er der også en stor Skov. Resten af Sletten, altså særlig den Side der vender mod Bjærgene, er opdyrket som en Have [overstregede, ulæselige ord] Vin, Hvede, Bønner, Frugttræer. 
 Bjærgene skyder sig temmelig pludselig op af Terrænet. Består af rødt og gråt Marmor der [”der” overstreget] og [”og” indsat over linjen] sine Steder af en [”en” indsat over linjen] stærkt forvitret okkergul Sten eller Lerart [”okkergul Sten eller Lerart” indsat over linjen] Ved [”Ved” overstreget] Fra Foden og halvvejs op begroet med Oliven og Vin, Resten forkrøblet Pinjeskov og Krat eller fuldstændig bart: Hvor de nøgne Bjærgtoppe kj [”kj” overstreget] knejser op som ved Carrara er de grå, rødlige med Pletter af hvidt Marmor. Om Vinteren hvide af Sne. Ikke få Steder ser de vulkanske ud. Den højeste Bjærgtop i Appeninerne findes (tror jeg) ved Carrara og er ca 6000 Fod høj altså som Ronderne i Norge.
 Om Luni er der det at sige at der skal findes noget som man mener er Rester af et Amfiteater
 Men den ligger altså ikke ved Carrarafloden – Carrione (snarere nærmere ved den større Flod Magra). Desuden er Carrione kun en ubetydelig Bjærgstrøm tør om Somren og aldrig med mere Vand end man kan vade over den. Hvordan Magra er husker jeg ikke men på Kortet ser den ud til at være bredere end Arno. Arno er på sit sidste Løb ca 200 Alen bred. Dens Vandmasse [”Vandmasse” indsat over linjen] er som de fleste Italienske Floders stærkt afhængig af Nedbør. Efter Regn svulmer den op til en dyb rivende lergul Strøm der farver Havet en hel Mil ud. i [”i” overstreget] En Fjerdingvej Nord og Syd for Mundingen er Middelhavets blegblå og bleggrønne Brændinger farvet [”farvet” indsat over linjen] grågule med gråt Skum ud for selve Mundingen hvor store Sandbarrer ligger på hver Side af Løbet er Brændingerne cikoriefarvede med Sirupsgult Skum. Bag ved den lave Kyst hvor Skovene fuldstændig forsvinder i de store Linjer, rager Carrarabjærgene op på sådan en Uvejrsdag mørke og triste, de hvide Marmorpletter får dem til at ligne Gletschere. På en Solskinsdag når Arnoen er klar og stille som en dansk Fjord blå [”blå” overstreget] Havet er blåt som selve Storebælt ligger Carrarabjærgene blålige og rosenfarvede og lette som Sommerskyer.
 Historien om Hasting har jeg i Erindring fra i Sommer. Christiansen og Zahrtmann var oppe at nappes om Danmark ”verso Italia”. Men C. lod det være Lucca som Hasting erobrede Vikingerne lå og vrælede foran Pisas Porte (Havet skød sig den Gang helt ind til Pisa) i tre Dage, og da de ikke kunde overmande den sejlede de op ad den lille Flod [”Flod” indsat over linjen] Serchio til Lucca og indtog den i den Tro at det var Rom. De fangede Erkebispen som de troede var selve Paven. 
 Egnen om Lucca er ganske som om Pisa. Et tærnet udstrakt Felt af Vin- og Hvedemarker bekranset af smukoliven, bevoksede blånende Bjærge og Høje.
 Carrara [et overstreget, ulæseligt ord] ligger i et Dalstrøg halvt [der har sået ”halvvejs”, og ”vejs” er overstreget og erstattet af et t] op af Bjærgenes Fødder, Et [”Et” overstreget] og er egentlig et eneste stort Marmorværksted. I Sommer strejkede 10.000 Arbejdere der. De gennemførte Strejken ved at bevæbne sig med Bøsser og med at skyde den første ned som vovede at flytte en Marmorblok. Anna og jeg kunde godt have Lyst til at benytte Dit Brev som et Påskud til at komme derop (vi har været forbi på Gennemrejse) men Koleraen har raset så stærkt der i Sommer så vi tør ikke de første Måneder.
 Vi har også her havt Sygdom Trylle et hårdt Anfald af Asthma Nolle og Rille, Mavehistorie, selv Hans har så hård han end er måttet neje sig og ligge i Sengen en halv Dag. Rilles Sprog begynder at blive lidt kosmopoltisk og hans Erindringer farves.
 Han taler om Pinjeskoven ved Kjerteminde og når vi ler af ham retter han sig og siger, nej jeg mente Urskoven (vi har lige læst Junglebogen for dem). Hilsen til Jer alle fra os alle her Din hengivne Fritz Syberg</t>
   </si>
   <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Pisa, Italien</t>
+  </si>
+  <si>
+    <t>Ida  (Bekendt af Clara Syberg)
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig, Der er transskriberet efter kopien. 
+Ida formodes at være familien Sybergs hushjælp under opholdet i Pisa nov. 1910 til forsommeren 1913. Dette gav Anna Syberg mere tid til at male.</t>
+  </si>
+  <si>
+    <t>Familien Syberg er meget glad for Ernst Goldschmidts selskab under hans besøg i Pisa, og de glæder sig til, han vender tilbage om to dage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wTAy</t>
+  </si>
+  <si>
+    <t>Kære Svindler
+Vi savner Dig allesammen ganske forfærdelig og har idag opdaget at vi slet ikke kan undvære Dig. Aftensmaden var sørgelig, Vinen smagte af Gravøl, og hvordan skal vi faa has paa Aftenen. Vor eneste Trøst er at vi ser Dig igen om to Dage, Fritz siger at vi skal have Festmaaltid naar Du kommer. Ida og jeg har været en Tur sammen paa Torvet idag, saa jeg kan hilse Dig fra hende.
+Mange hilsener fra Din hengivne Anna Syberg.</t>
+  </si>
+  <si>
+    <t>1912-02-11</t>
+  </si>
+  <si>
+    <t>Nørrevoldgade 9 København K</t>
+  </si>
+  <si>
+    <t>Malmø
+St. Pauli Kyrkogatan 19</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Wilhelm Branner
+Else Birgitte Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Ina  Goldschmidt
+Peter Hansen
+- Holstein, Frk.
+Harald Høffding
+Alhed Larsen
+William Mackie
+Karl Madsen
+Carl V Petersen
+Ellen  Sawyer
+Karl Schou
+Marie Schou
+Hempel Syberg
+Gustav Wied</t>
+  </si>
+  <si>
+    <t>Astrids ægteskab med Alfred Goldschmidt var højst problematisk, og parret endte med at blive skilt.
+Alhed Larsen udstillede sammen med Olga og Karen Meisner-Jensen, Anna Syberg og Cathrine Svendsen på Den Frie.
+Det vides ikke, hvad historien om Laurits, der ikke ville med til Amerika, går ud på. 
+Alhed Larsen sad i København model for Peter Hansen, der malede det store "Stifterbillede" til Faaborg Museum. 
+Gustav Wieds ”Ranke Viljer” 1906 (opført under titlen 2x2=5) fra Ungdomshistorier.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2078</t>
+  </si>
+  <si>
+    <t>Laura Warberg spørger, om hun dog ikke kan komme på besøg hos Astrid i Malmø. 
+Laurits vil ikke med til Amerika nu. Det bliver et hårdt slag for Ellen. Laura Warberg troede engang, at hendes fremtid var sikret. 
+Alhed Larsen sidder model for Peter Hansen. Hun er meget sparsommelig, og det er Christine ikke. 
+Alhed og Laura har været i teatret og på Nimb og spise fint. 
+Louise Brønsted skal til Hagemanns afskedsfest. 
+Laura Warberg går til foredrag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zgFT</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St Pauli Kyrkogatan 19
+Malmø
+Skåne
+[I brevet:]
+Nørrevoldgade 29⁴
+Søndag d: 11te
+Kære Astrid!
+Det var et meget rart Brev fra Dig i Gaar; naar mon Du igen kommer over at spille? Dersom nu en Gang Alhed er i Kbh. kommer jeg over en hel Dag med første Færge, naar der igen bliver ordnede Forhold med Sejladsen. Kan det slet ikke tænkes at komme naar han er hjemme?? Vi vilde jo dog kuns ses ved Maaltiderne! I Morgen tager jeg til Birkerød fra første til 6 Toget, haaber lille Muk saa kan gøre en Sviptur ind at se Udstillingen, mens jeg passer Børnene. Bes og Hr. Peter igen lange Tider i Sengen med Feber uden ellers fejle det mindste; gaadefuldt! Jeg spiste til Middag i Fredags hos Fr. Holstein Alhed og Madsen var der og spurgte Fr. H. om Feber ikke kan skrive sig fra Mathed, de spiser jo intet og Sengen tærer. Bare den Læge er dygtig! Gud veed om der skal være Selskab d:22de, jeg tror det næppe, men nu skal jeg køre i Morgen og saa skrive det til Dig. I Dag ved 3 Tiden tager jeg pr. [ulæseligt] til Vanløse, det er Wilhelms Fødselsdag, hans Sødskende kommer der til Aften. Elle rejste først hjem i Mandags, var altsaa ikke hos Syberg sammen med Thora. Veed Du at Laurits ikke vil til Amerika de første Aar? Det bliver vist et haardt Slag for Elle! Mærkeligt at hun kan være saa haabefuld for Fremtiden og Livet deroppe alene! Alhed er saa gruelig bekymret for hende, men saa er der da vel den Udvej, at hun kunde tage til Billy en Tid. A. mener der kunde sagtens blive en Virksomhed her hjemme, at Grethe ogsaa kunde faa Fripladser her og Elle Legater, men hun vil vist ikke paa nogen Maade lade være at rejse derover. Hvor anderledes lyst saae det ud, da vi troede hende vel sikret for Fremtiden; mon han dog ikke kunde betænke sig? I Julen havde de faaet udmærkede [ulæseligt] af ham og Grethe sagde, at Carl skulde være hos dem til Sommer.
+– Alhed ”sidder” en Del af sin Tid herinde for P Hansen til det store Faaborgbillede. Hun er meget sparsommelig køber intet uden nødvendige Smaating. Hvor anderledes med Christine, der vist anvendte ca. 300 Kr. paa Rejsen herind og alt muligt i Magasin! Hun er uforbederlig! Desværre bliver det dog næppe til Efteraaret, hun flytter herind, maa spare derovre endnu et Aar! Slemt for mig, men vil jeg aldeles ikke paavirke hende, selvfølgelig. - 
+I Aftes gav jeg ud paa Alhed og mig selv. Halve Priser i Folketeatret til ”Ranke Viljer” – 2+2=5 – af Gustav Wied; uhyre morsomt, vittigt, satirisk hvor vi lo ! – glimrende spillet. Og tænk Dig saa gik vi til Nimbs nye Lokale ligefor den nye Banegaard, bagved Bræddehytten, hvor er der fint og elegant og smagfuldt. A. spiste Middag i Valby og fortalte, at vi skulde til Nimbs; Nej mente Berta, det var vist ikke muligt, det var jo saa fint! Hvilke elegante Dragter, Damerne selskabsklædte! A. stak jo en Del af i sin gl. blaa Nederdel med Bluse, jeg var pæn nok. Vi satte os beskedent i den første den bedste Krog og spiste en aldeles vidunderlig Souper, Laksesalat á la Tivoli – vi har aldrig smagt noget bedre; Kalvefrika[ulæseligt] avec Chateaubriand – delikat! – en Dessert saa lækker, en halv udhulet Appelsin i et højt klart Glas, den var fyldt med Is og uden om men i Glasset fin rød Gelé med Flødeskum; hver en Pilsner til; 2 Kr. for hver Soupér, 50 Øre i Drikkepenge, Øl og Kaffe vi var jo nok lidt betænkelige strax, men nu var vi der og fortælle Berta, vi var gaaet igen fordi det var for fint, vilde vi da ikke. Jeg syntes det var vældig morsomt ”gav” jo, - men A. tog Øl og Drikkepenge paa sig. Det var en herlig Aften. Der var Karneval ved Siden af og ovenpaa. Hun tog desuden Kaffe og en Cigaret, vi kom hjem Kl. 1. – Alhed var forleden til fin Aften hos Carl V. Petersens, der var en Del Malerfamilier og en Telemarks kendt i national Dragt, hans Kone af en fin Familie i Christiania, han selv en dannet og klog Mand hun Datter af en anset Videnskabsmand. – Paa Onsdag skal der være stort fint Selskab paa Phønix, Direktør Hagemann giver Afsked; Lugge skal med lille Else skal have lidt extra Mad nu! Hvor herligt, at lille Muk kan komme lidt ud nu igen! Jeg hører stadig de højst interessante Foredrag af Dr. Munck; og nu de følgende Tirsdage Høffdings gratis Forelæsninger over Rousseau; desværre undgik det første mig i Tirsdags, jeg kiggede dog stadig i Politiken, som jeg holder nu, efter den. Men jeg skrev til Frøken Shlect om at mødes med mig nær Indgangen og fortælle mig om det, hun er saa forstaaende og husker saa godt. – Nu veed jeg ikke mere lille Putte; hils nu de kære Unger Hvor dejligt at Du nu igen holder Skole med dem baade for Dig og for dem. Inas Bakkeserviet er mig til stor Nytte i min Sølvskaal, naar jeg har The Fremmede. I Onsdags var Alhed her 2-3 Timer, saa jeg ser hende meget denne Gang skal ogsaa til Schous en Gang. Kærlige Hilsener fra Mor.</t>
+  </si>
+  <si>
+    <t>1912-06-15</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen skriver, at de har læst om cyklonen i Pisa og håber, at familien Syberg har det godt. Jensen familien har haft det godt i Tisvilde, men det er et frygteligt vejr, mens Johannes skriver brev. Han har forsøgt at male, og mener selv, han godt kunne være blevet maler. Else Jensen tilføjer en hilsen nederst på siden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1Kr1</t>
+  </si>
+  <si>
+    <t>15 Juni 12
+Kære Venner!
+Just i dag læser vi i Politiken om Cyklon og Oversvømmelse i Pisa - jeg vil da ikke haabe nogen Ulykker er tilstødt Eder paa Liv eller Ejendele! Helt rolig er jeg virkelig ikke før jeg hører fra Jer igen. Tak for det sidste Brev. Sybergs Erklæring om at jeg er den eneste han meddeler sig til modtager jeg med Glæde og kan svare det samme; det er ogsaa bleven tyndt med min aandelige Omgang, jeg lever i et Eksil skønt i mit eget Fædreland. Vi har her i Lejet haft nogle faa gode Dage hvor vi har boltret os i Vandet, men idag er det et ligefrem bestialsk Vejr, Stormregn og Vinterkulde, saa at jeg maa sidde med Sweater og Regnkappe paa inde i Stuen og skrive. Jeg har lagt Pennen og prøvet at male herude men matte straks opgive det igen, Haanden vil ikke. Men jeg kunde bleven Maler, og jeg var bleven en Vermehren, kun den mest haarfine Nøjagtighed morer mig, og det er derfor jeg maa opgive det. Jeg tror ellers det meste i Kunsten ligger i at kunne se og vælge sit Motiv. Nu ikke mere om mig som Maler.
+Om dig læste jeg Goldschmidts konfuse men ikke uvittige Artikel, der da ogsaa havde nogle Oplysninger om dine Ting. Du vil jo komme som en Erobrer over os naar vi en Gang faa dine Pisa:Arbejder at se!
+Stormen hujer som et Vildsvin i Dørene, det er rigtig et Vejr som man under lykkelige Italiefarere at læse om og korse sig over. Men lad mig nu høre at I er sluppen uskadte fra Cyklonen. Fra Else skal jeg hilse mangfoldigst, hun sidder og gyser i islandske Trøje - hvem der var i København! En af Dagene lister vi ind og lege at komme Fremmede i Staden, vi skal saa drikke jeres Skaal paa Nimbs Veranda.
+[tilføjelse i Else Johs.V.Jensens håndskrift]
+Kære Syberg, Bare der dog ikke er kommet Vand paa dine Akvareller. Lad os snart høre fra jer.
+Mange Hilsener Else
+[og til sidst, i Johs.V.Jensens hånd:]
+Levvel! Eders hengivne Johs.V.</t>
+  </si>
+  <si>
+    <t>1912-06-23</t>
+  </si>
+  <si>
+    <t>Via San Lorenzo 44 Pisa</t>
+  </si>
+  <si>
+    <t>Domenica Cerroni
+Poul S. Christiansen
+Michelangelo Simoni
+Hjalmar Sørensen
+Anders Trulson</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg boede i Italien med deres seks børn fra efteråret 1910 og små tre år frem.
+Zahrtmann boede fra 1883 til 1911 hver sommer til leje i bjerglandsbyen Civita d'Antino. 
+I Kristian Zahrtmann En Mindebog bygget over hans egne Optegnelser og Breve fra og til ham, F. Hendriksen, Kjøbenhavn 1919 er der gengivet flere breve og andre tekster, hvori Zahrtmann fortæller om Trulson og Sørensen og sommeren 1911. Om sagen med natpotten, der ikke blev tømt, skrev Zahrtmann således (s. 568): "Situationen forværredes ved, at alle Italienere er forfærdeligt bange for Tuberkelsmitte. Tjenestepigerne desinficeredes, naar de havde været inde hos ham. Det blev os danske, der gav ham Mad, Medicin og sad og talte med ham." 
+Zahrtmann ophørte ikke med at være i brevkontakt med Anna og Fritz Syberg efter episoden med Sørensen. I Mindebogen er eksempelvis aftrykt et brev fra Zahrtmann til ægteparret dateret 17. august 1912 (s. 575-576).
+Sommeren 1911 var i øvrigt den sidste, Zahrtmann tilbragte i Italien.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg fortæller om noget, der gik for sig i sommeren 1911: Zahrtmann så et stort lys i en af sine elever, (Hjalmar) Sørensen. De to besøgte sammen Syberg-familien i Pisa, og i begyndelsen beskrev Zahrtmann Sørensen med lovord. Sørensen var i øvrigt en meget smuk mand. Efter en måned begyndte Zahrtmann at blive irriteret på Sørensen, og han bed ham af osv., så det var pinligt for alle. De to rejste videre til Civita d'Antino, og her fik Sørensen nærmest husarrest, han måtte ikke tale ved bordet, ikke gå tur med en moden kvinde osv. Poul S. Christiansen var også i Civita, og han og Zahrtmann skændtes. En tredje gæst var svenskeren (Anders) Trulson, som var alvorligt syg. Tjenestepigerne tømte ikke hans natpotte, som stod og gærede i varmen.
+En tjenestepige fik stoppet en barbarisk måde at slagte lam på i Civita d'Antino. 
+Sørensen fik om efteråret rejsepenge af Zahrtmann og ordre om atrejse lige hjem uden svinkeærinder. Han besøgte alligevel Syberg i Pisa, og de tre voksne sendte et kort til Zahrtmann, som svarede, at han havde dårlig samvittighed. Hjemme igen besøgte Sørensen flere gange Zahrtmann, indtil sidstnævnte bad ham holde sig væk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mHvr</t>
+  </si>
+  <si>
+    <t>Pisa Via San Lorenzo 44
+23 – Juni – 1912
+Kære Ven.
+Jeg sender Dig her en Historie. Nogen Tid før jeg rejste herned skrev Zahrtmann til mig og fortalte mig om en ung Mand han havde taget til sig for at opdrage ham til Kunstner. Hans Talent var ganske enestående Han gav mig også lidt af den unge Mands Forhistorie bl.a. havde han en Tid ernæret sig som Opvarter i Antwerpen. I Fjor Forår da Z. med sin unge Ledsager kom til Pisa opsøgte de os, og der var ingen Ende på Z.s Lovprisninger af ham. Det eneste Z. havde at leve for nu var denne unge Mand der skulde nå ”langt videre” end vi andre. Den unge Mands ”Ædelhed” var noget ganske [et overstreget, ulæseligt ord] ud over almindelige Menneskers. Jeg var ikke meget spændt på at se dette Fænomen, for Z.s [overstreget, ulæseligt ord] Evne som Menneskekender sætter jeg ikke meget højt. Men den unge Mand overraskede mig ved at se [”se” overstreget] være en Del anderledes [overstregede bogstaver] end jeg havde ventet. Jeg havde ventet mig ham lidt feminin og lidt fordægtig, det er Zs. Smag [overstregede, ulæselige ord] I Stedet for ser vi t [”t” overstreget] en høj velskabt Fyr – nøgen vi badede nemlig sammen [de sidste fire ord indsat over linjen] noget i Retning af Michelangelos David. Han var [”var” overstreget] er en glimrende Svømmer, har faret tilsøs, som Matros i Storfarten, - Amerika osv. Københavner af den ganske tiltalende Art som f. Eks. Bliver gode Soldater [noget overstreget og ulæseligt]. Hans Talent som Maler forestiller Du Dig bedst ved at tænke på Din Broder D[ulæseligt], Dygtigheden var ubestridelig. Forøvrigt var han en overordentlig rar Fyr som Børnene kom udmærket ud af det med.
+Hvor længe Z. har kendt ham førend de kom herned ved jeg ikke, men hans Beundring for ham her [”her” overstreget] kulminerede hernede da den første Måned var gået. En Dag [”En Dag” indsat over linjen med en streg ned, som går henover ”Z.”] inviterede Z. [”Z.” indsat over linjen] os en Tur til Lucca og da havde Piben en anden Lyd. Sørensen (den unge M.) var ikke længer det ubegrænset ædle Menneske og den [”den” indsat over linjen] vordende store Kunstner. Talte han blev han fejet af. Z tilretteviste ham i vi andres Påhør på en så ubehagelig Måde så hele Selskabet forstemmedes deraf. Synet af af [”af” overstreget] ham irriterede Z. Derefter rejste de til Civita d’Antino. Dernede vilde jeg nødig have været i Sørensens Sted Han blev lukket inde på sit Værelse og sat til at male et Interiør derfra [”derfra” overstreget] for at Omverdenen ikke skulde se for meget til ham. Det blev ham forbudt at tale ved Bordet. En Dame (Malerinde) som boede der og som han havde trøstet sig med på nogle Aftenture (Hun var 46 – han 29) blev det forbudt (af Z.) at spasere med S., - nok med de andre Malere, - men ikke med S. ”han var ikke passende Selskab.” Dette bedes forstået således, at det ikke var et af Z. fra først af udtalt klart Program hvorefter alle havde sig at rette, men kom frem lidt efter lidt [”lidt efter lidt” indsat over linjen] i Løbet af Sommeren når Z. fandt Lejligheden passende d.v.s. en pinlig utryg Stemning blev vedligeholdt under hele Opholdet. Dertil kom daglige [”daglige” indsat over linjen] Diskussioner om Italienerne, hvor [”hvor” overstreget] mellem Z og Christiansen. Z. kogende af Vrede. C. ligbleg og truende med at rejse. Italienerne er ”Prinser” vi er kun ”Barbarer” det var Emnet. Endvidere Svenskeren Trulsons Død. Såvidt jeg kan forstå under temmelig graverende Forh [”Forh” overstreget] hygiejniske Forhold. Fra den Dag han blev sengeliggende satte Herskabet to Signora’er Cerroni ikke deres Fødder i hans Værelse, heller ikke Tjenestepigen. Tænk Jer i den varme Sommer ifjor at have en Lerko[ulæseligt] stående med gærende Latrin 14 Dage i det Værelse hvor man ligger syg. – [et overstreget bogstav] Førnævnte Dame tog sig på at hjælpe på dette da hun havde opdaget det, men Z følte sig meget stødt over hendes Indgriben. En anden Ting hun fik Forandring på var følgende. De slagtede hver Dag Lam lige for [”lige for” overstreget] på Pladsen uden for, til Underholdning for Børnene. Det foregik på den Måde at de spigrede Dyrene i levende Tilstand på Bjælkeværket, en regelret Korsfæstelse, men med Hovedet nedad som Skt Peder. Der blev de så hængende og brægede til Underholdning for Italienerbørnene til man fik Tid til at tappe Blodet af dem. Det lykkedes førnævnte Dame at få dette Forhold forandret derhen, at Korsfæstelsen af Lammene ikke mere foregik på åben Gade men blev henvist til et Sted udenfor Byen – sålænge hun var der. Tilbage til Sørensen. Da Efteråret kom t [”t” overstreget] erklærede Z. at S. ikke var, hverken et ”ædelt Menneske” eller kunde blive Maler. Han gav ham Rejsepenge hjem men pålagde ham at rejse sporenstregs hjem. S. mente det var for at [”at” overstreget. Over linjen er skrevet ”di”] di han [”han” overstreget] Z ønskede ikke ham (S) [”(S” indsat over linjen] på Hjemrejsen måtte gøre Ophold hos os. Det gjorde han nu alligevel. Vi så ingen Grund til at være anderledes mod ham end vi hele Tiden havde været. Han boede hos os i 14 Dage og havde det vist [overstregning, ulæseligt] dejlig, de[t] sagde han da. Vi sendte ovenikjøbet Z et Kort med Hilsen fra os alle. Z. svarede med en lille Hjerteudgydelse ”dårlig Samvittighed over for S.” I København besøgte S. Zahrtmann nogle Gange. Han kiunde stadig ikke tro at en Interesse der blev begyndt [”blev begyndt” overstreget] straks var så varm kunde så helt og aldeles forsvinde. Han blev imidlertid modtaget afvisende. Så holdt han sig væk et halvt År. Levede af at stå Model og arbejdede i Mellemtiden flittig på ”sin Kunst” (Han er jo nemlig nu uigenkaldelig hjemfalden til Maleriet, blevet bidt af en gal Kunstner som det hedder). Forleden besøgte han så Z igen som sagde til ham at han vilde sætte Pris på om S. ikke mere besøgte ham. En anden Virkning at dette har havt er at Z ikke sender mig hverken Kort eller Breve mere, at Forbindelsen mellem os holdt med et Slag op for ca. tre Fjerdingår siden. Brænd endelig dette Brev når Du [”Du” overstreget] I har læst det, men Du må gærne benytte Stoffet til en Singapornovelle. Din hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-08-03</t>
+  </si>
+  <si>
+    <t>Familien længes nu efter at komme hjem til Danmark. De små drenge savner Fynshoved. Hjemkomsten er fastsat til 1. juni 1914. Næste sommer rejser familien til Paris og bliver der et år.
+Hans har vist en vis antipati mod italienerne. Syberg-familien har lært et dejligt italiensk par med seks sønner at kende. Den ene søn er voldsomt forelsket i Johanne/Besse, men hun vil ikke have ham, og nu er han så hårdt ramt, så han taber sig og ikke kan sove. Vægttabet er et problem, da han skal holde en vis vægt for at komme ind på officersskolen. Hans tager sig lidt af den unge mand.
+Syberg maler børnene. Han kan ikke forstå malere, der rejser fra egn til egn og leder efter motiver.
+Det er godt, at Johannes V. Jensen formodentlig er hjemme sommeren 1914. Else og han kan komme til Paris i 1913 og besøge Syberg-familien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aQkg</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri
+3 Augst 1912
+Kære Venner!
+Hjærtelig Tak for Fødselsdagsbrevet og for Eders venlige Tanker og Ønsker. Om jeg er gammel ved jeg intet om, men et ved jeg at Jorden; vor gamle Klode, holder sig godt. Vi bor her på et af det [t i slutningen af ”det” overstreget] mest kultiverede Stykker af dens Overflade, men trods det, forbavses jeg dog daglig over hvor uopdaget og ung Jorden er. Imidlertid begynder vi dog så småt at blive Italiensmætte. Med ”vi” mener jeg nærmest Familien, og med Familien mener jeg Anna og Pigebørnene. De tre små Drenge længes tidt efter Fynshoved Trylle sparer trofast sammen til sin ”Beltbåd”. Vor endelige Hjemkomst er nu fastsat. 1ste Juni 1914 rejser vi til Fynshoved (Næste Sommer drager vi til Paris og bliver der 1 År.) Hvad mig selv angår da er hele denne vor [”hele” og ”vor” indsat over linjen og ”denne” overstreget] Rejse nærmest at betragte som en Opgave der stilledes mig udefra. Man ved jo intet om Italien andet end noget højtravende Sludder og får heller intet at vide om dette Land uden ved at se det selv. Hans bliver ikke ”Italiener”. På enkelte Undtagelser nær tror jeg nok han nærmest har nogen Antipati mod Italienerne. Han kommer meget godt ud af det med dem, morer sig over dem men foragter dem nok lidt, tror jeg. Kiplings Skildring af Bandasfolket rinder også mig i hu hernede af og til. En Familie er vi dog kommet på nærmere Hold hernede. En Officersfamilie med 6 Sønner. Desværre er vi kommet for Skade at tilføje dem et Hjertesår. Deres tredieældste Søn har forelsket sig i Besse og i nogle Måneder kuret til hende, men netop i disse Dage er det kommet til en Slags Forklaring. Besse vil ikke vide af ham, som andet eller mere end opvartende Kavaler. Hun er 16 han 17. Jeg vil håbe han overlever det skønt han har taget sig det meget nær det Skind. Han søger Trøst hos Hans som tager sig af ham, boxer med ham, lærer ham at ro. (Han kan nemlig ikke sove mer) [) overstreget] og må derfor se at trætte sig). Af andre Genvordigheder han har at spekulere over er denne [”denne” overstreget] den følgende den værste: Efter at han nu lige har taget sin Eksamen og skal ind på Officersskolen (han skal ind i Luftflåden) skal han endnu bestå to Prøver den ene er, han skal have en vis Vægt – mindst 50 Kilo, han vejer 51 men magres jo af under disse [”disse” overstreget] denne Modgang, desuden skal han holde et vist givet Brystmål, men saa [”saa” overstreget] nu tørrer han vel ind. Helt glad er jeg nu ikke, mest fordi det er en, sjælden sympatetisk Familie Jeg mindes ikke jeg nogensinde har set et så smukt Forhold mellem Fol [”Fol” overstreget] Forældre og Børn som der. Des [”Des” overstreget] Al Familien er kemisk fri for den almindelige italienske Dovenskab som hersker i Signoreklassen, er [”er” overstreget] er ikke det mindst tiltalende ved den. 
+Jeg maler Børnene og sylter mig i det hele taget ind i sådan en Masse Arbejde så jeg imødeser den Dag da jeg tager en rask Beslutning pakker hele Gøjemøjet sammen [og] stikker af. Blive her hele sit Liv kan man jo dog ikke. Jeg har aldrig forstået hvad det er for en Drift der driver Malere fra den ene Egn til den anden for at finde noget at male. Mig er det altid gået omvendt, har jeg først fået fat et Sted kommer jeg egentlig aldrig mere fra det. Til Gengæld synes jeg Emnerne er hvor man selv er.
+Det er rart Du er på Rejse næste Sommer Så er Du formodentlig hjemme Sommeren 1914 så vi kan mødes. Send Else en Ferietur til os i Paris September 1913 og [overstregede bogstaver] kom selv og hent hende der, når Du vender hjem fra Sibirien. Var det ikke en Ide?
+Vi har Varmen – jeg har været utilpas (Influenza) en 14 Dages Tid. I Dag er jeg rask igen.
+Vore hjærteligste Hilsener til Dig, Else og Børnene
+Din hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912 eller 1913 dato:24</t>
+  </si>
+  <si>
+    <t>Nørrevold 29</t>
+  </si>
+  <si>
+    <t>August Bagge, Bogtrykkerens bror
+Steen Steensen Blicher
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+Mogens Frijs
+- Hagensen
+- Holstein, Frk.
+Hans Christian Joachim
+Alhed Larsen
+Johannes Larsen
+- Madsen
+Christine Swane
+Sigurd  Swane
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen rejste i 1913 til Berlin sammen med Karl Isakson og Sigurd Swane (Johannes Larsens erindringer, 1955, s. 150). Hvorfor Laura Warberg skriver, at man rejste for Uglens (Christine Swanes) penge vides ikke. 
+1912 var Johannes Larsen sammen med Leo Swane i Berlin ifølge Erland Porsmose: Johannes Larsen: Menneske, kunstner og naturoplever. Gyldendal 1999
+Lise Fogh har forsket i Sigurd Swane, og hun oplyser, at Sigurd Swane rejste til Berlin i marts 1912 i anledning af Secessionen, hvor flere danske malere skulle deltage. Secessionen var åben fra april til september. Senere kom også Harald Giersing til. Alhed og Johannes Larsen rejste videre derfra til Dresden sammen med Karl Isakson. Dette ifølge Sigurd Swanes uudgivne erindringer (Håndskriftsamlingen, Det Kongelige Bibliotek).
+Steen Steensen Blichers ”Trækfuglene” udkom i 1914 illustreret med Johannes Larsens træsnit.
+1 alen er 62,7 cm.
+1 tomme er 2,54 cm.
+Det kan ikke afgøres, hvem Madsens og lille Else var. Warberg- og Larsen-familien kendte mange, der hed sådan. Det samme gælder Jørgensen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde Egns- og Byhistoriske Arkiv BB 2075</t>
+  </si>
+  <si>
+    <t>Laura Warberg har fulgt Alhed og Johannes Larsen til banegården. De skulle til Berlin og Dresden.
+Grev Frijs har bedt Johannes Larsen illustrere sin rejsebog.
+Der er stor begejstring blandt malerne for Johannes Larsens udstilling, som også er god, og han har solgt glimrende. Sigurd Swanes billeder er derimod forfærdelige. 
+Laura Warberg har hjulpet Louise Brønsted med at sy en dragt. 
+Johannes Larsen skal illustrere Blichers Trækfuglene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tuK6</t>
+  </si>
+  <si>
+    <t>Nørrevold 29 ⁴
+Søndag d:24de.
+Kære Astrid!
+Du kan godt vente med at komme til paa Lørdag, jeg rejser først Mandag Middag lige til Syberg. Jørgensen er syg og jeg kan foreløbig ikke bo der, venter til lidt længere ind i Maaneden med at tage dertil. Jeg var i Morges paa Banegaarden at sige Farvel til Las og Alhed, der tager et lille Svip hjem til Koncerten i Morgen og kommer igen paa Mandag Aften for paa Onsdag at rejse til Berlin og Dresden for en Uge. Grev Friis havde forleden ringet til Hotel Temperance; om Las vilde komme ud til ham, og det var om at illustrere hans Rejsebog ligesom sidst. Da her ingen Antiloper er, betaler han en Rejse derned og naturligvis skal Alhed med; han kan jo ikke undvære hende en Dag, var helt vred fordi hun absolut vilde holde sit Løfte til Chr. at komme til Koncerten, men nu tager han altsaa selv med. De er bedt ud i en Grad som aldrig før, kan ikke naae alt, langtfra. Men der er ogsaa en Begejstring mellem Malerne over hans Udstilling, [ulæseligt ord] og af det med Rette. Tænk at sælge for 2600 den første Dag. Han kan vist hænge den røde Lygte ud inden det er forbi. I det hele taget er det en usædvanlig køn Udstilling, naar undtages de umulige, værst er stakkels Swane; som ”Riget” skriver. han maler mere og mere lige hen i Vejret, det er grufuldt og man begriber ikke, at et fornuftigt Menneske kan hænge sligt op. De skal nu imidlertid til Berlin for Uglens Penge, godt at hun dog kan sælge lidt. Madsens var her hos Fr. Holstein med lille Else hele den Dag til Fernisering og Fest om Aftenen hvor de morede sig og dansede meget. Lugge og jeg havde paa 2 Dage syet hendes nye rustrøde Dragt. Nederdel, Bluse og Jaket!! den blev meget vellykket, alle beundrede Lugge i den, vi har aldrig set hende saa pænt klædt, hendes graa Fløjlshat var fixet op med Paafuglefjer, om Aftenen blev der ogsaa talt om, hvor køn hun var. Det faldt mig ind i forrige Uge, at hun vilde vist blive glad ved lidt Hjælp til Dragten, og jeg kom uventet i Tirsdags med 8½ Toget, hun blev meget glad og vi syede hele X Dagen; [Skrevet i kanten på side 2:] X den var klippet forud [indsættelse slut] ligesaa om Torsdagen, Onsdag havde hun Fru Joachims og syede næsten ikke; jeg blev til sidste Tog og da naar den helt færdig. Vi var meget stolte. Trøjens silkeforet. Las har ogsaa herinde nu faaet en ideel Bestilling paa at illustrere Blichers Trækfuglene for 2000 Kr., og det store Maleri, som Galleriet købte vilde lige efter en privat Mand have købt, han bestilte saa et lignende til en 1200. Paa Torsdag skal de til Middag hos Brandstrups i Valby sammen med Bogtrykker Bagges [ulæseligt] er ogsaa Liebhaver til et solgt [”til et solgt” skrevet over linjen] og Beundrer af Las’ Billeder. 
+Nu kommer Du da med første Baad? Hvor morsomt med [ulæseligt ord] Besøg hos Tandlægen. Vær nu endelig ikke altfor beskeden med at komme igen. Det har Du sikkert været overfor Fru Hagensen. Kan Du ikke tage en lille Strimmel af det sorte Klæde med eller bedre [ulæseligt ord] 2 Al lang og ca. 1 Tm. bred [ulæseligt]
+[Skrevet i kanten på side 3:] X da jeg ogsaa kom ud med første Tog
+[Eftersom der ikke er nogen afsluttende hilsen, mangler noget af brevet sandsynligvis]</t>
+  </si>
+  <si>
+    <t>1913-04-29</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Neustadt</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
+Det vides ikke, hvem Stine var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 012</t>
+  </si>
+  <si>
+    <t>Hans og Johanne kom tidligt til Nürnberg og så på byen. 
+Stine har misforstået, hvordan de sloges med sne.
+Der er frygtelig varmt i Bayern, og de to cyklister er våde af sved hele dagen. De ligner landevejsrøvere med støvler uden såler, plettet kjole og mørkbrune ansigter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SlQ5</t>
+  </si>
+  <si>
+    <t>[Fortrykt på side 1:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S. Lucia
+Pisa
+Italia
+[Adressen overstreget. Med håndskrift er tilføjet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet s. 1 langs venstre margen:]
+skrive til Köln
+[Håndskrevet s. 1:] 
+en Kro 29/4 - 13 er I rejst? har I faaet [ulæseligt ord]?
+Kære Allesammen
+Vi kom saa tidligt til Nürnberg igaar at vi fik Byen set med det samme og i Dag har kunnet tage vidre straks. Vi fik i Morges Jeres mærkelige Kort; sig til Stine at hun maa jo være skør paa Rumpen I har [s. 2] misforstaaet os fuldstændig naar vi skrev at vi sloges med 3 Snedriver vi sloges nemlig saadan: [tegning] og vi fyrede hinanden med Sne, der var skam stegende hedt og kun i Bayern er der saa hedt at vi er ved at dø her er meget meget meget meget varmere end i Italien vi er hele Dagen hver Dag gennemblødte af Sved. Sig til Stine at vi har skrevet hver Dag og ikke hved hvordan det kan være at I ikke har faaet Brev hver Dag.
+Kære Allesammen. Vi har lige spist hver 4 Pølser og 2 Glas Øl - her er skrækkelig hedt for hver Dag vi kommer længere Nord paa bliver det varmere, naar vi en ["en" overstreget] naar til Danmark er det nok [overstregede bogstaver] frygtelig varmt. - Vi begynder at ligne Landevejsrøvere. - Hanses Støvler er der ingen Saaler i -, min Kjole er ikke mere graa men tærnet af Olie og Sprøjt fra Vogne vores Ansigter ligner snart et Par Indianeres - . - Vi tænker at kunde være i Köln om 3-4 Dage. Mange Kys fra Besse. bare rolig Stine.</t>
+  </si>
+  <si>
+    <t>1913-09-02</t>
+  </si>
+  <si>
+    <t>Ole Poulsen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 30</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for den tilsendte check på 1500 Kr. Fortæller desuden om en brand på Ole Poulsens gård. Han har ikke fået gjort noget ved de to billeder, som skulle indrammes inden de blev leveret til Mads Rasmussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/66Ve</t>
+  </si>
+  <si>
+    <t>Pilegården 2-9-13
+Kære Hr Etatsråd Rasmussen:
+Tak for den tilsendte Check på 1500 Kr. .....
+Alt vel her vi lever og arbejder i Fred og Ro uden at opleve noget, kun igår var det en meget bevæget Dag. det begyndte med at vor Pige som ellers er et meget roligt Gemyt kom opløst i Tårer og langt om længe betroede os at hendes Fader var blevet sindsforvirret, og mens vi var optaget af at trøste hende lagde vi ikke Mærke til at en stærk Torden rasede over vore Hoveder før et af Børnene pludselig udråber: Ole Poulsens Gård brænder!!!
+Der blev rigtignok Røre i Egnen, heldigvis indebrændte intet af Kreaturet. Mine bedste Hilsener til Dem og Familie fra os alle her. Med det samme vil jeg gærne spørge om hvornår de ønsker de to Billeder tilsendt som de købte hernede? endnu har jeg nemlig ikke gjort noget ved Indramningen af dem, men jeg skal snart tage fat på det. Endnu en Gang de bedste Hilsener fra 
+Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1914-03-12</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby Kro</t>
+  </si>
+  <si>
+    <t>Ludvig Dahlerup
+P Jørgensen 
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Ingeborg Rasmussen
+Jens Rasmussen
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 75 dage ved Filsø for at male. 
+Det er uklart, hvem Fru D er.
+Det fremgår af et andet brev, at Alhed Larsen og Christine Swane gik til franskundervisning hos en Fru Svendsen. 
+Det er uvist, hvilken auktion der er tale om og hvilken Larsen på Vesterbrogade, Alhed er inde på.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været hos Jens Rasmussen i Odense, og hun har købt nyt tøj, så nu har hun næsten ikke flere penge. 
+Der er auktion de følgende to dage. Alhed spørger, om billederne skal sendes ind.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/am4g</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Tak for Dit Brev i Dag, Du er rigtignok flink til at skrive til mig. Det er dejligt, at det gaar saa godt for Dig selvfølgelig faar Du nok lavet noget storartet deroppe. – Herhjemme gaar det ogsaa udmærket, jeg var i Odense i Gaar, kom til Overrettens, da de sad og spiste Frokost. – D.v.s. Han var i Kjbh. men hendes Bror var der. Hun var som sædvanlig meget sød og gik Ærinder i Byen med mig, da vi havde sludret en Timestid. – Du ved jeg købte den blaa Spadseredragt af Fru D. Trøje og Nederdel, dertil købte jeg en henrivende grøn Silkeblouse 16 Kr. 50, og en lille nydelig blaa Hat med skotskfarvet Silketøj 16 Kr. 75, saa Du kan stole paa, jeg har en nydelig helklædt Dragt nu. Det var jo maaske nok lidt letsindig, da der jo omtrent gik de sidste af dem [m’et overstreget] 100 jeg havde tilbage, Agraren fik 40, men til 1. April maa vi vel faa Galleriet. – Jeg kunde ikke holde mig selv ud med Ulster og Skindhue, nu Foraarssolen begyndte at skinne. – Det franske morer os meget, vi skal ud at have Time nu. – Gl. Købmand P. Jørgensen er død og begravet, jeg sendte en Krans. – I Morgen og Overmorgen er altsaa Auktionen gid den nu maa gaa godt, det maa blive svært for Dahlerup. – Skal Billederne og hvilke ? saa sendes ind til Larsen Vesterbrogade No ? saa beder jeg Swanes gaa ud at vælge. Sender Du ikke nogle af de nye? – Husker Du den Akvarel til Lehn-S.?
+1000 Hilsner fra os alle 3 Din
+A
+Torsdag Eft.</t>
+  </si>
+  <si>
     <t>1914-05-26</t>
   </si>
   <si>
     <t>Carl Petersen, arkitekt</t>
   </si>
   <si>
     <t>Peter Hansen
 Kai Nielsen
 Mads Rasmussen</t>
   </si>
   <si>
     <t>Brevet er en afskrift. Da brevet ligger blandt Mads Rasmussen breve, kan man antage, at Carl Petersen har sendt en kopi af sit brev til Fritz Syberg til Mads Rasmussen til orientering.</t>
   </si>
   <si>
     <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 31</t>
   </si>
   <si>
     <t>Brevet er en kopi/afskrift 
 Carl Petersen skriver et langt brev til Fritz Syberg. Brevet indeholder en masse betragtninger og overvejelser om udformningen og indretningen af Faaborg Museum.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/vmMk</t>
   </si>
   <si>
     <t>CARL PETERSEN Aaboulevard 5
 ARKITEKT København
 Telefon: Nora 1305 x d. 26 Maj 1914
 Kopi
 Kære Fritz Syberg!
 Tak for Deres Brev og Deres anerkendende Udtalelser om Museumstegningen. Jeg deler Deres Opfattelse, at det vilde være smukt, om Billedhuggerarbejderne og Malerierne kunde holdes adskilte i to Hovedafdelinger. Jeg synes ogsaa om Deres gode Ide med at samle Skulpturerne i de første Rum, hvis den kunde have været lagt til Grund for Bygningens Plan. Men den Gang var der foruden Statuen kun et Par store og en Snes mindre Skulpturarbejder, hvilket langt fra var nok til at indrette en Sal til. Heller ikke en samlet Opstilling af Billedhuggerarbejderne i Kuppelsalen vilde være tiltalende. Fresker og sleben Sten staar ikke godt til Gips. Jeg var ogsaa i meget stærkt Tvivl om, hvorledes Kais Arbejder skulde anbringes. Heldigvis forandredes Situationen, da Kai forærede Museet sine 18 store Figurgrupper fra Blaagaards Plads, og Etatsraaden bestemte sig ril at bygge en særlig Skulptursal. Det blev da muligt for mig helt at gennemføre det, der var mit Maal, ogsaa med Gulvmønstrene, at forme Musæet som en Række Modsætninger. Det var en stor Fordel, at Kuppelsalen med Statuen blev noget helt for sig, og at baad den og Malerisalen blev befriet for de øvrige Skulpturer. 
 Kuppelsalens Beliggenhed er jo, som De ved, bestemt af, at det blev forlangt, at Statuen skulde ses allerede i ca 15 Alens Afstand. Den ny Sal kan kun lægges ved Siden af Arkivet, og de nederste Køjer. Den bliver ca 24 Alen lang og 8 Alen bred. Det volder store Anstrengelser at faa den mere end 5 Alen Høj, Malersalene er henholdsvis 6 Alen 18" og 7 Alen høje. Og Belysningen kan kun skaffes ved et Vindu i Endevæggen, hvilket vil give stærkt Strejflys paa Salens Langside og meget morsomt Lys i Bagenden, eller ved højt Sidelys fra Lyskasser langs Salens ene Langside, hvorved denne Side faar skarpt Strejflys og den modsatte Længdevæg sparsomt Lys. Det er nogenlunde det sletteste Lokale, jeg kan tænke mig at hænge Malerier op i.
 Paa den anden Side vil det vise sig umuligt at faa de 18 store Figurgrupper opstillede i den lille Malerisal. Den er for lille, og ikke egnet til Anbringelsen af Skulpturerne. Men i det Hele synes jeg, at noget af den smukke Virkning mistes, om Figurgrupperne anbringes i den lille Sal, saa de kommer til at konkurre med Statuen. Den skulde jo gerne staa der, ikke som et enkelt Skulpturarbejde blandt mange andre af samme Kunstner, men som det Portræt, Fynbokunstnerne har ønsket, at en deres egne skulde udføre af den Mand, der har samlet deres Arbejder. Det er netop smukt, at Portrættet er en Statue omgivet af de gode Malerier og ikke af Skulptur. Det vilde være langt mindre værdifuldt, om det var et malet Portræt blandt Malerierne.
 Men jeg forstaar i de Hele ikke rigtig Deres Bekymring for, at Malerierne ikke skal tage sig ud i Museet. Jeg synes, at der i vor Tid i Danmark ikke findes noget andet Kald af Malere, der hver for sig er saa gode, og samtidig hører saa afgjort sammen, som Fynboerne. Da jeg havade det Held at faa dette Arbejde, synes jeg, at det var den dejligste Opgave, jeg kunde tænke mig, at bygge et Hus, der blev en værdig Ramme om denne Kunst. Jeg kan da heller ikke se, at der er Grund til at være bange for, at de jævne Bygningsformer, jeg har tilstræbt, og de anvendte prunkløse Materialer skal skade Billederne.
 Med Hensyn til det andet Spørgsmaal, De skriver om - Gulvene, da kunde jeg maaske i og for sig nok for at imødekomme Deres Ønsker se bort fra det for mig personlige Moment, at jeg har lagt et meget omfattende Arbejde i disse Gulve og anvendt maaske Halvdelen af den Tid, Tegnearbejdet paa Museet har kostet mig, til Gulvmønstrene. Og det er særligt Gulvene i Køjerne og den store Malerisal, der har kostet saa meget Bryderi, altsaa netop dem, De ønsker erstattet med røde Murstensgulve.
 Men jeg tror, at selv om jeg viste denne store Resignation, vilde det ikke lykkes mig at faa Etatsraaeden til at opgive de planlagte Mønstre. Det var Etatsraaden selv, der paa et Møde med Peter Hansen fik den Ide, at vie kunde udføre Gulvene af saadanne Tærninger, der skulde fremstilles paa hans eget Teglværk, hvilket har vist sig at være langt dyrere end beregnet. De er udførte nu, og der er saaledes bundet en ikke ringe Kapital i dem. Jeg tror som sagt ikke, at Etatsraaden ej vil undvære at se Resultatet af de store Ofre, som der her er gjort, og som blandt andet skulde vise, hvad man formaar at præstere med Produkter fra et almindeligt dansk Teglværk. 
 Men jeg skal bede Etatsraaden om at udtale sig derom. Jeg var nylig i Faaborg sammen med Kai Nielsen og hørte, at De opholdt Dem i Svanninge, Vi vilde have været ude at hilse paa Dem, men vort Ophold i Faaborg blev af forskellige Grunde kun ganske kort, meget kortere end paatænkt. 
 en venlig Hilsen fra min Kone og Deres hengivne
 Carl Petersen</t>
   </si>
   <si>
     <t>1914-09-09</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Tornehave Birkerød St.</t>
   </si>
   <si>
     <t>Bodild Branner
 Thora  Branner
 Sophie Breum
 Johannes Nicolaus Brønsted
 Alfred Goldschmidt
 Poul Henningsen
 Christian  Houmark
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Marie Larsen
 Ellen  Sawyer
 - Svendsen, Fru
 Christine Swane
 Lars Swane
 Sigurd  Swane
 Hempel Syberg
@@ -6696,51 +4663,1114 @@
 Afsendt Tirsdag Aften
 [Håndskrevet på kuvertens bagside. Ikke Laura Warbergs skrift:]
 Øl 8
 S[ulæseligt]salt
 Sodavand
 Brænde
 Petroleum
 brun Sæbe
 Amar.
 sort Skosværte
 Zeha
 3 [ulæseligt ord]
 Øl[ulæseligt]
 1 Kg Havregryn
 Bager Kogesprit
 Helga Sild Sild
 Tomater
 [Håndskrevet med blyant i brevet:] Sept. 1914
 [Håndskrevet i brevet med blæk; Laura Warbergs skrift:]
 Tirsdag Aften
 Kære lille Muk!
 Dit brillante Brev til Alhed er gaaet rundt til andre, og vi var meget glade over at Du var saa tilfreds med Din Ferie; vi var det i lige Maade paa Dine Vegne. Det er storartet for en Husmoder at kunne slippe en lille Tid for Pligter til højre og venstre. Vi var jo ogsaa allesammen meget glade ved Eder; jeg tænker tidt paa vor hyggelige The- eller Kaffe Sammenkomster her. nære ["nære" indsat over ordet "Sammenkomster"] Nu i Aften kom Pakken til Elle; hun maatte strax efter afsted til Rynkeby, Grethe og jeg delikaterede os øjeblikkelig med hver en Pære. Elle bliver i R. i Nat, tager til Odense i Morgen, bliver der_den Nat og skal med Thora til Baunehøj paa Torsdag. Hun har nu begyndt sin Musik-Undervisning har 3 Elever ad Rynkeby til, og 4 Mandag med Johanne, der er _ulige glad over at have Følgeskab især til Vinter, naaer hun kører og kommer hjem Kl. 10 om Aftenen; endnu cycler de. Elle er lidt bange for den Branche, hun der er slaaet ind paa, og det er skam ogsaa dristigt og vældig godt gjort, dersom hun virkelig kan sætte det igennem. Det er 5 Kr. mdl. for hver; med de Elever i Engelsk, hun nu har, tjener hun omkring 80 Kr. mdl; deraf vil Elle kunne lægge Penge op! Nu boer hun igen her, men er væk 4 Dage om Ugen; vi savner hende, men Grethe og jeg har det jo heldigvis udmærket sammen. Bibbe fik for ca. 14 Dage Angina og saa flyttede Swanere over til Alhed. Fru S. har endnu Smerter og ingen veed; naar hun skal op, kommer nok ret strax efter hertil og skal ligge at begynde med. Alhed er ikke ret stolt af Udgiften til alt det og stakkels rare Swane! Det er en streng Tid for ham! Han er mageløs til at passe det Barn. 
 Henningsen rejste forrige Tirsdag i Bil til Nyborg. Alhed Elle, Grete, Drengene med; en Ring punkterede i Nyborg, de kom for sent til Færgen, han ventede paa den næste og maatte med Bumletog. - I Søndags var der Underholdning paa Hotellet til Fordel for Soldaterne; Christine vældig i Ilden; først en Sonate med Muk - saa akkompagnerede hun Fru Svensen, tilsidst en Trio med Muk og Organisten, dejligt, stor Applaus og de maatte spille Prestoen dacapo; ind mellem daarlig Oplæsning af Houmark, god d_o_ af Sofie Breum; Salen fuld. - Johanne og Agraren havde spist til Aften her med Thora og lille Bodild, som var her hele Dagen; tog Frokost her, Middag hos Agrarens, Visit til Kaffe hos Alhed; det faldt rigtig godt ud, Du veed de har været lidt Urolige imellem fordi de ikke besøger hinanden! Jeg havde været i Odense et Par Dage før, min eneste Udflugt lige fra i Marts. Syberg var forkølet, mulig som Følge deraf; irriterende tyskvenlig; jeg turde for min egen Skyld ikke disputere med ham, men det kogte i mig. Forresten tænkte jeg, det kunde komme af hans tyske Afstamning og Thora indrømmede, han selv havde slaaet paa den Streng. Og jeg havde endda tænkt at faae en god Passiar om Krigen! Paa Fredag kommer Bodild herned alene til Puttes Fødselsdag. - Johanne har det bedre nu, er da i Reglen kun daarlg om Morgenen. Sidst i Ugen skal de tærske; gid de høje Kornpriser vil holde sig, til han faaer solgt. Nu gaaer Erik igen daglig i Skole hos mig, det kniber med A.B.C.en i andet er han flink interesseret. - Det er rigtignok en Begivenhed for Eder, at Madien skal boe i Kbh! Der vil Telefonen komme til at spille en stor Rolle! Og hvilke herlige Søndage det saa bliver for Eder. Ja kunde Du være heldig med en ny Pige til Nvbr! Vi har vidunderligt Vejr, sommervarmt i Dag; men dog for køligt om Aftenen til at spise ude. Nu er - ja hvad hedder det, "Sylden" paa Huset tjæret og det ser meget kønt ud; ligeledes Portene i Muren; Laagen er sat i nu er omtrent alt færdigt. Anna B. var meget begejstret for alting her, ogsaa for Las's Domæne. Vi var bedt der Lørdag til en meget fin Soupér; hun var imponeret af Haven og alt der ogsaa; hun vilde rejse Onsdag, den sidste Dag der var direkte Forbindelse med Kbh.-Toget, Chr. var ogsaa i Odense - saa gik alligevel Toget for Næsen af dem, de var midt paa Perronen! Saa maatte hun gaae 3 1/2 Time i Odense. Statsbanerne generer sig ikke! Godt Astrid tog Bil til Nyborg! Jeg har faaet et udmærket Brev fra hende; Alfred er saa flink, snakker med hende!! skrev pænt hertil og sendte rigelig Penge. Jeg er lykkelig over det! Nu Farvel lille Muk! Jeg har det godt for Tiden. Kærlige Hilsener til Eder alle! Bedstemor.</t>
   </si>
   <si>
+    <t>1915-5</t>
+  </si>
+  <si>
+    <t>Elise Hansen</t>
+  </si>
+  <si>
+    <t>Peter Hansen</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Grete Jensen, f. Hansen
+Elena Larsen
+-  Skadhauge
+Marie Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Peter Hansens arkiv.</t>
+  </si>
+  <si>
+    <t>Elise har så travlt. Hun ville gerne have være til Faaborg til Jens Birkholms begravelse, men hun vil også gerne til Faaborg i Pinsen og syntes ikke, hun kunne begge dele. Fortæller forskelligt andet om familiens aktiviteter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HEO0</t>
+  </si>
+  <si>
+    <t>Tirsdag Morgen
+Kære Per
+Jeg har saa travlt, saa travlt, og endnu flyder her af roba di generi diversi i alle Rum. Jeg kan jo ikke faa fat i en Snedker, og Ungernes Legetøj flyder over det hele.
+Jeg vilde også gerne have været i Faaborg i Søndags til Birkholms Begravelse, men jeg vil ogsaa gerne være der i Pinsen, og saa syntes jeg ikke, jeg kunde begge Dele, men jeg fortryder det i Grunden lidt.
+Det var godt, Baaden ikke var sat i Vandet, thi Vejret har da været saa koldt, at det var bedre at bo paa Landjorden, saa jeg var glad for, at du var nødt til at bo paa Hotel. Jeg tog ind fra Holte Torsdag Aften, betalte paa Hotellet 110 Kr og Malermesteren 34,00. Bimses Cykle er ikke i Orden, Dækkene var for smaa, kunde ikke sættes paa og to Huller havde de prikket i Slangerne; i Dag skal hun ud og hente Dækkene og faa dem byttede, saa maa hun atter ud og faa dem sat paa, her i Byen gør de det ikke. Hun har endnu Kørekort, saa Rejsen koster hende ikke noget. 
+Jeg rejser herfra Søndag Morgen; lad mig vide, om du skal have Kjole Smoking eller hvad ellers du vil have mig til at tage med. Jeg tænker ikke der er Stemning for større Festligheder, ellers havde du vel ogsaa skrevet. Jeg glæder mig meget til at se Musæet.
+Gete er i Dag spadseret af sted til Skole i Halvstrømper og højrød Trøje, hun er stolt. Bimse i lang, hvid Frakke; hun ser flot ud det lange Pigebarn, men hvor der dog gaar mange Penge med til at faa dem lidt manerlig klædt paa. Nu kommer min Fur. Jeg er heller ikke billig. Som sagt jeg længes meget efter at komme over til jer; saa skal vi ud og se et Sted hvor vi kan bo i Sommerferien. Vi var hos Fru Tom Søndag Aften, i gaar hos Skadhauge, han plager Livet af os med sin Nolobridge. Mange Hilsner fra os alle. 
+Din Elis.</t>
+  </si>
+  <si>
+    <t>1916-05-17</t>
+  </si>
+  <si>
+    <t>Ausa -
+Magdalene -
+Ragna - 
+Dorthea Birkholm
+-  Dahl
+- Hansen, Doktor
+Johannes V. Jensen
+-  Kuhr
+Elena Larsen
+Karl Madsen
+Gustav Philipsen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Peter Hansens arkiv</t>
+  </si>
+  <si>
+    <t>Elise fortæller om en fin konfirmation, hun har deltaget i, det fremgår ikke hos hvem. Hun glæder sig meget til at komme til Faaborg og se på huset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IJg3</t>
+  </si>
+  <si>
+    <t>17/5 16.
+Kære Per !
+Du kan rigtignok tro, at jeg var til Konfirmation og "rout" i min vildeste Stads og med Kajs V[xxx], som han var saa elskværdig at sende mig og endda et Eksemplar til mig selv ogsaa. Jeg rejste derud sammen med Karl Madsen og Gustav Philipsen og forefandt en større Forsamling blandt andre Departementchef Dahls, hvis Kone jeg syntes udmærket godt om. Den alvorlige Del af Festen bestod i at Dr Kuhr spillede nogle Sange paa Klaver, og der blev holdt et Par alvorlige Taler til den unge Dame, derefter blev der atter spillet og sunget og saa kom en staaende Beværtning. Først en varm Ret, som bestod af Tunge med farcerede Oliven og glacerede Kastanjer, og noget mærkeligt Fars sprøjtet ud paa Artiskokbunde, dernæst nogle ubeskrivelige kolde Retter, som var et helt Vidunder baade at se og smage. Der var en meget fiks Ret som bestod af et overskaaret Æg derpaa en Østers og paa den en Trøffel, og det hele indhyllet i en klar Gelé; der var Ænder som ogsaa var gemt under mærkelige Farser; Laks og Humer med Mayonnaise i Former, Sanwich til Maden; Desserter i alle Faconer, Rødvin og Champagne. Vi spiste, hvor vi kunde anbringe os. Dr. Hansen, Magdalene Fru Karl Madsen og jeg sad i et lille Taarnværelse, naar saa Gongonen lød underneden strømmede alle Gæsterne ind i Dagligstuen for at høre paa Taler og Sange for atter at trække sig tilbage med en fyldt Tallerken. Kaffe og Likører i Haven. Det var udmærket arrangeret. Karl Madsens Kone og jeg fulgtes hjem, vi var først en Tur i Esrum saa den blev 9, inden vi var hjemme. Paa din Fødselsdag var vi et lille Selskab her, som du kunde se af det tilsendte Kort med Joh. V. midt i Sundevedsgade. Vi spiste de traditionelle Asparges og havde en stor Kringle paa Bordet; men jeg sad jo og ventede paa, at du skulde ringe; du er da ogsaa en Fjols Per, at du ikke paa saadan en Dag gaar hjem og ser din Post efter. Nu faar Børnene Store Bededagsferie i Morgen, Ausa, Ragna og Bimse skulde saa ud til Raageleje i Mackeprangs Hus. Men deres Stedfader er nylig død, saa hun kan ikke rejse fra Hjem[falmet, ulæseligt] Ragna er syg, og i Aften matte Bims gaa i Seng med Feber 38,7, hun har ondt i Halsen, det kan jo blive, hvad det skal være, nu maa vi se i Morgen om det er gaaet over, eller om det bliver noget alvorligt. Grethe og jeg er bedt til Holte, hvor vi saa skulde ud Fredag, Lørdag pg Søndag, men nu ved jeg ikke, hvad det bliver til. Saa nu har du vist ikke Tid til at læse mere, Mange Hilsener fra os alle. din hengivne
+Elise.
+1ste Bilag
+Jeg glæder mig kolossalt til at komme over og se paa Huset. Jeg haaber, jeg kan laane en Symaskine hos Frk Birkholm. angaaende Madrasserne saa tænkte jeg, at vi kunde bruge Staalspiraler, men hvad der skal pa dem ved jeg ikke men det maa vi jo kunne faa at vide hos Købmanden.
+Jeg tager nogle Tæpper og Lagener med osv Skulde jeg sende det Spillebord, som jeg har købt? Jeg tænker paa, at vi faar egentlig ikke meget Brug for Badekar, thi Børnene gaar jo i Stranden om Sommeren, og man har saadan nogle nemme Indretninger til at Tage Styrtebad med "en Tap" kaldes de, saa jeg synes egentli ikke, du skulde købe den Oon Nu kan jeg ikke bestemt sige, naar jeg kommer, det kommer an paa Gitten, jeg havde ellers tænkt at rejse paa Onsdag, nær det sker jo nu ikke. Hilsen E.</t>
+  </si>
+  <si>
+    <t>Vinter 1917</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Alhed Larsen
+Christine  Mackie
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Laura Warberg
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt ventede barn med 19årige Jørgen/Buf Schou. Astrid havde to børn, Ina og Adam, med Alfred Goldschmidt, som hun ikke var skilt fra, da Jørgen og hun indledte et forhold. Deres fælles barn, Janna, blev født 3. juli 1917. Astrid flyttede til København, og Ina og Adam blev hos deres far i Malmø. 
+"Tante" kan være flere forskellige personer. 
+Lille Mand er mulivis Johanne/Junge C. Larsens yngste søn, Martin/Manse Warberg Larsen, som blev født 25. marts 1915. 
+Stramonium: Pigæble er en lægeplante. Bestøves af natsværmere. 1,2 meter høj. 1-årig. Selvsår. Pigæble er meget giftig, er dødelig i større doser, og virker i mindre doser bedøvende og lindrende. Denne lægeplante anvendes muligvis stadig som middel mod astma, idet røgen fra de tørrede blade lindrer astmaanfald ved sin bedøvende virkning.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0604</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har en del spædbørnsudstyr, som Astrid/Dis kan få. 
+Laura Warberg vidste godt, at Astrid ventede barn. Hun er vred, men da hun hørte, at Astrid havde det dårligt, talte hun om at få Astrid til Fyn og hjælpe hende. Både Alhed og Ellen har talt Astrids sag.
+Johanne har altid beundret Astrids overbærenhed og forståelse for andre mennesker. Astrid må nu bære over med dem, der fordømmer hende. 
+Det er godt, at Jørgen/Buf Schou viser sig Astrids tillid værdig. 
+Vinteren er modbydelig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mSyN</t>
+  </si>
+  <si>
+    <t>Kære lille Dis!
+I Dag havde jeg netop samlet mig sammen til at faa det Bælte ledt frem eller rettere de to, for jeg havde et til liggende som jeg en Gang har faaet af Christine Maaske du paa et senere Stadium kan bruge det. De laa begge mellem Børnetøjet, nok saa ordentligt, det havde jeg ikke været sikker paa. Derved saa jeg med det samme, at her er evig nok af Lister og Navlebind, Trøjer og Skjorter samt alt til Vugge henhørende, men saa mangler du altsaa Bleer og Svøb og Underlag. – 
+Ja jeg vidste egentlig godt, at Mor vidste det, da jeg sidst skrev, men jeg fik saa brat sat Punktum paa, at jeg ikke naaede at omtale det og brød mig heller ikke særlig om det, du var jo à jour gennem Tante. Ja Dis, Mor har jo paa saa mange Omraader kun et Barns elementære Udvikling, det er jo Mangel paa Udvikling, naar hun tager det som hun gør, men tænk hvor Mor er kunstig til at svinge; da jeg i Formiddags i Telefonen fortalte hende, at du var saa daarlig, begyndte Mor virkelig at tale om at faa dig herover for at passe dig -hvilket jeg jo øjeblikkelig stemplede som umuligt og lidt bittert betegnede som alt for stort et Offer af Mor. Men tænk alligevel! Selv om det kun var en Flyveidé! Se, da løb Mors gode Hjærte af med hende og tror du ikke snarere at Vreden er et Udslag af, at saadan maa det nu en Gang være – der er sket en Forbrydelse og den maa straffes. Aa, saa elementært, men ikke i og for sig ondt eller haardhjærtet. Og Elle, ja jeg har da egentlig ikke hørt hende tale andet end godt om dig, men hun kan jo nok sommetider være lidt for unødig diplomatisk overfor Mor; saa du kan tro, det har kun været lidt misforstaaet Iver. I det hele taget har baade Alhed og Elle over for Mor kun gaaet ud paa at bidrage til at Mor kom saa let over det som muligt og det kan vel undskylde hvis der har været lidt Usikkerhed over deres Udtalelser. Alhed har vist sig helt igennem forstaaende og god og jeg tror absolut ikke at den Udtalele kan passe at jeg skulde være den eneste som tager flinkt paa det – jeg som dog har talt mere og [”og” overstreget] med Alhed og Elle og faaet mere deres egentlige Mening at vist har ikke den Opfattelse som Mor, saa du kan tro det har mest været for retfærdiggøre sin Iver ved Hjælp af Meningsfæller. Men for øvrigt lille Dis, der er ikke ret mange Mennesker saa forstaaende og overbærende med Menneskenes forskellige Foreteelser som du er; det er en Egenskab jeg altid har prist dig for, men der er nu ikke ret mange som har den; men nu maa du se at udstrække din Forstaaelse ogsaa til det, der nu møder dig og være overbærende mod dem, der er dydig (eller udydig) forargede. Vilde dog for Ex Mor være det Menneske som hun er, hvis hun ikke i første Omgang følte Vrede og kun Vrede, men du ved jo, at det gaar over igen og affødes saa af Mors sædvanlige Godhed og Hjælpsomhed. Mærkeligere er det at Tutte ikke ser til dig, det maa jeg sige forbavsede ogsaa mig meget, for Tutte er da ellers saa god, men saa megen ”hæderlig” Omgang gør vel ogsaa, at man tilsidst kommer til at se lidt generende hæderlig paa Tilværelsen. 
+Naa, at alt det bider, kan jeg jo alligevel saa uhyre godt forstaa, jeg vil bare saa nødig have at du skal se det værre, end det i Virkeligheden er; at Buf i alt dette viser sig din Tillid fuldt ud værdig – ja maaske større og bedre end du havde tænkt dig, maa jo dog alligevel saa langt opveje alt det andet; havde det glippet, lille Dis, saa havde der først for Alvor været Nød paa Færde for dig. 
+Næste Dag Jeg har nu læst igennem, hvad jeg skrev i Gaar og ser at jeg ikke tilstrækkelig nok har dementeret Mors udtalelser om ”at jeg skulde være den eneste” o.s.v. Mor har f. Ex selv fortalt mig at Alhed overfor Mor selv havde udtalt, at hun var kommen til at holde mere af dig, siden dette, fordi hun syntes, du tog det saa godt – ikke letsindigt – og at hun
+[Formodentlig mangler her dele af brevet, idet det synes at være uafsluttet].
+[Skrevet på tværs øverst s1:]
+Ja sikken modbydelig Vinter! Lille Mand kan ikke komme ud og er bleg og sløj. Og Ildebrændsel! Du godeste Gud 100 Kr om Md. har vi brugt. 
+Naa nu ikke mere. Skriv nu snart igen, jeg længes meget efter at høre hvordan det gaar og det gør Mor selvfølgelig ogsaa, selv om hun ikke vil være ved det. 
+Altsaa vi ["vi" overstreget] Stramonium
+Tusind Hilsner din Junge
+Også til Buf!! (1917)</t>
+  </si>
+  <si>
+    <t>1917-01-14</t>
+  </si>
+  <si>
+    <t>Elise fortæller om diverse besøg og aktiviteter, blandt andet et møde med huslejenævnet. Hun nævner sidst i brevet, at billederne ikke går så godt mere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LfEF</t>
+  </si>
+  <si>
+    <t>Mandag 14.1.17
+Kære Per!
+Ja, nu har du altsaa forlagt Residensen til Faaborg, og jeg kan godt forstaa, at du derovre bedre kan samle dig sammen til at bestille noget. Det var jo glimrende med den Ovn, at den kan laves lidt hurtigt og blive god endda.
+Grete har det godt, hun er hver Dag ude med Kælken og rutscher ned af Skaaningerne paa Byggebankerne ved Sønder Boulevard. I Gaar gik vi alle ud med Kælk og Skier til de store Pladser bag Frederiksholm Teglværk, der var pragtfuld paa Dæmningen. 
+Om Aftenen var N.E.H. og Ellen her; paa Grund af den sidstes Nærværelse var Luften ladet med Elektricitet, og der røg Gnister og Eksplosioner hvert Øjeblik, da de gik, sagde jeg Puh; men det skal vi ikke have mere af. 
+Jeg har været bedt til Bridge over hos Sophus's men da Bridgepartiet sendte Afbud, sad jeg ene med Ida i min blaa Silkes, Herrepartiet var: Scnitken, Gros. Jørgensen, Beckshøft og Sophus. Jeg trøstede mig med den gode Middag; Østers, gule Ærter og Flæsk, Moseænder, (Flaaede) og Trifli, og saa tog jeg tidligt hjem. Vi er de samme uforbederlige Natravne, som da du var her men naar det nu bliver lyst om Morgenen, saa skal du se mig komme op. Bims og jeg spiller to Mands Bridge, det er hun meget ivrig efter. Hurtighedskabalen er vi færdig med. 
+Kylle og jeg har været på Raadhuset i "Nævnet", vi slap ikke for at betale 500. Kylle derimod maatte nøjes med 180. Det kunde de lige saa gerne have meddelt os, thi vi sad der kun til Nar for de Mennesker; en af dem sagde, at da vi havde saa mange dejlige Billeder paa Væggene, behøver de ikke at faa repareret, jeg synes ikke det kommer Huslejen ved. Bimse og jeg havde taget Billet til en italiensk Musikaften, den unge Bracony, en søn af ham med Tamburinen, spillede Mandolin og Else Gether sang Folke- og andre Sange; det var meget morsomt, men jeg kom jo alt for sent, da jeg skulde høre paa det Sludder i Nævnet, som kun har ærrgret mig. Jeg er næsten færdig med Phantasterne. Indlagt sender jeg en regning fra Mads, husk at betale ham, jeg synes ikke det er for meget, selv om jeg kunde have "rykket" de Buste paa 4 Timer. 
+I dag kom der brev fra Jolles, det er rørende, godt var det, at de fik Pakken, men at vi ikke har hittet paa det noget før! Dagmar forespørger, om der er nogle Renter til hende i Frederiksberg Bank; naar Renter og Bonus for Dec. er skrevet paa, kan jeg saa ikke hæve dem og sende hende dem?
+Poul Christiansen gik forgæves herud i Lørdags, han vilde have besøgt os, kommer saa en anden gang. I Febr. skal der være Skovgaard Udst. paa Charlottenborg, den maa du da over og se.
+Her har du 1 Sukkerkort, vi bruger kun 1 Kilo om Ugen.
+Du kan jo godt lade Manden faa "Flagene" lidt billigere, die Schönen Tagen sind jetzt vorüber. Billederne gaar ikke saa godt mere.
+Kærlig Hilsen fra din Elisa</t>
+  </si>
+  <si>
+    <t>1917-02-13</t>
+  </si>
+  <si>
+    <t>Dorthea Birkholm
+Peter Fenger Just
+Grete Jensen, f. Hansen
+Joakim  Skovgaard</t>
+  </si>
+  <si>
+    <t>Elise takker for sidst, der var rart i Faaborg. Fenger-Just har været med en fætter og se på billeder, han har fået fire med hjem at vælge imellem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4GCH</t>
+  </si>
+  <si>
+    <t>13-2-17
+Kære Per!
+Tak for sidst! der var rart ovre i Faaborg. Jeg kom hjem med en lille Times Forsinkelse. Det var mærkeligt at se Bæltet aldeles isfrit, kun ovre ved Korsør Havn laa Isen sammenpakket, og vi gik langsomt igennem efter Bryderen. de har det godt, her hjemme. vi gik i Søndags ud paa Isen ved Kalvebodstrand, der var Skøjteløbere og udmærket Is, den er jo ellers l[xxxx] nu og kan hurtigt bryde op. Kom du ud og male Aalestangere?
+Fenger-Just var her i Søndags sammen med en Fætter, der var mange Billeder, han var glad for men han faar nu 4 hjem at vælge imellem nemlig: et af de jydske, det med den høje Luft, Marinen fra Skovkrogen, Bakken med Raklerne og det sidste, som jeg havde med. Det vil jeg nu ikke haabe, at han vælger han talte ikke om noget Pengespørgsmål, men gik sikkert ud fra, at et af Billederne havde vi ment han skulde have og jeg kunde ikke faa det frem. Jeg fik ham jo til at se paa Grethes Vand og han sagde, at det var jo ikke helt klart, men en Del var Salte, og det gaar sikkert fuldstændig over; hun ser ogsaa rask ud, og taaler godt at gaa i Skole.
+Fi[xxxxx] har været her i Dag med Hilsen fra Jolles, de har det godt og var henrykte for Spækket; "det var et dejligt Stykke Spæk", sagde han, "jeg spise ogsaa deraf. Han bor i Berlin og af ham faar de 4 ℔ Smør om Maaneden, det er dog noget. Skovgaard.Udstillingen slutter vist snart, saa du maa komme til Søndag, om du vil se den. Vil du ikke sende mig de 4 smaa røde Emailleknapper som sidder i en Trøje af Getes, den er vist i det store Skab.
+Frk Birkholm har faaet Tunisbrevene.
+Mange kærlige Hilsner fra os alle.
+Din</t>
+  </si>
+  <si>
+    <t>1917-03-05</t>
+  </si>
+  <si>
+    <t>Aage Bertelsen
+Peter Fenger Just
+Albert Gottschalk
+Grete Jensen, f. Hansen
+Else Mowinkel
+Sophus Schoubye
+Segelcke
+Laura Wanscher
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Elise har sendt et billede til sagføreren og modtaget kvittering. Det blev et landskab med en bænk under et piletræ. Grosserer Just valgte "Udsigten fra Frederiksberg Bakke", og der er flere andre købere i kulissen. Hun har være ude at hilse på Zahrtmann. Fortæller i øvrigt diverse om familiens dagligdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PLHu</t>
+  </si>
+  <si>
+    <t>5 Marts 1917
+Kære Per!
+Nu kan jeg da berolige dig med, at jeg har sendt et Billede til Sagføreren og modtaget en Kvittering derfor. Jeg sendte et Landskab, som jeg aldrig kan huske hvor er, det staar en Bænk under et Piletræ til højre i Billedet, det er bedre end noget Gottschalck, som Folk begejstres for, men jeg kunde ikke finde noget andet.
+Gros. Just valgte "Udsigten fra Frederiksberg Bakke, det var til 400 Kr., maaske køber en Broder til ham det større Billede med Pløjejorden, det ved jeg endnu ikke. Det er jo to smukke Billeder, som du sendte herover, nu har jeg skrevet til Frk. Segelcke for at faa hende herud og se paa dem. 
+Det er kedeligt med den Kulde, vi nu har igen, og den stærke Blæst gaar jo til Marv og Ben.
+I gaar var jeg ude at hilse paa Zahrtmann, han var rask og meget lebendig og elskværdig, saa det var saa morsomt at sidde derude. Aage Berthelsen kom ogsaa, og da Talen faldt paa Skovgaard-Udstillingen hindrede hans Tilstedeværelse mig i at sige min Mening om alle de udmærkede Træer og Skovpartier, han kunde jo nemt føle sig krænket. Jeg kan da fortælle dig, at de sad og frøs i det store Atelier, inte jeg - saa det maa ikke forbavse dig, om du ikke heller kan faa dit varmet op. 
+Jeg har været ved at klistre klistre klistre Tætningslister i Getes Sovekammervindue, det fik jeg gjort inden det atter blev koldt. Hun har været i Selskab hos Else Mowinckel, det første i meget lang Tid, hun morede sig "saa godt". Nu har hun selv snart Fødselsdag, saa maa hun jo have nogle Veninder. Hun klarer sig godt i Skolen, men hun er bleven noget magrere, siden hun begyndte, al det overflødige Fedt er gaaet af hende, det klæder hende forresten, men jeg holder jo meget af lidt Oplæg. Hvorledes gaar det dig? ser du godt ud? Jeg er glad for, at du faar noget godt at spise. Sophus er begyndt at komme op. Han ser lidt medtaget ud; Kai og Ida har nu opgivet Norge, hvor der hverken er Mad eller Varme og skal nu paa Hareskovens Rekreationshjem. Ellen var her i Gaar Aftes, nu rejser hun tilbage til Aalborg og bliver der. I Maj skal hun giftes, og Louise vil naturligvis have stort Bryllup, Phønix, og det hele. Jeg synes nu, man kommer vanskeligere i Feststemning nu hvor man ikke ved, hvorledes man sidder i det om 14 Dage. Vi har købt Tørv i Dag, som vi fyrer med paa Komfuret; jeg tror nok, det er dyrt Materiale, men der er saa koldt i Køkkenet, nu vil vi prøve det. Koks har vi til Maj, saa kan vi vel nære os.
+I søndags var jeg ude for at se til Skadhauge, han havde været lidt oppe og saa helt flink ud. Fru Wanscher sad derude, hun trænger nok til at blive trøstet.
+Dette Brev har længe været i Trykken, jeg bliver tit forstyrret, ved du nok.
+Mange Kærlige Hilsner fra hele Banden
+Din heng.
+Elsa</t>
+  </si>
+  <si>
+    <t>1917-09-27</t>
+  </si>
+  <si>
+    <t>Camilla Bertram
+Thora  Branner
+Wilhelm Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Otto Gelsted
+Christian  Houmark
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Karl Madsen
+- Nissen
+Arvid Rørdam
+Christine Swane
+Maria von Sperling. g. Balslev
+Christoph Ernst Friedrich Weyse</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Københavnsområdet og besøger diverse mennesker.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været til sin søster Tuttes fødselsdagsmiddag og til frokost med Tante og Max. Sidstnævnte var skuffede over ikke at have set Johannes Larsen i Kerteminde, men begejstrede for drivhuset og haven. 
+Alheds sangtimer hos Betram går fint.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tvZc</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Jeg sidder ude hos Marie og skriver. Jeg har ligget her i Nat. Vi var jo hos Tuttes i Aftes eller rettere til Middag Kl. 6 for at fejre hendes Fødselsdag. Det var fint og nydeligt og rigtig hyggeligt men gik lidt trøvt, der var et Par Vanløsefamilier, som var rigtig flinke men jo ganske ukendte for os. Det var ellers en meget anstrængende Dag og jeg var ked af at jeg maatte tage fra Birkerød i det bedaarende Vejr. Men Christine og jeg havde lovet os til Tante og Max til Frokost, saa vi maatte ind med det første Tog. Tante og Max var nu skuffede over slet ikke at have set Dig i Kerteminde, men de var vildt begejstrede over Haven, Drivhuset og det hele. Karl Madsen kommer her til Frokost Kl. 12 ½, vi skal have Agerhøns. Bertram kommer ogsaa. Min Time i Gaar gik saa udmærket, Bertram roste mig saa meget! Hun er en aldeles glimrende Lærerinde og det er en forfærdelig stor Fornøjelse at synge hos hende. Jeg sang endogsaa en lille Sang i Gaar, en af Wejses Romancer. I Aften skal vi til Gegge til Middag, Magisterens, Christine, Arvid Rørdam og jeg. I Moren kommer Marie Sperling og besøger mig, der er meget de sidste Dage. – Jeg kommer altsaa med 2 [tallet overstreget] 3 Toget paa Søndag og glæder mig meget til at se Jer. Jeg er meget spændt paa at se alle Blomsterne og det hele og glæder mig i det hele taget til at komme hjem igen. Nu er Kl. ligeved 12 ½ saa jeg maa slutte. Tak Gelsted for Brevet, jeg har bedt Hr. Nissen om at skaffe mig det sidste. 1000 Hilsner til Jer alle 3 og paa Gensyn. Din Alhed.
+Marie Hilser mange Gange
+Torsdag 27ende</t>
+  </si>
+  <si>
+    <t>1920-03-18</t>
+  </si>
+  <si>
+    <t>Kirkeby</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby</t>
+  </si>
+  <si>
+    <t>Marius Høi
+Martin Haahr</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er ved Henne Kirkeby for at male</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har set en del motiver og fået fat i tre anskudte svaner. Der er mange svaner og nogle få gæs. Larsen beder Alhed sende tøj, barberkost mm..</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OrRd</t>
+  </si>
+  <si>
+    <t>Kirkeby 18-3-1920.
+Kæreste Alhed!
+Tak for Brevet i Dag Jeg har det godt og synes her ser godt ud saa jeg haaber at faa et Udbytte af Turen. Endnu har jeg ingen Ting malet men set en Del Motiver i Forgaars var jeg ude med Marius og Martin hele Dagen der var 3 anskudte Svaner som vi fik alle Tre. Der er stadig en Mængde Svaner udelukkende Pibesvaner og i Eftmdg. vil jeg en Tur med sønden om Søen og see paa dem. Her er faa Gæs da der har været for meget Vand i Søen men det falder rask og jeg skal nok faa skudt nogle Stykker og sendt over til Dig. Kan Du sende mig min Barberkost? Som jeg glemte, det vilde heller ikke være saa galt om Du sendte et Par gl. Bukser og do Trøje til at skifte med hvis jeg bliver vaad, saa kan Du jo lægge et Par Aviser i. Mange Hilsner. Skriv endelig tit.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>30. maj. 1921</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ElHTnCNC</t>
+  </si>
+  <si>
+    <t>31. maj. 1921</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/PIjU3jVN</t>
+  </si>
+  <si>
+    <t> 2. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DMr2WPrd</t>
+  </si>
+  <si>
+    <t>1921-06-20</t>
+  </si>
+  <si>
+    <t>Thurø
+Svendborg
+Sct. Jørgens Kirke, Svendborg
+Tåsinge </t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Martha Friis
+Andreas Larsen
+Johan Larsen
+Alfred Nielsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Achton Friis, Christian Andersen og Puf er på sejltur med skibet Rylen. Turen(e) resulterede i bogværket De Danskes Øer med tekst af Achton Friis og illustrationer af samme samt af Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været rundt på Siø. Han og Achton Friis sejler efter middagen til Thurø. Alhed og Lysse/Johan kan evt. cykle til Svendborg og mødes med dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xmoh</t>
+  </si>
+  <si>
+    <t>[begyndelsen af brevet mangler]
+herover til Sidø og jeg har været i Land og det meste af Øen rundt i Form. Nu sidder vi og venter paa Middagsmaden. Vi skal have ny Kartofler og Smør til Formad og Hachi til Eftermad. Naar vi har spist sejler vi til Turø og der bliver vi vist nogle Dage men Du maa hellere adr Brevene til Fru Friis Sct Jørgens Præstegaard saalænge vi er her i Nabolaget. Puf mente at hvis det Alfred Nielsen fortalte passede kunde maaske Du og Lysse naa at cykle til Svendborg mens vi er her. Jeg skal hilse fra Puf og Friis og Chr. Andersen og mange kærlige Hilsner fra mig til Dig og Lysse
+Din JL.
+Kl. er 4 ½ og vi har anket i Turøbund hvor foruden os ligger Par og Tredive store 3 og 4mastede Skibe her ser godt ud men det er koldt og vi skal nu have en Kop varm The. JL</t>
+  </si>
+  <si>
+    <t> 9. aug. 1921</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CW5tALIU</t>
+  </si>
+  <si>
+    <t>1922-03-17</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Christine  Mackie
+Elisabeth Mackie
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Henne Kirkeby og male. Alhed er på besøg hos familie i Københavnsområdet. 
+Det vides ikke, hvad der stod i det omtalte telegram. 
+Brevet er afskrevet efter en fotokopi, som Johannes Larsen Museet har fået fra Det Kongelige Bibliotek mange år før, at databaseprojektet gik igang. Skan af brevet er ikke dukket op i materialet fra Det Kongelige Bibliotek 2017.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er ked af, at Johannes Larsen blev forskrækket, da han hørte om telegrammet.
+Alhed er hos Marie (Schou) i Rigsdagen.
+Det er slemt, at folk plager om penge, men Alhed og Johannes Larsen klarer sig nok.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/H10Y</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Jeg blev forfærdelig ked af det, da jeg til morgen fik Dit Brev hvoraf jeg ser at Du har været urolig, Du skriver om ”den Forskrækkelse i Aftes” det maa jo være de Asener i Kerteminde, der har skreven om Telegrammet, bare jeg havde skreven i Forgaars, men det var for sent, da jeg havde ringet med Marie og før vidste jeg ikke bestemt, om jeg skulde rejse Dagen efter. Jeg tænkte lidt paa at ringe til Dig i Formiddags men gik ud fra at Du var ude at male i det dejlige Vejr og Kl. 3 faar Du forhaabentlig mit Brev fra i Gaar. 
+Jeg er hos Marie i Rigsdagen, hun sender Dig 1000 Hilsner, jeg er taget ud for at hente den søde Putte, Chr. bager jeg laver fint til hende. Jeg gaar herfra ud til Drengene og faar dem med paa Banegaarden. – Det er dog forfærdelig, [ulæseligt ord] Folk plager med Penge vi maa vel trøste os med, at mange sidder endnu værre i det end vi, og vi klarer det saamænd nok, de kan jo ikke æde os. Det er dejligt Du har saa fint Vejr, Du faar saa mænd nok lavet noget godt. Nu kommer Marie nede fra Salen, hun var ked af, de ikke var hjemme da Du var ude at sige Farvel. 1000 Hilsner fra Din A.
+Fredag.</t>
+  </si>
+  <si>
+    <t> 1. sep. 1922</t>
+  </si>
+  <si>
+    <t>Achton Friis
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xgN68ydL</t>
+  </si>
+  <si>
+    <t>25. sep. 1922</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/VpIvkzD3</t>
+  </si>
+  <si>
+    <t> 2. okt. 1922</t>
+  </si>
+  <si>
+    <t>- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CMVW8mo1</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/AP4kFsI0</t>
+  </si>
+  <si>
+    <t>1922-10-03</t>
+  </si>
+  <si>
+    <t>Tærø</t>
+  </si>
+  <si>
+    <t>Tærø
+Bogø
+Stubbekøbing
+Kalvehave, 4771
+Birkerød</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Martha Friis
+M Knipschildt</t>
+  </si>
+  <si>
+    <t>JL er sammen med Achton Friis og Skipper Petersen på sejltur med båden Rylen. De skal lave forarbejdet til bogværket De Danskes Øer.
+Rylen - en ombygget Kerteminde fiskerbåd - der i årene 1921-24, var ekspeditionsskib for JL og AF på deres sejlads rundt mellem de danske øer. 
+Tærø er omtalt på s 415 i Achton Friis: De Danske Øer bd. 2. Gyldendal, 1927.</t>
+  </si>
+  <si>
+    <t>JL er på Tærø efter at have fået brev fra Alhed Larsen om at der er indgået en økonomisk aftale med banken i Kerteminde. Han er umådelig lettet over dette og ønsker hende nogle afslappende dage i Birkerød.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/u2um</t>
+  </si>
+  <si>
+    <t>Tærø 3. Octbr 1922
+Kæreste Alhed!
+Tusind Tak for dine 2 Breve som jeg fik i Gaar. Vi ligger nu her, det er den Ø Knipschildt har i Forpagtning og hans Svigersøn er Bestyrer her, men de er i Kjøbenhavn for Tiden. Vi gik fra Bogø i Lørdags og anløb Stubbekøbing for at høre efter Post, men ved en eller anden Misforstaaelse havde fru Friis skrevet til Postkontoret om at sende Breve videre til Kallehave saa jeg fik at vide at de ogsaa havde sendt Dit. Jeg er mægtig lettet og glad over at det blev ordnet saadan, jeg har været umindelig spændt paa hvad det vilde blive til og blev det endnu mere efter at have læst Dit første Brev saa det lettede jo gevaldigt da jeg kom til det andet saa jeg er egentlig fru Friis taknemmelig for den Idioti med Din Omadressering. Jeg har dog faaet tegnet nogle og Halvtredssindtyve Tegninger trods Vejret. Jeg skal nok skrive til Birkerød naar vi er færdige eller telegrafere Adresse fra et eller andet Sted. Friis skal jo være i Kjøbenhavn den 10 men hvor han forlader os eller hvordan Vejr og Vind bliver til den Tid kan jeg jo nu umuligt vide noget om. 
+Men bliv Du nu bare ganske rolig i Birkerød til Du hører nærmere. Jeg er glad ved at tænke paa at Du nu kan have nogle rolige Dage oven paa al dit oprivende Slid og Spekulation. Nu skal vi se at faa det rart i Vinter. 
+Mange kærlige Hilsner
+Din JL</t>
+  </si>
+  <si>
+    <t> 3. okt. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/XQrDomK0</t>
+  </si>
+  <si>
+    <t>1923-01-20</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Charles Darwin
+- Fuglsang
+Rasmus Hendriksen, Svanninge
+Else Jensen
+Johannes Larsen
+L C Nielsen
+Anna Louise Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen fyldte 50 år 20. jan. 1923. Fritz Syberg var inviteret med, men meldte afbud.
+Det omtalte whist-parti har formodentlig fundet sted i 1910. Fritz Syberg skrev om det i et brev til Johannes V. Jensen 9. marts 1910. 
+Johannes V. Jensens Myter fjerde Samling, Gyldendal 1912 indeholder bla. teksterne Darwin og Fuglene og Rugen bølger.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har mødt L.C. Nielsen, som han ikke havde set i mange år. Denne var ked af ikke at være inviteret til Johs. V. Jensens fødselsdagsfest. To dage efter kom Nielsen på besøg hos Syberg, og de to talte hele dagen om Jensens skrifter. Især Rugen bølger husker Syberg godt. Han læste teksten i en hedebølge i Italien. - Klokken er under sidste del af brevskrivningen snart 10, så festen hos Jensen må være i fuld gang.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vcEi</t>
+  </si>
+  <si>
+    <t>Pilegaarden 20-1-23
+Kære Ven.
+”Der er et Forsyn til” har jeg af og til hørt sige. I Forgaars, da jeg kom ud fra Posthuset i Kjerteminde, stødte jeg paa L.C. Nielsen som jeg ikke har set siden vi i gamle Dage før Verdenskrigen spillede Whist sammen oppe hos Dig og Else. Vi faldt i Snak sammen og han kunde i Samtalens Løb ikke skjule en lille – sørgmodig Forstemthed over ikke at skulde med til Din Fest. Jeg tror ligefrem han følte det som noget forsonende ved sin Skæbne da han paa sit Spørgsmaal om jeg skulde med, fik Svaret ”nej”. Han havde ringet til Joh. Larsen og spurgt ham om det samme, , men der havde Svaret altsaa været mindre trøstende. Da vi skiltes bad jeg ham besøge mig, og han kom allerede i Dag for at invitere mig til Middag med Rødvin ”saa skal vi to privat feste for Joh. V.” – Jeg kunde imidlertid ikke forlade Huset, men maatte være hjemme naar min lille Pige kommer fra Skole og foreslog ham i Stedet at blive hos mig, og nu har vi siddet hele Eftermiddagen og talt om Joh. V., om ”Den lange Rejse” om Dine Kritikere og først og sidst om Dine Myter. ”Kan de huske Darwin og Fuglen” spurgte han mig, om jeg kunde - ? Det var ved den at Du trængte ind i min Bevidsthed. Jeg tror jeg ved at læse Titlerne kan repetere Stemning og Indhold i alle Dine Myter. Derimod var der en af dem L.C. ikke kunn [”kunn” overstreget] havde present og som er den jeg maaske erindrer tydeligst: ”Rugen bølger”. Jeg tror det var fordi jeg læste den i Italien. Hvor jeg husker de Dage da den opfyldte mig, for det varede i flere Dage. Det var i Kolerasommeren, Luften var saa ophedet saa alle Italienerinderne gispede og sagde ”mamma mia” og naar vi hver Aften gik vor Spadseretur langs Arnoen, slog Hedebølgerne sammen om os saa jeg ofte følte det som en forestaaende Besvimelse. Den Sommer holdt Cicader og Løvfrøer Dagen igennem en iriterende Spetakel og naar Mørket kom vrimlede det med Ildfluer – derimod Aaret efter som var regnfuldt og køligt hverken hørte eller saa vi nogen – men det jeg vilde sig var: hvor saa jeg i de Dage efter at have læst Din Myte, Rasmus Hendriksens Rugmark hjemme i Svanninge – ingen Steder i Verden har de Rug som i Sydfyn bølgesvalt og med Sølvskær, kort sagt hvor var Jorderig dejligt. 
+Ja det er noget i den Retning vi har siddet og talt om og L.C. sagde en Gang i Løbet af Eftermiddagen ”det maa da ringe for Joh. V.s Øren. [”]
+Du har i den sidste Tid faaet saa meget skriftligt fra mig saa nu kan Du faa dette med. Klokken er 1 Kvarter i 10 og Stemningen er nok oplivet hos Jer.
+Nu lægger jeg min lille Pige i Seng.
+Hilsen til Jer alle fra Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t> 1. maj. 1923</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen sejler med skibet Rylen til de danske øer. Dagbogen handler mest om naturiagttagelser, og i overvejende grad om fugle og planter på øerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Qt3Wchow</t>
+  </si>
+  <si>
+    <t>1924-01-23</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted</t>
+  </si>
+  <si>
+    <t>Møllebakken 14, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Else Birgitte Brønsted
+Peter Oluf Brønsted
+Julius Hviid
+Andreas Larsen
+Johannes Larsen
+Elisabeth Mackie
+Fru Nielsen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Brevet er meget utydeligt at læse.</t>
+  </si>
+  <si>
+    <t>Kopier findes på Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted har slået knæet, er sengeliggende og venter på nyt fra familien. Hun sender et par opskrifter på kager og takker for chokolade og bog i fødselsdagsgave. Andreas Larsen er blevet muslingeforgiftet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vvKq</t>
+  </si>
+  <si>
+    <t>[23-1-24]
+Kære Muk!
+Tusind Tak for Puderne! Jeg er ulige glad for dem.
+- I Fredags slog jeg mit Knæ igen (maaske Bes har fortalt det) og i Gaard gik jeg til Doktor Hvid med det. Der er ved at gaa Betændelse i Knæet og jeg skal ligge i Sengen i 3 Dage og have varme Omslag. Hvis det saa ikke fortager sig skal jeg p”ruoteres”. 
+Jeg savner Bes meget. Men det vilde jo heller ikke være Sjov at blive naar jeg ligger i Sengen. 
+Jeg glæder mig meget til at høre nyt om Festen – om hvor smilende Bedstemoder var – om Opvaskningen, ulæseligt tabte [ulæseligt] Marmelade i Skødet paa [ulæseligt] o.o. [ulæseligt]? Var I glade ved Syltetøjet og Druerne Bes havde med?
+Forleden blev Fru Nielsen (Hotel Mus lige muslingeforgiftet og de turde ikke lade hende blive paa Hotellet. Onkel Las sagde: ”Send dem bare op til os. Saa fik vi Muslinge [flere ord ulæselige] over ikke at vilde tage den paa Onkel Las og sad hele Tiden og snakkede om at man ikke kunde faa noget bedre end Muslinger og smilede til mig der fuldstændig overhørte hendes Bemærkninger og trøstigt spiste løs. Saa blev Puf musslibge muslingeforgiftet. At blive muslingeforgiftet vil sige: at faa Aandenød, hæve fuldstændig op i Svælget og at drikke Sæbe for at kaste op.
+Du beder om Opskriften paa Svedskekager
+(=Dafos (?) Plumkage) Saa vidt jeg husker dem: ½ u Margarine, 1 u Sukker, 4 Æg ½ Bagepulver, 1 u Mel samt Svedsker efter Behag. 
+Forleden opfandt jeg en Bakkelse, som bestaar af en Blanding af Mel og Kokusmel; Sugger Sukker, Margarine, Vanilleessens Bagepulver, Æggehvide og Vand. Dejen smøres ud paa en Plade, bestrøs med et tykt Lag Sukker – Den var glinsende. Putte laver en Kage i Dag med Kaffe i Stedet for Mælk. - - Tak Mudi for de fine Chokolader – mine Yndlingschokolader – og sig til Peder, at han ikke kunde have fundet en bedre gave til mig; jeg læser den nu paa Sengen – Perlerne har jeg paa.
+Tusind Hilsener til jer alle fra Lomme
+[ulæseligt]</t>
+  </si>
+  <si>
+    <t>11. aug. 1925</t>
+  </si>
+  <si>
+    <t>- Bistrup
+Karl Fencker
+Johannes Larsen, Grønland
+Axel Laurent-Christensen
+John Møller</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/W4C1Dsb4</t>
+  </si>
+  <si>
+    <t>11. sep. 1925</t>
+  </si>
+  <si>
+    <t>Niuvertoq -
+Christen Hauge
+Eiler Lehn Schiøler
+Knud Oldendow
+P Vedsted
+Richard West</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/d8BQ6gjM</t>
+  </si>
+  <si>
+    <t>26. sep. 1925</t>
+  </si>
+  <si>
+    <t>- Estrup
+Eiler Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/YN6KZXKO</t>
+  </si>
+  <si>
+    <t>23. jul. 1927</t>
+  </si>
+  <si>
+    <t>Johan Larsen
+Frank  le Sage de Fontenay
+Ólafur Tubals
+Åge Vedel Tåning</t>
+  </si>
+  <si>
+    <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
+Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5.september 1927.
+Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
+Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/VvKsbSvU</t>
+  </si>
+  <si>
+    <t> 9. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/AX8xcm94</t>
+  </si>
+  <si>
+    <t>1927-08-31</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Mogens Fjelsted
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg, som var mor til Astrid Goldschmidt og Johanne Larsen, var død året før i april måned. Hun boede sine sidste år hos Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0767</t>
+  </si>
+  <si>
+    <t>Dis har lige fået at vide, at Alhed er død. Hun er dybt ulykkelig og prøver at trøste Junge. Tror det er bedst, at hun ikke kommer til Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GsiV</t>
+  </si>
+  <si>
+    <t>Howitzvej 29 4. d. 31. aug 1927
+Kæreste søde lille Junge!
+Lige i dette Øjeblik – Kl 9 Aften – har jeg fået det at vide ved at ringe til Magisteren, som sagde, at vi har mistet vores kære søde Be – åh Junge, det er næsten ikke til at forstå!
+Flere gange oppe på Kontoret i Dag sad jeg og var lige ved at græde, fordi jeg hele Tiden så Be for mig, som hun var i vores ungdom på Erikshåb – og alt det dejlige, som dog også jeg har at mindes med Be – jeg er fuldstændig lamslået ved at tænke på det alt sammen derovre – det står helt stille for mig, når jeg tænker på det Hjem uden Be – og så kort Tid efter, at hun gik og passede Mor, Junge, hvor er det underligt! Jeg ringede nu til Hareskov, for om der mulig lå et Brev fra dig og sagde, at hvis der kom et måtte de sende Mogens Fjelsted ud til mig med det i Morgen – jeg synes at jeg må høre om det alt sammen – ingen af Jer har nogensinde udmeldt at Be led – og det gjorde hun ikke, vel? Åh, lille Junge, jeg vilde gerne være hos dig nu og trøste dig, men jeg tror ikke, det er på sin Plads at jeg kommer derover, og jeg tænker mig som sikkert, at I begraver hende i allerdybeste Stilhed ude ved Siden af Mor.
+Var I derude – og kendte hun Jer – åh, jeg må høre om det hele – og Las, hvem skal dog sige ham det? eller kan han få det at vide undervejs? med trådløst Telegram; og Junge – de får da ikke Lov til at obducere? Det kan da forhindres – det er en skrækkelig Tanke, men jeg synes der er noget med, at når de dør på et Hospital? For Guds Skyld må det forhindres.
+Åh, lille kære Junge, gid jeg dog kunde være og trøste dig lidt, min kæreste lille Junge, jeg kan føle hvor dybt fortvivlet du er, og Mornine, og Lugge og Elle, alle I som havde den Lykke at stå Be nær i alle År.
+Nu vil jeg få dette Brev afsted endnu i Aften, så du har det i Morgen tidlig – og så vil jeg give mig til at tænke alt det gode, jeg ved om Be, og alt det gode, også jeg har at tænke på.
+Farvel lille søde Junge vær nu stærk i alt dette, hvis du vil have det kommer jeg – men tror du ikke, det er bedst, at jeg ikke kommer?
+De allerkærligste Hilsner fra Din Dis.
+og Drengene! Den søde kære Puf – og Lysse, ja, gid der dog var nogen Trøst, lille søde Junge.</t>
+  </si>
+  <si>
+    <t>1929-06-09</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Louise Brønsted
+Elise Hansen
+- Hjelmsted
+Grete Jensen, f. Hansen
+Andreas Larsen
+Johannes Larsen
+Elisabeth Neckelmann
+Marie Neckelmann
+Niels Erik Schoubye
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen fødte 27. maj 1929 sønnen Peter. Efter opholdet på Fødselsstiftelsen boede hun en tid hos sin mor i København. 
+Grete Jensen og Hans Syberg havde en produktion af fajance; Hans og Grete Keramik.
+Pegøjen var formodentlig en form for vogn.
+Det vides ikke, hvem Mimi var.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johannes og Andreas Larsen har været på besøg, men de havde en gæst med og havde ikke tid nok til at se på den nyfødte. Larsen sagde dog, at han lignede Andreas/Puf. 
+Elena/Bimse har set Grete Jensen og Hans Sybergs fajanceudstilling. Hun kunne godt tænke sig nogle tallerkner, men de var dyre. 
+Den følgende dag kommer der gæster.
+Lysemose er brændt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Uder</t>
+  </si>
+  <si>
+    <t>Søndag d 9-6-29
+Kæreste Lysse
+Nu er Stamherren blevet klædt paa til Natten og faaet sin Aftensmad og ligger pænt i sin Kurv og kigger sig omkring med et Par store fornuftige graablaa ["blaa" indsat over linjen] Øjne. - Las og Puf var her som sagt i Gaar, men de havde daarlig Tid og de var her desværre sammen med Hjelmsteds saa de fik ikke rigtig set din Søn saa godt som de skulde. Ja nu kan jeg huske at Las selv sagde at han lignede et Fotografi han har af Puf som spæd. - I Dag har jeg været oppe det meste af Dagen og i Eftermiddag kørte Lis Mor og mig ind paa Amagertorv til "Bo" hvori Hans og Gretes Keramik er udstillet i 2 Vinduer; hvor er der mange henrivende Ting som man har Lyst til at eje, bl a. kunde jeg godt lide at have 12 Tallerkner [et overstreget bogstav] til et Frokostbord, de er yndige og vilde se storartede ud, men de er jo kun for Rigmænd. - Nu ligger jeg gudskelov atter i min Seng, for jeg kan jo ikke nægte, at jeg er lidt træt, men jeg bliver betydelig bedre for hver Dag.
+I Morgen kommer Tante Lugge, Muddi og Mimi til Eftermiddagste og om Aftenen Niels Erik. - Det er sandt, vil du hurtigst møjligt skrive til mig, hvad der skal gøres ved Pegøjen, du har givet Besked til Kylle og hun har naturligvis ikke husket det.
+Har du set at Lysemose er brændt, det er sørgeligt, og uhyggeligt med alle de stakkels Kreaturer, det er dog en Trøst at den smukke Hovedbygning blev reddet.
+Nu skal Kylle gaa, saa du maa i Hast ende med en Masse Hilsner fra
+din Søn og din Kone, Bimse
+[I brevet er indlagt et avisudklip]</t>
+  </si>
+  <si>
+    <t>1929-06-11</t>
+  </si>
+  <si>
+    <t>Janna Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Jensen-familien havde en feriebolig i Tibirke.
+Af Fritz Sybergs brev til Johannes V. Jensen 20. marts 1929 fremgår det, at forfatteren var blevet opereret på Rigshospitalet. Det vides ikke, hvad han fejlede. 
+Marie Schou/Syberg havde kun et barn, sønnen Jørgen Schou. De omtalte børn må være børnebørn. Jørgen Schou fik i sit første ægteskab med Ingeborg Astrid, f. Warberg, en datter, Janna Birgitte Warberg Schou, f. 1917. Han blev gift tre gange mere, men det vides ikke, om disse ægteskaber resulterede i børn.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg spørger, om Johs. V. Jensen er rask nok til at tage til Tibirke. Han vil gerne komme på besøg hos dem. Marie skal have børn hjem på ferie, så hun kommer ikke med. Syberg har to lærreder, som han tænker at bruge til malerier af Jensen-familien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QQEa</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+11-6-29
+Kære Venner.
+Hvordan staar det til med Jer? Tager I saa til Tibirke i denne Maaned eller bliver det senere? Med andre Ord er Joh. V. rask nok til at I tør tage paa Landet eller har I andre Planer. I al Fald kan jeg komme og plage Jer fra den 15 i denne Maaned til Feriens Begyndelse i Juli. Hvis dette ikke passer Jer, saa kan jeg atter tage fri fra Arbejdet her omkring den 15 August – indtil lidt ind i September. Marie kan ikke komme med da hendes Børn har Ferie i denne Maaned og vi venter dem her i Morgen. Jeg har to Lærreder som har ligget præpareret i et Par Aar, de skal anvendes til Jer, muligvis bliver det til to Billeder. Jeg glæder mig til at hilse paa Jeg [”Jeg” overstreget] Jer og være lidt sammen med Jer.
+Mange Hilsener fra os begge.
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1930-03-28</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Heraklit
+HC  Andersen
+Vilhelm Bissen
+Charles Darwin
+Albert Einstein
+Marie Schou
+Oswald Spengler</t>
+  </si>
+  <si>
+    <t>Fritz Syberg gav datteren Johanne/Besse Giersing og manden Harald Giersing det hus, som han ejede i Svanninge, i bryllupsgave. Da Besse ikke længere boede der, og Harald Giersing var død, benyttede Syberg sommetider selv huset. 
+H.C. Andersens hus blev i 1930 udvidet, og Ny Carlsbergfondet skænkede museet værker af Fritz Syberg. I første omgang arbejdede han på motiver med Den Grimme Ælling, men siden blev det til scener fra Historien om en Moder. 
+Johannes V. Jensen: "Herman Bissens Portræt-Buster. I", Dagens Nyheder Nationaltidende 26.1.1930
+og 
+"Herman Bissens Portrætbuster. II", smst. 9.3.1930.
+I optrykket, Form og Sjæl, 1931, s. 112-49, er også, s. 134-49, tilkoblet "H.C. Andersen. 1805 - 2. April - 1930", som fremkom i samme avis på fødselsdagen 2.4.1930.Lidt senere altså end brevet.
+Nyt optryk i Johannes V. Jensen Aandens Spor, 1962, s. 61-80.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er i Svanninge, hvor han maler Den grimme Ælling-motiver. Han takker for kronikken om Bissen. Han spørger til Jensens ord om erhvervede og medfødte egenskaber. Desuden vil han høtre, hvad det er, Heraklit, Einstein, Spengler og Darwin egentlig er uenige om.
+Syberg vil gerne komme på besøg 14 dage i Tibirke fra 12. juli og male to billeder færdig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2n2C</t>
+  </si>
+  <si>
+    <t>Svanninge 28-3-30 pr. Millinge
+Kære Venner.
+Som I ser opholder vi os i Øjeblikket i Svanninge, hvor jeg maler nogle Studier til d.g. Ælling. Vi bliver her April Maaned ud, men er dog hjemme i Paasken da Børnene kommer til Pilegaarden. Tak for Kroniken om Bissens Statuer, jeg glæder mig til den om HC. Andersen. Ogsaa Dine Kroniker i Politiken er jeg spændt paa. Der er en Ting jeg stadig ikke kan forstaa, det er dette Spørgsmaal ”erhvervede Egenskabers Nedarvning” – Det har sin Fordel at være fuldstændig uvidende, sig mig derfor hvad Forskel er der paa ”erhvervede” og ”medfødte” Egenskaber, er alle Egenskaber set i det lange Løb ikke alle sammen ”erhvervede”? Der er andre Spørgsmaal jeg heller ikke fatter f. Eks. Den gamle Filosof Heraklit hvis Kongstanke var den, at ”alting flyder”, fra ham over Einstein, Spengler til Darwin, jeg ser ikke andet end al deres Filosofi bunder i det samme den evige ”Vorden”. Hvad er de egentlig uenige om?
+Med det samme jeg skriver vil jeg komme frem med mine Planer for Somren, der bliver en Tid fra Midten af Juni til omt [”omt” overstreget] omkring den 12 Juli hvor det vilde passe mig udmærket om jeg kunde besøge Jer en 14 Dages Tid i Tibirke og faa de to Billeder gjort færdige. Kan det lade sig gøre? Jeg haaber I har det godt
+Mange Hilsener fra Marie og Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1930-07-31</t>
+  </si>
+  <si>
+    <t>Anine
+Helga -
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har i de foregående breve til Johs. V. Jensen flere gang spurgt, om han måtte komme på besøg og male Tibirke-billederne færdig. 
+"Det indlagte" til Anine og Helga findes ikke sammen med brevet i Johannes V. Jensens Arkiv.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har genoptaget nogle høstbilleder, som han snød med sidste år, og han vil derfor udsætte Tibirke-malerierne. Ofte arbejder han på de samme malerier i flere år, og han vil desuden gerne høre Maries mening om Johs. V. Jensen-portrættet. Derfor håber han på en biltur med hende til Tibirke senere på sommeren.
+Syberg har det desuden ikke helt godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sRs1</t>
+  </si>
+  <si>
+    <t>Pilegaarden 31-7-30
+Kære Johannes V. og Else.
+Høstmaskinerne snurrer og jeg har naturligvis ikke kunnet afholde mig fra at tage nogle gamle Høstbilleder op til fornyet Behandling, som jeg snød mig fra i Fjor. Dersom Vejret bliver nogenlunde gunstigt er Markerne skrællet af her i Løbet af 8-10 Dage. Jeg har derfor efter megen Kamp taget den Beslutning at skyde Tibirkebillederne ud til næste Aar. Jeg vil dog tilstaa at en af Grundene er at jeg ikke er helt dristig ved at fortsætte paa Joh. V.s Portræt i Øjeblikket. Jeg indbilder mig at jeg har naaet en Del i det, som jeg nødig vil spolere og vil derfor lade begge Billeder staa til jeg ser frisk paa dem igen, det er nu en Gang min Metode at arbejde med mine større Billeder i Aarevis og jeg vil bede Jer have Taalmodighed med mig. Maaske ser Marie og jeg op til Jer et kortere Besøg sidst paa Ferien paa en Biltur. Jeg vil gærne have at Marie ser Portrætet af Joh. V. og høre hendes Kritik.
+Endnu en Ting holder mig herovre, jeg er stadig ikke helt i mit Es, men det er en kedsommelig Ting at tale om – Helbredet, man maa holde saalænge man kan. Jeg vil slutte med en Tak for i Sommer til Jer alle sammen. 
+Vil I give Anine og Helga indlagte.
+Mange Hilsener fra Marie og Eders
+hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1932-3</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Adolph Larsen
+Cathrine Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Peter Nielsen</t>
+  </si>
+  <si>
+    <t>Elise Hansen, som var Elena/Bimse Larsens mor, fyldte 70 år i 1932.
+Johanne/Junge og Adolf/Agraren Larsen boede på gården Kærbyhus i Kerteminde. 
+Axel Nielsen kendes ikke, men han var muligvis i familie med (Hans) Peter Nielsen. Frøken Sørensen og de to, der bar navnet Ellen, er heller ikke identificeret.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen og familien kan desværre ikke komme. Puf kan ikke overlade sit tomatdrivhus til andre.
+Johanne/Junge Larsen kan ikke rejse fra sine elever.
+Faster Trine (Cathrine Larsen) er død 95 år gammel.
+Andreas skal om aftenen til Johanne og Adolf Larsen i Kærbyhus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/B1ge</t>
+  </si>
+  <si>
+    <t>Kære Bimse.
+Tak for dit Brev; det var en meget tiltalende Idé I havde faaet, men vi maa desværre holde os hjemme dennegang. For at I ikke skal spilde Tid paa nogen Overtalelse, skal jeg give mine Grunde: Jeg skal fyre i mit nye Tomathus og jeg har været saa vidt i mine Overvejelser, at jeg har tænkt paa at lade Gartneren passe det, men jeg tør ikke overlade det til nogen anden, fordi Skorstenen er utilstrækkelig, saa Kedlen er tilbøjelig til at ryge og den
+2)
+gaar let ud. Hvad Far angaar saa bare kan han ikke. Tante Junge og Agraren har vi ikke omtalt Planerne for, men jeg tror sikkert ikke Tante Junge havde kunnet for sine Elever. Far ser I til din Mors fødselsdag i København.
+- Far husker ikke om han har skrevet til Jer, at gamle Faster Trine er død den 9. ds. efter rask at have holdt 95 Aars Fødselsdag den 2den ds. - Vi har en Hilsen til Lysse fra Hans Peter Nielsen og Axel i Nordskov, de var her til Aften forleden. - Det er sikkert en god [pil indsat] 
+3.
+Øvelse for Lysse at skrive hveranden Side af dine Breve, saa kan han maaske naa saavidt engang, at man kan læse hans egne Epistler ogsaa.
+Mange Hilsner til Jer alle fire fra din hengivne Puf.
+Hilsner fra Far.
+Frk. Sørensen og jeg skal over i Kærbyhus iaften, hun forat lære Tante Junge at strikke Slips, jeg forat skrive Takkekort for Begravelsen. 
+P.S.
+Jeg sidder og ærgrer mig over at du ikke hedder Ellen, saa vilde alle de 3 Breve jeg har skrevet iaften være til en Ellen. Men du er da med E. Men hvad det kan jo ikke nytte at ærgre sig. Forresten øjner jeg nu den Trøst at alle 3's Kælenavn begynder med B.</t>
+  </si>
+  <si>
+    <t>1934-03-23</t>
+  </si>
+  <si>
+    <t>Hareskov
+Lindevej 45</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Dolph/Agraren Larsen var kvartalsdranker.
+Det vides ikke, hvem Palle var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0520</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt prøver at trøste Johanne/Junge Larsen med, at selv når alt ser sort ud, kan tingene ændre sig. Adolph/Agrarens skæbne er tung, men Johanne/Junge må også tænke på sig selv. Og hun og børnene må stå sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F1PD</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+l.-. 64
+1934
+23’ marts
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr Dræby 
+Fyen.
+(om ”Agraren”).
+[skrevet på kuvertens bagside:]
+Læst – Alle – 
+(12-1-2000.)
+afs A Warberg Müller
+Lindevej 45
+Hareskov
+Sjælland
+[I brevet:] 
+Hareskov, Fredag 23 Marts 1934
+Kæreste lille søde Junge!
+Du skal have et lille Trøstensbrev lige pr omgående, så du kan have det Lørdag – i Morgen; for hvor blev jeg dog nedbøjet over dit Brev i Dag; men Junge – fortvivl ikke! Alt i vore Dage vender sig bogstavelig fra den ene Dag til den anden – det der synes sort og ufremkommeligt i Dag kan lysne allerede i Morgen – og ofte på ganske uforudset Måde. Endnu er Spillet ikke tabt; hvis jeg havde Penge, fløj jeg strax over til dig, så vi kunde tale ordentlig sammen – Breve siger selv i bedste Fald dog kun Halvdelen – og ofte kan man tale sig ud af meget – Ideer toner frem – Udveje viser sig, det man mente var umuligt at gøre i går –viser sig pludselig at kunne og måtte gøres i Dag. Hvordan står du i dette rent personlig overfor Agraren – og Drengene? dèr synes jo de to Lejre at være opstået; en af Parterne synes at måtte bringe Ofret – eller blive ofret. Bare dette ikke har være Agrarens sidste Chance? Nu er det Sønnernes Tid – nu må de have Chancen. Ja, jeg ser ikke tydeligt for mig, hvordan det praktisk må gribes an, men hvis Gården – altså Jeres Hjem og Levebrød – kan reddes ved at Agraren definitivt sættes ud af Spillet – og hvis dette kan gøres – ja, hvad mener du nu?
+Stakkels Agrar – han har en tung Skæbne, at han bestandig skal volde Ulykke, og hvor meget eller hvor lidt han ”kan gøre ved det” – er altid for mig et Spørgsmål, der må lades åbent – derom kan andre ikke dømme.
+Og du, lille Junge? Jeg synes, du til det yderste har gjort din Pligt og mere til; hvad du end gør nu, så kan intet bebrejdes dig af nogen, heller ikke af din egen Samvittighed. Ja, jeg mener jo ikke, du skal myrde ham – i vor mordfyldte Tid kunde det måske se ud, som om jeg mente det!!
+Men jeg mener, at du og dine Drenge må stå sammen og – ja, I må jo selv finde den praktiske Løsning; tag ind til Bibbe en Aften alle tre og prøv, om I ikke kan drøfte det igennem og komme til et Resultat; jeg vil nødig være ubarmhjertig mod nogen – men synes du, at et langt Livs Opofrelse og uendelig Barmhjertighed har hjulpen ham et Hanefjed opad? Tænk nu for en Gangs Skyld på dig selv og på de unge. Aa gid jeg dog sad i din Stue – at tale sammen er det eneste, der duer. Jeg må have dette op til Toget nu – du skal blot lige høre, at de i går tog fat på vores Hus – i Dag går der fire hvidklædte Murere deroppe og graver ud til Støbning af Grunden – for lidt siden kom der 2 store Lastbiler med Materialer – de begynder at støbe i Dag; der er vældig Liv og Lystighed deroppe – jeg smutter ofte op og ser på det hele – det er fire søde, yngre Mænd, der laver det; Palle kommer ind til mig og nyder sin Mellemmad i Køkkenet. Jeg skal se at få skreven et Brev til inden Påske. Du har vel ikke en Opskrift på Aplsinmarmelade?
+Nu Farvel lille Junge, prøv at være ved godt Mod – det skal jo gå! Din alletider
+Dis.</t>
+  </si>
+  <si>
+    <t>1934-5</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem husassistenten var. Muligvis en af Elena/Bimses sønner.
+GJ var indlagt på hospitalet mange gange. 
+Luftskibet Graf Zeppelin fløj over København 14. maj 1934. 
+Thorsen og Vips var formodentlig medicinstuderende. 
+GJ og Jens Jensen søgte skilsmisse i maj 1934. Eftersom Jens har skrevet en hilsen på brevet, var parret åbenbart stadig sammen, da det blev sendt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Grete Jensen til Elena Larsen 1934-05, 2437</t>
+  </si>
+  <si>
+    <t>Grete har det dejligt på hospitalet. Da en zeppeliner fløj over bygningen, løb patienterne ud for at se på den.
+Thorsen har givet Grete et akvarium med en malle. Hendes blodtryk er gået ned.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Epo3</t>
+  </si>
+  <si>
+    <t>Kære Bimse!
+Tak for Brevet. Vi har moret os meget over Din mandlige Husassistents Bedrifter. Jeg har faaet et Billede af ham, hvor er han dog blevet stor og sød og tyk. 
+Du kan tro jeg ligger og har det dejligt, paa en Terasse med Sol og fuldt af grønne Træer udenom, med Fugle der myldrer og sommetider slaar de sig ned ved Siden af mig. 
+Jeg ligger jo midt i Begivenhedernes Centrum – fornylig Professorkonkurrence og nu Eksamen det er jo meget spændende, og hvert Øjeblik kommer der en Stafet op og meddeler Resultater, Vips og Thorsen er oppe til hen. 2 og 2. Del og foreløbig har de klaret alt fint. 
+Og saa var der jo Zeppelineren forleden Dag, det var virkelig en Oplevelse, og der var vild Forvirring, vi fór alle rundt paa Gulvet med bare Tær og Chemise for at se den fra alle Vinduer og for at se de mandlige Patienter som var løbet ud paa Terassen i bar Skjorte, og det vagte nærmest Forargelse blandt Sygeplejerskerne at 2 Patienter var blevet i deres Senge. Nu kom der en [tegning af en større fugl] og en [tegning af en mindre fugl] og slog sig ned på Rækværket. 
+Igaar kom Thorsen med et lille Akvarium med en Malle den er så sød
+[tegning af akvariet med en malle i]
+Jeg har det godt og Blodtryk. er gaaet lidt ned igen.
+Mange Hilsner til Jer alle 3 fra Grete. 
+Hilsen fra Jens.</t>
+  </si>
+  <si>
+    <t>1934-09-07</t>
+  </si>
+  <si>
+    <t>J. Th. Lundbye
+Marie Schou
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Ifølge Weilbachs Kunstnerleksikon (under opslaget Fritz Syberg) var Marie Sybergs dødsdato muligvis 21. oktober 1934. Der er sat spørgsmålstegn ud for datoen i bogen. Det ligger fast, at hun døde i 1934.</t>
+  </si>
+  <si>
+    <t>Jensens-familiens to store billeder er ikke malet på bomuld, men på hør. Da Syberg maler i fri, ruster sømmene undertiden og skader lærredet.
+Syberg har genoptaget et par meget store billeder fra 1916-1918. De der malet på hessian, fordi han dengang ikke havde råd til hørlærred. Lundbye malede med oliefarve på papir, og papiret rådnede.
+Marie er stadig i København. Hun er ikke syg, men svag og ønsker at være nær læger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wEll</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+7-9-34
+Kære Johannes V. og Else.
+Jeg hører af Rille at I har havt Uheld og Udgifter med de to store Billeder af mig. Jeg vil dog berolige Jer med at det ikke er fordi Billederne er malt paa Bomuldslærred (hvad man undertiden gør). De er malt paa almindelig dobbeltbredt Lagenlærred af Hør, men da jeg maler alle mine Landskaber i fri Luft og aldrig gør noget ved dem i Atelier, sker det at de faar saa megen [et t over n’et i ”megen” overstreget] Regn under Arbejdets Gang saa Sømmene i Kanterne ruster Lærredet over.
+Jeg maler for Tiden paa nogle meget store Lærreder som har været i Gang siden 1916-18. De er malt paa Hessian (alm. Sækkelærred) og jeg gaar med daarlig Samvittighed af og til over hvordan de skal holde i det lange Løb, men de var begyndt paa et Tidspunkt hvor jeg ikke havde Raad til at give 200 à 300 Kr for et Stykke Lærred til et Billede paa den Størrelse. Jeg trøster mig saa ved at Kunstnere der er større end jeg har været lige saa letsindige, Lundby har malt enkelte af sine berømteste Billeder f. Eks. det med Hingsten i Stalden, paa Papir der raadner af Oliefarven. Her er dejligt for Tiden og jeg ønsker ikke at flyttes fra den Plet jeg er paa, dog er noget af Grunden den at jeg føler mig noget [”noget” overstreget] træt, og kun kan holde Arbejdet (og mig selv) oppe ved at tage mig sammen. Aarene skal jo gennemleves indtil Enden. Marie bliver stadig i Kjøbenhavn, men jeg venter hende hjem hver Dag og har gjort det længe. Hun er ikke just syg men svag og endnu mere ængstelig, hun tør ikke være uden Kjøbenhavn med dens samtlige Lægestand i Ryggen. Mange Hilsener til Jer og Familien
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1936-06-26</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Jens Larsen
+Peter Andreas Larsen
+Harald Schoubye
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Elisa og Peter Hansen ejede et hus i Faaborg, og Elisa beholdt det efter mandens død. 
+Polygonum aubertii: Arkitektens trøst.
+Det vides ikke, hvem Pie og hendes søn var.
+Kolissalt er formodentlig en efterligning af et barns udtale af ordet.
+Det vides ikke, hvilken proces, Johan og Elena Larsen havde kørt</t>
+  </si>
+  <si>
+    <t>Alting gror godt denne sommer. Der er store høstakke og roser, hyld og kaprifolium i hegnene. Valmuerne i marken vilde Elena med Zahrtmanns ord juble af begejstring over.
+Elisa Hansen m.fl. er i Faaborg, hvor haven er meget smuk. Hun glæder sig til at se, hvad der er sket på Baåxhult.
+Jens vokser åbenbart godt, og Peter cykler.
+Elisa sender konfekt og fødselsdagslykønskning. Hun er glad for, at Elena og manden vandt processen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6iY9</t>
+  </si>
+  <si>
+    <t>Kære lille Bams!
+Til Lykke med Fødselsdagen og kan gode Ønsker hjælpe noget, saa vil det nye Aar blive ovenud godt. Og Tak for Brevet, som jeg fik igaar. Det var rigtignok interessant at høre om alt hvad der er sket paa Båxhult, alt sammen i stort Format. Det kan nok være, det kan gro i Aar. Aldrig har jeg set saa mange og store Høstakke som i Aar, det dufter af Hø, naar man kører paa Landevejene. Og Hegnene er fulde af Roser, Hyld og Kaprifolier, jeg har aldrig før set saadan en Vækst. Saa er der Marker fulde af højrøde Valmuer, det er jo ikke saa godt, hvis de da ikke er dyrkede til Medicin, men det ser jo dejligt ud. Jeg ønsker tit, du kunde køre en Tur med os, du vilde juble af Begejstring for at tale Zahrtmannsk. Vi har nu været her en Uge og bliver nok en Uges Tid endnu, men har ikke endnu nogen Plan for Resten af Ferien, men jeg tænker at vi kommer til Båxhult omkring d 15 Juli. Vi fik straks fat i en Rengøringskone, her trængtes til at luftes ud, al Ting bliver ødelagt af Fugt og Møl, naar det staar saadan i Fred og Ro. Ja du skulde se Haven, skønt Plantøren ser lidt til den imellem, saa kan han ikke kommandere den. Pæretræet naar helt op i Himlen og Slyngroserne paa Søjlerne, danner et uigennemtrængeligt Tag, som atter dækkes af en Polygonum, som jeg plantede ved en Søjle for 2 Aar siden. Man skal se det oppe fra Sovekammeret, naar Roser og Polygonum blomstrer. Haralds Rose i Gaarden stikker Blomsterne ind ad Vinduet, den rene Torneroseidyl. Hvor jeg glæder mig til at se Båxhult igen og alt det, der vokser, saa kolissalt. Ikke mindst Jensemand, han er da en Kraftkarl og han begynder at blive farlig for sine Omgivelser. Men at Peter kan cykle saa langt, det kan imponere os. Pie har stadig lidt Kludder med sin Dreng, han er jo ikke tilnærmelsesvis saa stor som lille Jensen, men munter og rolig, hun er vist for ængstelig. Jeg sender en Æske Konfekt, som jeg haaber kommer til Dagen, hvis før, maa jeg bede dig om at dy dig og ikke aabne den før Tiden 2 Par Strømper har jeg med til senere Levering.
+I kan rigtignok give Folk nogle Processer og vinde dem, de 400 var ikke saa værst og det er dejligt, at du faar lidt Hjælp. Vi tager nok herfra omkring d 6te, 7ende. En Masse Hilsener til jer alle og en specielt til Fødselsdagsgrisen.
+Jeres
+Mos.
+Faaborg 26-6-36.</t>
+  </si>
+  <si>
+    <t>1936-10-14</t>
+  </si>
+  <si>
+    <t>Bent Bjergskov
+Thora  Branner
+Louise Brønsted
+Adolph Larsen
+Andreas Larsen
+Gudrun Larsen
+Henning Larsen
+Ingrid Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Else Larsen, Else, Andreas Larsens kone
+Kirsten Larsen, Gudmund Larsens kone
+Axel  Müller
+- Müller, Frk. 
+Margrethe -, pige i huset hos Johanne C. Larsen 1936
+Ellen  Sawyer
+Janna Schou
+Hempel Syberg
+Rigmor Thorsen
+Joseph Turner
+Agnes Taaning
+Else Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru Nielsen og Søster Thorsen var. Sidstnævnte var formodentlig i familie med Rigmor Thorsen. 
+Hvem Mygdal, der gav Martin/Manse Warberg Larsen penge for malkning, var, vides heller ikke. 
+Eidi og Edith, som arbejdede i huset i England for den kvinde, som Laura Warberg Petersen var ansat hos, er ikke oprettet med biografi i KTDK. 
+Croydon er en bydel i det sydlige London.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0578</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har en dårlig hånd. Hun blev meget glad for den smukke skål fra Janna, og hun takker for alle Astrids gaver. Adolph/Agraren og hun pakkede op dagen før fødelsdagen. 
+Laura/Bibbe og Martin/Manse er i England. De mødes på fridage og besøger museer mv. i London, og de har fløjet. Begge bor nær Themsen. Martin fik et legat på 100 kr. og har ikke råd til at rejse til andre gårde, og han lærer ikke nok på Farmoor Farm - kun sprog. Laura/Bibbe har vrøvl med kokkenpigen, der hvor hun er i huset. 
+Det er svært for Laura og Bent at være adskilt. 
+Adolphs fødselsdag blev fejret med gæster til kyllingesteg. På Johannes fødselsdag svigtede Margrethe, men heldigvis kom Elle(n) og hjalp til. Gæsterne kom med både bagværk og gaver.
+Johanne har ikke så meget mere at lave i hus og hjem end Astrid, men Johanne har bare ikke meget energi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P1L8</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+5/5-02
+23/9-02
+Modt. 16’Okt. 1936
+Fru A. Warberg Müller
+Bakkevej 8
+Hareskov St
+19/3-2000
+Bibbe-Kerteminde.
+[Skrevet på kuvertens bagside:]
+JWarberg Larsen
+Lindøgaard Dræby St
+Fyen
+[I brevet:]
+Lindøgd 14-10-1936
+Kæreste lille Dis!
+Foruden at jeg blev vældig glad ved dit Brev i Dag, blev jeg temmelig forfærdet ved af det at se, at du tror jeg stadig ligger i Sengen; nej jeg laa da kun 3 Dage og var jo oppe, da jeg skrev det Brevkort til dig, men passer stadig paa ikke at røre Haanden mere end til det nødvendigste. Og saa er jeg jo i en saadan Brevgæld – for at faa sagt Tak til alle de mange der har sendt mig Gaver. Gamle Ta[brændt hul], som sendte mig 10 Kr. ligger af Aarebetændelse – bedre men meget utaalmodig – hun maatte have først. Den søde Tante Else med et langt egenhændigt Brev og 100 Cigarer; Frk Müller som 8 Dage før min Fødselsdag sendte mig en dejlig Æske fine Chokolader – ligeledes – og saa mine to Børnser i England Ja og Mary, som jeg saa gerne vil være tro, og som stadig skriver til mig og som sendte Lykønskninger baade til Agraren og mig (samt Cigarer til mig) - - ja alle dem har jeg altsaa ladet gaa forud for dig, men jeg trøster mig stadig ved det lille Brevkort, som du fik straks. Saa nu har jeg vist igen udvist min bekendte altfor store Grundighed, naar det gælder Ting, som kunde siges med to Ord. 
+Saa skrider jeg til det endelige Brev! Kæreste Dis, hvor du overvældede mig! Og hvor jeg blev lykkelig over det alt sammen! Jannas meget smukke Skaal staar fuldstændig hel og fin og lyser op paa Bordet i den lyse Stue - jeg maa have den for Øje hver Dag, synes jeg. Natkjolen blev jeg saa henrykt over, varm og lækker nu til Vinteren. Og saa det Væld af værdifulde Varer! Du er jo tosset, sødeste Dis at sende mig alt det. Men glad blev jeg rigtignok. Chokoladen smagte dejligt, jeg rigtig smausede de Dage, jeg laa i Sengen baade med Slik og Tobak. Og saa dine tre (!) lange Breve, som du oven i Købet skriver efter strænge Arbejdsdage. Tusind, tusind Tak for det alt sammen, ogsaa til Axel! Hvor var det sødt af ham at sende mig Frimærker. Ogsaa for Billederne, som jo er udmærkede. De to store Pakker kom Dagen før min Fødsdag og da jeg altså lå den Dag og vi syntes, at jeg skulde have lidt at muntre mig med pakkede Agraren dem op og foreviste Stykke for Stykke. Hvem Husholdningskassen var fra, kunde vi ikke [”se” indsat over linjen) og det faldt mig selvfølgelig ikke ind, at den ogsaa var fra dig! 
+Lad mig nu hellere fortælle lidt om Bibbe og Manse, som du udtrykkelig beder om. Vi faar stadig saadan glade og fornøjede Breve fra dem begge, ja jeg tror, at de i hvert eneste Brev skriver om, hvor glade de er, [komma overstreget] over at se saa meget interessant og hvor smukt Landet er. 
+2.
+Bibbe tog en Dag, da hun havde fri med en Bus langt langt ud pa Landet – de bor jo i den sydvestlige Udkant af London, lige ved Richmond Park, hvor hun har taget mange Traveture; nu har de vist desværre saa meget med Taage og det tager jo unægtelig Glansen af alt. På den Tur, kom hun til forskellige Smaabyer, som alle var spændende og morsomme, et Sted var der et lille Torv, der saa helt middelalderligt ud. Bibbe har vist et storartet Tag paa at faa noget ud af det; der er planlagt langt ud i Fremtiden med Ting, der skal naas. Manse har jo lidt længere til Fadet, men af og til mødes de da i London og beser hvad de kan overkomme. De mødtes en Dag i Croydon, hvor de fløj! Manse var begejstret. Ellers er hans det bedste jo at se Malerier; forleden havde han været der alene og helliget sig de gamle Hollændere. For 30 Aar siden gik jeg der og svulmede over de gl. Holl. Turner havde jeg anmodet ham om at finde, hvad han ogsaa havde gjort og var ude af sig af Begejstring over ham. Han er nu ogsaa pragtfuld. Themsen er de begge enige om at besynge – pudsigt at den løber forbi begge deres Opholdssteder – ikke saa farlig meget bredere end Odense Aa ved sit Udløb der, hvor Manse er. M. fik 100 Kr. af O. Sybergs Mindelegat; vi havde sat vore Næser op efter betydelig mere, saa han havde haft Raad til at komme paa en mere veldrevet Farm. Han maa jo ikke forlange Løn – maa i hvert Fald ikke faa det, men Mygdal giver ham lidt – det hedder sig fordi han malker. Men der er ikke Spor at lære der paa Farmoor Farm, ja Sproget er jo altid noget at lære selvfølgelig, men det havde dog været rart om han f. Ex. havde kunnet rejse lidt til de forskellige Landbrug – hvis der overhovedet findes Godser i England. Bibbes Madame er stadig meget sød og flink mod hende, men B. har mange Bataljer med Kokkepigen Edith, der er er en Heks, navnlig mod Heidi, den lille Østrigske House-Maid. B. rejser sig i sin Vælde, naar Edith bliver for slem, for Heidi staar Bibbes Hjærte nær. Har jeg virkelig slet ikke før skrevet noget om Børnene? 
+Bent kommer her jævnligt; jeg tror nok, at det er svært for dem at leve adskilt, men jeg tror ogsaa, at det var udmærket for Bibbe at komme ud, tænk hvilken Oplevelse for hende; den Slags er jo Skatte for hele Livet. Jeg tror da, at mit var blevet fattigere, hvis jeg ikke havde haft alle mine Rejser at glæde mig over at tænke paa. Men jeg har jo ogsaa været heldig og set meget. 
+Hvis der nu er noget særligt om de to, du vil høre om, så spørg og saa gaar jeg for øvrigt over til Beskrivelse af vore Fødselsdage. 
+3
+De var straalende og festlig – min ganske lidt formørket af Haanden, dog ikke meget. Agraren havde ”Nabo” inde til Kyllingesteg og Rødgrød, en af vore unge Venner var kommen (med Cigarer) Bent kom, ligeledes med Cigarer, 50 store fede Cerutter, og senere Las, Puf og Else – alle uventede, undt. ”Nabo”. De fik Kaffe og – Lagkage. Mere havde jeg ikke kunnet præstere, da Æbleplukningen i det gode Vejr gik fremfor alt.
+Min begyndte lidt trangt. Jeg listede op midt paa Formiddagen, fik med Besvær Haaret snurret lidt op og Tøjet paa. Fru Nielsen havde meldt sig til Eft.visit med Gudrun og sagt, at hun vilde tage Bagværk med Kl 3. Naa, da Klokken blev halv tre og jeg forstod, at Margrethe svigtede mig, skønt hun vidste jeg havde ligget Dagen før og skulde have fremmede – det var ikke pænt. I Nød skal man Naboer kende. Det var ganske vist ikke hendes ”Dag”, men jeg havde bønfaldt hende. Naa, Faderen har ikke villet undvære hendes Arbejde hjemme; jeg tror de sankede Kartofler. Da var jeg lidt modfalden, men Elle kom og gjorde Underværker i den halve Time lavede Chokolade, dækkede Bord, ryddede op. Og vi havde saa en yndig Eft. med Fru N., som ankom med den mægtigste Waleskringle, jeg endnu har set, 50 fede Cerutter og – en Vinterhat; hun gav mig to Sommerhatte, da jeg var derinde for noget Tid siden, saa nu er jeg forsynet! Al min uaabnede Post laa i en stor Dynge i Sofaen, den lukkede Elle op og læste noget af det højt. Hun selv kom med en meget smuk Portræt af sig selv i Festdragt, 1 Par Strømper og 1 Pk. Papirsservietter, Strømper, Underliv og Cigarer fra Marie. 1 Kittel fra Lugge, 50 Cigarer fra Tutte, 100 fra T. Else, 10 Kr. fra Tante Mis og saa en Mængde Breve og Kort. Aftenen blev helt gevaltig. Ikke mindre end 3 Bilfulde rullede ind i Gaarden – alle uventede. Hr. og Fru Thorsen med en Ladning fint Bagværk og 50 Cigarer, Gudrun Larsen (Bror) fra Rørdam i sin egen Bil med Kirsten, hans Kæreste, Søster Thorsen og Søster Rørdam ligeledes med 50 Cigarer. Senere ankom den gode Las, Puf og Else, samt Klaks, der fungerede som Statens Skovvurderer af Omegnens Skove. Han havde en stor Æske fin Konfekt, de andre Konditorkager i lange Baner og fint Undertøj. Har du nu kendt Mage til Fødselsdag, det var da mindst som om jeg blev 70. Jeg var overvældet. Heldigvis havde vi Masser af Chokolade fra om Eft. Flødeskum ligeså, saa der blev nok til os alle 14. De unge Piger udrettede Arbejdet, de er huskendte. 
+4
+De dækkede i begge Stuerne og vi havde det dejligt. Klaks og Thorsens som jo kommer i Familie gen. Bror og Kirsten var sammen første Gang den Aften. Fru Thorsen talte om saa morsomt der havde været den Aften i Sommer, da du gav Skole-Historier. Hun er et pragtfuldt Menneske, som jeg holder meget af, og hvor er hun altid parat til at le og more sig. --------------
+Nu har jeg kigget lidt i dine Breve og ser, at du spørger til Høsten; ja den blev jo lille som alle Vegne, men vi kan nu ikke bedømme den helt, før alt er optærsket og det er jo først til Foråret, for undertiden giver den jo lidt mere end man har ment.
+Og saa er der en Ting, jeg skal have korrigeret. Jeg har saamænd ikke saa meget at bestille som du; du har jo ogsaa Landhusholdning m. Have, Frugtplukning og den Slags. Og jeg har dog Margrethe, der er knagende hurtig i Vendingen. Saa har jeg ikke nær saa store Foretagender som du, med Vinbrygning o. lg. Men mit Arbejde er maaske nok større end dit med de store Maaltider og store Opvaskninger. Og saa er der jo deres Tøj, Strømper o.s.v. Desværre er jeg slet ikke mere den habile Arbejder, jeg har har været. Meget af min tidligere Energi er gaaet Fløjten. Maaske det er, som Fru Thaaning sagde til mig forleden: De er vel slidt op, Fru Larsen!
+Naar jeg igen skriver, skal jeg læse dine Breve og smaasnakke lidt om Indholdet, jeg tør ikke mere nu for den skidte Hånd.
+Derfor kun de kærligste Hilsner til jer alle tre og endnu en Gang Tak for alle dine overdaadig rige Gaver! Og Tak fra Agr. for Kortet, jeg er saa glad ved at hans Post var helt omfangsrig i Aar.
+Kan det Gulv i Dagl.st. ikke vente til Foraaret? Det er ikke saa god en Tid at lave den Slags paa. Det er saa langsomt til at tørre, naar det er koldt - siger de kloge.
+Altsaa – endnu en Gang - !
+Din Junge</t>
+  </si>
+  <si>
     <t>1937-04-22</t>
+  </si>
+  <si>
+    <t>Bakkevej 8 Hareskov St.</t>
   </si>
   <si>
     <t>Thora  Branner
 Adam Goldschmidt
 Brita Goldschmidt
 Ina  Goldschmidt
 Adolph Hitler
 James Jeans
 Hans Kaalund
 George Lansbury
 Adolph Larsen
 Peter Munch
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Hempel Syberg
 Erik Warberg Larsen
 Mary Warberg Larsen</t>
   </si>
   <si>
     <t>Det vides ikke, hvad Svensson-Sagen gik ud på. 
 Sechendorf kendes ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0619</t>
@@ -6803,50 +5833,708 @@
 Klar til Bryllup det er snart
 Nu vi tror at alt ret makker
 Kø’r og Heste trives vil
 Muligvis en Avlskarl vakker
 I ad Aare lægger til
 Og vi svinger højt vor Fane
 ønsker at det godt vil gaa
 Heldet følge Jeres Bane
 Lykke til – og saa kil paa!
 Lørdag Morgen Desværre maa Brevet jo allerede af Sted i Dag, da vi jo ikke kan afsende Breve om Lørdagen. 
 Nu skrev jeg saa den lille Vise, som det maaske kan more dig at se; den er jo noget tynd, men hvad hvis Stemningen er god, kan meget glide. 
 Hvor det glæder mig for Axel, at han nu har lidt (el. meget) bedre Forhold paa sit Kontor; det har jo uendelig meget at sige, naar han tilbringer saa mange Timer af sit Liv paa saadan et muggent Kontor. – Jeg læste nu dit Brev igennem igen. Hvor er der meget meningsløst i den Nazi-Regering. De vil med Vold og Magt af med Jøderne, men naar Dr. Sechendorfs Broder vil emigrere, kan han mulig ikke komme derfra. Det lyder meningsløst. Tror du ikke, det hænger saadan sammen, at han ikke kan faa sine Penge ud af Landet og derfor er afskaaret derfra? - For Resten havde jeg en svag Fornem
 4. 
 melse af, at Regeringen var begyndt at blive lidt mere normal (jvf. Landsbury´s Besøg hos Hitler) men maaske de er for dumme til at tage ved Lære af Landets Tilstand; de bliver vist mere og mere forarmede fordi alt skal gaa til den forbandede Oprustning – hvilket atter vil sige Storkapitalen. – Lad os haabe Tyskerne kan faa lavet Omvæltning uden Borgerkrig; de har dog før lavet en saadan – i Slutningen af Verdenskrigen – uden at der blev udgydt en Blodsdraabe; men selvf. er jo de to Situationer meget forskellige. Lad os haabe det bedste for det stakkels tyske Folk. 
 Du skriver at vi faar ikke Verdensfred, før hvert enkelt Menneske bliver bedre – altsaa fredelig indstillet; nej, det er sikkert rigtig nok, men det er jo ogsaa det Fredsvennerne arbejder så hardt med. Man har jo Slagordet ”Sindenes Afrustning” og Dr. Muncks [”c” i ordet overstreget] Tale i Geneve for nogle Maaneder siden – husker du nok – var jo det selvsamme som du siger. Jeg har saa tit kørt frem med den Betragtning ”Du og jeg og mange med os er Fredsvenner, og naar vi er det og saa er [”er” indsat over linjen] helt opfyldt af den Indstilling, at end ikke vor pekuniære Fordel vilde kunne rokke denne Indstilling - saa ligger det indenfor Mulighedernes Grænse, at alle kunde blive Fredsvenner og saa – voilà – Verdensfreden!” Der gøres jo et kolosalt Arbejde Verden over paa denne ”moralske Afrustning” og selv om vi intet ved om Udfaldet er det dog en god Fornemmelse at være med i det Arbejde. For mit Vedkommende blev det Slut, da jeg kom her til Lindøgaard, men har dog viet Arbejdet en Del af mine Kræfter før den Tid; endog holdt Foredrag. - - - - -
 Verdensanskuelse – nej, jeg har ingen! For noget negativt er jo nu en Gang ikke noget positivt. Jeg har ikke megen Intelligens – det skal Guderne vide, men den Smule jeg har, synes jeg, fortæller mig, at det er ufatteligt – det er vel alle enige om [”enige om” indsat over linjen] selv Videnskabens Dyrkere, som du synes at have et Horn i Siden paa; at alle rettænkende Mennesker maa forkaste, at Kemikerne laver Giftgassen er jo indlysende, men de er jo ogsaa kun Mennesker og de [”de” indsat over linjen] sætter sig derved i Klasse med alle de mange, der paa anden Maade fremmer og ophjælper Krigene. Men selve det at Mennesker vil udgranske Naturens Hemmeligheder og gøre sig til Herre over Stoffet kan jeg ikke med min bedste Mening se noget forkert i, og hvor ved du noget om Videnskabsmændenes Indstilling overfor Tilværelsens Gaader? Kender du James Jeans Bøger? Astronomi i nogenlunde populær Form – dog for en stor Del over min ringe Fatteevne; den, jeg har, hedder ”Universet” og efter denne lange tykke Bogs Udredelse om Stjærner og Æter, rent videnskabeligt selvfølgelig, skriver han i Slutningen, hvor han taler om Stoffets Tilblivelse disse Ord: ” For at faa en konkret Forestilling om en saadan Skabelse kunde vi tænke os, at Guds Finger satte Æteren i Svingninger og dermed gav Anledning til Skabelsen”. En saadan Guds Finger maa vel alle tænkende Mennesker mene existerer – det der skiller din Opfattelse fra min er blot det, at du tror – nej ved - at du ved Besked med Fingerens Indehaver, mens jeg mener, at vi Mennesker ikke kan have det allerfjerneste Begreb om den Kraft, Gud 
 5.
 Skaberen eller hvad Navn vi nu vil give det store – ufattelige -. Alle de mange mange Religioner er Udslag af Menneskers Trang til Viden om den Ting – el. lad mig sige Gud – og de er jo saa i Regelen ogsaa ”blevet kult [”kult” overstreget] moralske Faktorer [”], hvilket jo i høj Grad har berettiget deres Existens og er bleven til Velsignelse for Menneskeheden. Og det være da uendeligt langt fra mig at forsøge at rokke ved Menneskers religiøse Overbevisninger. Hvad der ikke mindst har oprørt mig ved russisk og tysk Diktatur er deres Arbejden paa at fratage Folkene deres Religion; de tager Brødet fra dem, men deres Trøst - Religionen – kunde de mintro dog gærne lade dem beholde, hvis den styrker dem i Tilværelsens Lidelser, og det er der jo ingen Tvivl om, at den gør. – Kan det kaldes at have en Livsopfattelse, jeg mener nej. 
 Der er for Resten en lille Ting i dit Brev, jeg maa skrive lidt om; du skriver: ”Du er Fredsven, men ogsaa Ven af en Videnskab, som bl.a. laver Giftgas - - ” Nej søde Dis, det er for overfladisk en Betragtning; for hvem mener dog at Videnskaben er ufejlbarlig? At jeg man [”jeg” overstreget; ”man” indsat over linjen] skal knæle for den og sige Ja og Tak for alt, hvad den laver? Man skal da ikke fordømme al Videnskaben, fordi den fejler paa visse Punkter. Det kan for Resten godt være, at Videnskabsmænd ikke tænker paa Mennesker, at de i ualmindelig Grad opsluges af deres Arbejde, men saa maa Mennesker jo om hvad af de videnskabelige Resultater de vil udnytte og hvordan de vil udnytte den - - og det gør de altså nederdrægtig skidt paa Gassernes Omraader. Men maa vel lidt opvejes ved den medicinske Videnskabs Virksomhed; hvis den finder ud af noget, som kan hjælpe mig af med min Gigt er det dog et Plus, hvor det andet er et Minus!
 Tror du ikke, du kan give mig Ret i nogle af disse Betragtninger? Og kan du ikke det gør det da heller slet ingen Ting; vi holder jo ikke af hinanden hverken for vores Tros eller Ikke-Tros eller vore Egenskabers Skyld, men fordi der er Sympati imellem os og er de gode Søstre og Venner som vi altid har været og som vi vil vedblive at være til ”Løbet” bliver Slut. Nu maa Brevet ogsaa snart være Slut; nu vinker Pandekagerne – de desværre endnu uskabte Pandekager – efter mig.
 Senere. Tænk nu kom Posten længe før sin Tid, nu venter han mens jeg faar dette lukket
 Tusinde af alt muligt – 
 Din Junge</t>
   </si>
   <si>
+    <t>1937-09-13</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Boisen
+Thora Cohn
+Andreas Larsen
+Johanne Christine Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Müller, Frk. 
+Christine Swane
+Ane Talbot
+Gunnar Tinesen
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Laura/Bibbe Warberg Petersen opholdt sig i England, da hun modtog brevet. 
+Båxhult var en af Larsen-familiens skovgårde i Småland. 
+Det vides ikke, hvem Bent var, og det er uklart, hvem "de små", som nævnes i brevet, var. 
+Overskuddet fra ”Kvindernes Udstilling fra Fortid og Nutid” i 1895 gik til opførelsen af til en kvindernes bygning, som var verdens første større bygning af kvinder og for kvinder. Christine Swane solgte i 1937 maleriet "Udsigt i Tisvilde Hegn" til Ny Carlsbergfondet, som forærede det til Kvindernes Bygning. https://www.kvindernesbygning.dk/kvindernes-bygnings-historie-copy-3/</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0414</t>
+  </si>
+  <si>
+    <t>Andreas/Puf og Else Larsen har kørt Johannes Larsen/Las til Båxhult. 
+Marie Larsen har hjulpet med høst, tærskning og brænde. Frk. Müller har været på besøg.
+Erik/Tinge og Mary har fået indrettet en dejlig stue. 
+Christine Swane/Tante Ugle har for de penge hun fik for maleriet til "Kvindernes Bygning" købt en trekant jord, så haven er blevet udvidet. Hun sælger godt, og der kommer snart en kunsthandler på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9eus</t>
+  </si>
+  <si>
+    <t>[S. 2. S. 1 og 3 mangler]
+II
+vi hjem i et vidunderligt Måneskin. – 
+Tirsdag d:24, kørte Puf og Else mig herop, men måtte af Sted med det samme, de skulde næste Morgen køre til Båxhult med Las, de var kun deroppe en Dag sejle hjem over Gøteborg - Frederikshavn og havde haft en lang [”lang” overstreget] dejlig Tur, ikke ret lang, (de var kun borte i 5 Dage) men Puf havde travlt og de vilde heller ikke være saa længe borte fra Børnene; - 
+Jeg tog det med Ro i Kerteminde for jeg vidste jo at Gunnar var her og hjalp dem med Høsten, han rejste Dagen efter at jeg var kommen, så jeg kom ligetilpas til at hjælpe med de sidste Læs Korn og al Rivningen, en Dag har jeg ogsaa hjulpet Tinge med at tærske Rivning; så har Tinge og jeg også båret en vældig Stak Rubrænde i Hus, bagefter savede Tinge alle de tykke Stykker, jeg bar dem ind og bagefter gjorde vi rent i Gården så, den var så fin da Frk. Müller kom, vi har været nogle dejlige Ture mens hun var her, men det har Din Mor vel fortalt Dig om; Tante Ugle har jo været en Uge i Kertem. en Dag var hun her; hun rejste i Går jeg tog derud i Går Formiddags, egentlig skulde jeg have bleven der, men Frk Müller var jo lige rejst så de vilde nødig af med mig også, derfor tog jeg tilbage med 5 Bilen og tager så til Kertem. i Morgen og bliver et Par Dage inden jeg rejser til Birkerød; de små var med ned til Bilen, de var aldeles ens klædt på med hvide Bluser og lyseblaa tærnede Bukser med Remme op over Skuldrene og hen over Brystet, de var aldeles bedårende. – Tinge og Mary har fået en yndig Stue der er rigtignok også Billeder på Væggene, så det kan forslå og hvor er det dejligt, at Din Mor har så god Hjælp at hun kan tage den mere med Ro og ikke være så bunden, som nu da Frk. Müller var her og kunne gå alle de dejlige Ture og vide at der var en der tog sig af det herhjemme. -
+Tænk at I nu snart skal til at vende Næsen hjemefter søde Bibbe, hvor jeg glæder mig til at se Jer, men det bliver vel næppe før til Jul, men der er jo også kun 3 Måneder til, den Tid kan snart gå; bare I nu må få godt Vejr til Jeres Tur så kan det blive interessant og morsomt, mon vi ikke vi får et lille Kort en Gang, mens I er på Vandring?
+Mon Du har hørt at Tante Ugle købte den Trekant Jord bag ved Haven, da hun havde solgt det store Billede til ”Kvindernes Hus”, en Bestilling af Carlsbergfondet; Haven er bleven så dejlig og nu får vi ingen op ad os, selv om der med Tiden bliver solgt nogle Byggegrunde; er det dog ikke dejligt at Uglen nu sælger så godt; hun havde haft Brev fra en Jud [”Jud” overstreget] Kunsthandler i Jylland som før har købt af hende at han gerne vilde købe 4 Billeder, han vilde komme midt i Måneden, det bliver spændende hvilke han vælger, han skal naturligvis have dem billigt, men det må da blive adskillige 100 Kr. – Uglen fik malet 7 Billeder, og nogle Aqvareller ovre i x [Resten af brevet mangler]
+[Skrevet på hovedet øverst på s. 2:]
+d.13 – 9.
+Jeg har set Bent 2 Gange, han var i Kerteminde en Aften mens jeg var der og - Fredagsaften var han her - - I Nat og i Dag har det regnet dejligt 27 mm, det tiltrængtes hårdt så alle er glade, vi håber på mere. Rie.</t>
+  </si>
+  <si>
+    <t>1938-08-30</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Louise Brønsted
+Kurt Jungstedt
+Adolph Larsen
+Andreas Larsen
+Jeppe Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Gudmund Larsen 
+Else Larsen, Else, Andreas Larsens kone
+Kirsten Larsen, Gudmund Larsens kone
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Marie Schou
+Christine Swane
+Lars Swane
+Ane Talbot
+Andreas Warberg
+Minna Warberg
+Erik Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Marie Schou/Syberg, som var mor til Jørgen/Buf Schou døde 1934. Derfor ordene om hendes manglende indflydelse på ham. 
+Mary, som hjalp til i huset hos Johanne C. og Adolph Larsen, blev en kort tid kæreste med Erik/Tinge, og de blev gift. Parret fik også et barn. Ægteskabet blev kun af kort varighed. Flere år senere blev Erik/Tinge gift med Grethe, f. Tinesen. 
+Den omtalte Alma er ikke oprettet med biografi. 
+Louisenlund på Skovvej i Kerteminde var frem til 1945 et lille spisested (Arkiv.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0596</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har betændelse i skulderen og skal muligvis opereres.
+Hun spørger, om Jørgen/Buf Schou ville have, at Janna skulle flytte hjem til ham.
+Mary er gravid. Hun har hyret sagfører og vil have understøttelse til sig selv og barnet. Hun tør ikke lade barnet vokse op på den elendige gård. Boet vil hun også have del i, og der kommer derfor vurderingsmænd på besøg. Erik/Tinge skal møde på politikontoret til mægling.
+Marys kusine, Alma, har fortalt Kirsten (Gudmund Larsens kone), at Mary er blevet dårligt behandlet på Lindøgaard. 
+Johanne er bekymret for, om Mary kan tage sig ordentligt af barnet. 
+Johanne har været på biltur med blandt andre Andreas/Dedde og også til spisning.
+Christine/Uglen og Lars/Lasse Swane har været på besøg med dejlige akvareller.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7Uxr</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+31 Aug – 1938
+(Tinge – Mary)
+Fru A. Warberg - Müller
+Bakkevej No 8
+Hareskov St.
+” mand 22 1-07
+læst søn. 18-9-05.
+[ Håndskrevet på kuvertens bagside:]
+Lindøgaard, Dræby St.
+[I brevet:]
+Lindøgaard 
+pr. Dræby
+Lugge spurgte saa varmt og deltagende til dig d. 30-8-1938.
+Kære lille Dis!
+Bibbe siger, at nu kan hun ikke længere udholde at høre mig gaa og snakke om, at jeg skal skrive til Dis – og ikke gøre det. Nu overtager hun altsaa Madlavningen og jeg har altsaa ”fri” til at skrive. Ulykken er, at når vi kommer lidt op ad Dagen, har jeg ikke Kraft til det. Du aner ikke, hvor faa Kræfter jeg har i Sommer, jeg er tit fortvivlet over det, for her er meget at gøre og Bibbe kan selvfølgelig ikke overkomme alt. Jeg gaar jo med en Betændelse i Skulderen, faar ikke mere Massage, kun Gymnastik med Armen og saa Medicin. Elle har trøstet mig lidt med at fortælle, at Kurt i lang Tid gik med en Kæbehulebetændelse; han havde ikke Smerter, men mistede efterhaanden Kræfterne og blev svagere og svagere; da han saa blev opereret og fik Betændelsen renset ud, fik han lidt efter lidt sine Kræfter igen. Doktoren sagde, sidst jeg var der, at hvis det ikke blev bedre i Løbet af to Maaneder, maatte jeg hellere komme ud paa Sygehuset og faa det opereret væk og det er da ogsaa det eneste rigtige. Naa, det var en lang Snak om den Ting. Men det var altsaa kun for at pynte lidt paa min lange Tavshed; når jeg har fri fra Husarbejdet, ligger jeg paa Divan eller sidder og hænger af med en Bog. Meget af det er nu at jeg ikke kan taale den evindelige Medicin; den slaar sig paa Maven, hvilket jo ogsaa slider paa Kræfterne, det er jo det triste, at de Stoffer, man skal have ind for at gøre det af med en eller anden Sygdom, undertiden er skadelige for andre Dele af Organismen. 
+Forøvrigt er Sommerferietiden jo altid lidt anstrængende, men dejlig jo!
+Dit lange Brev til Bibbe var rigtig nok interessant! Jeg synes nu, at jeg har forstaaet lidt af, hvad det var, der fik Bølgerne til at gaa lidt højt hos Jer omtrent samtidig med at vores Mary-Katastrofe indtraf. Var det ikke, at Buf vilde have Janna til at flytte ud til sig? det var rigtig stygt af Buf at ville skille dig og Janna. Gaar Buf i det hele taget til den gode Side, synes du? Mon ikke Maries manglende Indflydelse gør sig gældende? Hvor det er Synd! Og ogsaa for Janna. Naturligvis vil hun, som holder saa meget af sin Far ikke kunne se det, men saa meget mere vil det tænkes at kunne influere paa hende. Skriv lidt om dette, maaske er jeg fejl paa det. 
+2.
+Hvad mig angaar, er jeg ikke kommen stort videre end at jeg daarlig kan tænke paa andet end hele Mary Sagen; der sker jo stadig væk noget, der holder en i Aande, og det der sker er en Pine, fordi man synes snart, at man vader i Smuds F. Ex. sagde Mary forleden, da hun talte med ikk [”ikk” overstreget] Tinge – han havde bemærket ”Der er jo ingen Skilsmissegrund ” – ”jo der Karlekamret, som vi blev henvist til at bo i, mens din Mor skulde have sin Suite til at modtage Gæster i” Jeg tror for Resten ikke, at stakkels Mary er hol [”hel” overstreget] helt normal. Svangerskabet kan jo virke helt mental-forstyrrende, og saa er det hendes Ulykke, at hun ikke har haft besindige og kultiverede Mennesker i sine Omgivelser, som kunde raade hende. Mary sagde ogsaa til Tinge ”naar jeg bliver trampet paa, sætter jeg haardt mod haardt”. Det er saa helt udenfor Virkelighedens Omraade. Kort efter at jeg havde skrevet til dig sidst, kom der Sagførerbrev til Tinge, at hun vilde have Understøttelse ikke bare til Barnet, men ogsaa til sig selv. Der er jo ikke rigtig Logik i det. Du saa af hendes Brev til mig, at Gaarden var saa elendig, at hun ikke turde lade sit Barn vokse op ikk [”ikk” overstreget] her. Deri ligger dog at hun kan skaffe det bedre økonomiske Vilkaar andre Steder. Og naar hun rejser herfra og berøver Gaarden sin Arbejdskraft – hvad der jo er en stor økonomisk Faktor – er det lige haardt nok at den stakkels ”elendig forgældede” Gaard skal rede Penge ud til hende personlig. Det er Mary da for Resten gaaet fra, vel vidende, at Retten ikke vilde give hende Medhold i det, men nu staar det paa, at hun vil have Boet delt. ”Hvad der er dit, er ogsaa mit” sagde hun til Tinge. Mary lod jo alle sine Ejendele afhente, Brudegaverne deltes saaledes, at hver beholdt det, som deres Forbindelser havde givet, pudsigt nok [”nok” indsat over linjen] havde Mary skrevet en detallieret Liste paa alt det, de skulde have med, og den Liste blev liggende her og den har vi, saa lille Mary skal ikke dø i Synden, hvis hun stikker Værdigenstande til Side derude, naar Vurderingsmændene kommer. Tænk Dis, frivillig at ville gaa alt det igennem, at have fremmede mennesker ind at vurdere alle ens Sager; og det er saa meget vildere, som Tinge jo intet ejer. Mary ved godt, at Møblementet derovre – d. gl. Hjørnesofa m.m. [”m.m.” indsat over linjen] fra Agrarens Forældre – ikke tilhører Tinge, det er ganske minimalt, hvad han ejer, det er jo sandsynligvis ogsaa bare for at chikanere ham, Og saa vil Mary paastaa, at hun holder af ham!
+3
+Der maa være mange forskellige Maader at holde af paa. I Dag er Tinge tilsagt paa Politikontoret. Æv! Har jeg ikke Lov til at sige, at vi vader i Smuds. Du kan ikke tænke dig som de forvrænger og laver om paa det hele. Jeg kan ikke lade være med at sige til Tinge. Tror du ikke, at hvis de havde haft lidt mere af den – af dig – saa foragtede Kultur, saa vilde de tage det lidt anderledes.
+Kirsten Thorsen, der jo blev gift med Klakses Søn, kender lidt til Marys Kusine i Odense, Bibbe var hos Kirsten forleden og fik refereret et Par større Holmgange mellem de to; K. havde ikke lagt Fingrene imellem i sit Forsvar for os. Kusinen var jo – fra at vi var de bedste Venner af Verden – pligtskyldigst blevet meget vred paa os! ! Hun sagde bl.a. – ”og saa har de ladet Mary ligge paa Halm”. Jeg har altid misundt dem deres friske rene Halmunderlag, hvorover der saa var Madras og Underdyne. Alma (Kusine) havde bl.a. sagt at Mary var gaaet bort fra at give mig Skylden for hendes Flugt. Du ser, det er ikke et Spørgsmaal om, hvad der er Sandhed, virkelig Sandhed, men om, hvad der kan ”bruges” i Sagen. Enhver ved jo, hvor inderlig skikkelig jeg er, saa den gik ikke. Jeg kunde komme med mange Exempler, men gider ikke og er for Resten ikke aldeles oprørt, men har den dybeste Medlidenhed med hende og er saa Angst for, at hun ikke skal holde til det eller at det skal skade Barnet. Bibbe trøster mig med, at det er jo Naturens Værk, at hun er bleven saadan og saa maa Naturen vel ogsaa indrette det, saa Barnet ikke tager Skade. Det stakkels lille Barn, det er jo Alfa og Omega i hele Tragedien. 
+Dedde og Lugge har været i Kjert. hos Elle og jeg tog derned en Formiddag; det var morsomt at det vakte en saadan Glæde hos dem at se mig; de skulde om Efterm. paa en lille Biltur til Hindsholm og det blev en dejlig Tur. Lige før man naar Nordskov ligger der paa højre Haand en lille Skov, kan du huske det? der tog vi til og der var vidunderligt; over Engene bag Skoven gik vi ud til Stranden og var oppe paa en mægtig Bakkeknold, hvis yderste Grænse mod Vandet stadig ædes op af Bølgeslaget og hvorfra vi saa Sjællands Kyst, saa klar og smuk. Vi sad saa lidt i Udkanten af Skoven, røg, spiste Chokolade og snakkede hyggeligt og først og sidst nød det vidunderlige Landskab og den gode Luft. De kørte mig saa hjem, men vilde ikke ind, da de skulde have Fremmede om Aftenen. Et Par Dage efter, om Søndagen, skulde Elle til Bryllup i Munkebo Kro, ”hvis Datter”, hun har spillet med i en Aarrække og dermed fik vi den Glæde at have Dedde og Lugge Resten af Dagen 
+4.
+Elle skulde Møde Kl 4; de kom saa her lidt over og vi havde pæn Kaffe til dem; derefter besaa vi saa nogle Kæmpehøje her i Nærheden (benyttede Bilen) og gik derefter alle Mand ud paa vor sædvanlige Spaseretur ud gen. Markerne og ad Stranden hjem Vejret var godt og det hele var saa henrivende og vellykket. Det er saa dejligt for mig at alle vore tre Børn falder saa udmærket i Slav med alle mine. En anden Aften, da jeg havde været i Kjert. inviteret til Aftensmad af Dedde sm. med Elle og Minna i Louisenlund, hvor vi for Resten havde haft det henrivende og nydt varm Mad, Snaps, Madeira o.s.v. kørte de mig ogsaa hjem, og da det var tidlig paa Aftenen, gik de med ind til en Kop The og vi havde igen en dejlig Aften, Minna var henrivende sød og hun hører ogsaa til dem, der gouterer Lindøgaard.
+Da var Lugge rejst, men saa havde vi Minna i Stedet; hun havde ferieret i Nakskov og var kommen Aftenen før. 
+Og saa har vi haft et dejligt Besøg af den hjemvendte Ugle og Lasse; de kom til Malerens Hus fra Jylland og havde vistnok haft en dejlig Tur. De kom derud i Lørdags midt om Formiddagen og blev til 10½ Aften, saa vi havde rigtig Tid til alt; det var saa sødt af dem, at de havde taget alle deres Akvareller med fra Rejsen; de var saa skønne, at de næsten tog Vejret fra mig; Lasse bliver en stor Maler, skal du se. Jeg har maaske aldrig set Uglen saa vel ved det før; det var som al hendes Nervøsitet var strøget af hende, og hun var glad, livlig og sød. Hun og Lasse rejste hjem i Mandags, Marie derimod blev. 
+Sagen er, at Agraren fylder 60 Aar d. 26nde Sept. – Kongens Fødselsdag, sender du ham et Kort? – og saa vilde vi den Dag samle lidt af Familien og spurgte saa Marie, om hun ikke kunde komme her [”her” indsat over linjen] over den Dag; da Uglen hørte det, mente hun, at Marie hellere maatte blive her i Stedet for at rejse igen, og saadan blev det altsaa. Las er vist desværre endnu ikke kommen fra Sverige til den Tid.
+Jeg havde Brev fra Pan i Gaar, hun er saa glad for sin Sommerferie, men har vel selv fortalt dig derom; hun skrev lidt om det med Jannas, [”s” sidst i ordet overstreget] men Pan er jo ikke altid let at blive klog paa; vil du ikke nok – selv om det snart er en gammel Historie fortælle mig Gangen i det fra først af; Jannas Ve og Vel ligger mig saa meget paa Sinde og jeg gaar og tumler med det i mine Tanker, men vil vide Besked.
+Tinge kom hjem i Aftes fra sin Politifærd. Det havde drejet sig om etn [”t” midt i ordet overstreget] lovbefalet Sammenkomst mellem Politimesteren, Mary og Tinge, hvor han skal forsøge at mægle. Det er jo ganske unyttigt og tages da ogsaa som en Formsag. – Tinge skal betale til Barnet og det er jo da ogsaa rimeligt nok. – Tiden er omme og jeg naar ikke mere. ”Skriv snart”! 
+Tusinde Hilsner, din Junge.</t>
+  </si>
+  <si>
+    <t>1938-11-21</t>
+  </si>
+  <si>
+    <t>Harriet Afzelius
+Ina  Goldschmidt
+Ulf Haxen
+Adolph Larsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvad Laura/Bibbe Warberg Petersen aktuelt fejlede, men hun led i sine unge år meget af bihulebetændelse, hovedpine, og hun havde psykiske problemer. 
+Mund- og klovsyge er en meget smitsom virussygdom, som først og fremmest rammer parrettåede hovdyr deriblandt tamkvæg og svin. Hjorte, geder og får rammes dog bl.a. også. I Europa har kun de skandinaviske lande Norge (1952), Finland (1959) og Sverige(1966) gennem de seneste årtier været forskånet for udbrud. I Danmark var det sidste udbrud i 1983, mens Storbritannien atter blev ramt i 2007. (Wikipedia febr. 2024).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Bb0606</t>
+  </si>
+  <si>
+    <t>Laura/Bibbe har fået medicin, der hjælper hende. Hendes tre uger lange rejse med hvile hjalp ikke, men Laura var glad for at være hos Ina/Sjums og børnene. 
+Johanne/Junge havde omsider fået en pige i huset, men hun udeblev allerede anden dag. Johanne nåede lige at bede lægen om at indstille hende til operation. Hun føler sig fortravlet og træt. Elle(n) Sawyer har været på besøg og hjulpet med at vaske æg. Drengene har en 10årig dreng til at hjælpe med tærskningen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iuXX</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+23 Nov 1938
+Telefon Dræby 103. 
+Fru A. Warberg Müller
+Bakkevej 8
+Hareskov St.
+” 18-2-06
+læst 24 sept-05.
+” 17 febr.-06. 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby St.
+[I brevet:]
+Lindøgaard
+Tel. Dræby 103
+d. 21nde Nov. 38.
+Kære lille Dis!
+Tak for dit Brev og for din Deltagelse for Bibbe! Ja, nu er det da lysnet lidt for os; vi var jo hos Doktoren i Kjertem. og han gav hende Medicin, som til vor store Lettelse har foraarsaget Bedring; hendes 3 Ugers Rejse med Hvile og god Forplejning hjalp ikke synderligt ud over det, at hun indsaa, det var klogest at søge Læge, og det var jo da for Resten ikke lidt. Jeg syntes, han tog saa alvorligt paa det, men jeg kender ganske vist ikke Manden saa meget. Du kan tro, jeg har været Lægevidenskaben taknemmelig for, at de kan præstere Stoffer, som kan helbrede den Slags. Og synes du dog ikke, at naar der kan spores Bedring, saa maa det vel ogsaa ved fortsat Kur kunne kureres helt? Det har været en forfærdelig Tid for mig; jeg var selvf. den, der var mest Angst, men selv Mandfolkene var kede af det, og de plejer jo ellers at ville se lyst paa den Slags. Mon du ved, at B. var hos Sjums en Ugestid og blev saa gode Venner med hende. Sjums var enestaaende sød imod hende, gav hende 2 Æg daglig og sørgede i det hele taget for hende. Børnene var Bibbi ogsaa saa glad ved, syntes de var saa søde.
+Tænk dig, vi har faaet en Pige. Efter 5 Ugers haardt Arbejde, føles det helt underligt pludselig at kunne slappe af – ja, der er saamænd nok for mig at lave, Madlavning o.s.v. men alle grovere Arbejder gør nu Pigen, Rengøring, Opvask o.s.v. Da B. og jeg var hos Lægen for 14 Dage siden, sagde han indstændigt til mig, at jeg skulde opereres, men det var jo en Umulighed, Bibbe uarbejdsdygtig og ingen Pige; jeg kunde ikke være herfra. Da Pigen nu indløb i Morges, ringede jeg derud derud [”derud” overstreget] og sagde, at nu var jeg til Tjeneste; jeg talte kun med Fruen og han skulde saa selv ringe mig op; jeg tænker, det bliver sidst i Ugen eller først i næste, saa kan jeg blive færdig til Juletravlheden kommer. D. 19de Der skal vi slagte, saa da maa jeg være paa Pletten. Der er jo god Tid. Tror du Axel vil være saa sød at skaffe os Marcipan igen i Aar? Hvis det er til Besvær for ham, maa han endelig sige vil [”vil” overstreget] sig det fra. - Jeg kan mærke paa mig selv, at dette Brev igen bærer Præg af Forjagethed og det endda skønt jeg aldeles ikke er forjaget, men det 
+sidder mig i Blodet og der vil nok gaa nogen Tid, før det fortager sig. Dit sidste Brev er desværre bortkommen for mig, det befinder sig i en eller anden Bunke Breve, men der var vist heller ikke noget særligt at svare paa. Alt syntes jo at være ret vel hos Jer, naar undtages Jannas Fod; forhaabentlig er hun over det.
+Elle var herude paa et langt Besøg i Gaar; hun ankom smilende og sød som altid noget før Middag og jeg havde dejlig Kødsuppe, kogt Kød og Æbler. Det var en god Middag; vi var 7 og nød al Suppen til den haarde Bund. 
+Drengene tærskede i Gaar, skønt det var Søndag og de havde en lille Fyr til Hjælp (10 Aar, 1 kr dgl.) vi saa alle undrende [”r” i ordet indsat over linjen] paa de Portioner, han kan sætte til Livs. Elle hjalp mig hele Eftermiddagen med at vaske Æg, jeg var kommen bag efter med det og Søndag er den sidste Termin, vi solgte i Dag til Morgen 48 Pund [tegn for pund], samlet paa en Uge, det er dog en Post; desværre er det falden 40 Øre Kiloet ["Kiloet” indsat over linjen] paa 2 Uger, saa det blev ”kun” til godt 33 kr. Godt for det, nu da Mælkeydelsen p.Gr.a. M&amp;amp;Klovsyge svigter os. 
+Næste Dag Det var en kort Glæde med den Pige; det var i Gaar første Dag med hende og jeg nød det jo, men i Dag er hun udebleven; hun vilde saa gærne ligge hjemme, men det skulde jeg vist aldrig være gaaet ind paa. Bare det kun er Pjækkeri og 
+ikke Sygdom el. andet. 
+Min Hjerne er tom som en Tønde, jeg kan kun tænke paa mine egne Smaatterier i Husvæsen – ja Bibbe er jo ikke Smaatteri – Hele denne Tid har ligesom udmattet mig; som jeg sagde til Elle i Søndags da hun bemærkede, at jeg saa noget træt ud: ja, jeg er træt lige ind i Sjælen”. Du maa derfor bære over med dette tarvelige Brev, forhaabentlig bliver det næste bedre! Hils Axel og Janna mange Gange, bare I nu har det godt. De fleste og de varmeste Hilsner er til dig selv, søde Dis. Husk altid at skrive om din egen Helbredstilstand. Jeg synes, det er saa skrækkeligt med de pinefulde Astmaanfald. Din Junge.</t>
+  </si>
+  <si>
+    <t>1938-11-29</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Elise Hansen
+Jens Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Den nyfødte pige, Alhed Maria, var Elena og Johan Larsens tredje barn. Elena opholdt sig udover på fødeklinikken hos sin mor i København. Moderen passede storebror Jens. Faderen og den ældste dreng, Peter, var på gården Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Elena Larsen har født en lille pige. Hun var de første par dage blårød over hele kroppen. Elena er stadig på fødeklinikken, og hun læser Den Lange Rejse. Hun beder Johan Larsen sende deres vielsesattest, som skal bruges, når fødslen bliver anmeldt. 
+Elena minder Johan om at vande hendes blomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UmiQ</t>
+  </si>
+  <si>
+    <t>Tirsdag 29/11 38
+Kære lille Lyse Larsen!
+Det er nu alligevel en sød lille Pige du har faaet dig, hun var saa blaarød over det hele de 1ste to Døgn men det har nu fortaget sig; og saa er hun begyndt at lukke Glukkerne op, saa at jeg har kunnet konstatere Øjenfarven: blaa. Jesse har lige været inde og se hende og er vist tilfreds, Mor siger ihvertfald at han snakkede meget og med yndig Stemme om "min lille Søster." Strax da de ringede her fra Kliniken og Jens ved Telefonen havde hørt dem tale om en lille Pige var han styrtet ud til Entrédøren og rusket i den, han vilde se sin lille Søster. - Der maa forøvrigt ikke komme Børn herind saa jeg ser desværre ikke mere til ham førend jeg kommer hjem. Jeg ligger ellers og befinder mig vel, jeg er ved at læse den lange Rejse og er snart færdig med Bræen. I Gaar skrev jeg til Farfar og meddelte ham Resultatet. - Det er sandt, vil du med første Post sende mig vores Vielsesattest, den skal bruges ved hendes Anmeldelse til Fødselsregistret som skal ske med det samme. Send den her til Fødeklinikken Jagtvej 111. Kbhvn N. - Husker I mine Blomster? Der staar ogsaa en lille Urt i den grønne Stue, det var den der havde de mange lilla Blomster og som du skar ned til et Minimum.
+Petermanden er rigtignok flink til Skriveriet, Bes sendte ham vist en Trøst- og Opmuntringspræmie for hans Tand i Gaar. Jeg sendte en Flaske D[ulæseligt] inden i Aviserne, den var vel ikke gledet ud? - Nu har jeg ikke Tid længere, Tøsen hyler som en stukken Gris, hun er sulten og skal have Mad. Ellers er hun meget stilfærdig.
+Mange mange Hilsner til jer begge to og et Kys til hver fra
+Mosseren!</t>
+  </si>
+  <si>
+    <t>1939-03-07</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Esben Hansen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Theodor Oppermann forærede i februar 1939 hver af Johannes Larsens to sønner en aktie i De Danske Sukkerfabrikker. Se brev fra Johannes Larsen til Johan Larsen 25. feb. 1939. 
+Rättergångsfullmakt: Fuldmagt i en retssag.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Sukkeraktien må ikke føres ud af landet, siger de bankansatte. Larsen vil tale med Elise om sagen. 
+Johannes Larsen er flov over at have glemt sin søns fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zzYr</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Marts 1939.
+Kære Lysse!
+Hermed Rättegångsfullmakten i underskreven Stand. Puf var i Odense i Gaar og talte med Esben-Hansen og Kassens Valutaekspert om oversendelsen af Pengene for Sukkeraktien og sidstnævnte erklærede at der ikke fandtes nogen legal Maade hvorpaa det kunde udføres paa en gang da Aktien ikke maa udføres. Nu har jeg i Sinde at sætte mig i Forbindelse med Elise og se hvordan vi kan faa det gjort i mindre Beløb. Tak for Dit lange Brev. Det var flovt at jeg glemte Din Fødselsdag, men det trøstede mig noget at tænke paa at I vilde faa et velkomment Brev paa Dagen. Nu faar I ikke mere denne Gang da jeg skal have flere Breve paa Posthuset
+Mange Hilsner til Jer alle
+Din Far.</t>
+  </si>
+  <si>
+    <t>1939-03-18</t>
+  </si>
+  <si>
+    <t>Bakkevej 12 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Louise Brønsted
+Thora Cohn
+Aksel Dydensborg
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Otto Emil  Paludan
+Ellen  Sawyer
+Adelheyde Syberg
+Ane Talbot
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>I sommeren 1938 aftalte England, Frankrig, Italien og Tyskland, at området i Tjekkoslovakiet kaldet Sudetertyskland indlemmedes i det tyske rige som en lydstat (der boede mange tyskere i denne del grænsende ind mod det tyske rige). Den engelske premierminister Chamberlain udtalte ved hjemkomsten til London de berømte ord ”Peace in our time”). - 5. marts 1939 angreb Tyskland resten af Tjekkoslovakiet. Snart drev forfølgelsen af de sudetertyske jøder og arbejderbevægelsen dog en del på flugt, flest til Tjekkoslovakiet (Kilde: Lex. dk). 
+Albrecht Warberg blev født 7. marts 1839 på gården Ensomhed i Heden på Midtfyn. Han blev begravet på Hillerslev Kirkegård. 
+Egelund eller Lundgaard, Lumbyvej 56, Lumby. Oprindelig en tvillingegård (matr. nr. 6a og 7a) (Kilde: Arkiv.dk). 
+Lars Christian/Laders og Marie Balslev boede 1929 til 1958 på Erikshaab (Alhed Larsens og hendes søskendes barndomshjem).
+Kirkelaugnet: Der menes formodentligt en bygning/et laugshus ved kirken, oprindelig benyttet af et håndværkerlaug/lav/sammenslutning.
+Diatermi: Kortbølgebehandlinger i form af lokal varmebehandling, af bl.a. gigt- og muskelsmerter (Kilde: Lex.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0600</t>
+  </si>
+  <si>
+    <t>Axel Müller har været syg.
+Johanne og tre af hendes søstre har højtideligholdt deres fars 100årsdag. De kørte først til Heden Kirkegård og besøgte Adelheyde/Mimi Sybergs grav. Derefter fik de middag på gården Erikshaab. Der var en dejlig udsigt gennem haven, som var blevet ryddet. Efter maden tog selskabet til Hillerslev Kirkegård, hvor de trimmede Albrecht Warbergs gravsted og plantede blomster samt lagde kranse på den samt på Otto Emil Paludan/Pallams grave. De sluttede med kaffe på Erikshaab og kørte så til Kerteminde, hvor de spiste hos Johannes Larsen med familie. 
+Johanne får lysbehandlinger i sin tå.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TAfR</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+20 Marts 1939
+(om Fars 100 års Dag)
+Fru Warberg Müller
+Bakkevej 12
+Hareskov St.
+” tirsd. ” 23-1-07.
+læst lørd. d. 17-9-05.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby
+[I brevet:]
+Nu ogsaa Jøderne i Czekkosl.! 18 marts 39
+hvor er det snart forfærdeligt
+og det arme Land. 
+Kæreste Dis!
+Endelig faar jeg fat paa Brevet til dig, saa meget har sinket mig, Bibbe været daarlig nogle Dage af Forkølelse og mine Sygehusture trætter og distraherer mig –
+Tak for dit Brev! Det var rigtig nok sødt af dig at skrive straks efter, du kom op. Hvor trist dog med al den Sygdom hos Jer; hvor saadan en alvorlig Mavesygdom dog maa have taget paa Axel, der er ikke saa mange Kræfter at tage af. Gid han dog nu maa være over det; da du skrev havde han endnu 38⁵, det er dog høj Feber. Og hvad for en Slags Mavesygdom kan det dog have været naar det smitter – du skrev, han havde smittet dig, er det ikke snarere to Virkninger af en og samme Aarsag? Siger Doktoren ikke noget om det? Alm. Mavedaarlighed smitter jo ikke. S.u. 
+Lad mig straks gaa i Gang med at fortælle dig om Dagen. Den blev en dejlig Oplevelse. Kl. 10½ ankom en stor Bil med Chr. Lugge og Elle; jeg blev læsset og vi gled. Min første Bemærkning var: Jeg synes I er noget blomsterløse”, der var neml. ikke saa meget som et Blad at se i Bilen; men de trøstede mig med, at hele Magasinet var fuldt. Vi havde saa en yndig Tur derned, Solskin med enkelte Haglbyger. Vi var i saa god Tid, at vi kunde tage op paa Heden Kirkegaard og se til det gamle Gravsted – havde jeg vidst det kunde jeg have haft Vintergækker med til Tante Minnis Grav, jeg havde en Krans med til Fars, den kunde jeg jo ikke dele; jeg havde ikke bundet den selv, vi havde nok Gækker og Krans men ingen Grønt og det er jo lige saa vigtigt. Vi tog lige til Erikshaab, hvor de jo ventede os til Middag Kl 12; ved ”Stenten” i Hestehaven stod Elle og Lugge af og gik gennem Skoven, L. har jo ikke set den i mange Aar. Jeg advarede dem mod Bækken, men de kom da paa en mystisk Maade over, der var jo meget Vand alle Vegne dernede. Flaget vajede paa Erikshaab, L. og Marie stod smilende og søde og Haven og Omgivelserne var så hægede som de paa nogen Maade kunde være
+2
+Der var varmt og henrivende. Så indløb Elle og L. og vi gik ind til en lille fin Middag; Suppe jævn m. Rosenkål, en dejlig Kalvesteg samt Jaffa Appelsiner, Rødvin. Laders holdt en nydelig Tale for Fars Minde – hvor har alle Mennesker dog holdt af Far. Vi var alle sammen saa glad [”glad” overstreget] glade og tilpasse og saa festligt stemte; Elle sagde, at hun tudede uafbrudt, hun faar det jo let ved saadanne Lejligheder. De var saa oplagt glade ved os. Efter Kaffe og Cigarer gik de en Tur i Haven, jeg blev inde og havde [”havde” overstreget] saa ud gennem Havestuedøren. Der er hugget en Del i Efteraaret, saa man overalt har de skønne Omgivelser ind paa Livet: Aaen, Engene, Markerne overfor der skraaner op ad Lyndelse Kirke, Egelund – du ser det hele for dig. Jeg havde en af Agrarens Støvler paa, saa jeg gik helt godt. Der var Plads i Dydenborgs store Bil til os alle, saa L. og M. kom med paa Kirkeg. Der laa din dejlige Krans og straalede foran Pladen - ja det ved du jo fra Billedet, Tak for det. Der var pænt, men det faldt os ikke ind, at der var gjort særlig rent til Dagen. (Saa pænt af den gode Sognefoged) Laders tog alle de grimme visne Mahognibuske el – ret. Pinde bort, han kunde brække dem af. Chr. havde Tulipaner med Knold med; dem plantede hun hele Vejen uden om Bænken - du forstaar i Kanten der. Elle havde bundet et Kors, Puf en henrivende lille Krans med Violbuketter, Lugge have flere Sammenplantninger i aflange Trækasser med alskens Foraarsblomster og saa min Krans, det hele var nydeligt – ja meget smukt; vi hentede en Rive et Sted og rev efter os – d.v.s. Laders; han besørgede med kyndig Haand alt det korporlige Arbejde. Chr. og Lugge havde Krokus med som de plantede paa Pallams Grav. Mens vi var der, skinnede Solen (efter en stærk Byge, som vi tilbragte i Bilen inden vi stod ud) saa smukt og varmt og Kirkelaugnet saa pragtfuldt ud 
+3
+med saa meget Vand, at det næsten var en Sø. Det hele var en vidunderlig Oplevelse. Jeg var saa glad ved, at Chr. og Lugge øjensynlig var saa glad ved Laders og Marie, de faldt saa godt sammen. 
+Der var dækket fint Kaffebord i Havestuen, da vi kom tilbage, men vi trak snarest efter Kaffen ind i Dagligstuen ved d. varme Kakkelovn.
+Ved 5 Tiden drog vi af til Kjertem. hvor vi fik dejlig Aftensmad hos Lases og en hyggelig Aften bagefter med megen Røg og Diskuteren Verdenssituation. Puf kørte mig hjem og saa var det forbi. En herlig Dag.
+Jeg tager hver anden Dag ud paa D [”D” overstreget] Sygehuset og faar diathemibehandl. (Lys paa Taaen). Det hjælper godt synes jeg, men er jo baade dyrt og besværligt for os; køres op og hentes v. Bilerne. Men naar det bare hjælper, kommer vi jo nok over det.
+Nu er Tiden omme, søde Dis, vil du nøjes med dette.
+God Bedring!! Kærlig Hilsener! Din Junge</t>
+  </si>
+  <si>
+    <t>1941-05-20</t>
+  </si>
+  <si>
+    <t>Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Maria Balslev
+Christen Brixtofte
+Winston Churchill
+Gudmund Hatt
+Rudolf Hess
+Adolph Hitler
+Adolph Larsen
+Johannes Larsen
+Thomas Madsen-Mygdal
+Axel  Müller
+Janna Schou
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Sallum/Sollum er en landsby i Egypten ved Middelhavet umiddelbart øst for grænsen til Libyen og omkring 145 km øst for Tobruk. I historisk sammenhæng omtales Sallum når man vil beskrive omfanget af Italiens invasion af Egypten fra Libyen i 1940. Den 10. italienske armé byggede en række forter i området ved Sallum (Wikipedia nov. 2023). 
+Martin W. Pfeiffer: Die Landwirtschaftliche Individualität - ein Bild des Menschen.Udgivet på dansk med titlen: ”Landbrugsindividualiteten - et billede af menneske: til forståelse af præparaterne i den biologisk-dynamiske driftsmåde”. Bio-Dynamisk Forlag, 1977. 53 sider. 
+(Bibliotek.dk). 
+Dr. jur Asche: ses ikke i Falk-Jensen og Hjorth-Nielsen Candidati og examinati juris 1736-1936: Aa-F, ej heller i Bovrup Kartoteket (medlemmer af det danske nazistparti) – uvist hvem Asche er – måske tysker?
+Fyens Venstreblad: Avis, der udkom 1892-1958.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0417</t>
+  </si>
+  <si>
+    <t>Det er godt, at Astrids operation er vel overstået. 
+Martin/Manse står i år for køkkenhaven, og familien har mange grøntsager.
+Johanne/Junge skriver om krigen, Tysklands rolle mm.
+Laura/Bibbe har omsider besluttet sig for at blive sygeplejerske. Hun er rask nu.
+Johanne har fået en sød og dygtig pige i huset.
+Det er dejligt, at Jannas forretning er i fremgang.
+Der er ingen småfugle i haven. Skaderne tager dem vist.
+Maria Balslev kommer snart på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0wPP</t>
+  </si>
+  <si>
+    <t>Lindøgaard 20-5-1941.
+Kæreste lille Dis! X Til Lykke med Gardinerne dejligt!
+Tænk, at du har Polyp-Historien overstaaet! Det er vel nok godt, jeg havde gruet paa dine Vegne, men anede ikke noget om, at det var saa nær forestaaende. Tænk, at du har gaaet med saadanne Bæster i dig! Det var altsaa ikke saa slemt at gaa hjemme? Men maaske lidt letsindigt i din Alder at foretage at foretage dig så meget X [”X” indsat over ”meget”] lige efter saadan en Operation. Mon nu de Galdeanfald havde noget at gøre med den? Det vides vel ikke. Hvor og hos hvem blev det lavet? Og tænk, at du tog helt alene derud og ikke havde en Smule Støtte af en af dine. Naa, nu er det altsaa ovre og godt det samme! Jeg haaber da, at Nus igen er kommen over sit? Nu har vi jo faaet Varme, jeg har lige været en lille Tur ude i Haven i det dejlige milde Vejr, nu skal jeg love for, der er kommen Fart i det hele, alt myldrer op af Jorden, især Græsset hvad betyder saa uendelig meget for de stakkels slunkne Kreaturer Manse tager sig med Lidenskab af Køkkenhaven i Aar; de har plantet 1000 (!) Jordbærplanter og c. 70 Hindbærbuske [”de har plantet 1000 (!) Jordbærplanter og c. 70 Hindbærbuske” indsat over linjen] han har f. Eks. saaet al Kaal, da Planter fra Gartnerne var fantastisk dyrt i Fjor og selvf. værre i Aar. Vi har flyttet den store Køkkenhave ud i Marken – allerede i Fjor, og vi har haft kolosalt med Grønsager; vi har endnu masser af store Selleri; saa snart vor lille Husalf bliver færdig med sin Vask, hun gnider kraftigt derude, kan jeg høre, skal hun koge hen af dem (Manses Idé) da nogle af de sidste var begyndt at raadne indeni. Hvidkaalen er lige sluppet op, men Rødkaal som vi spiser til alt muligt – Flæsk, Vildt o. lgn. samt Porrer har vi stadig godt med. Hvor er det vidunderligt med Grøntsager, jeg personlig er vild efter dem og skal jo have dem. Tak for det lille Skrift! Bare nu vor danske Landbostand ikke vil være altfor trøv med at faa fat paa det nye og selvfølgelig rigtige; at der er noget galt ser vi jo tydeligt. Amerikas gradvise Forandring til Ørken er efter min Mening, en Verdenskatastrofe og vi her hjemme er jo godt med. Hvis der var noget ved vore [”e” sidst i ordet overstreget] Landbovidenskab, tog den jo fat paa det og fik Konsulenter til at undervise os Bønder – smaa og store. Det var ikke
+2 
+helt nyt for mig, idet jeg ejer og har læst – i hvert Fald delvis – Pfeiffers Bog, jeg husker ikke Titelen Drengene fik lavet deres Møddingsplads an efter Anvisningen i Bogen. Se, alt det, som jo om 20-30-40 Aar [”Aar” indsat over linjen] vil være praktiseret her i Danmark og redde Landbruget fra Forfald, kan vi jo takke Tyskerne for. Dygtige er de jo, hvor er det Synd, at de har den skæbnesvangre Opfattelse, at de skal være Jordens Herrer. Gud ved, hvordan det ser ud dernede, Menigmænd som vi ved det jo ikke, men godt er det jo næppe for dem. Dog maa vi jo huske paa at deres Balkansejre bidrager til at holde Folket i Aande. Vigtigere end Hess-Forteelsen synes jeg næsten er, at det igen gaar Engl. godt i Afrika. Tyskerne paastaar jo, at de igen har taget Sollum, Engl. siger nej: Abessinien er jo paa Nippet nu, men det er vel at mærke ikke Tyskerne, der er blevet slaaet, saa de forb. Asner har jo stadig Grund til at triumfere. Jeg har ikke kunnet frigøre mig fra, at der laa Nazi–Rævestreger bag Hess-Begivenheden, men ingen synes jo at mene det. At Hess ligefrem skulde have givet sig til at bekæmpe Hitler efter mindst 15 Aars fortrolig Samvær og Beundring fra Hess’ Side, kan jeg næsten daarlig faa mig selv til at tro, men hvis han er flygtet for Livet, maa det være saadan. Men har Churchill ikke sagt, at han ikke vil give Underhuset Redegørelse for Episoden – det har jeg da faaet fat paa. Naar ”man” tillægger den saa stor Betydning maa det jo være fordi man føler sig overbevist om, at den skyldes Kludder i Nazi-Regeringen, men har man egentlig Vished for det: Fanden i det, hvor man ved lidt. Hvad er Jeres Erfaring m.H.t. den danske Stemning overfor Tyskerne? Elle ved fra Politimesteren i Kj. at en af de øverste Politimyndigheder havde udtalt, at det blev ”værre og værre” med Tysker-Hadet, og at Myndighederne havde Besvær med at holde Folk rolige. Det lyder godt, men jeg synes, der er mange kedelige Eksempler paa det modsatte. Madsen-Mygdal, Gudmund Hatt og mange mindre Aander. Dr. jur Asche, som har skrevet om udenrigs Politik i Venst.bl. i flere Aar, afslørede sig som fuldblods Nazist efter d. 9nde April. Hvad mener dog de Mennesker. De maa have glemt eller slaaet en Streg over Nazismens Forbrydelser (Jøder, Konzentr.) og hvor kan de dog det? det viser dog klart, hvad Aand, der behersker dem. Men de har vist for en Del Ret i deres økonomiske Betragtninger og det er 
+3
+Efter Middag
+vel det, visse meget jordbundne Aander ikke kan staa for. Jeg tror, jeg mener og har Erfaring for, at langt de fleste Mennesker ser alt under Synsvinkelen: Økonomi! Gud hvor er de [”de” indsat over linjen] smaatskaarne. 
+Der er mange Artikler i Fyens Venstbl. som jeg ikke kan fatte, at Brixtofte vil have i sit Blad; mange Ledere f. Eks. hvis jeg husker det, skal jeg sende Lederen for i Dag. Du tænker maaske: ”klip ud med det samme”, men Mændene har ikke læst Avisen endnu. Manse gik efter Middag ud til sit Solbad og stopper det lille Skrift i Lommen – det du sendte mig. Han er i høj Grad lydhør for Sagen. Manse er i det hele taget et intelligent Menneske, Dis, og han forstaar at bruge sin Intelligens til praktiske Ting. Tinge er ogsaa intelligent, navnlig ved han en Masse, han har noget af Lases fænomenale Hukommelse, men han svæver altid lidt. 
+Saa er der lille Skipper – jo Tak, hun har det efter hendes Breve at dømme udmærket, er glad ved det hele og er rask, har ikke haft een Dags Hovedpine og bliver ikke overanstrengt med Arbejde. Hun og en anden Elev har besøgt en 3die Elev, hvis Hjem ligger 17 Kilometer fra Odder; de tog af Sted Lørdag Aften og blev der om Natten; der er en meget stor Gaard, 160 Tdr. Land. Der er Elevens Mor, som Bibbe syntes vældig godt om hendes Bror som har [”har” indsat over linjen] Gaarden og hans Kone er forhenv. Sygeplejerske – en Personlighed, skriver Bibbe: De havde baade Klaver og de rigtige Noder; Bibbe spillede Schubert for dem, hvad de tydelig var meget glade ved. Ja, det var rigtig nok godt, at Bibbe fik sig mandet op til at begynde paa noget; jeg har før foreslået Sygepleje, men paa den Tid vilde hun ikke høre tale om at tage hjemme fra, Røde Kors Arbejdet gav hende Impulsen og saa blev det til noget. Vi er godt tilfredse med den nye Pige, hun er navnlig saa umaadelig sød og rar; jeg kan ikke vide, om hun ikke ogsaa føler sig lidt godt tilpas her; en Broder tjæner i Kølstrup og det er jo ingen Vej at tale om, og en Veninde er paa Højskolen i Kjerteminde; hun har fortalt mig, at her er kun halvt saa meget at lave som der, hvor hun kom fra i Jylland. Og saa er hun økonomisk, hvad der jo har knagende meget at sige, naar hun skal lave Maden. Min hidtil eneste Indvending er den at hun nok kunde være lidt renligere med sig selv. Maaske det kan bedres ved Eksemplets Magt. 
+4
+Hvor er det dog vidunderligt med Jannas Forretnings Fremgang, men hvor skal hun faa alt det lavet? Jeg er ikke rigtig klar over, hvem hun har som Hjælper foruden Sus. Bare Janna dog var lidt stærkere, men nu har vi da faaet Varmen. Jeg har i Dag for første Gang siddet i Haven og haft mine Knæ i Solbad, det var henrivende. Men vi har ikke mere den Fuglesang som i de første Aar. Jeg mener, det skyldes et Skadepar, som har boet her nogle Aar, de tager jo Æg og Unger fra Smaafuglene, eller jager dem væk. Fugle har jo god Forstand paa deres smaa Omraader, og de ved, at Skaderne er deres Fjender. Men Agraren og Manse er glade ved og interesserede i Skaderne og vil nødig skyde dem – og det maa de jo om, jeg har jo heller ikke ligefrem Bevis for at Sangfuglenes Flugt fra os skyldes dem. 
+Du har saa ikke endnu bestemt, naar du vil komme her – skriv det saa snart du ved det, Marie Balslev har lovet at besøge mig i Juni og vi har desværre kun 1 Seng! Ja, nu gør du store Øjne, men Drengene har taget deres store faste Træsenge bort og ligger i rigtige Senge. Det kunde jo være morsomt om du og Marie traf til at være her samtidig, i saa Tilfælde kunde du jo mulig sove paa Divanen her i Folkestuenden ene Nat [”den ene Nat” indsat over linjen], der spises jo i Køkkenet, saa de ikke forstyrrer dig om Morgenen. Er det ikke sødt af Marie, at hun vil komme? Jeg slog paa det og saa viste det sig, at hun havde Turen planlagt. 
+Onsdag 21 Maj Jeg naaede ikke at faa mit Brev med Posten i Gaar, men du er vel heller ikke kommen hjem endnu. – Jeg holder et lille Husmandsblad (3 kr. årlig) her er en Artikel, kan du ikke læse den og sige mig om du forstaar den – jeg ikke. 
+Vi fik i Aftes Visit af vor Brugsmandsdatter, hun er saa knusende sød mod os altid, god Veninde af Bibbe. Skønt vi nylig har faaet, kom hun med Tobak baade til os og Drengene samt Brystsukre til mig; men det er jo en stor Hemmeli[g]hed, at hun favoriserer os fremfor andre. De har et frygteligt Besvær med at skifte Sol og Vind lige. 
+Nu er der ikke mere denne gang – det skulde da lige være at jeg glæder mig usigeligt til dit Besøg. Du kan vist selv tænke hvad det betyder for mig som sidder hen. Tusinde Hilsner til Jer alle tre, din Junge.</t>
+  </si>
+  <si>
+    <t>1942-04-25</t>
+  </si>
+  <si>
+    <t>Fritz -
+Thora  Branner
+Louise Brønsted
+Adolph Larsen
+Rasmus Larsen
+Louise Løgstrup
+Axel  Müller
+Irene -, pige i huset på Lindøgaard
+Ellen  Sawyer
+Janna Schou
+Lasse Taaning
+Albrecht  Warberg
+Laura Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>De mange Warberg-søskende fik tilsyneladende først i en meget moden alder at vide, at Astrids dødfødte søskend var en dreng og ikke en pige. Laura og navnlig Albrecht Warberg ønskede sig i mange år brændende en søn. Albrecht Warberg gik til præsten med det døde barn i en cigarkasse og sagde "Her kommer den sørgende Fader" (1958-11-03, Johanne C. Larsen til Astrid Warberg-Goldschmidt, BB2507). 
+Det vides ikke, hvem Lærerinden var. Thomas, Peter og Sofie må være slægtninge til Løgstrup-parret, men de kendes i øvrigt ikke. 
+Krastine/Kristine, som blev undervist sammen med Astrid Warberg, er nævnt i Astrid Warbergs og Johanne C. Larsens biografier.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0631</t>
+  </si>
+  <si>
+    <t>Der er gået 60 år, siden Astrid og hendes tvilling blev født. De større søskende fik dengang fortalt, at Astrids tvillingesøster var dødfødt.
+Johanne takker Astrid for mange års venskab. Egentlig har de ikke set hinanden så meget i årenes løb. 
+Vandrørene på Lindøgaard har været frosne, så Johanne måtte hente vand hos naboen. 
+Løgstrup har købt gård i Gestelevlunde. Fru Løgstrup kommer til at bo tæt på sin søster. 
+Erik/Tinge er blevet skilt, og han blev ikke tvunget til at betale en masse til ekskonen. 
+Det har blæst meget, og møllen har hjulpet til at afvande ved inddæmningerne. 
+Elle(n) har været på besøg. Hun syr på en smuk pude til Astrid.
+Johanne glæder sig til Astrid og Axel kommer og spørger, om de kan medbringe fx en primus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UduZ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+26’ April 1942.
+brev.
+Fru A.Warberg Müller
+Bakkevej 12
+Hareskov St.
+22-2-03.
+21-4-2000.
+(Langfredag)
+B.W.P.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard, Dræby St. Fyen.
+[I brevet:]
+Lindøgaard 25 Aprl. 1942.
+Kæreste lille Dis!
+Tænk, at der er gaaet tredsindstyve Aar siden den Morgen, da vi fik Budskabet, at Mor havde faaet en lille Pige og kort efter betroede gamle Ma’ Frits os, at der havde været en lille dødfødt ogsaa. Lærerinden eller hvem det nu var havde besluttet, at vi intet skulde vide om det – om det regnedes for an Slags Usædelighed og hvordan – ved jeg ikke. Da vi Børn saa fik Lov til at se ind til Mor, fortalte hun os ganske aabent og naturligt, at der havde været en lille Pige til, men at hun var dødfødt. Det tog Mor vældig Kegler paa hos os, for vi kunde da som rimeligt var ikke forstaa, hvad det Hemmelighedskræmmeri skulde til.
+Til Lykke, lille go’e Dis! Gid alt maa gaa ad den lyse Side til; det er sandelig ingen Skade til at ønske det, for hvor det dog altid har let ved at gaa til den mørke! Jeg husker, at Lugge en Gang har smilet lidt, fordi jeg næsten satte Helbredsønskerne over alle andre, men helt hen i Vejret er det nu ikke. Det gode Helbred er næsten en Slags Basis for alt andet – naturligvis inden for rimelige Grænser. – Jeg tror, at jeg vil bruge denne runde Fødselsdag til at sige dig, at jeg er taknemmelig for det Venskab, der har været mellem os i snart de fleste af alle de mange Aaar og sige dig Tak, fordi du altid har været mig en saa fuldtro Ven. Aldrig har du svigtet mig, lille Dis, altid har du været Trøst og Støtte for mig, naar Livet for mig gik til den mørke Side og dine Trøstens Breve har altid været mange og lange.
+Det er kedeligt, at jeg slet ikke ved noget om, hvordan du har det, om du er bleven saa rask, at du har kunnet forberede lidt Festlighed til paa Søndag eller om du, hvad Himmelen forbyde, stadig ligger til Sengs og al Festlighed strøget. Det vilde rigtig nok være trist, for saa vidt jeg har kunnet forstaa, har du glædet dig til Dagen. 
+Lørdag. Tiden løber jo fra mig! Dette skulde for Resten heller ikke være et af de lange – dagligdags – Breve, hvor jeg snakker op om alle mine smaa Hændelser og Begivenheder her hjemme fra, tit tænker jeg paa, naar jeg saadan sidder og skriver op om dem ”hvor det maa kede den og den”, men jeg kan jo ikke andet. En Smule Begivenheder skal du nu have ogsaa denne Gang, for jeg ved, det vil glæde dig: den 22_nde_ April fik vi Vand; det blev som du kan tænke hilst med Jubel af hele Husstanden; Frk. Kristensen og vores lille Hjælpepige, som bærer det skønne Navn Irene, maatte køre alt Vand til en stor Vask inde fra R. Larsens paa den lille Malkevogn; Mandfolkene havde for travlt til at vi vilde bede dem om det. Mærkeligt at det har været saa længe om at tø, Rørene ligger vist ikke en Gang en Meter nede i Jorden. 
+En anden Begivenhed er, at nu har Løgstrup købt Ejendom nede i Gestelevlunde, kun en lille halv Mil fra det Sted som Sofies og Peters ældste Datter har. - Vi var ellers begyndt at blive betænkelige, fordi det syntes umuligt for for ham at faa noget, han og Peter syntes om, men nu naaede det sig til min store Lettelse. 
+Den tredje begivenhed er, at nu er Tinge bleven skilt – jeg mener faaet sin Skilsmisse lovformelig i Orden; du vil maaske synes det ikke har saa stor Betydning, men vi har gaaet og været bange for, at de skulde kræve ham dømt til at betale hende en Sum Penge, fordi han nu har købt Ejendom; ikke saa lidt tydede derpaa men han skaffede en god Uformuenheds-Attest – attesteret af vor Sogneraadsformand – og saa har de kunnet indse deres Afmagt paa det Punkt. 
+2. 
+Dit Fødselsdagsvejr bliver der vist ikke saa meget at klage paa, bare det vilde blæse lidt mindre; stille Solskin er jo bedre og vil give en festligere Dag for Jer. Den skarpe Vind fra N. Øst hindrer mig i at sidde i Haven i Solen, hvilket jo er saa værdifuldt for mig. Men en god Ting har der været ved Blæsten, den har faaet Møllen til at gaa rundt nede ved Inddæmningerne, saa Vandet paa Tinges 4 Tdr. Land Indd.n. har kunnet løbe ud i Stranden og det er værdifuldt for ham – de forskellige Interesser falder ikke altid sammen!
+Fordi jeg i Gaar havde skrevet om vores lange Venskab, laa jeg i Aftes og tænkte paa de fjerne Tider og kom til det Resultat, at vi egentlig ikke til Stadighed har været ret meget sammen siden den Gang, da jeg ydede dig, Tutte og lille Krastine fra Degnens min pædagogiske Undervisning Saa kom du til Ølstedgaard og siden kom jeg til Kjøbenhavn og da jeg 1901 kom tilbage til Erikshaab var du andre Steder f. Eks. i Italien – eller var det senere, ja du kom til Odense for at læse, men da Far døde kom du derfra og var vist hjemme en Tid, men det er alligevel ikke meget vi har været sammen i det daglige. Men Forbindelsen mellem os har været konstant og har aldrig svigtet. 
+Det er underlidt saa lidt den Slags Livsværdier betyder for - - hvordan skal jeg udtrykke mig – det brede Lag, Folket. Da jeg hørte at Louise Løgstrup skulde bo saa tæt ved sin Søster, himlede jeg lidt op om det glædelige deri, men Peter sagde lisse tørt: nå-å den Slags har da ikke noget at sige, de hugger saamænd saa tit paa hinanden. Og da jeg beklagede at Løgstrups nu rejste bort fra Peter og Sofie, slog han det ogsaa hen som noget ganske betydningsløst. Maaske betyder det i Virkeligheden ligesaa meget for dem som for os, men de gør sig det bare ikke klart. 
+Den gode Elle var herude i Lørdags, og vi havde en dejlig Snakkeeftermiddag. Hun sad og havde travlt med din Pude, den blev nydelig, synes jeg, hun er en Svend til at lave sådan noget. Gør det noget at du faar 2? jeg synes det ikke, man kan i Virkeligheden bruge Masser af Puder. At Bagklædningen paa min ikke ”staar” til Forsiden opdagede jeg for sent og var ikke saa lidt ked af, men saa trøster jeg mig med, at begge Sider jo ikke skal ses paa een Gang. Og saa er det jo ikke saadan heller, at man gaar ind i en Butik og vælger nogle smukke Farver ud, nej i disse Tider ma man pænt nøjes med, hvad Uldgarn, man har, eller rettere hvad Tørklæder man har at trevle op af. Nu maa du nøjes, lille Dis! og finde en lille obscur Plads til den.
+Der gaar ikke en Dag, hvor jeg ikke tænker paa, hvor det er dejligt at I kommer herover; een Ting spekulerer jeg paa: hvor skal I faa noget at gøre Ild ved, naar I skal ”koge” Jer en Taar Te eller Kaffe el. spejle Jer et Æg? Vi er holdt op med at fyre her i Stuen undt. lige om Morgenen, fordi vi ikke har og ikke kan faa Brændsel uden lige til Komfuret, og jeg fryser tappert. Lille Irene sagde i Dag: Jeg kan ikke lide, De saadan skal sidde og fryse! Var det ikke sødt? I skulde vel ikke have et af de gode Spritapparater, som de bruger, naar de ligger i Telt. Petroleum til Primus er jo en fjern Drøm – som saa meget andet. Tinge siger at naar han har sejlet med Lasse Taaning har de haft et Spritapparat, som de kunde koge Kartofler paa – og det varer jo da ½ Time. Ellers kan Axel saamænd samle Brænde i vores Have, hvor der ligger Masser. Alle Kneb gælder i Tider som disse. 
+Saa, nu lukker Agraren Porten op og kommer med sine Heste, begge Parter glæder sig til Middagsmaden – vi skal have gule Ærter, som vi elsker.
+Nu er Papiret ogsaa fuldt og et Fødselsdagsbrev præsteret, som ikke er nær saa ”sødt og godt”, som det skulde have været (et Brøl og en Stud), men maaske du dog har mærket, at du er i mine Tanker og at jeg ønsker dig Alverdens gode Ting. Tusind Hilsner fra din Junge
+[Skrevet langs venstre kant s. 4:]
+Hils Janna og Axel! Alle her hilser og ønsker til Lykke. 
+[Skrevet langs venstre kant s. 2:]
+Som du ser, sender jeg først Brev i Dag, da jeg tager det som en Selvfølge, at I henter Post. 
+[Skrevet på hovedet øverst s. 1:]
+Hils Lugge og Tutte saa mange Gange; sig til Tutte, at jeg er flov over mig selv, men at hun snart hører fra mig – haaber jeg da</t>
+  </si>
+  <si>
+    <t>1942-08-28</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Elise Hansen
+Andreas Larsen
+Elena Larsen
+Erik Larsen
+Gudrun Larsen
+Henning Larsen
+Ingrid Larsen
+Jens Larsen
+Jeppe Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Vilhelm Larsen
+Gudmund Larsen 
+Kirsten Larsen, Elena Larsens veninde
+Thomas Madsen-Mygdal
+Erhard Meyer
+Marie Meyer
+Sophus  Meyer
+Alhed  Møhl, Lysses datter
+Marie Neckelmann
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Ellen  Sawyer
+Christine Swane
+Lars Swane
+Ursula Uttenreitter
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Katrine var. Larsen-familien kendte mange af dette navn. Else Larsens moster kendes heller ikke.</t>
+  </si>
+  <si>
+    <t>Marie Larsen savnede Johan Larsen til sin 70års fødselsdag. Bibb/Laura kom, men Søster og Gudrun var ikke med. Det var pænt af Johannes/Las Larsen, Johan/Puf og Else at holde festen i værkstedet. De havde pyntet pænt op, maden var dejlig, og der var sange og taler. Det eneste kedelige var, at Vilhelm/Klaks beordrede sine svigerdøtre til at cykle hjem kl. 12, men det fik Johan/Puf og Lars forhindret. Begge svigerdøtre fik barn 7. april, men bedstemødrene passede. 
+Marie forklarer, hvem der ses på det medsendte foto. Johannes Larsen ville have haft alle fætre og kusiner med ægtefæller med til festen, men det blev for mange.
+Marie var tre uger på Lindøgaard. Johanne/Junge har meget dårlige knæ. Afgrøderne står godt. Erik/Tinges nye hus er dejligt. Han spiser på Lindgaard, men klarer ellers sig selv. Johanne har fået elektrisk hegn. Der er et overlevende føl på gården. 
+Marie m.fl. har været på tur til Enebærodde.
+Andreas/Lysses børn er yndige. 
+Marie vil meget gerne på besøg på Båxhult.
+Christine og Lars/Lasse har været på besøg. De kom fra Christiansfeld. 
+Johannes Larsen arbejder med bestillinger hver dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1Hgo</t>
+  </si>
+  <si>
+    <t>Kerteminde d. 28-8-42.
+Kære Lysse. Tusind Tak for Dit Brev i Anledning af min Fødselsdag, det var pænt af Dig at skrive til mig, jeg blev meget glad for det; Du kan tro jeg savnede Dig, lige til det sidste nærede jeg et svagt Haab om at Du vilde komme, de andre lo ad mig, men man kan jo somme Tider være fjollet, Du var en af dem jeg nødigst vilde savne den Dag; Bibbe som vi ikke var sikker paa, kom heldigvis, Søster fra Rørdam var den eneste som ikke kunne komme, hun er paa et Bibliothek oppe i Viborg, Gudrun var heller ikke med, hun var bleven syg et Par Dage før; det var forfærdelig pænt af Las, Puf og Else at holde saadan en Fest for mig, Vejret var dejligt, vi spiste ovre i Værkstedet, som Puf og Lasse havde pyntet vidunderligt, der var Bøg hele Vejen rundt, undtagen hvor de store Billeder hænger, Bordet var ogsaa meget smukt med Blomster og Masser af Lys, det havde Else og Uglen staaet for, Maden var dejlig og det var et meget vellykket Gilde, Elle havde skreven en Sang og der blev holdt adskillige Taler, blandt andet af Tinge, hvad jeg var meget rørt over; det eneste kedelige var at Klaks ved 12 Tiden fandt paa at, Henning, Bror og deres Koner skulde tage hjem, Ditte og Kirsten gik tilsidst skikkeligt op og klædte sig om, de skulde cycle hjem, men saa tog Puf og Lasse fat og fik dem overtalt til at blive, der var nemlig ingen Grund til at tage af Sted, da de havde afsat deres Poder hos Bedstemødrene, (I ved maaske ikke en Gang, at Ditte og Kirsten d. 7ende April fik hver en Lille, Ditte en Pige og Kirsten en Dreng, var det ikke et pudsigt Tilfælde,) naa, men alt endte altsaa i Fryd og god Forstaaelse. – 
+Med Hensyn til Billedet, saa er den Herre og Dame midt i Baggrunden, Elses Forældre, saa jeg kan godt forstaa at du ikke husker Erhards saadan, han og hans Kone var ikke med heller ikke Mix og Myg, fra først af var det din Fars Mening at alle Fætre og Kusiner med Mænd og Koner skulde med, men det satte jeg mig imod, vi var i saa Fald, bleven dobbelt saa mange og det syntes jeg var alt for galt i disse Tider, Marie Meyer var bedt med, fordi hun bor her i Byen og da Katrine var paa Besøg hos hende kom hun naturligvis ogsaa med; den Dame der staar yderst ved Siden af Tinge er Elses Moster, baade hun og Tinge er daarlige paa Billedet, Manse er pæn, men jeg synes nu at baade Puf, Du og Tinge er kønnere, men det er naturligvis en Smagssag.
+Paa Lindøgaard var jeg i godt 3 Uger og havde det dejligt skønt Vejret ikke var særlig godt, Junge har det jo ikke særlig godt, hendes Knæ var bleven Røntgenfotograferet og Lægen havde sagt at nu kunde det ikke blive værre, da al Brusk var fortæret, det trøstede hende at høre, men hun kan kun gaa med 2 Stokke og ikke ret langt ad Gangen, men dog ud i Haven og undertiden lidt ud i Markerne; deres Korn er bedre i Aar end det har været de sidste Aar og nu har de faaet en hel Del Regn, det hjælper godt paa Græs og Roer, lige uden for Haven var der en halv Td. Land med Ærter til Konservesfabrikken og de gav et vældigt Udbytte, da de var plukkede, saaede de Grønkaalsfrø i Stykket; det var morsomt at se saa glad Tinge var for sin ny Ejendom, det er ogsaa et dejligt Hus han har faaet, han spiser Middag paa Lindøgaard men klarer ellers sig selv. - 
+Vi var en dejlig Tur paa Enebærodden forleden Dag, Las, Puf, Else og de 2 store cyclede, Thora og jeg dels spadserede og tog [”tog” indsat over linjen] dels med Rutebil vi blev sat over fra Gabet, med en Motorjolle, hvor er der vidunderligt paa den Odde, vi spadserede rundt i flere Timer og fik et dejligt Bad i Kattegat inden vi tog hjem, Uglen og jeg har en Gang været der med Tinge sejlende fra Lindøgaard, der er Lyng Enebær og en lille Skov med mange forskellige Slags Træer, Tyttebær var der ogsaa men Du har vel for resten været der. – 
+Det var morsomt at se Bimse og Børnene i Foraaret, hvor er det nogle henrivende Børn I har, lille Alhed er da en ren Skønhed; det maa være et stort Savn for Jer at I ikke faar Fru P. og Kylle over hos Jer i Sommer; det er jo ogsaa længe siden Din Far har været paa Båxhult, Du kan tro at jeg heller end gerne besøgte Jer og det dejlige Småland; hver Sommer, især i September længes jeg meget derover, tak fordi I vil se mig, lad os haabe at det ikke maa vare længe inden man kan rejse frit hvor man vil. – Uglen kom hertil for en Uge siden, hun, Lasse og Ursula har været i Christiansfeldt en Maanedstid for at male, der er en Hotelvært, hos hvem de nu for tredje Gang bor for Billeder, desværre laa Uglen i Sengen en Ugestid med stærk Bronchitis og Feber, nu har hun det godt igen og vi har faaet rigtig Sommer for første Gang i Aar, vi nyder det og gaar i Vandet Allesammen hver Dag. – Forhaabentlig har I ogsaa haft baade Regn og Varme saa Afgrøden staar godt, det er trist at se paa naar den ikke bliver god paa Grund af Vejrliget. –
+Junge ringede i Gaar, de har ophøstet og de tærskede et Læs Bygrivning for at faa noget til Kreaturerne; de har faaet elektrisk Indhegning derhenne, saa de kan slippe Køerne ud om Morgenen og kalde dem hjem igen om Aftenen naar de skal malke, det sparer jo meget Arbejde, i det hele taget synes jeg de har forbedret det meget derhenne, baade hvad Markerne og Jordene angaar, de har et dejligt lille Føl, der var et til, men det blev født for tidligt og levede kun nogle Uger, til næste Aar haaber de at faa 2 og Tinge et Føl. – Her har de det godt Alle, Din Far arbejder hver Dag, han har flere Bestillinger; Jeppe er begyndt at gaa i Skole, nu efter Sommerferien og han er meget glad for det. - * [Det følgende skrevet s. 1, øverst på siden og på tværs:] Lasse og Ursula har det godt, vi hilste paa dem i Odense den Dag Uglen kom de havde 1 Times Ophold hun er en vældig sød Pige, Uglen er saa glad ved hende, de bor yndigt ved Birkerød Sø; Lasse sælger godt, han er med i en Malersammenslutning som hedder Badeblomsten, de havde Udstilling i den ”Frie” sidst i Mai, han havde 10 Billeder og solgte de 9, den Dag han havde Bryllup (Pinsedag) blev der ringet at han havde solgt 2 Billeder, saa de var glade kan Du forstaa; naar Du en Gang kommer hertil Landet, haaber jeg Du besøger baade os og dem, Søren Christensen som var med at ovre hos Jer har bygget et Hus ligeved Siden af Lasses, han er gift med Gull[ulæseligt] Mai N[ulæseligt]. – Nu ved jeg ikke mere at fortælle og slutter med mange kærlige Hilsner til Bimse Børnene og Dig selv fra din Ia. – Tak fordi Du skrev. -</t>
+  </si>
+  <si>
+    <t>1943-09-02</t>
+  </si>
+  <si>
+    <t>Otto Andresen
+- Ferlov
+Alfred Fly
+Rasmus Kaas Petersen
+Adolph Larsen
+Johanne Christine Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ellen  Sawyer
+Lis Storland
+Stefan Storland
+Lars Swane
+Ane Talbot
+Ursula Uttenreitter
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Tinesens var enten søskende eller forældre til Else Marie Larsen, som var gift med Andreas Larsen.
+I 1942 blev 7. regiment i Fredericia flyttet til en baraklejr på Ahlefeldtsvej i Kerteminde. I august 1943 overfaldt tyskerne lejren og internerede de danske soldater. Soldaterne blev hjemsendt i oktober samme år. Tyskerne brugte herefter lejren, indtil den blev revet ned i november 1944. ( Kurt Risskov Sørensen: Kerteminde Bys Historie 1850-2000, udgivet af Kertemindeegnens Museer 2000, s.135)</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 4, 2002/61 A8 lb 11</t>
+  </si>
+  <si>
+    <t>Johanne/Junge er alvorligt syg og indlagt på hospital. Det var en skuffelse, at Christine Swane ikke kom på besøg, som planlagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vL8T</t>
+  </si>
+  <si>
+    <t>Lindøgaard d. 2-9-1943.
+Kære Ugle! Det var trist at I ikke naaede at komme til Kerteminde, alt var i Orden til Jeres Komme, Thinesens vilde godt vente en Tid med at flytte ind og der var gjort i Stand til Jer dernede og om Søndagen indtraf saa de sørgelige Begivenheder; jeg blev i Kerteminde til om Mandagen for at snakke med Jer, men vi var jo forberedt paa at I ikke kom; Tinge hentede mig Mandagaften; jeg var ude og se til Junge om Eftermiddagen og da var baade Agraren og Manse der og Junge kendte dem og sagde nogle Ord til dem, men det er meget vanskeligt at forstaa hvad hun siger; I Gaar var Agraren og jeg derude om Eftermiddagen; Junge har ellers kendt mig hver Gang jeg har været derude og sagt noget til mig, men i Gaar kendte hun mig ikke, hun laa mest med lukkede Øjne, en Gang hun slog dem op tror jeg nok hun kendte Agraren, men det var kun lige et Glimt, det er sørgeligt at se; der er endnu ikke kommen Svar fra Seruminstituttet, men det er vel paa Grund af de urolige Tider; Dr. Flye er stadig optimistisk, enten han saa mener det eller det er for at trøste dem, hvis det ikke er Forkalkning, kan det jo ogsaa være at det kan bedres; Bibbe mener at Junge har flere Kræfter nu og hun har ikke Feber, hun spiser saa godt naar Bibbe giver hende Mad og hun er der hele Dagen undtagen naar hun gaar en Tur og de sidste Dage har enten Elle eller Else siddet der imens, Junge er nu alene paa Stuen, der laa en Fru Carlsen som havde Blodforgiftning men hun døde forrige Nat, det er rart hvis hun kan faa Lov at være Ene.- 
+Jeg sender her nogle Rabatmærker som jo skal bruges i denne Maaned og indlagte Papir til Brændsel, jeg underskriver det saa kan jeg vel faa Pengene som de andre Aar; der kom ingen Rentepenge i Dag men de kan maaske komme i Morgen, ellers kan det være Lasse vil være rar og hente dem sammen med Brændselspengene; jeg vil gerne have de 50 Kr. sendt herover, Resten kan I bruge hvis I trænger til dem og ellers sætte dem [indsat i margen på langs side 2:] op i Banken. – De fleste menige i Kerteminde blev sendt hjem. Officerene sidder interneret inde i Lejren, men de har faaet at [indsætning slut] [indsat på tværs øverst side 1:] vide at de enten bliver sendt til Tyskland eller Bornholm, bare det maa blive det sidste Sted. Da de menige forlod Lejren havde de kastet en hel Del Geværer fra sig, som Kerteminderne havde samlet op, men Forgaarsaftes Kl. 9. gik Trommen gennem Gaderne at Borgmesteren og Politimesteren var bleven fængslet og hvis alle Vaaben ikke var afleveret inden Kl. 10 vilde de ikke blive løsladt; det blev de nu, saa Folk maa have skyndt sig at aflevere. Jeg er meget spændt paa hvordan det staar til i Birkerød, den har vel ikke undgaaet Uroligheder. I København har det nok været slemt. – Hvordan saa der ud hos Lasse og Ursula da de kom hjem? Hils Ferlovs og Storlands naar Du ser dem. – Mange kærlige Hilsner til Lasse Ursula og Dig selv fra Rie. Hilsen fra dem her. [indsætning slut]
+[Indsat på hovedet øverst side 1:] Ane blev saa skuffet, hun havde glædet sig saa meget til I skulde komme. [indsætning slut]</t>
+  </si>
+  <si>
+    <t>1943-12-29</t>
+  </si>
+  <si>
+    <t>Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Thora Cohn
+Harald Bram  Knudsen
+Adolph Larsen
+Andreas Larsen
+Jeppe Larsen
+Johanne Christine Larsen
+Marie Larsen
+Marie Meyer
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Else Palle
+Lars Swane
+Franz Syberg
+Gudrun Syberg
+Karen Syberg
+Ane Talbot
+Ursula Uttenreitter
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>"Gaver fra Odense": Else Larsens forældre, Emma og Didrik Overgaard Nielsen, boede i Odense.
+På Pilegården boede Franz Syberg med familie.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 5, 2002/61, A8, lb11</t>
+  </si>
+  <si>
+    <t>Tak for julegaverne. Børnene fik nogle fine julegaver og legede godt med dem. Familien slappede af og nød livet. Johannes Larsen havde en god fødselsdag</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/b0dL</t>
+  </si>
+  <si>
+    <t>[Påtrykt navn:] Else Larsen [Håndskrevet:]
+Kerteminde d 29.12 1943
+Kære Uglen!
+Mange Tak for dine fine Gaver. Puf og jeg er meget glade for vores Skaal og Børnene ikke mindre for Panderne; Bilen til Jeppe tog næsten fuldstændig Glansen af en Fæstning, han fik fra Odense, tilsidst maatte vi arrangere det saadan, at han lyste paa Fæstningen for at den kunde være med i Legen; og da han fik den skilt ad sad han ganske stille i Timevis for at samle den igen, det var et dejligt Stykke Legetøj. Vi har haft en hyggelig og fredelig Jul, Rie blev hentet af Tinge Juleaftens Eftm., saa hans Mor og Far og vi havde en rar Aften, de boede paa Hotellet og rejste hjem Juledags Form. efter at have været et Smut heroppe, Juledagene tilbragte vi i fuldkommen Fred, spiste læste og sov, kort sagt, nød Livet. Børnene har været glade for deres Gaver og flinke til at lege med dem. Thora fik en fin Vugge Dukke [indsat over ordet: Dukke], som jeg har monteret lækkert med blomstret Voile og mange Flæser, Alhed fik et Dukkespisestel, som de har faaet Lov at lege med ved Maaltiderne. Det havde været hyggeligt at have dig her, men jeg kan godt forstaa dine Betænkeligheder og der var jo ingen, der kunde vide, at Vejret blev saa fint og mildt. Las’ Fødselsdag gik paa sædvanlig Maade med Christiansen, Rie, Halle m. Kone og Else Palle til Frokost, og Marie Meyer til Middag samt talrige Visitter i Dagens Løb. I Dag er Rie taget tilbage til Lindøgaard, Iaftes var vi paa Pilegaarden. Jeppe er i færd med at fremstille en Tegning til dig, men det gaar lidt trøvt, alting bliver borte for ham. Jeg skal hilse dig fra ham, de andre er ved at skrive selv og vi sender dig og Ursula og Lasse mange gode Ønsker for det nye Aar og Tusind Hilsner fra din Else.</t>
+  </si>
+  <si>
+    <t>1944-05-08</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Grete -
+Thora Cohn
+Andreas Larsen
+Jeppe Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Lars Swane
+Ane Talbot
+Ursula Uttenreitter
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det har ikke været muligt at finde oplysninger om et centralkomfur.
+Laura Warberg Petersen (Bibbe) var sygeplejeelev på Odder Sygehus.
+Fra Odense kom Else Larsens forældre, samt hendes søster, som blev kaldt Kæreste.
+Johannes Larsen var i 1940'erne jævnligt på besøg hos Christa Knuth på Knuthenborg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Lokalhistoriske Arkiv. Christine Swane Breve, kasse 1, kuvert 5, 2002/61, A8, lb11.</t>
+  </si>
+  <si>
+    <t>Tak for gaverne til Elses og Andreas fødselsdag. Der er blevet sat franske døre for verandaen. Det er svært at finde en ny pige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OGBC</t>
+  </si>
+  <si>
+    <t>Kerteminde d. 8/5 1944
+Kære Ugle og Rie!
+Mange Tak for jeres Fødselsdagsbreve og Gaver, jeg er meget glad Tallerkenerne, vi mangler saa haardt nogle i den Størrelse, men desværre fik jeg til Jul en Skotaske, og det er jo ikke just noget, man kan bruge 2 af, men du maa endelig ikke have Besvær med at sende mig noget andet, Rie, det er saa svært at finde noget at forære væk i disse Tider.
+Mandag d. 15/5 1944
+Ja, saa kom dette altsaa alligevel ligesaa sent afsted, som mine Breve plejer at gøre, saa nu kan jeg ogsaa takke for Pufs Gaver, han er meget glad for Glasset, og de lækre Godter faar jeg ogsaa Lov at smage. Vi havde begge gode, fredelige Fødselsdage med Cykleture med Børnene og Middag om Aftenen, fra Odense kom de først om Søndagen. I sidste Uge har vi haft et farligt Jag med at blive færdig med Hovedrengøringen, Tandlægebesøg for hele Familien, Odenserejse og med at faa Las rigget til til Knuthenborgrejse, derfor Brevets Forsinkelse. Las rejste imorges Kl 6 ¼ med Bil til Nyborg og bliver hentet i Nykøbing, saa kan det gøres paa en Dag, han regner med at være hjemme igen til Pinse, til den Tid kommer ogsaa Mor, Far og Kæreste ned i Sommerlejligheden, saa nu skal vi til at bringe den i Orden. Haven har vi helt godt Rede paa nu, vi har haft en flink Mand til Hjælp men desværre er det jo nu en Hundekulde igen, vi har lige fyret op i Kaminen, vi var ellers holdt op. Graagaasen, begge Graaænder og ihvertfald een Høne ruger, saa det er meget spændende at se Resultaterne. Tante Junge er kommet hjem nu og i Pufs Fødselsdagsbrev skriver hun, at det gaar lidt fremad og de er meget glade for Centralkomfuret, hvis bare de havde noget at putte i det, den nye Pige omtaler hun ikke. Bibbe har vi begge haft Brev fra. Eksamen er vistnok gaaet godt, ihvertfald er hun da glad for at den er overstaaet og saavidt jeg har forstaaet har hun det lidt nemmere nu, hun er vel ogsaa træt endnu efter sin sidste Sygdom, men de behandler hende aabenbart godt deroppe. Herfra er ikke noget særligt Nyt, vi har faaet franske Døre for Verandaen, saa den er helt lukket, det har været dejligt i disse kølige Solskinsdage, Solen varmer jo meget i saadan et Glasbur og det vil lune meget til Vinter og skaane Stuen og Bøgerne for Støv og Snavs. Nu har jeg en sidste Annoncekampagne igang for at for at skaffe Piger og hvis det mislykkes, giver jeg op, saa maa vi klare os uden, naar Grete rejser til Juli, og jeg maa trøste mig med, at der er mange, som er værre stillet med smaa Børn og Folkehold, som skal bespises.
+Jeg skal hilse jer mange Gange fra Børnene, de har ikke rigtig Tid til at skrive selv nu, de er ude hele Dagen og har faaet god Kulør, Puf skriver selv og jeg sender Tusind kærlige Hilsner til jer begge fra Else.
+[Øverst på siden:] Hilsen til Lasse og Ursula.
+Rie! Jeg lader [ulæseligt ord] ligge til Sommer, hvis jeg ikke faar anden Besked.</t>
+  </si>
+  <si>
     <t>1945-03-18</t>
   </si>
   <si>
     <t>Johannes Nicolaus Brønsted
 Louise Brønsted
 Anne Marie -, i huset på Lindøgaard
 Christine  Mackie
 Pernille Marryat
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Erik Warberg Larsen
 Grete Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Grete Warberg Larsen fødte sit barn 16. april 1945. 
 Janna Schou var aktiv i forsøget på at redde jøder ud af Tyskland. Hun var formodentlig i 1945 gået under jorden. 
 Landsforeningen JAK blev i 1931 stiftet som en protest mod det økonomiske system, der gjorde det muligt at tjene penge på penge. JAK protesterede mod, at samfundets penge blev stillet til rådighed i form af gæld med krav om betaling af renter. JAK’s holdning var, at penge ikke skulle have en pris, og at deres funktion udelukkende var at gøre køb og salg af varer og tjenesteydelser mulig. Samfundet skulle gennem en demokratisk styret Samfundsbank stille de nødvendige betalingsmidler til rådighed uden omkostninger (Kilde: J.A.K’s hjemmeside, april 2024).</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0638</t>
   </si>
   <si>
     <t>Johanne/Junge forstår godt, at Astrid/Dis savner datteren Janna. Det er svært at være alene hele dagen. Johanne var selv ved at blive skør af ensomhed, da hun var i USA. Og jo, Astrid må gerne skrive om sine sorger.
@@ -6872,50 +6560,132 @@
 Lindøgaard Dræby St. Fyen.
 [I brevet:]
 Lindøgaard Søndag, d. 18de Marts 45.
 Kære lille Dis!
 Tusind Tak for dit Brev, som jeg fik i Forgaars; samme Dag havde jeg Brev fra Bibbe, hendes maatte jeg besvare først, og hun fortalte mig, hvor glad hun havde været over at træffe dig hos Magisterens. Det var dog ogsaa et morsomt Held, at hun netop kom derud den Dag. Nu har vi hende snart hjemme igen og Gud ske Lov for det, det er dog tryggere at vide hende her paa Landet, for Faren dog er minimal.
 Kæreste lille Dis, hvor jeg forstaar dit Savn af Janna, og det føles dobbelt – ja mere end dobbelt – fordi du er alene hele Dagen. Hvor godt man end forstaar at – hvad skal jeg sige – underholde sig selv, saa er det ingen Spøg at være alene hele den lange Dag igennem, det prøvede jeg i Amerika, og det var drøjt, så drøjt at jeg ogsaa den Gang mente mig selv at være på Sindssygens Rand. Saa jeg forstaar dig og har den varmeste Medfølelse i det. Jeg forstaar ogsaa, naar du skriver, at det hjælper ikke, at hun er saa forholdsvis nær, Tværtimod! Hvis hun var helt borte, f. Eks. boede i Jylland, var det lettere at bygge en ny Tilværelse op; paa denne Maade vil det vare længere før du vænnes til Tabet af hende, og dog vilde man selvf. ikke bytte eller ønske hende længere borte. Det eneste Gode, jeg kan se ved det, er at det nu er bleven Foraarstid, og Foraaret har jo mange Glæder og Goder i sit Følge, langt værre om det havde været de vemodige Maaneder Oktober og November. Men som du selv skriver, der er ikke andet ved det at gøre end at se at holde Halen saa højt som muligt og forlange af sig selv, at man skal kunne bære det. Og saa maa vi haabe paa, at Tiden vil mildne Savnet, saa du kan faa Glæde ud af Møderne med hende – muligvis det gaar hurtigere, end du nu er i Stand til at tænke dig. Hvor jeg dog haaber og ønsker det. Den lille Pige maa vel ogsaa være et stort Plus for dig. Men først og sidst, at Janna er glad og – som du skriver glad, naar du kommer. Tænk, at du kan spasere en hel Time dertil. Ogsaa hjem? det skrev du ikke noget om. Men hør Dis, jeg vil ikke høre noget om, at du skulde betænke dig paa at udgyde dine Sorger og Problemer for mig. Hvad har man dog sine Venner (Søstre) til, naar man ikke skulde kunne klage sin Nød til dem, naar Livets Bølger gaar højt, som vi udtrykte det i vore unge Dage, nej, lad os nu være her! Og lov mig, at du bare skriver løs, selv om det gør en ondt at høre om Sorger, saa vil man da ti Gange hellere høre dem og have en Følelse af, at ens Svar mulig kan trøste og styrke lidt, end man vil være udenfor og – skaanes! Tænk paa, hvad jeg sikkert har aflæsset til dig i sin Tid, da mit Livs Bølger fuldstændig konstant gik højt, det har næppe været Smaating, du har maattet høre om. 
 Nej, det var saamænd kun en Forglemmelse at jeg glemte X [”X” indsat over linjen] at kvittere og takke for Tobakken, det gik hurtigt op for mig, da jeg havde sendt Brevet. Vi vil være Jer saa taknemmelige, hvis I af og til vil sende noget, for nu kniber
 2.
 det snart haardt; den hjemmeavlede Tobak er der ikke saa meget Drøje i, som jeg havde tænkt, og det gaar hurtigt ned ad Bakke med den. Saa hvis I vil have Ulejlighed med det og absolut ikke Udgift, vil vi som sagt være Jer megen Tak skyldige. 
 Tak fordi du holder mig à jour med Jeres økonomiske Forhold; hvor var det dejligt, om I kunne komme rigtig paa Fode, og om Axel kunde faa nye Tænder; det vil gøre ham 10 Aar yngre, og vist ikke alene at se til. 
 Jo, saadan er det jo, der hvor Pengene er, skal der yderligere dynges paa, og Fattigfolk skal de nok vide at flaa. Vi maa habe paa J.A.K., at de Synsmaader en Gang maa vinde Sejr.
 Herfra er som sædvanlig intet nyt. Vi ser aldrig nogen her, nu da Bibbe er en Saga, Rutebilen saa at sige ogsaa, og ingen har Dæk paa deres Cycler. Elle har vi ikke set siden Jul, og naar faar vi hende at se, skønt Vejret jo er lige til at cycle i, saa fint et Foraarsvejr. Godt at vi har Lindøerne, dem ser vi da af og til. Grete har det [”det” indsat over linjen] ikke saa farlig godt, hun længes vist efter, at hendes Time skal slaa, det lille Skind. 
 Næste Dag, Mandag Form. I Morges kom Tinge og spurgte om Anne Marie maatte komme ned og hjælpe Grethe lidt i Eft. Nu har hun faaet Hexeskud og ligger og kan ikke røre sig; det er saa trist, at hun skal døje med alt muligt, den lille go’e Grethe! 
 Det er Middag nu, og jeg er bange, det bliver ikke til meget mere, Posten er tidlig paa det om Mandagen
 Næste Gang skal jeg sende det bio-dynamiske Skrift, du sendte, jeg har knapt læst det endnu og det er jo meget interessant. Det andet beholder jeg altsaa. Tak! – Nu har Anne Marie igen haft en Omgang med Betændelse, denne Gang i Øret og hun har døjet meget og haft Doktor her 2 Gange ligget i Sengen 2 Dage og haft mange Smerter. 
 Der er saadan en flink lille ung Læge i Dræby, jeg havde aldrig set ham før; den første Dag, han var her, bød jeg ham Kaffe og han blev siddende i nær ved 2 Timer og snakkede med mig; vi var meget ivrige begge to, saa han glemte Tiden. Vi var meget enige – det er man jo gerne for Tiden, fordi det mest er een Ting, man diskuterer nu: Krigen og alt hvad dermed hører. Det var en helt Oplevelse for mig, jeg ser næsten aldrig andre Mennesker. 
 Efter Middag. Det er underligt nok, for skønt alt hvad der sker i Verden – et Hav af Rædsler – opfylder en hver Time paa Dagen, saa er der noget ved det, der gør, at man ikke skriver om det. Men du kan tro, at alt det forfærdelige som vi hører om, og som [”og som” indsat over linjen] ligger paa en som en Mare ogsaa bidrager til, at gøre det daglige Savn af Janna endnu tungere end det vilde være, dersom Verden havde sit normale Udseende. Jeg har da i hvert Fald saa tit den Fornemmelse, at det er ikke til at bære. Og Verdens Fremtid må man ogsaa - uundgaaelig – spekulere paa. Faar vi mon den forfærdelige tyske Krigsmentalitet udryddet nogensinde. Ja, en Gang maa jo den tyske Nation blive voksen, men hvor længe vil det vare? den er for mig at se en stor lømmelagtig Dreng med alle den Alders Skavanker – ogsaa Børns Grusomhed har den i rigt Maal. En underlig Mangel paa Fantasi, der gør, at de slet ikke formaar at fatte andre Menneskers Lidelser. Nu er Lidelserne over dem selv, men vil de kunde lære af det? Eller vil det udelukkende resultere i Hævnfølelse? Det er Fremtidens Gaader. Saa vidt jeg husker, sagde Fanny jo, at der vilde gaa en uhyre lang Aarrække uden Krige, men den synske Fisker oppe i Nordnorge, der spaaede 1ste Verdenskrig, paastod, at der vilde komme Krig i 1953, hvor Frankrig og Rusland vilde slutte sig sammen og ødelægge Sverige. Det lyder fantastisk. Man kan ikke tænke sig Frankrig have Interesser i Sverige, vel? Og der er kun 8 Aar til, han maa vist have set forkert med et Aarhundrede eller to. – Naa, nu blev det alligevel til lidt mere Brev, 
 [Skrevet på hovedet øverst på s. 1:]
 Jeg skulde egentlig have hjulpet A.M. med Opvasken, saa hun kunde komme hurtig ned til Grethe, men det Ky’ det Ky’ -
 God Bedring med det lilles Snue, det er da kedeligt, naar hun saa ikke kan komme ud.
 Nu haaber jeg, at det hele maa bedres lidt for dig, søde Dis. ”Tiden læger” som Mornine skrev som 14årig, 2 Dage efter en dødsens Fortvivlelse over en ubesvaret Elskov.
 Tusinde Hilsener fra din Junge. 
 [Indsat nederst s. 2:] X hvilket herligt Sprog, der kan falde en i Pennen.</t>
   </si>
   <si>
+    <t>1945-04-12</t>
+  </si>
+  <si>
+    <t>Else Larsen, Else, Andreas Larsens kone
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Adolph Larsen var indlagt med en kræftknude i maven. Johanne/Junge Larsen boede nogle dage hos Else Larsens forældre (Overgaard) i Odense for i forbindelse med besøg på hospitalet at have mindre transport.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0644</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen er hjemme igen efter at have været hos Overgaards, som var søde. Laura/Bibbe har talt med egen læge, som sagde, at selvom der var tale om en kræftknude, var chancerne for helbredelse gode.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0jIO</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Post-logo]
+Afsender
+[Håndskrevet på adressesiden:]
+Dec 45
+JW. Larsen, Lindøgaard
+Dræby St. Fyen
+Fru 
+A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Håndskrevet på brevkortets tekstside:]
+Tirsdag.
+Kære lille Dis!
+Nu er jeg hjemme igen, jeg turde ikke blive der længere, da Else mente, det blev for meget for hendes Mor. Jeg kom hjem sm. m. Bibbe og Manse Søndag Aft. For din Femmer gik vi i Biffen og saa et vældig sjovt amer. Stykke. Overgaards var saa søde at være hos og Fru O. sagde i Telefonen i Gaar, at hun savnede sådden! Vi er bleven saa opmuntrede og forhaabningsfulde efter en Samtale Bibbe havde med vores egen Læge her; han sagde, at selv om det var en Kræftknude kunde det udmærket godt helbredes helt, naar den blev fjærnet ved Operation. Han sagde det ikke for at trøste, sagde han, men vilde sige det 
+[på brevkortets adresseside:]
+samme, hvis det var en Kollega, han talte med. Det blev vi meget glade over at høre og har nu faaet godt Haab igen. Mange Hilsner til Jer begge fra din Junge Bibbe er derude i Dag.</t>
+  </si>
+  <si>
+    <t>1945-12-04</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Else Larsen, Else, Andreas Larsens kone
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er Adolph Larsen, som er syg af kræft og indlagt. Hans sygdom er omtalt i flere breve fra perioden.</t>
+  </si>
+  <si>
+    <t>Johanne/Junge er nu kommet hjem igen. Familiens egen læge har sagt, at hvis kræftknuden bliver bortopereret, er prognoserne gode, og det har givet nyt håb.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LwFS</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+BREVKORT.
+Post-logo
+Afsender
+[Håndskrevet:]
+Dec 45
+JW. Larsen, Lindøgaard
+Dræby St. Fyen
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Brevkortets bagside:]
+Tirsdag.
+Kære lille Dis!
+Nu er jeg hjemme igen, jeg turde ikke blive der længere, da Else mente, det blev for meget for hendes Mor. Jeg kom hjem sm. m. Bibbe og Manse Søndag Aft. For din Femmer gik vi i Biffen og saa et vældig sjovt amer. Stykke. 
+Overgaard var saa sød at være hos og Fru O. sagde til mig i Telefonen i Gaar, at hun savnede sådden! Vi er bleven saa opmuntrede og forhaabningsfulde efter en Samtale Bibbe havde med vores egen Læge her; han sagde, at selv om det var en Kræftknude kunde det udmærket godt helbredes helt, naar den blev fjærnet ved Operation. Han sagde det ikke for at trøste, sagde han, men vilde sige det 
+[Brevkortets forside:]
+samme, hvis det var en Kollega, han talte med. Det blev vi meget glade over at høre og har nu faaet godt Haab igen. Mange Hilsner til Jer begge fra din Junge Bibbe er derude i Dag.</t>
+  </si>
+  <si>
     <t>1946-04-01</t>
   </si>
   <si>
     <t>Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Else Larsen, Else, Andreas Larsens kone
 Axel  Müller
 Edith -, pige i huset på Lindøgaard
 Christine Swane
 Erik Warberg Larsen
 Grete Warberg Larsen
 Lise Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Malerens var Johannes Larsen, hans søn og svigterdatter på Møllebakken i Kerteminde.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2452</t>
   </si>
   <si>
     <t>Johanne Larsen kan ikke forstå, at Astrid kunne gå tur efter den hårde omgang med tandudtrækninger. Selv måtte hun hjem og ligge i sengen hos Johannes Lasen og hans familie, da hun havde fået trukket 17 tænder ud.
 Johanne kommer ikke til Astrids fødselsdag, for hun har travlt, og hun er bange for at blive syg, hvis vejret bliver koldt. Hele Johannes familie er inviteret til Christine Swanes/Uglens 70årsdag, men kun de unge tager med. 
@@ -6923,81 +6693,404 @@
 Lise har brændt hænderne slemt på kakkelovnen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Kww0</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Modt 3’ April 1946
 besv. 11’ ” ”
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St.
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen
 [I brevet:]
 Lindøgaard Mandag 1st Apr. 46
 Kæreste lille Dis!
 Sikken dog et Held, at mit Brev netop skulde komme i det selvsamme Øjeblik, som du skulde gaa til det frygtelige hos Tandlægen, og at det kunde give dig saa megen Styrke og Mod fra, af og til kan der være Held i det. Altsaa: Tak for dit Brev! Hvor maa det have været en frygtelig Omgang, naar Bedøvningen ikke vilde virke. Men een Ting fatter jeg ikke: at du lige efter kunde gaa en to Timers Tur?! Og du snakker om, at vi andre er Kæmper i Modsætning til dig! Da jeg havde faaet mine ud, kørte Tandlægens Frue mig op til Malerens, der kom jeg straks i Seng og var da mere død end levende; f. Eks. var det udelukket at spise en eneste Smule. Maaske gjorde det noget, at jeg jo ikke kan taale [ulæseligt ord] samt at der var 17 Tænder men alligevel!
 Nej, lille Dis, det er fuldstændig udelukket at jeg kan komme til din Fødselsdag, for vi skal nemlig skifte Pige til Maj, eller rettere Edith skal rejse; nej de sidste Dage før Maj er alt altid her i Sus og Dus. Hver dag er planlagt længe forud; den sidste Vask samt Rengøring i Køkkenregionerne bliver i den Tid lige efter Paaske, og jeg kan umulig være herfra, jeg vilde ikke have eet fredfyldt Minut, naar jeg vidste, at jeg var løbet fra det hele. Det kan du nok forstaa, ikke? Nej, vi maa vente til det bliver Sommer. Desuden er der jo selve Aarstiden at tage i Betragtning. Det kan være lidt sommerligt i Slutn. af April, men det kan rigtig nok ogsaa være hundekoldt og jeg er vel pænt nødt til at tage Hensyn til Helbredet. Nu har min Bronchitis igen svungen sig op og hvem ved hvordan den er om 26 Dage. Det gør mig ondt at jeg maa skuffe din Fødselsdagsplan, men haaber, du nok kan forstaa, at jeg har gode Grunde for det. – Uglen har 70 Aars Fødselsdag d. 29de Maj og forleden kom der Indbydelse fra hende til os alle: Agr. jeg Manse Bibbe Tinge og Grete. Det bliver vist saadan, at de 4 unge rejser, men Agr. og jeg ikke. Agr. vil bestemt ikke, og jeg kan da ikke tage 2 Rejser – naa ja, saa kunde jeg jo kombinere den med Besøget hos Jer, men jeg synes nu, det var kedeligt om Agr. skulde være her helt alene og alle kan vi jo ikke være [”være” indsat over linjen] borte her fra. Jeg skrev og takkede og anmeldte altsaa de 4, og skrev saa en passant: hvordan med Natteleje? er der nogen Planer om det?
 Tirsdag. Dette bliver vist baade kort og forvirret. Grete kom i Gaar med Lise og de blev her hele Eftermiddagen; det var herligt, men det blev saa ikke til noget med Brevskrivning. Foraarstravlhed er allerede i fuldeste Sving her baade ude og inde. Edith gør hovedrent og jeg passer Huset – 2 Mand paa Kosten, d.v.s. da kun Middagsmaden, men alligevel mærkes det. Bibbe er ude i Embeds Medfør baade Dag og Nat; en Patient skal for Tiden have Tabletter hver anden Time; hun tager derop Kl 11 ½ om Aftenen, ”sover” paa en Sofa og lader Væggeuret kalde hver anden Time. Endnu har vi ikke set hende, skønt Kl. er over 10 (Form.) saa hun er sendt til Patienter. Og dog klager Bibbe over, at der ikke er nok at bestille!! Hun sagde forleden ”jeg ved ikke om jeg i det lange Løb kan holde ud, at der er saa lidt Arbejde”!! Naa det er ogsaa i Timetal, undertiden er der kun et el. 2 Besøg om Dagen. Lise kan nu gaa alene, men det kniber jo vældigt med Balancen og de smaa tykke Ben skræver. Hun har brændt begge sine smaa fine Hænder paa Kakkelovnen, Læge omgaaende til Forbinding og saa senere til at klippe Blærerne op. Hun sad ganske stille mens det foregik og saa alvorligt paa ham. Grete syede Forbindingerne fast paa en lille Trøje saa hun ikke kunde rive dem af. Tinge var helt hysterisk den Dag det skete, og det var jo ogsaa frygteligt, saadan smaa fine Hænder, det var strengt for dem alle. Tak for de tiltænkte Cigarer, godt at jeg ikke fik dem! for det var vel Mulighed for Afgang at du skrev det? nu maa jeg ud til Maden og saa slutte lige efter Middag. – Jeg vilde ønske, jeg kunde forære dig lidt af Uroen i dette Hus. Siden jeg sidst skrev har her været 3 forskellige fremmede og Bibbe hjem til Kaffeanretn; nu sover hun eller hviler da, hun var meget træt, men skal da ikke vaage i Nat! Sikken et vidunderligt Vejr, og saa mærkelig kort efter den Periode med den strenge Frost. Men det er herligt. 
 [Indsat øverst s. 1; på hovedet:] Nu haaber jeg, at mit næste Brev bliver lidt mindre stakaandet – Hovedrengøring gør mig altid stakaandet. Hils den gode Axel saa meget!
 Tusind Hilsner fra din
 Junge.</t>
   </si>
   <si>
+    <t>1948-06-01</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 12</t>
+  </si>
+  <si>
+    <t>Gustav Helms
+Adolph Larsen
+Marie Larsen
+Axel  Müller
+Lauritz Pedersen
+Ellen  Sawyer
+Karen Warberg
+Marie Warberg
+Lise Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Jomfru Marie er i denne sammenhæng formodentlig Marie Larsen. 
+Titterne var søstrene Karen og Marie Warberg. De voksede op på Glorup, hvor deres far var godsforvalter.
+Det vides ikke, hvem Dr. Bech var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0574</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen tror, at Astrid Warberg-Gs mavesmerter skyldes, at hun ikke kan tåle det hårde arbejde. 
+De to søstres fælles ferie var dejlig og kan måske gentages et billigere sted. 
+Titterne (Karen/Nina og Marie Warberg) var søde, men Johanne er ikke enig med dem om fredsbevægelserne. Det er dog fint, at de er religiøse.
+På Glorup har man dårlig smag. Johanne har altid glædet sig over, at Adolf/Agraren Larsen har god smag. 
+Lauritz Petersen er et dejligt menneske. 
+Ellen Sawyer spurgte engang pastor Helms, om han kunne omvende hende. 
+Lille Lise Warberg er sød og siger nogle sjove, modne ting. 
+Adolf og Johanne Larsen har kørt en tur ved marken og set på klydereder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QZ8G</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Xxx
+Modt. 3’ Juni 1948.
+(min 44 års bryllupsdag – m. Alfred!)
+Mors + Dis’s ophold (8 dage?) nej 10 dge [”nej 10 dge” indsat over linien] på Nyborg Strand
+er omtalt.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov.
+26-2-2000.
+Bibbe-Kerteminde.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St, Fyen.
+[Trykt på label:]
+F.E. BORDIN A/S KBHVN
+MÆRKAT NR. 3976
+Dansk Sømandsmission i fremmede havne
+[I brevet:]
+Lindøgaard 1_ste_ Juni 1948.
+Kæreste lille Dis
+Tusind Tak for dit lange gode Brev i Gaar. Ja, godt skriver jeg, men det var da nu langt fra godt, at du igen fik de Mavesmerter. Jeg synes, at naar det holdt op allerede paa 2den Dag, da vi kom til Nyborg, var borte alle de 11-12 Dage, du havde Ferie og du ["du" indsat over linjen] fik det igen, saa snart du begyndte at arbejde, saa tyder det rigtignok stærkt på, at det er det legemlige Arbejde, du ikke kan taale – og det er saa sandelig ingen Trøst. Du husker nok, at jeg formodede det var nervøst, men hvis den Formodning var rigtig, så skulde man tro, at den Restitution, som Ferien gav dig, skulde have været længere, saa du ikke øjeblikkelig skulde faa de Smerter igen; med mindre naturligvis, at det virkede som et Chok for dig at finde Huset i Uryd ved din Hjemkomst?? Hvis det var Tilfældet, kunde det maaske alligevel være en rigtig Diagnose med Nerverne. Men godt, at han vil indlægge dig og faa det rigtig undersøgt. Det er rigtignok skidt, lille Dis, for det tager jo altfor meget paa dine i Forvejen svage Kræfter. Gud være lovet, at Jomfru Marie vil tage med Jer til Småland, så du ikke behøver at skuffe dem. Gid I dog nu kunde faa lidt godt Vejr, saa maaske de gode Traveture i det underskønne Vejr vil hjælpe dig. Hvor sødt af Axel at han fik lavet alt det i de to Stuer, mens du var borte – ja Lauritz skal nu være godt vaagen, om han skal naa at stikke Axel som Ægtemand.
+Ja, du har rigtig nok Ret i, at det var en liflig Tid, vi havde, og det er jo ikke alene mens det staar paa, at man har Glæde af det, jeg tænker saa tit paa det og gen-nyder det. Jeg er lige ved at give de to liflige Stunder i Feriehusets Solkrog Prisen, hvor var der dejligt og fredeligt og smukt. Ogsaa Markvandringen ved den nedlagte Rævefarm, og Siestaen paa den stille Sportsplads – ja, det var jo dejligt altsammen. Og selvfølgelig først og sidst Samværet med vi to alene, det gaar kun alt for sjældent paa. Ved du, hvad vi maaske kunde have gjort – men ikke gjorde: at forhøre os om et eller andet Sted der, som ikke vil have 17 Kr. om Dagen, og som alligevel er i Nærheden af Skov. Egentlig kan vel baade du og jeg nok nøjes med at have Strand lidt paa Afstand; se den kan man jo altid der i Nyborg. Gid man var rigere. 
+2) 
+Ja, Glorupopholdet var en Oplevelse; den rent ud sagt overraskede mig; jeg havde ikke tænkt mig, at vi havde faaet saa meget ud af den, jeg har heller aldrig været Titte paa saa nært Hold eller vidst, at hun var et saa betydeligt Menneske for det er hun jo absolut jeg har aldrig vekslet Brev med hende, det er altid Nina, den søde gode Nina, som jo ikke rangerer just saa højt intellektuelt set. ”Hun japper saa meget i sin Tale”, skriver du, ja, det er saa karakteristisk, men det er intet imod, naar man taler i Telefon med hende; saa spørger hun om et eller andet, men uden at høre Svaret kvidrer hun videre, og ud over al den Kvidren bliver det ikke til noget. Men trods Slægtsfølelsen over for Titte, er der nu meget som skiller hende fra os i Meninger; lagde du f. Eks. Mærke til den Foragt hvormed hun omtalte Fredsforeningen, som dog er Fredsbestræbelser fordi det, de gør og vil, er at opdrage Mennesker til at føle Fredsvilje, de begynder efter min Mening netop der, hvor der skal begyndes: at prædike Fredshigen ind i Menneskementaliteten, og det er nu et lidt trist Standpunkt at foragte det; og meget militært indstillet kan du tro, de er. At de er ortodoxe med Religionen, synes jeg ikke gør noget, det er jo et privat og beundringsværdigt Anliggende – nu vrøvler jeg – jeg mener, at det sikkert er deres Religion, som faar dem til at være saa gode, som de er og saa redebone til at yde deres Medmennesker Hjælp, og det er jo da beundringsværdigt. Det smukke Forhold som er mellem dem er jo et helt Mønster for Søstre, selv du og jeg, som staar hinanden saa umaadelig nær, kan af og til ”skurre i lidt” Den daarlige Smag søm stødte dig en Del, ser jeg slet ikke; det er simpelthen Glorup, som det altid har været, og hvor langt ["langt" overstreget] jeg har færdedes langt mere end du; hvem ved, om deres Smag ikke godt kunde være udviklet, hvis de nogensinde havde været ude for lidt Paavirkning i den Retning; vi har jo anderledes færdedes i Kredse, hvor god Smag er det normale. Det har altid glædet mig, at Agraren har saadan en god Smag; ja, den er langt sikrere end min, for det betyder jo meget og er et stort Plus ved et Menneske, at han eller hun har en god Smag. 
+Ja, hvor Bibbe dog er lykkelig, Og hvor Lauritz er et henrivende Menneske; jeg kommer til at holde mere og mere af ham for hver Gang jeg er sammen med ham, der var 
+3)
+noget helt overjordisk ved ham den Aften, da han saa varmt, saa klart og saa enkelt fortalte os om [”om” indsat over linjen] om sin religiøse Indstilling; det gik igennem mig: hvor jeg dog elsker dig Lauritz, og hvor du er et vidunderlig Menneske. Du sagde ved den Lejlighed ”Det er nu din Vej, Lauritz, og jeg må sige, at hvis jeg kunde være saa lykkelig overhovedet at have en Vej, saa vilde jeg helst have den, han der viste os. Apropos – det om at have en Vej – Elle har fortalt mig, at hun en Gang sagde til Pastor Helms (Valgmenighedspræst i Kjerteminde og en udmærket Mand): Hør Pastor Helms, kunde De dog ikke prøve at omvende mig, for jeg vilde saa gerne omvendes”, men det mente han nu ikke, at han kunde, sagde Elle, saa det blev ikke til noget. NB: Elle sagde det ikke for at være vittig, men i fuldt Alvor. Ligner det ikke Elle? Det var kedeligt, at du ikke fik set lidt mere til hende, men du kan ellers tro, jeg fortrød ikke, at jeg ikke havde overtalt dig til at blive her på Lindøgaard, for her har været saa isnende koldt. Jeg har slet ikke prøvet at varme Dagligstuen op, men er flyttet herned i Spisestuen igen. Varmt har her dog ikke været, for vi har forlængst faaet Sommerfyret i Komfuret, saa det giver kun en Smule Lunkelse her ind, men dog nok til at jeg har kunnet klare mig, [komma overstreget] med Vinterkluns paa og mit gode varme Tante Else-Tæppe om mig. Det var nu rart, at du naaede at faa Ungerne at se og morsomt at du syntes Lise var sød. Jeg havde hende hele Dagen i Gaar, og hun var saa henrivende, den glade lille Unge. Hun er saa pudsig med alle sine voksne Udtryk, f. Eks. sagde hun i Gaar, da hun drak Mælk: naa da, hvor jeg bæller i mig, hendes Ordforraad er vist nok ret enestaaende af et Barn paa 3 Aar; og saa er hun et lille Følelsesmenneske; da Agraren fulgte hende hjem i Gaar, lagde hun sin lille Kind paa hans Haand da han gik med hende ved Haanden, saa op paa ham og sagde: jeg holder saa meget af dig. Var det ikke sødt? - - Jo Tak, lidt Regn har vi da faaet, jeg antager lidt op imod 20 Mm. og det har rettet Afgrøderne godt op. Jeg havde en herlig Formiddag i Gaar – nej, i Dag, hvor vi har haft rigtig et yndigt Maj-Vejr. Agraren satte Molly for Giggen og kørte mig rundt i Markerne helt ud i den yderste Fold og saa ad Strandkanten hjem, det var en vidunderlig Oplevelse
+Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13de Juni? Din Junge. 
+[Skrevet på bagsiden af første side; fortsat fra ark 2:] 
+han kunde ikke vide at Manden var usikker, han var ansat og havde været det længe i det Firma hvor han havde købt Malkemaskinen Men han – Manden – havde snydt i Skat og faaet en Bøde paa 20.000 Kr. og det kan han ikke klare. Men de kan jo 
+[Skrevet langs venstre margen på bagsiden af første ark:]
+ogsaa lade være med at snyde! Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13_de_ Juni? Din Junge
+[Skrevet øverst på hovedet på ark 2:]
+Nu bliver det vist ikke til mere, lille Dis, for denne Gang, lad mig tilsidst sige dig tusind Tak for det gode ...
+[Skrevet langs venstre margen ark 2:]
+mest 1150 Kr til Termin idet han solgte ...
+[Skrevet på hovedet øverst på bagsiden af ark 2/s. 4:]
+Naar Dr. Bech siger, at hele Hareskov vist er et usundt Sted at bo, saa er der dog alligevel lidt om vores Snak, selv om det ikke netop gælder selve Jeres Hus; men du ved nok, at siden jeg fik at vide, at der aldrig er Aftentaager har jeg taget mine Ord
+[Skrevet langs venstre kant på forsiden af ark 2/s. 3:]
+i mig; Erikshaab var sikkert ogsaa et meget usundt Sted at bo, men der var vi jo nu en Gang, saa derved var intet at gøre. 
+[Skrevet på hovedet øverst på bagsiden af ark 3/sidste side:]
+han kørte langs Kartoffelrækkerne for at jeg kunde se 3 Klyder, som ligger paa Æg; den ene blev liggende paa Reden skønt vi holdt stille, ikke to Alen fra den, den anden gik fra Reden
+[Skrevet langs venstre kant på forsiden af ark 3/næstsidste side:]
+og stod og skældte ud lige ved Vognen; det er nogle aldeles henrivende Fugle med deres høje fine Ben – Agraren sagde ogsaa, at det var en Oplevelse at se dem saa nær, en Opl. som ikke mange fik.</t>
+  </si>
+  <si>
     <t>1948-09-02</t>
   </si>
   <si>
     <t>Elena Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Jens Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Alhed  Møhl, Lysses datter
 Marie Neckelmann</t>
   </si>
   <si>
     <t>Belåten (svensk): Tilfreds, glad 
 Hins (svensk): Den anden</t>
   </si>
   <si>
     <t>Christine Mackie takker for 10 dejlige dage på Båxhult. Hjemrejsen var hård, for da hun kom til Malmø, gik færgen først den følgende morgen. En stationsforstander var sød og lod hende sove i en tom passagervogn. Han kom også med uldtæppe og pude til hende og vækkede hende næste morgen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/8EAa</t>
   </si>
   <si>
     <t>2/9-48.
 Hils Frøken Kylle og sig Tak for Lån! Jeg har et grundet Håb om at få fat på en svensk do.!
 Kære Lysse og Bimse!
 Inden jeg begynder Beretningen om min eventyrlige Hjemrejse, vil jeg sige jer så mange Tak for de 10 dejlige Dage! for Ro og Fred og Hvile og Opmuntring og god og forsvarlig Behandling i alle mulige Retninger! På det Område, hvor i År stod tilbage for ifjor, er I Sagesøse, det må Vorherre tage på sin Kappe når han er så hensynsløs at lade det regne over os retfærdige.
 Jeg kom så godt til Halmstad i jeres lille Tog, hvor det trak forbandet, hvor end jeg anbragte mig.
 I Halmstad fik jeg det første Chock, idet en Banemand sagde, at snälltoget til Malmø var gået for 2 Min. siden, men da det viste sig, at der gik et andet 1/2 Time efter, kom jeg hurtigt til mig selv. Jeg havde en meget rar Rejse til Malmø - når jeg sad på begge mine Ben i Sofaen, dér trak det næmlig også iskoldt om Fødderne. I Malmø gik jeg strax glad og tillidsfuld ud og fik min Kuffert udleveret, og skulde så have et Stadsbud til at bære den ud til Båden - hvad for en Båd? spurgte han ja, den til Kbh - - der var ingen før næste Morgen Kl. 1/2 7!! Det var en så barok Situation, at jeg brast i Grin! men det var jo i sig selv ikke særlig morsomt, da Pengene ikke rakte til Hotel og jeg ikke, som Statsbud-Formanden foreslog kunde tænke mig at gå på Gaden, når Stationen stängtes. Jeg anråbte dem om at anvise mig en overordnet, som kunde råde mig og foreholdt dem, at det var Liv eller Helbred om at gøre, men det sked de på; de var frække nok til at sige, at jeg måtte tage min koffert med, som stod på Skranken, men så blev jeg gal og tvang dem til at finde min Garantiseddel i det bortkastede Affald. Jeg gik så ud i Hallen og spejdede efter en Uniform, men fandt ingen; så kom jeg i Tanker om Garderoben, og dér var endelig et Medmenneske, og han viste mig Vejen til Stationsforstanderens Kontor - langt borte og for mine beskedne Åndsevner svært at finde, men det lykkedes da, og jeg udøste nu mit Hjærte for en smuk og sympatisk Herre i fin Uniform; han og hans ikke mindre tiltalende unge Assistent hørte med Deltagelse om mine Besværligheder og min Beretning om den dumme Hins i Landeryd; jeg spurgte, om der ikke var et Hul et Sted på Stationen, hvor jeg kunde få Lov at være om Natten! Jo, jeg skulde gå med ham, så skulde han vise mig til Rette; vi foretog så en Fodtur langt ud i Systemet, hvor der stod en ensom III Kl. Jernbanevogn med Påskrift, at den ikke måtte kobles til noget Tog; der gik vi ind og beså Lejligheden, som jo var helt tiltalende; jeg satte min Håndkuffert og fulgte med ham tilbage for at se, om der var åbent i Restauranten - det var der, i I Kl.s og der var lunt og rart, og jeg spiste to smörgåser og drak mindst en Liter The. Så gik jeg da de lukkede Kl. 11, ud og købte nogle Aviser mod Kulden - jeg bad om de tykkeste! det var svenska Dagbladet. Hermed vandrede jeg ud på Linjen og ind i mit bramfri Nattekvarter; men tænk, lidt efter kom Forstanderen bærende med en Pude og det største og tykkeste Uldtæppe, jeg har set! var det da ikke ualmindelig sødt! - Jeg stak Hovedet gennem en Avis, under Trøjen, så den holdt mig varm på Ryg og Bryst, og så gik jeg i Seng, godt vøvet ind i det dejlige Tæppe, som holdt mig fuldstændig varm; jeg faldt godt nok i Søvn, men vågnede senere ved en brutal Trampen i min Vogn og en Lygte i Ansigtet, to Mænd spurgte, om jeg havde Tilladelse til at ligge der - det havde jeg jo, og så forsvandt de, og jeg faldt igen i Søvn. Kl. 4 kom en Mand og vækkede mig, af Opmærksomhed, for hvis jeg skulde med Stockholmsexpressen, så gik den snart. Derefter turde jeg ikke lægge mig til at sove igen, men stod op Kl. 1/2 5 og spaserede op og ned ad Gulvet en Timestid, svøbt i Uldtæppet. Kl. 1/2 6 kom den Engel til Forstanderen for at se, at jeg ikke sov over mig! Jeg forklarede ham, at han havde reddet mit gamle Liv med Tæppet . hvilket sikkert var den rene Sandhed, og han smilede belålen, jeg var sgu lige ved at kysse ham. Jeg skrev et sødt Brev til ham, da jeg kom hjem og takkede ham med sort på hvidt. 
 Resten gik glat, og Morgenkaffen på Færgen var noget af det underfuldeste, jeg har nydt. Ingen aner vist, hvor man bliver sprælsk og lebendig efter en Nat i en enlig Jernbanevogn og meget lidt Søvn! Jeg blev det i den Grad, at jeg gav mig til at føre en spøgefuld Samtale på fransk med en Herre ved mit Bord! Med Kufferterne var der [det følgende skrevet s. 3; lodret i venstre margen:] ingen Besvær; jeg kom hjem Kl. 1/2 10 og burde være gået på Hovedet i Arbejde med mine Sedler - men jeg må dog indrømme, at jeg den Dag ikke hørte til de arbejdsvillige; næste Dag var jeg all right og er det fremdeles. Hermed slutter [det følgende skrevet s. 4; i venstre margen, lodret:] Beretningen om Tante Mornines store Udenlandsrejse. 1000 Hilsner til jer alle!</t>
+  </si>
+  <si>
+    <t>1948-09-22</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Dams Hotel
+Kai Grunth
+Sven Havsteen-Mikkelsen
+Hedvig Høst
+Oluf Høst
+Ville Jais Nielsen
+Johannes Jais-Nielsen
+Arne Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Bendt Rom
+Olaf Rude
+Finn Salomonsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Biæderen er ej sjælden træk- og ynglefugl i Danmark.
+Jordsvaler: Digesvaler
+Det vides ikke, hvad fyrmesteren på Christiansø og amtmanden i Rønne hed. 
+Oluf Høsts "større Gaard inde i Landet" hedder Bognemark, og han malede den utallige gange. 
+Mesinebryggeren kendes ikke, og det vides heller ikke, hvem der var pige i huset hos Larsen-familien i sept. 1948.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været på Bornholm. På flyveturen dertil kunne han intet se pga. regn. Han tog ind på et hotel i Rønne, og her kom Arne Larsen og viste ham fotos af nogle biædere, som havde haft reder nord for Hasle. Dagen efter blev Larsen hentet af Olaf Rude, og de kørte ud og så biæderredehullerne. De næste dage besøgte de Hammershus og rundkirker samt flere byer og de var til middag med Oluf og Hedvig Høst samt Jais-Nielsen.
+Larsen var også en tur til Christiansø i dårligt vejr. Dagen efter spiste Larsen, Rude og Jais hos Høst i dennes dejlige hus, og Høst og Larsen var ved dennes gård (Bognemark). 
+I Rønne igen besøgte Larsen Amtmanden. Da Larsen kom frem til flyet, viste det sig, at der var overvægt, men en passager tilbød at vente til næste dag med at tage til København, og problemet blev derved løst. Udsigten fra flyet var denne dag fin.
+Larsen med familie har været i Odense og se et guldfund fra Midskov. De har også været på besøg hos Sven Havsteen-Mikkelsen på Taasinge, og han gav dem en skotsk hyrdehund fra et kuld hvalpe, som Johan/Puf tidligere havde set.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TrRn</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22 Septbr 1948.
+Kære Lysse!
+Tak for Dit Brev. Skønt jeg havde glædet mig til den Tur gennem Jylland til Göteborg og videre til Båxhult, passer det mig i Grunden helt godt at den ikke bliver til noget til Aar. Jeg kan trøste Dig med at vi ikke var samtidig i Kjøbenhavn, da Du var der var jeg allerede hjemme. Vi havde Besøg af Bent Rom da jeg bestemte mig til Turen og han tilbød at jeg kunde overnatte i hans Lejlighed, hvad jeg saa gjorde og fløj Dagen efter til Bornholm. Flyveturen var en Skuffelse da det var saa Regntykt at jeg ikke en Gang kunde se Saltholm og overhovedet ingen Ting saa før vi kom til Bornholm, hvor jeg tog ind paa Dams Hotel i Rønne og ringede til Olaf Rude der sagde at han vilde hente mig næste Formiddag. Jeg gik saa ind og satte mig for at spise og saa kom der en Lektor Arne Larsen, som Rude havde sendt hen for at han kunde fortælle mig om Biæderne. Der er jo sket det mærkelige at 2 Par Biædere, en sydeuropæisk Fugl der tidligere er skudt nogle Gange her i Landet, men ikke vides at have ynglet N for Alperne i de sidste 100 Aar, havde ynglet i en Grusgrav paa en Mark ved Kysten lidt N for Hasle. Lektor Larsen viste mig nogle Billeder af dem. Der var baade Flugtfotografier og Fotografier af de gamle i Hullerne og af en Unge som en Kat havde haft fat i, og som senere døde. Redehullerne var anbragt i en Jordsvalekoloni. Dagen efter kørte jeg saa med Rude til Allinge hvor han bor, og paa Vejen stod vi af og var henne at se paa den omtalte Grusgrav, hvor Biæderne havde lavet 8 Redehuller. De var rejst om Fredagen før jeg om Tirsdagen kom derover. Om Eftermiddagen kørte vi op til Hammershus og næste Dag var vi igen deroppe og se paa Ruinerne og om Eftermiddagen til en af de 4 Rundkirker Olsker. Forøvrigt kørte Rude mig 2 Ture hver Dag og jeg fik 2 Festmaaltider daglig. Næste Dag var jeg med Rude og hans Kone paa en lang Tur gennem alle Byerne paa Ø Kysten til Dueodde og over Aakirkeby hjem gennem Ekkodalen. Vi var til stor Middag hos Grunther der har bygget sig et Hus ved Gudhjem, sammen med Jais Nielsen og hans Kone og Høst og hans Kone; Saa var jeg alene en Tur til Christiansø, men uheldig med Vejret. Jeg havde Mad med og fik en Pilsner en Bitter og en Kop Kaffe paa en Beværtning og gik saa ud
+2
+for at se paa Øen, men saa var det blevet Regnvejr og regnede mens jeg var der. Da jeg havde gaaet den store Ø rundt gik jeg ind til Fyrmesteren er den øverste Toldmyndighed og hilste ham fra Finn Salomonsen Vi sad saa og snakkede ved en Cigar og et Par Glas Portvin og saa gik jeg den lille Ø rundt i Regnvejr og satte mig ned i Kahytten. Det var blæst op og Vinden lige imod saa der var en hel Del søsyge. Rude og Høst stod og tog imod mig i Gudhjem og Rude kørte mig saa hjem. Næste Dag var Rudes og Jais, hans Kone var rejst til en fin Middag hos Høsts der har et dejligt Hus i Gudhjem, med Have op ad Klippen Bokul hvor der er en lille Lystskov med en stor Dam og paa den anden Side ligger den Gaard som Høst altid maler og hvor han har Atelier for uden et i haven og et i Huset. Jeg var med Høst oppe i Bondegaarden. Desuden ejer han en større Gaard inde i Landet og har bygget en stor fin Biograf til sin Søn. Saa var jeg nogle flere Ture med Rude, bl.a. paa Rytterknægten og i Bastemosen, og i den største Rundkirke Øster Larsker. Onsdag 1 Septbr kørte Rude og jeg til Rønne og besøgte Amtmanden hvor vi fik The og Kager og senere en Cocktail. Rude og Amtmanden skulde med Damperen om Aftenen, mens jeg havde faaet Billet til Flyvemaskinen. Amtmandens Chaufør kørte mig ud til Flyvepladsen. Der var 6 Passagerer som der var Plads til, men da vi blev vejede viste det sig at der var Overvægt, og vi fik den Besked at enten skulde en af Passagererne trække sig tilbage eller ogsaa skulde al Bagagen sendes med Damperen. Det saa jo ikke godt ud. Min Rejsetaske var ulaaset, og jeg kunde jo ikke komme til Kjøbenhavn uden Hotelplads og uden Nattøj, saa jeg var forberedt paa at returnere til Rønne, da heldigvis en af Passagererne erklærede at hans Hjem Rejse godt kunde vente til Dagen efter. Saa kom vi da af Sted og skønt det var lidt diset kunde jeg dog se Vandet hele Tiden og det var morsomt at flyve over Skaane, der laa i Soldis med nogle gulranede Skyer forude og en vældig Tordenbyge med Nedbør til højre for os og Skanør og Falsterbo til venstre. Vi fløj fra Bornholm Kl 6,15 en Time efter i Kastrup og jeg naaede at faa 3 Stk Mad og en Fadøl paa Banegaarden. Traf Mesingebryggeren paa Færgen 
+3
+og kørte med ham hjem og var her Kl. godt 12. I Forgaars var vi allesammen i Odense for at se et Guldfund fra Midskov. En Gaardmand derude ryddede en Busk og fandt 7 Guldkar af samme Slags som dem fra Lavindsgaard og dem fra Boeslunde, Du ved dem med Hankene. Disse havde 3 haft [Tegning] Hanke der var brækkede af, men der 2-3 smaa Guldplader der havde været nittede paa og en del af en Guldtraad. Hankene havde været [hul i papiret]viklet med. I Gaar var vi alle sammen )x nede hos Svend Mikkelsen der har købt et Hus paa Taasinge i Troense. Vi fik en sort og en hvid skotsk Hyrdehund med hjem som Puf havde været med til at udvælge af et Kuld Hvalpe da de var derovre i Fjor, det er en Hanhund der hedder ”Glen” Vi har haft meget uroligt Vejr i den sidste Tid og en Mængde Frugt er blæst ned og i Dag trækker der nogle store Byger med Regn og Hagl. 
+Mange Hilsner Jeres JL.
+)x Else var ikke med da hun er forkølet og i Dag ligger vores Pige med et daarligt Ben.
+P.S.
+I faar en af Dagene en Invitation til Anes Konfirmation i October, som jeg haaber at I kan komme til
+JL.</t>
+  </si>
+  <si>
+    <t>1950-06-06</t>
+  </si>
+  <si>
+    <t>Hareskov St.
+Bakkevej 12</t>
+  </si>
+  <si>
+    <t>Dres -
+Holger -
+Alfred Fly
+Johannes Hohlenberg
+Johannes Larsen
+Helga Nielsen
+Lauritz Pedersen
+Jørgen Schou
+Mette Schou
+Leo Swane
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jørgen og Gretes søster var. Lille Marie kendes heller ikke. 
+Laura/Bibbe Warberg P. og hendes familie boede på Andkærgaard.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0662</t>
+  </si>
+  <si>
+    <t>Johanne/Junge C. Larsen har syet 50 servietter siden februar og også strikket til Laura/Bibbe Warberg Petersen. Nu syr hun nogle nye modeller.
+Det er dejligt, at Astrid/Dis skal til Småland.
+En fluesnapper har bygget rede over Astrids dør.
+Laura/Bibbe og drengen har været til middag, men han blev forvirret og græd meget. Lauritz er på rejse med bestyrelsen i en andelsfoderstofsforening.
+Laura/Bibbe er meget egnet til at få børn, og Johanne håber, at hun får flere. 
+Lise Warberg Larsen er på besøg på Sjælland, og Erik Warberg L. savner hende.
+Erik/Tinge og Martin/Manse har været hos Laura/Bibbe til middag. Pigen havde fri, så Bibbe havde travlt. Bibbe har fået voldsomt mange gaver i forbindelse med fødslen af Troels
+Johanne fortæller om Leo Swanes indkøb hos en tobakshandler i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/55oU</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blyant på kuvertens forside:]
+10’ Juni 1950
+[Håndskrevet med sort pen:]
+besv. 15 Juni
+(m. Kassen med to hvide Jakker
+1 Sæt blåt Sengetøj – Ramme m. Billeder
+Skriveblok. Undertrøje)
+[Håndskrevet med blå kuglepen:]
+24-4-06.
+[Håndskrevet med sort kuglepen:]
+13-7-05.
+1-7-05.
+[Håndskrevet med blå kuglepen:]
+7-8-2000.
+BWP.
+[Håndskrevet med blæk:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[Håndskrevet med sort kuglepen:]
+13-7-05
+[Håndskrevet i brevet:]
+Lindøgaard 6-6-50
+Kære lille Dis!
+Tak for dit lange og gode Brev! Nej, jeg var ikke bleven nervøs; tidligere betød det altid Sygdom, når der var længe imellem Brevene, men nu ved jeg, at det bare er, at det trækker lidt ud, og det gør da ingenting; du må ikke føle Brevskr. til mig som en Byrde eller Pligt. 
+I dette Øjeblik blev de 4 Servietter færdige, jeg skulde først have Kontrolassistentens 12 færdige. Nu har jeg siden midt i Februar syet 50, men hvor er jeg ogsaa flittig, at den megen Strik til Bibbe og andre tager jo også Tid! Og Strømpestopning! Naar jeg skriver smaat, er det for at nøjes med 1 Ark, saa Brevet ikke skal blive for tungt. Mens jeg husker det: Jo Tak, vi vil meget gerne have Trøjen. Tak paa Forhaand. I næste Brev kommer Udklippene og Fotografierne, hvor er de glimrende – især af Jørgen, det er en meget smuk Lighed. 
+Tænk, at I skal til Småland! Tillykke til det! Maaske gaar det meget bedre i Aar med Dres, nu er I ligesom forberedte paa hendes Uomgængelighed. Gid I nu maa få godt Vejr, det betyder meget deroppe. Og ikke alt for hedt.
+Er det ikke knagende billigt med de 100 Kr. for hele Somr'en for Tobedeab. men det er jo ogsaa Penge naturligvis.
+Jo, det var dejligt for dig – det med Hohlenberg, og saa at han kunde saa godt med Holger, det er altid morsomt når ens Venner kan sammen. Og tænk Dis, at I har Nattegale. Aa, hvor vilde jeg dog gerne endnu en Gang i mit Liv høre dens vidunderlige Sang, det giver hele vor Ungdom! Naa, vi har jo ogsaa mange Fugle. En lille Fluesnapper bygger Rede – og har lagt Æg – paa Gesimsen over vor Indgangsdør, du ved der er [Tegning] saadan over Døren. Er det ikke sjovt. Bibbe og den lille har det godt begge to. De var her med Drengen 2_den_ Pinsedag til Aftensmad, de har en lille Kasse til ham, som kan gaa ind i Bilen; desværre blev han saa opreven af Færden, saa han græd meget herhenne, saa de kommer vist ikke saa snart igen. Lauritz er ude at rejse. Han er i Bestyrelsen for ”Fyens Andelsforretn. for Korn og Foderstoffer" og hele Bestyrelsen er i Tyskl. Holland og Belgien for at se paa et eller andet. De kørte d. 2_den_ Juni i 4 Biler, første Dag til Hamborg. Bibbe kørte han til Odense om Morgenen. Desværre er der smadder-hedt, men det er da alligevel en dejlig Tur, skriver han; ventes hjem Lørd. eller Søndag. Jeg synes, det er saa dejligt for ham, at han nu ogsaa har været udenlands, han hører saa tit om vore Udenlandsrejser, og det er en stor Oplevelse for ham. - - Jeg tror, som du ogsaa antydede i et af dine Breve, at den lille Fyr vil have en god Indflydelse paa deres Samvær, Lauritz er saa glad ved ham. Naar Bibbe er saa velegnet til at faa Børn, som Dr. Fly sagde, hun var, burde hun jo have en til, hvad hun sikkert ogsaa hellere end gerne vilde, men nu skal vi saa se, om Lauritz gaar med til det. 
+Jeg glemte, da jeg skrev om Servietterne, at jeg har med min bedste Vilje ikke kunnet regne ud, hvad [Tegning] er for en; tegn den dog – for Sjovs Skyld lidt nøjagtig ud, saa jeg kan faa fat paa, hvad det er for en; men nu har jeg faaet lavet flere nye Modeller; blandt dem er denne med Karlen og Pigen, der danser om Majstangen, den synes jeg nu er vældig pæn den synes jeg du skulde beholde. Jo, den gode [ulæseligt ord] skal rigtignok have 4; og jeg vil godt sy dem for 1,50 hvis en eller anden skulde have Lyst til nogle.
+I dette Øjeblik læser taler [”taler” indsat over linjen] Speakeren op om et Skib paa 3000 Tons, der brænder, den hedder Mette Schou – mon det er Bufs Kone, der er kaldt op?
+Da jeg var midt paa 1_ste_ Side, kom lille Grete med Erik, og vi fik os en god lang Passiar, jeg har ikke set hende i flere Dage, da de har haft travlt med at gaa i Roerne, hun hjælper jo Tinge tappert. Lise er paa Sjælland hos Gretes Søster, det er lidt strengt for Drengen at undvære hende, for hun er for ham som en Mor; skønt hun rejste – vist – 22/5 - siger han endnu stadig hver Dag: Lise skal komme hjem. Ellers plejer de hurtigt at glemme i den Alder, men jeg tror, man kan sige, at Lise staar fuldt paa Højde med Grete for Lillebror. 
+Det er dejligt med den Varme, jeg sidder meget i Haven, og jeg tror, mit Knæ har godt af Solen, det forekommer mig, at der er Bedring i det nu. 
+I Søndags var Tinge og Manse paa Andkærgd. til Middag; Grete og Erik havde været der paa Dagen før. Desværre var det Pigens Fridag, det maa have taget lidt af Glansen, for naar Bibbe skulde passe baade Huset, den lille, Karlene, de fremmede og Kyllinger og Høns, saa kunde der jo knapt blive den Ro over det, selv om Grete self. hjalp hende. Men hvor havde Bibbe alligevel været lykkelig over at have dem. Hvor B. dog hænger ved sin Slægt. Grete var aldeles betaget over alt det Bibbe havde faaet, ja meget mere Tøj end Drengen vil kunne naa at bruge, men ogsaa Sølvting – Bæger Ske Gaffel o. s. v. Og af Blomster stadig et Væld. Ja, det var virkelig som Helga sagde – og du antydede – det er jo som en kongelig Fødsel! Visitter vrimler stadig ind, Lauritz er jo ogsaa meget afholdt og har mange Forbindelser, foruden saa alle Bibbes Venner. Paa den Tid, da vi barslede var det endnu ikke bleven Skik med saadanne Gaver, vel? Jeg kan da ikke huske noget om det. - - Det kunde da ellers være dejligt for dig og Axel at være der et Par Dage alene, kedeligt, at det ikke kan naa sig. – Apropos om en lille By’s Intimitet. Kender du Historien om ”Pibedrejeren”, ogsaa Tobakshandler. Det var da Leo Swane første Gang var i Kjerteminde. Dagen efter sin Ankomst kom han ind til Pibedrejeren for at købe Tobak; Lases havde bedt ham købe noget til dem. Saa siger Leo: Og saa skulde jeg have an Kasse Cigarer 
+[Skrevet på hovedet på side 2:]
+men hvad var det nu de hed”. Uden et Ord gik P. hen efter en Kasse og stillede for ham. ”Ja, det er dem, men hvor i al Verden kunde De vide det?” hvortil P. paa sin tørre Facon 
+[Skrevet langs venstre margen på side 2:]
+sagde” Jo, jeg saa Dem gaa forbi med Kunstmalerens i Gaar”. Du forstaar, Leo havde ikke med et Ord nævnt Kunstmalerens. 
+[Skrevet på hovedet øverst på første side:]
+Saa faar du til Slut saa mange Hilsner til Axel, og hils ogsaa lille Marie fra mig. Tusind Hilsner din Junge.</t>
+  </si>
+  <si>
+    <t>1950-06-21</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Småland
+Majenfors</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Eline  Brandstrup
+Wisie Brandt
+Frits Branner
+- Faksø
+Adam Goldschmidt
+Brita Goldschmidt
+Hans Iuel
+Thyra Iuel
+Grethe Jungstedt
+Kurt Jungstedt
+- Kruuse
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Elisabeth Mackie
+Pernille Marryat
+Ib Marryat Johansen
+Lauritz Pedersen
+Ruth -, pige i huset hos Johanne Larsen
+Ellen  Sawyer
+Janna Schou
+Christine Swane
+- Thomsen, Kerteminde
+Andreas Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Astrid Warbergs svigermor hed. Heller ikke vides det, hvem "Englænderne" og Jørgen var. 
+Familien kendte flere ved navn Kruuse, men den her omtalte var formodentlig i familie med Eline Brandstrup. 
+Christian Brandstrups erindringer kan findes på internettet (maj 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0131</t>
+  </si>
+  <si>
+    <t>Johanne takker for det dejlige tøj og for "Mord-Romanerne", som hun straks har læst. Adolf vil læse dem til vinter. Hun spørger, hvordan det går med Adams ægteskab, og hun håber, at hans kone har skjulte talenter. Johanne spørger også, om det kan passe, at Ib Marryat tjener 1500 kr. om måneden?
+Johannes knæ har det bedre, men hun går ikke ud i haven, som er et vildnis.
+Man tager kartofler op på gården, og det er spændende, hvad de vil indbringe. Ruth tabte sit ur i marken, men en dygtig schæferhund fandt det.
+Frederik Andreas/Dede har været på hospitalet.
+Kornet hos Laurits og Laura har lagt sig ned. De har været på besøg med deres lille dreng.
+Thyra Iuel har også været på besøg med en bog og et servilt brev. Hun inviterede Larsen-familien på besøg. 
+Kurt og Grete Jungstedt kommer 14 dage til Danmark.
+Else og Andreas/Puf venter barn, og Johanne synes, det er en dårlig idé. 
+Johanne har solgt 12 servietter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y5jP</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside: Dis’ adresse er skrevet af afsender, andre bemærkninger af ukendt/BWP]
+Modt. ”Midsommardagen”
+24’ Juni 1950.
+besv. 1’ Juli 1950. 
+Fru A. Warberg Müller
+Puttabygget
+Majenfors
+Småland
+21-6-2000 BWP.
+Sverige
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen Danmark
+[I brevet:]
+Lindøgaard 21 Juni 1950
+Kære lille Dis!
+Nu har vi da aldrig Magen kendt! Sikken en Sending I skikker os fuld af alskens Gaver i saa rigt og overdaadigt Maal! Tusind Tak for hele Herligheden! Det blaa Tøj passer Agraren udmærket og er meget værdifuldt for os; den Slags Tøj har han jo kun paa en enkelt sjælden Gang, og han vil kunne have det i en Aarrække. Den hvide Trøje passer ham fuldendt, den anden ogsaa helt godt – men kan Axel da ikke passe det mere, siden han skiller sig ved det? Og Sagerne til mig! Tusind Tak for baade Trøje og Blok og Fotografier! Hvorfor er din Svigerm. dog saa god ved mig? hvor finder hun paa at sende mig saadanne dejlige Trøjer? er hun handlende? Men Tak hende saa meget fra mig. Og saa de dejlige Mord-Romaner! Hvor er det dog mærkeligt, som det forekommer èn at være en Hvile med saadanne i Virkeligheden ganske værdiløse Bøger. Det er saa længe siden, jeg har haft den Slags i Hænde, saa jeg læste dem øjeblikkeligt alle 4 – og er nu mættet og styrket til anden Slags Arbejde. Fra Agraren skal jeg takke saa meget. For Tiden naar han kun Fyens Venstreblad, mere Læsetid levner Landbruget ham ikke, men til Vinter bliver det Læsetid og saa er de uvurderlige for ham. 
+Og hvilket langt og indholdsrigt Brev, der dog fulgte med Herlighederne. Glade og gode Oplevelser. Aa, Dis hvor har det været skønt for dig at havde din kære Adam! Paa to halve Dage kan der jo naa’s meget. Havde Du nogen Fornemmelse af, hvordan det gaar ham med hans Ægteskab? Kan han nok stadig holde Brita ud, mon? Selvfølgelig kender han hende nu ud og ind efter saa mange Aars Ægteskab Lad os haabe, at hun har – for os – usynlige gode Egenskaber, vendt mod ham, ellers var det da ikke til at holde ud. En lille simpel Mær er hun jo, men forhaabentlig har hun lidt i Behold, som Du ikke faar Lejlighed til at se.
+Og Ib! Ja, det var sandelig ogsaa store og mere indgribende Nyheder. Gid det maa gaa for ham, det vilde være skønt baade for ham og Janna og derigennem for lille Nille. Men Dis, er Du ikke kommen til at skrive forkerte Tal ang. hans nuværende Indtægter 1200 Kr. + 300 Kr om Maaneden! Det lyder for mig ganske svimlende. Det er som hele Lindøgaards Omsætning hvoraf det allermeste gaar til Driftsomkostninger. Kan det passe? Svar paa dette! Og det skulde ikke kunne slaa til. I saa Fald maa de ikke rangere højt som Økonomer. 2 Jo, nu gaar det godt fremad med Knæet; jeg var forleden gaaende op til Hjørnet af Haven, hvor der endnu staar en Bænk, som jeg saa hvilede paa. Jeg kan ellers ikke ret godt taale at gaa i Haven, fordi den snart er et fuldkomment Vildnis; her er ikke Arbejdskraft nok paa Gaarden. Markerne og Dyrene passes Tip Top, men der bliver ikke Tid og Kraft til mere. Nu fik vi i Gaar Aftes en hel god Regn, hvad vi trængte saa umaadeligt ["t" i slutningen af ordet overstreget] til; der er dog ikke tale om Bundbløde, der er langt igen, men det vi fik frisker alligevel paa det Hele. Vi tager vore tidlige Kartofler op i disse Dage 4 Mand foruden Manse. Agraren kører Kasser ud og ind og vejer af. I Aftes var sanket 100 Kasser med 20 Kg. i hver. Saa kommer Fragtmanden om Morgenen og kører dem til Auktionen i Odense. Det er mægtig spændende, hvad vi faar for dem. det er lidt af et Lotterispil, hvad Prisen bliver. I Forgaars tabte Ruth sit Ur derude – hun hjælper ogsaa til al den Tid, hun kan afse fra Husgerningen, ivrig og sød er hun sandelig, den gode Ruth. Der var jo stor Sorg, og hun cyklede straks op til en Mand i Munkebo, som har en ualmindelig dygtig Schäferhund. Han kunde ikke komme sm. Dag, men først i Gaar. Efter 10 Minutters Søgen fandt den Uret! Ruth var lykkelig. Saa smed Manden sin Pung et Sted i Marken og snart efter kom Hunden med den. Saa sagde Manden til den: Kan Du saa gaa hen til Manden med den (Manse stod der) og straks travede den hen til Manse med den. Jeg har lige ringet Historien ud til Fyens Tidende, det var da det mindste, vi kunde gøre for ham, der er en Snedkermester Faksø; han blev selvfølgelig tilbudt Penge, men vilde ingen have. 
+Elle ringede forleden; hun havde haft Brev fra Mornine, som blandt andet skriver ”Dede var nok kun faa Dage paa Hospitalet, de vilde ikke operere ham” og ud over dette intet, hun maa jo mene, at Elle vidste om det. Det maa vel være hans Mavesaar, som det nu er bleven galt med igen. Bare han dog vilde være lidt forsigtig, men det vil han jo desværre ikke. 
+Dit Brev var dateret d. 15_de_, og det saa ud til at Kassen var sendt samme Dag; vi fik den d. 20_nde_! De er saa smølevorne paa Stationen, lader Pakkerne ligge til det passer dem at komme med dem; men du 3 kan da ikke forstaa, at du først nu hører fra mig. Gid I nu maa faa en god Tid deroppe i det vidunderlige Majenfors. Godt Vejr og en nogenlunde harmonisk -- naa ja, altsaa! 
+Hos Bibbes staar alt vel til, Drengen trives da godt, det er jo det vigtigste. Bibbe ringede i Aftes, de havde, ligesom vi, haft Torden og Regn, men hos os havde Regnen været mild og fin, hos dem havde en lang Byge været saa haard, at Kornet var slaaet ned; Laurits saa meget mistrøstig paa det, men der er da en svag Mulighed for, at det vil kunde rejse sig igen; hvis ikke er det jo en Katastrofe, naar det falder paa det Udviklingstrin det har nu, grønt og blødt. De var her for en Uges Tid siden, en Aften til Kaffe, Tinge og Grete kom ogsaa, og vi havde saadan en dejlig Aften; den lille Fyr sov i sin lille Kasse hele Tiden, vi saa ham slet ikke uden et lille sovende Overansigt; han bliver sat ind i Sovekamret, og der virker han alt, hvad han kan med sin lille Søvn. Laurits fortalte hele Aftenen om sin Rejse; han havde Kort med, saa vi fulgte Ruten og hørte om alle Oplevelser og Byerne og det hele. Han var saa glad den gode Laurits; jeg gad vide, om han ikke var lidt stolt over, at nu var det ham, der kunde fortælle om Udenlandsrejse, aa, hvor jeg undte ham det. i Hamborg havde de været i Sct. Pauli – eller hvad hed det, der hvor vi var m. gl. Thomsen. I det Forlystelsessted, hvor de havnede var det Skik, at en af Gæsterne blev valgt til at dirigere Orkestret (Sjov altsaa) Direktøren for Laurits’ Selskab havde peget paa Laur., og saa blev det ham, der maatte op og dirigere 2 Numre; de gjorde store Øjne over denne Kapacitet, det var Ting, som L. kendte og kunde ud og ind og han blev hyldet og fotograferet. 
+Jeg havde forleden et lille Formiddagsbesøg af Thyra Juel hun kom med den Bog, som Jørgen B. havde sendt hendes Mand – ikke som Gave, blot for at se den. Det var en hjemmelavet Bog fra T. Elines Bryllup, skrevet og illustreret af Joh. Kruuse el. 1 u? [”el.1 u?" indsat over linjen] og Holger Rützebæk, nydelige smaa Tegninger fra Lundsgd. et langt Digt om Sagnet om Jomfruhøjen m.m.m. Med den fulgte et langt brev fra Jørgen, servilt og meget svulmende. Jeg maatte grine! Og var ikke ret stolt af min Familie. Sagen var at T. Elise havde skrevet til ”Hr. Godsejeren” og bedt ham fortælle hende, om den endnu stod 4. stod et Navnetræk, som hendes Bror en Gang havde skaaret i et bestemt Træ; det gjorde der, og han svarede hende; paa hendes Svarbrev, som fulgte m. Bogen, kunde jeg se, at Juel maatte have inviteret hende; hun takkede ham for hans ”ridderlige” Brev, men hun rejste ikke mere, da hun er 86 Aar. Thyra var jo meget for dannet til – ligesom jeg – at grine over Jørgens Brev, men jeg kunde se, at hun gjorde det indvendig. Det var sødt af hende at komme og vise mig Bogen og [skrevet oven over linien:” Bogen og”] Brevet. Hun vil komme en Dag og hente mig derud, Agr. og Manse blev ogsaa inviteret derud, men de afslog. Pudsigt nok havde jeg laant hende Onkel Christians Erindringer, som jeg altid har syntes var fortræffelige, ogsaa fordi man af dem kan læse om en Haandværkssvends ”Gaaen paa Valsen” for 65 Aar Siden. X Hendes Mand havde ogsaa læst den med Interesse. 
+Mon du ved, at Grete og Kurt Jungstedt har lejet Værelser hos Fritz Branner, vist en 14 Dages Tid, Kurt vilde gerne lære Nordsjælland lidt at kende. Grete kommer til Elle paa Mandag for at være et Par Dage inden Kurt kommer. Dejligt for Elle. Marie og Uglen kommer til Malerens den første Halvdel af Juli, derefter kommer Putte og Mornine. Else venter et Barn omkring ved d. 20_nde_ August. Gud ved, om de dog er ret begejstrede, jeg synes ikke rigtig, jeg kan være det. Else er saa tynd og mager, og Puf med intet Levebrød. Gid det maa gaa dem vel, de gode Mennesker. 
+Marie kommer saa her sidste Halvdel af Juli, til August Englænderne. Har jeg skrevet om dem? – Tænk at man er lige ved Juli og skal sidde og fryse saadan, som jeg gør i Dag, det er lige haardt nok. Nu har jeg afhændet mine 12 Servietter til Kontrolassistenten, han var selv kommen i Tanker om, at det var for lidt, jeg havde forlangt, saa han betalte 12 Kr. for dem; saa har jeg altsaa tjent 17 Kr., ja ja, ”det spæ’er dog” som lille Visse Brandt sagde. 
+Nu faar du saa til Slut igen saa mange Tak til Jer begge to for alle de dejlige Gaver og tusinde Hilsner fra Junge.
+Ruth er stadig vældig sød, flink og renlig, altid saa behagelig af Væsen, men jeg er bange for, at hendes Mor vil have hende hjem til Vinter. 
+[S. 2 øv., skrevet på hovedet:]
+En myrdet Flue. Undskyld 
+[S. 4 i sidens venstre kant:] X Jeg lånte hende den, fordi jeg synes, den ligefrem dufter af Tranekær, hvor Thyra jo stammer fra.</t>
   </si>
   <si>
     <t>1950-09-12</t>
   </si>
   <si>
     <t>Joy Deason
 Jesper Hansen
 Grethe Jungstedt
 Adolph Larsen
 Andreas Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Pernille Marryat
 Ib Marryat Johansen
 Ruth -, pige i huset hos Johanne Larsen
 Ellen  Sawyer
 Janna Schou
 Fritz Warberg
 Karen Warberg
 Marie Warberg
 Grete Warberg Larsen
 Lise Warberg Larsen
 Martin Warberg Larsen
 Per Warberg Larsen
 Erik Warberg Larsen, søn af Erik og Grethe
@@ -7057,178 +7150,85 @@
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
   </si>
   <si>
-    <t>1929-06-11</t>
-[...2 lines deleted...]
-    <t>Janna Schou
+    <t>1891-1893 marts</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Ludvig Brandstrup, billedhugger
+M Knipschildt
+Ingrid Lange
+Jonas -, Onkel
+Ellen  Sawyer
+Fanny Schaffalitzky de Muckadell
 Marie Schou</t>
   </si>
   <si>
-    <t>Jensen-familien havde en feriebolig i Tibirke.
-[...119 lines deleted...]
-Faaborg 26-6-36.</t>
+    <t>Det vides ikke, hvem Alhed Larsens og Ludvig Brandstrups modeller var eller hvor/hos hvem, Alhed arbejdede med perspektivtegning. Muligvis var Ludvig Brandstrup underviseren.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2099</t>
+  </si>
+  <si>
+    <t>Det var et dejligt bal med masser af dans til kl. 3 om morgenen. 
+Kjolen blev dyr. Komtessen har givet Alhed bånd og handsker.
+Alhed Larsen har tegnet italieneren nogle gange, og det blev mislykket. Ludvig Brandstrup har også model. Det er svært at tegne perspektiv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Qcso</t>
+  </si>
+  <si>
+    <t>Mandag Morgen
+[Med blyant og en anden skrift end Alhed Larsens er herunder skrevet:] Marts 1891?
+Kære Moder!
+Nu fortsætter jeg, hvor jeg slap. Ballet blev jeg vist omtrent færdig med at skrive om; Dansen gik voldsom livligt hele Tiden, Damerne var bogstavelig talt ikke af Gulvet, da der kun var 49 af den Part og derimod 25-30 Herrer. – Kl. 3 holdt det op, men vi var alle enige om, at vi magelig kunde være bleven meget længere ved. Der var ikke Catillon, hvilket særlig var Kvadrille det andet l overstreget og erstattet med et j var meget misfornøjet med. Student Balslev og Onkel Jonas bad mig sende mange Hilsner, naar jeg skrev hjem.
+- Kjolen blev rigtignok en Del dyrere, end jeg havde tænkt; hende, der skulde sy den herhjemme, kunde ikke; Komtessen forærede mig nogle nydelige Baand til Bælte og Sløjfe i Siden og paa Skuldrene samt Haarbaand, ligeledes et Par lange lækre brune rue [det afsluttende e overstreget] Handsker, der stod nydelig til den blegrøde Farve, og heldigvis ikke tog videre Skade; de lyse var noget snavsede, da det kom til Stykket. –
+- 1. Vadsæk og Nøgle har jeg faaet og retournerer det hermed med Tak for Indholdet, af hvilket 2. Italieneren endnu ikke har prøvet sin Del, da han ikke har været paa Atelieret siden; jeg tegnede efter ham kun en 3-4 Gange, men det mislykkedes, saa havde han ikke Tid længer, da han skulde staa nede paa Atelieret [”Atelieret” overstreget] Akaddemiet, men han vilde komme igen, naar han blev færdig med det. Onkel Luts lille Model har ikke været der de sidste Dage, men O. Lut mener, at hun bliver henrykt over Skørtet og Trøjen. – 3. Det er meget morsomt at tegne Perspektiv, Ingrid Lange tegner med, men hvad Punkt 4 angaar, om det er svært, saa kan jeg ikke sige andet, end at det volder mig en Del Hovedbrud og at jeg er temmelig tykhovedet til det. 5. ikke været hos M. Knipschildt, 6. Marie Hansen var her kun i Fastelavnen.
+Nu har jeg vist besvaret alle? – (3) Tak Elle for hendes Skrivelse som bliver besvaret til hendes Fødselsdag. – 
+Mange Hilsner til Eder alle! – Din højst [”højst” overstreget] i dybeste Ærbødighed lidt forkjølede Datter Alhed.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -7305,51 +7305,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/u2um" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CMVW8mo1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VpIvkzD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XQrDomK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TlSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXCe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fjjc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ElHTnCNC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VvKsbSvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BwTr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGWt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hUN7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GlIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x5Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCjx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pllc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oZ9i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n6wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zLiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pfcL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUdm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Ve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/am4g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OrRd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xmoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vcEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Epo3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zzYr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8lV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rcEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1mRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Skij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHBj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xCq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LBDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XiYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HxDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GDFX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpLx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HEO0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLHu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H10Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvKq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uder" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vmMk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2n2C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/QZyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hUN7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8lV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rcEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GlIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGWt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1mRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Skij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHBj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xCq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LBDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x5Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XiYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BwTr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HxDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCjx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pllc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TlSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GDFX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fjjc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oZ9i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXCe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n6wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpLx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zLiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pfcL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUdm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Ve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/am4g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vmMk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HEO0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLHu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OrRd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ElHTnCNC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xmoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H10Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VpIvkzD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CMVW8mo1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u2um" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XQrDomK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vcEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvKq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VvKsbSvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uder" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2n2C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Epo3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zzYr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M171"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -7392,7593 +7392,7593 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G2" s="5" t="s">
+      <c r="F2" s="5" t="s">
         <v>18</v>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="I2" s="5"/>
+      <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D3" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="H3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="I3" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="J3" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="M3" s="5"/>
+      <c r="M3" s="5" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D4" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        </is>
+        <v>32</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="M4" s="5"/>
+        <v>35</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H5" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H5" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="M5" s="5"/>
+        <v>41</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D6" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H6" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H6" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="M6" s="5"/>
+        <v>47</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D7" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="D7" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>50</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        </is>
+        <v>51</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="M7" s="5"/>
+        <v>54</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D8" s="5" t="inlineStr">
-[...28 lines deleted...]
-        </is>
+      <c r="D8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="M8" s="5"/>
+        <v>61</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E9" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="E9" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="I10" s="5"/>
+        <v>71</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>72</v>
+      </c>
       <c r="J10" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>55</v>
+        <v>75</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>56</v>
+        <v>76</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>50</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>78</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>57</v>
+        <v>79</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>59</v>
+        <v>81</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>68</v>
+        <v>86</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>64</v>
+        <v>92</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>93</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>74</v>
+        <v>94</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>75</v>
+        <v>95</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>79</v>
+        <v>99</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>82</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>89</v>
+        <v>106</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>51</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G15" s="5" t="s">
+        <v>107</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="I15" s="5"/>
       <c r="J15" s="5" t="s">
-        <v>93</v>
+        <v>20</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>113</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>64</v>
-[...8 lines deleted...]
-        <v>98</v>
+        <v>114</v>
+      </c>
+      <c r="D16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>99</v>
-[...5 lines deleted...]
-        <v>101</v>
+        <v>115</v>
+      </c>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K16" s="5" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D17" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="D17" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="5" t="s">
+        <v>119</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>106</v>
-[...5 lines deleted...]
-        </is>
+        <v>120</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="M17" s="5"/>
+        <v>123</v>
+      </c>
+      <c r="M17" s="5" t="s">
+        <v>124</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>109</v>
+        <v>125</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D18" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D18" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>110</v>
-[...5 lines deleted...]
-        </is>
+        <v>126</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="M18" s="5"/>
+        <v>129</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>130</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>112</v>
+        <v>131</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>132</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>133</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H19" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H19" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>136</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>107</v>
+        <v>137</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="M19" s="5"/>
+        <v>138</v>
+      </c>
+      <c r="M19" s="5" t="s">
+        <v>139</v>
+      </c>
     </row>
     <row r="20">
-      <c r="A20" s="5" t="s">
-        <v>114</v>
+      <c r="A20" s="5" t="n">
+        <v>1891</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>140</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>141</v>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>115</v>
-[...5 lines deleted...]
-        </is>
+        <v>142</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>144</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>116</v>
+        <v>145</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="M20" s="5"/>
+        <v>146</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>118</v>
+        <v>148</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>132</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>92</v>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>119</v>
-[...5 lines deleted...]
-        </is>
+        <v>149</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>151</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>120</v>
+        <v>152</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="M21" s="5"/>
+        <v>153</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>122</v>
+        <v>155</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>132</v>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        </is>
+        <v>156</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>158</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>120</v>
+        <v>159</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="M22" s="5"/>
+        <v>160</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>161</v>
+      </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>125</v>
+        <v>162</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>126</v>
+        <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>127</v>
-[...4 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>132</v>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F23" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F23" s="5" t="s">
+        <v>163</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        </is>
+        <v>164</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>166</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>129</v>
+        <v>167</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="M23" s="5"/>
+        <v>168</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>169</v>
+      </c>
     </row>
     <row r="24">
-      <c r="A24" s="5" t="s">
-        <v>131</v>
+      <c r="A24" s="5" t="n">
+        <v>1892</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>63</v>
-[...4 lines deleted...]
-        </is>
+        <v>140</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>141</v>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="I24" s="5"/>
-      <c r="J24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J24" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="K24" s="5" t="s">
+        <v>172</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="M24" s="5"/>
+        <v>173</v>
+      </c>
+      <c r="M24" s="5" t="s">
+        <v>174</v>
+      </c>
     </row>
     <row r="25">
-      <c r="A25" s="5" t="s">
-        <v>134</v>
+      <c r="A25" s="5" t="n">
+        <v>1892</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>92</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>175</v>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G25" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G25" s="5" t="s">
+        <v>176</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>135</v>
-[...10 lines deleted...]
-        </is>
+        <v>177</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>180</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="M25" s="5"/>
+        <v>181</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>182</v>
+      </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>137</v>
+        <v>183</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>132</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>92</v>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>138</v>
-[...10 lines deleted...]
-        </is>
+        <v>184</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>187</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="M26" s="5"/>
+        <v>188</v>
+      </c>
+      <c r="M26" s="5" t="s">
+        <v>189</v>
+      </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>140</v>
+        <v>190</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>163</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H27" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="H27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="K27" s="5" t="s">
+        <v>194</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="M27" s="5"/>
+        <v>195</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>196</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>143</v>
+        <v>197</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>132</v>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="I28" s="5"/>
+        <v>198</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>199</v>
+      </c>
       <c r="J28" s="5" t="s">
-        <v>21</v>
+        <v>200</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>145</v>
+        <v>201</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>146</v>
+        <v>202</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>147</v>
+        <v>203</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>148</v>
+        <v>204</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>49</v>
+        <v>132</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>149</v>
+        <v>92</v>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>150</v>
+        <v>205</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>151</v>
+        <v>206</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>21</v>
+        <v>207</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>152</v>
+        <v>208</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>153</v>
+        <v>209</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>154</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>155</v>
+        <v>211</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>156</v>
+        <v>212</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-        <v>157</v>
+        <v>213</v>
+      </c>
+      <c r="F30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>158</v>
+        <v>214</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>159</v>
+        <v>215</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>21</v>
+        <v>216</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>160</v>
+        <v>217</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>161</v>
+        <v>218</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>162</v>
+        <v>219</v>
       </c>
     </row>
     <row r="31">
-      <c r="A31" s="5" t="n">
-        <v>1891</v>
+      <c r="A31" s="5" t="s">
+        <v>220</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>90</v>
-[...4 lines deleted...]
-        </is>
+        <v>175</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>221</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>163</v>
+        <v>222</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>164</v>
+        <v>223</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>165</v>
+        <v>224</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>166</v>
+        <v>225</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>167</v>
+        <v>226</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>168</v>
+        <v>227</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>169</v>
+        <v>228</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>170</v>
+        <v>91</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>171</v>
-[...7 lines deleted...]
-        </is>
+        <v>132</v>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>163</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>173</v>
+        <v>229</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>174</v>
+        <v>230</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>175</v>
+        <v>231</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>176</v>
+        <v>232</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>177</v>
+        <v>233</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>178</v>
+        <v>234</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>179</v>
+        <v>235</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>15</v>
+        <v>236</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>92</v>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>180</v>
+        <v>237</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>181</v>
+        <v>238</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>21</v>
+        <v>239</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>182</v>
+        <v>240</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>183</v>
+        <v>241</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>184</v>
+        <v>242</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>185</v>
+        <v>243</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>15</v>
+        <v>175</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-        <v>186</v>
+        <v>18</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>187</v>
+        <v>245</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>188</v>
+        <v>246</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>21</v>
+        <v>247</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>189</v>
+        <v>248</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>190</v>
+        <v>249</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>191</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>192</v>
+        <v>243</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>193</v>
+        <v>132</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>194</v>
-[...5 lines deleted...]
-        <v>51</v>
+        <v>175</v>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>195</v>
+        <v>251</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>196</v>
+        <v>252</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>197</v>
+        <v>247</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>198</v>
+        <v>253</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>199</v>
+        <v>254</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>201</v>
+        <v>256</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>202</v>
+        <v>257</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>63</v>
+        <v>236</v>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F36" s="5" t="s">
-        <v>203</v>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>204</v>
+        <v>258</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>205</v>
+        <v>259</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>206</v>
+        <v>260</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>207</v>
+        <v>261</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>208</v>
+        <v>262</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>209</v>
+        <v>263</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>210</v>
+        <v>264</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>49</v>
+        <v>132</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>194</v>
+        <v>175</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>50</v>
+        <v>265</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>51</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G37" s="5" t="s">
+        <v>266</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>211</v>
+        <v>267</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>212</v>
+        <v>268</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>197</v>
+        <v>269</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>213</v>
+        <v>270</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>214</v>
+        <v>271</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>215</v>
+        <v>272</v>
       </c>
     </row>
     <row r="38">
-      <c r="A38" s="5" t="n">
-        <v>1910</v>
+      <c r="A38" s="5" t="s">
+        <v>273</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>91</v>
+        <v>274</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>216</v>
+        <v>92</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>50</v>
+        <v>275</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G38" s="5" t="s">
-        <v>217</v>
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>218</v>
+        <v>276</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>219</v>
+        <v>277</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>197</v>
+        <v>278</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>220</v>
+        <v>279</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>221</v>
+        <v>280</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>222</v>
+        <v>281</v>
       </c>
     </row>
     <row r="39">
-      <c r="A39" s="5" t="n">
-        <v>1912</v>
+      <c r="A39" s="5" t="s">
+        <v>282</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>91</v>
+        <v>132</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>216</v>
+        <v>92</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>223</v>
-[...4 lines deleted...]
-        </is>
+        <v>283</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>244</v>
       </c>
       <c r="G39" s="5" t="s">
-        <v>224</v>
+        <v>284</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>225</v>
+        <v>285</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>226</v>
+        <v>286</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>197</v>
+        <v>269</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>227</v>
+        <v>287</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>228</v>
+        <v>288</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>229</v>
+        <v>289</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>230</v>
+        <v>290</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>15</v>
+        <v>132</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>293</v>
+      </c>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>232</v>
+        <v>294</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>233</v>
+        <v>295</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>21</v>
+        <v>296</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>234</v>
+        <v>297</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>235</v>
+        <v>298</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>236</v>
+        <v>299</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>237</v>
+        <v>300</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>15</v>
+        <v>132</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>17</v>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>238</v>
-[...3 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="I41" s="5"/>
       <c r="J41" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>240</v>
+        <v>302</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>241</v>
+        <v>303</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>242</v>
+        <v>304</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>243</v>
+        <v>305</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>15</v>
+        <v>132</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>17</v>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>244</v>
-[...3 lines deleted...]
-      </c>
+        <v>306</v>
+      </c>
+      <c r="I42" s="5"/>
       <c r="J42" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>246</v>
+        <v>307</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>247</v>
+        <v>308</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>248</v>
+        <v>309</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>249</v>
+        <v>310</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>15</v>
+        <v>132</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>17</v>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>250</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="I43" s="5"/>
       <c r="J43" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>252</v>
+        <v>312</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>253</v>
+        <v>313</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>254</v>
+        <v>314</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>255</v>
+        <v>315</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>15</v>
+        <v>132</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>17</v>
+      </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>256</v>
+        <v>316</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>257</v>
+        <v>317</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>258</v>
+        <v>318</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>259</v>
+        <v>319</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>261</v>
+        <v>321</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>15</v>
+        <v>132</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>17</v>
+      </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G45" s="5" t="s">
-        <v>262</v>
+        <v>322</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>263</v>
+        <v>323</v>
       </c>
       <c r="I45" s="5"/>
       <c r="J45" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>264</v>
+        <v>324</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>265</v>
+        <v>325</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>266</v>
+        <v>326</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>267</v>
+        <v>327</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>15</v>
+        <v>132</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-        <v>268</v>
+        <v>17</v>
+      </c>
+      <c r="F46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>269</v>
+        <v>328</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>270</v>
+        <v>329</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>271</v>
+        <v>330</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>272</v>
+        <v>331</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>273</v>
+        <v>332</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>274</v>
+        <v>333</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>49</v>
+        <v>132</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>50</v>
-[...7 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="s">
+        <v>334</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>275</v>
+        <v>335</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>276</v>
+        <v>336</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>277</v>
+        <v>337</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>278</v>
+        <v>338</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>279</v>
+        <v>339</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>280</v>
+        <v>340</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>171</v>
+        <v>132</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>281</v>
-[...5 lines deleted...]
-        <v>282</v>
+        <v>17</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-      </c>
+        <v>341</v>
+      </c>
+      <c r="I48" s="5"/>
       <c r="J48" s="5" t="s">
-        <v>197</v>
+        <v>20</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>285</v>
+        <v>342</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>286</v>
+        <v>343</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>287</v>
+        <v>344</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>288</v>
+        <v>345</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>289</v>
+        <v>346</v>
       </c>
       <c r="I49" s="5"/>
       <c r="J49" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>290</v>
+        <v>347</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>291</v>
+        <v>348</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>292</v>
+        <v>349</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>293</v>
+        <v>350</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>15</v>
+        <v>132</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>50</v>
+        <v>244</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>294</v>
-[...1 lines deleted...]
-      <c r="I50" s="5"/>
+        <v>351</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>352</v>
+      </c>
       <c r="J50" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>295</v>
+        <v>353</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>296</v>
+        <v>354</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>297</v>
+        <v>355</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>298</v>
+        <v>356</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G51" s="5" t="s">
-        <v>299</v>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="I51" s="5"/>
+        <v>357</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>358</v>
+      </c>
       <c r="J51" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>301</v>
+        <v>359</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>302</v>
+        <v>360</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>303</v>
+        <v>361</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>304</v>
+        <v>362</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G52" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G52" s="5" t="s">
+        <v>363</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>305</v>
-[...3 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="I52" s="5"/>
       <c r="J52" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>307</v>
+        <v>365</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>308</v>
+        <v>366</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>309</v>
+        <v>367</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>310</v>
+        <v>368</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>16</v>
+        <v>369</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="I53" s="5"/>
+        <v>370</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>371</v>
+      </c>
       <c r="J53" s="5" t="s">
-        <v>21</v>
+        <v>269</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>312</v>
+        <v>372</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>313</v>
+        <v>373</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>314</v>
+        <v>374</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>315</v>
+        <v>375</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>316</v>
+        <v>376</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>317</v>
+        <v>377</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>318</v>
+        <v>378</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>319</v>
+        <v>379</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>321</v>
+        <v>381</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>322</v>
+        <v>382</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>323</v>
+        <v>383</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>324</v>
+        <v>384</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>325</v>
+        <v>385</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>326</v>
+        <v>386</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>327</v>
+        <v>387</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>64</v>
+        <v>236</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>16</v>
+        <v>92</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>51</v>
+        <v>388</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>328</v>
+        <v>389</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>329</v>
+        <v>390</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>197</v>
+        <v>391</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>330</v>
+        <v>392</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>331</v>
+        <v>393</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>332</v>
+        <v>394</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>333</v>
+        <v>395</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>334</v>
+        <v>291</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>202</v>
+        <v>132</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>336</v>
+        <v>18</v>
+      </c>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>337</v>
+        <v>396</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>338</v>
+        <v>397</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>339</v>
+        <v>269</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>340</v>
+        <v>398</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>341</v>
+        <v>399</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>342</v>
+        <v>400</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>343</v>
+        <v>401</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>194</v>
+        <v>92</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>388</v>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>344</v>
+        <v>402</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>345</v>
+        <v>403</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>197</v>
+        <v>404</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>346</v>
+        <v>405</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>347</v>
+        <v>406</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>348</v>
+        <v>407</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>349</v>
+        <v>408</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>49</v>
+        <v>409</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>194</v>
+        <v>92</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>50</v>
+        <v>410</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>51</v>
+        <v>411</v>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>350</v>
+        <v>412</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>351</v>
+        <v>413</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>352</v>
+        <v>414</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>353</v>
+        <v>415</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>354</v>
+        <v>416</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>355</v>
+        <v>417</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>356</v>
+        <v>418</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>193</v>
+        <v>92</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>194</v>
+        <v>419</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-        <v>357</v>
+        <v>420</v>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>358</v>
+        <v>421</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>359</v>
+        <v>422</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>197</v>
+        <v>423</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>360</v>
+        <v>424</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>361</v>
+        <v>425</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>362</v>
+        <v>426</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>363</v>
+        <v>427</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>15</v>
+        <v>291</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>16</v>
+        <v>92</v>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F61" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>364</v>
+      <c r="F61" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>365</v>
+        <v>428</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>366</v>
+        <v>429</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>21</v>
+        <v>430</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>367</v>
+        <v>431</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>368</v>
+        <v>432</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>369</v>
+        <v>433</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>370</v>
+        <v>434</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>16</v>
+        <v>369</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>371</v>
-[...7 lines deleted...]
-        <v>372</v>
+        <v>17</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>373</v>
+        <v>435</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>374</v>
+        <v>436</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>375</v>
+        <v>269</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>376</v>
+        <v>437</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>377</v>
+        <v>438</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>378</v>
+        <v>439</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>379</v>
+        <v>440</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>380</v>
+        <v>15</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>202</v>
+        <v>369</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>381</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>382</v>
+        <v>441</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>383</v>
+        <v>442</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>384</v>
+        <v>443</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>385</v>
+        <v>444</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>386</v>
+        <v>445</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>387</v>
+        <v>446</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>388</v>
+        <v>447</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>15</v>
+        <v>448</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>16</v>
+        <v>369</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>51</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>389</v>
+        <v>449</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>390</v>
+        <v>450</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>21</v>
+        <v>269</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>391</v>
+        <v>451</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>392</v>
+        <v>452</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>393</v>
+        <v>453</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>394</v>
+        <v>454</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>90</v>
+        <v>448</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>91</v>
-[...14 lines deleted...]
-        </is>
+        <v>369</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G65" s="5" t="s">
+        <v>455</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="I65" s="5"/>
+        <v>456</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>457</v>
+      </c>
       <c r="J65" s="5" t="s">
-        <v>396</v>
+        <v>269</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>397</v>
+        <v>458</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>398</v>
+        <v>459</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>399</v>
+        <v>460</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>400</v>
+        <v>461</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>49</v>
+        <v>92</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>419</v>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F66" s="5" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>462</v>
+      </c>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>403</v>
+        <v>463</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>404</v>
+        <v>464</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>405</v>
+        <v>465</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>406</v>
+        <v>466</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>407</v>
+        <v>467</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>408</v>
+        <v>468</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>409</v>
+        <v>469</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>194</v>
-[...5 lines deleted...]
-        <v>401</v>
+        <v>132</v>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>410</v>
-[...1 lines deleted...]
-      <c r="I67" s="5"/>
+        <v>470</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>471</v>
+      </c>
       <c r="J67" s="5" t="s">
-        <v>411</v>
+        <v>20</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>412</v>
+        <v>472</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>413</v>
+        <v>473</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>414</v>
+        <v>474</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>415</v>
+        <v>475</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>419</v>
+      </c>
+      <c r="D68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F68" s="5" t="s">
-        <v>416</v>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>417</v>
-[...8 lines deleted...]
-        <v>420</v>
+        <v>477</v>
+      </c>
+      <c r="I68" s="5"/>
+      <c r="J68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L68" s="6" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>478</v>
+      </c>
+      <c r="M68" s="5"/>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>423</v>
+        <v>479</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>425</v>
-[...9 lines deleted...]
-        </is>
+        <v>236</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>480</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="I69" s="5"/>
+        <v>481</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>482</v>
+      </c>
       <c r="J69" s="5" t="s">
-        <v>427</v>
+        <v>483</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>428</v>
+        <v>484</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>429</v>
+        <v>485</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>430</v>
+        <v>486</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>431</v>
+        <v>487</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>425</v>
+        <v>132</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>244</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>432</v>
-[...1 lines deleted...]
-      <c r="I70" s="5"/>
+        <v>488</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>489</v>
+      </c>
       <c r="J70" s="5" t="s">
-        <v>433</v>
+        <v>20</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>434</v>
+        <v>490</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>435</v>
+        <v>491</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>436</v>
+        <v>492</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>437</v>
+        <v>493</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>16</v>
+        <v>92</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>15</v>
+        <v>419</v>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F71" s="5" t="s">
-        <v>438</v>
+        <v>462</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>439</v>
+        <v>494</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>440</v>
+        <v>495</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>21</v>
+        <v>496</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>441</v>
+        <v>497</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>442</v>
+        <v>498</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>443</v>
+        <v>499</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>444</v>
+        <v>500</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G72" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G72" s="5" t="s">
+        <v>501</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>445</v>
+        <v>502</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>446</v>
+        <v>503</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>447</v>
+        <v>20</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>448</v>
+        <v>504</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>449</v>
+        <v>505</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>450</v>
+        <v>506</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>451</v>
+        <v>507</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>132</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G73" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G73" s="5" t="s">
+        <v>508</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>452</v>
+        <v>509</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>453</v>
+        <v>510</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>454</v>
+        <v>511</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>455</v>
+        <v>512</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>456</v>
+        <v>513</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>457</v>
+        <v>514</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>458</v>
+        <v>17</v>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G74" s="5" t="s">
-        <v>459</v>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>460</v>
+        <v>515</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>461</v>
+        <v>516</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>462</v>
+        <v>517</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>463</v>
+        <v>518</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>464</v>
+        <v>519</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>465</v>
+        <v>520</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>16</v>
-[...12 lines deleted...]
-        <v>466</v>
+        <v>369</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>467</v>
+        <v>521</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>21</v>
+        <v>269</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>469</v>
+        <v>523</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>470</v>
+        <v>524</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>471</v>
+        <v>525</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>472</v>
+        <v>526</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>90</v>
+        <v>141</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>473</v>
+        <v>140</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>474</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>475</v>
-[...3 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="I76" s="5"/>
       <c r="J76" s="5" t="s">
-        <v>477</v>
+        <v>528</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>478</v>
+        <v>529</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>479</v>
+        <v>530</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>480</v>
+        <v>531</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>481</v>
+        <v>532</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>482</v>
+        <v>16</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>483</v>
-[...4 lines deleted...]
-        </is>
+        <v>132</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>533</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G77" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="H77" s="5" t="s">
+        <v>535</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>484</v>
+        <v>536</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>485</v>
+        <v>537</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>486</v>
+        <v>538</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>487</v>
+        <v>539</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>488</v>
+        <v>540</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>489</v>
+        <v>541</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>490</v>
+        <v>132</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>474</v>
+        <v>533</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G78" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G78" s="5" t="s">
+        <v>542</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>491</v>
+        <v>543</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>492</v>
+        <v>544</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>477</v>
+        <v>20</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>493</v>
+        <v>545</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>494</v>
+        <v>546</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>495</v>
+        <v>547</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>496</v>
+        <v>548</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>497</v>
+        <v>549</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>498</v>
+        <v>550</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>499</v>
+        <v>20</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>500</v>
+        <v>551</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>501</v>
+        <v>552</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>502</v>
+        <v>553</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>503</v>
+        <v>554</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>15</v>
+        <v>555</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>115</v>
+        <v>92</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>50</v>
+        <v>556</v>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>504</v>
+        <v>557</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>505</v>
+        <v>558</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>499</v>
+        <v>559</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>506</v>
+        <v>560</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>507</v>
+        <v>561</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>508</v>
+        <v>562</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>509</v>
+        <v>554</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>64</v>
+        <v>563</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>63</v>
+        <v>92</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-        <v>511</v>
+        <v>564</v>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>512</v>
-[...3 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="I81" s="5"/>
       <c r="J81" s="5" t="s">
-        <v>514</v>
+        <v>566</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>515</v>
+        <v>567</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>516</v>
+        <v>568</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>517</v>
+        <v>569</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>518</v>
+        <v>570</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>49</v>
+        <v>571</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>572</v>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>519</v>
+        <v>573</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>520</v>
+        <v>574</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>21</v>
+        <v>575</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>521</v>
+        <v>576</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>522</v>
+        <v>577</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>523</v>
+        <v>578</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>524</v>
+        <v>579</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>15</v>
+        <v>132</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-        <v>525</v>
+        <v>18</v>
+      </c>
+      <c r="F83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>526</v>
+        <v>580</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>527</v>
+        <v>581</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>528</v>
+        <v>582</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>529</v>
+        <v>583</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>530</v>
+        <v>584</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>531</v>
+        <v>585</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>49</v>
+        <v>141</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>532</v>
+        <v>140</v>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>533</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="I84" s="5"/>
       <c r="J84" s="5" t="s">
-        <v>21</v>
+        <v>587</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>535</v>
+        <v>588</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>536</v>
+        <v>589</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>537</v>
+        <v>590</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>49</v>
+        <v>419</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>50</v>
+        <v>592</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>51</v>
+        <v>593</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>539</v>
+        <v>594</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>540</v>
+        <v>595</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>21</v>
+        <v>596</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>541</v>
+        <v>597</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>542</v>
+        <v>598</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>543</v>
+        <v>599</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>544</v>
+        <v>600</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>202</v>
+        <v>369</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>545</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="G86" s="5" t="s">
+        <v>602</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>546</v>
+        <v>603</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>547</v>
+        <v>604</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>548</v>
+        <v>269</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>549</v>
+        <v>605</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>550</v>
+        <v>606</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>551</v>
+        <v>607</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>552</v>
+        <v>608</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>202</v>
-[...14 lines deleted...]
-        </is>
+        <v>369</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="G87" s="5" t="s">
+        <v>609</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>553</v>
+        <v>610</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>554</v>
+        <v>611</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>555</v>
+        <v>612</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>556</v>
+        <v>613</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>557</v>
+        <v>614</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>558</v>
+        <v>615</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>559</v>
+        <v>616</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>560</v>
+        <v>15</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>369</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F88" s="5" t="s">
-        <v>561</v>
+        <v>601</v>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>562</v>
-[...3 lines deleted...]
-      </c>
+        <v>617</v>
+      </c>
+      <c r="I88" s="5"/>
       <c r="J88" s="5" t="s">
-        <v>564</v>
+        <v>618</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>565</v>
+        <v>619</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>566</v>
+        <v>620</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>567</v>
+        <v>621</v>
       </c>
     </row>
     <row r="89">
-      <c r="A89" s="5" t="n">
-        <v>1892</v>
+      <c r="A89" s="5" t="s">
+        <v>622</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>91</v>
+        <v>419</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>90</v>
-[...9 lines deleted...]
-        </is>
+        <v>291</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>624</v>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>568</v>
-[...1 lines deleted...]
-      <c r="I89" s="5"/>
+        <v>625</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>626</v>
+      </c>
       <c r="J89" s="5" t="s">
-        <v>569</v>
+        <v>627</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>570</v>
+        <v>628</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>571</v>
+        <v>629</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>572</v>
+        <v>630</v>
       </c>
     </row>
     <row r="90">
-      <c r="A90" s="5" t="n">
-        <v>1892</v>
+      <c r="A90" s="5" t="s">
+        <v>631</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>202</v>
+        <v>92</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>171</v>
+        <v>419</v>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F90" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>573</v>
+      <c r="F90" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="G90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>574</v>
+        <v>632</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>575</v>
+        <v>633</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>576</v>
+        <v>634</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>577</v>
+        <v>635</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>578</v>
+        <v>636</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>579</v>
+        <v>637</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>580</v>
+        <v>638</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>202</v>
-[...9 lines deleted...]
-        </is>
+        <v>369</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>639</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>581</v>
+        <v>640</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>582</v>
+        <v>641</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>583</v>
+        <v>269</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>584</v>
+        <v>642</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>585</v>
+        <v>643</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>586</v>
+        <v>644</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>587</v>
+        <v>645</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>202</v>
+        <v>92</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>171</v>
-[...7 lines deleted...]
-        </is>
+        <v>236</v>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>646</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>589</v>
+        <v>647</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>590</v>
+        <v>648</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>591</v>
+        <v>649</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>592</v>
+        <v>650</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>593</v>
+        <v>651</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>594</v>
+        <v>652</v>
       </c>
     </row>
     <row r="93">
-      <c r="A93" s="5" t="s">
-        <v>595</v>
+      <c r="A93" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>16</v>
+        <v>140</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>171</v>
+        <v>653</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G93" s="5" t="s">
+        <v>654</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>597</v>
+        <v>655</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>598</v>
+        <v>656</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>599</v>
+        <v>269</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>600</v>
+        <v>657</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>601</v>
+        <v>658</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>602</v>
+        <v>659</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>595</v>
+        <v>660</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>16</v>
+        <v>661</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>171</v>
+        <v>662</v>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>603</v>
-[...3 lines deleted...]
-      </c>
+        <v>663</v>
+      </c>
+      <c r="I94" s="5"/>
       <c r="J94" s="5" t="s">
-        <v>599</v>
+        <v>664</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>605</v>
+        <v>665</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>606</v>
+        <v>666</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>607</v>
+        <v>667</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>608</v>
+        <v>668</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>609</v>
+        <v>669</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>610</v>
+        <v>670</v>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>671</v>
+      </c>
+      <c r="I95" s="5"/>
       <c r="J95" s="5" t="s">
-        <v>613</v>
+        <v>672</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>614</v>
+        <v>673</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>615</v>
+        <v>674</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>616</v>
+        <v>675</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>617</v>
+        <v>676</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>16</v>
+        <v>92</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>202</v>
+        <v>419</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>618</v>
+        <v>677</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>619</v>
+        <v>678</v>
+      </c>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>620</v>
+        <v>679</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>621</v>
+        <v>680</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>197</v>
+        <v>681</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>622</v>
+        <v>682</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>623</v>
+        <v>683</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>624</v>
+        <v>684</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>625</v>
+        <v>685</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>64</v>
+        <v>141</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>16</v>
+        <v>686</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-        <v>627</v>
+        <v>687</v>
+      </c>
+      <c r="F97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>628</v>
+        <v>688</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>629</v>
+        <v>689</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>630</v>
+        <v>690</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>631</v>
+        <v>691</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>632</v>
+        <v>692</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>633</v>
+        <v>693</v>
       </c>
     </row>
     <row r="98">
-      <c r="A98" s="5" t="s">
-        <v>634</v>
+      <c r="A98" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>16</v>
+        <v>653</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>50</v>
+        <v>694</v>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G98" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G98" s="5" t="s">
+        <v>695</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>635</v>
-[...1 lines deleted...]
-      <c r="I98" s="5"/>
+        <v>696</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>697</v>
+      </c>
       <c r="J98" s="5" t="s">
-        <v>21</v>
+        <v>269</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>636</v>
+        <v>698</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>637</v>
+        <v>699</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>638</v>
+        <v>700</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>639</v>
+        <v>701</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>16</v>
+        <v>92</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>15</v>
+        <v>419</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>596</v>
-[...4 lines deleted...]
-        </is>
+        <v>702</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>703</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>640</v>
+        <v>704</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>641</v>
+        <v>705</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>21</v>
+        <v>706</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>642</v>
+        <v>707</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>643</v>
+        <v>708</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>644</v>
+        <v>709</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>645</v>
+        <v>710</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>15</v>
+        <v>711</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>16</v>
-[...13 lines deleted...]
-        <v>647</v>
+        <v>670</v>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="G100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I100" s="5"/>
       <c r="J100" s="5" t="s">
-        <v>21</v>
+        <v>672</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>648</v>
+        <v>712</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>649</v>
+        <v>713</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>650</v>
+        <v>714</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>651</v>
+        <v>715</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>49</v>
+        <v>141</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>194</v>
+        <v>686</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>716</v>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>652</v>
+        <v>717</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>653</v>
+        <v>718</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>197</v>
+        <v>690</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>654</v>
+        <v>719</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>655</v>
+        <v>720</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>656</v>
+        <v>721</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>657</v>
+        <v>722</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>15</v>
+        <v>141</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>711</v>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H102" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I102" s="5"/>
       <c r="J102" s="5" t="s">
-        <v>21</v>
+        <v>690</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>660</v>
+        <v>723</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>661</v>
+        <v>724</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>662</v>
+        <v>725</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>663</v>
+        <v>726</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>64</v>
+        <v>92</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>202</v>
+        <v>419</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>664</v>
+        <v>727</v>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>665</v>
+        <v>728</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>666</v>
+        <v>729</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>667</v>
+        <v>730</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>668</v>
+        <v>731</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>669</v>
+        <v>732</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>670</v>
+        <v>733</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>671</v>
+        <v>734</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>14</v>
+        <v>735</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>64</v>
+        <v>736</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>202</v>
-[...4 lines deleted...]
-        </is>
+        <v>737</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>738</v>
       </c>
       <c r="F104" s="5" t="s">
-        <v>336</v>
+        <v>17</v>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H104" s="5" t="s">
-        <v>672</v>
+      <c r="H104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I104" s="5" t="s">
-        <v>673</v>
+        <v>739</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>674</v>
+        <v>740</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>675</v>
+        <v>741</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>676</v>
+        <v>742</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>677</v>
+        <v>743</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>678</v>
+        <v>744</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>63</v>
+        <v>141</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>610</v>
+        <v>662</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>679</v>
+        <v>17</v>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>680</v>
-[...3 lines deleted...]
-      </c>
+        <v>745</v>
+      </c>
+      <c r="I105" s="5"/>
       <c r="J105" s="5" t="s">
-        <v>682</v>
+        <v>746</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>683</v>
+        <v>747</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>684</v>
+        <v>748</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>685</v>
+        <v>749</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>686</v>
+        <v>750</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>15</v>
+        <v>132</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E106" s="5" t="s">
-        <v>50</v>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F106" s="5" t="s">
-        <v>596</v>
+        <v>751</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>687</v>
+        <v>752</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>688</v>
+        <v>753</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>689</v>
+        <v>754</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>690</v>
+        <v>755</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>691</v>
+        <v>756</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>692</v>
+        <v>757</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>15</v>
+        <v>758</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>141</v>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G107" s="5" t="s">
-        <v>693</v>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>694</v>
+        <v>759</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>695</v>
+        <v>760</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>21</v>
+        <v>761</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>696</v>
+        <v>762</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>697</v>
+        <v>763</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>698</v>
+        <v>764</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>699</v>
+        <v>765</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>16</v>
+        <v>766</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>767</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>700</v>
+        <v>768</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>701</v>
+        <v>769</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>21</v>
+        <v>770</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>702</v>
+        <v>771</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>703</v>
+        <v>772</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>704</v>
+        <v>773</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>705</v>
+        <v>774</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>15</v>
+        <v>775</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>776</v>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G109" s="5" t="s">
-        <v>706</v>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>707</v>
-[...3 lines deleted...]
-      </c>
+        <v>777</v>
+      </c>
+      <c r="I109" s="5"/>
       <c r="J109" s="5" t="s">
-        <v>21</v>
+        <v>778</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>709</v>
+        <v>779</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>710</v>
+        <v>780</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>711</v>
+        <v>781</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>379</v>
+        <v>782</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>712</v>
+        <v>775</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>713</v>
+        <v>776</v>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>714</v>
+        <v>783</v>
       </c>
       <c r="I110" s="5"/>
       <c r="J110" s="5" t="s">
-        <v>715</v>
+        <v>784</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>716</v>
+        <v>785</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>717</v>
+        <v>786</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>718</v>
+        <v>787</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>719</v>
+        <v>788</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>720</v>
+        <v>291</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>721</v>
+        <v>419</v>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>722</v>
+        <v>789</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>723</v>
+        <v>790</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>724</v>
+        <v>791</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>725</v>
+        <v>792</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>726</v>
+        <v>793</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>727</v>
+        <v>794</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>728</v>
+        <v>795</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>63</v>
+        <v>775</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>202</v>
-[...5 lines deleted...]
-        <v>730</v>
+        <v>776</v>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H112" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I112" s="5"/>
       <c r="J112" s="5" t="s">
-        <v>733</v>
+        <v>784</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>734</v>
+        <v>796</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>735</v>
+        <v>797</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>736</v>
+        <v>798</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>737</v>
+        <v>799</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>49</v>
+        <v>775</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>194</v>
-[...8 lines deleted...]
-        <v>738</v>
+        <v>776</v>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>739</v>
-[...3 lines deleted...]
-      </c>
+        <v>800</v>
+      </c>
+      <c r="I113" s="5"/>
       <c r="J113" s="5" t="s">
-        <v>197</v>
+        <v>784</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>741</v>
+        <v>801</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>742</v>
+        <v>802</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>743</v>
+        <v>803</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>744</v>
+        <v>804</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>49</v>
+        <v>775</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>194</v>
-[...5 lines deleted...]
-        <v>745</v>
+        <v>776</v>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>746</v>
-[...3 lines deleted...]
-      </c>
+        <v>805</v>
+      </c>
+      <c r="I114" s="5"/>
       <c r="J114" s="5" t="s">
-        <v>197</v>
+        <v>784</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>748</v>
+        <v>806</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>749</v>
+        <v>807</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>750</v>
+        <v>808</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>751</v>
+        <v>809</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>202</v>
+        <v>132</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>610</v>
+        <v>16</v>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F115" s="5" t="s">
-        <v>752</v>
+      <c r="F115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>753</v>
+        <v>810</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>754</v>
+        <v>811</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>755</v>
+        <v>20</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>756</v>
+        <v>812</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>757</v>
+        <v>813</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>758</v>
+        <v>814</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>759</v>
+        <v>815</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>760</v>
+        <v>16</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>761</v>
-[...4 lines deleted...]
-        </is>
+        <v>132</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>816</v>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G116" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G116" s="5" t="s">
+        <v>817</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="I116" s="5"/>
+        <v>818</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>819</v>
+      </c>
       <c r="J116" s="5" t="s">
-        <v>763</v>
+        <v>20</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>764</v>
+        <v>820</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>765</v>
+        <v>821</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>766</v>
+        <v>822</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>767</v>
+        <v>823</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>202</v>
-[...8 lines deleted...]
-        <v>769</v>
+        <v>16</v>
+      </c>
+      <c r="D117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>770</v>
-[...5 lines deleted...]
-        <v>772</v>
+        <v>824</v>
+      </c>
+      <c r="I117" s="5"/>
+      <c r="J117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K117" s="5" t="s">
-        <v>773</v>
+        <v>825</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>774</v>
-[...3 lines deleted...]
-      </c>
+        <v>826</v>
+      </c>
+      <c r="M117" s="5"/>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>776</v>
+        <v>827</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>761</v>
+        <v>16</v>
+      </c>
+      <c r="D118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F118" s="5" t="s">
-        <v>223</v>
+      <c r="F118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H118" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H118" s="5" t="s">
+        <v>828</v>
       </c>
       <c r="I118" s="5"/>
-      <c r="J118" s="5" t="s">
-        <v>763</v>
+      <c r="J118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K118" s="5" t="s">
-        <v>777</v>
+        <v>825</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>778</v>
-[...3 lines deleted...]
-      </c>
+        <v>829</v>
+      </c>
+      <c r="M118" s="5"/>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>780</v>
+        <v>830</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>90</v>
-[...5 lines deleted...]
-        <v>781</v>
+        <v>16</v>
+      </c>
+      <c r="D119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H119" s="5" t="s">
-[...6 lines deleted...]
-        <v>477</v>
+      <c r="H119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I119" s="5"/>
+      <c r="J119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K119" s="5" t="s">
-        <v>784</v>
+        <v>825</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>785</v>
-[...3 lines deleted...]
-      </c>
+        <v>831</v>
+      </c>
+      <c r="M119" s="5"/>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>787</v>
+        <v>832</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>490</v>
+        <v>132</v>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G120" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I120" s="5"/>
+      <c r="G120" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="H120" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>835</v>
+      </c>
       <c r="J120" s="5" t="s">
-        <v>477</v>
+        <v>20</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>788</v>
+        <v>836</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>789</v>
+        <v>837</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>790</v>
+        <v>838</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>791</v>
+        <v>839</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>202</v>
-[...5 lines deleted...]
-        <v>792</v>
+        <v>16</v>
+      </c>
+      <c r="D121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>793</v>
-[...5 lines deleted...]
-        <v>795</v>
+        <v>840</v>
+      </c>
+      <c r="I121" s="5"/>
+      <c r="J121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K121" s="5" t="s">
-        <v>796</v>
+        <v>841</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>797</v>
-[...3 lines deleted...]
-      </c>
+        <v>842</v>
+      </c>
+      <c r="M121" s="5"/>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>799</v>
+        <v>843</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>800</v>
+        <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>801</v>
+        <v>132</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>802</v>
-[...5 lines deleted...]
-        <v>50</v>
+        <v>16</v>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H122" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H122" s="5" t="s">
+        <v>844</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>804</v>
+        <v>845</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>805</v>
+        <v>20</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>806</v>
+        <v>846</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>807</v>
+        <v>847</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>808</v>
+        <v>848</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>809</v>
+        <v>849</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>16</v>
+      </c>
+      <c r="D123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>812</v>
+        <v>850</v>
       </c>
       <c r="I123" s="5"/>
-      <c r="J123" s="5" t="s">
-        <v>813</v>
+      <c r="J123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K123" s="5" t="s">
-        <v>814</v>
+        <v>851</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>815</v>
-[...3 lines deleted...]
-      </c>
+        <v>852</v>
+      </c>
+      <c r="M123" s="5"/>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>817</v>
+        <v>853</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>16</v>
+      </c>
+      <c r="D124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H124" s="5" t="s">
-        <v>818</v>
+      <c r="H124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I124" s="5"/>
-      <c r="J124" s="5" t="s">
-        <v>819</v>
+      <c r="J124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K124" s="5" t="s">
-        <v>820</v>
+        <v>854</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>821</v>
-[...3 lines deleted...]
-      </c>
+        <v>855</v>
+      </c>
+      <c r="M124" s="5"/>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>823</v>
+        <v>856</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>16</v>
+      </c>
+      <c r="D125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H125" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H125" s="5" t="s">
+        <v>857</v>
       </c>
       <c r="I125" s="5"/>
-      <c r="J125" s="5" t="s">
-        <v>819</v>
+      <c r="J125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K125" s="5" t="s">
-        <v>824</v>
+        <v>854</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>825</v>
-[...3 lines deleted...]
-      </c>
+        <v>858</v>
+      </c>
+      <c r="M125" s="5"/>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>827</v>
+        <v>856</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>16</v>
+      </c>
+      <c r="D126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H126" s="5" t="s">
-        <v>828</v>
+      <c r="H126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I126" s="5"/>
-      <c r="J126" s="5" t="s">
-        <v>819</v>
+      <c r="J126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K126" s="5" t="s">
-        <v>829</v>
+        <v>854</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>830</v>
-[...3 lines deleted...]
-      </c>
+        <v>859</v>
+      </c>
+      <c r="M126" s="5"/>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>832</v>
+        <v>860</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>810</v>
+        <v>16</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>811</v>
-[...4 lines deleted...]
-        </is>
+        <v>132</v>
+      </c>
+      <c r="E127" s="5" t="s">
+        <v>861</v>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G127" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G127" s="5" t="s">
+        <v>862</v>
       </c>
       <c r="H127" s="5" t="s">
-        <v>833</v>
-[...1 lines deleted...]
-      <c r="I127" s="5"/>
+        <v>863</v>
+      </c>
+      <c r="I127" s="5" t="s">
+        <v>864</v>
+      </c>
       <c r="J127" s="5" t="s">
-        <v>819</v>
+        <v>20</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>834</v>
+        <v>865</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>835</v>
+        <v>866</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>836</v>
+        <v>867</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>837</v>
+        <v>868</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D128" s="5" t="s">
-        <v>15</v>
+      <c r="D128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>838</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>857</v>
+      </c>
+      <c r="I128" s="5"/>
+      <c r="J128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K128" s="5" t="s">
-        <v>840</v>
+        <v>854</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>841</v>
-[...3 lines deleted...]
-      </c>
+        <v>869</v>
+      </c>
+      <c r="M128" s="5"/>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>843</v>
+        <v>870</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>844</v>
+        <v>141</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>845</v>
+        <v>686</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>50</v>
+        <v>871</v>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G129" s="5" t="s">
-        <v>846</v>
+      <c r="G129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>847</v>
+        <v>872</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>848</v>
+        <v>873</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>849</v>
+        <v>690</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>850</v>
+        <v>874</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>851</v>
+        <v>875</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>852</v>
+        <v>876</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>853</v>
+        <v>877</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>16</v>
+      </c>
+      <c r="D130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H130" s="5" t="s">
-[...6 lines deleted...]
-        <v>856</v>
+      <c r="H130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I130" s="5"/>
+      <c r="J130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K130" s="5" t="s">
-        <v>857</v>
+        <v>878</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>858</v>
-[...3 lines deleted...]
-      </c>
+        <v>879</v>
+      </c>
+      <c r="M130" s="5"/>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>860</v>
+        <v>880</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>110</v>
+        <v>881</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>483</v>
-[...4 lines deleted...]
-        </is>
+        <v>766</v>
+      </c>
+      <c r="E131" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G131" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G131" s="5" t="s">
+        <v>882</v>
       </c>
       <c r="H131" s="5" t="s">
-        <v>861</v>
+        <v>883</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>862</v>
+        <v>884</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>856</v>
+        <v>885</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>863</v>
+        <v>886</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>864</v>
+        <v>887</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>865</v>
+        <v>888</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>866</v>
+        <v>889</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>66</v>
+        <v>16</v>
+      </c>
+      <c r="D132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>867</v>
-[...8 lines deleted...]
-        <v>870</v>
+        <v>890</v>
+      </c>
+      <c r="I132" s="5"/>
+      <c r="J132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L132" s="6" t="s">
-        <v>871</v>
-[...3 lines deleted...]
-      </c>
+        <v>891</v>
+      </c>
+      <c r="M132" s="5"/>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>873</v>
+        <v>892</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>64</v>
-[...8 lines deleted...]
-        <v>98</v>
+        <v>16</v>
+      </c>
+      <c r="D133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>874</v>
-[...8 lines deleted...]
-        <v>877</v>
+        <v>893</v>
+      </c>
+      <c r="I133" s="5"/>
+      <c r="J133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L133" s="6" t="s">
-        <v>878</v>
-[...3 lines deleted...]
-      </c>
+        <v>894</v>
+      </c>
+      <c r="M133" s="5"/>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>880</v>
+        <v>895</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>16</v>
+      </c>
+      <c r="D134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>881</v>
-[...8 lines deleted...]
-        <v>883</v>
+        <v>896</v>
+      </c>
+      <c r="I134" s="5"/>
+      <c r="J134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L134" s="6" t="s">
-        <v>884</v>
-[...3 lines deleted...]
-      </c>
+        <v>897</v>
+      </c>
+      <c r="M134" s="5"/>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>886</v>
+        <v>898</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>64</v>
-[...8 lines deleted...]
-        <v>887</v>
+        <v>16</v>
+      </c>
+      <c r="D135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>888</v>
-[...5 lines deleted...]
-        <v>890</v>
+        <v>899</v>
+      </c>
+      <c r="I135" s="5"/>
+      <c r="J135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K135" s="5" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>892</v>
-[...3 lines deleted...]
-      </c>
+        <v>901</v>
+      </c>
+      <c r="M135" s="5"/>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>895</v>
+        <v>16</v>
+      </c>
+      <c r="D136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>896</v>
-[...5 lines deleted...]
-        <v>898</v>
+        <v>903</v>
+      </c>
+      <c r="I136" s="5"/>
+      <c r="J136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K136" s="5" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>900</v>
-[...3 lines deleted...]
-      </c>
+        <v>904</v>
+      </c>
+      <c r="M136" s="5"/>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>64</v>
+        <v>419</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>63</v>
+        <v>291</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="F137" s="5" t="s">
-        <v>887</v>
+        <v>17</v>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>81</v>
+        <v>913</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>840</v>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>856</v>
+        <v>916</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>81</v>
+        <v>141</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>194</v>
+        <v>711</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>895</v>
+        <v>871</v>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="I139" s="5" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>918</v>
+        <v>690</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>923</v>
+        <v>141</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>194</v>
+        <v>711</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>50</v>
+        <v>927</v>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>926</v>
+        <v>690</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>923</v>
+        <v>141</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>931</v>
+        <v>711</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>50</v>
+        <v>871</v>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>934</v>
+        <v>690</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>800</v>
+        <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>64</v>
+        <v>828</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>887</v>
+        <v>913</v>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>941</v>
+        <v>916</v>
       </c>
       <c r="K142" s="5" t="s">
         <v>942</v>
       </c>
       <c r="L142" s="6" t="s">
         <v>943</v>
       </c>
       <c r="M142" s="5" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
         <v>945</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>800</v>
+        <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>64</v>
+        <v>419</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>63</v>
+        <v>291</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>66</v>
+        <v>946</v>
       </c>
       <c r="F143" s="5" t="s">
-        <v>887</v>
+        <v>947</v>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>64</v>
+        <v>955</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>952</v>
+        <v>913</v>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H144" s="5" t="s">
-        <v>953</v>
+      <c r="H144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I144" s="5" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>64</v>
+        <v>141</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>63</v>
+        <v>711</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>960</v>
+        <v>871</v>
+      </c>
+      <c r="F145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>963</v>
+        <v>690</v>
       </c>
       <c r="K145" s="5" t="s">
         <v>964</v>
       </c>
       <c r="L145" s="6" t="s">
         <v>965</v>
       </c>
       <c r="M145" s="5" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
         <v>967</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>16</v>
+        <v>775</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>202</v>
-[...4 lines deleted...]
-        </is>
+        <v>913</v>
+      </c>
+      <c r="E146" s="5" t="s">
+        <v>968</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="I146" s="5" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="J146" s="5" t="s">
-        <v>970</v>
+        <v>916</v>
       </c>
       <c r="K146" s="5" t="s">
         <v>971</v>
       </c>
       <c r="L146" s="6" t="s">
         <v>972</v>
       </c>
       <c r="M146" s="5" t="s">
         <v>973</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
         <v>974</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>560</v>
+        <v>291</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>202</v>
+        <v>419</v>
       </c>
       <c r="E147" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="F147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H147" s="5" t="s">
         <v>975</v>
       </c>
-      <c r="F147" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H147" s="5" t="s">
+      <c r="I147" s="5" t="s">
         <v>976</v>
       </c>
-      <c r="I147" s="5" t="s">
+      <c r="J147" s="5" t="s">
         <v>977</v>
       </c>
-      <c r="J147" s="5" t="s">
+      <c r="K147" s="5" t="s">
         <v>978</v>
       </c>
-      <c r="K147" s="5" t="s">
+      <c r="L147" s="6" t="s">
         <v>979</v>
       </c>
-      <c r="L147" s="6" t="s">
+      <c r="M147" s="5" t="s">
         <v>980</v>
-      </c>
-[...1 lines deleted...]
-        <v>981</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>982</v>
+        <v>981</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>560</v>
+        <v>291</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>419</v>
+      </c>
+      <c r="E148" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="F148" s="5" t="s">
+        <v>982</v>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
         <v>983</v>
       </c>
       <c r="I148" s="5" t="s">
         <v>984</v>
       </c>
       <c r="J148" s="5" t="s">
         <v>985</v>
       </c>
       <c r="K148" s="5" t="s">
         <v>986</v>
       </c>
       <c r="L148" s="6" t="s">
         <v>987</v>
       </c>
       <c r="M148" s="5" t="s">
         <v>988</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
         <v>989</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>560</v>
+        <v>990</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>561</v>
+        <v>991</v>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H149" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H149" s="5" t="s">
+        <v>992</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>560</v>
+        <v>291</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>419</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="F150" s="5" t="s">
+        <v>982</v>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>16</v>
+        <v>291</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>202</v>
-[...9 lines deleted...]
-        </is>
+        <v>419</v>
+      </c>
+      <c r="E151" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="F151" s="5" t="s">
+        <v>982</v>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>560</v>
+        <v>913</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>16</v>
+        <v>840</v>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F152" s="5" t="s">
-        <v>561</v>
+      <c r="F152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>1013</v>
+        <v>916</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>610</v>
+        <v>16</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>202</v>
-[...4 lines deleted...]
-        </is>
+        <v>840</v>
+      </c>
+      <c r="E153" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>1025</v>
+        <v>291</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>202</v>
+        <v>419</v>
       </c>
       <c r="E154" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="F154" s="5" t="s">
         <v>1026</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
         <v>1027</v>
       </c>
       <c r="I154" s="5" t="s">
         <v>1028</v>
       </c>
       <c r="J154" s="5" t="s">
         <v>1029</v>
       </c>
       <c r="K154" s="5" t="s">
         <v>1030</v>
       </c>
       <c r="L154" s="6" t="s">
         <v>1031</v>
       </c>
       <c r="M154" s="5" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
         <v>1033</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>610</v>
+        <v>291</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>202</v>
+        <v>419</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>664</v>
+        <v>1034</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>202</v>
+        <v>291</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>63</v>
+        <v>419</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>1041</v>
-[...4 lines deleted...]
-        </is>
+        <v>947</v>
+      </c>
+      <c r="F156" s="5" t="s">
+        <v>1026</v>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
         <v>1042</v>
       </c>
       <c r="I156" s="5" t="s">
         <v>1043</v>
       </c>
       <c r="J156" s="5" t="s">
         <v>1044</v>
       </c>
       <c r="K156" s="5" t="s">
         <v>1045</v>
       </c>
       <c r="L156" s="6" t="s">
         <v>1046</v>
       </c>
       <c r="M156" s="5" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
         <v>1048</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>202</v>
+        <v>990</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>63</v>
-[...7 lines deleted...]
-        <v>203</v>
+        <v>840</v>
+      </c>
+      <c r="E157" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
         <v>1049</v>
       </c>
       <c r="I157" s="5" t="s">
         <v>1050</v>
       </c>
       <c r="J157" s="5" t="s">
+        <v>916</v>
+      </c>
+      <c r="K157" s="5" t="s">
         <v>1051</v>
       </c>
-      <c r="K157" s="5" t="s">
+      <c r="L157" s="6" t="s">
         <v>1052</v>
       </c>
-      <c r="L157" s="6" t="s">
+      <c r="M157" s="5" t="s">
         <v>1053</v>
-      </c>
-[...1 lines deleted...]
-        <v>1054</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>63</v>
+        <v>990</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>64</v>
+        <v>369</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>416</v>
-[...1 lines deleted...]
-      <c r="F158" s="5" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H158" s="5" t="s">
+        <v>1055</v>
+      </c>
+      <c r="I158" s="5" t="s">
         <v>1056</v>
       </c>
-      <c r="G158" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H158" s="5" t="s">
+      <c r="J158" s="5" t="s">
         <v>1057</v>
       </c>
-      <c r="I158" s="5" t="s">
+      <c r="K158" s="5" t="s">
         <v>1058</v>
       </c>
-      <c r="J158" s="5" t="s">
+      <c r="L158" s="6" t="s">
         <v>1059</v>
       </c>
-      <c r="K158" s="5" t="s">
+      <c r="M158" s="5" t="s">
         <v>1060</v>
-      </c>
-[...4 lines deleted...]
-        <v>1062</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1063</v>
+        <v>1061</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>202</v>
+        <v>1062</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>63</v>
+        <v>369</v>
       </c>
       <c r="E159" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H159" s="5" t="s">
+        <v>1063</v>
+      </c>
+      <c r="I159" s="5" t="s">
         <v>1064</v>
       </c>
-      <c r="F159" s="5" t="s">
+      <c r="J159" s="5" t="s">
         <v>1065</v>
       </c>
-      <c r="G159" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H159" s="5" t="s">
+      <c r="K159" s="5" t="s">
         <v>1066</v>
       </c>
-      <c r="I159" s="5" t="s">
+      <c r="L159" s="6" t="s">
         <v>1067</v>
       </c>
-      <c r="J159" s="5" t="s">
+      <c r="M159" s="5" t="s">
         <v>1068</v>
-      </c>
-[...7 lines deleted...]
-        <v>1071</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>90</v>
+        <v>1062</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>473</v>
+        <v>1070</v>
       </c>
       <c r="E160" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H160" s="5" t="s">
+        <v>1071</v>
+      </c>
+      <c r="I160" s="5" t="s">
+        <v>1072</v>
+      </c>
+      <c r="J160" s="5" t="s">
         <v>1073</v>
       </c>
-      <c r="F160" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H160" s="5" t="s">
+      <c r="K160" s="5" t="s">
         <v>1074</v>
       </c>
-      <c r="I160" s="5" t="s">
+      <c r="L160" s="6" t="s">
         <v>1075</v>
       </c>
-      <c r="J160" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K160" s="5" t="s">
+      <c r="M160" s="5" t="s">
         <v>1076</v>
-      </c>
-[...4 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1079</v>
+        <v>1077</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="D161" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="E161" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="F161" s="5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H161" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="I161" s="5" t="s">
+        <v>1079</v>
+      </c>
+      <c r="J161" s="5" t="s">
         <v>1080</v>
       </c>
-      <c r="D161" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H161" s="5" t="s">
+      <c r="K161" s="5" t="s">
         <v>1081</v>
       </c>
-      <c r="I161" s="5" t="s">
+      <c r="L161" s="6" t="s">
         <v>1082</v>
       </c>
-      <c r="J161" s="5" t="s">
+      <c r="M161" s="5" t="s">
         <v>1083</v>
-      </c>
-[...7 lines deleted...]
-        <v>1086</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B162" s="5" t="s">
+        <v>735</v>
+      </c>
+      <c r="C162" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="D162" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="E162" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="F162" s="5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H162" s="5" t="s">
+        <v>1085</v>
+      </c>
+      <c r="I162" s="5" t="s">
+        <v>1086</v>
+      </c>
+      <c r="J162" s="5" t="s">
         <v>1087</v>
       </c>
-      <c r="B162" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F162" s="5" t="s">
+      <c r="K162" s="5" t="s">
         <v>1088</v>
       </c>
-      <c r="G162" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H162" s="5" t="s">
+      <c r="L162" s="6" t="s">
         <v>1089</v>
       </c>
-      <c r="I162" s="5" t="s">
+      <c r="M162" s="5" t="s">
         <v>1090</v>
-      </c>
-[...10 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B163" s="5" t="s">
+        <v>735</v>
+      </c>
+      <c r="C163" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="D163" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="E163" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="F163" s="5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H163" s="5" t="s">
+        <v>1092</v>
+      </c>
+      <c r="I163" s="5" t="s">
+        <v>1093</v>
+      </c>
+      <c r="J163" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K163" s="5" t="s">
+        <v>1094</v>
+      </c>
+      <c r="L163" s="6" t="s">
         <v>1095</v>
       </c>
-      <c r="B163" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H163" s="5" t="s">
+      <c r="M163" s="5" t="s">
         <v>1096</v>
-      </c>
-[...13 lines deleted...]
-        <v>1101</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1102</v>
+        <v>1097</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>64</v>
+        <v>291</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>63</v>
+        <v>419</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>66</v>
+        <v>947</v>
       </c>
       <c r="F164" s="5" t="s">
-        <v>887</v>
+        <v>1026</v>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
+        <v>1098</v>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>1099</v>
+      </c>
+      <c r="J164" s="5" t="s">
+        <v>1100</v>
+      </c>
+      <c r="K164" s="5" t="s">
+        <v>1101</v>
+      </c>
+      <c r="L164" s="6" t="s">
+        <v>1102</v>
+      </c>
+      <c r="M164" s="5" t="s">
         <v>1103</v>
-      </c>
-[...13 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1109</v>
+        <v>1104</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>64</v>
+        <v>291</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>63</v>
+        <v>419</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>66</v>
+        <v>947</v>
       </c>
       <c r="F165" s="5" t="s">
-        <v>887</v>
+        <v>1105</v>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
+        <v>1106</v>
+      </c>
+      <c r="I165" s="5" t="s">
+        <v>1107</v>
+      </c>
+      <c r="J165" s="5" t="s">
+        <v>1108</v>
+      </c>
+      <c r="K165" s="5" t="s">
+        <v>1109</v>
+      </c>
+      <c r="L165" s="6" t="s">
         <v>1110</v>
       </c>
-      <c r="I165" s="5" t="s">
+      <c r="M165" s="5" t="s">
         <v>1111</v>
-      </c>
-[...10 lines deleted...]
-        <v>1115</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1116</v>
+        <v>1112</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>560</v>
+        <v>91</v>
       </c>
       <c r="D166" s="5" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H166" s="5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="I166" s="5" t="s">
+        <v>1115</v>
+      </c>
+      <c r="J166" s="5" t="s">
+        <v>916</v>
+      </c>
+      <c r="K166" s="5" t="s">
+        <v>1116</v>
+      </c>
+      <c r="L166" s="6" t="s">
         <v>1117</v>
       </c>
-      <c r="E166" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H166" s="5" t="s">
+      <c r="M166" s="5" t="s">
         <v>1118</v>
-      </c>
-[...13 lines deleted...]
-        <v>1122</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>63</v>
+        <v>840</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>887</v>
+        <v>17</v>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I167" s="5" t="s">
+        <v>1121</v>
+      </c>
+      <c r="J167" s="5" t="s">
+        <v>1021</v>
+      </c>
+      <c r="K167" s="5" t="s">
+        <v>1122</v>
+      </c>
+      <c r="L167" s="6" t="s">
+        <v>1123</v>
+      </c>
+      <c r="M167" s="5" t="s">
         <v>1124</v>
-      </c>
-[...13 lines deleted...]
-        <v>1129</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1130</v>
+        <v>1125</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>90</v>
+        <v>291</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>490</v>
+        <v>419</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>474</v>
-[...4 lines deleted...]
-        </is>
+        <v>947</v>
+      </c>
+      <c r="F168" s="5" t="s">
+        <v>1126</v>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
+        <v>1127</v>
+      </c>
+      <c r="I168" s="5" t="s">
+        <v>1128</v>
+      </c>
+      <c r="J168" s="5" t="s">
+        <v>1129</v>
+      </c>
+      <c r="K168" s="5" t="s">
+        <v>1130</v>
+      </c>
+      <c r="L168" s="6" t="s">
         <v>1131</v>
       </c>
-      <c r="I168" s="5" t="s">
+      <c r="M168" s="5" t="s">
         <v>1132</v>
-      </c>
-[...10 lines deleted...]
-        <v>1135</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>90</v>
+        <v>291</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>490</v>
+        <v>419</v>
       </c>
       <c r="E169" s="5" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F169" s="5" t="s">
+        <v>1135</v>
+      </c>
+      <c r="G169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H169" s="5" t="s">
+        <v>1136</v>
+      </c>
+      <c r="I169" s="5" t="s">
         <v>1137</v>
       </c>
-      <c r="F169" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H169" s="5" t="s">
+      <c r="J169" s="5" t="s">
         <v>1138</v>
       </c>
-      <c r="I169" s="5" t="s">
+      <c r="K169" s="5" t="s">
         <v>1139</v>
       </c>
-      <c r="J169" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K169" s="5" t="s">
+      <c r="L169" s="6" t="s">
         <v>1140</v>
       </c>
-      <c r="L169" s="6" t="s">
+      <c r="M169" s="5" t="s">
         <v>1141</v>
-      </c>
-[...1 lines deleted...]
-        <v>1142</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1143</v>
+        <v>1142</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>90</v>
+        <v>291</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>490</v>
+        <v>419</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>474</v>
-[...4 lines deleted...]
-        </is>
+        <v>947</v>
+      </c>
+      <c r="F170" s="5" t="s">
+        <v>1026</v>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
+        <v>1143</v>
+      </c>
+      <c r="I170" s="5" t="s">
         <v>1144</v>
       </c>
-      <c r="I170" s="5" t="s">
+      <c r="J170" s="5" t="s">
         <v>1145</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
       <c r="K170" s="5" t="s">
         <v>1146</v>
       </c>
       <c r="L170" s="6" t="s">
         <v>1147</v>
       </c>
       <c r="M170" s="5" t="s">
         <v>1148</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
         <v>1149</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>810</v>
+        <v>132</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="E171" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H171" s="5" t="s">
         <v>1150</v>
       </c>
-      <c r="F171" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H171" s="5" t="s">
+      <c r="I171" s="5" t="s">
         <v>1151</v>
       </c>
-      <c r="I171" s="5" t="s">
+      <c r="J171" s="5" t="s">
         <v>1152</v>
-      </c>
-[...1 lines deleted...]
-        <v>856</v>
       </c>
       <c r="K171" s="5" t="s">
         <v>1153</v>
       </c>
       <c r="L171" s="6" t="s">
         <v>1154</v>
       </c>
       <c r="M171" s="5" t="s">
         <v>1155</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>