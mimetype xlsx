--- v1 (2025-12-15)
+++ v2 (2026-02-24)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1802" uniqueCount="1156" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1889" uniqueCount="1218" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1377,50 +1377,94 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/cnLh</t>
   </si>
   <si>
     <t>[Med sort blæk på kuvertens forside:]
 Frøken Alhed Warberg
 Vesterbrogade No 12 o. G.
 København V.
 [Med rødt blæk på kuvertens forside:]
 No 4
 [Med blyant på kuvertens forside:]
 Christnes breve om
 (Mornine)
 fødslen lille Nete
 blev adopteret af
 tante Visse
 [I brevet; med blå farveblyant:]
 Aarhus Jan. 1892
 [I brevet; med sort blæk:]
 Kæreste Alhed!
 Nu har jeg været i Byen med dit Brev; efter at have expederet det ned i en Postkasse, begav jeg mig op til Dr. Grauer; han er dog en mageløs rar én, så venlig og ligefrem. Han kunde strax kende mig, og til min store Triumf var det første han sagde: ”Nå, er det så overstået!” At der ikke er noget iøjenfaldende er da sikkert, når han kan sige sådan! Dernæst gik jeg ned til Stranden, min sædvanlige Tur, sad lidt på en Bænk og så på Vandet, som i Dag var så vidunderlig dejligt i det klare Vejr. Så gik jeg til Boghandleren og købte dette Papir; der inde stod på Disken Pastor Lindhardt, (!) da jeg så det, kunde jeg ikke modstå at købe ham, og her har du ham nu, men du må ikke vise nogen ham, og du skal snart sende ham igen. Dette Billede er kønnere, end han selv er – f. Ex. i en Koncertsal, men ikke nær–nær så dejlig, som når man ser ham i Kirken. Er det ikke en dejlig Pande, han har?
 Nu har jeg besluttet at gå op til ham, jeg er ikke for at skrive, jeg er bange, han skal synes, det bliver for morsomt med den 3die anonyme Skrivelse; men jeg kan ikke vide, hvor længe jeg nu kan gå og snuse omkring N_o_ 4 i Mejlgade, inden jeg får det nødvendige Mod; jeg kommer vist til at drikke mig en lille Perial først; ellers kommer jeg bestemt aldrig længere end til Porten, og skal det være, så skal det jo være snart. Lige så snart jeg har været der, skal jeg skrive, hvordan jeg blev modtaget, jeg kan ikke vide, hvordan, om han skænder på mig! Jeg er i Grunden halvvejs flov over strax når jeg har puttet et Brev til dig i Postkassen så at begynde på et andet – ikke for dig, for jeg kan nok tænke, at du er glad ved mange og lange Breve, heller ikke for mig selv, for mig er det en Tilfressstillelse at skrive til dig – men for Leonard og Mor, som ikke får ¼ så lange Breve; at Mor ikke gør det, er en Selvfølge, hvad i Verdens Riger skal jeg dog finde på at skrive om, jeg fylder Brevene med Beretninger om Teater og Koncerter, men det kan jeg jo ikke blive ved med, til Leonard har jeg som oftest ondt ved at skrive lange Breve; at han be’r om Opgør, undrer mig ikke det mindste, du ved jo, han er et rent Barn i Ubetænksomhed, og han må jo også længes efter en Afgørelse. Jeg skrev til ham, at det var ikke Tiden nu til den Ting, så skrev jeg desuden en hel Mængde Formaninger, bl.a. at han skulde lade være med for Fremtiden at kalde sig selv for Usling, fej stymper svag ”Stakkar” o.s.v. hvis han i Virkeligheden ønskede at blive anderledes, så skulde det ikke vise sig i Ord, dett [det sidste ”t” i ordet overstreget] nyttede ikke at beklage og udskælde Fortiden, som derved ikke forandrer sig en eneste Smule. Det er også en af hans Fejl, synes jeg, at han vistnok sig selv uafvidende – mener at det er godt, når han bare kan fortælle rigtig tit og i rigtig yderliggående Udtryk, hvor elendig en Skabning han er. Er der da ikke også noget i det, og er det ikke en dårlig ”Omvendelse”? Er det ikke sært, jeg har i denne Tid mere Selvagtelse, end jeg nogen Sinde har haft! Jeg føler mig for god til at være ”falden Kvinde”; men det er jeg da heller ikke i Virkeligheden, skønt Alverden naturligvis vilde stemple mig sådan, hvis den vidste Sandheden. – Du spørger til Børnetøjet – ja 6 Navlebind har jeg færdige og Skjorterne er klippede, alt det er af mit gamle Linned; jeg skrev til la Cour og Vett &amp;amp; W. i Odense om Blonder, Tøj til Trøjer og Voxdug på Erikshåbs Regning; så snart jeg nu kan låne Fru Rs Søsters Symaskine, skal jeg ordentlig kile på, man ved jo snart hverken Dag eller Time. Jeg har en dunkel Forestilling om, at jeg skriver en Ting en urimelig Masse Gange, jeg kan ikke rigtig rede ud, hvad jeg har skrevet til dig, Elle og Leonard, men bliver det for morsomt, så kan du bare gøre Vrøvl. Jeg føler en Slags Samvittighedsnag over, at Brandt ikke ved noget om alt dette, hun er dog min bedste Ven næst jer – ja i Grunden næsten som hun virkelig kunde være min Søster, jeg er bange, jeg ikke kan overvinde mig til at skrive til hende – så må jeg jo lyve, og det skammer jeg mig endnu mere ved end at [”at” overstreget] ved at tie helt stille; tror du, det går an, at du fortæller hende det? Så må du nok, hvis du synes; jeg er bange, hun taber forfærdelig for mig, men på den anden Side bryder jeg mig selvfølgelig ikke om at stå for hende mere skær, end jeg er, og hun kan vel næppe gå ind under dem, som skal ”skånes”, hvortil f. Ex. Johanne hører, og selvfølgelig heller ikke under dem, der ikke står nær nok til at vide det. Jeg er kommen til at tænke på, at jeg selv i hendes Sted vilde finde det underligt ikke at være så betroet Ven, det vilde gøre mig ondt, hvis jeg senere en Gang fik det at vide, at mit Venskab ikke blev regnet så meget - og akkurat det samme gælder jo for hende. Kort sagt, jeg føler, at det er en Utidighed at skjule det for hende, som jeg dog ved, holder så meget af mig, og jeg fatter ikke, hvorledes jeg til hende skal kunne skrive et Brev, der, selv om det ikke indeholder direkte Usandheder, dog har en gevaldig Løgn til Forudsætning. Tænk nu over dette og gør så, hvad du synes er rigtigst. Bevares sikken Epistel, jeg her har forfattet endnu i Aften - ja nu kan du have Godnat for denne Gang!! Kan du læse disse små ? Bogstaver?
 Fredag d: 5/2 Du kan ikke sætte dig ind i, hvor den gode pater R irriterer mig - mest, fordi han er så unaturlig skikkelig, det Skrog; uh, jeg kan somme Tider knap bekvemme mig til at svare ham ordentlig; og så er der en Ting, som er mig så kolossalt modbydelig: han harker og spytter i en Køre hele Dagen igennem, jeg kan jo høre hver Lyd ind til mig, - især om Morgenen er det drøjt at blive vækket ved de grulige Lyde, jeg bander en frygtelig Ed, hver Gang jeg hører det, men den kan jeg nu spare mig. Nu er han også begyndt at spytte ved Middagsbordet - uha, det er en Prøvelse, siger jeg dig! Og så er han noget af det mindst "sjoaugjerede", som han siger, føj for en Skjorte - og den sorte Kant på Neglene løber helt rundt - men ganske uhyre skikkelig er han, og højst grinagtig, når man er i Humør til at se det, hans Udtryk er storartede, sådan talte han forleden om "blaserede Støvler" - er du med? der er en Slags hæsblæsende Tjenstvillighed hos ham, der somme Tider er nærved at gøre mig rasende, så velment den er! Når jeg f. Ex kommer hjem og ringer på, så kommer han farende som et fremfarende heftigt Vejr - mere på Hovedet end på Benene - og med Forklædet stående om sig som en Sky - uha, jeg er ved at kyle ham Pakkerne og Muffen i Hovedet, når han sådan kommer hvirvlende. At høre hans faderlige Røst overfor Charles er mange Penge værd: "Tillader du, min Dreng?" "S'go" "Mange Tak!" - han kunde såmæn ikke tiltale mig med mere udsøgt Høflighed, end han bruger til Ungen - og hans pædagogiske Evner - å du milde! Siger Charles den uskyldigste Bemærkning f. Ex. "Nå, Midde (Hund) er du der igen!" Så kan han hæve sin advarende Faderrøst: "Char-les!" Uh, hvor han er grinagtig; når jeg bare kunde lade være at irritere mig, kunde jeg få mangen indvendige Grin ad ham!
 Hvad siger dog Fru Laudrup til dine mange natlige Forlystelser? Brandt skrev, at du sprøjtede hende med Eau de Cologne for at mildne hende! Det er da kun Esprit de Valdemar? - Hvad var så den overvægtige [ulæseligt]else til Onkel Syberg? Hvornår er det Tant Mimis Fødselsdag? Jeg tror, jeg sender dette inden dit næste Brev, skønt det rigtignok er af et tvivlsomt Indhold, men så sender du jo nok min dejlige Præst i dit næst ["næst" overstreget] Brev, som forhåbentlig indtræffer i en ikke for fjærn Fremtid, jeg kan ikke godt undvære ham; desværre flover jeg mig over at have ham stående på mit Bord, og jeg flover mig også over at have ham i Skrin som mine Elskeder i gamle Dage. Nej, jeg skriver sandelig da ingen flot Pen; og så er der den Hage, at jeg vistnok aldrig vilde kunne ordne et nok så godt Stof. Men man kan jo have Lov at kludre så meget, man vil, for egen Regning. Godnat! Jeg har Hovedpine og har skevet til Mor og Leonard i Aften. Molle er jeg også begyndt på, men det falder mig knusende svært at skrive til dem, jeg skal løgne for - derfor har jeg kverken skrevet til hende, Leuden eller Otto-Schoffen. Altså Godnat!!! Jeg tror nok, jeg vil have dette af Sted i Aften, så tænker jeg, du har det Søndag Fmd. Intet nyt fra i Aftes; Rasmussens er ude, jeg er ganske alene hjemme, nu skal jeg ud at lave mig en Kop Kaffe. Altså Farvel, lad mig nu få Brev en Gang i Ugen, og send så endelig Pastor L! Mange kærlige Hilsner Din Chr.</t>
+  </si>
+  <si>
+    <t>1892-09-21</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Andrea Brandt
+Julie Brandt
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+- Rørdam, Fru
+Fanny Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>Alhed Larsen, Christine Mackie og Johanne C. Larsen boede fra sensommeren/efteråret 1892 sammen i Waldemarsgade på Vesterbro i København. Deres husvært var Fru Rørdam. 
+Klemserne, Trelleværket, Signe og Fru Rørdams søster kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1418</t>
+  </si>
+  <si>
+    <t>Christine Mackie har indhentet oplysninger vedrørende Johanne C. Larsens sløjdkursus. 
+Louise Brønsted har været i teatret og se Valkyrien, i Panoptikon, på Folkemuseet, på Frederiksberg Morskabsteater og Zoologisk Museum. Hun har besøgte bedsteforældrene.
+Christine Mackie og Alhed Larsen takker for madvarerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pVOo</t>
+  </si>
+  <si>
+    <t>Onsdag.
+Kære Mor!
+Jeg skriver først i Dag, for at jeg kan give dig Besked om Johannes Sløjd-kursus, som Chr. har været henne at høre om i Dag. Et Kursus med 1 Time om Dagen koster 5 Kr om Maaneden og kan begyndes naar som helst. Et andet Kursus, som varer hele Dagen, begynder i København ["København" overstreget] Januar, men det er vel ikke for Johanne? Fransk – o. s. v. Kursuset har vi ikke faaet noget nærmere at vide om endnu ["endnu" overstreget], det skal du faa Besked om endnu, naar jeg kommer hjem.
+Jeg morer mig storartet herovre. I Søndags vare vi i det kgl. Theater til Valkyrien, det var dejligt jeg blev naturligvis vældig imponeret af Foyeren o. s. v. Vi sad i Galleriet og hørte og saa udmærket. Paa Fredag skal vi hen at se ”Den kære Familie”, det glæder jeg mig knusende til; blot de nu ikke forandrer det I Søndags var vi tillige i Panoptikon; det var meget morsomt, især Spejlkabinettet, vi blev rent tummelumske derinde og vidste ikke, hvem der var de rigtige. Mandag var Chr og jeg i Folkemusæet, der var mange dejlige Ting, vi gik og tegnede Mønstre af, et vil jeg sy paa den Sofapude til Tante Else. Det er morsomt, men rigtignok uhyre trættende at gaa paa Museer, Chr. og jeg vare lige ved at falde fra hinanden af Træthed, da vi kom hjem fra det zoologiske Museum i Dag, vi fik ikke det halve at se, men trøstede os med at faa det bedre at se i zool. Have, hvor vi skal i Morgen. – I Dag var vi henne hos Komtessen og Bedsteforældrene; Bedstefader laa endnu i Sengen, da vi kom, jeg synes ikke, han har det ret godt. Onkel Emil og Onkel Luth eller en af dem kommer vistnok herhen i Aften. Signe rejste i Dag, jeg har set hende nogle Gange herinde, har bl.a. været paa Frederiksberg Morskabstheater med hende tilligemed Brandt, Andrea, Trelleværket etc. Det var morsomt. Jeg skal hilse mangfoldigt fra Chr og Alhed samt takke mange Gange for Madvarerne, som de blev meget glade ved, Fra Bedstefader &amp;amp; -moder skal jeg og hilse, Bedstefader sagde, det glædede ham, at de smaa Træer bar. I maa endelig skrive bestemt naar Høstgildet bliver; jeg vil naturligvis nødig gaa glip af det, men jo ogsaa gerne blive her til Søndag; naar du sender Brevet op til Hillerslev, kan vi have det til Fredag, Fra Chr. skal jeg sige at de spiste Æblegrøden med stor Salvelse. Hils nu dem alle mange Gange fra mig (Klemserne iberegnet). – Fru Rørdam &amp;amp; Søsteren ere meget rare og elskværdige – Tænk, jeg fik 2 Kr af Bedstemoder til at gaa i Theatret for.
+Hilsen fra Muk. 
+[Skrevet på tværs øverst s1:]
+Chr. og Alhed har det mageløs hyggeligt herinde. Glæd dig til at se det, Johanne.</t>
   </si>
   <si>
     <t>11. eller 18. februar 1893</t>
   </si>
   <si>
     <t>Johanne  Larsen</t>
   </si>
   <si>
     <t>Ludvig Brandstrup, billedhugger
 Julie Brandt
 Thora  Branner
 Hans Christian Caspersen
 Peter Hansen
 Syrak Hansen
 Alhed Larsen
 Christine  Mackie
 - Paulsen
 Alfred Reisenauer
 Johannes Rump
 - Rørdam, Fru
 Fanny Schaffalitzky de Muckadell
 Marie Schou
 Albrecht  Warberg</t>
   </si>
   <si>
@@ -2028,50 +2072,91 @@
   </si>
   <si>
     <t>1898-04-02</t>
   </si>
   <si>
     <t>Adolph Larsen
 Vilhelm Larsen
 Otto Emil  Paludan
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Fra andre breve vides det, at den tidligere forpagter til Gelskov, Hempel Syberg, flyttede ca. 15. marts.</t>
   </si>
   <si>
     <t>Alhed har fortalt Jørgen Paludan (Palam), at Johannes Larsen er svag og nervøs, bl.a. fordi han hylede op, da hun strøg ham over kinden. 
 Alheds far har det meget bedre. Hun har mødt den nye forpagter til Gelskov. Han skal bo hos Alheds familie i tre dage, mens han får noget ordnet på Gelskov.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/QgX2</t>
   </si>
   <si>
     <t>Kære Las!
 1000 Tak for sidst! Du er den aller allerbedste! men jeg faar vist ikke Brev fra Dig i Dag fordi Klax og Agraren drillede Dig. Eller mulig var Du for sløj til at skrive. Jeg beklagede mig i Aftes for Palam og [ordet overstreget] over at Du er saadan en svagelig én, der ingenting kan taale, jeg gav ham nogle Beviser paa, hvor Nervøs Du er for Øjeblikket og det gjorde et dybt Indtryk paa ham, navnlig at Du fløj op og hylede, da jeg i Forgaars Aftes sad og rørte ved Din Kind! Kan Du huske det? Palam siger, at det er fordi Du ikke rører Dig nok, og han har i Sinde at holde en forfærdelig Tale for Dig, naar han ser Dig! - - Han var saa oprørt og indigneret, at jeg selv blev ganske forskrækket og [ordet overstreget] han fortalte om en Fætter, han har, der i [bogstavet overstreget] er meget [ordet overstreget] ung endnu, men fuldstændig ødelagt af Podagra. – Naa, nu vil jeg forlade dette pinlige Emne, i Dag haaber jeg, Du er kvik og udsovet, og kan male godt, men det er jo Solskin, saa kan Du jo ikke. – Men for hvem der ikke skal male er det et aldeles bedaarende Vejr. – Far fandt jeg meget bedre, Lørdag og Søndag var det gaaet betydelig frem. Vi var ellers begyndt at blive noget ængstelige og han selv ikke mindre [ordet overstreget] mindst, han var bange for Tæring næste Mor. – Vi har fremmede. I Faaborgtoget kørte jeg i Gaar sammen med en Herre og to Damer, som spurgte, om jeg ikke var en Frk. Warberg. Det var den ny Forpagter paa Gelskov og hans Søster og Svigerinde, de skulde til Erikshaab sagde de; de skal være her i 3 Dage for at ordne omme paa Gelskov. Forpagteren skal giftes paa fredag. Jeg synes godt om dem. Han bliver vist nem at komme ud af det med, jeg har allerede sikret mig, at vi maa gaa paa J [bogstavet overstreget] Markerne. – Jeg har [resten af teksten skrevet over ”Kære Las!”] jo lidt travlt, da vi har disse fremmede saa jeg har ikke Tid til at skrive mere. – Hils Klax. 1000 kærlige Hilsner til Dig selv, jeg holder forfærdelig meget af Dig. Din Alhed Tirsdag d.</t>
   </si>
   <si>
+    <t>1898-04-19</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Wilhelmine Berg
+Christian  Brandstrup
+Eline  Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Heinrich Hirschsprung
+Pauline Hirschsprung
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Tante Mis er Wilhelmine Berg. 
+"Vi har to tomme Værelser": Wilhelmine Berg havde et pensionat i København. 
+Det vides ikke, hvem frøken Moltke var.
+Både Erik og Hirschsprung kan være flere forskellige personer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1435</t>
+  </si>
+  <si>
+    <t>Dåben er udsat otte dage for Christian Brandstrups skyld. Wilhelmine Berg/Tante Mis vil gerne have, at Laura Warberg kommer. Barnet skal hedde Daisy. Louise Brønsted finder navnet frygteligt. Den lille pige er ikke køn, men hun er sød og muligvis også musikalsk.
+EllenSawyer har været forkølet. Lauritz Brandstrup/Bedstefar har det godt, men han græder, når han tænker på sin sygdom og på Johanne Brandstrup/Bedstemor. Han kan ikke kende sine børnebørn. 
+Rudolph Tegner har bestilt Christian Brandstrup til at tegne et atelier
+Der er to ledige værelser på pensionatet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jkHX</t>
+  </si>
+  <si>
+    <t>d. 19-4-98.
+Kære Mor!
+Jeg opdager med Forbavselse, at det snart er otte Dage siden jeg rejste, saa I er vel snart noget utaalmodige efter at høre lidt fra os. – Hvad Daaben angaar, saa er den udsat 8 Dage for Onkel Christians Skyld og bliver altsaa paa Søndag 8 Dage; der skal nok være en lille Festlighed bagefter, og Tante Mis vil meget gerne have Dig med; forresten tror jeg, hun selv skriver til Dig om det. Vi ved nu med temmelig stor Sikkerhed, at den lille Pige skal hedde Daisy; det er frygteligt synes jeg. Som Tillægsnavne skal hun (hedde) have Johanne og Sofie, det er jo nogle rigtig pæne Navne, blot de vilde kalde hende et af disse i Stedet. Forresten trives hun udmærket, men som Skønhed er hun noget i Dekadence, saa Du maa ikke gøre Dig for store Forventninger i den Retning, hvis Du kommer herind; men alligevel er hun vældig sød, og jeg tror, hun bliver meget musikalsk: hun kan være saa sulten, det skal være; naar man bare synger for hende, holder hun op med at skraale øjeblikkelig og ligger og hører opmærksomt efter. Fra Elle skal jeg hilse; hun har været noget daarlig af Forkølelse de sidste Dage, men er bedre i Dag. I Aftes, mens vi havde Fremmed – Erik - sad hun hele Tiden med en Plaid over sig og slynede. Det samme paa Plaiden nær gjorde hun ogsaa oppe hos Hirschsprung forleden Aften. – I Søndags var vi ude hos Bedstefader; han havde det rigtig godt og var meget vel tilpas, undtagen naar han kom til at tænke paa sin Sygdom og Bedstemoder; saa græd han lidt, men vi fik ham hurtig trøstet; naturligvis skulde vi fremvises Frøknerne, som passer ham og Frøken Moltke, men heldigvis for os var den sidste ikke hjemme. Han var meget glad ved Besøget og forærede os en Appelsin, men kendte ingen af os, ikke engang Elle. Vi har også været ude hos Onkel Chr. og Tante Eline; vi var sendt derud i et Ærinde for Tante Mis om Eftermiddagen, og blev der saa paa Opfordring om Aftenen og mored os godt. Mens vi var der fik Onkel Chr. Bestilling paa et Atelier til en ung Billedhugger ved Navn Tejner; det lader til, han er efterspurgt nu, Jeg skriver snart til Far, men for Øjeblikket er der ikke noget af Interesse at fortælle om. Vi har to Værelser tomme for Tiden, men forhaabentlig vil det ikke vare længe, før vi faar denne lejet ud. – Vil Du ikke med Elles Kuffert sende hendes graa Sommertrøje: Undskyld, hvis det sidste er blevet noget utydeligt, det er halvmørkt.</t>
+  </si>
+  <si>
     <t>1898-04-29</t>
   </si>
   <si>
     <t>Thorvald Balslev
 Jeppe Andreas Larsen
 Johanne Christine Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Strandhaverne: øst for Hindsholmvej i Kerteminde var/er der en række strandhaver, som hører til husene, der ligger vest for Hindsholmvej. Johannes og Alhed Larsen fik selv en strandhave i tilknytning til deres villa på Møllebakken (opført 1901-1902).
 Den omtalte Thorvald må være Thorvald Balslev, som Alhed Larsens søster, Johanne, var forlovet med 1894-1898.</t>
   </si>
   <si>
     <t>Johannes Larsen har malet på guldregnen. Han giver gode råd til, hvordan man blander en farve til jord set i solskin.
 Odense-Kerteminde-jernbanen er ved at blive anlagt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/HVGe</t>
   </si>
   <si>
     <t>Kjerteminde 29 April 1898
 Min egen Kæreste!
 Det er dog en væmmelig Kulde i Dag i Aften har jeg v[æret i] Marken med Vinterfrakke [noget af papiret mangler] Hue paa og saa frøs [noget af papiret mangler] Haandleddene. Jeg har siddet og malet paa Guldregntræet hele Dagen, efter Aquarellen. Klaks rejste til Eftermiddag jeg skal hilse Dig fra ham. Jeg kan godt fortælle Dig hvad jeg tror Du kan male Jord med, men Forholdet maa Du prøve Dig til, Hvidt, Blaat Gult og Kraplak og maaske lidt Okker eller T. di Siena, kort sagt de samme Farver som man maler alt andet med, det er bare Forholdet er lidt forskelligt, det er ingen Vittighed, det er ikke muligt at forklare det nærmere. I Dag har [Du vel] ikke faaet malet [I har] vel haft lige saa [noget af papiret mangler]ligt Vejr som vi, men saa har Du da den Trøst at den Slags Vejr tager ikke paa Hyacintherne. De har begyndt at køre med Jernbane hernede bag ved i Dag, der kører en Arbejdsmaskine med 12 Tipvogne frem og tilbage og henter Jord oppe i vores Banke og læsser det af nede i Strandhaverne. Det er kedeligt at Johanne stadig er saa ked af det, jeg kan jo ikke raade Dig da jeg ikke ved hvad hun siger til Dig om det, men hvis jeg var i Dit Sted og jeg kunde mærke at hun havde noget som [helst] tilovers for Thorva[ld] [noget af papiret mangler] jeg ikke jeg vilde [noget af papiret mangler] for at raade hende. Jeg er spændt paa om Christine kommer og om det i saa Fald bliver godt Vejr paa Søndag. Jeg skal hilse fra Fader og Moder. Mange Hilsner fra Din Kæreste
 Johannes Larsen
@@ -2314,97 +2399,147 @@
   <si>
     <t>Johanne Christine Larsen skriver langt fødseldagsbrev til den gravide Alhed Larsen. JCL arbejder på hotel Phønix i København og beretter om forskellige mennesker, hun møder i bl.a. kunstverdenen samt hendes tidligere forlovede Thomas Balslev. Hun går også på den fries udstilling og anbefaler sin mor at komme på besøg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KPcv</t>
   </si>
   <si>
     <t>Hotel Phønix 6-4-99.
 Kære Be!
 Jeg ved ikke hvor forsigtig du endnu er naaet at blive over Ungens Helbred; for i Fald du er meget ængstelig, saa lad hellere en anden læse dette Brev for dig og vær ikke ked ved det; vi har nemlig Mæslinger her i Huset, og det var dog en lovlig ung Alder for den lille at faa dem paa.
 Efter her at have anbefalet dig Forsigtighed, vil jeg skride til Lykønskninger "i Dagens Anledning." Maa jeg herved paa det varmeste ønske dig et godt Aar, særlig naturligvisl Lykke til dit store Forehavende, at det da kan blive en nogenlunde præsentabel Unge.
 Jeg gaar ud fra at du er paa Erikshaab, hvor du vel nu forbliver indtil videre; det er storartet for Far og Mor at have dig igen, du er ordentlig deres Trøst i den ellers saa barnløse Tid! hør Be, er det da ikke dejligt at vi faar saadanne udmærkede Breve fra Elle. Jeg læste et forleden, som Far havde faaet, det var ikke særlig tykt med Oplevelser og Beskrivelser, for hun skrev næsten udelukkende om Eastmans - men det er spilleme da ogsaa nok, for man ser deraf, hvor glad hun er ved ham; hun ligefrem strømmer over, synes jeg over Lovtalen om ham - og saa skidt med Begivenhederne! Der maa vi rigtignok sige, at vi har været heldige, naar vi tænker paa, hvor voveligt hele det saa ud fra Begyndelsen. 
 Her har vi ellers haft en stilfærdig Paaske, stakkels Anna har ligget af Mæslinger og ligger endnu. Dr. Djørup siger, at de af os, der endnu ikke har haft det, kan være aldeles sikre paa at faa det. Jeg har jo ikke haft Mæslinger, vel? Jeg kan da ikke huske, vi nogensinde har haft dem paa Erikshaab. Jeg er meget gal i Hovedet derom, sikke et Tidsspilde! og hvis Carla og Gandenz faar det - uf, der er altid et farligt Halløj naar saadanne Unger ligger i Sengen. 
 I Tirsdags Middags fik jeg et lille Kioskbrev fra Thorvald, der var her i Byen. han havde først lige faaet at vide, at jeg var herinde i Paasken, men da han gjerne vilde se lidt til mig, bad han mig om at komme op paa Bernina Kl. 3 - Jeg var en lille Smule betænkelig ved det, men da det jo var ham selv, der tog Initiativet, gik jeg derop og vi havde det saa umaadelig fornøjeligt og hyggeligt en Times Tid, og nød en Kop tør Kaffe med Creme og Cigaretter; han saa efter min Mening ikke Spor mere gammel ud end han gjorde for et Aar siden, var frisk og livlig som altid, og vi snakkede udmærket sammen naar bare jeg maa slippe for at være forlovet med Thorvald, synes jeg udmærket godt om ham; og dersom vi nu begge har mistet en daarlig Kæreste og vundet en god Ven, hvad kan man saa egentlig forlange mere. - Sandsynligvis opgives Vardeprojektet, det lader til at være en underlig sløsevorn og uefterrettelig Mand, der ikke en Gang kan svare paa et Forretningsbrev, men rolig Gang paa Gang lader Th's Breve ubesvarede. Kroman, hvem Th. var oppe hos, mente slet ikke, der var Brug for et Seminarium, hvilket jo ikke gør Sagen mere indbydende..
 Jeg har været en lille Visit ude hos Tutte; det var morsomt at se hende en Gang igen hun har lagt sig en aldeles dejlig Unge til, en lille Pige sød og med klare blaa Øjne og hvidt Haar. Hun laa i Vuggen og fik Vælling af en Flaske; og denne Flaske holdt hun selv i sine bitte Hænder; og da den blev tom løftede hun den selv i Vejret for at faa det sidste med; det kalder jeg stort af en Unge paa 9 Maaneder. Tutte var tilsyneladende meget glad ved at se mig og sagde, at jeg med det første skulde inviteres derud til en L'hombre. 
 Klokken er saa mange, at jeg ikke kan naa at faa det af Sted i Dag; Elisa (vores Pige) er væk og saa kan jeg ikke gaa paa Posthuset, naar Anna ligger i Sengen. Derfor vil jeg foreløbig holde op og fortsætte i Morgen.
 Fredag Sikken en Smertensdag for mig i Dag, da jeg kom hjem fra min Morgentur opdagede jeg, at den lille Sølvpind i min Kæde var borte; jeg havde set, at den var meget slidt, men nu har den saa ikke villet holde længere i Sammenføjningen, jeg gik øjeblikkelig ud paa Molen igen og ledte ihærdigt, men uden Resultat. Sørgeligt! -----
 Forleden Aften var jeg med Pan hjemme hos hendes Forældre; det skulde kun have været en lille Visit, men jeg morede mig saa godt, at jeg erklærede til Pan, at jeg vilde blive. Af Interessandheder var der den blinde Bendix, en Broder til Victoria. Tænk, han vilde for ca 3 Aar siden tage Livet af sig, men naaede kun at ødelægge Synsnerven ved Skuddet, kom paa Hospitalet, kom sig, men var og blev blind, og nu lever han videre - ret fornøjet ved Tilværelsen er det da ikke ret mærkværdigt. Han er saadan, at man næsten ikke kan mærke paa ham, at han intet kan se; han færdes i Stuerne med største Lethed, ved præcis hvor alle i Stuen er, hvem der gaar og hvem der kommer, og dem han taler med ser han lige ind i Øjnene - hvor kan Mennesket dog! Han vil paa Landet nogen Tid i Sommer, men kan ikke finde noget Sted han spurgte mig ivrigt, om jeg ikke kunde tænke mig et Sted, han vilde gerne et Sted, hvor der var intelligente Mennesker, for ellers kunde han ikke holde det ud og saa skulde der være Skygge - om Egnen ellers var grim som Arvesynden gjorde intet; han er selv et meget intelligent Menneske, gennemdannet og vist kundskabsrig. Kunde I tænke Jer noget Sted? Jeg har sagt Pan, at hun skulde faa de nærmere Betingelser at vide, f.Ex. Betaling o.s.v. Jeg fik en saa knusende Interesse for Manden. [ulæselig] lille Dreng der bor der hos dem holder meget af ham og aner ikke, at han er blind, saa lidt mærkeligt altsaa, er det dog ikke besynderligt? 
 Jeg har været paa den frie, den er brillant i Aar! Jeg synes, at Las' to store Billeder er dejlige. Det er kedeligt, at I ikke kan faa dem at se, der er saa mange storartede Billeder. Fru Slot Møller har et helt vidunderligt Folkevisebillede. - naa ja, det kan jo slet ikke nytte at begynde paa at nærme sig af dem. Begge Hammershøi's var udmærkede, selv Krøyer var morsom og god i Aar. Paa Charlottenb. har jeg endnu ikke været, efter hvad Viggo siger er den ogsaa nok værd at se, men selv om en Del deraf er godt, er der dog meget Skidt iblandt. Sig til Mor, at hun skulde tage sig en lille Tur herind for at se Udstill. og saa høre Skærsommernatsdrømmen som de jo giver for Tiden paa det kongelige. Hun er jo altid velkommen hos Tante Dis, og nu da de har levet saa stilfærdigt i Vinter, kan der vel nok blive Raad til det. - Saa, nu har du faaet 8 Sider fuld af Fortælling, nu maa du nøjes med det. Du bliver nok 27 Aar i Dag, det er spilleme snart høje Aldre, vi præsterer. 
 Ungdommens Roser smaa
 Pluk dem før de forgaa!
 Farvel lille Be, og lad mig se, at du fremdeles har det godt! Hils alle hjemme paa det varmeste fra din Junge.
 Hils din lille Mand og Barn!</t>
   </si>
   <si>
+    <t>1899-04-20</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Boston
+USA</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899 i Boston. 1899-1902 boede de i samme hus som Harris' forældre og søster, Helen. Harris' mors navn kendes ikke. 
+Den amerikanske frihedskrig (også kendt som den amerikanske uafhængighedskrig) blev udkæmpet fra 1775 til 1783 (Lex.dk)
+Manilla, Harrs Sawyers læge og Frk. Svensen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1524</t>
+  </si>
+  <si>
+    <t>Ellen Sawyers hverdage begynder kl. seks, hvor hun og Harris Sawyer spiller spil, hvorefter hun laver solid morgenmad til ham, han læser aviser, og de snakker. Når han er taget afsted, laver hun husligt arbejde. Harris' familie roder og har ikke ordenssans. Derefter går hun tur, spiller klaver mm., og hun laver aftensmad. Harris' mor har gigt og hjælper ikke til i huset. Når Ellen fortæller, hvor lang tid man bruger på madlavning i Danmark, bliver Sawyer-familien meget forbavsede.
+Harris' mor vil gerne sy for Ellen.
+Ellen og Harris besøger sjældent nogen om aftenen, for han har brug for meget søvn. Onsdag aften kommer der dog gæster. 
+Harris har købt møbler og har nu ingen penge. Han skal til Chicago i forretningsøjemed, og Ellen vil gerne med for at besøge Onkel Frederik (Brandstrup). 
+Harris og Ellen har været i en stor butik for at købe tøj til hende. Han har god smag. 
+Ellen skriver med en pen, som indeholder blæk, så man ikke behøver at dyppe. 
+Harris og Ellen har sejlet til en ø, hvor de store oceandampere lægger til. Derefter gik de ind i det jødiske og det italienske kvarter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CfR5</t>
+  </si>
+  <si>
+    <t>Dorchester April 20 – 99
+Kære Mor!
+Tak for dit sidste Brev. Det var som alle de andre dejlig langt og indgående. – Jeg vilde ønske at jeg havde arvet din Skarphed til at skrive Breve, men det har jeg desværre ikke. – Et sådant Brev som mit sidste, er et stort Foretagende for mig. – Jeg var ked af at jeg glemte at sende en speciel Hilsen til min Veninde Manilla, - når du får dette Brev er hun velsagtens rejst Hvis ikke må du da endelig hilse hende og sige hende Farvel.
+De fleste af Spørgsmålene i dine Breve er nu besvarede, jeg mangler endnu kun en Beskrivelse af hvordan en almindelig Dag går. – Dagen begynder i det seneste Klk 6, - ofte før – med et Slag ”Mølle” el Gr. Bang. Harris er tosset efter at spille og hvor søvnig jeg end er og bliver regelmæssig slået til hans store Fryd. Når jeg kommer ned, giver jeg ham hans Morgenfoder, som er mangfoldigt og meget solidt: Hvedegrød, stegt Flæsk, Boef. Så spiser vi (de andre ere i Reglen færdige og gået hver til sit) og læser Morgenaviserne. Aviserne spiller en meget stor Rolle for East., - han læser dem i milevis. Så snakker vi i Reglen til han tager til Byen Klk 9, hvorpå jeg er huslig til 12–1 – fejer, tørrer af og gør i Orden, - de ere allesammen slemme til at smide omkring med alting så jeg går hver Dag en Omgang og rydder op. – Deres Ordenssans er i en underlig Tilstand, vidt forskellig fra min: de overvejer længe, hvordan en Bog skal ligge på et Bord og hvordan en Stol skal stå men de smider samtidig alle mulige Dele i Spisestuen, Brevskabet Klaver o.s.v. og har et syndigt Rod i alle Skuffer og Gemmer el. ret. havde for nu holder jeg stræng Orden i Dækketøj- og Lagenskuffer, Sølvtøjsskuffer o.s.v. Vort nye Sølvtøj bruger vi kun til fremmede så længe vi bor sammen med Familjen. – 
+Jeg kom nok bort fra ”Dagen”. Så klæder jeg mig på og øver mig, skriver Breve, går Tur o.s.v. til E. kommer c. Klk 5-6. Så hjælper jeg som Regel med Aftensmaden, - d.v.s. hvis de andre skal have noget han ikke kan lide, laver jeg hvad han vil have. Han er altid fuldkommen tilfreds med den Mad jeg laver til ham og han er henrykt over at han nu kan få hvad han vil have. Svigermor er jo så svag og har sådan en Gigt i sin Arm at han ikke har nænnet at bebyrde hende med noget, - de tager det så let med Maden her, at hun finder, at alt hvad der er ud over at varme en Dåse Tomater, koge Kartofler el stege Kød, - er anstrengende Arbejde. Det tager i Reglen 1/2 Time at preparere Aftensmaden, - Hovedmåltidet. Når jeg fortæller om vore Retter, om [ulæseligt ord] f. Eks. er de ved at gå til af Forbavselse. Jeg stryger for det meste hele Vadsken på to Dage, - 2 Timer hver Dag, - og når jeg undertiden ender det på èn Gang, er jeg en Helt. - Svigermoder er bestandig ulykkelig og angergiven over at hun har Gigt, så hun ikke kan ende alt, og siger ofte, at det er for strængt for mig og ”hvad de mon vilde sige hjemme på Erikshaab” – for 3-4 Timers Huslighed!! Til Gengæld går hun stadig på Jagt efter noget at sy for mig og er nu i Færd med at lægge nogle af mine Kjoler ned. Flere af dem ere nu mærkelig nok for korte. ----- Efter Aftensmad sidder E. og jeg her i hans Stue, læser el. spiller Mølle el. Klaver el. går en Tur, hvis det er godt Vejr. Det er på den Tid af Døgnet at vi burde besøge Folk men vi gider så godt som aldrig, og E. har ikke godt af det – han er søvnig Klk 9 og Dr, har sagt at han skal sove 10 Timer, så jeg opmuntrer ikke til Besøg. – Vore ”at homes” er nu i fuld Gang: hver Onsdag Aften kommer her Folk c. Klk 8, sidder og snakker et Par Timers Tid, får Lemonade og går hvilket sidste er det behageligste ved hele Forestillingen. Vi har i denne Tid en fattig Periode, hvilket kommer os meget ubelejligt. Est. brugte næsten alle sine Aprilpenge i Begyndelsen af Måneden til de Møbler, jeg skrev om sidst, saa han har ikke andet end Husholdningspengene tilbage. Det kommer på tværs fordi han efter al Rimelighed skal til Chicago; næste Uge i Forretninger (Bacilleforetagende) og det vilde være knusende Sjov om jeg kunde komme med. Det vilde ikke alene være en stor Fornøjelse at se Onkel Frederik og Chicago, - men også for H.s Skyld var det godt om jeg kunde være med – han egner sig ikke til at fare ud på egen Hånd. – 
+I forrige Uge vare vi ude at købe en ny Sommertrøje og det kunde ikke undgås – en Sommerhat, [Tegning] Trøjen er nydelig, - lys kort, og af Farve omtrent som min Bendixkjole, - Hatten er ikke så slem en ["en" overstreget] som man skulde tro eftersom der er kunstige Blomster på den. Harris gik med mig og valgte begge Dele. Det var et kosteligt Syn at se ham gå rundt i de store Forretninger og bese Varerne og høre på Damernes Suk med en Alvor og Interesse, men han var ikke tilfreds med noget af det, de kom med. Tilsidst gik han ind mellem Trøjerne på egen Hånd og kom lidt frem med faktisk den eneste, der passede mig. Det samme med Hatten. Han var meget stolt, og nu passer han omhyggeligt på, at ”vores Trøje” hænger glat og ikke bliver støvet. – Han har virkelig en udmærket Smag og han skal nu træde i Frk. Svensens Sted og vælger alt det Tøj, jeg herefter skal have. 
+Dette er skrevet med en Penneskaft, som indeholder Blæk så man aldrig behøver at ”dyppe”. H. går altid med det i Lommen, så han kan skrive Forretningsbreve i Toget og hvor han vil.
+I Onsdags var det en stor Helligdag her – en Mindedag om den amerikanske Frihedskrig. – Det var et strålende Vejr og H. og jeg begav os ud Klk 8 for at se os om. Vi tog med Toget ind til Byen gik ned til Havnen og i en Færge som satte os over til en Ø, hvor nogle af de store Oceandampere lægge til. Eastman er gal efter Skibe, - han kender hvert Skib i Havnen ved Navn og ved hvilken Linje de hører til o.s.v. Jeg tænkte på Dedemand da vi beså alle de store Skibe, - det vilde have [”have” indsat over linien] været noget for ham, at være med der. 
+Så vovede vi os ind i et af de værste Kvarterer i Boston, - Jødekvarteret og det italienske med snavsede skæve Gader og sorte, beskidte Unger. Vi beså der en af de ældste Kirker i Boston hvor der er nogle Minder fra Frihedskrigen. – Så tog vi med et andet Tog uden for Boston og spadserede rundt der. Det var næsten på Landet meget smukt – der var en Aa som lignede vores hjemme så meget, at jeg var helt begejstret. – Vi benyttede 3 Sporvogne for at komme hjem, - og befandt os, som om vi havde været ude at rejse.
+Eastman kommer pludselig og siger at han må afsted om 5 Min. og han skal have Brevet med til Byen så jeg må stanse nu. – Jeg ved heller ikke mere denne Gang. – Undskyld Jadskeskriften, - jeg kan ikke skrive idag. 
+Hilsen til alle fra Elle
+[Skrevet langs venstre kant s. 1:]
+Jeg har set en Del Fejl, men har ikke Tid at rette.
+Frim. til Dede.</t>
+  </si>
+  <si>
     <t>1899-05-16</t>
   </si>
   <si>
     <t>Julie Brandt
 Louise Brønsted
 Julie -, Frøken
 Ellen Hirschsprung
 Carl Neiiendam
 Gandenz Neiiendam
 Poulsen Poulsen, Jomfru
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Johanne/Junge Larsen arbejdede i 1899 for familien Neiiendam på Hotel Phønix i København. 
 Olof er muligvis Julie Brandts/Pans søn. Det er uklart, om han hed sådan eller Oskar. 
 Carl Neiiendam var meget optaget af travløb. 
 Det vides ikke, hvem klaverlæreren Ida ellerAage Meyer var. 
 "Samfundet" er Studentersamfundet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0426</t>
   </si>
   <si>
     <t>Albrecht Warberg er fyldt 60 år.
 Johanne/Junge beder sin mor sende noget tøj og et cigaretetui. 
 Johanne m.fl. skal i teatret, og billletterne var dyre. Hun har været på landet med Carl Neiiendam og Frøken Julie.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/mGlE</t>
   </si>
   <si>
     <t>Hotel Phønix. 16de M. 99.
 Kære Mor.
 Tak for dit sidste Brev med Beskrivelsen om Fars Fødselsdag; jeg opdagede med en Betagelse, som jeg ikke kan beskrive, at det var 60 Aar, Far blev; jeg synes det er et vældig epokegørende Tal at komme til, synes I dog ikke ogsaa det? Jeg glæder mig stadig, at [”at” overstreget]til det Brev; han maa ikke snyde mig for det, - Grunden til at jeg skriver i Dag er den, at jeg saa gærne vilde bede dig om at sende mig min graa Cyclenederdel, som hænger i Garderoben oppe paa Loftet uden for min Dør; maaske jeg vil sælge den til Pan og så selv faa mig en blaa; mine lyseblaa Liv passer saa daarlig til den graa Farve; desuden er den daarlig forneden, og da Pan er saa kort, kan det gaa helt bort, naar hun faar den. Hvis du med det samme vil sende noget af mit Sommertøj, saa har jeg det jo, men det maa du nu ganske som du selv vil; men jeg vilde sætte meget Pris paa, om du vilde sende Nederdelen saa hurtig som mulig. Oppe paa mit Tobaksbord ligger et Cigaretfutteral, et stribet Metal – hvis du vilde stikke det i Lommen paa Kjolen; Har Du ikke en Hilsen til mig fra Pans Krave? mon den ikke findes paa Erikshaab. 
 Jeg vilde naturligvis gruelig gærne have, hvis du nemt kunde finde det graa Tøj, der blev levnet og saa den spanske Trøje, jeg fik syet til, men jeg ved ikke bestemt, hvor det ligger.
 Hvis du nu vilde, kunde du gøre mig en stor Tjeneste; derved at jeg har ingen Sommerskørt jeg har tænkt mig at jeg kunde faa et pænt af min mellemblå Sommerkjole, den, hvor jeg har de Strimler, som jeg fik af Madame paa Livet; hvis Jomfru Poulsen kunde sy et pænt Skørt af den, slap jeg jo for at købe et, de færdige Skørter er saa Pokkers dyre; mit gamle rødstribede linnede Skørt passer mig saa udmærket, er bare en Ubetydelighed for kort; jeg vil gærne have en bred Skraalinning foroven. 
 Men hvis du nu ikke synes, du gider have med det at bestille, vil du saa sende mig den Nederdel ogsaa; saa vidt jeg ved, ligger den i den store Kiste ved Syltetøjskabet. 
 I Aften skal vi saa i Theatret, hine Theateraften fra i Efteraaret; det er – maa jeg indrømme Lugge – saare vanskeligt at faa saa mange Hoveder forenet under 1 Hat; især da vi jo skulde se Carmen, nu havde vi en Gang lovet Olof det Stykke, og han holdt ikke af, da jeg begyndte at tale om et andet; folk er fuldstændig syge, naar Carmen gaar; du kan tænke dig, jeg maatte give 1,75 for de daarligste, el. rettere de billigste Pladsen der er i Theatret; de koster ellers 0,75; jeg forsøgte baade i Aftes og i Morges, da de gik til forhøjet. Sjoverne havde opkøbt næsten alt; de kender Skam deres Pappenhejmere, de Sjovere. Min eneste Trøst er, at i Aftes, da jeg var derhenne, sad de med bedrøvede Miner og saa paa Uhret, der gik til Theatertid; ”Fruen fra Havet” gik paany indstuderet og de har åbenbart tænkt sig at gøre gode Forretninger, mens Folk tilfældigvis ikke har følt Trang til ”Fruen fra Havet.” Jeg gottede mig. 
 I Aften var jeg til en aldeles storartet Musikforeningskoncert og jeg har set ”En Skærsommernatsdrøm”, var forleden paa Landet med Hr. N og Frk. Julie, ude paa deres Villa, hvor jeg imponerede dem med at tale Engelsk med en eng. [”eng.” indsat over linjen] Trainer; deres Villa er lige ved Traverbanen. – Jeg har været til Spilletime hos Ida i Dag 2 ½ Time gav hun mig. Og jeg lærer at tale Tysk - - kort sagt, der er ingen smalle Steder, jeg har det udmærket, kan I tro. – Det var kostelig med os, der antog Aage Meyer for en Finlænder. I Lørdags var jeg igen i ”Samfundet”, der var en morsom Debat om Fredssagen.
 [Skrevet på hovedet øverst s1:]
 Jeg har en slem Fornemmelse af, at alle mine Breve er mere el. mindre forvirrede; men jeg skriver dem gærne om Efterm. samtidig med at jeg læser med Børnene eller ogsaa under deres livlige Underholdning eller mens de øver sig. Og altid skriger Gøjen som den var betalt. Du skal snart faa et Formiddagsbrev fra mig. Denne Gang kun mange Hilsner fra Eders Junge.</t>
   </si>
   <si>
     <t>1899-07-19</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>USA
 Massachusett
 620 Atlantic Ave</t>
   </si>
   <si>
     <t>Erikshåb Højstrup St</t>
   </si>
   <si>
     <t>Louise Brønsted
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Christine  Mackie
 Charles Pear
 Wesley Priest
 Ellen  Sawyer
 Harris Sawyer
 Hempel Syberg
 - Tiffany
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Ellen Sawyer og hendes mand boede i Boston. Han arbejdede som kemiker. Deres barn, Grethe, blev født i 1900 og blev som planlagt døbt i Danmark. Det vides ikke, hvad Ellens svigermor hed. 
@@ -2611,50 +2746,90 @@
 Jens Ferdinand Willumsen</t>
   </si>
   <si>
     <t>Christine Swane bor på Værnehjemmet Bethania
 Slof er et gammelt ord for værelseskammerat ( kommer af tysk Schlaf = søvn) Gyldendals Den store Danske.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Johannes Larsen mener, at Willumsen er en dygtig lærer og Christine Swane får lov til at få undervisning hos ham</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Pllc</t>
   </si>
   <si>
     <t>Kjerteminde den 28.Januar
 Kjære lille Dinemor
 Du nøjes med dette lille Par Ord i Aften for det blev mig ikke muligt at faa Penge frem i dag men først i Morgen, saa mener jeg Du faar Dine Penge hos fru Eriksen deraf kan Du jo saa betale Olga hvis hun skal rejse og saa den næste dag Frk Rosenørn.
 Du kan jo se dine Breve efter min Ven saa vil Du se at vi har givet Dig Lov til at tegne hos Willumsen saa blot Besked om hvad Du skal give ham derfor for Johannes mener han er en udmærket Lærer
 Adolph var hjemme i Fastelavn og var saa sød at blive hjemme hos os Johannes og Alhed var her begge Dagene. De ere alle raske og lille Anna hun fik den nye Kjole syet og er bleven fotograferet Du skal have et Marie har siddet oppe hos lille Ville som er syg for de sidste Tænder og raabte paa Lalla, hun vil skrive et ordentligt langt Brev til Dig en af Dagene jeg har strikket en Trøje længere til Adolph i Dag men blev ikke færdig
 Hanna er kommen igjen igaar saa nu haaber jeg vi skal faa Maries Ben sparede igjen
 Lev vel søde Christine og Held til at bo ene men skal det ikke lykkes saa se med milde Øjne paa Din Slof Farvel saalænge Din Moder
 Hils Olga
 På bagsiden af brevet: Tjærrepastiller Dogtor Schondel</t>
+  </si>
+  <si>
+    <t>1900-03-01</t>
+  </si>
+  <si>
+    <t>Kirstine -, pige i huset hos Hempel Syberg
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs farbror, Conrad Warberg, var godsforvalter på Glorup syd for Nyborg. Det vides ikke, hvad sagen om "Glorups Piger" går ud på.
+Warberg-familien kendte flere medlemmer af Schroll-familien. Det er uklart, hvem Kaptain Schroll var. 
+Frk. Ben(t)sen, Marie og Grete kendes ikke. 
+Stampe imod Brodden: Kæmpe mod noget uafvendeligt. 
+Combinations: Beklædningsgenstand som er en kombination af en trøje/chemise og underbukser.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1005</t>
+  </si>
+  <si>
+    <t>Astrid Warberg finder livet på Erikshaab kedeligt. Hun syr hulsøm, vasker osv. Hendes mors hovede er hjemsøgt af Glorups piger. 
+Frk. Bentsen er rejst til Faaborg, og hun er ikke kommet hjem som aftalt. 
+Astrid er meget optaget af ideen om en vagabondtur, og hun forsøger at spare sammen til den. Hun lister op, hvilke beklædningsgenstande de skal medbringe, og hvad de skal spise. Astrid foreslår, at de tager til Holland. Hun vil komme hjem til Johanne/Junge Larsen og drøfte planerne nøjere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hXEn</t>
+  </si>
+  <si>
+    <t>Erikshaab (Februar) 1900
+1ste Marts
+Kæreste lille Junge! Du må undskylde mit sidste dårlige Brev, der var skrevet af flere Gange, dennegang også skidt – hvad F.n skrive nu herfra, hvor alt er så dvaskt og dødt som i en skimlet Kælder; det sidste vil jeg for Resten ta i mig igen, for bare dèt - at man hver Dag traver ud i Odensebakkerne o a Steder, det skulde kunne fremkalde en Følelse af Salighed hverken død eller dvask. Men du forstår alligevel nok Meningen - : Selskaber – Vadsk – Uorden – Grete – Marie o s v – Glorups Piger har atter begyndt at hjemsøge Mors Hoved, nu vi nærmer os Mindedagen d 7de Marts. Jeg er dog – når jeg selv skal sige det – flink. Simulerer godt Humeur og Interesse for alt Uvæsenet, virker så småt om Formd. og Syer Hulsøm på Lagener om Eftermd., bliver sømmelig og afdanket. – Men Mors Hovede er da nogenlunde, jeg sætter også en Del ind på at have Mor hver Dag, men det er rigtignok hårdt at stampe mod Brodden i det Stykke. – 
+Vi skal have Spilleklub i Aften; Kaptain Schrolls og Degnens; desværre med Ungdom. Kirstine er bleven syg, så de skal ikke til Odense til Fars Fødselsdag. På Glorup er de også lidt syge, så vi må holde os i Skindet i År herhjemme. 
+Frk. Bensen afrejste i Søndags til Fåborg for at fejre Fastelavn, og skønt Mor havde bedt hende ikke at komme senere end Tirsdag, så har vi i Dag – Torsdag – endnu intet hørt eller set til Damen. Skønt Peter er god nok til Tider – og altid imod mig -, så ærgrer denne Hensynsløshed også mig en Del. Mor meget. 
+Dette er i Korthed de indtrufne Begivenheder, ved hvilke jeg ikke vil dvæle længere (at vi har Sne og Kulde har I vel også (Sludder)!) Nå, det var nemlig Turen – Vagabondturen; som jeg er bange for, at Du tror, at jeg ikke er begejstret nok for. Men det er jeg – aldeles knusende kolosalt. Jeg puger Penge sammen, hvor jeg får Øje på dem på Tæpper og Stræder i Kasser og Æsker og Lommer, ja har omgåedes den Plan at grave ude i Råmosen, hvor jeg altid har tænkt mig lå Skatte af uvurderlig Værd. Og 1 Krone tjenes hver 14de Dag ved ikke at ryge Tobak (jeg har fra Nytår kun ladet mig forære)
+Og jeg skal til at undgå Væddemål o.a. Og hver Morgen, når jeg spadserer, spekulerer jeg på nye Indtægtskilder – dog Pengene gror skam ikke på Træerne Junge, med al min Stræben har jeg endnu intet positivt Udbytte haft. - . Jeg har tænkt over vores Garderobe; var det ikke hensigtsmæssigt kun at have på: et Par tynde uldne Combinations. 1 Livstykke, 1 Par Cyclebuxer – Kjolen Strømper og Støvler. Med: 1 ulden Combinations, 1 Par Sko (?) Toiletsager (efter Behag) En Voksdugscape var vist nødvendig, men kan jo hjemmelaves. C’est tout bagage! - . Føden må vi jo have; jeg har tænkt mig, at følgende var bedst og billigst!: 1) Morgenkaffe 2) Middagsmad. Og ikke mere Mad. Jeg forsikrer Dig, at det er en Vane med den Æden også om Aftenen. – Jeg drømmer nu om - Holland. Tænk lidt i Ro over Sagen Junge! Holland som vi dog så ofte har tænkt på, og når vi nu var ved det! Vi kunde ikke søge et el. a. Legat? For trængende ensomme Piér? Det forekommer mig, at et sådant gives. - . Jeg kommer ved Lejlighed et lille Svip ind at snakke ordentlig med Dig om det. Min gamle italienske Sølvklokke vil jeg sælge – en Rejse er dog at foretrække.
+Tusinde Hilsner til Dig! Bare jeg hørte lige et lille Par Ord, jeg tænker en Del på Dig og Din Affaire
+Disser Bein
+[Skrevet på hovedet øverst s1:]
+For I véd jo, at Elle selv har skreven de sidste to Breve, der begge vare fortræffelige i sanitær Henseende</t>
   </si>
   <si>
     <t>1900-04-26</t>
   </si>
   <si>
     <t>Marie Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Anna 2 -
 Ole Bager
 Victor Bøttern
 Christian Eckardt
 Margrethe  Eckardt
 Erik Henrichsen
 - Holm, skovrider
 Adolph Larsen
 Alhed Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 lille Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
@@ -2966,50 +3141,91 @@
     <t>Astrid synes at livet som pige i huset hos Alhed og Johannes Larsen er forfærdeligt. Hun tigger Johanne om at komme på besøg. Astrid ville gøre Alhed en tjeneste ved at hjælpe, men det virker ikke, som om Alhed og Johannes Larsen er glade for hende.
 Alhed er heldigvis lidt raskere, men hun har smerter i hoften, og hun har vejrtrækningsbesvær om natten.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/BYMC</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Frk
 Johanne Warberg
 Erikshåb
 Højrup.
 [I brevet:]
 Kerteminde Tirsdag
 Ak min kæreste Junge!
 Hvorfor skal Livet dog være så tomt og trist og uudholdeligt til Tider – mens til Tider der kan være Livsglæde i Overflod. Ak Junge – Junge – det er en Plage for hvert Åndedrag man er til – nu – her - ! Jeg savner Jer så rent meningsløst og kan slet ikke komme i Gang med trælsomme Skrubbeliv – og ej det alene, men også de frie Stunder er uudholdelige. Junge – hjælp mig! kommer dog ingen herned? At Mors Ophold her de Par Dage i det nye År er gået i Lyset, det er en hård Skuffelse. Jeg havde glædet mig så meget dertil. Men Junge - kan det dog ikke tænkes, at Du i Morgen, når Du modtager dette Brev – rejser herned med Iletoget – Du er så her Kl 6 ½. Las rejser i Morgen til Kjøbenhavn, jeg skal da ligge nede hos Be og Du kunde få mit Værelse – Ild skulde Du få både Morgen og Aften og Kaffe på Sengen og vi kunde spadsere ud i det smukke Land og gå op på Lundsgaard, hvor der skal være så smukt og så morsomt!
 Å Junge kom – kom! Du redder Din Søsters Liv derved!
 Beskrive kan jeg ikke, hvor rædselsfuldt alting forekommer mig at være – hvorfor skal man gå og slide sine bedste År op i åndløst og ufrugtbart Arbejde – Min Trøst før var den, at jeg gjorde Be en Tjeneste, da hun ingen Hjælp kunde få, men jeg tror slet ikke, de er videre glade ved mig, skønt jeg naturligvis gør mig megen Umage med Arbejdet – hvorfor skulde jeg jappe det af mig, der er jo ingenting som Hakken og Kalden.
 Heldigvis er det da en Del bedre med Be, hun har været oppe i Går og i Dag og Forkølelsen er stærkt på Retur, mens derimod Hoften er temmelig slem, og hun klager meget over ikke at kunne få Luft om Natten; men nu er Hovedgærdet bleven højere, og det har hjulpen godt, så Natten har været rigtig god. 
 - Lytzhøfts Brev var om noget Lotteriseddel til Fordel for dem – så vidt jeg forstod. 
 Tak endelig Mor så meget for Brevet! det var – kan Du tænke – uhyre velkomment. Der var for Resten glemt at lægge det omtalte Frimærke i – det er en Artikel, jeg meget gerne ser vedlagt i fra Frimærkernes Oplag.
 Mon Du kan læse disse melankolske Tæer? Indlagte Kort fra Laf har vi også ved en Fejltagelse fået med. Å, gid Du kom, Junge! jeg er nu atter rask og rørig – tilbragte en Nat i slem Hoste – intet kan jo holde Vindene ude – men gik tidlig i Seng i Aftes og er rask. Junge – Junge – Junge når kommer den lyse Sommer?
 Dis</t>
   </si>
   <si>
+    <t>1901-02-25</t>
+  </si>
+  <si>
+    <t>Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Hempel Syberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Fritz Lerche og Ed. N kendes ikke. 
+De Gamle var johannes Larsens forældre.
+Adis var Astrid Warberg-Goldschmidt. Hun var i 1901 ung pige i huset hos Alhed/Be og Johannes/Las Larsen, der på dette tidspunkt boede i Lille Kærbyhus, Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1497</t>
+  </si>
+  <si>
+    <t>Andreas Warberg har været inviteret til kortaften med god mad og cigarer. Dagen efter tog han toget til Kerteminde for at besøge Alhed/Be og Johannes/Las Larsen. De lå endnu i sengen, da han kom. Astrid/Adis Warberg var netop stået op. Andreas og Johannes Larsen fangede en irisk, som Larsen ville male. Om aftenen var de til kaffe hos Johannes Larsens forældre. Der blev serveret meget stærk rom. 
+Astrids cykel er til reparation. Hun beder forældrene sende frimærker.
+Andreas har besøgt Hempel Syberg, som lå syg af forkølelse. Andreas beder sin far få lavet en lægeattest, så han (Andreas) kan slippe for gymnastiktimerne, som er det rene slaveri.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/o0yk</t>
+  </si>
+  <si>
+    <t>Odense d: 25 Febr. 1901.
+Kære Mor!
+Jeg vil benytte Lejligheden i Aften, da jeg sidder hyggeligt heroppe med en Cigar og en Bajer, til at skrive. Jeg har ført et meget muntert Liv de sidste to Dage: I Lørdags var jeg til Selskab hos Fritz Lerche, og i Gaar i Kerteminde. Allerede forrige Lørdag fik jeg Invitation til at komme ud til ham og spille L’hombre, og da jeg ikke anede ondt, men troede, at det skulde være et ganske almindeligt Parti, sagde jeg Ja. Men saa om Mandagen fik jeg at vide, at det skulde være større Selskab, spise til Aften med osv, men saa var det allerede for sent. Jeg har derfor været gnaven hele Ugen, noget jeg altid bliver, naar jeg bliver inviteret ud. Naa - Selskabet indskrænkede sig imidlertid til at vi blev 12 fra Latinskolen, 2 Partier L’hombre og 1 Whist. Vi fik vældig flot Aften: Fiskerand (?) og Oliven, Is; dertil Rødvin og Sherry. Saa L’hombre (10 Øre) med Cigarer; jeg for min Part røg 5, og de andre har vel ogsaa nok hængt godt i, for tilsidst kunde vi næsten ikke se hinanden. * - Endelig Kaffe og Musik; jeg kom fint hjem henad Kl 1 og var næsten ved at komme for sent til Toget om Morgenen. Jeg havde nær aldrig fundet deres Hus, men endelig lykkedes det dog, og jeg traf saa Be og Las paa Sengen og Adis nylig opstaaet. Det var desværre ikke Vejr til at komme noget ud, Las og jeg var kun lige uden for Huset for at fange Fugle i Net; vi fangede en Irisk, som Las skulde male. Om Aftenen vare vi ovre hos de Gamle til Kaffe;. [semikolon overstreget og erstattet med et punktum] Til den blev der budt noget om, som jeg troede var Scherry og jeg tog jo saa trøstig et Glas; men ved nærmere Undersøgelse viste det sig at være forfærdelig stærk Rom, som nær havde slaaet mig ihjel, skønt jeg dog nok synes, jeg kender lidt til den Slags Varer; derimod tømte Marie et helt Glas uden at blinke. – Adis’s Cycle har jeg leveret ud til Ed N., men den kunde ikke naa at blive færdig; som jeg kunde faa den med. Jeg skulde fra hende bede dig om at sende nogle Frimærker, da I ellers ingen Breve kan faa.- Jeg var ude hos Onkel S. i Eftermiddag og fandt ham liggende i Sengen af en [”en” indsat over linjen] Forkølelse, som havde varet nogle Dage. Tante Visse havde meldt sig derude og ventedes i Dag. Paa Skolen gaar det godt; jeg har endnu fri for Gymnastik, og da ingen har talt noget om det, er jeg naturligvis ikke saa dum frivillig at gaa til det Slaveri. Tror du ikke, at det kunde lade sig gøre at faa en Lægeattest for, at jeg ikke kan taale Gymnastik; der er jo kun godt 2 Maaneder tilbage nu? Kan du ikke snakke med Far om det.?
+Mange Hilsner til alle,
+Jeg kommer saa hjem paa Lørd, maaske cyclende. 
+*Jeg morede mig udmærket.</t>
+  </si>
+  <si>
     <t>1901-02-28</t>
   </si>
   <si>
     <t>Erik Henrichsen
 Andreas Larsen
 Georg Larsen
 Johanne Christine Larsen
 Marie Larsen
 Peter Magnussen
 Fritz Syberg
 Albrecht  Warberg
 Viggo Winkel</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab. Hun fødte parrets anden søn, Johan (Lysse), 27. februar 1901. Tilsyneladende vidste Johannes Larsen ikke, da han skrev brevet, at drengen var kommet til verden.
 Auktionen hos Winkel og Magnussen blev afholdt tirsdag 29. oktober 1901 i kunsthandlens lokaler på Højbro Plads i København.
 !/assets/b/7/51/Katalog_JL_Winkel_Magnussen_29_okt_1901_1.jpg!
 "":/assets/a/9/52/Katalog_JL_Winkel_Magnussen_29_okt_1901_2.pdf
 "":/assets/c/5/53/Katalog_JL_Winkel_Magnussen_29_okt_1901_3.pdf
 "":/assets/8/0/54/Katalog_JL_Winkel_Magnussen_29_okt_1901_4.pdf
 "":/assets/8/e/55/Katalog_JL_Winkel_Magnussen_29_okt_1901_5.pdf</t>
   </si>
   <si>
     <t>Alheds far er blevet opereret.
 Winkel &amp;amp; Magnussen kan ikke holde auktion over Larsens billeder før sidst i oktober. Larsen har bedt dem finde større lokaler til formålet.
@@ -3300,50 +3516,128 @@
   <si>
     <t>Nordskov, Kerteminde
 Fyns Hoved</t>
   </si>
   <si>
     <t>Peter Hansen
 Andreas Larsen
 Johan Larsen
 Fritz Syberg</t>
   </si>
   <si>
     <t>Besøget på Fyns Hoved er det første for Fritz Sybergs vedkommende. Der er bevaret et brev fra ham til Anna Syberg, hvori han fortæller begejstret om samme tur.
 Johannes Larsen og Fritz Syberg boede under Fyns Hoved-besøget hos ægteparret Peder og Else Marie Nielsen på Dyrbjerggaard i Nordskov.</t>
   </si>
   <si>
     <t>Johannes Larsen og Fritz Syberg er i Nordskov. De spiser godt hos værtsparret og er på ture og jagt på Fyns Hoved. Fritz Syberg har skrevet til Peter Hansen om den knortegås, de har skudt og spist. Værelset, som Johannes Larsen sover i, er isnende koldt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/J5Xr</t>
   </si>
   <si>
     <t>Nordskov 17 Dec 1901.
 Kæreste Alhed!
 I Dag fik vi da endelig Breve, vi mødte Landposten ridende da vi gik ud efter Middag og fik hver sit Brev, han mente at Vejen kom i Orden saa at han kunde køre herud i Morgen. Kufferten har vi stadig ikke hørt noget om. Baronen har i Dag haft Appetit til alle Maaltider og næsten slet ikke Kvalme. Vi har været et Par gode Ture i Dag ogsaa, i Morges ude paa Fyns Hoved og i Eftermiddag syd paa langs Kysten. Vi begyndte som sædvanlig med Øllebrød og Kaffe og Julekage og til Middag fortærede jeg 1 ½ Portion Sagovælling og 3 stegle Torsk med Brød og Kartofler Kaffe og Julekage og til Aften spiste vi Knortegaasen der var ganske udmærket, og bagefter Smørogbrød. Vi kommer vel saa hjem Torsdag eller Fredag, Baronen vil nok helst være her til paa Fredag, hvorimod jeg nok vilde hjem om Torsdagen, for at have fri den første Aften, paa den anden Side har vi det jo ganske godt, saa det var jo ikke saa farligt at trække det en Dag længere ud, men dette Brev bliver altsaa det sidste Du faar herfra, forhaabentlig. Baronen har skreven Jagtbrev til Peter i Aften i Anledning af den spiste Knortegaas, det var rart at faa Brev fra Dig og det glædede mig at se at Du klarer Dig saa godt, Du har vel faaet Rul. Vi gaar hver Aften i Seng Kl. 8, men det er mig alligevel for tidlig, jeg kan nemlig ikke sove hele Natten, men det er maaske ogsaa fordi jeg ikke ligger saa komfortabelt som ellers, det var godt vi fik de uldne Tæpper med, for Sengen minder nærmest om en Iskælder, naar vi kryber i den om Aftenen, jeg ligger desuden med den sorte Trøje paa og Underbukserne om Benene. Ja nu vil jeg slutte dette underholdende Brev med mange kærlige Hilsner til Jer alle 3 fra Din
 Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1902-02-25</t>
+  </si>
+  <si>
+    <t>176 Federal Street
+Boston</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Herbert Felton
+- Fuller
+Grethe Jungstedt
+Johanne Christine Larsen
+- Mackie
+William Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, rejste fra Danmark til Boston omkring 1. juni 1902. Hun mødte under sit ophold her William/Billy Mackie, og de to blev gift det følgende år. Ægteskabet holdt ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1588</t>
+  </si>
+  <si>
+    <t>Grethe har haft hoste, og nu er Ellen Sawyer smittet.
+Ellen vil savne Christine/Mornine Mackie, når hun rejser. Hun vil også savne William/Billy Mackies besøg.
+Ellen har stået for en stor middag. Pigen, der skulle servere, havde ikke fået besked, men hendes mor kom og hjalp. Nu gruer Ellen for en thanksgiving-middag med Sawyer-familien.
+Grethe synger små sange nu. Hun er et nemt barn, som finder sig i meget, og hun leger længe alene. Hun elsker at høre historier. 
+Christine har besøgt Williams forældre. De fordømmer indtagelse af alkohol og ville besvime, hvis de så Christine ryge cigar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UlCF</t>
+  </si>
+  <si>
+    <t>[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Håndskrevet:]
+Nov - 25 – 02
+Kære Mor!
+Igår fik vi ingen Brev fra dig, - men det er også kun den anden Gang siden Mornine kom, så du har Grund til at være stolt. Det er nok desværre mere end du kan sige om os for vi have nok fået vore Breve forsinket mere end en Gang. – Jeg håber da kun at det er Efterårsvejret som har bragt lidt Uregelmæssighed i Postgangen og at der ikke er noget i Vejen. 
+Vi har det ved det gamle her. Grethes Hoste er nu næsten borte, og hun har da heldigvis ikke tabt i Huldet. Jeg har overtaget hendes Forkølelse og gør som en besat hele Dagen, - når dertil kommer en let Kvalme fra Morgen til Aften, - en tærende Sult, samt Lede for næsten al Mad – så ser du nok at det ikke er særlig behageligt. Og så er det sådan en styg Tanke at skulle af med Mornine. Jeg vil savne hende gruligt, og jeg vil også savne at se Billy så jævnligt. Mornine har jo pålagt ham at han må komme ud mindst to Gange om Ugen og læse dansk med os, men jeg tvivler lidt på, at han gør det. – 
+Det gik rigtig udmærket forleden med Bespisningen for de Herrer. Mr. Felton havde to Pund [tegn for pund] af den fineste Chokoladekonfekt med til mig, - det var da pænt. Maden var rigtig god, - Suppen klar, o. s. v. vi havde ingen særlig Travlhed eller Besvær. De fik ”Cocktail” først, - kun Sauterne ved Bordet og en Snaps gammel Rom til Kaffen. Christine spillede lidt for dem og det satte de megen Pris på. Det eneste Uheld var at Pigen som skulde varte op, ikke fik mit Bud i Tide, så Mornine maatte holde for, men Pigens Moder, min gennemskikkelige Kone Mrs. Fuller, kom grædefærdig op Kl. 6 og sagde, at Pigen var ikke kommen hjem endnu – om hun ikke kunde hjælpe, så vi lod hende vadske op. Den 28ende Nov. er det jo ”Thanksgiving”, èn af deres største Fester. Vi skal have Familjen herover til Kalkun, - Pie og Plumpudding. Jeg gruer lidt for al den Laven Mad, for jeg kan næsten ikke tåle at se Mad. 
+[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Med håndskrift:]
+Grethe begynder så småt at kunne spille små Melodier nu. Hun kan og har længe kunnet kende Melodier når vi synger eller fløjter dem, og nu kan hun lige begynde at synge et Par Linjer nogenlunde rigtig, - Stork, Stork Langeben, - ”Gusk. ta'ske Lov” som er èn af hendes Yndlingssange. Hun er saamænd en skikkelig Unge, - som den Aften vi havde Fremmede, måtte hun gå i Seng en Time før sin Sengetid, efter hun havde spist sit Mælkebrød uden at måtte røre al den fine Mad, som hun interesseret betragtede – og gå op og ligge ganske alene ovenpå - men ikke et Kny - eller en Indvending hørte vi fra hende. - Når vi bliver kede af hende eller trætte af hende, sender vi hende ind og lege med sit ”dejlige Skrammel”, som hun kalder som hun kalder en Skuffe af store og mindre lemlæstede Dukker, udklippede Papirsdukker, Klude og Æsker, og der kan hun godt sidde en Timestid og lege. Nu er hun ved at komme i den Alder, da hun plager for Historier, - så snart hun hører sin Fader komme hjem om Aftenen, styrter hun hen til Trappen og raaber” – Will you tell me a Story, Papse”. - - 
+Mornine har syet en dejlig Pude til Billy, - gråt Filt med kulørt Uldgarn – den er henrivende. Hun vil jo nu til at sy en Lysdug til Fru Mackie. Hun var inde hos dem i Søndags og de var meget venlige og rare, - hun spillede for dem – de er så glade ved Musik.
+Men de er jo af den meget gammeldags Skole, som fordømmer Nydelsen af et Glas Øl, - ikke at tale om Vin og Spiritus, - og hvis de så Mornine ryge – og ryge Cigar, - ja, de vilde da mindst besvime. 
+Jeg kan dog ikke vide hvad Onkel Syberg og Tutte siger til mit Forslag – jeg er meget spændt. Harry vil også så gærne have lille Tutte. – 
+Dette Brev er meget kedeligt, men jeg har Kvalme.
+Mornine og lille Grethe hilser
+Din Pelle
+[Skrevet på tværs øverst på sidste side:]
+Sig til Junge hun skylder mig Brev og at hun sender mig nok et godt langt Julebrev. Ja, det bliver en trist Jul, bare den var overstået</t>
   </si>
   <si>
     <t>1902-09-25</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johan Larsen
 Sophus  Meyer
 Fritz Syberg
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Brevet er skrevet på brevpapir tilhørende Johannes Larsens bror, Adolf, som videreførte familiens købmandsbutik i Kerteminde. 
 Alhed Larsen er i København, hvor hendes far skal gennemgå en nyreoperation (derfor var Alheds sidste brev ikke "videre trøstende"). Operationen gik galt, og han døde 30. september.
 Det er uklart, om Fritz Syberg og Meyer er vitterlighedsvidner hvad angår obligationslånet, og om dette har med Larsens villa på Møllebakken i Kerteminde at gøre. Johannes Larsen lånte i 1902 sin far 10.000 kr., og sagen kan også hænge sammen med dette.</t>
   </si>
   <si>
     <t>Alheds brev var ikke ret trøstende.
 Johannes Larsen passer de to drenge. Han, Fritz Syberg og Meyer har skrevet andenprioritetsobligationer under, og pengene fra kreditforeningen kommer snarest.
 Johannes Larsen håber det bedste for Alheds far.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MXCe</t>
   </si>
   <si>
@@ -4576,53 +4870,50 @@
 Carl Petersen skriver et langt brev til Fritz Syberg. Brevet indeholder en masse betragtninger og overvejelser om udformningen og indretningen af Faaborg Museum.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/vmMk</t>
   </si>
   <si>
     <t>CARL PETERSEN Aaboulevard 5
 ARKITEKT København
 Telefon: Nora 1305 x d. 26 Maj 1914
 Kopi
 Kære Fritz Syberg!
 Tak for Deres Brev og Deres anerkendende Udtalelser om Museumstegningen. Jeg deler Deres Opfattelse, at det vilde være smukt, om Billedhuggerarbejderne og Malerierne kunde holdes adskilte i to Hovedafdelinger. Jeg synes ogsaa om Deres gode Ide med at samle Skulpturerne i de første Rum, hvis den kunde have været lagt til Grund for Bygningens Plan. Men den Gang var der foruden Statuen kun et Par store og en Snes mindre Skulpturarbejder, hvilket langt fra var nok til at indrette en Sal til. Heller ikke en samlet Opstilling af Billedhuggerarbejderne i Kuppelsalen vilde være tiltalende. Fresker og sleben Sten staar ikke godt til Gips. Jeg var ogsaa i meget stærkt Tvivl om, hvorledes Kais Arbejder skulde anbringes. Heldigvis forandredes Situationen, da Kai forærede Museet sine 18 store Figurgrupper fra Blaagaards Plads, og Etatsraaden bestemte sig ril at bygge en særlig Skulptursal. Det blev da muligt for mig helt at gennemføre det, der var mit Maal, ogsaa med Gulvmønstrene, at forme Musæet som en Række Modsætninger. Det var en stor Fordel, at Kuppelsalen med Statuen blev noget helt for sig, og at baad den og Malerisalen blev befriet for de øvrige Skulpturer. 
 Kuppelsalens Beliggenhed er jo, som De ved, bestemt af, at det blev forlangt, at Statuen skulde ses allerede i ca 15 Alens Afstand. Den ny Sal kan kun lægges ved Siden af Arkivet, og de nederste Køjer. Den bliver ca 24 Alen lang og 8 Alen bred. Det volder store Anstrengelser at faa den mere end 5 Alen Høj, Malersalene er henholdsvis 6 Alen 18" og 7 Alen høje. Og Belysningen kan kun skaffes ved et Vindu i Endevæggen, hvilket vil give stærkt Strejflys paa Salens Langside og meget morsomt Lys i Bagenden, eller ved højt Sidelys fra Lyskasser langs Salens ene Langside, hvorved denne Side faar skarpt Strejflys og den modsatte Længdevæg sparsomt Lys. Det er nogenlunde det sletteste Lokale, jeg kan tænke mig at hænge Malerier op i.
 Paa den anden Side vil det vise sig umuligt at faa de 18 store Figurgrupper opstillede i den lille Malerisal. Den er for lille, og ikke egnet til Anbringelsen af Skulpturerne. Men i det Hele synes jeg, at noget af den smukke Virkning mistes, om Figurgrupperne anbringes i den lille Sal, saa de kommer til at konkurre med Statuen. Den skulde jo gerne staa der, ikke som et enkelt Skulpturarbejde blandt mange andre af samme Kunstner, men som det Portræt, Fynbokunstnerne har ønsket, at en deres egne skulde udføre af den Mand, der har samlet deres Arbejder. Det er netop smukt, at Portrættet er en Statue omgivet af de gode Malerier og ikke af Skulptur. Det vilde være langt mindre værdifuldt, om det var et malet Portræt blandt Malerierne.
 Men jeg forstaar i de Hele ikke rigtig Deres Bekymring for, at Malerierne ikke skal tage sig ud i Museet. Jeg synes, at der i vor Tid i Danmark ikke findes noget andet Kald af Malere, der hver for sig er saa gode, og samtidig hører saa afgjort sammen, som Fynboerne. Da jeg havade det Held at faa dette Arbejde, synes jeg, at det var den dejligste Opgave, jeg kunde tænke mig, at bygge et Hus, der blev en værdig Ramme om denne Kunst. Jeg kan da heller ikke se, at der er Grund til at være bange for, at de jævne Bygningsformer, jeg har tilstræbt, og de anvendte prunkløse Materialer skal skade Billederne.
 Med Hensyn til det andet Spørgsmaal, De skriver om - Gulvene, da kunde jeg maaske i og for sig nok for at imødekomme Deres Ønsker se bort fra det for mig personlige Moment, at jeg har lagt et meget omfattende Arbejde i disse Gulve og anvendt maaske Halvdelen af den Tid, Tegnearbejdet paa Museet har kostet mig, til Gulvmønstrene. Og det er særligt Gulvene i Køjerne og den store Malerisal, der har kostet saa meget Bryderi, altsaa netop dem, De ønsker erstattet med røde Murstensgulve.
 Men jeg tror, at selv om jeg viste denne store Resignation, vilde det ikke lykkes mig at faa Etatsraaeden til at opgive de planlagte Mønstre. Det var Etatsraaden selv, der paa et Møde med Peter Hansen fik den Ide, at vie kunde udføre Gulvene af saadanne Tærninger, der skulde fremstilles paa hans eget Teglværk, hvilket har vist sig at være langt dyrere end beregnet. De er udførte nu, og der er saaledes bundet en ikke ringe Kapital i dem. Jeg tror som sagt ikke, at Etatsraaden ej vil undvære at se Resultatet af de store Ofre, som der her er gjort, og som blandt andet skulde vise, hvad man formaar at præstere med Produkter fra et almindeligt dansk Teglværk. 
 Men jeg skal bede Etatsraaden om at udtale sig derom. Jeg var nylig i Faaborg sammen med Kai Nielsen og hørte, at De opholdt Dem i Svanninge, Vi vilde have været ude at hilse paa Dem, men vort Ophold i Faaborg blev af forskellige Grunde kun ganske kort, meget kortere end paatænkt. 
 en venlig Hilsen fra min Kone og Deres hengivne
 Carl Petersen</t>
   </si>
   <si>
     <t>1914-09-09</t>
   </si>
   <si>
-    <t>Louise Brønsted</t>
-[...1 lines deleted...]
-  <si>
     <t>Tornehave Birkerød St.</t>
   </si>
   <si>
     <t>Bodild Branner
 Thora  Branner
 Sophie Breum
 Johannes Nicolaus Brønsted
 Alfred Goldschmidt
 Poul Henningsen
 Christian  Houmark
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Marie Larsen
 Ellen  Sawyer
 - Svendsen, Fru
 Christine Swane
 Lars Swane
 Sigurd  Swane
 Hempel Syberg
 Astrid Warberg-Goldschmidt
 Erik Warberg Larsen
@@ -5599,50 +5890,115 @@
   </si>
   <si>
     <t>J. Th. Lundbye
 Marie Schou
 Ernst Syberg</t>
   </si>
   <si>
     <t>Ifølge Weilbachs Kunstnerleksikon (under opslaget Fritz Syberg) var Marie Sybergs dødsdato muligvis 21. oktober 1934. Der er sat spørgsmålstegn ud for datoen i bogen. Det ligger fast, at hun døde i 1934.</t>
   </si>
   <si>
     <t>Jensens-familiens to store billeder er ikke malet på bomuld, men på hør. Da Syberg maler i fri, ruster sømmene undertiden og skader lærredet.
 Syberg har genoptaget et par meget store billeder fra 1916-1918. De der malet på hessian, fordi han dengang ikke havde råd til hørlærred. Lundbye malede med oliefarve på papir, og papiret rådnede.
 Marie er stadig i København. Hun er ikke syg, men svag og ønsker at være nær læger.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wEll</t>
   </si>
   <si>
     <t>Pilegaarden Kjerteminde
 7-9-34
 Kære Johannes V. og Else.
 Jeg hører af Rille at I har havt Uheld og Udgifter med de to store Billeder af mig. Jeg vil dog berolige Jer med at det ikke er fordi Billederne er malt paa Bomuldslærred (hvad man undertiden gør). De er malt paa almindelig dobbeltbredt Lagenlærred af Hør, men da jeg maler alle mine Landskaber i fri Luft og aldrig gør noget ved dem i Atelier, sker det at de faar saa megen [et t over n’et i ”megen” overstreget] Regn under Arbejdets Gang saa Sømmene i Kanterne ruster Lærredet over.
 Jeg maler for Tiden paa nogle meget store Lærreder som har været i Gang siden 1916-18. De er malt paa Hessian (alm. Sækkelærred) og jeg gaar med daarlig Samvittighed af og til over hvordan de skal holde i det lange Løb, men de var begyndt paa et Tidspunkt hvor jeg ikke havde Raad til at give 200 à 300 Kr for et Stykke Lærred til et Billede paa den Størrelse. Jeg trøster mig saa ved at Kunstnere der er større end jeg har været lige saa letsindige, Lundby har malt enkelte af sine berømteste Billeder f. Eks. det med Hingsten i Stalden, paa Papir der raadner af Oliefarven. Her er dejligt for Tiden og jeg ønsker ikke at flyttes fra den Plet jeg er paa, dog er noget af Grunden den at jeg føler mig noget [”noget” overstreget] træt, og kun kan holde Arbejdet (og mig selv) oppe ved at tage mig sammen. Aarene skal jo gennemleves indtil Enden. Marie bliver stadig i Kjøbenhavn, men jeg venter hende hjem hver Dag og har gjort det længe. Hun er ikke just syg men svag og endnu mere ængstelig, hun tør ikke være uden Kjøbenhavn med dens samtlige Lægestand i Ryggen. Mange Hilsener til Jer og Familien
 Eders hengivne
 Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1936-05-14</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 8</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgård</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Søren Madsen
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Gertrude Søndergaard
+Martin Warberg Larsen
+Karl Zeckendorf</t>
+  </si>
+  <si>
+    <t>Martin/Manse Warberg Larsen rejste i 1936 til England for at lære landbrugsarbejde på flere gårde. 
+Grethe Jensen, født Hansen, døde 12. nov. 1935. Hun var datter af Elise og Peter Hansen. 
+Dr. Zechendorf var en tysk-jødisk øjenlæge, som Janna Schou en tid var i huset hos. De to forelskede sig i hinanden. I 1937 blev han myrdet i koncentrationslejren Sachsenhausen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1003</t>
+  </si>
+  <si>
+    <t>Det må være tomt, efter at Martin/Manse er rejst, men Johanne kan glæde sig til breve. 
+Astrid Warberg-Goldschmidt har følt tomhed, efter at Grethe Jensen forsvandt (døde). Og det har været svært at vænne sig til at have Dr. Zechendorf i huset. Han hjælper dog meget til i grøntsagshaven, går ærinder, henter mælk og elsker Astrids mad. Han er i paradis, siger han, og Astrid er glad for at kunne hjælpe en jødisk person. 
+Jørgen/Buf Schou knokler i glasværkstedet sammen med Janna/Nus Schou og Getrude/Trut Søndergaard. De sælger en masse dejlige ting til private. Søren Madsen har givet dem en kredit på 100 kr. 
+Hunden Munter er i løbetid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vS70</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgård
+pr. Dræby 
+Fyen 
+[Skrevet på kuvertens forside med anden skrift:]
+L64
+1936 (1936)
+14 maj
+Dr. Kurt Zechendorf
+[Skrevet på kuvertens bagside:] 
+A Warberg-Müller 
+Bakkevej 8
+Hareskov
+[I brevet:]
+Hareskov, 14 Maj 1936 (Torsdag)
+Kæreste lille Junge! Hvor er det dog en stor Skam, at jeg ikke for længst har skreven et lille Trøstensbrev til dig da Manse rejste – og nu er det snart en Uge siden – jeg har dog tænkt så meget på dig i den Anledning, det er altid en skrækkelig Tomhed at komme igennem, når én rejser – især én af dem, man i Dagligdagen er knyttet til, det er som en Amputation; men nu har du forhåbentlig allerede det første udenlandske Brev at fryde dig over – man får altid en eller anden Erstatning, hvergang noget mistes – og nu vil Postens Ankomst stadig være et gyldent Spørgsmålstegn – og lifligt når Svaret er ja – der er Brev i dag! Ikke Junge?
+Grunden til at Trøstensbrevet fra mig udeblev så længe er simpelthen: Mangel på Kraft – såvel indre som ydre; det er nu et Foretagende at få et fremmed Menneske i Huset – og de nye Foretagender får mig til at klappe helt sammen i de senere Aar; og så kom jo samtidig alt det med vores goe Grethe, der så pludselig helt forsvandt ud af vores Tilværelse, det var også noget, der tyngede meget. I Tiden lige efter meldte der sig uafladelig Gæster, men heldigvis afværgedes de af Axel – jeg kunde absolut ikke tage mere – lå en hel Dag i vanvittige Hovedsmerter, men nu begynder det et linde lidt; den tykke Doktor er Spændingen gået af – eller – du forstår – han er falden helt til – så han 
+[På papirets bagside:] uha
+2/ ikke mere tynger mig Spor; han har købt sig Overålstøj - og hjælper mig troligt i Haven , hvor vi nu endelig er ved at få tilsået, det kneb i Aar med Kraften dertil; igår ordnede vi alle Grønsagsbedene - lagde Ærter, såede Gulerødder – Bønner – Salat etc – to hele Dage sled vi, men i Dag må jeg holde mig i Skindet og nusle indendørs. Men han vilde partout grave Grønjord – vi har fået Lov at dyrke Kartofler på [ulæseligt]ners Grund hernedenfor vores, ned mod Søen – det går han så og virker med det nu. Buf – som har røde Hunde og derfor ikke er på Fabrikken – kom for lidt siden; han, Nus og Trut virker på fuld Kraft på Glasmaleriet nede i Atelieret (som det nu kaldes) – du kan lige stole på, det er dejlige Ting – alle som ser det er yderst begejstrede og de har allerede solgt en Masse til private – hvad jo egentlig ikke er Meningen, da det er baseret på Butikssalg - men takket være Privatsalget har de stadig ikke nået at præstere et Lager (Prøvelager) til de store Forretninger. De brænder en Ovnfuld c hver 2-3die Dag, kun éngang er noget mislykkedes – og det blev strax solgt underhaanden uden Tab. Det er en hel Fornøjelse at komme derned og kigge til dem og se hvad de nu har lavet. Buf er en enestående Hjælp for dem – han er selv glødende begejstret og havde mest Lyst til at opgive alt andet og blive Kompagnon. Søren Madsen har med en flot Gestus ydet en Kredit på 100 Kr., idet han en Aften kom med herlige Glasting fra Holmegaard for det Beløb – de har Kredit til Oktober og må da afbetale med 10 Kr pr Måned – du forstår nok, at dette betyder umådeligt meget for dem her i den første Tid, inden de tjener noget rigtigt – nu kan de male løs hver dag – man får Masser for 100 Kr – og de har jo 20 % for kontant Betaling. - . Munter har Løbetid – 3 Uger – og må ikke komme udenfor Gården; det lille Skind, han græder meget og ser bedende på os; men hver Aften, når vi alle har fri, får han Lov at færdes lidt med os i Haven under streng Opsigt. Mibbe har også Udflugtstid og tænk, nogle Bæster har to Gange skudt på ham, han har to gabende Sår i venstre Lår og hinker ynkeligt, vi gir ham Extraforplejning, et Æg hver Dag, etc. I Aftes fangede Axel en stor Rødskade til ham – å, hvor han svansede; han kan jo nemlig ikke selv fange, når han er invalid. Axel fangede to Fisk til, dem skal jeg nu ud og ordne til Frokost. Doktoren er vildt begejstret for min Madlavning og spiser kolossalt – han spiser for 3 så han er ikke lukrativ. Men så gør han jo Gavn i Haven, går Byærinder for mig, henter Mælk på Gården, holder selv sine Værelser og er iøvrigt dybt taknemmelig over at være i dette Paradis, som han siger. Det er en Tilfredsstillelse at kunne gøre noget for de ulykkelige Jøder dernede. 
+Nu må jeg i gang igen, det var en lille Morgenpassiar til en lille Cigar. Tænk på Axel på Lørdag Kl 4, - så foretager han den første Vielse her! Jeg skal nok snart skrive igen.
+Tusinde Hilsner! Din altid Dis
+Hils Manse når du skriver!
+[Skrevet øverst på s.1 og indrammet af en streg:]
+Vi har aldrig hørt om du var tilfreds med Æblesalget S.u. !!!! - Obs.</t>
   </si>
   <si>
     <t>1936-06-26</t>
   </si>
   <si>
     <t>Faaborg</t>
   </si>
   <si>
     <t>Jens Larsen
 Peter Andreas Larsen
 Harald Schoubye
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Elisa og Peter Hansen ejede et hus i Faaborg, og Elisa beholdt det efter mandens død. 
 Polygonum aubertii: Arkitektens trøst.
 Det vides ikke, hvem Pie og hendes søn var.
 Kolissalt er formodentlig en efterligning af et barns udtale af ordet.
 Det vides ikke, hvilken proces, Johan og Elena Larsen havde kørt</t>
   </si>
   <si>
     <t>Alting gror godt denne sommer. Der er store høstakke og roser, hyld og kaprifolium i hegnene. Valmuerne i marken vilde Elena med Zahrtmanns ord juble af begejstring over.
 Elisa Hansen m.fl. er i Faaborg, hvor haven er meget smuk. Hun glæder sig til at se, hvad der er sket på Baåxhult.
 Jens vokser åbenbart godt, og Peter cykler.
 Elisa sender konfekt og fødselsdagslykønskning. Hun er glad for, at Elena og manden vandt processen.</t>
@@ -7148,50 +7504,110 @@
 fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
 Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
+  </si>
+  <si>
+    <t>1951-01-08</t>
+  </si>
+  <si>
+    <t>- Agner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Fly
+Jesper Hansen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Lauritz Pedersen
+Meta -, pige i huset hos Johanne C. Larsen
+Ellen  Sawyer
+Ane Talbot
+Fritz Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs mand, Axel Müller, fyldte 70 i 1951.
+Det vides ikke, hvem Lille Marie og Dürkop var. 
+Fremtiden: tidsskrift for international orientering. Udgivet af Udenrigspolitiske selskab.
+Øjeblikket: tidsskrift om kunst - og det kunst handler om. Udgivet af Foreningen Øjeblikket. 
+Det vides ikke, hvad der menes med "Th's Vald."</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0569</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid selv skal lave mad den 15., og om hun skal sende konfekt eller vin som gave? Hu takker for, at Astrid har vist interesse for Laura/Bibbes bihulebetændelse. Laura er godt hjulpet af ny medicin. En overgang frytede Johanne, at Laura var sindssyg. 
+Johanne har ikke pige i huset, men Adolph/Agraren og Martin/Manse har passet hende, da hun var syg, og de laver husarbejde om vinteren. Ruth kommer mulivis igen. Grete hjælper også af og til med vask. 
+Martin/Manse er på ferie blandt andet på Båxhult. Ellen/Elle Sawyer er kommet hjem.
+Else Larsen er overanstrengt og ulykkelig over at have mistet den nyfødte dreng. En indlæggelse er på tale. 
+Johanne undrer sig over, at Astrids to døtre støtter kommunisterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9xyB</t>
+  </si>
+  <si>
+    <t>Lindøgaard Mandag 8-1-1951
+Kære lille Dis!
+I dette Øjeblik har jeg faaet og læst dit Brev, Tak for det; jeg var meget glad ved at høre fra dig, havde spekuleret lidt paa, om Julen havde givet dig et lille Eftersmæk, men det lader det altsaa ikke til. Jeg kan godt forstaa, du har Mavepine ved at tænke paa d. 15de. Skal du selv lave Mad? Faar du lille Marie? Alle Detaljer vil interessere mig meget. Jeg havde tænkt mig at sende ham en lidt flot Æske Konfekt, men vil du hellere have, at jeg skal vælge en Fl. Vin? I saa Fald maa jeg jo bede dig om at bestille den, saa den bliver af samme Slags som - - hvad I ellers har. Er det ikke omkring ved en 7-8 Kr? jeg kunde jo sagtens sende dig en Femmer + Frimærker, som du jo altid bruger. Paa dette vilde jeg jo godt have et Ord som Svar X ellers skal du da ikke spekulere paa Brev før eft. d. 15de, du faar nok at tænke paa.
+Tak fordi du tager Del i Bibbes Bihuler. Ja, Dis, du kan tro jeg velsigner min Influenza, som jeg ellers har været fuld af Forbandelser over, især fordi den jo har givet mit Knæ og mit Hjerte kedelige Opsving; det er for intet at regne imod den Lykke det er, at Bibbe bedres, meget endda. Det var jo fordi Dr. Agner mente jeg skulde have de Piller, at vi fik Nys om, at Amerikanerne har opfunden dem, og at de har været kendt her i Landet allerede 1 Aar. Hun fik dem straks, og de har allerede hjulpet meget; hun siger, at nu føler hun sig som et rigtigt menneske, kan tænke og arbejde. Og naar hun nu bagefter, jeg mener nu da hun er saa meget bedre, lukker op for hvad hun har gaaet igennem, saa maa man grue, for som hun dog har lidt, den stakkels lille Bi, og næsten altid holdt det ved sig selv. Hun har altid været saa stærk paa det Punkt at bære sine Lidelser i Tavshed. Jeg har jo nok vidst det og sørget meget over det, ofte været Angst for Sindssyge, skønt Dr. Fly en Gang trøstede mig med, at det havde intet at gøre med Sindssyge. Lauritz kom forleden Aften og hentede Bibbe, som havde været her i 4 Dage; hun fortalte, at en gammel Veninde, de har i Bovense havde ringet for ar spørge Bibbe (hun mener at Bibbe ved Raad for alt) om hun dog ikke kendte et Lægemiddel mod Pandehule- og Bihulebetændelse; en bekendt af hende havde i næsten 1 Aar gaaet til en Odense-Læge med det, og faaet – Lys! Vi synes, at det er næsten u-tænkeligt, at en Læge ikke kender det Middel, som vil give mange Mennesker en ny Tilværelse. Jeg læste forleden en Kronik om Biologi af Brøndsted; han
+2
+skal rev [”al” overstreget; ”rev” indsat over linjen] bl.a. ” - - - naar man ser, hvordan en Hjerneforstyrrelse kan forandre et Menneske, f. Eks. ved en Hjernerystelse eller en kronisk Bihulebetændelse - - ”. Det er sandt, Bibbe har til Tider været f_orandret_, naar den var særlig slem, værst om Vinteren, bedst om Somren. 
+Du har Ret, det er en usigelig Lykke og jeg velsigner min Influenza. Hvis jeg havde den rette Indstilling vilde jeg sige: Der kan vi se, hvor Vorherre kan faa noget godt ud af noget ondt. 
+Nej, vi har ingen Pige i Vinter, ufatteligt at jeg ikke har fortalt dig det eller skrevet om, hvor godt Agraren og Manse passede mig, da jeg var syg. Ruth vilde egentlig gerne selv være blevet, me [”me” overstreget] især da hendes Kæreste er her i Munkebo, men Moderen, som regerer, vilde have hende tilbage paa Egnen i Jylland. Hun besøgte os i Julen – Ruth – og der er en Mulighed for at hun sætter igennem at komme her igen til Maj. Hun er en overordentlig sød og elskværdig Pige, ikke særlig dygtig, men ret prober – desværre af de ødsle, men man kan jo ikke faa dem fuldkomne. Jeg lider nu ikke spor ved, at vi ikke har Pige, egentlig befinder jeg mig vel ved det, og Agraren og Manse kan godt klare det, vel at mærke om Vinteren, da er her meget mindre at bestille, hverken Syltning, Henkogning eller Have, og desuden har Mandfolkene ikke Tid til Husvæsen om Sommeren, saa da maa vi jo have Hjælp. Meta, en tidligere Pige, gift og bosat i Munkebo, havde Agraren Manse [”Agraren” overstreget; ”Manse” indsat over linjen] engageret til lidt Rengøring, hun har endnu ikke vist sig, men Grete har taget et Nap af og til og f. Eks. vasket mit Undertøj. Naar nu Manse kommer hjem, maa han røre sig for at faa vasket. Han tager sig ellers en ordentlig Ferie; han rejste Natten mel. 3die og 4de Juledag, og han er ikke kommen hjem endnu, vi har ikke erfaret noget om hans Gøren og Laden, han bruger ikke at skrive, naar han er borte, men naar vi ved det, gør det heller ingen Ting. Elle er vist kommen hjem i Dag, Ane har lige ringet, at nu er der Lys i hendes Vinduer, hun maa lige være kommen. Mon jeg skrev til dig, at Else blev syg mellem Jul og Nytaar, dels Overanstrengelse, de har ikke kunnet opdrive en Pige, og dels over, at hun ikke kan forvinde Sorgen over den lille dejlige Dreng, som hun mistede. Dr. Fly tog det alvorligt, hun maatte kun se Puf, ikke Børnene eller andre, men da hun laa og fulgte med i Husets Færd, mente hun selv, at hun maatte hellere komme paa Sygehuset og der er hun nu. I Gaar Eft. da Puf var derude, havde hun det endelig noget bedre, sagde Ane. Hun skal vist til Dianalund paa Rekreation. Detaljerne i Sygdommen 
+3.
+kender jeg ikke, men vel et Nervesammenbrud, en eller anden Psykose. Stakkels lille Else, det har altsammen været mere, end hun kunde bære.
+Nu kommer jeg tilbage til Bibbe igen, du har spurgt mig en Gang om Forholdet mel. hende og Lauritz, ja, Gudskelov, det er meget meget bedre, vi kan nemt mærke det, og hun siger det selv, det er ogsaa en stor Lykke, Dis. Apropos – om ens Børn, hvordan gaar det dig med at døje Kommun. Hver Gang, jeg læser om det der og gløder af Harme, saa tænker jeg paa dig, og det skærer mig i Hjertet, at dine to søde Døtre er kommet ind i det Djævelskab , for det er da Djævelskab, at de vil udstyre Menneskeheden med Slave-Myrer og Termitmentalitet. Men en Del kunde vi Vesterlændinge lære af dem. Deres gøren noget for stakkels lavtstaaende fattige Mennesker, jeg har ikke før været ked af, at Kina fik en Omgang Kommun.; jeg tror heller aldrig Kineserne vil blive saa mentalt slavebundne – jeg ved saa egentlig ikke hvorfor. – Hvad de lavede i de baltiske Lande var rædselsfuldt; de vil have det hele russisk, bytter om paa Mennesker, som var de Brikker i et Spil, saadan vilde det ogsaa gaa her i Danmark, sende Masser af danske til Rusland og Russere herop og slaa dem ihjæl, som mukkede. Det er længe siden, jeg har skrevet om Kom. (med Vilje) nu gik Naturen over Beherskelsen. Taler du nogen Sinde med dem om det? Det er unyttigt, for alt hvad vi siger vil de stemple som Løgn. Forts. i Morgen
+Tirsdag I Aftes kom Manse hjem, det var dejligt at se ham igen: han havde vist haft en dejlig Tur; det trak saa længe ud, fordi de skulde køre med Lysse, som havde et Ærinde i Engelholm, saa var de jo godt paa Vej ad Danmark til. Manse fulgtes med Jesper, som altsaa ogsaa var paa Båxhult i Julen, til Birkerød, hvor M. overnattede hos Lugge, tog saa næste Morgen til Vrøj ved Kalundborg, hvor han har et nyt Bekendtskab, Dürkop hedder de; hun er af Larsen-Slægten og Manse er saa glad ved dem; han lærte forskellige kulinariske Triks af Fruen, som laver saadan knippel god Mad. 
+Lad mig nu ikke denne Gang glemme at spørge dig op, hvordan det gaar til, at jeg stadig faar baade Th’s Vald. Tak for dem [”Tak for dem.” indsat over linjen] og Øjeblikket. Du maa ikke kaste alle de Penge paa mig, jeg kunde godt tænke mig at sige ”Fremtiden” af (18 Kr. årl.) og holde Øjebl. i Stedet, det er jo kun 7 Kr. mere årl. Husk at svare paa dette. Tak for Bestillingen af Servietterne mon det haster? Jeg er lige begyndt på Fritz’ Bordløber. 
+Hav det godt og mange gode Hilsner til Jer begge fra din Junge
+[Indsat s. 1 langs venstre margen:] X svarer med det samme, der er snart ikke saa længe til d. 15de.</t>
   </si>
   <si>
     <t>1891-1893 marts</t>
   </si>
   <si>
     <t>Thorvald Balslev
 Ludvig Brandstrup, billedhugger
 M Knipschildt
 Ingrid Lange
 Jonas -, Onkel
 Ellen  Sawyer
 Fanny Schaffalitzky de Muckadell
 Marie Schou</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Alhed Larsens og Ludvig Brandstrups modeller var eller hvor/hos hvem, Alhed arbejdede med perspektivtegning. Muligvis var Ludvig Brandstrup underviseren.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2099</t>
   </si>
   <si>
     <t>Det var et dejligt bal med masser af dans til kl. 3 om morgenen. 
 Kjolen blev dyr. Komtessen har givet Alhed bånd og handsker.
 Alhed Larsen har tegnet italieneren nogle gange, og det blev mislykket. Ludvig Brandstrup har også model. Det er svært at tegne perspektiv.</t>
   </si>
@@ -7305,59 +7721,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/QZyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hUN7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8lV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rcEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GlIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGWt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1mRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Skij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHBj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xCq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LBDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x5Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XiYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BwTr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HxDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCjx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pllc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TlSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GDFX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fjjc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oZ9i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXCe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n6wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpLx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zLiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pfcL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUdm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Ve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/am4g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vmMk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HEO0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLHu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OrRd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ElHTnCNC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xmoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H10Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VpIvkzD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CMVW8mo1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u2um" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XQrDomK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vcEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvKq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VvKsbSvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uder" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2n2C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Epo3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zzYr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/QZyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hUN7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8lV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rcEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GlIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGWt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1mRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Skij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHBj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xCq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pVOo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LBDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x5Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XiYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMEw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BwTr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QgX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jkHX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HxDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CfR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCjx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pllc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TlSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0yk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GDFX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fjjc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oZ9i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UlCF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXCe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n6wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpLx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zLiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pfcL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUdm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Ve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/am4g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vmMk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HEO0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLHu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OrRd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ElHTnCNC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xmoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H10Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VpIvkzD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CMVW8mo1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u2um" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XQrDomK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vcEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvKq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YN6KZXKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VvKsbSvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uder" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2n2C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Epo3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zzYr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0dL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M171"/>
+  <dimension ref="A1:M179"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -8792,6202 +9208,6564 @@
       </c>
       <c r="I33" s="5" t="s">
         <v>238</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>239</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>240</v>
       </c>
       <c r="L33" s="6" t="s">
         <v>241</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>243</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>132</v>
+        <v>244</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>175</v>
-[...5 lines deleted...]
-        <v>244</v>
+        <v>92</v>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
         <v>245</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>246</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>247</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>248</v>
       </c>
       <c r="L34" s="6" t="s">
         <v>249</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>132</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="E35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E35" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>252</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>257</v>
+        <v>132</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>236</v>
+        <v>175</v>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>261</v>
       </c>
       <c r="L36" s="6" t="s">
         <v>262</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
         <v>264</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>132</v>
+        <v>265</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>175</v>
-[...7 lines deleted...]
-      <c r="G37" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H37" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="H37" s="5" t="s">
+      <c r="I37" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="I37" s="5" t="s">
+      <c r="J37" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="J37" s="5" t="s">
+      <c r="K37" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="K37" s="5" t="s">
+      <c r="L37" s="6" t="s">
         <v>270</v>
       </c>
-      <c r="L37" s="6" t="s">
+      <c r="M37" s="5" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G38" s="5" t="s">
         <v>274</v>
       </c>
-      <c r="D38" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="5" t="s">
+      <c r="H38" s="5" t="s">
         <v>275</v>
       </c>
-      <c r="F38" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H38" s="5" t="s">
+      <c r="I38" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="I38" s="5" t="s">
+      <c r="J38" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="J38" s="5" t="s">
+      <c r="K38" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="K38" s="5" t="s">
+      <c r="L38" s="6" t="s">
         <v>279</v>
       </c>
-      <c r="L38" s="6" t="s">
+      <c r="M38" s="5" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>132</v>
+        <v>282</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>92</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>283</v>
       </c>
-      <c r="F39" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G39" s="5" t="s">
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="s">
         <v>284</v>
       </c>
-      <c r="H39" s="5" t="s">
+      <c r="I39" s="5" t="s">
         <v>285</v>
       </c>
-      <c r="I39" s="5" t="s">
+      <c r="J39" s="5" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>287</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>288</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
         <v>290</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E40" s="5" t="s">
         <v>291</v>
       </c>
-      <c r="D40" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="5" t="s">
+      <c r="F40" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="G40" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="F40" s="5" t="s">
+      <c r="H40" s="5" t="s">
         <v>293</v>
       </c>
-      <c r="G40" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H40" s="5" t="s">
+      <c r="I40" s="5" t="s">
         <v>294</v>
       </c>
-      <c r="I40" s="5" t="s">
+      <c r="J40" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="K40" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="J40" s="5" t="s">
+      <c r="L40" s="6" t="s">
         <v>296</v>
       </c>
-      <c r="K40" s="5" t="s">
+      <c r="M40" s="5" t="s">
         <v>297</v>
-      </c>
-[...4 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>16</v>
+        <v>299</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>300</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>301</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="I41" s="5"/>
+        <v>302</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>303</v>
+      </c>
       <c r="J41" s="5" t="s">
-        <v>20</v>
+        <v>304</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="I42" s="5"/>
       <c r="J42" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="I43" s="5"/>
       <c r="J43" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>316</v>
-[...3 lines deleted...]
-      </c>
+        <v>319</v>
+      </c>
+      <c r="I44" s="5"/>
       <c r="J44" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G45" s="5" t="s">
-        <v>322</v>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="I45" s="5"/>
+        <v>324</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>325</v>
+      </c>
       <c r="J45" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G46" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G46" s="5" t="s">
+        <v>330</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>328</v>
-[...3 lines deleted...]
-      </c>
+        <v>331</v>
+      </c>
+      <c r="I46" s="5"/>
       <c r="J46" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D47" s="5" t="s">
         <v>132</v>
       </c>
-      <c r="D47" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G47" s="5" t="s">
-        <v>334</v>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="D48" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D48" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G48" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G48" s="5" t="s">
+        <v>342</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="I48" s="5"/>
+        <v>343</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>344</v>
+      </c>
       <c r="J48" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="I49" s="5"/>
       <c r="J49" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D50" s="5" t="s">
         <v>132</v>
       </c>
-      <c r="D50" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" s="5" t="s">
-        <v>244</v>
+        <v>17</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>351</v>
-[...3 lines deleted...]
-      </c>
+        <v>354</v>
+      </c>
+      <c r="I50" s="5"/>
       <c r="J50" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="D51" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D51" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51" s="5" t="s">
-        <v>17</v>
+        <v>252</v>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>16</v>
+        <v>365</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>92</v>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G52" s="5" t="s">
-        <v>363</v>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="I52" s="5"/>
+        <v>366</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>367</v>
+      </c>
       <c r="J52" s="5" t="s">
-        <v>20</v>
+        <v>368</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>369</v>
+        <v>132</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F53" s="5" t="s">
-        <v>18</v>
+      <c r="F53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>269</v>
+        <v>20</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G54" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G54" s="5" t="s">
+        <v>379</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>376</v>
-[...3 lines deleted...]
-      </c>
+        <v>380</v>
+      </c>
+      <c r="I54" s="5"/>
       <c r="J54" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>132</v>
+        <v>385</v>
       </c>
       <c r="E55" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F55" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F55" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>20</v>
+        <v>277</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>236</v>
+        <v>16</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>92</v>
+        <v>132</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>388</v>
+        <v>18</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>391</v>
+        <v>20</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>291</v>
+        <v>16</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>269</v>
+        <v>20</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>291</v>
+        <v>244</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>92</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>388</v>
+        <v>404</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>409</v>
+        <v>299</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>92</v>
+        <v>132</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-        <v>411</v>
+        <v>18</v>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
         <v>412</v>
       </c>
       <c r="I59" s="5" t="s">
         <v>413</v>
       </c>
       <c r="J59" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="K59" s="5" t="s">
         <v>414</v>
       </c>
-      <c r="K59" s="5" t="s">
+      <c r="L59" s="6" t="s">
         <v>415</v>
       </c>
-      <c r="L59" s="6" t="s">
+      <c r="M59" s="5" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="D60" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="D60" s="5" t="s">
+      <c r="E60" s="5" t="s">
         <v>419</v>
       </c>
-      <c r="E60" s="5" t="s">
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H60" s="5" t="s">
         <v>420</v>
       </c>
-      <c r="F60" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H60" s="5" t="s">
+      <c r="I60" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="I60" s="5" t="s">
+      <c r="J60" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="J60" s="5" t="s">
+      <c r="K60" s="5" t="s">
         <v>423</v>
       </c>
-      <c r="K60" s="5" t="s">
+      <c r="L60" s="6" t="s">
         <v>424</v>
       </c>
-      <c r="L60" s="6" t="s">
+      <c r="M60" s="5" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="E61" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>411</v>
+      <c r="E61" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="I61" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="I61" s="5" t="s">
+      <c r="J61" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="J61" s="5" t="s">
+      <c r="K61" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="K61" s="5" t="s">
+      <c r="L61" s="6" t="s">
         <v>431</v>
       </c>
-      <c r="L61" s="6" t="s">
+      <c r="M61" s="5" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>15</v>
+        <v>418</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>369</v>
+        <v>92</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>17</v>
+        <v>434</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>18</v>
+        <v>435</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>269</v>
+        <v>438</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>369</v>
+        <v>443</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>444</v>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>448</v>
+        <v>299</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>92</v>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F64" s="5" t="s">
-        <v>18</v>
+        <v>435</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>269</v>
+        <v>454</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>448</v>
+        <v>15</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>369</v>
+        <v>385</v>
       </c>
       <c r="E65" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F65" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G65" s="5" t="s">
-        <v>455</v>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>92</v>
+        <v>15</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>419</v>
-[...4 lines deleted...]
-        </is>
+        <v>385</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>462</v>
+        <v>18</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>16</v>
+        <v>443</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>132</v>
-[...4 lines deleted...]
-        </is>
+        <v>299</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>252</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>20</v>
+        <v>474</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>476</v>
+        <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>419</v>
-[...14 lines deleted...]
-        </is>
+        <v>479</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>477</v>
-[...10 lines deleted...]
-        </is>
+        <v>480</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="K68" s="5" t="s">
+        <v>482</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>478</v>
-[...1 lines deleted...]
-      <c r="M68" s="5"/>
+        <v>483</v>
+      </c>
+      <c r="M68" s="5" t="s">
+        <v>484</v>
+      </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>419</v>
+        <v>479</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>236</v>
+        <v>385</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F69" s="5" t="s">
-        <v>480</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G69" s="5" t="s">
+        <v>486</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>483</v>
+        <v>277</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>16</v>
+        <v>92</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>443</v>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F70" s="5" t="s">
-        <v>244</v>
+        <v>493</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>20</v>
+        <v>496</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>419</v>
+        <v>132</v>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F71" s="5" t="s">
-        <v>462</v>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>496</v>
+        <v>20</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>14</v>
+        <v>507</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>443</v>
+      </c>
+      <c r="D72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G72" s="5" t="s">
-        <v>501</v>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>502</v>
-[...8 lines deleted...]
-        <v>504</v>
+        <v>508</v>
+      </c>
+      <c r="I72" s="5"/>
+      <c r="J72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L72" s="6" t="s">
-        <v>505</v>
-[...3 lines deleted...]
-      </c>
+        <v>509</v>
+      </c>
+      <c r="M72" s="5"/>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>16</v>
+        <v>443</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>132</v>
+        <v>244</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F73" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>508</v>
+      <c r="F73" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>20</v>
+        <v>514</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>16</v>
+        <v>519</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>132</v>
+        <v>92</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>17</v>
+        <v>107</v>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>20</v>
+        <v>522</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>369</v>
+        <v>132</v>
       </c>
       <c r="E75" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>18</v>
+        <v>252</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>269</v>
+        <v>20</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>141</v>
+        <v>92</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>443</v>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F76" s="5" t="s">
-        <v>18</v>
+        <v>493</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>527</v>
-[...1 lines deleted...]
-      <c r="I76" s="5"/>
+        <v>533</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>534</v>
+      </c>
       <c r="J76" s="5" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>132</v>
       </c>
-      <c r="E77" s="5" t="s">
-        <v>533</v>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>537</v>
+        <v>20</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>533</v>
+        <v>17</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="J79" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>555</v>
+        <v>15</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>92</v>
+        <v>385</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>556</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>559</v>
+        <v>277</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>554</v>
+        <v>565</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>563</v>
+        <v>141</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>92</v>
+        <v>140</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>564</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="I81" s="5"/>
       <c r="J81" s="5" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>571</v>
+        <v>16</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>92</v>
+        <v>132</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>572</v>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G82" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G82" s="5" t="s">
+        <v>573</v>
       </c>
       <c r="H82" s="5" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>18</v>
+        <v>572</v>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G83" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G83" s="5" t="s">
+        <v>581</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>141</v>
+        <v>418</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>140</v>
-[...4 lines deleted...]
-        </is>
+        <v>92</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>588</v>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="I84" s="5"/>
+        <v>589</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>590</v>
+      </c>
       <c r="J84" s="5" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>419</v>
+        <v>16</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>92</v>
+        <v>132</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>593</v>
+        <v>17</v>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>596</v>
+        <v>20</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>15</v>
+        <v>602</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>369</v>
+        <v>92</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>602</v>
+        <v>603</v>
+      </c>
+      <c r="F86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>269</v>
+        <v>606</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>608</v>
+        <v>601</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>15</v>
+        <v>610</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>369</v>
+        <v>92</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>609</v>
+        <v>611</v>
+      </c>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>610</v>
-[...3 lines deleted...]
-      </c>
+        <v>612</v>
+      </c>
+      <c r="I87" s="5"/>
       <c r="J87" s="5" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>15</v>
+        <v>618</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>369</v>
+        <v>92</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>601</v>
+        <v>619</v>
+      </c>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>617</v>
-[...1 lines deleted...]
-      <c r="I88" s="5"/>
+        <v>620</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>621</v>
+      </c>
       <c r="J88" s="5" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>419</v>
+        <v>16</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>291</v>
+        <v>132</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-        <v>624</v>
+        <v>18</v>
+      </c>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>627</v>
+        <v>20</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>92</v>
+        <v>141</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>419</v>
+        <v>140</v>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F90" s="5" t="s">
-        <v>623</v>
+      <c r="F90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="I90" s="5" t="s">
         <v>633</v>
       </c>
+      <c r="I90" s="5"/>
       <c r="J90" s="5" t="s">
         <v>634</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>635</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>636</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
         <v>638</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>15</v>
+        <v>443</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>369</v>
+        <v>92</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>17</v>
+        <v>639</v>
       </c>
       <c r="F91" s="5" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>269</v>
+        <v>643</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>92</v>
+        <v>15</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>236</v>
-[...4 lines deleted...]
-        </is>
+        <v>385</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F92" s="5" t="s">
-        <v>646</v>
-[...4 lines deleted...]
-        </is>
+        <v>648</v>
+      </c>
+      <c r="G92" s="5" t="s">
+        <v>649</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>649</v>
+        <v>277</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
     </row>
     <row r="93">
-      <c r="A93" s="5" t="n">
-        <v>1910</v>
+      <c r="A93" s="5" t="s">
+        <v>655</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>653</v>
+        <v>385</v>
       </c>
       <c r="E93" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F93" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F93" s="5" t="s">
+        <v>648</v>
       </c>
       <c r="G93" s="5" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>269</v>
+        <v>659</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>661</v>
+        <v>15</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>662</v>
-[...9 lines deleted...]
-        </is>
+        <v>385</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>648</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="I94" s="5"/>
       <c r="J94" s="5" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>669</v>
+        <v>443</v>
       </c>
       <c r="D95" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="E95" s="5" t="s">
         <v>670</v>
       </c>
-      <c r="E95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F95" s="5" t="s">
+        <v>671</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>671</v>
-[...1 lines deleted...]
-      <c r="I95" s="5"/>
+        <v>672</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>673</v>
+      </c>
       <c r="J95" s="5" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>92</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>677</v>
+        <v>443</v>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F96" s="5" t="s">
-        <v>678</v>
+        <v>670</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
         <v>679</v>
       </c>
       <c r="I96" s="5" t="s">
         <v>680</v>
       </c>
       <c r="J96" s="5" t="s">
         <v>681</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>682</v>
       </c>
       <c r="L96" s="6" t="s">
         <v>683</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
         <v>685</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
       <c r="D97" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F97" s="5" t="s">
         <v>686</v>
       </c>
-      <c r="E97" s="5" t="s">
+      <c r="G97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H97" s="5" t="s">
         <v>687</v>
       </c>
-      <c r="F97" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H97" s="5" t="s">
+      <c r="I97" s="5" t="s">
         <v>688</v>
       </c>
-      <c r="I97" s="5" t="s">
+      <c r="J97" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="K97" s="5" t="s">
         <v>689</v>
       </c>
-      <c r="J97" s="5" t="s">
+      <c r="L97" s="6" t="s">
         <v>690</v>
       </c>
-      <c r="K97" s="5" t="s">
+      <c r="M97" s="5" t="s">
         <v>691</v>
       </c>
-      <c r="L97" s="6" t="s">
+    </row>
+    <row r="98">
+      <c r="A98" s="5" t="s">
         <v>692</v>
-      </c>
-[...6 lines deleted...]
-        <v>1912</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>140</v>
+        <v>92</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>653</v>
-[...1 lines deleted...]
-      <c r="E98" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="G98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H98" s="5" t="s">
         <v>694</v>
       </c>
-      <c r="F98" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G98" s="5" t="s">
+      <c r="I98" s="5" t="s">
         <v>695</v>
       </c>
-      <c r="H98" s="5" t="s">
+      <c r="J98" s="5" t="s">
         <v>696</v>
       </c>
-      <c r="I98" s="5" t="s">
+      <c r="K98" s="5" t="s">
         <v>697</v>
       </c>
-      <c r="J98" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K98" s="5" t="s">
+      <c r="L98" s="6" t="s">
         <v>698</v>
       </c>
-      <c r="L98" s="6" t="s">
+      <c r="M98" s="5" t="s">
         <v>699</v>
       </c>
-      <c r="M98" s="5" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="99">
-      <c r="A99" s="5" t="s">
-        <v>701</v>
+      <c r="A99" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>92</v>
+        <v>140</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>419</v>
+        <v>700</v>
       </c>
       <c r="E99" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G99" s="5" t="s">
+        <v>701</v>
+      </c>
+      <c r="H99" s="5" t="s">
         <v>702</v>
       </c>
-      <c r="F99" s="5" t="s">
+      <c r="I99" s="5" t="s">
         <v>703</v>
       </c>
-      <c r="G99" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H99" s="5" t="s">
+      <c r="J99" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="K99" s="5" t="s">
         <v>704</v>
       </c>
-      <c r="I99" s="5" t="s">
+      <c r="L99" s="6" t="s">
         <v>705</v>
       </c>
-      <c r="J99" s="5" t="s">
+      <c r="M99" s="5" t="s">
         <v>706</v>
-      </c>
-[...7 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>670</v>
+        <v>709</v>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F100" s="5" t="s">
-        <v>694</v>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H100" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H100" s="5" t="s">
+        <v>710</v>
       </c>
       <c r="I100" s="5"/>
       <c r="J100" s="5" t="s">
-        <v>672</v>
+        <v>711</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>712</v>
       </c>
       <c r="L100" s="6" t="s">
         <v>713</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
         <v>715</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>141</v>
+        <v>716</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>686</v>
-[...2 lines deleted...]
-        <v>716</v>
+        <v>717</v>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>717</v>
-[...1 lines deleted...]
-      <c r="I101" s="5" t="s">
         <v>718</v>
       </c>
+      <c r="I101" s="5"/>
       <c r="J101" s="5" t="s">
-        <v>690</v>
+        <v>719</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>141</v>
+        <v>92</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>711</v>
-[...9 lines deleted...]
-        </is>
+        <v>443</v>
+      </c>
+      <c r="E102" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>725</v>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H102" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I102" s="5"/>
+      <c r="H102" s="5" t="s">
+        <v>726</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>727</v>
+      </c>
       <c r="J102" s="5" t="s">
-        <v>690</v>
+        <v>728</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>92</v>
+        <v>141</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>419</v>
+        <v>733</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
     </row>
     <row r="104">
-      <c r="A104" s="5" t="s">
-        <v>734</v>
+      <c r="A104" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>735</v>
+        <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>736</v>
+        <v>140</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>737</v>
+        <v>700</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>738</v>
-[...12 lines deleted...]
-        </is>
+        <v>741</v>
+      </c>
+      <c r="F104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G104" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="H104" s="5" t="s">
+        <v>743</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>740</v>
+        <v>277</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>141</v>
+        <v>92</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>662</v>
+        <v>443</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>749</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>750</v>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>745</v>
-[...1 lines deleted...]
-      <c r="I105" s="5"/>
+        <v>751</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>752</v>
+      </c>
       <c r="J105" s="5" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>748</v>
+        <v>755</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>750</v>
+        <v>757</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>132</v>
+        <v>758</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>16</v>
+        <v>717</v>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F106" s="5" t="s">
-        <v>751</v>
+        <v>741</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H106" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I106" s="5"/>
       <c r="J106" s="5" t="s">
-        <v>20</v>
+        <v>719</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>758</v>
+        <v>141</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>141</v>
-[...4 lines deleted...]
-        </is>
+        <v>733</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>763</v>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>761</v>
+        <v>737</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>92</v>
+        <v>141</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>766</v>
-[...5 lines deleted...]
-        <v>767</v>
+        <v>758</v>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H108" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I108" s="5"/>
       <c r="J108" s="5" t="s">
+        <v>737</v>
+      </c>
+      <c r="K108" s="5" t="s">
         <v>770</v>
       </c>
-      <c r="K108" s="5" t="s">
+      <c r="L108" s="6" t="s">
         <v>771</v>
       </c>
-      <c r="L108" s="6" t="s">
+      <c r="M108" s="5" t="s">
         <v>772</v>
-      </c>
-[...1 lines deleted...]
-        <v>773</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="E109" s="5" t="s">
+        <v>774</v>
+      </c>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H109" s="5" t="s">
         <v>775</v>
       </c>
-      <c r="D109" s="5" t="s">
+      <c r="I109" s="5" t="s">
         <v>776</v>
       </c>
-      <c r="E109" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H109" s="5" t="s">
+      <c r="J109" s="5" t="s">
         <v>777</v>
       </c>
-      <c r="I109" s="5"/>
-      <c r="J109" s="5" t="s">
+      <c r="K109" s="5" t="s">
         <v>778</v>
       </c>
-      <c r="K109" s="5" t="s">
+      <c r="L109" s="6" t="s">
         <v>779</v>
       </c>
-      <c r="L109" s="6" t="s">
+      <c r="M109" s="5" t="s">
         <v>780</v>
-      </c>
-[...1 lines deleted...]
-        <v>781</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
+        <v>781</v>
+      </c>
+      <c r="B110" s="5" t="s">
         <v>782</v>
       </c>
-      <c r="B110" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="5" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>776</v>
-[...9 lines deleted...]
-        </is>
+        <v>784</v>
+      </c>
+      <c r="E110" s="5" t="s">
+        <v>785</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H110" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I110" s="5"/>
+      <c r="H110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I110" s="5" t="s">
+        <v>786</v>
+      </c>
       <c r="J110" s="5" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>291</v>
+        <v>141</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>419</v>
-[...4 lines deleted...]
-        </is>
+        <v>709</v>
+      </c>
+      <c r="E111" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>789</v>
-[...3 lines deleted...]
-      </c>
+        <v>792</v>
+      </c>
+      <c r="I111" s="5"/>
       <c r="J111" s="5" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>775</v>
+        <v>132</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>776</v>
+        <v>16</v>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F112" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F112" s="5" t="s">
+        <v>798</v>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H112" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I112" s="5"/>
+      <c r="H112" s="5" t="s">
+        <v>799</v>
+      </c>
+      <c r="I112" s="5" t="s">
+        <v>800</v>
+      </c>
       <c r="J112" s="5" t="s">
-        <v>784</v>
+        <v>20</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>775</v>
+        <v>805</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>776</v>
+        <v>141</v>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>800</v>
-[...1 lines deleted...]
-      <c r="I113" s="5"/>
+        <v>806</v>
+      </c>
+      <c r="I113" s="5" t="s">
+        <v>807</v>
+      </c>
       <c r="J113" s="5" t="s">
-        <v>784</v>
+        <v>808</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>803</v>
+        <v>811</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>775</v>
+        <v>92</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>776</v>
-[...9 lines deleted...]
-        </is>
+        <v>365</v>
+      </c>
+      <c r="E114" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F114" s="5" t="s">
+        <v>813</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>805</v>
-[...1 lines deleted...]
-      <c r="I114" s="5"/>
+        <v>814</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>815</v>
+      </c>
       <c r="J114" s="5" t="s">
-        <v>784</v>
+        <v>816</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>806</v>
+        <v>817</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>807</v>
+        <v>818</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>808</v>
+        <v>819</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>809</v>
+        <v>820</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>132</v>
+        <v>821</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>16</v>
+        <v>822</v>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>810</v>
-[...3 lines deleted...]
-      </c>
+        <v>823</v>
+      </c>
+      <c r="I115" s="5"/>
       <c r="J115" s="5" t="s">
-        <v>20</v>
+        <v>824</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>812</v>
+        <v>825</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>813</v>
+        <v>826</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>814</v>
+        <v>827</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>815</v>
+        <v>828</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>16</v>
+        <v>821</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>822</v>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G116" s="5" t="s">
-        <v>817</v>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>818</v>
-[...3 lines deleted...]
-      </c>
+        <v>829</v>
+      </c>
+      <c r="I116" s="5"/>
       <c r="J116" s="5" t="s">
-        <v>20</v>
+        <v>830</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>820</v>
+        <v>831</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>821</v>
+        <v>832</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>822</v>
+        <v>833</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>823</v>
+        <v>834</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>476</v>
+        <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>299</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>443</v>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>824</v>
-[...5 lines deleted...]
-        </is>
+        <v>835</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>836</v>
+      </c>
+      <c r="J117" s="5" t="s">
+        <v>837</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>825</v>
+        <v>838</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="M117" s="5"/>
+        <v>839</v>
+      </c>
+      <c r="M117" s="5" t="s">
+        <v>840</v>
+      </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>827</v>
+        <v>841</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>476</v>
+        <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>821</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>822</v>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H118" s="5" t="s">
-        <v>828</v>
+      <c r="H118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I118" s="5"/>
-      <c r="J118" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J118" s="5" t="s">
+        <v>830</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>825</v>
+        <v>842</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>829</v>
-[...1 lines deleted...]
-      <c r="M118" s="5"/>
+        <v>843</v>
+      </c>
+      <c r="M118" s="5" t="s">
+        <v>844</v>
+      </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
+        <v>845</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>821</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>822</v>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H119" s="5" t="s">
+        <v>846</v>
+      </c>
+      <c r="I119" s="5"/>
+      <c r="J119" s="5" t="s">
         <v>830</v>
       </c>
-      <c r="B119" s="5" t="s">
-[...35 lines deleted...]
-      </c>
       <c r="K119" s="5" t="s">
-        <v>825</v>
+        <v>847</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>831</v>
-[...1 lines deleted...]
-      <c r="M119" s="5"/>
+        <v>848</v>
+      </c>
+      <c r="M119" s="5" t="s">
+        <v>849</v>
+      </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>832</v>
+        <v>850</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>16</v>
+        <v>821</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>132</v>
+        <v>822</v>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G120" s="5" t="s">
-        <v>833</v>
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>834</v>
-[...3 lines deleted...]
-      </c>
+        <v>851</v>
+      </c>
+      <c r="I120" s="5"/>
       <c r="J120" s="5" t="s">
-        <v>20</v>
+        <v>830</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>836</v>
+        <v>852</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>837</v>
+        <v>853</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>838</v>
+        <v>854</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>839</v>
+        <v>855</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>476</v>
+        <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="D121" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D121" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>840</v>
-[...5 lines deleted...]
-        </is>
+        <v>856</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>857</v>
+      </c>
+      <c r="J121" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>841</v>
+        <v>858</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>842</v>
-[...1 lines deleted...]
-      <c r="M121" s="5"/>
+        <v>859</v>
+      </c>
+      <c r="M121" s="5" t="s">
+        <v>860</v>
+      </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>843</v>
+        <v>861</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D122" s="5" t="s">
         <v>132</v>
       </c>
-      <c r="D122" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E122" s="5" t="s">
+        <v>862</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G122" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G122" s="5" t="s">
+        <v>863</v>
       </c>
       <c r="H122" s="5" t="s">
-        <v>844</v>
+        <v>864</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>845</v>
+        <v>865</v>
       </c>
       <c r="J122" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>846</v>
+        <v>866</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>847</v>
+        <v>867</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>848</v>
+        <v>868</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>849</v>
+        <v>869</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>476</v>
+        <v>507</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>850</v>
+        <v>870</v>
       </c>
       <c r="I123" s="5"/>
       <c r="J123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K123" s="5" t="s">
-        <v>851</v>
+        <v>871</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>852</v>
+        <v>872</v>
       </c>
       <c r="M123" s="5"/>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>853</v>
+        <v>873</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>476</v>
+        <v>507</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H124" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H124" s="5" t="s">
+        <v>874</v>
       </c>
       <c r="I124" s="5"/>
       <c r="J124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K124" s="5" t="s">
-        <v>854</v>
+        <v>871</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>855</v>
+        <v>875</v>
       </c>
       <c r="M124" s="5"/>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>856</v>
+        <v>876</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>476</v>
+        <v>507</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H125" s="5" t="s">
-        <v>857</v>
+      <c r="H125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I125" s="5"/>
       <c r="J125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K125" s="5" t="s">
-        <v>854</v>
+        <v>871</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>858</v>
+        <v>877</v>
       </c>
       <c r="M125" s="5"/>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>856</v>
+        <v>878</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>476</v>
+        <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D126" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D126" s="5" t="s">
+        <v>132</v>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G126" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G126" s="5" t="s">
+        <v>879</v>
+      </c>
+      <c r="H126" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="I126" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="J126" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>854</v>
+        <v>882</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>859</v>
-[...1 lines deleted...]
-      <c r="M126" s="5"/>
+        <v>883</v>
+      </c>
+      <c r="M126" s="5" t="s">
+        <v>884</v>
+      </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>860</v>
+        <v>885</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>14</v>
+        <v>507</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D127" s="5" t="s">
-[...3 lines deleted...]
-        <v>861</v>
+      <c r="D127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G127" s="5" t="s">
-        <v>862</v>
+      <c r="G127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>863</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>886</v>
+      </c>
+      <c r="I127" s="5"/>
+      <c r="J127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K127" s="5" t="s">
-        <v>865</v>
+        <v>887</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>866</v>
-[...3 lines deleted...]
-      </c>
+        <v>888</v>
+      </c>
+      <c r="M127" s="5"/>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>868</v>
+        <v>889</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>476</v>
+        <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="D128" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D128" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>857</v>
-[...5 lines deleted...]
-        </is>
+        <v>890</v>
+      </c>
+      <c r="I128" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="J128" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>854</v>
+        <v>892</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>869</v>
-[...1 lines deleted...]
-      <c r="M128" s="5"/>
+        <v>893</v>
+      </c>
+      <c r="M128" s="5" t="s">
+        <v>894</v>
+      </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>870</v>
+        <v>895</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>14</v>
+        <v>507</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>141</v>
-[...5 lines deleted...]
-        <v>871</v>
+        <v>16</v>
+      </c>
+      <c r="D129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>872</v>
-[...5 lines deleted...]
-        <v>690</v>
+        <v>896</v>
+      </c>
+      <c r="I129" s="5"/>
+      <c r="J129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K129" s="5" t="s">
-        <v>874</v>
+        <v>897</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>875</v>
-[...3 lines deleted...]
-      </c>
+        <v>898</v>
+      </c>
+      <c r="M129" s="5"/>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>877</v>
+        <v>899</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>476</v>
+        <v>507</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I130" s="5"/>
       <c r="J130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K130" s="5" t="s">
-        <v>878</v>
+        <v>900</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>879</v>
+        <v>901</v>
       </c>
       <c r="M130" s="5"/>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>880</v>
+        <v>902</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>14</v>
+        <v>507</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>881</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G131" s="5" t="s">
-        <v>882</v>
+      <c r="G131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>883</v>
-[...5 lines deleted...]
-        <v>885</v>
+        <v>903</v>
+      </c>
+      <c r="I131" s="5"/>
+      <c r="J131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K131" s="5" t="s">
-        <v>886</v>
+        <v>900</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>887</v>
-[...3 lines deleted...]
-      </c>
+        <v>904</v>
+      </c>
+      <c r="M131" s="5"/>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>889</v>
+        <v>902</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>476</v>
+        <v>507</v>
       </c>
       <c r="C132" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H132" s="5" t="s">
-        <v>890</v>
+      <c r="H132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I132" s="5"/>
       <c r="J132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K132" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K132" s="5" t="s">
+        <v>900</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>891</v>
+        <v>905</v>
       </c>
       <c r="M132" s="5"/>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>892</v>
+        <v>906</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>476</v>
+        <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D133" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>907</v>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G133" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G133" s="5" t="s">
+        <v>908</v>
       </c>
       <c r="H133" s="5" t="s">
-        <v>893</v>
-[...10 lines deleted...]
-        </is>
+        <v>909</v>
+      </c>
+      <c r="I133" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="J133" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K133" s="5" t="s">
+        <v>911</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>894</v>
-[...1 lines deleted...]
-      <c r="M133" s="5"/>
+        <v>912</v>
+      </c>
+      <c r="M133" s="5" t="s">
+        <v>913</v>
+      </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>895</v>
+        <v>914</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>476</v>
+        <v>507</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="I134" s="5"/>
       <c r="J134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K134" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K134" s="5" t="s">
+        <v>900</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>897</v>
+        <v>915</v>
       </c>
       <c r="M134" s="5"/>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>898</v>
+        <v>916</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>476</v>
+        <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>141</v>
+      </c>
+      <c r="D135" s="5" t="s">
+        <v>733</v>
+      </c>
+      <c r="E135" s="5" t="s">
+        <v>917</v>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>899</v>
-[...5 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="J135" s="5" t="s">
+        <v>737</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>900</v>
+        <v>920</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>901</v>
-[...1 lines deleted...]
-      <c r="M135" s="5"/>
+        <v>921</v>
+      </c>
+      <c r="M135" s="5" t="s">
+        <v>922</v>
+      </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>902</v>
+        <v>923</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>476</v>
+        <v>507</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H136" s="5" t="s">
-        <v>903</v>
+      <c r="H136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I136" s="5"/>
       <c r="J136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K136" s="5" t="s">
-        <v>900</v>
+        <v>924</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>904</v>
+        <v>925</v>
       </c>
       <c r="M136" s="5"/>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>905</v>
+        <v>926</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>419</v>
+        <v>927</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>291</v>
+        <v>365</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="F137" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="G137" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G137" s="5" t="s">
+        <v>928</v>
       </c>
       <c r="H137" s="5" t="s">
-        <v>906</v>
+        <v>929</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>907</v>
+        <v>930</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>908</v>
+        <v>931</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>909</v>
+        <v>932</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>910</v>
+        <v>933</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>911</v>
+        <v>934</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>912</v>
+        <v>935</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>14</v>
+        <v>507</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>913</v>
-[...2 lines deleted...]
-        <v>840</v>
+        <v>16</v>
+      </c>
+      <c r="D138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>914</v>
-[...8 lines deleted...]
-        <v>917</v>
+        <v>936</v>
+      </c>
+      <c r="I138" s="5"/>
+      <c r="J138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L138" s="6" t="s">
-        <v>918</v>
-[...3 lines deleted...]
-      </c>
+        <v>937</v>
+      </c>
+      <c r="M138" s="5"/>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>920</v>
+        <v>938</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>14</v>
+        <v>507</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>141</v>
-[...5 lines deleted...]
-        <v>871</v>
+        <v>16</v>
+      </c>
+      <c r="D139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>921</v>
-[...8 lines deleted...]
-        <v>923</v>
+        <v>939</v>
+      </c>
+      <c r="I139" s="5"/>
+      <c r="J139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L139" s="6" t="s">
-        <v>924</v>
-[...3 lines deleted...]
-      </c>
+        <v>940</v>
+      </c>
+      <c r="M139" s="5"/>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>14</v>
+        <v>507</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>141</v>
-[...5 lines deleted...]
-        <v>927</v>
+        <v>16</v>
+      </c>
+      <c r="D140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>928</v>
-[...8 lines deleted...]
-        <v>930</v>
+        <v>942</v>
+      </c>
+      <c r="I140" s="5"/>
+      <c r="J140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L140" s="6" t="s">
-        <v>931</v>
-[...3 lines deleted...]
-      </c>
+        <v>943</v>
+      </c>
+      <c r="M140" s="5"/>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>933</v>
+        <v>944</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>14</v>
+        <v>507</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>141</v>
-[...5 lines deleted...]
-        <v>871</v>
+        <v>16</v>
+      </c>
+      <c r="D141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>934</v>
-[...5 lines deleted...]
-        <v>690</v>
+        <v>945</v>
+      </c>
+      <c r="I141" s="5"/>
+      <c r="J141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K141" s="5" t="s">
-        <v>936</v>
+        <v>946</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>937</v>
-[...3 lines deleted...]
-      </c>
+        <v>947</v>
+      </c>
+      <c r="M141" s="5"/>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>14</v>
+        <v>507</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>828</v>
-[...2 lines deleted...]
-        <v>913</v>
+        <v>16</v>
+      </c>
+      <c r="D142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>940</v>
-[...5 lines deleted...]
-        <v>916</v>
+        <v>949</v>
+      </c>
+      <c r="I142" s="5"/>
+      <c r="J142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K142" s="5" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>943</v>
-[...3 lines deleted...]
-      </c>
+        <v>950</v>
+      </c>
+      <c r="M142" s="5"/>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>419</v>
+        <v>443</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>946</v>
+        <v>18</v>
       </c>
       <c r="F143" s="5" t="s">
-        <v>947</v>
+        <v>17</v>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>913</v>
+        <v>886</v>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H144" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H144" s="5" t="s">
+        <v>960</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>711</v>
+        <v>758</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>871</v>
+        <v>917</v>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>690</v>
+        <v>737</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>775</v>
+        <v>141</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>913</v>
+        <v>758</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="I146" s="5" t="s">
-        <v>970</v>
+        <v>975</v>
       </c>
       <c r="J146" s="5" t="s">
-        <v>916</v>
+        <v>737</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>972</v>
+        <v>977</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>291</v>
+        <v>141</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>419</v>
+        <v>758</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>947</v>
+        <v>917</v>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>977</v>
+        <v>737</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>291</v>
+        <v>874</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>419</v>
-[...5 lines deleted...]
-        <v>982</v>
+        <v>959</v>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>985</v>
+        <v>962</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>990</v>
+        <v>443</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>991</v>
-[...9 lines deleted...]
-        </is>
+        <v>299</v>
+      </c>
+      <c r="E149" s="5" t="s">
+        <v>992</v>
+      </c>
+      <c r="F149" s="5" t="s">
+        <v>993</v>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>291</v>
+        <v>1001</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>419</v>
-[...5 lines deleted...]
-        <v>982</v>
+        <v>959</v>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H150" s="5" t="s">
-        <v>999</v>
+      <c r="H150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I150" s="5" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>291</v>
+        <v>141</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>419</v>
+        <v>758</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>947</v>
-[...2 lines deleted...]
-        <v>982</v>
+        <v>917</v>
+      </c>
+      <c r="F151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>1008</v>
+        <v>737</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>913</v>
+        <v>443</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>840</v>
-[...9 lines deleted...]
-        </is>
+        <v>299</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F152" s="5" t="s">
+        <v>1015</v>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>916</v>
+        <v>1018</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>16</v>
+        <v>821</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>840</v>
+        <v>959</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>17</v>
+        <v>1023</v>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>1021</v>
+        <v>962</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>419</v>
+        <v>443</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>947</v>
-[...2 lines deleted...]
-        <v>1026</v>
+        <v>993</v>
+      </c>
+      <c r="F154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>419</v>
+        <v>443</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>1034</v>
-[...4 lines deleted...]
-        </is>
+        <v>993</v>
+      </c>
+      <c r="F155" s="5" t="s">
+        <v>1037</v>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>291</v>
+        <v>1045</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>419</v>
-[...5 lines deleted...]
-        <v>1026</v>
+        <v>1046</v>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>990</v>
+        <v>299</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>840</v>
+        <v>443</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>993</v>
+      </c>
+      <c r="F157" s="5" t="s">
+        <v>1037</v>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>916</v>
+        <v>1056</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1052</v>
+        <v>1058</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1053</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1054</v>
+        <v>1060</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>990</v>
+        <v>299</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>369</v>
+        <v>443</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>1034</v>
-[...4 lines deleted...]
-        </is>
+        <v>993</v>
+      </c>
+      <c r="F158" s="5" t="s">
+        <v>1037</v>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1055</v>
+        <v>1061</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1061</v>
+        <v>1067</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>1062</v>
+        <v>959</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>886</v>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>1065</v>
+        <v>962</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>1062</v>
+        <v>16</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>1070</v>
+        <v>886</v>
       </c>
       <c r="E160" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>419</v>
+        <v>443</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>947</v>
+        <v>993</v>
       </c>
       <c r="F161" s="5" t="s">
-        <v>1026</v>
+        <v>1081</v>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>735</v>
+        <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>419</v>
+        <v>443</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>947</v>
-[...2 lines deleted...]
-        <v>1026</v>
+        <v>1089</v>
+      </c>
+      <c r="F162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>1087</v>
+        <v>1092</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1088</v>
+        <v>1093</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>735</v>
+        <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>419</v>
+        <v>443</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>947</v>
+        <v>993</v>
       </c>
       <c r="F163" s="5" t="s">
-        <v>1026</v>
+        <v>1081</v>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="J163" s="5" t="s">
-        <v>1087</v>
+        <v>1099</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1094</v>
+        <v>1100</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1096</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1097</v>
+        <v>1103</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>291</v>
+        <v>1045</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>419</v>
+        <v>886</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>947</v>
-[...2 lines deleted...]
-        <v>1026</v>
+        <v>17</v>
+      </c>
+      <c r="F164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1098</v>
+        <v>1104</v>
       </c>
       <c r="I164" s="5" t="s">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="J164" s="5" t="s">
-        <v>1100</v>
+        <v>962</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>291</v>
+        <v>1045</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>419</v>
+        <v>385</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>947</v>
-[...2 lines deleted...]
-        <v>1105</v>
+        <v>1089</v>
+      </c>
+      <c r="F165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>91</v>
+        <v>1117</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>1113</v>
-[...4 lines deleted...]
-        </is>
+        <v>385</v>
+      </c>
+      <c r="E166" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>916</v>
+        <v>1120</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1116</v>
+        <v>1121</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1117</v>
+        <v>1122</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1118</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1119</v>
+        <v>1124</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>16</v>
+        <v>1117</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>840</v>
+        <v>1125</v>
       </c>
       <c r="E167" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1120</v>
+        <v>1126</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1121</v>
+        <v>1127</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>1021</v>
+        <v>1128</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1122</v>
+        <v>1129</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1123</v>
+        <v>1130</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1124</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1125</v>
+        <v>1132</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>419</v>
+        <v>443</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>947</v>
+        <v>993</v>
       </c>
       <c r="F168" s="5" t="s">
-        <v>1126</v>
+        <v>1081</v>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1127</v>
+        <v>1133</v>
       </c>
       <c r="I168" s="5" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="J168" s="5" t="s">
-        <v>1129</v>
+        <v>1135</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1130</v>
+        <v>1136</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1132</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1133</v>
+        <v>1139</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>14</v>
+        <v>782</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>419</v>
+        <v>443</v>
       </c>
       <c r="E169" s="5" t="s">
-        <v>1134</v>
+        <v>993</v>
       </c>
       <c r="F169" s="5" t="s">
-        <v>1135</v>
+        <v>1081</v>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B170" s="5" t="s">
+        <v>782</v>
+      </c>
+      <c r="C170" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="D170" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="E170" s="5" t="s">
+        <v>993</v>
+      </c>
+      <c r="F170" s="5" t="s">
+        <v>1081</v>
+      </c>
+      <c r="G170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H170" s="5" t="s">
+        <v>1147</v>
+      </c>
+      <c r="I170" s="5" t="s">
+        <v>1148</v>
+      </c>
+      <c r="J170" s="5" t="s">
         <v>1142</v>
       </c>
-      <c r="B170" s="5" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="K170" s="5" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="D171" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>993</v>
+      </c>
+      <c r="F171" s="5" t="s">
+        <v>1081</v>
+      </c>
+      <c r="G171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H171" s="5" t="s">
+        <v>1153</v>
+      </c>
+      <c r="I171" s="5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="J171" s="5" t="s">
+        <v>1155</v>
+      </c>
+      <c r="K171" s="5" t="s">
+        <v>1156</v>
+      </c>
+      <c r="L171" s="6" t="s">
+        <v>1157</v>
+      </c>
+      <c r="M171" s="5" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="5" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C172" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="D172" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>993</v>
+      </c>
+      <c r="F172" s="5" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H172" s="5" t="s">
+        <v>1161</v>
+      </c>
+      <c r="I172" s="5" t="s">
+        <v>1162</v>
+      </c>
+      <c r="J172" s="5" t="s">
+        <v>1163</v>
+      </c>
+      <c r="K172" s="5" t="s">
+        <v>1164</v>
+      </c>
+      <c r="L172" s="6" t="s">
+        <v>1165</v>
+      </c>
+      <c r="M172" s="5" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="5" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H173" s="5" t="s">
+        <v>1169</v>
+      </c>
+      <c r="I173" s="5" t="s">
+        <v>1170</v>
+      </c>
+      <c r="J173" s="5" t="s">
+        <v>962</v>
+      </c>
+      <c r="K173" s="5" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L173" s="6" t="s">
+        <v>1172</v>
+      </c>
+      <c r="M173" s="5" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="5" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>886</v>
+      </c>
+      <c r="E174" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H174" s="5" t="s">
+        <v>1175</v>
+      </c>
+      <c r="I174" s="5" t="s">
+        <v>1176</v>
+      </c>
+      <c r="J174" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="K174" s="5" t="s">
+        <v>1177</v>
+      </c>
+      <c r="L174" s="6" t="s">
+        <v>1178</v>
+      </c>
+      <c r="M174" s="5" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="5" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="E175" s="5" t="s">
+        <v>993</v>
+      </c>
+      <c r="F175" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H175" s="5" t="s">
+        <v>1182</v>
+      </c>
+      <c r="I175" s="5" t="s">
+        <v>1183</v>
+      </c>
+      <c r="J175" s="5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="K175" s="5" t="s">
+        <v>1185</v>
+      </c>
+      <c r="L175" s="6" t="s">
+        <v>1186</v>
+      </c>
+      <c r="M175" s="5" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="5" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="D176" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F176" s="5" t="s">
+        <v>1190</v>
+      </c>
+      <c r="G176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H176" s="5" t="s">
+        <v>1191</v>
+      </c>
+      <c r="I176" s="5" t="s">
+        <v>1192</v>
+      </c>
+      <c r="J176" s="5" t="s">
+        <v>1193</v>
+      </c>
+      <c r="K176" s="5" t="s">
+        <v>1194</v>
+      </c>
+      <c r="L176" s="6" t="s">
+        <v>1195</v>
+      </c>
+      <c r="M176" s="5" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="5" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="D177" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="E177" s="5" t="s">
+        <v>993</v>
+      </c>
+      <c r="F177" s="5" t="s">
+        <v>1081</v>
+      </c>
+      <c r="G177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H177" s="5" t="s">
+        <v>1198</v>
+      </c>
+      <c r="I177" s="5" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J177" s="5" t="s">
+        <v>1200</v>
+      </c>
+      <c r="K177" s="5" t="s">
+        <v>1201</v>
+      </c>
+      <c r="L177" s="6" t="s">
+        <v>1202</v>
+      </c>
+      <c r="M177" s="5" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="5" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C178" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="D178" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="E178" s="5" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H178" s="5" t="s">
+        <v>1205</v>
+      </c>
+      <c r="I178" s="5" t="s">
+        <v>1206</v>
+      </c>
+      <c r="J178" s="5" t="s">
+        <v>1207</v>
+      </c>
+      <c r="K178" s="5" t="s">
+        <v>1208</v>
+      </c>
+      <c r="L178" s="6" t="s">
+        <v>1209</v>
+      </c>
+      <c r="M178" s="5" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="5" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B179" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C179" s="5" t="s">
         <v>132</v>
       </c>
-      <c r="D171" s="5" t="s">
+      <c r="D179" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="E171" s="5" t="inlineStr">
-[...30 lines deleted...]
-        <v>1155</v>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H179" s="5" t="s">
+        <v>1212</v>
+      </c>
+      <c r="I179" s="5" t="s">
+        <v>1213</v>
+      </c>
+      <c r="J179" s="5" t="s">
+        <v>1214</v>
+      </c>
+      <c r="K179" s="5" t="s">
+        <v>1215</v>
+      </c>
+      <c r="L179" s="6" t="s">
+        <v>1216</v>
+      </c>
+      <c r="M179" s="5" t="s">
+        <v>1217</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -15119,44 +15897,52 @@
     <hyperlink ref="M147" r:id="rId152"/>
     <hyperlink ref="M148" r:id="rId153"/>
     <hyperlink ref="M149" r:id="rId154"/>
     <hyperlink ref="M150" r:id="rId155"/>
     <hyperlink ref="M151" r:id="rId156"/>
     <hyperlink ref="M152" r:id="rId157"/>
     <hyperlink ref="M153" r:id="rId158"/>
     <hyperlink ref="M154" r:id="rId159"/>
     <hyperlink ref="M155" r:id="rId160"/>
     <hyperlink ref="M156" r:id="rId161"/>
     <hyperlink ref="M157" r:id="rId162"/>
     <hyperlink ref="M158" r:id="rId163"/>
     <hyperlink ref="M159" r:id="rId164"/>
     <hyperlink ref="M160" r:id="rId165"/>
     <hyperlink ref="M161" r:id="rId166"/>
     <hyperlink ref="M162" r:id="rId167"/>
     <hyperlink ref="M163" r:id="rId168"/>
     <hyperlink ref="M164" r:id="rId169"/>
     <hyperlink ref="M165" r:id="rId170"/>
     <hyperlink ref="M166" r:id="rId171"/>
     <hyperlink ref="M167" r:id="rId172"/>
     <hyperlink ref="M168" r:id="rId173"/>
     <hyperlink ref="M169" r:id="rId174"/>
     <hyperlink ref="M170" r:id="rId175"/>
     <hyperlink ref="M171" r:id="rId176"/>
+    <hyperlink ref="M172" r:id="rId177"/>
+    <hyperlink ref="M173" r:id="rId178"/>
+    <hyperlink ref="M174" r:id="rId179"/>
+    <hyperlink ref="M175" r:id="rId180"/>
+    <hyperlink ref="M176" r:id="rId181"/>
+    <hyperlink ref="M177" r:id="rId182"/>
+    <hyperlink ref="M178" r:id="rId183"/>
+    <hyperlink ref="M179" r:id="rId184"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>