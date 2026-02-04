--- v0 (2025-10-30)
+++ v1 (2026-02-04)
@@ -3,189 +3,253 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="34" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>Forår 1891</t>
+    <t>September 1924</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
-  </si>
-[...41 lines deleted...]
-    <t>September 1924</t>
   </si>
   <si>
     <t>Andreas Larsen</t>
   </si>
   <si>
     <t>Thorvaldsensvej</t>
   </si>
   <si>
     <t>Thorvaldsensvej
 Landeryd, Sverige
 Paris, Frankrig</t>
   </si>
   <si>
     <t>Bodild Branner
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Julius Hviid
 Else Jensen
 Johannes V. Jensen
 Kurt Jungstedt
 Johan Larsen
 Johannes Larsen
 Christine  Mackie
 Ellen  Sawyer
 Marie Schou
 Fritz Syberg</t>
   </si>
   <si>
     <t>Johan (Lysse) Larsen var studerende ved Landbohøjskolen. Hans bror, Andreas (Gamle) var gartnerlærling i Stige på Fyn. 
 Båxhult er familien Larsens skovgård i Småland, Sverige.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Alhed Larsen har problemer med hjertet, og lægen, Julius Hviid (Julibus), har bedt hende gå til en specialist. Hun henter Johan (Lysse) fra skolen hver dag, og de går tur. Alhed har også besøgt andre og skal til bal hos Marie Syberg (tidligere Schou). Søsteren Ellen har skrevet fra Paris.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rMRi</t>
   </si>
   <si>
     <t>Thorvaldsensvej 15 III
 V.
 Onsdag Aften.
 Kære, søde Gamle!
 Det er ikke saadan at faa skreven Breve, naar man er herinde. Jeg fortalte Dig vist hjemme, at jeg en Tid ikke havde haft det saa godt med Hjærtet. Julibus mente, jeg skulde gaa op til Specialisten naar jeg kom herind og det var jeg i Gaar. Det er bleven noget daarligere + [tilføjelse skrevet lodret i margen:] + mest svækket [tilføjelse slut] end det var for 1 Aar siden, men der er ikke noget farligt, kun skal jeg passe paa med Anstrengelser, maa ikke fryse og skal holde lidt Diæt, men det kan man jo ogsaa nok. – Naa ellers gaar det godt, Din Far kom hjem fra Jagten i Dag, har moret sig ug. Lysse henter jeg hver dag ved Skolen og vi gaar lidt sammen og drikker The et Sted. 2 Gange har jeg været inde hos Magisterens at spise til Middag, en Dag hos Bodild og en Dag hos Marie Syberg, der var her hos Meme og mig at drikke The i Aftes. Paa Lørdag skal vi til Bal hos Marie Syberg, en Masse unge og Johs V’s, Baronen og vi. Båxhult ved vi intet om endnu, men det bliver jo i alt Fald ikke før næste Uge. – Jeg har haft Brev fra Elle fra Paris, jeg kunde regne ud at Kurt var hjemme, da Dit Brev kom, det er spændende at høre hvordan det gik, Elle nævner intet af Interesse, Lille kommer med hjem, Tirsdag med Skibet, saa de kommer vel hjem i Morgen Aften.
 Skriver Du ikke lidt til mig min egen Dreng? Jeg skal nok skrive snart igen.
 1000 Hilsner Mor.</t>
+  </si>
+  <si>
+    <t>Forår 1891</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej 3</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Christine  Mackie
+Fanny Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem der boede på Thorvaldsensvej.
+Alhed Larsen var elev ved Den Kongelige Porcelænsfabrik. Det var formodentlig her, hun modtog den undervisning i perspektivtegning, som nu var slut. 
+Alhed Larsens morfar var dement.
+Det kan ikke afgøres, hvem Frk. Jensen var. Warberg-familien kendte flere, der blev kaldt sådan.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2205</t>
+  </si>
+  <si>
+    <t>Christine har allerede fortalt om oplevelserne i påsken, så dem springer Alhed over. Hun har købt et handskekort til Bedstemor. Tante har købt en stol til bedsteforældrene, og Laura Warberg skal give 4-5 kr. i tilskud til den. Alhed drak chokolade med bedsteforældrene forleden, og Bedstefar syntes derefter, at middagen kunne spares væk. Da Bedstemor kom med "afbrændt rødvin", ville han ikke have noget, hvorefter han drak tre glas.
+Alhed foreslår, at Laura Warberg syr et gulvtæppe på groft stramaj til Komtessen. Dennes nye stuepige kommer til maj, så Alhed mener, at hun godt selv kan rejse en af de første dage i maj. Det bliver trist at forlade København, men Alhed glæder sig til at tegne på egen hånd igen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/swVt</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej 3.
+Kæreste Moder!
+Tak for Dine sidste smaa Skrivelser! Chr. har nok berettet alle vore Oplevelser i Paasken, efter hendes eget sigende [et stort "S" i ordet er rettet til et lille] har hun endog givet et meget detailleret Referat, saa jeg vil for at forebygge Gentagelser slet ikke berøre dette Emne! - Jeg købte saa et Handskekort paa 2 Kr. til Bedstemoder fra Dig, (jeg vidste ikke hvad Nr. hun brugte eller om hun helst vilde have lyse eller mørke) og for 75 Øre fine Strimler for mig selv; men Tante har dog vel skreven om den Stol til dem begge to ["til dem begge to" indsat under linjen], hun sagde til mig, at Dit Udlæg vilde blive 4 - 5 Kr og at det jo passede, naar Du vilde give et Par Kr til hver Fødselsdag; men jeg købte saa alligevel Handskerne, da jeg jo maatte forudsætte, at Du vidste Besked med Handskerne ["Handskerne" overstreget] Stolen. - Jeg drak Chokolade der henne om Formiddagen, og var der ogsaa til The om Aftenen; jeg kan ikke lade være at more mig over Bedstefaders _spar_tanske "Tilbøjeligheder"; han blev ligefrem oprørt ved den Tanke, at de skulde kunne spise Middagsmad, naar de havde drukken Chokolade! - Og da Bedstemoder, der mente, de trængte til en lille Opstrammer, da de ingen Middagsmad havde faaet, om Aftenen kom med afbrændt Rødvin, erklærede han først paa det bestemteste, at han aldrig smagte saadan noget usundt Pøjt, men ikke desmindre havde vi den Glæde at se det 3de svingende Glas foran ham! - Hvad angaar den Present til Comtessen, saa har jeg allerede længe set mig om og spekuleret paa noget; der ligger ingen Tæppe under Skrivebordet, og det ser noget bart ud, navnlig nu Tæppet er kommen af Gulvet; hvad siger Du om at sy et saadant paa grovt [overstregede bogstaver] Stramaj?? (??) ["(??)" indsat over linjen] var det ikke mere anseligt end en Buffetdug? - - Jeg begynder nu at snakke lidt om min Afrejse; Perspektiven er forbi sidst i denne Maaned; Comtessen skal have en ung Stuepige til Maj og den nuværende Stuepige skal være Kokkepige; saa jeg mener, at det maa kunne passe naar jeg rejser en af de første Dage i Maj? - Chr. har talt noget om, at skulde gøre et lille Ophold paa Sludegaard; det kunde være meget morsomt. - 
+Det bliver meget drøjt at rejse fra København, men alligevel maa I dog ikke tro, at I faar mig hjem som en Sorgens Genstand; der er dog en Del Lyssider ved det ogsaa; f Ex glæder jeg mig uhyre til at at ["at" overstreget] komme til at tegne noget paa egen Haand igen; men der er en Ting, jeg _endelig maa have Lov til; at ["at" overstreget] Onkel Lut talte forleden om, at jeg vilde have godt af at begynde
+[Resten af brevet mangler]
+[Skrevet øverst på side 1, på tværs:]
+x takker for Dit Brev. Vil Du hilse Frk Jensen og takke for hendes venlige Lykønskning. -
+Nu slutter jeg dette lange Brev idet jeg udbeder mig et dito fra Dig inden ret længe; jeg har i meget lang Tid maattet lade mig nøje med smaa Lapper._ Mange Hilsener til Fader Alhed.</t>
+  </si>
+  <si>
+    <t>1904-01-19</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Nørhaa</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Eva Balslev
+Ida Balslev
+Johan  Balslev
+Lars Christian Balslev
+Rigmor Balslev
+Vibeke Balslev
+Laura Balslev, f. Leth
+Alhed Marie Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Elgaard Amstrup
+Christine  Mackie
+Marie Paludan
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg
+Maria von Sperling. g. Balslev</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev var i 1904 ansat som præst i Nørhaa i THY. Efter hans fars død i 1896 måtte Thorvald Balslevs mor naturligvis flytte fra præstegården. 
+Otto Emil Paludan overtog efter Albrecht Warbergs død i 1902 både stillingen som godsforvalter ved grevskabet Muckadel og boligen Erikshaab. Laura Warberg og sønnen Andreas flyttede i første omgang til København. De to døtre, der boede langt væk, var Ellen Sawyer og Christine Mackie, som begge var gift og bosat i Boston. 
+Louise og Johannes Brønsted fik 19. jan. 1904 deres første barn, Alhed. 
+Johan Balslevs kæreste eller hustru i 1904 kendes ikke, og Eva Balslevs søster er også ukendt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3847</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev har været ked af, at hans mor og Laura Warberg ikke blev naboer, da de flyttede til København. De er jo lidt i samme situation. Men det er godt, at Thorvalds mor og hendes datter bor så tæt på hinanden. Det må være svært for Laura Warberg at have to døtre langt borte. 
+Thorvald håber, at Otto Emil Paludan ikke længere er så trykket af situationen. Warberg-familien vil nok altid betragte Erikshaab som deres hjem. Sådan har Thorvald det med Tarup. 
+Thorvald og hans familie sover længe. Vinteren har ikke været hård. Han spadserer meget; blandt andet på besøg hos gamle og syge. 
+Eva har mavekatar, men ellers er familiens medlemmer raske. 
+Lille Vibeke er snart tre år. Hun er både sød og kvik og kender nogle af bogstaverne. 
+Familien har mange gæster. Evas søster har været der, og til sommer kommer Johan Balslev med sin kone/kæreste.
+Maria og Lars Christian Balslev har fået barn nr. fem, så Laura Balslev har nu 17 børnebørn - to ægtepar har leveret de 13.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rj5a</t>
+  </si>
+  <si>
+    <t>Nørhaa 19-1-04
+Kære Tante Laura! Hjærtelig til Lykke til Din Fødselsdag og glædeligt Nytaar for jer ["jer" indsat over linjen] allesammen! Jeg vilde have skrevet til Jul, men kendte ikke Din Adresse, og da jeg nu va_r kommen forsent med det, da jeg fik Dit Julebrev (Tak for dit), saa blev jeg enig med mig selv om at vente til Din Fødselsdag. Jeg kommer nok endda en Dag for sent, Tiden er løben fra mig.
+Ja nu er Du altsaa flyttet ind i Dit nye Hjem. Gid Du maa faa det godt dèr. København er jo et rart Sted at bo for den, der har nogle Interesser, Mor har været meget glad ved at være der. Jeres Forhold ligner jo i meget hinanden, ogsaa deri, at I har nogle af jeres Børn i Nærheden; det er jeg glad ved for jer begge. Det var det eneste, jeg var ked af ved Mors Flytning, at I saa ikke blev Naboer, I vilde vist kunne haft en hel Del Glæde af hinanden. Ellers er jeg i alle Henseender glad ved at tænke mig Mor, hvor hun nu er; der var jo heller ingen Mening i, at de to ældre Mennesker boede paa 4 Sal. De har det ogsaa, saavidt jeg kan forstaa, godt, hvor de er, selv om der naturligvis altid bliver ét og andet, hvori det gamle var bedre. Det er jo en stor Ting, at Mor er saa nær ved Rigmor, jeg tænker, hun er snart lige saa meget paa Thorvaldsens Vej som paa Emilievej.
+Tak for den lille Revue over dine Børn, det maa ikke være let for dig at have to af dem saa langt borte, skønt det er vel egentlig lettere at have 2 end 1. Nu har _de dog hinanden, paa en Maade da. Hvordan mon det gaar paa Erikshaab, er Paludan lige trykket af Stuationen endnu? Det har jeg saadan ønsket, at han kunde komme til at finde sig til rette i ogsaa for jeres Skyld, der vist altid bliver mere af Hjemfølelsen tilbage over Stedet, end om det kom i fremmede Hænder. Navnlig, naar I kom der, for langt borte kan I saamænd blive ved at tænke jer det som jeres Hjem hele jeres Livstid. Saadan gaar det da mig med Torup; skønt det nu er paa ottende Aar, siden Far døde, det er mig den Dag idag, som jeg alligevel har Ret til at være der. Og dog maa de ny Beboere nu være føle sig ["være" overstreget; "føle sig" indsat over linjen] ret gamle der. 
+Min lille Pige har just nu været inde at sige Godmorgen til mig, ikke egentlig fordi det er saa tidligt; vi er slemme til at gaa sent i Seng og staa sent op. Men det kan forhaabentlig lægges af igen, efter som Dagene længes. Jeg begynder allerede saa smaat at glæde mig til Foraaret, skønt jeg forresten altid har det bedst om Vinteren. Hidtil har vi jo ikke kunnet tale om Vinter i streng Forstand, baade ifjor og iaar har vi ogsaa heroppe haft en dejlig mild Vinter, men vi ved ganske vist ikke, hvad det kan blive til, og Thy er berygtet for sine Eftervintre, Marts April kan være forskrækkelig haarde. Her har endnu ikke været saa meget Sne, at vi har kunnet faa en ærlig Kanetur, og oprigtig talt længes jeg ikke efter det. Jeg ved ikke, om det er upoetisk eller hvad, men jeg kan nu bedre lide lidt bart Frostvejr og saa en god Spadseretur. I denne Tid er her nok at gaa efter, her er saa mange syge og gamle, saa det næsten er i hvertandet Hus. 
+Vi har det godt og har været dejlig raske i Vinter; lidt Vrøvl er der jo altid med os som med alle Nutidsmennesker, der lider under Kulturens Velsignelser. Vibeke har en kronisk Tyktarmskatarrh, som det vil tage lang Tid at faa helt Bugt med, men det er i den sidste Tid dog kun sjældent, hun har Ulemper deraf. Hun er endogsaa i den sidste Maanedstid taget 1 Pund eller halvandet til, det er ellers længe siden, hun har indladt sig paa sligt, skønt hun vokser prisværdigt i Højden. Hun er nu næsten 3 Aar gammel og næsten altfor voksen; man skal passe gevaldig paa, hvad man siger, for hun er selvfølgelig ikke blot ualmindelig sød, men ogsaa ualmindelig klog. Havde jeg maattet raade, burde hun have lært at læse for længe siden, men det maatte jeg heldigvis ikke. Eva læser med en lille Tøs fra Nabolaget, saa Vibeke har jo lært en Del af Bogstaverne ved den andens Undervisning. Hun er en lille Solstraale herhjemme, altid i godt Humør, naar hun da ikke er syg. 
+Vores gamle Præstegaard staar ved det gamle og skæve fremdeles, og vi haaber, den maa blive længe ved dermed. Til daglig er Lejligheden udmærket og mere end tilstrækkelig stor, Gæster kniber det desværre lidt med at faa anbragt, fordi Gæsteværelserne er baade faa og daarlige. Men det er da hidtil gaaet helt [ulæseligt ord], og vi har i Sommer haft mange Gæster, har ogsaa nu i Vinter i omtrent 2 Maaneder haft en af Evas Søstre, der desværre skal rejse nu om nogle Dage. Til Sommer venter vi saa smaat at faa bl.a. Johan og vores nye Svigerinde herop; hun skal være en meget sød ung Pige, som alle i Familien holder meget af. Du ved vel, at de i Slelde har faaet Nr. 5 og denne Gang en lille Pige, som de har kaldt Ida Margrethe Castberg Balslev. Mor har nu 17 Børnebørn, hvoraf 2 Steder leverer de 13. Vi andre er jo mere smaat kørende i den Henseende, men vi er glade for hvad vi har. Jeg ser i dit Brev, at der jo rimeligvis er sket noget i den Retning hos Brønsteds, gid det maa være gaaet og fremdeles maa gaa godt!
+Nu maa du hilse alle dine hjærtelig fra mig, ogsaa Syberg og Amstrups. Ligesaa Paludan mange Gange, jeg har tidt Lyst til at skrive til ham, men jeg naar ikke engang, hvad jeg skal. Eva sender venlig Hilsen. 
+Og saa endnu engang glædeligt Nytaar og kærlig Hilen fra
+Din hengfivne
+Thorvald Balslev.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -262,59 +326,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M3"/>
+  <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -354,116 +418,162 @@
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G3" s="5" t="s">
-        <v>27</v>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>33</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
+    <hyperlink ref="M4" r:id="rId9"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>