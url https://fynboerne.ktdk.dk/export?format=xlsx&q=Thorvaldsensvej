--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -44,108 +44,57 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>September 1924</t>
+    <t>Forår 1891</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
-  </si>
-[...49 lines deleted...]
-    <t>Forår 1891</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Thorvaldsensvej 3</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Johanne Christine Brandstrup
 Lauritz  Brandstrup
 Ludvig Brandstrup, billedhugger
 Christine  Mackie
 Fanny Schaffalitzky de Muckadell</t>
   </si>
   <si>
     <t>Det vides ikke, hvem der boede på Thorvaldsensvej.
 Alhed Larsen var elev ved Den Kongelige Porcelænsfabrik. Det var formodentlig her, hun modtog den undervisning i perspektivtegning, som nu var slut. 
 Alhed Larsens morfar var dement.
 Det kan ikke afgøres, hvem Frk. Jensen var. Warberg-familien kendte flere, der blev kaldt sådan.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2205</t>
   </si>
   <si>
@@ -206,50 +155,101 @@
   </si>
   <si>
     <t>Thorvald Balslev har været ked af, at hans mor og Laura Warberg ikke blev naboer, da de flyttede til København. De er jo lidt i samme situation. Men det er godt, at Thorvalds mor og hendes datter bor så tæt på hinanden. Det må være svært for Laura Warberg at have to døtre langt borte. 
 Thorvald håber, at Otto Emil Paludan ikke længere er så trykket af situationen. Warberg-familien vil nok altid betragte Erikshaab som deres hjem. Sådan har Thorvald det med Tarup. 
 Thorvald og hans familie sover længe. Vinteren har ikke været hård. Han spadserer meget; blandt andet på besøg hos gamle og syge. 
 Eva har mavekatar, men ellers er familiens medlemmer raske. 
 Lille Vibeke er snart tre år. Hun er både sød og kvik og kender nogle af bogstaverne. 
 Familien har mange gæster. Evas søster har været der, og til sommer kommer Johan Balslev med sin kone/kæreste.
 Maria og Lars Christian Balslev har fået barn nr. fem, så Laura Balslev har nu 17 børnebørn - to ægtepar har leveret de 13.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rj5a</t>
   </si>
   <si>
     <t>Nørhaa 19-1-04
 Kære Tante Laura! Hjærtelig til Lykke til Din Fødselsdag og glædeligt Nytaar for jer ["jer" indsat over linjen] allesammen! Jeg vilde have skrevet til Jul, men kendte ikke Din Adresse, og da jeg nu va_r kommen forsent med det, da jeg fik Dit Julebrev (Tak for dit), saa blev jeg enig med mig selv om at vente til Din Fødselsdag. Jeg kommer nok endda en Dag for sent, Tiden er løben fra mig.
 Ja nu er Du altsaa flyttet ind i Dit nye Hjem. Gid Du maa faa det godt dèr. København er jo et rart Sted at bo for den, der har nogle Interesser, Mor har været meget glad ved at være der. Jeres Forhold ligner jo i meget hinanden, ogsaa deri, at I har nogle af jeres Børn i Nærheden; det er jeg glad ved for jer begge. Det var det eneste, jeg var ked af ved Mors Flytning, at I saa ikke blev Naboer, I vilde vist kunne haft en hel Del Glæde af hinanden. Ellers er jeg i alle Henseender glad ved at tænke mig Mor, hvor hun nu er; der var jo heller ingen Mening i, at de to ældre Mennesker boede paa 4 Sal. De har det ogsaa, saavidt jeg kan forstaa, godt, hvor de er, selv om der naturligvis altid bliver ét og andet, hvori det gamle var bedre. Det er jo en stor Ting, at Mor er saa nær ved Rigmor, jeg tænker, hun er snart lige saa meget paa Thorvaldsens Vej som paa Emilievej.
 Tak for den lille Revue over dine Børn, det maa ikke være let for dig at have to af dem saa langt borte, skønt det er vel egentlig lettere at have 2 end 1. Nu har _de dog hinanden, paa en Maade da. Hvordan mon det gaar paa Erikshaab, er Paludan lige trykket af Stuationen endnu? Det har jeg saadan ønsket, at han kunde komme til at finde sig til rette i ogsaa for jeres Skyld, der vist altid bliver mere af Hjemfølelsen tilbage over Stedet, end om det kom i fremmede Hænder. Navnlig, naar I kom der, for langt borte kan I saamænd blive ved at tænke jer det som jeres Hjem hele jeres Livstid. Saadan gaar det da mig med Torup; skønt det nu er paa ottende Aar, siden Far døde, det er mig den Dag idag, som jeg alligevel har Ret til at være der. Og dog maa de ny Beboere nu være føle sig ["være" overstreget; "føle sig" indsat over linjen] ret gamle der. 
 Min lille Pige har just nu været inde at sige Godmorgen til mig, ikke egentlig fordi det er saa tidligt; vi er slemme til at gaa sent i Seng og staa sent op. Men det kan forhaabentlig lægges af igen, efter som Dagene længes. Jeg begynder allerede saa smaat at glæde mig til Foraaret, skønt jeg forresten altid har det bedst om Vinteren. Hidtil har vi jo ikke kunnet tale om Vinter i streng Forstand, baade ifjor og iaar har vi ogsaa heroppe haft en dejlig mild Vinter, men vi ved ganske vist ikke, hvad det kan blive til, og Thy er berygtet for sine Eftervintre, Marts April kan være forskrækkelig haarde. Her har endnu ikke været saa meget Sne, at vi har kunnet faa en ærlig Kanetur, og oprigtig talt længes jeg ikke efter det. Jeg ved ikke, om det er upoetisk eller hvad, men jeg kan nu bedre lide lidt bart Frostvejr og saa en god Spadseretur. I denne Tid er her nok at gaa efter, her er saa mange syge og gamle, saa det næsten er i hvertandet Hus. 
 Vi har det godt og har været dejlig raske i Vinter; lidt Vrøvl er der jo altid med os som med alle Nutidsmennesker, der lider under Kulturens Velsignelser. Vibeke har en kronisk Tyktarmskatarrh, som det vil tage lang Tid at faa helt Bugt med, men det er i den sidste Tid dog kun sjældent, hun har Ulemper deraf. Hun er endogsaa i den sidste Maanedstid taget 1 Pund eller halvandet til, det er ellers længe siden, hun har indladt sig paa sligt, skønt hun vokser prisværdigt i Højden. Hun er nu næsten 3 Aar gammel og næsten altfor voksen; man skal passe gevaldig paa, hvad man siger, for hun er selvfølgelig ikke blot ualmindelig sød, men ogsaa ualmindelig klog. Havde jeg maattet raade, burde hun have lært at læse for længe siden, men det maatte jeg heldigvis ikke. Eva læser med en lille Tøs fra Nabolaget, saa Vibeke har jo lært en Del af Bogstaverne ved den andens Undervisning. Hun er en lille Solstraale herhjemme, altid i godt Humør, naar hun da ikke er syg. 
 Vores gamle Præstegaard staar ved det gamle og skæve fremdeles, og vi haaber, den maa blive længe ved dermed. Til daglig er Lejligheden udmærket og mere end tilstrækkelig stor, Gæster kniber det desværre lidt med at faa anbragt, fordi Gæsteværelserne er baade faa og daarlige. Men det er da hidtil gaaet helt [ulæseligt ord], og vi har i Sommer haft mange Gæster, har ogsaa nu i Vinter i omtrent 2 Maaneder haft en af Evas Søstre, der desværre skal rejse nu om nogle Dage. Til Sommer venter vi saa smaat at faa bl.a. Johan og vores nye Svigerinde herop; hun skal være en meget sød ung Pige, som alle i Familien holder meget af. Du ved vel, at de i Slelde har faaet Nr. 5 og denne Gang en lille Pige, som de har kaldt Ida Margrethe Castberg Balslev. Mor har nu 17 Børnebørn, hvoraf 2 Steder leverer de 13. Vi andre er jo mere smaat kørende i den Henseende, men vi er glade for hvad vi har. Jeg ser i dit Brev, at der jo rimeligvis er sket noget i den Retning hos Brønsteds, gid det maa være gaaet og fremdeles maa gaa godt!
 Nu maa du hilse alle dine hjærtelig fra mig, ogsaa Syberg og Amstrups. Ligesaa Paludan mange Gange, jeg har tidt Lyst til at skrive til ham, men jeg naar ikke engang, hvad jeg skal. Eva sender venlig Hilsen. 
 Og saa endnu engang glædeligt Nytaar og kærlig Hilen fra
 Din hengfivne
 Thorvald Balslev.</t>
+  </si>
+  <si>
+    <t>September 1924</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej
+Landeryd, Sverige
+Paris, Frankrig</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Julius Hviid
+Else Jensen
+Johannes V. Jensen
+Kurt Jungstedt
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Ellen  Sawyer
+Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johan (Lysse) Larsen var studerende ved Landbohøjskolen. Hans bror, Andreas (Gamle) var gartnerlærling i Stige på Fyn. 
+Båxhult er familien Larsens skovgård i Småland, Sverige.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har problemer med hjertet, og lægen, Julius Hviid (Julibus), har bedt hende gå til en specialist. Hun henter Johan (Lysse) fra skolen hver dag, og de går tur. Alhed har også besøgt andre og skal til bal hos Marie Syberg (tidligere Schou). Søsteren Ellen har skrevet fra Paris.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rMRi</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej 15 III
+V.
+Onsdag Aften.
+Kære, søde Gamle!
+Det er ikke saadan at faa skreven Breve, naar man er herinde. Jeg fortalte Dig vist hjemme, at jeg en Tid ikke havde haft det saa godt med Hjærtet. Julibus mente, jeg skulde gaa op til Specialisten naar jeg kom herind og det var jeg i Gaar. Det er bleven noget daarligere + [tilføjelse skrevet lodret i margen:] + mest svækket [tilføjelse slut] end det var for 1 Aar siden, men der er ikke noget farligt, kun skal jeg passe paa med Anstrengelser, maa ikke fryse og skal holde lidt Diæt, men det kan man jo ogsaa nok. – Naa ellers gaar det godt, Din Far kom hjem fra Jagten i Dag, har moret sig ug. Lysse henter jeg hver dag ved Skolen og vi gaar lidt sammen og drikker The et Sted. 2 Gange har jeg været inde hos Magisterens at spise til Middag, en Dag hos Bodild og en Dag hos Marie Syberg, der var her hos Meme og mig at drikke The i Aftes. Paa Lørdag skal vi til Bal hos Marie Syberg, en Masse unge og Johs V’s, Baronen og vi. Båxhult ved vi intet om endnu, men det bliver jo i alt Fald ikke før næste Uge. – Jeg har haft Brev fra Elle fra Paris, jeg kunde regne ud at Kurt var hjemme, da Dit Brev kom, det er spændende at høre hvordan det gik, Elle nævner intet af Interesse, Lille kommer med hjem, Tirsdag med Skibet, saa de kommer vel hjem i Morgen Aften.
+Skriver Du ikke lidt til mig min egen Dreng? Jeg skal nok skrive snart igen.
+1000 Hilsner Mor.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -326,51 +326,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -418,142 +418,142 @@
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G2" s="5" t="s">
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="H2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G4" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>39</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>40</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>