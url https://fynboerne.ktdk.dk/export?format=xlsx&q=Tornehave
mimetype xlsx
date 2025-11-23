--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="154" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="155" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -200,50 +200,130 @@
 (/o Mr. Sawyer)
 244 Columbia road 
 Dorchester
 Boston
 Mass.
 U.S.A.
 [Adressen er overstreget]
 [Noteret med blyant:]
 Birkerød 15/6 1908
 E. Andover 
 N.H. 
 [Håndskrevet på kuvertens bagside:]
 afs. War (papir mangler)
 Birkerød
 Denmark
 [Poststempler]
 [I brevet:]
 Tornehave pr. Birkerød 15/Juni 1908.
 Kæreste Mor! Det er mig umuligt at få Plan i mit Skriveri, men nu går jeg ud fra, at Breve er velkomne også når de kommer uventet – og skriver i Dag, fordi jeg har Lyst til det. 
 Nu har vi da heldigvis fået Lugge hjem igen; jeg var ikke helt fri for at være en Smule ængstelig, da jeg gik her alene med Ansvaret for alle de Børn – særlig da min Enetilværelse indlededes med et Nattetordenvejr – uha, hvor jeg var bange! man havde i Forvejen omstændelig forklaret mig, hvor rasende farligt det var, om Lynet slog ned – Taget vilde skride på 5 Min og umuliggøre Udgangen. Aldrig har jeg oplevet så angstfuld en Nat – men heldigvis er jo Sommernatten kort. Jeg havde Pinselørdag Besøg af Ingeborg – med begge Børnene; men det var en ret mislykket Forestilling – begrundet på et gyseligt og ustandseligt øsende Regnvejr – ledsaget af skarp Kulde og Blæst. Begge hendes Børn blev syge af Turen, og da jeg kom hjem fra at have fulgt dem til Stationen måtte jeg gå i Seng og led de væmmeligste Kvaler – en sindssvag stærk Hovedpine med heftige Brækninger – et Tilfælde, jeg har haft gentagne Gange, når en Forkølelse indtræffer sammen med mine Ting. Pinsedag kom Johanne – og Alfred! En meget dyster og pinlig Dag – knugende Tavshed og Uhyggefornemmelser – Regnvejr – Kulde. Alfred sov på Kroen og hentede næste Dag Sjums, de rejste sammen til Hellerup, hvor Pigen Josefine om Aftenen afhentede Sjums. Johanne rejste om Aftenen i et Tog så overfyldt, at Godsvognene måtte møbleres med Bænkene fra Stationens Ventesal! 
 Den Aften var jeg komplet udmattet af den ækle Pinsetid; men blev i de følgende Dage styrket og oplivet af Andreas Roos (gift med Inge Bredsdorff) og Vigs B, Bror til Inge. De er begge to umådelig flinke og rare; Vigs og jeg er jo gode Venner fra gamle Dage og fandt nu hinanden i en lidenskabelig Litteratursnak; han skriver også. I Går – Sødag – var Sjums og Adams i Hellerup (3die Gang); jeg fulgte dem om Morgenen til Stationen, og Josefine bragte dem til Hellerup, men da det var hendes Frisøndag returnerede hun med næste Tog. Da jeg ½ 7 om Aftenen stod på Stationen for at tage mod Børnene – viste det sig, at ikke alene Alfred, men også Charles ledsagede dem hertil. De gik med op – hilste på Lugge, der arbejdede med Pan i Haven – som de beså; var meget formelle begge to og gik straks igen. Disse Sammenkomster med Alfred er mig efterhånden en sand Lidelse. Nu er han i Kjøbenhavn i disse Dage; jeg skal i Morgen rejse ud med Sjums, som han tager med sig til Malmø for en 8 Dagestid. Det bliver løjerligt at aflevere det lille søde Pus! Jeg har skreven et indtrængende Brev til Amanda om at passe hende rigtig godt. Hun er for Resten kommen sig svært allerede – er langt friskere og livligere nu, og Maven er helt i Orden på dem begge to - de får jo også en glimrende Forplejning – og alt foregår med punktlig nøjagt ["nøjagt" overstreget] Regelmæssighed. Desværre er jo hele vores Ungebestand bleven luset af en Pige, de har haft her (Olga); men for Resten optræder Dyrene ikke i større Mængder, heldigvis. Vi kæmmer bestandig. 
 Som Du måske véd, har den store Pige, Anna, sagt op til 1ste Juli; vi er meget glade derover, hun er så grænseløs muggen og uopdragen; dette kunde endda blive godt, men hun er ikke flink imod Børnene - skænder og buldrer og tumler med dem ved enhver Lejlighed; vi havde en Scene med hende kort før de rejste, hvor både Lugge og Magisteren talte Dunder til hende desangående; næste Dag sagde hun op. For Resten er hun dygtig til sit Arbejde, men kan ikke tænke Spor af sig selv. Jeg har jo nu Husstyrelsen i mine Hænder – jeg er lige glad med hendes Muggenhed – regerer ordentlig med hende, gir mine Ordrer kort og bestemt – samt overhører Muggeriet. Til min Forbavselse bliver alt udført med største Nøjagtighed – og hun synes tilmed at nære en virkelig Respekt for mig – dette være sagt uden alt Praleri, men sådan er det faktisk. Det er jo rart for Lugge, at hun slipper alle Husholdningsspekulationer – hun går omkring og føler sig som Gæst i sit eget Hus, siger hun selv. 
 Og – det morer mig igen at have noget at bestyre, det var alligevel lidt underligt, at man pludselig var sat ud af alting. Vi har ingen anden Pige kunnet få, men Josefine har påtaget sig noget mere Arbejde – jeg ligeså, så jeg tænker nok, at det skal gå. 
 For mig er det en glimrende Finansoperation – Lugge overtager nu nemlig Josefines Kost og Løn – som forhøjes med 4 Kr mdl -, men Alfred skal udrede den nu engang fastsatte Sum 60 + 10 + 8 = 78. De 18, som er for Josefines Kost og Arbejde – tilfalder så mig – jeg får atter Penge mellem Hænder og slipper for det grulige at bede Alfred om Penge. Endvidere har vi slået fast, at jeg – hvis jeg ikke får Jordmorstillingen – bliver her fra 1. Nov som Enepige og Husbestyrerinde (med høj Løn!) Sjums beholder jeg; men Alfred betaler Pension for hende. Tænk hvor udmærket både for Lugge og mig! Synes Du ikke næsten, at jeg i hvert Fald skulde opgive Jordmoriet for denne Plan? Derpå spekulerer vi stærkt, men det er en såre vanskelig Afgørelse at træffe – gid – næsten – at min Ansøgning ikke blev bevilget. Nu skal jeg ind at efterse Sjumses Garderobe til i Morgen og må derfor slutte mit lille Brev. 
 Og Mor – skønt jeg ikke har skrevet om det i Dag – så må Du dog tro, at vi her er ganske opfyldt af Dine Sager, og Lugge og jeg har snakket meget derom. Vi nærer det lille private Håb, at Du rejser tilbage med Mornine – herhjemme er mange Arme åbne til at modtage Dig! Ja, gid Du dog brød overtvært og rejste hjem – og væk fra det ækle Amerika, som dog er og bliver en jammerlig Opdagelse for os! Tusinde kærlige Hilsner fra Din Putte.</t>
+  </si>
+  <si>
+    <t>1908-06-29</t>
+  </si>
+  <si>
+    <t>East Andover USA</t>
+  </si>
+  <si>
+    <t>Birkerød
+Tornehave</t>
+  </si>
+  <si>
+    <t>Ingeborg Abrahams
+- Bryantt
+Grete Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Brønsted
+Peter Oluf Brønsted
+Alfred Goldschmidt
+Ina  Goldschmidt
+Mikkel Hindhede
+Grethe Jungstedt
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+William Mackie
+Ellen  Sawyer
+Harris Sawyer
+Cid Smedberg
+Ernst Zeuthen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen besøgte i 1907 Alheds to søstre i og udenfor Boston. 
+Ansøgningen, der muligvis ikke var bevilget, var en ansøgning om skilsmisse. Dette fremgår af andre breve fra perioden. 
+Det vides ikke, hvad det var, Ellen var så "forelsket" i.
+Fru Ths identitet kendes ikke. 
+Warberg-familien kendte flere, der hed Boysen, så det vides ikke, hvem Fru Boysen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid 1908-06-29, B 2409</t>
+  </si>
+  <si>
+    <t>Det undrer Laura Warberg, at Ingeborg vil komme på besøg med de rædsomme børn. 
+Det er dejligt, at Cids forældre kan lide Astrid, og at Cid ikke har gjort musikken til sit levebrød. 
+Laura m.fl. har været på udflugt til Mount Kearsarge. Hun har besøgt to familier. Den ene, Bryants, har et pensionat. Konen er sjusket, men huset pænt. En datter skal giftes.
+Johannes Larsen besteg året i forvejen Monut Kearsage og var begejstret. Laura fandt turen meget hård og varm.
+Ellen og Harris har en båd, men Laura kan ikke lide at sejle. Huset, som de bor i, er meget primitivt, og de må hente vand ved en bæk. Der er rotter og mange myg. 
+Laura og Ellen taler sjældent sammen. 
+I en butik ville Laura købe brød, men købmanden forstod ikke hendes engelsk og viste hende tallerkner. 
+Laura og familien lever tarveligt af lette madretter. Hun har hjemve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O4ll</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt.
+”Tornehave”
+Birkerød
+via København
+Danmark 
+[Håndskrevet på kuvertens bagside:]
+East Andover d: 29/6 -
+N.H. 
+U.S.A
+Poststempel
+[I brevet:]
+East Andover d: 29/6 – 08
+Kære lille Putte!
+Nu har jeg faaet 2 lange og interessante Breve fra Dig, siden jeg skrev til Dig! men Du og Muk er jo lige gode om dem jeg sender. Hvilken trist ja rædsom Pinse Du dog holdt! Hvad vil da ogsaa Ingeborg der med sine Børn! og Alfred, jeg forstaar ikke, at han kan lide de Besøg, naar han kan see Børnene paa anden Maade. Naar jeg igen faaer Brev fra Eder saa er der vel noget om at Du forhaabentlig ikke har faaet Din Ansøgning bevilliget. Hvor er jeg dog glad over, at lille Sjums er bedre den kære lille Unge! Men veed hun slet ikke noget om hvem Bedstemor er! Det er mageløst for Dig lille Putte at Cids Forældre holder af Dig og at Du her bliver paaskønnet. Jeg kan da saa godt forstaae, at Cid ikke kunde have Hjærte til at gøre en saadan [ulæseligt]; ved at tvinge igennem sin Musik som Levebrød! Det var han ogsaa selv kommen til at fortryde. Nu kan han jo i en sikker og god Stilling drive den con amore. Saadan skulde Ernst Zeuthen have ! i Stedet for nu at blive en middelmaadig Kunstner, hans Forældre maa ernære nu han er snart 30 Aar. Han maa skamme sig! Det er rigtignok sjælden Du faaer Brev! Hvilken Afstand det er! Gud veed om ikke alle Forhold deroppe i Nordland for en stor Del er som her; I hele denne Del af Mass. lever der kun ganske faa Mennesker; smaa bitte Landsbyer som denne og ind imellem Huse hist og her – Vi var i Lørdags en Køretur paa stive 3 danske Mil til et Bjærg ”Kearsarge” 3,300 Fod højt; en smuk Tur Bjærge, Skove, Søer, en lille Flod og fra Toppen af Kearsarge - tusind Maal, en vidunderlig Udsigt for hvem der aldrig har set lignende; ikke andet end Bjærge saa langt Øjet saae med og uden Skov, smaa Søer hist og her. Vi var 3½ Timer om Turen dertil Hestene maatte puste. Lidt efter de høje og lidt stejle Bakker, alle undtagen jeg stod af de var alle saa omhyggelige for mig især [ulæseligt] selv, mange Plask [ulæseligt ord] og ned i Søen med 3 Børn som var med; Konen Datter og en Læge, en dannet og ret fin lille Kone, Manden er en slet og ret Bonde fra Maine, har ikke en Gang været paa en Højskole. Fru Th.’s Forældre ejede Stedet og hun selv er født der og vil ogsaa dø der; meget almindeligt her at en Gaard – det er ikke just en Farm, for Korn dyrkes ikke her – ejes af Slægt efter Slægt; ligeledes at Mand og Kone staaer paa et meget forskelligt Trin af Dannelse og Opdragelse: men de er nok saa glade og lykkelige. Huset er fint og flot møbleret; deres Passion er at samle paa gammelt Porcelæn hvoraf de har Kasser. De er meget velhavende. Gud veed hvordan de faaet deres Rigdomme X ! En anden Familie lige ved er en Bryantt, Fruen er rar og hjælpsom, har været mageløs flink mod dem her i de 5 Aar de jævnt hen har boet i hendes Sommerpensionat. Vi boede der 3 Dage til vores eget Hus var i Stand. Hendes Mand er Lokomotivfører langt Syd paa i Virginia, har kun en Maaned Ferie om Aaret at være her i. De har en voxen Datter, hun er Lærerinde i en Skole her i Nærheden, spiller Klaver (slem Musik!!) er rigtig fin og pæn, er forlovet med en slet og ret Bondekarl, som er ved at faae et Mælkeudsalg eller Fællesmejeri vel snarere og saa skal de giftes. Han er en flink og rar ung mand. Der er et pænt Hus med fine Møbler, Tæpper o s v., men Mrs. Bryant selv er aldrig klædt om, gaaer Dagen lang i en gl. Morgenkjole og et snavset laset stort Forklæde. Ja den Søndag vi var der, havde hun en f lys Kjole paa. – ”Kearsarge” var Las og Billy oppe paa i Fjor. 
+[Skrevet langs sidens venstre kant:]
+X Ja enhver ejer Skov her, men de er helt ukultiverede; 
+[Herefter på næste side:]
+Elle siger Las var meget begejstret Vi var godt 1½ Time om at gaae op; naturligvis kørte vi langt op ad Bjærget; Bakker i det uendelige. Jeg var lige ved at opgive Opstigelsen paa Grund af den bagende Solhede, en meget varm Dag og Kl. godt 1, altsaa Solen lige over os: Men jeg vilde jo grulig gærne helt op, og det viste sig at den sidste Halvdel af Vejen var ret ["ret" indsat over linjen] skyggefuld om end mere stejl og vanskelig; de sidste 5-6 Minuters Gang udelukkende store mere eller mindre glatte Kampesten!! Manden ofrede sig helt for at hjælpe mig paa de værste Steder – Vi ser Bjerget fra Bryants, der har en vidunderlig Udsigt fra deres Hus til en ret stor og dejlig Sø med smukke Skove helt rundt om. Der er en Baad som de roer i – Elle og East – jeg var med en Aften, men jeg nyder det ikke; jeg er bange de skal vippe den lille Baad over og det er et meget ubekvemt Sæde. Her er en lille bitte Kirke; Præsten er slet og ret Arbejder og han kører rundt med Post en Gang om Dagen!! Ja den Fordel er her frem for i Nordland, Vores Hus er lige ved Skoven og her er flere store høje Træer lige udenfor, saa vi tager Maaltiderne Morgen og Aften i Skygge derude. Men Udsigt har vi slet ikke. Her er meget primitivt, og vi maa hente alt Vand ca. 4 Minuters Vej herfra i en Bæk; Brønden her er i Uorden, East skulde have haft noget med til at desinficere Vandet, da han i Fredags kom fra Boston, men han havde ikke haft Tid!!! de 5 Dage han var der. Vi har 2 Blikspande at hente i, Elle tager Broderparten men jeg henter en Del ogsaa. Vadsken er ogsaa i Uorden saa jeg maa bære alt Opvadskvand gennem en Slags Bryggers og over Gaarden i store [ulæseligt ord] her, og i Nat har Rotterne lagt deres Visitkort i en Skaal i Spisekamret, de har hidtil ikke vist sig, fordi her var saa vældig [ulæseligt ord] inden vi kom. Huset er uhyre gammelt, store Huller i Gulv og Vægge, Træhuse som alle herovre. Jeg er alt andet end begejstret for denne Menage XX, jeg er for gammel til at nyde Landliv paa Bekostning af al mulig Hygge og Komfort. Ja, vor eneste Stue er pæn og heldigvis ret kølig; jeg sidder her om Eftermiddagen og syr, kan umulig sidde ude for de Masser af Myg. Mens vi spiser om Aftenen har vi stukken hver 2 rygende Pinde i Haaret, noget der jager dem bort; eller vi stiller en Del i en Flaske paa Bordet. Det er meget varmt og i Nat havde vi et vældigt Tordenvejr. Jeg tænkte igen paa Dig lille Putte, hvor maa det have været en forfærdelig Nat for Dig med alle de Børn! Du havde dem da nede lige ved Døren? Hvor X
+[Skrevet langs sidens højre kant:]
+X grusom forfærdelig ved Tanken om at skulde være her en Maaned endnu. [Indsætning slut]
+I ellers maa have det yndigt nu i Tornehave! Jeg kunde akkurat sætte mig ind i Havens Udseende nu efter Din gode beskrivelse. Jeg lever næsten kun for at skrive og faae Breve; det er meget sjældent at Elle og jeg faar os en god Passiar, det er som om vi var ubevidst bange for at komme ind paa det store brændende Spørgsmaal, hun har ikke ændret sine Anskuelser en eneste Smule, er ligesaa forelsket i [ulæseligt ord] som Du skriver og mener ikke at hun (Elle) har gjort noget som helst eller rettere undladt at gøre noget, der kan bebrejdes hende. Jeg har en rasende Hjemve efter Eder alle og lever for Tiden i en rasende Spænding for hvad det bliver til, om Chr. kommer eller ikke. Var meget skuffet da der ikke kom Brev fra Liverpool. Jeg faar jo ellers en herlig Mængde Breve, 4 forrige Torsdag. Elle siger jeg skal fortælle, hvordan det gik mig en Dag i Butiken,_ der tillige er Posthus_!! en rigtig Fedtebutik. Jeg bad meget tydeligt om ”one loaf of white bread ” – et Franskbrød til 10 Cents – Købmanden spurgte først om jeg skulde have et Dusin; jeg blev meget forbauset og sagde igen ”one”. Efter han havde spekuleret lidt, førte han mig op ad en støvet Trappe til deres Lager, jeg mere og mere forbauset – der viste han mig nogle - Tallerkner!! – Plate! Bryants morede sig kosteligt over det. – Siden har jeg ikke dristet mig til at gaae derned alene og handle. Om lidt gaaer vi alle tre derned med Breve og hører efter Breve. – I et Sogn nær ved var der et Aar kun et skolepligtigt Barn!! Men Telefon er der i hvert lille Hus her paa Egnen!! Vi har ogsaa desuden den Slags der kimer i det uendelige naar alle andre bruger den; forskellig Ringning. Ingen bruger Hat her af de Indfødte. Elle har endelig i dag funden en Drenge=Straahat – hvid – og foræret mig den og pyntet den med en hvid [ulæseligt ord] Sløjfe. Jeg laante en rædsom hvid linned Bøllehat til Turen i Lørdags. – Vejene er rædselsfulde, ca ½ Mil. Stor Tørke oven i! – Nu ikke mere! 
+Vi lever meget tarveligt, jeg savner min Hindhede Kogebog. Kun de 3 Dage om Ugen East er her faaer vi Kød og endda kun lidt; ellers meget lette Retter, vi befinder os vel ved det og giver saadan dejlig nem Opvadskning. Havregrød og Kaffe om Morgenen; Middag Kl. 12½ Aften – koldt – Kl. 7 og The. Her er rasende varmt; jeg har kun Uldtrøje, Korset og Kjole, Benklæder og Strømper!! – Jeg taaler godt nok Varmen; men gaaer aldrig ud om Dagen naar jeg kan undgaae det. Allerede Kl. 7 om Morgenen naar jeg gaar ca. 5 Minuters Gang at hente Mælk i en lille Blikspand er det hedt. Grete skulde egentlig hente, men jeg kan ikke nænne, hun skal saa tidligt op. Elle laver al Maden, jeg holder mere af at tage Opvadskning og Rengøring og andet. Nu har I vel Jeres Datter hjemme igen, og nu er der snart kun 14 Dage til lille Muk faaer Ferie! Hvilken herlig Tid I saa faaer! Du skriver at til Vinter skal Du være Enefugl, men Barnepigen beholder I da?? Til 4 Børn? Nu maa jeg nok til at holde op, har skrevet langt lignende Brev til Alhed og Frøken Boysen skulde gærne have lidt ogsaa, har nylig faaet fra hende med et godt Portræt. Det var saa morsomt at faae de 2 Breve fra Alhed og Muk fra Kerteminde! Endnu en Gang en varm Tak for Dine Breve lille Putte! 
+Kærlige Hilsener til Eder allesammen fra Mor.</t>
   </si>
   <si>
     <t>1913-12-27</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>Tornehave Birkerød St.</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted
 Ellen Brønsted
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Carl Larsen
 Ellen Larsen
 Georg Larsen
 Johan Larsen
 Johanne Christine Larsen
@@ -665,61 +745,69 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/Coa8</t>
   </si>
   <si>
     <t>[Skrevet med blyant på kuvertens forside:]
 1917
 [Skrevet med blæk:]
 Fru Professor Brønsted
 Tornehave
 Birkerød St.
 [I brevet:]
 [Øverst på s. 1 med anden skrift end Laura Warbergs:]
 Glorup! hvor en svoger var skovrider
 [Med Laura Warbergs skrift:]
 Glorup d. 21/2 – 17
 Kære lille Muk!
 Egentlig skulde Madien have dette Brev, men du kan nok bringe ham et ”Til Lykke” ledsaget af mange gode Ønsker for det nye Aar. Hvis jeg havde haft et pænt Kort, saa kunde jeg have sendt det særskilt, men dette gaaer også. Du skulde dog gærne med det samme have en lille Haandfuld ”Bagateller” herfra. Jeg har husket Kerteminderne paa Madiens Fødselsdag og haaber de skriver og fortæller om den selv. – Jeg har det saa rart her; intet Hovedbrud af nogen Slags, det er dejligt med en lille Ferie. Jeg gaaer en lang Tur i den herlige Skov hver Form. - og om Efterm. en mindre med de andre. Pigebørnene har været i Kbh fra i Lørdags, kommer i Aften. Naar de er her, spiller vi en Bridge, ellers læser vi; her er altid gode Bøger. Jeg har været en Visit paa Anhof; en Aften var vi bedt til en fin lille Souper hos Abels, spillede Bridge. I Gaar bedt til Kaffe hos Kattrups. Connes 70 Aars Fest var nydelig og morsom Jeg blev tildels gode Venner med Tante Visse, bad hende og fik Ja! til at besøge os til Sommer med dem herfra. Jeg er nu glad ved det; nu skal vi jo ogsaa ses d: 12_te_ April hos Syberg. Nete er med sin lille Pige i Kbh at besøge sin Mand, der ligger indkaldt i Holbæk, men havde fri et Par Dage; hun fulgtes med Marie og Nina og de bor i Grundbergs Hus; den lille har en Fru Flensborg, Det gaar desværre ikke ret fredeligt til paa Ølstedgaard og Nete er jo ikke rask, Lungerne er svage, hun maa intet bestille, de har en ung Pige til lille Ellen og en Husjomfru. Visse er saa uhyre glad ved Barnet, det er mærkelig nok, da hun aldrig har brudt sig om Børn. Nu forestaar der maaske en Forandring, da Greven tænker paa at sælge noget Jord fra Gaarden eller sælge den helt. Visse er saa bange for, at Amstrup i det Tilfælde vil købe den og hun vil saa gærne derfra. Conne har faaet det lettere og uden de mange Ærgelser han havde ved at se Administrationen øse Penge ud i Stedet for at spare lidt til den stakkels Greve. Der vilde have gaaet 30-40 Aar og nu menes der 10, inden alt kan være i Balance igen. Nu har to Grever Molkte købt alt her, Greven ejer ikke Sølvtøj Møbler eller noget. Men nu spares der efter en større Maalestok og Greven har en mindre Sum vist en 10000 aarlig. Hun har jo mange Penge, men har ”intet villet give for Børnenes Skyld”. Alt Bøndergods er eller skal sælges. Glorup og Rygaard er det ["t" sidst i ordet overstreget] eneste Gaarde, der bliver tilbage og saa Fideikommiskapitalen. Willumsen har købt Anhof – På Lørdag skal jeg hjem til en St[ulæseligt] og saa vilde jeg jo gerne have en større Festlighed til Eders Fødselsdag, men jeg er bange, vi ikke har Lyst til den Tid og vi har ingen Lamper og Stearinlys er saa dyre, saa nu har jeg henstillet til Elle, om vi skal opsætte Gildet. Mulig vi kunde laane Lamper, men hvad forslaar et Par Stykker. Skade at det nu fryser mere igen 6 ½ Grad her i Nat. Jeg har glædet mig over at kunde spare Lys og Brændsel i 14 Dage. Nu Farvel lille Skind! Kærlige Hilsner til Eder allesammen fra Bedstemor.</t>
   </si>
   <si>
     <t>1917-11-11</t>
   </si>
   <si>
     <t>Grethe Bichel
 Peter Bichel
 Ellen Brønsted
+Eugenie Holstein-Ledreborg
 Julius Hviid
+Ellen Iuel
+Marie Iuel
+Rudolph Iuel
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Eiler Lehn Schiøler
 Ellen  Sawyer
 Gudrun Skanderup Nielsen
 Andreas Warberg
 Minna Warberg
 Mogens Warberg
 Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Fru Hotel Nielsen: Gudrun Skanderup Nielsen ejede Tornøes Hotel i Kerteminde.
+Hverringe og Ulriksholm er herregårde beliggende nær Kerteminde.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3773</t>
   </si>
   <si>
     <t>Laura Warberg ønsker Ellen/Bes Brønsted tillykke med fødselsdagen.
 Laura har været i Brædstrup. Lejligheden er god, men kold, og drengene var søde. Familiens nye pige druknede sig i Ring Sø.
 Laura W. har problemer med øjnene og med svimmelhed, og hun kan ikke bruge briller.
 Alhed Larsen underviser sine sønner. Den ene er dygtig; den anden bagud.
 Ellen Sawyer sælger malerier og underviser i klaverspil på blandt andet herregården Hverringe.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/H1mh</t>
   </si>
   <si>
     <t>[Skrevet med blyant på kuvertens forside:]
 1917 11-11-1917
 [Skrevet med blæk på kuvertens forside:]
 Fru Professor Brønsted
 cand. polyt.
 Tornehave 
 Birkerød St.
 [På tværs med sort blæk på kuvertens forside:]
 90
 60
@@ -815,50 +903,101 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/36pi</t>
   </si>
   <si>
     <t>[Skrevet med blyant på kuvertens forside:]
 1918
 [Skrevet med blæk:]
 Fru Professor Brønsted
 Cand.polyt
 Tornehave
 Birkerød St. 
 [Skrevet på kuvertens bagside:]
 Afs: Fru Warberg
 Kerteminde
 [I brevet:]
 Kerteminde d: 30/7 – 18
 Kære Lugge!
 Fra Elle skulde jeg melde, at hun rejser med Damper fra Odense til Samsø paa Torsdag, overnatter der, og tager Billet til Fredag-Damperen fra Kalundb. til Aarhus, der træffes I saa mener hun. Grethe har hun inviteret med til den lille Samsøtur; jeg skal skrive til Thora, om hun kan skaffe dem Mad og Nattelogis fra Torsdag til Fredag. Gid nu Vejret bliver smukt for Eder! Alhed er Kl. 10 rejst til København for at se til Berta; hun kommer vist igen Fredag; hun kan selv trænge til at trække Vejret lidt, da det har været en ualmindelig svær Tid for hende med alleslags. Jeg vil intet fortælle herfra, det kan Elle besørge mundtligt; om Junges fine Middag i Gaar o. s. v. 
 Mange Hilsener lille Muk til Eder Begge! Og Peter!
 Mor.
 vend om
 Elle mener, at Du kan telefonere hertil Onsdag Aften efter 6, hvis der er noget Du vil.</t>
   </si>
   <si>
+    <t>1920-05-08</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Jørgen Brandstrup
+Alhed Marie Brønsted
+Ellen Brønsted
+Louise Brønsted
+Christian Caspersen
+Emmy Caspersen
+Adolph Larsen
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+- Nielsen, pige i huset hos Astrid Warberg-Goldschmidt
+Ellen  Sawyer
+Hempel Syberg
+Else Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Den mark, som Louise/Lugge Brønsted og manden ville sælge i Birkerød har formodentlig hørt til det gartneri, Tornehave, som de havde købt. Marken kan jvnf. bemærkningerne om den anslåede indtægt have været forpagtet ud. 
+1918 flyttede Laura Warberg ind hos Agraren (Adolph Larsen) og hans kone Johanne (en datter af Laura Warberg) på gården Store Kærbyhus i Kerteminde med en husassistent.
+I 1918 havde Johannes Larsen købt Kirkemøllehuset, som lå lige nedenfor hans have på Møllebakken, og i 1920 solgte han huset til Ellen Sawyer. Laura Warberg flyttede ind hos datter, Ellen. 
+I 1920 arbejder Astrid/Dis Warberg-Goldschmidt som rigsdagssekretær i Kbh. 
+Det vides ikke, hvem Helene var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0439</t>
+  </si>
+  <si>
+    <t>Louise/Lugge Brønsted slider meget og ser træt og gammel ud. Hun og manden sælger nok marken i Birkerød for at skaffe penge. 
+Det er godt, at Johanne har færre elever og dermed mere tid, samt at Adolph/Agraren tjener penge hos Johannes/Las Larsen. 
+Laura vil gerne leje et værelse til sine møbler. Hun beder Johanne gå i banken og se, hvor meget hun/Laura har på kontoen. 
+Astrid har fundet en god ung pige i huset. 
+Det er dejligt, at Elle/Ellen straks kan komme til at bo i sit hus, men Alhed kommer til at savne hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7IvF</t>
+  </si>
+  <si>
+    <t>Lørdag d: 8de.
+Kære Johanne!
+Tak for det lange interessante Brev og for Din Hilsen i Gaar, da jeg ogsaa fik et langt Brev fra Alhed og fra Syberg og Tante Else. Jeg var hos Lugge af [ulæseligt] og gammelt hele Dagen, men jeg ringede til Max sender [ulæseligt], og dem gik Bes derind og hentede, saa fik Lugge ogsaa Del i dem. Stakkel hun slider grueligt i det, ser gammel og forslidt ud. Tænk hvor rørende at Lugge [”Lugge” overstreget] Lomme har sendt hende 100 Kr. af sin Løn, hun havde en Del tilgode og med sig selv er hun saa sparsommelig! Nu tænker de da heldigvis paa at sælge i al Fald Marken i Birkerød; de maa have Penge. Den ansl. Indtægt som hed sig var 10-15000 er nu reduceret til 5000, men lad os see den først! M[ulæseligt]diens Projekter!!, hvor haabløst har de ikke hidtil været. Derimod synes jeg det ser ret lyst ud for Eders Financer lille Johanne! og det er mig en stor Glæde at tænke paa om min Bortrejse har bidraget hertil. Hvilken Indskrænkning i de daglige Udgifter! Og naar Du har færre Elever har Du ogsaa bedre Tid til lidt mere husligt Arbejde – At Agraren skal have 100 Kr. mdl. hos Las’s er jo udmærket, saa længe det varer!! Jeg vil jo gærne leje Værelset til mine Møbler; vi kan altid tale om Prisen. Men det er vel allerede til April Flyttedag, de Mennesker skal flytte ind? Saa jeg faaer nok en Del at bestille, naar jeg nu kommer først i April. Det er en Skandale, at jeg ikke veed sikkert, hvor meget der er paa min Bog, men vil Du ikke nok gaae ned i Banken med indlagte Seddel og saa spørge fra mig, hvor meget der er tilbage, men det er vel [et overstreget, ulæseligt ord] flovt [”flovt” indsat over linjen] maaske bede om Bogen, da jeg snart kommer hjem??? Jeg har jo lovet Chr. 50 Kr. til Hjælp, da hun var syg og Helene skal have 25, dels i Drikkepenge og dels til en Brudegave. I Dag skal jeg som sædvanlig til Astrid Kl. 3 tage Afsked med den brillante Frøken Nielsen, som rejser paa Onsdag; men tænk at A. for 3de Gang har været heldig (ser det da ud til) og faaer paa Tirsdag en 29aarig Enke! Efter en Annonce, A. har indrykket i Berlingske. Hun har været der og ser meget lovende ud. 
+I Morgen skal jeg til Taastrup første Gang. I Onsdags havde jeg Emmy og Bes med i Folketeatret paa mine billige Kouponbilletter fra den radikale For; har to tilbage den ene gratis og købe [ulæseligt] med. Jørgen Br. er syg igen, men mindre strengt Anfald. Saa Farvel søde Johanne! Hvilken Begivenhed at Elle straks bebor sit Hus! Alhed vil savne hende.
+Kærlig Hilsen!
+Mor.</t>
+  </si>
+  <si>
     <t>1920-12-22</t>
   </si>
   <si>
     <t>Kærbyhus</t>
   </si>
   <si>
     <t>Christine Swane
 Lars Swane
 Hempel Syberg
 Erik Warberg Larsen</t>
   </si>
   <si>
     <t>Christine/Uglen og Sigurd Swane blev skilt i 1920 og holdt derfor ikke jul sammen.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3764</t>
   </si>
   <si>
     <t>Laura Warberg sender godter. Et langt brev følger efter juledagene. 
 Lille Erik har været syg længe.
 Christine/Uglen Swane og sønnen er kommet til Kerteminde for at holde jul.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/i5m7</t>
   </si>
@@ -935,134 +1074,51 @@
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3766</t>
   </si>
   <si>
     <t>Det med Lorenzen er til maj. 
 Peter og Grethe Bichel har været på besøg hos Larsens og fortalt om studentergildet. 
 Kurt Jungstedt har skrevet, at alt gik godt, og at pigen (Matilda) er sorthåret.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/S5NQ</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 BREVKORT.
 [Skrevet med blyant på kortets adresseside:]
 2 v 6-11-22
 [Skrevet med blæk i adressefeltet:]
 Fru Brønsted
 Tornehave
 Birkerød St
 [Skrevet med blæk i tekstfelterne:]
 Mandag
 Kære Lugge!
 Jeg har vist lavet en fadæse, idet jeg er kommen i Tanke om, at jeg slet ikke omtalte det er til Maj med Fr. Lorenzen. Jeg haaber ikke der er sket noget m. H. tat tale med Eders Pige, som jeg hører af Grethe ["af Grethe" indsat over linjen] Du har endnu. Peter og Grethe var hos Las’s i Gaar til Kaffe og jeg fik en meget detaljeret Beskrivelse af det storartede Studenter Gilde. 25 Jubilæum ["25 Jubilæum" indsat med blyant] Hvor var det morsomt for Eder! Elle har haft nok et Telegram og i Dag Brev fra [ulæseligt ord] alt udmærket og normalt, Pigen kom med mørkt Haar. Alt vel her! Hilsener! Mor.</t>
   </si>
   <si>
-    <t>1908-06-29</t>
-[...78 lines deleted...]
-  <si>
     <t>1948-02-06</t>
-  </si>
-[...1 lines deleted...]
-    <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Lindøgaard</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
   </si>
   <si>
     <t>Edel -
 - Agner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Peter Oluf Brønsted
 Thora Cohn
 - Føge
 Poul Gregersen
 Ernst Hartmann
 Joseph Haydn
 Adolph Larsen
 Andreas Larsen
 Jeppe Larsen
@@ -1109,98 +1165,50 @@
 1946-48 
 [Skrevet på kuvertens bagside:]
 Lindøgd. Dræby Fyen
 [I brevet:]
 Lindøgaard
 Fredag 
 [Tilføjet af ukendt:] 6/2-48
 Kære lille Dis!
 Tusind Tak for dit sidste Brev, der jo ikke, som du selv bemærkede, var slet saa glansfuldt som alle dine senere Breve ellers har været. Tobaksmissèren er jo ret alvorlig, hvis du ikke kan vænne dig til Piben; mon ikke det vilde hjælpe, hvis du fik en lidt større Pibe, de bittesmaa er vist ikke saa gode at ryge af, og saa skulde du jo gerne finde noget meget mild Tobak, den – synes jeg – bider ikke saa meget paa Tungen som den fine Tobak, der næsten altid tillige er stærk. Jeg forstaar saa godt, at Savnet af Tobakshyggen maaske bliver det værste at undvære. - - Du tog lidt for tungt paa, at du ikke havde takket for Julebrevene – skidt med det, men du forstaar, jeg vilde bare vide, om du havde faaet dem. - - At I har ondt ved at faa Pengene til at slaa til, er sandelig ikke underligt, gid I maa kunne klare det!
 Lugge havde jeg Brev fra for ikke ret længe siden, et ganske lille et – Svarbrev -. Saa vidt jeg kunde se, er hun ikke kommen ret vidt endnu; hun kan slet ikke taale at se Mennesker endnu; kun en Fru - nej jeg har glemt Navnet – havde været hos hende en Eftermiddg, en hun staar meget nær. Las skulde ind til Kbhvn i Anledn. af hans Udstilling; de havde ringet og talt m. Bes, som jo stadig bor der, om Las maatte bo der, og det maatte han, jeg kan ikke vide, om det ikke skulde gøre hende lidt godt, Las med sit rolige Væsen – og Lugge ved jo godt, at der bag hans dagligdags Facon findes megen Varme og Medfølelse. Mornine har jeg haft en Del Breve fra siden Mag. døde, og hun skriver stadig om, hvor forfærdelig Lugge lider, jeg har været bange for, at det helt skulde knuse hende, men for Børnenes Skyld gør hun jo, hvad hun kan for at komme over det, Hun ved endnu ikke, hvor længe hun kan blive boende, det skal nu undersøges, om Sidelængen i Tornehave er god nok (solid nok, menes der vel) til at der kunde indrettes en Lejlighed til hende der, det vilde hun helst, skrev hun, bo alene i et lille Hus kunde da aldrig gaa i disse usikre forbandede Tider med alle de Forbrydere, som Krigen har affødt, der hitter paa alt muligt ondt. Ja, Dis, det er som et stadigt Tryk dette at tænke paa Lugges forfærdelige Sorg, bare hun dog kunde blive Menneske igen, baade for hendes egen, Børnenes og vi andres Skyld. Jeg har gaaet lidt alene med min Sorg over hende, godt at Mornine har skrevet lidt til mig. Elle har jeg ikke set siden Magisterens Død, kun 
 2.
 talt een Gang med hende i Telefonen efter Juleferien; da sagde hun, at Lugge havde saa forfærdelige faa fysiske Kræfter. 
 Vi har egentlig haft en rørig Tid her; I Dag for en Uge siden havde vi Selskab. Manse havde nemlig skudt en Thurhane, da han i Julen var paa Båxhult, og Lysse havde givet ham den med hjem: saa vilde Manse have Dr. Agners og Lases herud at spise den, og du kan tro, det blev en Succés; de fik Silde- og Ostesnitter X først, dertil havde jeg givet ½ Flaske Snaps; saa Tjur og henkogt Fasan, Æbletrifli m. vores dejlige fede Flødeskum paa - de jublede over al den Fl.sk. Jeg havde været lidt ængstelig for om Lases og Agners, der aldrig før havde sets, kunde spænds sammen, men det gik fortræffeligt. Jeg havde lavet Stue i Havestuen, hvor Manse har Soveværelse, flyttet hans Dyne væk, saa Sengen blev en Ottoman, det store Gulvtæppe og Lænestolene flyttet derind, et lille lavt Bord med Tobaksanretn. foran Ottomanen, Tæppe foran, mit brogede Slumretæppe hængt for Havedøren, Julelys i en Række paa Dragkisten – ja, da vi kom derind efter Bordet, og Edel havde tændt alle Lys, og Stuen var varm og helt gennemlun, saa var det aldeles henrivende
 [Skrevet langs sidens venstre kant:]
 X da vi gik til Bords og Las saa Snitterne paa sin Tallerken sagde han: H ["H" overstreget] sikke noget dejlig Mad!
 saa jeg selv var helt imponeret af det. Ud paa Aftenen The her i Spisestuen, men saa vilde Las ogsaa hjem. Han var om Onsdagen kommen i Seng Kl. 4 ½ efter en Fødselsd. i Faaborg – Mads Rasmussens Søn fyldte 50. Godt gjort af en Mand paa 80. Bagefter festede vi videre med Doktorens, som begge er knusende søde; Fru A. havde en Sammenplantn. med til mig, som har staaet lige til i Dag: to røde Tulipaner, blaa Krokus m. 3 Blomster og gule Erantis, den har været henrivende. Søndagen før havde Manse, Tinge og Peter tapetseret her i Spisestuen, jeg er meget imponeret over Arbejdet, det er som en Fagmand har lavet det. Tapetet meget smukt fint grønstribet, meget lyst. Hele Mandagen hængte vi Billeder op – ja, det var da Manse, som gjorde det; jeg havde Køkkenarbejde, da Edel havde fri fra Søndag Middag til Tirsd. Morgen. Jeg synes, hun maa være bleven imponeret, da hun kom ind den Morgen, for alt var gjort rent og i Orden, Blomsterne bruset, alt paa Plads, Gulvet vasker og bonet og Væggene fulde af Kunst. Jeg havde ikke rørt en Finger ved det, Manse og Peter lavede det hele, men ikke eet Billede blev hængt op, uden at jeg blev klar ["klar" overstreget] kaldt ind for at afgive min Kendelse. 
 3.
 Manse sætter i det hele taget og i alle Forhold megen Pris paa min Dom og Mening, det kvæger mig meget; han er i det hele taget saa umaadelig sød imod mig, og altsaa ogsaa anerkendende; naar man gaar i sit 75de Aar, maa man vist ikke undlade at sætte Pris paa det og det gør jeg ogsaa.
 Vi har haft Bibbe hjemme et Par Dage; hun kom Onsd. Aften ved 9 Tiden og vi havde saadan en hyggelig Aften med hende; trods al hendes Lykke m. Lauritz længes hun efter os og Lindøgd. og hun var saa glad over at være her hos os. Hun kan desværre saa daarlig holde til saa tit at komme sent i Seng; hvad de har haft af Koncerter, Prøver, Sammenkomster, Jubilæumshistorien! ja, jeg kunde slet ikke følge med i det. Hun har faaet en pragtfuld Selskabskjole, lang, sort, vid, nedringet, sort Silke; de skulde forleden til Odense, hvor Aarstiderne af Haydn gik, Bibbe sang i Koret. Der saa vi Kjolen, da de kom efter Manse, som de havde inviteret; jeg skulde ogsaa have været med og sørgede over ikke at kunne; jeg gik med Tøffel p.Gr.a en betændt Ligtorn, Fanden staa i den! Bibbe saa henrivende ud i den Robe, og saa har hun faaet en Frakke med Sølvræv, hun er ikke billig!
 Hen paa Eftermiddagen næste Dag gik hun og Lise, som Agraren havde hentet om Morgenen ned til Lindø, hvor hun skulde dyrke dem Resten af Dagen det var neml. Pers Fødselsdag, og Per er jo Bibbes Yndling. Næste Dag over Middag ["over Middag" indsat over linjen] kørte Peter hende hjem paa sin Motorcycle; du kan tro, det var dejligt at have hende. 
 Vi har dyrket en lille Tysker Ernst Hartmann, som Manse og Poul Gregersen havde truffet nede ved Havnen; Manse inviterede ham til Middag i Søndags og saa kom han igen Tirsd. Aften (Peter hentede ham) du kan tro, det var en straalende glad lille Tysker, som Peter kom ned, vi havde været gode imod ham, og han fortalte mig, at han syntes, han havde lært saa meget af os ved Samtalerne med os; de Tyskere skal jo have Sandheden at vide fra andre, i deres Hjemland faar de den saavist ikke at vide; ingen af hans Kammerater vil indrømme at Tyskland selv var Skyld i Krigen, sagde han, men han selv begyndte at forstaa det. Han var Lægesøn fra Bremen, af Officersfamilie. 
 Lørdag Nu maa jeg se at faa dette færdigt. Jeg skal nok sørge for Plads til os i Nyborg; mon den Tur virkelig skulde blive til noget, det mener altsaa Fru Føge, jeg har ellers haft mine Tvivl. Jeg tror nu ikke, det bliver svært at skaffe Plads først i Maj, Sommerferien er jo noget ganske andet, men der er næppe mange paa den Tid, hvor vi vil være der. 
 Gid det nu maa gaa bedre med alle dine Genvordigheder lille Dis! Hils Axel og vær selv hilset fra din Junge. 
 [Skrevet langs venstre kant på s6:]
 Tirsd. Aften sad vi og snakkede med Tyskeren til halv 1; du skulde have hørt mit Sprog, halv tysk og halv engelsk – som han taler; vi lod ham tale Tysk og svarede paa Engelsk, det gik stolt.</t>
-  </si>
-[...46 lines deleted...]
-Mor.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1277,51 +1285,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nRVF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nRVF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M19"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1445,729 +1453,731 @@
       </c>
       <c r="J3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="F4" s="5" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="I7" s="5"/>
+      <c r="I7" s="5" t="s">
+        <v>60</v>
+      </c>
       <c r="J7" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="I8" s="5"/>
       <c r="J8" s="5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>73</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>42</v>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F10" s="5" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="I11" s="5"/>
+        <v>89</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>90</v>
+      </c>
       <c r="J11" s="5" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>107</v>
+        <v>43</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>35</v>
+        <v>117</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>125</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>129</v>
+        <v>43</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>130</v>
+        <v>44</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>42</v>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F18" s="5" t="s">
-        <v>140</v>
+        <v>44</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="I18" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="J18" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="K18" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="K18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="L18" s="6" t="s">
+      <c r="M18" s="5" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>16</v>
+        <v>117</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>138</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>148</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>