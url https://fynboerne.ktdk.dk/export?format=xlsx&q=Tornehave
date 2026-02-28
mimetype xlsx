--- v1 (2025-11-23)
+++ v2 (2026-02-28)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="155" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>