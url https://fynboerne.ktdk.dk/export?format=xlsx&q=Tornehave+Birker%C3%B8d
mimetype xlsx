--- v0 (2025-11-01)
+++ v1 (2026-02-09)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="155" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -202,137 +202,97 @@
 Dorchester
 Boston
 Mass.
 U.S.A.
 [Adressen er overstreget]
 [Noteret med blyant:]
 Birkerød 15/6 1908
 E. Andover 
 N.H. 
 [Håndskrevet på kuvertens bagside:]
 afs. War (papir mangler)
 Birkerød
 Denmark
 [Poststempler]
 [I brevet:]
 Tornehave pr. Birkerød 15/Juni 1908.
 Kæreste Mor! Det er mig umuligt at få Plan i mit Skriveri, men nu går jeg ud fra, at Breve er velkomne også når de kommer uventet – og skriver i Dag, fordi jeg har Lyst til det. 
 Nu har vi da heldigvis fået Lugge hjem igen; jeg var ikke helt fri for at være en Smule ængstelig, da jeg gik her alene med Ansvaret for alle de Børn – særlig da min Enetilværelse indlededes med et Nattetordenvejr – uha, hvor jeg var bange! man havde i Forvejen omstændelig forklaret mig, hvor rasende farligt det var, om Lynet slog ned – Taget vilde skride på 5 Min og umuliggøre Udgangen. Aldrig har jeg oplevet så angstfuld en Nat – men heldigvis er jo Sommernatten kort. Jeg havde Pinselørdag Besøg af Ingeborg – med begge Børnene; men det var en ret mislykket Forestilling – begrundet på et gyseligt og ustandseligt øsende Regnvejr – ledsaget af skarp Kulde og Blæst. Begge hendes Børn blev syge af Turen, og da jeg kom hjem fra at have fulgt dem til Stationen måtte jeg gå i Seng og led de væmmeligste Kvaler – en sindssvag stærk Hovedpine med heftige Brækninger – et Tilfælde, jeg har haft gentagne Gange, når en Forkølelse indtræffer sammen med mine Ting. Pinsedag kom Johanne – og Alfred! En meget dyster og pinlig Dag – knugende Tavshed og Uhyggefornemmelser – Regnvejr – Kulde. Alfred sov på Kroen og hentede næste Dag Sjums, de rejste sammen til Hellerup, hvor Pigen Josefine om Aftenen afhentede Sjums. Johanne rejste om Aftenen i et Tog så overfyldt, at Godsvognene måtte møbleres med Bænkene fra Stationens Ventesal! 
 Den Aften var jeg komplet udmattet af den ækle Pinsetid; men blev i de følgende Dage styrket og oplivet af Andreas Roos (gift med Inge Bredsdorff) og Vigs B, Bror til Inge. De er begge to umådelig flinke og rare; Vigs og jeg er jo gode Venner fra gamle Dage og fandt nu hinanden i en lidenskabelig Litteratursnak; han skriver også. I Går – Sødag – var Sjums og Adams i Hellerup (3die Gang); jeg fulgte dem om Morgenen til Stationen, og Josefine bragte dem til Hellerup, men da det var hendes Frisøndag returnerede hun med næste Tog. Da jeg ½ 7 om Aftenen stod på Stationen for at tage mod Børnene – viste det sig, at ikke alene Alfred, men også Charles ledsagede dem hertil. De gik med op – hilste på Lugge, der arbejdede med Pan i Haven – som de beså; var meget formelle begge to og gik straks igen. Disse Sammenkomster med Alfred er mig efterhånden en sand Lidelse. Nu er han i Kjøbenhavn i disse Dage; jeg skal i Morgen rejse ud med Sjums, som han tager med sig til Malmø for en 8 Dagestid. Det bliver løjerligt at aflevere det lille søde Pus! Jeg har skreven et indtrængende Brev til Amanda om at passe hende rigtig godt. Hun er for Resten kommen sig svært allerede – er langt friskere og livligere nu, og Maven er helt i Orden på dem begge to - de får jo også en glimrende Forplejning – og alt foregår med punktlig nøjagt ["nøjagt" overstreget] Regelmæssighed. Desværre er jo hele vores Ungebestand bleven luset af en Pige, de har haft her (Olga); men for Resten optræder Dyrene ikke i større Mængder, heldigvis. Vi kæmmer bestandig. 
 Som Du måske véd, har den store Pige, Anna, sagt op til 1ste Juli; vi er meget glade derover, hun er så grænseløs muggen og uopdragen; dette kunde endda blive godt, men hun er ikke flink imod Børnene - skænder og buldrer og tumler med dem ved enhver Lejlighed; vi havde en Scene med hende kort før de rejste, hvor både Lugge og Magisteren talte Dunder til hende desangående; næste Dag sagde hun op. For Resten er hun dygtig til sit Arbejde, men kan ikke tænke Spor af sig selv. Jeg har jo nu Husstyrelsen i mine Hænder – jeg er lige glad med hendes Muggenhed – regerer ordentlig med hende, gir mine Ordrer kort og bestemt – samt overhører Muggeriet. Til min Forbavselse bliver alt udført med største Nøjagtighed – og hun synes tilmed at nære en virkelig Respekt for mig – dette være sagt uden alt Praleri, men sådan er det faktisk. Det er jo rart for Lugge, at hun slipper alle Husholdningsspekulationer – hun går omkring og føler sig som Gæst i sit eget Hus, siger hun selv. 
 Og – det morer mig igen at have noget at bestyre, det var alligevel lidt underligt, at man pludselig var sat ud af alting. Vi har ingen anden Pige kunnet få, men Josefine har påtaget sig noget mere Arbejde – jeg ligeså, så jeg tænker nok, at det skal gå. 
 For mig er det en glimrende Finansoperation – Lugge overtager nu nemlig Josefines Kost og Løn – som forhøjes med 4 Kr mdl -, men Alfred skal udrede den nu engang fastsatte Sum 60 + 10 + 8 = 78. De 18, som er for Josefines Kost og Arbejde – tilfalder så mig – jeg får atter Penge mellem Hænder og slipper for det grulige at bede Alfred om Penge. Endvidere har vi slået fast, at jeg – hvis jeg ikke får Jordmorstillingen – bliver her fra 1. Nov som Enepige og Husbestyrerinde (med høj Løn!) Sjums beholder jeg; men Alfred betaler Pension for hende. Tænk hvor udmærket både for Lugge og mig! Synes Du ikke næsten, at jeg i hvert Fald skulde opgive Jordmoriet for denne Plan? Derpå spekulerer vi stærkt, men det er en såre vanskelig Afgørelse at træffe – gid – næsten – at min Ansøgning ikke blev bevilget. Nu skal jeg ind at efterse Sjumses Garderobe til i Morgen og må derfor slutte mit lille Brev. 
 Og Mor – skønt jeg ikke har skrevet om det i Dag – så må Du dog tro, at vi her er ganske opfyldt af Dine Sager, og Lugge og jeg har snakket meget derom. Vi nærer det lille private Håb, at Du rejser tilbage med Mornine – herhjemme er mange Arme åbne til at modtage Dig! Ja, gid Du dog brød overtvært og rejste hjem – og væk fra det ækle Amerika, som dog er og bliver en jammerlig Opdagelse for os! Tusinde kærlige Hilsner fra Din Putte.</t>
   </si>
   <si>
-    <t>1908-06-29</t>
-[...55 lines deleted...]
-”Tornehave”
+    <t>1915-05-11</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2729</t>
+  </si>
+  <si>
+    <t>Alhed Larsens fødselsdagsgave til Louise Brønsted er en middag på Paladshotellet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nRVF</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets billedside:]
+JANUS LA COUR: Ved Kallø Vig.
+[Fortrykt på kortets tekstside:]
+BREVKORT
+KUN for Adressen:
+Ifølge Postvæsnets Forordning maa Korrespondance ikke overskride denne Linie.
+Statens Museum 38. Stenders Forlag.
+[Skrevet med blyant og anden skrift end Alhed Larsens på kortets tekstside:]
+1915
+Fra Alhed Larsen
+[Skrevet med pen og Alhed Larsens skrift på kortets tekstside:]
+Fru Louise Brønsted
+Tornehave
 Birkerød
-via København
-[...18 lines deleted...]
-Kærlige Hilsener til Eder allesammen fra Mor.</t>
+Kære lille Lugge!
+Til Lykke! Er du tilfreds med vores Virksomhed? Min Fødsesdagsgave til Dig er Middag i Paladshotellet Fredag med Elle og Mag. Bare I nu kan. - Vil I nok have mig nogle Dage? 1000 Hilsner Be.</t>
   </si>
   <si>
     <t>1913-12-27</t>
-  </si>
-[...4 lines deleted...]
-    <t>Kerteminde</t>
   </si>
   <si>
     <t>Tornehave Birkerød St.</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted
 Ellen Brønsted
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Carl Larsen
 Ellen Larsen
 Georg Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Anna Marie   Larsen, Georg Larsens datter
 Anna Marie  Larsen, Georg Larsens hustru 
 Christine  Mackie
 Elisabeth Mackie
 Ellen  Sawyer
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
@@ -519,90 +479,50 @@
 Man splejser i familien til en gave til Grethe.
 Laura Warberg bestiller forsatsvinduer.
 Hele Syberg-familien har været til middag og Alhed og Johannes Larsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PPvC</t>
   </si>
   <si>
     <t>[Skrevet med blyant på kuvertens forside; ikke Laura Warbergs skrift:]
 1914
 Nytaarsaften 1914-15
 [Skrevet på kuvertens forside; Laura Warbergs skrift:]
 Fru Professorinde Brønsted
 cand. polyt.
 "Tornehave"
 Birkerød St.
 [På kuvertens bagside: Julemærke 1914]
 [I brevet:]
 Kerteminde Nytaarsaften 1914
 Kære lille Muk!
 Tak for Julekortet og for den lille Bakke, som jeg indviede i Aftes under en Flaske Rødvin, givet til en lille fin Middag jeg gav for mine [ulæseligt ord] og Clara Syberg. Desserten var en meget vellykket Genferkage, hvortil Elle gav Portvin. Vi havde det saa morsomt og hyggeligt vi 7 Damer. Lysse hentede Alhed og fik sig noget Kage og et Slag 66 med Pigebørnene. - Vi har aftalt, at Drengene skal komme her mellem om Lørdagen, saa lærer jeg dem og Grethe at spille Whist. Jeg vilde saa gærne have lidt Tag i Drengene, de er saa søde og Lysse saa morsom. En Aften var de og Alhed, Chr. og Putte her til Kort, Lotterier om Godter; meget animeret. Elle var til Middag hos Dahlerups 1_ste_ Juledag, vi andre hos Agrarens. Las's Fødselsdag var jeg der til Aften, de er saa mange. Lützhøft kom den Dag, Swane er først rejst i gaar; Fru S. kan ikke bestemme sig om hvad hun vil, saa Las's beholder hende vel til videre. Dog skal hun afstaae Gæstekamret til Eder omkring d. 20_de_. Bliver Vejret godt, kommer Dede og Minna med lille Torkil og de skal boe i Grethes Værelse, saa maa Tanterne paa Højskolehjem, Thora og Astrid hos Agrarens! Grethes Fødselsdag d. 16_de_ vil jeg have dem alle her samlede hos mig. Dersom der kunde blive Sammenskud om noget til hende, trænger hun meget til en Ulster. Peter og Grethe har tegnet sig for Bidrag; de 32 Kr. jeg har, skulde være Tøj til en Kjole / og syet. Vi glæder os meget til Dagen, at see hendes Overraskelse og Glæde; jeg giver hende Uhr, af Sølv, men godt. Kunde vi nu faae Held til d. 20_de_ baade godt Vejr og Gæster fuldtallige! I Formiddags tog Elle og Grethe til Rynkeby og bliver til i Morgen Kl. 6. - skal om Aftenen til noget Koncert paa Hotellet. Vi kunde Skam ikke have undværet Elle i Julen, det vilde have været ligefem hjerteløst mod Grethe - og mig med. Vi ser hende jo saa lidt i det daglige. - I Forgaars besluttede jeg mig til Forsatsvinduer i Dagligstuen, her er grulig koldt trods Trælister allevegne paa Vinduerne. Allerede i Gaar var her en at tage Maal og jeg faaer dem færdige - malet ogsaa - ca. d. 13_de_. Las vilde give mig et Fag d. 20_de_. Dede gav mig 10 Kr. Juleaften til et, saa kan jeg nok forsvare at faae dem, vil spare megen Brændsel; jeg glæder mig! - Alhed var i Aftes optaget af at fortælle om Uglens Umulighed, hun var [ulæseligt ord] ligesaa urimelig mod den skikkelige Swane, som altid. Ja man skulde ikke troe, hun er rigtig klog. Der er Tale om at faae hende til Agrarens i Maries Stue, men Johanne vil saa nødig, hun er over alle Grænser nervøs, har af og til Anfald af Hjærtebanken, troede hun skulde døe! De var bedt til Bichels forleden Aften, Grethe var saa elskværdig at undersøge hende, gav to Slags Medicin. I Aftes her, da vi havde spist, fik hun et mindre Anfald, men det gik over efter Draaberne. - Det var Synd, hun skulde have Uglen; vi spekulerer i Klaks. - 
 Nu maa jeg nok set at faae skreven lidt til Thora ogsaa, skal saa et Par Visitter og tænker at tilbringe Aftenen hos Agrarens. Putte har faaet en dejlig Kjole af Tante Nelly, passer hende omtrent, den blev indviet i Gaar hos Las's Alhed havde bedt alle Sybergs til Middag Kl. 1 - Kastespil m.m. til 8 1/2. Af sin Far fik Putte et pragtfuldt hvidt Toilet [ulæseligt ord]. Prisen var paa det meste, det har mindst kostet 40 Kr. - Tusinde kærlige Hilsener til Eder allesammen, lille Muk! Tak for alles Kærlighed i det gamle Aar! Godt Nytaar for alle Jer!
 Mor.</t>
   </si>
   <si>
-    <t>1915-05-11</t>
-[...38 lines deleted...]
-  <si>
     <t>Brædstrup</t>
   </si>
   <si>
     <t>Laurentius Allerup
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Vilhelm Fibiger
 Camilla Kattrup
 Eline Kattrup
 Rasmus Kattrup
 Adolph Larsen
 Johanne Christine Larsen
 Julie Sophie Anette Augusta  Teisen
 Augusta Teisen, Viggos mor
 Andreas Warberg
 Minna Warberg
 Torkild Warberg</t>
   </si>
   <si>
     <t>Andreas/Dede Warberg og hans familie boede i Brædstrup. 
 Minna Kattrups far døde i 1914. Sølvbrylluppet hos Kattrup må således være på herregården Risinge ved Kerteminde. Denne ejedes af Minnas farbror, Rasmus Kattrup, og hans kone, Eline Katteup. 
 Lusitania-affæren refererer til sænkningen af det britiske passagerskib RMS Lusitania den 7. maj 1915 af den tyske ubåd U-20 ud for Irland. 1.198 mistede livet; herunder 128 amerikanere. Hændelsen skabte stor international forargelse, især i USA, og bidrog til at skifte den amerikanske opinion mod Tyskland, hvilket var en vigtig faktor i USAs senere indtræden i 1. Verdenskrig (diverse søgninger på nettet). 
@@ -903,219 +823,299 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/36pi</t>
   </si>
   <si>
     <t>[Skrevet med blyant på kuvertens forside:]
 1918
 [Skrevet med blæk:]
 Fru Professor Brønsted
 Cand.polyt
 Tornehave
 Birkerød St. 
 [Skrevet på kuvertens bagside:]
 Afs: Fru Warberg
 Kerteminde
 [I brevet:]
 Kerteminde d: 30/7 – 18
 Kære Lugge!
 Fra Elle skulde jeg melde, at hun rejser med Damper fra Odense til Samsø paa Torsdag, overnatter der, og tager Billet til Fredag-Damperen fra Kalundb. til Aarhus, der træffes I saa mener hun. Grethe har hun inviteret med til den lille Samsøtur; jeg skal skrive til Thora, om hun kan skaffe dem Mad og Nattelogis fra Torsdag til Fredag. Gid nu Vejret bliver smukt for Eder! Alhed er Kl. 10 rejst til København for at se til Berta; hun kommer vist igen Fredag; hun kan selv trænge til at trække Vejret lidt, da det har været en ualmindelig svær Tid for hende med alleslags. Jeg vil intet fortælle herfra, det kan Elle besørge mundtligt; om Junges fine Middag i Gaar o. s. v. 
 Mange Hilsener lille Muk til Eder Begge! Og Peter!
 Mor.
 vend om
 Elle mener, at Du kan telefonere hertil Onsdag Aften efter 6, hvis der er noget Du vil.</t>
   </si>
   <si>
+    <t>1920-12-22</t>
+  </si>
+  <si>
+    <t>Kærbyhus</t>
+  </si>
+  <si>
+    <t>Christine Swane
+Lars Swane
+Hempel Syberg
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Christine/Uglen og Sigurd Swane blev skilt i 1920 og holdt derfor ikke jul sammen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3764</t>
+  </si>
+  <si>
+    <t>Laura Warberg sender godter. Et langt brev følger efter juledagene. 
+Lille Erik har været syg længe.
+Christine/Uglen Swane og sønnen er kommet til Kerteminde for at holde jul.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i5m7</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Håndskrevet i adressefeltet:]
+Fru Brønsted
+Tornehave
+Birkerød St.
+[Håndskrevet i tekstfelterne:]
+Kærbyhus 
+Jul 1920
+Kære Lugge!
+Her leveres en Æske Godter fra Syberg, men jeg er bange I ikke faaer dem til Juleaften, jeg sender heller Brev lagt i. Jeg skal sende dem tilligemed langt Brev efter Juledagene. Alt vel her! Lille Erik har kigget en Uge af Angina men skal op i Dag. Uglen og Lasse kom i Gaar, skal være her i Julen. Frugten er kommen og omdelt! Tak!! Glædelig Jul ønskes Eder allesammen!
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1921-02-06</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Christian Caspersen
+Ellen  Sawyer
+Carl Frederik Wolf-Frederiksen
+Sofie Wolf-Frederiksen</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster, Johanne Caspersen, døde 13. feb. 1920.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3765</t>
+  </si>
+  <si>
+    <t>Laura Warberg bliver hos Caspersen en tid. Han ser dårligt, og hun vil læse højt for ham. Det er dejligt ikke at skulle passe en syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2Zjj</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Skrevet med blyant på adressesiden:]
+Febru 21
+[Skrevet med blæk i adressefeltet:]
+Fru Brønsted
+Tornehave
+Birkerød St.
+[Skrevet med blæk i tekstfelterne:]
+Søndag d: 6_te_
+Kære Lugge!
+Mange Tak til Dig og alle tre Piger for Eders kære Breve til d: 20de. Nu er jeg helt i Orden igen og kan rejse med paa Onsdag, men jeg tager vist ikke fra Caspersens den første Tid. Du kan ellers tro jeg var ret tilfreds med ikke at skulle passe en syg derinde igen i Aar! Intet saa galt o s v! Men nu vil jeg jo gærne være det mest mulige for ham, hans Øjne er jo ikke gode, saa jeg kan vel læse for ham. I Gaar og i Dag har Elle været feberfri! saa vil hun op i Morgen. Jeg gaaer over til hende siden, naar alle andre skal til Kaffe hos Tandlægen jeg vil ikke med. Kærlige Hilsener! Mor</t>
+  </si>
+  <si>
+    <t>1922-11-06</t>
+  </si>
+  <si>
+    <t>Grethe Bichel
+Peter Bichel
+Grethe Jungstedt
+Kurt Jungstedt
+Matilde Jungstedt
+Alhed Larsen
+Johannes Larsen
+Anton Lorenzen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>"alt udmærket og normalt" refererer til, at Grethe og Kurt Jungstedts datter, Matilda, blev født.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3766</t>
+  </si>
+  <si>
+    <t>Det med Lorenzen er til maj. 
+Peter og Grethe Bichel har været på besøg hos Larsens og fortalt om studentergildet. 
+Kurt Jungstedt har skrevet, at alt gik godt, og at pigen (Matilda) er sorthåret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/S5NQ</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Skrevet med blyant på kortets adresseside:]
+2 v 6-11-22
+[Skrevet med blæk i adressefeltet:]
+Fru Brønsted
+Tornehave
+Birkerød St
+[Skrevet med blæk i tekstfelterne:]
+Mandag
+Kære Lugge!
+Jeg har vist lavet en fadæse, idet jeg er kommen i Tanke om, at jeg slet ikke omtalte det er til Maj med Fr. Lorenzen. Jeg haaber ikke der er sket noget m. H. tat tale med Eders Pige, som jeg hører af Grethe ["af Grethe" indsat over linjen] Du har endnu. Peter og Grethe var hos Las’s i Gaar til Kaffe og jeg fik en meget detaljeret Beskrivelse af det storartede Studenter Gilde. 25 Jubilæum ["25 Jubilæum" indsat med blyant] Hvor var det morsomt for Eder! Elle har haft nok et Telegram og i Dag Brev fra [ulæseligt ord] alt udmærket og normalt, Pigen kom med mørkt Haar. Alt vel her! Hilsener! Mor.</t>
+  </si>
+  <si>
+    <t>1908-06-29</t>
+  </si>
+  <si>
+    <t>East Andover USA</t>
+  </si>
+  <si>
+    <t>Birkerød
+Tornehave</t>
+  </si>
+  <si>
+    <t>Ingeborg Abrahams
+- Bryantt
+Grete Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Brønsted
+Peter Oluf Brønsted
+Alfred Goldschmidt
+Ina  Goldschmidt
+Mikkel Hindhede
+Grethe Jungstedt
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+William Mackie
+Ellen  Sawyer
+Harris Sawyer
+Cid Smedberg
+Ernst Zeuthen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen besøgte i 1907 Alheds to søstre i og udenfor Boston. 
+Ansøgningen, der muligvis ikke var bevilget, var en ansøgning om skilsmisse. Dette fremgår af andre breve fra perioden. 
+Det vides ikke, hvad det var, Ellen var så "forelsket" i.
+Fru Ths identitet kendes ikke. 
+Warberg-familien kendte flere, der hed Boysen, så det vides ikke, hvem Fru Boysen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid 1908-06-29, B 2409</t>
+  </si>
+  <si>
+    <t>Det undrer Laura Warberg, at Ingeborg vil komme på besøg med de rædsomme børn. 
+Det er dejligt, at Cids forældre kan lide Astrid, og at Cid ikke har gjort musikken til sit levebrød. 
+Laura m.fl. har været på udflugt til Mount Kearsarge. Hun har besøgt to familier. Den ene, Bryants, har et pensionat. Konen er sjusket, men huset pænt. En datter skal giftes.
+Johannes Larsen besteg året i forvejen Monut Kearsage og var begejstret. Laura fandt turen meget hård og varm.
+Ellen og Harris har en båd, men Laura kan ikke lide at sejle. Huset, som de bor i, er meget primitivt, og de må hente vand ved en bæk. Der er rotter og mange myg. 
+Laura og Ellen taler sjældent sammen. 
+I en butik ville Laura købe brød, men købmanden forstod ikke hendes engelsk og viste hende tallerkner. 
+Laura og familien lever tarveligt af lette madretter. Hun har hjemve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O4ll</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt.
+”Tornehave”
+Birkerød
+via København
+Danmark 
+[Håndskrevet på kuvertens bagside:]
+East Andover d: 29/6 -
+N.H. 
+U.S.A
+Poststempel
+[I brevet:]
+East Andover d: 29/6 – 08
+Kære lille Putte!
+Nu har jeg faaet 2 lange og interessante Breve fra Dig, siden jeg skrev til Dig! men Du og Muk er jo lige gode om dem jeg sender. Hvilken trist ja rædsom Pinse Du dog holdt! Hvad vil da ogsaa Ingeborg der med sine Børn! og Alfred, jeg forstaar ikke, at han kan lide de Besøg, naar han kan see Børnene paa anden Maade. Naar jeg igen faaer Brev fra Eder saa er der vel noget om at Du forhaabentlig ikke har faaet Din Ansøgning bevilliget. Hvor er jeg dog glad over, at lille Sjums er bedre den kære lille Unge! Men veed hun slet ikke noget om hvem Bedstemor er! Det er mageløst for Dig lille Putte at Cids Forældre holder af Dig og at Du her bliver paaskønnet. Jeg kan da saa godt forstaae, at Cid ikke kunde have Hjærte til at gøre en saadan [ulæseligt]; ved at tvinge igennem sin Musik som Levebrød! Det var han ogsaa selv kommen til at fortryde. Nu kan han jo i en sikker og god Stilling drive den con amore. Saadan skulde Ernst Zeuthen have ! i Stedet for nu at blive en middelmaadig Kunstner, hans Forældre maa ernære nu han er snart 30 Aar. Han maa skamme sig! Det er rigtignok sjælden Du faaer Brev! Hvilken Afstand det er! Gud veed om ikke alle Forhold deroppe i Nordland for en stor Del er som her; I hele denne Del af Mass. lever der kun ganske faa Mennesker; smaa bitte Landsbyer som denne og ind imellem Huse hist og her – Vi var i Lørdags en Køretur paa stive 3 danske Mil til et Bjærg ”Kearsarge” 3,300 Fod højt; en smuk Tur Bjærge, Skove, Søer, en lille Flod og fra Toppen af Kearsarge - tusind Maal, en vidunderlig Udsigt for hvem der aldrig har set lignende; ikke andet end Bjærge saa langt Øjet saae med og uden Skov, smaa Søer hist og her. Vi var 3½ Timer om Turen dertil Hestene maatte puste. Lidt efter de høje og lidt stejle Bakker, alle undtagen jeg stod af de var alle saa omhyggelige for mig især [ulæseligt] selv, mange Plask [ulæseligt ord] og ned i Søen med 3 Børn som var med; Konen Datter og en Læge, en dannet og ret fin lille Kone, Manden er en slet og ret Bonde fra Maine, har ikke en Gang været paa en Højskole. Fru Th.’s Forældre ejede Stedet og hun selv er født der og vil ogsaa dø der; meget almindeligt her at en Gaard – det er ikke just en Farm, for Korn dyrkes ikke her – ejes af Slægt efter Slægt; ligeledes at Mand og Kone staaer paa et meget forskelligt Trin af Dannelse og Opdragelse: men de er nok saa glade og lykkelige. Huset er fint og flot møbleret; deres Passion er at samle paa gammelt Porcelæn hvoraf de har Kasser. De er meget velhavende. Gud veed hvordan de faaet deres Rigdomme X ! En anden Familie lige ved er en Bryantt, Fruen er rar og hjælpsom, har været mageløs flink mod dem her i de 5 Aar de jævnt hen har boet i hendes Sommerpensionat. Vi boede der 3 Dage til vores eget Hus var i Stand. Hendes Mand er Lokomotivfører langt Syd paa i Virginia, har kun en Maaned Ferie om Aaret at være her i. De har en voxen Datter, hun er Lærerinde i en Skole her i Nærheden, spiller Klaver (slem Musik!!) er rigtig fin og pæn, er forlovet med en slet og ret Bondekarl, som er ved at faae et Mælkeudsalg eller Fællesmejeri vel snarere og saa skal de giftes. Han er en flink og rar ung mand. Der er et pænt Hus med fine Møbler, Tæpper o s v., men Mrs. Bryant selv er aldrig klædt om, gaaer Dagen lang i en gl. Morgenkjole og et snavset laset stort Forklæde. Ja den Søndag vi var der, havde hun en f lys Kjole paa. – ”Kearsarge” var Las og Billy oppe paa i Fjor. 
+[Skrevet langs sidens venstre kant:]
+X Ja enhver ejer Skov her, men de er helt ukultiverede; 
+[Herefter på næste side:]
+Elle siger Las var meget begejstret Vi var godt 1½ Time om at gaae op; naturligvis kørte vi langt op ad Bjærget; Bakker i det uendelige. Jeg var lige ved at opgive Opstigelsen paa Grund af den bagende Solhede, en meget varm Dag og Kl. godt 1, altsaa Solen lige over os: Men jeg vilde jo grulig gærne helt op, og det viste sig at den sidste Halvdel af Vejen var ret ["ret" indsat over linjen] skyggefuld om end mere stejl og vanskelig; de sidste 5-6 Minuters Gang udelukkende store mere eller mindre glatte Kampesten!! Manden ofrede sig helt for at hjælpe mig paa de værste Steder – Vi ser Bjerget fra Bryants, der har en vidunderlig Udsigt fra deres Hus til en ret stor og dejlig Sø med smukke Skove helt rundt om. Der er en Baad som de roer i – Elle og East – jeg var med en Aften, men jeg nyder det ikke; jeg er bange de skal vippe den lille Baad over og det er et meget ubekvemt Sæde. Her er en lille bitte Kirke; Præsten er slet og ret Arbejder og han kører rundt med Post en Gang om Dagen!! Ja den Fordel er her frem for i Nordland, Vores Hus er lige ved Skoven og her er flere store høje Træer lige udenfor, saa vi tager Maaltiderne Morgen og Aften i Skygge derude. Men Udsigt har vi slet ikke. Her er meget primitivt, og vi maa hente alt Vand ca. 4 Minuters Vej herfra i en Bæk; Brønden her er i Uorden, East skulde have haft noget med til at desinficere Vandet, da han i Fredags kom fra Boston, men han havde ikke haft Tid!!! de 5 Dage han var der. Vi har 2 Blikspande at hente i, Elle tager Broderparten men jeg henter en Del ogsaa. Vadsken er ogsaa i Uorden saa jeg maa bære alt Opvadskvand gennem en Slags Bryggers og over Gaarden i store [ulæseligt ord] her, og i Nat har Rotterne lagt deres Visitkort i en Skaal i Spisekamret, de har hidtil ikke vist sig, fordi her var saa vældig [ulæseligt ord] inden vi kom. Huset er uhyre gammelt, store Huller i Gulv og Vægge, Træhuse som alle herovre. Jeg er alt andet end begejstret for denne Menage XX, jeg er for gammel til at nyde Landliv paa Bekostning af al mulig Hygge og Komfort. Ja, vor eneste Stue er pæn og heldigvis ret kølig; jeg sidder her om Eftermiddagen og syr, kan umulig sidde ude for de Masser af Myg. Mens vi spiser om Aftenen har vi stukken hver 2 rygende Pinde i Haaret, noget der jager dem bort; eller vi stiller en Del i en Flaske paa Bordet. Det er meget varmt og i Nat havde vi et vældigt Tordenvejr. Jeg tænkte igen paa Dig lille Putte, hvor maa det have været en forfærdelig Nat for Dig med alle de Børn! Du havde dem da nede lige ved Døren? Hvor X
+[Skrevet langs sidens højre kant:]
+X grusom forfærdelig ved Tanken om at skulde være her en Maaned endnu. [Indsætning slut]
+I ellers maa have det yndigt nu i Tornehave! Jeg kunde akkurat sætte mig ind i Havens Udseende nu efter Din gode beskrivelse. Jeg lever næsten kun for at skrive og faae Breve; det er meget sjældent at Elle og jeg faar os en god Passiar, det er som om vi var ubevidst bange for at komme ind paa det store brændende Spørgsmaal, hun har ikke ændret sine Anskuelser en eneste Smule, er ligesaa forelsket i [ulæseligt ord] som Du skriver og mener ikke at hun (Elle) har gjort noget som helst eller rettere undladt at gøre noget, der kan bebrejdes hende. Jeg har en rasende Hjemve efter Eder alle og lever for Tiden i en rasende Spænding for hvad det bliver til, om Chr. kommer eller ikke. Var meget skuffet da der ikke kom Brev fra Liverpool. Jeg faar jo ellers en herlig Mængde Breve, 4 forrige Torsdag. Elle siger jeg skal fortælle, hvordan det gik mig en Dag i Butiken,_ der tillige er Posthus_!! en rigtig Fedtebutik. Jeg bad meget tydeligt om ”one loaf of white bread ” – et Franskbrød til 10 Cents – Købmanden spurgte først om jeg skulde have et Dusin; jeg blev meget forbauset og sagde igen ”one”. Efter han havde spekuleret lidt, førte han mig op ad en støvet Trappe til deres Lager, jeg mere og mere forbauset – der viste han mig nogle - Tallerkner!! – Plate! Bryants morede sig kosteligt over det. – Siden har jeg ikke dristet mig til at gaae derned alene og handle. Om lidt gaaer vi alle tre derned med Breve og hører efter Breve. – I et Sogn nær ved var der et Aar kun et skolepligtigt Barn!! Men Telefon er der i hvert lille Hus her paa Egnen!! Vi har ogsaa desuden den Slags der kimer i det uendelige naar alle andre bruger den; forskellig Ringning. Ingen bruger Hat her af de Indfødte. Elle har endelig i dag funden en Drenge=Straahat – hvid – og foræret mig den og pyntet den med en hvid [ulæseligt ord] Sløjfe. Jeg laante en rædsom hvid linned Bøllehat til Turen i Lørdags. – Vejene er rædselsfulde, ca ½ Mil. Stor Tørke oven i! – Nu ikke mere! 
+Vi lever meget tarveligt, jeg savner min Hindhede Kogebog. Kun de 3 Dage om Ugen East er her faaer vi Kød og endda kun lidt; ellers meget lette Retter, vi befinder os vel ved det og giver saadan dejlig nem Opvadskning. Havregrød og Kaffe om Morgenen; Middag Kl. 12½ Aften – koldt – Kl. 7 og The. Her er rasende varmt; jeg har kun Uldtrøje, Korset og Kjole, Benklæder og Strømper!! – Jeg taaler godt nok Varmen; men gaaer aldrig ud om Dagen naar jeg kan undgaae det. Allerede Kl. 7 om Morgenen naar jeg gaar ca. 5 Minuters Gang at hente Mælk i en lille Blikspand er det hedt. Grete skulde egentlig hente, men jeg kan ikke nænne, hun skal saa tidligt op. Elle laver al Maden, jeg holder mere af at tage Opvadskning og Rengøring og andet. Nu har I vel Jeres Datter hjemme igen, og nu er der snart kun 14 Dage til lille Muk faaer Ferie! Hvilken herlig Tid I saa faaer! Du skriver at til Vinter skal Du være Enefugl, men Barnepigen beholder I da?? Til 4 Børn? Nu maa jeg nok til at holde op, har skrevet langt lignende Brev til Alhed og Frøken Boysen skulde gærne have lidt ogsaa, har nylig faaet fra hende med et godt Portræt. Det var saa morsomt at faae de 2 Breve fra Alhed og Muk fra Kerteminde! Endnu en Gang en varm Tak for Dine Breve lille Putte! 
+Kærlige Hilsener til Eder allesammen fra Mor.</t>
+  </si>
+  <si>
     <t>1920-05-08</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Jørgen Brandstrup
 Alhed Marie Brønsted
 Ellen Brønsted
 Louise Brønsted
 Christian Caspersen
 Emmy Caspersen
 Adolph Larsen
 Alhed Larsen
 Johannes Larsen
 Christine  Mackie
 - Nielsen, pige i huset hos Astrid Warberg-Goldschmidt
 Ellen  Sawyer
 Hempel Syberg
 Else Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Den mark, som Louise/Lugge Brønsted og manden ville sælge i Birkerød har formodentlig hørt til det gartneri, Tornehave, som de havde købt. Marken kan jvnf. bemærkningerne om den anslåede indtægt have været forpagtet ud. 
 1918 flyttede Laura Warberg ind hos Agraren (Adolph Larsen) og hans kone Johanne (en datter af Laura Warberg) på gården Store Kærbyhus i Kerteminde med en husassistent.
 I 1918 havde Johannes Larsen købt Kirkemøllehuset, som lå lige nedenfor hans have på Møllebakken, og i 1920 solgte han huset til Ellen Sawyer. Laura Warberg flyttede ind hos datter, Ellen. 
 I 1920 arbejder Astrid/Dis Warberg-Goldschmidt som rigsdagssekretær i Kbh. 
 Det vides ikke, hvem Helene var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0439</t>
   </si>
   <si>
     <t>Louise/Lugge Brønsted slider meget og ser træt og gammel ud. Hun og manden sælger nok marken i Birkerød for at skaffe penge. 
 Det er godt, at Johanne har færre elever og dermed mere tid, samt at Adolph/Agraren tjener penge hos Johannes/Las Larsen. 
 Laura vil gerne leje et værelse til sine møbler. Hun beder Johanne gå i banken og se, hvor meget hun/Laura har på kontoen. 
 Astrid har fundet en god ung pige i huset. 
 Det er dejligt, at Elle/Ellen straks kan komme til at bo i sit hus, men Alhed kommer til at savne hende.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7IvF</t>
   </si>
   <si>
     <t>Lørdag d: 8de.
 Kære Johanne!
 Tak for det lange interessante Brev og for Din Hilsen i Gaar, da jeg ogsaa fik et langt Brev fra Alhed og fra Syberg og Tante Else. Jeg var hos Lugge af [ulæseligt] og gammelt hele Dagen, men jeg ringede til Max sender [ulæseligt], og dem gik Bes derind og hentede, saa fik Lugge ogsaa Del i dem. Stakkel hun slider grueligt i det, ser gammel og forslidt ud. Tænk hvor rørende at Lugge [”Lugge” overstreget] Lomme har sendt hende 100 Kr. af sin Løn, hun havde en Del tilgode og med sig selv er hun saa sparsommelig! Nu tænker de da heldigvis paa at sælge i al Fald Marken i Birkerød; de maa have Penge. Den ansl. Indtægt som hed sig var 10-15000 er nu reduceret til 5000, men lad os see den først! M[ulæseligt]diens Projekter!!, hvor haabløst har de ikke hidtil været. Derimod synes jeg det ser ret lyst ud for Eders Financer lille Johanne! og det er mig en stor Glæde at tænke paa om min Bortrejse har bidraget hertil. Hvilken Indskrænkning i de daglige Udgifter! Og naar Du har færre Elever har Du ogsaa bedre Tid til lidt mere husligt Arbejde – At Agraren skal have 100 Kr. mdl. hos Las’s er jo udmærket, saa længe det varer!! Jeg vil jo gærne leje Værelset til mine Møbler; vi kan altid tale om Prisen. Men det er vel allerede til April Flyttedag, de Mennesker skal flytte ind? Saa jeg faaer nok en Del at bestille, naar jeg nu kommer først i April. Det er en Skandale, at jeg ikke veed sikkert, hvor meget der er paa min Bog, men vil Du ikke nok gaae ned i Banken med indlagte Seddel og saa spørge fra mig, hvor meget der er tilbage, men det er vel [et overstreget, ulæseligt ord] flovt [”flovt” indsat over linjen] maaske bede om Bogen, da jeg snart kommer hjem??? Jeg har jo lovet Chr. 50 Kr. til Hjælp, da hun var syg og Helene skal have 25, dels i Drikkepenge og dels til en Brudegave. I Dag skal jeg som sædvanlig til Astrid Kl. 3 tage Afsked med den brillante Frøken Nielsen, som rejser paa Onsdag; men tænk at A. for 3de Gang har været heldig (ser det da ud til) og faaer paa Tirsdag en 29aarig Enke! Efter en Annonce, A. har indrykket i Berlingske. Hun har været der og ser meget lovende ud. 
 I Morgen skal jeg til Taastrup første Gang. I Onsdags havde jeg Emmy og Bes med i Folketeatret paa mine billige Kouponbilletter fra den radikale For; har to tilbage den ene gratis og købe [ulæseligt] med. Jørgen Br. er syg igen, men mindre strengt Anfald. Saa Farvel søde Johanne! Hvilken Begivenhed at Elle straks bebor sit Hus! Alhed vil savne hende.
 Kærlig Hilsen!
 Mor.</t>
-  </si>
-[...118 lines deleted...]
-Jeg har vist lavet en fadæse, idet jeg er kommen i Tanke om, at jeg slet ikke omtalte det er til Maj med Fr. Lorenzen. Jeg haaber ikke der er sket noget m. H. tat tale med Eders Pige, som jeg hører af Grethe ["af Grethe" indsat over linjen] Du har endnu. Peter og Grethe var hos Las’s i Gaar til Kaffe og jeg fik en meget detaljeret Beskrivelse af det storartede Studenter Gilde. 25 Jubilæum ["25 Jubilæum" indsat med blyant] Hvor var det morsomt for Eder! Elle har haft nok et Telegram og i Dag Brev fra [ulæseligt ord] alt udmærket og normalt, Pigen kom med mørkt Haar. Alt vel her! Hilsener! Mor.</t>
   </si>
   <si>
     <t>1948-02-06</t>
   </si>
   <si>
     <t>Lindøgaard</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
   </si>
   <si>
     <t>Edel -
 - Agner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Peter Oluf Brønsted
 Thora Cohn
 - Føge
 Poul Gregersen
 Ernst Hartmann
 Joseph Haydn
@@ -1285,51 +1285,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nRVF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nRVF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M19"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1447,705 +1447,705 @@
       </c>
       <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="I4" s="5"/>
       <c r="J4" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E5" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" s="5" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="I5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="L5" s="6" t="s">
+      <c r="M5" s="5" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E6" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" s="5" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I6" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="L6" s="6" t="s">
+      <c r="M6" s="5" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E7" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F7" s="5" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="I7" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="K7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="M7" s="5" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>65</v>
+        <v>32</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>66</v>
+        <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E8" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F8" s="5" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="I8" s="5"/>
-      <c r="J8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="K8" s="5" t="s">
+      <c r="M8" s="5" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>35</v>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F9" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J9" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="K9" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="J9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="K9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>79</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="I10" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="J10" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="L10" s="6" t="s">
+      <c r="M10" s="5" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>88</v>
+        <v>36</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="J11" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="J11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="K11" s="5" t="s">
+      <c r="M11" s="5" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E12" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F12" s="5" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="J12" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="I12" s="5" t="s">
+      <c r="K12" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="J12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="K12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E13" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F13" s="5" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="J13" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="K13" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="J13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="K13" s="5" t="s">
+      <c r="M13" s="5" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E14" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="F14" s="5" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="I14" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="J14" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="J14" s="5" t="s">
+      <c r="K14" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="K14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="L14" s="6" t="s">
+      <c r="M14" s="5" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>117</v>
-[...9 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="J15" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="I15" s="5" t="s">
+      <c r="K15" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="J15" s="5" t="s">
+      <c r="L15" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="K15" s="5" t="s">
+      <c r="M15" s="5" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>66</v>
+        <v>33</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>35</v>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F16" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="K16" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="I16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="J16" s="5" t="s">
+      <c r="M16" s="5" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>66</v>
+        <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>43</v>
+        <v>130</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>44</v>
+        <v>131</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="I17" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="J17" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="K17" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="K17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="L17" s="6" t="s">
+      <c r="M17" s="5" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>66</v>
+        <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>42</v>
+        <v>139</v>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F18" s="5" t="s">
-        <v>44</v>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
         <v>140</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>141</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>142</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>143</v>
       </c>
       <c r="L18" s="6" t="s">
         <v>144</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>146</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>147</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>148</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
         <v>149</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>150</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>151</v>
       </c>
       <c r="K19" s="5" t="s">