--- v1 (2026-02-09)
+++ v2 (2026-03-30)
@@ -202,97 +202,137 @@
 Dorchester
 Boston
 Mass.
 U.S.A.
 [Adressen er overstreget]
 [Noteret med blyant:]
 Birkerød 15/6 1908
 E. Andover 
 N.H. 
 [Håndskrevet på kuvertens bagside:]
 afs. War (papir mangler)
 Birkerød
 Denmark
 [Poststempler]
 [I brevet:]
 Tornehave pr. Birkerød 15/Juni 1908.
 Kæreste Mor! Det er mig umuligt at få Plan i mit Skriveri, men nu går jeg ud fra, at Breve er velkomne også når de kommer uventet – og skriver i Dag, fordi jeg har Lyst til det. 
 Nu har vi da heldigvis fået Lugge hjem igen; jeg var ikke helt fri for at være en Smule ængstelig, da jeg gik her alene med Ansvaret for alle de Børn – særlig da min Enetilværelse indlededes med et Nattetordenvejr – uha, hvor jeg var bange! man havde i Forvejen omstændelig forklaret mig, hvor rasende farligt det var, om Lynet slog ned – Taget vilde skride på 5 Min og umuliggøre Udgangen. Aldrig har jeg oplevet så angstfuld en Nat – men heldigvis er jo Sommernatten kort. Jeg havde Pinselørdag Besøg af Ingeborg – med begge Børnene; men det var en ret mislykket Forestilling – begrundet på et gyseligt og ustandseligt øsende Regnvejr – ledsaget af skarp Kulde og Blæst. Begge hendes Børn blev syge af Turen, og da jeg kom hjem fra at have fulgt dem til Stationen måtte jeg gå i Seng og led de væmmeligste Kvaler – en sindssvag stærk Hovedpine med heftige Brækninger – et Tilfælde, jeg har haft gentagne Gange, når en Forkølelse indtræffer sammen med mine Ting. Pinsedag kom Johanne – og Alfred! En meget dyster og pinlig Dag – knugende Tavshed og Uhyggefornemmelser – Regnvejr – Kulde. Alfred sov på Kroen og hentede næste Dag Sjums, de rejste sammen til Hellerup, hvor Pigen Josefine om Aftenen afhentede Sjums. Johanne rejste om Aftenen i et Tog så overfyldt, at Godsvognene måtte møbleres med Bænkene fra Stationens Ventesal! 
 Den Aften var jeg komplet udmattet af den ækle Pinsetid; men blev i de følgende Dage styrket og oplivet af Andreas Roos (gift med Inge Bredsdorff) og Vigs B, Bror til Inge. De er begge to umådelig flinke og rare; Vigs og jeg er jo gode Venner fra gamle Dage og fandt nu hinanden i en lidenskabelig Litteratursnak; han skriver også. I Går – Sødag – var Sjums og Adams i Hellerup (3die Gang); jeg fulgte dem om Morgenen til Stationen, og Josefine bragte dem til Hellerup, men da det var hendes Frisøndag returnerede hun med næste Tog. Da jeg ½ 7 om Aftenen stod på Stationen for at tage mod Børnene – viste det sig, at ikke alene Alfred, men også Charles ledsagede dem hertil. De gik med op – hilste på Lugge, der arbejdede med Pan i Haven – som de beså; var meget formelle begge to og gik straks igen. Disse Sammenkomster med Alfred er mig efterhånden en sand Lidelse. Nu er han i Kjøbenhavn i disse Dage; jeg skal i Morgen rejse ud med Sjums, som han tager med sig til Malmø for en 8 Dagestid. Det bliver løjerligt at aflevere det lille søde Pus! Jeg har skreven et indtrængende Brev til Amanda om at passe hende rigtig godt. Hun er for Resten kommen sig svært allerede – er langt friskere og livligere nu, og Maven er helt i Orden på dem begge to - de får jo også en glimrende Forplejning – og alt foregår med punktlig nøjagt ["nøjagt" overstreget] Regelmæssighed. Desværre er jo hele vores Ungebestand bleven luset af en Pige, de har haft her (Olga); men for Resten optræder Dyrene ikke i større Mængder, heldigvis. Vi kæmmer bestandig. 
 Som Du måske véd, har den store Pige, Anna, sagt op til 1ste Juli; vi er meget glade derover, hun er så grænseløs muggen og uopdragen; dette kunde endda blive godt, men hun er ikke flink imod Børnene - skænder og buldrer og tumler med dem ved enhver Lejlighed; vi havde en Scene med hende kort før de rejste, hvor både Lugge og Magisteren talte Dunder til hende desangående; næste Dag sagde hun op. For Resten er hun dygtig til sit Arbejde, men kan ikke tænke Spor af sig selv. Jeg har jo nu Husstyrelsen i mine Hænder – jeg er lige glad med hendes Muggenhed – regerer ordentlig med hende, gir mine Ordrer kort og bestemt – samt overhører Muggeriet. Til min Forbavselse bliver alt udført med største Nøjagtighed – og hun synes tilmed at nære en virkelig Respekt for mig – dette være sagt uden alt Praleri, men sådan er det faktisk. Det er jo rart for Lugge, at hun slipper alle Husholdningsspekulationer – hun går omkring og føler sig som Gæst i sit eget Hus, siger hun selv. 
 Og – det morer mig igen at have noget at bestyre, det var alligevel lidt underligt, at man pludselig var sat ud af alting. Vi har ingen anden Pige kunnet få, men Josefine har påtaget sig noget mere Arbejde – jeg ligeså, så jeg tænker nok, at det skal gå. 
 For mig er det en glimrende Finansoperation – Lugge overtager nu nemlig Josefines Kost og Løn – som forhøjes med 4 Kr mdl -, men Alfred skal udrede den nu engang fastsatte Sum 60 + 10 + 8 = 78. De 18, som er for Josefines Kost og Arbejde – tilfalder så mig – jeg får atter Penge mellem Hænder og slipper for det grulige at bede Alfred om Penge. Endvidere har vi slået fast, at jeg – hvis jeg ikke får Jordmorstillingen – bliver her fra 1. Nov som Enepige og Husbestyrerinde (med høj Løn!) Sjums beholder jeg; men Alfred betaler Pension for hende. Tænk hvor udmærket både for Lugge og mig! Synes Du ikke næsten, at jeg i hvert Fald skulde opgive Jordmoriet for denne Plan? Derpå spekulerer vi stærkt, men det er en såre vanskelig Afgørelse at træffe – gid – næsten – at min Ansøgning ikke blev bevilget. Nu skal jeg ind at efterse Sjumses Garderobe til i Morgen og må derfor slutte mit lille Brev. 
 Og Mor – skønt jeg ikke har skrevet om det i Dag – så må Du dog tro, at vi her er ganske opfyldt af Dine Sager, og Lugge og jeg har snakket meget derom. Vi nærer det lille private Håb, at Du rejser tilbage med Mornine – herhjemme er mange Arme åbne til at modtage Dig! Ja, gid Du dog brød overtvært og rejste hjem – og væk fra det ækle Amerika, som dog er og bliver en jammerlig Opdagelse for os! Tusinde kærlige Hilsner fra Din Putte.</t>
   </si>
   <si>
-    <t>1915-05-11</t>
-[...5 lines deleted...]
-    <t>Alhed Larsen</t>
+    <t>1908-06-29</t>
+  </si>
+  <si>
+    <t>East Andover USA</t>
+  </si>
+  <si>
+    <t>Birkerød
+Tornehave</t>
+  </si>
+  <si>
+    <t>Ingeborg Abrahams
+- Bryantt
+Grete Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Brønsted
+Peter Oluf Brønsted
+Alfred Goldschmidt
+Ina  Goldschmidt
+Mikkel Hindhede
+Grethe Jungstedt
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+William Mackie
+Ellen  Sawyer
+Harris Sawyer
+Cid Smedberg
+Ernst Zeuthen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen besøgte i 1907 Alheds to søstre i og udenfor Boston. 
+Ansøgningen, der muligvis ikke var bevilget, var en ansøgning om skilsmisse. Dette fremgår af andre breve fra perioden. 
+Det vides ikke, hvad det var, Ellen var så "forelsket" i.
+Fru Ths identitet kendes ikke. 
+Warberg-familien kendte flere, der hed Boysen, så det vides ikke, hvem Fru Boysen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid 1908-06-29, B 2409</t>
+  </si>
+  <si>
+    <t>Det undrer Laura Warberg, at Ingeborg vil komme på besøg med de rædsomme børn. 
+Det er dejligt, at Cids forældre kan lide Astrid, og at Cid ikke har gjort musikken til sit levebrød. 
+Laura m.fl. har været på udflugt til Mount Kearsarge. Hun har besøgt to familier. Den ene, Bryants, har et pensionat. Konen er sjusket, men huset pænt. En datter skal giftes.
+Johannes Larsen besteg året i forvejen Monut Kearsage og var begejstret. Laura fandt turen meget hård og varm.
+Ellen og Harris har en båd, men Laura kan ikke lide at sejle. Huset, som de bor i, er meget primitivt, og de må hente vand ved en bæk. Der er rotter og mange myg. 
+Laura og Ellen taler sjældent sammen. 
+I en butik ville Laura købe brød, men købmanden forstod ikke hendes engelsk og viste hende tallerkner. 
+Laura og familien lever tarveligt af lette madretter. Hun har hjemve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O4ll</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt.
+”Tornehave”
+Birkerød
+via København
+Danmark 
+[Håndskrevet på kuvertens bagside:]
+East Andover d: 29/6 -
+N.H. 
+U.S.A
+Poststempel
+[I brevet:]
+East Andover d: 29/6 – 08
+Kære lille Putte!
+Nu har jeg faaet 2 lange og interessante Breve fra Dig, siden jeg skrev til Dig! men Du og Muk er jo lige gode om dem jeg sender. Hvilken trist ja rædsom Pinse Du dog holdt! Hvad vil da ogsaa Ingeborg der med sine Børn! og Alfred, jeg forstaar ikke, at han kan lide de Besøg, naar han kan see Børnene paa anden Maade. Naar jeg igen faaer Brev fra Eder saa er der vel noget om at Du forhaabentlig ikke har faaet Din Ansøgning bevilliget. Hvor er jeg dog glad over, at lille Sjums er bedre den kære lille Unge! Men veed hun slet ikke noget om hvem Bedstemor er! Det er mageløst for Dig lille Putte at Cids Forældre holder af Dig og at Du her bliver paaskønnet. Jeg kan da saa godt forstaae, at Cid ikke kunde have Hjærte til at gøre en saadan [ulæseligt]; ved at tvinge igennem sin Musik som Levebrød! Det var han ogsaa selv kommen til at fortryde. Nu kan han jo i en sikker og god Stilling drive den con amore. Saadan skulde Ernst Zeuthen have ! i Stedet for nu at blive en middelmaadig Kunstner, hans Forældre maa ernære nu han er snart 30 Aar. Han maa skamme sig! Det er rigtignok sjælden Du faaer Brev! Hvilken Afstand det er! Gud veed om ikke alle Forhold deroppe i Nordland for en stor Del er som her; I hele denne Del af Mass. lever der kun ganske faa Mennesker; smaa bitte Landsbyer som denne og ind imellem Huse hist og her – Vi var i Lørdags en Køretur paa stive 3 danske Mil til et Bjærg ”Kearsarge” 3,300 Fod højt; en smuk Tur Bjærge, Skove, Søer, en lille Flod og fra Toppen af Kearsarge - tusind Maal, en vidunderlig Udsigt for hvem der aldrig har set lignende; ikke andet end Bjærge saa langt Øjet saae med og uden Skov, smaa Søer hist og her. Vi var 3½ Timer om Turen dertil Hestene maatte puste. Lidt efter de høje og lidt stejle Bakker, alle undtagen jeg stod af de var alle saa omhyggelige for mig især [ulæseligt] selv, mange Plask [ulæseligt ord] og ned i Søen med 3 Børn som var med; Konen Datter og en Læge, en dannet og ret fin lille Kone, Manden er en slet og ret Bonde fra Maine, har ikke en Gang været paa en Højskole. Fru Th.’s Forældre ejede Stedet og hun selv er født der og vil ogsaa dø der; meget almindeligt her at en Gaard – det er ikke just en Farm, for Korn dyrkes ikke her – ejes af Slægt efter Slægt; ligeledes at Mand og Kone staaer paa et meget forskelligt Trin af Dannelse og Opdragelse: men de er nok saa glade og lykkelige. Huset er fint og flot møbleret; deres Passion er at samle paa gammelt Porcelæn hvoraf de har Kasser. De er meget velhavende. Gud veed hvordan de faaet deres Rigdomme X ! En anden Familie lige ved er en Bryantt, Fruen er rar og hjælpsom, har været mageløs flink mod dem her i de 5 Aar de jævnt hen har boet i hendes Sommerpensionat. Vi boede der 3 Dage til vores eget Hus var i Stand. Hendes Mand er Lokomotivfører langt Syd paa i Virginia, har kun en Maaned Ferie om Aaret at være her i. De har en voxen Datter, hun er Lærerinde i en Skole her i Nærheden, spiller Klaver (slem Musik!!) er rigtig fin og pæn, er forlovet med en slet og ret Bondekarl, som er ved at faae et Mælkeudsalg eller Fællesmejeri vel snarere og saa skal de giftes. Han er en flink og rar ung mand. Der er et pænt Hus med fine Møbler, Tæpper o s v., men Mrs. Bryant selv er aldrig klædt om, gaaer Dagen lang i en gl. Morgenkjole og et snavset laset stort Forklæde. Ja den Søndag vi var der, havde hun en f lys Kjole paa. – ”Kearsarge” var Las og Billy oppe paa i Fjor. 
+[Skrevet langs sidens venstre kant:]
+X Ja enhver ejer Skov her, men de er helt ukultiverede; 
+[Herefter på næste side:]
+Elle siger Las var meget begejstret Vi var godt 1½ Time om at gaae op; naturligvis kørte vi langt op ad Bjærget; Bakker i det uendelige. Jeg var lige ved at opgive Opstigelsen paa Grund af den bagende Solhede, en meget varm Dag og Kl. godt 1, altsaa Solen lige over os: Men jeg vilde jo grulig gærne helt op, og det viste sig at den sidste Halvdel af Vejen var ret ["ret" indsat over linjen] skyggefuld om end mere stejl og vanskelig; de sidste 5-6 Minuters Gang udelukkende store mere eller mindre glatte Kampesten!! Manden ofrede sig helt for at hjælpe mig paa de værste Steder – Vi ser Bjerget fra Bryants, der har en vidunderlig Udsigt fra deres Hus til en ret stor og dejlig Sø med smukke Skove helt rundt om. Der er en Baad som de roer i – Elle og East – jeg var med en Aften, men jeg nyder det ikke; jeg er bange de skal vippe den lille Baad over og det er et meget ubekvemt Sæde. Her er en lille bitte Kirke; Præsten er slet og ret Arbejder og han kører rundt med Post en Gang om Dagen!! Ja den Fordel er her frem for i Nordland, Vores Hus er lige ved Skoven og her er flere store høje Træer lige udenfor, saa vi tager Maaltiderne Morgen og Aften i Skygge derude. Men Udsigt har vi slet ikke. Her er meget primitivt, og vi maa hente alt Vand ca. 4 Minuters Vej herfra i en Bæk; Brønden her er i Uorden, East skulde have haft noget med til at desinficere Vandet, da han i Fredags kom fra Boston, men han havde ikke haft Tid!!! de 5 Dage han var der. Vi har 2 Blikspande at hente i, Elle tager Broderparten men jeg henter en Del ogsaa. Vadsken er ogsaa i Uorden saa jeg maa bære alt Opvadskvand gennem en Slags Bryggers og over Gaarden i store [ulæseligt ord] her, og i Nat har Rotterne lagt deres Visitkort i en Skaal i Spisekamret, de har hidtil ikke vist sig, fordi her var saa vældig [ulæseligt ord] inden vi kom. Huset er uhyre gammelt, store Huller i Gulv og Vægge, Træhuse som alle herovre. Jeg er alt andet end begejstret for denne Menage XX, jeg er for gammel til at nyde Landliv paa Bekostning af al mulig Hygge og Komfort. Ja, vor eneste Stue er pæn og heldigvis ret kølig; jeg sidder her om Eftermiddagen og syr, kan umulig sidde ude for de Masser af Myg. Mens vi spiser om Aftenen har vi stukken hver 2 rygende Pinde i Haaret, noget der jager dem bort; eller vi stiller en Del i en Flaske paa Bordet. Det er meget varmt og i Nat havde vi et vældigt Tordenvejr. Jeg tænkte igen paa Dig lille Putte, hvor maa det have været en forfærdelig Nat for Dig med alle de Børn! Du havde dem da nede lige ved Døren? Hvor X
+[Skrevet langs sidens højre kant:]
+X grusom forfærdelig ved Tanken om at skulde være her en Maaned endnu. [Indsætning slut]
+I ellers maa have det yndigt nu i Tornehave! Jeg kunde akkurat sætte mig ind i Havens Udseende nu efter Din gode beskrivelse. Jeg lever næsten kun for at skrive og faae Breve; det er meget sjældent at Elle og jeg faar os en god Passiar, det er som om vi var ubevidst bange for at komme ind paa det store brændende Spørgsmaal, hun har ikke ændret sine Anskuelser en eneste Smule, er ligesaa forelsket i [ulæseligt ord] som Du skriver og mener ikke at hun (Elle) har gjort noget som helst eller rettere undladt at gøre noget, der kan bebrejdes hende. Jeg har en rasende Hjemve efter Eder alle og lever for Tiden i en rasende Spænding for hvad det bliver til, om Chr. kommer eller ikke. Var meget skuffet da der ikke kom Brev fra Liverpool. Jeg faar jo ellers en herlig Mængde Breve, 4 forrige Torsdag. Elle siger jeg skal fortælle, hvordan det gik mig en Dag i Butiken,_ der tillige er Posthus_!! en rigtig Fedtebutik. Jeg bad meget tydeligt om ”one loaf of white bread ” – et Franskbrød til 10 Cents – Købmanden spurgte først om jeg skulde have et Dusin; jeg blev meget forbauset og sagde igen ”one”. Efter han havde spekuleret lidt, førte han mig op ad en støvet Trappe til deres Lager, jeg mere og mere forbauset – der viste han mig nogle - Tallerkner!! – Plate! Bryants morede sig kosteligt over det. – Siden har jeg ikke dristet mig til at gaae derned alene og handle. Om lidt gaaer vi alle tre derned med Breve og hører efter Breve. – I et Sogn nær ved var der et Aar kun et skolepligtigt Barn!! Men Telefon er der i hvert lille Hus her paa Egnen!! Vi har ogsaa desuden den Slags der kimer i det uendelige naar alle andre bruger den; forskellig Ringning. Ingen bruger Hat her af de Indfødte. Elle har endelig i dag funden en Drenge=Straahat – hvid – og foræret mig den og pyntet den med en hvid [ulæseligt ord] Sløjfe. Jeg laante en rædsom hvid linned Bøllehat til Turen i Lørdags. – Vejene er rædselsfulde, ca ½ Mil. Stor Tørke oven i! – Nu ikke mere! 
+Vi lever meget tarveligt, jeg savner min Hindhede Kogebog. Kun de 3 Dage om Ugen East er her faaer vi Kød og endda kun lidt; ellers meget lette Retter, vi befinder os vel ved det og giver saadan dejlig nem Opvadskning. Havregrød og Kaffe om Morgenen; Middag Kl. 12½ Aften – koldt – Kl. 7 og The. Her er rasende varmt; jeg har kun Uldtrøje, Korset og Kjole, Benklæder og Strømper!! – Jeg taaler godt nok Varmen; men gaaer aldrig ud om Dagen naar jeg kan undgaae det. Allerede Kl. 7 om Morgenen naar jeg gaar ca. 5 Minuters Gang at hente Mælk i en lille Blikspand er det hedt. Grete skulde egentlig hente, men jeg kan ikke nænne, hun skal saa tidligt op. Elle laver al Maden, jeg holder mere af at tage Opvadskning og Rengøring og andet. Nu har I vel Jeres Datter hjemme igen, og nu er der snart kun 14 Dage til lille Muk faaer Ferie! Hvilken herlig Tid I saa faaer! Du skriver at til Vinter skal Du være Enefugl, men Barnepigen beholder I da?? Til 4 Børn? Nu maa jeg nok til at holde op, har skrevet langt lignende Brev til Alhed og Frøken Boysen skulde gærne have lidt ogsaa, har nylig faaet fra hende med et godt Portræt. Det var saa morsomt at faae de 2 Breve fra Alhed og Muk fra Kerteminde! Endnu en Gang en varm Tak for Dine Breve lille Putte! 
+Kærlige Hilsener til Eder allesammen fra Mor.</t>
+  </si>
+  <si>
+    <t>1913-12-27</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Kerteminde</t>
-  </si>
-[...32 lines deleted...]
-    <t>1913-12-27</t>
   </si>
   <si>
     <t>Tornehave Birkerød St.</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted
 Ellen Brønsted
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Carl Larsen
 Ellen Larsen
 Georg Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Anna Marie   Larsen, Georg Larsens datter
 Anna Marie  Larsen, Georg Larsens hustru 
 Christine  Mackie
 Elisabeth Mackie
 Ellen  Sawyer
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
@@ -479,50 +519,90 @@
 Man splejser i familien til en gave til Grethe.
 Laura Warberg bestiller forsatsvinduer.
 Hele Syberg-familien har været til middag og Alhed og Johannes Larsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PPvC</t>
   </si>
   <si>
     <t>[Skrevet med blyant på kuvertens forside; ikke Laura Warbergs skrift:]
 1914
 Nytaarsaften 1914-15
 [Skrevet på kuvertens forside; Laura Warbergs skrift:]
 Fru Professorinde Brønsted
 cand. polyt.
 "Tornehave"
 Birkerød St.
 [På kuvertens bagside: Julemærke 1914]
 [I brevet:]
 Kerteminde Nytaarsaften 1914
 Kære lille Muk!
 Tak for Julekortet og for den lille Bakke, som jeg indviede i Aftes under en Flaske Rødvin, givet til en lille fin Middag jeg gav for mine [ulæseligt ord] og Clara Syberg. Desserten var en meget vellykket Genferkage, hvortil Elle gav Portvin. Vi havde det saa morsomt og hyggeligt vi 7 Damer. Lysse hentede Alhed og fik sig noget Kage og et Slag 66 med Pigebørnene. - Vi har aftalt, at Drengene skal komme her mellem om Lørdagen, saa lærer jeg dem og Grethe at spille Whist. Jeg vilde saa gærne have lidt Tag i Drengene, de er saa søde og Lysse saa morsom. En Aften var de og Alhed, Chr. og Putte her til Kort, Lotterier om Godter; meget animeret. Elle var til Middag hos Dahlerups 1_ste_ Juledag, vi andre hos Agrarens. Las's Fødselsdag var jeg der til Aften, de er saa mange. Lützhøft kom den Dag, Swane er først rejst i gaar; Fru S. kan ikke bestemme sig om hvad hun vil, saa Las's beholder hende vel til videre. Dog skal hun afstaae Gæstekamret til Eder omkring d. 20_de_. Bliver Vejret godt, kommer Dede og Minna med lille Torkil og de skal boe i Grethes Værelse, saa maa Tanterne paa Højskolehjem, Thora og Astrid hos Agrarens! Grethes Fødselsdag d. 16_de_ vil jeg have dem alle her samlede hos mig. Dersom der kunde blive Sammenskud om noget til hende, trænger hun meget til en Ulster. Peter og Grethe har tegnet sig for Bidrag; de 32 Kr. jeg har, skulde være Tøj til en Kjole / og syet. Vi glæder os meget til Dagen, at see hendes Overraskelse og Glæde; jeg giver hende Uhr, af Sølv, men godt. Kunde vi nu faae Held til d. 20_de_ baade godt Vejr og Gæster fuldtallige! I Formiddags tog Elle og Grethe til Rynkeby og bliver til i Morgen Kl. 6. - skal om Aftenen til noget Koncert paa Hotellet. Vi kunde Skam ikke have undværet Elle i Julen, det vilde have været ligefem hjerteløst mod Grethe - og mig med. Vi ser hende jo saa lidt i det daglige. - I Forgaars besluttede jeg mig til Forsatsvinduer i Dagligstuen, her er grulig koldt trods Trælister allevegne paa Vinduerne. Allerede i Gaar var her en at tage Maal og jeg faaer dem færdige - malet ogsaa - ca. d. 13_de_. Las vilde give mig et Fag d. 20_de_. Dede gav mig 10 Kr. Juleaften til et, saa kan jeg nok forsvare at faae dem, vil spare megen Brændsel; jeg glæder mig! - Alhed var i Aftes optaget af at fortælle om Uglens Umulighed, hun var [ulæseligt ord] ligesaa urimelig mod den skikkelige Swane, som altid. Ja man skulde ikke troe, hun er rigtig klog. Der er Tale om at faae hende til Agrarens i Maries Stue, men Johanne vil saa nødig, hun er over alle Grænser nervøs, har af og til Anfald af Hjærtebanken, troede hun skulde døe! De var bedt til Bichels forleden Aften, Grethe var saa elskværdig at undersøge hende, gav to Slags Medicin. I Aftes her, da vi havde spist, fik hun et mindre Anfald, men det gik over efter Draaberne. - Det var Synd, hun skulde have Uglen; vi spekulerer i Klaks. - 
 Nu maa jeg nok set at faae skreven lidt til Thora ogsaa, skal saa et Par Visitter og tænker at tilbringe Aftenen hos Agrarens. Putte har faaet en dejlig Kjole af Tante Nelly, passer hende omtrent, den blev indviet i Gaar hos Las's Alhed havde bedt alle Sybergs til Middag Kl. 1 - Kastespil m.m. til 8 1/2. Af sin Far fik Putte et pragtfuldt hvidt Toilet [ulæseligt ord]. Prisen var paa det meste, det har mindst kostet 40 Kr. - Tusinde kærlige Hilsener til Eder allesammen, lille Muk! Tak for alles Kærlighed i det gamle Aar! Godt Nytaar for alle Jer!
 Mor.</t>
   </si>
   <si>
+    <t>1915-05-11</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2729</t>
+  </si>
+  <si>
+    <t>Alhed Larsens fødselsdagsgave til Louise Brønsted er en middag på Paladshotellet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nRVF</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets billedside:]
+JANUS LA COUR: Ved Kallø Vig.
+[Fortrykt på kortets tekstside:]
+BREVKORT
+KUN for Adressen:
+Ifølge Postvæsnets Forordning maa Korrespondance ikke overskride denne Linie.
+Statens Museum 38. Stenders Forlag.
+[Skrevet med blyant og anden skrift end Alhed Larsens på kortets tekstside:]
+1915
+Fra Alhed Larsen
+[Skrevet med pen og Alhed Larsens skrift på kortets tekstside:]
+Fru Louise Brønsted
+Tornehave
+Birkerød
+Kære lille Lugge!
+Til Lykke! Er du tilfreds med vores Virksomhed? Min Fødsesdagsgave til Dig er Middag i Paladshotellet Fredag med Elle og Mag. Bare I nu kan. - Vil I nok have mig nogle Dage? 1000 Hilsner Be.</t>
+  </si>
+  <si>
     <t>Brædstrup</t>
   </si>
   <si>
     <t>Laurentius Allerup
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Vilhelm Fibiger
 Camilla Kattrup
 Eline Kattrup
 Rasmus Kattrup
 Adolph Larsen
 Johanne Christine Larsen
 Julie Sophie Anette Augusta  Teisen
 Augusta Teisen, Viggos mor
 Andreas Warberg
 Minna Warberg
 Torkild Warberg</t>
   </si>
   <si>
     <t>Andreas/Dede Warberg og hans familie boede i Brædstrup. 
 Minna Kattrups far døde i 1914. Sølvbrylluppet hos Kattrup må således være på herregården Risinge ved Kerteminde. Denne ejedes af Minnas farbror, Rasmus Kattrup, og hans kone, Eline Katteup. 
 Lusitania-affæren refererer til sænkningen af det britiske passagerskib RMS Lusitania den 7. maj 1915 af den tyske ubåd U-20 ud for Irland. 1.198 mistede livet; herunder 128 amerikanere. Hændelsen skabte stor international forargelse, især i USA, og bidrog til at skifte den amerikanske opinion mod Tyskland, hvilket var en vigtig faktor i USAs senere indtræden i 1. Verdenskrig (diverse søgninger på nettet). 
@@ -823,299 +903,219 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/36pi</t>
   </si>
   <si>
     <t>[Skrevet med blyant på kuvertens forside:]
 1918
 [Skrevet med blæk:]
 Fru Professor Brønsted
 Cand.polyt
 Tornehave
 Birkerød St. 
 [Skrevet på kuvertens bagside:]
 Afs: Fru Warberg
 Kerteminde
 [I brevet:]
 Kerteminde d: 30/7 – 18
 Kære Lugge!
 Fra Elle skulde jeg melde, at hun rejser med Damper fra Odense til Samsø paa Torsdag, overnatter der, og tager Billet til Fredag-Damperen fra Kalundb. til Aarhus, der træffes I saa mener hun. Grethe har hun inviteret med til den lille Samsøtur; jeg skal skrive til Thora, om hun kan skaffe dem Mad og Nattelogis fra Torsdag til Fredag. Gid nu Vejret bliver smukt for Eder! Alhed er Kl. 10 rejst til København for at se til Berta; hun kommer vist igen Fredag; hun kan selv trænge til at trække Vejret lidt, da det har været en ualmindelig svær Tid for hende med alleslags. Jeg vil intet fortælle herfra, det kan Elle besørge mundtligt; om Junges fine Middag i Gaar o. s. v. 
 Mange Hilsener lille Muk til Eder Begge! Og Peter!
 Mor.
 vend om
 Elle mener, at Du kan telefonere hertil Onsdag Aften efter 6, hvis der er noget Du vil.</t>
   </si>
   <si>
-    <t>1920-12-22</t>
-[...198 lines deleted...]
-  <si>
     <t>1920-05-08</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Jørgen Brandstrup
 Alhed Marie Brønsted
 Ellen Brønsted
 Louise Brønsted
 Christian Caspersen
 Emmy Caspersen
 Adolph Larsen
 Alhed Larsen
 Johannes Larsen
 Christine  Mackie
 - Nielsen, pige i huset hos Astrid Warberg-Goldschmidt
 Ellen  Sawyer
 Hempel Syberg
 Else Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Den mark, som Louise/Lugge Brønsted og manden ville sælge i Birkerød har formodentlig hørt til det gartneri, Tornehave, som de havde købt. Marken kan jvnf. bemærkningerne om den anslåede indtægt have været forpagtet ud. 
 1918 flyttede Laura Warberg ind hos Agraren (Adolph Larsen) og hans kone Johanne (en datter af Laura Warberg) på gården Store Kærbyhus i Kerteminde med en husassistent.
 I 1918 havde Johannes Larsen købt Kirkemøllehuset, som lå lige nedenfor hans have på Møllebakken, og i 1920 solgte han huset til Ellen Sawyer. Laura Warberg flyttede ind hos datter, Ellen. 
 I 1920 arbejder Astrid/Dis Warberg-Goldschmidt som rigsdagssekretær i Kbh. 
 Det vides ikke, hvem Helene var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0439</t>
   </si>
   <si>
     <t>Louise/Lugge Brønsted slider meget og ser træt og gammel ud. Hun og manden sælger nok marken i Birkerød for at skaffe penge. 
 Det er godt, at Johanne har færre elever og dermed mere tid, samt at Adolph/Agraren tjener penge hos Johannes/Las Larsen. 
 Laura vil gerne leje et værelse til sine møbler. Hun beder Johanne gå i banken og se, hvor meget hun/Laura har på kontoen. 
 Astrid har fundet en god ung pige i huset. 
 Det er dejligt, at Elle/Ellen straks kan komme til at bo i sit hus, men Alhed kommer til at savne hende.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7IvF</t>
   </si>
   <si>
     <t>Lørdag d: 8de.
 Kære Johanne!
 Tak for det lange interessante Brev og for Din Hilsen i Gaar, da jeg ogsaa fik et langt Brev fra Alhed og fra Syberg og Tante Else. Jeg var hos Lugge af [ulæseligt] og gammelt hele Dagen, men jeg ringede til Max sender [ulæseligt], og dem gik Bes derind og hentede, saa fik Lugge ogsaa Del i dem. Stakkel hun slider grueligt i det, ser gammel og forslidt ud. Tænk hvor rørende at Lugge [”Lugge” overstreget] Lomme har sendt hende 100 Kr. af sin Løn, hun havde en Del tilgode og med sig selv er hun saa sparsommelig! Nu tænker de da heldigvis paa at sælge i al Fald Marken i Birkerød; de maa have Penge. Den ansl. Indtægt som hed sig var 10-15000 er nu reduceret til 5000, men lad os see den først! M[ulæseligt]diens Projekter!!, hvor haabløst har de ikke hidtil været. Derimod synes jeg det ser ret lyst ud for Eders Financer lille Johanne! og det er mig en stor Glæde at tænke paa om min Bortrejse har bidraget hertil. Hvilken Indskrænkning i de daglige Udgifter! Og naar Du har færre Elever har Du ogsaa bedre Tid til lidt mere husligt Arbejde – At Agraren skal have 100 Kr. mdl. hos Las’s er jo udmærket, saa længe det varer!! Jeg vil jo gærne leje Værelset til mine Møbler; vi kan altid tale om Prisen. Men det er vel allerede til April Flyttedag, de Mennesker skal flytte ind? Saa jeg faaer nok en Del at bestille, naar jeg nu kommer først i April. Det er en Skandale, at jeg ikke veed sikkert, hvor meget der er paa min Bog, men vil Du ikke nok gaae ned i Banken med indlagte Seddel og saa spørge fra mig, hvor meget der er tilbage, men det er vel [et overstreget, ulæseligt ord] flovt [”flovt” indsat over linjen] maaske bede om Bogen, da jeg snart kommer hjem??? Jeg har jo lovet Chr. 50 Kr. til Hjælp, da hun var syg og Helene skal have 25, dels i Drikkepenge og dels til en Brudegave. I Dag skal jeg som sædvanlig til Astrid Kl. 3 tage Afsked med den brillante Frøken Nielsen, som rejser paa Onsdag; men tænk at A. for 3de Gang har været heldig (ser det da ud til) og faaer paa Tirsdag en 29aarig Enke! Efter en Annonce, A. har indrykket i Berlingske. Hun har været der og ser meget lovende ud. 
 I Morgen skal jeg til Taastrup første Gang. I Onsdags havde jeg Emmy og Bes med i Folketeatret paa mine billige Kouponbilletter fra den radikale For; har to tilbage den ene gratis og købe [ulæseligt] med. Jørgen Br. er syg igen, men mindre strengt Anfald. Saa Farvel søde Johanne! Hvilken Begivenhed at Elle straks bebor sit Hus! Alhed vil savne hende.
 Kærlig Hilsen!
 Mor.</t>
+  </si>
+  <si>
+    <t>1920-12-22</t>
+  </si>
+  <si>
+    <t>Kærbyhus</t>
+  </si>
+  <si>
+    <t>Christine Swane
+Lars Swane
+Hempel Syberg
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Christine/Uglen og Sigurd Swane blev skilt i 1920 og holdt derfor ikke jul sammen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3764</t>
+  </si>
+  <si>
+    <t>Laura Warberg sender godter. Et langt brev følger efter juledagene. 
+Lille Erik har været syg længe.
+Christine/Uglen Swane og sønnen er kommet til Kerteminde for at holde jul.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i5m7</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Håndskrevet i adressefeltet:]
+Fru Brønsted
+Tornehave
+Birkerød St.
+[Håndskrevet i tekstfelterne:]
+Kærbyhus 
+Jul 1920
+Kære Lugge!
+Her leveres en Æske Godter fra Syberg, men jeg er bange I ikke faaer dem til Juleaften, jeg sender heller Brev lagt i. Jeg skal sende dem tilligemed langt Brev efter Juledagene. Alt vel her! Lille Erik har kigget en Uge af Angina men skal op i Dag. Uglen og Lasse kom i Gaar, skal være her i Julen. Frugten er kommen og omdelt! Tak!! Glædelig Jul ønskes Eder allesammen!
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1921-02-06</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Christian Caspersen
+Ellen  Sawyer
+Carl Frederik Wolf-Frederiksen
+Sofie Wolf-Frederiksen</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster, Johanne Caspersen, døde 13. feb. 1920.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3765</t>
+  </si>
+  <si>
+    <t>Laura Warberg bliver hos Caspersen en tid. Han ser dårligt, og hun vil læse højt for ham. Det er dejligt ikke at skulle passe en syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2Zjj</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Skrevet med blyant på adressesiden:]
+Febru 21
+[Skrevet med blæk i adressefeltet:]
+Fru Brønsted
+Tornehave
+Birkerød St.
+[Skrevet med blæk i tekstfelterne:]
+Søndag d: 6_te_
+Kære Lugge!
+Mange Tak til Dig og alle tre Piger for Eders kære Breve til d: 20de. Nu er jeg helt i Orden igen og kan rejse med paa Onsdag, men jeg tager vist ikke fra Caspersens den første Tid. Du kan ellers tro jeg var ret tilfreds med ikke at skulle passe en syg derinde igen i Aar! Intet saa galt o s v! Men nu vil jeg jo gærne være det mest mulige for ham, hans Øjne er jo ikke gode, saa jeg kan vel læse for ham. I Gaar og i Dag har Elle været feberfri! saa vil hun op i Morgen. Jeg gaaer over til hende siden, naar alle andre skal til Kaffe hos Tandlægen jeg vil ikke med. Kærlige Hilsener! Mor</t>
+  </si>
+  <si>
+    <t>1922-11-06</t>
+  </si>
+  <si>
+    <t>Grethe Bichel
+Peter Bichel
+Grethe Jungstedt
+Kurt Jungstedt
+Matilde Jungstedt
+Alhed Larsen
+Johannes Larsen
+Anton Lorenzen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>"alt udmærket og normalt" refererer til, at Grethe og Kurt Jungstedts datter, Matilda, blev født.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3766</t>
+  </si>
+  <si>
+    <t>Det med Lorenzen er til maj. 
+Peter og Grethe Bichel har været på besøg hos Larsens og fortalt om studentergildet. 
+Kurt Jungstedt har skrevet, at alt gik godt, og at pigen (Matilda) er sorthåret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/S5NQ</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Skrevet med blyant på kortets adresseside:]
+2 v 6-11-22
+[Skrevet med blæk i adressefeltet:]
+Fru Brønsted
+Tornehave
+Birkerød St
+[Skrevet med blæk i tekstfelterne:]
+Mandag
+Kære Lugge!
+Jeg har vist lavet en fadæse, idet jeg er kommen i Tanke om, at jeg slet ikke omtalte det er til Maj med Fr. Lorenzen. Jeg haaber ikke der er sket noget m. H. tat tale med Eders Pige, som jeg hører af Grethe ["af Grethe" indsat over linjen] Du har endnu. Peter og Grethe var hos Las’s i Gaar til Kaffe og jeg fik en meget detaljeret Beskrivelse af det storartede Studenter Gilde. 25 Jubilæum ["25 Jubilæum" indsat med blyant] Hvor var det morsomt for Eder! Elle har haft nok et Telegram og i Dag Brev fra [ulæseligt ord] alt udmærket og normalt, Pigen kom med mørkt Haar. Alt vel her! Hilsener! Mor.</t>
   </si>
   <si>
     <t>1948-02-06</t>
   </si>
   <si>
     <t>Lindøgaard</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
   </si>
   <si>
     <t>Edel -
 - Agner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Peter Oluf Brønsted
 Thora Cohn
 - Føge
 Poul Gregersen
 Ernst Hartmann
 Joseph Haydn
@@ -1285,51 +1285,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nRVF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nRVF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M19"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1447,705 +1447,705 @@
       </c>
       <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="F4" s="5" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="I4" s="5"/>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="I8" s="5"/>
       <c r="J8" s="5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>73</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>42</v>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F10" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>108</v>
+        <v>43</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>43</v>
+        <v>117</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>42</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>125</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>130</v>
+        <v>43</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>131</v>
+        <v>44</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>139</v>
+        <v>42</v>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F18" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F18" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
         <v>140</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>141</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>142</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>143</v>
       </c>
       <c r="L18" s="6" t="s">
         <v>144</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>146</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>139</v>
+        <v>117</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>147</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>148</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
         <v>149</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>150</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>151</v>
       </c>
       <c r="K19" s="5" t="s">