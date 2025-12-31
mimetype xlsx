--- v0 (2025-10-02)
+++ v1 (2025-12-31)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="91" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="106" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -287,50 +287,107 @@
 Man splejser i familien til en gave til Grethe.
 Laura Warberg bestiller forsatsvinduer.
 Hele Syberg-familien har været til middag og Alhed og Johannes Larsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PPvC</t>
   </si>
   <si>
     <t>[Skrevet med blyant på kuvertens forside; ikke Laura Warbergs skrift:]
 1914
 Nytaarsaften 1914-15
 [Skrevet på kuvertens forside; Laura Warbergs skrift:]
 Fru Professorinde Brønsted
 cand. polyt.
 "Tornehave"
 Birkerød St.
 [På kuvertens bagside: Julemærke 1914]
 [I brevet:]
 Kerteminde Nytaarsaften 1914
 Kære lille Muk!
 Tak for Julekortet og for den lille Bakke, som jeg indviede i Aftes under en Flaske Rødvin, givet til en lille fin Middag jeg gav for mine [ulæseligt ord] og Clara Syberg. Desserten var en meget vellykket Genferkage, hvortil Elle gav Portvin. Vi havde det saa morsomt og hyggeligt vi 7 Damer. Lysse hentede Alhed og fik sig noget Kage og et Slag 66 med Pigebørnene. - Vi har aftalt, at Drengene skal komme her mellem om Lørdagen, saa lærer jeg dem og Grethe at spille Whist. Jeg vilde saa gærne have lidt Tag i Drengene, de er saa søde og Lysse saa morsom. En Aften var de og Alhed, Chr. og Putte her til Kort, Lotterier om Godter; meget animeret. Elle var til Middag hos Dahlerups 1_ste_ Juledag, vi andre hos Agrarens. Las's Fødselsdag var jeg der til Aften, de er saa mange. Lützhøft kom den Dag, Swane er først rejst i gaar; Fru S. kan ikke bestemme sig om hvad hun vil, saa Las's beholder hende vel til videre. Dog skal hun afstaae Gæstekamret til Eder omkring d. 20_de_. Bliver Vejret godt, kommer Dede og Minna med lille Torkil og de skal boe i Grethes Værelse, saa maa Tanterne paa Højskolehjem, Thora og Astrid hos Agrarens! Grethes Fødselsdag d. 16_de_ vil jeg have dem alle her samlede hos mig. Dersom der kunde blive Sammenskud om noget til hende, trænger hun meget til en Ulster. Peter og Grethe har tegnet sig for Bidrag; de 32 Kr. jeg har, skulde være Tøj til en Kjole / og syet. Vi glæder os meget til Dagen, at see hendes Overraskelse og Glæde; jeg giver hende Uhr, af Sølv, men godt. Kunde vi nu faae Held til d. 20_de_ baade godt Vejr og Gæster fuldtallige! I Formiddags tog Elle og Grethe til Rynkeby og bliver til i Morgen Kl. 6. - skal om Aftenen til noget Koncert paa Hotellet. Vi kunde Skam ikke have undværet Elle i Julen, det vilde have været ligefem hjerteløst mod Grethe - og mig med. Vi ser hende jo saa lidt i det daglige. - I Forgaars besluttede jeg mig til Forsatsvinduer i Dagligstuen, her er grulig koldt trods Trælister allevegne paa Vinduerne. Allerede i Gaar var her en at tage Maal og jeg faaer dem færdige - malet ogsaa - ca. d. 13_de_. Las vilde give mig et Fag d. 20_de_. Dede gav mig 10 Kr. Juleaften til et, saa kan jeg nok forsvare at faae dem, vil spare megen Brændsel; jeg glæder mig! - Alhed var i Aftes optaget af at fortælle om Uglens Umulighed, hun var [ulæseligt ord] ligesaa urimelig mod den skikkelige Swane, som altid. Ja man skulde ikke troe, hun er rigtig klog. Der er Tale om at faae hende til Agrarens i Maries Stue, men Johanne vil saa nødig, hun er over alle Grænser nervøs, har af og til Anfald af Hjærtebanken, troede hun skulde døe! De var bedt til Bichels forleden Aften, Grethe var saa elskværdig at undersøge hende, gav to Slags Medicin. I Aftes her, da vi havde spist, fik hun et mindre Anfald, men det gik over efter Draaberne. - Det var Synd, hun skulde have Uglen; vi spekulerer i Klaks. - 
 Nu maa jeg nok set at faae skreven lidt til Thora ogsaa, skal saa et Par Visitter og tænker at tilbringe Aftenen hos Agrarens. Putte har faaet en dejlig Kjole af Tante Nelly, passer hende omtrent, den blev indviet i Gaar hos Las's Alhed havde bedt alle Sybergs til Middag Kl. 1 - Kastespil m.m. til 8 1/2. Af sin Far fik Putte et pragtfuldt hvidt Toilet [ulæseligt ord]. Prisen var paa det meste, det har mindst kostet 40 Kr. - Tusinde kærlige Hilsener til Eder allesammen, lille Muk! Tak for alles Kærlighed i det gamle Aar! Godt Nytaar for alle Jer!
 Mor.</t>
   </si>
   <si>
+    <t>1915-05-11</t>
+  </si>
+  <si>
+    <t>Brædstrup</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Fibiger
+Camilla Kattrup
+Eline Kattrup
+Rasmus Kattrup
+Adolph Larsen
+Johanne Christine Larsen
+Julie Sophie Anette Augusta  Teisen
+Augusta Teisen, Viggos mor
+Andreas Warberg
+Minna Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Andreas/Dede Warberg og hans familie boede i Brædstrup. 
+Minna Kattrups far døde i 1914. Sølvbrylluppet hos Kattrup må således være på herregården Risinge ved Kerteminde. Denne ejedes af Minnas farbror, Rasmus Kattrup, og hans kone, Eline Katteup. 
+Lusitania-affæren refererer til sænkningen af det britiske passagerskib RMS Lusitania den 7. maj 1915 af den tyske ubåd U-20 ud for Irland. 1.198 mistede livet; herunder 128 amerikanere. Hændelsen skabte stor international forargelse, især i USA, og bidrog til at skifte den amerikanske opinion mod Tyskland, hvilket var en vigtig faktor i USAs senere indtræden i 1. Verdenskrig (diverse søgninger på nettet). 
+Busenfreund: Nær ven (ofte ment ironisk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3770</t>
+  </si>
+  <si>
+    <t>Louise/Muk Brønsted må tage penge af renterne til f.eks. et par handsker. 
+Laura Warberg er i Brædstrup. Fru Kattrup har været på besøg til en fiskemiddag. Laura Warberg går ture med Minna og den lille Torkild. Torkild er nem og sover meget. 
+Adolf/Agraren Larsen er genindkaldt, og Laura tænker på, om Johanne/Junge Larsen vil leje et par stuer ud imens. Fru Teisen driver nu pensionat i sit hus, for mange ønsker at holde ferie i Kerteminde.
+Andreas/Dede Warberg har vrøvl med en svindler.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GT5r</t>
+  </si>
+  <si>
+    <t>[Med blyant på kuvertens forside:] 1915
+[Med blæk på kuvertens forside:]
+Fru Professorinde Brønsted
+cand. polyt
+"Tornehave"
+Birkerød St.
+[Med blæk i brevet:]
+Brædstrup d: 11/5 - 15
+Kære lille Muk!
+Minna, Dede og jeg selv sender Dig mange gode Ønsker og kærlig Lykønskning til Dagen! Vil Du ikke nok undskylde, at jeg gør mig det saa nemt med min beskedne Gave som at bede Dig holde 3 Kr. tilbage af de eventuelle Renter og købe Dig et Par Handsker eller lignende; samt desuden 1 Kr. til Deling mellem Lomme og Bes f Ex. til Planter i deres Have. Jeg kom herop i fredags og bliver til 2_den_ Paaskedag d.v.s. Lørdag rejser vi til Horsens og er der Pinsedag over. Fru Kattrup var hos os i Gaar til Middag i.F.a. en Gedde og en Ørred, som Dede havde med hjem fra en Fisketur langs Gudenaa i Søndags. - Her er saa yndigt og jeg nyder at gaae og drive den af; er hver Formiddag en lang Tur i den dejlige Skov, og om Efterm. en mindre med Minna og Torkild i sin Vogn, den han tilbringer sin næste Dag i med kun en 1 1/2 Times Afbrydelse, naar vi har spist saa faaer han Vælling X. Vognen staaer i deres Have og kan ses fra Køkkenet. Han er en forbausende god Dreng, jeg hører ham aldrig græde, han sover meget om Natten sine 12 Timer, faaer Kl. 6 en Taar og sover saa videre. Kommer i Bad i Køkkenet om Aftenen ["om Aftenen" indsat over linjen] og er henrykt i Balien. Han er saa tyk og solbrændt. Forældrene har det godt, de skal nu beynde paa Tennis med Fuldmægtig Eide og hans forlovede. Jeg bliver bedt en Del ud til Kaffe med Minna. Efter Kattrups Sølvbryllup i Søndags d: 17_de_ Juni kommer Dede Familien til mig vist en 14 Dages Tid, det bliver hans Sommerferie. Agraren blev indkaldt for nylig, maaske fortalte jeg Børnene det. Gud veed om Johanne saa ikke vil leje to Stuer ud i den Tid - Juni og Juli; der siges at blive vældig Rift om Sommerlejligheder i Kerteminde i Aar og Fru Teisens Villa skal være Pensionat. Allerup og Ville boer saa henrivende i det hvide Hus, Gud veed, om I viser Eder i Kerteminde i Aar? Du har vist et Par Lagner med stort slynget Navn og maaske ogsaa nok ["nok" indsat over linjen] et Underlagen med lille rødt Navn, ikke? - Vi er vældig betagne af Lusitania Affæren! - Dede har en Del Vrøvl med en væmmelig Kollega og en Mand, som har lavet noget Falskneri, hvem samme Kollega er Bussenfreund med. Her er Røre i hele Byen over det. - Nu Farvel lille Muk! Hils alle fra mig, ogsaa dem af Dine Gratulanter, jeg kender! Mor.
+[Indsat langs venstre margen s. 2; lodret:]
+og sidder i sin Stol eller ligger og sparker paa Gulvet.</t>
+  </si>
+  <si>
     <t>1917-01-02</t>
   </si>
   <si>
     <t>Laurentius Allerup
 Peter Oluf Brønsted
 Grethe Jungstedt
 Camilla Kattrup
 Alhed Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Elisabeth Mackie
 Peter Magnussen
 Ellen  Sawyer
 Leo Swane
 Andreas Warberg
 Conrad Warberg
 Minna Warberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Ville og tandlægens var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3748</t>
   </si>
@@ -411,50 +468,123 @@
   </si>
   <si>
     <t>Laura Warberg ønsker Johannes Nicolaus/Madien tillykke med fødselsdagen. Hun nyder at holde ferie på Glorup og har besøgt Abel og Kattrup samt fejret Conrad/Conne Warbergs 70-års fødselsdag, hvor hun tildels blev gode venner med Visse/Louise Amstrup.
 Nete Amstrup/Hjorth har besøgt sin mand, der er soldat i Holbæk. Hun har dårlige lunger og har både barnepige og husjomfru. Det er mærkeligt, at Visse/Louise er så glad for Netes lille datter.
 Greven overvejer at sælge jord fra Amstrups gård eller at sælge den helt.
 På Glorup er der store forandringer, da to grever Moltke har købt alt. 
 Laura ville gerne fejre fødselsdag, men stearinlys er så dyre og det er frostvejr, så hun udsætter det.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Coa8</t>
   </si>
   <si>
     <t>[Skrevet med blyant på kuvertens forside:]
 1917
 [Skrevet med blæk:]
 Fru Professor Brønsted
 Tornehave
 Birkerød St.
 [I brevet:]
 [Øverst på s. 1 med anden skrift end Laura Warbergs:]
 Glorup! hvor en svoger var skovrider
 [Med Laura Warbergs skrift:]
 Glorup d. 21/2 – 17
 Kære lille Muk!
 Egentlig skulde Madien have dette Brev, men du kan nok bringe ham et ”Til Lykke” ledsaget af mange gode Ønsker for det nye Aar. Hvis jeg havde haft et pænt Kort, saa kunde jeg have sendt det særskilt, men dette gaaer også. Du skulde dog gærne med det samme have en lille Haandfuld ”Bagateller” herfra. Jeg har husket Kerteminderne paa Madiens Fødselsdag og haaber de skriver og fortæller om den selv. – Jeg har det saa rart her; intet Hovedbrud af nogen Slags, det er dejligt med en lille Ferie. Jeg gaaer en lang Tur i den herlige Skov hver Form. - og om Efterm. en mindre med de andre. Pigebørnene har været i Kbh fra i Lørdags, kommer i Aften. Naar de er her, spiller vi en Bridge, ellers læser vi; her er altid gode Bøger. Jeg har været en Visit paa Anhof; en Aften var vi bedt til en fin lille Souper hos Abels, spillede Bridge. I Gaar bedt til Kaffe hos Kattrups. Connes 70 Aars Fest var nydelig og morsom Jeg blev tildels gode Venner med Tante Visse, bad hende og fik Ja! til at besøge os til Sommer med dem herfra. Jeg er nu glad ved det; nu skal vi jo ogsaa ses d: 12_te_ April hos Syberg. Nete er med sin lille Pige i Kbh at besøge sin Mand, der ligger indkaldt i Holbæk, men havde fri et Par Dage; hun fulgtes med Marie og Nina og de bor i Grundbergs Hus; den lille har en Fru Flensborg, Det gaar desværre ikke ret fredeligt til paa Ølstedgaard og Nete er jo ikke rask, Lungerne er svage, hun maa intet bestille, de har en ung Pige til lille Ellen og en Husjomfru. Visse er saa uhyre glad ved Barnet, det er mærkelig nok, da hun aldrig har brudt sig om Børn. Nu forestaar der maaske en Forandring, da Greven tænker paa at sælge noget Jord fra Gaarden eller sælge den helt. Visse er saa bange for, at Amstrup i det Tilfælde vil købe den og hun vil saa gærne derfra. Conne har faaet det lettere og uden de mange Ærgelser han havde ved at se Administrationen øse Penge ud i Stedet for at spare lidt til den stakkels Greve. Der vilde have gaaet 30-40 Aar og nu menes der 10, inden alt kan være i Balance igen. Nu har to Grever Molkte købt alt her, Greven ejer ikke Sølvtøj Møbler eller noget. Men nu spares der efter en større Maalestok og Greven har en mindre Sum vist en 10000 aarlig. Hun har jo mange Penge, men har ”intet villet give for Børnenes Skyld”. Alt Bøndergods er eller skal sælges. Glorup og Rygaard er det ["t" sidst i ordet overstreget] eneste Gaarde, der bliver tilbage og saa Fideikommiskapitalen. Willumsen har købt Anhof – På Lørdag skal jeg hjem til en St[ulæseligt] og saa vilde jeg jo gerne have en større Festlighed til Eders Fødselsdag, men jeg er bange, vi ikke har Lyst til den Tid og vi har ingen Lamper og Stearinlys er saa dyre, saa nu har jeg henstillet til Elle, om vi skal opsætte Gildet. Mulig vi kunde laane Lamper, men hvad forslaar et Par Stykker. Skade at det nu fryser mere igen 6 ½ Grad her i Nat. Jeg har glædet mig over at kunde spare Lys og Brændsel i 14 Dage. Nu Farvel lille Skind! Kærlige Hilsner til Eder allesammen fra Bedstemor.</t>
+  </si>
+  <si>
+    <t>1917-11-11</t>
+  </si>
+  <si>
+    <t>Grethe Bichel
+Peter Bichel
+Ellen Brønsted
+Eugenie Holstein-Ledreborg
+Julius Hviid
+Ellen Iuel
+Marie Iuel
+Rudolph Iuel
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Ellen  Sawyer
+Gudrun Skanderup Nielsen
+Andreas Warberg
+Minna Warberg
+Mogens Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Fru Hotel Nielsen: Gudrun Skanderup Nielsen ejede Tornøes Hotel i Kerteminde.
+Hverringe og Ulriksholm er herregårde beliggende nær Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3773</t>
+  </si>
+  <si>
+    <t>Laura Warberg ønsker Ellen/Bes Brønsted tillykke med fødselsdagen.
+Laura har været i Brædstrup. Lejligheden er god, men kold, og drengene var søde. Familiens nye pige druknede sig i Ring Sø.
+Laura W. har problemer med øjnene og med svimmelhed, og hun kan ikke bruge briller.
+Alhed Larsen underviser sine sønner. Den ene er dygtig; den anden bagud.
+Ellen Sawyer sælger malerier og underviser i klaverspil på blandt andet herregården Hverringe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/H1mh</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+1917 11-11-1917
+[Skrevet med blæk på kuvertens forside:]
+Fru Professor Brønsted
+cand. polyt.
+Tornehave 
+Birkerød St.
+[På tværs med sort blæk på kuvertens forside:]
+90
+60
+50
+50
+450
+90
+300
+60
+180
+125
+1440
+[På kuvertens bagside; med blyant; en del kemiske formler. Og med blæk; på tværs:]
+25
+Sk. 20
+20 
+10
+[Med blæk i brevet:]
+Kerteminde d: 11/11-17
+Kære lille Muk!
+Til Lykke med lille søde Bes! Jeg sender samtidig med dette en Anvisning paa 2 Kr, som hun selv kan kan købe sig lidt for, den store 12aarige Pige; at tænke sig om 6 Aar er hun Student. Jeg har været en Uge i Brædstrup, det er en smuk Lejlighed, men der er koldt. Drengene var raske og søde, Minna meget optaget af ny Pige d: 1_ste_, flink og rar og godt anbefalet, lovede saa godt! Og saa drukner hun sig i Ring Sø en lille Kvartmil fra Brædstrup, en meget uhyggelig og mystisk Begivenhed, ingen aner Motivet, uden muligvis øjeblikkelig Sindssyge eller at der var noget galt med hende, hvilket endnu ikke var bleven undersøgt, da jeg rejste. Minna averterede strax og havde et run af Piger, tog vist en af dem. Jeg har ikke været hel vel en lang Tid, Øjne og Hoved og megen Svimmelhed, men det er kun Nervøsitet siger baade Dr. Hviid, Grethe Bichel og Dr. Sounte, Øjelæge i Odense. Det eneste ved det, som generer mig er, at jeg kan ikke taale at bruge Briller, kun en Lorgnet og endda med Maade. Jeg prøver at faae andre Glas i Brillerne, men det er vanskeligt. Ellers staaer alt vel til i alle Hjem; Alhed slider vældigt med Drengene, Puf er flink, men de siger, at Lysse er umulig, hans ringe Kundskaber i alle Fag er os en Gaade. Lehn Schiøler spekulerer for Alhed, vist 2000 som han nylig har købt Malerier for; hun har lige faaet at vide, at hun har tjent 600 foreløbig. Elle tjener godt ved Malerier for Tiden et ret stort med Olie til Fru Hotel Nielsen og et mindre til Grevinden paa Ulriksholm/gennem Bichels. Hun er glad ved at spille paa Hverringe, de er saa ligetil og rare mod hende, og den unge Datter er saa sød og flink, men ikke musikalsk. Gid Vinteren ikke skal blive for streng for Elle og gid den skrækkelige Krig snart fik Ende!
+Nu kun kærlige Hilsener til Eder allesammen, lille Muk; jeg vil da haabe, jeg har takket for Dit sidste lange og gode Brev.
+Bedstemor
+Elle hilser Eder alle og lykønsker Bes!</t>
   </si>
   <si>
     <t>1918-01-06</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Christine  Mackie
 Ellen  Sawyer
 - Thiele
 Erik Warberg Larsen</t>
   </si>
   <si>
     <t>Andreas/Lysse og Johan/Puf Larsen skulle begynde som elever på Birkerød Kostskole.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3753</t>
   </si>
@@ -745,59 +875,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M11"/>
+  <dimension ref="A1:M13"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -958,349 +1088,437 @@
         <v>35</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E5" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E6" s="5" t="s">
-        <v>47</v>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
         <v>48</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>49</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>50</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>51</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>52</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F7" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="I9" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="J9" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="J9" s="5" t="s">
+      <c r="K9" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="K9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="L9" s="6" t="s">
+      <c r="M9" s="5" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="I10" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="J10" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="L10" s="6" t="s">
+      <c r="M10" s="5" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" s="5" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E11" s="5" t="s">
+        <v>85</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="L13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
+    <hyperlink ref="M12" r:id="rId17"/>
+    <hyperlink ref="M13" r:id="rId18"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>