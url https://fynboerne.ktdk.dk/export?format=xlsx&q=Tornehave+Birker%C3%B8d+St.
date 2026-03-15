--- v1 (2025-12-31)
+++ v2 (2026-03-15)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="106" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>