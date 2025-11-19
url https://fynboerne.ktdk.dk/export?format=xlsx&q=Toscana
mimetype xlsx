--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -44,250 +44,154 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>efterår 1894</t>
+    <t>1894-08-20</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Laura Warberg</t>
-  </si>
-[...84 lines deleted...]
-    <t>1894-08-20</t>
   </si>
   <si>
     <t>Italien
 Toscana</t>
   </si>
   <si>
     <t>Erikshåb</t>
   </si>
   <si>
     <t>Rufina, Firenze,Toscana, Italien
 Fiesole, Toscana, Italien
 Firenze, Italien</t>
   </si>
   <si>
     <t>Giovanni -
 Herminia -
 Isala -
 Onklen -
 Rosina -
 Adolfo Bacci
 Vittoria Bacci
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 - Rübow</t>
   </si>
   <si>
     <t>Alhed tager i februar 1894 på en rejse til Italien med sine onkler. Hun bliver der til foråret 1895.
 Ludvig Brandstrup tager i efteråret 1894 til København for at blive gift med Berta Hirschsprung. Parret kommer herefter til Firenze.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Onkel Lud skal rejse og Alhed skal bo hos familien Bacci i Rufina. De besøger familien og tager på bjergvandring.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0Rju</t>
   </si>
   <si>
     <t>20nde [overstreget: J] August 1894
 Kæreste Mor!
 Med Blyant i Anledning af at jeg ligger ude i en Kastanieskov, ægte K., henrivende, ligger på Skraanigen af et Bjærg og skimter blaa Bjærge bagved Træerne. Lud ligger og sover her ved siden af, jeg var ikke søvnig, skriver derfor i Stedet.
 Jeg synes, I skal have et Extrabrev for at blive lidt orienterede med, hvor lille Be opholder sig og færdes. – I Forgaars gik den af. Lud og jeg rumlede ud af Firenze Kl 6 Morgen paa Toppen af en velstoppet Omnibus. Det var dejligt at komme af Sted, de sidste Dage havde været haarde, vi havde naturligvis opsat alt lige til sidst, Ærinder, vi skulde besørge sammen, Vadskning og Strygning af alle mine Kjoler o.s.v. Luds Fødselsdag bestilte vi intet; Han blev glad ved Puden og Glasset. Vi tog sammen med den lille Bülow op til Fiesole at spise Frokost, d.v.s. en Dagv [overstreget: Dagv] elektrisk Sporvogn kørte fra os lige for Næsen af os, saa gik vi ind i et Trattori og spiste og afventede den næste. – Jeg sae [overstreget: sae] à Fiesole Kaffen med Likor og Cigaretter paa et henrivende Sted i Haven Aurora” under T [overstreget: T] skyggefulde Træer og den herligste Udsigt over Firenze. Saa gik vi rundt og besaa Fiesole. Resterne af et ældgammelt Amfitheater x,
 Kirken x meget interessant, ogsaa Kirken for Resten, spiste saa til Aften paa samme herlige Sted og kørte endelig i Drosche og Maaneskin tilbage til Firenze. – Vellykket Eftermiddag. Som sagt, I Lørdags Morges gik den af. Fru B med Pige var i Rufina at tage imod os ["os" indsat over linjen] og Manden og Søsteren havde Frokost færdig da vi kom. Eftermiddagen gik med at drive den forfærdelig af og sove lidt, vi var jo lidt trætte, da vi havde været oppe 3½. Men Forandringen fra Firenze er dejlig; Luften henrivende frisk og styrkende, Maden smager storartet, jeg har ikke [tilføjet: ikke ] smagt Mage til Smør og Mælk, og æder med en Appetit, som jeg heller ikke har kendt i lange tider. Og endelig sover jeg med en Ro og Kraft, der er velgørende. Det er alligevel rart, ikke at være helt alene, man føler sig dog mere tryg. I Nat mærkede jeg ikke, at Teresina (Søsteren) tændte Lys og anstillede Jagt paa en Græshoppe der gjorde Spektakel hoppede og omkring paa mig! – I kan ikke tænke Jer, hvor de Mennesker ere elskværdige og nydelige imod mig og saa ere de saa kvikke og lebendige og parate til alting.
 Fru B er som en pur ung Pige, skønt hun har en Dreng paa 6-7 Aar. I gaar Søndag var vi paa en dejlig Tur, vi besteg et Bjærg, d.v.s. Fortsættelsen af det vi er paa, det var en vældig lang Tur og stejl både op og ned. Men ikke det mindste anstrængende fordi Luften er saa henrivende, selv ikke i Middagssolen. Vi var 10 Mand, vores Værtsfolk, Giovanni og Rosina, et kosteligt aldrende Ægtepar; Konen har et storartet Humeur og Snakketøj og traver til trods for sine c. 50 Aar som en Gaselle op og ned af Bjærgene, Man er lun grinagtig; men Lud og jeg kunne desværre næsten ikke forstaa ham – Endvidere Herminia, Pigen og hendes Søster Isala, to vældig friske Pigebørn. – Vi spiste Frokost paa en Eng under nogle store Egetræer ikke langt fra et Hus. Derinde fik vi at vide, at naar vi vilde vente en Timestid kunde vi faa Ricotta. Det vilde vi nok. Saa fik vi imens Manden ud med en Stige og et Reb og vi lavede os en ["en" indsat over linjen] udmærket Gynge i et stort Træ. Saa spiste vi og drak Vin og fortsatte Turen til op paa Toppen, hvor der var et herligt Panorama. Vi fandt smaa nydelige Alpevioler. Masser af Brombær og Nødder. – Det var en dejlig Tur; kun trætter det mig en Del med det fremmede sprog, jeg maa jo endnu tænke mig svært om med alt, hvad jeg skal sige og det er anstrengende at tænke og tale på to forskellige Sprog. Nu vækker jeg Lud, vi skal hen at gøre Regnskab, det er det vi er kommen herud for H.[overstreget: H]
 Senere. Han vågnede halvt og bad mig skrive til Berta, det har jeg nu gjort 3 Sider, nu skriver han videre; jeg ligger paa Maven og skriver paa Jorden og han lægger sit Brev paa min Ryg og skriver. Jeg er sønder knust over at Lud rejser, han er en storartet Kammerat. – Han rejser i Morgen tidlig. Manden Bacci og jeg tage med ind til Byen, jeg har glemt forskellige Ting f.Ex. at give Besked til Posten om mine Breve, jeg længes snart efter nogle Breve. Tak for Lappen i Luds Brev, Du er jo en hel Digter, har [overstreget: har] det skal vi rigtignok nok huske, naar Du en anden Gang vil sætte os til at lave Sange. – Endvidere vil jeg have noget mere Malervæsen herop her kan blive meget at gøre. – Vi skal op i nat Kl. 3 I Morgen Aften komme vi tilbage medbringende Onklen, den gamle Major, det kan blive sjov at faa ham herop. – Jeg glæder mig vældig til at være her i en halv Snes Dage, i denne dejlige Luft. Særlig naar jeg vænder [overstreget: vænder] vænner mig lidt mere til det italienske. – Vi har 3 Sovekamre og Spisestue og Køkken. Laver selv Mad. Fruen skriver op alt hvad vi køber, og siden deler vi. Det er jo nydeligt af dem paa den Maade at tage mig ind i Familjen. Det bliver vist 2,50 om Dagen, vi æder allesammen. Jeg skulde jo saa lave Mad ogsaae af og til, men jeg bliver vist tilbage, Fruen er saa flink og regner det for ingenting. Men en Dag skal jeg lave Brombærgrød. – Senere paa Aftenen. 
 Her er en farlig Tummel vi have lige spist og sidde om Bordet og jeg maa se mit Snit til at slutte Brevet. Det blive vist besværligt at skrive Breve her, her er intet Sted at sidde, - uden [overstreget: at] f.Ex i Skoven, men jeg er bange at Du Mor ikke sætter Pris paa usoignerede Breve. Men dette er et Extrabrev og saa – Kritik frabedes! – Nu kom der en skare ind med et Pindsvin de havde funden og som de var henrykte over. – Det er vist et slemt forstyrret brev, dette, men jeg haaber I blive glade ved at høre at jeg har det udmærket heroppe.
 Nu kun 1000 Hilsner til Eder alle.
 Skriv snart 
 Eders Be
 Adr._ Alt._ Signor Adolfo Bacci
 Rufina – per [overstreget: Ach]
 Acone
 Toscana _ Italia_</t>
   </si>
   <si>
-    <t>1895-03-13</t>
-[...14 lines deleted...]
-Francis Beckett
+    <t>1894-08-14</t>
+  </si>
+  <si>
+    <t>Bello sguardo Firenze
+Acone</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci
 Berta Brandstrup
+Emil Brandstrup
 Ludvig Brandstrup, billedhugger
-Bernhard Hirschsprung
-[...2 lines deleted...]
-Laurits Ring
+- Malenotti
 Alfred Rottbøll
-Adelheyde Syberg
-[...19 lines deleted...]
-Piazza Donatello 10
+- Rottbøll, Fru
+Christian Sylow
+Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i 1894-1895 på rejse i Italien med to af sine morbrødre.
+Skvadderup er Alhed Larsens omskrivning af Bello sguardo.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2114 og BB 2152</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har travlt med at montere en pude, som Berta Brandstrup giver sin mand i fødselsdagsgave. Der har været stor fest hos Bacci, og Alhed har haft travlt med rengøring, madlavning mv. Gæsterne klappede og råbte Bravo ved bordet. Nu har Alhed vasket op osv. Bacci rejser "derop" (til deres landsted) den følgende dag, og Alhed samt Ludvig Brandstrup følger efter. Hun er glad for at være sammen med italienere og savner ikke Rottbølls, som skændes meget.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fBOL</t>
+  </si>
+  <si>
+    <t>AW 14de Tirsdag
+Rufina - per Arko ["Arko" overstreget] Acone
+( Signor Adolfo Bacci
+Toscana Italia
 Kæreste Mor!
-Mange Tak for Dit sidste lange Brev, som jeg blev vældig glad ved. Det var jo en sørgelig Meddelelse med Muntermand og jeg skrev vist netop noget om ham i Faders Brev. Jeg gad vide, om I saa var paa Glorup, jeg sendte Brevet dertil, da du havde skrevet det i Dit forrige Brev. - - For en Timestid siden tog Lud og Berta af Sted paa en lille Rejse til Genua; de skulle der mødes med B’s Far og Søster Emma og rimeligvis være der sammen med dem nogle Dage. Saa tager ”Fader Bernhardt” til Monte Carlo en 3-4 Uger og Emma kommer med herned. Berta var henrykt naturligvis. – I Aftes fulgte vi Ring paa Banegaarden; han kommer vist desværre ikke gennem Odense alligevel, han havde ellers lovet at gaa op og hilse Christine fra mig, det havde ellers [overstreget: ellers] været forfærdelig morsomt. – Ring vil jeg savne umaadelig meget, vi spiste Frokost sammen hver Dag, han malede ogsaa paa Ufficierne. – Min Cape mangler jeg desværre ikke saa lidt paa endnu, det er et sent Stykke Arbejde. Nu skal jeg hænge vældig i disse Dage, mens de andre ere borte. – Nu lader det for alvor til, at Foraaret staar for Døren, Vejret er meget omskifteligt, men af og til have vi en dejlig Foraarsdag og vi plukke hver Dag en halv Snes Violer inde i Haven. – Naar det bliver rigtig smukt Vejr, vilde jeg gærne være færdig med min Cape. Lut mener ganske vist, at jeg lærer saa meget af det, at jeg strax skulde tage fat paa en til, men det tror jeg da ikke, jeg kan bekvemme mig til, jeg maa vist ud at lave nogle Afskedsbilleder. – Baade Konsulens og Baccis ville have mig op mens jeg er alene, men jeg har sagt nej Tak; jeg vil være flittig og skal desuden passe et Lerarbejde af Luds. Og kun spise og sove deroppe vil jeg dog ikke, naar jeg ellers skal være nede i Byen hele Dagen. - - I Aften skal jeg dog derop, det er Helligdag i Morgen [tilføjet over linjen: i Morgen] og vi skulle ned i "Cascelunerne" [det andet "c" i ordet tilføjet over linjen] at se Prinserevy, ogsaa Zioen Fru Pelle og Beckett. Det er ikke umuligt, at jeg kan komme til at rejse hjem sammen med Becket, han rejser rimeligvis sidst i April; vi talte om det i Gaar, han vil ogsaa gærne have Selskab. - - Han var her i Aftes til en lille Afskedsmiddag for Ring: udmærket Suppe, Æggekage, Lammesteg [overstreget: steg] Kotteletter med Kompot, Ost og Frugt. Vi havde - - - her kom Fru Bacci, nu kan jeg ikke huske hvad jeg begyndte paa. Det sinkede [tilføjet over linjen: sinkede] mig for Resten, nu kan jeg desværre ikke naa at faa Brevet af Sted, saa bliver det nok først i Overmorgen.
-[...4 lines deleted...]
-14de Marts – 1895.</t>
+Tak for Dit Brev! Det var mig umuligt at skrive i Gaar, da jeg havde knusende travlt hele Dagen og Brevkort havde jeg ikke heroppe. Men da jeg havde skreven et Extrakort, kan det vel ogsaa gaa for ["for" overstreget; "med" indsat over linjen] med i Dag. - Det bliver nu ikke langt i Dag, da jeg skal hen at montere den Sofapude, som Berta giver Lud til hans Fødselsdag Torsdag ["Torsdag" indsat over linjen]. Hun har bedt mig lade det gøre hernede, men i Butikkerne ere de nogle Bæster til at lade os Udlændinge betale, de vilde have 15 Lire for at la ["la" overstreget] montere en stakkels Pude, saa gør jeg det selv. Fru B. har lovet at hjælpe mig, hun kom før og sagde, at hun fik meget travlt i Morgen og vil derfor helst i Efterm. Derfor - - . I Gaar stod Slaget med Baccis, Det løb i alle Maader heldigt af. Maden lykkedes over al Forventning, - jeg er oprigtig talt ganske forbløffet over min egen Dygtighed - Lud siger, jeg har Talent. - Retterne har jeg skreven om; det hele gjorde Lykke og de klappede flere Gange i Hænderne og raabte "Bravo" ved Bordet. Røræg kendte de slet ikke men de huggede vældigt paa dem og Fruen vil lære det. - Jeg var paa Sokkerne hele Dagen fra Kl. 4 1/2 Morgen og i uafbrudt Virksomhed. Jeg er jo som bekendt ikke af de raskeste og der var dog en Del at gøre, alle Stuerne gjort rent og pyntet med Blomster, Lamper, viske Porcelain dække Bord og lave al Maden inclusive Sabineblommekagen samt stryge alt Dækketøjet X [Indsat i venstre margen, lodret:] Her kendes ikke Rulle [indsættelse slut] og en Kjole, som Vadskekonen bragte i sidste Øjeblik. - Hele Skvadderup bliver bespist med Sabinebl.kage ved denne Lejlighed, jeg lavede hele Portionen. de ["de" overstreget] De 5 unge Malenattier har meldt sig herind paa Visit, saa ser jeg at faa dem til at komme i Morgen og giver dem Kage og Vin. Har jeg for Resten skreven, hvem det er? Vor Vært hedder Malenotti og er Advokat. Han er et gammelt Gnavs, men hans Frue er brilliant, smuk og elskværdig og de har 5 nydelige Døtre fra 15 til 24 Aar. Dem synes jeg udmærket om og ["om og" indsat over linjen] jeg kan ikke komme tidt nok derind, de beder mig stadig komme derind og gaa i deres Have, som jeg var hjemme. Det er dejligt for mig, de g ["g" overstreget] bo her ved Siden af i samme Hus. - Endvidere skal have Kage Baccis Pige der vist var paa Sultekur i Aftes, og et Par gamle Folk her ved Siden af, som al Tid vil hjælpe mig, Manden bærer Vand for mig. Disse faar desuden et Stk. Suppekød, Bønner og lidt Kalvekød har faaet det var henrykte. - - Det var altsaa morsomt i Aftes, de var meget animerede og drak vældigt, vi var 6, No 6 var Fru B's Søster, en nydelig Dame. Fru B. bad mig skrive fra hende, at alt var lykkedes bellissimo og at jeg var en "brava cuoca" (dygtig kokinde). - Nu har jeg vadsket alt af, hvilket var den mindre morsomme Del af Festen. Baccis rejser derop i Morgen Aften, og Lud og jeg følger efter en Dag sidst i Ugen, jeg bliver der saa, til de rejse hjem; skal sende et Brevkort med Adressen - glæder mig svært til det og til at komme i anden og friskere Luft en Tid. Saa skal jeg til at male igen, jeg har dovnet i denne Tid. Og Spisningen er der ikke bleven saa stort af, siden jeg var daarlig for at faa Appetit har jeg ikke saa sjældent spist med Lud nede paa et temmeligt fint Sted i Byen, Høns osv. og drukken en Del Marsala. Nu er jeg helt rask. Du maa endelig ikke tænke paa "mine Plager", de ere saamænd hverken mange eller store, Myggene ere meget tagne af, jeg er ikke bleven [overstregede bogstaver] Mager under min Daarlighed, der jo ikke var saa farlig stor. Heden har været Tiltagen siden jeg skrev sidst i D ["D" overstreget] Fredags var det den varmeste Dag, p ["p" overstreget] den hedder St. Lorenzo og er gærne Kulminationsdag. Der er et Vers om den. - Men ["Men" overstreget] I Søndags blev det lidt friskere. Jeg tror, det er din sikre Tro paa at det er bleven friskere, der endelig har faaet Bugt med Varmen. Samme Dag jeg fik Dit Brev blev det friskere. - Du skriver: Hvorfor kommer Konsulens ikke hjem nu det er friskere i Vejret. Jeg maatte le, da jeg læste det. Det kan man kalde en ["en" overstreget] Overbevisning om de Ting, der ikke ses. Konsulens kommer vist ikke før til Oktober, men det er jeg for Resten ingenlunde ked af. Jeg befinder mig vel paa denne Maade og slutter mig mere og mere til de to italienske Familjer. De andre er i Grunden i al deres Skikkelighed temmelig kedelige at omgaas i Længden og den evige Husvrøvl og Ufred er jo ogsaa trættende. Balle savner jeg mere, han er en sjov Patron, som jeg er kommen til at holde meget af. Det lader til at være et godt Sted for ham deroppe i Tyrol. Rasende Sjov, hvis Frk. Sp. og Frk. S kom hertil Firenze. - Der er vist kun den ene lille Dansker for Tiden. Jeg skrev vist om ham? Sülow, Arkitekt. Det er en lille skikkelig Fyr, vi kalder ham "lille Neser", det hed han paa Sorø. - Han er glad ved at træffe os, da han gaar helt alene og han vil gærne "give noget ud" naar han bare kan faa os halet lidt ind at snakke paa en Kafé. Vi gaa ikke saa sjældent til "Carnelio", hvor vi sidde i en Have og høre Musik og spiser Is. - Samme Fyr fortalte en Dag i Firenze, at nu havde han været 14 Dage i Firenze og i den Tid havde han spist 13 Høns og 26 Portioner Suppe. Paa en Dag nær havde han hver Dag to Gange spist Suppe og en halv Høne!! -
+"Pecato" (ærgerligt) nu fik jeg ikke dette med, jeg opdagede, at jeg ikke havde Frimærker og jeg havde ikke Tid at gaa til Byen. - Nu er Kl. 11. Lud vil have mig med ud at købe noget og jeg mangler endnu at sy Snore om Puden og om Eftermiddagen kommer alle Malenottierne paa Visit. Nu har jeg ikke noget at give dem, da jeg ["jeg" overstreget; "de" indsat over linjen] de har spist Kagen i Aften. Jeg var bange, den ikke kunde holde sig, og da jeg hørte dem ude paa Pladsen, gik jeg ud og spurgte om de ikke ["ikke" indsat over linjen] vilde hellere spise den nu. - Det blev modtaget med Begejstring og de myldrede ind allesammen, de 5 samt den yngste en Dreng. Jeg fik skrabet Bohave sammen i Form af smaa Skeer, store Skeer og Gafler, har kun to af hver Slags. De fik ogsaa Marsala da de var færdige var der endnu en 3-4 Stk, som jeg bad dem tage med til deres Mor, saa vilde de have jeg selv skulde gaa med ind og Lud ogsaa men han vilde ikke; jeg gik derind en Timestid og snakkede der var en fremmed Herre og Dame paa Besøg. Jeg fik svært Ros for mit italienske i Aften, jeg taler virkelig ogsaa snart helt flydende og let, saa man gensidig kan ko ["ko" overstreget] have lidt Fornøjelse af det. De sagde, de vilde komme herud i Morgen Eftermiddag, allesammen ogsaa de to frem ["frem" overstreget] Fruer. De vil se mine Fotografier. De to mindste har set dem og fortalte de andre, at I alle ere kønne! - Nu skal I høre et Held, jeg har haft i Dag. Lud aner ikke, at jeg ved, det er hans Fødselsdag, vi gaa begge to og lade som ingenting. - En Dag havde vi set 4 smukke Glas af Krystal nede i Byen hos en Antikvar. Lud tænkte paa at købe dem, men de var lidt dyre, 10 Lire. Et Par Dage efter sagde han imidlertid, at nu vilde han købe dem alligevel, da de var saa smukke. Saa kom jeg ham i Forkøbet og gik ned og købte jeg dette ["te" sidst i ordet overstreget] største og smukkeste til 34 Lire. Der gik imidlertid et Par Dage og jeg begyndte at blive bange, at han havde opgivet det. Men saa i Dag kommer han og har købt de tre og var i hæftigt Oprør over, at ["at" indsat over linjen] det bedste var gaaet fra ham. Jeg glæder mig vældig til paa Torsdag Morgen, naar han kommer og intet aner, da at have Bordet pyntet med Blomster og Glasset og Bertas Pude, der er meget smuk liggende der. - - Jeg kan ikke glemme, hvor Malenottis sad hyggeligt derinde i AftenUde i Af ["Af" overstreget] Haven under nogle store Trær stod et Bord, stort 4kantet med to lamper paa; der sad de og drak Frugtvin. Jeg glæder mig til at gaa lidt tit derinde ["e" i slutningen af ordet overstreget] naar jeg bliver alene. - Fruen vil lære at lave Katrinekage. -</t>
   </si>
   <si>
     <t>1912-05-14</t>
   </si>
   <si>
     <t>Fritz Syberg</t>
   </si>
   <si>
     <t>Else Jensen
 Johannes V. Jensen</t>
   </si>
   <si>
     <t>Pisa
 Via San Lorenzo 44</t>
   </si>
   <si>
     <t>Ludvig Find
 Johanne Giersing
 Jens Jensen
 Villum Jensen
 Johannes Kragh
 Peter Magnussen
 - Rafael
 Georg Seligmann
 Anna Syberg
@@ -299,50 +203,146 @@
 Jens Ferdinand Willumsen
 Viggo Winkel</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
 Corriere toscana: Den toscanske kurér. 
 Udstillingen i Brighton er formodenlig Modern Danish Artists, som netop blev afholdt i 1912. Willumsen deltog i denne. Fritz Syberg skrev 13. marts 1912 til Johannes V. Jensen, at han regnede med at deltage i denne udstilling.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Fritz Syberg har fået brev fra en ungdomsven. Han og Anna har ikke råd til at rejse med alle børnene. Syberg og Jensen må ses i forbindelse med det planlagte tidsskrift. Syberg er blevet interviewet til to aviser. En russisk læge og hendes søn har været på besøg og se på Fritz Sybergs billeder, og hun var meget fortørnet over farverne, men en italiensk maler, som også var til stede, var begejstret og fortalte, at Syberg havde styr på farvelæren. Syberg-familien blev siden inviteret til the hos den russiske kvinde, som spurgte, hvordan Anna havde tid til at opdrage sine børn, når hun også skulle male. Anna svarede, at de måtte opdrage sig selv. Russerens egne børn var meget underkuede og turde ikke sige noget. 
 Syberg-familien har også lært en italiensk familie at kende. De har en mængde dyr i deres have.
 Fritz Syberg har ikke sendt ind til Den Frie Udstilling. Willumsen m.fl. har undladt at invitere ham til udstillingen i Brighton. Til gengæld vil Winkel &amp;amp; Magnussen købte alt, hvad han har malet i Italien, men Fritz Syberg vil hellere udstille i kunstforeninger.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/kXix</t>
   </si>
   <si>
     <t>Pisa – 14 – Maj 1912. Via San Lorenzo 44
 Kære Johannes V. – kære Else.
 Hvor Jeres Breve kom heldigt. Jeg lå anden Dagen i Sengen af Influenza og ønskede mig at der nu vilde komme Brev hjemme fra – og så ringede Posten. Sammen med Eders Breve kom et andet rart Brev fra en Ungdomskammerat – tænk man har _Ung_domskammerater – som jeg havde mistet Forbindelsen med i mange År. Jeg kan høre Klangen af Din Stemme Else igennem Dit Brev og den er lige så tiltalende at lytte til som Bølgernes Klukken, men – jeg kan altså høre den på lang Afstand og må blive. Det bliver for dyrt at rejse med alle Ungerne og tage fra dem tør vi ikke. Koleraen var ikke ufarlig hernede i Fjor og måske bryder den løs iår igen. Johannes V. kan ikke mere ”se os”. Men jeg er i visse Henseender Fatalist. ”De Himlen har bestemt for hinanden osv.”. Og jeg tror ikke vi n [”n” overstreget] er færdig med hinanden endnu. Nu har vi jo det nye Tidsskrift hvad det nu skal hedde. Tanken om det er gammel hos mig og jeg talte med Anna derom for over to År siden, og nu er jeg først nået [”nået” indsat over linjen] til at betro mig til Dig. Det udvikler sig altså langsomt lige som de intelligente Dyreraser og det er jo gode Tegn.
 I skal have en Fremstilling af den Fase vor Tilværelse befinder sig i nu [”nu” overstreget] i Øjeblikket, for den er undergivet Omskiftelighedens Lov.
 Jeg er blevet interviewet til to italienske Aviser ”corriere toscana” og ”la [ulæseligt ord].” Efterhånden har den Nyhed bredt sig at der bor en skandinavisk Maler i Pisa. Det var en Dame der besørgede Interviewet – og min Kone der lavede det – Gudskelov man har en Kone – Damen der kom var en gammel gemytlig Svend Tysker, havde været bosat i Pisa i 20 År, var Journalist, Forfatterinde, Lærerinde i Engelsk, Tysk og Fransk, og trods sin Alder nok en [”nok en” overstreget] i Besiddelse af en god Appetit på Tilværelsen. Gjorde hver Sommer Rejser til England og Frankrig. Så var vi til ”The” hos hende. Der stiftede vi Bekendtskab med en Frue, - Russerinde, gift med Professoren ved Tuberkulosehospitalet her i Pisa. Hun havde en Søn der vilde være Maler og bad om hun måtte besøge os (De vilde altså se mine Billeder, det bliver mere og mere en Skik at Folk vil det, og det er en meget blandet Fornøjelse) Professorfruen var ikke så morsom. Hun er selv Læge men det mærker man ikke. Derimod går hun d [”d” overstreget] i den Grad op i Bekymring for sine Børns Opdragelse, så hun har det ligeså pinefuldt som ham [”ham” overstreget] Manden der aldrig turde spise sig mæt af Frygt for at han så skulde dø af Sult næste Dag. Fremvisningen af mine Billeder var en god Forestilling. Hun var meget konsterneret over de Kulører jeg malede med det var ikke de Rafael brugte sagde hun, og hun [”hun” indsat over linjen] gjorde mig mange Spørgsmål som det var mig umulig at besvare, men heldigvis var der en Maler tilstede en italiensk Professor som vidste Besked Han var meget begejstret for Billederne og blev efterhånden Fyr og Flamme – spurgte Fruen om hvorfor en Grøft i et Landskab var blå, så vidste han Besked, gestikulerede og forklarede hende hvilken Visdom der var i at netop den Farve var blå, jeg blev efterhånden helt sikker i Sadlen ved at høre hvor sikker jeg var i Farvelære Hendes stakkels Søn bliver nu proppet med al den Pølsesnak og det går ham som alle overkultiverede Mennesker at de for lutter Spekulation over Tin [”Tin” overstreget] hvordan Tilværelsen tager sig ud, mister Evnen til at elske den, og så har hun stakkels Klukhøne gjort hvad der står menneskelig Magt for at hjælpe ham fremad. Vi var bedt derhen til The i går, men heldigvis var jeg syg. Bel [”Bel” overstreget] Besse, Nolle og Anna var der saa. [”saa” overstreget] Professorinden bekymrede, [komma overstreget] over, hvordan Anna kunde få Tid til at male og så opdrage sine Børn. Anna sagde at de måtte opdrage sig selv. Ja men der [”der” overstreget] de skal jo lære – Græsk – Matematik – Pas. Hun har to Døtre begge to var de tavse som Graven Nolle og Besse taler Sproget meget godt nu og forsøgte at tø dem op men nej de var tyngede af Livets Alvor. Og med alt dette er Russerinden en velvoksen Dame med et ganske anseeligt Korpus, og ikke en Splejs som Anna. Vi kender en italiensk Signora – manden er Officer – men det er kom [”er kom” overstreget] Bekendtskab er kommet på en hel anden Måde. Hun havde set os på Gaden når vi fulgte Børnene til Skole, og indledte Bekendtskabet med at sende Anna Blomster. Vi har været der nogle Gange og de hos os. De ejed [”ejed” overstreger] ejer en hel ”zoologisk Have” bestående af store snehvide Kæmpeduer, hvide Kalkuner, og de mest henrivende snehvide Kaniner – ca 50. Af Kalkunerne gik en med 30 Kyllinger (Høns) en anden lå på 30 Hønseæg og en stor kalkunsk [”kalkunsk” indsat over linjen] Hane gik ude i Haven, der bestod af Appelsiner og Laurbærtrær. Hun var smuk – Signoraen – så ung ud skøndt hun havde seks Sønner hvoraf den ældste lige var blevet Løjtnant. Til Slut; jeg fører en lille stille Krig med ”den Fri”. Jeg sendte intet ind til Udstillingen og agter heller ikke at sende ind til næste År. Svindleren Willumsen tilligemed de Stakler der kryber på fire efter ham, Find – Kragh Seligman og hvad de hedder ordnede Brighton Udst. og undlod at indbyde mig (Jeg blev derimod indbudt af Foreningen ”Grafisk Kunst” – jeg har en Gang lavet to Træsnit!!). Det passer mig ikke at lade mig dette byde, da jeg hverken trænger til den Fri eller til at komme til Brigthon. Jeg har fået Tilbud fra Winkel og Magnussen at de vil købe ”en bloc alt hvad jeg har lavet hernede” ovenikøbet tilføjer de ”til en god Pris”. Men jeg vil ikke i Hænderne på Kunsthandlere og har foreløbig bedt dem vente til Efteråret. Helst vil jeg ordne mine Affærer således at jeg i Februar 1914 laver en Udstilling i Kunstforeninger over de sidste 4 Års Arbejde. Men det afhænger jo af [”af” overstreget] noget af hvad den Fri gør for at hverve mig igen, [overstregede, ulæselige ord] jeg har svært ved at sige nej når nogen beder mig - - ja det er sandt nu har jeg lige sagt nej til Else – nu 1000 Hilsener fra os alle her til Jer alle 4. Eders hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>efterår 1894</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Bobolihaven, Piazza Pitti, Firenze
+Acone, Toscana
+viale di colli, Firenze</t>
+  </si>
+  <si>
+    <t>Prins Christian -
+Vittoria Bacci
+Cæsar Bacci ?
+Francis Beckett
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Johannes Magdahl Nielsen
+Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Alheds forældre havde sølvbryllup d. 28.5 1894.
+Berta og Ludvig Brandstrup blev gift i Danmark i efteråret 1894. Herefter tog de til Italien.</t>
+  </si>
+  <si>
+    <t>Alhed vil gerne have familien til at vurdere, hvilket af hendes billeder, Frk. Sperling skal have. Hun er glad for at få sit ophold i Italien forlænget. Hun skal snart flytte hen til Lud og Berta.
+Udlændinge kan gratis tegne efter model på Akademiet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rmsf</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Det var min Mening at svare strax paa Dit Brev, men der er gaaet nogle Dage hen paa Gr. af at Fru B. har ligget af Influenza med Halspine. Nu er hun oppe og i Gaar var jeg igen i Firenze. Jeg vilde førend jeg skrev gaa ned og raadføre mig med Lud og B. angaaende det Billede til Frk. Sp. og vælge ét ud, de ere nemlig dernede. Jeg traf dem desværre ikke, gennemsaa [tilføjet: Billederne] dem selv, men var ikke videre tilfreds med Resultatet. Jeg synes ikke rigtig; der er noget der er godt nok til at forære hende. Imidlertid synes jeg det var morsomt at give hende ét, hvis hun bare vil blive glad ved det. – Jeg tror, jeg sender 5-6, saa kan I selv vælge ud, hvilket I synes bedst om, og saae kan det maaske ogsaa more Eder at se noget af, hvad jeg har lavet. Af dem jeg sender, tror jeg, at det, der er bedst malet, er [overstreget:det] mindste, et ganske lille et med nogle Blomster i stærke Farver, det er næsten det jeg [overstreget: jeg] synes bedst om af alt hvad jeg har malet, ogsaa Lud og B. synes godt om det. – Dernæst sender jeg et Landskab fra Boboli, grønne Plæner med en lille Statue af Pegasus, det kan jeg ogsaa helt godt lide. – Et Blomsterbillede fra Boboli, Senerarier, solidt Arbejde paa 1½ Maaned; et andet lille fra Boboli, Citrontræer, der spejle sig i Vandet. – Endelig to andre Landskaber, et fra Akone og et fra Viale de Collie, Efteraarsmorgen med Springvand. - - Jeg tror nok, de fleste ere bedre malede end det, jeg sendte hjem til Sølvbrylluppet, men det ere [overstreget: det ere] jeg er bange Motiverne ikke ere saa tiltalende, ikke saa ærkeitalienske. – Jeg synes, I skulde sætte dem op paa en Bordfløj eller noget lignende og saa se paa dem et Par Dage først. Det jeg selv næsten synes var det pæneste, var at give hende det lille Blomsterbillede i en ganske smal Ramme, mest som en lille Hilsen, og saa, naar jeg en Gang kommer hjem give hende, det af mine Billeder hun synes bedst om; men hvis I ikke synes det, saa gør det ikke, da det tillige er det, jeg nødigst vil af med, ubetinget. – Mit Viale-billede tænkte jeg én lille Smule paa, men opgav det af mange Grunde. - - Nu vil jeg være meget spændt paa at høre, hvad I synes om dem. - - - Jeg er bange, jeg ikke skrev begejstret nok hjem om det, at jeg maa blive her i Vinter; men det kommer af at jeg ikke de første Dage_ kunde_ lade være at tænke paa, at det nu igen vil vare forfærdelig længe inden jeg kommer hjem. Jeg var næsten begyndt at glæde mig til Jul, det havde jo ogsaa været aldeles storartet at komme hjem lige til Jul, - sikken en Fest! – Jeg kan virkelig ikke lade være med en Gang imellem at længes lidt hjem efter; navnlig naar der gaar mig noget imod eller jeg ikke er rigtig rask, kan jeg føle mig frygtelig ensom en Tid. [overstreget: J] Det er nu ogsaa meget værre for den, der er borte, den maa undvære alle, mens de andre kun undvære den ene. – Naa, men det er dog heldigvis kun til Vinter, at jeg længes lidt, i det hele og store, befinder jeg mig udmærket og er jo forfærdelig lykkelig over at skulle blive her. Jeg haaber, at jeg skal faa rigtig meget ud af Vinteren, jeg staar i Begreb med at foretage mig noget vældig fornuftig; vi har opdaget, at Udlændinge kan komme frit ind paa Akademiet og tegne 4 Timer om Dagen efter Model fra 8-12. Der kommer en Professor en Gang om [overstreget: Dagen] Ugen og hvis man vil have det; ser han paa ens Tegning. Det er storartet, synes jeg, Skade at jeg ikke har vidst det før. – Bare der nu ikke viser sig nogen Hindring.
+[Her stopper brevet brat og resten mangler. De følgende sider kommer fra samme kuvert. De er fra et andet brev i den samme periode. I dette brev mangler de forreste sider.] 
+løbe ned til L og B. der er mere end en halv Mil, saa paa stort under en Time kan jeg ikke gøre det. Og saa synes jeg ogsaa nok, det kan blive morsomt at komme til at bo hos Danskere igen, - Baccis ere brillante men Lud &amp;amp; B. ere dog bedre. Du kan ikke tænke Dig, hvor Berta og jeg blive gode Venner efterhaanden, vi kunne tale sammen i Timevis; hun er rigtignok aldeles mageløs, et rent Pragtexemplar, Lud er ogsaa aldeles henrykt, stille glad, men saa inderlig veltilpas. – Fortiden spise de Frokost paa Atelieret, kold Mad, som B. &amp;amp; jeg gaar ud at købe, jeg fører mit med heroppe fra, og om Aftenen gaar de ud at spise. – Jeg skrev straks til fru Maydahl, nu gad jeg vide, hvornaar de komme, hvis de vente ret længe kan jeg ikke naa at komme til Rom inden Jul, jeg maa absolut være sammen med L. &amp;amp; B. Juleaften. Men ogsaa af andre Grunde, vil det maaske passe bedre efter Jul, mulig at L.&amp;amp;B i Januar rejse et Par Uger Syd paa til Rom og Neapel, mens Lud venter paa noget, han skal hugge i Marmor. - - Ja, Du har ret i, at Julen [overstreget: at Julen] bliver det mørke Punkt, det bliver forfærdelig drøjt ikke at være med til vores sædvanlige hyggelige, dejlige Jul paa Haabet, men det kan nu ikke nytte at sørge for meget over det, [overstreget: de] noget galt skal der jo altid være. – Jeg haaber næsten Du til den Tid sender lidt Pølser og en Julekage?? det var dog altid lidt hjemligt. Jeg gad vide, om vi ikke kunne lave Risengrød Juleaften, at gaa paa Restauration den Aften var altfor skrækkeligt! - - Hvor det er morsomt, at det er Bertas Kusine, der er Skyld i, at jeg kan blive, Berta siger, at I ville nok synes udmærket om hende og hun om Eder. – Den Dr. Beckett cand.mag. har ganske rigtig en Søster paa Stensgaard, om han er forlovet ved jeg ikke, men jeg tror det ikke. Hans Mor er vist Vestindier og hans Far Grønlænder [tilføjet: Islænder?] eller omvendt. Han er rigtig elskværdig men en stor Teoretiker, der er saa slaaet fast paa alle Punkter, at han er lidt besværlig at snakke med. Han er højere end Prins Christian!!! - - - hvordan er Vejret hjemme? Har I haft Sne? Frost? Is? – For et Par Dage siden var der Sne at se paa Bjærgene heromkring, men det er meget sjældent, at den kommer til Firenze selv. – Jeg har købt Tøj til Kjole og Slag, noget kønt og varmt noget, blaat med røde Stænk: 36 Lire. Du skriver 50 Kr til Tøj med Spørgsmaalstegn; ja jeg kan jo ikke nægte at jeg magelig kan bruge 100, Kjolen bliver jo dyr inden jeg faar den Nyt af Fodtøj maa jeg vist have baade tykke Sko og Støvler saa jeg stadig kan skifte og have tørt paa. Jeg er lidt udgaaet der, slider rædsomt. Endvidere maa jeg have en ny lille Kuffert den gamle gik helt i Mas paa Vejen herned, samt et Par Uldbuxer til foruden dem jeg havde, et Par uldne Underliv, Handsker og andre Smaating. Du kan ikke tænke dig hvor jeg er bleven kuldskær efter den Sommer, jeg vil saa nødig forvænne mig, men mærker at jeg er nødt til at gaa meget varmt klædt. Forleden Nat blev jeg pludselig daarlig af Mavepine, Fru B hørte mig og kom herud, vi var begge meget betuttede over mig, jeg besvimede to Gange eller saadan halvbesvimede, som Du ved jeg kunne tidligere; der var ikke mindste anden Grund at opdage end Kulden; næste Dag tog jeg Uldbuxer paa og købte mig et langærmet Underliv af_ Uld_. Tænderne ere ogsaa gaaet over nu, men der er kommen et ækelt Hul i een Tand, dog haaber jeg at kunne holde det hen til jeg kommer hjem, jeg vil nødig under [overstreget: under] en italiensk Tandlæge. – Det var vist i Grunden ubetænksomt af mig at skrive det om Mavepinen, men jeg haaber ikke, Du bryder Dig om det, baade det og Tænderne er nok kommen af Kulde og helt gaaet over nu, og det havde været meget værre, hvis jeg havde faaet Hoste. – Hvordan har Far det ? Jeg haaber bedre, siden du ikke taler om det. – 
+Jeg har Følelsen, at jeg er kommen til at skrive saa forfærdeligt kedelige Breve hernede! Kan Du ikke mærke, at jeg er gaaet meget tilbage i denne Retning; jeg ved ikke hvordan det kan være. - - -
+I Morgen naar jeg gaar ned til Atelieret skal jeg have en lille sød Unge med herfra Huset, som Lud skal modellere efter paa et Relief. Det er en Dreng ved navn Cæsar, 4 Aar, vældig køn som en af Rafaels Engle; han skal saa spise Frokost dernede, det bliver en ren Festdag for ham. – Det er sandt Du skriver, at jeg ikke har skreven om Modtagelsen hernede, det kan jeg ikke forstaa, hvis jeg ikke har skreven om det – at jeg havde lavet en lille festlig Aften til dem med Suppe, Suppekød med Kartoffelmos, Hønsesteg (som Fru B stegte paa Spid sammen med sine egne) med Salat, Ost og Frugt samt Blomster paa Bordet. Jeg havde været fræk nok til at lade Suppen staa og passe sig selv, mens jeg gik paa Banegaarden efter dem; men baade den og Kødet havde klaret sig sig udmærket paa egen Haand, saa vi kunde spise strax. Vi havde en meget hyggelig Aften, men anden Modtagelse var der ikke. Undtagen det, at der var lavet pænt nede paa Atelieret og det lille Værelse, men det har jeg nok skreven om. – De tage vist ikke alligevel en lille Lejlighed, det bliver meget dyrere, og det kan gaa brillant paa denne Maade. - - Nu ikke mere for denne Gang! Kun 1000 kærlige Hilsner til Eder alle! Jeg bliver ganske vemodig slemt, naar jeg tænker paa, at det endnu skal vare næsten et halvt Aar, inden vi ses. – Alhed -</t>
+  </si>
+  <si>
+    <t>1895-03-13</t>
+  </si>
+  <si>
+    <t>Piazza Donatello 10 Firenze</t>
+  </si>
+  <si>
+    <t>Piazza Donatello 10
+Genua
+Monte Carlo, Monaco</t>
+  </si>
+  <si>
+    <t>Herminia -
+Onklen -
+Zio -
+Vittoria Bacci
+Francis Beckett
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Bernhard Hirschsprung
+Emma Hirschsprung
+Christine  Mackie
+Laurits Ring
+Alfred Rottbøll
+Adelheyde Syberg
+Nicoline  von Sperling
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Munter er en hund på Warberg-familiens gård, Erikshåb.
+Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
+Majolika: særlig type italiensk fajance, fremstillet siden slutningen af 1200-tallet i Toscana og Umbrien.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2121</t>
+  </si>
+  <si>
+    <t>Det er ved at være forår i Italien. Alhed skal snart hjem til Danmark. Hun glæder sig til at opleve forår to gange. Hun skal ud og lave afskedstegninger. Fortæller om udflugter og sammenkomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/y0d0</t>
+  </si>
+  <si>
+    <t>13de Marts
+Piazza Donatello 10
+Kæreste Mor!
+Mange Tak for Dit sidste lange Brev, som jeg blev vældig glad ved. Det var jo en sørgelig Meddelelse med Muntermand og jeg skrev vist netop noget om ham i Faders Brev. Jeg gad vide, om I saa var paa Glorup, jeg sendte Brevet dertil, da du havde skrevet det i Dit forrige Brev. - - For en Timestid siden tog Lud og Berta af Sted paa en lille Rejse til Genua; de skulle der mødes med B’s Far og Søster Emma og rimeligvis være der sammen med dem nogle Dage. Saa tager ”Fader Bernhardt” til Monte Carlo en 3-4 Uger og Emma kommer med herned. Berta var henrykt naturligvis. – I Aftes fulgte vi Ring paa Banegaarden; han kommer vist desværre ikke gennem Odense alligevel, han havde ellers lovet at gaa op og hilse Christine fra mig, det havde ellers [overstreget: ellers] været forfærdelig morsomt. – Ring vil jeg savne umaadelig meget, vi spiste Frokost sammen hver Dag, han malede ogsaa paa Ufficierne. – Min Cape mangler jeg desværre ikke saa lidt paa endnu, det er et sent Stykke Arbejde. Nu skal jeg hænge vældig i disse Dage, mens de andre ere borte. – Nu lader det for alvor til, at Foraaret staar for Døren, Vejret er meget omskifteligt, men af og til have vi en dejlig Foraarsdag og vi plukke hver Dag en halv Snes Violer inde i Haven. – Naar det bliver rigtig smukt Vejr, vilde jeg gærne være færdig med min Cape. Lut mener ganske vist, at jeg lærer saa meget af det, at jeg strax skulde tage fat paa en til, men det tror jeg da ikke, jeg kan bekvemme mig til, jeg maa vist ud at lave nogle Afskedsbilleder. – Baade Konsulens og Baccis ville have mig op mens jeg er alene, men jeg har sagt nej Tak; jeg vil være flittig og skal desuden passe et Lerarbejde af Luds. Og kun spise og sove deroppe vil jeg dog ikke, naar jeg ellers skal være nede i Byen hele Dagen. - - I Aften skal jeg dog derop, det er Helligdag i Morgen [tilføjet over linjen: i Morgen] og vi skulle ned i "Cascelunerne" [det andet "c" i ordet tilføjet over linjen] at se Prinserevy, ogsaa Zioen Fru Pelle og Beckett. Det er ikke umuligt, at jeg kan komme til at rejse hjem sammen med Becket, han rejser rimeligvis sidst i April; vi talte om det i Gaar, han vil ogsaa gærne have Selskab. - - Han var her i Aftes til en lille Afskedsmiddag for Ring: udmærket Suppe, Æggekage, Lammesteg [overstreget: steg] Kotteletter med Kompot, Ost og Frugt. Vi havde - - - her kom Fru Bacci, nu kan jeg ikke huske hvad jeg begyndte paa. Det sinkede [tilføjet over linjen: sinkede] mig for Resten, nu kan jeg desværre ikke naa at faa Brevet af Sted, saa bliver det nok først i Overmorgen.
+Næste Dag. Jeg er kommen tidlig hjem, jeg kunde se, det kunde lade sig gøre at naa at faa Brevet af Sted i Dag, og saa syntes jeg det var en Skam ikke at gøre det. – Der er omtrent en Time, der kan da naas en Del i den Tid. – Revyen var for Resten sjov; det blev mod al Forventning straalende Vejr, saa det hele tog sig brillant ud. De italienske Militær er nu meget smukke, deres Dragter meget smagfuldere end vore. Der er et lille morsomt, kaldet ”Berseilli creme” [spørgsmålstegn over begge ord]; deres Dragter ere meget fixe, særlig deres Hatte [tegning] der sidde strærkt paa ”Snur” og ere prydede med en mægtig Dusk Hanefjer. De ere vældig raske og kvikke og uddannes særlig til Løb. – Efter ”Revista”en gik vi lidt længere ud, hvor der slet ingen Mennesker var, for at opsøge os et rart Sted at spise Frokost paa. (”Kasjinerne”(udtales således) er et Slags Langelinie for Florentinerne; de strække sig langs Arnoen et Stykke udenfor Byen. Der er hver Eftermiddag Promenade af alle de fine Florentinere, mange i pragtfulde Ekvipager, samt Musik paa en stor aaben Plads. Længere ude er der fuldstændig landligt og henrivende smukt. Der er lange Alleer, Strækninger af Skov, og dejlige Enge.) Vi fandt et herligt Sted til Frokosten, en lille solbeskinnet Eng, der var saa fuld af smaa Krokus, at det lignede et Tæppe, aldeles som naar Skovbunden hjemme er fuld af Anemoner, kun at Tæppet her var lyseblaat! Det var et bedaarende Syn. Jeg plukkede naturligvis en Masse og besluttede at sende en Hattefuld hjem; men jeg kan se, de ere altfor sarte, sender her en Prøve. Er den ikke henrivende. efter [overstreget: efter] Frokosten, som [overstreget: som] var udmærket, Fru B. førte Kød og Vin og Fru Pelle og jeg Sardiner Brød og Kager. – Hvor vi nød Tilværelsen derude, Solen skinnede, Fuglene sang og alting duftede af Foraar. Vi lærte dem at lege Enke, det morede dem kosteligt, Majoren (der er bleven Oberst) er en gammel Knop til at løbe, han og jeg var sammen hele Tiden, vi opnaaede ”Sølvbryllup” mens alle de andre skiftedes til at være Enke. Pigen Erminia er storartet paa en saadan Tur, hun bliver et andet Menneske, naar hun kommer ud hvor der rigtig er landligt, helt vild af Henrykkelse. Saadan var hun ogsaa oppe i Acone. Hun og jeg havde spillet ”berde”, en Slags Filipine, der bestaar i at man stadig skal bære en lille grøn Gren hos sig, som man kan tage frem, naar den anden siger ”verde fruori” (= ”frem med den grønne”). Hun kom ind og skulde overrumple mig i Morges paa Sengen, men jeg halede den triumferende frem fra Hovedgærdet. [overstregede ord] – Lud og Ring snød med den Aften, de skulde lave. De gav den i Stedet inde i Byen, det var om Aftenen paa Faders Fødselsdag. Om Eftermiddagen havde vi været ude alle 4 at se en Majolikafabrik. Der opdagede vi et kønt Krus, men det var temmelig dyrt, 6 Lire, saa købte vi det i Forening og besluttede at kaste Lod om det. Det gjorde vi, da vi kom ind paa Restaurationen og jeg blev den heldige, der fik den lille Seddel, hvorpaa der stod ”Krus”. Jeg var henrykt og indviede det strax, saa Faders Skaal blev drukket standsmæssigt af den mægtige Pokal. Lud holdt en lille Tale. - - - Jeg skrev til Frk. Sperlings Fødselsdag og sendte hende de første Anemoner jeg har funden. – Du maa endelig hilse Tat Mimi mange Gange for hendes lange morsomme Brev. - -
+Have I Vinter E [udstreget: E] endnu? Jeg glæder mig saa forfædelig til at faa to Gange Foraar i Aar. Du ved ikke, hvor jeg nyder Tilværelsen i disse Dage meget, meget mere end i Fjor ved denne Tid. Den Gang var jeg saa tit gnaven og følte mig ensom og trist, i Aar nyder jeg det fuldt ud; og i Løbet af en 8 til 14 Dage bliver det hele jo endda meget smukkere, naar Mandeltræerne begynde at blomstre osv. – 
+_ Nu maa jeg desværre slutte, jeg venter mig næsten en lille overhaling over dette og de sidste korte Breve, samt at Du har ventet dette et Par Dage, men her har været saa meget Uro de sidste Dage. – Pengesagerne maa jeg vente med til næste Gang,nu [overstreget: nu] – Naa jeg maa slutte nu. 1000 kærlige Hilsner! Jeg kan ikke naa at læse igennem. – 
+Be
+14de Marts – 1895.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -419,51 +419,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -584,149 +584,149 @@
       </c>
       <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-      <c r="G4" s="5" t="s">
         <v>37</v>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>39</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="G5" s="5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="E6" s="5" t="s">
+      <c r="F6" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" s="5" t="s">
         <v>55</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H6" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>58</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>59</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>60</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>