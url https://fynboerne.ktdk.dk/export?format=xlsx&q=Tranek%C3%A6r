--- v0 (2026-01-02)
+++ v1 (2026-03-05)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="175" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="241" uniqueCount="185" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -554,50 +554,98 @@
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3755</t>
   </si>
   <si>
     <t>Laura Warberg sender marcipan og fotografier.
 Alhed Larsen har travlt med flytning til de nye lokaler.
 Andreas/Dede Warberg kommer 3. juledag.
 Man skal slagte.
 I julen er der stor soupé hos tandlægens.
 Det er dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu har en god økonomi.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GM1P</t>
   </si>
   <si>
     <t>[Skrevet med blyant øverst s. 1:]
 c 1915
 [Skrevet med blæk:]
 Onsdag Aften
 Kære lille Muk!
 Jeg glæder mig til paa Fredag at høre fra Christine, hvordan I alle har det! Haaber godt! Som Du ser er jeg i god Tid med mine Breve og de faa Pakker, jeg skal afsende. Marcipanen er til Deling mellem Børnene; Billederne kan Du maaske finde en beskeden Plads til; en Gang i Tiden vil de faae mere Verd for Eder end saa længe jeg boer her; jeg har faaet 12 af hvert og anvender dem som Julegaver til Børn og Søskende. Jeg har selv altid været saa glad ved de to Billeder af Hjemmet i Tranekær. Alhed gaaer hver Dag i travl Virksomhed med at flytte ind i alle de nye Lokaler, det ventes at være færdigt paa Fredag Aften. Grethe er oppe i Dag at hjælpe med Bagning og jeg har tilbudt mig Fredag Aften, hvilken Dag Johanne overlader hende Marie fra om Morgenen. Der har været Masser at gøre, men saa bliver Resultatet sikkert ogsaa storartet. I Morgen fælles Slagtning (en Gris) i Kærbyhus; der skal Alheds Nora hjælpe. Jeg venter Dede 3_de_Juledag; Minna har nu to Piger, og de er begge saa flinke og rare. De faaer Besøg de første Helligdage af Frits og Ida. 
 Vi skal alle til en stor Festlighed hos Tandlægens i Julen, Dede med, staaende Soupér, Masser af Mennesker og formodentlig af Mad. Johanne har det godt og Humøret staaer højt. Det er saa dejligt at see de har nu Raad til et og andet ligesom vi andre. Hun har købt sig en Gæstekammerseng og Erik har faaet helt nyt Sæt Tøj. Johanne tager Undervisning i Musik hos Uttenreiters Kæreste, som besøger dem en Gang om Maaneden. 
 Naa, mere bliver det ikke denne Gang lille Muk! uden Masser af Kærlige Hilsener og gode Ønsker for Jul og Nytaar til Eder alle!
 Bedstemor .
 [Skrevet på hovedet på modstående side:]
 Til Lugge.</t>
+  </si>
+  <si>
+    <t>1919-05-27</t>
+  </si>
+  <si>
+    <t>Minna Warberg</t>
+  </si>
+  <si>
+    <t>Brædstrup</t>
+  </si>
+  <si>
+    <t>Langeland
+Tranekær</t>
+  </si>
+  <si>
+    <t>Andreas Warberg
+Fritz Warberg
+Mogens Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht og Laura Warberg blev gift 28. maj 1869. Han døde i 1902. Man holdt altså guldbryllupsfest for enken, Laura Warberg. Hun havde i sin ungdom fungeret som huslærerinde på Tranekær og holdt forbindelsen til godsets indehavere. 
+Rodvigsballe er en gammel gård, der nævnes i 1531 som Raadisballe og 1535 som Rudisballe. Gården Ligger i Grædstrup Sogn i Horsens Kommune. (Wikipedia jan. 2026).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3849</t>
+  </si>
+  <si>
+    <t>Minna Warberg ønsker Laura Warberg tillykke med guldbrylluppet. Det er trist, at Andreas/Dede ikke har tid til at deltage.
+Når Laura kommer til Brædstrup i pinsen, skal familien holde barnedåb for Fritz. 
+Minnas og Andreas' byggeri er nu snart færdigt, og det bliver yndigt. De har været til stort sølvbryllup på en herregård.
+Minna har hørt, at der er smukt på Tranekær, når æbletræerne blomstrer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BGVZ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet, for:]
+Fru Warberg.
+p.t. Tranekær.
+Langeland.
+[Stemplet i adressefeltet, bag:]
+Andr. Warberg
+Overretssagfører,
+Brædstrup.
+[Håndskrevet i brevet:]
+Brædstrup, d. 27-5-1919.
+Kæreste Svigermor! Ogsaa fra mig sendes dig mange Ønsker paa din Guldbryllupsdag, Dede skrev jo i Gaar; det bliver nok en yndig lille Fest for dig, det er blot kedeligt Dede ikke synes han har Tid til at være med. - Dede skrev jo, at vi ventede dig i Pinsen, men han glemte vist at fortælle at vi vilde have Drengen i Kirke 2_den_ Pinsedag, saa du maa da endelig komme. - Vi kan nu begynde at se Ende paa vores Byggeri, men det har jo ogsaa varet dobbelt saa længe som vi havde tænkt os, det har været en gyselig Tid at gennemgaa, men yndigt faar vi det, det skal blive morsomt at vise dig det. Vi har i Søndags været til Sølvbryllup paa Rødvigsballe, det var en yndig Fest, 80 Mennesker, spiste i Telt i Haven &amp;amp; dansede længe bagefter. Fin Mad &amp;amp; god Stemning. Dede holdt en pæn Tale, jeg tror, han ender som Taler. Du faar nok godt Vejr, &amp;amp; saa har jeg hørt engang, at Tranekær, - naar Æbletræerne blomstrer, er prægtig smuk. Hils nu alle Bryllupsgæsterne, et Kys til dig selv fra Drengene &amp;amp; din heng. Minna.</t>
   </si>
   <si>
     <t> 8. jun. 1921</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Andreas Larsen</t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
 Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/1itiWL5I</t>
   </si>
   <si>
     <t>1921-06-10</t>
   </si>
   <si>
     <t>Rudkøbing</t>
@@ -1127,59 +1175,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BpSk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ar7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RCdfidDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yT3u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyXC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hlmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BGVZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BpSk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ar7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RCdfidDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yT3u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M22"/>
+  <dimension ref="A1:M23"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1651,560 +1699,604 @@
       </c>
       <c r="H11" s="5" t="s">
         <v>90</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>91</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>92</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>93</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>94</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>96</v>
       </c>
       <c r="B12" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="C12" s="5" t="s">
+      <c r="D12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="D12" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="F12" s="5" t="s">
+        <v>99</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>99</v>
-[...5 lines deleted...]
-        </is>
+        <v>100</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>102</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="M12" s="5"/>
+        <v>104</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>107</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>98</v>
-[...5 lines deleted...]
-        <v>103</v>
+        <v>108</v>
+      </c>
+      <c r="D13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G13" s="5" t="s">
-        <v>104</v>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-        <v>107</v>
+        <v>109</v>
+      </c>
+      <c r="I13" s="5"/>
+      <c r="J13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K13" s="5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>109</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>98</v>
-[...9 lines deleted...]
-        </is>
+        <v>108</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>113</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G15" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G15" s="5" t="s">
+        <v>122</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>119</v>
-[...5 lines deleted...]
-        </is>
+        <v>123</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>117</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="M15" s="5"/>
+        <v>126</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>127</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="I16" s="5"/>
       <c r="J16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K16" s="5" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>14</v>
+        <v>107</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>127</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>108</v>
+      </c>
+      <c r="D17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="I17" s="5"/>
-      <c r="J17" s="5" t="s">
-        <v>131</v>
+      <c r="J17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K17" s="5" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>137</v>
-[...4 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>139</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>138</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="I18" s="5"/>
       <c r="J18" s="5" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>98</v>
+        <v>146</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>147</v>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="5" t="n">
-        <v>1940</v>
+      <c r="A20" s="5" t="s">
+        <v>154</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>128</v>
-[...4 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="5" t="s">
-        <v>157</v>
+      <c r="A21" s="5" t="n">
+        <v>1940</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="D21" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="J21" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="E21" s="5" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="K21" s="5" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>165</v>
+        <v>108</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>155</v>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
         <v>169</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>170</v>
       </c>
       <c r="J22" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="K22" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="K22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="L22" s="6" t="s">
+      <c r="M22" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="M22" s="5" t="s">
+    </row>
+    <row r="23">
+      <c r="A23" s="5" t="s">
         <v>174</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="K23" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="L23" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>184</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
+    <hyperlink ref="M23" r:id="rId28"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>