--- v0 (2025-12-02)
+++ v1 (2026-03-17)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1975" uniqueCount="1252" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2061" uniqueCount="1321" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1612,50 +1612,112 @@
   </si>
   <si>
     <t>Ville = Vilhelm Larsen, Johannes Larsens bror, som gik på Birkerød Latin- og Realskole 1888-91.
 Fyens Disconto Kasse A/S var en dansk bank. Banken blev etableret 15. december 1846 som Danmarks anden private forretningsbank. Oprindeligt var det formålet, at discontokassen skulle diskontere de veksler, som fynboerne ellers havde sendt til Hamborg og København, men hurtigt blev forretningsområdet udvidet, og banken blev en betydelig aktør i fynsk finansliv. Banken var beliggende Vestergade 8 på Flakhaven over for Odense Rådhus.</t>
   </si>
   <si>
     <t>Johannes Larsen skal besøge sin bror Vilhelm. Der er masser af arbejde til Johannes Larsens onkel, som er murermester. Johannes Larsens far skal snart til Sverige, der er meget tømmer at sælge.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ty3V</t>
   </si>
   <si>
     <t>[påtrykt:]
 J. A. LARSEN.
 KJERTEMINDE.
 Telegramadresse.
 LARSEN.
 [Håndskrevet:]
 Den 1 Marts 1889.
 Min kjære Johannes!
 I mange Dage har jeg gaaet og ventet paa at faa dine Penge; men det kan ikke naa sig før i morgen saa skal de blive sendt vist nok i en lille Pakke for jeg vil ikke sende Penge til Dig før jeg ogsaa kan sende til Frøken Bendal, - Faster Sophie var heroppe forleden Dag og da talte vi om at Du skulde ud til Vilhelm i Fastelavnsdagene, Otto er det jo lovet at han engang maatte komme ud at besøge Vilhelm Klinkbys har jo gjentagende bedt ham, men det kommer han ikke; sagde Faster for han har ingen Penge; Faer lovede saa at betale hans Rejse derud og vil saa sende Dig Pengene, om du nu kan faa Bud til ham eller skrive ud til ham naar han skal møde Dig. Kan du nu ikke rede Dig med Udgifter inden disse kommer Dig i hænde Søndag kan du saa ikke laane hos Mollerup til den lille Rejse især da han skal med for jeg vilde saa inderlig gjerne tænke mig Eder samlede paa Søndag paa din Daabsdag Lykke og Velsignelse min Skat og vor Herre være Dig og Ville jeg havde saa sikkert haabet paa at være samlet med Eder paa den Dag men det kunde nu ikke ske i Tanker er jeg hos Eder og lægger mine bedste Ønsker i al Hjærtelighed frem for Eder naar jeg imorgen Søndag er i Kirke jeg er dog saa glad at du ikke før har været derude for nu er det saadan midtvejs inden Paaskeferien ja jeg skriver jo til ham imorgen saa hører du 
 Vi ere alle raske imorgen er det Faster Thrines Fødselsdag da skal Farmor paa Feden det vil da glæde dig at høre at Mejer har godt Arbejde i vente i Sommers først skal han bygge et Hus ude ved Saltværket til Hansen han har solgt sin Gaard; saa er der den nye Skole, Møller Hansen og Thrine har givet Jord og vil bygge Huset og saa leje det ud for en billig Leje saa har han faaet Stor Kirkens og Skolearbejdet og Delcomyns nu Eriksen flytter er det jo Mejer der er den bedste Murer
 Fader og Marie var i Odense forleden Dag. Alfred og Margrete kommer til Kjøbenhavn først i April han har 4 Dage Permission nu i Marts skal Fader med Kruse til Sverrig vi kan sælge en stor masse Træ til ham for flere 1000 der er ogsaa en anden Mand der vil kjøbe og det er godt baade at vi kan sælge og Træet stiger for det behøves nu ere vi nødt til hver Termin at betale i Diskontokassen, men jeg er saa glad ved den faste bestemte Fordring saa ere vore Skyldnere lettere at presse
 Jeg haaber Du skriver straks for at jeg kan faa Brev her paa Søndag jeg har længtes saa meget efter Tak for Pakken, men saa er jeg senere kommen i Tanke om at jeg lovede dig et længere Brev Her i Bugten er meget Is saa bliver det ved at fryse som nu saa er der snart lukket
 Lev nu vel og fortæl mig endelig hvordan det gaaer paa Skolen om du arbejder med Mod og Kraft paa at komme frem Held og Lykke min egen kjære Johannes Hils Alle Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1891-12-20</t>
+  </si>
+  <si>
+    <t>Henrik Havemann</t>
+  </si>
+  <si>
+    <t>Hamburg
+2. sal</t>
+  </si>
+  <si>
+    <t>Hr. Bæk kendes ikke.
+Notaterne sidst i brevet stammer fra Alhed Larsens første tid som lærling ved den Kongelige Porcelainsfabrik i København. Hun boede en tid på pensionat ejet af Fru Laudrup, og hun skrev i flere breve hjem om et bal, hvortil hun skulle bruge silkekjole, handsker mm. Tre Hjorte var et hotel, hvor navnlig Albrecht Warberg ofte overnattede, når han var i København.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1379</t>
+  </si>
+  <si>
+    <t>Havemann og hans hustru glæder sig til, at Ellen Sawyer kommer til Hamburg efter jul. De venter med at besøge seværdigheder til da. 
+På Ellens værelse er der en kommode. 
+Havemann havde regnet med at skulle til København, men denne tur er udsat, så Ellen må enten rejse alene til Hamburg eller blive fulgt af sine forældre, som godt kan overnatte hos Havemanns. 
+Sidst i brevet Alhed Larsens regnskabsnotater fra hendes første tid ved Porcelainsfabrikken i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nLLS</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Joh. Havemann
+Schiffs-Inspector
+Eppendorferweg 15 II.
+HAMBURG
+Hamburg, den 189
+[Håndskrevet i sted- og datolinjen:]
+20de Debr. 1
+[Håndskrevet i brevet:]
+Kjære Fru Warberg!
+Tak for Deres venlige Brev, og det glædede os deraf at erfare, at Ellen efter Julen kommer hertil. 
+Min Hustru og jeg venter ogsaa med at bese alle den store Stad Hamburg’s Seværdigheder til hendes Ankomst, saa at vi kunne have godt deraf alle tre.
+Jeg vilde have besvaret Deres Brev tidligere, men har i nogle Dage været i Tønning forat modtage et nyt Staalskib, der var bygget for os der, så De må have mig undskyldt. 
+Til Ellens Disposition staaer en Commode (paa en Skuffe nær) paa hendes Værelse, ligesom der nok vil findes Plads for Kjoler og desl. i vore Skabe, saa hun behøver ikke at tage mere end en Kuffert med. 
+Det passer os at have hende til enhver Tid, men det er dog bedst for hendes Skyld at have alle Juleglæderne med hjemme først, og som De skrev circa 8de Januar vil vel saa passe. 
+Rigtignok vil det vel blive værst med Reisen, som hun vel ikke synes om at gjøre alene; jeg havde ventet i nærmeste Fremtid at faa Forretninger i Kjøbenhavn, men det lader til at blive hen i Foraaret, førend det sker, saa det hjælper ikke. 
+Paa Altona Banegaard kunne vi jo i alle Tilfælde give Møde, og er Reisen i og for sig meget simpel, da der fra Voyens til Grændsen, hvor Tøjet bliver undersøgt, altid er gennemgaaende Vogne til Hamborg, saa at hun let kunde klare sig selv derfra. 
+Rigtignok vilde det jo glæde os meget at see Dem og Deres Mand her, hvis De vilde følge Deres Datter hertil, men det er jo rigtignok ikke den behageligste Aarstid til at foretage lange Reiser i, ligesom Hamburg heller ikke viser sig saameget til sin Fordel om Vinteren.
+Dem kan vi godt huse hos os, men vi ere desværre endnu ikke saaledes indrettet, at vi ogsaa kunde huse min Hr. Bæk, men de Vanskeligheder lar sig nok arrangere. 
+Til Julen beder jeg Dem modtage de bedste Ønsker fra min Hustru og mig og haabende snarligt at høre nærmere fra Dem tegner
+Deres hengivne
+Joh Havemann
+P.S. Speciel venlig Hilsen til vor Ellen.
+[På tværs nederst s. 2 håndskrevet med Alhed Larsens skrift:]
+Fortjeneste - 20 Kr. -
+Ulæseligt gik
+Ballet: Sko 5 Kr 50 Ør - Drosche 13 Kr - Handsker 3 Kr [ulæseligt] 76 Ør - Strømper 50 Blomster 50 Ør Vadsk 50 Ør - Rejse 7 Kr Julegaver 5 Kr [ulæseligt] 26 Kr. Tøj sendt hjem 1 1/2 Kr [ulæseligt] 1 Kr 30 Kr -
+Laudrup Jan: 40 Kr
+Tre Hj Febr 10 -
+Syløn 2 Kjoler 10 -
+-"- Silkkj 5 -
+Rejse med Drager 7 - 
+-------------
+78 -</t>
   </si>
   <si>
     <t>1892-01-28</t>
   </si>
   <si>
     <t>Christine  Mackie</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Århus</t>
   </si>
   <si>
     <t>Harald Balslev
 Olaf Brahm
 - Grauer
 Frederik  Jensen
 Marie Laub
 Mogens Lindhardt
 Charles Rasmussen
 - Rasmussen, Århus
 Jenny Rasmussen, Aarhus
 Ellen  Sawyer
 Ferdinand Schmidt
@@ -2359,54 +2421,115 @@
     <t>Laura Warberg er kommet til skade med sit ben på en udflugt med hestevogn. "Haabet" er Erikshaab, hvor Alheds forældre bor.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Alhed Larsen forsvarer familien Bacci overfor sin mor, som er rystet over en "scene" med en forelsket jæger.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ugkp</t>
   </si>
   <si>
     <t>_12te Sept. 1894
 _
 Jeg har skrevet strax, nu maa Du gøre det samme.
 Kæreste Mor!
 I dette Øjeblik har jeg læst dit Brev og er aldeles forfærdet over det Indtryk, mit sidste har gjort paa Dig. Jeg skriver strax for at berolige Dig, naar det blot kunde lykkes mig at gøre dig halvt saa rolig, som Du vilde være det, hvis Du saa mig her mellem disse Mennesker. Jeg er mest ked af det over at Du nu ikke mere har saa meget Tillid til mine kære Baccis, der ere saa mageløse imod mig, saa Du ikke kan tænke Dig det. – De vaager over mig med den største Omhyggelighed, saa jeg netop føler mig saa tryg og rolig, som det kan tænkes. Naar jeg gaar til Byen gaar Fru B. med mig for at jeg ikke skal gaa alene paa Gaderne, og er paa enhver Maade storartet imod mig. – Jeg tror nok, de begge to er kommen til at holde meget af mig, det siger de, og jeg kan ogsaa mærke det; men netop fordi jeg ikke er noget af en ”Flane” men er mere alvorlig end saa mange Italienerinder. – Onklen er begejstret for mig, men netop af samme Grund. Og den unge Mand – ja jeg maa le, naar jeg tænker paa Dine Bekymringer angaaende ham. Der er ikke mindste Gnist af Spor af Tale om Fare der. Mit Hjærte slaar ligesaa roligt som før og har ikke haft det mindste at gøre med Spøgen. Du ved da ogsaa, at jeg er meget ufarlig paa de Områder.
 ”Signor Hugo” er en ganske ung Mand, nydelig og sympatetisk, li [overstreget: li] livlig men dog stilfærdig. Han er lidt trykket af daarlige Forhold i Hjemmet; Moderen er [overstreget: er] var Comtesse, før hun blev gift, skal være meget uelskværdig, navnlig slem mod Faderen, som begge Sønnerne hænger meget ved. Af denne Grund er der trist i Hjemmet, der tales og les meget lidt, og derfor har baade Faderen og Sønnen nydt disse Dage i Acone. Faderen paastaar, at han i flere Aar ikke har set Sønnen saa oplivet. – Om hans unge Hjærte de sidste Dage var lidt mindre roligt end de første, skal jeg lade være usagt, men meget lidt var det ialtfald, og en Ting er sikkert, at han hele Tiden har behandlet mig med den største Respekt uden mindste Lapseri, hvilket er ham meget fjærnt. – Og – ja jeg er næsten lidt ”dydig” indigneret – hvor kan Du tro, at jeg ville lade mig byde det allermindste i Retning af – hvad skal jeg kalde det – Mangel paa Respekt, - ganske vist er Sproget fremmed, men jeg forstaar dog alt nu, og desuden – den Slags vilde jeg strax have en instinktmæssig Fornemmelse af og vise tilbage med dybeste Foragt. – Nej, jeg befinder mig brillant mellem disse Mennesker, de ere fine og dannede, og der er aldrig den mindste Smule i deres Spøg, der kan støde. – Du maa gøre mig den Tjeneste at tænke med største Respekt og Taknemlighed paa dem, hvis de ikke var vilde jeg jo føle mig forfærdelig ene og forladt. Jeg vil sige Dig i Parenthes bem. at de ere mere omhyggelige for mig end Konsulens; de siger nu bagefter, at de var lidt forbausede, da Konsulens rejste, og at de strax talte med hinanden om, at de vilde tage sig af mig, og det har de sandelig trolig gjort! - Tænk, at jeg er i deres Hus og betaler kun akkurat hvad jeg spiser, ikke Værelse, ikke Ulejlighed, det er da virkelig mageløst. – Spørg Lud, saa skal Du høre, de ere brillante. – Mor, nu_ haaber_ jeg, du er beroliget. – Angaaende Jægeren, saa vil jeg give Dig Ret i, at det ikke var hyggeligt, og maaske heller ikke passende, men det kunde vi da virkelig ikke gøre ved. Han var jo bleven helt tosset, men Baccis betragtede mig sandelig godt. – At lade ham tro, at jeg var forlovet var vist slet ikke saa galt, han blev dog lidt mindre paatrængende efter den Tid; men jeg er glad ved, at han stadig tror det, han er nemlig ikke traadt ud af Sagaen endnu, men skrev forleden et 3 Siders Brev til Hr B for at bevidne sin dybe Hengivenhed for os alle, han kommer sikkert en Dag paa Visit, menes der. Han er Dr. (ikke med.) og Advokat, en dygtig Mand men ved denne Lejlighed helt gaaet fra Vid og Sans. – Brevet har jeg faaet til Erindring [overstreget: g] om denne Episode. – 
 Vejret er ækelt i disse Dage, jeg syr Puder til to Stole i Bertas lille Værelse ved Atelieret. Fru B. hjælper mig troligt hvert Minut hun har tilovers, vi sidder og tale saa rart sammen mens vi sy. Hun er fuldstændig orienteret i min Familie, det morer baade hende og Manden at høre om Danmark og Eder alle, og jeg fortæller naturligvis gærne. De synes godt om den Maade vi bliver opdragede paa her holdes unge Piger indespærrede og lære næsten intet, se og høre intet. Fru B. og hendes Søster ere vist ualm. oplyste, tale begge fransk. Fru B. læser ogsaa engelsk, giver Undervisning i italiensk til Udlændinge. - - Jeg haaber ikke Lud og B. komme lidt endnu jeg vilde frygtelig gærne have dette færdig og det lille værelse i Orden. – Jeg befinder mig ogsaa brillant nu og savner slet ikke danske, vi har det svært hyggeligt. Dette maa Du slaa fast, at der ikke er mindste Grund til Ængstelse men at jeg saa tryg, som paa selve ”Haabet”. De feder mig og passer mig, som jeg kunde være deres eget Barn, Du vilde glæde Dig, hvis Du saa, hvor tyk og frisk og fornøjet jeg er. Skriv nu snart og lad mig vide om Du er beroliget og har faaet bedre Tanker om Baccis. – Mit sidste Brev var rimeligvis frygtelig forjaget; det var skreven i mange smaa Afdelinger, da der ikke var mindste Ro – til at skrive – Lad mig endelig ogsaa strax vide, hvordan Dit Ben har det, frygtelig Forsinkelse af Din Rejse.
 Jeg maa have den Kjole, som jeg har skreven til Elle, og som sagt Handsker og Strømper meget velkomne. Sko?? Alt lidt gaaet til. – Slaa nu ordentlig til Skaglerne med Far og Muk, 1000 Hilsner til Eder alle tre fra Din
 altfor frivole og lette Datter Be
 Sikke Ord at brug om mine elskede Bacci og den skikkelige Onkel, der er Noblessen selv.
 Fru B sender ”tanti saluti” mange Hilsner</t>
   </si>
   <si>
+    <t>1895-09-01</t>
+  </si>
+  <si>
+    <t>Tre Hjorte</t>
+  </si>
+  <si>
+    <t>Snøde</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Berta Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Christian Caspersen
+- Feilberg
+Christine  Mackie
+Otto Emil  Paludan
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Nicoline  von Sperling
+Maria von Sperling. g. Balslev
+Johannes Wilhjelm</t>
+  </si>
+  <si>
+    <t>Tre Hjorte var et hotel, som Albrecht Warberg ofte boede på, når han var i København.
+Christine Mackie, f. Warberg, flyttede i 1895 fra Absalonsgade til Hans Tavsensgade i Odense.
+Det vides ikke, hvem Jacobsen, Othile, Nellemann, Galen og Niels var. Udfra ordene om Niels' helbreb kunne der være tale om Emil Brandstrup, Laura Warbergs bror, som led af tuberkulose.
+Lauritz Brandstrup og nonnerne: Laura Warbergs far flyttede ind på Sct. Josephsøstrenes Collegium, da hans kone ikke længere kunne passe ham, eftersom han var dement.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1397</t>
+  </si>
+  <si>
+    <t>Det er godt, at Christine Mackie er flyttet, men hun skulle have taget flere musiktimer. 
+Albrecht Warberg har besøgt Othilie, som var faldet ned ad en strappe. Han har også været os Lauras mor, men hun var udskrevet. Lauras far ser ældre ud. Han er tilffeds med at være hos nonnerne, men han har smerter og farer op og brøler. Forleden bad han Albrecht om to kroner. 
+Albrecht går ture med Niels. Ludvig/Lud Brandstrup vil have Niels sendt til Norge. Albrecht har besøgt Ludvid Brandstrup på hans atelier på Charlottenborg.
+Feilberg ligger for døden. 
+Albrecht Warberg har fået brev fra Paludan og har besluttet at rejse hjem for at tale med greven.
+Albrecht har mødt Nicoline von Sperling, Julie Brandt, Fanny Schaffalitzky og Maria Balslev, og han har været i Tivoli med Julie Brandt. Albrecht skal spise hos Wilhjelms. Han siger nej tak til afteninvitationer pga. sin astma. Han har været ude at se det nye fængsel ved Vestre Kirkegård.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xPdM</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Laura Warberg
+Att: Hr Dyrlæge Caspersen
+Snøde
+pr Lohals
+[På kuvertens bagside:]
+[Noget af papiret mangler og ulæseligt] E Br.
+[I brevet:]
+Hotel Tre Hjorte d. 1 Sept. 1895.
+Kjæreste Smaa!
+Igaar fik jeg Dit Brev og igaar maa Du være rejst til Snøde og har vel ikke haft det bedste Vejr ved Vandet. Jeg synes, at det er godt, at Christine er flyttet, men jeg havde unægtelig helst set, at hun havde faaet flere Timer i Musik istedetfor i Dansk; dog noget er bedre end intet. Det var da en Skam at vedkommende Lærer (Jacobsen?) at slaa [ulæseligt], men paa den anden Side kan hun maaske have godt nok af at have faaet den Lærdom banket ind, at hun ikke skal læse alene for den enkelte Dags Karakter. For nogle Dage siden fik jeg Bud, om jeg vilde se ud til Othilie, som var bleven syg – hun bor hos sin Veninde Frøken Nellemann ude på Vesterbro - ; jeg gik saa derud, og det viste sig saa, at hun Dagen i Forvejen var gaaet paa Hovedet ned ad en Trappe. Slaget i Hovedet havde kun den Virkning, at hun foruden hendes Hovedpine; mere saa havde hun skrabet sit ene Ben og derfor skulde hun ligge. Igaar var jeg til Mor for at se til hende, men da var hun gaaet ud, og jeg vil derfor nu betragte hende som udskrevet. Fra hendes Værelse kan man se Gaarden, hvor Din Fader er. Jeg besøger ham omtrent hver 3die Dag, og han bliver altid glad ved at se mig. Han har det, synes jeg, ganske godt, men er kommen til at se ældre ud ved at have mistet nogle af Fortænderne. Han er meget tilfreds med Opholdet hos Nonnerne og fortæller mig altid, at der bliver sørget udmærket for ham i enhver Henseende. Han faar af og til pludselige Smerter og farer da op med et forfærdeligt Brøl. Var jeg imidlertid forleden hos ham med et [ulæseligt ord] livede han virkelig op, og igaar da jeg var der igen forsøgte han slet ikke derpaa. Han har bedt mig om 2 Kr ”saa skal jeg ikke plintre Dig for mere” tilføjede han, og det har jeg ladet ham. Niels har det fremdeles ikke godt; Lud mener, at han bør sendes til Norge til Vinteren. Igaar gik jeg en længere Tur med ham, og det syntes at bekomme ham vel, men om Aftenen kan han aldrig, gaa med mig, det tør han ikke, og jeg tør ikke overtale ham, om jeg end har en Formodning om, at han forkjøler sig ved at tilbringe saa meget af Tiden i Sengen. - Lud har i de sidste Dage arbejdet i Atelier paa Charlotteborg, og der har jeg saa daglig besøgt ham. Hans Frue har jeg ikke set endnu; hun har aflagt mig en Visit uden at træffe mig. Igaar var jeg hos Feilbergs, det vil sige i Tekøkkenet hos Pigen; han har det saa daarligt at han helt har holdt op med at spise, og Kræfterne er stærkt aftagne; han har formodentlig ikke mange Dage tilbage. 
+Forleden havde jeg et Forretningsbrev fra Paludan, der havde til Følge, at jeg besluttede mig til at rejse hjem midt Ugen for at tale mundtligt med Greven. Nu i Dag har jeg læser Brev fra [ulæseligt] hvori han bestemt foretrak, jeg skulde blive de 5 Uger herinde, og saa bliver jeg altsaa, saameget mere som Nødvendigheden af at tage hjem synes mig at være svunden en Del.
+Igaar Aftes mødte jeg paa Banegaarden for at tage imod Thorvald; han var der imidlertid ikke, men derimod Frøken Sperling sen. og Brandt forat tage imod Marie Sp., som kom med Toget. Jeg indbød Brandt til følge med mig i Tivoli, hvorover hun blev meget glad; vi sad der saa et Par Timers Tid og saa afleverede jeg hende til en Sporvogn. I Morgen er jeg bedt til Wilhjelms til Middag og har taget imod Indbydelsen. Derimod har jeg foreløbig frabedt mig alle Middagsindbydelser for gl. Bern, da jeg endnu er alt for afhængig af min Astma. Jeg taaler intet om Aftenen drikker derfor hver Aften The. .
+Igaar traf jeg paa Kongens Nytorv Baronesse Fanny, med hvem jeg fik en længere Passiar. Hun er forfærdelig mager, men ser i øvrigt frisk og rask ud. – Jeg har været en Dag med Galen ude at bese det store Fængsel ved Vestre Kirkegaard; det var meget interessant. 
+Med mange Hilsener til Alle!
+Din A.</t>
+  </si>
+  <si>
     <t>1895-09-05</t>
-  </si>
-[...1 lines deleted...]
-    <t>Snøde</t>
   </si>
   <si>
     <t>Emil Brandstrup
 Johanne Christine Brandstrup
 Louise Brønsted
 Hans Christian Caspersen
 Johanne Caspersen
 Johanne Christine Larsen
 Christine  Mackie
 Ellen  Sawyer
 Hempel Syberg
 Andreas Warberg, Albrechts far
 Peter Whidt</t>
   </si>
   <si>
     <t>Laura Warberg besøgte sin søster og svoger i Snøde. Albrecht Warberg boede ofte på Tre Hjorte, når han var i behandling for sin astma i København. 
 Emil Brandstrup havde tuberkulose.
 Warberg-familien kendte flere, der hed Thora. Thora, der skal hjælpe med at købe konfirmationsgave, kan ikke være den samme som konfirmanden, Thora/Tutte.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0349</t>
   </si>
   <si>
     <t>Laura Warberg vil rejse hjem med sin mor og derefter vende tilbage til Snøde. Hun bader og går lange ture. Caspersen går dårligt, men han er i godt humør. Om søndagen kommer børnene hjem fra Odense. 
 Thora vil hjælpe med at købe gave til Thora/Tuttes konfirmation. Måske et sybord. 
@@ -2415,50 +2538,88 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/CTeU</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Godsforvalter Warberg
 cand. jur.
 p.t. Tre Hjorte
 Vestergade 
 Kjøbenhavn K. 
 [Øverst tilføjet med blyant:] ”sept. 1895”.
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Snøde – Onsdag d: 4de
 Kjæreste Abba!
 Det er jo trist, at Emil ikke har det godt, vi har intet fortalt Mor derom. Jeg var saa nysgerrig efter at vide, hvad du skulde have rejst hjem for, men nu faaer jeg det vel at vide naar jeg kommer hjem? Du vil forbauses over at høre at jeg paa Fredag Efterm. rejser hjem med Mor som saa vil tage sig af lidt af alt hjemme, mens jeg rejser herover igjen og bader og spadserer en Uge til. Vandet og Badene er saa henrivende, jeg naaer at faae 6 Bade i denne Uge, desuden spadserer jeg lange Ture paa 2 Timer om Formiddagen enten med Hanne eller med Thora om Efterm. gaaer Mor og de andre 2 Timer til Bad, Caspersen plejer saa at komme cyclende ned efter os. Om Aftenen i dette dejlige Maaneskin gaaer vi ogsaa lidt ud, forleden om ad lille Snøde, iaftes henne hos Peter Hvidt, en pæn Gaardmandsfamilie, Konen viste os en Masse gamle Sager og trakterede os med det lifligste gamle Øl, jeg nogensinde har smagt; jeg fik lidt at vide om Tilberedningen, skal gjemme de to Cognacsankere til det. Caspersen gaaer ganske langsomt ved en Stok, han kom om efter os. Han er trods nogen Daarlighed i Benene i rigtig godt Humør, driller Mor og gjør Løjer, er saa fredelig og rar, som jeg ikke i mange Tider har set ham. Nu kan han cycle igjen. De var meget villige til at beholde mig 14 Dage, men at have Mor ogsaa al den Tid, syntes jeg var saa meget for dem, de har jo været saa mange iaar. Jeg bad saa Mor rejse hjem og styre Huset, men hun vilde ikke høre noget herom, og da jeg saa har Returbillet til Svendborg som blev spildt hvis jeg blev, saa besluttede jeg at tage med hende og saa komme igjen paa Mandag og blive til næste Mandag. September Badene er jo saa styrkende. Saa kommer de jo desuden hjem allesammen fra Odense; Christine Muks og Dede paa Søndag. Asier faaer jeg hjem med fra Hanne, vi har ingen iaar. Imorgen giver Thora en Køretur ud på Hou, vi skal have Aftensmad med, jeg glæder mig over alle de dejlige Ture. Bare nu Vejret vil holde sig, idag blæser det en Del og ser meget ud til Torden. Thora rejser til Kbh. paa Søndag , hun har lovet at være behjælpelig enten Dig eller Pelle, naar denne kommer til Byen, med at kjøbe noget til Tuttes Konfirmation. Hvad siger Du om et pænt Sybord?? Du maa endelig svare herpaa, saa skal jeg skrive til Thora om at gaae om til Dig en Dag og tale om det, vi kan vel ikke give mindre end 25 Kr? Syberg har jo givet alle vore Gulduhre. Da jeg i Lørdags skulde vente 3 Timer paa Rejsen herover, tog jeg i Ringe Billet til Odense, - 1 Kr. 3 Klasse – og fik set alle 4 Børn. Christine boer nydeligt 5 Min. Gang fra den store Banegaard, paralelt med Latinskolen er H. Tavsensgade. C. og jeg gik hen til Muks, der er meget glad ved al sin Læsning og ikke synes det er svært; hun gik med os forbi Latinskolen Kl. 1, hele første Klasse kom ud og skulde til Læsning, vi fulgtes med Dede ud til Vestergade, saa til Banegaarden hvor Junge tog med mig med en Pose Rejsegodter, de vidste alle, at jeg vilde komme, jeg fik meget udrette og set paa de 1 ½ Time, jeg havde Smørrebrød med. Var søsyg over, men dog ikke slemt. 
 [Skrevet langs sidste sides venstre kant:]
 Ja nu Farvel søde Ven! Alle her hilser Dig! Kærlig Hilsen fra Din Smaa.
 [Skrevet langs første sides højre kant:]
 Hvis Du sender Brev af paa Søndag skal det være lidt tidlig paa Dagen ellers faaer jeg det ikke før Tirsdag.
 [Skrevet langs første sides venstre kant:]
 Imorgen skal de alle til Tranekær, saa bliver vi kjørt ned til Aasø.</t>
   </si>
   <si>
+    <t>1895-09-08</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell, unge greve
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Tre Hjorte var et hotel i København. 
+Det vides ikke, hvem Thorvald og Harald var. Warberg-familien kendte flere, der bar disse fornavne. 
+Ellen Hirschsprung blev kaldt Madame. 
+Det vides ikke, hvad sagen mellem Frk. Knipschildt og Wilhelmine/Mis Brandt gik ud på. Frk. Knipschildt var muligvis Dagmar eller Anna Margrethe Knipschildt; døtre af Charlotte Knipschildt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1391</t>
+  </si>
+  <si>
+    <t>Det er godt, at Andreas/Dede Warberg er god til dansk, men hans karakterer er i øvrigt ikke høje nok. 
+Albrecht Warberg har spist hos Berta og Ludvig Brandstrup og været i Tivoli med dem. Han har også været i Folketreatret og på Nørrebro for at se en nyopført skole. 
+Greven sender brev næsten hver anden dag. Albrecht skal se på heste for ham. 
+Albrecht forsøger at klare en konflikt mellem Wilhelmine/Mis Berg og Frøken Knipschildt. - Albrecht har næsten brug for en fuldmægtig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hXny</t>
+  </si>
+  <si>
+    <t>Tre Hjorte d. 8 September 95.
+Kjæreste Smaa!
+Det var morsomt at Du sendte mig Dedes Brev. Var han blot saa dygtig i alt som i Dansk, vilde det gaa ham godt, men jeg synes ikke rigtig om, at han er saa glad ved et mg i Latin, da det tyder paa, at hans Karakterer i Almindelighed ligger derunder, han er unægtelig ikke [ulæselig]. Jeg var i Gaar ud hos din Søster, som var mere klagende end ellers og [ulæseligt ord] mig med et saa kraftigt Hyl, at jeg havde Hjertebesværligheder deraf hele Dagen. I Onsdags spiste jeg [ulæseligt ord] hos Luds, Bertha og den lille [ulæseligt] Middag paa Hjørnet af Bredgade og Toldbodgade, kjørte derefter en Tur med dem, hvorefter vi endte i Tivoli. Jeg var Gæst hele Tiden og maatte altsaa intet betale. Dagen efter var jeg med Vilhjelmine i Folketeatret og spiste derefter til Aften hos hende. Igaar Aftes var Thorvald og jeg samt [ulæseligt ord] ude paa Nørrebro ved Hellig Kors Kirken forat bese en ny Kommuneskole, hvis Bygning han har forestaaet. Det var meget morsomt, og jeg synes næsten, at denne Almueskole er elegantere end Latinskolen i Odense. Herefter var vi til The hos [ulæseligt ord], men jeg havde hele Tiden [ulæseligt ord], hvad der tog noget af Fornøjelsen. Forleden havde jeg Brev fra Elle, det følger hermed. Jeg har svaret hende og oplyst hende om, at Madames endnu ikke er kommen hjem. – Desværre har jeg næsten hveranden Dag omtrent Brev fra Greven, det kan han nu ikke lade være med, men mig generer det selvfølgelig ikke. Jeg skal nu, naar jeg har sendt dette Brev, ud at se paa Heste til ham, hvad hans Sønner alt har gjort og derefter til Frk Knipschildt for Mis, fra hende jeg har havt 2 Breve. Efter det første skulde jeg gaa til Frk K. for at ”ordne Sagen”; jeg mente, at det var noget uklart, hvad jeg havde at gjøre og skrev derfor til hende, om hun vilde oplyse mig om, hvad jeg egentlig skulde gjøre og hvorledes det stod sig med Underhandlingerne, særlig om hun havde dummet sig over for Frk K. Jeg fik saa i Gaar hendes andet Brev, der ikke indeholdt Svar paa det sidste Spørgsmaal, men dog oplyser mig lidt om, hvad hun vil, at jeg skal gøre. Selvfølgelig vil jeg ikke sige Nej, men meget kjedeligt er det at have saa mange Ting at gaa med, da min Tid snart bliver temmelig usikker, idet Nerverne aldrig faa Ro. - Lille Thorvald har set omtrent daglig siden han kom! I Gaar gav han sin første Time. Harald bor endnu paa Fredensborg, men forleden Morgen havde jeg Besøg af ham, før jeg var staaet op. Ligeledes har jeg haft Besøg af en Overretssagfører her fra Byen og en d_o_ fra Slagelse, altsammen om Forretninger, saa at jeg snart gjerne kunde have Brug for en Fuldmægtig herinde. – 
+Nu slutter jeg for denne Gang
+Mange Hilsner!
+Din A.</t>
+  </si>
+  <si>
     <t>1895-09-23</t>
   </si>
   <si>
     <t>Thorvald Balslev
 Berta Brandstrup
 Louise Brønsted
 Louise Dons
 Peter Eilschov
 - Juul, præst
 Johanne Christine Larsen
 - Leisner
 Astrid Møller
 Hempel Syberg
 Andreas Warberg</t>
   </si>
   <si>
     <t>Klokken var et apparat, hvori Albrecht Warberg fik behandling for sin astma. Behandlingerne foregik i København. 
 Det vides ikke, hvem kopperne eller Kapperne var. 
 Købmand Peter Eilschou opførte 1765-1767 nogle bygninger i Munkemøllestræde i Odense, som blev omdannet til stiftelse for enker af god stand, ugifte købmandsdøtre m.v. Bygningen blev revet ned eller rettere skilt ad i 1930erne, og i 2005 blev den genopoført i Den Gamle By i Århus. (Den Gamle Bys hjemmeside feb. 2023). 
 Ellen Hirschsprung blev kaldt Madame, men Madame kan også være en anden person.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0350</t>
   </si>
   <si>
@@ -2637,50 +2798,82 @@
     <t>1896-12-10</t>
   </si>
   <si>
     <t>Odense</t>
   </si>
   <si>
     <t>Jeppe Andreas Larsen
 Otto Emil  Paludan
 Laura Warberg
 Astrid Warberg-Goldschmidt
 Christian Winther</t>
   </si>
   <si>
     <t>Christian Winthers Til Én er en gruppe digte trykt i samlingen Digtninger (1843).</t>
   </si>
   <si>
     <t>Alhed har været alene hjemme og bl.a. læst Christian Winther.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3Pev</t>
   </si>
   <si>
     <t>10ende à 11te Dcbr. 1896.
 Kære Las!
 Atter er jeg søgt ind til Pallam og har faaet et Stykke fint Brevpapir, hvorpaa jeg vil sende dem en lille Aftenhilsen. De bliver vist ellers snart forvænt med alt det fine Papir, men endnu denne Gang skal De have det i Anledning af at det er Deres Fars Fødselsdag paa Lørdag. For det haaber jeg da, det er; det er i den Anledning, at De faar dette Extrabrev. - - Jeg havde ellers saa smaat ventet Brev fra Dem i Dag, De er da vel ikke bleven værre af den Forkølelse? Jeg er bange, at saa længe De bliver ved med de Andetræk, gaar det ikke over. – Men nu faar jeg forhaabentlig Brev i Morgen, saa jeg faar at vide, hvordan De har det. Jeg venter Dem ikke paa Søndag, hvis Vejret er daarligt, og De ikke helt er kommen Dem. - - Mor er kommen hjem fra Odense i Dag, Dis kommer først paa Lørdag; det arme lille Menneske faar 10 Tænder gjort i Stand. I den Anledning altsaa fordi jeg er alene paa Værelset skal gamle Bjørn ligge oppe hos mig i Nat; mens Mor har været borte, har han maattet holde Vagt i Gangen, men i Nat skal han ligge i mit Badekar. Munter er fremdeles luddaarlig; han har faaet en grim Byld under Snuden, men i Dag har Dyrlægen set paa ham og givet os noget Kreolinvand at smøre ham med. Det lugter fælt og i den Anledning skælder alle Mennesker ham ud i Dag, saa han gaar og ser ganske ulykkelig og angergiven ud. - - De kan tro, jeg har dreven og haft det dejligt i disse Dage; det er udmærket at være alene hjemme en Gang i mellem, saa kan man bestille lige hvad man vil. Jeg har bl.a. læst Chr. Winthers ”til Én” et Par gange igennem, mange af dem ere dog aldeles henrivende. – Gamle Bjørn har ogsaa moret sig godt, han har haft fri Adgang overalt, og har fulgt mig i Hælene fra Morgen til Aften, endogsaa ud at spadsere i Regnvejr. Men det er godt, at Mor nu er kommen hjem og kan sætte lidt Fart i mig, saadan lige før Jul har man slet ikke Tid at drive. – Ud i Fremtiden maa det altsaa være Dem, der maa holde mig i Ørerne, at jeg ikke skal henfalde til Driverliv, hvad jeg har sørgelige Anlæg til. Dette er mit Alvor, - men jeg skal nok gøre mig Umage. - - Uha, nu slog Kl. 11 ½, jeg vilde kun have skreven nogle faa Ord, men det blev jo næsten til et helt Brev. – Vil De ikke hilse Deres Far og ønske ham til Lykke. – Jeg skal ikke hilse fra Pallam, han er gal, fordi jeg har nyst to Gange i Dag. Da jeg havde nyst første Gang, sagde han, at jeg skulde gaa ind i den anden Stue, naar jeg vilde nyse, og da jeg skulde nyse anden Gang, bad jeg ham om at gaa ud i Gangen, da jeg skulde nyse, hvorover han blev gal. - - Uha, nu bliver her nok knapt Plads til Hilsner, saa det er altsaa ikke sandt, at hvor der er Hjerterum, er der Husrum, i saa Fald var her Plads til en Milion og meget mere fra Deres Alhed.</t>
+  </si>
+  <si>
+    <t>1897-07-13</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1349</t>
+  </si>
+  <si>
+    <t>Brev 1:
+Johannes Larsen ønsker tillykke med fødselsdagen. Han maler på et aftenbillede fra klinten i Kerteminde, og det trækker derfor ud med turen til Sverige.
+Brev 2:
+Christine Swane/Uglen ønsker tillykke og håber, at det er rare mennesker, Vilhelm/Klaks Larsen er hos. Hun har plantet blomster i haven, skuffet gange, klippet hæk og vandet. Syberg har spurgt, om Christine vil komme til Svanninge og hjælpe i huset, og til gengæld vil hun kunne få sangundervisning af Hedevig/Mutter Lützhøft.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5uWD</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 Juli 1897.
+Kære Vilhelm!
+Herved sender jeg Dig min Lykønskning i Anledning af Din Fødselsdag, men da jeg jo ikke har nogle Ærinder Du kan udrette for mig for Øjeblikket kan Du jo nok forstaa at der ikke bliver noget længere Brev ud af det denne Gang. Vi har det alle godt og arbejder af og til med Høet. I Dag skal vi begynde at køre det ind. Jeg maler på et Billede oppe fra Klinten i denne Tid, det er et Aftenbillede saa jeg kan jo ikke arbejde ret længe paa det ad Gangen, derfor trækker det ud med Turen til Sverige jeg skulde helst have været færdig til at tage derover nu i Løbet af Ugen. Hvad Tid bliver Du færdig med at maale? Mange Hilsner og Lykønskninger
+Din hengivne
+Johannes Larsen.
+Kære Klaks!
+Hjertelig til Lykke paa Fødselsdagen, jeg haaber for Dig at Du nu ser lidt lysere paa Dit Arbejde, saa at Du maa faa en rigtig dejlig Dag i Morgen. – Det er da storartet for Dig at det er rare Mennesker Du er hos. Det er dog en forfærdelig Tørke vi har i denne Tid, vi har plantet nogle Blomster nede i Haven, men jeg maatte først bære en Snes Spande Vand ned paa Bedene for at faa Jorden blødt op saa at Blomsterne kan gro. – Nu til Morgen har jeg skuffet Gangene og klippet Hækken oppe ved Højen og Blomsterne staar storartet, saa naar jeg nu passer at vande dem hver Aften saa bliver der nok kønt dernede. Har Du hørt at Sybergs gerne vilde have mig ned til Svanninge og hjælpe Anna, mens de har Fremmede, saa kunde jeg til Gengæld lære at synge hos Mutter som skal besøge Dem i Sommer. Kunde det ikke være forfærdeligt morsomt? - Jeg har for nogle Dage Siden skrevet ned til Anna, at jeg nok vilde derned, men endnu ikke faaet Svar, men jeg haaber det kommer en af Dagene. Hvordan passer Bukserne Dig? Nu vil jeg slutte med mange kærlige Hilsner fra din hengivne
+Ugle</t>
   </si>
   <si>
     <t>1898-01-19</t>
   </si>
   <si>
     <t>Frøken Agnes -
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Frederik Gad Clement
 Franziska  Erichsen
 Ludvig Find
 Svend Hammershøi
 Hans Nikolaj Hansen
 Marie Henriques
 Bernhard Hirschsprung
 - Hr. Alb.
 Johannes Larsen
 Frederik Lützhøft
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Det er uvist, hvem baronessens søstre og deres mænd er. Ligeledes konsulen.
 Familien Hirschsprung boede i Tordenskjoldsgade.</t>
   </si>
@@ -2794,236 +2987,394 @@
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 1, 2002/61, A8, lb11</t>
   </si>
   <si>
     <t>Vilhelmine og IA Larsen kom hjem til Kerteminde efter at have lavet forpagtningsaftaler vedr. Båxhult og Höljeryd.
 I København, på vejen hjem, besøgte de Den Frie Udstilling, hvor opsætningen endu ikke var helt færdig. Herefter var de på besøg hos Alfred Eckardt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/F0BX</t>
   </si>
   <si>
     <t>Kjerteminde den 24/3 1898
 Kjære Marie!
 Just kom vi hjem i en stærk Nordøst Vind det var koldt kan du tro ovenpaa de varme Vogne; men vi befinder os helt vel i dag begge to. Af dit Brev der kom til Johannes i dag seer jeg at du troer vi kun beholder 1 Værelse på Boschult jo lille Ven vi beholder dem alle paa et nær som gamle Lisa Nisbeth skal bebo og det bliver Qvistværelset til Gaden over Verandaen, alle Værelser bliver malede og nyt Papir saa der bliver saa lyst og kjønt at du aldrig kan forestille dig Synet især naar Trægaarden kommer i Orden Smedens var begyndt at flytte ind inden vi rejste i Drengestuen paa Boschult og Skomagerline skal op hos Smedens og Lars i Kungsveka skal have det Jordbrug i Forpagtning for 150, Smeden 150 og Skatter og 10 Sjus for Boschult, og Petersen 600 for Holjeryd- du seer vi haar gjort vore Sager godt denne Gang nu kommer der en Tid hvor vi kun skal tage imod Penge derovre fra, det er godt hvad. Det kan jeg unde den kjære Fader – som har maattet punge ud med saameget – Vi synes udmærket godt om [ulæseligt ord]-Familien det er ganske bestemt dygtige Folk han kjørte for os igaar med den norske graa og en brun der der ligner Finga noget i Gangen vi kjørte derned paa 2 Timer i et nydeligt Sommervejr; lad mig bringe dig alle de mange hjertelige Hilsener fra dem alle derovre den snelle dygtige Marie Larsen fik mange Lovtaler kan du tro Kristines mor var ogsaa fremme at besøge mig der var saa mange mere til Kaffe at jeg kjøbte en Mængde Dappe hos Handeleren i Haljeryd der har en Søster som bager
 Hun bad os nu komme paa Hjemrejsen i Halmstad spiste vi Frokost paa et Hotel og der trakterede Fader mig med en Pilsner som gjorde mig saa tung i Hovedet at jeg fik flere gode Søvne paa Vejen 
 I Kjøbenhavn skal du blot høre hvor heldig jeg var. Vi kunde ikke sige bestemt naar vi kom saa der var ingen til at tage imod os. Fader gik et lille nødvendigt Ærinde og jeg sagde saa til ham du kan træffe mig ved den fri Udstilling for jeg vil hen at kigge ind af Døren for at have en Mening om den
 Der stod en Malersvend udenfor og børstede Søjlerne jeg gav mig i Snak med ham og spurgte om de kunde blive færdige jeg veed det knap Frue vi slider Nat med Dag for vi Malere kan jo ikke komme til før de andre Haandværkere ere færdige da jeg vender mig kommer Peder Hansen ud med 2 Herrer der bliver en Præsentation Johannes Larsens Moder – Hr Phillipsen; Hr Niels Skovgaard de blev ved send Johannes herover til Fredag men det vil han ikke derimod rejser han over et Par Dage og tager Alhed med hjem til Confirmationen med den lille Varberg i Odense Palmesøndag, Onkel Syberg er flyttet til Odense og gjør Gildet, Johannes er bedt med de bliver 44 Gjæster han har jo Vilhelms sorte Benklæder og Vest og laaner Palms Kjole – men nu tilbage til Udstillingen, saa kom Fader det er Johannes Larsens Fader – saa Afsked med Venner og saa ind med Peder at se paa Malerier – ja Marie hvor vi brugte det var jo Jag men endel kan jeg da huske som glædede mig meget Syberg er saa overordentligt smukt repræsenteret en hel Væg fylder du ved nok han har illustreret ” en Moder – og de hænger uden om hans Malerier ja begynde at beskrive dig dette kan jeg ikke overkomme men naar vi faar et Katalog saa skal du faa et sendt og saa skal jeg bemærke hvad jeg synes om hver især – Johannes’s Billeder var hængt saa smukt op men saa kom Brandvæsenet og skulde skjære en Dør til saa maatte de ned men Peder lovede at de skulde nok en god Plads
 Agrarbilledet tog sig udmærket ud derom ogsaa Blomsterne Roserne og Valmuerne saa er der de 3 Aquareller der var i Stokholm
 Saa gik vi til gamle Eckardt der var ingen hjemme derfra til Alfred der mødte vi Margrethe paa Gaden hun med tilbage Alfred var heldigvis hjemme og Musse maatte op af Sengen og vises frem saa rendte Margrethe hjem og hentede gamle Onkel der imidlertid havde været paa Aftentour der fik jeg høre at Fru Lorentzen kom til Byen men de mente ikke den lille Pige kom med – Margrethe skulde til The hos Engelsens Onkel fulgte os saa paa Banegaarden og Alfred gik [ulæseligt ord] det er et nydeligt Hjem de har og herligt uden Gjenboer
 Nu kniber det med Tiden lille Marie men du faar hørt vi er kommen vel hjem Saa skal jeg skrive mere i mit Søndagsbrev og der skal vi saa se et Billede af Marie Aron og alle Børnene hun er saa sød den lille Missemor i Virkeligheden hun er magrere men smukkere det glædede mig ogsaa hos [ulæseligt ord] at høre hvor glade de er ved dig paa Nedergaard
 Lev du kjære lille Marie og Hilsen fra os Alle sammen
 Johannes er paa Jagt</t>
   </si>
   <si>
-    <t>1898-04-02</t>
-[...44 lines deleted...]
-  <si>
     <t>1898-12-26</t>
   </si>
   <si>
     <t>Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Alhed Larsen
 Jeppe Andreas Larsen
 Vilhelm Larsen, Georgs søn
 Elisabeth Storm
 Christine Swane</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen har muligvis holdt jul sammen med Alheds familie på Erikshaab. Det er åbenbart første gang, at Johannes Larsen ikke skal holde sin fødselsdag i hjemmet i Kerteminde. 
 Tjalfe er Johannes Larsens hund.</t>
   </si>
   <si>
     <t>Fødselsdagshilsen til Johannes Larsen. Tak for julegaverne. Uglen har travlt med at male. Lille Ville var oppe til kl. 10 juleaften.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/WlIY</t>
   </si>
   <si>
     <t>Kerteminde 26/12.
 98.
 Kjæreste Johannes!
 Saa er det nok første Gang jeg maa skrive min Lykønskning til dig Gud Fader velsigne dig og bevare dig i det kommende Aar og gjøre dig saa glad som jeg ønsker – jeg er hos dig i Tankerne og har været det hvert Øjeblik siden I rejste; men godt var det da jeg vidste hvor I var, for skjønt jeg ikke har seet Hjemmet saa kjender jeg dog alle Personerne og det er det vigtigste – Imorgen vil vi højtideligholde Dagen med at spise dine Livretter og jeg vil faa Tjalfe vasket og bestilt en Kurv til ham at han kan sove i om Natten.
 En kjærlig Hilsen fra Fader og Tak for hans Gave der blev stor Glæde med Fru Storm der aldrig har havt en ordentlig Brystnaal og saa at I havde husket hende det var saa mageløst I steg vist umaadelig højt; Nu Farvel og kjærlig Hilsen til I to og mange flere din trofaste Moder
 Kære Las!
 Min hjærteligste Lykønskning i Dagens Anledning og en venlig Hilsen til Dig og Be fra din hengivne Broder Klaks.
 Kære Johannes!
 Tusind Lykønskninger paa Fødselsdagen, af mit ganske Hjærte ønsker jeg Dig et gevaldigt godt Aar.
 I skal have mange Tak for Julegaven som jeg synes er forfærdelig sød. 
 Uglen har travlt med at male, saa hun har bedt mig om at hilse og ønske til Lykke. I skulde blot have set hvor lille Ville var henrykt over Juletræet , hans Ansigt straalede da han saa alle Lysene og han holdt ud til Kl. var henad 10. Nu maa Du hilse alle dernede fra mig. De kærligste Hilsener til Alhed og Dig fra Din hengivne Marie.</t>
-  </si>
-[...34 lines deleted...]
-Kom dog endelig hjem, det er dog kun saa faa Perioder af éns Liv, at man kan have det saa godt som nu, hvor jeg fortryder, at jeg lod Dig blive der</t>
   </si>
   <si>
     <t>1899-03-26</t>
   </si>
   <si>
     <t>Alhed Larsen
 Georg Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Nicolaus Lützhøft
 Elisabeth Storm
 Fritz Syberg</t>
   </si>
   <si>
     <t>Lützhöft bliver i brevet stavet som Lütshofft.
 Alhed Larsen er gravid og føder sit første barn "Puf" d.12.5 på Erikshaab, hvor hendes forældre bor.
 Fritz Syberg udstillede 26 billeder. Solgte på ferniseringsdagen "Interiør" til vinhandler Bestle for 175 kr. I Politiken stod der: "Aldrig har Syberg stået bedre." (Bente Scavenius: Den frie Udstilling i 100 år s. 66-68)</t>
   </si>
   <si>
     <t>Kerteminde Byhistoriske Museum</t>
   </si>
   <si>
     <t>Johannes Larsen og Fritz Syberg udstiller på Den Frie. Syberg har solgt for 850 kr.
 Alhed er gravid og skal til sine forældre på Erikshaab for at føde der.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/h40m</t>
   </si>
   <si>
     <t>Kjerteminde Lørdag
 Kjære lille Ugle
 Ja jeg kan nu faa Plads ved Bordet for lige at sige Dig at jeg er oppe – igaar stod jeg op ved Frokost gik i Seng efter Aftensbordet og i dag sov jeg til Middag og er nu naar jeg holder mig inde helt vel ved det saa du seer det var godt jeg kom hjem i Ro – 
 Naa saa var det alligevel igaar at Udstillingen aabnede og her kom Brev fra Lütshofft om han havde seet Uglen der saa sød ud men sagde ingenTing.
 Nu kom Politiken hvilken Glæde. Syberg har allerede solgt for 850 Kr – og der gaar nok mere maatte blot Johannes ogsaa sælge lidt det oplivede saa godt – 
 Vi glæder os meget til I kommer skriv endelig naar vi skal hente Eder helst ved Dagen,men I maa ogsaa bestemme vi skal sende Rejsepenge, blot dog Vilhelm maa slippe med hjem hvordan gaar det med Eksamen og Kurset.
 Jeg tænker der er Brev fra dig i morgen med din Mening om Udstillingen – Johannes og Alhed bliver her de første 2 Helligdage og rejser til Erikshaab de næste for at se de Søskende der er hjemme dernede og saa bliver hun der i Ro indtil Sommeren
 Hilsen fra Marie hun er i Kjøkkenet og laver Mad
 Her er falden megen Sne – idag tøer Solen en Del
 Børnene ere raske nu og Georg og Marie var i Odense igaar – 
 Fru Storm ligger syg men er i Bedring
 Lev vel hils Alle og hjertelig velkommen din Moder</t>
   </si>
   <si>
+    <t>1899-04-07</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Mary Brandstrup
+- Dahl, kemiker
+Leonard Holmstrøm
+Alhed Larsen
+Johannes Larsen
+Charles Pear
+Dudley Pray
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Sawyer, Harris' mor
+William Henry Schofield
+Hempel Syberg
+- Tiffany
+Tizian Vecellio
+Emil Vett
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt
+Theodor Wessel</t>
+  </si>
+  <si>
+    <t>Sølvbestik, hvor bogstavet 'W' indgår, er primært forbundet med den danske sølvvarefabrik W&amp;amp;S Sørensen (W. &amp;amp; S. Sørensen), som var beliggende i Horsens (Wikipedia marts 2026). 
+Dubra: Fin, udmærket (af russisk dobra; Ordnet.dk). 
+BISSEN-serien er danskdesignede og -producerede lamper, der alle er håndlavet efter gamle, klassiske håndværkstraditioner (Internettet marts 2026). 
+Harrs Sawyers mors navn kendes ikke. Følgende personr er ukendte: Mr. Robinson, Miss Morison, Mc Dowell, Clarence Buck, de to Miss Andrews og deres bror samt far. Der findes i 2026 et laboratorium i Danmark ejet/ledet af en Jürgensen, men det vides ikke, om det er dette, som Ellen Sawyer nævnte i brevet i 1899. 
+Wales-hat: I dag er hatte af denne stil forbundet med puritanerne og pilgrimmene til Amerika på grund af deres enkle design. 
+I modeverdenen omkring år 1900 refererer "indianerhatte" ofte til de ekstremt prangende og store hatte, som var højeste mode i den edwardianske periode (ca. 1890–1910). Selvom navnet i dag lyder misvisende, blev det brugt, fordi hattene lånte voldsomme mængder af ægte fjer og teksturer, der for datidens europæere ledte tankerne hen på det eksotiske eller "vilde". (Internettet marts 2026).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1569</t>
+  </si>
+  <si>
+    <t>Man har udbragt Alhed/Be Larsens skål i anledning af hendes fødselsdag.
+Udover penge har Ellen og Harris Sawyer fået en mængde sølvtøj, glas og porcelænsgenstande i bryllupsgave. Harris havde i forvejen noget. 
+De to har holdt et selskab med gode venner på besøg. En af dem er pianist, og hun spillede dejligt. Harris havde fyldt kalkunen med kastanjer og svampe, og svigermoderen stegte den. Man fik også hummer, og en stuepige var hyret til at servere. Når Ellen og Harris får deres eget hjem, vil de holde flere selskaber. De har købt diverse møbler.
+Harris' mor er 52 år, men hun ser gammel ud, for en blodstyrtning og hendes bekymring for Harris, som har et dårligt helbred, har aldret hende. Dog er hun meget klog, læser en masse, har i en moden alder taget eksamener og deltager i foreningsarbejde. 
+Mr. Tiffany, Harris' chef, har ønsket, at Harris tog på forretningsrejse, men det vil Harris ikke uden Ellen. Hvis Harris var stærkere, kunne han tjene mere, og han og Ellen kunne flytte til København. De har formodentlig ikke råd til at komme til Danmark denne sommer. 
+Harris' assistent, Hr. Dahl er pianist, fungerer som organist i en norsk kirke og har klaverelever. Han er en dygtig kemiker, norsk, vegetar og bomstærk. Ellen vil invitere ham på middag. En anden assistent, Dudley Pray, var ubrugelig, men Harris har foreslået ham at tage til København for at dygtiggøre sig, og det har han nemt råd til. 
+Ellen beder sin mor sende viskestykker mm.
+Harris' mor hundser med sin mand, som forguder hende. Harris' far er tømrermester, men forretningen går dårligt. Han er dannet og elegant, morsom og opmærksom. Hans hovedinteresse er haven samt et regiment, hvori han er commander.
+Helen Sawyer arbejder på kontor og tjener kun lidt. Hun blander sig i, hvilen har Ellen går med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oTUG</t>
+  </si>
+  <si>
+    <t>Boston d. 7de April.
+Kæreste Mor!
+Jeg er meget forbavset over, at mine Breve ikke ere udførlige, (- jeg synes, at jeg er bleven til en sand Skrivemaskine) – men det kommer måske af at jeg har skreven så mange Breve rundt omkring til [”til” indsat over linjen] siden jeg kom her over, og jeg glemmer så efterhånden, hvad jeg har skreven om til hvem. 
+Idag er det nok Be’s Fødselsdag og jeg har sendt hende mangen en Tanke, - gid det nye Aar må begynde godt og ende ["ende" overstreget] fortsættes godt. – 
+Iaftes Klk 8 hvor ["hvor" overstreget] over Middag, blev hendes Skål udbragt af Dr. Schofield og drukket med stort Bifald, idet som han sagde: ”i dette Øjeblik er det i Morgen i Danmark”. 
+Det kan vel nok være at [”at” indsat over linjen] vi får solide Brudegaver hjemme fra, - 320 Kr. i Anmarsh på et Brædt. – Men vi ere Gudskelov Mand for at formøble dem. Vi sætter dem alle i Bordting, - Eastman har lagt dem alle ud og føler sig lidt slunken for rede Penge lige for Tiden. 
+Vi ejer nu 10 tunge gedigne Sølvgafler, do Suppeskeer, do mindre Gafler, do store Theskeer, do Kaffeskeer. Dessertskeer har vi ingen Brug for, da Deserten næsten altid er Is, som spises med Theskeerne. Der er Navn på det alt sammen et sammenfletter W og S sammenflettet og indsat over linjen og det er ganske ualmindelig smukt. Tegning.
+Endvidere en Fiskegaffel, (en stor Gaffel – af en egen Facon i samme Mønster – en stor Gaffel til at tage Steg med. – Samt: 12 slebne Vinglas [Tegning] alle er henrivende. Fint Glas, rent Glas med den herligste Klang. Foreløbig vil vi ikke have flere, - tænk, de har i Reglen slet ikke Vin til Middage og finder at vi ekstravagerer ved at have Sherry! 12 Fingerskåler, el. hvad de kaldes af det samme henrivende, fine Glas, aldeles glat kun med en Stjærne i Bunden. En slebet Karaffel, 6 små Kaffekopper af københavnsk Porcelain. – Vi havde ledt flere Butikker igennem for at finde nogle pæne små Kaffekopper, men uden Held, - de har en rædselfuld Smag med mange Ting, - indtil vi endelig i en afsides Krog i en Vett &amp;amp; Wessel lignende Butik fandt disse. V ["V" overstreget] East udstødte et Glædesskrig, - han er helt tosset efter det. Vi kan få et helt Sæt der, og vi vil have det i vores eget Hus, - vi vil købe det lidt efter lidt, det koster 72 Dollars til 12. 
+Når Eastman kommer hjem skal vi nærmere udarbejde en Liste over alt det og bestemme hvem vi har fået det fra inden vi skriver og takker Onkel Syberg. – 
+Jeg ved ikke hvem af os der er mest stolt af alle vore pæne, fine Ting, og Eastman er en hel Las efter den Slags, - vi går mange Gange om Dagen hen og kigger ned i vores Sølvskuffe og åbner vovs ["vovs" overstreget] vores Glasmontre (?) og får vores Glas til at klinge, og beser det hele. Han havde i Forvejen 12 slebne Punchglas Tegning, som vi kommer Desertisen i. Vi bl ["bl" overstreget] bruger dem også til Lemonade, som Aftenfremmede for det meste trakteres med. Den øses op af en Punchbowl som E. også havde. Han havde også 6 Par små fine Kopper med et Mønster som stærkt ligner kb ["kb" overstreget] københavnsk Porcelain. – Vi har fået 6 Deserttallerkener af fint, fransk Porcelain, - de ere næsten gennemsigtige, - fra en Husven, en ung Mand, som menes at komme her for Helens Skyld. – En lille Sukkerskål og Flødekande af tungt Krystal, bedårende, - det ser ud til at have været en kostbar Historie – Ven af Huset.
+En lille Krystalkonfektskål, en lille Krystalkande med Sølvlåg, som de brugte til at have en Slags Sirup i, som kommer af en vis Slags Træ om Foråret. Jeg har endnu ikke set det. - En Kiksspand, vel ment, men rædselsfuld. Syltetøjske, Sardingaffel, - en lille rund Visitkortskål af Sølv, nydelig. En hvid Løve, ikke særlig interessant. Schofield gav os et Billede, som han har haft med fra Milano: En Dronning Louise som går ned af en Trappe. Det er kønt og hænger i Dagligstuen. Disse Presenter ere alle fra fjærnerestående Venner, Familjer af de nærmere Venner bliver ved at spørge, hvad vi ønsker men lader det blive derved. 
+Selskabet i Aftes var særdeles vellykket. Gæsterne var Schofield, Mr. Pear (ham med Tallerkenerne), Mr. Robinson, Student sammen med Harry og Schofield, - Dr. i et el. andet, fin og tiltalende. Miss Morinson, Pianistinde, Elev af Mc.Dowell. Hun er sød, naturlig, stilfærdig, - sjældne Dyder her. Hun spillede en Del for os, - dejlig Musik. 2 Miss Andrews med Broder, hvis Fader Dr. Andrews for nylig i en Marskandiserbutik for et Par Dollars købte et stort Maleri af Titians Broder – De ere Veninder fra gammel Tid af Harris, - men han siger man skal have dem i Enerum for at få noget rigtigt ud af dem, - i Selskab ere de lidt støjende, lidt for agerende. Den ene sang henrivende. – Harris, Helen og jeg var Resten, 10 i alt. – Alle i stiveste Puds, og det er ikke lidt her i Amerika. Jeg var i Silke, sad for den ene Bordende og havde Schofield til Bords. – Jeg vilde give en Del for at du kunde have set Bordet: alt det nye Sølv, som skinnede som Solen, hele Bordet pyntet med Nelliker i alle Farver og Bregner og ellers kun små Dele med Konfekt, samt en lille Del med Oliven og èn med Radiser, en lille Del med Smør ved hver Kouvert, som de nød af under hele Måltidet. Maden var dubra. Eastman havde selv lavet Kalkunindmaden efter en Kogebog, - der der ["der" overstreget] var Kastanjer, Champignon i den [”i den” indsat over linjen] o.s.v. Kalkunen selv stegte Svigermoder, det ["det" overstreget], Hummerretten lavede Eastman også ¼ Time før de kom – det var rafineret Hachis af Hummere, Trøfler, Majonese. Det var i det hele så gennemrafineret. Vi havde en lejet Stuepige, som opvartede udmærket. – East talte for Schofield, denne for mig. Det var meget muntert og hyggeligt. Du kan tro, det var kosteligt at være Værtinde og ”Midtpunkt” og sørge for at få talt med dem alle. – Desværre er East idag dødtræt. Han tog hele Vært og Værtindeansvaret på sig, - købte alt ind dirigerede alt og han kan ikke tåle så meget.
+Det er meget ualmindeligt med Middage her – altid disse kedsommelige ”at home” el. Aftenbesøg med Hat på og uden Traktement. Vi vil imidlertid indføre små rafinerede Middage som denne, hvor vi inviterer dem, vi virkelig bryder os om og morer os. Men rigtig morsomt bliver det ikke før vi har vort eget Hus. Til den Tid når jeg er mere kendt med alting, kan jeg tage mere af Besværet på mig, så det ikke bliver så trættende for East. – Svigermoder var forfærdelig betaget af det hele, og udtrykte ud i en Køre sin Forfærdelse over Besværet og sin Angst over at H. ikke skulde kunde tåle det. Det gjorde ham naturligvis ikke mindre nervøs. – Det er dog en vældig flot Present fra Onkel Syberg, - og de 20 Kr., som Far havde holdt hen gør sig jo også. – 320 Kr. er en stor Sum. – 
+Lørdag.
+East. mener at alle Presentpenge skal gå i Ting, som ikke kan forgå og slås i Stykker og han betaler derfor alle Glasvarerne selv. – Sølvet selv kostede 64 Dollars, de to Gafler 6 Dollars, og vi har derfor 10 Dollars at købe konstante Ting for endnu. Jeg har megen Lyst til en smuk Stålampe, - men jeg er bange for at det ikke lader sig gøre at opdrive en sådan, - alt hvad jeg har set af Lamper i Vinduer og Butikker har været rædselsfuldt. Jeg bliver helt melankolsk, når jeg tænker på Bissenlampen. – Foreløbig lader vi det stå hen. 
+Vi har også købt flere Møbler, jeg kan med en rolig Samvittighed sige ”vi” fordi jeg satte Resten af min Formue, som jeg havde med, 20 Dollars i det. – Vi har købt 2 Mahogni Stole til – Dagligstuen, med Indlægning af lyst Træ i Ryggen. [Tegning] Det er sand Fornøjelse, så smukke Møbler man kan få her. – Samt en magelig Egetræs Lænestol, som stakkels East. synker ned i, når han kommer træt hjem fra Byen. Samt et stort solidt Egetræs Skrivebord el. Pult. Der er 37 Skuffer i det, sådan noget lignende som denne Tegning. [Tegning]. Der er ikke Poesi skabt i det, men det er en sand Fornøjelse at se East., som han gasser sig over at han nu har et Sted hvor han kan gemme sine 1000 Papirer, Kontrakter, Patenter o.s.v. i en Uendelighed. 
+Ja, jeg skulde jo beskrive Familjen, men det er grumme vanskeligt Svigermoder er den jeg ser mest til og den jeg kan bedst med. Hun er melankolsk, nervøs, sygelig, lider meget af gigt og ser gammel ud. Hun er 52. Hun siger selv at Bekymring for Harry har nedbrudt hende. Siden han for 9 Aar siden havde en Blodstyrtning, har hun ikke været sig selv. Men hun siger at det har lettet siden jeg kom, - hun har afleveret ham til mig og føler mindre Ansvar. Jeg passer ham helt, når han er forkølet, laver alt hvad han spiser, passer hans Tøj o.s.v. Der er meget Pasning med ham for han er rædselsfuld doven til alle Småting, og jeg er bange for, at jeg forkæler ham slemt. -
+Samtidig med at Svigermoder er el. føler sig gammel besidder hun en mærkværdig Ungdommelighed i andre Retninger, - hun leger med en sand Lidenskab med Katten, kan sige de pudsigste Ting og kan goutere en Vittighed som ingen andre. Det er fra hende og hendes Slægt, at Harris har sit gode Hoved og en Jern-hjærne. – De kender ikke til Træthed i Hovedet. Svigermoren læser ustandselig, - får stadig Bøger fra Bibliotheket og sluger dem som en Skoledreng. I en Alder af 40 Aar tog hun fat på at udvidde sine Kundskaber og trådte ind i en Forening, som netop var bleven stiftet den Gang, studerede i 8 Aar de alm. Skolefag, Historie, Geografi, Mathematik og alle Slags på ”tik” og ”gi” og tog tilsidst sine Eksamener med første Karakter. – Jeg kalder det flinkt. –
+Hun har det fra sin Fader og hans Slægt. De fleste ere døde – de vare alle små, sorte musikalske og begavede. En af Svigermoders Brødre skal have været et helt Geni, - Clarence Buck hed han. Han læste Shakespeare
+[Her mangler en eller flere sider i brevet]
+Sæson. Sådan et grimt Asen som de alle får med vil koste 8 á 10 D (Vinterasenet koster 10 Dollars!!!!) – og jeg søger nu at holde det hen til min lille, menneskelige hvide Hat kommer. – 
+Clarence er en flink og rar Fyr, - han er ansat på et Kontor, hvor han tegner Maskiner. 
+Mr. Tiffany, Harris’ Chef, har nylig været i Byen og arbejder H. sønder og sammen. Som altid var han fuld af Projekter. Et af dem var, at han foreslog Harris en Forretningsrejse til Californien, men Eastman udtalte èn Gang for alle at han ingen Steder rejste uden sin Kone og hvis de vil sende med ham, må de betale Rejseudgifterne for os begge. - Beskeden er Eastman ikke:
+Hvis han bare var lidt stærkere så kunde han tjene mange Penge og vi vilde flytte til København. – Han har ingen Konkurrenter på Gærområdet, så han fastsætter selv sine Priser, - men han kan ikke tåle at arbejde så meget, som han har gjort siden han forlod sin Universitetsvirksomhed. - Jeg tror ikke, at vi kan komme til Sommer, på Grund af vores Helbred. Hvis vi kan spare c. 1000 Dollars i Sommer, kan vi se hen til at rejse til et sundere Climat til Vinter, så Harris kan undgå en Forkølelsessæson. 
+Hvis jeg, når Sommeren kommer, kan indse, at en Rejse hjem kun kan ske på Bekostning af at komme bort til næste Vinter, så må jeg vi ["jeg" overstreget; ”vi” indsat over linjen] renoncere, hvor brændende jeg end længes efter at komme et lille Slag hjem. – Hans Helbred er jo det vigtigste. Men ingen kan vide, - her kan meget ske på kort Tid. –
+Vi har gjort en stor Opdagelse: En af H’s Assistenter er en fin Musiker. I Lørdags Morgen, da H. ikke tog til Byen på Grund af Forkølelse, telefonerede han efter Hr. Dahl, sin nye Assistent, [et overstreget ord] om han vilde komme med næste Tog og ”forrette”. Da Forretningerne vare besørgede talte de om andre Ting, og det viste sig da, at han kunde spille – ikke almindeligt, han er professionel Musiker, - spiller Orgelet i en norsk Kirke her i Byen, har et Klaver hvor han bor, og har Elever om Aftenen. 
+Han er en forbavsende ung Mand: Han er cand. polyt, har studeret i Kristiania, ejer et Hus der, - er ikke desto mindre kommet her til Amerika og arbejder for en temmelig ringe Betaling hos Harris med Gærvæsenet. H. siger at han er en dygtig Kemiker. – Han er en stor, bomstærk Fyr at se til, 5 el. 26 Aar gl. ganske lys, - ægte nordisk Ydre Han er yderst genert og taler dårligt engelsk, - men han spiller fortræffeligt. – Det var en sand Fornøjelse at høre ham spille den svære Finale i Måneskinssonaten. 
+Vi vil til at dyrke ham og bede ham herud om Aftenen af og til. På Torsdag har vi bedt ham, - vi skal så dyrke Flygelet tale dansk og spise dansk. Jeg vil lave en god gammeldags Lagkage med Frugt mellem Lagene. Han er nemlig Vegetarianer, så vi må sørge for noget Planteføde. Vi må have Asparges og Ærter o.s.v. Harris er meget stolt over sin Assistent. 
+Den tredje Assistent, som jeg vist skrev om en Gang, viste sig at være ubrugelig, men han er en velhavende Fyr, så Harris har foreslået ham at rejse til Danmark og studere Baciller på Jürgensens Laboratorium. Han har skrevet til J. om der er Plads og i så Fald rejser han midt i Maj. Han var hernede forleden Aften for at få gode Råd og H. lagde Rejseplanen for ham rådede ham til at bo i Pensionatet. – Vi har lovet at lære ham Begyndelsesgrundene i dansk – han har haft èn Time og kommer snart for at få èn til. Hans Navn er ”Dudley Pray”. Det er morsomt at tænke på, om han virkelig skulde komme over og bo hos Ta’ Mis i 3 Måneder. 
+Jeg har ligenu fået dit lange ekstra Brev og Anvisningen, som ser grulig velhavende ud. 
+Du kan ikke tænke dig, hvor dine Breve ere velkomne, - jeg sluger dem. – Jeg er virkelig ulykkelig over at mine andre Breve have været indholdsløse og små – dette er da til Gengæld fedt. – Jeg har også idag haft Brev fra B., Dis og Dede. Tak dem på det hjærteligste. Jeg er helt vild på sådan en Dag. – 
+Mit eget Guldfingerbøl fandt jeg forleden, - jeg havde omhyggeligt glemt ["l" i ordet overstreget] og glemt det. Jeg sender dit med Mr. Pray. Dit lille Billede kom i Medalionen til Mary Christine. Jeg har haft to søde Breve fra Onkel Frederik. – 
+Send endelig nogle Vidskestykker – jeg forstod ikke, om du slet ingen vilde sende, el. hvordan.
+Jeg vil også meget gærne have det hæklede Sengetæppe, men du behøver ikke at hækle til. 
+Hvis vi rejser, skal Familjen naturligvis ikke med. – 
+Lovede du ikke en Gang, at jeg måtte have Skålen af den Opsats, som gik itu?? Jeg savner så meget sådan en flad Del til Blomster. 
+Du må ikke sige, at det er dårligt af East., at han kun har lagt ½ Pund på, - i 11 Aar har han vejet det samme, men havde så pludselig lagt 1 Pund på, foruden han havde vundet, hvad han tabte i N.Y. East. kom nu! Han føler sig betydelig lettet ved at have fået vores 
+[Her mangler en eller flere sider af brevet]
+VIII
+da han var 4 Aar gl. udgav Digte da han var 12 Aar, døde 30 Aar gl. som Skoledirektør for en af de store Skoler her i Boston. Eastman skal ligne ham meget, men de siger, at hans Forstand ikke kan måle sig med Onkelens hvilket jeg er godt nok tilfreds med.
+Svigermoder forkæler os alle rent skandaløst, - und. gl. Eastman, som er hendes Slave, og ydmyge Tilbeder. Det er helt rørende at se hvor han tilbeder han, så snart han er hjemme besørger han Huslighed og render Ærinder for hende, hvor træt han end er. – Han er Familjens Skønhed – har en ulastelig Figur, elegante Bevægelser og Gang, - minder stærkt om Onkel Leonard på Hvilan. Han har altid en morsom Historie på rede Hånd og morer sig selv kostelig, men han mangler i Reglen Publikum til at goutere dem. Han bliver temmelig hundset den arme Eastman, men finder sig rolig deri. Han er fuldstændig klar over at han står betydelig tilbage i Dannelse for de andre. Hans Bestilling er Tømmermester, men Forretningen er ikke ret glimrende i de senere Aar. Han mener dog, at den vil forbedres i dette Kvartal. Han har Kontor længere inde i Byen og man ser ham næsten aldrig. – Jeg kan godt lide gl. Eastman og behandler ham med en Delikatesse, som han ikke er forvænt med. Han er derfor altid parat til at gøre mig små Tjenester og Opmærksomheder og er i det hele en gammel rørende Fyr. – 
+Hans Hovedinteresse er Blomster og Gartneri, og han er ved at lave et lille Anlæg uden for Huset, - I sine unge Dage var han Soldat, og er da forresten endnu. Her er et Slags Livgarderegiment, som hedder ”Washington Post”, som han har tjent i mange Aar. De har stadig Øvelser et Par Gange om Ugen, og ved Juletid blev gl. East. forfremmet til ”Commender”, som jeg ikke kan oversætte, men det er anset som meget hædrende og han er synlig stolt. Han bærer Uniform ved festlige Lejligheder og ser udmærket ud. Clarence og Helen ser jeg meget lidt til. 
+Helen er noget på et Kontor, hun har 1200 D. om Aaret og det kan lige slå til til hendes Klæder. Hun er den livligste af dem, sød og venlig, men hun er mere ”passende”, end jeg helt kan goutere. Hun forarges i sit inderste Hjærte over at jeg går rundt med min Waleshat, og ikke med den idiotiske Indianerhat, som både H. og jeg foragter. De skændes jævnlig om min Hovedbeklædning. Eastman forsvarer mig det han kan og siger, at jeg ikke er kommen her over for at plages med dumme Damehatte. Men Forholdet bliver stadig mere spændt efterhånden som vi nærmer os Sommerhatten 
+[Herefter mangler flere sider og afslutning på brevet]. 
+[Skrevet langs sidste sides venstre margen og nederst på højkant:]
+Presentanvisning, - han har lagt sig mere end det kan av vel først nu [et ulæseligt ord]</t>
+  </si>
+  <si>
     <t>1899-04-09</t>
   </si>
   <si>
     <t>Christian Eckardt
 Hedevig Lützhøft
 Nicolaus Lützhøft
 Fritz Syberg</t>
   </si>
   <si>
     <t>Tre Hjorter, Vestergade 12, København, fungerede som hotel frem til 1930.</t>
   </si>
   <si>
     <t>Johannes Larsen er i København, har spist hos Eckardts og overnattet på Tre Hjorter. Han har på rejsen fulgtes med en proprietær, som var meget vidende om kunst(nere).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4VDT</t>
   </si>
   <si>
     <t>Kjøbenhavn Søndag Morgen 9/4 99.
 Kæreste Alhed!
 [Jeg ko]m godt herover i Af[tes og g]ik strax ned til Eckardt [hvor je]g spiste til Aften, men [jeg ku]ned ikke være der, hvorfor jeg gik herind paa ”Tre Hjorter” hvor jeg har været i Nat og formodentlig bliver det Par Dage jeg er her i Byen. Jeg skal nu ud til Lützhøfft for at hilse paa ham og Baronen men først skal jeg hen at barberes. Jeg fik Rejseselskab helt herover af den Proprietær Han[noget af papiret mangler] fra Espe som overraskede mig med at kende Navnene paa alle mulige Malere og Billedhuggere, saavel i Indland og Udland som Nutid og Fort[id det] endte med at han[noget af papiret mangler]rede mig paa Jag[noget af papiret mangler]sig. Nu gaar jeg! M[noget af papiret mangler] allerkærligste Hilsner fra Din
 Johannes Larsen
 P.S.
 Jeg begyndte paa den anden Side, fordi Opvarteren havde sat Fedtefingre paa denne men nu er jeg jo naaet herover alligevel.</t>
+  </si>
+  <si>
+    <t>1899-08-01</t>
+  </si>
+  <si>
+    <t>Holger Drachmann
+August Andreas Jerndorff
+Harris Sawyer
+- Sawyer, Harris' far
+William Henry Schofield
+- Taylor</t>
+  </si>
+  <si>
+    <t>George Vhitehouse og Dr. Tailors kendes ikke. Det vides ikke, hvad Harris Sawyers mor og bedstemor hed. 
+Drachmann, Holger: Troldtøj: folkesagn i nutidsliv, 1890 (bibliografi.dk: international forfatterbibliografi). Udgiver: Bojesen. Illustratorer: Joachim Skovgaard, Aug. Jerndorff, Th. Bindesbøll.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1540</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har måtte holde sig hjemme for at passe den gamle. Det var dejligt, at Harris Sawyers mor ikke var der, for man bliver melankolsk af at være sammen med hende. Hun blander sig desuden i alt, og da Harris en dag bad hende passe sig selv, blev hun vred og sagde, at det var hendes hus. Ellen og Harris står tidligt op blandt andet for at spise morgemad før moderen. Harris er morgfenmenneske. Han og Ellen går så også tidligt i seng. 
+En dag drillede Ellen og Harris de gamle ved først at stille urene to timer frem og derefter tilbage. 
+Universitetsbiblioteket er ved at grundlægge en samling af skandinavisk litteratur. Ellen har lånt Drachmanns Troldtøj. Harris har på engelsk læst om Kong Erik. 
+Ellen og Harris skal på en rejse af to ugers varighed. De har haft gæster til god mad, og dagen efter kommer en professor fra Harvard. 
+Man kan få god frugt i USA - bl.a. nogle dejlige meloner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hUFS</t>
+  </si>
+  <si>
+    <t>d. 1ste Aug. 99.
+Kære Mor! 
+Tak for dit Ekstrabrev og for Brevkortet idag. 
+Min Uge, siden jeg skrev sidst har ikke været synderlig indholdsrig. Jeg har måttet holde mig hjemme for at passe på den gamle som aldrig tør være alene i Huset, men forresten har jeg nydt at være alene om Styret. (Jeg ved ikke hvad det er med Harris’ Moder, - man bliver så bundmelankolsk ved at være sammen med hende. Jeg tror det smitter. Jeg har været som et andet Menneske i denne Uge, skønt Guderne skal vide, at den gl. Bedstemoder ikke er opmuntrende. Hun grumler og gnaver altid og er ret utålelig. En Dag fik vi hende alvorlig gal i Hovedet, men jeg tror da hun har glemt det nu: Hun blander sig altid i vore Anliggender og Harris kom derfor en Dag til at bede hende passe sig selv, hvorpå hun blev i høj Grad stødt og erklærede at dette var hendes Hus og hun havde Lov til at sige hvad hun vilde o.s.v. Det er hver Morgen vort Maal at komme op før hende så vi kan spise vor Morgenmad i Fred og Ro, derfor ["derfor" overstreget] men skønt vi ere nede Klk 6½ kan det næsten ikke lykkes. Harris er den værste Morgenmand; jeg har kendt; Klk 5½ begynder han at sukke ynkeligt og vil op, men ved min energiske Protest har jeg fået det trukken ud til Klk 6, men det er også det seneste. Her ere Dagene ikke så korte om Vinteren, det er altid højlys Dag Klk 6, så Folk her ere i Vane med at stå tidligt op. Men så går vi rigtignok også i Seng 9½. Igår besluttede vi at holde de ["de" overstreget] lidt Sjov med de gamle: Vi stillede Urene 2 Timer frem før hun kom ned om Morgenen. Hun var midt i Beretningen om en søvnløs, gennemvåget Nat, da hun så at Klk var over 10. ”Hun måtte så alligevel have blundet lidt på Morgenstunden”. Så i Løbet af Morgenstunden stillede vi Urene rigtig igen, og den gamle mente, at hun måtte være skrækkelig syg, så langsom den Formiddag gik. Har ej fortalt, at jeg er kommet i med at få danske Bøger fra Universitetsbiblioteket. De, - med Dr. Schofield i Spidsen – ere i Færd med at lave en stor Samling af nyere skandinaviske Bøger. Jeg tror, jeg er deres eneste Læser for Tiden – i det mindste ere alle de Bøger jeg hidtil lånt aldeles som nye. I Lørdags fik vi èn til at være hos den gamle, medens vi tog til Cambridge efter Bøger. Man finder i Katalogerne hvad man vil have, skriver No. på små Sedler, indleverer dem og får sine Bøger lidt efter. Jeg havde bl.a. forlangt Troldtøj af Drachmann og du kan tænke dig min Forfærdelse, da de kom slæbende med et rødt Pragteksemplar så stort som din ”Danmark” Det var en stor illustreret Udgave med Tegninger af J. Skovgård og Jerndorff. Den var jo tung at slæbe hjem, men jeg havde forresten megen Glæde af den. Jeg fik også en engelsk [”engelsk” indsat over linjen] Oversættelse af ”Kong Erik og de Fredløse” til Harry. Han læste den hele igår med stor Interesse. Han havde sit Københavnerkort ved Siden og fandt mange af de Steder der omtales. Jeg har aldrig i mit Liv set nogen læse så hurtigt som han: Vi var et Tur på 3 Timer i Franklin Park, han lavede Aftensmaden alene, hjalp mig med Middagsmaden, spillede og snakkede og fik alligevel Tid til at læse de tre Bind igennem. Jeg må se at finde nogle flere danske hist. Romaner. Han får da noget Danmarkshistorie på en nem Måde.
+På Fredag rejser vi og glæder os meget. Vi skal gøre Turen rigtig langsomt, - være to Dage om den og se os om på Vejen, og så skal vi tilbringe to pragtfulde Uger mest i de store Skove og se Bjærgene og rigtig blive fyldt med frisk Luft. Harry trænger meget til en Ferie. – Jeg har forresten meget travet i disse Dage, der er jo altid en Del Småberedelser før en Rejse, - her kommer et par fremmede Herrer i Aften og på Tirsdag Aften til Aftensmad, - vi må vadske Onsdag og så ”det daglige”, så jeg er da beskæftiget. Jeg vil imidlertid kun vadske det nødvendigste, så Konen kan nå at stryge det også samme Dag. Harry husker og hjælper med alt, og det går det så meget lettere. 
+Næste Dag.
+Vi havde en morsom Aften i Aftes. Det er forfærdelig morsomt at have Fremmede når vi ere ene om at være Vært + Værtinde. Gæsternes Antal var ikke stort, til Aften kun George Vhitehouse, en af Harris’ ældste og bedste Venner som gav os den store fine Krystalskål. Vi havde Roastbeef m. Kartofler og ”surt” og Meloner med Æggehvidekage til. Bajersk Øl og et Glas Sherry til Melonerne. Senere kom Dr. Tailors ind. Vi vilde gærne også traktere dem med noget, men havde ikke andet end Øl 3 Stk. syltet Ingefær og nogle Oliven, - som de gladelig fortærede alt sammen. 
+Imorgen er det en Professor fra Harvard, - han er imidlertid en yngre Mand og ikke skrækindjagende. Jeg har tiltænkt ham Skinke og Grønærter, Tomater og Kartofler og en ”Lagt-ned-Æblekage” m. Flødeskum. – Skinken køber vi kogt og det hele og der er ikke meget at forberede. De har glimrende Frugt her i Amerika. Fersken!!!! Og nogle delikate små Meloner, som man skærer midt over og spiser af, Skalden som et blødkogt Æg. H. og jeg deler èn hver Morgen på fastende Hjærte. – 
+Hvordan er Frugten hjemme iår, - bærer de små Træer noget! De lykkelige Unger som nu [ulæseligt] Rejsen. ----
+[S. 1 langs venstre margen indsat tekst, der er ulæselig, da blækket er flydt ud)
+[Øverst s. 1:] (ulæseligt] hørte sig til. Skal til Cambridge i Dag for at blive forsynet med Bøger til Ferien
+[Skrevet langs venstre margen s. 8:]
+bliver flot Bjærgene.
+[Skrevet langs venstre margen s. 7:]
+1000 Hilsner til alle fra Harry og Elle.</t>
+  </si>
+  <si>
+    <t>1899-08-20</t>
+  </si>
+  <si>
+    <t>Bellevue St.</t>
+  </si>
+  <si>
+    <t>Malin   Holmström-Ingers
+Jonas Lie
+Christine  Mackie
+Charles Pear
+Clarence Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Taylor
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Separationsspørgsmålet: Ellen og Harris Sawyer boede den første tid af deres ægteskab sammen med hans forældre, søstre og bedstemor. Det fungerede ikke, så Harris og Ellen arbejdede på at komme til at bo for sig selv. 
+Fran Dewick og hans forlovede kendes ikke; heller ikke Mr. Edmans, Føreren eller Dr. Richards med kone og døtre. 
+1 amerikansk alen er 62,81 cm.
+En gammel dansk fod er en historisk længdeenhed, der før metersystemets indførelse i 1907 var defineret som 31,385 cm (ofte rundet til 31,4 cm). En dansk fod svarer til 12 tommer (á 2,615 cm) og udgør halvdelen af en alen.
+Den danske mil blev afskaffet ved metersystemets indførelse i 1907, hvor den omregnedes til 7532 meter.
+Det vides ikke, hvad en Marie Kirstine Gryde er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1526</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer har haft en dejlig rejse, og det er svært at komme hjem til familien. De to har diskuteret separationen, og de har nu vendt sagen med Harris' familie. Man flytter formodentlig hver til sit om to måneder. 
+Rejsen bestod af en todages fodtur over bjergene. Flere af deltagerne måtte melde fra, men fire personer kom afsted. De vandrede gennem løvskov op ad bakke. Højere oppe var der granskov og vandfald med iskoldt, krystalklart vand. Føreren gik i forvejen til en lille hytte, hvor han havde tændt op i ildstedet. Han havde medbragt forsyninger og kogte kødsuppe samt serverede skinke, kartofler mm. Efter maden studerede man måneskinnet og udsigten. Inde i hytten igen fortalte føreren om dengang, hvor han havde dræbt en bjørn. Man sov på et leje af grankviste og med dækkener over sig. Næste morgen vandrede selskabet videre. På toppen af Mount Washington er der opført et fancy hotel, hvilket generede alle, men de gik alligevel derind og fik et dejligt måltid. Derefter gik de ned ad bakke, hvilket var hårdt. 
+Ellen og Harris har også besøgt Ravinehouse, som er en kombination af en bondegård og et hotel. Her lærte Ellen et par søde familier at kende. Ellen ville gerne på en vandretur i bjergene med Andreas/Dede Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xcGh</t>
+  </si>
+  <si>
+    <t>Bellevue St Aug 20.
+Kære Mor!
+Du er vist lidt Utålmodig over den Uorden, der har indsneget sig i mine Breve. Jeg kan nu en Gang ikke skrive uden den tilbørlige Ro og den får jeg først nu, da vi ere hjemme igen efter vor storartede Rejse. Vi har begge haft udmærket af den. Harry har fået en Antydning af mere Fyld i Kinderne og er brun og solbrændt og jeg føler mig som i min tidligste Ungdom. Det er ikke ret opløftende at komme hjem igen til al Famijetrætheden og do-Sygeligheden, men jeg tager mig det let, - vi har nemlig på Rejsen diskuteret Separationsspørgsmålet grundigt og i Dag har der været alm. Rådslagning. Om Gud vil skal det ske om 2 Måneder (1ste Nov.) men jeg er forberedt på at de må holdes til hele Tiden for at det ikke skal blive ved Snakken alene. De er af den Sort, at de snakker, beslutter og slår fast, og derved bliver det så. I de to Måneder skulde den gamle så betale den ["den" overstreget] Huslejen så vi kan komme i Forhånden til Vinterens Udgifter. - Hvis vi ikke med stor Lethed kan finde en anden Lejlighed bliver vi her. Ganske vist tror jeg ikke på det, før jeg aner det, - men der er dog mere Udsigt til at blive alene nu, end der hidtil har været og det er mig en stor Trøst at tænke på. 
+Nu skulde jeg se at fortælle lidt om Rejsen og vore Oplevelser. Det vigtigste var vores Tur over Bjærgene - vor to Dages Fodtur, som i Grunden kom helt uventet på os. Planen var at Helen, Ch. Pear, Frank Dewicks med Forlovet, Dr. Tailors, samt et Par Ægtefolk til alle skulde mødes på ”Rasinehouse” – det lille Hotel hvor vi var – og gøre Turen sammen. Men det hændte sig sådan, at Helen forvred sin Ankel, Frank D. fik Mavepine, og da de to ikke kunde gå, vilde Forloveden og Chr. Pear heller ikke. Ægteparrets Barn blev syg så de ikke turde tage fra det, - så da Dr. Tailors kom rejsende Onsdag Form. var der ingen af de oprindelige som kunde. H. og jeg havde tænkt, at vi vilde følge dem. – klatre 3000 Fod op og gå en anden Vej ned. Ved Hjælp af mine nye Venner (som jeg senere skal fortælle om) var jeg bleven udstyren med et kort Cycleskørt og en Randsel til hver af os. (H. og mig). Efter Middag begav vi fire os afsted, Klk var to, Vejret var fortrinligt og Humøret var højt. Hvordan skal jeg beskrive denne Tur, - gid jeg havde Ordet i min Magt, så jeg kunde give en svag Forestilling om det. Det plager mig under hele Turen midt i min Begejstring at jeg ikke vilde kunne beskrive det fyldestgørende for jer hjemme. – Den første Timestid gik Stien gennem Løvskov som vi kender dem hjemme, - kun tættere og bestandig op ad Bakke. Længere oppe begyndte Grantræerne Stien blev smallere og stejlere, Graniten kom mere til Sygne Luften begyndte at blive lettere. Undertiden kom vi til Bække som kom styrtende ned af Bjærget i lange Spring (i alm. Tale kaldet Vandfald) Vandet er selv i den hedeste Sommer iskoldt og klart som Krystal. Det kommer fra smeltet Is, som ligger i de dybe Læn ["læn" overstreget] Klipperevner længere og hele Året rundt. – Vor Fører var imidlertid gået i Fove ["fove" overstreget] Forvejen for at forberede i ”the camp”. Det er farligt at færdes uden Fører, da Stierne er vildsomme og undertiden næsten umulige at finde fordi de på lange Strækninger kun består i, at der hver 20nde Allen er lagt en lille Bunke Sten. Henunder Aften kom vi til ”the camp”. Det er en Robinsonhytte, som er bygget af en [”en” indsat over linjen] Mr. Edmans for dem, der går over Bjærgene og blive overfalden af Tåge el. Træthed. Det er en lille bitte Hus, hvis ene Væg er borttaget, den åbne Side vender ind mod den blotte Klippevæg, så det ikke kan blæse ind. Imod Klippen er der bygget et Ildsted, og der havde Føreren gjort Ild, da vi ankom. Mens vi så os om, kogte han Aftensmad i nogle sorte Marie Kirstine Gryder. Vi havde Kødsuppe, Skinke, varme Kartofler, blødkogte Æg, Kager, Rosiner, Portvin o.s.v. og tilsidst en Kop sort Mandfolkekaffe. Føreren havde båret Fortæringen i en Kurv og lavede det hele til. Veltilfredse og mætte gik vi ud igen og så på Måneskinnet – og som det va_r!!!! Det kan ikke beskrives. Ensomheden, Stilheden, den milevide Udsigt over Skove og atter Skove, og dybt nede mellem Bjærgene den smalle Stribe opdyrket Dal, hvor et lille bitte Legetøjstog kom raslende. Efterhånden blev det imidlertid så ”friskt” at vi lagde Poesien bort til en anden Gang. Føreren lagde mere Brænde på Ilden og vi satte os tæt sammen [papir mangler]en for at holde Varmen Talen faldt på Tåge, Uvejr og Bjørne og Føreren, som indtil da ikke havde mælet opløftede sin Røst og fortalte om hvordan han for et Par År siden med Fare for sig selv havde dræbt en Bjørn på 300 Pund. – Det var Stemning det - at sidde der omkring Ilden og høre Bjørnehistorier og se ud til den mørke Skov og vide, at det ikke var Mennesker i Miles Afstand. Hytter er forsynet med en Masse Dækner og en Del af Gulvet er belagt med ¼ Al små Grankviste og indsvøbte i Dæknerne tilbragte vi en meget behagelig Nat i skøn Enighed med Tailors og Føreren. Om Natten kom der en Grævling snusende, men vi fik den da jaget væk, inden den kom ind. Klk 5 stod vi op, indtog et ligeså splendidt Foder som om Aftenen og begav os afsted op ad Bjærget. Træerne bleve mere og mere forkrøblede og små, så [papir mangler] til det til sidst kun var små gamle lavbenede Buske, - så forsvandt også de og der var kun Granitblokke af en uhyre Størrelse smidt Hulter til Bulter mellem hinanden, - på alle fire klatrede vi op, hoppede fra Sten til Sten og hjalp hinanden. Hver fem Min gjorde vi Holdt og så omkring i den storslåede Natur. Så langt vi kunde se var det Bjærg ved Bjærg bevokset med Skov med på Toppen. Luften var så let og ren, som jeg aldrig havde oplevet det før. – Den første Bjergtop vi var på var Mount Madison, som hænger sammen med Mount Clay, der er forbundet med Mount Washington – den højeste Top i White Mountains” 6.400 Fod. 
+[Tegning]
+Det gik godt ned ad Madison og rundt om Clay, som er det farligste, - jeg var foran og langt dygtigere til at klatre end Mrs. Tailor - indtil jeg pludselig fik Foden ned imellem to Sten og skrabede det slemt. Fra da af måtte vi gå langsomt og vi nåede først Toppen af W. Klk 1, - 6 Timer om 1½ dansk Mil. På Toppen af Mount W. er der til manges (også min) Forargelse bygget fashionabelt Hotel og Restaurant. En Tandhjulsbane løber derop to Gange om Dagen og den er fuldt med Tourister. Der var imidlertid den Fordel at vi kunde få kristelig Mad og vi indtog en Diner, som jeg ikke har set Magen til før eller siden. – Nu var det Bestemmelsen at jeg vi [”vi” indsat over linjen] skulde tage ned med Toget, - men jeg følte mig så frisk og rask trods mit stive Ben, at vi besluttede at følge Trop og gå ned ad Kørevejen. Med uhyre Omkostninger er der anlagt en sådan for Tourister, som befordres op og ned i store Vogne med 6 Heste for. Det er 2 d. Mil – en ganske dejlig Tur, - men vi begærede dog ikke mere, da vi nåede Bunden. Det er grulig trættende at gå ned ad Bakke to stive Mil. En Vogn fra Hotellet ventede på os dernede og vi kom ["kom" overstreget] nåede hjem c. Klk 9. Jeg var faktisk den mindst ødelagte, hvad jeg til Dato har ondt ved at fatte. 
+I Hotellet lå et Telegram om at komme hjem straks på Grund af overhængende Forretninger. Vi ventede imidlertid næste Dag over for ikke at blive for medtagne. 
+Det var to storartede Uger. Ravinehouse er en Bondegård som til Dels er omdannet til Hotel. Den drives stadig, - der var Køer, Høstakke o.s.v. som glædede mit Hjærte. Alle Stuer var lave med åbne Ildsteder, hvor der blev fyret hver Aften. Der er ikke Antydning af Have Anlæg el. anden Hotelpragt. – 
+Der kommer hvert År de samme Mennesker, - en Samling usædvanlig dannede Mennesker. Særlig sluttede jeg mig til en Dr. Richards – en gl. lærd Præst med Kone og tre Døtre, - de _mindst amerikanske jeg endnu har set. Hele Familjen er som taget ud af en af Jonas Lies Bøger – den yngste 21 – mindede mig levende om Dis. Desværre bor de ikke i Boston, men i Providence.
+Jeg tænkte på Dede, da vi gik over Bjærgene og var i ”camp”. Gid han en Gang kunde gøre en sådan en Tur med os. – Hilsen til alle, - mor dig godt i Sverige, - næste Brev bliver til Mornine. – Elle
+[Skrevet på tværs øverst s. 1:]
+Har haft Brev fra Molle. De ere alle raske nu. Lugge takker for hendes Brev. Undskyld den grulige Skrift Pen!!!!</t>
+  </si>
+  <si>
+    <t>1899-08-23</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Pauline Hirschsprung
+Christine  Mackie
+Otto Emil  Paludan</t>
+  </si>
+  <si>
+    <t>Tre Hjorte var et hotel i København. 
+Christine Mackie blev kaldt både Binderup og Basse.
+Albrecht Warberg havde astma og tog jævnligt til en klinik i København, hvor han modtog behandlinger ved at sidde i en såkaldt kokke. 
+De gamle var Laura Warbergs forældre, Johanne og Lauritz Brandstrup. 
+Tante P. var Pauline Hirschsprung. 
+Frk. A, bogbinder Janus Petersen, hans kones søsterdatter og Petersen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1388</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg blev modtaget på banegården af Christine Mackie/Binderup. Næste dag skulle han i klokken. Mandag besøgte han Laura Warbergs forældre/de Gamle. Hendes far så rask ud, og han går ture, men han klynkede, når Albrecht gik ind i en anden stue. Pauline Hirschsprung/Tante P var på besøg, og hun har det dårligt. Emil Brandstrup er forkølet og må ikke gå ud. 
+Albrecht gik på en del visitter, og han og Christine/Basse gik tur og var i cirkus. 
+Klokken har en god virkning. 
+Albrecht kan ikke finde sin barberkniv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A71l</t>
+  </si>
+  <si>
+    <t>3 Hj d. 23 Aug 99 
+Kjæreste Laura!
+Idag turde Tidspunktet være kommen til at skrive, da Du vel ellers mener, at det trækker for længe ud. Jeg havde det dejligste Vejr at rejse hertil i og syntes derfor, at Rejsen gik hurtigt. Paa Banegaarden blev jeg modtaget af Binderup, der sad Frk. A[ulæseligt] med mig i Paraplyen og derefter fulgte mig hjem og fik Pakken. Næste Dag mødte jeg i Klokken og fik straks Plads sammen med Sørensen i den mindste Klokke. De 2 første Gange har jeg taget dobbelt enkelt ["dobbelt" overstreget, "enkelt" indsat over linjen], i Dag med dobbelt. Mandag Eftermiddag saa jeg ud til de Gamle. Selvfølgelig klager Din Fader, men jeg har ikke i flere Aar set ham saa rask. Han er oppe fra c 10 Formiddag til 6 Aften og gaar længere Ture. Han lod sig godt snakke op og kunde le og se helt fornøjet ud, men saa snart jeg et Øjeblik gik ind i den anden Stue, begyndte han straks at smaaklynke. Tante P. var der; hun ser godt nok ud, men har det daarligt, og det flyder bestandig af Brystet. Hun klager over at være mat og er det vel ogsaa men det kunde ikke ses. – Niels (c: Emil) er bleven forkølet paa sin Hjemrejse og maa ikke gaa ud om Aftenen! Stemmen er hæs, men han mener, at det vil fortage sig, men Forkølelsen er haard. Fra de Gamle gik jeg til Sørensen, der bor hos sin Kones Fætter Bogbinder Janus Petersen. Jeg traf der hans Kones Søsterdatter, som jeg har kjendt, da hun var Barn, nu var hun en Frøken paa c 40 Aar. Sørensen fulgte saa med mig ud til Binderup, hvor vi drak The, spiste Andesteg og bagefter drak Rødvin som jeg havde kjøbt paa Vejen derud. Igaar Eftermiddags gik jeg ud til Basse og tog hende med paa en lang Tur, hvorefter vi gik i Cirkus og endte under Paraplyen. I Eftermiddags gaar jeg til de Gamle og derfra til Bassen.
+Klokken bekommer mig som sædvanlig godt og jeg kunde som sældvanlig spore stor Virkning af den første Gang, jeg sad der. 
+Min Barberkniv har jeg endnu ikke kunnet finde, men det kommer vel. Vil du bede Paludan om at sende mig mit Hestemaal som findes paa Spillebordet i min Stue i en lille rund Papæske, samt opgive mig Baron [ulæseligt] Adresse. 
+Mange øndige Hilsener!
+Din Hilsener!
+Din A</t>
   </si>
   <si>
     <t>1899-09-28</t>
   </si>
   <si>
     <t>Johannes Larsen
 Marie Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Båxhult
 Kerteminde</t>
   </si>
   <si>
     <t>Dorthe -
 Ida -
 Jenny -
 Johanne -
 Line -
 Marius -
 Rasmine -
 Fr. Andersen
 Karoline Bless
 - Brakaer Hansen
 Ellen Bøttern
@@ -3070,53 +3421,50 @@
 Kjære Christine!
 Hjertelig Tak fordi du skrev saa hurtig, det var da herligt at du fik et Eneværelse – der kan du se det hjalp jeg skrev – her er Brevene fra Marie og Johannes jeg har sendt Farverne og et langt Brev og fortalt dem om Oppermanns Besøg. I Søndags kom Pastor Fries og det var en Formiddags Visit jeg var ganske alene, havde sat Ris paa til Suppe, og da en brændt Lugt kom ind i Stuen styrtede jeg ud og kasserede den Ret, men jeg var glad ved at se ham og jævnede så Suppen med Æg – han blev en Times Tid og talte om Eder Alle og om sine egne Børn – Vores Laurits – som saadan vilde blive hjemme og forbedre sig har Fader jaget bort i Mandagsmorges, - han lagde sig syg i Halsen jeg fik Schondel hentet og der blev kjøbt Bacroynevand; men brugte det bare ikke, laa i Sengen om Dagen og gik ud om Natten om Søndagen forlangte Fader han skulde staa op og passe Hesten
 det gjorde han ogsaa om Formiddagen men da han kom og forlangte Penge sagde Far han havde bedst af at blive hjemme da han var syg og ellers blev han kun uduelig til Arbejde om Mandagen – trods – Forbudet saa mødte Faer ham i Friheden med en anden Bolde med et stort Knippe Rughalm gaa ind til Villads, han gik altsaa ud passede ikke Hestene og brak saa Lemmene af ved Mellemgadens Stald for at komme ind da han saa vilde i Arbejde om Morgenen sagde Faer nej den Historie er forbi; nu kommer du med ind på Kontoret og pakker dit Tøj medens jeg ser paa det og saa afsted -; Rasmine vilde rejse med og Dorthe brølede den ganske Dag men hun er da kommen igen, Rasmine.
 Vi har fået en Husmand fra Salby som vil blive i denne Maaned – og Adolph kom nu i Aften maa blive til Søndagaften for at hjælpe med Saaningen I morgen skal han paa Sesion saa lader jeg Brevet ligge for at du kan høre hvad de høje Herrer siger til Ham, de har ikke taget mange i Dag.
 Iaften er Gaverne til Asylet vurderede det foregaar hos Gellerups; jeg fik Ida til at gaa i mit Sted jeg fulgte med derover og indførte hende jeg fik hele Olsens Klædekurv fuld. Karl Lange gav mange smukke Ting. Fru Raarbing en nydelig Lysdug med Silke, lille Line Bless 3 Stk. Blonder med grønne Silkebaand om og 3 Dukker. Madam Ibsen 8 Vifter. Fru Bøttern en Taalejpude og en Flaconbakke og 4 som Vaser- og Nips, Julie Mohr Lommetørklædeholder og Fruen 2 Bakkeservietter, Johanne 4 Silkelugtepuder og Jenny 2 Porcelains Vaser – lille Marie Hansen en Børsteholder og Fru Andersen 2 pæne hvide Lommetørklæder og 1 Par hvide Strømper 1 Par lyseblaa Handsker et sort Armbaand og 2 Brystnaale. Margrethe lovede mig lidt hun maa ikke glemme det, Haandarbejder har vi saa lidt af, Ida kom i dag tilmorgen hun gik i mit Sted i aftes de holdt ud til 12. saa det var godt jeg blev hjemme Adolph blev saa Infanterist, Marius Fæstningsartillerist lille Brakaer Hansen Dragon, A. spiste Middag hos Fragtmandens og i Aften er der Selskab med de pur Unge – Marie skal med – saa i morgen skal vi begynde Arbejdet med Jorden; Husmanden her er er vi meget glade ved og han kan maaske skaffe os en Husmand til saa hjælper det paa Faders Humør, han har nu den Glæde at Stalden er i Orden de Gamle og de Smaa staar saa pænt nu, og saa skal Køerne ind om Natten 
 hils – Margrethe og sig jeg glæder mig meget over Forlovelsen i Kallundborg –
 Adolph havde gemt lidt godt til os af det Eckard Kone sendte ham til sin fødselsdag … smager udmærket
 Lev vel lille Christine og Gud bevare Dig
 Saadan et rigtig Brev faar jeg ikke Tid til at skrive før efter Bazaren.
 Båxhult Onsdag 27 Sept 99
 Kære Forældre!
 Om lidt kører Adolph med Fru Warberg og han venter saa dernede og tager Marie med hjem. Da jeg antager at Marie skriver et Par Ord til jer sender jeg dette og beder hende lægge det inden i.
 Vi ere alle raske og har det godt. Vi har givet Lina Brevet, hun krøllede det og Alhed maatte læse det op for hende, men vi har endnu ikke set noget Resultat, Østerberg derimod sagde forleden at den Tiende betaler han sit Arrende saa naar Du vilde sende Kvittering eller Fuldmagt kan vi jo faa det. Alhed har bedt Garell om en specificeret Regning og det viser sig at vi fra 19 August til i Forgaars har faaet Varer for 30 Kr. deraf for 12 Kr. Brød og Smør, Sukker og Petroleum er de næst største Poster. Vi har faaet Væge til Lampen og faaet det lille Komfur i Brug. Vi fik Suppe til Middag i Gaar. Ja jeg kan ikke naa at fortælle mere da han nu er der med Vognen. Husk at sende den Fuldmagt eller Kvittering omgaaende. Mange Hilsner Jeres Johannes Larsen 
 Båxhult d. 28-9 99
 Kære Fader!
 Alhed og jeg skal en Svip ned til Høljeryd og saa skriver jeg et Par Ord med det samme ; indlagte Brev fra Johannes havde Adolph med til mig i Gaar, men han gav mig det først da jeg havde skrevet på et Kort, derfor tog jeg det med hertil for at skrive lidt i Dag; desuden var der Brev til mig hvori han bad mig om at løse en Pakke som laa paa Stationen fra en Papirhandler i København, jeg maatte saa dertil bruge omtrent Resten af mine Penge, jeg har kun 55 Øre og nu bruger vi 20 til Frimærker Johannes har ogsaa skreven et Brev; der er ingen af de andre som ejer en rød Øre; Inspektøren betaler ingen Penge før d. 10ende October, det har han selv sagt til Johannes, de forfalder ikke før den Dag siger han, men saa skal vi ogsaa faa dem med det samme naar vi møder med Kvitteringen; som Du ser af Johannes Brev har Smedens faaet det Brev Du har sendt herop, men Lina gav Alhed en lang Forklaring om at de havde betalt forud saa de skyldte ingen Penge, Vil Du ikke med det samme Du sender Østerbergs kvittering give mig rigtig Besked om den Sag, for hvis de virkelig skylder, saa vil jeg bede dem om Penge, det er rædsomt at staa helt uden og nu har Johannes i dag skreven til Winkel og Magnussen om nogle Farver, da han mangler dem og i disse Dage maa tegne paa Grund deraf og det er jo sørgeligt da han har 3-4 billeder i Gang, naar de Farver kommer skal han jo af med nogle Penge, saa hvis vi ikke kan faa nogle herovre før den 10ende, maa vi bede Dig hvis Du kan at sende os lidt til den Tid; ja jeg er meget ked af at jeg straks skal plage dig for Penge kære Faer men det er jo galt at staa helt foruden. Fru Warberg rejste i Gaar Morges saa jeg fik hende slet ikke at se. Lad mig endelig faa at høre om I fik en Mand til og hvordan det gaar med Jorden det piner mig meget at tænke paa.
 Det er sandt vil Du bede Moder om straks at sende den Pakke Farver der ligger oppe paa Johannes værelse herover, dem skal han ogsaa bruge nu, de har sendt dem forkert. Hvis Uglen er hjemme endnu saa husk hende paa at Disen skal have ”Fru Marianne”.
 Jeg kan ikke naa at skrive mere, men I skal nok snart faa et ordentligt Brev. Drengen er yndig og der er dejligt herovre på Båxhult. De kærligste hilsener fra Jeres hengivne Datter Marie.
 P:S: Har Ø.Kvien kælvet?</t>
   </si>
   <si>
     <t>1900-01-14</t>
   </si>
   <si>
     <t>Jeppe Andreas Larsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vilhelm Larsen</t>
   </si>
   <si>
     <t>Kerteminde
 Kærbyhus Ladegård</t>
   </si>
   <si>
     <t>Ditlevslyst pr. Korinth</t>
   </si>
   <si>
     <t>Adolph Larsen
 Johannes Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem R. Pedersen var. 
 "Den, der ved Sessionen trækker Frilod, ansættes strax ved Forstærkningen, hvorved han bliver staaende i Fastmandsclassen i 16 Aar og siden i Reserveclassen indtil det fyldte 45de Aar. SchousForordn.1842.593." 
 Fra Supplement til ODS (ordbog over det danske sprog).
 I.A. og Vilhelmine Larsen var i alvorlige økonomiske problemer de sidste mange år af deres liv. 
 Hjelm: skur til opbevaring af hø, indhøstet korn, halm olgn., i sin simpleste form bestaaende af et paa fire stolper anbragt, løst tag, som sættes over korn- ell. høstak paa marken; landbr. nu især om kornlade af tømmer (bræddelade). ODS: Hjælm.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0090</t>
   </si>
   <si>
     <t>I.A. Larsen kan ikke undvære penge til sønnen. Adolph har trukket frilod, og det er herligt, at han slipper for dette vinterophold. 
@@ -3198,72 +3546,118 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
+    <t>1901-10-02</t>
+  </si>
+  <si>
+    <t>- Jenkins
+Grethe Jungstedt
+Christine  Mackie
+William Mackie
+Johanne Oppermann
+Harris Sawyer
+- Sonne
+- Taylor
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Ibsens, Kate, Mimmie, Stenografen og John kendes ikke. 
+Christine/Mornine Mackie kom først til Boston i 1902. Her blev hun forlovet med Harris Sawyers gode ven, William Mackie.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1542</t>
+  </si>
+  <si>
+    <t>Det er ikke lykkedes Ellen Sawyer at finde arbejde til Christine som pige i huset, musiklærer eller sanger. Laura Warberg forstår ikke, hvorfor Christine ikke straks kan komme til USA, men Ellen har ikke et ekstra værelse, og Harris Sawyer er ikke rask. 
+Harris har haft høj feber og dårlig mave. Hans to venner, Jenkins og Mackie, så til ham. Harris får kun halv betaling fra Trade Chem. Co, men Ellen tjener 18-20 dollars pr. uge. Drengen og stenografen er afskediget.
+Lille Grethe er dejlig og nem og griner meget. Hun er bange for fremmede.
+Ellen har besøgt Fru Sonne. Hun er livlig og sjov, og hun har mahognimøbler med hjemmefra. Ellen havde dog svært ved at huske at tale dansk. Til gengæld er hun bedre til engelsk end Sonne og Ibsen. 
+Ellen har fået en tand trukket ud. Hun har fået ny pige i huset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/usAG</t>
+  </si>
+  <si>
+    <t>Okt. 2. 1900
+Kære Mor!
+Det var med et tungt Hjærte at jeg idag afsendte Afbudstelegram til Mornine. – Hun har nok ventet på det i 2-3 Dage men jeg tænkte nu, at hun vel sagtens har opgivet det helt efter at have læst mine Breve den sidste Måned, - og derfor gav jeg mig Tid at prøve at forhøre i forskellige Familjer og om Chancerne som Musiklærerinde, Sangerinde i Kirkekor o.s.v. – Men det kan ikke lade sig arangere, - Chancerne ere så få og ”ung Pige i Huset” har ingen Råd til. De vil have èn der kan vadske, skruppe pudse Vinduer o.s.v, - så, når vi ikke kan tage imod hende, må vi opgive det. 
+Du skriver, at du ikke kan forstå Vanskelighederne – men de ere dér ikke desto mindre: Mornine kan selvfølgelig ikke komme ind i Familjelivet særlig da vi intet Værelse har, - og vi kan ikke tænke på Flytning før Harry er rask igen, - hverken for Bekostning eller for Besværet. – Jeg har bittert angret, at jeg bragte det på Bane, så Mornine har gået i Spænding og Skuffelse. 
+Nu rejser vel så Mornine til København. Gid det dog nu må gå lidt let for hende så hun kan komme an og ikke skal plages sådan med de uendelige Pengesorger. – Harry har nu ikke Feber mere, det er Tegn på at andet er ved at svinde. Men der er endnu en Del og Maven er svag på Grund af al den Stillesiden. I Torsdags jagede han os en slem Skræk i Livet ved pludselig at få høj Feber og Diarhroe. Hans to trofaste Venner Jenkins og Mackie kom ud og beså ham i Forening, men kunde intet særligt finde. Næste Dag var Temperaturen normal og han led kun af Sved, da de havde sat ham på Mælkekur. Nu er han i Orden igen. – Hvis det ikke var for Smørsyrerne vilde vi være i slem Pengeforlegenhed, da Harry kun får halv Betaling fra Trade Chem. Co. og ikke kan begynde privat Arbejde for det første, - men jeg tjener 18-20 Dollars om Ugen egenhændig og er ikke lidt stolt af det. - Vi har nu afskediget Stenografen og Drengen John, så er jeg er Byen to Gange om Ugen. Det er jo travle Dage men jeg har vænnet mig til at kunne vende mig i en fart og kan få alt mit Morgenarbejde endt før jeg begiver mig afsted. – Det hjælper også at lille Grethe er så god nu, at hun næsten ikke sinker mig. Hun er bleven utrolig god den sidste Måneds Tid, - hun sidder og leger, småsynger, pludrer, banker, famler, sutter og piller i Timevis – kun når hendes Legetøj stadig skiftes og hun selv må også skiftes fra den lille Stol til Gulvet el. Sengene. Hun er så sød at det ikke kan beskrives, - Smil og Solskin Dagen igennem. Hun kan klappe Kage og ler himmelhøjt af det. Hun elsker at lege og ler, så det klukker i hende, når vi leger Tit [”når vi leger Tit” indsat over Linjen], - Når hun hører Sang, synger hun med så højt som hun kan og holder en Gang i mellem op for at le af det. Det er kosteligt at se den Energi, hvormed hun prøver på at fange en Flue. – Hun er angst for Fremmede, brøler hvis de kommer for nær og klynger sig til mig. – Det Billede, hvor hun står op i mit Skød ligner hende bedst, - de andre er knap så gode. – 
+Jeg var i går hos Fru Sonne, for at forhøre om Chancer for Mornine, men hun hverken kunde selv eller vidste af nogen der kunde hende et tilfredsstillende Tilbud. – Men var glad over, at jeg fik det længe påtænkte Visit aflagt, og venter mig megen Fornøjelse af det Bekendtskab. Hun gjorde et storartet godt Indtryk på mig og vi vil vist blive gode Venner. Hun er jo så meget yngre end Ibsen og uden Sammenligning interessantere. Livlig, morsom, gedigen lidt jovial, – minder i Udseende ikke lidt om Frk Oppermann. Venlig, aaben, så vi straks følte os som gode Bekendte. Hun har dejlige, gammeldags Mahogni Møbler som hun har medbragt hjemmefra så det var ["var" overstreget] føltes hjemligt at komme derind. – Men tænk, det var kun med det største Anstrængelse at jeg kunde tale med hende. Jeg var aldeles forfærdet over at se som jeg har glemt det danske. Jeg standsede hvert Øjeblik og kunde ikke komme videre i Snakken fordi de almindeligste Ord svandt bort for mig – gale Vendinger og Akcent kom mig på Tungen og jeg var helt elendig. Efter en halv Times Forløb gik det imidlertid bedre. Men til Gengæld taler jeg uden Sammenligning bedre Engelsk end både hende og Ibsen, - deres engelsk lyder komisk og kejtet i ine Øren. -`Det er kun ½ Times Kørsel til Fru Sonne så vil dyrke hinanden på Kraft. – Hun har søde Børn – en på 15 Måneder, men de kan ikke sammenlignes med Grethe. - 
+Jeg har glemt at fortælle at jeg havde ["havde" overstreget] fik en Tand trukket ud forleden hos Dr. Taylor, det var en sand Fornøjelse: da jeg kom til ham var jeg træt af at gå Ærinder og havde Tandpine. Så bedøvede han mig med Gas, - det varede tre Min. og da jeg kom til Bevidstheden, var det som om jeg havde sovet i flere Timer, var udhvilet og vel til mode og Tandpinen var væk. –
+Jeg skriver i Lab. men jeg passer 6 Ltr. Bouillon der bliver steriliseret. 
+Vi har fået ny Pige i Stedet for tykke Kate. Hun – Mimmie – tegner godt og flinkt og ser godt ud, hvilket er en behagelig Forandring fra Kates enorme Grimhed. – 
+Jeg må nu holde op da min Bouillon er færdig og jeg må i Byen og besørge nogle Ærinder. Jeg ved heller ikke mere denne Gang.
+Det er da dejligt at Far har det så godt. Hils ham så meget fra mig. Alle de andre også og dig selv ikke mindst. 
+Din Pelle.
+Er der mange gale Vendinger i mine Breve???</t>
+  </si>
+  <si>
     <t>1902-06-24</t>
   </si>
   <si>
     <t>Middelfart</t>
   </si>
   <si>
     <t>Laurids Finnich
 Adolph Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Cathrine Meyer
 Sophie Meyer
 Theodor Oppermann
 Henrik Ramsing
 Karl Schou
 Cathrine Svendsen
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Det er uvist hvem følgende personer er: Madam Høj, Helga, Martin og hans mor.</t>
   </si>
   <si>
     <t>Christine Swane er på ferie hos Cathrine Svendsen i Middelfart. Johannes Larsen maler på et billede af guldregn. Vilhelmine Larsen mener det bliver færdigt i år. Oppermann har købt et billede af Schou til 300 kroner.</t>
@@ -3297,50 +3691,175 @@
   </si>
   <si>
     <t>Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Andreas Larsen
 Johan Larsen
 Karl Schou
 Fritz Syberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>"Haven" = Zoologisk Have.</t>
   </si>
   <si>
     <t>Johannes Larsen har fået brev fra Fritz Syberg (Baronen) med en anmeldelse af Den frie Udstilling, som han enten skal levere til Politiken eller brænde. Han maler i Zoologisk Have, og Karl Schou vil også male hjortene eller zebraerne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9NeQ</t>
   </si>
   <si>
     <t>Valby 15 April 1903.
 Kæreste Alhed!
 Tak for Dit Brev, tænkt at Du allerede rejser Hjem i Morgen, saa faar Du altsaa dette Brev der. I Dag har jeg da faaet udrettet en Del i Haven, jeg malede til henad 3, og gik saa til Brandstrups hvor jeg skriver dette. Det var for Resten en nederdrægtig kold Tur, men det lader til at Vejret er i Bedring saa jeg har det bedste Haab for i Morgen. Jeg har faaet Brev fra Baronen med en Anmeldelse af den frie Udstilling som jeg skal rykke ind i Politiken hvis de vil have den d.v.s. jeg maa ogsaa brænde den, men jeg maa ikke vise nogen den, jeg leverer den altsaa ind da jeg ikke tør paatage mig det Ansvar at tilintetgøre den. Jeg synes der er meget godt i den, men er ikke sikker paa at det er en god Artikel, da jeg ikke maa raadføre mig med nogen og ikke maa betænke mig synes jeg ikke der er andet at gøre. Der stod ikke ret meget i Dit Brev, men jeg faar vel et til i Morgen. Bare jeg nu maa faa godt Vejr i et Par Dage, saa jeg kan faa gjort en Del ved Billedet. Fodermesteren har lovet mig en Hvedeknop hver Dag mens jeg maler, saa jeg kan faa den til at staa i Nærheden. Schou var derude i Dag han tænker paa at male henne ved Hjortene eller Zebraerne. Marie er helt godt ved Humøret nu. De er forfærdelig flinke at være hos. Mange Hilsner og Kys til Jer alle tre. Det var rart at Dis kunde tage med til Kjerteminde, vil Du hilse hende.
 Din
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1903-07-14</t>
+  </si>
+  <si>
+    <t>USA
+East Andover</t>
+  </si>
+  <si>
+    <t>Herbert Felton
+Grethe Jungstedt
+Drude Jørgensen
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Harris Sawyer
+Johanne Schroll
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>William/Billy og Christine Mackie var i Danmark for at blive gift. 
+Havestuen: Warberg-familien boede stadig på Erikshaab, som var børnenes barndomshjem. De måtte fraflytte gården senere i 1903. 
+Andover er en forstad til Boston, MA. Ellen og William Mackie flyttede dertil efter i flere år at have delt bolig med Harris' familie, hvilket ikke var en succes. 
+Jobspost betyder et sorgfuldt eller ubehageligt budskab, en ulykke eller modgang, opkaldt efter Bibelens Jobs, som hjemsøges af katastrofer. 
+Reaumur er en temperaturskala, hvor vands frysepunkt er fastsat til 0° og kogepunktet til 80°. En ændring af temperaturen på 1°R svarer altså til en ændring på 1,25 °C. 
+Barney og hustru samt Wesley kendes ikke. Heller ikke Mrs. Bryan og hendes bror samt nevø eller guvernørens Claude. 
+Musselin kaldes en type glatte stoffer, som er løstvævet af meget tyndt bomuldsgarn. Af fint uldgarn fremstilles uldmusselin, der benyttes til damekjoler, særlig med påtrykte farvemønstre (Wikipedia jan. 2026). 
+1 pægl = 1/4 pot = 0,24 liter (eller 2,4 dl).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1592</t>
+  </si>
+  <si>
+    <t>Ellen antager, at hele familien inklusiv Christine og William Mackie nu sidder i Havestuen.
+Harris Sawyer kan nu fremover kun komme hjem fra arbejde lørdag og ikke fredag. Han og Ellen ville nok ikke være flyttet så langt væk, hvis de havde vidst dette. Harris er tit alene på kontoret, og der er meget varmt.
+I fritiden nyder Harris og Ellen naturen med ro- og svampeture, badning mv. De har set en skudt skunk.
+Ellen og Harris er blevet venner med Barneys. I området bor også en meget ugidelig og selvoptaget ældre dame.
+Ellen har været ude at plukke hindbær med Mrs. Bryan, som henkogte bærrene efter hjemkomsten. Ellen forklrer, hvordan henkogning fungerer.
+Grethe har været på besøg hos Mrs. Bryans bror, som tidligere har leget så godt med hende. Hun gav ham sit legetøjstog, som hun ellers selv elsker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vqoi</t>
+  </si>
+  <si>
+    <t>East Andover Juli 14/03
+Kæreste Mor!
+Dit Brev kom denne Gang lørdag Aften. Jeg tror, jeg faar dem hurtigere her end i Boston. I ere nok i Hjærtet af Sommerferien nu og jeg tænker mig Jer sidde samlede i Stuen ved Kaffen og foredrage dette. Jeg vil derfor begynde med at lade en Hilsen gå rundt, - først til Billy og Mornine – i Havestuesofaen, kan vi jo sige, - Be, Las, Junge, Dis og Dede. Jeg kom 1ste Juli først i Tanker om Dedes Fødselsdag og var gruelig ked af at have glemt det. 
+Tiden stormer afsted her, - det samme er vel Tilfældet hjemme, - jeg synes aldrig, den har rendt sådan som nu. Det, at Harris kommer hver Uge, bryder Tiden ligesom. – Denne Gang kom han med den Jobspost at han ikke mere kan komme om Fredagen, - ikke før Lørdag med 4 Toget, men til Gengæld tager han først 9 Toget Mandag Morgen. Der var næsten en hel lille Strike i Kontoret, fordi de Bæster var misunderlige – Bogholderen og de to Fuldmægtige, - de ville alle af sted Fredag og den ene havde Hjærtefejl og den anden noget andet og de mente, de trængte ligeså meget som H. – Det er meget muligt, at de gør det, men deres Arbejde er af en sådan Natur, at de ere nødt til at være der, hvorimod H. kan koncentrere sit til de andre Dage. Mr. Felton sagde, at han var ked af det, men at han var nødt til at bede ham ikke rejse før Lørdag Form. med mindre der var nødvendigt. Det er ærgerligt, da de jo i Begyndelsen sagde, at det kunde han sagtens – og vi vilde næppe have taget så langt fra Boston, havde vi vidst dette. Måske vi senere rykker lidt nærmere Boston – det er jo også så morsomt at se forskellige Steder og Egne.
+Her er jo så yndigt, og det er et Sted, man kommer til at holde af. – Vi havde Held med Vejret denne Lørdag og Søndag og anvendte hvert Minut, - Rotur, Badning, Spadsereture. Vi har en Botanik m. Illustrationer og en Svampebog – dem tager vi med ud og slaar op alt hvad vi finder af begge Dele. Vi har identificeret en Masse Blomster, men endnu kun funden giftige Svampe. Vi havde to henrivende Roture i Maaneskin, - vi lod Baaden drive, - laa nede i Bunden af Baaden og røg Cigaretter – m – m – m. – Søndag Aften skød de en Sk[ulæseligt]konge lige her ved Siden af. Vi var oppe at se det, - det lignede en Muldvarp en hel Del og lugtede i høj Grad ”Ræv” – kun meget stærkere, - men de sagde det var ingen Ting fordi det var en Unge. -
+Harry havde haft en trist Uge denne Gang. Det havde været rasende varmt i Boston 2 Dage Grader [tegn for grader) Fahrenheit det må være c 36 Reamur, - og han havde været ved Vandet (Beach) hver Dag efter endt Arbejde. Nu er han alene i Lab., - alene til Lunch, alene til Beach og først hjem efter de var i Seng, så flere Dage talte han slet ikke med nogen Dagen igennem. Han var hos Wesley´s forrige Uge Natten over, - de fleste andre af hans Venner er væk, så det er jo lidt trist, Han klagede til Herbert Felton og denne tog så med ham en Aften. 
+Her begyndte Folk at rykke ind og det er jo ganske morsomt. Vi kan være alene når vi vil og have nogen at snakke med når vi gider. Barney’s ere voldsom rare Mennesker, dannede og dog jævne. De vil gærne have mig og Grethe med ud at ro og spadsere, så vi har har haft megen Fornøjelse af dem. De er begge opdragne i Qvækerfamiljer, men er mærkelig frisindede efter det. Billy kan beskrive hvad Qvækerne er for en Sekt. Mr. Barney har fortalt så meget derom. Jeg går for det meste en Tur med ham om Aftenen. Så er hun en anden Madamse af en hel anden Art. Hun er af de rigtig simple, amerikanske, uvidende, udannet, - hvis eneste Interesse er Klæder. Hun møder om Morgenen, lys Muslin m. Slæb og Vifte og sidder Dagen igennem og vifter sig. Jeg har ikke set hende åbne en Bog el. tage et Håndarbejde i sine Hænder disse 8 Dage. Hun siger hendes Tanker er Beskæftigelse nok, - hun praler af at hun aldrig bestiller andet end gå i Butikker, gøre Visitter og tænke. Hun er over 60 rødnæset og meget tyk. I denne Uge kommer der et Par til
+I Dag, da jeg kom hjem fra min Morgentur til 9 Toget var lille Grethe kørt på Visit med Barneys til Guvernørens Claude and – (Mrs. Barneys Nevø - en 18-19 Aars Fyr) [”som er Karl her” anført oven over linjen] skulle ud at plukke Hindbær og jeg tilbød at gå med hvis de vilde passe Grethe. Vi drog ud med to Blikspande og Frokost med og kom hjem klk 3 med 20 Pægle. (10 Qvarts) Begge Spande fulde og en Kurv, som Claude lavede af Birkebark. Der var Bunker og jeg nød det, - det mindede om Gammelskov Ture og vi hang i med Jørgensensk Energi. Jeg så Mrs. Bryan koge dem hen i Saft. Det var rasende nemt, sådan skulde du prøve. De har de Glaskrukker med Gummiringe, som Fru Peja havde. Fyld Krukken pakfuld med Bær (rå) – sæt dem i en Gryde med koldt Vand på et eller andet (omvendte Tallerkener el. lign.) så Vandet står halvt op om den. Lad Vandet komme i Kog og koge til Bærrene er krøbne en Tomme ind. Tag dem op og fyld Krukken helt fuld med en tynd Sirup af 1 Kop Sukker og 1 Kop Vand, som har kogt sammen og er kogende. Man kan også tage Saft i Stedet for Vand og lade Saften koge sammen med Sukkeret og komme på. – Sæt Låg og Gummiring på straks. Disse holder sig altid, er mere som Kompot. Alle Bær kan behandles på den Måde. – Det skulde du prøve det er rasende nemt og der er ingen Binden til [ulæseligt] Cognac, o s v. 
+En Aften, da Grethe havde taget en lang Middagssøvn tog Mrs. Bryan hende med ud en Køretur for at besøge hendes Broder. Grethe havde set ham her og han havde leget med hende, så hun var vild af Begejstring over ham og sagde hun holdt g-lig meget af den Mand. Hun tog sit lille Tog med for at give ham, - jeg var ganske rørt over det, for hun har holdt så meget af det Tog og leget med det så meget. Han tog hende rundt og viste hende alle Dyrene og hun morede sig herligt. Da hun kom hjem var der rød Solnedgang og da jeg lagde hende i Seng kom hun med den forbavsende Meddelelse, at hun havde set ”Vorherres røde (røide) Bimser hænge ned fra Himlens Bue, og de var så tykke”.
+Hun er så god og skikkelig og forbavser alle ved sin Artighed. De er ikke for godt vante i den Retning her. Hun er ude Dagen igennem kun en Gang imellem hører man hende jo komme stolpende ind m. en el. anden Nyhed. Hun har været i Landet flere Gange – jeg lever dog denne Uge og det er herligt. Jeg kan svømme ¼ Time ad Gangen nu. 
+Nu sidder de alle og snakker her og Papiret kan ikke mere derfor Farvel allesammen 
+- Elle
+[Skrevet på hovedet på s. 7 - s. 8:]
+Er den arme Fru Peja rask nu -
+[Indsat s. 10 i venstre margen; lodret:]
+Hvor yndigt med Lugges Rejse!!!</t>
+  </si>
+  <si>
+    <t>1904-01-19</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Nørhaa</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Eva Balslev
+Ida Balslev
+Johan  Balslev
+Lars Christian Balslev
+Rigmor Balslev
+Vibeke Balslev
+Laura Balslev, f. Leth
+Alhed Marie Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Elgaard Amstrup
+Christine  Mackie
+Marie Paludan
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg
+Maria von Sperling. g. Balslev</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev var i 1904 ansat som præst i Nørhaa i THY. Efter hans fars død i 1896 måtte Thorvald Balslevs mor naturligvis flytte fra præstegården. 
+Otto Emil Paludan overtog efter Albrecht Warbergs død i 1902 både stillingen som godsforvalter ved grevskabet Muckadel og boligen Erikshaab. Laura Warberg og sønnen Andreas flyttede i første omgang til København. De to døtre, der boede langt væk, var Ellen Sawyer og Christine Mackie, som begge var gift og bosat i Boston. 
+Louise og Johannes Brønsted fik 19. jan. 1904 deres første barn, Alhed. 
+Johan Balslevs kæreste eller hustru i 1904 kendes ikke, og Eva Balslevs søster er også ukendt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3847</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev har været ked af, at hans mor og Laura Warberg ikke blev naboer, da de flyttede til København. De er jo lidt i samme situation. Men det er godt, at Thorvalds mor og hendes datter bor så tæt på hinanden. Det må være svært for Laura Warberg at have to døtre langt borte. 
+Thorvald håber, at Otto Emil Paludan ikke længere er så trykket af situationen. Warberg-familien vil nok altid betragte Erikshaab som deres hjem. Sådan har Thorvald det med Tarup. 
+Thorvald og hans familie sover længe. Vinteren har ikke været hård. Han spadserer meget; blandt andet på besøg hos gamle og syge. 
+Eva har mavekatar, men ellers er familiens medlemmer raske. 
+Lille Vibeke er snart tre år. Hun er både sød og kvik og kender nogle af bogstaverne. 
+Familien har mange gæster. Evas søster har været der, og til sommer kommer Johan Balslev med sin kone/kæreste.
+Maria og Lars Christian Balslev har fået barn nr. fem, så Laura Balslev har nu 17 børnebørn - to ægtepar har leveret de 13.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rj5a</t>
+  </si>
+  <si>
+    <t>Nørhaa 19-1-04
+Kære Tante Laura! Hjærtelig til Lykke til Din Fødselsdag og glædeligt Nytaar for jer ["jer" indsat over linjen] allesammen! Jeg vilde have skrevet til Jul, men kendte ikke Din Adresse, og da jeg nu va_r kommen forsent med det, da jeg fik Dit Julebrev (Tak for dit), saa blev jeg enig med mig selv om at vente til Din Fødselsdag. Jeg kommer nok endda en Dag for sent, Tiden er løben fra mig.
+Ja nu er Du altsaa flyttet ind i Dit nye Hjem. Gid Du maa faa det godt dèr. København er jo et rart Sted at bo for den, der har nogle Interesser, Mor har været meget glad ved at være der. Jeres Forhold ligner jo i meget hinanden, ogsaa deri, at I har nogle af jeres Børn i Nærheden; det er jeg glad ved for jer begge. Det var det eneste, jeg var ked af ved Mors Flytning, at I saa ikke blev Naboer, I vilde vist kunne haft en hel Del Glæde af hinanden. Ellers er jeg i alle Henseender glad ved at tænke mig Mor, hvor hun nu er; der var jo heller ingen Mening i, at de to ældre Mennesker boede paa 4 Sal. De har det ogsaa, saavidt jeg kan forstaa, godt, hvor de er, selv om der naturligvis altid bliver ét og andet, hvori det gamle var bedre. Det er jo en stor Ting, at Mor er saa nær ved Rigmor, jeg tænker, hun er snart lige saa meget paa Thorvaldsens Vej som paa Emilievej.
+Tak for den lille Revue over dine Børn, det maa ikke være let for dig at have to af dem saa langt borte, skønt det er vel egentlig lettere at have 2 end 1. Nu har _de dog hinanden, paa en Maade da. Hvordan mon det gaar paa Erikshaab, er Paludan lige trykket af Stuationen endnu? Det har jeg saadan ønsket, at han kunde komme til at finde sig til rette i ogsaa for jeres Skyld, der vist altid bliver mere af Hjemfølelsen tilbage over Stedet, end om det kom i fremmede Hænder. Navnlig, naar I kom der, for langt borte kan I saamænd blive ved at tænke jer det som jeres Hjem hele jeres Livstid. Saadan gaar det da mig med Torup; skønt det nu er paa ottende Aar, siden Far døde, det er mig den Dag idag, som jeg alligevel har Ret til at være der. Og dog maa de ny Beboere nu være føle sig ["være" overstreget; "føle sig" indsat over linjen] ret gamle der. 
+Min lille Pige har just nu været inde at sige Godmorgen til mig, ikke egentlig fordi det er saa tidligt; vi er slemme til at gaa sent i Seng og staa sent op. Men det kan forhaabentlig lægges af igen, efter som Dagene længes. Jeg begynder allerede saa smaat at glæde mig til Foraaret, skønt jeg forresten altid har det bedst om Vinteren. Hidtil har vi jo ikke kunnet tale om Vinter i streng Forstand, baade ifjor og iaar har vi ogsaa heroppe haft en dejlig mild Vinter, men vi ved ganske vist ikke, hvad det kan blive til, og Thy er berygtet for sine Eftervintre, Marts April kan være forskrækkelig haarde. Her har endnu ikke været saa meget Sne, at vi har kunnet faa en ærlig Kanetur, og oprigtig talt længes jeg ikke efter det. Jeg ved ikke, om det er upoetisk eller hvad, men jeg kan nu bedre lide lidt bart Frostvejr og saa en god Spadseretur. I denne Tid er her nok at gaa efter, her er saa mange syge og gamle, saa det næsten er i hvertandet Hus. 
+Vi har det godt og har været dejlig raske i Vinter; lidt Vrøvl er der jo altid med os som med alle Nutidsmennesker, der lider under Kulturens Velsignelser. Vibeke har en kronisk Tyktarmskatarrh, som det vil tage lang Tid at faa helt Bugt med, men det er i den sidste Tid dog kun sjældent, hun har Ulemper deraf. Hun er endogsaa i den sidste Maanedstid taget 1 Pund eller halvandet til, det er ellers længe siden, hun har indladt sig paa sligt, skønt hun vokser prisværdigt i Højden. Hun er nu næsten 3 Aar gammel og næsten altfor voksen; man skal passe gevaldig paa, hvad man siger, for hun er selvfølgelig ikke blot ualmindelig sød, men ogsaa ualmindelig klog. Havde jeg maattet raade, burde hun have lært at læse for længe siden, men det maatte jeg heldigvis ikke. Eva læser med en lille Tøs fra Nabolaget, saa Vibeke har jo lært en Del af Bogstaverne ved den andens Undervisning. Hun er en lille Solstraale herhjemme, altid i godt Humør, naar hun da ikke er syg. 
+Vores gamle Præstegaard staar ved det gamle og skæve fremdeles, og vi haaber, den maa blive længe ved dermed. Til daglig er Lejligheden udmærket og mere end tilstrækkelig stor, Gæster kniber det desværre lidt med at faa anbragt, fordi Gæsteværelserne er baade faa og daarlige. Men det er da hidtil gaaet helt [ulæseligt ord], og vi har i Sommer haft mange Gæster, har ogsaa nu i Vinter i omtrent 2 Maaneder haft en af Evas Søstre, der desværre skal rejse nu om nogle Dage. Til Sommer venter vi saa smaat at faa bl.a. Johan og vores nye Svigerinde herop; hun skal være en meget sød ung Pige, som alle i Familien holder meget af. Du ved vel, at de i Slelde har faaet Nr. 5 og denne Gang en lille Pige, som de har kaldt Ida Margrethe Castberg Balslev. Mor har nu 17 Børnebørn, hvoraf 2 Steder leverer de 13. Vi andre er jo mere smaat kørende i den Henseende, men vi er glade for hvad vi har. Jeg ser i dit Brev, at der jo rimeligvis er sket noget i den Retning hos Brønsteds, gid det maa være gaaet og fremdeles maa gaa godt!
+Nu maa du hilse alle dine hjærtelig fra mig, ogsaa Syberg og Amstrups. Ligesaa Paludan mange Gange, jeg har tidt Lyst til at skrive til ham, men jeg naar ikke engang, hvad jeg skal. Eva sender venlig Hilsen. 
+Og saa endnu engang glædeligt Nytaar og kærlig Hilen fra
+Din hengfivne
+Thorvald Balslev.</t>
   </si>
   <si>
     <t>1904-12-06</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>København Ø
 Rosenvej 2</t>
   </si>
   <si>
     <t>Mass.
 Brookline</t>
   </si>
   <si>
     <t>Ellen Beck
 Jørgen -, Erikshaab
 Alfred Goldschmidt
 Ernst Goldschmidt
 Henriette Goldschmidt
 Johanne Goldschmidt
 Johannes V. Jensen
 Adolph Larsen
 Alhed Larsen
@@ -6726,75 +7245,50 @@
   <si>
     <t>Fortrykt:
 Carl Fausø
 Stenbergholt
 Auning St.
 Herefter i håndskrift:
 1.3.1927.
 Maleren Hr. Johannes Larsen.
 Tak for Deres kærkomne Svar!
 Jeg ser jo heraf, at De ikke for Tiden har af de Motiver, jeg har forelsket mig i.
 Jeg vil meget gerne se de Lærreder, De venligst tilbyder; men - jeg vil sige det først - det er nu de andre Motiver, der har taget mig ved Hjertet!
 Saa kan De ikke ofre et Par Dage, inden De rejser?
 Vil De ikke forbarme Dem over mig, der har ventet i saa mange Aar efter et saadan Billede?
 Hvis De ikke kan, hvad Tid maa jeg saa skrive til Dem igen.
 Altsaa - ja De kan det inden ad:
 Deres blaa Himmel!
 Deres flyvende, hvide Gæs el. Svaner - har et Par Stk.
 Deres gule Græs med et Pyt Vand!
 [ulæselig] Foraar!
 Undskyld mig i al Venlighed at jeg er saa fremtrængende; men jeg haaber De forstaar mig ret!
 Med venlig Hilsen og Tak! Deres ærbødige
 Carl Fausø
 Lærer</t>
   </si>
   <si>
-    <t>1927-04-29</t>
-[...23 lines deleted...]
-  <si>
     <t>1927-8</t>
   </si>
   <si>
     <t>Johannes Nicolaus Brønsted
 Louise Brønsted
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johannes Larsen
 Janna Schou</t>
   </si>
   <si>
     <t>Alhed Larsen døde af australsk sovesyge (en betændelse i hjernen) 31. august 1927 på et hospital i Odense. Hun havde forinden ligget alvorlig syg hjemme en tid. Johannes Larsen var på Island for at tegne illustrationer til en udgave af De Islandske Sagaer. Han nåede først hjem, da Alhed Larsen var død.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0465</t>
   </si>
   <si>
     <t>Det er forfærdeligt, at Alhed er så syg. Også skrækkeligt at det vil tage Johannes Larsen 15 dage at komme hjem fra Island. Man må håbe, at han når hjem i tide.
 Astrid flytter ind på Howitzvej. Hun har fået digte og artikler antaget i flere tidsskrifter.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GxFN</t>
   </si>
   <si>
@@ -7051,51 +7545,51 @@
 Tusind Hilsner til Jer alle tre Din glade Junge.</t>
   </si>
   <si>
     <t>1933-01-19</t>
   </si>
   <si>
     <t>Kærbyhus Kerteminde</t>
   </si>
   <si>
     <t>Dres -
 Ludvig Brandstrup, visedigter
 Johannes Hohlenberg
 Bodild Holstein
 Adolph Larsen
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Marie Schou
 Fritz Syberg
 Minna Warberg
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
-Det vides ikke, hve, Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
+Det vides ikke, hvem Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
   </si>
   <si>
     <t>Dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu køber en gård. Adolf bliver nok helbredt af det, og det er godt for Erik/Tinge Warberg Larsen. Johannes øre får det sikkert også bedre. Hun bør tage Laura/Bibbe hjem, for hun er som sin far og kan ikke planlægge sit arbejde. 
 Astrid/Dis Warberg overvejer at oprette en gratis børnehave. 
 Axel Müllers fødselsdag blev velykket med god mad og masser af musik.
 Familien har været i teatret og se Ludvig Brandstrup, som gav billetterne. 
 Astrid syr et stjernetæppe, og det bliver flot.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MOYc</t>
   </si>
   <si>
     <t>[1933-01-19 Astrid Warberg-Goldschmidt til Johanne W. Larsen kuvert+s1-s6 BB0506]
 [Håndskrevet med blyant på kuvertens forside:]
 2.64
 1933
 ”9 jan.
 11-1-2001.
 BWP.
 [Med blyant:]
 Kærbyhus sælges! Ny gård (Lindøgård) med Stjernetæppe
 [Håndskrevet på kuvertens forside med anden skrift:]
@@ -7407,50 +7901,143 @@
   <si>
     <t>Johanne Larsen ønsker tillykke med fødselsdagen. 
 Det er koldt og tørt, så Johanne er bekymret for høsten. 
 Kirsten/Pelle Hjorth er begyndt at komme på besøg, og det er hyggeligt. Pelle synes, at der er meget "vrøvl" hjemme hos hende selv. 
 Johanne og Adolph har fået lam og kalve. Drengene fisker, og de kan af og til sælge af fangsten. 
 Johanne m.fl. har været i Odense for at se Forårsudstillingen. De mødte et katolsk konfirmationsoptog. Johannes Larsens billeder var dejlige, men Johanne brød sig ikke om de fleste af Sybergs. Efter udstillingen besøgte hun Henning/Bror og Kirsten, og til sidst spiste de i Fyns Forsamlingshus. Her mødte de Professoren, som opførte sig mærkeligt og var sørgeligt forandret.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/vy50</t>
   </si>
   <si>
     <t>Lindøgård d. 25-4-1938
 Kæreste lille Dis!
 Nu er Piben tændt, en lille Kaffetaar ved Siden og nu skulde det saa gærne gaa løs med Fødselsdagsbrev til dig. Solen straaler skønt og lover fint Vejr til i Morgen. Allerførst skal jeg da have nedskrevet alle mine gode og varme Ønsker for Dig – eller i hvert Fald en Brøkdel, dem alle kan Papiret umulig rumme!! Naa, lad mig nu ikke blive for gevaltig, men i al Jævnhed ønske dig en god Dag og et godt Aar! Intet Ønske kan vel være mere paa sin Plads end det, at Du maa have din kære Axel frisk og stærk. – Jeg tænker mig at Du har lavet og laver noget Festlighed for Dagen, som Du jo altid forstaar at lave noget Festlighed i dit lille smukke Hjem. Du kan tro, jeg glæder mig til ved at tænke paa, hvor yndigt vi havde det – Skæbnen er os dog ret god ved at lade os ses af og til, Tiden er heller ikke mere til at forsømme sligt, vi har ikke mere de Oceaner af Tid foran os som tidligere, da Tiden laa lang og forjættende for os. Nu begynder vi - jeg ihvert Fald – at tælle de fremtidige Aar paa Fingrene. Og selvom Aarene blev mange, var det jo næppe muligt at Hjernen vilde holde, saa man kunde have Glæde af Samvær. Bents Bedstemor, som kun er sidst i 70erne, kan ikke en Gang kende sine nærmeste. Her staar alt vel til – naar undtages at der hviler et lille permanent Tryk paa os alle over Tørken og Kulden. Forleden var der tyk Is paa Bassinet i Haven c. ⅓ Tomme! Vi har heldigvis ikke saaet vore Roer saa tidligt at de var kommen op, hvor det var sket, er de svedet bort. Mon I har faaet? Ja, netop hos Jer er der jo ret fugtigt, saa I trænger maaske ikke saa haardt som vi her paa de lette Jorde. Manse og jeg kørte i Gaar til Odense (derom senere) og det saa mange Steder ynkeligt ud, ogsaa Kornet. Et Sted saa vi en lille Mauk Mark ["Mark" indsat over linjen] plantet til med Kaal – det var altsammen visnet. 
 Netes Datter, Pelle – hendes rigtige Navn er Kirsten, det er næsten Synd, at hun ikke kaldes ved det smukke Navn – har er ["er" indsat over linjen] begyndt at dyrke os; hun var her næsten hele Paasken og nyder det; hun lærer Tandteknik i Odense og slider ret haardt i det, og naar hun skal holde Ferie hjemme, kan hun ikke faa Fred for sin Far, som altid høvler om hende at hun skal bestille noget; hun kom med en Saddel, som hun havde laant for Paasken og ½ Fl. Akvavit, som satte Kulør paa 2 af vore Paaske.Aftensmader. Hun er en umaa
 2
 delig sød Pige; jeg ved ikke et Menneske som til den Grad falder sammen med Husets Psyke som hun; hun minder saa meget om os Søstre som unge; og saa ligner hun Bibbe saa mærkværdigt. Første Gang hun var her kom hun ind samtidig med Else (Puf) og de stod ved Siden af hinanden i Døren; da jeg havde hilst af med Else, sagde jeg til Pelle: men Gud, søde Bibbe, hvad staar du dog der for i Overtøj! Jeg maa jo ikke have set rigtig paa hende, og det var Aften med tændt Lys, men først da jeg vendte mig, kom hun efter mig og sagde ”men det er jo mig, Tante Junge. Var det dog ikke besynderligt? Naa, men det som jeg kom fra og som jeg vilde have fortalt om Pelle var, at hun havde sagt til Mary, ”Hvor I dog har det dejligt her, altid saa fredeligt og harmonisk”, og det var altsaa for at belyse, at ”alt staar vel til her”. Vi nyder hende meget, og det er saa morsomt at have en af sin egen Slags. Stakkels Pelle føjede til, da hun sagde det til Mary: hjemme er der altid saa meget Vrøvl. - - Vi har faaet 6 smaa Lam i Aar, det ene af Faarene fik 2 dødfødte, et fik 2, hvoraf det ene døde – lidt skal man jo altid have Uheld med, men 6 har vi da altsaa af 4 Faar og saa maa vi vel ikke klage – selv om det ene maa dækkes op af Bibbe, som for Resten har megen Glæde af sin Virksomhed med det. Vore Køer har kælvet godt og normalt og de tre var da Kviekalve; den ene af Tyrekalvene gav vi Mælk en 14 Dages Tid og den afgav dejligt Kød for hele Paasken – og endnu! Saa sparer vi at købe. Og de gode Drenge virker med deres Fiskeri i deres Fritid; de har købt Ruser og fanger mere end vi kan spise – forledes havde de 41 Torsk men undertiden kun en eller to. Saa vi svælger i Fisk, men nu har det ["t" i slutningen af ordet overstreget] et helt Hyttefad fuldt og skal have dem solgt. Vi kan saa sandelig ikke klage over vore 4 Børn, for de hænger i og gaar op i Arbejdet med Liv og Sjæl og er altid saa søde. Selv Tinge er bleven meget mere glad og jeg spørger mig selv med en stille ængstelig Hvisken, om der mulig skulde oprinde bedre Tider for ham. Han og Manse er nu saa gode Kammerater; det er rigtignok noget andet end før M. rejste til England. 
 Saa var der vores Odensetur i Gaar, den 
 3
 må Du høre lidt om. Vi skulde se Foraarsudstillingen derude i deres smukke lille Udstill.Bygning nede ved Aaen, omtrent ved det Sted, hvor ”Heden” (som de Barbarer nu har omdøbt til Sdr. Boulevard) begynder. Vi tog Morgen Rutebilen og det var straalende Solskin, men koldt jo. Vi spaserede fra Bilen ned over Albanitorv, hvor de mægtige Klokker i den katolske Kirke lige begyndte at runge; og saa tonede et Optog med katolske Konfirmander frem fra en Sidegade, forrest 4 udklædte Messedrenge med et el. andet i Hænderne (jeg husker ikke hvad) saa en gammel tyk Pater og efter ham en Skare Drenge i stiveste Konfirmandspuds, saa en tyk Nonne og efter hende en Skare hvidtklædte unge Piger i helt enkle hvide Kjoler, hvide Strømper og sorte Sko og med Slør – også hvide – som dækkede deres Overkrop; det var nydeligt og festligt. - - Efter en Omgang i den skønne Klosterhave langs med Aaen, hvor der stod et sort Svanepar med Unger, gik vi i Munkemose, hvor talrige Ænder Svaner og Gæs skulde beses og saa var det Tiden, hvor de lukkede op paa Udstillingen; vi havde i en Bagerbutik forsynet os med Smaakager og en Plade Succes, som vi nød i Munkemose, saa vi kunde være styrket til at bese Kunsten! Udst. var bedre end da vi var der for to Aar siden og der var smukke Billeder. Jeg glædede mig meget over 6 dejlige Billeder af Las, et fra den store Stue – Salen – paa Båxhult, de andre var Kjerteminde, Huset og Haven; å hvor jeg syntes de var bedaarende. Men saa var det til Gengæld smerteligt at se Sybergs Billeder; han maler helt anderledes nu, synes jeg. For to Aar siden var jeg betaget over at se to dejlige Landskaber men nu! Naar jeg undtager Tante Franziskas pragtfulde Skikkelse i en Liggestol var det hele saa underligt middelmaadigt, uldent og for mig at se uskønt, men de kan vel heller ikke blive ved! Jeg har ellers altid været en stor Beundrer af Sybergs Kunst. 
 Efter 1½ Times Betragtning af de 3 smaa Sales Indhold vandrer vi hen til Bror Klakses yngste ["Klakses yngste" indsat over linjen] og Kirsten. De bor i en lille henrivende 2 Værelses Kvistlejlighed i en [et bogstav overstreget] moderne Bygning i en lille Gade, Falen – tænk at et saa sjovt gammelt Navn har faaet Lov til at bibeholdes – der er Altan, hvor deres 
 4.
 lille Unge kan staa og sove; det var et yndigt lille Besøg; jeg synes altid det er saa morsomt at besøge smaa ny-startede Hjem; og det blev i Sandhed udbytterigt – for os! Vi drog af med et Sær blaat Chiviotstøj, et Par tykke graa Flonelsbenklæder og en Regnfrakke! Og saa til Fyens Forsamlingshus, hvor vi har tænkt os Muligheden af Drudes Nærværelse, men blev, som vi jo saa ofte bliver her i Livet, skuffede. Da Agraren havde givet helt godt med af Penge og jeg havde en Fem’er liggende fra min Rejse, bestilte vi flot Dineren: Suppe, Drudes berømte Suppe, Kyllingesteg med nye Kartofler og Agurkesalat samt Karamelbudding. Dertil 2 Paaskebryg! - - Jeg havde truffet Fru Junker – Dr. J.s Kone – paa Udst. og spurgte til Prof. Hun sagde, det blev værre og værre; han gaar og synger hele Dagen, saa han er permanent hæs, og Drude kan næsten ikke holde ham ud. Saa spurgte jeg Opvartersken paa F. For. , som jeg jo kender godt, og hun svarede næsten ligesaadan; han er, kunde jeg forstaa, en frygtelig Plage for Personalet derude, naar han kommer – og det gør han tit. Saa traf det sig, at han netop kom og efter at vi nogen Tid havde hørt ham larme inde i Buffetten, gik jeg derhen og spurgte, om han ikke kom og sludrede lidt med os. Han blev helt bevæget ved at se mig og dvælede meget ved at jeg ikke havde skrevet til ham; saa fik vi forøvrigt en rigtig dejlig Passiar, næsten paa en Time; han priste dig i høje Toner og sagde, at han havde fundet dig meget mere lødig end han havde tænkt sig efter at have læst ”Den synske”. Saa snakkede vi om mange andre Ting og Manse var meget imponeret over hans Klogskab og Intelligens; han blev bag efter ved med at komme tilbage til, hvor han dog var klog og blændende. Manse saa han jo for første Gang – nej anden maaske – saa han kan jo ikke dømme, men jeg, som har kendt ham saa godt og elsket ham saa højt jeg sørger jo over den uhyggelige Væsensforandring, der er sket med ham, saa smertelig forandret nej forgrovet, mener jeg; og saa denne trættende Hang til at fortælle Anekdoter, som han aldrig før har haft men som Drude har i saa høj Grad [”men som Drude har i saa høj Grad” indsat over linjen]. Men du og nu Manse har alligevel kendt ham for lidt til at se Forandringen. Gid han endda maatte blive ved status quo! Han skulde til Fødselsdag ude hos Thora Vesterdal, men tog en Vogn for at sidde hos os saa meget længere. Å Posten! Allerede! Ja saadan gaar det altid – at han er for tidlig paa den naar det kniber
 [Skrevet langs sidste sides venstre kant:]
 Tusinde Hilsner fra os alle til Jer alle. Tusind Lykønskn. Din Junge.</t>
+  </si>
+  <si>
+    <t>1938-08-31</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Margrethe Benzon
+Julie Brandt
+Thora  Branner
+Viktor Jensen
+Adolph Larsen
+Alhed Larsen
+Marie Larsen
+Christine  Mackie
+Søren Madsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Christine Swane
+Lars Swane
+Gertrude Søndergaard
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Martin Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Hensen blev i 1938 gift med Erik/Tinge Warberg Larsen. Ægteskabet holdt kun ganske kort (se hendes biografi under Mary Warberg Larsen). Marys "Mælkefamilie": Hendes far, Viktor Jensen, havde et mælkeudsalg i Kerteminde. 
+Warberg-familien kendte mange, der hed Balslev, så det kan ikke afgøres, hvem af dem, der deltog i den omtalte begravelse. 
+Axel Müllers far kendes ikke. Ej heller Arkitekt Brandt, Anders Lenner, Grethe Benzons sagfører, direktøren i Bredgade eller gamle Albertsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1008</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at Johanne/Junge C. Larsen kan blive opereret.
+Astrid og Axel Müller har mødt en mand, som tilbød dem en flyvetur.
+Historien om Erik Larsen og Mary Jensen/Warberg Larsen har udviklet sig forfærdeligt. Mary sagde engang, at hun ville slide som en karl, hvis hun bare kunne være nær ved Erik. Hun må ikke få lov til at plukke Erik og hans forældre for indbo.
+Astrid har haft besøg af Fritz Warberg. Han var meget sød, men han var også bitter på sin far, som ikke regnede ham for noget, fordi han ikke ville studere. Andreas Warberg, faderen, havde skaffet sønnen en næsten ulønnet plads i en bank. Fritz sagde op og fik nyt job, og da faderen hørte, at han fik lønforhøjelse, nedsatte han det bidrag, han tidligere havde ydet ham. 
+Astrid og Axel havde planlagf at bygge et hus til Janna/Nus Schou, og de havde både fældet en lille skov og købt en grund. Så pludselig meddelte Janna, at hun vilde flytte sit værksted til Søborg. Janna er stærkt påvirket af sin far, Jørgen/Buf Schou og af en Søren Madsen, som er en led karl, og som har for meget indflydelse på Jørgen efter dennes mors død. - Janna besluttede til sidst alligevel at blive i Hareskov, men hun var bange for at føle sig bundet. Astrid og Axel bygger derfor alligevel. De har fået tilbud og hyret håndværkere. Axel har købt et kæmpestort vindue, og Janna har gjort værkstedet i stand. Gertrude/Trut Søndergaard er en god, kunstnerisk hjælp. Sell har taget fotos til Tidens Kvinder. 
+Astrid har nu fået sin egen stue, hvor hun kan holde orden (Janna roder). Hun vil ikke forlange, at Janna skal blive boende hjemme, men hun er ked af, at Søren Madsen og Jørgen Schou har en dårlig indflydelse på hende. 
+Margrethe Benzon har testamenteret Astrid og Axel 1500 kr. De har deltaget i hendes begravelse. 
+Astrid og Axel overvejer at bygge et hus mere, som de kan udleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t5q2</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Skrevet på kuverts bagside;]
+Hareskov
+[I brevet:]
+1.
+Hareskov, 31’ August 1938 – er det virkelig 11 Aar siden Be døde? ufatteligt!
+Kære søde Junge! Tak for dit lange, indgående Brev til Morgen! Aa, hvor jeg føler med dig med den Træthed, Junge – (den er mit Livs Plage) – men tænk, hvis en Operation kunde gøre dig rask, så var det dog vidunderligt; og Lemmerne er formodentlig ikke noget farligt Operationsfelt, det kan jeg da ikke tro? Hvis det var lidt billigere at flyve, så fløj jeg nu over til dig, så vi kunde få en rigtig lang Passiar om alle Dele, for det er jo ikke så lidt, der sker om Ørerne på os – (Axel traf forleden i Frihavnen en Mand, der kom rejsende fra Amerika med en Flyvemaskine, han viste sig at være fra Aarhus – kendte Axels Far osv. - det endte med, at han indbød os alle til en Flyvetur fra Lundtofte Flyveplads, hvor han har sin Maskine, han bor hos noget Direktørværk derude – Nus er Fyr og Flamme, jeg håber, at hun og Axel tager derud, jeg har ikke Kraft til Foretagender af nogen extra Art.) 
+Nå, men så må vi så nøjes med Pennen, Junge. Den Mary-Affaire har dog udviklet sig nederdrægtigt; jeg sagde nu strax til Axel, det er den Mælkefamilie som trækker hende ned – for så slem var hun da ikke før? Skønt Axel sagde – efter at have set hende ved det lille korte Besøg lige efter Brylluppet, da vi kom sammen med Balslevs – Axel sagde om Mary: ”hun er ikke rar”. Han har en ganske forbavsende Evne til ved første Øjekast at se sine Folk an – og det holder altid Stik. Kan du forresten huske, hvad du engang skrev i et Brev til mig, at Mary – da Forlovelsen var hævet – sagde – eller skrev? til dig, at bare hun endda kunde komme og være Pige på Lindøgård, hun vilde slide som en Karl, bare hun fik Lov at være Tinge nær! I må da endelig ikke lade hende plukke Jer for Indbo, men holde på den Kendsgerning, at Tinge intet har – så ved en påtvungen ”Deling”, vilde det vel endda gå ud over Mary selv, juridisk set – efter hendes Ord: hvad dit er – er også mit – det gælder også omvendt! Det er der naturligvis ikke tale om, men det burde foreholdes Mary!
+Men Junge – det store Lyspunkt Sanitetsmeningslånet!!! [”menings” indsat over linjen] Til Lykke – til Lykke! og Tak for det opstemte Kort – og de personlige Hilsener fra Agraren og Marie – det blev jeg meget glad over! Hils dem! Og så alle de gode Familiebesøg! Uglen – Lasse - Dede – Minna – Elle - , I ser rigtignok en Del mere til Slægten end vi her. Forresten havde vi i Lørdags et hyggeligt uventet Besøg af Frits Warberg, han er da vist den sødeste af dem alle? Noget så unbefangen – naturlig og beskeden, jeg synes, han er et bedårende Menneske, - og så tager det jo èn om Hjertet, når han siger: husk dog, jeg er en Warberg, Tante Dis! 
+Det var i Anledning af, at han holdt af at være ene – at isolere sig, i alt Fald til Tider. Han sagde: jeg er nu 
+2)
+så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
+Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
+3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
+4) 
+moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
+5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
+Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
+- Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
+6)
+I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
+Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
+Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
+Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
+Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
+Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
+Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
+Tusinde Hilsner! 
+Din Dis. 
+ps – senere – 
+lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
+Alle her hilser!
+[Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
+[Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
   </si>
   <si>
     <t>1938-11-21</t>
   </si>
   <si>
     <t>Bakkevej 8 Hareskov St.</t>
   </si>
   <si>
     <t>Harriet Afzelius
 Ina  Goldschmidt
 Ulf Haxen
 Adolph Larsen
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det er uklart, hvad Laura/Bibbe Warberg Petersen aktuelt fejlede, men hun led i sine unge år meget af bihulebetændelse, hovedpine, og hun havde psykiske problemer. 
 Mund- og klovsyge er en meget smitsom virussygdom, som først og fremmest rammer parrettåede hovdyr deriblandt tamkvæg og svin. Hjorte, geder og får rammes dog bl.a. også. I Europa har kun de skandinaviske lande Norge (1952), Finland (1959) og Sverige(1966) gennem de seneste årtier været forskånet for udbrud. I Danmark var det sidste udbrud i 1983, mens Storbritannien atter blev ramt i 2007. (Wikipedia febr. 2024).</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Bb0606</t>
@@ -8113,59 +8700,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJjS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xuoD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wyt9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cREO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cRIt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9GXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TJj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Y40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vt1y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVqh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0xlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ypuK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Pev" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZStl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5Ic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BIam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9NeQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNNb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pQmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7HJL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUdm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SstL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GSuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Was" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1M3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Wy2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wkhT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXuv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pQBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mryl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B3iq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mFJK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Dso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uXZ3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x1dO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ETe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yh33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D7he" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjaU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Wt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ww2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ilyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XOn2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/juXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7OyD2jlQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lIDEje3K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A7lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vwxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/caqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC7P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tDEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/97Bz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63GQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJjS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xuoD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wyt9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cREO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cRIt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hxPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9GXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TJj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Y40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vt1y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nLLS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVqh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0xlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xPdM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXny" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ypuK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Pev" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oTUG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hUFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xcGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A71l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usAG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9NeQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqoi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNNb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pQmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7HJL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUdm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SstL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GSuB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Was" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1M3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Wy2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wkhT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXuv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pQBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mryl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B3iq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mFJK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Dso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uXZ3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x1dO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ETe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yh33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D7he" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjaU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Wt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ww2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ilyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XOn2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/juXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7OyD2jlQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lIDEje3K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A7lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vwxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/caqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC7P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tDEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/97Bz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63GQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M177"/>
+  <dimension ref="A1:M185"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -9666,6262 +10253,6626 @@
       </c>
       <c r="J36" s="5" t="s">
         <v>48</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>245</v>
       </c>
       <c r="L36" s="6" t="s">
         <v>246</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
         <v>248</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>249</v>
       </c>
       <c r="D37" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="E37" s="5" t="s">
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I37" s="5" t="s">
         <v>251</v>
       </c>
-      <c r="F37" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H37" s="5" t="s">
+      <c r="J37" s="5" t="s">
         <v>252</v>
       </c>
-      <c r="I37" s="5" t="s">
+      <c r="K37" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="J37" s="5" t="s">
+      <c r="L37" s="6" t="s">
         <v>254</v>
       </c>
-      <c r="K37" s="5" t="s">
+      <c r="M37" s="5" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="D38" s="5" t="s">
         <v>258</v>
       </c>
-      <c r="B38" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E38" s="5" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      <c r="G38" s="5" t="s">
         <v>259</v>
+      </c>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H38" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>261</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>48</v>
+        <v>262</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>162</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="G39" s="5" t="s">
+        <v>267</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>268</v>
+        <v>48</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F40" s="5" t="s">
-        <v>18</v>
+        <v>162</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>280</v>
+        <v>15</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F41" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F41" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
         <v>281</v>
       </c>
       <c r="I41" s="5" t="s">
         <v>282</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>283</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>284</v>
       </c>
       <c r="L41" s="6" t="s">
         <v>285</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>287</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>288</v>
+        <v>15</v>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F42" s="5" t="s">
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="s">
         <v>289</v>
       </c>
-      <c r="G42" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H42" s="5" t="s">
+      <c r="I42" s="5" t="s">
         <v>290</v>
       </c>
-      <c r="I42" s="5" t="s">
+      <c r="J42" s="5" t="s">
         <v>291</v>
       </c>
-      <c r="J42" s="5" t="s">
+      <c r="K42" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="K42" s="5" t="s">
+      <c r="L42" s="6" t="s">
         <v>293</v>
       </c>
-      <c r="L42" s="6" t="s">
+      <c r="M42" s="5" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="D43" s="5" t="s">
         <v>296</v>
       </c>
-      <c r="B43" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F43" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F43" s="5" t="s">
+        <v>297</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>304</v>
+        <v>15</v>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
         <v>305</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>306</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>307</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>308</v>
       </c>
       <c r="L44" s="6" t="s">
         <v>309</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
         <v>311</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>15</v>
+        <v>258</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>312</v>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>162</v>
+        <v>18</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E48" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E48" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>18</v>
+        <v>162</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>250</v>
+        <v>15</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>340</v>
+        <v>16</v>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F49" s="5" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G49" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H49" s="5" t="s">
         <v>341</v>
       </c>
-      <c r="H49" s="5" t="s">
+      <c r="I49" s="5" t="s">
         <v>342</v>
       </c>
-      <c r="I49" s="5" t="s">
+      <c r="J49" s="5" t="s">
         <v>343</v>
       </c>
-      <c r="J49" s="5" t="s">
+      <c r="K49" s="5" t="s">
         <v>344</v>
       </c>
-      <c r="K49" s="5" t="s">
+      <c r="L49" s="6" t="s">
         <v>345</v>
       </c>
-      <c r="L49" s="6" t="s">
+      <c r="M49" s="5" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="B50" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E50" s="5" t="s">
+      <c r="F50" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G50" s="5" t="s">
         <v>349</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="H50" s="5" t="s">
         <v>350</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>351</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>352</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>353</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>354</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>356</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D51" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D51" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E51" s="5" t="s">
+        <v>357</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>162</v>
+        <v>358</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-        </is>
+        <v>358</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>162</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>48</v>
+        <v>368</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>250</v>
+        <v>16</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>34</v>
+        <v>357</v>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>48</v>
+        <v>375</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>250</v>
+        <v>15</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E54" s="5" t="s">
-        <v>45</v>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F54" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>376</v>
+        <v>162</v>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>344</v>
+        <v>382</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>383</v>
+        <v>42</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>116</v>
+        <v>43</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>384</v>
+        <v>44</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G55" s="5" t="s">
-        <v>385</v>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="I55" s="5"/>
+        <v>387</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>388</v>
+      </c>
       <c r="J55" s="5" t="s">
-        <v>344</v>
+        <v>48</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E56" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E56" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G56" s="5" t="s">
-        <v>391</v>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>48</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>45</v>
       </c>
       <c r="F57" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="G57" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G57" s="5" t="s">
+        <v>399</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>400</v>
+        <v>352</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>42</v>
+        <v>406</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>405</v>
+        <v>116</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>44</v>
+        <v>407</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G58" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G58" s="5" t="s">
+        <v>408</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>406</v>
-[...3 lines deleted...]
-      </c>
+        <v>409</v>
+      </c>
+      <c r="I58" s="5"/>
       <c r="J58" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>42</v>
+        <v>258</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G59" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G59" s="5" t="s">
+        <v>414</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>414</v>
+        <v>48</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>42</v>
+        <v>421</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>43</v>
+        <v>422</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="F60" s="5" t="s">
-        <v>45</v>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H60" s="5" t="s">
-        <v>419</v>
+      <c r="H60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5" t="s">
-        <v>48</v>
-[...4 lines deleted...]
-        </is>
+        <v>423</v>
+      </c>
+      <c r="K60" s="5" t="s">
+        <v>424</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>42</v>
+        <v>258</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>48</v>
+        <v>430</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>421</v>
+        <v>433</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>428</v>
+        <v>42</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>43</v>
+        <v>435</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>44</v>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>48</v>
+        <v>352</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>250</v>
+        <v>42</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>116</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G63" s="5" t="s">
-        <v>435</v>
+      <c r="G63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>48</v>
+        <v>444</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>42</v>
+        <v>449</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>405</v>
+        <v>43</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="F64" s="5" t="s">
-        <v>45</v>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>442</v>
+        <v>450</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>443</v>
+        <v>451</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>444</v>
+        <v>48</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>250</v>
+        <v>435</v>
       </c>
       <c r="E65" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F65" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="F65" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>48</v>
+        <v>458</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>455</v>
+        <v>296</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>405</v>
+        <v>15</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>463</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>464</v>
+        <v>43</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>465</v>
+        <v>258</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>45</v>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>470</v>
+        <v>48</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>475</v>
+        <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>476</v>
-[...4 lines deleted...]
-        </is>
+        <v>296</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
         <v>477</v>
       </c>
-      <c r="I68" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I68" s="5" t="s">
+        <v>478</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="K68" s="5" t="s">
+        <v>480</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>478</v>
-[...1 lines deleted...]
-      <c r="M68" s="5"/>
+        <v>481</v>
+      </c>
+      <c r="M68" s="5" t="s">
+        <v>482</v>
+      </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>42</v>
+        <v>296</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>405</v>
+        <v>15</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>480</v>
+        <v>484</v>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>250</v>
+        <v>15</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>487</v>
+        <v>357</v>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>48</v>
+        <v>494</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>476</v>
+        <v>499</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>494</v>
+        <v>435</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>496</v>
+        <v>45</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>116</v>
+        <v>508</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>405</v>
+        <v>422</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>44</v>
+        <v>509</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>344</v>
+        <v>513</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>14</v>
+        <v>518</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>512</v>
+        <v>519</v>
+      </c>
+      <c r="D73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>513</v>
-[...8 lines deleted...]
-        <v>515</v>
+        <v>520</v>
+      </c>
+      <c r="I73" s="5"/>
+      <c r="J73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L73" s="6" t="s">
-        <v>516</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="M73" s="5"/>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>250</v>
+        <v>296</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>519</v>
-[...1 lines deleted...]
-      <c r="I74" s="5"/>
+        <v>523</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>524</v>
+      </c>
       <c r="J74" s="5" t="s">
-        <v>48</v>
+        <v>525</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>476</v>
+        <v>42</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>15</v>
+        <v>435</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>524</v>
+        <v>44</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>528</v>
+        <v>503</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>476</v>
+        <v>43</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>15</v>
+        <v>258</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>537</v>
+      </c>
+      <c r="F76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>536</v>
+        <v>48</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>476</v>
+        <v>296</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-        <v>525</v>
+        <v>544</v>
+      </c>
+      <c r="F77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="D78" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D78" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" s="5" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-        <v>550</v>
+        <v>553</v>
+      </c>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>42</v>
+        <v>519</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>391</v>
+        <v>562</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>44</v>
+        <v>563</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>344</v>
+        <v>566</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>565</v>
+        <v>116</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>566</v>
-[...9 lines deleted...]
-        </is>
+        <v>435</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>571</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>567</v>
-[...1 lines deleted...]
-      <c r="I80" s="5"/>
+        <v>572</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>573</v>
+      </c>
       <c r="J80" s="5" t="s">
-        <v>568</v>
+        <v>352</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>573</v>
+        <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>565</v>
+        <v>578</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>43</v>
+        <v>435</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F81" s="5" t="s">
-        <v>44</v>
-[...7 lines deleted...]
-        </is>
+        <v>579</v>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="s">
+        <v>580</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>580</v>
+        <v>258</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>582</v>
+        <v>43</v>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>583</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="I82" s="5"/>
       <c r="J82" s="5" t="s">
-        <v>585</v>
+        <v>48</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>580</v>
+        <v>519</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>581</v>
+        <v>15</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-        </is>
+        <v>591</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>592</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>48</v>
+        <v>595</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>596</v>
+        <v>519</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>580</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>600</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>597</v>
-[...1 lines deleted...]
-      <c r="I84" s="5"/>
+        <v>601</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>602</v>
+      </c>
       <c r="J84" s="5" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="D85" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D85" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" s="5" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>604</v>
+        <v>592</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>580</v>
+        <v>15</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>581</v>
+        <v>519</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>612</v>
-[...4 lines deleted...]
-        </is>
+        <v>616</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>617</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>585</v>
+        <v>620</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>580</v>
+        <v>42</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>596</v>
+        <v>625</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>612</v>
-[...4 lines deleted...]
-        </is>
+        <v>414</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>585</v>
+        <v>352</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>580</v>
+        <v>632</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>581</v>
+        <v>633</v>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H88" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H88" s="5" t="s">
+        <v>634</v>
       </c>
       <c r="I88" s="5"/>
       <c r="J88" s="5" t="s">
-        <v>585</v>
+        <v>635</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>625</v>
+        <v>636</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>626</v>
+        <v>637</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>627</v>
+        <v>638</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>628</v>
+        <v>639</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>14</v>
+        <v>640</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>476</v>
+        <v>632</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>629</v>
+        <v>45</v>
       </c>
       <c r="F89" s="5" t="s">
-        <v>630</v>
-[...7 lines deleted...]
-        <v>631</v>
+        <v>44</v>
+      </c>
+      <c r="G89" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="H89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I89" s="5" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>633</v>
+        <v>352</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>638</v>
+        <v>647</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>581</v>
+        <v>648</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>476</v>
+        <v>647</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>44</v>
+        <v>648</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>649</v>
+        <v>48</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>650</v>
+        <v>659</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>651</v>
+        <v>660</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>652</v>
+        <v>661</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>43</v>
+        <v>663</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>654</v>
+        <v>647</v>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G92" s="5" t="s">
-        <v>655</v>
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>656</v>
-[...3 lines deleted...]
-      </c>
+        <v>664</v>
+      </c>
+      <c r="I92" s="5"/>
       <c r="J92" s="5" t="s">
-        <v>48</v>
+        <v>665</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>476</v>
-[...4 lines deleted...]
-        </is>
+        <v>519</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>670</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>662</v>
+        <v>671</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>663</v>
+        <v>672</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>664</v>
+        <v>673</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>665</v>
+        <v>674</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>666</v>
+        <v>675</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>667</v>
+        <v>676</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>668</v>
+        <v>677</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>669</v>
+        <v>678</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>580</v>
+        <v>647</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>566</v>
+        <v>648</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>670</v>
+        <v>679</v>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>671</v>
+        <v>680</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>673</v>
+        <v>652</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>580</v>
+        <v>647</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>566</v>
+        <v>663</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>44</v>
+        <v>679</v>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>678</v>
-[...1 lines deleted...]
-      <c r="I95" s="5"/>
+        <v>686</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>687</v>
+      </c>
       <c r="J95" s="5" t="s">
-        <v>673</v>
+        <v>652</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>680</v>
+        <v>689</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>681</v>
+        <v>690</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>682</v>
+        <v>691</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>580</v>
+        <v>647</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-        <v>683</v>
+        <v>648</v>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H96" s="5" t="s">
-        <v>684</v>
+      <c r="H96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I96" s="5"/>
       <c r="J96" s="5" t="s">
-        <v>673</v>
+        <v>652</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>43</v>
+        <v>519</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>250</v>
+        <v>15</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-        </is>
+        <v>696</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>697</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>48</v>
+        <v>700</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>15</v>
+        <v>705</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>695</v>
+        <v>648</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>696</v>
+        <v>706</v>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>697</v>
+        <v>707</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="D99" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D99" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="5" t="s">
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F99" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="F99" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>710</v>
+        <v>720</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>580</v>
+        <v>43</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>566</v>
+        <v>258</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G100" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G100" s="5" t="s">
+        <v>722</v>
       </c>
       <c r="H100" s="5" t="s">
-        <v>712</v>
-[...1 lines deleted...]
-      <c r="I100" s="5"/>
+        <v>723</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>724</v>
+      </c>
       <c r="J100" s="5" t="s">
-        <v>713</v>
+        <v>48</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>714</v>
+        <v>725</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>715</v>
+        <v>726</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>716</v>
+        <v>727</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>717</v>
+        <v>728</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>718</v>
+        <v>15</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>566</v>
+        <v>519</v>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F101" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F101" s="5" t="s">
+        <v>729</v>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>719</v>
-[...1 lines deleted...]
-      <c r="I101" s="5"/>
+        <v>730</v>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>731</v>
+      </c>
       <c r="J101" s="5" t="s">
-        <v>713</v>
+        <v>732</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>720</v>
+        <v>733</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>721</v>
+        <v>734</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>722</v>
+        <v>735</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>723</v>
+        <v>736</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>724</v>
+        <v>647</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>725</v>
+        <v>633</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>726</v>
+        <v>737</v>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>727</v>
+        <v>738</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>728</v>
+        <v>739</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>729</v>
+        <v>740</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>730</v>
+        <v>741</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>731</v>
+        <v>742</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>732</v>
+        <v>743</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>733</v>
+        <v>744</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>734</v>
+        <v>647</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>494</v>
+        <v>633</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>735</v>
+        <v>44</v>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>736</v>
-[...3 lines deleted...]
-      </c>
+        <v>745</v>
+      </c>
+      <c r="I103" s="5"/>
       <c r="J103" s="5" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>476</v>
+        <v>647</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>494</v>
+        <v>633</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>744</v>
-[...3 lines deleted...]
-      </c>
+        <v>751</v>
+      </c>
+      <c r="I104" s="5"/>
       <c r="J104" s="5" t="s">
-        <v>746</v>
+        <v>740</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>751</v>
+        <v>43</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>383</v>
-[...4 lines deleted...]
-        </is>
+        <v>258</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>752</v>
-[...1 lines deleted...]
-      <c r="I105" s="5"/>
+        <v>756</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>757</v>
+      </c>
       <c r="J105" s="5" t="s">
-        <v>753</v>
+        <v>48</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>695</v>
+        <v>762</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>758</v>
+        <v>44</v>
       </c>
       <c r="F106" s="5" t="s">
-        <v>696</v>
+        <v>763</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>766</v>
+        <v>15</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>43</v>
+        <v>762</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>767</v>
-[...1 lines deleted...]
-      <c r="F107" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="G107" s="5" t="s">
-        <v>767</v>
+      <c r="F107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>43</v>
+        <v>647</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>250</v>
+        <v>633</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>45</v>
+        <v>778</v>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G108" s="5" t="s">
-        <v>775</v>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>776</v>
-[...3 lines deleted...]
-      </c>
+        <v>779</v>
+      </c>
+      <c r="I108" s="5"/>
       <c r="J108" s="5" t="s">
-        <v>48</v>
+        <v>780</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>580</v>
+        <v>785</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>782</v>
+        <v>633</v>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>783</v>
-[...3 lines deleted...]
-      </c>
+        <v>786</v>
+      </c>
+      <c r="I109" s="5"/>
       <c r="J109" s="5" t="s">
-        <v>585</v>
+        <v>780</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>573</v>
+        <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>43</v>
+        <v>792</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>793</v>
+      </c>
+      <c r="F110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>790</v>
-[...1 lines deleted...]
-      <c r="I110" s="5"/>
+        <v>794</v>
+      </c>
+      <c r="I110" s="5" t="s">
+        <v>795</v>
+      </c>
       <c r="J110" s="5" t="s">
-        <v>344</v>
+        <v>796</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>116</v>
+        <v>801</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>795</v>
+        <v>561</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G111" s="5" t="s">
-        <v>797</v>
+      <c r="G111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>344</v>
+        <v>805</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>43</v>
+        <v>519</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>250</v>
+        <v>561</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>654</v>
+        <v>810</v>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>48</v>
+        <v>813</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>43</v>
+        <v>818</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-        <v>654</v>
+        <v>406</v>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G113" s="5" t="s">
-        <v>811</v>
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>812</v>
-[...3 lines deleted...]
-      </c>
+        <v>819</v>
+      </c>
+      <c r="I113" s="5"/>
       <c r="J113" s="5" t="s">
-        <v>344</v>
+        <v>820</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>250</v>
+        <v>762</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>818</v>
-[...7 lines deleted...]
-        <v>819</v>
+        <v>825</v>
+      </c>
+      <c r="F114" s="5" t="s">
+        <v>763</v>
+      </c>
+      <c r="G114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>820</v>
-[...1 lines deleted...]
-      <c r="I114" s="5"/>
+        <v>826</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>827</v>
+      </c>
       <c r="J114" s="5" t="s">
-        <v>48</v>
+        <v>828</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="D115" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D115" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E115" s="5" t="s">
-        <v>825</v>
-[...4 lines deleted...]
-        </is>
+        <v>834</v>
+      </c>
+      <c r="F115" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="G115" s="5" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>48</v>
+        <v>837</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>830</v>
+        <v>839</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>789</v>
+        <v>43</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>405</v>
+        <v>258</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-        <v>834</v>
+        <v>45</v>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G116" s="5" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>344</v>
+        <v>48</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>842</v>
+        <v>647</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>843</v>
+        <v>648</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>44</v>
+        <v>849</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G117" s="5" t="s">
-        <v>844</v>
+      <c r="G117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>847</v>
+        <v>652</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>14</v>
+        <v>640</v>
       </c>
       <c r="C118" s="5" t="s">
+        <v>856</v>
+      </c>
+      <c r="D118" s="5" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="E118" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="F118" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>852</v>
+      <c r="F118" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>853</v>
-[...3 lines deleted...]
-      </c>
+        <v>857</v>
+      </c>
+      <c r="I118" s="5"/>
       <c r="J118" s="5" t="s">
-        <v>48</v>
+        <v>352</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>250</v>
+        <v>116</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>859</v>
-[...4 lines deleted...]
-        </is>
+        <v>862</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>863</v>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="H119" s="5" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>867</v>
+        <v>721</v>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G120" s="5" t="s">
-        <v>868</v>
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="I120" s="5" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="J120" s="5" t="s">
         <v>48</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>250</v>
+        <v>43</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>877</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>721</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G121" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G121" s="5" t="s">
+        <v>878</v>
       </c>
       <c r="H121" s="5" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="J121" s="5" t="s">
-        <v>48</v>
+        <v>352</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>250</v>
+        <v>43</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>258</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>885</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G122" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G122" s="5" t="s">
+        <v>886</v>
       </c>
       <c r="H122" s="5" t="s">
-        <v>881</v>
-[...3 lines deleted...]
-      </c>
+        <v>887</v>
+      </c>
+      <c r="I122" s="5"/>
       <c r="J122" s="5" t="s">
         <v>48</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>250</v>
+        <v>43</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>859</v>
+        <v>258</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="H123" s="5" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>344</v>
+        <v>48</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>250</v>
+        <v>856</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>859</v>
-[...14 lines deleted...]
-        </is>
+        <v>435</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>900</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="G124" s="5" t="s">
+        <v>902</v>
       </c>
       <c r="H124" s="5" t="s">
-        <v>895</v>
+        <v>903</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>896</v>
+        <v>904</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>897</v>
+        <v>905</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>899</v>
+        <v>907</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>900</v>
+        <v>908</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>901</v>
+        <v>909</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>43</v>
+        <v>910</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>902</v>
+        <v>44</v>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
       <c r="H125" s="5" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>905</v>
+        <v>913</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>344</v>
+        <v>914</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>906</v>
+        <v>915</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>907</v>
+        <v>916</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>908</v>
+        <v>917</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>909</v>
+        <v>918</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>250</v>
+        <v>43</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>859</v>
-[...4 lines deleted...]
-        </is>
+        <v>258</v>
+      </c>
+      <c r="E126" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G126" s="5" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
       <c r="H126" s="5" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>912</v>
+        <v>921</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>344</v>
+        <v>48</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>913</v>
+        <v>922</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>915</v>
+        <v>924</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>43</v>
+        <v>258</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>250</v>
-[...5 lines deleted...]
-        <v>917</v>
+        <v>926</v>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G127" s="5" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
       <c r="H127" s="5" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>922</v>
+        <v>931</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>923</v>
+        <v>932</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>917</v>
+        <v>934</v>
+      </c>
+      <c r="F128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G128" s="5" t="s">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="H128" s="5" t="s">
-        <v>926</v>
+        <v>936</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>927</v>
+        <v>937</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>344</v>
+        <v>48</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>928</v>
+        <v>938</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>929</v>
+        <v>939</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>930</v>
+        <v>940</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>931</v>
+        <v>941</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="D129" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D129" s="5" t="s">
-[...9 lines deleted...]
-        <v>932</v>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>344</v>
+        <v>48</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>936</v>
+        <v>945</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="D130" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D130" s="5" t="s">
-[...9 lines deleted...]
-        <v>939</v>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>940</v>
+        <v>948</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>344</v>
+        <v>48</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>943</v>
+        <v>951</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>43</v>
+        <v>258</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>250</v>
+        <v>926</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>917</v>
+        <v>954</v>
+      </c>
+      <c r="F131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G131" s="5" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="H131" s="5" t="s">
-        <v>947</v>
+        <v>956</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>949</v>
+        <v>958</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>950</v>
+        <v>959</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>951</v>
+        <v>960</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>945</v>
+        <v>961</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>859</v>
+        <v>926</v>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>952</v>
+        <v>962</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>953</v>
+        <v>963</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>954</v>
+        <v>964</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>955</v>
+        <v>965</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>956</v>
+        <v>966</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>957</v>
+        <v>967</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
+        <v>968</v>
+      </c>
+      <c r="D133" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D133" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E133" s="5" t="s">
-        <v>45</v>
+        <v>969</v>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G133" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G133" s="5" t="s">
+        <v>970</v>
       </c>
       <c r="H133" s="5" t="s">
-        <v>958</v>
+        <v>971</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>959</v>
+        <v>972</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>960</v>
+        <v>973</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>961</v>
+        <v>974</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>962</v>
+        <v>975</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>963</v>
+        <v>976</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>43</v>
+        <v>258</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>926</v>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G134" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G134" s="5" t="s">
+        <v>977</v>
       </c>
       <c r="H134" s="5" t="s">
-        <v>964</v>
+        <v>978</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>965</v>
+        <v>979</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>966</v>
+        <v>980</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>967</v>
+        <v>981</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>968</v>
+        <v>982</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>969</v>
+        <v>983</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="E135" s="5" t="s">
         <v>45</v>
       </c>
       <c r="F135" s="5" t="s">
-        <v>917</v>
+        <v>984</v>
       </c>
       <c r="G135" s="5" t="s">
-        <v>970</v>
+        <v>985</v>
       </c>
       <c r="H135" s="5" t="s">
-        <v>971</v>
+        <v>986</v>
       </c>
       <c r="I135" s="5" t="s">
-        <v>972</v>
+        <v>987</v>
       </c>
       <c r="J135" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>973</v>
+        <v>988</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>974</v>
+        <v>989</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>975</v>
+        <v>990</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>969</v>
+        <v>991</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>250</v>
+        <v>43</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>43</v>
+        <v>258</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>917</v>
+        <v>45</v>
       </c>
       <c r="F136" s="5" t="s">
-        <v>45</v>
-[...4 lines deleted...]
-        </is>
+        <v>984</v>
+      </c>
+      <c r="G136" s="5" t="s">
+        <v>992</v>
       </c>
       <c r="H136" s="5" t="s">
-        <v>976</v>
+        <v>993</v>
       </c>
       <c r="I136" s="5" t="s">
-        <v>977</v>
+        <v>994</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>978</v>
+        <v>995</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>979</v>
+        <v>996</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>981</v>
+        <v>998</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>859</v>
+        <v>258</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>982</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="F137" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="G137" s="5" t="s">
-        <v>983</v>
+        <v>999</v>
       </c>
       <c r="H137" s="5" t="s">
-        <v>984</v>
+        <v>1000</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>985</v>
+        <v>1001</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>986</v>
+        <v>1002</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>987</v>
+        <v>1003</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>988</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>981</v>
+        <v>1005</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>982</v>
+        <v>45</v>
       </c>
       <c r="F138" s="5" t="s">
-        <v>917</v>
+        <v>984</v>
       </c>
       <c r="G138" s="5" t="s">
-        <v>989</v>
+        <v>1006</v>
       </c>
       <c r="H138" s="5" t="s">
-        <v>990</v>
+        <v>1007</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>991</v>
+        <v>1008</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>992</v>
+        <v>1009</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>993</v>
+        <v>1010</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>994</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>995</v>
+        <v>1012</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>250</v>
+        <v>43</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>43</v>
+        <v>258</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>917</v>
+        <v>45</v>
       </c>
       <c r="F139" s="5" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="G139" s="5" t="s">
-        <v>996</v>
+        <v>1013</v>
       </c>
       <c r="H139" s="5" t="s">
-        <v>997</v>
+        <v>1014</v>
       </c>
       <c r="I139" s="5" t="s">
-        <v>998</v>
+        <v>1015</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>999</v>
+        <v>1016</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>1000</v>
+        <v>1017</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>1001</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>1002</v>
+        <v>1012</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>1003</v>
+        <v>258</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>43</v>
+        <v>926</v>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>1004</v>
+        <v>1019</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>1005</v>
+        <v>1020</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>1006</v>
+        <v>1021</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>1007</v>
+        <v>1022</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>1008</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>1009</v>
+        <v>1024</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>1003</v>
+        <v>43</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>1010</v>
-[...5 lines deleted...]
-        <v>1012</v>
+        <v>45</v>
+      </c>
+      <c r="F141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>43</v>
+        <v>1025</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>1013</v>
+        <v>1026</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>1014</v>
+        <v>1027</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>1015</v>
+        <v>1028</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>1016</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>1017</v>
+        <v>1030</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>250</v>
+        <v>43</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>859</v>
-[...4 lines deleted...]
-        </is>
+        <v>258</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G142" s="5" t="s">
-        <v>1018</v>
+      <c r="G142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>1019</v>
+        <v>1031</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>1020</v>
+        <v>1032</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>1021</v>
+        <v>1033</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>1022</v>
+        <v>1034</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>1023</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>1024</v>
+        <v>1036</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>475</v>
+        <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D143" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="D143" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="E143" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F143" s="5" t="s">
+        <v>984</v>
+      </c>
+      <c r="G143" s="5" t="s">
+        <v>1037</v>
       </c>
       <c r="H143" s="5" t="s">
-        <v>1025</v>
-[...10 lines deleted...]
-        </is>
+        <v>1038</v>
+      </c>
+      <c r="I143" s="5" t="s">
+        <v>1039</v>
+      </c>
+      <c r="J143" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="K143" s="5" t="s">
+        <v>1040</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>1026</v>
-[...1 lines deleted...]
-      <c r="M143" s="5"/>
+        <v>1041</v>
+      </c>
+      <c r="M143" s="5" t="s">
+        <v>1042</v>
+      </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>1027</v>
+        <v>1036</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>475</v>
+        <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="D144" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D144" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="E144" s="5" t="s">
+        <v>984</v>
+      </c>
+      <c r="F144" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>1028</v>
-[...10 lines deleted...]
-        </is>
+        <v>1043</v>
+      </c>
+      <c r="I144" s="5" t="s">
+        <v>1044</v>
+      </c>
+      <c r="J144" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="K144" s="5" t="s">
+        <v>1045</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>1029</v>
-[...1 lines deleted...]
-      <c r="M144" s="5"/>
+        <v>1046</v>
+      </c>
+      <c r="M144" s="5" t="s">
+        <v>1047</v>
+      </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1030</v>
+        <v>1048</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>475</v>
+        <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D145" s="5" t="s">
+        <v>926</v>
+      </c>
+      <c r="E145" s="5" t="s">
+        <v>1049</v>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G145" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G145" s="5" t="s">
+        <v>1050</v>
       </c>
       <c r="H145" s="5" t="s">
-        <v>1031</v>
-[...10 lines deleted...]
-        </is>
+        <v>1051</v>
+      </c>
+      <c r="I145" s="5" t="s">
+        <v>1052</v>
+      </c>
+      <c r="J145" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="K145" s="5" t="s">
+        <v>1053</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>1032</v>
-[...1 lines deleted...]
-      <c r="M145" s="5"/>
+        <v>1054</v>
+      </c>
+      <c r="M145" s="5" t="s">
+        <v>1055</v>
+      </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1033</v>
+        <v>1048</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>475</v>
+        <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D146" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="D146" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="E146" s="5" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F146" s="5" t="s">
+        <v>984</v>
+      </c>
+      <c r="G146" s="5" t="s">
+        <v>1056</v>
       </c>
       <c r="H146" s="5" t="s">
-        <v>1034</v>
-[...10 lines deleted...]
-        </is>
+        <v>1057</v>
+      </c>
+      <c r="I146" s="5" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J146" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="K146" s="5" t="s">
+        <v>1059</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>1035</v>
-[...1 lines deleted...]
-      <c r="M146" s="5"/>
+        <v>1060</v>
+      </c>
+      <c r="M146" s="5" t="s">
+        <v>1061</v>
+      </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>1036</v>
+        <v>1062</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>475</v>
+        <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="D147" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D147" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="E147" s="5" t="s">
+        <v>984</v>
+      </c>
+      <c r="F147" s="5" t="s">
+        <v>1049</v>
+      </c>
+      <c r="G147" s="5" t="s">
+        <v>1063</v>
       </c>
       <c r="H147" s="5" t="s">
-        <v>1037</v>
-[...10 lines deleted...]
-        </is>
+        <v>1064</v>
+      </c>
+      <c r="I147" s="5" t="s">
+        <v>1065</v>
+      </c>
+      <c r="J147" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="K147" s="5" t="s">
+        <v>1066</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1038</v>
-[...1 lines deleted...]
-      <c r="M147" s="5"/>
+        <v>1067</v>
+      </c>
+      <c r="M147" s="5" t="s">
+        <v>1068</v>
+      </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1039</v>
+        <v>1069</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>475</v>
+        <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D148" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D148" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>1040</v>
-[...10 lines deleted...]
-        </is>
+        <v>1071</v>
+      </c>
+      <c r="I148" s="5" t="s">
+        <v>1072</v>
+      </c>
+      <c r="J148" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="K148" s="5" t="s">
+        <v>1073</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1041</v>
-[...1 lines deleted...]
-      <c r="M148" s="5"/>
+        <v>1074</v>
+      </c>
+      <c r="M148" s="5" t="s">
+        <v>1075</v>
+      </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1042</v>
+        <v>1076</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>250</v>
+        <v>1070</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>859</v>
-[...14 lines deleted...]
-        </is>
+        <v>258</v>
+      </c>
+      <c r="E149" s="5" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F149" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G149" s="5" t="s">
+        <v>1079</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1043</v>
+        <v>43</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>1044</v>
+        <v>1080</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>1045</v>
+        <v>1081</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1046</v>
+        <v>1082</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1047</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1048</v>
+        <v>1084</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>1049</v>
+        <v>258</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>859</v>
-[...5 lines deleted...]
-        <v>44</v>
+        <v>926</v>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G150" s="5" t="s">
-        <v>1051</v>
+        <v>1085</v>
       </c>
       <c r="H150" s="5" t="s">
-        <v>1052</v>
+        <v>1086</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>1053</v>
+        <v>1087</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1054</v>
+        <v>1088</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1055</v>
+        <v>1089</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1056</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1057</v>
+        <v>1091</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>14</v>
+        <v>518</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D151" s="5" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="D151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1058</v>
-[...8 lines deleted...]
-        <v>1060</v>
+        <v>1092</v>
+      </c>
+      <c r="I151" s="5"/>
+      <c r="J151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1061</v>
-[...3 lines deleted...]
-      </c>
+        <v>1093</v>
+      </c>
+      <c r="M151" s="5"/>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1063</v>
+        <v>1094</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>14</v>
+        <v>518</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>1064</v>
-[...1 lines deleted...]
-      <c r="D152" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E152" s="5" t="s">
-[...6 lines deleted...]
-        <v>1066</v>
+      <c r="D152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>1067</v>
+        <v>1095</v>
       </c>
       <c r="I152" s="5"/>
-      <c r="J152" s="5" t="s">
-[...3 lines deleted...]
-        <v>1068</v>
+      <c r="J152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1069</v>
-[...3 lines deleted...]
-      </c>
+        <v>1096</v>
+      </c>
+      <c r="M152" s="5"/>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1071</v>
+        <v>1097</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>14</v>
+        <v>518</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D153" s="5" t="s">
-[...3 lines deleted...]
-        <v>1050</v>
+      <c r="D153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1072</v>
-[...8 lines deleted...]
-        <v>1074</v>
+        <v>1098</v>
+      </c>
+      <c r="I153" s="5"/>
+      <c r="J153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1075</v>
-[...3 lines deleted...]
-      </c>
+        <v>1099</v>
+      </c>
+      <c r="M153" s="5"/>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1077</v>
+        <v>1100</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>14</v>
+        <v>518</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>43</v>
+      </c>
+      <c r="D154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1078</v>
-[...8 lines deleted...]
-        <v>1081</v>
+        <v>1101</v>
+      </c>
+      <c r="I154" s="5"/>
+      <c r="J154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1082</v>
-[...3 lines deleted...]
-      </c>
+        <v>1102</v>
+      </c>
+      <c r="M154" s="5"/>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1084</v>
+        <v>1103</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>14</v>
+        <v>518</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>1085</v>
-[...1 lines deleted...]
-      <c r="D155" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E155" s="5" t="s">
-        <v>1086</v>
+      <c r="D155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G155" s="5" t="s">
-        <v>1087</v>
+      <c r="G155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1088</v>
+        <v>1104</v>
       </c>
       <c r="I155" s="5"/>
-      <c r="J155" s="5" t="s">
-[...3 lines deleted...]
-        <v>1089</v>
+      <c r="J155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1090</v>
-[...3 lines deleted...]
-      </c>
+        <v>1105</v>
+      </c>
+      <c r="M155" s="5"/>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1092</v>
+        <v>1106</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>14</v>
+        <v>518</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>1093</v>
-[...1 lines deleted...]
-      <c r="D156" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E156" s="5" t="s">
-        <v>45</v>
+      <c r="D156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G156" s="5" t="s">
-        <v>1094</v>
+      <c r="G156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1095</v>
-[...8 lines deleted...]
-        <v>1097</v>
+        <v>1107</v>
+      </c>
+      <c r="I156" s="5"/>
+      <c r="J156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1098</v>
-[...3 lines deleted...]
-      </c>
+        <v>1108</v>
+      </c>
+      <c r="M156" s="5"/>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1100</v>
+        <v>1109</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>1101</v>
+        <v>258</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>795</v>
+        <v>926</v>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1102</v>
+        <v>1110</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>1103</v>
+        <v>1111</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>1104</v>
+        <v>352</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1105</v>
+        <v>1112</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1106</v>
+        <v>1113</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1107</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1108</v>
+        <v>1115</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>789</v>
+        <v>1116</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>795</v>
+        <v>926</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>1109</v>
-[...9 lines deleted...]
-        </is>
+        <v>1117</v>
+      </c>
+      <c r="F158" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G158" s="5" t="s">
+        <v>1118</v>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1110</v>
-[...1 lines deleted...]
-      <c r="I158" s="5"/>
+        <v>1119</v>
+      </c>
+      <c r="I158" s="5" t="s">
+        <v>1120</v>
+      </c>
       <c r="J158" s="5" t="s">
-        <v>1111</v>
+        <v>352</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1112</v>
+        <v>1121</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1113</v>
+        <v>1122</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1114</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1115</v>
+        <v>1124</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>494</v>
+        <v>43</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>476</v>
+        <v>258</v>
       </c>
       <c r="E159" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="F159" s="5" t="s">
-        <v>1116</v>
+      <c r="F159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1117</v>
+        <v>1125</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>1119</v>
+        <v>48</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1120</v>
+        <v>1127</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1121</v>
+        <v>1128</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1122</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1123</v>
+        <v>1130</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>476</v>
+        <v>1131</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>494</v>
+        <v>43</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>1011</v>
+        <v>1132</v>
       </c>
       <c r="F160" s="5" t="s">
-        <v>1124</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="G160" s="5" t="s">
+        <v>1133</v>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1125</v>
-[...3 lines deleted...]
-      </c>
+        <v>1134</v>
+      </c>
+      <c r="I160" s="5"/>
       <c r="J160" s="5" t="s">
-        <v>1127</v>
+        <v>837</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1128</v>
+        <v>1135</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1129</v>
+        <v>1136</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1130</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1131</v>
+        <v>1138</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>580</v>
+        <v>519</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>782</v>
+        <v>288</v>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1132</v>
+        <v>1139</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1133</v>
+        <v>1140</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>585</v>
+        <v>1141</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1135</v>
+        <v>1143</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1136</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>580</v>
+        <v>1146</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>596</v>
+        <v>43</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>782</v>
+        <v>1147</v>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G162" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G162" s="5" t="s">
+        <v>1148</v>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1138</v>
-[...3 lines deleted...]
-      </c>
+        <v>1149</v>
+      </c>
+      <c r="I162" s="5"/>
       <c r="J162" s="5" t="s">
-        <v>585</v>
+        <v>352</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1140</v>
+        <v>1150</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1141</v>
+        <v>1151</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1142</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1143</v>
+        <v>1153</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>751</v>
+        <v>1154</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>1101</v>
-[...4 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="E163" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G163" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G163" s="5" t="s">
+        <v>1155</v>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1144</v>
+        <v>1156</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>1145</v>
+        <v>1157</v>
       </c>
       <c r="J163" s="5" t="s">
-        <v>1104</v>
+        <v>352</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1146</v>
+        <v>1158</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1147</v>
+        <v>1159</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1148</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1149</v>
+        <v>1161</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>580</v>
+        <v>1162</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>581</v>
+        <v>862</v>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G164" s="5" t="s">
-        <v>1150</v>
+      <c r="G164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1151</v>
+        <v>1163</v>
       </c>
       <c r="I164" s="5" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="J164" s="5" t="s">
-        <v>585</v>
+        <v>1165</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1153</v>
+        <v>1166</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1154</v>
+        <v>1167</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1155</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1156</v>
+        <v>1169</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>494</v>
+        <v>856</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>476</v>
+        <v>862</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>1157</v>
+        <v>1170</v>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1158</v>
-[...3 lines deleted...]
-      </c>
+        <v>1171</v>
+      </c>
+      <c r="I165" s="5"/>
       <c r="J165" s="5" t="s">
-        <v>1160</v>
+        <v>1172</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1161</v>
+        <v>1173</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1162</v>
+        <v>1174</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1163</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1164</v>
+        <v>1176</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>1165</v>
+        <v>561</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>43</v>
-[...9 lines deleted...]
-        </is>
+        <v>519</v>
+      </c>
+      <c r="E166" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F166" s="5" t="s">
+        <v>1177</v>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>859</v>
+        <v>1178</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>1166</v>
+        <v>1179</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>1167</v>
+        <v>1180</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1168</v>
+        <v>1181</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1169</v>
+        <v>1182</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1170</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1171</v>
+        <v>1184</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>280</v>
+        <v>519</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>476</v>
+        <v>561</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>1172</v>
-[...4 lines deleted...]
-        </is>
+        <v>1078</v>
+      </c>
+      <c r="F167" s="5" t="s">
+        <v>1185</v>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1173</v>
+        <v>1186</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1174</v>
+        <v>1187</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>1175</v>
+        <v>1188</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1176</v>
+        <v>1189</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1177</v>
+        <v>1190</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1178</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1179</v>
+        <v>1192</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>494</v>
+        <v>647</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>476</v>
+        <v>663</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>1157</v>
-[...2 lines deleted...]
-        <v>1180</v>
+        <v>849</v>
+      </c>
+      <c r="F168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1181</v>
+        <v>1193</v>
       </c>
       <c r="I168" s="5" t="s">
-        <v>1182</v>
+        <v>1194</v>
       </c>
       <c r="J168" s="5" t="s">
-        <v>1183</v>
+        <v>652</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1184</v>
+        <v>1195</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1185</v>
+        <v>1196</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1186</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1187</v>
+        <v>1198</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>789</v>
+        <v>647</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>1188</v>
+        <v>663</v>
       </c>
       <c r="E169" s="5" t="s">
-        <v>1189</v>
+        <v>849</v>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1190</v>
+        <v>1199</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1191</v>
+        <v>1200</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>1192</v>
+        <v>652</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1193</v>
+        <v>1201</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1194</v>
+        <v>1202</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1195</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1196</v>
+        <v>1204</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>494</v>
+        <v>818</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-        <v>1172</v>
+        <v>1162</v>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
       <c r="I170" s="5" t="s">
-        <v>1198</v>
+        <v>1206</v>
       </c>
       <c r="J170" s="5" t="s">
-        <v>1199</v>
+        <v>1165</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1200</v>
+        <v>1207</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1201</v>
+        <v>1208</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1202</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1203</v>
+        <v>1210</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>476</v>
+        <v>647</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>494</v>
-[...10 lines deleted...]
-        </is>
+        <v>648</v>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G171" s="5" t="s">
+        <v>1211</v>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1204</v>
+        <v>1212</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>1205</v>
+        <v>1213</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>1206</v>
+        <v>652</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1207</v>
+        <v>1214</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1208</v>
+        <v>1215</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1209</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1210</v>
+        <v>1217</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>43</v>
+        <v>561</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>1211</v>
+        <v>519</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>1212</v>
+        <v>1218</v>
+      </c>
+      <c r="F172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1214</v>
+        <v>1220</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>1104</v>
+        <v>1221</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1215</v>
+        <v>1222</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1216</v>
+        <v>1223</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1217</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1218</v>
+        <v>1225</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>1219</v>
+        <v>1226</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>795</v>
+        <v>43</v>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1220</v>
+        <v>926</v>
       </c>
       <c r="I173" s="5" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="J173" s="5" t="s">
-        <v>1104</v>
+        <v>1228</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1223</v>
+        <v>1230</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1224</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1225</v>
+        <v>1232</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>249</v>
+        <v>288</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>795</v>
-[...4 lines deleted...]
-        </is>
+        <v>519</v>
+      </c>
+      <c r="E174" s="5" t="s">
+        <v>1233</v>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1226</v>
+        <v>1234</v>
       </c>
       <c r="I174" s="5" t="s">
-        <v>1227</v>
+        <v>1235</v>
       </c>
       <c r="J174" s="5" t="s">
-        <v>1104</v>
+        <v>1236</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1228</v>
+        <v>1237</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1229</v>
+        <v>1238</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1230</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>494</v>
+        <v>519</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>476</v>
+        <v>561</v>
       </c>
       <c r="E175" s="5" t="s">
-        <v>1157</v>
+        <v>1078</v>
       </c>
       <c r="F175" s="5" t="s">
-        <v>1232</v>
+        <v>1241</v>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1233</v>
+        <v>1242</v>
       </c>
       <c r="I175" s="5" t="s">
-        <v>1234</v>
+        <v>1243</v>
       </c>
       <c r="J175" s="5" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1236</v>
+        <v>1245</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1237</v>
+        <v>1246</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1238</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1239</v>
+        <v>1248</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>494</v>
+        <v>561</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>476</v>
+        <v>519</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>1157</v>
+        <v>1218</v>
       </c>
       <c r="F176" s="5" t="s">
-        <v>1232</v>
+        <v>1249</v>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1240</v>
-[...1 lines deleted...]
-      <c r="I176" s="5"/>
+        <v>1250</v>
+      </c>
+      <c r="I176" s="5" t="s">
+        <v>1251</v>
+      </c>
       <c r="J176" s="5" t="s">
-        <v>1241</v>
+        <v>1252</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1242</v>
+        <v>1253</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1243</v>
+        <v>1254</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1244</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1245</v>
+        <v>1256</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>494</v>
+        <v>856</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>476</v>
+        <v>1257</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>1157</v>
-[...2 lines deleted...]
-        <v>1232</v>
+        <v>1258</v>
+      </c>
+      <c r="F177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H177" s="5" t="s">
-        <v>1246</v>
+        <v>1259</v>
       </c>
       <c r="I177" s="5" t="s">
-        <v>1247</v>
+        <v>1260</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>1248</v>
+        <v>1261</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1249</v>
+        <v>1262</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1250</v>
+        <v>1263</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1251</v>
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="5" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C178" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="D178" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="E178" s="5" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H178" s="5" t="s">
+        <v>1266</v>
+      </c>
+      <c r="I178" s="5" t="s">
+        <v>1267</v>
+      </c>
+      <c r="J178" s="5" t="s">
+        <v>1268</v>
+      </c>
+      <c r="K178" s="5" t="s">
+        <v>1269</v>
+      </c>
+      <c r="L178" s="6" t="s">
+        <v>1270</v>
+      </c>
+      <c r="M178" s="5" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="5" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B179" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C179" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="D179" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="E179" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F179" s="5" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H179" s="5" t="s">
+        <v>1273</v>
+      </c>
+      <c r="I179" s="5" t="s">
+        <v>1274</v>
+      </c>
+      <c r="J179" s="5" t="s">
+        <v>1275</v>
+      </c>
+      <c r="K179" s="5" t="s">
+        <v>1276</v>
+      </c>
+      <c r="L179" s="6" t="s">
+        <v>1277</v>
+      </c>
+      <c r="M179" s="5" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="5" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B180" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C180" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D180" s="5" t="s">
+        <v>1280</v>
+      </c>
+      <c r="E180" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F180" s="5" t="s">
+        <v>1281</v>
+      </c>
+      <c r="G180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H180" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="I180" s="5" t="s">
+        <v>1283</v>
+      </c>
+      <c r="J180" s="5" t="s">
+        <v>1165</v>
+      </c>
+      <c r="K180" s="5" t="s">
+        <v>1284</v>
+      </c>
+      <c r="L180" s="6" t="s">
+        <v>1285</v>
+      </c>
+      <c r="M180" s="5" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="5" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C181" s="5" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D181" s="5" t="s">
+        <v>862</v>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H181" s="5" t="s">
+        <v>1289</v>
+      </c>
+      <c r="I181" s="5" t="s">
+        <v>1290</v>
+      </c>
+      <c r="J181" s="5" t="s">
+        <v>1165</v>
+      </c>
+      <c r="K181" s="5" t="s">
+        <v>1291</v>
+      </c>
+      <c r="L181" s="6" t="s">
+        <v>1292</v>
+      </c>
+      <c r="M181" s="5" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="5" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C182" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>862</v>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H182" s="5" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I182" s="5" t="s">
+        <v>1296</v>
+      </c>
+      <c r="J182" s="5" t="s">
+        <v>1165</v>
+      </c>
+      <c r="K182" s="5" t="s">
+        <v>1297</v>
+      </c>
+      <c r="L182" s="6" t="s">
+        <v>1298</v>
+      </c>
+      <c r="M182" s="5" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="5" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C183" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="E183" s="5" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F183" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="G183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H183" s="5" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I183" s="5" t="s">
+        <v>1303</v>
+      </c>
+      <c r="J183" s="5" t="s">
+        <v>1304</v>
+      </c>
+      <c r="K183" s="5" t="s">
+        <v>1305</v>
+      </c>
+      <c r="L183" s="6" t="s">
+        <v>1306</v>
+      </c>
+      <c r="M183" s="5" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="5" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="E184" s="5" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F184" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="G184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H184" s="5" t="s">
+        <v>1309</v>
+      </c>
+      <c r="I184" s="5"/>
+      <c r="J184" s="5" t="s">
+        <v>1310</v>
+      </c>
+      <c r="K184" s="5" t="s">
+        <v>1311</v>
+      </c>
+      <c r="L184" s="6" t="s">
+        <v>1312</v>
+      </c>
+      <c r="M184" s="5" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="5" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C185" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="D185" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F185" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="G185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H185" s="5" t="s">
+        <v>1315</v>
+      </c>
+      <c r="I185" s="5" t="s">
+        <v>1316</v>
+      </c>
+      <c r="J185" s="5" t="s">
+        <v>1317</v>
+      </c>
+      <c r="K185" s="5" t="s">
+        <v>1318</v>
+      </c>
+      <c r="L185" s="6" t="s">
+        <v>1319</v>
+      </c>
+      <c r="M185" s="5" t="s">
+        <v>1320</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -16059,44 +17010,52 @@
     <hyperlink ref="M153" r:id="rId158"/>
     <hyperlink ref="M154" r:id="rId159"/>
     <hyperlink ref="M155" r:id="rId160"/>
     <hyperlink ref="M156" r:id="rId161"/>
     <hyperlink ref="M157" r:id="rId162"/>
     <hyperlink ref="M158" r:id="rId163"/>
     <hyperlink ref="M159" r:id="rId164"/>
     <hyperlink ref="M160" r:id="rId165"/>
     <hyperlink ref="M161" r:id="rId166"/>
     <hyperlink ref="M162" r:id="rId167"/>
     <hyperlink ref="M163" r:id="rId168"/>
     <hyperlink ref="M164" r:id="rId169"/>
     <hyperlink ref="M165" r:id="rId170"/>
     <hyperlink ref="M166" r:id="rId171"/>
     <hyperlink ref="M167" r:id="rId172"/>
     <hyperlink ref="M168" r:id="rId173"/>
     <hyperlink ref="M169" r:id="rId174"/>
     <hyperlink ref="M170" r:id="rId175"/>
     <hyperlink ref="M171" r:id="rId176"/>
     <hyperlink ref="M172" r:id="rId177"/>
     <hyperlink ref="M173" r:id="rId178"/>
     <hyperlink ref="M174" r:id="rId179"/>
     <hyperlink ref="M175" r:id="rId180"/>
     <hyperlink ref="M176" r:id="rId181"/>
     <hyperlink ref="M177" r:id="rId182"/>
+    <hyperlink ref="M178" r:id="rId183"/>
+    <hyperlink ref="M179" r:id="rId184"/>
+    <hyperlink ref="M180" r:id="rId185"/>
+    <hyperlink ref="M181" r:id="rId186"/>
+    <hyperlink ref="M182" r:id="rId187"/>
+    <hyperlink ref="M183" r:id="rId188"/>
+    <hyperlink ref="M184" r:id="rId189"/>
+    <hyperlink ref="M185" r:id="rId190"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>