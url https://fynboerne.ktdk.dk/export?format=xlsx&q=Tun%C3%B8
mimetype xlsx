--- v0 (2025-10-02)
+++ v1 (2026-01-15)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1055" uniqueCount="686" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1122" uniqueCount="736" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1099,102 +1099,154 @@
 Vilhelm Larsen
 Vilhelm Larsen, Georgs søn</t>
   </si>
   <si>
     <t>Johannes Larsen er i København og arbejder hos Joakim Skovgaard.
 Marie Larsen har 1897-98 arbejdet på Nedergaard ved Kolding.
 Christine Swane boede i perioder på Værnehjemmet Bethania, Helgolandsgade 8, København.</t>
   </si>
   <si>
     <t>Kerteminde Egns - og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Marie hjælper på Nedergaard i forbindelse med en begravelse. IA Larsen og Agraren skal se på en plads på en gård i Lindved. Pengene til Bisse er forsinkede. Christine Swane må gerne tage et eneværelse på værnehjemmet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xYmc</t>
   </si>
   <si>
     <t>Kjære Christine!
 I al Hast et lille Ord for at sige Dig at vi ere raske – lille Vilhelm har nu faaet Lov at faa lidt Havresuppe og i morgen Mælk igaar var han saa daarlig at Georg kom farende ned - vil du ikke komme op Mor Marie er så bedrøvet for lille Ville - han rigtignok ogsaa medtaget ud, men Doktoren kom idet samme og han hostede godt det er kun Tænderne der gjør ham daarlig nu har han ogsaa en hel Mængde han er bleven klippet det klæder ham ikke godt her er 2 Lokker til Dig og Marie men i Øjeblikket ved jeg ikke hvor de er – Her er ingen hjemme andre end mig – Igaarmorges kaldte de fra Neergaard gamle Allerup døde jo i Gaarmorges og saa bad de om at laane hende til Begravelsen er overstaet vi synes ikke vi kunne sige Nej og hun er allerede rejst Kl 10 i Formiddag Faer havde Ærinde til Odense – og de vil saa paa Hjemturen om ad Lindeved og se om den Plads kan bruges til Agraren de skulde allerede have været derhen i Tirsdags men Adolph har ligget nogle Dage og han skulde dog med, han har været oppe i et Par Dage og da Vejret er saa godt i dag mente vi ikke at det kunde gjøre ham noget – Laurentius Allerup kjørte med til Odense Hils dog Bisse fra mig saadan pludselige Dødsfald er altid tunge jeg troede jeg skulde have sendt hende Penge i dag, men han den er ikke kommen endnu saa bliver det for sent saa maa vi vente til i morgen Christine lille jeg burde jo først have skreven til dig et Svar paa dit Spørgsmaal om Værelset Du maa saa gjerne bestille Dig et Eneværelse enten Du vil til 36 eller 38 hvilket der passer Dig bedst – Det er noget Fader længe har talt om til Marts skal du saa nok faa en Seddel
 Her var et lille Brev iaftes fra Vilhelm hils ham ogsaa Johannes som jeg i mange Dage har ventet et Brev fra
 Ja nu maa jeg slutte men saa skal der nok komme et Brev en anden Dag
 Hils Alle dog mest Du lille gode Pige gud Fader bevare og velsigne Eder Alle Din Moder</t>
   </si>
   <si>
+    <t>1899-5</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Bellevue St. 27</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Julie Brandt
+Thora  Branner
+Harald Hirschsprung
+Andreas Larsen
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Schofield
+Hempel Syberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899, og de boede sammen i Boston. De første par år delte parret hus med Harris' familie, og det gik ikkke godt. 
+Harris havde en doktorgrad i kemi fra Harvard. Han havde en lungesygdom og døde tidligt. 
+Den lille dreng er Alhed og Johannes Larsens første søn, som blev født 12. maj 1899. Der var en tid planer om, at han skulle hedde Jeppe. - Dede var Ellen Sawyer og Alhed Larsens bror Andreas. 
+Mr. Mark, Mr. og Mrs. Hall, Dr. Andrw og Angelica kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1591</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer glæder sig til at se den lille dreng, som hun ønsker alt godt. 
+Det er sjovt, at Dudley Pray er populær.
+Vejret er godt, og luften er ikke så tung, så Harris Sawyer hoster ikke meget. Hans mave gør knuder hver måned omkring den 1., så det skyldes nok nervøsitet pga. husleje og andre regninger. Helt rask bliver han dog næppe, før de slipper for at bo sammen med hans familie. Ellen og Harris vil gerne have et pænt og sirligt hjem, men de er på dette område i mindretal i forhold til Harris' familie.
+Ellen og Harris tager på udflugter i weekenden. De har været på en ø med et fort og på Nantucket. En dag var de i Cambridge på besøg hos flere af Harris' gamle lærere og studiekammerater. Harris udviste stor stolthed over at være blevet gift.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hOav</t>
+  </si>
+  <si>
+    <t>Bellevue St. 27
+Kære Mor!
+Dine Breve kommer meget regelmæssigt Mandag Morg. [”Mandag Morg.” indsat over linjen] og jeg har lige nydt ét. Hvor den lille Dreng må være yndig og hvor jeg dog længes efter at se ham. Dette Brev vil formodentlig komme lige til hans Daab, - jeg ved ikke om man bruger at lykønske ved den Lejlighed, men Skade kan det jo aldrig og vist er det at jeg ønsker lille Jeppe alt det gode der er til på hans Løbebane. Jeg vil ønske, at han skal døbes Andreas, - det er et kønt Navn, - hvis vi nogen sinde skal være så heldige at få en Dreng skal han hedde Andreas efter Onkel Dede. – Der har nok ordentlig været en bevæget Tid på Haabet, - jeg synes du skulde tage en lille Tur ind til Tante Mis. – Det er jo morsomt at Dudley Pray falder i god Jord – hans Skønhed el. sprudlende Liv må han have lagt sig efter på Rejsen, - jeg så ikke noget til det. – Han er en stor skikkelig Bommert, veltilpas med sig selv og hele Verden. Jeg gad vide hvad han betaler og hvilket Værelse han har. Det Asen, at han ikke fortæller herovre fra, - jeg indprentede ham dog at han skulde det før han rejste
+Vi har i den senere Tid haft det temmelig med Varme, 26-27 Grader R, men det bliver nok meget værre. Luften er ikke tung så det er ikke særlig ubehageligt og om Aftenen er det altid køligt, - vi sidder da i Reglen ude på vor Altan. Her er mange Træer og Buske rundt om os – d. v. s. på den anden Side Gaden – så Luften er ren og frisk og slet ikke byagtig. Det er så sundt for Harry og han er da også så rask i den senere Tid at det er en Fornøjelse (jeg banker heftigt under Bordet). – Han hoster nu kun ubetydeligt om Morgenen og ser så rask ud. Maven har også været god i lang Tid, kun forleden Dag d. 1ste begyndte den at gøre Knuder, men det trak over. Det slog ham at det er i Reglen omkring d. 1ste i Måneden at han har sine Mavehistorier, som tager Kræfterne for lang Tid, og det er ikke umuligt at det, som han siger, står i Forbindelse med Husleje + Regninger, som kommer omkring d. 1ste. Det beviser, at det for en stor Del, er nervøst, og det giver det bedste Haab om at vi skal få Bugt med det. Der er mere Redeligheder i Pengevæsenet i denne Måned, fordi der ikke er bleven ”lånt” af Kassen, Indtægterne ere have ["ere" overstreget; ”have” indsat over linjen] også været gode, så der er ikke noget at bekymre sig over. Rigtig i Orden kommer Eastman nu ikke ikke før vi slipper ud af dette velsignede Familieliv. – Det er mærkeligt at han er så vidt forskellig fra sin Familije i Småvaner og Mening om Husholdning. Heldigvis er vi fuldstændig af samme Mening ang. dette – vi vil have det pænt og sirligt til daglig og lidt Variation, men da vi kun nu ["nu" overstreget] er to mod 5 kan vi ikke gennemføre det. Det er også sin Sag for mig at reformere alt for meget. Men vi lægger mangfoldige Planer om hvordan vi vil indrette os. Når bare H. kunde lade være med at krepere sig, som er så slemt for ham, - men det kan han ikke. Imidlertid ærgrer han sig ikke noget nu i Sammenligning med da han var alene om det. Han siger så ofte at det var en sand Guds Lykke at jeg kom og det var det sikkert også. Når han kommer hjem om Aftenen føler han sig fredelig og veltilpas, og Lørdag og Søndag er næsten som små Ferier. Så snart Når ["Så snart" overstreget: "Når" ”Når” indsat over linjen] det er godt Vejr på disse to Dage gør vi lange Ture og Udflugter og morer os fortræffeligt ”Memorial Day” begav vi os afsted om Morgenen og så først gamle East manøvrere med sine Soldater, hvilket var meget morsomt, derefter spadserede vi ned til Vandet over en lang Bro til en lille Ø hvor der er et Fort som menes at skulde forsvare Boston. På den ene Side af Øen er der en Græsmark og Eng med store gamle Træer og der smed vi os og spiste Bananer og Kager og så ud over Søen med alle Bådene og Skibene. Det var så tidligt på Dagen at der næsten ingen andre var – der gik to gamle Mænd og gjorde Hø, men det forhøjede kun Stemningen. I Lørdags var vi en endnu længere Tur. – Vi tog med en lille Damper over Boston Havn til ”Nantucket”. Du kan vist finde det på Kortet Nantucket er en Halvø, som kommer c sådan [Tegning] Havnen er smækfuld af små Øer og det er en interessant Tur. På N. er der Badeliv og ”Kommers”. Vi blev der en Timestid og så på det og spadserede på Strandbredden, - så tog vi et lille elektrisk Tog tilbage, ned gennem Nantucket, - en ganske dejlig Tur (åben Vogn!) gennem tætte Skove og Klippelandskaber. Det er kun små Klipper men de ”gør sig” og de forhindrer de utålelige små Træhuse i at myldre frem over alt – der var virkelig et Par Mil, hvor der var aldeles landligt og ubeboet. – 
+I – Torsdags var vi ogsaa på Benene hele Eft. Vi havde meldt os til at besøge forskellige i Cambridge, - den Del af Byen hvor Universitetet er. Vi gik fra Sted til Sted og lod os fejre. Først visiterede vi en Mr. Mark, Ingeniør, Lærer ved Universitetet: gl. Ven og Kammerat af H. Han har et Par Værelser i en af de store Bygninger hvor Studenterne bor og viste os en af denne Bygninger [”denne” indsat over linjen] Det er som alt andet her i stor Stil. Han trakterede os med Jordbær og var livlig og morsom. Derefter gik vi til en anden Bygning, hvor Dr. Schofield bor. Han havde inviteret 4-5 af Harris gamle Venner fra Universitetstiden – de ere nu ansatte som Lektorer og Professorer ved Harvard. Der er ingen Ende på som Harry kror sig og vigter sig over for sine gamle Venner fordi han kan møde med ”sin Kone”. – han overlader ved sådan en Lejlighed mest Snakken til mig og sidder skinnende af Fornøjelse se og iagttager hvad Indtryk mine Ord gør på dem, - jeg følte mig helt som en Udstillingsgenstand. Vi fik Is - The med Citron i og blev behandlet med stor Artighed og jeg blev overrakt en Buket Blomster, - 
+Derefter gik vi til Mr. Og Mrs. Hall, - fortræffelige Mennesker – nogle af H. bedste Venner. Der spiste vi til Aften: Skinke og Laxesalat, Smør og Brød [”Smør og Brød” indsat over linjen], Jordbær, Is og Kager. ”Pålæg” kender de ikke Øl og Vin er emanciperet. Klk 9 begav vi os til Dr Andrew som har ”at home” den Dag. De har et meget smukt Hjem og ere fortrinlige Mennesker. De minder mig i det hele om Prof. Hirschsprung Den gamle Dr. Andrew er det rareste på Jorden og hans Kone er Velvilligheden selv, de to Døtre som ere tykke, ser godt ud, spiller og synger og regerer Huset. Den ene Angelica er rigtig Sangerinde, hun har givet flere Koncerter i Vinter. De er alle gennemdannede, livlige og søde. – Det var en morsom Dag, vi kom hjem Kl. 11 som er meget sent for os. Jeg havde min grønne Bendixkjole med Firkanterne samt amerikansk Hat!
+H havde Brev fra Mr. Pray, som lød fornøjet og glad 
+[Indsat øverst s. 1; på hovedet:] Der er endnu Stilhed om mine Kasser men det kommer vel
+[Skrevet langs venstre margen s. 9:] Nu kun de kærligste Hilsner fr ["fr" overstreget] til alle fra Pelle
+[Indsat langs venstre margen s. 11:] 
+Jeg har nydt Pinsebrevene fra Disser, Tutte Onkel S. B. og Pan.</t>
+  </si>
+  <si>
     <t>1899-10-24</t>
   </si>
   <si>
     <t>Emil Andresen
 Benedict Boisen
 Esther Boisen
 Ludvig Brandstrup, billedhugger
 Victor Bøttern
 Viggo Johansen
 Adolph Larsen
 Georg Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Olga Lau
 Cathrine Meyer
 Marie Meyer
 Sophus  Meyer
 Johan Christian Petersen
 Fritz Syberg</t>
   </si>
   <si>
     <t>I efteråret forpagtede Victor Bøttern alt vedr. Købmandsgården til grosserer Victor Bøttern undtagen detailhandlen, som blev overtaget af Georg Larsen.
 Christine Swane boede på Værnehjemmet Bethania i perioder. Det blev oprettet i 1889 af Foreningen til Værn for enligt stillede Kvinder. Den skulle bl.a.hjælpe tilflyttede unge kvinder med at finde et billigt sted at bo og et arbejde.</t>
   </si>
   <si>
     <t>Vilhelmine Larsen opfordrer Christine Swane til at opsøge Viggo Johansen og høre hans mening om hendes arbejder. Der er store økonomiske problemer i familien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9mER</t>
   </si>
   <si>
     <t>Kjerteminde den 24 99
 10
 Kjære lille Dinemor!
 Nu maa Du ikke blive altfor bedrøvet naar Du hører at vi ikke kommer til at rejse før efter November og det afhænger endda af om de Herrer Forpagtere sender deres Afgift efter Ordre vi skrev i Aftes; baade til Børnene og dem – tro mig de bliver kjed af det derovre.
 Faer sagde jeg skulde spørge dem hvad Tid de kom hjem for saa kunde vi maaske hente dem, tungt er det at slippe den Glæde; men vi skal være taknemlige at vi ere raske – og saa er der jo ikke saa lang Tid til Julen.
 I morgen skal jeg sende Støvlerne og lidt Chokolade, Georg gav mig til min Fødselsdag, I to det vil jeg dele med Eder – Urtepotten maa vel saa blive til Du selv kommer hjem eller skal jeg sende Billederne og den med Damperen – saa maa du vel selv hente det og bære det hjem(svar mig paa det)
 Jeg venter dit Tøj; for vi skal vaske Fredag og Lørdag og saa et lille Brev igjen om du har hørt hvad Herr Johansen sagde om dit Arbejde, har du ikke gjort Visit der endnu; bliv dog saa stærk at gaa frem heller høre Sandheden straks Christine end gaa i Uvished; husk du bare paa hvad Johannes og Syberg sagde det gør ikke det mindste at du har hvilet Dig i Sommer, hvad er det for noget Snak.
 Lud skal have havt Indflydelse paa Olgas Tegnemaade, han giver sig jo slet ikke af med at rette, fortæl mig dog noget mere – en hel Del lille Ven nu vi ikke kom – jeg har funden en Pose med Benklæderne – saasnart jeg kan saa skal jeg faa dem ordnede.
 Marie og Cathrine var efter Avisen – Mejer ligger i Sengen for Hoste de har Læge – og det hjælper dog lidt – her er ellers 2 [Patienter?] Bene Bojsen og Carl Petersen den første lever ved Champagne og det maa de helde i ham Esther kommer ud paa Mandag.
 Jeg har vel fortalt dig at Muse Petersen har lejet den Lejlighed Bøtterns har; men nu kom Fruen i dag for at tale med os om en Forandring hun gjerne ønskede lille Arnold kunde ikke sendes alene paa et Værelse saa de ønskede Soveværelse i Kjøkkenet og Barnet i Spisekammeret men saa skulle det føres helt over til Stuevæggen med Indgang til den store Stue – og ingen Dør til Gangen. Kjøkkenet skulde saa være der hvor vi sov for det var saa dejlig nemt at have det ved Siden af Spisestuen da jeg nu havde set det – og hørt paa den lange Tale sagde jeg det kan De vist saa godt faa Lov til, men De maa selv bekoste Forandringen og det var rigtignok Husejerens Sag, saa skulde vi til Haven der havde hun et Lysthus – og smukke Havemøbler og mange dejlige Roser, nu faar vi se om den Sag gaar i Orden – hun helmer vist ikke der
 (Nu kom Pakken jeg ledte igjennem men fandt ikke et Ord – skriv snart - )
 Adolph troer vist vi er i Sverrig derfor skriver han ikke han maa have et lille Ord i Aften for hans Tøj maa jo ogsaa frem
 Vilhelm maa ogsaa have et Par Ord – den smule Tid jeg har den kan jeg saa godt bruge – til Skriveri.. naar det skulde være rigtig jeg har ikke faaet takket for mine Fødselsdags Breve endnu – men I er jo da ogsaa de første du skal nok faa dine Maanedspenge til den 1. lille Ugle – det maa du stole paa; Faer ligger og sover paa Sofaen. Marie er hos Andresens hun og Ebe spiller 4 hændig sammen de har Kassen med Bravøren og længes efter at faa dig med med Violinen, har du faaet den frem Lille Dine
 Fortæl os lidt om Livet derovre i Hjemmet saa er du sød hils Olga – fra din trofaste hengivne Moder</t>
   </si>
   <si>
     <t>1900-03-30</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Lauritz  Brandstrup
 - Dudire
 - Ipsen, USA
 Dudley Pray
 - Redpath
 Harris Sawyer
 - Tiffany</t>
   </si>
   <si>
     <t>Ellen Sawyer boede i Boston. Det vides ikke, hvad hendes svigermor hed.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1746</t>
   </si>
   <si>
     <t>Ellen har haft en maveomgang, og Harris var en god sygeplejerske.
 Parret har haft besøg af Ipsens, og Ellen fandt det svært at tale dansk. Ipsens taler en blanding af dansk og engelsk. 
 Harris og Ellen har besøgt Dudires, som har en lille datter. 
 Mr. Dudleys far er død, og Ellen hjælper til i laboratoriet, mens Dudley har fri. 
 Harris og Ellen har været på en "dansk restaurant" i Boston. 
 Mr. Tiffany og hans kone har været på besøg. 
 Bedstefars begravelse må have været højtidelig.</t>
   </si>
@@ -2325,50 +2377,107 @@
   </si>
   <si>
     <t>Christian  Ernlund
 Frida Madsen
 Viggo Madsen
 Laura Warberg</t>
   </si>
   <si>
     <t>Mens Larsens villa blev til- og ombygget september-oktober 1919 opholdt Alhed sig hos familie i Birkerød. Dels ville hun gerne være tæt på sine drenge, der var på kostskole der, dels var hun syg med bl.a. en byld i halsen.</t>
   </si>
   <si>
     <t>Johannes Larsen synes, de skal vælge den grønne farve til havestuen.
 Han spørger, hvad de skal gøre med blommerne. Johannes Larsen vil sende Alhed et par dueunger. Det er dejligt, at hun er ved at få det bedre.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/kt0S</t>
   </si>
   <si>
     <t>Kjerteminde 3-10-1919
 Kæreste Alhed!
 Tak for Brevet og for det i Gaar, som jeg først fik efter at jeg var færdig med at skrive. Ja jeg synes ogsaa vi skal tage den grønne Farve Du skriver om til Havestuen, jeg formoder at 1 Kg maa kunne slaa til efter hvad Ernlund har beregnet til Dagligstuen, dette kan vel næppe være tungere end Zinnober jeg formoder at det er Grønoxyd. Hvad skal vi gøre ved Katrineblommerne Frida siger at Du har sagt at hun ikke skal sylte Blommerne Viggo Madsen kommer maaske i Aften. Han ringede i Dg. fra Faaborg, paa Vej til Odense, han er paa Krigsstien i Anledning af en Udstilling i Stockholm. Din Moder gav mig det Raad at sende Dig et Par stegte Dueunger. Jeg syntes egentlig det var bedre at Du fik dem raa, for saa kunde Du jo faa dem kogt eller stegt, hvad Du vilde. Jeg skal se at faa dem af Sted i Mrg. Det er dejligt at det nu gaar fremad, men naturligvis maa Du være sløj efter saadan en Omgang og vi kan jo ikke vente andet end at det vil gaa langsomt med at komme til Kræfter igen. Mange kærlige Hilsner
 Din
 Johannes Larsen</t>
   </si>
   <si>
+    <t>1920-01-10</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>Ausa -
+Elise Hansen
+Peter Hansen
+Betty Nansen
+Marie Neckelmann
+Niels Erik Schoubye</t>
+  </si>
+  <si>
+    <t>Grete Hansen, g. Jensen, var omkring 14 år, da hun skrev brevet. 
+Bimme/Bams: Elena Larsen. 
+Elise Hansen: Mosser.
+Peter Hansen: Fasser.
+Kylle: Marie Neckelmann.
+N.E.: Niels Erik Schoubye.
+Det vides ikke, hvem Bente og Haiser var. 
+Perugia er hovedstad i regionen Umbria, der er en af de få regioner i Italien, der ikke grænser op til havet. (Wikipedia, okt. 2025).
+Piazza del Campidoglio er en plads med Roms rådhus og museer. Pladsen er udtænkt af Michelangelo.
+Kapitol eller Kapitolhøjen (italiensk Campidoglio), også skrevet som Capitol eller Capitolhøjen, er den højeste af Roms syv høje. Højen findes mellem Forum Romanum og Marsmarken. Her lå i antikken Roms vigtigste tempel, som var ramme for store politiske og religiøse ceremonier (Wikipedia, okt. 2025]</t>
+  </si>
+  <si>
+    <t>Brevet ejes af en efterkommer af Elena Larsen</t>
+  </si>
+  <si>
+    <t>Elise Hansen/Mosser har fået stjålet sin pung. 
+Peter hansen og Grete fotograferer. De har set et luftskib, en ballon og en filmkulisse. Den følgende tirsdag rejser de videre, hvilket ærgrer Grete. 
+Både Elise og Peter Hansen er sløje. 
+Elise og Grete har været på Campidoglio og se illuminationer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5qwN</t>
+  </si>
+  <si>
+    <t>Rom d 10/1 - 20
+[Indsat øverst s. 1; på tværs:] Jeg har intet Klatpapir derfor er det nok løbet ud
+Kære Bimme!.
+Tak for dit Brev! Det var rart endelig at høre fra Jer. – Europas største Begivenhed!!! Vil snart blive læst i alle Blade!!! 
+Fru Mosser Hansen gik forleden Dag sin sædvanlige Tur paa Loppetorvet, den samme Mosser som altid praler med at der aldrig ?!!! er blevet stjaalet saa meget som en Brødkrumme fra hende, naa, hun gik altsaa og saa paa Antækker og pludselig var hendes Potte-med-nichts – med 45 Lire var stjaalet lige ud af Lommen med et [”et” indsat over linjen] Brillefutteralet ["et" sidst i ordet overstreget]; der var heldigvis ingen Briller i.!!! Katastrofe ikke sandt!? – Ellers gaar alt fredeligt vi har faaet sat Plader i Fotografiapparatet og jeg opdager til min store Forbavselse at det snarere er Fassers end mit Apparat, af de første 9 Film har jeg nemlig [”nemlig” indsat over linjen] allernaadigst faaet Lov til at tage de 3.
+Men nu bliver det noget andet! I Morgen ta'r jeg og knalder de sidste 3 af lige for Næsen af Papmanden. I Dag har Fasser og jeg været ude i Kampagnen og der plukkede jeg en stor Buket Bellis de [”de var” indsat over linjen] lige saa store som vore Havebellis hjemme. Vi saa 3 Flyvemaskiner 1 Luftskib og en Ballon oppe i Luften og pludselig var vi i Ægypten for vi saa en stor stor Svinx og ægyptiske Templer rundt omkring – da vi kom nærmere opdagede vi at det var Kulisser til en Film.
+Det er jo en Selvfølge at vi saa Vandledninger og Albanerbjærge i Baggrunden. Jeg hved ikke hvor Mos er hun var for "træt" og vilde hellere blive hjemme og hvile men da vi kom hjem var hun sporløst forsvunden. Jeg har faaet Brev fra Bente for h ["for h" overstreget] Du skriver at hun havde faet Kort fra mig; sikke en Snøbel at hun kalder 4 Sider for Kort. Hils hende fra mig. Paa Tirsdag rejser vi vist herfra det er kedeligt for nu kender jeg alle Gaderne alene (forleden dag var jeg paa Forum ganske alene mens Fas og Mos var til Concerto) og jeg kan gaa i Butikker ganske alene. Det er kedeligt at I ikke har faaet Jeres Pakke mange Tak for de 2 Pakker vi laa flade alle 3 af morderlig Grin saa vi maate faa en Tjener til at holde paa Huset à la Betty Nansen. – Et Sted i dit Brev siger du se Kylles Brev men der er da ikke noget Brev fra Kylle. Naa nu er der ikke mere andet en at I maa og skal skrive rigtig snart. Mange kærlige Hilsener fra Jeres hengivne Grete
+[Det følgende med Elise Hansens skrift:] Var I saa hos Heide i Julen? Du maa endelig fortælle noget om [ulæseligt] Forlovede, naar du har set dem Hils Ausa, og Haiser; N.E. ser I vel ikke Mange kærlige Hilsener til jer alle 3.
+Mos.
+Kære Bams! Ja nu tænker vi altsaa paa at rejse syd paa. Nu er her blevet saa rart hjemligt i Rom, men vi faar ikke bestilt andet end at gaa omkring og se paa Sagerne. Fasser har igen haft stor Snue og Hoste – det er farligt, men det dræber ikke, og min Forkølelse fra Perugia staar mig endnu ud i Næsen og helt ned til Maven. Den lille Grete er frisk. Vi har nu ogsaa haft megen Regn i den sidste Tid; 10 à 15% Varme men tung Luft. I Dag har det været straalende Solskin; og hvor har her dog saa været dejligt, kølig, frisk Luft. Vi var i Vatikanet og saa Antiksamlingen, nu har vi været der 3 Gange og faaet den godt at se. I Torsdags var der Fest om Aftenen gik G. og jeg ud og saa Illuminationerne i de store Paladser, vi vovede os op paa Campidoglio og saa paa forum i Maaneskin og sagde be’ be’ og brugte Hænderne for at Folk ikke skulde forstaa, at vi var fremmede. Her er meget fredeligt, det er endog sjældent at man hører et ”volle melone”. Vi har en rar gammel Spillemand til Portier. Vi vil ligefrem savne hans: Buongiorno signora, signorina buongiorno</t>
+  </si>
+  <si>
     <t>1921-06-20</t>
   </si>
   <si>
     <t>Thurø
 Svendborg
 Sct. Jørgens Kirke, Svendborg
 Tåsinge </t>
   </si>
   <si>
     <t>Christian Andersen
 Achton Friis
 Martha Friis
 Andreas Larsen
 Johan Larsen
 Alfred Nielsen</t>
   </si>
   <si>
     <t>Johannes Larsen, Achton Friis, Christian Andersen og Puf er på sejltur med skibet Rylen. Turen(e) resulterede i bogværket De Danskes Øer med tekst af Achton Friis og illustrationer af samme samt af Johannes Larsen.</t>
   </si>
   <si>
     <t>Johannes Larsen har været rundt på Siø. Han og Achton Friis sejler efter middagen til Thurø. Alhed og Lysse/Johan kan evt. cykle til Svendborg og mødes med dem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Xmoh</t>
   </si>
@@ -2425,50 +2534,106 @@
 Carl Nielsen
 Ellen  Sawyer
 Christine Swane
 - Thomsen, Kerteminde</t>
   </si>
   <si>
     <t>Man krydser Kauslunde Å på vejen mellem Kerteminde og Nyborg. Bøgebjerg Strand er markeret med Camp Hverringe.
 Alhed og Johannes Larsen ejede Svanemøllen, som lå/ligger ved siden af deres villa. En møller drev den for dem. 
 At møllen er i bagvind vil sige, at vinden blæser fra den modsatte side af vindfanget, hvilket i værste fald kan forårsage stor skade på vinger og aksel.(Mølleordbog.dk) 
 Eiler Lehn Schiøler havde fødselsdag 30. oktober. Dagbogen, som også omtales i tidligere breve fra Alhed Larsen til drengene, er Johannes Larsens renskrift af en af dagbøgerne fra sejladserne med skibet Rylen. Larsen gav Schiøler en sådan. Efter hans død blev den købt af et ægtepar, som siden testamenterede den til Johannes Larsen Museet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Larsen-breve kasse 1</t>
   </si>
   <si>
     <t>Det har været et voldsomt stormvejr ved Kerteminde. Johan/Lysses pram var drevet væk, men blev fundet igen, badeanstalten var væltet, strandhaverne var oversvømmet, flere høns druknet. Ellen Sawyer (Elle) cyklede til Bovense, og vandet stod ind over vejen. Dele af klinterne er styrtet i havet, og mange snoge og hugorme er druknet. Svanemøllen kom i bagvind, men den blev reddet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wab6</t>
   </si>
   <si>
     <t>Kære, søde Drenge!
 Jeg fortryder, at jeg ikke strax i Mandags skrev til jer om Stormen, saa var det nok bleven en dramatisk Beskrivelse, jeg var saa opstemt og opfyldt af det. Nu er alle Ulykkerne komne og Humøret er knap saa glimrende. Desuden har I jo nu set det meste i Aviserne. Men det var Lysses Pram der [ordet ”der” indsat over linjen] var borte og saa vilde jeg ikke skrive før jeg saa om den kom. Og det gjorde den. Strax om Morgenen gik jeres Far en Razzia, der laa 6 Pramme dreven sammen i en Klump ved Havnemolen men Lysses var ikke derimellem, men Basse og Brormand fandt den jeg ved ikke hvor, har ikke talt med dem. I kan ellers tro det var et mærkværdigt Syn Mandag Morgen. Landskabet helt forandret. Begge Moler under Vand Herrebadeanstalten væltet og nede ved Villaerne stod Vandet helt ind til Landevejen, Strandhaverne fuldstændig skjulte. Folk sad paa Toppen af Hønsehusene og bjergede Høns, men 31 af Slagterens var druknede, en Gris var halvdød men blev kaldt til live. De fleste Badehuse og Bror væk af vores Bro dog kun det yderste Stykke. Elle cyklede til Bovense, ind gennem Skoven, da Lundsgaardvejen var helt under Vand, det stod op til Gaardspladsen, ved Kauslund saa det farligt ud, store Bølger slog ind over Landevejen og styrtede ned paa Marken paa den anden Side, hun maatte flere Steder ind over Marken og gik i til over Knæene. Broen turde hun ikke være gaaet ud paa hvis Kauslundmanden ikke havde staaet der og hjulpen hende. Det indvendige Stykke af Landevejen er hulet ud og skyllet bort af Bølgerne. Gl. Chr. Andersen sov paa Hindsholm Stormnatten. D [”D” overstreget] En Del af Sarpsborg er skyllet bort ligesaa af Bøgebjerg Klint Kilden er borte med Springvand og det hele. Snoge og Hugorme blev forstyrrede i deres Vintersøvn, der laa mange druknede og en Snog sad paa en Gren ud over Vandet og lallede med Tungen. Det var stygt med den Stranding. Den ene stakkels Mand, en Tysker sad 16 Timer i Rigningen og svømmede til sidst i Land, hjulpen det sidste Stykke, da han ikke kunde mere, af Karl Nielsen. Men han syntes ikke det var noget videre, han havde gjort hele Krigen med. – Svanemøllen kom i Bagvind Søndag Efterm., da Vinden pludselig sprang, og Sønnerne var ikke hjemme saa det saa truende ud, da den begyndte at køre rundt, 2 Møller er brændt paa den Maade, men de kom til Stede og fik den standset. Nu ved jeg ikke om der er mere lokalt at fortælle om Stormen, Rylen og hvad der laa i Havnen tog ingen Skade. Her har været en lille sjov Retssag. Gl. Thomsen averterede i Kerteminde Avis, at hvad der kom af Kalkuner og andet Fjerkræ i hans Have, vilde han skyde og henlægge i Strandkanten. En af de første Dage røg en af Onkel Victors Kalkuner. Han meldte det til Politiet men [ordet ”men” overstreget] og forlangte 50 Kr. men lille Krarup kendte for Ret, at han ingen Penge skulde have. Og nu sætter han et lille lavt Staaltraad dernede som Kalkunerne kan skræve over. Fedtsyl. Saa snart Æblekassen kommer, bliver den fyldt og returneret og samtidig sendes Tæpper, Kittel og Støvler. I maa undskylde at det ikke er kommen før, men jeg har haft saa vanvittig meget. Fru Granberg sagde fra til Vadsken saa begge Pigerne maatte til det og jeg tage alt Husværket og meget andet. Jeg sendte Penge i Gaar, lad mig vide om I [det følgende indsat øverst side 1, på tvæs] har faaet dem og hvis ikke Kvittering. Jeres Far sender Dagbogen til Schiøler til jer, I maa se den og saa aflevere den Søndag Formiddag 30te paa Uraniavej. I kan jo godt give den til Andreasen hvis I ikke vil ind. Vi kan ikke sende direkte da det er en Søndag. – Nu kun 1000 Hilsner ogsaa fra Tante Ia og ogsaa til Tante Ugle.
 Jeres Mor.
 Torsdag</t>
+  </si>
+  <si>
+    <t>1922-04-10</t>
+  </si>
+  <si>
+    <t>Rossia</t>
+  </si>
+  <si>
+    <t>Siri Andersson
+- - Hesselager
+Janna Schou
+Jørgen Schou
+Marie Schou
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Rossia var navnet på det forsikringsselskab, som Astrid Warberg-Goldschmidt arbejdede for.
+Astrid W-G og Jørgen/Buf Schou havde et kærlighedsforhold og fik sammen datteren Janna/Nusset Schou sammen. Jørgen Schous mor, Marie Syberg/Schou, kunne fra begyndelsen ikke lide Astrid Warberg-Goldschmidt. 
+Christine Swane blev kaldt Uglen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. BB0990</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt føler med Johanne C. Larsen, som går så meget igennem. Astrid ville ønske, at de to søstre kunne flytte sammen. Noget sådan talte de også om, da de for 20 år siden havde vrøvl med kæresterne. 
+Jørgen/Buf Schou vil give Astrids gamle cykel en hovedreparation. 
+Jørgen er i et forholkd til Frk. Hesselager, som vi gøre ham til kunstner. 
+Astrid får et påskegratiale på 200 kr. Jørgen og hans mor må ikke vide det, for de trækker i børnebidraget, hvis de hører, at Astrid har lidt penge. Marie Syberg, Jørgens mor, er modbydelig og en led satan. 
+Siri Andersson fra Malmø har været på besøg.
+Astrid har lavet et katalog for Christine Swane/Uglen, og denne gav hende som tak et maleri med motiv af et vindue med hvide gardiner, genstande på et bord og et rødt lommetørklæde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UXzT</t>
+  </si>
+  <si>
+    <t>p.t. ”Rossia”. 10. April 1922.
+………………………………..
+Kæreste lille Junge!
+Ja, nu maa du undskylde Maskinen – men uden den kan jeg ikke faa skreven til dig, og jeg vilde saa gerne skrive et lille Paaskebrev i Anledning af alt det meget sørgelige, som Mor skrev om. Jeg føler mig ganske brødebetynget, fordi jeg sendte dig den Hilsen, at ”jeg trængte saa meget til et Par Ord for dig”, for nu synes jeg, det er da meget mere dig, der trænger til at faa et lille Livstegn fra en anden Kant. For alt mit – ja, det tænker vi ikke paa nu. Alting gaar jo over engang ogsaa dét, der gør mest ondt. 
+Men dit, Junge, hvad skal man dog stille op. Var du dog blot ude af det – for det maa jeg sige ud af min egen tunge Erfaring: der er jo noget uhyre fredfuldt ved at være sluppen ud af sit Helvede, og man ved jo, at engang faar man sig selv bygget op igen. 
+Jeg har hørt, at du giver dig aktivt af med Politik, har Glæde af det, at du endog faar Tid til Basar for de russiske Børn. Det er jo saadan noget, der faar En til at bære alt det andet. Aa, Junge, om det hele stillede sig saadan, ar du og jeg kunde slaa os sammen herinde og lave et eller andet – i hvert Fald et Hjem sammen, vi skulde nok klare den, du med Elever, jeg med Kontorplads og saa en dygtig Pige til alt Skruppet, aa, Junge, vi vilde leve op igen og roligt kunde se imod Fremtiden – der er noget bedaarende i selve det: at kunde klare sig sjæleligt, socialt, økonomisk o.s.v. I Øjeblikket vil du maaske ryste paa Hovedet og forkaste det som umuligt, men hvem ved, hvad Tingene efterhaanden kan udvikle sig til - kan du huske, at vi engang for mange Aar siden – for ca. 20 Aar siden – da det ogsaa stod kludret til med vore Mandfolk, saa snakkede vi om saadan noget. Dengang blev det ikke til noget, men vi er jo kommen igennem den Del siden da. Og jeg synes nu, at København er en go By, der giver En mange Chancer ogsaa naar det gælder om ”at bygge sig selv op igen”, at ”begynde forfra” o.s.v. 
+Naa, maaske hører det stadig Fremtiden til, men maaske har vi ogsaa Fremtiden for os …….
+Heroppe paa Kontoret glæder vi os til Paaskeferien – jeg har ingen Planer – men vil dog se at komme saa meget ud i Luften som muligt med mit lille Nus. 
+Buf har lovet at give min Cycle en Hovedreparation i Ferien, jeg koster en 30 Kr. paa den, saa bliver den saa god som ny – den er saa frygtelig tilrakket – jeg købte den i Kerteminde dengang til Familiestevnet vistnok i 1912? og paa sit 10ende Aar har den jo taget sin værste Tørn, idet jeg har cyclet paa den hver eneste Dag hele Aaret igennem ogsaa i Vinter, har overhovedet ikke taget hensyn til Vejret (en meget sund Foranstaltning) men det misklæder efterhaanden Cyklen. Nu skal den altsaa fornyes, saa bliver der arrangeret et lille Sæde bagpaa med smaa Fodhvilere, saa jeg kan tage Nusset med ud om Søndagen, det venter jeg mig meget af. 
+Buf har jo faaet Frøken Hesselager ved Politiken og hun har sat ham til at blive Kunstner, han har til Gengæld sat hende til at købe sig Motorcycle, saa de kan køre sammen – i det ydre ser alt saaledes nydeligt ud – og Fru Syberg har jo vunden en fin Sejr og endelig faaet ham hjem til sig selv igen. Men ellers’ -, nej, Junge, jeg tror ikke ellers, det er saa godt for Buf. Han ser trykket og ulykkelig ud. Han bliver aldrig til noget og han har betroet mig, at han synes det er frygteligt kun at se Nusset som Gæst. Jeg synes, det er godt, han vil være Kunstner, maaske han kan blive Tegner ved et Blad, hvis han overhovedet egner sig til noget i denne Verden, saa er det sikkert noget i den Retning. Og maaske kan han gøre et rigt Parti engang, saa kan han [”han” indsat over linien] ikke faa det bedre.
+Naa, her er en frygtelig Uro paa Kontoret, saa Brevet kan ikke blive længere, vil du takke Mor meget for Brevet, hun skriver saa lidt om Helbredet???
+Der ymtes noget om, at vi fra 1ste Maj skal lukke Kl. 4 paa Kontoret - i saa Fald er vi ovenud glade, den Time betyder knusende meget. Og saa vil jeg betro dig og Mor som noget meget hemmeligt, at vi faar Paaskegratiale ogsaa i Aar (200 Kr. til mig) men det maa være saa hemmeligt, for Familien Syberg er ikke utilbøjelig til at ville trække fra i Nusserbidraget, hvis de hører det.)
+2).
+Det lyder som en infam Beskyldning, men i hvert Fald fik jeg jo i sin Tid ikke en rød Øre, da man en Sommer mente, at jeg tjente tilstrækkeligt paa Statsbanerne. Først langt hen i Eftersommeren maatte jeg have lidt Hjælp til Indkøb af Brændsel, men for denne Hjælp mente man sig berettiget til at forarge sig over, at jeg tillod mig at flyve for 50 Kr. Dette er, synes jeg, højst uværdigt for en Person, som jeg havde tænkt bedre om, men jeg indretter mig derefter, forstaar du nok, jeg er stolt over, at jeg trods min relative Fattigdom dog engang imellem kan have Lyst til en Extravagance og af den Grund vil jeg ikke rives i Næsen at jeg modtager et sandelig ikke altfor overdaadigt Bidrag til et Barn, som jeg dog ikke har været alene om at sætte i Verden. Nej, Junge, m.H.t. hende har jeg lang Vej igen, inden jeg lærer at se andet i hende end en nederdrægtig raa og modbydelig Madam, der uden Samvittighed tilføjer andre de samme Smerter, som hun selv har lidt i flere Aaar og derfor burde kende. Hun er en led Satan. 
+Men dette passer egentlig daarligt i et Paaskebrev. Jeg har jo ogsaa faaet Fred for hende, forhaabentlig behøver jeg aldrig mere at have med hende at skaffe. Jeg skal faa en Sagfører til at ordne alt fornødent med Bidraget til Nuseren og saa Punktum med hende. 
+Jeg har haft et dejligt Besøg af Siri i Malmø, hun kom Lørdag Aften ved 7 Tiden og var forfærdelig sød, hun havde en Masse Blomster med, italienske Anemoner, og Tulipaner, desuden – o altfor store Flothed – en henrivende lille Sølvbarneske til Nusseren, som straks udbrød: saa har jeg tre! Jeg havde jo haabet, det ikke skulde blive berørt, at hun var saa velforsynet i Forvejen, er der noget, vi er rige paa i mit Hus, saa er det jo Sølvtøj. Naa, og vi havde en herlig Aften, snakkede til langt ud paa Natten og laa længe næste Morgen. Marie fungerede godt, der var saa fint og rent alle Vegne og vi fik en en god Middag, mør Bøf (Hestebøf, som Buf havde foræret mig Dagen før). altsaa om Søndagen. Siri tog først afsted Kl. 6, vi var ganske hæse af at snakke.
+Ja, nu maa du undskylde, hvis dette Brev er lidt usammenhængende, jeg har maattet tage det ud af Maskinen gentagne Gange, naar en Fjende nærmede sig – aa, jeg maa lige endnu fortælle dig en stor Glæde, jeg har haft. Uglen havde bedt mig om heroppe at lave et Katalog til hende (hun skal udstille noget i Kunstboden i Hyskenstræde) og tænk dig, derfor forærde hun mig – trods ihærdige Pligtprotester fra mig – et vældig stort aldeles dejligt Maleri, Motiv: et Vindue med hvide Gardiner, et Bord med Sager paa, bl.a. et ildrødt Lommetørklæde, hvis du saa kender det, det er en halv Snes Aar gammelt, det hænger nu paa min Væg og jeg fryder mig inderligt over det – min Stue er i det hele taget efterhaanden et Unikum af Skønhed, Hvidhed, Renhed Fred, Hygge og Harmoni, gid jeg kunde sætte dig ind i den i hele Paasken …… 
+[Skrevet i hånden:]
+Og dermed mange Tusinder goe Hilsner fra din altid
+Dis</t>
   </si>
   <si>
     <t>13. maj. 1922</t>
   </si>
   <si>
     <t>Bentsen, Kerteminde</t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
 Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/moeuxMUl</t>
   </si>
   <si>
     <t>15. maj. 1922</t>
   </si>
   <si>
     <t>Achton Friis</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/uvyOSkUB</t>
   </si>
   <si>
     <t>1922-05-31</t>
@@ -2853,50 +3018,115 @@
 - Jørgensen Styrmand
 Eiler Lehn Schiøler
 John Møller
 Knud Oldendow
 Anders Olsen</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/YMKxiB52</t>
   </si>
   <si>
     <t>19. sep. 1925</t>
   </si>
   <si>
     <t>Frederik Balle
 - Hauge
 Christen Hauge
 - Hvalsøe
 Henrik Lund
 - Malchau Møller
 Knud Oldendow</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/t3Gk3JSO</t>
   </si>
   <si>
+    <t>1926-10-21</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>116 Bishop Street New Haven Conn. USA</t>
+  </si>
+  <si>
+    <t>Peter Bichel
+Johanne  Brandstrup
+Ludvig Brandstrup, billedhugger
+Gudmund Hatt
+Grethe Jungstedt
+Matilda Jungstedt
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+William Mackie
+Harris Sawyer
+Kjeld Tutein
+Andreas Warberg
+Minna Warberg
+Jeppe Aakjær</t>
+  </si>
+  <si>
+    <t>Thompsons og skolebestyreren kendes ikke. Det vides ikke, hvem Gamle var. Swane kan både være Sigurd og Leo Swane. 
+Thøger Larsens "Søndengalm. Digte fra Italiensrejsen 1925-1926" udkom 1926. 
+Laura Warberg døde 10. april 1926. Hendes familiemedlemmer fik derefter diverse af hendes ejendele med sig hjem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3793</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer er glad for, at Louise kan lide amerikanerne. Selv lærte hun i sine 13 år i USA at respektere de stærke puritanere, som var hendes mands forfædre. Hun anbefaler Louise at låne bøger om New England på biblioteket samt også at læse Mark Twain.
+I Danmark er det efterår, og Ellen har hængt de tykke gardiner op.
+Thøger Larsens nye digtsamling er udkommet. Grete og Mathilda/Lille Jungstedt har været på besøg, og Thøger Larsen kom også. 
+Ellen og Johanne/Junge Larsen deltager i tyskundervisning sammen med en tungnem skolebestyrer.
+Alhed og Johannes Larsen er kommet hjem fra Båxhult. Alhed blev straks efter syg igen, og da de efterfølgende deltog i en jagt på Orelund, blev det værre. Hun skulle have sagt nej til at tage med,</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MsPI</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+3
+Mrs. J. L. Brønsted
+Bishop St. 106
+New Haven
+Conn.
+U.S.A.
+[På kuvertens bagside:]
+Return to: Sawyer - Kjerteminde, Denmark
+[I brevet:]
+21/10 - 26 Kjerteminde
+Kære lille Lugge!
+Tak for dit Kort fra Niagara. Det fryder mig stadig ubeskriveligt, at du synes saa godt om Amerikanerne. Det er som om Nulle - jeg mener Eastman - faar Oprejsning der i gennem. Naar jeg følte noget fra or ["ra" overstreget; "or" indsat over linjen] Amerika, var det jo paa en Maade via ham, - jeg oplevede paa en mærkelig Maade - intuitivt - hans Fornemmelse og synes jeg har oplevet hans Barndom og Ungdom, - ja endog hans Forfædres, - de strænge, stærke [ulæseligt ord] England Puritanere. Naar alt det, som var hans Rod og Oprindelse blev haanet og uforstaaet, saa syntes jeg det var Eastman selv! Og saa kan du nok forstaa, at det er en uhyre Tilfredsstillelse naar du kan lide noget af det. - Det tog mig flere Aar og lære at forstaa, men jeg er jo ogsaa saa dum, - eller var, - for jeg siger med Dr. Bichel at det er dejligt at mærke, at man bliver klogere Aar for Aar. Men Lugge, jeg tror virkelig at jeg paa de 13 Aar jeg boede derovre, naaede langt i Forstaaelse, den dybe Gennemtrængende Forstaaelse af New England. Gud skal vide, der var nok at irritere sig over, men "tout comprendre, cè serat tout pardonner" - (undskyld Stavefæjl) Mit Billede af Forfædrenes Skikkelser og Liv og Gærning ["og Gærning" indsat over linjen] var saa levende, at det hjalp til at opfatte Efterkommerne mere retfærdigt, end de fleste Indvandrere ellers gør det. [ellers gør det" indsat over linjen] Dernæst kunde jeg skjælne el. ane hvor der var Overfaldsskade paa Samfundslivet. Mulig en Del af mine "Opfattelser" var indbildte, - men ogsaa mulig at en Del var Intuition. - Jeg læste jo med stor Iver Landets Historie - John Fiske var den bedste. Kan du ikke faa dem fra et "library" - der maa vel være et Carnegie i Nærheden, - det synes jeg altid, der var. Det Fiske ["Fiske" indsat over linjen] er efter min Mening glimrende Bøger. Og Lugge faa dem paa "library" til at anbefale dig Bøger, som karakteriserer Befolkningen i New England. Jeg ved nok at Conn. ikke er New England, - men du kan godt ["godt" indsat over linjen] for min Skyld sætte dig lidt særlig ind i alt det New E. ["New E. indsat over linjen] Jeg kan ikke huske Forfatternes Navne Mange af dem er maaske lidt barnlige og for en Europæer lidt sødladne, - men det er det samme, - de hjælper til at levendegøre Billedet af Folket. Jeg er dog en Torsk til at huske. - Der var en som bl.a. skrev "Timothys Quest" - en Dame, - hun har mange smaa fine Fortællinger om Landboerne. Og det er jo paa Landet og i de smaa Landsbysamfund, at man finder de rene Typer. Mornine prællede alt jo af paa, - Hatt ligesaa, - han saa i Amerikanerne mest kun Indianerforfølgere. Junge var der for kort og kom ligesom forkert ind paa det hele, - Billy jo noget ufordøjelig - aandelig talt. - Lugge, læs ogsaa Mark Twains "Huckleberry Finn ["II" indsat over linjen] og Tom Sawyer. ["I"] indsat over linjen] (T.S. først.) Huckleberry er den bedste. Jeg kan ikke se andet end at den er glimrende Literatur. Denne Færd ned af Missisipi paa Tømmerflaaden sammen med Negeren Sam er virkelig en af mine store Oplevelser paa Literaturens Omraade. Men hvor er jeg blevet haanet for min Smag her til Lands.
+Naa, du synes maaske at jeg maa hellere fortælle lidt om Danmark, end fordybe mig i Amerika. Men du forstaar nok, at jeg er meget optaget af at du er der. Gid du kunde se East Andover og lade Thompsons vise dig vores Hus. Men det er jo noget afsides naturligvis. -
+Ja, hvad er der her. - Nu er det Efteraar og Bladene er faldne ude i min lille Have, men der kan endnu plukkes en Del Lathyrus og Petunia og Reseda og Georginer. Jeg har faaet mine brune Chenille-Vintergardiner op, - som Mor ordnede for mig i fjor, - de luner og hygger umaadeligt. Her er yndigt og jeg er mere end nogensinde forelsket i mit lille "komplette" Hus. Af Begivenheder: Thøgers nye Digtsamling, som hedder "Søndengalm" er udkommet. Det er altsammen Digte fra og om Italien. Jeg spejder efter Anmeldelser. De betegner afgjort et Vendepunkt i hans Produktion, og jeg er spændt paa, hvad Side, man mener han er vendt til. Det er en Fornyelse, det er der ikke Tvivl om. - Lille Muse og Lille rejste d. 21 Sept. det var et slemt Savn, - men det er saa morsomt at tænke paa, at de har været her og at de hyggede sig her. Gr. tog 5 Pund paa af min gode Mad!! Thøger var her og hilse paa dem paa Hjemrejse fra Aakjærfest og gamle Gr. og jeg kørte ham i Bil til Jelling hvor han saa tog Toget. Mon jeg dog ikke har skrevet det. - Vi var ved Faarup Sø, som vi ogsaa var ved. - Lugge, vi har en "tysk Aften." Her er nemlig en delvis indfødt ung Lærer ved Skolen, som giver private Timer ogsaa. En livlig, energisk ung Mand. Klassen bestaar af Skolebestyreren, Junge og mig. Desværre synes jeg at Skolebestyreren er meget tykhovedet, - han træder og stamper i hvert sølle Akkusativ og Dativ. Han kalder det Grundighed, men jeg kalder det Tykhovedethed. Saadan kan man jo se lidt forskelligt paa det. Havde vi Enetimer, skulde jeg blive som en Indfødt i Vinter, - det siger den unge Mand selv. - Men Skoleb. haler jo tlbage. Han laver jo ogsaa en Pærevælling af hver Sætning ved at blande Engelsk i det, - og er selvf. stolt af det (det er de altid). Jeg synes det er saa morsomt at Junge er med. Hun er min Gæst i Timen d.v.s. jeg forærer hende hendes Andel. Ellers vilde hun ikke være med, - hun ofrer jo intet paa sig selv. Hveranden Gang er det her og hveranden Gang hos Skoleb. og saa drikker vi Kaffe bagefter. Det er saa fornøjeligt. -
+Nu er Lases kommet hjem fra Båxhult. Alhed var saa rask da hun kom og har haft det glimrende deroppe, - men saa snart hun kommer hjem, er det jo knap saa godt. Og saa kan du tænke dig, - da de havde været hjemme en Uge rejste de til Jagt paa Orelund og Torbenfeldt og kom hjem i Aftes og idag ligger Alhed. Der var isnende koldt og hun frøs saa grænseløst og det kan hun jo ikke taale. - Hun vidste det i Forvejen, men syntes, hun var nødt til at tage med for Las's Skyld. Og nu er hun jo saa bitter paa ham. Der er jo Ting, vi grovere Naturer ikke forstaar. Hun kunde da sige "Fanneme, nej jeg vil ikke med" Det er da en daarlig Tjeneste at gøre ham, at føje ham og rejse med, - og saa være færdig at æde ham af Arrigskab bagefter. Las er jo nu en Gang en Klodsmajor med hendes Sygdom. - Swane er der i denne Tid. Kjeld Tutein er nu fast ansat som Gamles Hushjælp. De er meget glade ved ham og det er en stor Ting for Gamle. - Dede var her i Søndags et lille Svip. Han valgte sa en af de gamle slebne Karafler [tegning indsat] hjemme fra samt Tinbægeret du ved, som Mor altid havde paa Bordet. Og Minna fik det grønne Shawl. Vi fulgte ham til Middelfart - Gamle i sin Bil, - og i Hotel Middelfarts gamle Vinstue - en sjov Kælder nød vi en [indsat i venstre margen s. 6; på højkant:] Flaske Portvin til 12 Kr, som Dede gav. I ser vel at Lut er bleven gift med Hais! - Min nye Fortælling er nu færdig Se S. I (se S. X) ["(se S. X)" overstreget] 2
+[Indsat i venstre margen s. 2; på højkant:] Thøger fik M.S. og skriver, at han har læst den med "Interesse og Fornøjelse", - men det kan ikke nytte noget. Jeg vil gærne vide, hvad [Indsat i venstre margen s. 3; på højkant:] der er skidt og hvad der er godt (om der er noget). Den hedder "Aaen" og vores Aa er en af Hovedpersonerne, saa du kan forstaa, at [Indsat i venstre margen s. 4; på højkant:] jeg har forsøgt at udtrykke noget af min Følelse for det dyrebareste, vi har. Hvis jeg var gammeldags og senti- (fort. Side 6) [Indsat i venstre margen s. 6; på højkant:] mental saa skulde der være Dedikation, saadan: "Til lille Muk som jeg har oplevet Aaen sammen med." Men saadan noget nøjes man med at tænke nu omstunder, - og det kan jo for saa vidt være lige saa godt. [Indsat i venstre margen s. 1; på højkant:] Jeg skal sende dig den saa snart den er maskinskrevet, - og saa vil jeg gærne have en lidt indgaaende Kritik fra dig.</t>
+  </si>
+  <si>
     <t>1926-11-19</t>
   </si>
   <si>
     <t>Strynø
 Tunø
 5600 Faaborg</t>
   </si>
   <si>
     <t>- Friis
 Achton Friis
 Martha Friis
 Alhed Larsen</t>
   </si>
   <si>
     <t>Efter Achton Friis' idé sejlede han og Johannes Larsen rundt til de mindre, danske øer og lavede notater, tegnede og fotograferede til et bogværk. Dette udkom 1926-1928 i tre bind på Gyldendal med titlen Den Danskes Øer.</t>
   </si>
   <si>
     <t>Larsen kommenterer nogle paragraffer. Bogen (De Danskes Øer bind 1) sælger helt godt. På en reklame for den stod der ved en fejl Strynø i stedet for Tunø, og en mand blev meget vred over dette.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UnmU</t>
   </si>
   <si>
     <t>Kjerteminde 19 Nov. 1926.
 Kære Achton Friis!
@@ -3083,50 +3313,113 @@
   <si>
     <t>https://fynboerne.ktdk.dk/n/pJqTLgG1</t>
   </si>
   <si>
     <t> 7. aug. 1927</t>
   </si>
   <si>
     <t>Ragnar Ásgeirsson
 Múlakot Sommerhotel
 Ólafur Tubals</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/xw5xLNUd</t>
   </si>
   <si>
     <t> 9. aug. 1927</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/AX8xcm94</t>
   </si>
   <si>
     <t>25. aug. 1927</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/80D8s7eX</t>
+  </si>
+  <si>
+    <t>1930-10-08</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Erna Andersen
+Peter Eilschov
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+Hannah -, pige i huset hos Louise Brønsted
+Mogens Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Erna Andersens søster kendes ikke. Det samme gælder Fru Nielsen/Klaras mor, friskolelæreren i Kissendrup, Ove Rode/Rhode og Fru Thomsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3802</t>
+  </si>
+  <si>
+    <t>Trist, at Louise Brønsted er uden pige i huset. Ellen Sawyer forsøger at finde en pige til hende. Louise kan måske kontakte Husholdningsskolen.
+Det er synd for Christine/Mornine Mackie. Hun vil være rengøringsdame! Måske skulle hun hellere forsøge med hjemmebageri og undersøge, om hun kan bo på en stiftelse fx i Odense. 
+Jungstedt-familien er på en dejlig rejse. De kører rundt i Frankring. 
+Ellen har lavet en alkove og købt forsatsvinduer. Hun har råd til dette, fordi hun spiser beskedent.
+Ellen spiller ofte kort.
+Johanne C. Larsen sidder hårdt i det, fordi den ene lejlighed ikke er lejet ud, og patroner til manden og sønnen er dyre.
+Ellen håber, at verset bliver brugt på Thøger Larsens mindesmærke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fsgQ</t>
+  </si>
+  <si>
+    <t>8/10 - 30
+Kæreste Lugge.
+Tak for dine to Breve! Hvor er det kedeligt med Hannah. Både for hende, det lille Skind - men sandelig ogsaa for dig, som nu står Pige-løs. Jeg ringede straks til Fru Nielsen, Klaras Mor, - men selvfølgelig, - det var for sent. Der er to Søstre, og de havde faaet Plads Det vilde vist have passet helt godt, - særlig den ældste. Jeg har nu mine Garn ude, - men det er jo en vanskelig Opgave, for man kender jo ikke deres Kvalificationer, - selv om de søger Plads. Der er nu en lille tyk en, som hedder Erna og er Søster til Frk. Andersen, som var hos Las's. Hun siges at søge Plads i Odense. Hun har tjent hos Dyrlæge Voss's i Rynkeby, og der vilde de gærne have fæstet hende til Kokkepige - men hun har ellers ikke særlig lært at lave Mad. - I Aften hos Junge skal jeg ringe og spørge lidt ud om hende, - men inden vi naar at faa forhandlet om hende er hun vel fæstet ud. Jeg ved jo heller ikke, om hun vil til Kbh. Frk. Erna Andersen Flødstrup Søgyde pr. Ullerslev. Du kunde jo godt skrive til hende, hvis du mener. Nu er jeg borte Lørdag, Søndag og Mandag. Saa har jeg hørt om et Par andre Muligheder: en Søster til Friskolelæreren i Kissendrup - pr. Ullerslev. Men hun er saa ung. - Jeg skal nok forhøre videre, skønt jeg føler det som et tungt Ansvar. Kan du ikke sætte dig i Forb. med Husholdningsskolen, - dèr kommer jo alle de pænere Piger før el. senere.
+Hvor er det trist med Mornine. Junge vil skrive til Ove Rode. Men mens Græsset gror o.s.v. Hun er så lidt driftig. Jeg snakkede i Sommer så meget om, at hun skulde
+2)
+lægge sig efter Hjemmebageri. Der behøver ikke at være andre Driftsomkostninger end et godt Komfur og nogle Plader. Det siger Fru Thomsen (tidligere Rygaard). Hun stod jo pludselig ved Mandens Død fuldstændig paa bar Bund efter at have levet Godsejerliv i mange Aar. Hun klarer sig fint i Odense og siger at der tjenes godt. Hun begyndte kun med Bekendte. Men jeg tvivler nu paa, at Mornine kan faa noget til at gaa, af Mangel paa Driftighed, samt Menneskeskyhed. Hvor er det trist. Der er vel ikke en Stiftelse? Det lyder saa jammerligt, - men til syvende og sidst er det jo Mornines Ideal: at være ene og sidde og læse, - og det kunde jo godt gøres saadan et Sted. Eilschovske Boliger Odense? Forhør saa smaat i al Diskretion om hendes Stemning for det. Chancerne for Elever i Odense er jo ligesaa gode (el. slette) som i Kbn. og saa boede hun dog husfrit og hendes Hjælp fra Dede og Las forslog bedre. Hvor det ligner M. at ville være Rengøringskone! Saa kan vi selv se!! Men det værste er alligevel Putte. Nu er hun jo i et Bageri. - Hvad Søren vilde hun derovre. Jeg troede det var for at pumpe Billy, - men det lader det jo ikke til. - 
+Du skrev ikke om dit Helbred, lille Lugge. Hvordan gaar det??? S.u. - 
+I Øjeblikket har jeg kun fornøjelige at berette om mig selv. - Saadan gaar det jo op og ned i Verden, og jeg synes man skal med Taknemmelighed tage det gode, man faar udleveret, - ellers kan man da heller ikke fortjene det. Det gode er, at jeg faar saa uhyre glade Breve fra Mine. Mod Forventning er dette blevet den herligste Rejse, hun nogensinde har gjort. De er nu i Paris igen, efter 
+3)
+at have kørt til Revièraen, - nydt Hvilen dèr en Tid, - kørt en meget interessant Tur paa flere Dage rundt i Sydfrankrig - Marseilles o.s.v. Hun er begejstret over alt hvad de ser - jeg har aldrig faaet saa glade Breve fra hende. - Lille har det glimrende. Margareta skriver at hun spiser bedst af alle Børnene. Hun vil nok have fortræffeligt af denne Vinter paa Landet sammen med andre Børn. De lever saa udmærket dèr, og der bliver lavet særlig Mad til Børnene, - saa de faar det saa godt, som det kan faas. Hun er sød og glad skriver Margareta. Jeg hører en Gang om Uge fra hende.
+Her er vi jo ved at gaa i Vinterhi, - saadan da! Det bestaar bl.a. i at jeg jævnligt trækker i Oljetøjet og Stormbrillerne. Mit lille Hus har aldrig været saa hyggeligt som nu. Jeg har spenderet dobbelte Vinduer til "Kontoret" og Soveværelset og du kan tro, det luner. Og saa har jeg lavet det saa yndigt i mit Soveværelse. Min Seng er blevet noget saa "smart". Jeg fik Snedkeren til at lave et Brædt [tegning] over Sengen der er slået et Bændel paa og Omhæng, - omtrent som Tante Visse havde. Det ser saa nydeligt ud. Jeg tog mine Sommergardiner herfra, - hvide med blå Border. Derinde hænger Billeder af Lille og Grethe Missen nyder det og tilbringer sin Dag - og Nat med at sove dèr. [Tegning] Saa fik jeg ham ogsaa til at lave en stor Plade til min lille Servante og har pæne Omhæg dèr ogsaa og en fin Glashylde over. Jeg har altsaa kostet lidt paa Huset, - men det kan 
+4)
+jeg ogsaa fordi jeg lever saa billigt. Jeg har ført nøjagtigt Regnskab paa min Mad siden jeg kom hjem. Jeg har brugt 20 Kr. paa 4 Uger og haft Kaffefremmede èn Gang og alle Agrarens til fin Aften i Søndags, - men da fik vi rigtignok ogsaa en Hane og Tomater og Æbler, Salat foræret paa Landet. Min Middag - jeg spiser hjemme 6 Dage om Ugen til Middag - er Kærnemælk med en Skefuld Syltetøj i samt lidt Grøntsager, som jeg hidtil har haft fra Haven, Bønner Purrer og Celeri. Paalæg har jeg kun Ost. Med min Konstitution behøver man ikke at spise sine Penge op. -
+Jeg spiller utrolig meget Kort i denne Tid, - som Regel 5 Aftner om Ugen - L'hombre el. Bridge. Jeg synes det hjælper godt paa min Bridge. - Om Søndagen er jeg gærne hos Junge til Bridge om Aftenen. Hun har det helt godt efter Omstændighederne Omtr. en 40 Timer om Ugen Elever. Agraren og Manse morer sig med Jagt. De skyder en Del, men Junge siger, det er dyr Mad p. Gr. af alle de dyre Patroner, som hun jo maa betale. Deres store Lejlighed staar tom, - det er derfor det kniber saadan for hende. Tinge er hjemme, - han arbejder hos Puf, - men søger Plads til Nov. Han er sød og venlig. 
+Las har jeg kun lige set. -
+Har I hørt, at Mogens's Konfirmation blev udsat en Uge, fordi han blev saa forfærdelig syg af en "Forgiftning". De var angst for ham. Nu skal vi derop paa Lørdag, Søndag og Mandag.
+Bare det Vers kunde komme igennem til Thøgers Mindesmærke. Det er da saa smukt og udtrykker egentlig hele hans Livsfornemmelse i en mærkelig koncentreret Form, - hans Glæde over Livet, - hans stadige Tanke
+[Teksten fortsætter på sidste side i venstre margen; lodret:] paa Døden - og den vide Horisont. Hvor var han et herligt Menneske. Det er en Rigdom at have [øverst på sidste side; på hovedet:] kendt ham og have hjulpet ham. Jeg betaler det gærne med det svidende Savn som han efterlod. - 
+[Indsat på næstsidste side i venstre margen; lodret:] Nu Farvel for denne Gang, lille Lugge. Held og Lykke med det, - med Pigerne, mener jeg. Jeg synes du skulde skrive til Erna for at forhøre. I så Fald, lad mig vide, - jeg kan se Familjen paa Tirsdag. -</t>
   </si>
   <si>
     <t>1934-03-23</t>
   </si>
   <si>
     <t>Hareskov
 Lindevej 45</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Adolph Larsen
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Dolph/Agraren Larsen var kvartalsdranker.
 Det vides ikke, hvem Palle var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0520</t>
   </si>
   <si>
@@ -3186,53 +3479,50 @@
   </si>
   <si>
     <t>Brevet er i privateje, A</t>
   </si>
   <si>
     <t>Ved Helsingør så Johannes Larsen i hundredevis tunfisk springe.
 Han har været på klapjagt flere steder.
 Både Larsen og sønnen Puf har været forkølede. Puf er begyndt at brygge i sit nye bryggeri.
 Lille Jeppe kan nu sige "Kjerteminde Avis" - han taler næsten rent. 
 Undulatungerne er væk.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/BoY4</t>
   </si>
   <si>
     <t>Kjerteminde 3 Nov. 1937.
 Kære Lysse.
 Tak for Brevet som kom i Gaar. For at begynde med Begyndelsen, saa fik vi et længere Ophold i Halmstad, da vi først kunde faa Vognen ved 3 Tiden. Det benyttede vi saa til at gaa lidt omkring og spise paa Mårtensson. Udenfor Helsingør saa vi et morsomt Syn. Tunfisk i Hundredvis men ret spredte, der ustandselig sprattede op af Vandet, nogle 2-3 Al op i Luften, de saa pragtfulde ud og skinnede som Sølv og Guld i den lave Aftensol. Puf og Else kørte lige hjem mens jeg tog med Toget til Kjøbenhavn og tog ind paa Turisthotellet. Den 1ste Octbr rejste jeg hjem. Jeg har været paa en Del Klapjagter. Hos Dede sammen med Klaks. Hos Klaks, paa Rørbæk og i Søndags hos P.A. Kruuse paa Sandholt, jeg har ogsaa faaet malet lidt men afbrudt af en lignende Omgang Forkølelse som oppe hos Jer. Dog synes det nu som om der ved at komme lidt mere Gang i det. Puf har ogsaa gaaet med lidt Forkølelse i længere Tid og I Dag ligger han. Han har faaet sit Bryggeri færdig og er begyndt at brygge. Jeppe er gaaet meget frem med Snakken, han taler nu bedre end Ane, han har maaske knap saa stort Ordforraad, men til Gengæld taler han rent, han siger ”Kjerteminde Avis” som et voxent Menneske. I Gaar gav jeg ham en tom Konvolut, mens jeg læste et Brev, han kiggede i den og sagde ”ingen Ting i saa lukker vi - - pas paa Fingrene” Da jeg kom hjem var Undulatungerne væk og den gl. fløj ensom omkring Mens jeg var i Jylland havde Christiansen været her med en fin ♂ til den og lukket den ind. Vi har faaet en ny Sædgaas til Middag som vi fik sendt fra Beck Thomsen for leden Dag og i Morgen skal vi have stegte Brislinger, som der fanges en Del af for Tiden. Mange Hilsner til Bimse, Peter, Jens og Dig selv
 Fra Din Far.</t>
   </si>
   <si>
     <t>1937-11-26</t>
   </si>
   <si>
     <t>Thora  Branner</t>
-  </si>
-[...1 lines deleted...]
-    <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Hillerød</t>
   </si>
   <si>
     <t>Andreas Branner
 Bodild Branner
 Ebbe Branner
 Frits Branner
 Wilhelm Branner
 -  Hesselbjerg
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Det vides ikke, hvem eller hvad Grøn var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2654</t>
   </si>
   <si>
     <t>Thora sender bukser.
 Bodild og hendes børn er syge.
 Thora takker Louise/Lugge for, at hun vil tale med Frits. Thora er meget bekymret, for han er ensom og uglad. Hun kan ikke skaffe ham en kæreste, men tror at han vil være glad, hvis han får en bil. Thoras mand, Vilhelm, bekymrer sig over alting. Deres anden søn, Ebbe, har en skrøbelig psyke.</t>
   </si>
   <si>
@@ -3406,68 +3696,126 @@
 Adolph Hitler
 Hans Hviid
 Julius Hviid
 Andreas Larsen
 Johannes Larsen
 Else Larsen, Else, Andreas Larsens kone
 Erich Remarque
 Stephen Roberts
 Ellen  Sawyer
 Lars Swane
 Agnes Taaning
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Søster var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0563</t>
   </si>
   <si>
     <t>Der er mange steder i Danmark, som Johanne C. Larsen ønsker sig at se. Hun blev f.eks. misundelig, da hun hørte om Johannes Larsen og Brønsted-parrets tur til Møn. 
 Misundelse er noget grimt noget. Johanne mindes, da Martin/Manse blev ked af det, fordi Lasse Swane fik flere julegaver end han selv.
 Johanne har netop læst Stephen Roberts "Huset som Hitler byggede" og Remarques "Kammerater". Hans Hviid kommer med bøger til hende på hospitalet. 
-Det er svært at sove på ryggen og med benet spændt fast, men Johanne får sovepiller. Hun har haft feber, men har ikke mange smerter. Johanne får mangfe besøg. Laura/Bibbe har travlt hjemme. Drengene har gravet en brønd, så køerne kan få vand på marken og køkkenhaven kan blive vandet. 
+Det er svært at sove på ryggen og med benet spændt fast, men Johanne får sovepiller. Hun har haft feber, men har ikke mange smerter. Johanne får mange besøg. Laura/Bibbe har travlt hjemme. Drengene har gravet en brønd, så køerne kan få vand på marken og køkkenhaven kan blive vandet. 
 Johannes medpatient snakker konstant om sine sygdomme.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/phXb</t>
   </si>
   <si>
     <t>Kære lille Dis! 
 Det er dejligt med dine Breve - Tak for det sidste, det hjemme fra, hvor du skriver om Haven. Sikken en dejlig Tur, du har haft, du har Held til at faa smaa smukke Provinsbyer at se jeg husker endnu din Beskrivelse af hvad Søren er det den hedder, den lille By [”By” indsat over linjen] hvor Søster er Apoteker? Er det Hals? Ja [”Ja” indsat over linjen] Den gad jeg nu se: Der var jo i det hele Taget et og andet, man gerne gad se – der iblandt en Bøgeskov i Udspring. Det er mange Aar siden, jeg saa det vidunderlige Syn, og mon jeg nogen Sinde mere faar det at se jeg behøver ikke at sige: ”skøn paa at du har den Lykke”, for det ved jeg, du gør, men tænk hvor mange, der har den og ikke ændser den. Du ved jeg plejer ellers at høre til de nøjsomme mon det er Alderen, der gør, at jeg har mere ondt ved det nu X For Expl, da jeg hørte, at Las, Else og Puf kørte til Møen og der mødtes med Magisterens og fejrede deres Fødselsdage – og lige i den skønne Løvsprings tid, ja tænk dig da mindedes jeg (og følte) da lille Manse en Juleaften med lidt Graad i Stemmen hviskede til mig, hvorfor er der saa meget paa Lasses Bord og saa lidt paa mit!?
 Men selvfølgelig naar man er kommen til Skels aar og Alder kan man da nok tage sig selv i Nakken og minde sig selv om at Misundelse vel nok er en af de meget foragtelige Egenskaber - - der giver mig en hel Del Spørgsmaal, jeg må hellere se at faa dem besvarede, Nej, Tiden falder mig aldrig lang, Hvis jeg ikke gider noget andet, har jeg jo den lille vidunderlige Fjord lige for og kan følge Smaatræerne og Buskenes Udspring her ude i Haven Det har jo været et pragtfuldt Foraar i Aar Jeg har haft ”Huset”, som Hitler byggede af den australske Historiker Roberts. Meget interessant og dette, at det er en Historiker, som har skrevet den forhøjer jo ens Tillid til at det er Sandheden man læser Efter Læsningen af den saa jeg med samme Foragt paa Nazisterne som før, men jeg tror med en dybere Foragt end før paa det tyske Folk. Hvor var den lang og tung at læse navnlig naar man laa paa Sygelejet, men hvor var den god at faa Forstand af. Samtidig læste jeg Remarques: ”Kammerater”. Hvor de dog belyste hinanden paa en morsom Maade. Hans Hviid – Dr. Hviid, Plejesøn, er mageløs til at komme og besøge mig, sørge for min Lekture han ejer en Masse Bøger – nej, det kniber ikke at ligge; jeg har en Luftkrans at ligge paa, men selvfølgelig lidt tvungent at have Benet liggende i den Tagrende, hvortil den er bunden fast; at sove paa Ryggen falder mig altid lidt svært men jeg faar Sovetabletter om Aftenen og kan faa det midt paa Natten igen hvis jeg vil. De er allesammen mageløs søde. Vor elskede Øverste Sygeplejerske, altsaa Chefen her har faaet sin Afsked paa graat Papir og rejser om 8 Dage - de vil ikke give hende Grunden Det er saa vidt jeg kan forstaa en Slags Sammensværgelse med Sladder og Skidt - - en Fremgangsmåde der er Kjerteminde værdig!!
 Om jeg har Smerter. Naa-aa- ikke saa meget mere, men al den første Tid var ikke saa rar og jeg havde en Del Feber, en Aften lige ved 39, men alt det er jo forbi nu Llige efter Pinsedagen skal Gibsen tages af Foden og hvad er saa skal ske eller hvor nær jeg saa er ved Hjemsendelsen aner jeg ikke – jeg modtager en utrolig Mængde Godhed fra alle Sider og af alle Slags, Masser af Mennesker kommer og besøger mig I Gaar havde nogle af mine Kjertemindevenner sørget for at køre gl. Frk. Hagen min mangeaarige gode gamle Ven herud til mig, hun vilde saa gerne hilse paa mig, jeg har jo ikke kunnet besøge hende længe paa Grund af daarlig Gaaelse. Det var et dejligt og rørende Besøg Og naturligvis havde hun som alle andre lidt med til mig. De mest trofaste er Elle og Fru Taaning, men ellers kan du ikke tænke dig alle dem, der kommer her, ogsaa vore Naboer fra Munkebo. 
 Hjemme staar det godt til Bibbe er jo saa trofast til at komme saa tit [”tit” indsat over linjen] det er muligt for hende men meget hviler jo paa hende gid hun maa kunde taale det hun er jo ikke rask endnu gid hun vilde gøre lidt mere for at blive det – Drengene virker jo som sædvanlig for fulde Sejl; jeg hører om nye Virksomhedet; nu har de gravet en Brønd ude ved de to Folde; der er Masser af Vand mægtige Brøndrør er lagt ned, og danner Brøndens Sider, en brugt Pumpe købt, saa nu kan der pumpes Vand op til Køerne om Somren i Stedet for at føre dem den lange Vej hjem til Gaarden Og de har faaet det ordnet saadan, at de kan vande helt oppe i Køkkenhaven – dels Gummislange og dels Jærnrør det betyder altid gode Grønsager De er nu knagende driftige, de Drenge. - - - 
 Jeg har gode Patientkammerater her, en gl. Bondekone fra Drigstrup hun har megen Lune og er ikke dum, dog er det trættende altfor mange Gange at skulle høre [”høre” indsat over linjen] om hele hendes Sygdoms Forløb, Maven Bækkenforteelser o. lign: Jeg har forbudt dem at berøre disse Yndlingsemner, naar vi spiser. Den anden er en ung Pige af Gaardejerstand, sød, naturlig forstandig og i godt Humør. Saa ikke mere, spørg hvis du vil vide mere. 
 Et Væld af Hilsner til Jer fra din Junge
 [Skrevet på hovedet øverst på s. 8:]
 Jo, jeg har lidt ondt ved at ligge og skrive, dette var en Bedrift
 [Indsat øverst s. 2:]
 X nej det er vist bare Sygelejet, der gør det.</t>
+  </si>
+  <si>
+    <t>1940-01-19</t>
+  </si>
+  <si>
+    <t>Blegdamsvej</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Munkebo</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Hans Brønsted
+Johannes Nicolaus Brønsted
+Ellen  Sawyer
+Joseph Stalin
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Dr. Rise og Dr. Helweg kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0962</t>
+  </si>
+  <si>
+    <t>Det er godt, at Johanne/Junge Larsen og familien har fået en god læge. 
+Frits Branner har det sidste halve år lidt af træthed, og derefter blev han uklar og holdt op med at tale samt gjorde mærkelige ting. Han blev indlagt og fik chokbehandlinger med insulin, hvilket hjalp meget. Lægerne taler om sløvsind, men de har ikke stillet en egentlig diagnose. Louise Brønsted tror, at Frits var overanstrengt efter sin eksamen, og at han desuden havde levet usundt og været i depression.
+Fint, at Erik/Tinge Warberg Larsen bliver taget alvorligt af lægen.
+Johannes/Magisteren Brønsted er rask igen, og han er meget optaget af udenrigssituationen. 
+Det er Alhed/Lomme Brønsteds 36-års fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9pbL</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside:]
+Fru Johanne Warberg-Larsen
+Lindøgaard
+Munkebo 
+pr. Dræby St
+Fyen. 
+[Med blyant på kuvertens forside:]
+læst 
+[På kuvertens bagside:]
+Muks
+[Med blæk i brevet:]
+Blegdamsvej
+19 Jan. 1940
+Kæreste Junge. Tak for Dit lange Brev. det var en glædelig Overraskelse, jeg skulde netop til at skrive og takke baade for Julebrevet og det efter Jul, men det maa jo saa bare været til Elle. Ellers vil jeg ikke sige, der var saa meget glædeligt i Dit Brev, men godt da at det lader til, at I allesammen kan tage det med Humør, og saa, at I har faaet en flink og nærboende Læge; det kunde jo tænkes, at naar I lærer ham lidt nærmere at kende, han ogsaaa kunde fatte lidt Interesse for Dig og Dine Skavanker uden at gaa Dr. Fly i Bedene, 2 er dog altid bedre end en. At Dr. Fly er glad ved Knæet er jo ogsaa meget godt, selvom jeg jo nok forstaar, at Du ikke helt deler hans Glæde. Lad os nu haabe, at Kultraadslys er det, der skal til. 
+Med Hensyn til Fritz, saa synes jeg, jeg kan berolige Dig en Del. Forløbet er saadan: i det sidste halve Aar har han lidt mere og mere af Træthed og svigtende Arbejdskraft: han har selv været klar over det og faaet sit Arbejde paa Landbohøjskolen og andetsteds betydelig reduceret. Alligevel slog Kræfterne ikke til. Han blev behandlet af Dr. Rise, som er rar og samvittighedsfuld, men meget lidt dygtig. De mener, han (Lægen) har gjort Fortræd, dels ved ikke at presse tilstrækkelig paa ved at faa ham indlagt il Undersøgelse meget tidligere, dels ved at give ham noget stærkt stimulerende Medicin. Til sidst var han Fritz [”Fritz” indsat over linjen] saa langt nede, at han f. Ex. overhovedet ikke talte mere hjemme, og de sidste Dage, før de omsider fik lagt ham lagt ned, var han tildels uklar og sagde og gjorde flere mærkelige Ting. Det kom frem baade paa Landbohøjskolen og hjemme, 16. Dec. kom han paa Rigshospitalet hos Helweg, efter et Par Dage paa Hillerød Sygehus, laa i Sengen et Par Dage, kom saa op og gik omkring derinde, ogsaa lidt ud. Lige efter Nytaar begyndte Insulinbehandlingerne (Chokbehandlingerne). Lige siden han kom paa Hospitalet har han været fuldstændig klar og lignet sig selv i alle Maader, saa vidt jeg kan se; han har taget paa i Vægt og er kommet til at se meget raskere ud. Der er ikke det fjerneste unormale i hans Væren og Tale. Jeg har haft Lejlighed til at tale med en af Lægerne (ikke Helweg) og ud fra ham og ogsaa fra anden Side, at der ikke er stillet nogen Diagnose (de bruger Chokbehandlingen for alt mellem Himmel og Jord). De hælder nærmest til Sløvsind, men det bygger de paa hans Væsen, de syntes, han gik saa sløvt omkring, men jeg, som har besøgt ham en hel Del, tør garantere for, at han ikke er sløv (han har jo altid et lidt paafaldende Væsen), men noget træt virker han stadig – de Behandlinger er temmelig ubehagelige, man bliver helt borte i en tung tung Døs og er svær at faa vækket igen – de hælder Sukkeropløsning ind gennem Næsen for at vække dem [”for at vække dem” indsat over Linien] og han bliver overhovedet ikke helt vaagen hele Dagen. Det maa vel være den sætter Hjernen ud af Funktion, der hjælper. Han føler det, ikke at kunne blive vaagen som en stor Ubehagelighed, dog det vænner han sig [”sig” indsat over linien] maaske til. Forøvrigt befandt han sig godt derinde, før Behandlingen begyndte, og er nok lige meget afholdt af Sygeplejerskerne. Tutte og Vilhelm ser da ogsaa meget lysere paa det. Vilhelm navnlig efter sit Besøg herinde i Søndags. Bodild (Branner) var da ogsaa med, og begge syntes, han havde det saa godt, Bodild sagde, hun ikke havde set ham se [”se” indsat oven over linien] saa rask ud i lange Tider. – Jeg ser nu saadan paa det, at han har gaaet og gemt paa en Overanstrengelse fra sin Examenslæsning som tog meget paa ham, Examensfeber havde han ogsaa i høj Grad: den er saa brudt ud i Foraaret og sammen med det usunde Liv, den voldsomme Tobaksrygning, de stimulerende Piller og et Par Ærgelser, han havde, gjort Ende paa hans Kræfter, og givet ham en stærk Depression. At en saadan midlertidig kan berøve en Dømmekraften kender man da Masse af Eksempler paa. Chokket [ulæseligt] ogsaa Depression. Selvom det skulde være Sløvsind, er der jo gode Muligheder for Helbredelse ogsaa for den, Helweg sagde, at ialfald var de kommen i god Tid. Ja, nu ved jeg jo ikke, om alt dette lyder saa beroligende, som det sk[tegning]ulde (det var Mag., der sendte en Hilsen, men hvis Du selv havde set ham og talt med ham vilde Du mene som jeg, saa rolig er han og altid parat til at smile af en Spøg. 
+Det er dejligt med den grundige Læge, det maa han da være, naar han allerede paa dette Tidspunkt sørger for, at Tinge kommer til Undersøgelse, og ikke ”wait and see”. Og hvis I kan faa en hyggelig Omgang paa samme Tid, saa saa meget desbedre. Det er jo som i gamle Dage, at Lægen er Ven af Familien. Vi fik ogsaa en dejlig Læge, nu da Mag. var syg, han har det rigtig udmærket for Tiden og har en glimrende Appetit. Han er meget optaget af hele Udenrigssituationen; jeg maa sige, jeg synes at efter man saa hvordan det udviklede sig i Finland, begyndte der at komme lidt Lys ind i Tllværelsen igen, der er altsaa andet i Tilværelsen end Tyranniet (og Fejgheden), der kan gøre sig gældende, her sker dog virkelig noget, man kan have fuld og glad Sympati for. Jeg tror fuldt og fast, at hvis Finland var gaaet ind paa Russernes Forlangender, havde de ikke ladet sig nøje med det, og selv om det havde varet lidt længere maaske, var vi alle blevet knust. Maaske vi bliver det alligevel, men vi har dog Ret, at Kolossen rimeligvis virkelig har Lerfødder. Og nu kan vel dog alle se, at Hr. Stalin er en lige saa egoistisk og samvittighedsløs Tyran som de værste, og at den russiske ”Kommunisme” en stor Bluff (hvad den sikkert ikke har været fra Begyndelsen). Forresten morer jeg mig saadan for Tiden ved at læse i en hel Bunke engelske Tidsskrifter, vi har faaet til Gennemsyn, fordi vi vil holde et. Et af dem ”The round table” har en Serie glimrende Artikler, el. ret. Smaa Afhandlinger, klare og rolige, uden Fanatisme; de er et Aar gamle, og ikke paa eet Punkt er deres Synspunkter blevet benægtede af de senere Udviklinger. Hvor er det velgørende at læse i denne Løgnens og Bluffets Tidsalder. – 
+Ja Tak, vi har det allesammen god; det er Lommes Fødselsdag idag (36); hun og hendes Familie kommer her i Morgen og om [”om” indsat over linien] Aftenen holder vi et lille Chokoladeselskab for hende med de andre Børn. Børnebørnene vokser og trives; da [overstreget ord] Hans var her sidst og skulde hjem erklærede han, at han ”vilde blive hjemme hos Far og Muk”, det var vi jo meget smigrede over.
+Naa ja, lille Junge, saa god Bedring med al Jeres! 1000 Hilsner til Jer alle
+fra Mag. og Lugge</t>
   </si>
   <si>
     <t>1941-11-20</t>
   </si>
   <si>
     <t>Sus -
 Johan Sebastian Bach
 Thora  Branner
 Louise Brønsted
 Bertel Christian Budtz Müller
 Peter Hansen
 Johannes Larsen
 Thomas  Løkken
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Marianne Schou
 Marie Schou
 Mette Schou
 Franz Syberg
 Else Warberg
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Fædrelandet var navnet på en nazistisk avis, der udkom fra 9. januar 1939 til 4. maj 1945. Dens trykkeri og lokaler i Store Kongensgade i København blev ved befrielsen overtaget af Dagbladet Information.
@@ -4196,59 +4544,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1mRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xYmc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9mER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fM7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sJan" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U6F6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMmi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rXJ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j11yP8QT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6JVL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kt0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xmoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VrJAxjkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7XXN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/S8jCXUJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uqgguMdL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HbZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dkj1WJML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SKDYnXxu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SRFC80tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/t3Gk3JSO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q6O2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/28mgc6CZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iODSS7tn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KgRdR10G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YEWXAwlC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBdw3FXI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/80D8s7eX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoY4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1mRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xYmc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9mER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fM7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sJan" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U6F6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMmi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rXJ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j11yP8QT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6JVL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kt0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xmoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UXzT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VrJAxjkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7XXN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/S8jCXUJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uqgguMdL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HbZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dkj1WJML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SKDYnXxu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SRFC80tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/t3Gk3JSO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q6O2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/28mgc6CZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iODSS7tn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KgRdR10G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YEWXAwlC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBdw3FXI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/80D8s7eX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoY4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M119"/>
+  <dimension ref="A1:M125"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5396,4311 +5744,4579 @@
       </c>
       <c r="I26" s="5" t="s">
         <v>188</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>189</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>190</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>191</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>193</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>33</v>
+        <v>194</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>185</v>
+        <v>55</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>195</v>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>173</v>
+        <v>198</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>200</v>
+        <v>33</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>55</v>
-[...9 lines deleted...]
-        </is>
+        <v>185</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>203</v>
+        <v>173</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>208</v>
+        <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="D29" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H29" s="5" t="s">
+      <c r="I29" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="I29" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="J29" s="5" t="s">
+        <v>211</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="M29" s="5"/>
+        <v>213</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="I30" s="5"/>
       <c r="J30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K30" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K30" s="5" t="s">
+        <v>219</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="M30" s="5"/>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B31" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="B31" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="5" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>217</v>
+      </c>
+      <c r="D31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>217</v>
-[...8 lines deleted...]
-        <v>219</v>
+        <v>222</v>
+      </c>
+      <c r="I31" s="5"/>
+      <c r="J31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L31" s="6" t="s">
-        <v>220</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="M31" s="5"/>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>223</v>
+        <v>33</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>55</v>
-[...9 lines deleted...]
-        </is>
+        <v>185</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="I32" s="5"/>
+        <v>225</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>226</v>
+      </c>
       <c r="J32" s="5" t="s">
-        <v>225</v>
+        <v>173</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="E33" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H33" s="5" t="s">
         <v>232</v>
-      </c>
-[...11 lines deleted...]
-        <v>233</v>
       </c>
       <c r="I33" s="5"/>
       <c r="J33" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K33" s="5" t="s">
         <v>234</v>
       </c>
-      <c r="K33" s="5" t="s">
+      <c r="L33" s="6" t="s">
         <v>235</v>
       </c>
-      <c r="L33" s="6" t="s">
+      <c r="M33" s="5" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>50</v>
+        <v>238</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>239</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>240</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="I34" s="5"/>
       <c r="J34" s="5" t="s">
-        <v>22</v>
+        <v>242</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D35" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D35" s="5" t="s">
-[...3 lines deleted...]
-        <v>245</v>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>209</v>
+        <v>16</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="F36" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="G36" s="5" t="s">
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H36" s="5" t="s">
         <v>254</v>
       </c>
-      <c r="H36" s="5" t="s">
+      <c r="I36" s="5" t="s">
         <v>255</v>
       </c>
-      <c r="I36" s="5" t="s">
+      <c r="J36" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K36" s="5" t="s">
         <v>256</v>
       </c>
-      <c r="J36" s="5" t="s">
+      <c r="L36" s="6" t="s">
         <v>257</v>
       </c>
-      <c r="K36" s="5" t="s">
+      <c r="M36" s="5" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="G37" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="D37" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F37" s="5" t="s">
+      <c r="H37" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="G37" s="5" t="s">
+      <c r="I37" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="H37" s="5" t="s">
+      <c r="J37" s="5" t="s">
         <v>265</v>
       </c>
-      <c r="I37" s="5" t="s">
+      <c r="K37" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="J37" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K37" s="5" t="s">
+      <c r="L37" s="6" t="s">
         <v>267</v>
       </c>
-      <c r="L37" s="6" t="s">
+      <c r="M37" s="5" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="B38" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="5" t="s">
+      <c r="D38" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="G38" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="K38" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="L38" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="C39" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D38" s="5" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A39" s="5" t="n">
+      <c r="D39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K39" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="M39" s="5"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="5" t="n">
         <v>1910</v>
-      </c>
-[...45 lines deleted...]
-        <v>279</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>280</v>
+        <v>239</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="E40" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="F40" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G40" s="5" t="s">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H40" s="5" t="s">
         <v>282</v>
       </c>
-      <c r="H40" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I40" s="5"/>
+      <c r="I40" s="5" t="s">
+        <v>283</v>
+      </c>
       <c r="J40" s="5" t="s">
-        <v>283</v>
+        <v>173</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>284</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>285</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>287</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>185</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="5" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>289</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I41" s="5"/>
       <c r="J41" s="5" t="s">
         <v>291</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>292</v>
       </c>
       <c r="L41" s="6" t="s">
         <v>293</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>295</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>296</v>
+        <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>16</v>
+        <v>185</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>18</v>
+        <v>289</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="G42" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G42" s="5" t="s">
+        <v>296</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>297</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>298</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>173</v>
+        <v>299</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>14</v>
+        <v>304</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>303</v>
+        <v>288</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>230</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="I43" s="5"/>
+        <v>305</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>306</v>
+      </c>
       <c r="J43" s="5" t="s">
-        <v>305</v>
+        <v>173</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>230</v>
+        <v>311</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>311</v>
+        <v>238</v>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
         <v>312</v>
       </c>
-      <c r="I44" s="5" t="s">
+      <c r="I44" s="5"/>
+      <c r="J44" s="5" t="s">
         <v>313</v>
       </c>
-      <c r="J44" s="5" t="s">
+      <c r="K44" s="5" t="s">
         <v>314</v>
       </c>
-      <c r="K44" s="5" t="s">
+      <c r="L44" s="6" t="s">
         <v>315</v>
       </c>
-      <c r="L44" s="6" t="s">
+      <c r="M44" s="5" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>200</v>
+        <v>238</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>209</v>
-[...6 lines deleted...]
-      <c r="F45" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="E45" s="5" t="s">
         <v>319</v>
+      </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
         <v>320</v>
       </c>
       <c r="I45" s="5" t="s">
         <v>321</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>322</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>323</v>
       </c>
       <c r="L45" s="6" t="s">
         <v>324</v>
       </c>
       <c r="M45" s="5" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
         <v>326</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>208</v>
+        <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>194</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>217</v>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F46" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F46" s="5" t="s">
+        <v>327</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H46" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H46" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>330</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>271</v>
+        <v>331</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="M46" s="5"/>
+        <v>332</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>333</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>14</v>
+        <v>216</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>55</v>
-[...8 lines deleted...]
-        <v>330</v>
+        <v>16</v>
+      </c>
+      <c r="D47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H47" s="5" t="s">
-[...6 lines deleted...]
-        <v>333</v>
+      <c r="H47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I47" s="5"/>
+      <c r="J47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K47" s="5" t="s">
-        <v>334</v>
+        <v>279</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>335</v>
       </c>
-      <c r="M47" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M47" s="5"/>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>209</v>
+        <v>55</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-        </is>
+        <v>217</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>337</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>17</v>
+        <v>338</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="D49" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="D49" s="5" t="s">
-[...3 lines deleted...]
-        <v>345</v>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F49" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H49" s="5" t="s">
         <v>346</v>
       </c>
-      <c r="G49" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H49" s="5" t="s">
+      <c r="I49" s="5" t="s">
         <v>347</v>
       </c>
-      <c r="I49" s="5" t="s">
+      <c r="J49" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="J49" s="5" t="s">
+      <c r="K49" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="K49" s="5" t="s">
+      <c r="L49" s="6" t="s">
         <v>350</v>
       </c>
-      <c r="L49" s="6" t="s">
+      <c r="M49" s="5" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="F50" s="5" t="s">
         <v>354</v>
       </c>
-      <c r="D50" s="5" t="s">
+      <c r="G50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H50" s="5" t="s">
         <v>355</v>
       </c>
-      <c r="E50" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H50" s="5" t="s">
+      <c r="I50" s="5" t="s">
         <v>356</v>
       </c>
-      <c r="I50" s="5"/>
       <c r="J50" s="5" t="s">
         <v>357</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>358</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>359</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>361</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>230</v>
+        <v>362</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>363</v>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="I51" s="5"/>
       <c r="J51" s="5" t="s">
-        <v>314</v>
+        <v>365</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>50</v>
+        <v>238</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>318</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>370</v>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-      </c>
+        <v>371</v>
+      </c>
+      <c r="I52" s="5"/>
       <c r="J52" s="5" t="s">
-        <v>22</v>
+        <v>322</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>354</v>
+        <v>50</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>355</v>
+        <v>16</v>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="I53" s="5"/>
+        <v>376</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>377</v>
+      </c>
       <c r="J53" s="5" t="s">
-        <v>357</v>
+        <v>22</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>230</v>
+        <v>362</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>379</v>
+        <v>363</v>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>382</v>
+      </c>
+      <c r="I54" s="5"/>
       <c r="J54" s="5" t="s">
-        <v>314</v>
+        <v>365</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>16</v>
+        <v>238</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>50</v>
+        <v>311</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>17</v>
+        <v>387</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G55" s="5" t="s">
-        <v>386</v>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>22</v>
+        <v>322</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="E56" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E56" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>208</v>
+        <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>401</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>403</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>400</v>
-[...5 lines deleted...]
-        </is>
+        <v>404</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="J57" s="5" t="s">
+        <v>406</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>402</v>
-[...1 lines deleted...]
-      <c r="M57" s="5"/>
+        <v>408</v>
+      </c>
+      <c r="M57" s="5" t="s">
+        <v>409</v>
+      </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D58" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D58" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F58" s="5" t="s">
-        <v>405</v>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G58" s="5" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>409</v>
+        <v>22</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K59" s="5" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="M59" s="5"/>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>208</v>
+        <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>50</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>422</v>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F60" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="G60" s="5" t="s">
+        <v>424</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>418</v>
-[...5 lines deleted...]
-        </is>
+        <v>425</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="J60" s="5" t="s">
+        <v>427</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>415</v>
+        <v>428</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="M60" s="5"/>
+        <v>429</v>
+      </c>
+      <c r="M60" s="5" t="s">
+        <v>430</v>
+      </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>420</v>
+        <v>431</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>16</v>
+        <v>217</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>50</v>
+        <v>135</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>421</v>
+        <v>432</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G61" s="5" t="s">
-        <v>422</v>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>424</v>
+        <v>434</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>22</v>
+        <v>435</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>425</v>
+        <v>436</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>426</v>
+        <v>437</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>427</v>
+        <v>438</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>428</v>
+        <v>439</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>14</v>
+        <v>216</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D62" s="5" t="s">
-[...3 lines deleted...]
-        <v>429</v>
+      <c r="D62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G62" s="5" t="s">
-        <v>430</v>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>431</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>440</v>
+      </c>
+      <c r="I62" s="5"/>
+      <c r="J62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K62" s="5" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>434</v>
-[...3 lines deleted...]
-      </c>
+        <v>442</v>
+      </c>
+      <c r="M62" s="5"/>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H63" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H63" s="5" t="s">
+        <v>444</v>
       </c>
       <c r="I63" s="5"/>
       <c r="J63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K63" s="5" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="M63" s="5"/>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>208</v>
+        <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D64" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>447</v>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G64" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G64" s="5" t="s">
+        <v>448</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>418</v>
-[...5 lines deleted...]
-        </is>
+        <v>449</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>437</v>
+        <v>451</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="M64" s="5"/>
+        <v>452</v>
+      </c>
+      <c r="M64" s="5" t="s">
+        <v>453</v>
+      </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>50</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>442</v>
+        <v>455</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="s">
-        <v>443</v>
+        <v>456</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>444</v>
+        <v>457</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>445</v>
+        <v>458</v>
       </c>
       <c r="J65" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>447</v>
+        <v>460</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>448</v>
+        <v>461</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>449</v>
+        <v>462</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H66" s="5" t="s">
-        <v>450</v>
+      <c r="H66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I66" s="5"/>
       <c r="J66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K66" s="5" t="s">
-        <v>437</v>
+        <v>463</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>451</v>
+        <v>464</v>
       </c>
       <c r="M66" s="5"/>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>452</v>
+        <v>465</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H67" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H67" s="5" t="s">
+        <v>444</v>
       </c>
       <c r="I67" s="5"/>
       <c r="J67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K67" s="5" t="s">
-        <v>453</v>
+        <v>463</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>454</v>
+        <v>466</v>
       </c>
       <c r="M67" s="5"/>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>455</v>
+        <v>467</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>208</v>
+        <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D68" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>468</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G68" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G68" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="H68" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>415</v>
+        <v>472</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>456</v>
-[...1 lines deleted...]
-      <c r="M68" s="5"/>
+        <v>473</v>
+      </c>
+      <c r="M68" s="5" t="s">
+        <v>474</v>
+      </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>457</v>
+        <v>475</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H69" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H69" s="5" t="s">
+        <v>476</v>
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K69" s="5" t="s">
-        <v>415</v>
+        <v>463</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>458</v>
+        <v>477</v>
       </c>
       <c r="M69" s="5"/>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>459</v>
+        <v>478</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I70" s="5"/>
       <c r="J70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K70" s="5" t="s">
-        <v>460</v>
+        <v>479</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>461</v>
+        <v>480</v>
       </c>
       <c r="M70" s="5"/>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>462</v>
+        <v>481</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I71" s="5"/>
       <c r="J71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K71" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K71" s="5" t="s">
+        <v>441</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>463</v>
+        <v>482</v>
       </c>
       <c r="M71" s="5"/>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>464</v>
+        <v>483</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I72" s="5"/>
       <c r="J72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K72" s="5" t="s">
-        <v>465</v>
+        <v>441</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>466</v>
+        <v>484</v>
       </c>
       <c r="M72" s="5"/>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>467</v>
+        <v>485</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>14</v>
+        <v>216</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D73" s="5" t="s">
-[...3 lines deleted...]
-        <v>468</v>
+      <c r="D73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G73" s="5" t="s">
-[...9 lines deleted...]
-        <v>22</v>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I73" s="5"/>
+      <c r="J73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K73" s="5" t="s">
-        <v>472</v>
+        <v>486</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>473</v>
-[...3 lines deleted...]
-      </c>
+        <v>487</v>
+      </c>
+      <c r="M73" s="5"/>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>475</v>
+        <v>488</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H74" s="5" t="s">
-        <v>476</v>
+      <c r="H74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I74" s="5"/>
       <c r="J74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L74" s="6" t="s">
-        <v>477</v>
+        <v>489</v>
       </c>
       <c r="M74" s="5"/>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H75" s="5" t="s">
-        <v>479</v>
+      <c r="H75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I75" s="5"/>
       <c r="J75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K75" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K75" s="5" t="s">
+        <v>491</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="M75" s="5"/>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>208</v>
+        <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D76" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>494</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G76" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G76" s="5" t="s">
+        <v>495</v>
       </c>
       <c r="H76" s="5" t="s">
-        <v>482</v>
-[...10 lines deleted...]
-        </is>
+        <v>496</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K76" s="5" t="s">
+        <v>498</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="M76" s="5"/>
+        <v>499</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>500</v>
+      </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>484</v>
+        <v>501</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>485</v>
+        <v>502</v>
       </c>
       <c r="I77" s="5"/>
       <c r="J77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="6" t="s">
-        <v>486</v>
+        <v>503</v>
       </c>
       <c r="M77" s="5"/>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>487</v>
+        <v>504</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>488</v>
+        <v>505</v>
       </c>
       <c r="I78" s="5"/>
       <c r="J78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="6" t="s">
-        <v>489</v>
+        <v>506</v>
       </c>
       <c r="M78" s="5"/>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>490</v>
+        <v>507</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>491</v>
+        <v>508</v>
       </c>
       <c r="I79" s="5"/>
       <c r="J79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L79" s="6" t="s">
-        <v>492</v>
+        <v>509</v>
       </c>
       <c r="M79" s="5"/>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>493</v>
+        <v>510</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>494</v>
+        <v>511</v>
       </c>
       <c r="I80" s="5"/>
       <c r="J80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L80" s="6" t="s">
-        <v>495</v>
+        <v>512</v>
       </c>
       <c r="M80" s="5"/>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>496</v>
+        <v>513</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>497</v>
+        <v>514</v>
       </c>
       <c r="I81" s="5"/>
       <c r="J81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="6" t="s">
-        <v>498</v>
+        <v>515</v>
       </c>
       <c r="M81" s="5"/>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>499</v>
+        <v>516</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>500</v>
+        <v>517</v>
       </c>
       <c r="I82" s="5"/>
       <c r="J82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="6" t="s">
-        <v>501</v>
+        <v>518</v>
       </c>
       <c r="M82" s="5"/>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>502</v>
+        <v>519</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>503</v>
+        <v>520</v>
       </c>
       <c r="I83" s="5"/>
       <c r="J83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="6" t="s">
-        <v>504</v>
+        <v>521</v>
       </c>
       <c r="M83" s="5"/>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>505</v>
+        <v>522</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>14</v>
+        <v>216</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D84" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G84" s="5" t="s">
-        <v>506</v>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>507</v>
-[...8 lines deleted...]
-        <v>509</v>
+        <v>523</v>
+      </c>
+      <c r="I84" s="5"/>
+      <c r="J84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L84" s="6" t="s">
-        <v>510</v>
-[...3 lines deleted...]
-      </c>
+        <v>524</v>
+      </c>
+      <c r="M84" s="5"/>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>512</v>
+        <v>525</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>14</v>
+        <v>216</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>230</v>
-[...5 lines deleted...]
-        <v>379</v>
+        <v>16</v>
+      </c>
+      <c r="D85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H85" s="5" t="inlineStr">
-[...11 lines deleted...]
-        <v>514</v>
+      <c r="H85" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="I85" s="5"/>
+      <c r="J85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L85" s="6" t="s">
-        <v>515</v>
-[...3 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="M85" s="5"/>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>517</v>
+        <v>528</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H86" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H86" s="5" t="s">
+        <v>529</v>
       </c>
       <c r="I86" s="5"/>
       <c r="J86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K86" s="5" t="s">
-        <v>518</v>
+      <c r="K86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L86" s="6" t="s">
-        <v>519</v>
+        <v>530</v>
       </c>
       <c r="M86" s="5"/>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>520</v>
+        <v>531</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>208</v>
+        <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>194</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>533</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>521</v>
-[...5 lines deleted...]
-        </is>
+        <v>534</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="J87" s="5" t="s">
+        <v>536</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>518</v>
+        <v>537</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>522</v>
-[...1 lines deleted...]
-      <c r="M87" s="5"/>
+        <v>538</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>539</v>
+      </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>523</v>
+        <v>540</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>208</v>
+        <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D88" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G88" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G88" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>173</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>518</v>
+        <v>544</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>524</v>
-[...1 lines deleted...]
-      <c r="M88" s="5"/>
+        <v>545</v>
+      </c>
+      <c r="M88" s="5" t="s">
+        <v>546</v>
+      </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>525</v>
+        <v>547</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>208</v>
+        <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>238</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>387</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H89" s="5" t="s">
-[...6 lines deleted...]
-        </is>
+      <c r="H89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>322</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>518</v>
+        <v>549</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>527</v>
-[...1 lines deleted...]
-      <c r="M89" s="5"/>
+        <v>550</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>551</v>
+      </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>528</v>
+        <v>552</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H90" s="5" t="s">
-        <v>526</v>
+      <c r="H90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I90" s="5"/>
       <c r="J90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K90" s="5" t="s">
-        <v>518</v>
+        <v>553</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>529</v>
+        <v>554</v>
       </c>
       <c r="M90" s="5"/>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>530</v>
+        <v>555</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>526</v>
+        <v>556</v>
       </c>
       <c r="I91" s="5"/>
       <c r="J91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K91" s="5" t="s">
-        <v>518</v>
+        <v>553</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>531</v>
+        <v>557</v>
       </c>
       <c r="M91" s="5"/>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>532</v>
+        <v>558</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H92" s="5" t="s">
-        <v>526</v>
+      <c r="H92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I92" s="5"/>
       <c r="J92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K92" s="5" t="s">
-        <v>518</v>
+        <v>553</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>533</v>
+        <v>559</v>
       </c>
       <c r="M92" s="5"/>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>534</v>
+        <v>560</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>535</v>
+        <v>16</v>
       </c>
       <c r="D93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H93" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H93" s="5" t="s">
+        <v>561</v>
       </c>
       <c r="I93" s="5"/>
       <c r="J93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K93" s="5" t="s">
-        <v>518</v>
+        <v>553</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>536</v>
+        <v>562</v>
       </c>
       <c r="M93" s="5"/>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>537</v>
+        <v>563</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>526</v>
+        <v>561</v>
       </c>
       <c r="I94" s="5"/>
       <c r="J94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K94" s="5" t="s">
-        <v>518</v>
+        <v>553</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>538</v>
+        <v>564</v>
       </c>
       <c r="M94" s="5"/>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>539</v>
+        <v>565</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>526</v>
+        <v>561</v>
       </c>
       <c r="I95" s="5"/>
       <c r="J95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K95" s="5" t="s">
-        <v>518</v>
+        <v>553</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>540</v>
+        <v>566</v>
       </c>
       <c r="M95" s="5"/>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>541</v>
+        <v>567</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H96" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H96" s="5" t="s">
+        <v>561</v>
       </c>
       <c r="I96" s="5"/>
       <c r="J96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K96" s="5" t="s">
-        <v>542</v>
+        <v>553</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>543</v>
+        <v>568</v>
       </c>
       <c r="M96" s="5"/>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>544</v>
+        <v>569</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>16</v>
+        <v>570</v>
       </c>
       <c r="D97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H97" s="5" t="s">
-        <v>545</v>
+      <c r="H97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I97" s="5"/>
       <c r="J97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K97" s="5" t="s">
-        <v>542</v>
+        <v>553</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>546</v>
+        <v>571</v>
       </c>
       <c r="M97" s="5"/>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>547</v>
+        <v>572</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>14</v>
+        <v>216</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>16</v>
+      </c>
+      <c r="D98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>548</v>
-[...5 lines deleted...]
-        <v>550</v>
+        <v>561</v>
+      </c>
+      <c r="I98" s="5"/>
+      <c r="J98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K98" s="5" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>552</v>
-[...3 lines deleted...]
-      </c>
+        <v>573</v>
+      </c>
+      <c r="M98" s="5"/>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>554</v>
+        <v>574</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>526</v>
+        <v>561</v>
       </c>
       <c r="I99" s="5"/>
       <c r="J99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K99" s="5" t="s">
-        <v>542</v>
+        <v>553</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>555</v>
+        <v>575</v>
       </c>
       <c r="M99" s="5"/>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>556</v>
+        <v>576</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H100" s="5" t="s">
-        <v>526</v>
+      <c r="H100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I100" s="5"/>
       <c r="J100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K100" s="5" t="s">
-        <v>542</v>
+        <v>577</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="M100" s="5"/>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>558</v>
+        <v>579</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>208</v>
-[...4 lines deleted...]
-        </is>
+        <v>216</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="D101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>526</v>
+        <v>580</v>
       </c>
       <c r="I101" s="5"/>
       <c r="J101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K101" s="5" t="s">
-        <v>542</v>
+        <v>577</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>559</v>
+        <v>581</v>
       </c>
       <c r="M101" s="5"/>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>560</v>
+        <v>582</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>208</v>
+        <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>217</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>79</v>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>561</v>
-[...5 lines deleted...]
-        </is>
+        <v>583</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="J102" s="5" t="s">
+        <v>585</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>542</v>
+        <v>586</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>562</v>
-[...1 lines deleted...]
-      <c r="M102" s="5"/>
+        <v>587</v>
+      </c>
+      <c r="M102" s="5" t="s">
+        <v>588</v>
+      </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>563</v>
+        <v>589</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>526</v>
+        <v>561</v>
       </c>
       <c r="I103" s="5"/>
       <c r="J103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K103" s="5" t="s">
-        <v>542</v>
+        <v>577</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>564</v>
+        <v>590</v>
       </c>
       <c r="M103" s="5"/>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>565</v>
+        <v>591</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>526</v>
+        <v>561</v>
       </c>
       <c r="I104" s="5"/>
       <c r="J104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K104" s="5" t="s">
-        <v>542</v>
+        <v>577</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>566</v>
+        <v>592</v>
       </c>
       <c r="M104" s="5"/>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>567</v>
+        <v>593</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-        <v>569</v>
+        <v>216</v>
+      </c>
+      <c r="C105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>570</v>
-[...5 lines deleted...]
-        <v>572</v>
+        <v>561</v>
+      </c>
+      <c r="I105" s="5"/>
+      <c r="J105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K105" s="5" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>574</v>
-[...3 lines deleted...]
-      </c>
+        <v>594</v>
+      </c>
+      <c r="M105" s="5"/>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>576</v>
+        <v>595</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>14</v>
+        <v>216</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D106" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="I106" s="5"/>
+      <c r="J106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K106" s="5" t="s">
         <v>577</v>
       </c>
-      <c r="I106" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L106" s="6" t="s">
-        <v>581</v>
-[...3 lines deleted...]
-      </c>
+        <v>597</v>
+      </c>
+      <c r="M106" s="5"/>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>583</v>
+        <v>598</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>14</v>
+        <v>216</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>584</v>
-[...5 lines deleted...]
-        <v>586</v>
+        <v>16</v>
+      </c>
+      <c r="D107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>589</v>
+        <v>561</v>
+      </c>
+      <c r="I107" s="5"/>
+      <c r="J107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K107" s="5" t="s">
-        <v>590</v>
+        <v>577</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>591</v>
-[...3 lines deleted...]
-      </c>
+        <v>599</v>
+      </c>
+      <c r="M107" s="5"/>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>14</v>
+        <v>216</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>209</v>
-[...8 lines deleted...]
-        <v>569</v>
+        <v>16</v>
+      </c>
+      <c r="D108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>595</v>
-[...5 lines deleted...]
-        <v>597</v>
+        <v>561</v>
+      </c>
+      <c r="I108" s="5"/>
+      <c r="J108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K108" s="5" t="s">
-        <v>598</v>
+        <v>577</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>601</v>
+      </c>
+      <c r="M108" s="5"/>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>602</v>
+        <v>194</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="E109" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H109" s="5" t="s">
         <v>603</v>
       </c>
-      <c r="F109" s="5" t="s">
+      <c r="I109" s="5" t="s">
         <v>604</v>
       </c>
-      <c r="G109" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H109" s="5" t="s">
+      <c r="J109" s="5" t="s">
         <v>605</v>
       </c>
-      <c r="I109" s="5" t="s">
+      <c r="K109" s="5" t="s">
         <v>606</v>
       </c>
-      <c r="J109" s="5" t="s">
+      <c r="L109" s="6" t="s">
         <v>607</v>
       </c>
-      <c r="K109" s="5" t="s">
+      <c r="M109" s="5" t="s">
         <v>608</v>
-      </c>
-[...4 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="D110" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="D110" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E110" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H110" s="5" t="s">
         <v>612</v>
       </c>
-      <c r="F110" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H110" s="5" t="s">
+      <c r="I110" s="5" t="s">
         <v>613</v>
       </c>
-      <c r="I110" s="5" t="s">
+      <c r="J110" s="5" t="s">
         <v>614</v>
       </c>
-      <c r="J110" s="5" t="s">
+      <c r="K110" s="5" t="s">
         <v>615</v>
       </c>
-      <c r="K110" s="5" t="s">
+      <c r="L110" s="6" t="s">
         <v>616</v>
       </c>
-      <c r="L110" s="6" t="s">
+      <c r="M110" s="5" t="s">
         <v>617</v>
-      </c>
-[...1 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>209</v>
+        <v>16</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>135</v>
+        <v>570</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-        <v>569</v>
+        <v>17</v>
+      </c>
+      <c r="F111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="I111" s="5" t="s">
         <v>620</v>
       </c>
-      <c r="I111" s="5" t="s">
+      <c r="J111" s="5" t="s">
         <v>621</v>
       </c>
-      <c r="J111" s="5" t="s">
+      <c r="K111" s="5" t="s">
         <v>622</v>
       </c>
-      <c r="K111" s="5" t="s">
+      <c r="L111" s="6" t="s">
         <v>623</v>
       </c>
-      <c r="L111" s="6" t="s">
+      <c r="M111" s="5" t="s">
         <v>624</v>
-      </c>
-[...1 lines deleted...]
-        <v>625</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>135</v>
+        <v>626</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>209</v>
+        <v>532</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>569</v>
-[...1 lines deleted...]
-      <c r="F112" s="5" t="s">
         <v>627</v>
+      </c>
+      <c r="F112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
         <v>628</v>
       </c>
       <c r="I112" s="5" t="s">
         <v>629</v>
       </c>
       <c r="J112" s="5" t="s">
         <v>630</v>
       </c>
       <c r="K112" s="5" t="s">
         <v>631</v>
       </c>
       <c r="L112" s="6" t="s">
         <v>632</v>
       </c>
       <c r="M112" s="5" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
         <v>634</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="D113" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="D113" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E113" s="5" t="s">
-        <v>569</v>
+        <v>635</v>
       </c>
       <c r="F113" s="5" t="s">
-        <v>627</v>
+        <v>611</v>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="D114" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="D114" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E114" s="5" t="s">
-        <v>569</v>
+        <v>644</v>
       </c>
       <c r="F114" s="5" t="s">
-        <v>627</v>
+        <v>645</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>135</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-        <v>627</v>
+        <v>653</v>
+      </c>
+      <c r="F115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="D116" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="D116" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E116" s="5" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="F116" s="5" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>16</v>
+        <v>217</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>665</v>
+        <v>135</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>644</v>
+      </c>
+      <c r="F117" s="5" t="s">
+        <v>611</v>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H117" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H117" s="5" t="s">
+        <v>670</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>135</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>569</v>
+        <v>611</v>
       </c>
       <c r="F118" s="5" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>135</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>569</v>
+        <v>611</v>
       </c>
       <c r="F119" s="5" t="s">
-        <v>627</v>
+        <v>677</v>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>685</v>
+        <v>690</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H120" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="J120" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="K120" s="5" t="s">
+        <v>695</v>
+      </c>
+      <c r="L120" s="6" t="s">
+        <v>696</v>
+      </c>
+      <c r="M120" s="5" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="F121" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="G121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H121" s="5" t="s">
+        <v>699</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>700</v>
+      </c>
+      <c r="J121" s="5" t="s">
+        <v>701</v>
+      </c>
+      <c r="K121" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="L121" s="6" t="s">
+        <v>703</v>
+      </c>
+      <c r="M121" s="5" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="5" t="s">
+        <v>705</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="F122" s="5" t="s">
+        <v>707</v>
+      </c>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H122" s="5" t="s">
+        <v>708</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>709</v>
+      </c>
+      <c r="J122" s="5" t="s">
+        <v>710</v>
+      </c>
+      <c r="K122" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="L122" s="6" t="s">
+        <v>712</v>
+      </c>
+      <c r="M122" s="5" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="5" t="s">
+        <v>714</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D123" s="5" t="s">
+        <v>715</v>
+      </c>
+      <c r="E123" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I123" s="5" t="s">
+        <v>716</v>
+      </c>
+      <c r="J123" s="5" t="s">
+        <v>717</v>
+      </c>
+      <c r="K123" s="5" t="s">
+        <v>718</v>
+      </c>
+      <c r="L123" s="6" t="s">
+        <v>719</v>
+      </c>
+      <c r="M123" s="5" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="5" t="s">
+        <v>721</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>722</v>
+      </c>
+      <c r="G124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H124" s="5" t="s">
+        <v>723</v>
+      </c>
+      <c r="I124" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="J124" s="5" t="s">
+        <v>725</v>
+      </c>
+      <c r="K124" s="5" t="s">
+        <v>726</v>
+      </c>
+      <c r="L124" s="6" t="s">
+        <v>727</v>
+      </c>
+      <c r="M124" s="5" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="5" t="s">
+        <v>729</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="G125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H125" s="5" t="s">
+        <v>730</v>
+      </c>
+      <c r="I125" s="5" t="s">
+        <v>731</v>
+      </c>
+      <c r="J125" s="5" t="s">
+        <v>732</v>
+      </c>
+      <c r="K125" s="5" t="s">
+        <v>733</v>
+      </c>
+      <c r="L125" s="6" t="s">
+        <v>734</v>
+      </c>
+      <c r="M125" s="5" t="s">
+        <v>735</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -9780,44 +10396,50 @@
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
     <hyperlink ref="M118" r:id="rId123"/>
     <hyperlink ref="M119" r:id="rId124"/>
+    <hyperlink ref="M120" r:id="rId125"/>
+    <hyperlink ref="M121" r:id="rId126"/>
+    <hyperlink ref="M122" r:id="rId127"/>
+    <hyperlink ref="M123" r:id="rId128"/>
+    <hyperlink ref="M124" r:id="rId129"/>
+    <hyperlink ref="M125" r:id="rId130"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>