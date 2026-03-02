--- v1 (2026-01-15)
+++ v2 (2026-03-02)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1122" uniqueCount="736" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1174" uniqueCount="773" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1152,50 +1152,196 @@
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1591</t>
   </si>
   <si>
     <t>Ellen Sawyer glæder sig til at se den lille dreng, som hun ønsker alt godt. 
 Det er sjovt, at Dudley Pray er populær.
 Vejret er godt, og luften er ikke så tung, så Harris Sawyer hoster ikke meget. Hans mave gør knuder hver måned omkring den 1., så det skyldes nok nervøsitet pga. husleje og andre regninger. Helt rask bliver han dog næppe, før de slipper for at bo sammen med hans familie. Ellen og Harris vil gerne have et pænt og sirligt hjem, men de er på dette område i mindretal i forhold til Harris' familie.
 Ellen og Harris tager på udflugter i weekenden. De har været på en ø med et fort og på Nantucket. En dag var de i Cambridge på besøg hos flere af Harris' gamle lærere og studiekammerater. Harris udviste stor stolthed over at være blevet gift.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/hOav</t>
   </si>
   <si>
     <t>Bellevue St. 27
 Kære Mor!
 Dine Breve kommer meget regelmæssigt Mandag Morg. [”Mandag Morg.” indsat over linjen] og jeg har lige nydt ét. Hvor den lille Dreng må være yndig og hvor jeg dog længes efter at se ham. Dette Brev vil formodentlig komme lige til hans Daab, - jeg ved ikke om man bruger at lykønske ved den Lejlighed, men Skade kan det jo aldrig og vist er det at jeg ønsker lille Jeppe alt det gode der er til på hans Løbebane. Jeg vil ønske, at han skal døbes Andreas, - det er et kønt Navn, - hvis vi nogen sinde skal være så heldige at få en Dreng skal han hedde Andreas efter Onkel Dede. – Der har nok ordentlig været en bevæget Tid på Haabet, - jeg synes du skulde tage en lille Tur ind til Tante Mis. – Det er jo morsomt at Dudley Pray falder i god Jord – hans Skønhed el. sprudlende Liv må han have lagt sig efter på Rejsen, - jeg så ikke noget til det. – Han er en stor skikkelig Bommert, veltilpas med sig selv og hele Verden. Jeg gad vide hvad han betaler og hvilket Værelse han har. Det Asen, at han ikke fortæller herovre fra, - jeg indprentede ham dog at han skulde det før han rejste
 Vi har i den senere Tid haft det temmelig med Varme, 26-27 Grader R, men det bliver nok meget værre. Luften er ikke tung så det er ikke særlig ubehageligt og om Aftenen er det altid køligt, - vi sidder da i Reglen ude på vor Altan. Her er mange Træer og Buske rundt om os – d. v. s. på den anden Side Gaden – så Luften er ren og frisk og slet ikke byagtig. Det er så sundt for Harry og han er da også så rask i den senere Tid at det er en Fornøjelse (jeg banker heftigt under Bordet). – Han hoster nu kun ubetydeligt om Morgenen og ser så rask ud. Maven har også været god i lang Tid, kun forleden Dag d. 1ste begyndte den at gøre Knuder, men det trak over. Det slog ham at det er i Reglen omkring d. 1ste i Måneden at han har sine Mavehistorier, som tager Kræfterne for lang Tid, og det er ikke umuligt at det, som han siger, står i Forbindelse med Husleje + Regninger, som kommer omkring d. 1ste. Det beviser, at det for en stor Del, er nervøst, og det giver det bedste Haab om at vi skal få Bugt med det. Der er mere Redeligheder i Pengevæsenet i denne Måned, fordi der ikke er bleven ”lånt” af Kassen, Indtægterne ere have ["ere" overstreget; ”have” indsat over linjen] også været gode, så der er ikke noget at bekymre sig over. Rigtig i Orden kommer Eastman nu ikke ikke før vi slipper ud af dette velsignede Familieliv. – Det er mærkeligt at han er så vidt forskellig fra sin Familije i Småvaner og Mening om Husholdning. Heldigvis er vi fuldstændig af samme Mening ang. dette – vi vil have det pænt og sirligt til daglig og lidt Variation, men da vi kun nu ["nu" overstreget] er to mod 5 kan vi ikke gennemføre det. Det er også sin Sag for mig at reformere alt for meget. Men vi lægger mangfoldige Planer om hvordan vi vil indrette os. Når bare H. kunde lade være med at krepere sig, som er så slemt for ham, - men det kan han ikke. Imidlertid ærgrer han sig ikke noget nu i Sammenligning med da han var alene om det. Han siger så ofte at det var en sand Guds Lykke at jeg kom og det var det sikkert også. Når han kommer hjem om Aftenen føler han sig fredelig og veltilpas, og Lørdag og Søndag er næsten som små Ferier. Så snart Når ["Så snart" overstreget: "Når" ”Når” indsat over linjen] det er godt Vejr på disse to Dage gør vi lange Ture og Udflugter og morer os fortræffeligt ”Memorial Day” begav vi os afsted om Morgenen og så først gamle East manøvrere med sine Soldater, hvilket var meget morsomt, derefter spadserede vi ned til Vandet over en lang Bro til en lille Ø hvor der er et Fort som menes at skulde forsvare Boston. På den ene Side af Øen er der en Græsmark og Eng med store gamle Træer og der smed vi os og spiste Bananer og Kager og så ud over Søen med alle Bådene og Skibene. Det var så tidligt på Dagen at der næsten ingen andre var – der gik to gamle Mænd og gjorde Hø, men det forhøjede kun Stemningen. I Lørdags var vi en endnu længere Tur. – Vi tog med en lille Damper over Boston Havn til ”Nantucket”. Du kan vist finde det på Kortet Nantucket er en Halvø, som kommer c sådan [Tegning] Havnen er smækfuld af små Øer og det er en interessant Tur. På N. er der Badeliv og ”Kommers”. Vi blev der en Timestid og så på det og spadserede på Strandbredden, - så tog vi et lille elektrisk Tog tilbage, ned gennem Nantucket, - en ganske dejlig Tur (åben Vogn!) gennem tætte Skove og Klippelandskaber. Det er kun små Klipper men de ”gør sig” og de forhindrer de utålelige små Træhuse i at myldre frem over alt – der var virkelig et Par Mil, hvor der var aldeles landligt og ubeboet. – 
 I – Torsdags var vi ogsaa på Benene hele Eft. Vi havde meldt os til at besøge forskellige i Cambridge, - den Del af Byen hvor Universitetet er. Vi gik fra Sted til Sted og lod os fejre. Først visiterede vi en Mr. Mark, Ingeniør, Lærer ved Universitetet: gl. Ven og Kammerat af H. Han har et Par Værelser i en af de store Bygninger hvor Studenterne bor og viste os en af denne Bygninger [”denne” indsat over linjen] Det er som alt andet her i stor Stil. Han trakterede os med Jordbær og var livlig og morsom. Derefter gik vi til en anden Bygning, hvor Dr. Schofield bor. Han havde inviteret 4-5 af Harris gamle Venner fra Universitetstiden – de ere nu ansatte som Lektorer og Professorer ved Harvard. Der er ingen Ende på som Harry kror sig og vigter sig over for sine gamle Venner fordi han kan møde med ”sin Kone”. – han overlader ved sådan en Lejlighed mest Snakken til mig og sidder skinnende af Fornøjelse se og iagttager hvad Indtryk mine Ord gør på dem, - jeg følte mig helt som en Udstillingsgenstand. Vi fik Is - The med Citron i og blev behandlet med stor Artighed og jeg blev overrakt en Buket Blomster, - 
 Derefter gik vi til Mr. Og Mrs. Hall, - fortræffelige Mennesker – nogle af H. bedste Venner. Der spiste vi til Aften: Skinke og Laxesalat, Smør og Brød [”Smør og Brød” indsat over linjen], Jordbær, Is og Kager. ”Pålæg” kender de ikke Øl og Vin er emanciperet. Klk 9 begav vi os til Dr Andrew som har ”at home” den Dag. De har et meget smukt Hjem og ere fortrinlige Mennesker. De minder mig i det hele om Prof. Hirschsprung Den gamle Dr. Andrew er det rareste på Jorden og hans Kone er Velvilligheden selv, de to Døtre som ere tykke, ser godt ud, spiller og synger og regerer Huset. Den ene Angelica er rigtig Sangerinde, hun har givet flere Koncerter i Vinter. De er alle gennemdannede, livlige og søde. – Det var en morsom Dag, vi kom hjem Kl. 11 som er meget sent for os. Jeg havde min grønne Bendixkjole med Firkanterne samt amerikansk Hat!
 H havde Brev fra Mr. Pray, som lød fornøjet og glad 
 [Indsat øverst s. 1; på hovedet:] Der er endnu Stilhed om mine Kasser men det kommer vel
 [Skrevet langs venstre margen s. 9:] Nu kun de kærligste Hilsner fr ["fr" overstreget] til alle fra Pelle
 [Indsat langs venstre margen s. 11:] 
 Jeg har nydt Pinsebrevene fra Disser, Tutte Onkel S. B. og Pan.</t>
+  </si>
+  <si>
+    <t>1899-05-11</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Johanne  Brandstrup
+- Jensen, Frøken, Erikshaab
+Asta Krohn
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer blev gift i Boston i begyndelsen af 1899. De boede de første år i et hus sammen med hans forældre, hans søstre og flere uidentificerede familiemedlemmer. Det vides ikke, hvad Harris Sawyers mor hed. 
+Alhed Larsen fik ikke en pige. Hun fødte en dreng 12. maj 1899.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1520</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer håber, at Alhed Larsen får en pige.
+Harris Sawyer er rejst til Milwaukee, hvor han skal indføre mælkesyre på et bryggeri. Det var en skuffelse, at Ellen ikke kunne komme med. Harris har besøgt Frederik Brandstrup og hans familie i Chicago. Datteren ligner Alhed/B og Johanne/Junge. Når Harris er væk, føler Ellen sig ikke hjemme. Hans familie er søde, men hun har det, som var hun en gæst. Harris troede på forhånd, at det skulle være hans og Ellens hjem, men de andre er for mange, og de dominerer.
+Ellen og Harris har besøgt nogle andre familiemedlemmer. Hun fik blomster, og flere personer sang, spillede og læste historier på dialekt.
+Ellen og Harris har fået en karaffel og en frugtskål.
+Ellen har broderet en bordløber til sin mor som tak for hjælpen med kasserne. Harris har syet et par hvide tråde.
+Ellen har været på biblioteket og i en fin gade med mange velklædte mennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vwuv</t>
+  </si>
+  <si>
+    <t>Maj 11-99
+Kære Moder
+Jeg er meget angergiven over at jeg har ladet en Brevdag skyde over. Der havde været så megen Uro og Travlhed at jeg kun kunde skrive et Gadskebrev og så vilde jeg hellere vente et Par Dage. – 
+Vil du takke Frk. Jensen så meget for hendes Brev. Bare hun nu må komme sig helt for Hosten og Influenzaen. Alheds lille Pige kommer da ikke til at lide Mangel på Velyndere når hun kommer. – Det vilde være underligt, hvis det blev en Dreng, - det må vi da ikke håbe. Når du får dette Brev er det måske overstået.
+Jeg er Enke i denne Tid. Harris rejste i Fredags til Milwaukee, en lille By i Nærheden af Chicago, hvor han skulde indføre Mælkesyre på et stort Bryggeri, et af de største i Amerika. Han venter sig rigtig gode Forretninger af det, men jeg er ikke Mand for at klare hvordan det egentlig hænger sammen. Det var jo en lille Skuffelse, at jeg ikke kunde komme med, men han bliver kun borte c. 8 Dage og de ere snart gåede. Han skriver hver Dag og har det godt. Han var dårlig da han rejste, et af sine Mavetilfælde men Luftforandringen har gjort ham godt. Tænk han har besøgt Onkel Frederik og syntes så godt om dem alle. Onkel Fr. lod til at være meget glad over at se ham og få en Passiar med ham alt hjemme. E. skriver at Børnene er så søde. Mary Kirstine er en ægte Brandstrup, - hun ligner [”n” i "ligner" indsat over linien] Junge, B og mig men mest B. Drengen er allerkæreste. Når han kommer hjem skal jeg forklare meget mere om dem og skrive derom. – 
+Det er skrækkelig trist når East er væk og jeg føler rigtig hvor lidt hjemme jeg i Grunden føler mig i hele denne Familjere'lighed, som jo slet ikke kommer mig ved i Grunden. De ere udsøgt rare imod mig og lader mig passe mig selv så meget jeg vil, men jeg føler mig som Gæst her og det er jo i Længden trættende, selv om man bliver behandlet med udsøgt Gæstfrihed. Harris mente da han flyttede herind at det skulde være vores Hjem og de andre som boede hos os, men han er begyndt at indse, at han gjorde en Bommert der. – De er for mange om os og det er fuldstændig deres Aand der er den herskende. Jeg har længe været ked af det hele Arrangement og det har længe ulmet i East. Forleden mig straks ”cousin Elle” og jeg følte mig hele Dagen som mellem andre borgerlige Mennesker. Vi gik fra det ene Hus til det andet og blev hædret og underholdt på det kraftigste. ”Cousin Ed” havde en stor Have og gav mig så mange Blomster som vi kunde slæbe hjem, Violer, Æblegrene, en stor Magnoliablomst og en dejlig Cactus. De fleste af dem spiller el synger, om Aftenen samledes de alle med deres Koner i det Hus, som vi oprindeligt besøgte og spillede og sang, èn læste Historier i Bondedialekt og alle morede sig fortræffeligt. 
+Det var næsten på Landet derude og meget smukt. 
+Jeg var helt begejstret over at se Køer græsse og rigtige Pløjemarker. 
+Vi har fået to Presenter siden jeg skrev sidst, - en Vandkaraffel af tykt slebet Glas og en dito Frugtskål. Jeg ved ikke rigtig hvad man kalder sådan den Slags hjemme. Det er sådan noget som det lille Glas du en Gang fik af Bedstemoder el – det lille Glas Asta gav mig da hun rejste. Vores Frugtskål er det tykkeste og tungeste jeg nogensinde har set i den Branche.- 
+Det kunde more mig ved Lejlighed at få at vide om Mr. Pray er kommen til at bo hos Tante Mis og om han skikker sig vel! 
+Er Pakken kommet sikkert derover med Guldfingerbøl og det hele. Bordløberen er til dig til Gengæld for at den Styr du har haft med mine Kasser. – Jeg syede den i sådan en Fart at den vist ikke kan stå for en kritisk Prøve, og der en Stilk og nogle Pletter som jeg ikke nåede. Den Plet, hvor som ["hvor" overstreget; ”som” indsat over linien] der er syt en hvid Tråd over, har Eastman syt. Han tiggede hele Tiden, mens jeg syede den, om han måtte have den, - det egoistiske Asen, men jeg var stærk! 
+Jeg har været i Byen idag og inde på det store offentlige Bibliotek efter Bøger. Jeg spadserede ned gennem Boilston St., en af de fine Gader. Det er aldeles imponerende hvad man der ser af Elegance og fine Klæder. Man kan ikke gøre sig nogen Forestilling om det der er èn Raslen af Silke og en Dunst af Parfume, og Hattene – Bjærge af Blomster og Tull. -
+Her er meget smukt nu. Her er Tusinder af blomstrende Frugttræer, Syrenerne og Kastanjerne ere næsten udsprungne, - smukt er her, det kan ikke nægtes. 
+Nu kun Hilsen til alle, mest til dig fra Pelle. 
+[Skrevet langs venstre margen s. 7; lodret:]
+Helen beder, om du ikke vil sende en gammel Avis, ligegyldig hvilken ved Lejlighed – der er én som samler udenlandske Blade.</t>
+  </si>
+  <si>
+    <t>1899-05-14</t>
+  </si>
+  <si>
+    <t>Edward -
+Wilhelmine Berg
+Johanne  Brandstrup
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Niels Dines Wangberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift i Boston i 1899. 
+Thingvalla var et dansk rederi stiftet af C.F. Tietgen i 1880. Det havde hovedsæde i København. Omkring 1900 var det et af de dominerende rederier, som sejlede skandinaviske udvandrede til USA. I 1898 overtog Det Forenede Dampskibs-Selskab (DFDS) rederiet og dets aktiver under navnet Scandinavian America Line (Wikipedia febr. 2026). 
+Tante kan både være Vilhelmine Berg og Johanne/Hanne Brandstrup. 
+"De": De første par år boede Ellen og Harris i hus sammen med hans søster og forældre. Moderens navn kendes ikke. 
+B: Alhed Larsen med kælenavnet Be var gravid.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1523</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har modtaget fragtbrevet og glæder sig til, at hendes kasser kommer. Dudley Pray kan måske tage sengetæppet med fra Danmark. Ellen ved ikke, om hun og Harris Eastman Sawyer kommer til Danmark denne sommer.
+Ellen vil gerne skaffe sølvtøj til Tante. 
+Harris er optaget af sin mælkesyresag, som kan blive indbringende. Han skriver mange kontrakter, rejser meget og er heldigvis rask. Når Harris kommer hjem, skal man have normal mad i huset igen. Hans familie laver kedelig mad uden variation og smag. Forleden bad Ellen om, at de kunne få oksetunge, og de fik en skrækkelig fed en. Nu vil hun lave rabarbergrød, sildesalat og agurksalat. Amerikanerne bager brød i en blikspand; de spiser ikke forret eller skemad - kun østers kogt i mælk, hvilket er rædselsfuldt. 
+Ellen har besøgt Fætter Edward og hans familie. Hun er blevet god til at finde rundt med sporvognen og har været hos tandlægen. På hjemturen tog hun dog den forkerte forbindelse. 
+Ellen er spændt på, om Alhed/B Larsen får en pige. Hun glemte Astrid/Disens fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hEmD</t>
+  </si>
+  <si>
+    <t>Maj 14. 99
+Kære Mor!
+Jeg har fået Fragtbrevet eller hvad det skal kaldes i Dag og begynder nu snart at vente mine Kasser. Det bliver knusende morsomt, - især hvis det går godt med Tolden. Du har rigtignok haft en rasende Besvær med det og det er ikke så sært at det har spillet en Rolle for dig. Det varer dog vist et Par Uger før det kommer. Thingvalla er jo lidt sen i Vendingen. Jeg skal nok skrive hvordan det er gået med Tolden ligeså snart det kommer. Eastman er knap så begejstret som jeg ved Tanken om at det nærmer sig. – Du skal ikke bekymre dig om at sende det Sengetæppe. Måske Mr. Pray vil tage det med, når han rejser hjem om tre Måneder. 
+Om vi kommer i Sommer kan vi ikke sige inden Somren er forbi. Det beror på Geschäften, Helbredet og vore Vinterplaner. Ifald det skulde ske skal vi med Fornøjelse besørge det Sølvtøj til Tante Det er ikke Plet, gedigent Sølv, men de har ikke det Mønster, som er det almindeligste hjemme og som Tante vel også har med Rifler ned af Skaftet. Her er 4-5 forskellige Mønstre – jeg skal ved Lejlighed se at få en sådan Mønsterbog med Priser og sende hjem. – Du har nok også spurgt om Rejsen hjem afhænger af Eastmans Svineslagterihistorie, - det gør den ikke for han mener at den vil trække ud mindst ½ Aar. De vil nemlig ikke betale ham Resten ("Resten" indsat over linjen] inden de ere fuldt ud sikre på at det har hjulpet. 
+Nu er han meget optaget af sin Mælkesyre, som han er i Milwaukee for. Det er noget nyt, som skal indføres på Bryggerierne og som vil blive indbringende, hvis det viser sig at være heldigt. Han er en ivrig Forretningsmand og har en Masse Jærn i Ilden. Han udfærdiger Kontrakten i det mest snørklede, juridiske Sprog, sætter sit Navn under og sender den til dem han har i Sinde at arbejde for og hvis de synes om, hvad han foreslår dem, sætter de deres Navn under og Eastman skrider til Værket. – Imorgen kommer han hjem og min Enkestand er forbi. I Mandags rejste han til Kansas, 24 Timers Rejse fra Chicago, var der 5-6 Timer og gled derpå tilbage. - Han har været så rask hele Tiden, det lader til at han tåler det Klima bedre. – -
+Der er adskillige Fordele ved at han kommer hjem igen, bl.a. den at vi så igen får spiselig Mad i Huset. – Når han ikke er her lever de mere ”amerikansk” og det er trættende i Længden. Bl.a. køber de så ikke Brød, men laver selv, - en Slags Tvebaksdejg, som jeg ikke ret godt kan få ned til Flæsk f. Eks. Der er så lidt Variation at man bliver så led og ked af alting, - de har i Reglen kun en Slags Mad i Huset som spises indtil der ikke er mere af det, - Morgen, Middag og Aften. Jeg kom til at foreslå en Oksetunge, og så fik vi forleden et stort fedt Asen af en Tunge (den må have tilhørt en fed, gammel Tyr) – efter tre Dages Forløb er det kun med Overvindelse at jeg taler om denne Tunge. Køber vi røgede Tunger monstro? Denne Tunge smager vidt forskelligt fra dem hjemme. Nu har jeg bestilt Rhabarber til Rhabarbergrød, Schweizerost og menneskeligt Brød. Når East. kommer hjem skal jeg se at få samlet Stof til Sildesalat. Alt hvad de laver her er så ferskt at man længes efter lidt mere kradst. Jeg har også sendt Bud efter Agurker til A.Salat. De har aldrig noget surt. 
+Husholdningen er rigtig nok vidt forskellig fra den danske, - nemt er det men ikke interessant, - jo forresten undertiden er den, men jeg er vant til det nu, - efter at jeg har set dem bage Brød i en Blikspand (!!!) kan intet mere forbavse mig. De spiser aldrig hvad vi kalder ”Formad” – aldrig Suppe. Vi har kun fået en Slags ”Skemad” og det Østers kogt i Mælk, - ubeskrivelig rædselsfuldt!! Jeg glæder mig til min Kogebog! 
+I Mandags var jeg ude i Boxburry hos min nye Familie, Fætter Edwards. De har et stort Hus og jeg morede mig fortræffeligt. Jeg var bedt til Frokost og fik Hønsefrikasé med surt til, samt Øl, Oksesteg med Kartofler og Jordbær, The og Bagværk. – Efter Frokost spillede Edward en Del, hvorefter vi gik ud og var ude Resten af Dagen. Vi er Edward, Bel, Konen (jeg kender ikke hendes rigtige Navn) og deres store Hund. De har en Hønsegård og en Hane. Vi lå i Græsset og solede os og gik derefter ud for at plukke vilde Blomster, så jeg havde en hel Stak med mig hjem. 
+Jeg kan nu helt godt finde omkring alene. Afstandene ere så uendelige her så man bruger altid elektrisk Sporvogn som her er en uendelig Masser af og det gælder om at finde de rigtige. Alting går i sådan en Hast her og der er sådan en Tummel at det ikke kan nytte stort at spørge. I går var jeg til Tandlæge for at blive plumberet. Det er en gammel Ven af Harris han bor i Cambridge, 1½ Mil Timer ["Mil" overstreget; ”Timer” indsat over linjen] Rejse herfra med Sporvogn. 
+Jeg fandt godt nok derud men da jeg skulde hjem gav de mig forkert Svar på min Forespørgsel, så jeg kom i en gal Sporvogn og Pokker i Vold i en anden Ende af Byen. Jeg kom der igennem en Gade hvor Numrene gik til 1800! De plomberer fortrinligt her, meget hurtigere end hjemme og det gør så godt som ikke ondt. De betales pr Time 
+Jeg glemte totalt Disens Fødselsdag og er meget ked af det – forresten skylder hun mig Brev. – Nu begynder jeg at blive nervøs for B. – det er fælt at være så langt borte det varer sådan en Tid at få noget at vide. – men der skrives vel straks om det. Mon det virkelig skal nå at blive en Pige!
+[Skrevet i venstre margen s. 8; lodret:]
+Hilsen til alle, særlig Far og Hunden fra din Pelle</t>
+  </si>
+  <si>
+    <t>1899-08-01</t>
+  </si>
+  <si>
+    <t>Holger Drachmann
+August Andreas Jerndorff
+Harris Sawyer
+- Sawyer, Harris' far
+William Henry Schofield</t>
+  </si>
+  <si>
+    <t>George Vhitehouse og Dr. Tailors kendes ikke. Det vides ikke, hvad Harris Sawyers mor og bedstemor hed. 
+Drachmann, Holger: Troldtøj: folkesagn i nutidsliv, 1890 (bibliografi.dk: international forfatterbibliografi). Udgiver: Bojesen. Illustratorer: Joachim Skovgaard, Aug. Jerndorff, Th. Bindesbøll.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1540</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har måtte holde sig hjemme for at passe den gamle. Det var dejligt, at Harris Sawyers mor ikke var der, for man bliver melankolsk af at være sammen med hende. Hun blander sig desuden i alt, og da Harris en dag bad hende passe sig selv, blev hun vred og sagde, at det var hendes hus. Ellen og Harris står tidligt op blandt andet for at spise morgemad før moderen. Harris er morgfenmenneske. Han og Ellen går så også tidligt i seng. 
+En dag drillede Ellen og Harris de gamle ved først at stille urene to timer frem og derefter tilbage. 
+Universitetsbiblioteket er ved at grundlægge en samling af skandinavisk litteratur. Ellen har lånt Drachmanns Troldtøj. Harris har på engelsk læst om Kong Erik. 
+Ellen og Harris skal på en rejse af to ugers varighed. De har haft gæster til god mad, og dagen efter kommer en professor fra Harvard. 
+Man kan få god frugt i USA - bl.a. nogle dejlige meloner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hUFS</t>
+  </si>
+  <si>
+    <t>d. 1ste Aug. 99.
+Kære Mor! 
+Tak for dit Ekstrabrev og for Brevkortet idag. 
+Min Uge, siden jeg skrev sidst har ikke været synderlig indholdsrig. Jeg har måttet holde mig hjemme for at passe på den gamle som aldrig tør være alene i Huset, men forresten har jeg nydt at være alene om Styret. (Jeg ved ikke hvad det er med Harris’ Moder, - man bliver så bundmelankolsk ved at være sammen med hende. Jeg tror det smitter. Jeg har været som et andet Menneske i denne Uge, skønt Guderne skal vide, at den gl. Bedstemoder ikke er opmuntrende. Hun grumler og gnaver altid og er ret utålelig. En Dag fik vi hende alvorlig gal i Hovedet, men jeg tror da hun har glemt det nu: Hun blander sig altid i vore Anliggender og Harris kom derfor en Dag til at bede hende passe sig selv, hvorpå hun blev i høj Grad stødt og erklærede at dette var hendes Hus og hun havde Lov til at sige hvad hun vilde o.s.v. Det er hver Morgen vort Maal at komme op før hende så vi kan spise vor Morgenmad i Fred og Ro, derfor ["derfor" overstreget] men skønt vi ere nede Klk 6½ kan det næsten ikke lykkes. Harris er den værste Morgenmand; jeg har kendt; Klk 5½ begynder han at sukke ynkeligt og vil op, men ved min energiske Protest har jeg fået det trukken ud til Klk 6, men det er også det seneste. Her ere Dagene ikke så korte om Vinteren, det er altid højlys Dag Klk 6, så Folk her ere i Vane med at stå tidligt op. Men så går vi rigtignok også i Seng 9½. Igår besluttede vi at holde de ["de" overstreget] lidt Sjov med de gamle: Vi stillede Urene 2 Timer frem før hun kom ned om Morgenen. Hun var midt i Beretningen om en søvnløs, gennemvåget Nat, da hun så at Klk var over 10. ”Hun måtte så alligevel have blundet lidt på Morgenstunden”. Så i Løbet af Morgenstunden stillede vi Urene rigtig igen, og den gamle mente, at hun måtte være skrækkelig syg, så langsom den Formiddag gik. Har ej fortalt, at jeg er kommet i med at få danske Bøger fra Universitetsbiblioteket. De, - med Dr. Schofield i Spidsen – ere i Færd med at lave en stor Samling af nyere skandinaviske Bøger. Jeg tror, jeg er deres eneste Læser for Tiden – i det mindste ere alle de Bøger jeg hidtil lånt aldeles som nye. I Lørdags fik vi èn til at være hos den gamle, medens vi tog til Cambridge efter Bøger. Man finder i Katalogerne hvad man vil have, skriver No. på små Sedler, indleverer dem og får sine Bøger lidt efter. Jeg havde bl.a. forlangt Troldtøj af Drachmann og du kan tænke dig min Forfærdelse, da de kom slæbende med et rødt Pragteksemplar så stort som din ”Danmark” Det var en stor illustreret Udgave med Tegninger af J. Skovgård og Jerndorff. Den var jo tung at slæbe hjem, men jeg havde forresten megen Glæde af den. Jeg fik også en engelsk [”engelsk” indsat over linjen] Oversættelse af ”Kong Erik og de Fredløse” til Harry. Han læste den hele igår med stor Interesse. Han havde sit Københavnerkort ved Siden og fandt mange af de Steder der omtales. Jeg har aldrig i mit Liv set nogen læse så hurtigt som han: Vi var et Tur på 3 Timer i Franklin Park, han lavede Aftensmaden alene, hjalp mig med Middagsmaden, spillede og snakkede og fik alligevel Tid til at læse de tre Bind igennem. Jeg må se at finde nogle flere danske hist. Romaner. Han får da noget Danmarkshistorie på en nem Måde.
+På Fredag rejser vi og glæder os meget. Vi skal gøre Turen rigtig langsomt, - være to Dage om den og se os om på Vejen, og så skal vi tilbringe to pragtfulde Uger mest i de store Skove og se Bjærgene og rigtig blive fyldt med frisk Luft. Harry trænger meget til en Ferie. – Jeg har forresten meget travet i disse Dage, der er jo altid en Del Småberedelser før en Rejse, - her kommer et par fremmede Herrer i Aften og på Tirsdag Aften til Aftensmad, - vi må vadske Onsdag og så ”det daglige”, så jeg er da beskæftiget. Jeg vil imidlertid kun vadske det nødvendigste, så Konen kan nå at stryge det også samme Dag. Harry husker og hjælper med alt, og det går det så meget lettere. 
+Næste Dag.
+Vi havde en morsom Aften i Aftes. Det er forfærdelig morsomt at have Fremmede når vi ere ene om at være Vært + Værtinde. Gæsternes Antal var ikke stort, til Aften kun George Vhitehouse, en af Harris’ ældste og bedste Venner som gav os den store fine Krystalskål. Vi havde Roastbeef m. Kartofler og ”surt” og Meloner med Æggehvidekage til. Bajersk Øl og et Glas Sherry til Melonerne. Senere kom Dr. Tailors ind. Vi vilde gærne også traktere dem med noget, men havde ikke andet end Øl 3 Stk. syltet Ingefær og nogle Oliven, - som de gladelig fortærede alt sammen. 
+Imorgen er det en Professor fra Harvard, - han er imidlertid en yngre Mand og ikke skrækindjagende. Jeg har tiltænkt ham Skinke og Grønærter, Tomater og Kartofler og en ”Lagt-ned-Æblekage” m. Flødeskum. – Skinken køber vi kogt og det hele og der er ikke meget at forberede. De har glimrende Frugt her i Amerika. Fersken!!!! Og nogle delikate små Meloner, som man skærer midt over og spiser af, Skalden som et blødkogt Æg. H. og jeg deler èn hver Morgen på fastende Hjærte. – 
+Hvordan er Frugten hjemme iår, - bærer de små Træer noget! De lykkelige Unger som nu [ulæseligt] Rejsen. ----
+[S. 1 langs venstre margen indsat tekst, der er ulæselig, da blækket er flydt ud)
+[Øverst s. 1:] (ulæseligt] hørte sig til. Skal til Cambridge i Dag for at blive forsynet med Bøger til Ferien
+[Skrevet langs venstre margen s. 8:]
+bliver flot Bjærgene.
+[Skrevet langs venstre margen s. 7:]
+1000 Hilsner til alle fra Harry og Elle.</t>
   </si>
   <si>
     <t>1899-10-24</t>
   </si>
   <si>
     <t>Emil Andresen
 Benedict Boisen
 Esther Boisen
 Ludvig Brandstrup, billedhugger
 Victor Bøttern
 Viggo Johansen
 Adolph Larsen
 Georg Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Olga Lau
 Cathrine Meyer
 Marie Meyer
 Sophus  Meyer
 Johan Christian Petersen
 Fritz Syberg</t>
   </si>
   <si>
     <t>I efteråret forpagtede Victor Bøttern alt vedr. Købmandsgården til grosserer Victor Bøttern undtagen detailhandlen, som blev overtaget af Georg Larsen.
@@ -2434,50 +2580,87 @@
   <si>
     <t>Brevet ejes af en efterkommer af Elena Larsen</t>
   </si>
   <si>
     <t>Elise Hansen/Mosser har fået stjålet sin pung. 
 Peter hansen og Grete fotograferer. De har set et luftskib, en ballon og en filmkulisse. Den følgende tirsdag rejser de videre, hvilket ærgrer Grete. 
 Både Elise og Peter Hansen er sløje. 
 Elise og Grete har været på Campidoglio og se illuminationer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5qwN</t>
   </si>
   <si>
     <t>Rom d 10/1 - 20
 [Indsat øverst s. 1; på tværs:] Jeg har intet Klatpapir derfor er det nok løbet ud
 Kære Bimme!.
 Tak for dit Brev! Det var rart endelig at høre fra Jer. – Europas største Begivenhed!!! Vil snart blive læst i alle Blade!!! 
 Fru Mosser Hansen gik forleden Dag sin sædvanlige Tur paa Loppetorvet, den samme Mosser som altid praler med at der aldrig ?!!! er blevet stjaalet saa meget som en Brødkrumme fra hende, naa, hun gik altsaa og saa paa Antækker og pludselig var hendes Potte-med-nichts – med 45 Lire var stjaalet lige ud af Lommen med et [”et” indsat over linjen] Brillefutteralet ["et" sidst i ordet overstreget]; der var heldigvis ingen Briller i.!!! Katastrofe ikke sandt!? – Ellers gaar alt fredeligt vi har faaet sat Plader i Fotografiapparatet og jeg opdager til min store Forbavselse at det snarere er Fassers end mit Apparat, af de første 9 Film har jeg nemlig [”nemlig” indsat over linjen] allernaadigst faaet Lov til at tage de 3.
 Men nu bliver det noget andet! I Morgen ta'r jeg og knalder de sidste 3 af lige for Næsen af Papmanden. I Dag har Fasser og jeg været ude i Kampagnen og der plukkede jeg en stor Buket Bellis de [”de var” indsat over linjen] lige saa store som vore Havebellis hjemme. Vi saa 3 Flyvemaskiner 1 Luftskib og en Ballon oppe i Luften og pludselig var vi i Ægypten for vi saa en stor stor Svinx og ægyptiske Templer rundt omkring – da vi kom nærmere opdagede vi at det var Kulisser til en Film.
 Det er jo en Selvfølge at vi saa Vandledninger og Albanerbjærge i Baggrunden. Jeg hved ikke hvor Mos er hun var for "træt" og vilde hellere blive hjemme og hvile men da vi kom hjem var hun sporløst forsvunden. Jeg har faaet Brev fra Bente for h ["for h" overstreget] Du skriver at hun havde faet Kort fra mig; sikke en Snøbel at hun kalder 4 Sider for Kort. Hils hende fra mig. Paa Tirsdag rejser vi vist herfra det er kedeligt for nu kender jeg alle Gaderne alene (forleden dag var jeg paa Forum ganske alene mens Fas og Mos var til Concerto) og jeg kan gaa i Butikker ganske alene. Det er kedeligt at I ikke har faaet Jeres Pakke mange Tak for de 2 Pakker vi laa flade alle 3 af morderlig Grin saa vi maate faa en Tjener til at holde paa Huset à la Betty Nansen. – Et Sted i dit Brev siger du se Kylles Brev men der er da ikke noget Brev fra Kylle. Naa nu er der ikke mere andet en at I maa og skal skrive rigtig snart. Mange kærlige Hilsener fra Jeres hengivne Grete
 [Det følgende med Elise Hansens skrift:] Var I saa hos Heide i Julen? Du maa endelig fortælle noget om [ulæseligt] Forlovede, naar du har set dem Hils Ausa, og Haiser; N.E. ser I vel ikke Mange kærlige Hilsener til jer alle 3.
 Mos.
 Kære Bams! Ja nu tænker vi altsaa paa at rejse syd paa. Nu er her blevet saa rart hjemligt i Rom, men vi faar ikke bestilt andet end at gaa omkring og se paa Sagerne. Fasser har igen haft stor Snue og Hoste – det er farligt, men det dræber ikke, og min Forkølelse fra Perugia staar mig endnu ud i Næsen og helt ned til Maven. Den lille Grete er frisk. Vi har nu ogsaa haft megen Regn i den sidste Tid; 10 à 15% Varme men tung Luft. I Dag har det været straalende Solskin; og hvor har her dog saa været dejligt, kølig, frisk Luft. Vi var i Vatikanet og saa Antiksamlingen, nu har vi været der 3 Gange og faaet den godt at se. I Torsdags var der Fest om Aftenen gik G. og jeg ud og saa Illuminationerne i de store Paladser, vi vovede os op paa Campidoglio og saa paa forum i Maaneskin og sagde be’ be’ og brugte Hænderne for at Folk ikke skulde forstaa, at vi var fremmede. Her er meget fredeligt, det er endog sjældent at man hører et ”volle melone”. Vi har en rar gammel Spillemand til Portier. Vi vil ligefrem savne hans: Buongiorno signora, signorina buongiorno</t>
   </si>
   <si>
+    <t>1920-01-19</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Jens Theodor Berg
+Leif Berg
+Hans Christian Caspersen
+Johanne Caspersen
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg fyldte 75 år i 1920. Jørgen og hans barn kendes ikke. Ej heller Kristian.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3851</t>
+  </si>
+  <si>
+    <t>Wilhelmine/Tante Mis ønsker tillykke med de 75 år. Laura Warberg får sikkert en dejlig dag hos Alhed og Johannes Larsen, som er så gode til at holde fest. Wilhelmine og Laura ses heldigvis snart i København. 
+Wilhelmine skal holde fest med 24 deltagere for sønnen Leif, og hun gruer for det. Efter at have serveret aftensmad for pensionærerne, skal hun stå for en stor middag for Leifs gæster, og der skal være dans mm.
+Wilhelmine sender Laura et sjal. Hun har besøgt Hanne/Johanne Caspersen.
+Kristian er syg af ischias.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fHKI</t>
+  </si>
+  <si>
+    <t>Sønd. 19-1-20
+Kæe Laura.
+Modtag de kjærligste ønsker fra Theo og mig i Dagens anl. Du får nok en yndig Dag hos din kære søde Alhed. Er der nogen, der forstår at lave fest, så er det da Alhed og Las. Hvor jeg husker den sommer, jeg var paying guest hos dem. En middag med stegt flæsk med ny kartofler og salade romaine pyntet med de små blå blomster. En vase med roser på bordet. Festivitas over det hele. Som sagt 75 år båret med oprejst pande og rank ryg i medg. og modg. som Du bærer dem. Det er sandelig godt gjort. Hanne og jeg var i dag enige i, at var du ikke nu kommen herover så snart, var vi begge to kommen til Kerteminde trods vintertid og dyrtid; men nu ses vi jo som sagt meget snart her. På Lørdag 24 skal Lejf have en Dans. Han er bedt så umådelig meget ud, og jeg kan ikke lide ikke at gøre gengæld; men ærlig talt gruer jeg nok. Først pensionærmiddag. 5 1/2 45 men. så opvask til side, stuerne pyntet bordet dækket til 24 unge gæster souper. Tunger i oliven med fiskerand. salater, sandwiches, cakes med roquefort og parfait med nougat, rødvin og madeira, ud på aftnen "A.b.c. vand" og appelsinsalat og 1 1/2 kaffe med kager Kl. 2 Afhentning. Gid det var vel overstået. Jeg sender dig hermed et lille hvidt sjal. De er trods finheden meget varme. Skulde du gå til at få ét til eller lign. kan det byttes i Mag. du N. Jeg var hos Hanne i formiddags. Max var i Valby til frok. Jeg blev hos Hanne vi havde så meget at tale om. Jeg havde ikke været der så længe. Det var meget hyggeligt. Bagefter gik vi på visit hos Jørgens, som jo bor i Blågårdsgade. Traf dem ikke. Barnet så vi. Den var sød, lign Jørgen som 2 dråber vand. Stakkels Kristian er stadig dårlig af Ichias. Det er meget drøjt og smertefuldt. Nætterne er rædsomme trods sovemidler. Under sådanne forhold savnes telefonen meget. Nå nu farvel for denne gang. Daisy har det godt men desværre endnu intet arbejde. Det er vist håbløst i England for tiden. Der er en syndflod af massøser. Hils nu alle, Junge, Elle, Alhed tusinde gange fra Tante Mis.</t>
+  </si>
+  <si>
     <t>1921-06-20</t>
   </si>
   <si>
     <t>Thurø
 Svendborg
 Sct. Jørgens Kirke, Svendborg
 Tåsinge </t>
   </si>
   <si>
     <t>Christian Andersen
 Achton Friis
 Martha Friis
 Andreas Larsen
 Johan Larsen
 Alfred Nielsen</t>
   </si>
   <si>
     <t>Johannes Larsen, Achton Friis, Christian Andersen og Puf er på sejltur med skibet Rylen. Turen(e) resulterede i bogværket De Danskes Øer med tekst af Achton Friis og illustrationer af samme samt af Johannes Larsen.</t>
   </si>
   <si>
     <t>Johannes Larsen har været rundt på Siø. Han og Achton Friis sejler efter middagen til Thurø. Alhed og Lysse/Johan kan evt. cykle til Svendborg og mødes med dem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Xmoh</t>
   </si>
@@ -3660,50 +3843,143 @@
 Fru
 Johanne Warberg Larsen
 Lindøgaard
 Dræby
 Fyen
 [Skrevet med kuglepen:]
 27-5-03.
 [Med blyant:]
 Margrethe Benzon. Død
 [Håndskrevet på kuvertens bagside:]
 Warberg Larsen 
 Hareskov
 [I brevet:]
 Hareskov, Tirsdag Morgen 2/8 – 38
 Kæreste søde Junge! Ja, jeg må skrive igen til dig – Tak for dit lange udførlige Brev med alle Bilagene – som følger vedlagt tilbage. Det er en forfærdelig Historie, Junge, ja, en Tragedie, synes jeg, med så djævelsk raffinerede Komplikationer, at man næsten ikke véd, hvordan det kan gribes an. Men én Ting slog mig voldsomt ved Gennemlæsningen af Dokumenterne – Marys bestemte Udtalelse om, at hun ikke vilde lade Barnet vokse op på Lindøgaard og 2) at hun ikke havde ønsket et Barn. 
 Når Mary løber fra det hele, har hun virkelig ingensomhelst Ret over Barnet, som dog også er Tinges. Principielt synes jeg ganske vist, at Barnet skal være hos Moderen, men hvis hun vil være Sygeplejerske – så kan jeg ikke indse, hvorfor Barnet skal vokse op hos Mælkehandleren i Kerteminde - så er dets naturlige Opvoksested så sandelig hos Faren og den anden Bedstemor – dig! Særlig hvis Bibbe bliver hjemme, er det dog rimeligt, om du og Bibbe i Forening opdrager barnet, og man har dog vel Lov til at mene, at den Ordning også for den lille vil være den bedste! Det er den rent menneskelige Side af Sagen. Og juridisk er det dog klart, at Tinge skal have Retten, når Mary forlader ham. For alt i Verden må I da ikke gøre noget overilet med, at Tinge afgiver ”Forældremyndigheden” eller i det hele giver Afkald på sit Barn; det er de nu engang to om, og det kan Mary ikke uden videre bestemme over som hun selv synes; den største Part af Tragedien er hendes, men som du selv siger, så vidste hun på Forhånd, hvad hun gik ind til og hun må tage Konsekvenserne. Jeg forstår godt, I har Medlidenhed med hende, hendes Stilling er skrækkelig, det frygteligste af alt er ulykkelig Kærlighed, der er blot den lille Mildning ved det, at det som Regel går over! Men det kan ikke – nej aldrig – overses, mens det står på. Hvor er det godt, at både du og Bibbe er besindige Naturer (jeg regner ikke med Mandfolkene, dette er et udtalt Kvindeanliggende); I må da endelig sætte alt ind på; at der ikke foretages uoprettelige Ting – Skilsmisse etc – før Barnet er kommen til Verden; husk på, hvor det ofte kan forandre alting. Mary er sikkert utilregnelig nu, hvad hun jo også selv antyder; tro mig, hun vil engang fortryde det Brev til dig, også hun må lære at se Forholdet fra den anden Parts
 2)
 Synspunkt; det er hende, der må forsøge at finde sig tilrette med, at hun som en fremmed er kommen ind i Jeres sluttede Kreds – eller rettere, det burde hun have forstået, mens Tid er, nu synes det altså at være for sent, når Tinge kun er glad over at være bleven fri; der har vi så igen Kernen i det hele – den manglende Kærlighed. Jeg tror nu, Junge, at jeg har specielle Forudsætninger for at kunne sætte mig ind i Marys Følelser og hele Tankegang – gennem mit Ægteskab med Buf og Forholdet til hans Mor; helt sammenlignes kan det ikke, men alligevel er der sådanne Berøringspunkter, at jeg udmærket forstår hendes Adfærd; også jeg var dengang bundløs uretfærdig mod Bufs Mor, som jeg alligevel inderst inde altid beundrede og holdt af. 
 Og alt det med Selvstændigheden, ja, det kan enhver forstå; men der kommer det jo igen, at Mary vidste, hvad hun gik ind til. Jeg synes, at det arme Menneske er i et forfærdeligt Dilemma! og at hun er gået ind til en yderst kvalfuld og tung Skæbne, da hun begik det Fejlgreb på Trods af alt at gifte sig med Tinge – dér ligger den store og skæbnesvangre Fejl, og den er dog egentlig både forståelig og tilgivelig. Også dér har jeg personlige og bitre Erfaringer – også jeg giftede mig i sin Tid på Trods af alt med Alfred G.! 
 Gennem Lidelser og Erfaringer lærer man at føle dybt med de andre – selv om de laver tossede Ting, som nu Mary har.
 Og med dig, søde Junge! det er sindsoprivende Ting, du skal igennem med alt dette: Men du véd jo dog med dig selv, at Marys Beskyldninger og Insinuationer er uretfærdige og hovedsagelig dikteret af hendes øjeblikkelige Tilstand – hvad hun også selv antyder, så prøv på ikke at lade det nage dig for meget, for det er næsten ikke til at holde ud. Dette Brev skulle først og fremmest gøre opmærksom på, at det eventuelle lille Barnebarn ikke brutalt må fraskrives Jer ved ubetænksomme Underskrifter eller lignende. Ja, det vilde være godt Junge, hvis vi kunde trylle os til et hinanden et Par Timers Tid, for der var meget at tale om. 
 Tingene her ser ud til at ville glide harmonisk i Lave, og jeg har det meget bedre, selv om jeg stadig har lidt Bronchitis med deraf følgende Astma om Natten. I går havde jeg hele Eftermd. Besøg af den gl. Krokone – Middag i haven Kl 6 – hun var vældig sød, og hun købte for 16 Kr. hos Nus, (2 blå Glaskrukker med forgyldte Låg - ) til Gaver! 
 Tusinde Hilsner – vær ved godt Mod, søde Junge! Din altid Dis.
 [Indsat i venstre margen på sidste side:]
 Kære Junge! Sent iaftes fik vi pr. Telefon Meddelelse om, at Margrete Benson er død, efter at har været syg i 1 ½ Aar. Venlig Hilsen Axel.</t>
+  </si>
+  <si>
+    <t>1938-08-31</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Margrethe Benzon
+Julie Brandt
+Thora  Branner
+Viktor Jensen
+Adolph Larsen
+Alhed Larsen
+Marie Larsen
+Christine  Mackie
+Søren Madsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Christine Swane
+Lars Swane
+Gertrude Søndergaard
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Martin Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Hensen blev i 1938 gift med Erik/Tinge Warberg Larsen. Ægteskabet holdt kun ganske kort (se hendes biografi under Mary Warberg Larsen). Marys "Mælkefamilie": Hendes far, Viktor Jensen, havde et mælkeudsalg i Kerteminde. 
+Warberg-familien kendte mange, der hed Balslev, så det kan ikke afgøres, hvem af dem, der deltog i den omtalte begravelse. 
+Axel Müllers far kendes ikke. Ej heller Arkitekt Brandt, Anders Lenner, Grethe Benzons sagfører, direktøren i Bredgade eller gamle Albertsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1008</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at Johanne/Junge C. Larsen kan blive opereret.
+Astrid og Axel Müller har mødt en mand, som tilbød dem en flyvetur.
+Historien om Erik Larsen og Mary Jensen/Warberg Larsen har udviklet sig forfærdeligt. Mary sagde engang, at hun ville slide som en karl, hvis hun bare kunne være nær ved Erik. Hun må ikke få lov til at plukke Erik og hans forældre for indbo.
+Astrid har haft besøg af Fritz Warberg. Han var meget sød, men han var også bitter på sin far, som ikke regnede ham for noget, fordi han ikke ville studere. Andreas Warberg, faderen, havde skaffet sønnen en næsten ulønnet plads i en bank. Fritz sagde op og fik nyt job, og da faderen hørte, at han fik lønforhøjelse, nedsatte han det bidrag, han tidligere havde ydet ham. 
+Astrid og Axel havde planlagf at bygge et hus til Janna/Nus Schou, og de havde både fældet en lille skov og købt en grund. Så pludselig meddelte Janna, at hun vilde flytte sit værksted til Søborg. Janna er stærkt påvirket af sin far, Jørgen/Buf Schou og af en Søren Madsen, som er en led karl, og som har for meget indflydelse på Jørgen efter dennes mors død. - Janna besluttede til sidst alligevel at blive i Hareskov, men hun var bange for at føle sig bundet. Astrid og Axel bygger derfor alligevel. De har fået tilbud og hyret håndværkere. Axel har købt et kæmpestort vindue, og Janna har gjort værkstedet i stand. Gertrude/Trut Søndergaard er en god, kunstnerisk hjælp. Sell har taget fotos til Tidens Kvinder. 
+Astrid har nu fået sin egen stue, hvor hun kan holde orden (Janna roder). Hun vil ikke forlange, at Janna skal blive boende hjemme, men hun er ked af, at Søren Madsen og Jørgen Schou har en dårlig indflydelse på hende. 
+Margrethe Benzon har testamenteret Astrid og Axel 1500 kr. De har deltaget i hendes begravelse. 
+Astrid og Axel overvejer at bygge et hus mere, som de kan udleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t5q2</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Skrevet på kuverts bagside;]
+Hareskov
+[I brevet:]
+1.
+Hareskov, 31’ August 1938 – er det virkelig 11 Aar siden Be døde? ufatteligt!
+Kære søde Junge! Tak for dit lange, indgående Brev til Morgen! Aa, hvor jeg føler med dig med den Træthed, Junge – (den er mit Livs Plage) – men tænk, hvis en Operation kunde gøre dig rask, så var det dog vidunderligt; og Lemmerne er formodentlig ikke noget farligt Operationsfelt, det kan jeg da ikke tro? Hvis det var lidt billigere at flyve, så fløj jeg nu over til dig, så vi kunde få en rigtig lang Passiar om alle Dele, for det er jo ikke så lidt, der sker om Ørerne på os – (Axel traf forleden i Frihavnen en Mand, der kom rejsende fra Amerika med en Flyvemaskine, han viste sig at være fra Aarhus – kendte Axels Far osv. - det endte med, at han indbød os alle til en Flyvetur fra Lundtofte Flyveplads, hvor han har sin Maskine, han bor hos noget Direktørværk derude – Nus er Fyr og Flamme, jeg håber, at hun og Axel tager derud, jeg har ikke Kraft til Foretagender af nogen extra Art.) 
+Nå, men så må vi så nøjes med Pennen, Junge. Den Mary-Affaire har dog udviklet sig nederdrægtigt; jeg sagde nu strax til Axel, det er den Mælkefamilie som trækker hende ned – for så slem var hun da ikke før? Skønt Axel sagde – efter at have set hende ved det lille korte Besøg lige efter Brylluppet, da vi kom sammen med Balslevs – Axel sagde om Mary: ”hun er ikke rar”. Han har en ganske forbavsende Evne til ved første Øjekast at se sine Folk an – og det holder altid Stik. Kan du forresten huske, hvad du engang skrev i et Brev til mig, at Mary – da Forlovelsen var hævet – sagde – eller skrev? til dig, at bare hun endda kunde komme og være Pige på Lindøgård, hun vilde slide som en Karl, bare hun fik Lov at være Tinge nær! I må da endelig ikke lade hende plukke Jer for Indbo, men holde på den Kendsgerning, at Tinge intet har – så ved en påtvungen ”Deling”, vilde det vel endda gå ud over Mary selv, juridisk set – efter hendes Ord: hvad dit er – er også mit – det gælder også omvendt! Det er der naturligvis ikke tale om, men det burde foreholdes Mary!
+Men Junge – det store Lyspunkt Sanitetsmeningslånet!!! [”menings” indsat over linjen] Til Lykke – til Lykke! og Tak for det opstemte Kort – og de personlige Hilsener fra Agraren og Marie – det blev jeg meget glad over! Hils dem! Og så alle de gode Familiebesøg! Uglen – Lasse - Dede – Minna – Elle - , I ser rigtignok en Del mere til Slægten end vi her. Forresten havde vi i Lørdags et hyggeligt uventet Besøg af Frits Warberg, han er da vist den sødeste af dem alle? Noget så unbefangen – naturlig og beskeden, jeg synes, han er et bedårende Menneske, - og så tager det jo èn om Hjertet, når han siger: husk dog, jeg er en Warberg, Tante Dis! 
+Det var i Anledning af, at han holdt af at være ene – at isolere sig, i alt Fald til Tider. Han sagde: jeg er nu 
+2)
+så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
+Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
+3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
+4) 
+moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
+5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
+Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
+- Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
+6)
+I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
+Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
+Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
+Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
+Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
+Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
+Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
+Tusinde Hilsner! 
+Din Dis. 
+ps – senere – 
+lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
+Alle her hilser!
+[Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
+[Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
   </si>
   <si>
     <t>1939-05-25</t>
   </si>
   <si>
     <t>Kerteminde Sygehus</t>
   </si>
   <si>
     <t>Johannes Nicolaus Brønsted
 Louise Brønsted
 - Hagen
 Adolph Hitler
 Hans Hviid
 Julius Hviid
 Andreas Larsen
 Johannes Larsen
 Else Larsen, Else, Andreas Larsens kone
 Erich Remarque
 Stephen Roberts
 Ellen  Sawyer
 Lars Swane
 Agnes Taaning
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
@@ -4544,59 +4820,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1mRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xYmc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9mER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fM7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sJan" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U6F6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMmi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rXJ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j11yP8QT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6JVL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kt0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xmoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UXzT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VrJAxjkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7XXN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/S8jCXUJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uqgguMdL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HbZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dkj1WJML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SKDYnXxu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SRFC80tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/t3Gk3JSO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q6O2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/28mgc6CZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iODSS7tn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KgRdR10G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YEWXAwlC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBdw3FXI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/80D8s7eX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoY4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1mRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xYmc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vwuv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hEmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hUFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9mER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJ9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fM7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sJan" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U6F6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMmi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rXJ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j11yP8QT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6JVL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kt0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fHKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xmoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UXzT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VrJAxjkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7XXN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/S8jCXUJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uqgguMdL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HbZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dkj1WJML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SKDYnXxu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SRFC80tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/t3Gk3JSO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q6O2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/28mgc6CZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iODSS7tn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KgRdR10G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YEWXAwlC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBdw3FXI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/80D8s7eX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoY4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M125"/>
+  <dimension ref="A1:M130"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5789,4534 +6065,4765 @@
       </c>
       <c r="I27" s="5" t="s">
         <v>197</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>198</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>199</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>200</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>202</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>33</v>
+        <v>194</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>185</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>55</v>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
         <v>203</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>204</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>173</v>
+        <v>205</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>194</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>55</v>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="D30" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H30" s="5" t="s">
+      <c r="I30" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="I30" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="J30" s="5" t="s">
+        <v>219</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="M30" s="5"/>
+        <v>221</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>222</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>217</v>
-[...14 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>222</v>
-[...10 lines deleted...]
-        </is>
+        <v>224</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>226</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="M31" s="5"/>
+        <v>227</v>
+      </c>
+      <c r="M31" s="5" t="s">
+        <v>228</v>
+      </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>33</v>
+        <v>194</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>185</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>55</v>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>173</v>
+        <v>232</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>14</v>
+        <v>237</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>238</v>
+      </c>
+      <c r="D33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="I33" s="5"/>
-      <c r="J33" s="5" t="s">
-        <v>233</v>
+      <c r="J33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K33" s="5" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="M33" s="5"/>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="B34" s="5" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="D34" s="5" t="s">
-[...3 lines deleted...]
-        <v>240</v>
+      <c r="D34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="I34" s="5"/>
-      <c r="J34" s="5" t="s">
-[...3 lines deleted...]
-        <v>243</v>
+      <c r="J34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L34" s="6" t="s">
         <v>244</v>
       </c>
-      <c r="M34" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M34" s="5"/>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>185</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="I35" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="I35" s="5" t="s">
+      <c r="J35" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="K35" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="J35" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K35" s="5" t="s">
+      <c r="L35" s="6" t="s">
         <v>249</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="5" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>16</v>
+        <v>252</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="E36" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H36" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="F36" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H36" s="5" t="s">
+      <c r="I36" s="5"/>
+      <c r="J36" s="5" t="s">
         <v>254</v>
       </c>
-      <c r="I36" s="5" t="s">
+      <c r="K36" s="5" t="s">
         <v>255</v>
       </c>
-      <c r="J36" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K36" s="5" t="s">
+      <c r="L36" s="6" t="s">
         <v>256</v>
       </c>
-      <c r="L36" s="6" t="s">
+      <c r="M36" s="5" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>217</v>
+        <v>259</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>79</v>
+        <v>260</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="F37" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="G37" s="5" t="s">
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H37" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="H37" s="5" t="s">
+      <c r="I37" s="5"/>
+      <c r="J37" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="I37" s="5" t="s">
+      <c r="K37" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="J37" s="5" t="s">
+      <c r="L37" s="6" t="s">
         <v>265</v>
       </c>
-      <c r="K37" s="5" t="s">
+      <c r="M37" s="5" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K38" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="D38" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F38" s="5" t="s">
+      <c r="L38" s="6" t="s">
         <v>271</v>
       </c>
-      <c r="G38" s="5" t="s">
+      <c r="M38" s="5" t="s">
         <v>272</v>
-      </c>
-[...16 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D39" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>274</v>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H39" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H39" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K39" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="M39" s="5" t="s">
         <v>279</v>
       </c>
-      <c r="L39" s="6" t="s">
+    </row>
+    <row r="40">
+      <c r="A40" s="5" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>1910</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="D40" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="E40" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="E40" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="F40" s="5" t="s">
+        <v>282</v>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>283</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>173</v>
+        <v>286</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>185</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>289</v>
+        <v>17</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>17</v>
+        <v>292</v>
       </c>
       <c r="G41" s="5" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I41" s="5"/>
+        <v>294</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>295</v>
+      </c>
       <c r="J41" s="5" t="s">
-        <v>291</v>
+        <v>173</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>14</v>
+        <v>237</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>288</v>
-[...20 lines deleted...]
-        <v>299</v>
+        <v>16</v>
+      </c>
+      <c r="D42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I42" s="5"/>
+      <c r="J42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K42" s="5" t="s">
         <v>300</v>
       </c>
       <c r="L42" s="6" t="s">
         <v>301</v>
       </c>
-      <c r="M42" s="5" t="s">
+      <c r="M42" s="5"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="5" t="n">
+        <v>1910</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="D43" s="5" t="s">
         <v>302</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="5" t="s">
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H43" s="5" t="s">
         <v>303</v>
       </c>
-      <c r="B43" s="5" t="s">
+      <c r="I43" s="5" t="s">
         <v>304</v>
-      </c>
-[...21 lines deleted...]
-        <v>306</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>173</v>
       </c>
       <c r="K43" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="L43" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="M43" s="5" t="s">
         <v>307</v>
-      </c>
-[...4 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G44" s="5" t="s">
         <v>311</v>
       </c>
-      <c r="D44" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H44" s="5" t="s">
-        <v>312</v>
+        <v>33</v>
       </c>
       <c r="I44" s="5"/>
       <c r="J44" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="K44" s="5" t="s">
         <v>313</v>
       </c>
-      <c r="K44" s="5" t="s">
+      <c r="L44" s="6" t="s">
         <v>314</v>
       </c>
-      <c r="L44" s="6" t="s">
+      <c r="M44" s="5" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>238</v>
+        <v>309</v>
       </c>
       <c r="D45" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G45" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="H45" s="5" t="s">
         <v>318</v>
       </c>
-      <c r="E45" s="5" t="s">
+      <c r="I45" s="5" t="s">
         <v>319</v>
       </c>
-      <c r="F45" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H45" s="5" t="s">
+      <c r="J45" s="5" t="s">
         <v>320</v>
       </c>
-      <c r="I45" s="5" t="s">
+      <c r="K45" s="5" t="s">
         <v>321</v>
       </c>
-      <c r="J45" s="5" t="s">
+      <c r="L45" s="6" t="s">
         <v>322</v>
       </c>
-      <c r="K45" s="5" t="s">
+      <c r="M45" s="5" t="s">
         <v>323</v>
-      </c>
-[...4 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H46" s="5" t="s">
         <v>326</v>
       </c>
-      <c r="B46" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F46" s="5" t="s">
+      <c r="I46" s="5" t="s">
         <v>327</v>
       </c>
-      <c r="G46" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H46" s="5" t="s">
+      <c r="J46" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="K46" s="5" t="s">
         <v>328</v>
       </c>
-      <c r="I46" s="5" t="s">
+      <c r="L46" s="6" t="s">
         <v>329</v>
       </c>
-      <c r="J46" s="5" t="s">
+      <c r="M46" s="5" t="s">
         <v>330</v>
-      </c>
-[...7 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H47" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="I47" s="5"/>
+      <c r="J47" s="5" t="s">
         <v>334</v>
       </c>
-      <c r="B47" s="5" t="s">
-[...35 lines deleted...]
-      </c>
       <c r="K47" s="5" t="s">
-        <v>279</v>
+        <v>335</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="M47" s="5"/>
+        <v>336</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>337</v>
+      </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>55</v>
+        <v>259</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>217</v>
+        <v>339</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>340</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>217</v>
+        <v>194</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>55</v>
+        <v>238</v>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F49" s="5" t="s">
-        <v>17</v>
+        <v>348</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>14</v>
+        <v>237</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>55</v>
-[...8 lines deleted...]
-        <v>354</v>
+        <v>16</v>
+      </c>
+      <c r="D50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I50" s="5" t="s">
+      <c r="H50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I50" s="5"/>
+      <c r="J50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K50" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="L50" s="6" t="s">
         <v>356</v>
       </c>
-      <c r="J50" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="M50" s="5"/>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H51" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="J51" s="5" t="s">
         <v>362</v>
       </c>
-      <c r="D51" s="5" t="s">
+      <c r="K51" s="5" t="s">
         <v>363</v>
       </c>
-      <c r="E51" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H51" s="5" t="s">
+      <c r="L51" s="6" t="s">
         <v>364</v>
       </c>
-      <c r="I51" s="5"/>
-      <c r="J51" s="5" t="s">
+      <c r="M51" s="5" t="s">
         <v>365</v>
-      </c>
-[...7 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>238</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="E52" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="K52" s="5" t="s">
         <v>370</v>
       </c>
-      <c r="F52" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H52" s="5" t="s">
+      <c r="L52" s="6" t="s">
         <v>371</v>
       </c>
-      <c r="I52" s="5"/>
-[...3 lines deleted...]
-      <c r="K52" s="5" t="s">
+      <c r="M52" s="5" t="s">
         <v>372</v>
-      </c>
-[...4 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>238</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>375</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
         <v>376</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>377</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>22</v>
+        <v>378</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>362</v>
+        <v>383</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>363</v>
+        <v>384</v>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="I54" s="5"/>
       <c r="J54" s="5" t="s">
-        <v>365</v>
+        <v>386</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>238</v>
+        <v>259</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>311</v>
+        <v>339</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>388</v>
-[...3 lines deleted...]
-      </c>
+        <v>392</v>
+      </c>
+      <c r="I55" s="5"/>
       <c r="J55" s="5" t="s">
-        <v>322</v>
+        <v>343</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D56" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D56" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G56" s="5" t="s">
-        <v>394</v>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>401</v>
+        <v>383</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>402</v>
-[...1 lines deleted...]
-      <c r="E57" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="s">
         <v>403</v>
       </c>
-      <c r="F57" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H57" s="5" t="s">
+      <c r="I57" s="5"/>
+      <c r="J57" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="K57" s="5" t="s">
         <v>404</v>
       </c>
-      <c r="I57" s="5" t="s">
+      <c r="L57" s="6" t="s">
         <v>405</v>
       </c>
-      <c r="J57" s="5" t="s">
+      <c r="M57" s="5" t="s">
         <v>406</v>
-      </c>
-[...7 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>16</v>
+        <v>259</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-        </is>
+        <v>332</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>408</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G58" s="5" t="s">
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H58" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="J58" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="K58" s="5" t="s">
         <v>411</v>
       </c>
-      <c r="H58" s="5" t="s">
+      <c r="L58" s="6" t="s">
         <v>412</v>
       </c>
-      <c r="I58" s="5" t="s">
+      <c r="M58" s="5" t="s">
         <v>413</v>
-      </c>
-[...10 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D59" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G59" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G59" s="5" t="s">
+        <v>415</v>
       </c>
       <c r="H59" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="I59" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="J59" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K59" s="5" t="s">
         <v>418</v>
       </c>
-      <c r="I59" s="5"/>
-[...5 lines deleted...]
-      <c r="K59" s="5" t="s">
+      <c r="L59" s="6" t="s">
         <v>419</v>
       </c>
-      <c r="L59" s="6" t="s">
+      <c r="M59" s="5" t="s">
         <v>420</v>
       </c>
-      <c r="M59" s="5"/>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
         <v>421</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>50</v>
+        <v>422</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>422</v>
-[...6 lines deleted...]
-      <c r="F60" s="5" t="s">
         <v>423</v>
       </c>
-      <c r="G60" s="5" t="s">
+      <c r="E60" s="5" t="s">
         <v>424</v>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H60" s="5" t="s">
         <v>425</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>426</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>427</v>
       </c>
       <c r="K60" s="5" t="s">
         <v>428</v>
       </c>
       <c r="L60" s="6" t="s">
         <v>429</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
         <v>431</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>217</v>
+        <v>432</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>432</v>
+        <v>55</v>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
         <v>433</v>
       </c>
       <c r="I61" s="5" t="s">
         <v>434</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>435</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>436</v>
       </c>
       <c r="L61" s="6" t="s">
         <v>437</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>439</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D62" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D62" s="5" t="s">
+        <v>50</v>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G62" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G62" s="5" t="s">
+        <v>440</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>440</v>
-[...5 lines deleted...]
-        </is>
+        <v>441</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="J62" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>442</v>
-[...1 lines deleted...]
-      <c r="M62" s="5"/>
+        <v>444</v>
+      </c>
+      <c r="M62" s="5" t="s">
+        <v>445</v>
+      </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="I63" s="5"/>
       <c r="J63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K63" s="5" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="M63" s="5"/>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>50</v>
-[...7 lines deleted...]
-        </is>
+        <v>451</v>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>452</v>
       </c>
       <c r="G64" s="5" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>22</v>
+        <v>456</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>16</v>
+        <v>238</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>50</v>
+        <v>135</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G65" s="5" t="s">
-        <v>456</v>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>22</v>
+        <v>464</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H66" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H66" s="5" t="s">
+        <v>469</v>
       </c>
       <c r="I66" s="5"/>
       <c r="J66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K66" s="5" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="M66" s="5"/>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>444</v>
+        <v>473</v>
       </c>
       <c r="I67" s="5"/>
       <c r="J67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K67" s="5" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="M67" s="5"/>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>50</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="J68" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D69" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>484</v>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G69" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G69" s="5" t="s">
+        <v>485</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>476</v>
-[...5 lines deleted...]
-        </is>
+        <v>486</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="J69" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>463</v>
+        <v>488</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>477</v>
-[...1 lines deleted...]
-      <c r="M69" s="5"/>
+        <v>489</v>
+      </c>
+      <c r="M69" s="5" t="s">
+        <v>490</v>
+      </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>478</v>
+        <v>491</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I70" s="5"/>
       <c r="J70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K70" s="5" t="s">
-        <v>479</v>
+        <v>492</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>480</v>
+        <v>493</v>
       </c>
       <c r="M70" s="5"/>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>481</v>
+        <v>494</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H71" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H71" s="5" t="s">
+        <v>473</v>
       </c>
       <c r="I71" s="5"/>
       <c r="J71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K71" s="5" t="s">
-        <v>441</v>
+        <v>492</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>482</v>
+        <v>495</v>
       </c>
       <c r="M71" s="5"/>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>483</v>
+        <v>496</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D72" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>497</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G72" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G72" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="J72" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>441</v>
+        <v>501</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>484</v>
-[...1 lines deleted...]
-      <c r="M72" s="5"/>
+        <v>502</v>
+      </c>
+      <c r="M72" s="5" t="s">
+        <v>503</v>
+      </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>485</v>
+        <v>504</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H73" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H73" s="5" t="s">
+        <v>505</v>
       </c>
       <c r="I73" s="5"/>
       <c r="J73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K73" s="5" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>487</v>
+        <v>506</v>
       </c>
       <c r="M73" s="5"/>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>488</v>
+        <v>507</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I74" s="5"/>
       <c r="J74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K74" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K74" s="5" t="s">
+        <v>508</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>489</v>
+        <v>509</v>
       </c>
       <c r="M74" s="5"/>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>490</v>
+        <v>510</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I75" s="5"/>
       <c r="J75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K75" s="5" t="s">
-        <v>491</v>
+        <v>470</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>492</v>
+        <v>511</v>
       </c>
       <c r="M75" s="5"/>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>493</v>
+        <v>512</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>14</v>
+        <v>237</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D76" s="5" t="s">
-[...3 lines deleted...]
-        <v>494</v>
+      <c r="D76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G76" s="5" t="s">
-[...9 lines deleted...]
-        <v>22</v>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I76" s="5"/>
+      <c r="J76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K76" s="5" t="s">
-        <v>498</v>
+        <v>470</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>499</v>
-[...3 lines deleted...]
-      </c>
+        <v>513</v>
+      </c>
+      <c r="M76" s="5"/>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H77" s="5" t="s">
-        <v>502</v>
+      <c r="H77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I77" s="5"/>
       <c r="J77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K77" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K77" s="5" t="s">
+        <v>515</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>503</v>
+        <v>516</v>
       </c>
       <c r="M77" s="5"/>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>504</v>
+        <v>517</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H78" s="5" t="s">
-        <v>505</v>
+      <c r="H78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I78" s="5"/>
       <c r="J78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L78" s="6" t="s">
-        <v>506</v>
+        <v>518</v>
       </c>
       <c r="M78" s="5"/>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H79" s="5" t="s">
-        <v>508</v>
+      <c r="H79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I79" s="5"/>
       <c r="J79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K79" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K79" s="5" t="s">
+        <v>520</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>509</v>
+        <v>521</v>
       </c>
       <c r="M79" s="5"/>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>510</v>
+        <v>522</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D80" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>523</v>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G80" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G80" s="5" t="s">
+        <v>524</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>511</v>
-[...10 lines deleted...]
-        </is>
+        <v>525</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="J80" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K80" s="5" t="s">
+        <v>527</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>512</v>
-[...1 lines deleted...]
-      <c r="M80" s="5"/>
+        <v>528</v>
+      </c>
+      <c r="M80" s="5" t="s">
+        <v>529</v>
+      </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>514</v>
+        <v>531</v>
       </c>
       <c r="I81" s="5"/>
       <c r="J81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L81" s="6" t="s">
-        <v>515</v>
+        <v>532</v>
       </c>
       <c r="M81" s="5"/>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>517</v>
+        <v>534</v>
       </c>
       <c r="I82" s="5"/>
       <c r="J82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L82" s="6" t="s">
-        <v>518</v>
+        <v>535</v>
       </c>
       <c r="M82" s="5"/>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>519</v>
+        <v>536</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>520</v>
+        <v>537</v>
       </c>
       <c r="I83" s="5"/>
       <c r="J83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L83" s="6" t="s">
-        <v>521</v>
+        <v>538</v>
       </c>
       <c r="M83" s="5"/>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>522</v>
+        <v>539</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>523</v>
+        <v>540</v>
       </c>
       <c r="I84" s="5"/>
       <c r="J84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L84" s="6" t="s">
-        <v>524</v>
+        <v>541</v>
       </c>
       <c r="M84" s="5"/>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>525</v>
+        <v>542</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>526</v>
+        <v>543</v>
       </c>
       <c r="I85" s="5"/>
       <c r="J85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L85" s="6" t="s">
-        <v>527</v>
+        <v>544</v>
       </c>
       <c r="M85" s="5"/>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>528</v>
+        <v>545</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>529</v>
+        <v>546</v>
       </c>
       <c r="I86" s="5"/>
       <c r="J86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L86" s="6" t="s">
-        <v>530</v>
+        <v>547</v>
       </c>
       <c r="M86" s="5"/>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>531</v>
+        <v>548</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>14</v>
+        <v>237</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>194</v>
-[...8 lines deleted...]
-        <v>533</v>
+        <v>16</v>
+      </c>
+      <c r="D87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>534</v>
-[...8 lines deleted...]
-        <v>537</v>
+        <v>549</v>
+      </c>
+      <c r="I87" s="5"/>
+      <c r="J87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L87" s="6" t="s">
-        <v>538</v>
-[...3 lines deleted...]
-      </c>
+        <v>550</v>
+      </c>
+      <c r="M87" s="5"/>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>540</v>
+        <v>551</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>14</v>
+        <v>237</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D88" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G88" s="5" t="s">
-        <v>541</v>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>542</v>
-[...8 lines deleted...]
-        <v>544</v>
+        <v>552</v>
+      </c>
+      <c r="I88" s="5"/>
+      <c r="J88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L88" s="6" t="s">
-        <v>545</v>
-[...3 lines deleted...]
-      </c>
+        <v>553</v>
+      </c>
+      <c r="M88" s="5"/>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>14</v>
+        <v>237</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>387</v>
+        <v>16</v>
+      </c>
+      <c r="D89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H89" s="5" t="inlineStr">
-[...11 lines deleted...]
-        <v>549</v>
+      <c r="H89" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="I89" s="5"/>
+      <c r="J89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L89" s="6" t="s">
-        <v>550</v>
-[...3 lines deleted...]
-      </c>
+        <v>556</v>
+      </c>
+      <c r="M89" s="5"/>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H90" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H90" s="5" t="s">
+        <v>558</v>
       </c>
       <c r="I90" s="5"/>
       <c r="J90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K90" s="5" t="s">
-        <v>553</v>
+      <c r="K90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L90" s="6" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="M90" s="5"/>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>194</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>562</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>556</v>
-[...5 lines deleted...]
-        </is>
+        <v>563</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="J91" s="5" t="s">
+        <v>565</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>553</v>
+        <v>566</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>557</v>
-[...1 lines deleted...]
-      <c r="M91" s="5"/>
+        <v>567</v>
+      </c>
+      <c r="M91" s="5" t="s">
+        <v>568</v>
+      </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>558</v>
+        <v>569</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D92" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G92" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G92" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="H92" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="J92" s="5" t="s">
+        <v>173</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>553</v>
+        <v>573</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>559</v>
-[...1 lines deleted...]
-      <c r="M92" s="5"/>
+        <v>574</v>
+      </c>
+      <c r="M92" s="5" t="s">
+        <v>575</v>
+      </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>560</v>
+        <v>576</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>259</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>408</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H93" s="5" t="s">
-[...6 lines deleted...]
-        </is>
+      <c r="H93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="J93" s="5" t="s">
+        <v>343</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>553</v>
+        <v>578</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>562</v>
-[...1 lines deleted...]
-      <c r="M93" s="5"/>
+        <v>579</v>
+      </c>
+      <c r="M93" s="5" t="s">
+        <v>580</v>
+      </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>563</v>
+        <v>581</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H94" s="5" t="s">
-        <v>561</v>
+      <c r="H94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I94" s="5"/>
       <c r="J94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K94" s="5" t="s">
-        <v>553</v>
+        <v>582</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>564</v>
+        <v>583</v>
       </c>
       <c r="M94" s="5"/>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>565</v>
+        <v>584</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>561</v>
+        <v>585</v>
       </c>
       <c r="I95" s="5"/>
       <c r="J95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K95" s="5" t="s">
-        <v>553</v>
+        <v>582</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>566</v>
+        <v>586</v>
       </c>
       <c r="M95" s="5"/>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>567</v>
+        <v>587</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H96" s="5" t="s">
-        <v>561</v>
+      <c r="H96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I96" s="5"/>
       <c r="J96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K96" s="5" t="s">
-        <v>553</v>
+        <v>582</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>568</v>
+        <v>588</v>
       </c>
       <c r="M96" s="5"/>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>569</v>
+        <v>589</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>570</v>
+        <v>16</v>
       </c>
       <c r="D97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H97" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H97" s="5" t="s">
+        <v>590</v>
       </c>
       <c r="I97" s="5"/>
       <c r="J97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K97" s="5" t="s">
-        <v>553</v>
+        <v>582</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>571</v>
+        <v>591</v>
       </c>
       <c r="M97" s="5"/>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>572</v>
+        <v>592</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>561</v>
+        <v>590</v>
       </c>
       <c r="I98" s="5"/>
       <c r="J98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K98" s="5" t="s">
-        <v>553</v>
+        <v>582</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>573</v>
+        <v>593</v>
       </c>
       <c r="M98" s="5"/>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>574</v>
+        <v>594</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>561</v>
+        <v>590</v>
       </c>
       <c r="I99" s="5"/>
       <c r="J99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K99" s="5" t="s">
-        <v>553</v>
+        <v>582</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>575</v>
+        <v>595</v>
       </c>
       <c r="M99" s="5"/>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>576</v>
+        <v>596</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H100" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H100" s="5" t="s">
+        <v>590</v>
       </c>
       <c r="I100" s="5"/>
       <c r="J100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K100" s="5" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>578</v>
+        <v>597</v>
       </c>
       <c r="M100" s="5"/>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>16</v>
+        <v>599</v>
       </c>
       <c r="D101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H101" s="5" t="s">
-        <v>580</v>
+      <c r="H101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I101" s="5"/>
       <c r="J101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K101" s="5" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>581</v>
+        <v>600</v>
       </c>
       <c r="M101" s="5"/>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="I102" s="5"/>
+      <c r="J102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K102" s="5" t="s">
         <v>582</v>
       </c>
-      <c r="B102" s="5" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="L102" s="6" t="s">
-        <v>587</v>
-[...3 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="M102" s="5"/>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>589</v>
+        <v>603</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>561</v>
+        <v>590</v>
       </c>
       <c r="I103" s="5"/>
       <c r="J103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K103" s="5" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>590</v>
+        <v>604</v>
       </c>
       <c r="M103" s="5"/>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H104" s="5" t="s">
-        <v>561</v>
+      <c r="H104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I104" s="5"/>
       <c r="J104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K104" s="5" t="s">
-        <v>577</v>
+        <v>606</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>592</v>
+        <v>607</v>
       </c>
       <c r="M104" s="5"/>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>593</v>
+        <v>608</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>216</v>
-[...4 lines deleted...]
-        </is>
+        <v>237</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="D105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>561</v>
+        <v>609</v>
       </c>
       <c r="I105" s="5"/>
       <c r="J105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K105" s="5" t="s">
-        <v>577</v>
+        <v>606</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>594</v>
+        <v>610</v>
       </c>
       <c r="M105" s="5"/>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>595</v>
+        <v>611</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>238</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>79</v>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>596</v>
-[...5 lines deleted...]
-        </is>
+        <v>612</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="J106" s="5" t="s">
+        <v>614</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>577</v>
+        <v>615</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>597</v>
-[...1 lines deleted...]
-      <c r="M106" s="5"/>
+        <v>616</v>
+      </c>
+      <c r="M106" s="5" t="s">
+        <v>617</v>
+      </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>598</v>
+        <v>618</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>561</v>
+        <v>590</v>
       </c>
       <c r="I107" s="5"/>
       <c r="J107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K107" s="5" t="s">
-        <v>577</v>
+        <v>606</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>599</v>
+        <v>619</v>
       </c>
       <c r="M107" s="5"/>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>600</v>
+        <v>620</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>561</v>
+        <v>590</v>
       </c>
       <c r="I108" s="5"/>
       <c r="J108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K108" s="5" t="s">
-        <v>577</v>
+        <v>606</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>601</v>
+        <v>621</v>
       </c>
       <c r="M108" s="5"/>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>602</v>
+        <v>622</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>532</v>
+        <v>237</v>
+      </c>
+      <c r="C109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>603</v>
-[...5 lines deleted...]
-        <v>605</v>
+        <v>590</v>
+      </c>
+      <c r="I109" s="5"/>
+      <c r="J109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K109" s="5" t="s">
         <v>606</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>607</v>
-[...3 lines deleted...]
-      </c>
+        <v>623</v>
+      </c>
+      <c r="M109" s="5"/>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>609</v>
+        <v>624</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>14</v>
+        <v>237</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>217</v>
-[...8 lines deleted...]
-        <v>611</v>
+        <v>16</v>
+      </c>
+      <c r="D110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>612</v>
-[...5 lines deleted...]
-        <v>614</v>
+        <v>625</v>
+      </c>
+      <c r="I110" s="5"/>
+      <c r="J110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K110" s="5" t="s">
-        <v>615</v>
+        <v>606</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>616</v>
-[...3 lines deleted...]
-      </c>
+        <v>626</v>
+      </c>
+      <c r="M110" s="5"/>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>618</v>
+        <v>627</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>14</v>
+        <v>237</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D111" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>619</v>
-[...5 lines deleted...]
-        <v>621</v>
+        <v>590</v>
+      </c>
+      <c r="I111" s="5"/>
+      <c r="J111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K111" s="5" t="s">
-        <v>622</v>
+        <v>606</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>623</v>
-[...3 lines deleted...]
-      </c>
+        <v>628</v>
+      </c>
+      <c r="M111" s="5"/>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>14</v>
+        <v>237</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>626</v>
-[...5 lines deleted...]
-        <v>627</v>
+        <v>16</v>
+      </c>
+      <c r="D112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>628</v>
-[...4 lines deleted...]
-      <c r="J112" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="I112" s="5"/>
+      <c r="J112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K112" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="L112" s="6" t="s">
         <v>630</v>
       </c>
-      <c r="K112" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="M112" s="5"/>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>217</v>
+        <v>194</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="E113" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H113" s="5" t="s">
+        <v>632</v>
+      </c>
+      <c r="I113" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="J113" s="5" t="s">
+        <v>634</v>
+      </c>
+      <c r="K113" s="5" t="s">
         <v>635</v>
       </c>
-      <c r="F113" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H113" s="5" t="s">
+      <c r="L113" s="6" t="s">
         <v>636</v>
       </c>
-      <c r="I113" s="5" t="s">
+      <c r="M113" s="5" t="s">
         <v>637</v>
-      </c>
-[...10 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>643</v>
+        <v>238</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>135</v>
       </c>
       <c r="E114" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="F114" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="G114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H114" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>642</v>
+      </c>
+      <c r="J114" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="K114" s="5" t="s">
         <v>644</v>
       </c>
-      <c r="F114" s="5" t="s">
+      <c r="L114" s="6" t="s">
         <v>645</v>
       </c>
-      <c r="G114" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H114" s="5" t="s">
+      <c r="M114" s="5" t="s">
         <v>646</v>
-      </c>
-[...13 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>135</v>
+        <v>16</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>217</v>
+        <v>599</v>
       </c>
       <c r="E115" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H115" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="I115" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="J115" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="K115" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="L115" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="M115" s="5" t="s">
         <v>653</v>
-      </c>
-[...26 lines deleted...]
-        <v>659</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>660</v>
+        <v>654</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>532</v>
+        <v>655</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>135</v>
+        <v>561</v>
       </c>
       <c r="E116" s="5" t="s">
+        <v>656</v>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H116" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="J116" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="K116" s="5" t="s">
+        <v>660</v>
+      </c>
+      <c r="L116" s="6" t="s">
         <v>661</v>
       </c>
-      <c r="F116" s="5" t="s">
+      <c r="M116" s="5" t="s">
         <v>662</v>
-      </c>
-[...21 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>669</v>
+        <v>663</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>217</v>
+        <v>238</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>135</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>644</v>
+        <v>664</v>
       </c>
       <c r="F117" s="5" t="s">
-        <v>611</v>
+        <v>640</v>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="J117" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="K117" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="L117" s="6" t="s">
+        <v>669</v>
+      </c>
+      <c r="M117" s="5" t="s">
         <v>670</v>
-      </c>
-[...13 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="D118" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="D118" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E118" s="5" t="s">
-        <v>611</v>
+        <v>673</v>
       </c>
       <c r="F118" s="5" t="s">
+        <v>674</v>
+      </c>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H118" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="J118" s="5" t="s">
         <v>677</v>
       </c>
-      <c r="G118" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H118" s="5" t="s">
+      <c r="K118" s="5" t="s">
         <v>678</v>
       </c>
-      <c r="I118" s="5" t="s">
+      <c r="L118" s="6" t="s">
         <v>679</v>
       </c>
-      <c r="J118" s="5" t="s">
+      <c r="M118" s="5" t="s">
         <v>680</v>
-      </c>
-[...7 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>673</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="G119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H119" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="I119" s="5" t="s">
         <v>684</v>
       </c>
-      <c r="B119" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H119" s="5" t="s">
+      <c r="J119" s="5" t="s">
         <v>685</v>
       </c>
-      <c r="I119" s="5" t="s">
+      <c r="K119" s="5" t="s">
         <v>686</v>
       </c>
-      <c r="J119" s="5" t="s">
+      <c r="L119" s="6" t="s">
         <v>687</v>
       </c>
-      <c r="K119" s="5" t="s">
+      <c r="M119" s="5" t="s">
         <v>688</v>
-      </c>
-[...4 lines deleted...]
-        <v>690</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>135</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>217</v>
+        <v>238</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-        <v>677</v>
+        <v>690</v>
+      </c>
+      <c r="F120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="I120" s="5" t="s">
         <v>692</v>
       </c>
-      <c r="I120" s="5" t="s">
+      <c r="J120" s="5" t="s">
         <v>693</v>
       </c>
-      <c r="J120" s="5" t="s">
+      <c r="K120" s="5" t="s">
         <v>694</v>
       </c>
-      <c r="K120" s="5" t="s">
+      <c r="L120" s="6" t="s">
         <v>695</v>
       </c>
-      <c r="L120" s="6" t="s">
+      <c r="M120" s="5" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="D121" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="D121" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E121" s="5" t="s">
-        <v>611</v>
+        <v>698</v>
       </c>
       <c r="F121" s="5" t="s">
-        <v>677</v>
+        <v>699</v>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="J121" s="5" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="D122" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="D122" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E122" s="5" t="s">
-        <v>706</v>
+        <v>673</v>
       </c>
       <c r="F122" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H122" s="5" t="s">
         <v>707</v>
       </c>
-      <c r="G122" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H122" s="5" t="s">
+      <c r="I122" s="5" t="s">
         <v>708</v>
       </c>
-      <c r="I122" s="5" t="s">
+      <c r="J122" s="5" t="s">
         <v>709</v>
       </c>
-      <c r="J122" s="5" t="s">
+      <c r="K122" s="5" t="s">
         <v>710</v>
       </c>
-      <c r="K122" s="5" t="s">
+      <c r="L122" s="6" t="s">
         <v>711</v>
       </c>
-      <c r="L122" s="6" t="s">
+      <c r="M122" s="5" t="s">
         <v>712</v>
-      </c>
-[...1 lines deleted...]
-        <v>713</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>16</v>
+        <v>135</v>
       </c>
       <c r="D123" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="E123" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>714</v>
+      </c>
+      <c r="G123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H123" s="5" t="s">
         <v>715</v>
-      </c>
-[...16 lines deleted...]
-        </is>
       </c>
       <c r="I123" s="5" t="s">
         <v>716</v>
       </c>
       <c r="J123" s="5" t="s">
         <v>717</v>
       </c>
       <c r="K123" s="5" t="s">
         <v>718</v>
       </c>
       <c r="L123" s="6" t="s">
         <v>719</v>
       </c>
       <c r="M123" s="5" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
         <v>721</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>135</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>217</v>
+        <v>238</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>611</v>
+        <v>640</v>
       </c>
       <c r="F124" s="5" t="s">
+        <v>714</v>
+      </c>
+      <c r="G124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H124" s="5" t="s">
         <v>722</v>
       </c>
-      <c r="G124" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H124" s="5" t="s">
+      <c r="I124" s="5" t="s">
         <v>723</v>
       </c>
-      <c r="I124" s="5" t="s">
+      <c r="J124" s="5" t="s">
         <v>724</v>
       </c>
-      <c r="J124" s="5" t="s">
+      <c r="K124" s="5" t="s">
         <v>725</v>
       </c>
-      <c r="K124" s="5" t="s">
+      <c r="L124" s="6" t="s">
         <v>726</v>
       </c>
-      <c r="L124" s="6" t="s">
+      <c r="M124" s="5" t="s">
         <v>727</v>
-      </c>
-[...1 lines deleted...]
-        <v>728</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>135</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>217</v>
+        <v>238</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>611</v>
+        <v>640</v>
       </c>
       <c r="F125" s="5" t="s">
-        <v>677</v>
+        <v>714</v>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
+        <v>729</v>
+      </c>
+      <c r="I125" s="5" t="s">
         <v>730</v>
       </c>
-      <c r="I125" s="5" t="s">
+      <c r="J125" s="5" t="s">
         <v>731</v>
       </c>
-      <c r="J125" s="5" t="s">
+      <c r="K125" s="5" t="s">
         <v>732</v>
       </c>
-      <c r="K125" s="5" t="s">
+      <c r="L125" s="6" t="s">
         <v>733</v>
       </c>
-      <c r="L125" s="6" t="s">
+      <c r="M125" s="5" t="s">
         <v>734</v>
       </c>
-      <c r="M125" s="5" t="s">
+    </row>
+    <row r="126">
+      <c r="A126" s="5" t="s">
         <v>735</v>
+      </c>
+      <c r="B126" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C126" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D126" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="E126" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="F126" s="5" t="s">
+        <v>714</v>
+      </c>
+      <c r="G126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H126" s="5" t="s">
+        <v>736</v>
+      </c>
+      <c r="I126" s="5" t="s">
+        <v>737</v>
+      </c>
+      <c r="J126" s="5" t="s">
+        <v>738</v>
+      </c>
+      <c r="K126" s="5" t="s">
+        <v>739</v>
+      </c>
+      <c r="L126" s="6" t="s">
+        <v>740</v>
+      </c>
+      <c r="M126" s="5" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="B127" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C127" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D127" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="E127" s="5" t="s">
+        <v>743</v>
+      </c>
+      <c r="F127" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="G127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H127" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="I127" s="5" t="s">
+        <v>746</v>
+      </c>
+      <c r="J127" s="5" t="s">
+        <v>747</v>
+      </c>
+      <c r="K127" s="5" t="s">
+        <v>748</v>
+      </c>
+      <c r="L127" s="6" t="s">
+        <v>749</v>
+      </c>
+      <c r="M127" s="5" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C128" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D128" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I128" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="J128" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="K128" s="5" t="s">
+        <v>755</v>
+      </c>
+      <c r="L128" s="6" t="s">
+        <v>756</v>
+      </c>
+      <c r="M128" s="5" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="5" t="s">
+        <v>758</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C129" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D129" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="E129" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="F129" s="5" t="s">
+        <v>759</v>
+      </c>
+      <c r="G129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H129" s="5" t="s">
+        <v>760</v>
+      </c>
+      <c r="I129" s="5" t="s">
+        <v>761</v>
+      </c>
+      <c r="J129" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="K129" s="5" t="s">
+        <v>763</v>
+      </c>
+      <c r="L129" s="6" t="s">
+        <v>764</v>
+      </c>
+      <c r="M129" s="5" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="5" t="s">
+        <v>766</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C130" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D130" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="E130" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="F130" s="5" t="s">
+        <v>714</v>
+      </c>
+      <c r="G130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H130" s="5" t="s">
+        <v>767</v>
+      </c>
+      <c r="I130" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="J130" s="5" t="s">
+        <v>769</v>
+      </c>
+      <c r="K130" s="5" t="s">
+        <v>770</v>
+      </c>
+      <c r="L130" s="6" t="s">
+        <v>771</v>
+      </c>
+      <c r="M130" s="5" t="s">
+        <v>772</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -10402,44 +10909,49 @@
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
     <hyperlink ref="M118" r:id="rId123"/>
     <hyperlink ref="M119" r:id="rId124"/>
     <hyperlink ref="M120" r:id="rId125"/>
     <hyperlink ref="M121" r:id="rId126"/>
     <hyperlink ref="M122" r:id="rId127"/>
     <hyperlink ref="M123" r:id="rId128"/>
     <hyperlink ref="M124" r:id="rId129"/>
     <hyperlink ref="M125" r:id="rId130"/>
+    <hyperlink ref="M126" r:id="rId131"/>
+    <hyperlink ref="M127" r:id="rId132"/>
+    <hyperlink ref="M128" r:id="rId133"/>
+    <hyperlink ref="M129" r:id="rId134"/>
+    <hyperlink ref="M130" r:id="rId135"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>