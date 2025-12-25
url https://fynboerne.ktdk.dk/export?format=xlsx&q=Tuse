--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="160" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="184" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -848,50 +848,127 @@
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg
 Erikshaab
 Højrup
 Fyen
 Danmark
 [I brevet:]
 Kære Mor.
 Jeg er ked af at jeg må nøjes med Brevkortbrev idag, jeg havde i Sinde at skrive et godt langt Brev, men Dagen er løbet fra mig og det er næsten på Tide at få det i Postkassen. 
 Harry rejste pludselig i Aftes til Washington. Principalen telegraferede om han vilde komme ned og holde Foredrag ved et stort Agricultur-Møde! Han bliver borte i en Uge. Han var egentlig ganske fornøjet over Turen, - rejse gør ham altid godt. Jeg har allerede idag haft både Brev (skrevet i Toget) og Telegram med hans Adresse.
 Han har det så godt i denne Tid, Maven er i udmærket Kondition, vist på Grund af at han drikker så meget Mineralvand, - Vichy og Rissingen. – Han har en glimrende Appetit. – Han har haft rasende travlt ligesiden han begyndte at gå til Lab. En Del privat Arbejde er kommet ind, for han har lånt en Del Penge til Apperater, som er nødvendige for Arbejdet som kommer ind. Jeg vil fortælle mere om disse, når jeg har bedre Tid. – 
 Jeg passer mine Smørsyrer, - de holder sig c. ved det samme nu, - 35-37 Dol. om Ugen! – Det tager 2 Dage at preparere dem, men Harry har brugt mig så meget til sit Arbejde at jeg kun var hjemme én Dag sidste Uge og idag Fredag er min første Dag hjemme i denne Uge. Det er jo et anstrængende Liv, men når jeg kun ved at det hjælper Harry - og skal hjælpe os til at komme hjem til Sommer, er det kun som Løjer. 
 Tak for dit lange Brev og var Bogen fra dig?? Tusende Tak, - jeg tog den for en bedre Julepresent. Lille Grethe ser daglig i den og jeg tror hun forstår at det er Billeder, hun sidder ganske stille og pirrer lidt ved Billederne med sin Pegefinger. 
 Jeg er så ængstelig over Be! Bare det dog ikke er noget slemt. Det er rigtignok trist for for hende og det er skam også trist for lille Disser. Hun kommer nok til at hænge svært i, og Disser holder jo mere af ”literære Sysler”. Hvor er det dog forbistret at være så langt borte, - jeg er jo i Besiddelse af en Masse Smågoder som sådan én som Disser vilde goutere, - såsom Chokolade, Kager o.s.v. Cigaretter o. desl. 
 Fik ligenu Mornines Brev, - jeg vil nu selv skrive og fortælle hende hvor glad Grethe og jeg er ved lille Lise. – 
 Det var det jeg vilde sige: da jeg fortalte Harry at B. ikke var rask sagde han at jeg skulde bede dig sende mig Telegram hvis der er tale om Fare, hvad vi da ikke håber men det er jo ligeså godt at forudsætte det værste. Et Telegram med hans Adr. er nok og jeg kan være der i Løbet af 8-10 Dage. -
 Grethe strutter af Sundhed og er ubeskrivelig sød. Hun rejser sig op ved alle Stolene og begynder at gå ved at skuppe dem foran sig. Hun prøver øjensynlig på at tale og jeg tror at ”va – va” er ”Far” Hun har nu 7 Tænder. Hun er aldeles tosset efter Harry og mig, men bange for Fremmede. Svigerfars gl. Moder er død og de skal til Begravelse i Maine i Morgen
 [Skrevet lodret langs venstre margen på s. 6:]
 Skriv snart igen. Elle
 [Skrevet på hovedet øverst og ned langs venstre margen s. 1:]
 Ingen må sætte sig hen og sy Julegaver til mig iår, alle har Hænderne mere end [”mere end” indsat over linjen] fulde og jeg fik sådanne Bunker i fjor. Jeg vil intet have iår. -</t>
   </si>
   <si>
+    <t>1914-10-26</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Christian Danning
+Christian  Houmark
+- Lassen, Fru
+- Lundgren
+Elisabeth Mackie</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3810</t>
+  </si>
+  <si>
+    <t>Christine Mackie takker for de frugter, som Louise Brønsted har sendt. Hun har besøg af Lundgren, som har mødtes med kapelmester Danning for at tale om koncerter. Lundgren er sød og rar, men hans energiniveau virker foruroligende på Christine. Nu lejer Lundgren muligvis et værelse, så han og Christine kan indstudere opera.
+Christine har været til premiere i det nyopførte teater i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CUN7</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 er med blyant skrevet:] 1914
+[Derefter med blæk:]
+Kæreste lille Lugge!
+Hvor er jeg dog en Lort, at jeg først nu sætter mig hen og takker dig for den righoldige Koffertfuld, som lå her, da jeg forrige Lørdag kom fra Odense. Tusend Tak! De lå og modnede netop indtil min værste Mavekatarrte var gået over, og de smagte os storartet! - Vi har i disse Dage Besøg af Lundgreen, som kom til Odense for at tale om Koncerter bl.a. med Kapelmester Danning, hos hvem han også ansøgte for mig. Han er så rar og hyggelig at have, og måske går han i Pension hos Fru Lassen for længere Tid og bor på Gavlværelset og indstuderer Operapartier ved Hjælp af mig. Det værste er, at han virker så foruroligende på mig med al sin Energi, jeg bliver så Hårene rejser sig på mit Hoved af Rædsel, når han sidder og udkaster Planer for Koncerter, det eneste af den Slags, jeg kan tåle at lagre om, er Norge-Tournéen! For den er der først Mulighed for en Gang helt hen i Foråret! Men alt det andet går vist også nok i sig selv, tænker jeg. - I Fredags var jeg på en Fribillet fra Houmark - til Première i Odense i det smukke ny Teater, det er ganske nydeligt, og det var ogsaa en nydelig Forestilling. Jeg har fået én fuldt betalende Elev derude, så har jeg hele 18 Kr om Måneden!
+Tusende Hilsner til jer alle!
+Mornine
+26/10 - 14</t>
+  </si>
+  <si>
+    <t>1916-07-22</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Norge
+Bergensbanen</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Ina  Goldschmidt
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Louise og Johannes Brønsted var i Norge sommeren 1916, og deres børn blev passet af Christine Mackie, Alhed Larsen og Laura Warberg i Kerteminde. 
+De tre piger er på cykeltur: Det vides ikke, hvem den tredje er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3834</t>
+  </si>
+  <si>
+    <t>Ina/Sjums Goldschmidt er kommet til Kerteminde, og Ellen/Bes Brønsted er flyttet ned til Laura Warberg. De tre piger har været på cykeltur og badet to gange.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V7sM</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Håndskrevet i kortets adressefelt:]
+Hr. Professor Brønsted
+Myrdal
+(Bergensbanen)
+Norge
+poste restante
+[Håndskrevet i adressefelterne:]
+Kære Lugge og Mag!
+Alt går fremdeles som det skal og Børnene er søde. Sjums kom igår, og Bes er idag flyttet ned til Mor. Idag var de tre store Piger med mig på Cycle til Dalby til Sodavand og Kage, og de har idag for første Gang badet to Gange. Vi håber, I får dette all right, det kommer til Nyborg i Aften.
+Tusende Hilsner fra os alle!
+M.
+22/7- 16.</t>
+  </si>
+  <si>
     <t>1924-11-08</t>
   </si>
   <si>
     <t>Christian Treschow</t>
   </si>
   <si>
     <t>Tuse</t>
   </si>
   <si>
     <t>Orelund, Holbæk</t>
   </si>
   <si>
     <t>Johannes Larsen
 Ellen Dorothea Lehn Schiøler
 Kai Nielsen
 Christian Treschow
 Frederik Treschow</t>
   </si>
   <si>
     <t>Orelund er et gods nær Tuse ved Holbæk.
 Treschow er gift med Lehn Schiølers datter Ellen (se denne) og overtog godset i 1923.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
@@ -915,50 +992,109 @@
     <t>Reykjavik</t>
   </si>
   <si>
     <t>Hotel Hekla Reykjavik, Island
 Borgarnes Museum, Iceland</t>
   </si>
   <si>
     <t>Alhed Larsen er blevet indlagt på hospital og Johannes Larsen afbryder sin rejse og vender hjem. Alhed dør d. 31.8. Johannes Larsen når ikke at komme hjem inden.</t>
   </si>
   <si>
     <t>Tusind hilsner</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Vxjd</t>
   </si>
   <si>
     <t>[Fortryk på papiret]
 Telegram fra Borgarnes Nr. 87 13 Ord indl. d. 27/8 1927 Kl. 11.13
 Rp 3, 85 [ulæseligt ord] Alhed Larsen
 Kerteminde Dmk
 Tusen Hilsener
 Johannes Larsen
 Hotel Hekla
 Reykjavik 
 Island</t>
+  </si>
+  <si>
+    <t>1930-03-11</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted</t>
+  </si>
+  <si>
+    <t>Grethe Bichel
+Peter Bichel
+Knud Brandt
+Alhed Marie Brønsted
+Jesper Hansen
+Grethe Jungstedt
+Kurt Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Elisabeth Mackie
+Else Warberg
+Laura Warberg
+Minna Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad skolebestyreren hed, og Hundslev-Skovgårdene kendes ikke. 
+Inst./Instituttet: Johannes Brønsted arbejdede længe på at få etableret Det kemisk-fysiske Institut på Blegdamsvej i København. Det åbnede i 1930 med tilhørende bolig til Brønsted-familien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3825</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer takker for gaven. Hun havde en god fødselsdag med mange gæster, blomster og andre gaver.
+Fremover vil Ellen invitere Adolf/Agraren og Johanne/Junge Larsen på middag hveranden søndag, så Johanne kan blive aflastet. Det er godt, at Christine/Mornine Mackie er faldet til ro, men noget skidt at Elisabeth/Putte Mackie arbejder på et hotel med et tvivlsomt rygte.
+Ellen kommer og hjælper med indvielsen af Instituttet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w3Pi</t>
+  </si>
+  <si>
+    <t>11/3 - 30
+Kæreste Lugge!
+Tusende Tak for den meget betimelige Gave. Jeg har allerede arbejdet med den og synes allerede at jeg blivet smukkere af det, - saa hvad kan det ikke blive til!! Man kommer ogsaa til at føle sig saa veltilpas efter saadan en Behandling. Jeg damper først Ansigtet godt med varmt Vand.
+Og Tak for dit Brev og for Forsendelsen af de glemte Sager. Jeg havde nu købt mig en ny Fyldepen, men nu har Junge faaet den gamle som jo har været Mors. Jeg havde en rar Fødselsdag, skønt jeg havde mine Elever - dog kun Hjemmeelever og 2 i Byen. Hele Form. gik med Visiter og Eleverne fra 12 - 6, og Huset skulde jo da gøres ved og Dessert lagt til om Aftenen, saa der var Gang i det! Jeg havde kun Skolebst. til L'hombre om Aftenen. Kaffe og Triffly (hvor er det en snild Dessert) og Vin senere. Fredag og Lørdag er jeg jo væk. Om Søndagen havde jeg Agrarens her til Middag Klk 12. Flæskesteg grønne Ærter, - Triffly. Jeg nyder, at Junge faar en Friformiddag og hun nyder det ogsaa. Jeg vil gøre det til Regel, at de kommer hveranden Søndag. - Klk 3 kom Hundslev-Skovgaardene, - mine mangeårige Venner - til Kaffe. De havde en stor Kurv Æbler med - dejligt. Junge blev til Kaffe. - De blev til Klk 5 1/2, saa vadskede jeg den store Opvadskning og gik saa til Agrarens. Bridge til Klk 12. Saa du ser jeg har været meget optaget. Igaar Morges benyttede jeg min Fritid til at skrive til Tante Else som har mistet sin eneste Broder, Knud Brandt og til lille Mine. 
+Jeg fik mange Gaver - Haandarbejder fra Gr. - 2 Spil Kort fra Junge Bøger fra Mornine og Kurt, 100 Cigarer fra Peter, 2 Lagkager, - mange Blomster - en stor Kala fra Puf. - 
+Jeg var saa glad ved dit Brev, - at Mornine er faldet til Ro, og det du skrev om Junge, - jeg lod hende læse dit Brev - hvad jeg ellers ikke gør, men hun blev saa rørt over det, du skrev, om at du næsten havde glædet dig mest til hende. - 
+Las er nu meget betaget over at Putte er paa et Hotel med et meget tvivlsomt Rygte. Det er nu heller ikke morsomt, - der maa da være andre Hoteller. Det er vel ikke saadan lidt som Hævn el. paa Trods? Jeg synes det er en modbydelig Tanke - at Putte gaar i de Omgivelser og min Sandten, om jeg gjorde tillod ["gjorde" overstreget; "tillod" indsat over linjen] det i Mornines Sted. Hvor er det en trist Redelighed helt igennem.
+Nej, til Paaske kan jeg jo ikke komme, men saa tager jeg kun Paaskeferie i selve Helligdagene og saa tager jeg en lille Uge i Maj og bliver din Fødselsdag med. Det kan maaske blive det lille paatænkte Turistbesøg. Jeg vil komme saa jeg er der hele Dagen før d. 8de til Hjælp. - Din Indvielsesgave til Inst. er 18 Desserttallerkner, som jeg har købt paa en Auktion. - De er rigtig pæne, uden at være antike just. Dem kan du nok faa Brug for. Jeg skal ogsaa tage med Syltetøj hvad du helst vil have - det kan vi altid aftale.
+Baade Peter og Grethe var her d. 6te i hver sin Bil, - jeg var desværre nok i Byen til Timerne, men de ved hvor Nøglen er, saa de laasede sig selv ind. 
+Her var varmt over det hele og saa yndigt med alle de mange Blomster. Grethe sagde, at hun gik rundt og kunde ikke komme sig over saa yndigt her var. Her er ogsaa yndigt Gid du kunde komme et lille Foraarsbesøg inden Kampagnen begynder - men - jeg ved jo nok det er aldeles umuligt. 
+Lugge - det er næsten ufatteligt, at det er saa nær med Inst. Hvor jeg glæder mig til det. Dejligt hvis I kunde flytte før Paaske, saa alle kunde have fri i Paasken til at ordne hver sine Sager og Værker. Det vilde nu betyde meget. I det daglige har ingen af dem jo ret meget Tid til overs.
+I Morgen maa jeg skrive til Mornine og Minna, som sendte mig en mægtig Sirupskage. Nu maa jeg ud til Eleverne. I Aften skal jeg over og repetere Engelsk med Manse, som er oppe til 2den Mellem. Desværre har han jo været luddoven.
+1000 Hilsner til jer alle Elle
+Hils ogsaa Lomme og kys lille Jesper paa hans smaa Poter.
+Undskyld dette forjagede Brev.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1035,59 +1171,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/56CF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HgXl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o7Pu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x1dO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vxjd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/56CF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HgXl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o7Pu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CUN7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7sM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x1dO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vxjd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w3Pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M20"/>
+  <dimension ref="A1:M23"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1899,144 +2035,284 @@
       </c>
       <c r="I18" s="5" t="s">
         <v>138</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>139</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>140</v>
       </c>
       <c r="L18" s="6" t="s">
         <v>141</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>143</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D19" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="D19" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="5" t="s">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="F19" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G19" s="5" t="s">
+      <c r="I19" s="5"/>
+      <c r="J19" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="H19" s="5" t="s">
+      <c r="K19" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="I19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="J19" s="5" t="s">
+      <c r="M19" s="5" t="s">
         <v>149</v>
-      </c>
-[...7 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="B20" s="5" t="s">
+      <c r="I20" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="L20" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C20" s="5" t="s">
+      <c r="C21" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="D21" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="D20" s="5" t="s">
+      <c r="E21" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="D22" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="5" t="s">
+      <c r="E22" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="F22" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="G20" s="5" t="s">
-[...20 lines deleted...]
-        <v>159</v>
+      <c r="G22" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="H22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="K23" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="L23" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
+    <hyperlink ref="M21" r:id="rId26"/>
+    <hyperlink ref="M22" r:id="rId27"/>
+    <hyperlink ref="M23" r:id="rId28"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>