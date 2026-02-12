--- v1 (2025-12-25)
+++ v2 (2026-02-12)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="184" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>