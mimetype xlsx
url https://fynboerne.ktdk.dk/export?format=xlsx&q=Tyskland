--- v0 (2025-12-03)
+++ v1 (2025-12-17)
@@ -44,2437 +44,537 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1913-05-02</t>
+    <t>1892-04-22</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Johanne Giersing
-[...12 lines deleted...]
-Nassau</t>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Georg Brandes
+- Frost
+- Hansen, Fru
+Leonard Holst
+Alhed Larsen
+Eli Laub
+Frederik  Laub
+- Neergaard
+Jenny Rasmussen, Aarhus
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, boede som ugift og gravid i skjul hos ægteparret Rasmussen i Århus januar og februar 1892. Hun fødte i slutningen af marts på en fødselsstiftelse i København. Barnet blev adopteret af hendes faster og dennes mand, ægteparret Amstrup. 
+Selvanden betyder i selskab med eller sammen med. 
+Breve fra Sverige: Leonard Holst, barnets far, var svensker.
+Blomsterstativerne: Christine Mackie og Leonard Holst fik to blomsteranretninger på deres "bryllupsdag", selvom brylluppet i sidste øjeblik blev aflyst. 
+Gabelsbergers stenografi er opkaldt efter Franz Xavier Gabelsberger, som ca. 1817 udviklede systemet. Der er tale om en form for stenografi, der tidligere var almindelig i Tyskland og Østrig. Metoden blev først fuldt ud beskrevet i lærebogen fra 1834 Anleitung zur deutschen Redezeichenkunst oder Stenographie. (Lex.dk)</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2711</t>
+  </si>
+  <si>
+    <t>Christine Mackie rejser til Århus fredag. Fru Rasmussen har lejet hendes værelse ud til en ny, gravid kvinde. Christine har skrevet, at hun ikke ønsker at bo i lejligheden sammen med den nye, og at hun vil have godtgørelse for den tid, hvor værelset har været udlejet til en anden.
+Det var dejligt, at det gik godt for Brandes ved valget.
+Frk. Frost har sagt til Christine, at hun skal have styr på alle adoptionspapirerne, og Christine troede, at alt var i orden. Fru Hansen har lovet at gå på Plejestiftelsen og tale med Neergaard om sagen. 
+Ellen er yndig, og Christine kommer sig. Christine øver sig i stenografi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J0tW</t>
+  </si>
+  <si>
+    <t>22 April - 92
+Kæreste Mor!
+Tak for Brevene, [et overstreget bogstav] hermed returneres de svenske, det er rigtignok nogle rare Breve. Det er vel også det rigtigste i alle Måder, at jeg kommer hjem nu; jeg rejser først til Århus Fredag d. 29de, jeg fik næmlig i Søndag Brev fra Fru Rasmussen, hvori hun uden videre Snak meddeler mig, at nu har de fået en anden Dame, som venter sin Nedkomst, men jeg skal ikke blive bange, jeg skal ikke blive "seneret", da Lejligheden jo er "Uafhændig"; men i mine Øjne har den Uafhændighed nu ikke stort at sige, da de kun har det ene Værelse foruden Værksted og Sovekammer, jeg kan dog ikke risikere at være der så længe, jeg kan selvfølgelig ikke undgå at træffe den anden, så det Arrangement ynder jeg ikke rigtig. Jeg skrev i Dag til hende, at jeg ikke vilde bo der selvanden hos dem, men det gjorde intet, så hun skulde ikke tro, jeg var [et overstreget bogstav] vred over at hun havde taget en anden, jeg kunde jo nok forstå, at det var Synd ikke at tage imod hende. "Naturligvis," skrev jeg "vil jeg gærne have Godtgørelse for den Tid, De har haft hende, jeg bryder mig jo ikke om at betale Ophold for et Menneske, jeg aldrig har set! De må ikke blive vred over, at jeg nævner dette, det er naturligvis ikke, fordi jeg tror, De ikke af Dem selv vilde gøre det (!) men o.s.v." Det er da ikke mer end rimeligt at forlange det, mener jeg, er det Logis ikke længer mit, skal jeg vel heller ikke betale det, de har mintro også tjent nok på mig. Det var en hård Prøvelse for mig, kan du tro, at sidde tøjret på Valgdagen, nu er jeg ivrig beskæftiget med at læse Referaterne i Politiken; det var brillant, at Brandes holdt sig trods de moderates Spådomme om Død og Undergang. Bare det dog er i Orden alt det med Stiftelsen, Frk. Frost satte Skræk i mig i Mandags, hun sagde, jeg måtte da endelig få rigtig Besked hos Neergård; men jeg kan jo ikke selv gå ind på Kontoret sådan midt på Dagen; Fru Hansen har lovet at spørge, når hun næste Gang kom derind. Jeg har ikke anet, at der muligvis endnu kunde mangle noget, jeg har jo ikke haft noget med det at gøre og trode, at det var i Orden den Nat, jeg kom ind, da havde jeg jo et Papir med der ind, og jeg trode, at dermed var Sagen klar.
+Jeg har det stadig godt og får flere og flere Kræfter; jeg går en god Tur hver Aften, det hjælper naturligvis, og så drikker jeg et Glas Portvin til min Frokost. Jeg tror ikke, der skal være noget aparte ved mit Udseende, jeg kan jo i hvert Fald sagtens se raskere ud, end da jeg rejste i Julen. Jeg skal ud på Plejestiftelsen i Aften, lille Ellen trives godt og er så yndig. Leonard havde ikke alligevel været der i Tirsdags, som han havde skrevet til Alhed, den ene af Blomsterdekorationerne fra Århus står derude og venter på ham, han vilde gærne have det med sig. Jeg har fået Gabelsbergers Stenografi og kiler på Bogstaverne. Jeg har læst "Raskolnikov" og er begyndt på Hjortens Flugt. Forandring fryder. Mon det ikke er Influenza, Far har haft? det er da godt, han er over det værste nu. Mange kærlige Hilsner til jer alle!
+Din Basse
+[Nederst på s. 4 er med blyant skrevet:]
+22-4-92 (Til Bedste)
+[Øverst s. 1; på hovedet, er skrevet:]
+Jeg har haft et langt, rart Brev fra Hr. Laub og et fra Eli.</t>
+  </si>
+  <si>
+    <t>1895-02-25</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Fiesole, Firenze
+Piazza Donatello, Firenze</t>
+  </si>
+  <si>
+    <t>Francis Beckett
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Laurits Ring
+Alfred Rottbøll
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det er uvist hvem Marie Madsen er og hvor hun havde en lejlighed. Det er uvist, hvem fru Blom er.
+Gravitetisk betyder værdig, højtidelig i flg. Den Store Danske</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Det er karnevalstid i Firenze. Alhed har set på de mange optog. Hun rejser hjem til Danmark om ca. 1½ måned. Selvom hun er sparsommelig, er der gået en del penge til tøj og turen til Rom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4DgT</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Tak for Dit Brev, som jeg fik i Gaar. Jeg tænkte lidt paa at besvare det strax, men da jeg skulde til Skvardo, hvor jeg jo er næsten hver Søndag fra Lørdag til Mandag, kunde jeg ikke faa Tid til det. Nu er det Søndag Aften, jeg gik ned til Byen i Eftermiddag for at mødes med de andre, vi skulde ud at se om der var nogen Karnevalslystigheder. Og det kan I stole paa, der var. Vi har [overstreget: h] moret os aldeles glimrende og set Folkeliv og Humør i Gaderne, som vi aldrig har set Magen til før. Folk gaar eller kører omkring i Gaderne i Maskeradedragter og alle aldeles bortseende fra Rang og Stand bombardere hinanden med Konfekt, Brystsukker i Papir, Buketter og smaa kulørte Papirstumper, det saakaldte ”Konfetti”. Folk staa opstillede i Gaderne (aldeles som vi i sin Tid stod i Østergade og ventede paa Kejseren) og bombarderer dels hinanden indbyrdes og dels Ekvipagerne, der køre forbi ganske langsomt paa Gr. af den stærke Trængsel. Vi saa storartede smaa Optrin; naar f.Ex. et rigtig gravitetisk og aristokratisk Par kom forbi i en flot opslaaet Landauer og blev rigtig overhældt med alle Slags, saa var det kosteligt at se en flok snavsede Gadedrenge klatre som vildkatte op i Vognen og pille Konfekten af dem. Vi stod en lang Tid udenfor en Konfekthandel og den blev en Gang formelig stormet af en Flok halvvoxne Gadedrenge der med vilde Hyl trængte ind for at faa noget. Vi baade kastede og fik en hel Del og morede os som sagt kongeligt. Berta og jeg uddannede os særlig til at snuppe Knaphulsbuketter fra de omstaaende, og saa solgte vi Blomster til andre mod Konfekt samt til at ramme Politibetjente i Hovedet. – Det varer endnu i Morgen og i Overmorgen og vi glæde os vældig. – Her er almindelig Karnevalsstemning over det hele. I Torsdags var vi oppe hos Konsulens til et meget animeret lille Selskab og vi havde selv et lignende et Par Dage før. Foruden os og Konsulens kun Beckett og Maleren Ring, vi danne et lille Komplot, der holde sammen, særlig i disse Dage. - - - Du skriver, at det da maa blive svært at sige Farvel til Firenze og Italien. Ja, det er sandelig ogsaa med meget blandede Følelser, at jeg forlader det, jeg gruer frygtelig for at sige Farvel til dette og glæder mig forfærdelig til at komme hjem. Jeg maa jo se et Sted midt i Tyskland at faa Sorgen overvunden og hengive mig til Glæden. Hvornaar det bliver, ved jeg ikke bestemt, det bliver nu nok ikke før hen i April, da fru Rottbøll har inviteret mig derop en 14 Dages Tid; er det [indsat: ikke] brillant? Og det bliver vist ogsaa umuligt at rejse før for Is og Sne, det varer vel længe, inden den bryder op og saa siger de[udstreget: t], at det den første Tid er farligt at rejse, da Vandet, der kommer ned fra Bjærgene ødelægger Jernbanebroerne. – Efter min Beregning har jeg endnu [indsat: c] 100 Lire foruden 150 at rejse hjem for altsaa til en Maanedstid og lidt til Afrejsen f. Ex. Kuffert og andre Nødvendighedsgenstande. – Du skrev i Dit forrige Brev noget om 250 Kr. som gjorde [tilføjet: mig] meget betænkelig; jeg har rigtignok beregnet noget mere. Du skrev i Efteraaret ”Nu faar Du 300 Kr foruden vel c. 50 til Klæder?” og saa skrev jeg i mit næste Brev, at det var jo brillant, men jeg vilde rigtignok vældig gærne have 100 til Klæder, da det var[indsat: det] mindste jeg kom til at bruge; og jeg har ogsaa brugt meget mere nemlig over 150 siden i Efteraaret; det er meget, men tænk paa 1 helt ny[udstreget: e] Kjole, Slag, to andre Kjoler syet med Fløjl og Tillæg, Hat, Fodtøj, Uldtøj Handsker o.s.v. - - Hvis der nu skulde være en Misforstaaelse, saa det bliver galt, vilde jeg rigtignok være_ forfærdelig_ ked af det baade for Far og fordi jeg virkelig har sparet saa vældig hele Tiden, og jeg fører sammen med Berta et nøjagtigt Regnskab over hver Øre, vi give ud. – Brevet har jeg vist ikke, men Berta læste det ogsaa og er aldeles sikker paa det. Men hvis Du havde ment 200 foruden Klær, havde det jo ikke en Gang været til Romer- og Hjemrejse endsige til længere Ophold, saa det er vel rigtig. --- Du skriver til sidst noget om mulig at faa en ung Pige igen, saa jeg kunde blive længere. Ja, paa én Maade, vilde jeg naturligvis vældig gærne, jeg kommer jo rimeligvis aldrig mere herned og L &amp;amp; B ville vist nok [overstreget: gærne] have et længere og flytte hen i April op til Fiesole for et Par Maaneder. Det var jo storartet at kunne male her en Maaned Tid endnu netop i det dejlige Foraar. F. Ex. til første Maj, men det er jo for Resten kun en 14 Dages Tid mere end jeg tænker – Ja Du_ kan_ tro, jeg skal male til Sommer! Er Marie Madsens Lejlighed ledig? - - jeg har faaet Brev fra Fru Blom og ogsaa skreven til hende igen. - - Næste Dag. Det er desværre ækelt Regnvejr i Dag, saa jeg er bange, de sidste Karnevalsdage ryge i Lyset. Sørgeligt.
+Nu skal jeg op paa Galleriet og male; det er et nydeligt lille Portræt jeg kopierer, det er svært at ramme de gamle Farver, men jeg haaber, det skal lykkes mig at faa Bugt med det. - - Tænk, der har staaet i de ital. Aviser om al den Sne hjemme; alt om Hjørring har staaet der, kun stod det om København i Stedet. - - Nu ikke mere for denne Gang. Tak lille Dis for hendes lange Brev. - - Saa skriver Du altsaa Dagen efter, at Du har faaet dette. Mange kærlige Hilsner til Alle. Din Alhed
+10 Piazza Donatello 25/2 95
+ikke som [ulæseligt bogstav] H. skrev Dona Tello – tak for brevet og alle Hilsener – skriver snart, haaber jeg.</t>
+  </si>
+  <si>
+    <t>1895-4</t>
+  </si>
+  <si>
+    <t>München</t>
+  </si>
+  <si>
+    <t>München, Tyskland
+Ala, Italy</t>
+  </si>
+  <si>
+    <t>Francis Beckett
+Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Alhed opholder sig muligvis i München.</t>
+  </si>
+  <si>
+    <t>Alhed er på vej hjem fra Italien med toget. Hendes store kuffert var borte i 4 dage. Det kostede store anstrengelser at finde den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jjju</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Jeg har i Dag faaet Eders Breve. Jeg kunde godt have været hjemme til Søndag, hvis min Rejse ikke havde været et Løb med store Forhindringer. Mit Brevkort fra München var for saa vidt ”falsk”, som det meldte noget om den store Sjælevaande jeg var i. – Nu skal du høre, min store Kuffert har været borte 4 Dage, og jeg havde tilsidst opgivet Haabet om nogen Sinde mere at se den. Jeg var naturligvis aldeles ulykkelig, da den indeholdt alt, hvad jeg ejer og har, - Kjoler Smykker, Malerier – kort sagt alt, - en halv Lommekam var i 4 Dage hele min Bagage. – Sagen forholdt sig saaledes: den var expederet fra Venedig til Grænsebyen Ala, [tilføjet: østrigsk Grænse] hvor den skulde fortoldes. Da vi kom der om Aftenen var den der ikke. Told [overstreget: ex] inspektøren lovede at expedere den til München, hvis vi gav ham Garantisedlen. Vi ømmede os lidt ved at give ham dette vort eneste Bevis, men da han erklærede, at han ellers intet kunde udrette, fik han den. – Den ene Dag gik imidlertid efter den anden uden spor af Kuffert, saa Du kan tro, jeg var aldeles ulykkelig. Og Trøst fik jeg ikke meget af, - Beckett kendte 20, der havde mistet deres Kuffert, den ene i Østrig. Og alle erklærede de, at [overstreget bogstav] italienske og østrigske Embedsmænd er noget Rak. Vi henvendte os i det dansk-svensk-norske Konsulat, og Konsulen, en elskværdig Tysker lovede at tage sig af det. – Og dette gjorde vist nok, at vi fik Kufferten. Da [overstreget: jeg]
+Asnet dernede fik Telegram om, at det danske Konsulat vilde tage sig af Sagen, bekvemmede han sig endelig til at svare, at Kufferten var afsendt, - de andre Telegrammer ænsede han aldeles ikke. – Du kan tro, det var væmmelige Dage. Jeg piskede mellem Konsulat, Telegrafstation, [overstreget ord] Ilgods, Fragtgods og Toldgodsexpedition. Navnlig den sidste Dag var ækel, Beckett var rejst, han kunde ikke blive der længere, saa jeg gik alene der og snakkede tysk, og mit Mod var under Frysepunktet. – Endelig i [overstreget: E] Gaar Eftermiddag Kl. 4½ ankom den. Rørende Gensyn. – Der var akkurat Tid at faa den efterset af Tolden, faa Billet og komme af Sted. Kl. 5½ sad jeg i Toget og rullede af hertil, hvor jeg ankom i Morges. - - Men det værste ved det er, - nu da jeg har faaet Kufferten – at det har været en forfærdelig dyr Historie, - Tænk, alene Kuffertens normale Billet bliver en 35 Kr, hvad jeg ikke har anet og saa alt dette extra, - Ilgodspenge, Telegrammer, (en Dag 6 Mark) Drikkepenge, forlænget Ophold i München og anden Kl. hertil, da jeg ikke kunde rejse alene paa tredje; jeg er forfærdelig ked af det, tænk jeg har maattet telegrafere efter flere Penge til Lud og maa nu vente paa dem, de kunne tidligst komme i Morgen Eft. Ellers stak jeg gærne af i Morgen tidlig; saa jeg kunde være hjemme Søndag med Iltoget. [overstreget: I] Og Beckett kan ikke laane mig, han har kun lige til. Meningen er at rejse herfra Søndag Aften eller Mandag Morgen. Jeg skal over København, der er ingen billigere og hurtigere Rejse. - - -
+Ja, det var sandelig ikke noget morsomt Brev! Og jeg maa slutte nu. Jeg er ganske rundtosset af den Kørsel i Nat, - 13-14 timer – Og saa led jeg baade af Tørst og Sult; Jeg glemte i Travlheden helt at faa noget med saa fra i Gaar Frokost til i Dag til Morgen fik jeg ikke saa meget som en Draabe Vand!! – Nej, jeg er snart træt af de Rejseæventyr. – I mener maaske, at der maa være sket noget upraktisk med den Kuffert, - man skulde næsten tro det men vi gjorde det i den bedste Tro; Luds Kasser hjem har kostet Masser af Penge, var flere Maaneder undervejs og kom i beskadiget Tilstand. - - Sørgeligt, at jeg ikke kan være med Søndag da I alle ere sammen. - - Jeg tænker da, I faa dette Søndag.
+De kærligste Hilsner
+Alhed</t>
+  </si>
+  <si>
+    <t>1898-4</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
-    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre års ophold i Italien.</t>
-[...357 lines deleted...]
-Det er uvist, hvem Johanne er. Alheds søster af dette navn blev altid kaldt Junge.</t>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Otto  Meyer
+Sophie Meyer
+Sophus  Meyer</t>
+  </si>
+  <si>
+    <t>Johannes Larsen bor hos Lützhøft i København ( ifølge andre breve fra april 1898). Familien Larsen stemte højst sandsynligt på partiet Venstre. Den nævnte godsforvalter stemte muligvis på partiet Højre. Venstre vandt 10 mandater ved valget. Højre tabte 9.(Wikipedia) Det er uvist, hvem godsforvalteren er.
+Otto Larsen Meyer rejste udenlands ( muligvis Tyskland) i 1898, hvilket kan have været årsag til forældrenes ængstelse.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
-    <t>Alhed Larsen har sendt træsnit, og hun spørger, om (Johannes) Madsen skal lave rammer, og om hun skal sætte flere træsnit i hver ramme til Tyskland samt til Den Frie. 
-[...144 lines deleted...]
-    <t>Johanne Christine Larsen</t>
+    <t>Vilhelmine Larsen har sendt et maleri til Johannes i København. Hun vil gerne have ham til at fortælle om, hvordan valget blev fejret i København. Ved han noget om sin fætter Otto Meyer?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/710v</t>
+  </si>
+  <si>
+    <t>Kjære Johannes
+Maleriet kom vel i god Stand til dig jeg gjorde mig den største Umage – igaar kunde jeg ikke faa det ordnet med Penge og idag er det ligenær – men denne Krone som er hæftet paa Strømperne hjælper saa skal jeg snarest sende nogle Frimærker vi ere raske og venter at høre at du ogsaa har det godt – fortæl os dog hvad du mener om Otto Forældrene ere jo ængstelige og naar er han færdig lad os dog høre lidt om den storartede Valgbevægelse i K vi havde det jo kun i det smaa her for Godsforvalteren var meget højt oppe og sagde saa hoverende – idag er det Sejr
+Om Aftenen blev de unge oppe for at høre Telegrammer og da han saa kom sagde han meget myg vi tabte.
+Hils Alle jeg skal skrive et længere Brev til naar vi i morgen har faaet dit – hils Alhed og lev vel min allerkjæreste Ven din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1898-11-02</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Milano</t>
+  </si>
+  <si>
+    <t>Leonardo da Vinci 
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen var på bryllupsrejse i Italien. Der findes i KTDK et brev fra Alhed Larsen til faderen skrevet og sendt samme dato som dette. Hun fortæller deri blandt andet om den samme tur på bjerget. 
+Garver Jensens søn, den lille klokker og politimester Nielsen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Fotokopi findes på Kerteminde Egns- og Byhistoriske Arkiv. BB3741.
+Det vides ikke, hvor originalbrevet findes.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen har gået tur ved floden i Luzern. Der var dejligt med ænder og blishøns. De mødte to gange nogle kertemindere i byen.
+Derefter tog de toget til St. Gotthardtunellen og stod af for at gå over passet. Vejret blev dårligt, da de nåede toppen, men heldigvis mødte de nogle mennesker, som bød på aftensmad og sengely samt tørrede deres tøj. Dagen efter gik Alhed og Johannes Larsen ned til byen og blev igen våde.
+Der var dyrt i Schweiz, så Johannes Larsens forældre må hurtigt sende nogle penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/H6nO</t>
+  </si>
+  <si>
+    <t>[Fortrykt på brevet s. 1:]
+MILANO
+HÔTEL BISCIONE &amp;amp; BELLEVUE
+avec Succusale au Corso
+[Håndskrevet i brevet:]
+Milano 2 Nov. 1898
+Kære Forældre!
+Sidst jeg skrev til Jer var vist i Lusern om Morgenen. Der gik vi saa lidt omkring og saa paa Omegnen og Schweizer Løven, der var nydeligt nede ved Søen og Floden Reuss der løber ned af den, Vandet var fuldstændigt klart som Havvand men med et mere blaat Skær, og saa svømmede der en Mængde Graaænder og Blishøns omkring som man kunde gaa paa Bolværket og nogle morsomme gamle Broer og se paa, de var helt tamme. Der traf vi en Søn af Garver Jensen, han kom hen og hilste paa os, jeg kendte ham ikke, han havde Fuldskæg, om Eftermiddagen sejlede vi til Flüelen og der traf vi ham igen sammen med en Søn af Politimester Nielsen og den lille Klokker, de lod helt glade ved at se en Kerteminder og bad mig hilse deres Forældre naar jeg kom hjem, de tog strax efter med en Damper tilbage til Byen og Alhed og jeg gik en Tur langs Vierwaldsstättersøen i Maaneskin. Næste Dag sendte vi vore Kufferter med Toget til den italienske Grænseby og tog selv med til den Station hvor den store St Gotthardts Tunnel begynder, der stod vi af for at gaa til Fods over Passet, en storartet Tur, men desværre begyndte det at blæse og regne saa i Mørkningen da vi naaede Toppen var vi gennemblødte og det var saa taaget at vi ingen Ting kunde se, vi var ogsaa dygtig trætte og kunde i Begyndelsen ikke finde et Menneske der ligger et Par store Hoteller en Fæstning noget Hospitte, i det sidste fandt vi endelig et Par Mennesker og en Dreng som skal være der om Vinteren, de har Proviant til hele Vinteren og var ved at fortære noget Suppe de havde kogt af Hvedebrød og Ost, vi fik noget med og Brød og Ost og Pølse og Vin ovenpaa og blev saa om Aftenen lodsede over i Hotellet, hvor vi laa om Natten. Foruden de 3 Mennesker og deres 2 store St Bernhardshunde er der kun Soldater deroppe om Vinteren de passer Fæstningen. Næste Morgen fik vi vort Tøj tørt paa det var tørret [ved] deres Kakkelovn og begav os paa Vej ned i Snevejr som gik over til Regn og vi kom Gennemblødte i Toget. Ved Grænsen var der en eller anden Fest saa det var umuligt at faa vort Tøj der var lukket, saa maatte vi lade dem expedere det efter os i Dag og nu er det nok kommet hertil, og Kl 9 faar vi det vi vil nu i Morgen rejse til Genova. I Dag har vi set Domkirken her og Malerisamlingen og Lionardos hellige Nadver. Det er svundet godt i vore Penge og vi tænker at naar vi hen i Ugen kommer til Florents vil vi snart faa nogle fra Jer. I Tyskland brugte vi ikke saa meget men Schweiz var et nederdrægtigt dyrt Land, og der gik 4 Dage i mod 3 i hvert Land, her i Italien lader de til at have noget rimeligere Priser. Nu maa i endelig være klar til at sende os nogle Penge, naar I faar Brev fra Florents, for saa er det lige op over. Mange Hilsner fra os begge Jeres hengivne Johannes Larsen
+Alhed sidder og skriver hjem</t>
+  </si>
+  <si>
+    <t>1898-11-18</t>
+  </si>
+  <si>
+    <t>Glorup
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Viale Pr. Margherita 44 Firenze
+Fiesole, Italy
+Glorup, Nyborg</t>
+  </si>
+  <si>
+    <t>Konsulen -
+Wilhelmine Berg
+Thora  Branner
+Louise Brønsted
+Johannes Larsen
+Knud Larsen
+Otto Emil  Paludan
+Alfred Rottbøll
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
+Odenseanerne er muligvis Hempel Syberg og hans datter Thora, som flyttede til Odense i marts 1898.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen bor på et lille værelse i Firenze. De går på museer og besøger kirker. De spiser godt på restaurant og har kørt med elektrisk sporvogn. Det forsvundne brev er fundet på posthuset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uhvb</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+1000 Tak for Dit Brev som jeg fik i Dag til Morgen; jeg ventede med Længsel Postens Ankomst, da jeg havde regnet ud, at jeg nok kunde have Brev i Dag, hvis det blev sendt til Højrup! – Det var dejligt at høre, at I alle have det godt, jeg fik ganske vist det andet, Dagen efter at jeg havde skreven, men det jo allerede 14 Dage gammelt; Konsulen og Kn. Larsen havde været paa Posthuset sammen og derfra til Direktøren for at klage, og tilsidst kom Brevet – atter til Kn. Larsen, som heldigvis ikke gav det tilbage til Posthuset, men opsøgte os og fandt os paa et Museum – Konvolutten er aldeles overmalet med Adresser og Overstregninger. – Vi har det ogsaa udmærket og ere glade ved vort Værelse, om Dagen ere vi der jo ikke meget, men om Natten er der saa dejlig stille; de to første Nætter, da vi boede paa Hotel herinde i Byen, kunde vi ikke sove for Støj. – Desværre er Vejret i Gaar og i Dag mindre godt, klart Solskin ganske vist, men en væmmelig Blæst, som hvirvler Støv og Skidt op i Ansigterne paa os. – Vi spise i ”Napoleone” en morsom Beværtning, hvor der altid er en Masse Mennesker, og derfor udmærket god Mad, og meget billig. I Dag er det Fastedag, hvorfor der exeleres i Fisk, vi spiste til Frokost: kogt [tilføjet: kogt] Haj med Citron 
+[skrevet ned langs margen:] Meddel os, hvis der sker noget i Dreyfussagen [tilføjelse slut]
+og Olje, - derefter Blæksprutter med Spinat men tilsidst mente vi dog, at lidt Kød kunde gøre godt, hvorfor vi nød os en Portion Lammesteg med Kartofler og ovenpaa Ost. Du kan se, vi nægter os ikke noget, naar vi spise 4 Retter til Frokost, den bebo [udstreget: bebo] beløb sig kun til 1 Lire 90 C. for os begge tilsammen, altsaa ikke en Gang 1,50 Øre, er det ikke kolossalt billig. Men det er foruden Vin, Vi køber nemlig en Flaske ad Gangen, paa den Maade kan vi drikke ligesaa meget vi vil for o. 35 C. pr Maaltid. – Forleden sad der en gammel Fyr og spiste ved samme Bord som vi. Han saa temmelig fattig og lurvet ud og vi antage ham for en lille Haandværksmester. Til vores store Frobavselse tiltalte han os paa godt Engelsk, og da han mærkede det ikke var vores Sprog – paa tysk. Jeg fik mig imidlertid en italiensk Passiar med ham og vor Forbavselse steg, kan I tro, da det viste sig , at han havde været Professor i italiensk ved Universitetet i London i nogle og tyve Aar: og Tyskland har han gennemrejst for sin Fornøjelse. – Vi gaar paa Museer hver Dag og gærne ogsaa i en Kirke, samt en Tur omkring i Byen. Forleden var vi en dejlig Tur i Fiesole, op med elextrisk Sporv. men ned flottede vi os med en Droske. Vi spiste til Aften – altsaa Middag – deroppe. – Du maa endelig skrive [overstreget: skrive] snart igen, jeg var saa glad ved dit Brev. Nu er Las færdig med at skrive hjem og vi skulle han at spise. – Jeg taaler Maden udmærket, er glad ved Tante Mis’ Middel, som jeg anvender
+[skrevet ned langs siden:] Vi glemte at fejre Mortensaften, ellers ”fejre” vi alt muligt hvilket bestaar i at spise fint hos ”Melili” (gl. Bernhards Restaurant) [Tilføjelse slut]
+[skrevet paa tværs på side 1:] hver Dag. – Nu Farvel! – Rottbølls er her ikke, men de komme muligvis med det første, sagde Konsulen. – Hils alle, vi morede os over Fars og Palams Kastanjeplantager, og i det hele taget over alt, hvad du fortæller. – I komme vel fra Glorup Mandag saa kan dette ligge til I komme hjem. - 1000 Hilsner til alle, ogsaa Odensianerne og Lugge, naar Du skriver, ogsaa Palam fra Las og Eders A
+Fredag – 18</t>
+  </si>
+  <si>
+    <t>1900-09-01 - 1901-04-24</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
-  </si>
-[...568 lines deleted...]
-    <t>1900-09-01 - 1901-04-24</t>
   </si>
   <si>
     <t>Elna -
 Laurentius Allerup
 Ellen Agnete Amstrup
 Louise Amstrup
 Harald Balslev
 Lars Christian Balslev
 Thorvald Balslev
 Laura Balslev, f. Leth
 Herman Bang
 Alice Bondesen
 Emil Brandstrup
 Thora  Branner
 - Fibiger, Frøken
 Marie Juul
 Otto Lagoni
 Peter Erasmus Lange-Müller
 Alhed Larsen
 Jeppe Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Christine  Mackie
 Cathrine Meyer
 Erhard Meyer
 Otto  Meyer
 Sophus  Meyer
 Augusta Mogensen
 Christian Mogensen
 Otto Emil  Paludan
 Antoine-François Prévost d'Exiles
 Leopold Rosenfeld
 Ellen  Sawyer
 Erik Schaffalitzky de Muckadell
 Christine Swane
 Fritz Syberg
 Vilhelm  Sørensen, pastor
 Nicoline  von Sperling
 Laura Warberg
 Andreas Warberg, Albrechts far
 Christoph Ernst Friedrich Weyse</t>
   </si>
   <si>
     <t>Astrid Warberg skriver om livet på gården Erikshaab, om sine forelskelser, om opholdet som pige i huset hos Alhed og Johannes Larsen i Kerteminde mm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/WsHnFLg1</t>
   </si>
   <si>
-    <t>1935-12-11</t>
-[...128 lines deleted...]
-  <si>
     <t>1903-04-28</t>
-  </si>
-[...1 lines deleted...]
-    <t>København</t>
   </si>
   <si>
     <t>London
 Zoologisk Have, København
 Kongens Nytorv, København</t>
   </si>
   <si>
     <t>Ludvig Brandstrup, billedhugger
 Julie Brandt
 - Brøchner
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Poul S. Christiansen
 H  Fledelius
 Svend Hammershøi
 Andreas Larsen
 Johan Larsen
 - Lebbemand
 Hedevig Lützhøft
 Nicolaus Lützhøft
 Kristian Møhl
 Marie Oppermann
 Theodor Oppermann
 Andreas Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Der er to personer, der bliver kaldt Lysse: Johannes Larsens søn og maleren Nicolaus Lützhøfft.
 "Studierne laa i London": Johannes Larsen har tidligere forhandlet med grosserer Brøchner om at sælge nogle akvareller til ham. Da de sidst talte sammen, var Brøchner på vej til London. 
 Poul S. Christiansen og Møhl Hansen står for anden ophængning af billeder på Den frie Udstilling.</t>
   </si>
   <si>
     <t>Johannes Larsen har været i Zoo for at male, men solen kom næsten ikke frem. Han blev inviteret til middag hos en fugleinteresseret tysker. 
 Larsen har været hos Alheds søster, Louise (Lugge), for at høre, hvordan deres mor har det. Moderen var kommet op af sengen, og Andreas (Dede) har det også godt. 
 Glarmester Fledelius vil gerne have nogle tegninger til brug på vinduer til Marienlyst. 
 Billederne skal nu hænges op.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7s4B</t>
   </si>
   <si>
     <t>Kjøbenhavn 28 April 1903.
 Kæreste Alhed!
 Tak for Dit Brev som jeg fik lige nu da jeg kom hjem. Det er dejligt at Lysse stadig er bedre og rart at Uglen hjælper Dig. I Dag var jeg saa tidlig i zoologisk Have at jeg maatte vente [noget af papiret mangler] udenfor inden der blev lukket op, jeg skulde [have] lavet et ordentlig Kraftag i Dag [noget af papiret mangler] Solen kom slet ikke frem, jeg [blev a]lligevel gaaende derude til [noget af papiret mangler] lidt trist og her og er nu om[trent til]freds om jeg faar malet mere [noget af papiret mangler], men det var jo ikke den Ma[noget af papiret mangler] drømt om at gøre det færdigt [noget af papiret mangler] Brandstrup og Lebbemand var der ude i Dag og lille Slav, sidstnævnte præsenterede mig for en Mand som er en Ven af Lysse og Mutter fra Tyskland, han interesserer sig meget for Fugle, skyder maler og stopper ud o.s.v. Han vilde gerne have mig op til sig inden jeg rejste og jeg lovede saa at komme i Dag og spise til Middag med dem, hvad jeg saa gjorde, derfra gik jeg til Brøchner og Studierne laa i London, men han skulde skrive efter dem. Saa vilde jeg op til Lugge for at høre hvordan Din Moder har det, for Du ved vel at jeg har spurgt Dig en del gange forgæves i det jeg først i det Brev jeg fik i Aften har faaet noget at vide om hende siden Du skrev at hun blev syg. Paa Vejen var jeg inde hos Fledelius, [Du ve]d, Glasmanden, han havde [travlt] for Tiden, men vilde gerne [noget af papiret mangler] til at tegne noget ved Lejlig[hed kan] Du huske der hang en Maag[noget af papiret mangler]set, den vilde han i sin [noget af papiret mangler]ave haft mig til at tegne, [den] skal anvendes i en Del Vinduer paa Marienlyst. Lugge og Magisteren var hjemme begge 2 og jeg sad der en halv Times Tid og fik en Cigar og noget Appelsinlikør Lugge havde lavet og skal hilse fra dem. Pang har været her i Søndags, jeg mødte hende paa Kongens Nytorv da jeg var paa Vej til Oppermanns hun skulde op og have en Slæbepibe eller saadan noget i Kufferten men fik det ikke, imidlertid har hun nu faaet hvad hun skal bruge hos Lugge, hun skal til Bryllup paa Skydebanen med 1000 Personer. Lugge havde lige haft brev fra Din Moder som var kommen op nu, og Dede har [noget af papiret mangler] saa godt nu og skal her til [noget af papiret mangler] en af Dagene, Lugge sagde [noget af papiret mangler] har taget 20 Pund paa. Ja de[t var sa]a min Mening at forsøge [noget af papiret mangler] endnu i Morgen i Forbin[delse] Torsdag Formiddag og saa [noget af papiret mangler] med det Torsdag Eftermi[ddag] og se at faa dem til at hænge Billederne ordentlig det bliver nok Christiansen og Møhl Hansen. Mange kærlige Hilsner og Kys til Jer alle tre Din
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1910-12-09</t>
-[...11 lines deleted...]
-Villum Jensen
+    <t>1905-05-27</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Johanne Caspersen
+- Herts, Fru
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+- Skakke
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg passede formodentlig hus for Alhed og Johannes Larsen, mens de var på rejse. 
+Laura Warbergs søster og svoger boede i Snøde på Langeland. 
+Gamle Larsen er Jeppe Andreas Larsen. 
+I efteråret 1905 var Johanne C. Larsen i London (1905-12-23, Laura Warberg til Astrid Warberg-Goldschmidt)
+Tante er Wilhelmine Berg, Laura Warbergs søster. Hun havde et pensionat i København. 8. juli 1905 skrev Wilhelmine Berg til Laura Warberg og spurgte, om hendes datter ville komme og overtage en plads i pensionatet. Wilhelmine Berg havde måttet afskedige en umulig pige. Det vides ikke, om den unge pige tog pladsen.
+Lundsgaard er en herregård, der ligger i udkanten af Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0893</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen kommer snart hjem efter tre ugers rejse til bla. Paris. Christine Mackie er i Snøde. Louise/Muk Brønsted er i Småland med sin lille datter. Der er mangel på grøntsager hos dem. Andreas/Dede Warberg skal på rejse til Tyskland.
+Laura Warberg ved ikke, om Johanne tager pladsen hos Wilhelmine Berg/Tante. 
+Laura Warberg skriver, hvordan man laver saltlage. Hun og Marie Larsen har besøgt Allerup på Lundsgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F0dG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19⁴
+Malmø
+Skåne
+[I brevet:]
+Kjerteminde d:26de Juli
+Kære Astrid!
+Det bliver intet langt Brev, jeg maa ned med det om en halv Times Tid. men vente til i Morgen vil jeg dog ikke. Det var mærkeligt Du dog fik mit Brev og Brevkort og endnu mærkeligere, at der gik saa langt hen, inden jeg hørte noget fra Dig. Paa Lørdag 6te Aften venter vi Las &amp;amp; Alhed, saa har de været godt 3 Uger borte deraf 14 Dage i Paris. De er vældig tilfredse med hele Rejsen, har set Masser af Kunst og nok set paa alle mulige berømte Steder i Paris. Heden har de ikke klaget over. Jeg har faaet Brevkort næsten hver Dag. Paa Mandag Nat rejser jeg hjem og tænker, Christine kommer Tirsdag Aften fra Snøde, hvor de unge Børn leger paa Kraft; jeg gør det saa færdigt. Fra Muk har jeg to Gange haft Brev, de var syge den første Uge deroppe, men nu nyder de Tilværelsen, og den lille og nem at passe efter at hun paa Rejsen fik den sidste Hjørnetand. De har let ved at faae Mad undt. Grøntsager Kartofler faaer de. De savner saa grulig Løg, er de dyre hos Eder, ellers vilde hun vel blive henrykt ved lidt sammen med et Brev hvor det er som her, at Posten skal være indtil 2 Pund. – Jeg veed intet om Johanne saa tager Pladsen hos Tante; men der maa snart kunne komme Brev derom. Dede har endnu ikke helt bestemt sin Rejse, han skal med Skakke til Sønderborg paa Søndag og mulig rejse der fra til Hamborg Berlin Dresden. Det skulde afhænge af om vi faaer Penge fra gl. Larsen, og det ser da ud til det, at han kan skaffe nogle, naar han kommer til Sverrig. – Gud veed om Chr. ikke nok vove en Tur til Malmø, dersom hun nu faasr nogenlunde Sikkerhed for, hvornaar Affæren bliver. I al Fald kommer jeg da nok en Dag og saa kan jeg fortælle. – Lage lavet af grovt Salt der skænkes kogende Vand paa, røres om til Saltet er smeltet og bliver helt koldt. Jeg ved intet Kaal til det. Det er rigtignok dyrt at sylte hos Eder, kan du ikke imellem faae noget Saft med fra København? Eller faae at vide, hvordan de derovre bærer sig ad. Du _ koge Saften uden Sukker, ja maaske med Saltlage, men staaer det ikke i Bogen? Du behøves ikke at sende Brevene. – Bare Du havde skrevet 2 Ord paa et Brevkort til Tante om din Adr: Hun kan da ikke forstaa, at jeg ikke har svaret paa hendes Brev, men nu skriver jeg en af Dagene. Jeg har haft det rart her. I Aftes var jeg med Fru Larsen og Marie paa Lundsgaard hos Allerup, han har Klaver og en Fru Herts, som boer i Kærbyhus, spillede aldeles dejligt for os: Det var en yndig Aften, mange Blomster i hans kønne lille Stue, Udsigt til Stranden, Kaffe med fine Kager og Drikkevarer, en Tur i Drivhuset først. Ja saa Farvel lille Putte.
+Kærlige Hilsener fra Mor.
+Du kan ikke bruge Puddersukker til Syltning.</t>
+  </si>
+  <si>
+    <t>1908-01-22</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Ernst Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ribe
+Tønder
+Ditmarsken, Tyskland
+Holsten, Tyskland
+Husum, Tyskland
+Hannover, Tyskland</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Harald Slott-Møller
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Transskriberet efter maskinskrevet tekst. Det er uvist, hvem der har skrevet dette. Det er også uvist, hvor originalbrevet befinder sig.
+S.M. formodes at være maleren Harald Slott-Møller - dette er også noteret med håndskrift på afskriftet af brevet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg spørger Ernst Goldschmidt om indkvarteringsmuligheder i Paris. Han er ikke helt frisk efter en lang influenza, så i stedet for at rejse via København vil han vandre sydpå langs den jyske vestkyst og videre ned gennem Ditmarsken og Holsten i Tyskland - alt efter hvor langt kræfterne slår til.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XtEZ</t>
+  </si>
+  <si>
+    <t>Kerteminde 22-1 1908
+Kære Goldschmidt!
+Da jeg snart skal afsted sydpå vil jeg, foruden at sige Dem Farvel og på Gensyn, bede Dem være så elskværdig at sende mig et Par ganske bestemte Oplysninger om Paris, nemlig Adr. på et Hotel eller L[ogi] at tage ind straks man ankommer, og dersom De dernæst kan give mig adressen på et godt og billigt Spisekvarter vilde jeg være Dem meget taknemmelig. Jeg har forandret min Rejseplan noget. Da jeg er halvdårlig af vedvarende Influenza har jeg besluttet at lægge for med en Fodtur og kommer derfor ikke til at begynde min Rejse med København som Udgangspunkt. Jeg tager til Ribe og spadserer ned langs Sønderjyllands Vestkyst ad Husum og Tønder ned gennem Ditmarsken Holsten Hannover - og nu ser jeg hvor langt jeg holder ud. 
+Til Slut føler jeg det som min Pligt at notere, at jeg har læst (læst er for meget sagt, men kigget i) to Artikler af S.M. i Nationaltidende. P. Hansen sendte mig dem. Jeg er jo ikke Skribent af Fag, men det forekommer mig, at de to nævnte Artikler er så dårlig skrevet og blotter deres Forfatter i den Grad, at jeg håber, ingen gør ham den Ære at svare ham.
+Med venlig Hilsen fra min Hustru og Familie
+er jeg Deres hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1908-01-29</t>
+  </si>
+  <si>
+    <t>Paris, Frankrig
+Haag, Holland
+Delft, Holland
+Amsterdam, Holland
+Rome, Italy</t>
+  </si>
+  <si>
+    <t>Karl Madsen
 Anna Syberg
-Clara Syberg
-[...1032 lines deleted...]
-fra Din hengivne Fritz Syberg.</t>
+Troels Trier</t>
+  </si>
+  <si>
+    <t>Transskriberet efter maskinskrevet tekst. Det er uvist, hvem der har skrevet dette. Det er også uvist, hvor originalbrevet befinder sig.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker Ernst Goldschmidt for de mange, interessante oplysninger forud for rejsen via Tyskland til Frankrig og Italien. Han har nu bestemt sig for også at besøge Delft, Haag og Amsterdam i Holland. Syberg har travlt med maleriet forud for afrejsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TW34</t>
+  </si>
+  <si>
+    <t>Kerteminde 29-1-08
+Kære Goldschmidt!
+min Hermed Tak for Deres betænksomme Oplysninger, Kort ect. De har vakt min Kones Rejselyst, hun har fået Paris-Længsel ved at studere dem. Desværre lader det sig ikke gøre at vi begge to rejser. Min Fodtur gennem Sønderjylland tror jeg nok jeg holder fast ved. Når jeg siger "tror" da er det fordi jeg næppe kommer af Sted før sidst, (eller tidligst Midten) af Februar, og det så, selv om jeg opgiver Fodturen, ikke lader sig gøre at rejse sammen med Deres ven Troels Trier. Men det vil være mig en Glæde at træffe sammen med ham i Paris, dersom han er der når jeg kommer.
+Det bliver sandsynligvis den første Halvdel af Marts. Jeg har nemlig tænkt at gøre et 8 Dages Ophold i Haag. Karl Madsen har sendt mig nogle Oplysninger om Haag, Delft og Amsterdam, så jeg er nu foreløbig rustet. Jeg glæder mig meget til at gøre brug af Deres Kortskitser. Det er en storartet Fornemmelse første Gang man betræder en stor eller berømt By (her er det begge Dele). Det der holder mig tilbage på ubestemt Tid er (naturligvis) nogle Billeder jeg gerne vil have færdige. Det er jo min Småbørn, og de går jo ellers hen og bliver store. Desuden har jeg fået en Bestilling - ja nu må De ikke straks tro det er Millionen der kommer - på 30 Kr. tredive. Motivet: en Skitse af min Søn. Det er jo ikke meget, men Bestillinger er så sjældne, at denne ikke vil kunne ruinere mig, og så bør man jo opmuntre Initiativet hos det kunstinteresserede Publikum, og i dette Tilfælde er det en Mand der købte meget hvis han blot havde Midlerne dertil. Endnu en Gang Tak for Deres Oplysninger og de bedste Hilsner fra min Kone og Deres hengivne
+Fritz Syberg. 
+På Gensyn i Paris.
+For en Sikkerheds Skyld tilføjer jeg at det ikke er udelukket at jeg efter en Måneds Ophold i Paris rejser til Rom.</t>
   </si>
   <si>
     <t>1908-06-03</t>
   </si>
   <si>
     <t>Tornehave Birkerød</t>
   </si>
   <si>
     <t>244 Columbia Road Boston</t>
   </si>
   <si>
     <t>Josefine -
 Terese -
 Charles Abrahams
 Ingeborg Abrahams
 Anna Anna, pige i huset hos Brønsted
 Alhed Marie Brønsted
 Ellen Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 John Forsell
 Adam Goldschmidt
 Alfred Goldschmidt
 Ina  Goldschmidt
 Selmar Goldschmidt
@@ -2507,50 +607,2310 @@
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg
 [Mr. Sawyer.) 
 244 Columbiaroad
 Dorchester
 Boston
 Mass.
 U.S.A.
 [Skrevet af ukendt:] 
 Birkerød 3/6-1908
 [I brevet:]
 1) “Tornehave”, Birkerød 3/6-08.
 Kæreste Mor! Tusind Tak for Dit Brev, som jeg lige nu har fået! Jeg har jo fået Dine Hilsner, men er dog meget glad over nu at have Dine Ord til mig selv, om at mit ”epokegørende” Brev fra Dalarne ikke forekom Dig altfor umoralsk, men at Du nærmest betragter den Side af Sagen, der fortæller Dig, at jeg nu er et meget lykkeligt Menneske – og dette kan jeg atter og atter skrive under på; og for Cids Troskab tør jeg indestå med mit Liv; han hører absolut til dem, der aldrig bestemmer sig om, når han har truffen et så alvorligt Valg. Ja, han er i Dalarne for sin praktiske Uddannelses Skyld; i Øjeblikket lever han på Feltfod højt oppe i Skovene sammen med en halv Snes andre Forstmænd – de planterer, 
 [Ukendt har skrevet nederst på s1:] 
 Cid svigtede totalt – November s. Aar. 1939, AW [indsættelse slut]
 tæller Træer og inddeler Skoven; et højst eventyrligt Liv – de har store Madposer med – sover i ligeledes medbragte Soveposer, hvis de ikke netop falder over et af de Bjælkehuse, som findes opført rundt omkring i de store Skove, til Brug for Tømmerkarlene om Vinteren. Cid skriver henrykt om sit Liv deroppe i den herlige Natur – snart har de lyst hele Natten, det er jo meget nordligt. For Resten hører jeg kun sjældent, da der absolut ingen Postgang findes hverken fra eller til. Breve hentes og bringes ganske tilfældigt af forbifarende. Kun engang imellem – som nu til Pinse – rejser de ned til Tibble, hvor de fleste har fast Standkvarter, men først må de trave milelangt gennem Skovene til nærmeste Station. Jeg sender også kun af og til et Brev – da meget stort – adresseret til Tribble, så tager Skovrideren Jägermästeren [”Jägermästeren” indsat over linjen] det med sig, når han drager til Skovs for at inspicere. Men for Resten holder vi så meget af hinanden – og stoler så fuldtud på hinanden, at Bevidstheden derom næsten kan erstatte, hvad en Korrespondance giver – og så meget des mere festligt er det jo, når man en skjønne Dag overraskes af et Brev. 
 Du har Ret i, at vi virkelig har mange Chancer for at kunne blive lykkelige med hinanden; Cid interesserer sig så levende for alt, hvad jeg skriver, og yder mig en meget værdifuld og retfærdig Kritik; ret upartisk – men altid sådan, at den styrker min Selvtillid, den man altid har god Brug for. Han opfordrer mig ivrigt til ikke at opgive Skriveriet; men jeg tror nok, at jeg grundig behøver at hvile mig fra min første Bog, før jeg begynder på en ny. I Mellemtiden vil jeg læse og lære det mest mulige – så kommer Resten af sig selv. Jeg for min Part interesserer mig jo ligeså levende for hans Musik; jeg tror bestemt, han var bleven en stor Komponist, hvis han i sin Tid havde fået Lov til at følge sit Yndlingskald; dette er og bliver hans Livs store og største Skuffelse – dét der nok har bidraget til at gøre ham langt ældre end sin 23 År. (ikke sandt, han gør et langt ældre Indtryk?) 
 Men Du skulde blot høre, hvilke dejlige Ting han trods alt har fået lavet – især nogle henrivende Melodier til Sange. Når han engang får lidt 
 2) mere Ro vil han sætte nogle af mine Vers i Musik, så skal vi prøve at udgi noget. Som Du måske hørte, har han flere Gange som Student accompagneret Stenhammar Forsell ”Farsell” indsat over linjen som siger, at næst efter Stenhammer véd han ingen, der accompagnerer ham så godt! 
 Det er en udmærket Stilling i Sverige at være Forstmand og den bliver stadig bedre; desuden er Faren jo velhavende (17000 årlig) og har Cids Velfærd som eneste og største Livsformål – sætter stadig Penge ud til ham og er i alle Måder aldeles mageløs mod Cid, for hvem han virkelig lever og ånder; når jeg ser alt dette undrer det mig kun, at samme Far havde Hjerte til at sætte sig imod den Musik, som han vidste var Sønnens ét og alt. Men det er jo gjort i den bedste Mening. Fra ”Tante Smedberg” har jeg fået flere lange, lange Breve, og fra ”Farbror John” fik jeg et vældig sødt Brev med Overskrift ”kære lille Astrid” og hvor han siger Du til mig, medens jeg skal sige ”Farbror”, de inviterer mig begge indtrængende til at besøge dem; Cid skriver, at de kappes om at lovprise mig i deres Breve til ham og at de begge er ”aldeles förtjust”. Du ser således, at jeg i den Familie er noget bedre anskreven, end jeg nogen Sinde var det i Alfreds, og det kan naturligvis kun glæde mig. Før til Jul skal jeg ikke gense Cid. Nå, jeg begynder rigtignok med mig selv og mine egne Sager i dette Brev; lad mig blot endnu tilføje, at både Be Las [”Las” indsat over linjen] – Junge – Agraren – Lugge og Magisteren véd om Cid, dette sidste har den praktiske Betydning, at Cid dog gerne skulde kunde besøge mig, når han en sjælden Gang rejser sydpå. Du synes i det hele taget at svæve i den Vildfarelse, at der hesker en stor Hemmelighedsfuldhed imellem os Søstre, men Mor, Du kan trygt skrive det samme til os alle, vi står hinanden så nær, at den enes Sensationer absolut ikke er nogen Hemmelighed for de andre. I Aftes kom Telegrammet fra Mornine, og det så jo ikke videre morsomt ud – alt skal efter dette gå som tidligere så nu er vi i Grunden akkurat ligeså spændt som før. Men godt at den Mær (Frk. B) [”(Frk B)” indsat over linjen], rejser hun har da også lavet Ulykker nok nu. Gid det dog kunde ordnes nogenlunde godt for Mornine – foreløbig ser alt så trist ud for hende. Men hvilken Lykke at hun har den dejlige Putte! for hun er da det mest bedårende man kan tænke sig! det var et helt Savn for os alle, da hun i Søndags drog af Sted med Junge; de tilbageblevne Børn spørger stadig efter hende -. Her i Tornehave (er det ikke et godt Navn!) står Sagerne således til, at Magisteren og Lugge rejste i Formiddags; han for en Måned – til Holland, Tyskland og Schweiz, Lugge for 10 Dage – over til Junge. Dette på Grund af en Hel Del Nervøsitet og Overanstrengelse, men hun så helt frisk og glad ud, da hun i Morges drog af Sted, så det vil nok hjælpe. Derovre mærker hun også mindre til Savnet af Magisteren – når hun kommer tilbage vil det nok mærkes hårdt. Men så har jeg jo overtaget Hus- og Haveførelsen fra nu af og til Lugges Sommerferie; jeg er meget glad over
 3) på den Måde at kunne yde nogen Gengældelse for al den Glæde jeg har af mit Ophold her på dette herlige Sted og hos de to elskelige Mennesker. Haven er ganske ubeskrivelig dejlig! De har længe haft – og har endnu – en Havemand gående, så der ser snart ganske velplejet ud overalt, de brede Havegange pynter også meget, ligeledes er der lavet en rigtig Indgang fra Markstien, Buskene er flettet sammen til en Port, gennem hvilken man går ind på en bred og komfortabel Havegang, som går direkte op til Gården – forbi det lille gamle Havehus. Fra dette udgår en anden Gang – tværs igennem hele Haven – der var vist en Grøft før! Desuden går der en bred Gang langs med Marken (med Stien); der er fældet et enkelt Træ, så Vejen går snorlige, og fra den har man jo hele Tiden en prægtig Udsigt ned over hele Haven op til Hovedbygningen; det vældige Kirsebærtræ foran denne er også fældet, hvilket giver en dejlig fri Udsigt fra Stuerne – men det var måske gjort, før Du rejste. Magisteren er mageløs flink til at få alting gjort; nu har han – selv – lavet en dejlig stor Mistbænk – 4 store Rammer, som han selv har kittet Ruder i. Meloner er plantet, nu skal jeg altså passe dem. Desuden har de anskaffet et pragtfuldt Sæt hvide Havemøbler, samme Slags om dem i Rådhushaven; de står på Terassen som danner Forhaven – og der sidder vi ofte om Aftenen. Endvidere har han købt en Hængekøje – til Lugge at hvile sig i; den er anbragt nede på Tørrepladsen under Frugttræerne – halvt i Sol og halvt i Skygge; deres gamle, store Tegnebord har han slået i Jorden ved Siden af Højen – og der er nu et fuldkommen idyllisk Opholdssted. Jeg skal siden have Symaskin[en] derned – skal sy Kadettøj til Adam til Pinse og en Bluse til mig selv. – Endelig er der jo lagt Kartofler –Ærter – Bønner – Radiser – Kål o s v o s v – alt hvad der skal være i en velindrettet Have – og alt trives og gror så det er en Lyst. Her bliver vist en Himlens Velsignelse af alle Sorter Frugt, Stikkelsbærrene er allerede så store, at alle Tænder med Ret løber i Vand. 
 For Børnene er Stedet her jo et helt Paradis – de trives og blomstrer som alt andet i Haven – og dér er de fra Morgen til Aften – søde og solbrændte og glade alle 4. Sjums er snart ligeså kvik som de andre; i Søndags rejste Josefine (ikke Terese!) med dem begge til Hellerup, hvor de sammen med Alfred skulde besøge Abrahamserne; de havde været så søde og artige – og gjort stor Lykke. Det var uendelig morsomt at hente dem på Banegården ved ½7 Toget om Aftenen – de var rødglødende, sveddryppende, strålende glade af al Dagens Fornøjelse. Alfred skrev næste Dag, at de havde været forfærdelig søde og var bleven meget beundret. – Josefine er et lille Pragtexemplar til at passe dem alle; i Morges da vore kære Magisterfolk var rejst, gik jeg ned på Græsplænen til dem og fik iscenesat nogle stormende Lege, hvorved vi alle 6 morede os lige meget – Sjums og Adam gik splitternøgne en halv Times Tid – alle var barbenede og vi tumlede og sprang og legede så det var en Lyst – lige til vi alle var halvstegt og helt møre – men svært oplivede. Den anden Pige er jo noget mut og mere besværlig – meget uopdragen. Hun sagde op i Morges da Lugge sagde Farvel – til 1ste Juli. Vi er temmelig tilfredse dermed, hun har Tilbud fra sin gamle Alma, som meget gerne vil hertil igen. Nu skriver Lugge til hende. Heldigvis har det imidlertid virket blødgørende på Anna, at hun fik sagt op – jeg synes hun er noget flov (vi lo nemlig alle, da hun kom med sin Meddelelse, som hun vel nok havde troet skulde knuse os. 
 Efter Pinse skal jeg skrive igen. Tusinde Hilsner!
 Din Astrid.</t>
+  </si>
+  <si>
+    <t>1909-11-13</t>
+  </si>
+  <si>
+    <t>Bredgade 28, København
+Oslo Plads 1, 2100 København</t>
+  </si>
+  <si>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
+Bredgade 28 er et af Københavns smukkeste bygninger. Huset er kendt under 4 navne:
+1. Berckentins Palæ efter bygherren indvandret fra Tyskland. Indviet i 1755.
+2. Overtaget af den tyske finansmand Schimmelmann.
+3. 1884 købt af aktieselskabet Koncertpalæet. I 1889 indviedes den store koncertsal, men økonomien hang ikke sammen.
+4. 1900 blev Koncertpalæet solgt til Odd Fellow Ordenen på den betingelse, at der fortsat skulle holdes koncerter, og det blev der helt frem til 1992, hvor hele bygningen blev hærget af en stor brand. Det gamle palæ blev genopført, men Københavns bedste koncertsal forsvandt ved den lejlighed. 
+Den Frie er en kunstnersammenslutning, der blev stiftet 1891 af danske billedkunstnere i protest mod adgangskravene til det etablerede Charlottenborg. Det gør udstillingen til Danmarks ældste sammenslutning af kunstnere. Adressen er Oslo Plads 1.
+I følge Weilbachs kunstnerleksikon bliver Ernst Goldschmidt først gift i 1910.
+Kilde: 
+Wikipidia
+Den store, danske encyklopædi</t>
+  </si>
+  <si>
+    <t>Fritz Syberg anmoder Goldschmidt om accept af, at Syberg på Den frie Udstiilings generalforsamling vil foreslå Goldschmidt som medlem.
+Syberg undrer sig over, at han ikke ser artikler i avisen Politiken fra Goldschmidt - håber det skyldes travlhed andre steder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HBXL</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13-11-09
+Kære Ernst Goldschmidt!
+Som De måske erindrer tilbød jeg Dem en Dag i Foråret da vi talte sammen, at jeg vilde, dersom De ønskede det, foreslå Dem som Medlem på "Den frie Udstlling"s Generalforsamling nu i Efteråret. Jeg fik, så vidt jeg erindrer intet bestemt Svar fra Dem, og da jeg fremdeles står ved mit Ord, gentager jeg herved mit Tilbud. Generalforsamlingen plejer at være i December, men da jeg har i Sinde at indsende mit Forslag skriftligt og dette skal ske ca. 14 Dage før Generalforsamling. beder jeg Dem lade mig vide hvad De ønsker. 
+Må jeg tillige sende Dem min Tak for den Indbydelse De sendte mig en Gang i Sommer, desværre kom den for sent. Deres Selskabsaften var allerede et tilbagelagt Stadium da Deres Kort kom til min Adresse i København. Dersom De ikke den Aften i Koncertpalæet havde bremset mig var jeg kommet op at besøge Dem Dagen efter. Men derfor er min Tak for Deres Elskværdighed ikke mindre. 
+Når man i den sidste Tid ikke har truffet Deres Navn i Politiken, jeg mener under en eller anden Artikel - så er det, vil jeg håbe, fordi De har vigtigere Ting for enten det nu er som Maler eller Skribent. 
+I Håb om at De sender mig et par Ord, (det vil altid glæde mig både at træffe sammen med Dem og høre fra Dem skriftligt) sender jeg mine bedste Hilsener til Dem og Deres Frue.
+Deres hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1910-3</t>
+  </si>
+  <si>
+    <t>Jens Birkholm</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>kleine alexanderstrasse 26 Berlin, Tyskland
+Kastanienallee 21, 10435 Berlin, Tyskland</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 27</t>
+  </si>
+  <si>
+    <t>Jens Birkholm skriver til Mads Rasmussen, at han gerne vil give ham de omtalte billeder på hånden indtil MR har taget sin bestemmelse. Vil gerne vise MR et Berlin, han ellers aldrig vil få at se.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rzyK</t>
+  </si>
+  <si>
+    <t>[Marts1910] 
+Hr Fabrikant M. Rasmussen
+Skjoldsgade 10
+København
+Deres venlige Brev af 26 ds har jeg modaget, og vil jeg selvfølgelig gærne give dem de omtalte Billeder paa Haanden til de kan tage Deres Bestemmelse. Betalings betingelserne kan De bestemme som De selv ønsker. Hvis de vil skrive naar de kommer her til skal det være mig en Fornøjelse at vise dem noget af Berlin som De ellers næppe vilde faa at se
+Med venlig hillsen
+Jens Birkholm
+Indtil første April Kl. Alexanderstr. 26 II
+Efter første April Kastanien Allé 21 II</t>
+  </si>
+  <si>
+    <t>marts 1910</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>Kleine Alexanderstraße 26, 10178 Berlin, Tyskland</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Peter Hansen
+Carl  Hartmann
+Johannes Larsen
+Max Levig
+Søren Lund
+Johannes Rump
+Karl Schou
+Fritz Syberg
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft sender Jens Birkholms adresse i Berlin til Mads Rasmussen. Har talt med Max Levig, der ejer Peter Hansens "Pløjemanden" og vil sælge den for kr. 2000,-
+N.L. har talt med Syberg om indkøb til museet. Der er kun 3000,- til bage af de 10.000,- Mads Rasmussen vil ofre det første år. Vigtigst er det navnte "Pløjemanden" af Peter Hansen og Fritz Sybergs "Dødsfald i Fattighuset" og Karl Schou "Moder ved Vuggen", men så vil restbeløbet blive overskredet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uysG</t>
+  </si>
+  <si>
+    <t>Holmens Kanal 40
+Kære Herr Direktør!
+Birkholms adrs. i Berlin er: Kl. Alexanderstr. 26 II.
+Paa Vejen hjem fra Dem i Dag telefonerede Syberg og jeg til Max Levig. Han har bestemt sig for at ville sælge Peter Hansens Billeder for 2000 Kr. Paa anden Maade vil han ikke arrangere sig. 
+Syberg og jeg har nu i Aften talt meget om Billed-Indkøbene til Museet. Vi er jo allerede naaet saa vidt, at der kun er c 3000 tilbage af de 10,000 Kr. De vilde ofre som første Aars Tilskud.
+Nu er vi vel alle enige om, at Opmærksomheden i aller første Række maa koncentreres om Erhvervelsen af
+Peter Hansen: Pløjescene
+Syberg: Dødsfald i et Fattighjem 4000
+og Schou Moder ved Vuggen
+Forhaabentlig kan alle 3 billeder erhverves, men næppe under 5000 Kr. tilsammen. Altsaa kun hvis De er villig til at overskride det for i Aar projekterede Beløb af 10,000 Kr. 
+Jeg tror, at Galleriet tager Sybergs "Dødsfald", hvis det kommer frem til Salg. Det er af største Betydning for Faaborg-Samlingen at erhverve netop dette Arbejde, absolut et af Sybergs Hovedværker, hvis vi skal have en fuldgyldig Repræsentation for Sybergs Kunst.
+Ogsaa det Billede af Schou, som Rump ejer, hører til hans bedste. Men når vi altsaa skal have disse 3 Arbejder, maa vi se bort fra foreløbig at Købe andet.
+Maaske kan vi nu ikke være bekendt andet end at se paa det Udvalg af Schous Arbejder, Johs Larsen vil udsøge, og vi kan vel i saa Fald heller ikke undlade at købe i det mindste ét af hans Billeder. Muligvis kan vi saa opnaa Forkøbet til et Par andre. 
+Hartmann maa vi vel foreløbigt lade ligge, saa ondt det gjør mig personligt, nu da der en gunstig Lejlighed til at faa et eller flere af hans bedste Ting.
+Hvorledes mener De altsaa, Tingen kan or[dn]es?
+Jeg synes, der er min Pligt at meddele Dem disse Overvejelser og at henstille til Dem, hvorledes Vanskelighederne bedst kan overvindes.
+Maaske burde vi have ventet med at købe Billederne af Tom P. og af Søren Lund. Der var vel her mindst Fare for at andre skulde komme os i Forkøbet end ved de andre af vore hidtidige Køb.
+Tak for i Dag!
+Med venlig Hilsen til dem og Frue
+Deres ærb. hengivne
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>1910-08-17</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Jens Birkholm angående køb af et stykke jord som ikke må omtales (i Svanninge Bakker). Forespørger om bestilte postkort ikke kan fås andre steder end i Tyskland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2nhk</t>
+  </si>
+  <si>
+    <t>17 August 1910
+Her
+Kunstmaler Birkholm,
+Faaborg
+Angaaende det omtalte Stykke Jord, da har jeg sat en Mand ud paa at købe det, men De bedes ikke omtale det til nogen, for at man ikke skal faa Nys om, at det er mig,der staar bag ved. Vedkommende mente, at det var bedst at angive, at det skal være til Beplantning.Hvis det bliver købt til Bevarelse af Heden,aner man jo let, at der staar Pengemænd bag ved.
+Kan de bestilte Postkort ikke faas andet Sted i Tyskland,hvis de ikke kan faaes hos det Firma, vi har henvendt os til ?
+Med venlig Hilsen
+Deres hengivne 
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1910-12-09</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pisa
+Via St. Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Lorenzo Battoni 
+Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen forlod i efteråret 1910 sin stilling ved Politiken og var til slutningen af januar 1911 medarbejder ved dagbladet Riget.
+Slaget ved Solferino fandt sted den 24. juni 1859 og førte til sejr for de allierede franske hære under Napoleon 3. af Frankrig og Kongeriget Sardiniens hær under Victor Emanuel 2. af Italien (også kaldet den fransk-sardiske alliance) mod den østrigske hær under kejser Franz Joseph I.
+Non capisco (italiensk): Jeg forstår ikke</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er glad for, at han alligevel ikke skal levere en tekst til tidsskriftet Riget.
+Værtinden har fortalt, at kvinder af 1. klasse bærer hat i Pisa, så Besse (Johanne) har fundet sin frem igen. Sakker (Lars) er blevet beundret af tre unge kvinder, mens han tegnede Det Skæve Tårn. 
+Værtinden prøver at få Rille (Ernst) til at kysse sig, men han gør modstand. Værtindens mand har været gift to gange før, har ca. 18 børn og var med i slaget ved Solferino.
+Sybergfamilien vil blive i Pisa længe. Norditalierne bygger så smukt, og farverne er skønne. Syberg savner dog de danske fjorde lidt. Regnvejr ser helt anderledes ud i Italien end i Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MSU6</t>
+  </si>
+  <si>
+    <t>Pisa 9-12-10
+Sig. Lorentzo Batoni
+Via St. Lucia 3
+Kære Joh. V og Else!
+I Dag øsregner det. Tak for Dit Brev med Fotografierne Anna i Sengen er god. Nå ”Riget” går ikke. Det letter mig lidt. Jeg har jo lovet at sende Jer noget om Sverigsturen. Hvad jeg har skrevet derom ligger i min Kuffert et eller andet Sted i Tyskland på Vej herned. Men nu kan jeg altså lade være med at tænke på den Ting foreløbig. Tak for ”Musefamilien” Den er meget underholdende at gætte sig frem i. Jeg havde ellers bestemt at lave en lille Skizze – jeg laver en hver Dag – men som sagt det øsregner, og så fristede det mig at sende Jer et Par Ord. Hvor skal jeg begynde. Ja Besse har taget til Hatten igen. Vor Værtinde oplyste os om, at der hersker en meget streng Adskillelse mellem Damer af 1ste Kl., og do [”do” indsat over linjen] af ”Folket” her i Pisa, og Kendetegnet er at alle Damer gå med Hat mens en Kvinde af Folket går barhovedet. Derimod har hun (Besse) [”(Besse)” indsat over linjen] fået anbragt et Par store højrøde Sløjfer i Håret ved Ørerne, hvilket så vidt jeg kan skønne er fuldstændig ”comme il faut” her på Pladsen. Nolle lever i sin egen Verden og følger alligevel på en eller anden ubegribelig Måde med i den Verden som omgiver hende. Sakker er [et par bogstaver overstreget] mild. Han begynder at forstå Iteliensk. Forleden var han med ude at tegne. Jeg sad på Pladsen ved Domkirken og tegnede et Stykke af den tykke Bymur Sakker havde stillet sig op ved Domen og tegnede det skæve Tårn. Jeg fandt ham omringet af tre smukke italienske Ungmøer der pludrede op til ham mens Sakker halvt flov over Situationen passede sit Arbejde. De unge Piger var meget henrykte over ham. Jeg spurgte ham om hvad de havde sagt til ham. ”Ja jeg forstod ikke hvad Pigerne sagde til mig og så [ordet ”så” indsat over linjen] sagde jeg ”non capisco” men der ha [”ha” overstreget] var to Soldater som havde set på mig og spurgt om jeg var Italiener”. Det er vor Værtindes opgave (bl.a.) at få Rille til at give sig et Kys. Hun udtrykker det således: ”geb’ mich ein Küs – ” når Rille så spræller, fortsætter hun ”non non non, nicht mit Gewalt, par d’amour”. Det er ellers nogle tiltalende Værtsfolk vi har. Manden er en ægte Italiener og Kraft-Karl. Har været gift to Gange forud og har havt sådan noget som 18 Børn. Han har været Soldat, været med i flere Bataljer bl.a. Slaget ved Solferino og har tre Tapperhedsmedaljer. Vi har tænkt os at blive i Pisa i længere Tid. v [bogstavet overstreget] Klimaet er dejligt og Byen ganske dejlig. Det kan ikke skjules at det er med en ubehagelig Gysen man tænker på Arkitekturen norden for Alperne. Jeg ved ikke hvad der er mest ubegribelig enten at Italierne har så let ved at bygge smukt eller at Nordeuropæerne har så svært ved det. Det simpleste Hus her er fornemt. Og Murene og Broerne om og over Arnoen, uden at være særlig store i Volumen er de majestætisk skønne. I Farve er nu den okkergule lerede Arno og al det lysegule og lyserøde Murværk og Marmor helt ovenud.
+Men der er jo dette med Fynshoved og de danske Fjorde. Nå Fanden i Vold med alle Grublerier, lad os nyde Livet og håbe på at det bliver langt.
+Det regner stadig. Det er mærkelig så ensartet skyet Luft former sig her i Italien De fantastiske og truende Fænomener man er vant til at se i Luften hjemme findes ikke her. Her findes kun en Slags jævnt graat i graat Skyer. Hilsen til Jer alle 4 fra os alle her.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1910-12-13</t>
+  </si>
+  <si>
+    <t>Else Jensen</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Johannes V. Jensen
+Fritz Syberg
+Hans  Syberg
+Franz von Jessen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914</t>
+  </si>
+  <si>
+    <t>Else Jensen skriver blandt andet om Fritz og Annas datter Besse og om Johannes V. Jensens tilknytning til bladet "Riget", som hun ikke selv er så begejstret for blandt andet på grund af Franz von Jessen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aeD0</t>
+  </si>
+  <si>
+    <t>Jacobys Allé 2 d 13-12-10
+Kære Anna. Undskyld jeg ikke har sendt Opskriften før, her er den. Tak Syberg for hans to morsomme Breve. Hvor jeg kan forestille mig hele Turen og hvor jeg glæder mig til at besøge jer en Gang om et Aar eller to, desværre er det jo kun paa Betingelser, at jeg maa rejse. Jeg er meget ked af, at jeg ikke fik sendt Hans Boksehandskerne, de laa indpakkede, men I rejste jo længe før jeg havde ventet, nu maa de ligge her til han kommer hjem. Jeg beundrer Besse, det maa være dejligt at have Mod til at være Kvindfolk i den Alder, det havde jeg ikke. Lige til jeg var nogle og tyve Aar fik jeg med alt for smaa mandfolkeagtige Hatte og grimme graa Klæder for det var kvindagtigt at købe Ting som klædte en, man maatte endelig ikke skabe sig. og Folk kunde let tro jeg var forfængelig og saa var det saa skamfuldt at blive lagt Mærke til. Det var en Lidelse, Gud ske Lov den er overstaaet. 
+Ser I mon Riget, hvis ikke, skal I ikke græmme jer over det, for det er en kedelig Sprøjte, Franz von Jessen viser sig at være en temmelig fremragende Idiot, som ødelægger det hele. Heldigvis er det i saa høj Grad at næsten Alle er klare over det, saa der er Udsigt til at en Revolution vil kunne lykkes.
+Man skal nu blot lykkelig ind i næste Kvartal, saa skal Bomben springe. Fjolset aner ingenting, men gaar fed og henrykt rundt omkring, lykkelig over sin ophøjede Stilling. Men maaske gaar han af med Sejren. Hvem ved. Mig er det lige meget, jeg vil helst have at J.V.s Forbindelse med Riget er saa løs som muligt. Vi har alle været noget syge Forkølelse og Bronkitis, navnlig Jens med ham vil det slet ikke gaa over i dette taagede Vejr, han ser saa ynkelig ud, jeg synes heller aldrig her har været saa vaadt og mørkt som i Aar men dejlig mildt for Resten. Ellers sker her ingenting hverken ondt eller godt. Desværre bliver det ikke til noget med Kelbys Graviditet, hun har tabt lille Peter, siger Kai, jeg tror nu aldrig der har været nogen Peter. 
+Vi rider af og til men i Ridehus og det keder mig lidt. 
+J.V. Foredragsrejse til Tyskland er blevet opgivet, vi mister nogle søde Penge ved det og det bliver maaske Anledning til at han knyttes fastere til Riget men ellers er det jo rart, det er jo ikke rigtig hans Stil at rejse rundt og lade sig vise frem. Hav det nu godt allesammen og glædelig Jul og skriv en Gang imellem. Det er saa morsomt at høre fra jer. Med mange Hilsner fra J.V. Jeres
+Else</t>
+  </si>
+  <si>
+    <t>1912-01-18</t>
+  </si>
+  <si>
+    <t>Malmø</t>
+  </si>
+  <si>
+    <t>Anna Anna, pige i huset hos Astrid
+Bodild Branner
+Frits Branner
+Thora  Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Brønsted
+Peter Oluf Brønsted
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Johanne Goldschmidt
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warbergs bror - Laura Warbergs svoger - var godsforvalter på Glorup. 
+Louise Brønsted og hendes familie boede i Birkerød. 
+Det vides ikke, hvem Hansen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2444</t>
+  </si>
+  <si>
+    <t>Astrid synes, det vi være dejligt at rejse sammen. Hun håber, hun kan skaffe pengene. 
+Astrid har truffet Johanne Goldschmidt, som havde arrangeret træf en dag, hvor Astrid ikke kunne deltage. Johanne ville ikke vise hensyn, når Astrid ikke viste Alfred sådanne. Astrid kunne oplyse, at Alfred selv har bedt om, at Astrid ikke inviterede diverse familiemedlemmer, når han var hjemme. 
+Astrid har været på flere besøg. Sejlturen hjem var slem. Alfred kom uventet hjem fra Tyskland, og der var ikke mad i huset. 
+Børnene leger i sneen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/evO2</t>
+  </si>
+  <si>
+    <t>Malmø 8 Jan 1912.
+Kæreste Mor! Tak for Dit Brev! Hvor er det storartet for Lugge, at Du klarer den vanskelige Situation for hende – men hvor er det opofrende af Dig – saa ideelt Du havde det paa Glorup. Og tænk at Du faar Titte med – men vil Du saa tillige have mig med – hvis jeg aldrig ["aldrig" overstreget] altså kan skaffe de fornødne Kontanter – 200 Kr?
+Det vilde jo være festligt at rejse tre i Følge – jeg har rasende Lyst til det så det gir sig vel nok med Pengene! Naar Alfred gav mig 100 ifjor, gør han det vel igen i År, og jeg har 70 i min Bog; når man har et sådant Lyspunkt at se hen til, kan man jo langt lettere bære de øvrige Dages Byrder.
+I Lørdags fik jeg Brev fra Tutte, som bad mig komme over til Pølsegil [papir mangler] samme Aften. Jeg rejste Kl 1.15 Traf tilfældig Johanne på Gaden og vi fik snakket en Del sammen; det viste sig, at hun havde arrangeret Familiesammenkomsten herovre den Søndag, da jeg var borte, og hun kunde slet ikke indse ”at der var nogen Grund til at vise mig Hensyn – da jeg jo aldrig viste Alfred noget Hensyn!” (!) Jeg inviterede jo altid min Familie, når Alfr. var borte, skønt han dog gerne vilde være sammen med både dem fra Birkerød og Las Og Be – hvad synes Du!
+Jeg oplyste da, at de nævnte Familier aldrig var bedt, når han var borte – og at han udtrykkelig for de øvriges vedkommende havde anmodet mig om at invitere dem, når han var borte. ”Nå – det vidste hun ikke”.
+Der er jo ikke mere at sige til denne Sag, det hele Forhold er håbløst og uforbederligt. Vil de ikke have noget med mig at gøre, så kan de godt slippe. Gildet hos Tutte var meget velly[papir mangler] – men jeg kendte ingen af Gæsterne, [papir mangler] alle var lokale Notabiliteter. (det Ord ved jeg for Resten ikke hvad betyder) Jeg frøs meget, men diskret. Næste Morgen kunde jeg ikke dy mig for at ringe til Bodild, mens Tutte redte Senge ovenpå – hun bad mig til Frokost Kl 1. Jeg gik derfor ved 12 Tiden, fulgt af Tutte med lille Frits i Vognen, men det var isnende koldt (Søndag) så de vendte snart om.
+Hos Bodild var der varmt og henrivende – jeg tilbragte et Par gennemhyggelige Timer hos dem, og de fortalte om det altsammen. Hos dem er jeg altid nærmere Birkerød og Jer alle, synes jeg. Der er en Ørken mellem Vanløse og Birkerød. 
+Mornine var lige taget derfra, men hendes Ånd svævede over Stuerne. Jeg tog hjem med 4.45 Båden – et rædsomt Vejr - næsten 2 Timer under[papir mangler] - jeg indtog straks min sædvanlige [papir mangler] på en Feltstol i Gangen lige ved [papir mangler]dgangen til Trappen – der kan jeg [papir mangler] at klare mig.
+Tænk så havde Alfred telefoneret om Lørdagen til Anna – var altså kommen fra Tyskland uventet! men Anna kunde da meddele, at her hverken var ”Herremad” eller do Kaffe i Huset. Han tog så selv Ost og Kaffe med – og måtte Søndag gå på Hotel for at spise. De andre fik Risengrød og Grønsager. Pengene var sluppen op – og han har strengt forbudt mig at hente hos Hansen el. at tage på Regning. Konsekvensen måtte han dennegang selv bære; det var meget passende – og jeg fik da heller ingen Grovheder, da jeg kom hjem.
+De Små morer sig med Slædeføret og er friske og fornøjede. Jeg glæder mig til dit næste Brev.
+Vi skal vaske i Morgen, det betyder Ubehag, men er jo intet at regne mod Jeres ganske pigeløse Tilværelse. Bare nu lille Lomme er rask igen.
+Hilsner til Jer allesammen – Ungerne tumler og leger om Ørerne på mig derfor hænger dette Brev ikke sammen.)
+fra Din A.</t>
+  </si>
+  <si>
+    <t>1912-02-04</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan No 19 4.
+Malmø</t>
+  </si>
+  <si>
+    <t>Lise Abrahams
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Ellen Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Christian Eckardt
+- Johansen
+Grethe Jungstedt
+Alhed Larsen
+Elena Larsen
+- Lunn
+Frederik Lützhøft
+Hedevig Lützhøft
+Elisabeth Mackie
+Fritz Magnussen
+Karen Meisner-Jensen
+Olga Meisner-Jensen
+Ellen  Sawyer
+- Stockmar
+Cathrine Svendsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen udstillede i Den Fries Udstillingsbygning 1912 sammen med Karen Meisner-Jensen, Olga Meisner-Jensen, Cathrine Svendsen og Anna Syberg.
+”Riget” var en dansk avis, der udkom november 1910 til december 1913 med særlig vægt på udenrigs- og kulturstof. 
+Det vides ikke, hvem Asta, Ingeborg, Madsen og Tomas var. Warberg-familien kendte flere, der hed sådan.
+Det er ikke lykkedes at finde bogen Liv af Johan Maier og heller ikke Ina af Th. Lick.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2077</t>
+  </si>
+  <si>
+    <t>Alhed Larsens udstilling er blevet godt anmeldt i Riget og også i Politiken. Laura Warberg har besøgt udstillingen, hvor hun mødte mange bekendte. Alheds billeder er fine, og hun solgte to, men der er dårlige billeder af et par af de andre udstillere. Alhed sad i flere timer og spiste frokost på Paraplyen, mens der var gæster på Den Frie, og det syntes Laura Warberg var en dårlig idé. 
+Laura Warberg har været til et foredrag, og hun læser i Læseforeningen. 
+Det er en god idé, at Astrid vil lære bogbinding.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OT2N</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkostræde 19
+Malmø
+Skåne
+[I brevet:]
+Nørrevoldgade 29⁴
+Søndag d : 4-2–12 
+Kære Astrid! 
+Der venter Dig vist denne Gang et interessant Brev om Udstillingen, der jo ser meget lovende ud. ”Riget” har i Dag en Anmeldelse af Frits Magnussen, hvori Alhed er mere anerkendende omtalt end i Politiken, der dog ogsaa nok kunde gaa an. A. er i Dag i Birkerød, hun har sikkert købt Blade paa Banegaarden; jeg ringede derind og da vidste de nok derom; der er andre fremmede ogsaa, men det var mig ikke muligt at forstaa [paa] Lugge, hvem det var. Den Dag Du var rejst, kom Elle herop og vi hjalpes ad med at skrive de mange Kort; vi sad og hørte Musiker[ulæseligt] nede fra Fr. Johansens Hjørnestue, var siden nede hos Tomas at drikke The. I Gaar kom Elle ved 11 Tiden, spiste sin medbragte Frokost og fik Solbærrom og The her, mens jeg var nede at spise. Det har hun jo gjort 2 Gange og Lugge en Gang og det var en dessin for Dig ogsaa næste Gang Du skal herover. Ved 1 Tiden gik vi ad de smaa obscure Gade[r] til Østergade, købte en M[ulæseligt] til Hr. Peter det havde han ønsket sig til Flaget, Elle gav ham. Vi gik hele Strøget ned, købte Konfekt og en lille Genstand til Grethe, derfra til Udstillingen, hvor Elle strax traf Fru Asta, meget glædeligt Gensyn. De gik sammen hele Tiden, det er vist hende, der købte ”Petunia”, Berta det lille Landskab fra Fyns Hoved. Det er en smuk Samling Billeder, men dog en Del Jux iblandt; Fr. Svendsens især, men efter min Mening ogsaa Olga Jensens. I Alheds er der intet rent ud disharmonisk; de hænger ogsaa yndigt kønt i den inderste Sal, 2 Vægge fulde. Der var ikke saa faa Mennesker, Lützhöft var der meget tidligt. Abraham og Fru Ingeborg var der, jeg talte med dem. Bimse og Ch. E. og cand. Lunn havde været der. Lud og Berta ogsaa; Madsens kom da jeg gik hen til Paraplyen, hvor Alhed havde siddet et Par Timer med nogle Venner og spist Frokost, vist ikke helt diplomatisk af hende at være borte paa den bedste Tid. I Gaar og i Dag er lille Hr. Peter bedre: Bes var ikke i Skole i Gaar p.Gr.af Kulden der jo ogsaa er ganske overvældende, i Dag kan jeg knap faa varmt her; var alligevel ude en lille Tur i Formiddags uden at fryse synderligt. Elle rejser vist hjem i Morgen og kommer her med sin Kuffert, saa tager jeg en Bil til Banegaarden. Jeg har giver hende 10 Kr, fik endelig i Gaar de Penge fra Madsen jeg kunde betale jovist! – I Torsdags Aftes var jeg min første rigtige Udflugt, henne i et Lokale paa Raadhuspladsen og høre det første af en Række Foredrag af Dr. Munck om Tydskland. Men saa lille en Sal og saa faa Tilhørere! jeg var meget forbavset, og et højst tarveligt Publikum at see til. Det er dog mærkeligt, at der ikke er større Interesse for den Slags her i den store By, hvor Folk har Raad til al mulig Luksus og Fornøjelser. Nu gaaer jeg i Læsef. hver Aften, har læst en dejlig Bog af Johan Maier ”Liv” og en mindre god. – Ina – af J. Th. Lick; overspændt Vrøvl Det glædede mig meget at høre Elle animerer Dig til at lære Bogbinderi, det gør jeg ogsaa i høj Grad især hvis det kan blive inden alle og enhver driver det. Jeg har læst, at det private Bogbinderi er ved at blive en farlig Konkurrent til Fagmændene; ser i Dag i Politiken en Dame, der averterer. – Bare nu Dine Unger kan undgaa Forkølelse i dette Vejr! – Nu er der vist ikke mere at skrive om lille Putte. Jeg skal lidt ned til gl. Fru Stockmar inden Middag. – Kærlige Hilsener til Dig og Børnene fra Bedstemor.
+Udklip af Riget i Gaar; muligt jeg kan faa det fra i Dag senere.</t>
+  </si>
+  <si>
+    <t>1912-05-14</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen er blevet meget optændt af ideerne om at skabe et kunstblad og mener, de skal holde ideen i live. Han er sikker på, at han og Fritz Syberg vil kunne arbejde godt sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/I72J</t>
+  </si>
+  <si>
+    <t>14 Maj 12
+Kære Ven!
+Hvad du skrev i dit sidste Brev om at vi skulde udgive et Kunsttidsskrift sammen har kastet en Brand i min Sjæl; men det skal ikke være et Kunstblad alene men ogsaa handle om Literatur og Politik. Om et Par Aar naar jeg har været paa Rejse og faaet nogle Skrifter fra Haanden tænker jeg jeg vil føle mig ledig og oplagt til endnu en Gang at prøve paa at skabe en Opinion i Skandinavien (maaske Tyskland med). Hvis der dukker en ny Mand op som kan drive Blade for os økonomisk skulde jeg tro vi kunde gøre det. Lad os hver for sig tænke over det og modne vore Planer. Jeg er vis paa vi kunde arbejde sammen. Else skriver med det samme, fra hende faar I at vide hvad smaat der er sket, det er jo heldigvis ikke af Betydning. jeg har været min sædvanlige Blæsetur i Himmerland paa Cykle. Vi har Børnehjælpsdag med Stortromme i Gaden. Ellers ikke andet end en hjærtelig Hilsen til hele Familjen i Pisa. 
+J.</t>
+  </si>
+  <si>
+    <t>1912-09-28</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Wiesbaden</t>
+  </si>
+  <si>
+    <t>Köln
+Wiesbaden</t>
+  </si>
+  <si>
+    <t>Johannes Larsens bror og svigerinde, Vilhelm og Johanne Larsen, boede i 1912 på gården Kærbyhus i Kerteminde, så de har formodentlig passet Andreas og Johan Larsen, mens forældrene var i Tyskland.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på et fint hotel i Wiesbaden, og de har set bjerge og spist druer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7tPK</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets forside:]
+Hotel et Bains des Quatre Saisons. Hotel u. Kurhaus Vier Jahreszeiten. Four Seasons Hotel &amp;amp; Baths.
+[Håndskrevet på kortets forside:]
+Tak for Køreturen til stationen lille Dax.
+[Fortrykt på kortets bagside:] Wiesbaden
+Postkarte
+Carte postale – Postcard
+[Håndskrevet på kortets bagside:]
+Hr Puf og Lysse Larsen
+Kærbyhus
+Kerteminde
+Dänemark
+Kære smaa Drenge!
+Vi sidder i Wiesbaden paa et meget fint Sted og drikker The. I Morgen sejler vi til Köln, hvor vi haaber at høre fra jer. – Vi har set Vinbjærge og spist en Masse blaa og grønne Druer. Hilsen til jer alle. Far og Mor</t>
+  </si>
+  <si>
+    <t>1913-02-05</t>
+  </si>
+  <si>
+    <t>Dr. Abildgårds Allé 14</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+- Dahl, Malmø
+Adam Goldschmidt
+Alfred Goldschmidt
+Henriette Goldschmidt
+Ina  Goldschmidt
+Selmar Goldschmidt
+- Kramer</t>
+  </si>
+  <si>
+    <t>Laura Warberg kunne ikke lide sin svigersøn, Alfred Goldschmidt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Astrid Warberg-Goldschmidt til Laura Warberg, 1913-02-05, 2427</t>
+  </si>
+  <si>
+    <t>Astrid håber, at Laura Warberg vil komme på besøg og tage Thora/Tutte med, mens Alfred er bortrejst.
+Astrids middagsselskab gik godt. Svigerfaderen nød maden og sagde, at hans egen kone ødelagde deres mad med sin "tossede Semitisme". 
+Astrid træner gymnastik og kan blandt andet stå på hænder 50 gange i træk. 
+Alting er bedre i Astrids liv nu.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i43j</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Dr Abildgårds Alle 4 II
+Kjøbenhavn
+[På kuvertens bagside: Poststempler]
+[I brevet:]
+Onsd. 5 Febr-13
+Kære Mor! Tak for Dit gode Brev! Alfred kom ikke til Tyskland, men rejser sandsynligvis på Søndag – mon det så ikke skulde passe Dig lidt bedre i næste Uge? og måske Du har Lyst til at tage Tutte med – det er en hel Evighed siden hun har været her. Men jeg vil skrive nærmere herom; desværre kommer en uundgåelig Vask imellem – vi har Vaskehus Onsdag og Torsdag i næste Uge, så Dit Besøg skulde jo helst være Søndag – Mand – Tird. (Alfred rejser med 3 Båden Søndag) men som sagt, jeg sender et Kort med nærmere – så snart jeg ved det sikkert. 
+Selskabet den 29ende forløb aldeles usædvanlig godt – de kom alle 4 - og var i glimrende Humør; Både Dahl (som dog er professionel Middagsherre) og min Svirfar roste Maden meget – ”Denne Oxesteg” sagde Svirfar – ”er just som en Oxesteg skal værre – men hjemme – der ødelægger min Kone al Maden med sin tossede Semitisme!” 
+Svirmor fik Grønsager m rørt Smør – og kogt Rødspætte – så der var jo mange Anretninger. Champagnen vakte Jubel – så alt var virkelig uhyre morsomt. Svirfar havde taget Tandbørste med og vilde partout blive om Natten (hos Kramer) men ”min Kone” protesterede så ihærdigt, at alle tog hjem med 10 Færgen. 
+Og så har vi nu begyndt at træne til Gymnastikopvisning - måske skal vi i April være med til en stor Konkurence – men i hvert Fald har vi jo vores egen Opvisning i Maj. Jeg øver mig hver eneste Morgen – og har i Morges stået 50 Gange på Hænderne! jeg er den eneste af hele Holdet, som kan den Kunst – men jeg er jo heller ikke kommen sovende til den. 
+Ellers er her vist intet at fortælle – jeg har været hos Printsens en Aften – det er et overmåde rart Sted at komme. Ja, hvor alting dog er lysnet lige på engang for mig herovre – det er rigtig nok mere end jeg i mine vildeste Fantasier har drømt om – og nu kan jeg slet ikke forstå, at det andet kunde udholdes så længe. 
+Jeg har så travlt med at sy nye Balkjoler til Børnene – så det passer mig godt, at vi i hele denne Måned spiser Middag Kl 5 – det giver anderledes Forslag i Tiden. 
+Nå kun mange Hilsner fra Din Putte</t>
+  </si>
+  <si>
+    <t>1913-04-21</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Serravalle</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 005</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse har måttet betale 20 kr. i told for cyklerne, og de har kun 20 kr. tilbage, til de når München. De håber ikke, at de skal betale for at komme over grænsen. Spidsestedet, hvor de er, har foræret dem en flaske vin. De cykler i bjergene, og det er smukt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yTkm</t>
+  </si>
+  <si>
+    <t>Sybergs
+Via S Lucia
+Pisa
+Italia
+Serravalle 21-4-13
+Kære Far og Mor
+Vi er her et Sted i Østrig hvor vi sidder i [noget af papiret mangler] Haus og sp [papir mangler] og Brød. Vi har maattet deponere 120 Kr. i Told for Cyklerne saa vi har kun 20 Kr at leve for til vi naar den tyske [s. 2] Grænse og faar vores Penge tilbage igen (for at komme ind i Tyskland skal vi vidst ikke betale noget), det er ellers et dejligt Sted vi er vi cykler mellem høje Bjærge ved Siden af en dyb klar Flod og med en vældig Varme i Ryggen. Vi skal vidre for at se om vi kan naa Neumarkt inden Solen gaar ned [tegning af nedgående sol]. Mange Hilsner fra Hans til Jer alle.
+Kære Allesammen. - Det var jo en ordenlig Forbauselse med de 120 Kroner, vi haaber at vi ikke skal betale ved den tyske Grænse for vi har 20 Kroner tilbage som vi saa maa naa München med. Her hvor vi spiser har de foræret os en Flaske Vin, de syntes vidst vi saa tørstige ud at de fik Medlidenhed med os. Nu gaar den snart opad i Bjærgene mod Brenner - her er meget smukt. Mange Hilsner og Kys fra Besse.</t>
+  </si>
+  <si>
+    <t>1913-04-26</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien. 
+Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Borgen var allerede i 1913 en ruin.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 009</t>
+  </si>
+  <si>
+    <t>Den følgende dag kører Hans og Johanne/Besse mod Ingolfstadt og Nürnberg. De vil finde nogle slægtninge. München er en voldsom by. Hans og Besse har spist voldsomt meget på hotellet. Postbuddet vækkede dem om morgenen og overrakte 129 Mark. Johanne beder forældrene købe mandolinstrenge. Hans vil have øl i Tyskland efter at have drukket vand i Østrig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fwJv</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+[Håndskrevet i adressefeltet:]
+Signori
+Syberg
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Ny adresse skrevet:]
+Kerteminde
+Danimarc
+[Håndskrevet i tekstfeltet:]
+München 26-4-1913
+Kære Allesammen
+I Morgen tidlig drager vi videre til Ingolstadt, - - Nürnberg og saa op mod Köln, det er jo ikke den lige Vej til Danmark, men vi vil hellere tage den for at se om vi kan finde nogle af vore kære Slægtninge [s. 2] München er dog en drabelig By vi har et Kort over den, ellers var det umuligt at finde rundt i den - I Aftes spiste vi en Masse dejlig Mad af Brød spiste vi op mod en c 40 panini, paa Hotellet kunde de slet ikke tænke sig at vi havde spist saa meget og skrev paa Regningen meget ["meget" overstreget] et meget mindre Antal, vi drak hver 2 Bayere mørkt Øl og Hans ekstra et Bæger lyst, om Morgenen blev vi vækket ved at Postbudet efter at have banket en meget lang Tid paa Døren bragte os 129 M. - - - Vil I ikke købe nogle Strænge og og (stecche) det er dem til at spille med endelig meget bløde, de aller blødeste I kan faa Mange Kys. Besse. til Mandolinerne.
+Kære Allesammen!
+Har vi drukket af Guds klare Vand i Østrig saa vil vi sgu ha' en "Bayer" medens vi er her vi drikker paa Kraft. mange Hilsner fra Hans</t>
+  </si>
+  <si>
+    <t>1913-04-27</t>
+  </si>
+  <si>
+    <t>Pfaffenhofen</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien.
+Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Det var dette sted, Hans og Johanne Syberg ønskede at besøge.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 010</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w14X</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i adressefeltet:]
+Sybergs
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Ny håndskrevet:]
+Kerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+Pfafferhofen 27/4 - 13
+Kære Allesammen!
+Vi sidder i en lille Ølknejpe og venter paa at faa nogle Pølser. Vi cyklede fra München i Morges ved 9Tiden. Vores Rejseplan er den at vi tager fra Nürnberg [s. 2] og Frankfurt til Reihnen som vi saa køre langs med til Köln og saa vidre over Hagen til Hamburg og Danmark denne ["denne" indsat over linjen] Vej er knap 300 Km længere end den lige Vej og en Del Bjærgfuld men vidst smukkere og saa er der jo vore Slægtninge saa vi tager af den. Vi har spist en Omgang Pølser men maa have en til inden vi tager vidre. Mange Hilsner fra Hans. 
+[Skrevet på hovedet på s. 2:] Kære Allesammen. Pølser er godt. Nu har vi spist hver 5, med Snapse og 2 Bæger Øl. Uhm, hvor det var dejlig. Nu skal vi videre, det er frygtelig varmt, meget varmere end i la bella Italia, vi er begyndt at glemme [skrevet lodret langs højre margen:] det italienske, det var dog vældig tidligt.</t>
+  </si>
+  <si>
+    <t>1913-05-02</t>
+  </si>
+  <si>
+    <t>Tyskland
+Nassau</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre års ophold i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 016</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse kørte i bjergene, hvor der var iskoldt, og de mødte en bisse, der ikke ville vise vej. På hotellet var der stor fest, men de to kunne ikke danse med, da de var for våde og beskidte. Festen varede hele natten, og alle var ret fulde. Nu er de på et Gasthaus, hvor der er en stor hund.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uPfr</t>
+  </si>
+  <si>
+    <t>[Fortrykt over adressefeltet:] Postkarte
+[Håndskrevet i adressefeltet:] Signor F Syberg
+Via S Lucia 1
+Pisa - Italien
+[Adressen overstreget. Med anden skrift indsat:]
+Kerteminde
+Danimarca
+Kære allesammen.
+I Gaar i Regnvejr drog vi over Bjærge det var knagkoldt paa Vejen mødte vi en Bisse vi bad ham sige os Vejen han sagde vi kunde følges med ham ["ham" indsat over linjen], vi kunde ikke faa ham til at sige hvormange Km. der var til den første By, naa, men vi kom saamænd hele til Byen, - Paa Hotellet var der Bal og stor Fest, vi ærgrede os over ikke at kunde danse med, vi var nemlig [s. 2] gennemblødte og overstænkede med Skidt helt op i Ansigtet jeg vaagnede tidlig om Morgenen ved nogle mærkelige Hyl af en Violin, - Ballet var endnu ikke færdig - jeg gik i Natkjole ud til mit Udsigtstaarn - WC / i Køkkenet dansede Pigerne og Opvarterne - fra Dansesalen hørte jeg en den sidste Vals blive spillet af en stakkels fuld Spillemand som havde spillet hele Natten og Balgæsterne alle mere eller mindre fulde, - syngende og skraalende danse til det sidste. - Vi fik en dejlig Kop Kaffe med Marmelade og dejlig Smør til. - mange Kys fra Besse
+Kære Allesammen!
+Vi sidder og spiser i et lille Gasthaus hvor de har en mægtig Hund som ser ud som en Løve vi har faaet noget dejlig Mad. Det er Graavejr i Dag og Hundekoldt.
+Mange Hilsner til alle fra Hans</t>
+  </si>
+  <si>
+    <t>1913-05-04</t>
+  </si>
+  <si>
+    <t>Johanne Giersing</t>
+  </si>
+  <si>
+    <t>Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Tyskland
+Hagen</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Pilegaarden</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
+Johanne/Besse har også tidligere på et postkort fra cykelturen i 1913 omtalt lillebror Ernst/Rille og hans Rovmorderveninde. Hohen Sieburg var den borg i Tyskland, som Syberg-familien kom fra. Den stod allerede i 1913 som en ruin.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 019</t>
+  </si>
+  <si>
+    <t>Hans og Johanne har ledt efter en lille Sybergprinsesse til broderen, men der er kun Sieburgere, så han må nøjes med sin rovmorder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/j7gX</t>
+  </si>
+  <si>
+    <t>[Fortrykt på billedsiden:] CÔLN, Denkmal König Friedr. Wilh. III auf dem Heumarkt.
+[Fortrykt ved adressefeltet på tekstsiden:] 220 Verlag H. Worringen, Köln Altermarkt 47.
+[Håndskrevet på kortets tekstside:]
+Skuespilleren
+Hr. Negertamp
+Pilegaarden
+Kjerteminde
+Dänemark
+Kære lille levende Nigger - Du kan tro vi har ledt efter en lille Sybergprinsesse til Dig, men her er kun Sieburgere [de sidste tre bogstaver i ordet indsat over linjen] og dem er der jo ikke noget ved. Du maa nok nøjes med Rovmorderen men hun er da næsten ogsaa lige saa køn. Mange Kys fra Besse
+Hagen - 4 - 5 - 1913</t>
+  </si>
+  <si>
+    <t>1913-05-05</t>
+  </si>
+  <si>
+    <t>Clara Syberg</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 017</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse var glade for at høre "Alt vel". De skal på museet og se deres fars billede. Og de har talt med en fuld tysker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/og82</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kortets billedside:]
+Er det morsomt at gaa paa Realskolen?
+[Fortrykt på kortets billedside: Et langt digt]
+[Fortrykt på kortets tekstside:]
+POSTKARTE.
+1908. Verlag: Leo Kürten, Köln
+[Håndskevet i kortets adressefelt:]
+Freulein
+Nolle Syberg
+Pilegaarden
+Kerteminde
+Dänemark
+[Håndskrevet i kortets tekstfelt:]
+Kære levende Nolle.
+Vi blev meget glade over Jeres "Alt vel." - Vi er i Hagen, vi bliver her til i Morgen for at vi kan komme op i Musæet og se Fars Billede. - Vi har i Dag mødt en fuld Tysker vi havde en vældig Grinigennem med ham, han kunde Dansk - En Bajer - Danske Pige jeg elsker Dig, det er det lader til at være en Sætning som mange Tyskere kan Mange Kys Besse</t>
+  </si>
+  <si>
+    <t>1913-05-07</t>
+  </si>
+  <si>
+    <t>Tyskland
+Stolzenau</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb.3, 018</t>
+  </si>
+  <si>
+    <t>Det regner. Hans og Johanne er hjemme om 5-6 dage. De venter på, at deres værelser bliver klar. Hotelværten har ingen ører.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WYXg</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+POSTKARTE
+[Håndskrevet i adressefeltet:]
+Sybergs
+Pilegaarden
+Kerteminde
+Dänemark
+[Håndskrevet i tekstfeltet:]
+Stolzenau 7-5-13.
+Kære Allesammen.
+Det regner endnu hele Dagen, - syvende Dag. - - Vi tænker at kunde være hjemme om circa 5-6 Dage. Vi spiste under et Skur i Dag. Mange Kys Besse
+[S. 2] 7-5-13
+Kære Allesammen
+Vi cyklede Kl 8 fra Bielefeld og kommer her til Stolzenau [ulæseligt ord] Kl 8 1/4 det er ikke nogen lang Tur men meget fugtig. Vi sidder og venter paa at vores Værelser kan blive færdige og ser imens paa at to sidder og drikker af nogle kollosale Glas. Mange Hilsner fra Hans. Vores Vært er uden Ører og med et mægtigt Ar. Tyskerne er dog nogle Festigummer med alle deres Ar i Ansigtet</t>
+  </si>
+  <si>
+    <t>1914-03-18</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby Kro</t>
+  </si>
+  <si>
+    <t>Leipzig
+Malundskrog, Kerteminde</t>
+  </si>
+  <si>
+    <t>Ivar Bentsen
+Martin Haahr
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+- Martinussen
+Sigurd Müller
+Kai Nielsen</t>
+  </si>
+  <si>
+    <t>"dem til Lehn Schiøler": Eiler Lehn Schiøler hyrede Johannes Larsen til at lave illustrationer til et stort bogværk om fugle. Se Lehn Schiølers biografi.
+Det er uvist, hvilken udstilling i Leipzig, Larsen skulle deltage i.
+"Pengene fra Galleriet": Man kaldte på den tid, hvor brevet er skrevet, Statens museum for Kunst for Galleriet. Pengene er muligvis betaling for Larsens maleri Edderfugle ved Vesterrevet, Sprogø.
+Handlen med Martinussen er omtalt i tidligere breve. Den fandt sted i forbindelse med, at Larsen-familien fik bygget et nyt hus til den familie, som passede Svanemøllen ved Larsens hjem. det er uklart, hvem Martinussen var.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen arbejder med svaner, akvareller og billeder til Lehn Schiøler, og han har spændt lærred op til det store billede. Han sender liste over de billeder, han har anmeldt til udstillingen i Leipzig. Alhed bliver bedt om at sende billederne. Når der kommer penge fra Galleriet, må Alhed betale Bentsen for handlen med Martinussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YC8U</t>
+  </si>
+  <si>
+    <t>Kirkeby 18 Marts 1914
+Kæreste Alhed!
+Tak for Dine 2 Breve i Dag og al den Post. Det var helt rørende at høre fra Kai forleden, hved Du hans Adr.? Jeg har slidt i det med Svanerne og det kan maaske blive en helt rar Afbrydelse at lave et Par Aquareller, der er jo ogsaa dem til Lehn Schiøler, hvis det bliver Vejr til det i Mrg vil jeg prøve. Jeg har spændt Lærred paa til det store og naar jeg faar det lagt an skal jeg sende Dig en Tegning, jeg vil nødig før, bare det ikke bliver noget Møg, men saa faar jeg jo nok lavet noget andet, der er Motiver nok, saa arbejdsløs behøver jeg ikke at frygte for at blive saa længe jeg er her. Jeg skriver her op hvad jeg har anmeldt til Leipzig, og jeg har bedt Sigurd Müller om at lade Dig vide naar det skal sendes ind. Jeg har malet 14 Billeder, 6 Aquarelstudier af Svanehoveder og en Del Pennetegninger. Det var ikke saa godt at Du blev hængende ved det Billede, det er ikke morsomt. Jeg har det godt og det er flinke Folk her, især Skytten Martin Haahr har jeg megen Nytte af.
+Anmeldelsen til Tyskland ser saadan ud:
+[En ”Tuborg” omkring de første syv på listen med ordet Træsnit]
+Træsnit til Blicher Trækfuglene
+Ex libris
+Spetten
+Svanerne
+Landskabet
+Portræt
+Portræt
+[En ”Tuborg” ved de to sidste med ordene Litho grafi]
+Vintermrg (Gærdesmutten)
+Blishøns Regn.
+for de sidstes Vedkommende kan Du sende de indrammede Expl. vi har, da de ikke er sat til salg. Jeg havde først anmeldt alle 3 Portræter men da jeg havde glemt Malundskrogs Landskabet strøg jeg det ene og satte det i Stedet, der kunde nemlig ikke staa mere paa Blanketten. Jeg vilde ikke have det G[ulæseligt]billede sat lavere end til 4000 da jeg tænker det ender paa Faaborg Museum og saa skal der vel slaas af, det er heller ikke for meget for det og det er jo ikke umuligt at det bliver solgt. Naar Pengene fra Galleriet kommer kan Du betale Bentsen de 1000 Kr. De har skrevet og hylet for de Penge fra Handlen med Martinussen. Mange kærlige Hilsner til Jer alle Tre.
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1914-03-20</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby</t>
+  </si>
+  <si>
+    <t>Mesinge</t>
+  </si>
+  <si>
+    <t>Axel Friis
+Johanne Giersing
+Anker Kyster
+Andreas Larsen
+Johan Larsen
+Christine  Mackie
+Johannes Madsen
+Åge Meyer Benedictsen 
+Johan Christian Petersen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 omkring 75 dage i Henne kirkeby for at male.
+St.St. Blichers Trækfuglene med Johannes Larsens træsnitsillustrationer udkom i marts 1914. 
+Larsen-familien byggede i 1914 hus til Alheds mor i Strandgade i Kerteminde. Huset var tegnet af Carl Petersen. 
+Det er uvist, hvem Johanne er. Alheds søster af dette navn blev altid kaldt Junge.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har sendt træsnit, og hun spørger, om (Johannes) Madsen skal lave rammer, og om hun skal sætte flere træsnit i hver ramme til Tyskland samt til Den Frie. 
+Trækfuglene får god kritik. 
+Det går fremad med Alheds mors hus, og Alhed og hun har nu købt kakkelovne og komfur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0SUh</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Tak for Dit Brev! Nu vil jeg haabe at jeg har ordnet det pænt med Træsnittene, jeg gjorde mig kolossal Umage, Christine hjalp mig, de er sendt i Dag. – Jeg sendte med 3.20 en Pakke med den ”Trækfuglene”, Du vilde samt Brevpapir og lidt anden Post. Maalene i Anker Køsters Brev har jeg skreven af, skal jeg lade Madsen lave 2 Blindrammer af den Størrelse og sende Dig?? [Der er også indsat et spørgsmålstegn til venstre for linjen] – Selv om Manden ikke vil have dem begge, kan Du jo altid komme af med dem. – Det er helt rart at der er lidt Bestillinger, det drøjer jo paa Foraarsudstillingen. - - Du ser vel nok i Extrabladet Kritikken over Trækfuglene, det er morsomt med den kolossale Lykke, den har gjort, det er nu alligevel det bedste ved det, at den er bleven saa god, selv om det pekuniære Udbytte ikke er saa godt. Træsnittene saa henrivende ud i Rammerne. – Men til Tyskland skal jeg da ogsaa sætte de store (Svanerne, Spætten o.s.v.) i én stor Ramme, og maa jeg eventuelt sætte nogle faa af ”Trækfuglene” sammen med ovennævnte store, hvis det kniber med at faa dem til at passe i Rammerne. Til den Frie blev der 4 Rammer, men naar jeg nu sætter dem saa tæt jeg kan, kunde jeg tænke mig, der blev for lidt til 5 men alligevel for mange til 3, maa jeg saa sætte de tiloversblevne sammen med de store? [? også indsat til venstre for linjen] – Hvorfor mon Du fik 2 Breve fra mig paa en Dag, det har jeg ikke skreven. – Det gaar vældig frem med Mors Hus, Elektrikeren og Maleren gaar der. Gulvene er lagt, ferniserede 1ste Gang og lakerede. Dørene er ved at blive sat i og Calle har i Dag i Telefonen godkendt Gerichter og Paneler. Mor og jeg har i Eftermiddag været hos Axel Friis og købt Kakkelovne og Komfur; Mor er henrykt over at der er saadan Driv i det. – Puf er med Johanne i Mesinge til et Foredrag om Rusland af Benediktson Mejer, Lysse skal til Dilettant Generalprøve (bl.a. Bes Syberg spiller) Christine skal spille (Musikken), de gaar mig [ordet overstreget] nu og tager Brevet med. – Derfor Farvel! 1000 Hilsner Din 
+A.</t>
+  </si>
+  <si>
+    <t>1914-04-25</t>
+  </si>
+  <si>
+    <t>Alfred Goldschmidt
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Det omtalte hus var en villa, som Alhed og Johannes Larsen lod opføre til Laura Warberg og hendes datter, Ellen, samt til Ellens datter, Grethe, i Strandgade/på Strandvejen i Kerteminde. Familien flyttede ind i maj 1914, men boede der ikke mange år. 
+Den Baltiske Udstilling var arrangeret til at blive afholdt i Malmø 15. maj - 30. sept. 1914. Den var inspireret af tidens verdensudstillinger. Arrangørerne forestillede sig deltagelse fra Sverige, Danmark, Rusland og Tyskland, men udstillingen fik en svag start, da det var svært at tiltrække Ruslands interesse. Udstillingen, der var opdelt i en kunstafdeling og en industriel afdeling, fik en brat ende, da 1. verdenskrig brød ud i august 1914 (Wikipedia okt. 2023). 
+Johannes Larsen opholdt sig i 1914 2,5 måneder ved Fiilsø for at male, og Alhed Larsen samt parret sønner besøgte ham der. Johannes Larsen vendte hjem fra Fiilsø 17. maj.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2617</t>
+  </si>
+  <si>
+    <t>Laura Warberg ønsker tillykke med fødselsdagen og spørger, om hun skal sende stoffet som vareprøve?
+Laura har ikke haft meget tid til at se på huset, hvor en del endnu mangler. Nu skal hun overvære børnenes eksamen. Grete får gode karakterer. 
+Johannes Larsens store billede fra Fiilsø skal med på Den Baltiske Udstilling. Alhed og drengene skal besøge Johannes Larsen (ved Fiilsø).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/c0TA</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+[På kuvertens bagside: Poststempel)
+[I brevet:]
+Kerteminde d: 25de
+Kære Astrid!
+Til Lykke paa Fødselsdagen. Gid Du maa tilbringe den rigtig fornøjeligt med Dine smaa Veninder! Troer Du dog ikke, jeg helst maa sende Stoffet til Tæppet som Vareprøve og Garnet i [ulæseligt ord] – maaske af to Gange, som Tryksager?? saadan har jeg jo sendt Snese Ting til Amerika. Naar jeg hører fra Dig igen om dette, sender jeg det. Dersom Du faar det med Alfred f. Gn. over P. Skramsgade, skal det saa ikke fortoldes? Det hele sammen i en Pakke?? Desværre er Tiden løbet fra mig med at spadsere, see paa Huset, sende om en Kone til at pudse Kakkelovne o s v. saa Du kommer til at have et Brev igen en af de første Dage i Ugen. Jeg har paalagt de andre at skrive og faae med 3.20 Toget, men vi skal til Examen at høre paa Børnene Kl. 1, saa Gud veed, om de naar det. Grethe har faaet yndig grøn Kjole til Examen, hun har ug i Regning? ug? – ug? – i dansk Stil, venter ug i Engelsk. Langt tilbage med Huset, Stengærde, Have og alt! men nu er jeg mere taalmodig. Ja, saa Farvel lille Putte! Kærlige Hilsener! Du køber Dig vel en Ting for de 3 Kr.? - Mor. 
+Alt vel her! Las har sit store Billede fra Fiil Sø paa den baltiske – 6000 Kr.
+Nu skal Alhed og Drengene i Gaar [ulæseligt] op at besøge Las.</t>
+  </si>
+  <si>
+    <t>1914-05-03</t>
+  </si>
+  <si>
+    <t>Ingeborg Abrahams
+Eline  Brandstrup
+Jørgen Brandstrup
+Ludvig Brandstrup, billedhugger
+Ebbe Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Christian Caspersen
+Johanne Caspersen
+Adam Goldschmidt
+Alfred Goldschmidt
+Henriette Goldschmidt
+Ina  Goldschmidt
+Selmar Goldschmidt
+Jens Hinke
+Grethe Jungstedt
+Anders  Kragh
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ellen  Sawyer
+Ernst Syberg
+Franz Syberg
+Lars Syberg
+Minna Warberg
+Andreas Warberg, Albrechts far
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Palle B var og heller ikke Thomsens.
+Alhed og Johannes Larsen fik i 1914 opført et hus til Alheds mor, Laura Warberg, på Strandvejen/i Strandgade, Kerteminde. Laura Warberg boede der nogle få år sammen med datteren Ellen Sawyer og barnebarnet Grethe Jungstedt, f. Sawyer. 
+Albrecht Warbergs bror, Conrad Warberg, var godsforvalter ved herregården Glorup. Laura Warberg besøgte ofte ham og hans familie dér. 
+Den store Opvisning var en gymnastikopvisning, som Astrid Warberg-Goldschmidt skulle deltage i.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2611</t>
+  </si>
+  <si>
+    <t>Børnene er til fødselsdag hos Syberg.
+Johanne/Junge Larsen og Laura Warberg har været til teaterforestilling.
+Ellen håber at få en engelskklasse på skolen. 
+Laura flytter ind i huset, selvom køkken, toilet og have ikke er i orden. Hun håber, at Astrid kommer på besøg. Mange andre familiemedlemmer kommer. Ellens og Grethes værelser er blevet hyggelige.
+Caspersen og Brandstrup er glade for deres nye lejligheder.
+Johan/Lysse og Andreas/Puf har været til eksamen, og det gik godt for især Johan. Grethes eksamen var også god. Nu skal Alhed og drengene besøge Johannes Larsen/Las ved Fiil Sø. 
+Ludvig Brandstrup skal til Det Kongelige Teater. Christian Brandstrup med familie tager til Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eMZY</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Søndag d: 3_de_ Maj.
+Kære Astrid!
+Det var ubesindigt af mig at love Dig Brev hen i Ugen; mere end et overkommer jeg nok ikke. Om Lørdagen skal det absolut med 3 Toget, for at Du kan faae det Søndag Morgen; det er bedre at have Søndag til Skrivedag. Jeg kommer lige fra Agrarens, en Kaffevisit med ham, Elle og mig. jeg havde Bagværk med der var hyggeligt og roligt, Børnene er til Fødselsdag hos Sybergs; Erik elsker og tilbeder de tre store Drenge der. Nu skulde Elle til sin lille Gerning i [ulæseligt]. – 5 Timer med kun èn fri ind imellem. Johanne og jeg var der i Aftes til et rigtig pænt og morsomt ”Guldhornene” sat i Scene af Palle B. Bagefter gik J. og jeg paa Hotel og drak Kaffe til Kl. 11, vi ser Johanne saa lidt, hun har jo altid travlt, har faaet 4 Elever lige den sidste Tid. Man skulde troe, hun kunde ikke overkomme det, men nogle gaaer jævnt herfra. Elle haaber paa at faa en Kl. i Skolen, Hr Kragh har spurgt om hun vilde prøve, han kan knap overkomme alt det Engelske; han er Inspektør. Paa Torsdag begynder jeg at flytte ind, venter at faa mine 3 Værelser i Orden inden St. Bededag d: 8:de. Men Køkkenregionerne bliver tidligst færdige til Indflytning paa Lørdag, takket være gl. Hinkes Langsomhed I Morgen venter vi Gartneren begynder at grave og planere Haven, vi faar kun Sommerplanter i Aar, og lidt Havesager bare den kan naae at blive lidt pæn til Pinse, saa vi kan holde Indvielse. Du maa da endelig see at komme et lille Svip, lille Putte, boe i vort Gæstekammer, jeg siger ganske sikkert Dede og Minna og Branners kommer, maaske Brønsteds, hvis de er paa Hjemvejen fra Tydskland saa tidligt; Lugge har da slaaet paa det. Du maa dog en Gang imellem see alle Dine egne; tænk hvor Alfred har sin Familie nær. Skal vi ikke foreløbig haabe det bliver af og lade Broderiet ligge saa længe? Nu kan jeg igen taale at sye en Smule, og læse lidt; to smaa Bøger nede paa Glorup Jeg tør knap skrive det, at jeg længe har haft det saa godt. – Mit sidste Brev var Hastværk, fordi jeg skulde til Alhed sammen med Thomsens. De var saa pæne og rare og Claus ligner sin Mor og hendes 17aarige Datter hende igen. Hun er saa nydelig af en godt omtalt lovende Skuespillerinde. Manden er koparret og med Fodring af ”Affäring”.
+W.C – er endnu ikke i Orden hos os selv, hvor Elle har nu har boet ca. 14 Dage, men om 3 Dage skulde Badeværelset være færdigt. Elles Stue er saa henrivende nu med Gardiner og Malerier; Grethes ogsaa, kun en vældig stor [ulæselig], rædsom Liggestol ødelægger det efter min Mening; de har den med fra Amerika. – Caspersens er nu flyttet ind og faaer en dejlig Lejlighed Aaaboulevard Hjørnet af Johannevej Christian og Eline er ogsaa meget glade ved deres paa Christianshavn. Jørgen er jo hjemme, men hans søger en Plads. Thomsen grim, men uhyre tiltalende, og ret intelligent og livlig. De var alle i Teatret om Aftenen og paa Hotel bagefter. Jeg turde ikke, men blev hos Drengene og læste Historie med Lysse, det var jo midt i Examen, han fik ug; i det hele en voldsom pæn Examen, saa han kommer sikkert meget op. Grethe glimrede med en Masse ug-er og bliver No 2 fra No [”No” indsat over linjen] 7. Puf knap saa god. I Onsdags Kl. 11 lige fra sidste Time rejste saa Alhed og Drengene op til Las’ ved Fiil Sø og ventes i Morgen. Chr. og Putte boer imens der mens, Elle og Grethe holder til der baade fortalte, at Ludvig skal til det Kgl. Teater, men i et Brev fra Broder Christian i Gaar stod der intet om det, jeg kan næsten ikke troe det. De vil alle boe paa Båxhult en 3 Uger sidst i Juli [”Juli” overstreget] Juni; har bedt Onkel Lut og Las om de maa. Jeg har ikke hørt om Dine Ferieplaner; I kan maaske ikke nænne at tage fra den festlige By. Skal hele Dit Hold med til den store Opvisning, eller er det kun Eder? smaa udvalgte?? Nu Farvel lille Putte! Kærlige Hilsner til Dig og de smaa fra 
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1914-09-22</t>
+  </si>
+  <si>
+    <t>Pilegården</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Anna Louise Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilke manuskripter Johs. V. Jensen har sendt Fritz Syberg.
+Anna Syberg døde i juni 1914. 
+1. verdenskrig brød ud 1. august 1914.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for manuskripterne. At Tyskland og England kunne slutte sig sammen sker desværre nok ikke, selvom det kunne sikre dem verdensherredømmet. Man må håbe, at Tyskland vil stå stærkt. Englænderne er hovmodige og opfatter ikke sig selv som europæere. 
+Den førstkommende søndag skal den lille døbes. Hun bliver opkaldt efter sin mor og kommer til at hedde Anna Luise.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LEk1</t>
+  </si>
+  <si>
+    <t>Pilegården Kjerteminde
+10-9-14
+Kære Ven
+Tak for Brev og Artikler. Jeg har lige gennemlæst dem men glæder mig til at tygge dem grundigere igennem i Aften. Såvidt jeg kan se er det omtrent de samme Spørgsmål der er brændende for os begge, gid jeg kunde se så lyst på dem som Du gør, og gid Din Røst je [”je” overstreget] må høres og ikke være en Røst i Ørkenen. Var vi sammen kunde vi tale om disse Ting. Nu blot såmeget at jeg ikke tror på Englændernes Vilje og Evne til at bevare Kultur og Arbejdsro i Vesteuropa. Skulde noget forandre min Mening [”Mening” overstreget] Modvilje mod [”Modvilje mod” indsat over linjen] dem og den angelsaksiske Rase overhovedet så skulde det være om f.Ex. Amerika aabent og afgjort tog Parti for Tyskerne. Jeg holder i Øjeblikket ikke af at tænke på at der er noget der hedder Englændere, er nærved at tro at det eneste de i deres Egoisme ønsker (og efter Evne bidrager til) er at få Europa til at kriges som en anden Balkanstat, mens de selv fisker i rørt Vande.. Mit eneste Håb i Øjeblikket står til Tyskland og Tyskerne, at de må kunne klare den i denne Omgang så det kan skyde ud et Hundrede Ar [År] igen før Rusland gør et fornyet Forsøg på at lave hele Europa til et Kosakland. Efter min Mening må er [”må” er indsat over linjen med en streg ned over ”er”, så dette ord overstreges] Tyskernes Kamp af os alle betragtes som en Kamp mod Russerbarbariet og det er denne Kamp England af al Magt søger at vanskeliggøre måske umuliggøre for Tyskerne. Frankrig [et overstreget bogstav] er uskyldig synes jeg, den lider af samme ”Indvoldsorm” (Udtrykket er af Dig) som vore egne stakkels Patrioter. Hils Else og Børnene mange Gange
+Din hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1914-10-18</t>
+  </si>
+  <si>
+    <t>Christian Barnekow
+Alfred Goldschmidt
+- Kjerulff
+- Printzen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Astrid Warberg-Goldschmidt til Laura Warberg 1914-10-18, 2433</t>
+  </si>
+  <si>
+    <t>Astrid regner med at kunne få arbejde, hvis hun lærer at skrive på maskine. Hun øver sig på Barnekows fabrik, inden de øvrige ansatte kommer. Hr. Printzen har organiseret dette.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rUB5</t>
+  </si>
+  <si>
+    <t>Malmö d. 18.10.14.
+Käre Mor.
+Nu skal du höre noget meget interessant. Jeg har bragt i erfaring, at man temmelig sikkert kan tjene Penge, hvis man kan skrive på Maskine. Jeg har endogså halvvejs fået Löfte om Arbejde. Altså gälder det om at lære Kunsten så hurtig som mulig. Jeg ringede derfor til Hr. Printzen og bad om et godt Råd. Han var så elskvärdig at skaffe mig Tilladelse til at benytte en skrivemaskine ude på Barnekows Fabrik inden Kl 9. om Morgenen. Jeg begyndte Torsdag Morgen Kl. 7,45, näste Morgen var jeg der Kl. 7,30 og i Går Kl7.Påden Tid kommer nemlig Hr. Printzen, så sidder jeg alene oppe på Kon toret og över mig i Fred og Ro de 2 Timer til Damerne kommer, og som Du ser , begynder det snart at gå nogenlunde for mig . I Dag er det Söndag, men Hr. P. var så venlig at lodse mig ind herude, så jeg kan öve mig nogle [overstreget tegn] Timer også i Dag. Jeg havde min Frokost med herud, den nöd jeg til en Kop The, som Hr. P. lavede til os begge, det er at forene det nyttige med det behagelige . det morer mig aldeles kollossalt , og som Du kan se er jeg meget ivrig i Tjenesten.Man ved jo aldrig hvad det kan före til i FFemtiden. Jeg ser den i hvert Fald i Möde med mere Tillid nu end nogen Sinde. Jeg havde i Går Besög af Hr. Kjerulff , han opmuntrede mig meget og var meget interesseret. 
+Alfred har väret i Tyskland 5 Dage, men har intet fortalt om sin Rejse. Nu skal jeg skrive noget for Hr. Printzen.
+Mange Hilsner til dig og jer alle fra din meget glade, energiske og forhåbningsfulde 
+Astrid.</t>
+  </si>
+  <si>
+    <t>1915-03-20</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Johannes Larsen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 32</t>
+  </si>
+  <si>
+    <t>Fritz Syberg forklarer, at han først kan angive priser på sin hustrus værker, når han ved hvilke billeder museet har erhvervet. Han skulle have være til Grækenland i vinter men har måttet aflyse rejsen for at passe familien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/an9l</t>
+  </si>
+  <si>
+    <t>Pilegaarden 20 Marts 1915
+Kære Hr Etatsraad
+Mads Rasmussen!
+Priserne paa min Hustrus Billeder kan jeg først sende nar jeg faar opgivet hvilket Billeder Musæet har erhvervet. Joh. Larsen gav mig en ufuldstændig Liste og kunde ikke erindre hvilke Billeder der manglede paa Listen. Jeg har derfor skrevet til Peter Hansen og bedt ham sende mig Fortegnelse over dem Saasnart jeg faar den skal jeg sende Dem Priserne. Det glæder mig at høre at De nu føler Dem saa vel saa De tænker paa at rejse. Efter min gamle Bestemmelse skulde min Søn og jeg i Vinter have været til Grækenland, men nju er der foreløbig sat Bom for alt hvad der hedder Rejse. Det maatte elleres være spændende at rejse i Tyskland nu for Tiden, og se hvordan alt Liv der er indstillet paa Krigen. 
+Mine bedste Ønsker for Dem og de venligste Hilsener til Etatsraadinden og Børnene.
+Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1915-05-11</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Brædstrup</t>
+  </si>
+  <si>
+    <t>Tornehave Birkerød St.</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Fibiger
+Camilla Kattrup
+Eline Kattrup
+Rasmus Kattrup
+Adolph Larsen
+Johanne Christine Larsen
+Julie Sophie Anette Augusta  Teisen
+Augusta Teisen, Viggos mor
+Andreas Warberg
+Minna Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Andreas/Dede Warberg og hans familie boede i Brædstrup. 
+Minna Kattrups far døde i 1914. Sølvbrylluppet hos Kattrup må således være på herregården Risinge ved Kerteminde. Denne ejedes af Minnas farbror, Rasmus Kattrup, og hans kone, Eline Katteup. 
+Lusitania-affæren refererer til sænkningen af det britiske passagerskib RMS Lusitania den 7. maj 1915 af den tyske ubåd U-20 ud for Irland. 1.198 mistede livet; herunder 128 amerikanere. Hændelsen skabte stor international forargelse, især i USA, og bidrog til at skifte den amerikanske opinion mod Tyskland, hvilket var en vigtig faktor i USAs senere indtræden i 1. Verdenskrig (diverse søgninger på nettet). 
+Busenfreund: Nær ven (ofte ment ironisk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3770</t>
+  </si>
+  <si>
+    <t>Louise/Muk Brønsted må tage penge af renterne til f.eks. et par handsker. 
+Laura Warberg er i Brædstrup. Fru Kattrup har været på besøg til en fiskemiddag. Laura Warberg går ture med Minna og den lille Torkild. Torkild er nem og sover meget. 
+Adolf/Agraren Larsen er genindkaldt, og Laura tænker på, om Johanne/Junge Larsen vil leje et par stuer ud imens. Fru Teisen driver nu pensionat i sit hus, for mange ønsker at holde ferie i Kerteminde.
+Andreas/Dede Warberg har vrøvl med en svindler.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GT5r</t>
+  </si>
+  <si>
+    <t>[Med blyant på kuvertens forside:] 1915
+[Med blæk på kuvertens forside:]
+Fru Professorinde Brønsted
+cand. polyt
+"Tornehave"
+Birkerød St.
+[Med blæk i brevet:]
+Brædstrup d: 11/5 - 15
+Kære lille Muk!
+Minna, Dede og jeg selv sender Dig mange gode Ønsker og kærlig Lykønskning til Dagen! Vil Du ikke nok undskylde, at jeg gør mig det saa nemt med min beskedne Gave som at bede Dig holde 3 Kr. tilbage af de eventuelle Renter og købe Dig et Par Handsker eller lignende; samt desuden 1 Kr. til Deling mellem Lomme og Bes f Ex. til Planter i deres Have. Jeg kom herop i fredags og bliver til 2_den_ Paaskedag d.v.s. Lørdag rejser vi til Horsens og er der Pinsedag over. Fru Kattrup var hos os i Gaar til Middag i.F.a. en Gedde og en Ørred, som Dede havde med hjem fra en Fisketur langs Gudenaa i Søndags. - Her er saa yndigt og jeg nyder at gaae og drive den af; er hver Formiddag en lang Tur i den dejlige Skov, og om Efterm. en mindre med Minna og Torkild i sin Vogn, den han tilbringer sin næste Dag i med kun en 1 1/2 Times Afbrydelse, naar vi har spist saa faaer han Vælling X. Vognen staaer i deres Have og kan ses fra Køkkenet. Han er en forbausende god Dreng, jeg hører ham aldrig græde, han sover meget om Natten sine 12 Timer, faaer Kl. 6 en Taar og sover saa videre. Kommer i Bad i Køkkenet om Aftenen ["om Aftenen" indsat over linjen] og er henrykt i Balien. Han er saa tyk og solbrændt. Forældrene har det godt, de skal nu beynde paa Tennis med Fuldmægtig Eide og hans forlovede. Jeg bliver bedt en Del ud til Kaffe med Minna. Efter Kattrups Sølvbryllup i Søndags d: 17_de_ Juni kommer Dede Familien til mig vist en 14 Dages Tid, det bliver hans Sommerferie. Agraren blev indkaldt for nylig, maaske fortalte jeg Børnene det. Gud veed om Johanne saa ikke vil leje to Stuer ud i den Tid - Juni og Juli; der siges at blive vældig Rift om Sommerlejligheder i Kerteminde i Aar og Fru Teisens Villa skal være Pensionat. Allerup og Ville boer saa henrivende i det hvide Hus, Gud veed, om I viser Eder i Kerteminde i Aar? Du har vist et Par Lagner med stort slynget Navn og maaske ogsaa nok ["nok" indsat over linjen] et Underlagen med lille rødt Navn, ikke? - Vi er vældig betagne af Lusitania Affæren! - Dede har en Del Vrøvl med en væmmelig Kollega og en Mand, som har lavet noget Falskneri, hvem samme Kollega er Bussenfreund med. Her er Røre i hele Byen over det. - Nu Farvel lille Muk! Hils alle fra mig, ogsaa dem af Dine Gratulanter, jeg kender! Mor.
+[Indsat langs venstre margen s. 2; lodret:]
+og sidder i sin Stol eller ligger og sparker paa Gulvet.</t>
+  </si>
+  <si>
+    <t>1918-01-31</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Konvolvolus: snerle.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skal til København, og han er ikke glad for at rejse fra børnene i disse tider. Det var trist, at tyskernes hær ikke kunne holde ud i 1914. Syberg har ingen sympati for Frankrig. Da Anna og han var i Berlin for mange år siden, var der plantet blomster i fjerde baggård, og gårdspladserne var pænt fejet. Da krigen brød ud, sagde Hans, at hadet til tyskerne skyldes, at man altid hader sine velgørere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AKkw</t>
+  </si>
+  <si>
+    <t>Pilegaarden 31-1-18
+Kære Ven!
+I Morgen tager jeg til Kbhvn men vil sende Dig et Ord paa Falderebet med Tak for Dit og Elses Breve. Jeg er snart noget ængstelig ved at lægge Storebelt mellem mig og Børneflokken, men vover det endnu en Gang Alt ser saa rodet og sammenfiltret ud for Øjeblikket og er underkastet Omskiftelser saa man ikke ved hvad Øjeblik vore egne Enemærker er Krigssone. Hvor var det Skade at Krigspartiet i Tyskland i 1914 ikke var mægtigt nok til at holde den tyske Hær og Krigsberedskab i den dobbelte Størrelse. Saa havde Frankrig med Paris Calais Bordeaux været okkuperet, Kysterne blokeret for de forbandede Englændere og Amerikanere hvis Attraa er at gøre Evropa til Balkan. Jeg har mistet sidste Rest af Sympati for det man kalder Frankrig. Da Anna og jeg var i Berlin for mange Aar siden boede vi paa et billigt Sted i en tredie eller fjerde Baggaard. Husene var grimme Kasser, men i en Jordstrimmel foran Muren var der plantet Konvolver og blaa Clematis i et Hjørne [et overstreget, ulæseligt ord] ved Muren var en almindelig Huggeblok med Jernring om lænket til Muren hvorpaa der stod et Politiforbud mod at efterlade Splinter naar man havde benyttet den. Alle Gaardspladse var som nyvaskede Gulve, naar skal vi opleve saadan en Orden igen? Jeg husker Hans sagde den Gang Krigen brød ud, at Hadet til Tyskerne var meget log [”meget log” streget ud] et logisk naturlig Fænomen, man hader altid sine Velgørere. - - Naa paa Gensyn Mange Hilsener til Jer alle.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1918-03-09</t>
+  </si>
+  <si>
+    <t>HC  Andersen
+Otto Gelsted
+Peter Hansen
+Else Jensen
+Jens Jensen
+Villum Jensen
+Johannes Larsen
+Ernest Poole
+- Würtz</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem kommunelærer Larsen var.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har besøgt Peter Hansen i Faaborg. Hansen har 40 skovarbejdere til at stå model til sit billede. 
+Johannes Larsen er rejst til Fiilsø med 30 meter lærred.
+Fritz Syberg har solgt billeder for 30.000 kr. siden nytår. 
+Peter Hansen og Fritz Syberg har spist på hotellet, og tilstede var også tre mænd, som var irriterende at høre på.
+Syberg har læst Ernest Pooles Havnen og er begejstret for den. Gelsted vil anmelde bogen. 
+Syberg tænker på at male et billede med et H.C. Andersen-motiv, men han synes ikke selv, at han maler så godt som i ungdommen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Cinc</t>
+  </si>
+  <si>
+    <t>Pilegaarden 9-3-18
+Kære Ven!
+Jeg har lige været en Tur i Faaborg og hilst paa Peter. Han maler paa sin Bondekrig – der jo i Øjeblikket er aktuel – (Peter kalder sig selv for Bolchevik) Han har 40 Skovarbejdere til sin Disposition som Modeller, er iøvrigt rask spiser drikker og ryger og sælger Billeder saa det gaar glimrende. Selve hans Billeder er efter min Mening og unter uns gesagt ”hæderligt Gammelmands”arbejde. Las er rejst til Fiilsø med 30 Meter Lærred han skal have lavet til Malerier selv laver jeg nogle Studier til et stort Billede det bliver ikke til saa meget da jeg stadig lider af Søvnløshed, men jeg har siden Nytaar solgt for over 30,000 Kr. Billeder saa ”Forretningen” gaar upaaklageligt. ”Summa sumarum” Fynboerne er ved at blive gamle. Peter og jeg havde en meget hyggelig Aften sammen paa Hotellet, men jeg maa behandle ham baade som et Barn, der ”der” overstreget og som en gammel Mand, snakke ham efter Munden. Jeg hældte Spiritus paa ham, Snaps Porter tre Toddyer og Masser af Cigarer saa det gik storartet. Kan Du taale at drikke spurgte jeg ham: ”Jeg” ! ”ja jeg var nylig til en Middag med tre Flasker Vin pr. Kuvert og jeg tømte dem alle” – kan Du taale at ryge? – ”ligesaameget det skal være - - Der var paa Hotellet et Trekløver en Bankdirektør en Overretssagfører en Grosserer Würtz (Badensen) som jeg blev præsenteret for. Overretssagføreren havde hele Aftenen iriteret mig med sin Tale eller rettere sin Stemmeklang der mindede mig om en Mand jeg kender, en Kommunelærer Vilh Larsen han talte med en højrøstet selvbehagelig belærende Stemme. Da jo jeg blev præsenteret for ham (det var Bankdirektøren der besørgede det) fortalte Overretssagføreren mig at han jo godt kendte mig – ogsaa af personlig Omtale fra sin Ven – Kommunelærer Larsen - ! derfra Stemmeklangen. Det var iøvrigt underholdende at høre de to danske Herrer udber[”udber” overstreget] udbrede sig i al deres Visdom om Franskmænd, Englændere Amerikanere, Japanere, Russere og de forskællige Afstamninger inden for [”inden for” overstreget] af Tyskere indenfor Kejserriget, komme med ”morsomme” Hentydninger til Tysklands Udsultning ved hvert Øjeblik at foreholde Tyskeren hans ”Graadighed”. Han lo talte afdæmpet upaaklageligt Dansk og til de to Herrers Visdom kom Gang paa Gang dette ”meget rigtig” som vi kender fra de tyske Rigsdagsreferater. Hans Sortie var ægte tysk han kaldte alle Tjenerne (1_ste_, 2den og Piccoloen) frem og gav dem Drikkepenge hver især. Selv lod jeg mig belære at en Tysker kan optræde med fuldendt Verdensmandsmæssig Dannelse, selv om det er en Grosserer hvis Veje har ført ham til et lille dansk Provinshotel i Pærekøbing.
+Jeg har nylig læst en Bog af en Amerikaner der hedder Ernest Poole (Havnen) som efter min Mening er den bedste moderne Roman jeg har læst Det er virkelig en Standardbog over vor Klodes Kultur i det sidste Aarti før Krigen. Jeg gjorde Gælsted opmærksom paa den, han læser den, og vil skrive en Anmeldelse af den i Fyns Venstreblad. Du sagde en Gang da vi talte om Malerkunst at Du kunde duellere for den, jeg kan sige det samme om det skrevne Ords Kunst. Gudskelov jeg ikke er Skribent, men ”Publikummer” Glæden ved at læse vil kunne følge mig til min Død. – Ja selvfølgelig maler jeg og det er mig ligesaa umulig at lade være, som det er for Jagthunden at undlade at ”tage Fært” (Jeg vilde gærne lave et stort monumentalt Billede af [”af” overstreget] Landskab med Figurer, bygget over Emnet: ”Skyd frem Skovmærke frisk og prud, hæng Pil din uldne Vante ud [”] osv. (H.C.A. Snemanden)) men spurte op paa Højde med mig selv i Dødsbilledet f. Eks. det naar jeg ikke mere Men berører jeg det Emne til Las saa smiler han grumt [”grumt” indsat over linjen] som – ja som en Angelsakser, Peter bliver iøvrig hidsig uforstaaelig fornærmet som – ja som en Dansker. Jeg kender faa Danskere som tør se Sandheden i Øjnene, - ja Sandheden er saa meget sagt – saa lad mig sige den eventuelle Sandhed – Else tør – hun tør tie stille og lytte – Anna turde, hun havde den guddommelige Frækhed til altid at turde bekende Kulør – Du, kære Ven, har det saaledes at Du har det moralske Mod til Gang paa Gang at turde revidere Dig selv, om jeg saa maa sige (jeg bilder mig ind selv at turde det samme) men det er vist ellers en germansk Egenskab og ikke en dansk.
+Mange Hilsener til Dig og Else og Børnene
+fra Din hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1919 efterår</t>
+  </si>
+  <si>
+    <t>Andreas og Johan Larsen er elever på Birkerød Kostskole</t>
+  </si>
+  <si>
+    <t>Alhed har rettet Johan/Lysses stil igennem og beder ham tilføje noget om arbejderklassens forhold. Drengene skal sende pæretønden, så de kan få frugt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bxB0</t>
+  </si>
+  <si>
+    <t>Kære søde Unger!
+Jeg har rettet og jaget med Lysses Stil, kan derfor kun naa et Par Ord. Kan Du bruge noget af dette? – Men Du maa jo ikke skrive ordret, og se at fortæl noget om Forholdene herhjemme om vort rolige Temperament og at vi har været udenfor Krigen men at Arbejdernes forbedrede Forhold viser at vi ogsaa er med i Bevægelse. Det skal staa mellem Rusland og Tyskland, fra Tyskland maa Du lige til Krigen. - - Send Pæretønden strax saa skal vi sende Æbler og Pærer. Kuffertnøglen har I selv? Jeg kan ikke naa mere. Toget kommer
+[Skrevet øverst på papiret, på hovedet]:
+Jeg skriver meget snart igen. Vi har det godt.
+Lørdag</t>
+  </si>
+  <si>
+    <t>1919-10-09</t>
+  </si>
+  <si>
+    <t>- Algren Petersen
+- Granhøj
+Otto Kirst
+Frida Madsen
+- Petersen Gelskov
+- Trautner
+Kristian Taaning
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Larsen-familiens hus på Møllebakken i Kerteminde blev bygget om i oktober og november 1919. Alhed Larsen opholdt sig imens hos familie i Birkerød, så hun kunne være nær sine drenge, der var elever på Birkerød kostskole. Hun var desuden syg en stor del af tiden. 
+De omtalte bøger: K. Weule: De Kulturløses Kultur, H. Aschehoug &amp;amp; Co, Kristiania 1915 og Hans Puhlig: Eiszeit und Urgeschichte des Menschen: Nach seinen Vorlesungen, Tyskland 1907.</t>
+  </si>
+  <si>
+    <t>Der høstes store mængder æbler og pærer i haven på Møllebakken.
+Håndværkerne lægger fliser i badeværelset, og de har sat køkkenbord og -vask op. Gulvbrædderne er krumme og revnede, men der er rigeligt af dem. 
+Johannes Larsen vil gerne have besked i god tid om, hvornår Alhed kommer hjem, så de kan få hjemmet til at se ordentligt ud.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/35R9</t>
+  </si>
+  <si>
+    <t>Kjerteminde 9-10-1919.
+Kæreste Alhed!
+Jeg sendte i Formdgs Bøssen som Expresgods. Patroner var der kun en 5-6 med mindre Hagl, Resten No 2 og No 1, altsaa ubrugelige til den Slagt Jagt. Tinge kom i Middags med 3 Figen til Dig som jeg sender nu sammen med "de kulturløses Kultur" og "Eiszeit und Urgeschichte des Menschen" som vist er bedre end den anden. Jeg har plukket dobbelt Philip i Dag og sammen med Algren Callebassene, han plukker i Eftermiddag Cox orange og Dr. Louise henne ved Møllen. Sidstnævnte er der mange af Cox orange færre skønt der er 2 Træer. Frugtkælderen er fuld. Vi har lagt Pære i Rullestuen og Fuglestuen. Moltkepærene er ikke plukket jeg har givet en Del bort og Haandværkerne sankede op. Tilbage af Pærer er der altsaa Eyewood, Beurre Diel og Beurre Napoleon og Josephine de Mulines de 2 første og den sidste i Mængde, men ingen af dem modne. Af Æbler sidder der endnu en hel Masse Cox Pomono paa 3 Træer, et er plukket og saa det Træ hos Svanerne samt Pichora i Trekanten udenfor. De trækker endnu Gesims i Dagligstuen men Taaning har lovet mig en Mand i Mrg. til at lægge Fliser i Badeværelset. Den gl. Vask og Køkkenbordet er stillet op men med ny Plade. Petersen, altsaa Tømreren vil nu tage Brædder ud til Gulvene og lægge Gulv i Have- og Trappestuen. Han siger at der ikke er nok af de 11 T. og at de er krumme og revnede, men at der er rigeligt af de 9 T. til baade Dagligstue og Havestue. Vi stillede Kakelovnen op i Gaar Mrg og har siddet siden i Havestuen. Frida og Md. Granhøj har i Dag gjort rent i Spisestuen og det gl. Spisekammer. Jeg længes efter at faa de 2 Døre muret til, men det maa vist helst vente til Kirst og Trautner er færdige. Jeg fik ikke at vide i Telefonen hvordan du havde det i Gaar. Jeg Gaar vel nok Besked om hvornaar Du kommer i god Tid d.v.s. 2-3 Dage i Forvejen, saa jeg kan faa det til at se saa ordentlig ud som muligt efter Omstændighederne.
+Mange kærlige Hilsner 
+Din 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1920-1925</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>6760 Ribe
+Tønder
+6400 Sønderborg
+6360 Tinglev
+Flensburg, Tyskland</t>
+  </si>
+  <si>
+    <t>Det har ikke været muligt at finde frem til, hvornår Alhed Larsen var på denne cykeltur, eller hvem hun fulgtes med.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på cykeltur ved Flensborg, Tønder, Ribe mm. og har det dejligt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OPcq</t>
+  </si>
+  <si>
+    <t>Kære søde Gamle
+Vi har det storartet, gid Du var med. Vejret har været fint, en Del Byger som vi har staaet i Tørrevejr for, kun Maaltider i det fri, dejlig Bøf paa Spritapparat, det smagte vidunderligt, [ulæseligt ord] Sønderborg, henrivende Cykelveje bl.a. langs Flensborg Fjord. Er i Tinglev nu, tager Tog til Tønder, Modvind. I Morgen Nord paa ad Ribe til. [ulæseligt] med endnu. De griner af min Cykling men jeg synes det gaar fint.
+1000 Hilsner Mor
+Fredag Efterm Kl. 4</t>
+  </si>
+  <si>
+    <t>1920-03-24</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Bodild Branner
+Ellen Branner
+Thora  Branner
+Hans Christian Caspersen
+Johanne Caspersen
+Vilhelm Fibiger
+- Holstein, Frk.
+Julius Hviid
+Jørgen Schou
+Marie Schou
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Fru Syberg er i biografi-afdelingen oprettet som Marie Schou, som var hendes navn under første ægteskab. I anden ægteskab fik hun navnet Syberg. Den omtalte Schou er Jørgen Schou; søn af Fru Syberg og kortvarigt gift med Astrid Warberg-Goldschmidt. 
+Tante = Johanne Caspersen døde 13. februar 1920. 
+Det vides ikke, hvem Oberstens var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0934</t>
+  </si>
+  <si>
+    <t>Det er ikke godt, at lille Erik har ligget så længe syg. Laura Warberg når at komme hjem til hans fødselsdag. 
+Laura har til sin overraskelse været inviteret til middag hos Fru Syberg/Schou, som ellers ikke for tiden er på god fod med Astrid Warberg. Jørgen Schou har en dårlig finger og kan ikke arbejde, og Marie Syberg/Schou klager over fattigdom. Laura håber at kunne give Astrid lidt penge, og Astrid får også mad og linned fra Johanne Caspersen. 
+Laura Warberg besøger mange i Københavnsområdet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PPBs</t>
+  </si>
+  <si>
+    <t>Onsdag d. 24de.
+Kære Johanne!
+Jeg hørte fra Grethe til min Sorg at lille Erik endnu har Temperatur og vel altsaa ligger stadig væk; hvor er det dog svært! Tør han dog ikke komme op. Jeg hørte forleden at ved at ligge saa længe kan der saa let samle sig Slim i Lungerne, er det dog rigtigt af Dr. Hviid at holde ham i Sengen al den Tid. Paa den anden Side bør man jo ikke have Ansvar for raade noget. Jeg kommer lige hjem til hans Fødselsdag, som jo da er d: 30_de_? Astrid mener d: 29de. I Gaar blev jeg til min Forbavselse bedt til Middag hos Fru Syberg. Forholdet med Astrid er jo ikke ellers ret godt for Tiden, men hun Astrid [”Astrid” indsat over linien] syntes jeg skulde modtage den udstrakte Haand og jeg var saa livlig og selskabelig som jeg kunde være. Allerup kom der til Aftenskaffe og Snakken gik storartet. Schou har desværre en meget daarlig Finger og kan slet ikke arbejde eller tjene noget, Fru S. klager ogsaa over Fattigdom da hun har kastet over 3000 paa at købe Bil i Tyskland. Astrid har heller ikke mange Indtægter, saa hun lever ved Grød og Kartofler. Naar jeg kommer hjem haaber jeg at kunde sende hende lidt Penge. Jeg har 2. Form. været oppe og syet for hende, den sidste spiste jeg Frokost der og havde mange gode Madvarer med til hende. I Morgen Form. skal jeg der igen og sye og saa skal jeg glæde hende med en hel Del af Tantes Linned som jeg bad Caspersen om til hende -, og Strømper. Paa Lørdag skal T[ulæseligt] og jeg til Taastrup; I Morgen Aften hos Oberstens – Caspersen og jeg. I Morgen Form. Visit hos Fr. Holstein og Ville Fibiger; ogsaa lidt ud med Thora og Bodild, hvem jeg vil give en Ring som en Slags Konfirmationsgave, hun er nylig fyldt 15 Aar. I Mandags havde jeg en rar Aften hos den søde Ellen Branner med Branners og Astrid. Saa Farvel lille Johanne!
+Kærlige Hilsener til Eder allesammen fra 
+Mor.</t>
+  </si>
+  <si>
+    <t>1920-04-08</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>London W.C.
+44-45 Tavistock Sq.</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Johannes Nicolaus Brønsted
+Grethe Jungstedt
+Kurt Jungstedt
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Kurt Jungstedt blev kaldt Gøsta. Han og Grethe blev gift i 1920. 
+Mrs. Henning og Bennet kendes ikke. 
+Et cloister er en overdækket gang, ofte med buegange og søjler, der omkranser en indre gårdhave.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3775</t>
+  </si>
+  <si>
+    <t>Grethe Sawyer/Jungstedt skal giftes. Christine Mackie og Alhed Larsen synes, at det er skrækkeligt. Ellen Sawyer er ikke enig. Kun tænker hun på, om Kurt/Gøsta Jungstedt er den rette. Måske vil ægteskabet gå ud over Grethes musik, men hun passer den alligevel ikke ordentligt. Ellen og Grethe syr udstyr.
+Det er trist for Louise, at hun mister sin kokkepige/Grethe. Ellen er enig med Grethe om, at Grethe må betale kostpengene tilbage til Louise, men kan Ellen få lov at låne dem? Det er dyrt at få en datter gift. 
+Ellen husker det cloister i London med de gamle gravsten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d3Gx</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kuvertens forside:]
+TORNØES HOTEL
+Telefon 5
+Statstelefon 3
+KERTEMINDE
+[Skrevet med blyant på kuvertens forside:]
+Om Elles datters giftermål m. den svenske maler Curt Jungstedt
+[Skrevet med tusch på kuvertens forside; Ellen Sawyers skrift:]
+Fru Professorinde Brønsted
+c/o Mrs Henning
+44-45 Tavistock Sq.
+London W.C.
+England
+[Håndskrevet i brevet:]
+Kære lille Lugge! Ja, hvad siger du dog til det? At musen skal giftes. Jeg har sådan ønsket i denne Tid, at jeg havde dig at snakke med. Du er så klog og forstående og næst efter mig, er du vist den som kender musen bedst. Mornine og Alhed syntes jo "det er så Synd" og så skrækkeligt o.s.v. - Det kan jeg nu ikke rigtig forstå. Man kan dog ikke sige, at hun ingen Ungdom faar "fordi hun nu skal færdes med Gøsta. Det eneste betænkelige er jo om Gøsta nu også er den rigtige - om han i Længden er betydelig nok til sådan et ikke ubetydeligt Menneske som Grethe, men jeg mener nu, Lugge, - at den Betænkelighed må man bide i sig, - Forholdet er allerede sådan, at det ikke kan nytte at holde det hen og få det opsat i Haab om at det skal gå hen. Det går vist ikke hen - og de Aar hun så gik og ventede havde hun alligevel ingen rigtig Glæde af. Så kunde hun jo endelig også finde mange, der var meget mindre egnede for hende end Gøsta. Synes du egentlig ikke godt man kan være glad over det? Jeg vilde give Masser til at kunne snakke med dig om det. - Hvad hendes Musik angår tror jeg ikke det vil standse Udvikling. Hun gør alligevel ikke noget ved det uden når hun er oplagt, og jeg kunde da tænke mig at Giftermålet befordre Oplagtheden.
+Hvornår, - ja det står hen endnu. Det er kun en Mulighed at det bliver over England - vi har sat os i Forb. med Bennet, og afventer Meddelelse om hvorvidt der er Passage gennem Tyskland - hvad det koster o.s.v. Det er jo Pokkers dyrt over England og det kniber jo med at få så mange Penge rundet op. - Jeg vil prøve på at sælge et Par af mine Las-Malerier. Hun skal jo også udstyres lidt pænt. - Jeg selv bliver meget beklaget, - men jeg må sige, at jeg ser ikke så tragisk på den Side af Sagen, den at "jeg skal af med Grethe". Hun er jo alligevel færdig med at gå herhjemme hos mig, - så hun kan såmænd ligeså gærne være gift. Ja, lille Lugge, det er jo også kedeligt du skal af med din lille Kokkepige, - men mon du ikke nok finder en anden, og så gik da den Tid med det. - Det har været glimrende for hende, og hun har lært meget. Afskeden med Bes er smertelig tror jeg - hvor er de dog bleven gode Venner. Vi har travlt med at sy Udstyr. Du kan vel lige tænke dig hvor Besen giver hende Masser fra mine Oplag i Puffer og Kister deroppe - 2 fine, næste nye Voilekjoler, - 8 meter hvidt Voile, - først tænkt til natkjoler, - men nu mener vi en hvid Kjole + en ekstra fin Natkjole. Hun skal have en Sjantung Rejsedragt og sin grønne Silkekjole syet. - Tak for Westminsterkortet. Jeg kan huske det "Cloister", - det var vist der, de ældste Gravsten fandtes. Jeg kan huske, hvor jeg bævede af frydefuld Ærefrygt, da jeg gik der. - Det er knusende morsomt at læse jeres dine ["jeres" overstreget; "dine" indsat over linjen] Breve. Hvor i har det yndigt. Jeres Børn er så søde og vi er allesammen så glade ved dem. Hvis du vilde skrive mig et Par uoffentlige Ord om Situationen, kunde du jo lægge dem inden i et Be-Brev med privat på
+[Indsat i venstre margen s. 2; lodret:]
+Jeg holder med Grethe i hun kan ikke beholde alle de masser af Kostpenge nu hun er "rendt af Plads" men hvis I vil låne mig dem, var det dejligt, - det er jo dyrt at få en Datter gift, - 
+[Indsat øverst s. 2; på hovedet:]
+Mange Hilsner til jer begge fra Elle</t>
+  </si>
+  <si>
+    <t>1920-04-27</t>
+  </si>
+  <si>
+    <t>44-45 Tavistock Sq.
+London</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Jens Christian Christensen
+Grethe Jungstedt
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Vedr. IC: 
+29/3 1920 afskedigede Kong Chr. 10 den radikale regering under statsminister Zahle, idet han ikke var enig i, at Danmark måtte acceptere afstemningsresultatet fra 1920 om grænsedragningen mellem Danmark og Tyskland. Hele forløbet har efterfølgende fået navnet Påskekrisen, idet det betegnede en krise for det parlamentariske princip og for forholdet mellem folkestyret og monarken. Valgkampen blev i høj grad præget af den nationale stemning, som den kommende grænserevision havde skabt. Den tidligere konseilpræsident I.C. Christensen, var leder af Venstre. Sammen med de Konservative talte Venstre stadig – dog efterhånden mere mådeholdent – for, at dele af Mellemslesvig kunne indlemmes i Danmark. De mere moderate borgerlige kræfter agiterede for, at der burde etableres en international zone, hvor man på sigt igen skulle holde folkeafstemning om det nationale tilhørsforhold. Socialdemokratiet og Det Radikale Venstre fastholdt, at man skulle respektere folkenes selvbestemmelsesret ved at acceptere de slesvigske folkeafstemningers udfald.
+Tavistock Square er en offentlig plads i Bloomsbury i London Borough of Camden nær Euston Station. Pladsen har fået sit navn fra Marquess af Tavistock, en høflighedstitel givet til de ældste sønner af hertugerne af Bedford. 
+Grethe Jungstedt blev i 1920 gift med Kurt i Paris.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3761</t>
+  </si>
+  <si>
+    <t>Det er en skandale, at landet nu skal styres af I.C. Christensen. 
+Johanne/Junge Larsens koncert var en succes og gav overskud.
+Grethe Jungstedt er i Odense for at købe tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kddx</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Håndskrevet med blå farveblyant på kortets adresseside:]
+7 1/2 Cts T
+[Håndskrevet med blæk på kortets adresseside:]
+Fru Professor Brønsted
+c/o Mrs. Henning
+44-45 Tavistock Sq.
+London
+W.C 1
+Kerteminde d: 27de
+Hvilken Skandale at vi nu skal styres af en IC! Hvad maa Udlandet tænke om os, naar vi vil omstyrte 
+[Håndskrevet med blæk på kortets tekstside:] Afstemningen i 2 Zoner og begaae Overgreb mod Tyskland! Hermed Aviser! Junges Koncert er en stor Succes; Overskud ca. 200 Kr. Stort Bal, men alt det veed Du vel fra Lomme. Alle fire i Odense i Dag for at ekvipere Grethe. Mange Hilsener! Mor.
+Nu kommer Lomme til Fransk. 
+[Håndskrevet med blyant:] 
+44 Kr
+55 Kr</t>
+  </si>
+  <si>
+    <t>1921-02-22</t>
+  </si>
+  <si>
+    <t>København
+Uraniavej</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Julie Brandt
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Eckardt
+Frederik Hendriksen
+Peter Magnussen
+Ellen  Sawyer
+Eiler Schiøler
+- Vangberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen ejede to møller, som begge lå på Møllebakken i Kerteminde ganske nær ved deres hus. Den ene, Kirkemøllen, var i dårlig stand, og man tog i 1921 byggematerialer fra den til at reparere den anden, Svanemøllen. Herefter var Svanemøllen i mange år i brug, mens Kirkemøllen fungerede som bolig. 
+Tavlerne er de plancher af fugle, som Johannes Larsen malede til Eiler Lehn Schiølers bogværk Danmarks Fugle.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for rapporten om nedrivningen af møllen.
+Larsen sidder hos Lehn Schiøler og maler tavler. Han deltager i megen selskabelighed, hvilket er hårdt. Larsen håber at komme hjem den 1.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4Dqi</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+E. LEHN SCHIØLER
+URANIAVEJ 14-16
+KØBENHAVN V.
+[Håndskrevet:]
+22 Febr. 1921
+Kære Puf!
+Tak for de lange Breve og den udførlige Besked om Arbejdet med Nedbrydningen af Møllen. Jeg ved ikke hvad Ottekanter er, men jeg er glad ved at Du tager Dig saa godt af det Hele. Der er solgt for ca 2600 siden, saavidt jeg ved. Jeg sidder her hos Schiøler og laver Tavler saameget som jeg kan komme til, men vi kommer jo en Del ud og det er anstrængende. I Lørdags var vi hos Alfred Eckards sammen med Laurentius, i Søndags hos Magisteren til Frokost og hos Pang til Aften, i Dag har vi været til Frokost hos Dahlerup, og hos W &amp;amp; M og Xylografen, som har faaet 3 forskellige Valser hjem fra Tyskland. I Overmorgen skal vi hos Giersings og paa Lørdag til Fødselsdag her hos Schiøler og paa Søndag hele Dagen med Lysse ogsaa Fødselsdag. Jeg skal have lavet en Tavle med Gæs til og vilde forfærdelig gerne se at blive færdig til den 1ste saa vi kunde komme hjem hvad jeg længes meget efter. Dette her er strængt Vangberg kommer ikke mig ved i Forbindelse med Møllen. Mange Hilsner. Hils ogsaa Tante Elle og Pigerne.
+Din Far.</t>
+  </si>
+  <si>
+    <t>1922-07-13</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted</t>
+  </si>
+  <si>
+    <t>June -
+Ebbe Brandstrup
+Frits Branner
+Thora  Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Christian Caspersen
+Emmy Caspersen
+Poul Caspersen
+Grethe Jungstedt
+- Koch, Flyverkaptajn
+Andreas Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Frida Madsen
+Ellen  Sawyer
+Leo Swane
+Sigurd  Swane
+Andreas Warberg
+Fritz Warberg
+Mogens Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, om den nævnte Swane er Leo, Sigurd eller Lars Swane. 
+Schiøler er formodentlig en af ornitolog og vekselerer Eiler Lehn Schiølers børn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB</t>
+  </si>
+  <si>
+    <t>Det er rart, at Ellen/Bes har en god ferie ved havet. Christine og Grethe er kommet til Brædsted til fin middag. Christine skulle spille i Randers, men hun kunne ikke.
+Laura Warberg og familien kører ture i Andreas/Dedes bil. Folk på egnen er meget gæstfri. Tante June har været på besøg.
+Laura opgiver rejsen til Tyskland, for der er for uroligt.
+Andreas Warbergs drenge er dygtige i skolen.
+Andreas/Johan Larsen er sejlet til København i Rylen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MyNL</t>
+  </si>
+  <si>
+    <t>Brædstrup d: 13/7-22
+Kære lille Bes!
+Det var et rigtig morsomt Brev fra Dig min lille Ven! og jeg siger Tak for det! Hvor maa der være herligt ved Vesterhavet og hvilken dejlig Ferie I kan faae der, især nu da Forældrene ogsaa er der. Det vilde glæde mig meget at høre en Gang igen fra en af Eder, mens I er der; lidt om hvad I oplever og hvordan Jeres Dag gaaer. Der er da ingen Fare ved at bade?? Elle og Grethe kom hertil d: 1_ste_ Juli lige til en fin Middag hvor de maatte møde i deres Rejsedragt, da Kufferten paa Grund af de mange rejsende ikke var med, men de havde heldigvis pæne Kjoler paa. Vi var 16 og fik Champagne. Christine var kommen Dagen før fra Randers; kunne absolut ikke spille deres Repertoire i Restauranten og var meget ked af at have narret dem og brugt sine Penge, Dede gav hende strax 100 Kr. Hun var her en Uge og er nu i Kerteminde. De andre to tager paa Mandag en Uge til Thøger Larsens og saa hjem. Vi er vældig meget paa Farten, dels Kaffegilder og dels Ture omkring med Dede i hans Bil. Tante June var paa Besøg her i Nærheden og hun var hos os 4 Dage, var med til et Par Kaffehistorier; Folk er saa Gæstfri her, at de gør Fest for hinandens Gæster! Vi har ingen Jordbær selv og er knusendglade naar vi efter Kaffen faaer Jordbær – dette er nu hændet os 3 Dage i Træk! Du veed nok, at Tante June er en stor Børneven og hun blev saa gode Veninder baade med store og smaa hun er nu i Haderslev og har i Dag sendt Konfekt derfra til os. Tante Tutte er med lille Frits på Bornholm, hun trængte meget til en Tid i Ro og komme sig efter en langvarig Bronchitis. Alle siger, at det vilde være Vanvid af os at rejse til Tyskland; fordi der er saa vældig Uro overalt, saa vi maa nok desværre opgive det. Christine skulde ellers have været med og havde glædet sig dertil. Tante June ogsaa, men hun og hendes Døtre er nu allermest _bange. Drengene her er saa flinke i Skolen. Mogens er kun 5 ½ Aar og har gaaet der siden Maj, Torkild er snart 8 og har gaaet siden Maj et Aar. Det var mig en _stor Glæde at høre om Jeres gode Examen og ogsaa Mutts Studenterex. Las er hjemme nu. Puf er sejlet til København med ”Rylen” og som Passagerer Flyver-Kaptain Koch og hans Søn. Af Gæster har de Swane, en ung Schiøler og Ebbe Brandstrup; jeg troer nok at Frida nu er der, ellers var det ogsaa alt for svært for Putte. Hun skulde da komme i Ferien. Og Putte skal nok til Eder? I Dag om 8 Dage rejser jeg til København dels hos [ulæseligt ord] dels hos Caspersen, som begge har indbudt mig og derfra sidst i August til Glorup. Vil Du takke Din Mor for hendes Kort. Og vil Du saa lille Bes! hilse dem alle mange Gange fra mig – ikke glemme Dig selv!
+Bedstemor</t>
+  </si>
+  <si>
+    <t>1922-12-06</t>
+  </si>
+  <si>
+    <t>Honoré Daumier
+Alexander Kielland
+Alexandra R
+Dagmar R
+Thyra R</t>
+  </si>
+  <si>
+    <t>Det omtalte skrift kan enten have optrådt i Johannes V. Jensens tidsskrift Forum, som udkom fra 1922 og et halvt år frem, eller der kan være tale om Johannes V. Jensen: Om Kommunisme, Politiken 1. oktober 1922. 
+Alexander Kiellands socialrealistiske bog "To Novelletter fra Danmark" udkom 1882.</t>
+  </si>
+  <si>
+    <t>Syberg vil i forlængelse af den artikel, som Johs. V. Jensen har sendt ham, spørge, om man skal have noget udenfor sig selv at føle sig berettiget i?
+Kielland har skrevet en novelle, hvori en portner opkalder sine tre børn efter etatsrådens børn. For nyligt oplevede han en diskussion om, hvilket af to malerier, der var bedst. Den blev afgjort da én sagde, at det ene var bedst, fordi det mindede om Daumier. Det er typisk dansk at tænke sådan, og derfor føler Syberg sig ikke altid dansk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rjU3</t>
+  </si>
+  <si>
+    <t>Pilegaarden 6-12-22
+Kære Ven.
+Nu har jeg læst Dit Skrift tre Gange omhyggelig igennem, og vil gærne have Lov at gøre Dig et Spørgsmaal. Det gælder sidste Afsnit i Din Artikel, og [”og” overstreget] hvor Du taler om Paap [”Paap” overstreget] Paavirkningen fra Tyskland og Frankrig og peger paa fremtidig Paavirkning fra England og Amerika. Og Spørgsmaalet er dette: er det ganske nødvendig for en Dansker (som for en Kvinde) at have noget udenfor sig selv at føle sig berettiget i? –
+Kielland har skrevet nogle ”Novelletter fra Danmark” (som jeg forresten ikke kan lide) en af dem har omtrent dette Indhold: I Bredgade bor Etatsraadens paa 1_ste_ Sal, de har tre Døttre der hedder Tyra, Alexandra og Dagmar (efter vore tre daværende Prinsesser). Nedenunder bor Portnerens, der ogsaa har tre Døttre, der ogsaa hedder Tyra, Alexandra og Dagmar (efter Etatsraadens naturligvis). At dette rammer en Side i Danskernes Væsen ved jeg, men Spørgsmaalet er hvor dybt rammer det? – Denne Svaghedsfornemmelse der slaar ud et [”et” overstreget] – ja lad os sige Beundring af Styrke for ikke at sige noget værre – er den uadskillelig fra dansk Væsen? – Jeg træffer paa det allevegne. Forleden i et Selskab var der Tale om et Billede af en ung Maler, eller rettere to Billeder, man var uenig om hvilket der var bedst; det slog Hovedet paa Sømmet da En udtalte som sin Mening at det ene var langt det bedste ”det mindede om Daumier” – 
+For ikke at gøre Sagen lang vil jeg sige Dig hvorledes jeg stiller mig: dersom denne Art – hvad skal jeg kalde det – lad mig kalde det Kvindelighed – er et dybtgaaende dansk Væsensmærke, saa er jeg ikke dansk. (Jeg har i Parentes aldrig truffet noget tilsvarende hos andre Nationer hverken Hollændere, Nordmænd, Schweizere osv. – Svenskere er jo en Stornation -) Nsaar jeg siger jeg ikke er dansk er det dog at gøre mig selv Uret og det føler jeg ingen Trang til over for Dig. Jeg vilde føle det som en Pine f. Eks. at skulde være Tysk x) derimod er det [”det” overstreget] der intet afskrækkende for mig i at være hjemløs. Naar jeg derfor siger at jeg under visse Forudsætninger ikke er Dansk, som [”som” overstreget] saa har jeg Trang til at komplettere denne Udtalelse med sin Modsætning, at jeg vil være dansk om jeg saa skal være ene om det.
+Hilsen fra Din hengivne
+Fritz Syberg
+x) selv om jeg finder det endnu utænkeligere at være engelsk.</t>
+  </si>
+  <si>
+    <t>1923-01-12</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Pilegården</t>
+  </si>
+  <si>
+    <t>Erik den Røde -
+Christoffer Columbus
+Else Jensen
+Friedrich Nietzsche
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen fyldte 50 år i 1923. I det sidste brev skrev Syberg til Jensen, at han ikke kunne komme til fødselsdagen, da han ikke havde råd.
+Marie Schou/Syberg blev boende i København, efter at hun og Fritz Syberg var blevet gift. Hun flyttede først til Kerteminde, da hun var blevet pensioneret. 
+Den omtalte bog er Johannes V. Jensen: Æstetik og Udvikling. Efterskrift til den lange Rejse, 1923. Bogen udkom kort før Johs. V. Jensens 50 års fødselsdag.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg kommer til København i anledning af Johs. V. Jensens fødselsdag.
+Syberg har nu læst Jensens bog, og han vil kommentere nogle ting i den. Amerika var jo forlængst opdaget af indianerne, da Columbus kom dertil, og Jensen taler her som en hvid mand. De hvide udnyttede ydermere indianernes indbyrdes stammekrige, så indianerne hjalp til med at udslette sig selv. Noget tilsvarende skete under verdenskrigen, hvor englænderne burde have sluttet forbund med tyskerne. Englændere og amerikanere vil aldrig indgå denne slags alliancer, for dertil er de for individualistiske og fremmedfjendske. Det ville være interessant at vide, hvad japanere tænker om "den hvide mand".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JvdR</t>
+  </si>
+  <si>
+    <t>Pilegaarden 12-1-23
+Kære Ven.
+Det bliver alligevel til at jeg kommer over at feste for Dig, jeg fik Brev fra Marie i Dag derom. Siden Oktober har jeg ikke været rask og kun med Opbydelsen af al min Energi kunnet passe mit Arbejde, det har gjort mig noget nedstemt, men nu er jeg ved at blive i normal Kondition igen, og inden den 20_de_ er jeg ogsaa nok i Humør. - - 
+Din Bog har jeg nu læst og kan ikke beherske min Trang til at sige Dig en Del i den Anledning Hvorvidt det vedrører hvad Du har skrevet, hvorvidt jeg misforstaar Dig eller er uenig med Dig kan Du bedst [”bedst” overstreget] selv afgøre lige saa godt og bedre end jeg. – Den Tro Du udtaler om Englændere og Amerikanere deler jeg ikke. Spørgsmaalet om Fremtiden og dens [”dens” overstreget] Fremtidskulturen kan jeg ikke skille fra Spørgsmaalet om den hvide Mands Skæbne (Den gule Fare) og det skal være en ganske anden Generalnævner end Englændere og Amerikanere der skulde faa mig til at se fortrøstningsfuldt paa den hvide Mands Fremtid.
+Du omtaler et Sted Amerikas Opdagelse som ensbetydende med Jordens Afgrænsning ”man kan ikke echapere,” Du taler her som hvid Mand og der ud fra kan jeg forstaa Dig Men den Tryghed Du taler ud fra forstaar jeg ikke. Amerikas Opdagelse, var jeg længst besørget da Columbus (eller Erik den røde) kom derover af – Indianerne. Hvor betydningsløst for dem – Indianerne - de maatte dog gaa under. Og videre – hvad tror Du Mongolerne, den største ensartede Blok af Jordens Befolkning siger til de Hvides ”Opdagelse” af Jorden? mon de ikke vil finde at baade Evropa, Afrika og Amerika er ”uopdaget” Land som bør benyttes – af Mongolere? Hvad skete der i Verdenskrigen og hvad andet sker der den Dag i Dag, naar nu de faar Øje paa det, end hvad der skete i Amerika i de faa Aarhundreder da hele den Røde Befolkning gik under. Frænde stod mod Frænde Irokesere mod Mohikanere osv. osv. Spliden og Fremmedhadet var et sn [”sn” overstreget] af den hvide Mand snildt benyttet Middel til at udrydde de forskællige Stammer med. Sandsynligvis var der, [overstregning] som her, Enkelte der saa Faren ved at lade sig ”hjælpe” af den hvide Mand til at udrydde hinanden indbyrdes, men Frændehadet var stærkest og den hvide Mand triumferede. Det gik forbavsende hurtig. 
+Dersom Englænderne ikke [”ikke” overstreget] havde kendt deres Besøgelses Tid d.v.s. dersom de ikke havde været døve og blinde af fæisk Svagheds- og Angs[t]følelse og Misundelse, som Hunde der misunder hinanden et Kødben, saa havde de sluttet Forbund med Tyskerne, i Stedet for at bekrige dem, trods Kejser, Preusermilitarisme og Nietsche (som jeg tror Du tillægger en alt for overdreven Betydning). Hvad vilde der være sket i saa Fald? Sandsynligvis ikke andet end at Frankrig havde maattet afstaa Broderparten af sine Kolonier til Tyskland, de og Englænderne [”og Englænderne” indsat over linjen] havde maattet dele Verdensherredømmet med Tyskerne og den hvide Mands Fremtid vilde for lange Tider været sikkret. Men Englænderne kunde ikke – og hvad værre er [”er” indsat over linjen], vil aldrig kunne – tænke som hvide Mænd i udvidet Betydning, Amerikanerne ligesaa lidt, dertil er det angelsaksiske Element for stærkt i dem. Tyskerne er de eneste af den hvide Befolknings mange Nationer, man kunde tænke sig om, vilde være idealistiske eller altruistiske – hvad man nu vil kalde det – nok, til at føle som hvid Mand i udvidet Betydning. Men enten de nu evner dette eller ej, saa tror [”tror” overstreget] frygter jeg for at det [”det” overstreget] de aldrig vil faa Lov til a [”til a” overstreget] eller Lejlighed til at bestaa Prøven. Angelsachserne vil ikke tillade det, deres kortsynede Individualisme vil vedligeholde Frændehadet.
+Gud ved hvad man ikke vilde faa at se, dersom man paa en eller anden Maade kunde fo [”fo” overstreget] røntgenfotografere en i Evropa bosat Japaners Tanker og Forestillinger om den hvide Mand i Øjeblikket. Jeg tænker mig at disse Englændernes Krigskamerater i Kampen mod ”Hunnerne”, disse den gule Rases Fortropper, vilde smile ligesaa lumsk som Englændere og Franskmænd maa have gjort da de i sin Tid ”hjalp” Indianerne i deres indbyrdes Krige –
+Ja hermed har jeg omtrent sagt Dig – hvordan jeg selv føler i Øjeblikket, hvorvidt det vedrører Din Bog er jeg ikke helt klar over. 
+Mange Hilsener til Dig og Else fra
+Din hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1923-10-03</t>
+  </si>
+  <si>
+    <t>Ruth -
+Christian Andersen
+Aage Bertelsen
+Hans Christensen
+- Gregersen, maler
+Elisabeth Mackie
+Fru Nielsen
+- Ranck</t>
+  </si>
+  <si>
+    <t>Johannes Larsen blev bestilt til at lave et maleri af flyvende storke til Kongens Håndbibliotek på Christiansborg. Han øvede sig ved at lave et maleri af samme motiv. Dette maleri hænger i atelierloftet på det, der nu (2018) er Johannes Larsen Museet. Det indsatte billede er sidstnævnte.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er hjemme på Møllebakken og har travlt med forskellige gøremål angående indmeldelse i valgmenigheden, med at indfange de mange mus der er inde og ude osv. Han vil gerne i gang med at male, men føler sig træt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MC1P</t>
+  </si>
+  <si>
+    <t>Kjerteminde d. 3 Octbr. 1923.
+Kæreste Alhed!
+Tak for Brevet som jeg fik i Dag. Da jeg i Forgaars gik hjem fra Mødet hos Hans Christensen, jeg fulgtes forøvrigt derned med Chr Andersen, som kom her ved 4 Tiden, traf jeg fru Nielsen paa Gaden, hun fulgte med hen til Isenkræmmeren, hvor vi begge købte Musefælder, og inviterede mig med til Aften, dejligt Smørebrød og en ganske fortrinlig Genever. I Aftes stillede jeg 4 Musefælder, en i Sovekammeret, i Trappestuen, i Dagligstuen og i Spisestuen. I Morges sad der en Mus i hver af de førstnævnte, og i Løbet af Dagen har jeg fanget 8 her i Værkstedet og ude i Gangen. I Aften stiller jeg i Køkkenet og Kaffekøkkenet. Hermed Brev fra [ulæseligt ord] og Regning fra Ranck. Her har ogsaa været Kort fra Aage Bertelsen der var bleven rørt over at vi huskede hans 50 Aars Dag. I Gaar kom her en ny Pige for at kræve 130 Kr. til Valgmenigheden. Jeg lod hende gaa og ringede til Maler Gregersen og fortalte ham at jeg til at begynde med gav 11 1/2 og foreslog ham at begynde der igen eller at smide os ud. Han sagde at vi saa vilde komme til at betale til Sognekirken og spurgte om jeg ikke ligesaa gerne vilde betale til dem, i saa Fald vilde han skaffe op, [ulæseligt] hvormeget jeg vilde komme til at betale der og saa paaligne os det samme Beløb, hvilket jeg gik ind paa. I Eftermdg, da jeg stod inde i Køkkenet og kogte Spartelfarver jeg vil til at male det Storkeloft. Det gaar skidt med det øvrige, jeg er vel bleven træt, kom Nielsen med en røget Kjerteminde aal og forærede mig, han omtalte den forleden Aften som en særlig udsøgt Delikatesse der langt overgik de alm, der kommer fra Tyskland. Jeg nyder en Snaps til den i Aften og skal sende Dig et Stykke af den i Mrg. Putte har ligget af Forkølelse siden Mandag Formd men er bedre i Dag. Vi skylder Chr. Andersen ca 10 Kr for de Sild, som jeg en af Dagene Gaar ned og betaler. Mange kærlige Hilsner fra os alle. Hils derovre.
+Din
+Johannes Larsen.
+Mit Ur der hidtil har gaaet godt begyndte i Gaar og har fortsat i Dag med at tabe en Timestid i Døgnet. Jeg har ikke gjort det noget.
+JL.</t>
+  </si>
+  <si>
+    <t> 1. sep. 1925</t>
+  </si>
+  <si>
+    <t>Aage Bretting
+Eiler Lehn Schiøler
+Gustav Ljungdal
+John Møller
+Morten Porsild
+Philip Rosendahl
+Finn Salomonsen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xGkgQ4lS</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Nice</t>
+  </si>
+  <si>
+    <t>Stella Polaris var et meget luksuriøst krydstogsskib, der blev færdiggjort med tidens højeste standarder, da det fine krydstogtskib skulle være rettet mod et velhavende marked. Hun blev søsat den 11. september 1926. Johannes Larsen, sønnen Andreas og Else og Johannes V. Jensen tog på krydstogt med Stella Polaris til bl.a. Italien og Madeira efter Alhed Larsens død 31. aug. 1927. Se også brev 1960-12-04 JL til Johan/Lysse og Elena/Bimse.
+Thames er det engelske navn for floden Themsen. 
+En dansk mil er 7.532,48 m.
+Nord for London ved Nordsøen ligger den store havneby Harwich, som i mange år frem til 2014 havde fast færgeforbindelse til Esbjerg. 
+Cherbourg har en havn og er beliggende i den nordlige ende af Cotentin-halvøen på den engelske kanal - kystlinje i Normandiet i det nordvestlige Frankrig. 
+Cape Finisterre er en klippebundet halvø på vestkysten af Galicien, Spanien (Kilde: Wikipedia, juli 2022).
+Cyperus er græsser udbredt overalt i troperne (tropica.com). 
+Omlejre: at flytte et materiale til et andet sted (ordnet.dk). 
+Brunsbüttel er en industri- og havneby i det nordlige Tyskland beliggende ved Elbens munding 70 km. nordvest for Hamburg (Wikipedia juli 2022). 
+Chez l´amiral: Hos admiralen.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Det var mørkt, da selskabet sejlede over Themsen og Kanalen samt rundede Bretagne. Også ved Cap Finisterre. Senere tåge og mørkt igen ved Madeira. Andreas/Puf har været søsyg.
+Andreas beskriver Lissabon. Her kørte de i sporvogn. Beretningen om dette må Johan/Lysse få mundtligt. 
+Johannes Larsen har for første gang nogensinde set guldirisker.
+Johannes V. Jensen er meget vidende om jordbundsforhold. Ved Madeira udpegede han nogle planter som vin, men det var sukkerrør.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jUix</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+[M.Y.”Stella Polaris”…………192 Håndskrevet efter 192: ]8 
+[Håndskrevet:]
+Kære Lysse.
+Jeg haaber du fik mit Brev fra Harwich. Jeg maatte give det til en Drager og lade ham besørge det, vi blev nemlig snydt for Landgang. I detheletaget lader det til at Vorherre og hans Underordnede her på Skibet har en [”har en” overstreget] bestræber sig for at hindre os i at se saa meget som muligt. Afrejsen fra Harwich altsaa tværs over Thamesmundingen og rundt langs Englandskysten foregik om Natten; om Morgenen var vi midt ude i Kanalen, hvor vi ikke kunde se land til nogen af Siderne. Saa saa vi Spidsen af Cherbourgh, men da vi skulle runde Bretagne tror jeg nok det var mørkt, da var jeg imidlertid blevet søsyg og har holdt Sengen lige siden, med Undtagelse af Landturene. Som værende af Interesse for Passagererne var opslaaet en Notice om, at vi vilde passere ”Cap Finisterre 10 Miles off Kl 5 om Morgenen! Sikken et Syn at læse om! Næste Seværdighed var Indsejlingen til Lissabon: om Aftenen mellem 9 og 11. Næste Morgen tog Vorherre selv fat med Taage, saa vi blev 2 Timer forsinket med Landgangen. Afsejlingen fra Lissabon: Taage (Vorherre) Ankomst til Madeira 6 a.m. altsaa i Mørke. Hvad om det kære B.D.S. havde ladet os sejle et Par Timer senere fra Lissabon, vi skulde saamænd nok have faaet Tiden til at gaa. Naa men igaar var Vorherre os naadig; det blev os fortalt at de plejede at have saa høj Sø at Landgang paa Madeira var umulig (her er nemlig ingen Havn) Igaar havde vi det dejligste Vejr man kan tænke sig. Naa m Naa men du maa vel hellere høre om Lissabon først. Tajofloden har en Munding som jeg nærmest vil kalde en Fjord. Du kan tænke dig en Størrelse som Lillebælt. Fjorden gaar i Øst – Vest og paa
+2
+[Fortrykt:]
+[M.Y.”Stella Polaris”…………192] 
+[Håndskrevet:]
+begge Sider, navnlig mod Syd er højt Land. Byen ligger på Nordsiden med en Kajplads, der er en dansk Mil lang. Midt i Byen har der engang været en Arm af Fjorden, som nu er hævet. Her er bygget en regelmæssig Bydel, som begynder nede ved Havnen med ”Praça da Commercio” (se et eller 2 af de Kort jeg sendte Jer), som er aaben ud mod Vandet. ovenfor denne Plads, altsaa bag Porten (Triumfbuen) ligger den regelmæssige Del af Byen (saa stor som Kjerteminde i Areal) øverst oppe i den ligger Theatrene og Hovedbanegaarden og saa kommer vi ud i ”Avinida da Liberdade”, som fylder den sidste (øverste) Del af den udtørrede Flod [”Flod” overstreget] Fjordarm. Den har Kørebane i Midten med Palmetræer ved Siderne umiddelbart udenfor Palmerne Plataner, (2 Rækker paa hver Side) og under dem er der Blomsterrabatter, paa en Strækning er der Vandløb, med [”med” overstreget] eller Bassiner med Vandfald indimellem, med Philodendron og Cyperus og lignende. Her ted [”ted” overstreget] udenfor er der Spadserepromenade og yderst Sporvogne, som altså har Boulevardkørsel. Vi kørte med en af dem; den drejede imidlertid om til Siden inden vi var kommet helt frem, hvorfor jeg trak i Klokkestrengen og Vognen øjeblikkelig standsede. Vi havde her svært ved at komme af, fordi Vognen blev stormet af Folk, som vilde med; sikken et Held for dem, at jeg netop havde standset den ved det Stoppested! – Undskyld Afbrydelsen, jeg skulde ned at have ”Morgenkaffe” Grapefruit, Havregrød, blødkogte Æg, Brød og Marmelade og ”one Hansa”, det hedder vores Pilsnerøl. – Naa vi naaede til den øverste Ende af Avenidaen hvor de er ved at rejse et stort Marmor-
+3
+[Fortrykt:]
+[M.Y.”Stella Polaris”…………192]
+[Håndskrevet:]
+monument. herovenfor gaar Dalen over i en mægtig Gryde, vel en god Fjerdingvej bred og en halv Mil lang, som de er ved at lave til en Park. Heroppe saa vi Guldirisker, det er første Gang Far har set dem. Johs. V. er fænomenal til at se paa enhver Slags Jord hvordan den er opstaaet, hvor længe den har ligget der og ”den har været omlejret mere end en gang”! o.s.v. Og alt er den Mand inde i; vi stod i Brunnsbüttel og saa ned i den aabne Last paa en stor Kuldamper og han sagde: ”det er nok et Tankskkib” eller igen, da vi stod og saa paa Madeira fortalte han mig at alt det grønne vi saa det var Vin. Da vi kom derind var det nu Sukkerrør, men jeg siger alligevel at det er godt set. Naa han er nu et ordentlig sødt Menneske, naar han er i godt Humør. – Det var Lissabon vi var ved: paa begge Sider af det jeg har beskrevet ligger den øvrige By paa Høje. Gaderne er meget stejle og nogle Steder krydser de hinanden i forskellig Højde, saa man ser Husene ligesaa meget fra neden og fra oven, som fra Siden. De er malet i stærke Farver, røde, gule, blaa og grønne. Sporvognene skal du høre lidt om. 
+Chez l´amiral
+Nice
+Nu er det saa længe siden jeg skrev dette, at jeg ikke gider fortsætte det. Jeg ser det slutter om med (”om” overstreget; over ordet er skrevet ”med”] Løfte om Beretning om Sporvognene i Lisboa, den kan du faa mundtlig.</t>
+  </si>
+  <si>
+    <t>1928-06-05</t>
+  </si>
+  <si>
+    <t>Ragnar Ásgeirsson</t>
+  </si>
+  <si>
+    <t>Grethe Ásgeirsson
+Ragnar Ásgeirsson
+Elise Hansen
+Peter Hansen
+Vagn Jacobsen
+Xenia Jacobsen
+Else Jensen
+Johannes V. Jensen
+Jóhannes Kjarval
+Thorvald  Krabbe
+Margrethe Krabbe af Damsgaard
+Thyra Larsen
+Thøger  Larsen
+Jón Stefánsson</t>
+  </si>
+  <si>
+    <t>Den islandske kunstudstilling blev i december 1927 vist på Charlottenborg i København. Man udstillede 243 tegninger og malerier af 12 kunstnere: Ásgrímur Jónsson, Finnur Jónsson (1892–1993), Guðmundur Einarsson af Miðdalur (1895–1963), Guðmundur Thorsteinsson (Muggur), Gunnlaugur Blöndal (1893–1962), Jóhannes S. Kjarval (1885–1972), Jón Stefánsson, Jón Þorleifsson (1891–1961), Júlíana Sveinsdóttir (1889–1966), Kristín Jónsdóttir, Sigurður Guðmundsson (1833–1874) og Þórarinn B. Þorláksson. Efterfølgende fortsatte udstillingen til Tyskland. (Listasavn Islands hjemmeside jan. 2025). 
+Laxdæla Saga er skrevet mellem 1230 og 1260. Den handler om fætrene Kjartan og Bolle, som elskede den samme kvinde (Wikipedia).
+Eyrbyggja Saga handler om beboerne på Øre. Fragmenter af håndskrifter fra det 13. og 14. århundrede er bevaret (Wikipedia). 
+St. Hof i Öræfi er en gård i Sveitarfélagið Hornafjörður i det sydøstlige Island, tæt på Vatnajökull.
+Fljótshlid er en lokalitet på Island nær Múlakot, som var Olafur Tubals hjem. 
+Det vides ikke, hvem Mathias og Kaales var.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og hans søn har efter Alhed Larsens død været på et krydstogt med skibet Stella Maris. De fulgtes med brygger Jacobsen og hans kone samt Else og Johannes V. Jensen, og de mødtes med Elise og Peter Hansen i Rom. 
+Larsen takker for Kjarvals maleri, som han har fået indrammet. 
+Johannes Larsen så desværre ikke den islandske udstilling i København. 
+Julen har Larsen og sønnerne tilbragt hos Thyra og Thøger Larsen i Lemvig. I foråret kom dette ægtepar til Kerteminde. De tog ud for at høre nattergale, og da der ingen var, aftalte de et nyt træf. Kort efter fik Larsen besked om, at Thøger Larsen var død. 
+Johannes Larsen skal have retrospektiv udstilling på Charlottenborg 1929. 
+De stære, som Ásgeirsson har haft besøg af, var formodentlig færøske stære. 
+Larsen sender et par træsnit.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ym4L</t>
+  </si>
+  <si>
+    <t>Kjerteminde 5 Juni 1928.
+Kære Ragnar Ásgeirsson!
+Det er en Skam, at det har varet saa længe inden jeg har faaet taget mig sammen til at skrive til Dem. Min ældste Søn og jeg var paa en lang Rejse i Foraaret med det norske Motorskib, "Stella Polaris," sammen med Johannes V Jensens og Brygger Jacobsens. Lissabon, Madeira de canariske Øer, Casa blanca, Tanger, Algier, Barcelona og Monaco. Der gik vi i Land og var en halv Snes Dage sammen med Bryggerens mens Johannes V hentede sin Kone i Berlin, saa rejste vi til Rom og var sammen med dem og Peter Hansens som var der nede, i Forvejen. Vi var der en halv Snes Dage og rejste saa over Genua, Marseille til Paris hvor vi blev nogle Dage og saa over Køln til Kjøbenhavn. Da vi kom her hjem fandt jeg deres Brev og det smukke lille Billede af Kjarval som jeg straks fik indrammet og er meget glad ved. Tusind Tak! Desværre saa jeg ikke den islandske Udstilling, det var mig umuligt at komme til Kjøbenhavn paa det
+2.
+Tidspunkt. Jeg læste nogle Anmeldelser og forbausedes over saa lidt Kjarval blev omtalt. Efter det jeg har set af islandsk Malerkunst, vilde jeg tro at han som Kunstner ragede et Hoved over alle de andre. Jeg fyldte 60 Aar mellem Jul og Nytaar og da jeg ikke havde Lyst til at være hjemme i Julen eller til min Fødselsdag, nu min Kone ikke var her mere, rejste jeg med mine 2 Sønner omkring i Jylland og endte i Lemvig hos Thøger Larsen hvor vi havde det hyggeligt nogle Dage, med Bilture omkring i Omegnen i tindrende Sol og haard Frost over tilsneede Landskaber og den islagte Fjord. Thøger Larsen og hans Kone var her for en Tid siden en Uges Tid. Thøger rask og fornøjet og hyggelig. Den sidste Aften det var vist den 15 Maj kørte vi en Tur hen til en lille Skov her i Nærheden hvor det plejer at vrimle med Nattergale. Thøger havde aldrig hørt en Nattergal og vilde gerne opleve det, men det lykkedes desværre ikke. Vi har haft et meget koldt Foraar og det var den Aften særlig koldt. Vi traf Sønnen fra Gaarden som Skoven hører til, og han fortalte at han havde hørt
+3.
+den første Gang samme Morgen og saa kørte vi hjem og aftalte at vi skulde forsøge næste Aar paa et bedre Tidspunkt. Men det skulde altsaa aldrig komme. Forleden da min ældste Søn og jeg havde været paa Pintsebesøg paa en Herregaard i Nordvestsjælland, kom der Telegram samme Aften vi kom hjem at Thøger Larsen var død. Vi var i Forgaars oppe til hans Begravelse, kørte herfra om Mrg. og kom hjem om Aftenen ved 12 Tiden, en lang Køretur 210-15 km, 2 Gange paa en Dag. Da vi var der i Vinter talte Thøger om at vi absolut maatte komme og se Lemvig ved Sommertid, den Gang tænkte vi ikke det skulde ske saa snart og i den Anledning. Jeg har mistet mange af mine gode Venner i de senere Aar. Verden bliver fattigere, især savner jeg min Kone mange Gange hver Dag. Thøger Larsen og jeg talte en hel Del om Sagaerne, da han var her forleden, ogsaa om Muligheden af at komme til Island sammen til næste Aar. Han har oversat Laxdæla og Eyrbyggja, elle hvordan det nu staves, og havde været til Møde i Selskabet for Udgivelsen af de nye Sagaoversættelser. Jeg 
+4.
+ikke komme i Aar. Da jeg har lejet Charlottenborgudstillingen til en stor retrospektiv Udstilling til Februar 1929. Jeg faar derfor meget at gøre inden den Tid. Jeg har ogsaa haft Brev fra Olafur Tubals og fik skrevet et Par Ord til ham forleden og bad ham bl.a. hilse Naboerne i Fljotshlid, men jeg kunde ønske at sende en officiel Hilsen til Familien paa St. Hof, et af de Steder, hvor jeg befandt mig bedst, og ofte tænker paa. Skulde De komme i Berøring med dem vil jeg bede Dem overbringe dem min Hilsen.
+Det var morsomt med de Stære der besøgte Dem i Vinter, jeg tænkte paa at foreslaa Dem at sætte nogle Kasser op til dem, saa de maaske kunde fristes til at slaa sig ned for stedse. Det har vel nok været færøiske Stære. Den færøiske Stær er en Race for sig den trækker ikke bort men opholder sig paa Øerne hele Vinteren. Her trækker de fleste Stære bort, men især i de senere Aar ses her af og til Stære som overvintrer. Jeg kan ogsaa tænke mig at De har haft megen Fornøjelse af Rødkælkene, de kommer her 
+5.
+undertiden ind i Drivhusene om Vinteren og kan blive meget tamme naar man fodrer dem. Kommer De og Deres Kone ikke en Gang til Danmark. De skal være meget velkomne her. Mange venlige Hilsner til Dem alle fra Deres hengivne
+Johannes Larsen
+P.S.
+Vil De hilse Krabbes, Stefánssons, Mathias [ulæseligt], Fontenays, Kaales og andre som var venlige mod mig under mit Ophold i Reykjavik
+JL.
+P.P.S.
+Jeg vedlægger et Par smaa Træsnit, de hører til St.St. Blichers "Trækfuglene" som jeg en Gang illustrerede med Træsnit til Radeerforeningen
+JL.</t>
+  </si>
+  <si>
+    <t>1929-07-26</t>
+  </si>
+  <si>
+    <t>Franz GIersing
+Johanne Giersing
+Thomas Jensen
+- Marstrand
+Marie Schou
+Anna Louise Syberg
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg havde på dette tidspunkt i flere år haft planer om at male Else og Johannes V. Jensen i deres feriebolig i Tibirke.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har huset fuldt af børn og gæster nogle dage, og andre dage er han og Marie alene. Franz/Trylle samt Thomas Jensen er lige nu i Tyskland til noget musikhistorisk træf. Syberg har tænkt at holde fast i at besøge Jensen fx. fra 31. juli og male på portræt(ter) af dem. Lige nu er blandt andre Johanne/Besse og hendes søn på Pilegården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bKZr</t>
+  </si>
+  <si>
+    <t>Pilegaarden 26-7-29.
+Kære Johannes V. og Else.
+Vi har jo havt en dejlig Sommer siden vi saas sidst, jeg haaber den har bekommet Jer vel. I øvrigt er det en urolig Feri[e]tid i Aar, [i] hvert Fald herovre. Børnene kommer og gaar, snart er vi Huset fuldt, snart er Marie og jeg alene. I Øjeblikket er Trylle og Besses Mand Thomas Jensen i Baden-Baden for at overvære en Uges Musikhistorie af en eller anden, eller rettere af flere forskællige Arter, og jeg venter dem ikke tilbage før først i August. Derimod venter vi et større Besøg sidst i Juli. Men hvordan det nu falder ud, har jeg tænkt at fastholde min Plan om at tage op til Jer om [”om” overstreget] f. Eks. den 31 Juli og tage et Livtag med Billederne indtil I rejser til Kbhvn, hvis det da ellers passer Jer?
+I Øjeblikket er her ikke andre end Rille, Besse, hendes Dreng, Rabbe og Fru Marstrand Men de har alle et velsignet Humør og fylder Landskabet med Latter og højrøstet Tale, men tror virkelig at vor Klode er et godt Sted. Hils! – Marie beder hilse.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1929-10-06</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods, der skulle transporteres, stammede formodentlig fra den auktion, der blev holdt på Louise Brønsted og Ellen Sawyers barndomshjem, Erikshaab, i foråret 1929. Ved denne lejlighed fik Louises søn, Peter/Peder lov til at få nogle lov-bøger, som lå på loftet. Auktionen blev afholdt efter Otto Emil Paludans død. Han overtog godsforvalterstillingen og boligen efter Albrecht Warberg. Paludan var ugift og barnløs. Auktionen er omtalt i flere breve. 
+Det vides ikke, hvem den unge kone, skolens tysklærer, Sybil og Fru Nielsen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3808</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods er leveret. Hvad synes Peter Brønsted om bøgerne?
+Den unge kone vil gerne sy for Louise Brønsted. Hun kan også hjælpe ved selskaber.
+Ellen/Bes Brønsted er vist ved at blive rask.
+Ellen Sawyer har været til middag hos Johanne/Junge og Adolf/Agraren/Beser Larsen. Johanne er så taknemmelig for Adolfs hjælp i huset, men den er ubetydelig. Johanne knokler med både musikundervisning og husarbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jjs2</t>
+  </si>
+  <si>
+    <t>6/10 - 29
+Til Magsen
+Kæreste Lugge!
+Tillykke med de to Smaa Det var Bes, som idag gjorde mig opmærksom paa at det er deres Fødselsdag. Jeg vilde netop idag have skrevet til Peter om Bøgerne. Jeg ringede til Snedkeren, da jeg var ovre hos Junge, - jeg tror, alt er kommet med, - men kunstig er det, som de har tumlet med de stakkels gamle Bøger og nu altsaa igen faaet dem spredt. Der er sikkert snarere kommet mere med end der skulde end vice versa. Husk at fortælle mig ved Lejlighed, hvad Peter mente om Bøgerne. Jeg sender dig her den lille unge Kones Adr. Hun kommer tilbage til Kbnh. næste Uge. Hun var meget glad ved Udsigten til at komme ud og sy for dig. Jeg tror hun vil kunne blive meget nyttig. Hun er saadan en ferm, dygtig lille èn. Hun syr nydeligt, men er selv meget beskeden med det og siger hun kan ikke saa meget paa egen Haand. Hun kan ogsaa hjælpe med Selskaber, hvis det skal være en Gang. - 
+Ja, nu er Vintersaisonen jo i fuld Gang her. Junge og jeg har meget at gøre og Selskabelighed og Forlystelser er der ingen Tid til. Jeg har ingen hele Aftner fri, - kun fra 8 1/2 el 9. Men det er ogsaa ligemeget
+Jeg ser næsten ikke Puf og Bes - fordi jeg aldrig er hjemme. Men naar jeg ser et Glimt af Bes ser hun saa fornøjet og glad ud og snakker saa muntert. Jeg tror hun gaar og bliver rask der. Det er en ren Fornøjelse at se hende. Og det er da ogsaa dejligt for Puf at have et Menneske i Huset, som han kan snakke lidt med. -
+Jeg var hos Junges idag til Middag - Baser havde skudt 2 Harer. Han er flink og Junge er fuld af Lovord over ham. Han giver hende Kaffe paa Sengen om Søndagen og dækker Aftensbordet. Det er rørende, hvor hun er taknemmelig over den Haandsrækning. - Som om hun ikke giver ham "Haandsrækninger" Hver Aften er hun dødtræt af Dagens Arbejde. Det er rent ubetydeligt, hvad han kan yde til Familjens Underhold. - Og naar hun ikke underviser, saa stopper hun og ordner Tøj og Strømper. - En lille Fornøjelse faar hun da i Vinter: Vi tager Timer i Tysk, - hver Tirsdag Aften fra 8 1/2, - naar jeg kommer hjem fra Landet. Skiftevis hos Fru Nielsen, Junge og her. Vi har Skolens Tysklærer, som er Sønderjyde og næsten Indfødt. Det morer os alle. Vi skal ogsaa læse Tysk i Rynkeby i Vinter i Stedet for Engelsk. Sybil har jo boet en Aarrække i Tyskland og er flink. Jeg holder nu meget af Tysk.
+Jeg er begyndt at fyre og hygger mig i mine smaa Stuer, mest om Formiddagen. Missen har det godt. Den og Mine svulmer omkap, - men jeg haaber at det for [teksten fortsætter i venstre margen s. 4; lodret:] Musens Vedkommende kun er af god Mad. Killingen er nu en agtet Bondekat i Flødstrup. - 1000 Hilsner fra E</t>
+  </si>
+  <si>
+    <t>1931-02-17</t>
+  </si>
+  <si>
+    <t>Ludvig Holstein
+Else Jensen
+Johannes Jørgensen
+Helge Rode</t>
+  </si>
+  <si>
+    <t>Den omtalte digtsamling er Den Jydske Blæst, 1931. Første digt i denne bog er Som Dreng skar jeg Skibe. 
+Kronikken er formodentlig Ludvig Holstein: Johs. V. Jensen og hans Fjender. Politiken 1931-02-12. Berlingske Aften 1931.02.16.
+Sneglen og Rosenhækken er en historie af H.C. Andersen. 
+Odensebillederne er en række malerier, som H.C. Andersens Hus i Odense havde bestilt hos Fritz Syberg. Han har omtalt dem i flere breve til Johannes V. Jensen.</t>
+  </si>
+  <si>
+    <t>Syberg takker for digtsamlingen. Han har læst Holsteins kronik. Desuden husker han Helge Rodes anmeldelse af en af Johs. V. Jensens myter. Rode skrev her om at være for yndig.
+Syberg har sendt 22 billeder til Den Frie og skal nu i gang med sine Odensebilleder igen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aH2l</t>
+  </si>
+  <si>
+    <t>Pilegaarden 17-2-31
+Kære Ven.
+Tak for Dine Digte, af hvilke jeg bl.a ikke før har læst det som indleder Samlingen. Mon et saadant Digt ikke kan faa Dine Angribere til at indse at Du i Grunden er usaarlig? eller nøjes de med at føle det og harmes? Jeg har læst Holsteins Kronik og er ondskabsfuld nok til at glæde mig over at de to Herrer Joh. Jørgensen og – især – Helge Rode er trukket frem. 
+Man behøver hverken Ruslands eller Tysklands Hjælp til Fremstillingen af det Trekløver han præsenterer for os, tvertimod, det straaler af ægte Hjemmedanskhed. Af det lidt jeg har læst af Helge Rode bevarer jeg en lille Erindring, som jeg ikke kan faa slettet ud af mit Sind. I en Anmeldelse i Berling. T. af en af Dine Myter ”I Sverige”, hvor han paa falsk og uægte Maade men ”sobert” og ”fornemt” vurderede Dig og satte Dig paa Plads fremkom følgende indskudte Bemærkning om Dig: ”har man forresten Lov at være saa yndig”
+Det er Historien om Sneglen og Rosenhækken. 
+Forresten er der jo noget humoristisk i, at Dine Angribere for at finde noget de muligvis kan ramme og saare Dig med maa klæde sig selv af.
+Det lader til at Kyndelmisse giver os Vinter i Aar. [I] Hvert Fald er Østenvinden barsk her. Jeg har lige faaet sendt 22 Billeder over til den Frie og skal nu til at have Odensebillederne fat igen.
+Trods Gigt og Nyrer har jeg det ug.
+Mange Hilsener til Dig og Else.
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1934-07-11</t>
+  </si>
+  <si>
+    <t>5600 Faaborg, Danmark</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Marie Schou
+Ernst Syberg
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>"De oprindelige medlemmer" er formodentlig komiteen, som i perioden op til museets stiftelse indkøbte værker. Udover Fritz Syberg og Johannes Larsen bestod denne blandt andre af Jens Birkholm og Peter Hansen samt naturligvis museets grundlægger, Mads Rasmussen.</t>
+  </si>
+  <si>
+    <t>Fritz og Franz (Trylle) Syberg vil komme på besøg hos Jensen mandag eller tirsdag. Det bliver nok sidste gang. 
+Marie er rejst til Schweiz. 
+Ernst (Rille) rejser rundt i Tyskland med et par venner. De spiser godt dér.
+Fritz Syberg og Johannes Larsen har været til møde på Faaborg Museum. De er de eneste af de oprindelige medlemmer nu.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uwnu</t>
+  </si>
+  <si>
+    <t>Pilegården Kjerteminde
+11-7-34
+Kære Joh. V. og Else.
+Dersom det passer Jer, havde jeg tænkt at hjemsøge Jer Mandag eller Tirsdag. Trylle kører for mig men jeg ved ikke om vi tager Turen ud i et Træk eller overnatter. Men altsaa enten Mandag hen ad Eftermiddagen eller Tirsdag Formiddag Skulde det passe bedre en anden Dag sender I mig nok et Par Ord. Marie er pludselig rejst til Schweiz Jeg havde Kort i Dag fra Harzen. Rille der sammen med to Kamerater turer rundt i Tyskland fik jeg Kort fra. De var nu i Tyrol hvor de bliver nogle Dage fordi den ene af dem havde faaet Aarebetændelse eller noget i den Retning forhaabentlig er det ikke for ondartet.
+De har ellers havt det uventet godt i Naziland. Middag: Suppe, Dyresteg, Fersken og Kirsebær ialt 1 Rf. En Liter Øl 40 Pf. (Her maa vi give 50 Øre for 3/8 Liter). Dette var i Zool. H. Berlin De spekulerer paa hvis Pengene kan slaa til at gøre Italien, Spanien og hjem over Frankrig.
+Jeg glæder mig til endnu en Gang at gøre et Ophold i Tibirke, Gud ved om det ikke bliver det sidste, jeg er nu kommet dertil, at jeg betragter hver Sommer som den sidste. Vi var til Middag og Møde i Faaborg Museum i Gaar. Af de oprindelige Medlemmer er der nu ikke andre tilbage end Las og mig. De nye er saa ”unge” at selv Las siger ”Gud Fader bevar’os”. Jeg har intet imod at leve videre, men alligevel, det skal blive rart og [”og” overstreget] at faa sovet rigtig ud en Gang.
+Ha’et godt
+Mange Hilsener til Jer begge.
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1934-08-17</t>
+  </si>
+  <si>
+    <t>Engelbert Dollfuss
+Frederik Hendriksen
+Adolph Hitler
+Benito Mussolini
+Otto Emil Schondel
+Ernst Syberg
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har i flere breve klaget over dårlig søvn og kvælningsfornemmelser om natten.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg får sovemedicin. Han har intet imod læger.
+Rille/Ernst Syberg er kommet hjem efter to måneders Europa-rejse med rygsæk. Han mødte gamle venner i Pisa, var glad for Spanien, oplevede tyrolerne som tiltalende og mærkede intet til Hitlers terror i Tyskland. Ernst Syberg har sat sig ind i storpolitik og bla. Mussolinis planer om at lave et Storitalien samt sagen med, at Tyskland har fået bygget kampfly i Rusland. 
+Trylle/Franz Syberg vil begynde at dyrke frugt. Fritz Syberg overvejer at sælge sin bil og købe lidt jord af naboen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KwJt</t>
+  </si>
+  <si>
+    <t>Pilegaarden 17-8-34
+Kære Venner.
+Tak for Brevet, nu er I sandsynligvis kommet tilbage fra Jert Sommerophold, og faaet jer vel indstalleret i Hovedstaden. Alt gaar ved det gamle her, jeg tager et Sovemiddel der hjælper mig over Nætterne og iøvrigt har jeg baade Digitalis og røde Draaber staaende ved min Seng, jeg har intet imod Læger saadan set, men som den gamle Xylograf siger, de skal behandle En paa en hyggelig Maade. Vores Landsbyskrædder her, Schondel, er jeg udmærket tilfreds med. Han er lige høj paa alle Ledder, var under Verdenskrigen Militærlæge og tror han ligner Napoleon. Rille er lige kommet hjem efter godt to Maaneders Rejse – med Rygsæk – gennem Tyskland, Tyrol, Italien, Spanien og Frankrig, dette sidste dog kun nogle faa Dages Ophold i Paris. Han ved jo en Del at fortælle, det er aabenbart den eneste rette Maade at rejse paa naar man vil i Kontakt med Befolkningen. Han traf sine gamle Venner i Pisa der omfavnede ham og straks kendte ham: Ernèsto, Ernèsto!. Men iøvrigt syntes han ikke om Italien, men meget bedre om Spanien. Tyskland var behageligt og billigt at rejse i, - S.t. Folkene var intelligente og interesserede over for Forholdene i Danmark. De haarrejsende Historier om Hitlerterror mærkede han intet til uden – i Politiken. Derimod i Østrig var Regimentet og Polititrakasseriet utaaleligt, men Østrigerne d.v.s. Tyrolerne var [”var” indsat over linjen] de mest tiltalende af alle Nationer, forresten var alle Tyrolere Nazister. (Hitler er jo selv født i Tyrol) Det er meget Sjov at høre ham fortælle. Ogsaa Storpolitik har han sat sig ind i: Mussolinis Plan er at samle Østrig, Tyrol, Albanien og tilgrænsende Lande til et Storitalien med Adriater- som Midtpunkt, derfor hans Venskabelighed over for Dolfus. En anden Historie: Tyskland der ikke maa ruste har i Samraad med Sovjet ladet lave 2 eller 3 Tusinde Krigsflyvemaskiner – i Rusland, sendt [et par overstregede bogstaver] tyske Teknikere ec.t. derover. Da Maskinerne var i Orden sluttede Rusland Venskab med Frankrig Resultat: Rusland konfiskerer Tysklands 3000 Maskiner, Tyskland har underfundigt brugt Forbudet mod at ruste - - det hele kan jo være Løgn, men det er uappetitligt nok til at være sandt. Trylle er ved at slaa sig paa Landbrug – Frugtdyrkning – hans Organistvirksomhed levner ham Tid dertil. Jeg spekulerer paa at afskaffe min Bil der koster mellem 12 og 15 Hundrede Kr. aarlig og købe tre Td. Land af min Nabo. Men Forhandlingerne har ikke ført til noget Resultat endnu. Mange Hilsener til Jer allesammen
+Eders Hengivne
+Fritz Syberg
+Maleriet har jeg foreløbig lagt paa Hylden.</t>
+  </si>
+  <si>
+    <t>1935-02-18</t>
+  </si>
+  <si>
+    <t>Jacob Estrup
+Bent Holstein
+Else Jensen</t>
+  </si>
+  <si>
+    <t>Fritz Syberg foreslår Johs. V. Jensen at skrive en roman om den anonyme danskers liv gennem de sidste 75 år frem til, at Socialdemokratiet mistede idealerne. Hvis Syberg ved valget kunne stemme på Bent Holstein, ville han gøre det.
+Det eneste område, hvor folk i Norden er frie, er i kunsten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FTmS</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+18-2-35
+Kære Ven
+Husker Du at jeg en Gang i ”gamle Dage” faldt med Døren ind i Huset til Dig og foreslog Dig at skrive Romanen om den virkelige Dansker? Nu kommer jeg med et Forslag igen Lav en ”Kavalkade” om den anonyme Mands (Danskers) Liv og Bedrift i Danmark i de sidste 75 Aar: Udvandrertiden, de danske Søfolk, det danske Haandværk (deres Fagdygtighed, de rejsende Geseller osv.) og fremforalt den danske Bonde, Agerbrugets Opgang og Omlægning, Andelsbevægelsen, Munterheden og Livsmodet i Estrupiatets Dage og slut med Socialdemokratiets Fremstød til de fik Magten [”fik Magten og” indsat over linjen] og mistede Idealerne. 
+Nagl derefter vore [et s i slutningen af ”vores” overstreget] nutidige politiske Levebrødsmænd og vore ”Aandsfriskheds”kæmper og hele Visdommen fra Raadhuspladsen til Gabestokken. 
+Der snakkes om at vi skal have Valg snart og en Gang kommer det jo ogsaa. Dersom vi virkelig havde Valgfrihed i dette Land er jeg ikke i Tvivl om hvem jeg vil stemme paa, jeg synes nemlig at den eneste morsomme Mand i vort politiske Liv er Bent Holstein, men hvis jeg stemmer paa ham her hvor jeg bor bliver min Stemmeseddel erklæret for ugyldig. 
+I øvrigt er alt vel, jeg er jo gammel og kan sagtens skyde Arbejdet fra mig selv og over paa andre, men Du er den eneste jeg kender som kan tænke den Tanke jeg her har antydet og forstaa den selv om Du i øvrigt vil være nok saa uenig med mig [”mig” indsat over linjen] – det ved jeg jo intet om – Det eneste Felt hvor Danmark ja hele Norden endnu er frie Lande og Folk, det er i Kunsten I alt andet [”I alt andet” indsat over linjen. Herefter et overstreget, ulæseligt tegn] er vi bunden paa Hænder og Fødder i alle vore Foretagender, har kun en eneste Tanke. Skele til England; naar vi da ikke, af modsat Grund skeler til Tyskland. I Kunsten er der dog en Del der finder det naturlig at være danske. Nok om det. Hils Else mange Gange
+Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1935-03-25</t>
+  </si>
+  <si>
+    <t>Oswald Spengler</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvilken kronik Fritz Syberg er inde på. Muligvis Johannes V. Jensen: "Fritz Syberg", Politiken 1. marts 1935.</t>
+  </si>
+  <si>
+    <t>Emnet for Jensens kronik interesserer Syberg meget. Ismer er dog kun stikord.
+Spengler forudså vores jords skæbne.
+Verdenskrigen kommer jo nok, og Danmark vil blive besat af Tyskland, mens England står på den modsatte side. Der er ikke forskel på den tyske og den engelske orden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AkyY</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+25-3-35
+Kære Ven.
+Det er morsomt at læse Din Kronik. Emnet interesserer mig voldsomt. Der er dog to Indvendinger jeg straks maa gøre. For det første, alle –Ismer er Stikord. Der kan herske mere Frugtbarhed baade i Facisme og Nazisme end i Liberalisme og Kommunisme – og omvendt ”Ord” har Fanden skabt. 
+Dernæst maa jeg sige Dig med Hensyn til Spengler, som jeg har læst, at vor Jords Skæbne saaledes som den har udfoldet sig siden 1912 har han nøje forudsagt i sin Bog ”Untergang des Abendlandes” og Fremtiden tegner stærkt i Favør af at hans Forudsigelser vil bekræftes vedvarende. Han er ogsaa tiet ihjel, selv [”Selv” er skrevet med stort begyndelsesbogstav, og dette er rettet til et lille] i sit Fædreland. Desværre er han – (desværre for os) – stadig aktuel. Endnu er han jo nærmest ulæst.
+Nu har vi Foraaret her, lad os glæde os over det saalænge der er Fred dertil og iøvrigt være forberedt paa det værste. Kommer Verdenskrigen, og den kommer jo nok, bliver vi jo straks besat af Tyskland og staar England paa den anden Side – hvad jo nok skal ske, det værste sker al Tid – saa faar vi at vide hvad det vil sige at leve paa tyske Rationer. Mit Haab er at Tyskland og England paa en eller anden Maade skal finde hinanden. Der er saagu ingen Forskel paa den tyske Militarisme og Orden og den engelske traditionsbundne Orden. Det er to forskellige Former for det samme som passer for to forskællige Folk. Jeg vilde haabe, - haabe – dersom jeg ikke saa daglig hvor lidt Grund der er dertil.
+Hilsen til Jer alle sammen.
+Eders hengivne 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1935-12-11</t>
+  </si>
+  <si>
+    <t>Grüner Weg 13, 23566 Lübeck, Tyskland
+Josef-Linden-Weg 15, 51149 Köln, Tyskland
+Trierer Str. 108, 90469 Nürnberg, Tyskland</t>
+  </si>
+  <si>
+    <t>Heinrich Heine
+Poul Henningsen
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>Den omtalte kronik er Johannes V. Jensen: "Heinrich Heine in Memoriam", Politiken 10. dec. 1935. 
+Det er ikke lykkedes at opspore, hvilket etablissement "Kisten" var. Revyvisen er heller ikke fundet.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg gør Oilegården i stand inden invasionen. Han takker for kronikken. Syberg er uenig i at nedgøre tysk billedhuggerkunst.
+Vinteren er dejlig. Syberg mindes en revyvise fra sin ungdom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oFJL</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+11-12-35
+Kære Johannes V og Else
+Glædelig Jul til Jer allesammen, i Dag er den paa Vej, vi har bidende Østenvind og Sne i Luften, og jeg har travlt med at gøre Pilegaarden i Orden til Invasionen. Tak for Dit Brev og for Kroniken om Heine, man bliver sig selv, ung igen, ved at læse den. Iøvrigt maa jeg gøre en Indvending, jeg deltager ikke i den danske vanemæssige Reduceren af tysk Billedhuggerkunst. Jeg har beundret for meget af den, saavel som af Arkitektur, paa mine faa Rejser ned igennem Tyskland fra Lübek til Nürnberg og Köln og følt at Danmark var et lille fattigt Land. Og Tyskerne formaar at bevare deres Rigdomme vi derimod kun at ødelægge de faa Værdier vi har. Længe leve Povl Henningsen, Danmarks, eller skal vi sige Raadhuspladsens, store Distanceblænder. Nok om det og Gudskelov for [”for” overstreget] for hver Vinterdag, hvor Sne, Regn og Blæst optræder paa den gammeldags Maner, hvad sang ikke Pigerne i ”Kisten” i min Ungdom som en Protest mod den overhaandtagende Mekanisering – allerede den Gang - : ”Har I hørt om den Maskine som kan lave Men’sker, lissesnart man trykker paa en Knap, springer der en Svensker … men den Slags Maskiner vil vi ej ha fler’a, den gammeldags Maner den holder vi dog mer’a.” Glædelig Jul fra Trylle og Eders hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1936-01-28</t>
+  </si>
+  <si>
+    <t>Sven Clausen
+Johannes  Ewald
+Søren  Kierkegaard
+David Lloyd Georges
+Peter Rohde</t>
+  </si>
+  <si>
+    <t>Kronikken er Peter P. Rohde: "Buchmanismen eller hvorfor man læser Søren Kierkegaard", Politiken 28. januar 1936.</t>
+  </si>
+  <si>
+    <t>Syberg skriver til Jensen i anledning af Rohdes kronik. 
+Det er ikke sært, at Lloyd Georges regner med, at Tyskland og Japan danner en alliance. Japan skal føde 1000 mennesker pr. km2. 
+Læsning af Søren Kierkegaard har fået Syberg til at sige farvel til kristendommen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sTyG</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+28-1-36
+Kære Venner.
+Jeg kan ikke lade være med at sende Jer en Hilsen i Anledning af P. Rohdes Kronik i Politikken der har sat mig i saa godt Humeur. Jeg maa mindes Tiden da jeg var 16 Aar og var optaget af Evald og Tiden da jeg blev 24 og arbejdede mig gennem Søren Kirkegaard og efter et eller to Aars Forløb fik det ud af ham at jeg sagde Farvel til alt det man kalder Kristendom. Og hvor jeg under Sven Clausen en Omgang og forresten ogsaa den engelske Skinhellighed. Det er ved Gud ingen Under at Lloyd Georges ”mistænker” Japan og Tyskland for en Alliance. Han nævner alle Aarsager undtagen den eneste, at Tyskland skal føde 320 Mennesker paa hver [en firkant er tegnet før ”Kilometer”] Kilometer opdyrket Jord og Japan over 1000 Mennesker. Til Sammenligning tjener at Australien som praktisk talt er lukket føder 6 ½ Million Mennesker og ved en rationel Opdyrkning kunde give Plads for 150 Millioner med Levestandard som i Vestevropa. (Til Sammenligning tjener at vi her i Danmark har 120 Mennesker pr. [en firkant er tegnet før ”Klm.”] Klm. Kornjord.) Formodentlig er I ikke glade ved Rohdes Kronik, men jeg haaber I tilgiver mig. I er de eneste jeg skriver til. Og hvor har jeg ventet længe paa en Kronik i den Aand, af En som kan og tør. Tænk hvad de har fyldt En med hidtil i Organet for den højeste Oplysning, tænk en Forening som kalder sig ”Foreningen for frisindet Kultur” – Pærekøbing. Naa nu har jeg faaet Luft.
+Ha’et godt og mange Hilsener til Jer allesammen. 
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1937-03-30</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Else Birgitte Brønsted
+Louis Golding
+Ina  Goldschmidt
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Thomas Mann
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Christine Swane
+Lars Swane
+Lasse Taaning
+Albrecht  Warberg
+Andreas Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Karl Zeckendorf</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Lars/Lasse Taanings bror, svigerinde og dennes veninde var. Gurli, "Krastine", Kat. Sørensen, Eggert og Franzen kendes heller ikke. 
+Det er uklart, hvem det er, som Johanne C. Larsen omtaler som "ens Svigersøn". Selv havde hun ikke i 1937 en svigersøn. Det vides ikke, hvad Ina Goldschmidts barn/Astrid Warbergs barnebarn hed. 
+Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til en koncentrationslejr og myrdet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0803</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen har slagtet, og midt i arbejdet med dette kom der gæster. Hun er ked af, at Astrid Warberg var så berørt af ikke at blive inviteret til Else Birgitte/Mudis bryllup. Johanne blev heller ikke inviteret. Hun er bitter over, at Brønsted-familien udelukker Astrid. 
+Det er et stort påskegilde, Astrid har haft. 
+Johanne har en tid været fri for anfald. Hun spiser citron som medicin. 
+Astrid har skrevet om et hørespil, som ikke passer til Johannes verdensanskuelse, men Astrid ved ikke noget om sidstnævnte. 
+Erik/Tinge Warberg Larsens 30-års fødselsdag blev vellykket.
+Johannes/Las, Else og Andreas/Puf Larsen flygtede i påsken til Jylland for at undgå gæster. Det er dejligt, at Else holder så meget af Johannes Larsen. 
+Tysklands jødepolitik er afskyelig. 
+Johanne ønsker tillykke med det nye barnebarn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rT9z</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i brevet:]
+d. 30te Marts. 37.
+Kæreste lille Dis!
+Nu kommer saa det lovede Paaskebrev, men selve Paasken er da glidt hen for mig uden Brevskr. til dig. Jeg skyldte Bibbe saa rent ukristeligt og skrev et kæmpebrev til hende – og sløj er man jo efter den store Slagte- og Paaskegøren – du. Jeg havde bestilt Kone til Tirsdag, hun kunde først Onsdag og da kom der Bud, at hun ikke kom p. Gr.a. Sygdom i Hjemmet. Der stod jeg! men hang saa i alene og da det kun var en lille Gris gik det jo. Mon I fik Slagtemaden i nogenlunde Tid? Helligdagene kom jo lidt paa tværs ved Forsendelsen [”ved Forsendelsen” indsat over linjen]. De to første Helligdage havde vi fremmede. Lasse Taaning m. Broder, Svigerinde og dennes Veninde – en henrivende Københavnerinde som studerer Medicin; vi kender hende godt; hun var her baade Palmesøndag og om Onsdagen, samt altsaa Skærtorsdag m. Taanings. Den Onsd. da jeg stod alene m. Slagtningen fik jeg altsaa fremmede – Daisy og Gurli – jeg var ikke videre gæstfrit indstillet da jeg midt i det hele maatte lave an med Kaffe og Underholdning. Langfredag kom den goe Elle i dejligt Vejr; kom lige til Kaffe og blev til Aftensm. Og Aft.kaffe, saa vi fik en god Passiar Hun og Agraren kan efterhaanden helt godt sammen, jeg kunde mærke, at Agr. var glad ved at se hende? Søde Dis – hvor det gjorde mig ondt, at det Brev fra Elle berørte dig pinligt. Men jeg var da heller ikke inviteret og vidste slet ikke, at Elle var derovre før senere, men derfor glæder jeg mig da alligevel over at høre om lille Mudis Lykke. At du sørger over ikke at være i Kontakt med dine søskende, kan jeg da saa udmærket forstå, men naar Tingene er, som de er, vilde det da have været mere forbavsende, om du var bleven bedt; end at du ikke blev bedt. Det berører ogsaa mig i mit Forhold til dem, idet jeg jo aldrig kan frigøre mig for lidt Bitterhed imod dem, naar jeg tænker paa deres Udelukkelse af dig – jeg taler aldrig til Elle om dig; hun læser alle mine forsk. Breve, naar vi ses, men aldrig fra dig, og jeg har heller ikke i Sinde at fortælle om den Sallinge-Tur, men tænk saa vidste hun det skam, og ved du hvor fra? gennem lille ”Krastine” og Kat Sørensen; du havde ringet til hende nede fra Franzen. Maaske det er en smaalig Tankegang af mig, men alt det morsomme og interessante jeg faar fra dig gen. dine Breve vil jeg beholde for mig selv; hvis Elle spurgte til dig, var det måske noget andet. - - De to sidste Helligdage saa vi ikke et Menneske. Jeg tror Agraren og Tinge følte det lidt ensomt, jeg nød det i fulde Drag. Jeg havde sørget godt for deres Forplejning – Påskedag en lækker Æblekage m. Flødeskum – og saa en Lagkage til alle Kafferne. 
+2 Hvilket imponerende Paaskegilde, I skulde have! Kan I nok sidde 8 i Jannas lille Stue; jeg glæder mig til at høre om Forløbet. I har egentlig meget altid – Gæster og kommen ud, kan du nok holde til det? Du har slet ikke skrevet om, hvordan dit Hvileophold hjalp dig. Var det ikke surt at komme i Gang igen? S.u. – jeg mener om dit Befindende? Nerverne? - - 
+Man skulde virkelig tro, at Citronerne hjælper. Jeg tager altsaa baade Medicin og Citronsaft hver Dag og har ikke haft Anfald siden Fredag før Palmesøndag. Hænderne er også mindre stive og smertende om Morgenen – naa, det er jo lige meget, naar jeg bare må være fri for Anfaldene, som gør mig uarbejdsdygtig. Jeg tror ikke det er Gigt – de Anfald. Gurli sagde, at der var en Sygdom, som bestod i at Blodet har svært ved at komme gennem Aarerne (populært sagt, vel) og saa voldte store Smerter. Jeg har egentlig troet det var Arterieforkalkning og det kan jo ikke kureres. Hvor kunstigt, hvis du og jeg har opfunden Lægemiddel mod den Sygdom – men man skal jo ikke slå den Slags fast, andet kan jo have spillet ind. Til Lykke med dit Øre! hvor var det dog dejligt! Tænk om Dedde, som jo menes at ville blive stokdøv med Tiden, kunde faa en lignende Overraskelse. 
+Hvis du kan faa Mod til at gaa op og faa det ["t" i "det" overstreget] Polyper ud, saa vil det sikkert hjælpe meget paa dit Almenbefindende. 
+Hvor jeg kan forstaa, at du flygter fra den Radio, vi har da kun Telefon–Radio og jeg dyrker den aldrig; Foredragene kan maaske være interessante nok, men man kan da aldrig høre et til Ende uden Afbrydelse, saa mister man Traaden og irriteres; og al Musik synes jeg, lyder modbydelig. Men en Højttaler! Ja, saaa er jo egentlig Hjemmet spoleret, som Hjem betragtet. Nej, det er da en Djævelens Opfindelse. Men Størsteparten af Menneskene er jo lyksalige. 
+Du skriver om et Hørespil – det har du aldrig fortalt mig om (dette sidste var sagt med Bebrejdelse i Stemmen) du skriver, at det ikke er efter min Verdensanskuelse! Men søde Dis, kender du den? Saa fortæl mig den dog, for det er saadan en sær Fornemmelse ingen at have, det tror jeg heller ikke Far havde; jeg har altid tænkt ham spejdende efter en Livsopfattelse – el. ret. Verdensanskuelse, men aldrig være i Stand til at føle den Overbevisning om de Ting, "som ikke ses”, som du F.eks. har saa let ved at føle, og som vel ogsaa er det bedste; men det maa vel være et Spørgsmaal om forskellige Naturer. Tror du ikke. Men derfra og saa til ikke at interessere sig for intellektuelle Ting er dog et Spring
+3. Onsdag d. 31. Her har du mig igen. Jeg er kommen i Tanker om, at jeg ikke vil sende dette Brev, før jeg hører fra dig (Kvittering for Slagtemaden) saa vi da en Gang kan komme ud over den Krydsning, i vor Brevskrivning, men maaske tænker du det samme at du vil have mit lovede Paaskebrev inden du skriver. Det er ligesaa baade med Manse og Bibbe; vi kan bære os ad hvordan vi vil, saa krydses Brevene, der maa være noget, der ligger hos mig for Tiden. Nu maa jeg fortælle dig om i Går Tinges Fødselsdag; hans 30 årige! Den havde Dagen igennem været yderst stilfærdig; dog Posten bragte en Del. Fra Marie 10 Kr. (!) et Hynde til hans Plads paa Bænken samt Chokolade; fra Uglen og Lasse Cigaretter og et Bælte; Kort fra Manse; fra Bibbe baade Kort og Brev, indeholdende en Pengeseddel (10 Shilling) saa der var jo Højvande. Saa om Aftenen, da jeg lige skulde til at [et overstreget bogstav] skænke Chokoladen kom en Bil. Du ved ikke, hvor jeg blev glad, jeg troede ikke de (Pufs) huskede hans Fødselsdag – hvad de da heller ikke havde gjort, men den goe Elle havde arrangeret, ringet og gjort an; Resultatet: Puf, Else og med dem Lasse Taaning, alle med Gaver ogsaa fra Elle. Godter, Cigarer, en pragtfuld Skjorte [”en pragtfuld Skjorte” indsat over linjen] Appelsinmarmelade og en dejlig Bog fra Las af Louis Golding: Magnolia Stræde. Kender du den? en vældig tyk en jeg glæder mig meget til den.
+Vi havde en dejlig Aften ved Chokoladebordet, - Gallop Kringle og Lagkage – og de fortalte om deres Paasketur; de bliver jo altid saa stærkt beriget med Gæster, at det undertiden er dem for meget, saa de havde bestemt sig til at flygte i Paasken. Las, Puf og Else. De bilede til Jylland og Begyndelsen gik godt; men nord paa fik de Snestorm og Bilen gjorde tilmed Knuder (temmelig alvorligt endda) Puf, som havde en optrækkende Forkølelse, blev syg af de merfølgende Strabadser og de laa stille i Aalborg paa et ganske dejligt Hotel. Trods alt det, følte de sig forfriskede af Turen. Det er saa dejligt at se, som Else elsker Las; hun synes han er fuldkommen. Tænk hvad det betyder for Las, som selvf. uden at man mærker det, nærer de samme Følelser for hende, og som tilmed har de to Børn, som han paa sin stille Maade forguder. Er det ikke skønt at tænke paa, at Las i sin Alderdom har saa blide Kaar. 
+1-4-37 Du skrev i dit forrige Brev om Thomas Mann. Nej, jeg har ikke læst hans Svar til Universitetet, men vilde vældig gærne læse det; alt det, der foregår i Tyskland for Tiden, maa jo interessere os alle glødende og jeg vil meget gærne læse det, hvis du skiulde have det liggende som Udklip. Du har vel læst om Eggert, som de henrettede nu midt i Marts, fordi han var
+4 Fredsven og Antinazist? Hvor længe skal alt det, som er en Skændsel for den hvide Race fortsætte. Og hvor længe skal ens Svigersøn synes, at det er ganske som det skal være? Du har aldrig svaret mig paa, om du fik noget at vide om Dr. Sechendorfs Penge. Ved Nus ikke det. Jeg synes, det har sin Interesse at fastslaa, at deres infame Jødepolitik simpelthen er Røveri. De Jøder, som de kan faa fat i og som har Penge, piner de til døde i deres modbydelige Koncentrationslejre for derefter ganske rolig at tage deres Penge. – Det Tyskerne gør med Jøderne er jo egentlig ganske det samme som Italienerne gør mod Abessinerne om en under en anden Form. Jeg blev meget betaget, da Puf den Aften de var her og vi talte om engelsk Udenrigspolitik sagde at fordi det tidligere socialdemokratiske [”engelske altså” anført oven over linjen] havde undladt at ruste, kunde Italien uhindret foretage deres Røvertogt til Abessinien. Det syntes at være ubestrideligt. Og i saa Fald har vi Pacifister været med til Abes'. Undergang. Du forstaar, England følte sig ikke stærkt nok til at tage Kampen – en eventuel Kamp – op m. Italien. Men der var jo Suezkanalens Lukning, som den eng. Højfinans ikke vilde gaa med til at lukke (saa burde Ministeriet hvis det vil forlange Prædikatet: hæderlig) være gaaet af – maaske kunnet nøjes med at true dermed. Naa – vi ved jo ikke alt hvad der foregaar i Downing Street. Deres Alfa og Omega er vel: Det eng. Imperium
+Det kunde more mig at høre, hvad Axel mener om den Ting. Han interesserer sig vel for Udenrigspolitik – ja det maa jo enhver i disse Tider. Jeg har desværre ingen rigtig at tale med om det. Det er Morgenstund, jeg har Vaskekone og nu maa jeg i Gang med mit. 
+Dagen efter. Fredag. Ak hvilken Storm til mit stakkels Tøj; en Del blev tørt i Gaar. Af det senere udhængte tog jeg en Del ind ved Sengetid. Resten har blafret hele Natten og Regn fik vi, men nu er det tørt paa et Par Timer, hvis vi faar Tørvejr. – 
+Nu sender jeg Brevet. Jeg tør vædde med at du har haft samme Tankegang, som jeg med at vente paa mit Brev for at undgaa at de krydser. 
+Tillykke med det lille nye Barnebarn! Men tænk, at du fik det at vide ad Omveje. Der har Sjums nu en Brist. Man kan sagtens skrive et Brevkort m. Blyant fordi man har faaet et Barn. - - Undskyld min Grundighed – men du tror vist, du en Gang har skrevet om et el. andet, der er sket for noget siden paa Axels Kontor. Var der en Palads-Revolution. Blev Direktøren afskediget S.u. Nu ikke mere, kæreste Dis uden de kærligste Hilsner til Jer alle tre med endnu en Gang de Tusinde af Tak for alt det lækre du sendte os.
+Din Junge. 
+[Skrevet på hovedet øverst på sidste side:]
+Elle sendte Julekort til din gamle Adr. Lindevej. Fik du det ikke? Saa maa Jeres Postvæsen da rigtig skamme sig
+[Skrevet langs venstre margen på s. 4:]
+Jeg ser ved Gennemlæsning, at jeg har skrevet lidt for hvast mod vores skikkelige Telefo-radio, den generer mig da egentlig ikke meget
+[Indsat i venstre margen s. 7:] S.u.</t>
+  </si>
+  <si>
+    <t>1938-5</t>
+  </si>
+  <si>
+    <t>Eric Bøttern
+Jørgen Bøttern
+Margaretha Bøttern
+Thora Cohn
+Adolph Larsen
+Jens Larsen
+Jeppe Larsen
+Johanne Christine Larsen
+Peter Larsen
+Else Larsen, Else, Andreas Larsens kone
+Franz Syberg
+Gudrun Syberg
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Det har længe været tørke, men denne dag regner det. 
+Johannes Larsen er ved Fiilsø, hvor han maler akvareller. Han bliver der maj måned ud.
+En livligere brevveksling er en god idé.
+Eric og Margrethe/Gretel Bøttern har fået en søn.
+Franz/Trylle Syberg og Gudrun er blevet gift. 
+Else og Andreas/Puf Larsen vil fejre regnvejret med en malurtbitter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/x2mV</t>
+  </si>
+  <si>
+    <t>[Fortrykt øverst på hvert ark:]
+ANDREAS LARSEN
+KJERTEMINDE
+[Håndskrevet i brevet:]
+Kære Lysse.
+Tak for det udmærkede Brev forleden. Det er rart at se, at I ikke har tabt Humøret i Tørken; men den er maaske ikke saa ødelæggende hos Jer som her. Agrarens var her iaftes, de skulde til at have Køerne paa Stald nu, og det er ikke mærkeligt, for der har bogstaveligt ikke været Græs iaar. De Ture jeg har kørt til Fiilsø har vist mig ["mig" indsat over linjen] at det stod lige skidt til paa Fyn og i Jylland. Men nu regner det. Imorges var der kommet 2 mm og op paa Formiddagen fortsatte det, saa der til Middag var kommet næsten 3. Kl 1/2 5 gik jeg ind fordi jeg var gennemblødt og siden har det
+2.)
+regnet jævnt godt; nu skal jeg gaa ud og se efter. Nu var der 10 mm, og det ser ud som der gerne vil komme 10 til, saa vil det da være en Begyndelse. Vi haaber det regner ligesaagodt hos Jer. - Far er ved Fiilsø, han var hjemme 3 Dage omkring 1 Maj men ellers har han været der siden ca 1 April. Han maler næsten udelukkende Aquarel og han regner med at være der ovre Maj Maaned ud. Jeg synes Dit Forslag om en livligere Brevvexling er rimeligt, men da Dit velskrevne af 13/5 var det første efter længere Tids Smalhals, saa videresendte jeg det straks til Far og Du maa derfor have mig undskyldt, hvis jeg ikke besvarer alle Dine Spørgsmaal. Om Øllet
+3./
+kan meldes at det for Tiden gaar som det skal. Har vi forresten ladet Jer vide at Eric og Gretel har faaet en Søn? Han blev født først i December og er saaledes lidt ældre end vor yngste Datter. Trylle er blevet gift med Gudrun og de er kommet hjem fra en Bryllupsrejse til Tyskland i Bil. Iøvrigt staar Byen paa sin [overstregede tegn] rigtige Ende. Nu skal jeg op efter Øl til Ungerne, som er ved at blive fodret. - Jeg saa paa Regmaaleren, den viste nu 12 1/2 mm., det er en pæn Fart; men saa kom jeg til at se paa Kloakken [det redje "k" i ordet overstreget] i Gaarden, der løber en Del i den; ja man kan dog altid finde noget at ærgre sig over! Og tænk saa paa alt det der falder i Stranden, det
+4.
+er jo næsten til at græde over. Else er nu ["nu" indsat over linjen] oppe med Børnene, naar hun kommer ned skal vi have vores Mad, som staar her og venter, og vi skal have en Malurt til i Anledning af Regnen. Nu kommer Else med Snapsen, saa jeg maa vist slutte.
+Mange Hilsner til Bimse, Peter, Peter, Jens og Digselv fra
+Else og Puf
+Vend!
+Jeg har engang slumpet til at skrive til Bimses Fødselsdag uden at vide det, kunde Du lade mig vide Datoen?
+Kl 21: 16 mm.
+regner stadig.</t>
+  </si>
+  <si>
+    <t>1939-02-27</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Thora Cohn
+Elena Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Marie Meyer
+Alhed  Møhl, Lysses datter
+Kurt Schuschnigg
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Thora Cohn, f. Larsen, blev født 19. jan. 1939. 
+Den omtalte etiket til ølflaskerne lå ikke sammen med brevet.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen sender et forsinket fødselsdagsbrev. 
+Else og Andreas Larsens datter fik navnet Ane Kathrine Alhed. Hendes lillesøster blev døbt Thora.
+Andreas tabte sin pibe på brevpapiret; deraf den brændte plet. 
+Schuscniggs tale har været bragt, og Andreas Larsen forstod noget af den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1485</t>
+  </si>
+  <si>
+    <t>[Fortrykt øverst på arkene:]
+ANDREAS LARSEN
+KJERTEMINDE
+[Håndskrevet i brevet:]
+27/2 - 39.
+Kære Lysse.
+Vi er nok kommet skidt efter det, hvad angaar at huske Din Fødselsdag iaar. Da det den 22/2 var Magisterens 60-aars, syntes jeg at det var for tidligt at skrive til Dig, og saa gik Tiden til jeg, da jeg vaagnede imorges regnede ud, at nu var det for sent, for nu var det den 26. Da jeg saa Politiken viste det sig imidlertid at det var den 27. Far er det jo paa en Maade gaaet knap saa slemt, han skrev jo forleden for at gratulere Dig til Din nye Værdighed som Aktionær. Nu haaber vi, at det Brev har naaet Dig til idag; selvom det ikke var et Fødselsdagsbrev, saa var det jo en Hilsen og en glædelig Overraskelse. - Har I faaet Jeres Datter døbt? Vores kom alligevel ikke til at hedde Alhed. Sagen er at Ane hedder (lille Søster faldt ud af Vuggen, mens jeg var ved at tænde Piben, derfor Brandpletten) Ane Kathrine Alhed, og at vi tilsidst fik Samvittighedsnag overfor hende, saa kom den lille til at hedde Thora. - Med Brygningen gaar det saa smaat fremad, jeg er begyndt at tænke paa Udstyret og vedlægger et Par Udkast til en Etikette. Jeg tænker mig den er færdig iden jeg kommer derover. - Jeg skal hilse og gratulere fra Marie Meyer, som har hjulpet os med Hummerne. - Nu hørte jeg en Del af Schussniggs Tale, hvor meget jeg forstod af den er en anden Snak, men naar I læser dette har vi vel begge læst Referaterne. Men det synes jeg, jeg forstod, at han fik betydelig mere Bifald naar han talte om Østrig end om Tyskland, ogsaa Venskabet med England og Frankrig syntes at vække Begejstring. - Naa nu er det Tiden at Brevene skal ned saa nu maa jeg slutte. - Else maa nøjes med at sende en Hilsen og Lykønskning herigennem, hun har jo maattet underholde Marie Meyer.
+Godt aar!
+Hilsen til Jer alle
+fra Puf. 
+[Indsat øverst på s. 1; på tværs:]
+Hilsner og Ønsker om et godt Aar fra os alle her. Thora Jeppe Ane Else Puf og Farfar
+[Indsat øverst s. 1 omkranset af streger:]
+Det er Elses Fødselsdag den 28/4, hvornaar er det nu at det er Bimses?</t>
+  </si>
+  <si>
+    <t>1939-03-18</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Bakkevej 12 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Louise Brønsted
+Thora Cohn
+Aksel Dydensborg
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Otto Emil  Paludan
+Ellen  Sawyer
+Adelheyde Syberg
+Ane Talbot
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>I sommeren 1938 aftalte England, Frankrig, Italien og Tyskland, at området i Tjekkoslovakiet kaldet Sudetertyskland indlemmedes i det tyske rige som en lydstat (der boede mange tyskere i denne del grænsende ind mod det tyske rige). Den engelske premierminister Chamberlain udtalte ved hjemkomsten til London de berømte ord ”Peace in our time”). - 5. marts 1939 angreb Tyskland resten af Tjekkoslovakiet. Snart drev forfølgelsen af de sudetertyske jøder og arbejderbevægelsen dog en del på flugt, flest til Tjekkoslovakiet (Kilde: Lex. dk). 
+Albrecht Warberg blev født 7. marts 1839 på gården Ensomhed i Heden på Midtfyn. Han blev begravet på Hillerslev Kirkegård. 
+Egelund eller Lundgaard, Lumbyvej 56, Lumby. Oprindelig en tvillingegård (matr. nr. 6a og 7a) (Kilde: Arkiv.dk). 
+Lars Christian/Laders og Marie Balslev boede 1929 til 1958 på Erikshaab (Alhed Larsens og hendes søskendes barndomshjem).
+Kirkelaugnet: Der menes formodentligt en bygning/et laugshus ved kirken, oprindelig benyttet af et håndværkerlaug/lav/sammenslutning.
+Diatermi: Kortbølgebehandlinger i form af lokal varmebehandling, af bl.a. gigt- og muskelsmerter (Kilde: Lex.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0600</t>
+  </si>
+  <si>
+    <t>Axel Müller har været syg.
+Johanne og tre af hendes søstre har højtideligholdt deres fars 100årsdag. De kørte først til Heden Kirkegård og besøgte Adelheyde/Mimi Sybergs grav. Derefter fik de middag på gården Erikshaab. Der var en dejlig udsigt gennem haven, som var blevet ryddet. Efter maden tog selskabet til Hillerslev Kirkegård, hvor de trimmede Albrecht Warbergs gravsted og plantede blomster samt lagde kranse på den samt på Otto Emil Paludan/Pallams grave. De sluttede med kaffe på Erikshaab og kørte så til Kerteminde, hvor de spiste hos Johannes Larsen med familie. 
+Johanne får lysbehandlinger i sin tå.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TAfR</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+20 Marts 1939
+(om Fars 100 års Dag)
+Fru Warberg Müller
+Bakkevej 12
+Hareskov St.
+” tirsd. ” 23-1-07.
+læst lørd. d. 17-9-05.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby
+[I brevet:]
+Nu ogsaa Jøderne i Czekkosl.! 18 marts 39
+hvor er det snart forfærdeligt
+og det arme Land. 
+Kæreste Dis!
+Endelig faar jeg fat paa Brevet til dig, saa meget har sinket mig, Bibbe været daarlig nogle Dage af Forkølelse og mine Sygehusture trætter og distraherer mig –
+Tak for dit Brev! Det var rigtig nok sødt af dig at skrive straks efter, du kom op. Hvor trist dog med al den Sygdom hos Jer; hvor saadan en alvorlig Mavesygdom dog maa have taget paa Axel, der er ikke saa mange Kræfter at tage af. Gid han dog nu maa være over det; da du skrev havde han endnu 38⁵, det er dog høj Feber. Og hvad for en Slags Mavesygdom kan det dog have været naar det smitter – du skrev, han havde smittet dig, er det ikke snarere to Virkninger af en og samme Aarsag? Siger Doktoren ikke noget om det? Alm. Mavedaarlighed smitter jo ikke. S.u. 
+Lad mig straks gaa i Gang med at fortælle dig om Dagen. Den blev en dejlig Oplevelse. Kl. 10½ ankom en stor Bil med Chr. Lugge og Elle; jeg blev læsset og vi gled. Min første Bemærkning var: Jeg synes I er noget blomsterløse”, der var neml. ikke saa meget som et Blad at se i Bilen; men de trøstede mig med, at hele Magasinet var fuldt. Vi havde saa en yndig Tur derned, Solskin med enkelte Haglbyger. Vi var i saa god Tid, at vi kunde tage op paa Heden Kirkegaard og se til det gamle Gravsted – havde jeg vidst det kunde jeg have haft Vintergækker med til Tante Minnis Grav, jeg havde en Krans med til Fars, den kunde jeg jo ikke dele; jeg havde ikke bundet den selv, vi havde nok Gækker og Krans men ingen Grønt og det er jo lige saa vigtigt. Vi tog lige til Erikshaab, hvor de jo ventede os til Middag Kl 12; ved ”Stenten” i Hestehaven stod Elle og Lugge af og gik gennem Skoven, L. har jo ikke set den i mange Aar. Jeg advarede dem mod Bækken, men de kom da paa en mystisk Maade over, der var jo meget Vand alle Vegne dernede. Flaget vajede paa Erikshaab, L. og Marie stod smilende og søde og Haven og Omgivelserne var så hægede som de paa nogen Maade kunde være
+2
+Der var varmt og henrivende. Så indløb Elle og L. og vi gik ind til en lille fin Middag; Suppe jævn m. Rosenkål, en dejlig Kalvesteg samt Jaffa Appelsiner, Rødvin. Laders holdt en nydelig Tale for Fars Minde – hvor har alle Mennesker dog holdt af Far. Vi var alle sammen saa glad [”glad” overstreget] glade og tilpasse og saa festligt stemte; Elle sagde, at hun tudede uafbrudt, hun faar det jo let ved saadanne Lejligheder. De var saa oplagt glade ved os. Efter Kaffe og Cigarer gik de en Tur i Haven, jeg blev inde og havde [”havde” overstreget] saa ud gennem Havestuedøren. Der er hugget en Del i Efteraaret, saa man overalt har de skønne Omgivelser ind paa Livet: Aaen, Engene, Markerne overfor der skraaner op ad Lyndelse Kirke, Egelund – du ser det hele for dig. Jeg havde en af Agrarens Støvler paa, saa jeg gik helt godt. Der var Plads i Dydenborgs store Bil til os alle, saa L. og M. kom med paa Kirkeg. Der laa din dejlige Krans og straalede foran Pladen - ja det ved du jo fra Billedet, Tak for det. Der var pænt, men det faldt os ikke ind, at der var gjort særlig rent til Dagen. (Saa pænt af den gode Sognefoged) Laders tog alle de grimme visne Mahognibuske el – ret. Pinde bort, han kunde brække dem af. Chr. havde Tulipaner med Knold med; dem plantede hun hele Vejen uden om Bænken - du forstaar i Kanten der. Elle havde bundet et Kors, Puf en henrivende lille Krans med Violbuketter, Lugge have flere Sammenplantninger i aflange Trækasser med alskens Foraarsblomster og saa min Krans, det hele var nydeligt – ja meget smukt; vi hentede en Rive et Sted og rev efter os – d.v.s. Laders; han besørgede med kyndig Haand alt det korporlige Arbejde. Chr. og Lugge havde Krokus med som de plantede paa Pallams Grav. Mens vi var der, skinnede Solen (efter en stærk Byge, som vi tilbragte i Bilen inden vi stod ud) saa smukt og varmt og Kirkelaugnet saa pragtfuldt ud 
+3
+med saa meget Vand, at det næsten var en Sø. Det hele var en vidunderlig Oplevelse. Jeg var saa glad ved, at Chr. og Lugge øjensynlig var saa glad ved Laders og Marie, de faldt saa godt sammen. 
+Der var dækket fint Kaffebord i Havestuen, da vi kom tilbage, men vi trak snarest efter Kaffen ind i Dagligstuen ved d. varme Kakkelovn.
+Ved 5 Tiden drog vi af til Kjertem. hvor vi fik dejlig Aftensmad hos Lases og en hyggelig Aften bagefter med megen Røg og Diskuteren Verdenssituation. Puf kørte mig hjem og saa var det forbi. En herlig Dag.
+Jeg tager hver anden Dag ud paa D [”D” overstreget] Sygehuset og faar diathemibehandl. (Lys paa Taaen). Det hjælper godt synes jeg, men er jo baade dyrt og besværligt for os; køres op og hentes v. Bilerne. Men naar det bare hjælper, kommer vi jo nok over det.
+Nu er Tiden omme, søde Dis, vil du nøjes med dette.
+God Bedring!! Kærlig Hilsener! Din Junge</t>
+  </si>
+  <si>
+    <t>1939-09-09</t>
+  </si>
+  <si>
+    <t>Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Neville Chamberlain
+Johanne Giersing
+- Smith, Lærer
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg kom ikke til at tilbringe vinteren hos Johanne/Besse. Han døde 20. dec. 1939 på Pilegården.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1291</t>
+  </si>
+  <si>
+    <t>Lærer Smith har taget fotos af Tyren, og Syberg sender dem. 
+Syberg har fået en idé til en skulptur, hvor en tyr slås med en kvælerslange. Denne er inspireret af en tale af Chamberlain, hvori han hævdede, at Tyskland vil regere Europa. Syberg ironiserer over dette og skriver, at også Andorra, San Marino og andre små stater i så fald vil regere Europa, og at England er en selvbestaltet beskytter. 
+Det koster Syberg besvær at arbejde, men han fortsætter. Han har aftalt med Johanne/Besse at bo hos hende den kommende vinter, og det letter hans sind.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/q95M</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+9-9-39
+Kære Hans.
+Jeg har faaet nogle Fotografier af Tyren, taget af Lærer Smith i Odense. Maaske har Du ogsaa faaet nogle? Dersom jeg var tilstrækkelig rig havde jeg en Bestilling til Dig, et Monumentalværk i Granit "Tyrens Kamp med Kvælerslangen". Det er en Tale af Chamberlain der har fremkaldt Motivet i mig. Den Talen ["Talen" indsat over linjen] gjaldt Tyskland, hvis Maal er "at regere i Europa". Ja rigtig min Herre, Tyskland vil regere i Europa, Italien og Frankrig vil, Norge Sverige og Danmark vil, saagar San Marino Andorra og Luksemburg vil, hvor forbryderisk naar man dog har England (som intet har at gøre i Europa), til at sætte Lus i Skindpelsen, om Forladelse til at beskytte alle de smaa Stater baade i og udenfor Europa. Men altsaa Der vil jo ingen Tvivl være op ["op" overstreget] om hvem der er Tyren og hvem Kvælerslangen. Derimod kan man jo vise sin Sympati og Antipati ved at lade Tyrens Undergang og Kvælerens Triumf, eller det mo ["mo" overstreget] omvendte, være det dramatiske Moment i i Skulpturen! Jeg vilde nu, hvis jeg havde Pengene dertil, sætte som en Betingelse at Kampen skulde fremstille et af Kampens Højdepunkter, hvor Bestiernes Egenskaber uf ["uf" overstreget] udfolder sig i fuld Blomst, alle deres Egenskaber. Iøvrigt kan jeg meddele Dig at jeg stadig passer Geschæften selv om det koster mig Selvovervindelse "at tage Initiativet" hver Dag, men jeg ved at det vilde blive meget værre hvis jeg gav efter og slap Kontakten. Derimod har jeg aftalt med Besse at bo hos hende i Vinter. Hvo ["Hvo" overstreget] Hvornaar jeg rejser derop afhænger af - mig selv. Men det letter Sindet at jeg naarsomhelst kan skifte Luft, Tanken om at jeg ikke Resten af mit Liv er henvist til Kjertemindeluften forekommer mig som et Fund.
+Hilsen til Jer allesammen
+Far.</t>
   </si>
   <si>
     <t>1941-04-08</t>
   </si>
   <si>
     <t>- Andreasen
 Valborg Andresen
 Maria Balslev
 Vilhelm Balslev
 Alfred Fly
 Heinrich Hopp
 Lars Lankjær Mikkelsen
 Adolph Larsen
 Marie Madsen-Mygdal
 Thomas Madsen-Mygdal
 Cathrine Meyer
 Marie Meyer
 Otto  Meyer
 Axel  Müller
 Ellen  Sawyer
 Fanny Schaffalitzky de Muckadell
 Janna Schou
 Gudrun Skanderup Nielsen
 Kaj Skanderup Nielsen
 Erik Warberg Larsen
@@ -2599,50 +2959,114 @@
 Kæreste lille Dis.
 Hvor der dog er bleven lang Tavshed imellem os, igen har nok vore Breve krydsedes! Tak for dit sidste. Jeg ser baade af det og af dit sidste lange Fødselsdagsbrev til Elle (hun var her nogle Timer i Søndags, cyclede igen Kl 3, men var da kommen før Middag, det er anden Gang siden Jul, hun var her; hun skulde ud til Middag, hun fører et udsvævende Liv, som de sagde om Comtesse Fanny, da hun blev gift) at du har været flere Gange i Kbhv. og haft det festligt og dejligt. Hvor det dog glædede mig at høre, søde Dis, baade fordi det viser, at du er rask og fordi du har tjænt til det efter den lange Vinter, efter saadan en stille Tid, hvor man kun ser de samme Mennesker – selv om det er de bedste – trænger man til at se andre, og ogsaa til at befinde sig andre Steder. Jeg læste din Basken med Vingerne med stor Glæde og Interesse. Tænk, at du laver alt uden ringeste Hjælp, kan du dog overkomme det, ja, det er jo meget mindre enkelt end det var før, at føre Hus; meget er blevet anderledes, vi har i Dag kogt blød Sæbe af Sæbespaaner, Soda, Borax og Vand; dog, det er jo kun en Smaating. - - Mon vor store epokegørende Nyhed her er rygtedes til dig? At Bibbe til 1_ste_ Maj skal til Odder Sygehus som Elev! Næsten siden Jul har hun virket med det og skrevet utallige Ansøgninger, faaet Afslag paa Afslag, næsten alle med den Motivering, at de kun tog Elever under 30 Aar. Saa endelig fik vi Svar fra Overs.pl. paa Odder Sygehus, bl.a. skrev hun [”hun” indsat over linjen] ”ingen Regel uden Undtagelse og De synes jo at være Undtagelsen”. Bibbe blev ovenud lykkelig og gik straks i Gang med sin Udstyrelse: 4 Kjoler 8 store Forklæder o.s.v., hun faar 25 kr. om Mdn. Det var jo i høj Grad paa Tide, at Bibbe fik sig et Livserhverv og jeg har baade tænkt paa og talt om, at Sygepleje maatte ligge for hende, men først hendes Røde Kors Tjeneste i Vinter, hvor hun har arbejdet en Del paa Sygehuset – ogsaa en Nattevagt - har givet hende Blod paa Tanden, ja glødende Lyst til det. Nu staar Himmel og Jord i et for at faa alt færdigt til Bibbe og Frk. Andresen skal rejse 1_st_ Maj; i Dag ordnes Spisekammer 
 2 Køkken, Kælder og Vaskehus; vi havde været i med Peter Træskomand om at kalke, men han henviste til sin Kone, du ved vor Ungdoms Jomfru Dovsen [”Dovsen” overstreget] Dovlsen i Højrup. Hun er et Jærn til alt Arbejde; desuden har vi en unge Kone (som har tjænt her en Gang) til Rengøringen, vor egen Frøken Andreassen er jo ikke videre gæv til nogen Verdens Ting og Bibbe er i Kjerteminde i Dag til Begravelse; kan du huske, vi havde nogle gode Venner i Kj.: Skolebestyrer Christensens; han døde for adskillige Aar siden, og hun kom aldrig over sin Sorg; den knuste hende, hendes Hjerne tog Skade, og nu er hun død, hvilket kun er godt. Det var et Par herlige Mennesker; hvor har Elle og jeg tilbragt mange hyggelige Timer i deres Hjem, saa gæstfrit og harmonisk som det var; de vidste aldrig hvor godt, de vilde gøre det for deres Gæster. 
 Du kan forstaa, at det med Bibbe er helt revolutionært for os. Agraren og jeg vil savne hende ubeskriveligt, for mig gaar Solen ned, naar hun rejser, men Tanken om, hvor godt det er for hende selv maa jo bære over det; Dr. Lankjær mener at det vil tage det sidste af hendes Nervesygdom, og han gav hende uden at blinke Attest for at hun var rask – fordi han var saa sikker paa, at anden Luft, andet Arbejde og nye Mennesker vilde kurere hende. Hvad der skulde til af Attester og Anbefalinger, kan du ikke tænke dig. Det hele skulde ordnes og sendes saa ekspres, at det ikke kunde naa sig at faa en Anbef. fra dig, men hvad hun fik samlet viste sig altså at være nok; der var to at vælge imellem – der i Odder – og det blev altsaa Bibbe.
 Sikken en dejlig Ro, der er falden over Huset nu; vi har haft Kvas-Hugger i Dag lige fra i Morges til nu ved 4 Tiden, det er en meget larmende Maskine, som fordrer en Del Mandskab; vi var 12 til Middag, Mandfolkene og jeg spiste herinde, de 4 kvindelige i Køkkenet Friggedeller og Sø’suppe. ------
 Onsdag. Det er jo i Dag d. 9_nde_ April, og jeg synes, det er saadan en Sorgens Dag, ikke just fordi det er vor Aarsdag, hvad betyder en Dato, men fordi Efterretningerne fra Balkan er saa nedslaaende. Belgrad har de jo næsten ødelagt og saa vidt man kan faa ud af den engelske Presse, ser det sort ud paa Balkan, for Jugoslavien og Grækenland, de ulykkelige Lande, hvor er de dog tapre og modige, men 
 3 hvem ved, Dis, hvis de to Lande bliver sablet ned, vil det maaske blive Draaben, som får Amerikas Bæger til at flyde over, saa de gaar med; vi, jeg mener Verden, maa jo have de Sataner kæmpet ned, de maa da een Gang lære at forstaa, at Verden ikke vil regeres af dem. Bedst var det jo om den tyske Mentalitet kunde forandres, saa de mistede deres ulyksalige Hang tik at vilde [”vilde” overstreget] ville underlægge sig hele Verden, men kan man tænke sig, at nogle Slægtled kunde forandre paa deres Storhedsvanvid. Maaske! For er det ikke netop det, de er: sindssyge paa det Omraade. Og hvordan faar vi dem helbredte? Jeg tvivler ikke et Øjeblik paa, at de til sidst vil tabe, simpelt hen fordi hverken Staterne eller Sydamerika vil tillade dem at vinde, men hvad saa? Staar vi saa ikke paa samme Trin som da Verdenskrigen sluttede? Hvor de Mennesker dog gør sig forhadte rundt omkring i hele Verden; jeg ved da med mig selv, at jeg hader dem af hele min Sjæl, Sind og Tanke, men de er meget for lidt intelligente til at forstaa det; Fru Andresens Svigersøn (Otto A.s Kone) sagde til hende for nogle Aar siden ”hvor kan det dog være, at Danskerne slet ikke kan lide os.” Hun henviste til 1864. Ja, hvad var det: det vidste han da ikke en Smule om, nej de er et Løgnens Folk, der skriver deres Verdenshistorie som det passer dem. Bibbe var sammen med Marie og Katrine Meyer forleden (Mix’es Søster) Kath. havde været sammen med Madsen Mygdals hos Mix’es og det viste sig at baade M.M. og Kone var Nazister! Katrine som er glødende Anti-Tysk har frabedt sig at blive bedt sammen med dem mere. Men mon det alligevel ikke er ret faa, der har det Sindelag, at de hælder til Forbryder-Metoderne. Vi træffer da aldrig nogen. - - Agraren er i Kjertem. til Behandling paa Sygehuset, nu er Ansigtet snart i Orden. Med mig gaar det nogenlunde som sædvanlig, jeg haaber paa den kommende Sol. 
 Vi er i Færd med at faa en Husbestyrerinde til Maj, en Jyllandspige fra Aalestrup, som jeg ikke ved, hvor ligger; vi korresponderer om det og det synes at gaa i Orden. 60 Kr (!) Jeg kan jo ikke lave noget uden at det straks bliver daarligere med Knæet. Jeg spurgte forleden Doktoren, om han troede, jeg kom til at gaa om et Aar; han sagde ja, men jeg synes, at han havde det Ansigt
 4
 paa, som de har, naar de narrer Patienterne. Jeg synes, at [”at” overstreget] jeg begynder at mærke, at jeg har Nerver; det maa ellers siges at have været upaaklagelige i min snart 3årige Sygetid. Jeg skal give dig et lille Eksembel paa min Ikke-Nervøsitet. Da Doktoren var her for noget siden, havde jeg bedt ham om at tage en Tang med til at hale en Rod ud, som sad efterladt og som af og til blev betændt; da vi snakkede om Knæ kom jeg i Tanker om Roden og spurgte, om han havde husket Tangen – Jo! Han halede den op af Tasken, jeg gabede, han tog ved, og ud fløj Roden. Jeg sagde Tak! Satte Tænderne i igen og vi snakkede videre om Knæet uden at berøre ”Operationen” med et Ord, og uden at jeg i mindste Maade følte Sindsbevægelse ved det. Nervøse Folk reagerer lidt anderledes. Men Bibbes Afrejse er værre end en Tandrod og det reagerer jeg overfor. 
 Hvis jeg nu skal snakke lidt Økonomi, vil jeg først spørge dig, hvordan du klarer dig og om du nåede til Vejs Ende med den resterende Skat og saa fortælle dig lidt om os – jeg ved det vil glæde dig – Vi havde 4 Heste og mente, vi kunde klare os med 3, solgte saa den ene og fik 1800 Krus !!! for den. Samtidig solgte vi 2 [”2” indsat over linjen] Køer, som skulde kælve men var lidt bedagede, saa Handleren maatte op med 2750 Kr. Saa drog Manse hen til Sognefogeden i Dræby, som har en Prioritet i Gaarden her paa 9500 Kr (det var oprindelig 10.000 men vi har betalt de 500 af) og spurgte ham, om han vilde have noget imod at modtage 2000 som Afdrag. Nej, det havde han ikke, skønt Manse syntes han saa lidt alvorlig ud; de, der har Penge er jo ikke bedst stillede for Tiden. Han sagde: Ja, saa fornuftige skulde alle være! Jeg synes, det er helt flink af den unge Dreng til Manse – som da for Resten efterhaanden er bleven 26 Aar – at han hører til de fornuftige, og lader alt gaa her paa den gamle spartanske Maade i Stedet for at faa Højheds-Vanvid. Var det ikke en helt sjov lille Historie? Men saa har jeg for Resten heller ikke stort mere at berette – jo Marie Balslev har jeg [”jeg” overstreget] lige ringet [”n” i ordet indsat over linjen]; Vilhelm har faaet Lov til at komme hjem og ligge et halvt Aar! De er lykkelige, for saa kan han da snakke med sin Forkarl og være hos Kone og Barn. De har ikke sets i 9 Maaneder.
 Jeg længes meget efter at høre fra dig du hører jo igen fra mig d. 26_nde_.
 Tusinde Hilsner søde Dis til dig og dine fra din Junge 
 [Skrevet langs venstre margen s. 6:]
 Gudruns Broder Kaj er i Tyskland, ingen ved hans Adresse og de kan ikke komme i Forbindelse med ham. Bibbe tager sig dette meget nær, ja ogsaa vi her 
 [Skrevet langs venstre margen s. 5:]
 Stakkels lille Gudrun Nielsen, Tornøes Hotel ligger vist paa sit sidste; hun fik Lungebetændelse brat og voldsomt. Maaske hun x
 [Skrevet på hovedet øverst s. 5:]
 x er død i Nat, i Aftes sagde Sørensen (Overtjeneren og Gudruns Ven og Støtte) til Bibbe i Telefonen at hun ikke levede Natten over, han var dybt fortvivlet.
 [Skrevet langs venstre margen s. 4:]
 haft en Del med hende at gøre i de senere Aar, Bibbe meget.
 [Skrevet på hovedet øverst s. 1:]
 Torsdag. Vi fik i Aftes et dejligt lille Hoppeføl; det er vores gamle Røde, som nu for 4_de_ Gang kommer med i Fol til os, altid normalt og godt. For Tiden er det jo ogsaa en stor økonomisk Gevinst. - - Det er dejligt at tænke paa, at Axel nu har 4 Helligdage. Gid Solskinnet vil vedvare til ham. Hav det godt i Paasken alle tre!</t>
   </si>
   <si>
+    <t>1941-05-20</t>
+  </si>
+  <si>
+    <t>Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Maria Balslev
+Christen Brixtofte
+Winston Churchill
+Gudmund Hatt
+Rudolf Hess
+Adolph Hitler
+Adolph Larsen
+Johannes Larsen
+Thomas Madsen-Mygdal
+Axel  Müller
+Janna Schou
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Sallum/Sollum er en landsby i Egypten ved Middelhavet umiddelbart øst for grænsen til Libyen og omkring 145 km øst for Tobruk. I historisk sammenhæng omtales Sallum når man vil beskrive omfanget af Italiens invasion af Egypten fra Libyen i 1940. Den 10. italienske armé byggede en række forter i området ved Sallum (Wikipedia nov. 2023). 
+Martin W. Pfeiffer: Die Landwirtschaftliche Individualität - ein Bild des Menschen.Udgivet på dansk med titlen: ”Landbrugsindividualiteten - et billede af menneske: til forståelse af præparaterne i den biologisk-dynamiske driftsmåde”. Bio-Dynamisk Forlag, 1977. 53 sider. 
+(Bibliotek.dk). 
+Dr. jur Asche: ses ikke i Falk-Jensen og Hjorth-Nielsen Candidati og examinati juris 1736-1936: Aa-F, ej heller i Bovrup Kartoteket (medlemmer af det danske nazistparti) – uvist hvem Asche er – måske tysker?
+Fyens Venstreblad: Avis, der udkom 1892-1958.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0417</t>
+  </si>
+  <si>
+    <t>Det er godt, at Astrids operation er vel overstået. 
+Martin/Manse står i år for køkkenhaven, og familien har mange grøntsager.
+Johanne/Junge skriver om krigen, Tysklands rolle mm.
+Laura/Bibbe har omsider besluttet sig for at blive sygeplejerske. Hun er rask nu.
+Johanne har fået en sød og dygtig pige i huset.
+Det er dejligt, at Jannas forretning er i fremgang.
+Der er ingen småfugle i haven. Skaderne tager dem vist.
+Maria Balslev kommer snart på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0wPP</t>
+  </si>
+  <si>
+    <t>Lindøgaard 20-5-1941.
+Kæreste lille Dis! X Til Lykke med Gardinerne dejligt!
+Tænk, at du har Polyp-Historien overstaaet! Det er vel nok godt, jeg havde gruet paa dine Vegne, men anede ikke noget om, at det var saa nær forestaaende. Tænk, at du har gaaet med saadanne Bæster i dig! Det var altsaa ikke saa slemt at gaa hjemme? Men maaske lidt letsindigt i din Alder at foretage at foretage dig så meget X [”X” indsat over ”meget”] lige efter saadan en Operation. Mon nu de Galdeanfald havde noget at gøre med den? Det vides vel ikke. Hvor og hos hvem blev det lavet? Og tænk, at du tog helt alene derud og ikke havde en Smule Støtte af en af dine. Naa, nu er det altsaa ovre og godt det samme! Jeg haaber da, at Nus igen er kommen over sit? Nu har vi jo faaet Varme, jeg har lige været en lille Tur ude i Haven i det dejlige milde Vejr, nu skal jeg love for, der er kommen Fart i det hele, alt myldrer op af Jorden, især Græsset hvad betyder saa uendelig meget for de stakkels slunkne Kreaturer Manse tager sig med Lidenskab af Køkkenhaven i Aar; de har plantet 1000 (!) Jordbærplanter og c. 70 Hindbærbuske [”de har plantet 1000 (!) Jordbærplanter og c. 70 Hindbærbuske” indsat over linjen] han har f. Eks. saaet al Kaal, da Planter fra Gartnerne var fantastisk dyrt i Fjor og selvf. værre i Aar. Vi har flyttet den store Køkkenhave ud i Marken – allerede i Fjor, og vi har haft kolosalt med Grønsager; vi har endnu masser af store Selleri; saa snart vor lille Husalf bliver færdig med sin Vask, hun gnider kraftigt derude, kan jeg høre, skal hun koge hen af dem (Manses Idé) da nogle af de sidste var begyndt at raadne indeni. Hvidkaalen er lige sluppet op, men Rødkaal som vi spiser til alt muligt – Flæsk, Vildt o. lgn. samt Porrer har vi stadig godt med. Hvor er det vidunderligt med Grøntsager, jeg personlig er vild efter dem og skal jo have dem. Tak for det lille Skrift! Bare nu vor danske Landbostand ikke vil være altfor trøv med at faa fat paa det nye og selvfølgelig rigtige; at der er noget galt ser vi jo tydeligt. Amerikas gradvise Forandring til Ørken er efter min Mening, en Verdenskatastrofe og vi her hjemme er jo godt med. Hvis der var noget ved vore [”e” sidst i ordet overstreget] Landbovidenskab, tog den jo fat paa det og fik Konsulenter til at undervise os Bønder – smaa og store. Det var ikke
+2 
+helt nyt for mig, idet jeg ejer og har læst – i hvert Fald delvis – Pfeiffers Bog, jeg husker ikke Titelen Drengene fik lavet deres Møddingsplads an efter Anvisningen i Bogen. Se, alt det, som jo om 20-30-40 Aar [”Aar” indsat over linjen] vil være praktiseret her i Danmark og redde Landbruget fra Forfald, kan vi jo takke Tyskerne for. Dygtige er de jo, hvor er det Synd, at de har den skæbnesvangre Opfattelse, at de skal være Jordens Herrer. Gud ved, hvordan det ser ud dernede, Menigmænd som vi ved det jo ikke, men godt er det jo næppe for dem. Dog maa vi jo huske paa at deres Balkansejre bidrager til at holde Folket i Aande. Vigtigere end Hess-Forteelsen synes jeg næsten er, at det igen gaar Engl. godt i Afrika. Tyskerne paastaar jo, at de igen har taget Sollum, Engl. siger nej: Abessinien er jo paa Nippet nu, men det er vel at mærke ikke Tyskerne, der er blevet slaaet, saa de forb. Asner har jo stadig Grund til at triumfere. Jeg har ikke kunnet frigøre mig fra, at der laa Nazi–Rævestreger bag Hess-Begivenheden, men ingen synes jo at mene det. At Hess ligefrem skulde have givet sig til at bekæmpe Hitler efter mindst 15 Aars fortrolig Samvær og Beundring fra Hess’ Side, kan jeg næsten daarlig faa mig selv til at tro, men hvis han er flygtet for Livet, maa det være saadan. Men har Churchill ikke sagt, at han ikke vil give Underhuset Redegørelse for Episoden – det har jeg da faaet fat paa. Naar ”man” tillægger den saa stor Betydning maa det jo være fordi man føler sig overbevist om, at den skyldes Kludder i Nazi-Regeringen, men har man egentlig Vished for det: Fanden i det, hvor man ved lidt. Hvad er Jeres Erfaring m.H.t. den danske Stemning overfor Tyskerne? Elle ved fra Politimesteren i Kj. at en af de øverste Politimyndigheder havde udtalt, at det blev ”værre og værre” med Tysker-Hadet, og at Myndighederne havde Besvær med at holde Folk rolige. Det lyder godt, men jeg synes, der er mange kedelige Eksempler paa det modsatte. Madsen-Mygdal, Gudmund Hatt og mange mindre Aander. Dr. jur Asche, som har skrevet om udenrigs Politik i Venst.bl. i flere Aar, afslørede sig som fuldblods Nazist efter d. 9nde April. Hvad mener dog de Mennesker. De maa have glemt eller slaaet en Streg over Nazismens Forbrydelser (Jøder, Konzentr.) og hvor kan de dog det? det viser dog klart, hvad Aand, der behersker dem. Men de har vist for en Del Ret i deres økonomiske Betragtninger og det er 
+3
+Efter Middag
+vel det, visse meget jordbundne Aander ikke kan staa for. Jeg tror, jeg mener og har Erfaring for, at langt de fleste Mennesker ser alt under Synsvinkelen: Økonomi! Gud hvor er de [”de” indsat over linjen] smaatskaarne. 
+Der er mange Artikler i Fyens Venstbl. som jeg ikke kan fatte, at Brixtofte vil have i sit Blad; mange Ledere f. Eks. hvis jeg husker det, skal jeg sende Lederen for i Dag. Du tænker maaske: ”klip ud med det samme”, men Mændene har ikke læst Avisen endnu. Manse gik efter Middag ud til sit Solbad og stopper det lille Skrift i Lommen – det du sendte mig. Han er i høj Grad lydhør for Sagen. Manse er i det hele taget et intelligent Menneske, Dis, og han forstaar at bruge sin Intelligens til praktiske Ting. Tinge er ogsaa intelligent, navnlig ved han en Masse, han har noget af Lases fænomenale Hukommelse, men han svæver altid lidt. 
+Saa er der lille Skipper – jo Tak, hun har det efter hendes Breve at dømme udmærket, er glad ved det hele og er rask, har ikke haft een Dags Hovedpine og bliver ikke overanstrengt med Arbejde. Hun og en anden Elev har besøgt en 3die Elev, hvis Hjem ligger 17 Kilometer fra Odder; de tog af Sted Lørdag Aften og blev der om Natten; der er en meget stor Gaard, 160 Tdr. Land. Der er Elevens Mor, som Bibbe syntes vældig godt om hendes Bror som har [”har” indsat over linjen] Gaarden og hans Kone er forhenv. Sygeplejerske – en Personlighed, skriver Bibbe: De havde baade Klaver og de rigtige Noder; Bibbe spillede Schubert for dem, hvad de tydelig var meget glade ved. Ja, det var rigtig nok godt, at Bibbe fik sig mandet op til at begynde paa noget; jeg har før foreslået Sygepleje, men paa den Tid vilde hun ikke høre tale om at tage hjemme fra, Røde Kors Arbejdet gav hende Impulsen og saa blev det til noget. Vi er godt tilfredse med den nye Pige, hun er navnlig saa umaadelig sød og rar; jeg kan ikke vide, om hun ikke ogsaa føler sig lidt godt tilpas her; en Broder tjæner i Kølstrup og det er jo ingen Vej at tale om, og en Veninde er paa Højskolen i Kjerteminde; hun har fortalt mig, at her er kun halvt saa meget at lave som der, hvor hun kom fra i Jylland. Og saa er hun økonomisk, hvad der jo har knagende meget at sige, naar hun skal lave Maden. Min hidtil eneste Indvending er den at hun nok kunde være lidt renligere med sig selv. Maaske det kan bedres ved Eksemplets Magt. 
+4
+Hvor er det dog vidunderligt med Jannas Forretnings Fremgang, men hvor skal hun faa alt det lavet? Jeg er ikke rigtig klar over, hvem hun har som Hjælper foruden Sus. Bare Janna dog var lidt stærkere, men nu har vi da faaet Varmen. Jeg har i Dag for første Gang siddet i Haven og haft mine Knæ i Solbad, det var henrivende. Men vi har ikke mere den Fuglesang som i de første Aar. Jeg mener, det skyldes et Skadepar, som har boet her nogle Aar, de tager jo Æg og Unger fra Smaafuglene, eller jager dem væk. Fugle har jo god Forstand paa deres smaa Omraader, og de ved, at Skaderne er deres Fjender. Men Agraren og Manse er glade ved og interesserede i Skaderne og vil nødig skyde dem – og det maa de jo om, jeg har jo heller ikke ligefrem Bevis for at Sangfuglenes Flugt fra os skyldes dem. 
+Du har saa ikke endnu bestemt, naar du vil komme her – skriv det saa snart du ved det, Marie Balslev har lovet at besøge mig i Juni og vi har desværre kun 1 Seng! Ja, nu gør du store Øjne, men Drengene har taget deres store faste Træsenge bort og ligger i rigtige Senge. Det kunde jo være morsomt om du og Marie traf til at være her samtidig, i saa Tilfælde kunde du jo mulig sove paa Divanen her i Folkestuenden ene Nat [”den ene Nat” indsat over linjen], der spises jo i Køkkenet, saa de ikke forstyrrer dig om Morgenen. Er det ikke sødt af Marie, at hun vil komme? Jeg slog paa det og saa viste det sig, at hun havde Turen planlagt. 
+Onsdag 21 Maj Jeg naaede ikke at faa mit Brev med Posten i Gaar, men du er vel heller ikke kommen hjem endnu. – Jeg holder et lille Husmandsblad (3 kr. årlig) her er en Artikel, kan du ikke læse den og sige mig om du forstaar den – jeg ikke. 
+Vi fik i Aftes Visit af vor Brugsmandsdatter, hun er saa knusende sød mod os altid, god Veninde af Bibbe. Skønt vi nylig har faaet, kom hun med Tobak baade til os og Drengene samt Brystsukre til mig; men det er jo en stor Hemmeli[g]hed, at hun favoriserer os fremfor andre. De har et frygteligt Besvær med at skifte Sol og Vind lige. 
+Nu er der ikke mere denne gang – det skulde da lige være at jeg glæder mig usigeligt til dit Besøg. Du kan vist selv tænke hvad det betyder for mig som sidder hen. Tusinde Hilsner til Jer alle tre, din Junge.</t>
+  </si>
+  <si>
     <t>1942-01-10</t>
   </si>
   <si>
     <t>Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Ruth -
 - Bilde
 Erik Høgsbro
 - K, Lindøgaard
 Jacob Lange
 Adolph Larsen
 Andreas Larsen
 Grethe Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Else Larsen, Else, Andreas Larsens kone
 Louise Løgstrup
 Cathrine Meyer
 Ellen  Sawyer
 Lasse Taaning
 Astrid Warberg-Goldschmidt
 Erik Warberg Larsen
@@ -2665,50 +3089,254 @@
 Mon Bibbe møder nazister blandt lægerne?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dwSj</t>
   </si>
   <si>
     <t>[Håndskrevet af ukendt/Bibbe:] 15-6-03
 Lindøgaard. Lørdag Aften 10-1-1942
 Kære lille Bibbe!
 Ja, du har saa sandelig Ret i, at dine Breve betyder (mindst) lige saa meget for mig som omvendt, og du kan tro, jeg blev lykkelig over endelig i Dag at faa et Brev fra dig – jeg havde jo hele Tiden sat min Næse op efter at faa et Brev som ”Kvittering” for Julebreve og -pakke, og var meget dybt skuffet, da Marie og ikke jeg fik et. Naa, men i Dag kom det, og saa taler vi ikke mere om det, men du faar saa mange Tak for det. Aa, den Pakke kunde saamænd have været meget mere indholdsrig end den var, men jeg havde ikke flere Penge og Mandfolkenes Gaver var jo sandelig store nok, men Penge fylder jo nu en Gang ikke saa meget. Tænk, at du skal give 40 Kr. for et Par Sko, vor Herre bevares! Du kan altsaa ikke en Gang tjene til et Par Sko paa 1½ Maaned, der er nu ikke rigtig Forhold i det, men vi maa jo huske paa, at du er i Lære. Jeg vilde saa gerne hjælpe dig noget mere, men ser du, nu vil jeg til at betale din Tandlægeregning paa 115 Kr. d.v.s. Manse betaler den, naar han nu faar Roepenge, som han ikke har faaet endnu og saa betaler jeg dem af hos ham. Jeg har ingen store Udgifter for mig, har lige faaet Tabletter og Hørfrø for 14.15 Øre samt betalt en gammel Regning hos Bisgaard paa 5 Kr. (haaber det er rigtigt, det var et Par Strømper; de er jo altid akkurate der) jeg fik jo 15 Kr. til Jul, 10 af Tante Else og 5 af Far, saa jeg kan undvære 30 Kr. af mine Januar Penge. Saa vil jeg skrive op, hvad jeg lægger ud her i Husholdningen og andet, det skal ogsaa regnes med til Afbetaling paa Tandregn.; det har jeg jo ellers aldrig været saa nøjeregnende med, men du kan stole paa, det løber op. Jeg vilde ellers ikke have fortalt dig, at jeg betaler den, men gør det altsaa alligevel, fordi du ellers maa synes, det er mærkeligt, at jeg ikke hjælper dig noget mere. Du er dog den største af alle mine Interesser, og jeg selv har jo ikke noget videre at give mine Penge ud til; Jul er jo en dyr Omgang, Frk. Kr. fik en Gave (Undertøj) til 15 Kr og Mandfolkenes kostede 33 Kr, Marie fik 5 Kr. og 4 Kr. til en Krans til Fars Grav, Tante Dis Paalægsgafler – husker ikke Summen, men det hele løber op - - alt dette skrives for at du kan forstaa, hvad alt mit Mammon gaar til. - - Naa, nu skal du høre om en Sag, der optager alle Sind og Tanker 
 2.
 her paa Lindøgaard i disse Dage: Løgstrups nede paa Lindø vil sælge deres Ejendom og Tinge er Liebhaver!! Nu gaar vi samme Omgang igennem som da Jens Hansen vilde sælge, men alligevel ikke vilde, lad os nu haabe, at vi ikke skal gaa samme Skuffelse igennem igen. Han forlanger 28.000 Kr, hvad vi synes er en stiv Pris, men som Høgsbro, Landsretssagføreren i Odense, ham med Saneringslaanet, mente var uhyre billig. ”Skynd Dem hjem og køb” sagde han til Tinge ”inden Manden sætter Prisen op.” Løgstrup var hernede i Forgaars Aftes for at meddele dem sin Pris altsaa 28000 og i Aftes gik Drengene derned og bød 26.000 Kr. og saa maatte de tage Kaminen (som de elsker) og deres Lysekroner og Gardinstænger med – hvad jeg troede var en Selvfølge – L. sagde saa, at han vilde sige dem straks, at han ikke vilde sælge, før han fik talt med sin Mor; hun bor i Jylland og han var i Dag ude at blive fotograferet til Rejsen. 
 Det værste er, ar der skal rejses 13000 Kr. da der kun kan blive 14000 i Prioriteter, saa har vi jo 27000, hvilket er den Sum han antages at vilde sælge for. Du siger vel, hvor i al Verden, vi vil rejse alle de Penge fra, og det maa du nok sige der maa sælges los af Dyrene her paa Lindøgaard og naar Tinge saa har købt, sættes noget af den gode Besætning der ned fra herop. 8 af vore Malerier er draget ud til Las i Dag han skal vurdere dem, og det formodes af Las (ikke af Puf) at Diskontokassen vil laane med dem som Pant. Jeg tror som Puf, at den gaar ikke, men saa maa vi finde andre Udveje. Tinge maatte haave Fjervognen med de to Heste for derud for at faa alle de Malerier transporteret derud; han gæster rigtig Kjertem. i disse Dage; i Gaar var han [”han” indsat over linjen] baade derude for at tale med Las, som altsaa fandt paa det med Diskontokassen, derfra kørte han med Sv. Hansens Lastbil til Odense og talte med Høgsbro og endelig paa Lindø for at give Løgstrup Buddet. Saa du ser, han ligger ikke paa den lade Side. I Gaar traf han tilfældig Lasse Taaning og fortalte ham om det hele. Lasse sagde straks ”du kan godt laane et Tusind Kr. - eller noget – hos mig.” Vi syntes, det lysnede paa det hele med den lille Solstråle. Kan vi undgaa at gaa til Klaks, vil vi jo helst, men Udvej skal vi finde. Nu er det jo knagende spændende, hvordan Løgstrup er stemt, naar han kommer hjem fra Jylland; det er 
 3
 jo i det hele taget spændende Dage, vi gennemlever og Resultatet kender jo ingen, men jeg syntes du skulde være med i det. Klokken er 12, Midnat, og Tinge ventes hjem fra Kjert. hvortil han igen cyclede saa snart han ved halv 6 [”6” indsat over linjen] Tiden vendte hjem med Køretøjet. Det er Maries sidste Aften derude; hun og Katrine Meyer rejser i Morgen, M. udsatte sin Rejse 2 Dage for at følges med hende; Rie rejste herfra i Søndags, altsaa for en Uge siden. Vi havde en smuk Nytaarsaften, der var noget eget højtideligt over den, Juletrætet [de sidste bogstaver i ordet overstreget og over linjen indsat ”et”] tændt og smukke Kor i Radioen, den sidste Fl. Kirsebærvin var gemt til Nytaarsaften Der var en Slags vemodig Højtidsstemning over det Hele ved Tanken om, at det er et nyt Krigs og Rædselsaar vi gaar ind i, det var næsten som om alle i Radioen var sært bevægede – eller var det kun hos os selv den Stemning var? Nu maa Tinge da snart være her, jeg kan i hvert Fald ikke skrive mere, men maa fortsætte i Morgen. Godnat lille Bi.
 Mandag Det blev ikke til noget i Gaar. Lasse Taaning var her, kom lige til Eftermiddagskaffen og vi havde en af vore Julelagkager, som havde ligget hen; den sidste Aften, som Rie var her blev ikke noget festlig, for Agraren var desværre gaaet, men til vor store Lettelse nøjedes det med den ene Dag og han blev straks i Orden, glad og veltilfreds, saa det kom vi nemt over, det er dog ogsaa uheldigt, at det altid skal komme, naar Marie er her – hun sagde ellers en Gang, at bare hun var her, saa skete der ingen Ting, det er nu ikke rigtig slaaet til.
 Mens jeg husker det, vil du saa ikke huske mig at svare mig paa, om du havde de bøger af F. Elles. Lasse blev paa en Maade en Skuffelse, for vi havde tænkt os, at han ejede mange flere Penge og at han mulig vilde laane os flere end de Tusind; vi spurgte ikke direkte, men i Samtalens Løb kom det frem, at han kun havde det ene Tusind og at dem maatte Tinge laane. Nu har Manse regnet efter og mener at der kan skaffes 9000 ud af Gaarden, men det er rigtignok ogsaa at skrabe Bunden – Salg af to store Heste, et af Føllene, 2 Kvier, 1 Ko, for 1000 Kr. Korn – men det er jo ogsaa strengt at komme af med saa meget dog – der maa ofres noget for at faa det Salg til at glide; hvis han nu bare vil sælge. Løgstrup rejste til Jylland i Gaar og ventes hjem i Dag.
 4.
 Du kan forstaa, det er spændende om hun hans Mor [”hans Mor” indsat over linjen] vil hjælpe ham til Køb af en Gaard, hvis hun ikke er gaaet ind paa det, ligger det hele, og alle vore Regninger har været forgæves. Saa snart der foreligger noget, skal jeg skrive. 
 Elle er jo et af vore Haab, men Lasse mente ikke, hun var kommen hjem; hans Mor havde ordnet Erindringsmærker for hende, og de var ikke hentede endnu; jeg kan slet ikke forstaa det og det er væmmeligt ikke at vide noget - - - - naa, dette inspirerede mig til at gaa hen og ringe til Else, som fortalte, at hun kom i Aften; hun havde været c 1 Uge hos Lugge efter sin Hjemkomst fra Stockholm; desværre var Lug. bleven syg af Angina og haft temmelig høj Feber og ligger hele den Uge, Elle var der, hvilken Skuffelse for dem begge to. Mine og Sven havde fyret i tre Dage, saa det havde været rart for hende at komme hjem. Det bliver interessant at høre om hendes Rejse – navnlig fra Stockholm de kan jo kun skrive til hinanden om rene Hverdagstingting.
 Nu har vi nydt en dejlig Rødbedeboeuf, den er Frk. Kr. efterhaanden ferm til at lave, Løg kan vi da heldigvis faa endnu. Hun begynder da saa smaat at kunne lave god Mad; i Begyndelsen forstod hun slet ikke at ”smage til” hvilket jo er noget af det vigtigste, men jeg har herset og belært det, jeg kunde og som sagt det begynder at lysne. 
 Fik du Udklippet om Jakob Langes Begravelse? Jeg ved ikke, hvad han døde af, men han var bleven mager og kraftløs i Løbet af det sidste halve Aar. - - Følger du med i Verdensgangen kan du nogensinde høre dansk Londonpresse? Ellers kan jeg jo godt af og til fortælle lidt derom - Det gaar jo godt, selv Japanerne bremses dog noget af Kineserne. Træffes du meget med Nazister?? Hvordan er Lægerne i den Henseende??
 Hvor er det morsomt at høre om Læsningen, når skal I have Eksamen?? Hvordan har Bilde det? du har maaske ikke saa meget at gøre med hende, nu da I ikke bor sammen.- Vil du ikke give mig Ruths Adresse, vi fik Kort fra hende til Jul fra Kbhvn. og fortælle mig lidt om lille Grethe (Tinesen) hende fik vi ogsaa Kort fra, gik det i Orden med at faa sendt Penge hjem fra Tyskland?? Knæet er kun middelmaadigt, men Vinteren har dog vist Indflydelse, mon ikke, jeg synes gærne det er værre om Vinteren. - - nu er det vist snart Frotid, Peter kom nu – han lod sig i Gaar, Sønd. Eft. bevæge til at blive til Kaffe, spiste Lagkage, røg en Cigar og var hyggelig – let genert fordi Lasse var her. Peter er nu henrivende som du siger
 [Skrevet på hovedet øverst s1:]
 Saa tilsidst kun Hilsen fra Far (som sender dig Cigarer) Drengene og Peter. Dog flest fra Mutteren.</t>
+  </si>
+  <si>
+    <t>1943-09-02</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Otto Andresen
+- Ferlov
+Alfred Fly
+Rasmus Kaas Petersen
+Adolph Larsen
+Johanne Christine Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ellen  Sawyer
+Lis Storland
+Stefan Storland
+Lars Swane
+Ane Talbot
+Ursula Uttenreitter
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Tinesens var enten søskende eller forældre til Else Marie Larsen, som var gift med Andreas Larsen.
+I 1942 blev 7. regiment i Fredericia flyttet til en baraklejr på Ahlefeldtsvej i Kerteminde. I august 1943 overfaldt tyskerne lejren og internerede de danske soldater. Soldaterne blev hjemsendt i oktober samme år. Tyskerne brugte herefter lejren, indtil den blev revet ned i november 1944. ( Kurt Risskov Sørensen: Kerteminde Bys Historie 1850-2000, udgivet af Kertemindeegnens Museer 2000, s.135)</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 4, 2002/61 A8 lb 11</t>
+  </si>
+  <si>
+    <t>Johanne/Junge er alvorligt syg og indlagt på hospital. Det var en skuffelse, at Christine Swane ikke kom på besøg, som planlagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vL8T</t>
+  </si>
+  <si>
+    <t>Lindøgaard d. 2-9-1943.
+Kære Ugle! Det var trist at I ikke naaede at komme til Kerteminde, alt var i Orden til Jeres Komme, Thinesens vilde godt vente en Tid med at flytte ind og der var gjort i Stand til Jer dernede og om Søndagen indtraf saa de sørgelige Begivenheder; jeg blev i Kerteminde til om Mandagen for at snakke med Jer, men vi var jo forberedt paa at I ikke kom; Tinge hentede mig Mandagaften; jeg var ude og se til Junge om Eftermiddagen og da var baade Agraren og Manse der og Junge kendte dem og sagde nogle Ord til dem, men det er meget vanskeligt at forstaa hvad hun siger; I Gaar var Agraren og jeg derude om Eftermiddagen; Junge har ellers kendt mig hver Gang jeg har været derude og sagt noget til mig, men i Gaar kendte hun mig ikke, hun laa mest med lukkede Øjne, en Gang hun slog dem op tror jeg nok hun kendte Agraren, men det var kun lige et Glimt, det er sørgeligt at se; der er endnu ikke kommen Svar fra Seruminstituttet, men det er vel paa Grund af de urolige Tider; Dr. Flye er stadig optimistisk, enten han saa mener det eller det er for at trøste dem, hvis det ikke er Forkalkning, kan det jo ogsaa være at det kan bedres; Bibbe mener at Junge har flere Kræfter nu og hun har ikke Feber, hun spiser saa godt naar Bibbe giver hende Mad og hun er der hele Dagen undtagen naar hun gaar en Tur og de sidste Dage har enten Elle eller Else siddet der imens, Junge er nu alene paa Stuen, der laa en Fru Carlsen som havde Blodforgiftning men hun døde forrige Nat, det er rart hvis hun kan faa Lov at være Ene.- 
+Jeg sender her nogle Rabatmærker som jo skal bruges i denne Maaned og indlagte Papir til Brændsel, jeg underskriver det saa kan jeg vel faa Pengene som de andre Aar; der kom ingen Rentepenge i Dag men de kan maaske komme i Morgen, ellers kan det være Lasse vil være rar og hente dem sammen med Brændselspengene; jeg vil gerne have de 50 Kr. sendt herover, Resten kan I bruge hvis I trænger til dem og ellers sætte dem [indsat i margen på langs side 2:] op i Banken. – De fleste menige i Kerteminde blev sendt hjem. Officerene sidder interneret inde i Lejren, men de har faaet at [indsætning slut] [indsat på tværs øverst side 1:] vide at de enten bliver sendt til Tyskland eller Bornholm, bare det maa blive det sidste Sted. Da de menige forlod Lejren havde de kastet en hel Del Geværer fra sig, som Kerteminderne havde samlet op, men Forgaarsaftes Kl. 9. gik Trommen gennem Gaderne at Borgmesteren og Politimesteren var bleven fængslet og hvis alle Vaaben ikke var afleveret inden Kl. 10 vilde de ikke blive løsladt; det blev de nu, saa Folk maa have skyndt sig at aflevere. Jeg er meget spændt paa hvordan det staar til i Birkerød, den har vel ikke undgaaet Uroligheder. I København har det nok været slemt. – Hvordan saa der ud hos Lasse og Ursula da de kom hjem? Hils Ferlovs og Storlands naar Du ser dem. – Mange kærlige Hilsner til Lasse Ursula og Dig selv fra Rie. Hilsen fra dem her. [indsætning slut]
+[Indsat på hovedet øverst side 1:] Ane blev saa skuffet, hun havde glædet sig saa meget til I skulde komme. [indsætning slut]</t>
+  </si>
+  <si>
+    <t>1944-07-21</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Agnete Egebjerg
+Hans Iuel
+Thyra Iuel
+Gudmundur Kamban
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Didrik Overgaard Nielsen
+Ellen  Sawyer
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Kambans er formodentlig Gudmundur Kamban og hans hustru, Agnete Egebjerg. Janus Kamban var kun 21 år i 1944.
+Det er uklart, hvilke erindringstekster Johannes Larsen skrev i 1944. 
+Det vides ikke hvilke fire afAalhed Larsens seks søstre, der skulle komme til middag, så alle seks er indsat i "Omtalte personer".</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har deltaget i Adolph Larsens toårs fødselsdag, været til middag på hotellet og til Elses fars 60årsdag. Han er blevet bedt om at læse sine erindringer igennem, men det var slemt nok at skrive dem. Larsen har lavet syv tegninger til bogen og håber, at de bliver indsat, så teksten kan forkortes.
+Fire af Alheds søstre kommer til middag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Z4fS</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[I brevet:]
+Kjerteminde 21 Juli 1944.
+Kære Grevinde!
+Først en forsinket Tak for Hejrene, de var delikate. Jeg har ført et anstrengende Liv i den senere Tid. I Fredags var jeg til 70 Aars Fødselsdag hos min Broder, Skovrideren og kom hjem Lørdag. Søndag var vi til Middag paa Hotellet hos Kombans, Mandag til Middag paa Lundsgaard og Tirsdag til Elses Faders 60 Aars Fødselsdag. Saa har jeg faaet et renskrevet Udtog af min Erindringer, med Anmodning om at læse det igennem hvad jeg ikke har gjort, det er vel nok at jeg har plaget mig selv med at skrive det. Derimod har jeg lavet 7 Tegninger til det i Haab om at de vil tage dem og derved tvinges til at forkorte Skrivelsen yderligere. Else og Puf har begyndt paa at læse det, men om de holder ud til Enden anser jeg for tvivlsomt. I Aften skal vi have 4 af Alheds Søstre til Middag. Gæslingerne er nu flyvefærdige, men jeg har ikke faaet dem stækket endnu. 
+Hvordan gaar det med Jeres Sygdom? mange Hilsner
+Din hengivne
+Johannes Larsen.
+P.S.
+Der foregaar aabenbart noget i Tyskland for Tiden.
+JL.</t>
+  </si>
+  <si>
+    <t>1945-03-18</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+Anne Marie -, i huset på Lindøgaard
+Christine  Mackie
+Pernille Marryat
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Erik Warberg Larsen
+Grete Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Grete Warberg Larsen fødte sit barn 16. april 1945. 
+Janna Schou var aktiv i forsøget på at redde jøder ud af Tyskland. Hun var formodentlig i 1945 gået under jorden. 
+Landsforeningen JAK blev i 1931 stiftet som en protest mod det økonomiske system, der gjorde det muligt at tjene penge på penge. JAK protesterede mod, at samfundets penge blev stillet til rådighed i form af gæld med krav om betaling af renter. JAK’s holdning var, at penge ikke skulle have en pris, og at deres funktion udelukkende var at gøre køb og salg af varer og tjenesteydelser mulig. Samfundet skulle gennem en demokratisk styret Samfundsbank stille de nødvendige betalingsmidler til rådighed uden omkostninger (Kilde: J.A.K’s hjemmeside, april 2024).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0638</t>
+  </si>
+  <si>
+    <t>Johanne/Junge forstår godt, at Astrid/Dis savner datteren Janna. Det er svært at være alene hele dagen. Johanne var selv ved at blive skør af ensomhed, da hun var i USA. Og jo, Astrid må gerne skrive om sine sorger.
+Johanne takker for tobakken. Hun ser ingen mennesker, for rutebilen kører ikke, og folk har ingen cykeldæk. 
+Grete skal snart føde, og nu har hun hekseskud.
+Johanne skriver om krigen og tyskernes brutalitet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TCWH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+X
+Modt. 22’ Marts 1945
+besv. samme Dag.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+Læst jun. 2000.
+af Bibbe
+13/3 – 2001. BWP.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Søndag, d. 18de Marts 45.
+Kære lille Dis!
+Tusind Tak for dit Brev, som jeg fik i Forgaars; samme Dag havde jeg Brev fra Bibbe, hendes maatte jeg besvare først, og hun fortalte mig, hvor glad hun havde været over at træffe dig hos Magisterens. Det var dog ogsaa et morsomt Held, at hun netop kom derud den Dag. Nu har vi hende snart hjemme igen og Gud ske Lov for det, det er dog tryggere at vide hende her paa Landet, for Faren dog er minimal.
+Kæreste lille Dis, hvor jeg forstaar dit Savn af Janna, og det føles dobbelt – ja mere end dobbelt – fordi du er alene hele Dagen. Hvor godt man end forstaar at – hvad skal jeg sige – underholde sig selv, saa er det ingen Spøg at være alene hele den lange Dag igennem, det prøvede jeg i Amerika, og det var drøjt, så drøjt at jeg ogsaa den Gang mente mig selv at være på Sindssygens Rand. Saa jeg forstaar dig og har den varmeste Medfølelse i det. Jeg forstaar ogsaa, naar du skriver, at det hjælper ikke, at hun er saa forholdsvis nær, Tværtimod! Hvis hun var helt borte, f. Eks. boede i Jylland, var det lettere at bygge en ny Tilværelse op; paa denne Maade vil det vare længere før du vænnes til Tabet af hende, og dog vilde man selvf. ikke bytte eller ønske hende længere borte. Det eneste Gode, jeg kan se ved det, er at det nu er bleven Foraarstid, og Foraaret har jo mange Glæder og Goder i sit Følge, langt værre om det havde været de vemodige Maaneder Oktober og November. Men som du selv skriver, der er ikke andet ved det at gøre end at se at holde Halen saa højt som muligt og forlange af sig selv, at man skal kunne bære det. Og saa maa vi haabe paa, at Tiden vil mildne Savnet, saa du kan faa Glæde ud af Møderne med hende – muligvis det gaar hurtigere, end du nu er i Stand til at tænke dig. Hvor jeg dog haaber og ønsker det. Den lille Pige maa vel ogsaa være et stort Plus for dig. Men først og sidst, at Janna er glad og – som du skriver glad, naar du kommer. Tænk, at du kan spasere en hel Time dertil. Ogsaa hjem? det skrev du ikke noget om. Men hør Dis, jeg vil ikke høre noget om, at du skulde betænke dig paa at udgyde dine Sorger og Problemer for mig. Hvad har man dog sine Venner (Søstre) til, naar man ikke skulde kunne klage sin Nød til dem, naar Livets Bølger gaar højt, som vi udtrykte det i vore unge Dage, nej, lad os nu være her! Og lov mig, at du bare skriver løs, selv om det gør en ondt at høre om Sorger, saa vil man da ti Gange hellere høre dem og have en Følelse af, at ens Svar mulig kan trøste og styrke lidt, end man vil være udenfor og – skaanes! Tænk paa, hvad jeg sikkert har aflæsset til dig i sin Tid, da mit Livs Bølger fuldstændig konstant gik højt, det har næppe været Smaating, du har maattet høre om. 
+Nej, det var saamænd kun en Forglemmelse at jeg glemte X [”X” indsat over linjen] at kvittere og takke for Tobakken, det gik hurtigt op for mig, da jeg havde sendt Brevet. Vi vil være Jer saa taknemmelige, hvis I af og til vil sende noget, for nu kniber
+2.
+det snart haardt; den hjemmeavlede Tobak er der ikke saa meget Drøje i, som jeg havde tænkt, og det gaar hurtigt ned ad Bakke med den. Saa hvis I vil have Ulejlighed med det og absolut ikke Udgift, vil vi som sagt være Jer megen Tak skyldige. 
+Tak fordi du holder mig à jour med Jeres økonomiske Forhold; hvor var det dejligt, om I kunne komme rigtig paa Fode, og om Axel kunde faa nye Tænder; det vil gøre ham 10 Aar yngre, og vist ikke alene at se til. 
+Jo, saadan er det jo, der hvor Pengene er, skal der yderligere dynges paa, og Fattigfolk skal de nok vide at flaa. Vi maa habe paa J.A.K., at de Synsmaader en Gang maa vinde Sejr.
+Herfra er som sædvanlig intet nyt. Vi ser aldrig nogen her, nu da Bibbe er en Saga, Rutebilen saa at sige ogsaa, og ingen har Dæk paa deres Cycler. Elle har vi ikke set siden Jul, og naar faar vi hende at se, skønt Vejret jo er lige til at cycle i, saa fint et Foraarsvejr. Godt at vi har Lindøerne, dem ser vi da af og til. Grete har det [”det” indsat over linjen] ikke saa farlig godt, hun længes vist efter, at hendes Time skal slaa, det lille Skind. 
+Næste Dag, Mandag Form. I Morges kom Tinge og spurgte om Anne Marie maatte komme ned og hjælpe Grethe lidt i Eft. Nu har hun faaet Hexeskud og ligger og kan ikke røre sig; det er saa trist, at hun skal døje med alt muligt, den lille go’e Grethe! 
+Det er Middag nu, og jeg er bange, det bliver ikke til meget mere, Posten er tidlig paa det om Mandagen
+Næste Gang skal jeg sende det bio-dynamiske Skrift, du sendte, jeg har knapt læst det endnu og det er jo meget interessant. Det andet beholder jeg altsaa. Tak! – Nu har Anne Marie igen haft en Omgang med Betændelse, denne Gang i Øret og hun har døjet meget og haft Doktor her 2 Gange ligget i Sengen 2 Dage og haft mange Smerter. 
+Der er saadan en flink lille ung Læge i Dræby, jeg havde aldrig set ham før; den første Dag, han var her, bød jeg ham Kaffe og han blev siddende i nær ved 2 Timer og snakkede med mig; vi var meget ivrige begge to, saa han glemte Tiden. Vi var meget enige – det er man jo gerne for Tiden, fordi det mest er een Ting, man diskuterer nu: Krigen og alt hvad dermed hører. Det var en helt Oplevelse for mig, jeg ser næsten aldrig andre Mennesker. 
+Efter Middag. Det er underligt nok, for skønt alt hvad der sker i Verden – et Hav af Rædsler – opfylder en hver Time paa Dagen, saa er der noget ved det, der gør, at man ikke skriver om det. Men du kan tro, at alt det forfærdelige som vi hører om, og som [”og som” indsat over linjen] ligger paa en som en Mare ogsaa bidrager til, at gøre det daglige Savn af Janna endnu tungere end det vilde være, dersom Verden havde sit normale Udseende. Jeg har da i hvert Fald saa tit den Fornemmelse, at det er ikke til at bære. Og Verdens Fremtid må man ogsaa - uundgaaelig – spekulere paa. Faar vi mon den forfærdelige tyske Krigsmentalitet udryddet nogensinde. Ja, en Gang maa jo den tyske Nation blive voksen, men hvor længe vil det vare? den er for mig at se en stor lømmelagtig Dreng med alle den Alders Skavanker – ogsaa Børns Grusomhed har den i rigt Maal. En underlig Mangel paa Fantasi, der gør, at de slet ikke formaar at fatte andre Menneskers Lidelser. Nu er Lidelserne over dem selv, men vil de kunde lære af det? Eller vil det udelukkende resultere i Hævnfølelse? Det er Fremtidens Gaader. Saa vidt jeg husker, sagde Fanny jo, at der vilde gaa en uhyre lang Aarrække uden Krige, men den synske Fisker oppe i Nordnorge, der spaaede 1ste Verdenskrig, paastod, at der vilde komme Krig i 1953, hvor Frankrig og Rusland vilde slutte sig sammen og ødelægge Sverige. Det lyder fantastisk. Man kan ikke tænke sig Frankrig have Interesser i Sverige, vel? Og der er kun 8 Aar til, han maa vist have set forkert med et Aarhundrede eller to. – Naa, nu blev det alligevel til lidt mere Brev, 
+[Skrevet på hovedet øverst på s. 1:]
+Jeg skulde egentlig have hjulpet A.M. med Opvasken, saa hun kunde komme hurtig ned til Grethe, men det Ky’ det Ky’ -
+God Bedring med det lilles Snue, det er da kedeligt, naar hun saa ikke kan komme ud.
+Nu haaber jeg, at det hele maa bedres lidt for dig, søde Dis. ”Tiden læger” som Mornine skrev som 14årig, 2 Dage efter en dødsens Fortvivlelse over en ubesvaret Elskov.
+Tusinde Hilsener fra din Junge. 
+[Indsat nederst s. 2:] X hvilket herligt Sprog, der kan falde en i Pennen.</t>
+  </si>
+  <si>
+    <t>1945-04-22</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Christian Jensen, direktør for Odense Zoo
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Kaj Skanderup Nielsen</t>
+  </si>
+  <si>
+    <t>Tiras var Johannes Larsens jagthund.</t>
+  </si>
+  <si>
+    <t>Det er svært at skaffe svanehanner på denne tid af året.
+Johannes Larsen har opgivet sine gåture på stranden med hunden, da det vrimler med tyske flygtninge dér; kvinder og børn.
+Kaj Nielsen har fået en skrivelse om, at værnemagten nu har ejendomsretten over Tornøes Hotel, og at han skal forlade stedet uden at tage noget med sig.
+Tyskerne mæsker sig nu i Danmark, mens gode danske mænd sulter og dør i koncentrationslejre i Tyskland.
+Larsen maler på bestillingsopgaver og glæder sig til at komme igang med egne arbejder igen. Han beder Christa Knuth huske at sende stauder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yZ4z</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Lensgrevinde
+Christa Knuth
+Knuthenborg
+Bandholm.
+[I brevet:]
+Kjerteminde 22 April 1945.
+Kære Grevinde!
+Tak for Dit Brev. Jeg ringede for et Par Dage siden til Direktør Jensen for at høre om hvordan det gik med Svanehannen, han sagde at han havde prøvet flere Steder uden Held, men at han ikke helt havde opgivet at faa en. Om Efteraaret vrimler det med Tilbud sagde han men nu er det ligesom de helt er forsvunden. Forøvrigt mente han ikke at det kunde lade sig gøre at sende den. Der er altsaa ikke meget Haab før til Efteraaret. Jeg har opgivet min dejlige Tur langs Stranden med Tiras. I Fredags var Stranden oversvømmet med tyske Flygtninge mest Børn og Kvinder, Tornøes Hotel, Realskolen og Højskolen er taget af Tyskerne. Kay Nielsen viste mig en Skrivelse han havde faaet, hvori der stod at de omgaaende skulde forlade Hotellet uden at medtage noget, da hans Ejendomsret var annuleret og overgaaet til Værnemagten saa længe Besættelsen varer. Det er jo ikke morsomt for dem, lige efter at de har kostet saa meget paa at faa sat saa godt i Stand. Nu skal de Tyskere gaa her og mæske sig, mens Tusinder af gode danske Mænd sidder i tyske Koncentrationslejre og dør som Fluer af Sult og Pest og Tortur. Paa Grund af Smittefare maa Hunde ikke gaa løse. Vi har det ellers godt og jeg skal hilse fra Else og Puf. Selv maler jeg paa Bestillinger stadig væk, jeg har 7-8 Billeder igang og har maattet sige Nej til en Masse Mennesker. Jeg længes efter at kunne komme til at male lidt for mig selv en Gang igen, det er adskilligt morsommere og giver som Regel ogsaa bedre Resultater. Maa jeg minde Dig om de Stauder til Christiansen, nu er det jo snart Tiden, dersom Du sender lidt rigeligt kan det jo være jeg kan redde lidt ved samme Lejlighed, Du kan jo altid faa et lille Skilderi til Gengæld. Gragaasen ligger paa 6 Æg og en Graaand og en Høne paa hver 10. Mange Hilsner fra Din hengive
+Johannes Larsen.</t>
   </si>
   <si>
     <t>1947-01-27</t>
   </si>
   <si>
     <t>Vilhelm Balslev
 Louise Brønsted
 Niels Finsen
 Ina  Goldschmidt
 Adolph Hitler
 Grethe Jungstedt
 Charlotte Knipschildt
 Adolph Larsen
 Benito Mussolini
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Maria von Sperling. g. Balslev
 Karen Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Den omtalte gård hed Lindøhus, og Warberg Larsen-familien købte den. 
@@ -2755,50 +3383,112 @@
 Tak for dit lange og interessante brev – der var jo baade godt og ondt i lange Baner – det er altid lidt længe undervejs, jeg faar det først to Dage efter at det er stemplet i Kjøbenhavn du nævnede ikke, at du havde faaet Brev fra mig (?) saa vidt jeg husker en 5-6 Dage før Axels Fødselsdag, men det var vel kun fordi der var saa meget andet at skrive om. Det var et ekstra langt.
 Hvor det dog glædede mig at høre om Axels festlige Fødselsdag; jeg synes næsten at det morsomste var al den Virak, det blev ham til Del paa Kontoret – at ens Familie fester for en er lige som lidt mere selvfølgeligt. Hvor var det dejligt Dis, at han fik saa stor en Glæde ud af Dagen, den gode Axel! Og hvilke Gaver baade fra Jer og fra Søstrene! Alt har glædet mig; det var godt, du skrev saa udførligt om det. - - Er det dog ikke grusomt som Frosten klemmer? Og med en Snes Grader om Natten vore Henkogningsglask fryser men Nina paa Glorup mener ikke det gør noget – hvis bare Glassene vil holde. Mange af Æblerne frøs i sidste Omgang, skønt de stod i Kassen lige op ad Skorstenen paa Loftet; saa flyttede vi dem ned i Foderloen, hvor der er aabent til begge Stalde, Hestest. paa den ene Side og Kost. paa den anden. Om dem vi reddede vil holde der, skal vise sig. Det er slemt ikke at have en Kælder. 
 Her foregaar store Ting for Tiden, Ting der endnu ikke tales om, men til Jer gør det jo ingen Ting. Vi er ved at købe en lille Gård paa op mod en Snes. Tdr. Land til Tinge; den ligger lige herved nede ved Fjorden. Vest for Gaarden. Manden og Konen kommer paa Onsdag Aften til Kaffe, saa skulde det sidste Slag slaas, men før der er handlet er jo intet sikkert. Vi lever og aander i det og taler ikke om andet, kan du nok tænke; det vilde for os alle være en meget stor Begivenhed, kan du nok tænke. Det er en straatækt Ejendom, alt saa uhyre velholdt, et stort Stuehus; Jorden er udmærket. Det er jo en dristig Handling, naar man er blottet for Penge, men de vil lade en hel Del Penge staa i Ejendommen og nøjes med en mindre Udbetaling; vi regner med 6000. Priserne paa Dyr er saa høje nu, at vi ved at sælge 2 af vore 4 Heste kan skaffe 3.500 Kr!! Der er 2 Heste paa Ejendommen og med 4 kan begge Bedrifter drives; i Begyndelsen vilde det blive drevet i Fællesskab, baade hvad Heste og Arbejdskraft angaar. Vi regner med at kunde faa Pengene i Banken i Kjertem. og at indbetale dem i Løbet af et Aar eller to. Priserne paa Landbrugsvarer er jo store i disse unormale Tider. Men vi tager hele Tiden Tag i os selv og siger, at vi ved jo endnu ikke om det bliver af; selv om det hele ser godt ud, saa er der jo det, at man kan ogsaa købe Guld for dyrt. 
 Vore Helbreder er som sædvanlig. Agraren skulde egentlig 3 Gg. om Ugen til Sygehuset i Kjertem. for at faa elektrisk Behandling; venstre Side af Ansigtet er stadig lammet, men vi synes jo, at det er en grov Kulde for ham at færdes i. 
 Efter Middag. Det var en slem Lussing, Posten, som plejer at komme ved 3 Tiden var her allerde før Middag i Dag, saa maa det være til i Morgen med at faa Brevet med. Vi sidder i fuld Solskin herinde; d. 15de titter Solen over Ladetaget for første Gang siden Solhverv, og nu har vi den allerede adskillige Timer om Dagen; allerede naar Vor Herres Ur er 11, skinner den herind jeg fryder mig og lader den uhindret skinne paa mig. Solen er jo den store Læge, som den gode Professor sagde. 
 Jeg havde et henrivende lille Brev fra Charlotte Knipschildt forleden Dag; Hun skriver udmærket og saa sødt og kært; hun var saa fornøjet over et Besøg hun i Julen havde af Elle, Grethe og Lugge. Hvor er det godt, at I passer hende, I, som kan; hun skrev saa meget om dig, om hvor glad hun er ved dine Besøg, som opmuntrer hende saa meget. Hun bliver 90 i 1942. – 
 Det er altid saa vanskeligt at skrive Breve her i Huset paa denne Aarsens. Tid; Mandfolkene har saa lidt at gøre i saa stræng en Frost; saa 
 3 de sidder herinde og snakker; der er som du kan tænke dig meget at diskutere og jeg skal helst være med i det hele. Efter Middag - - - - -
 Næste Dag. Mere blev det ikke til i Gaar og i Dag begynder det ikke allerbedst. Jeg bliver først kaldt paa, naar Stuen her er ren og navnlig varm og i Dag opvarmedes det først Kl. 10! I Gaar kom Posten inden Middag (ellers mel. 2-3) så du ser, det hele er lidt ubestemt. Sagen er, at om Aftenen – sent – er her jo Ro nok, men da er jeg meget for træt til at skrive Brev. 
 Senere Manse elsker at sidde herinde og snakke med mig om alle sine Fremtidsplaner – Køb af mere Jord til Gaarden o.s.v. Hvor er det henrivende for ”en Moder” at mærke, at der intet sker uden at hun er med i Forhandlingerne. Jeg er jo ogsaa en Del inde i alt, hvad angaar Landbrug, saa jeg endog af og til kan være af en anden Mening end ham og ikke altid bare naa og ja. Nu mærkede han at i Dag vilde jeg helst være fri; der kom et lille: nå, du vil ikke snakke – og gled saa ud til sit Virke. Tinge kunde det ikke saa let falde ind at snakke, naar der overhovedet er nogetsomhelst, der kan udsættes. Han er den store solide Arbejdskraft. I Aftes sad han her og slob e ["o" overstreget og ”e” i ordet indsat over linjen, så ordet biver "sleb"] det store Træ-Sav, og i Dag er han gaaet i Gang med at fælde Mirabel-Hækken; den er bleven for gammel og skal falde; saa gror den op fra neden og giver os igen Mirabeller. Bøgelysthuset skal også ned; Manse så lidt ængstelig til mig, da min Glæde ved de Bøge er velkendt, men ogsaa de gror jo op igen; jeg gør af Princip aldrig Indvendinger mod den Slags Bestemmelser, for at de ikke skal føle os gamle som Klods om Benet. Nu er det dem, der råder og de skal staa frit. Vi har haft Aar nok til at raade i. – Bibbe er desværre ikke særlig rask for Tiden, det arme Barn, naar mon hun dog kan rette sig helt igen. Hun bager derude paa fuld Kraft til Manden og Konen, som kommer til Aftenkaffe i Morgen Aften. Vi lever i en hel Feber af Spænding! Og saa er alt det jo kun Smaating, naar man tænker paa Verdens-Situationen. Den begynder sande-
 4 lig at blive spændende. Hvor Englænderne dog kan og hvor Hr. M. faar Klø. Nu ser han vist klart, at han skulde have holdt sig paa Afstand af Hitler. Det kunde jo se ud som om han i Fredstid har haft megen Sans for Italiens indre Udvikling – materielt selvfølgelig kun; paa Sicilien f. Eks. er der nok gjort utrolig meget for at vinde nyt Land; mægtige Arealer var i Færd med at opdyrkes der og give Brød til mange Munde; men hans Krigs-Tilbøjeligheder ødelægger jo alt. – Manse hører næsten al Presse fra England, kender Tiderne og stiller ved Radioen. Det gør I vel ogsaa, i hvert Fald kan man jo høre norsk, svensk og dansk Presse fra London fra 7½ - 8. Hvor maa den abes. Kajser [”e” indsat over linjen, så der står ”Kejser”] være glad, nu er han langt inde i sit Land igen. Det ser galt ud i Morgen; de arme! de faar rigtig nok Knytnæverne at føle; men Turen kommer jo ogsaa til os en Gang, hvis de nuværende Tilstande skal vare; - - Kender du ”Familien Thibault”? Der er jo Masser af Bind; jeg er kommen til det Bind, som har til Undertitel: ”Somren 1914”. Det er meget interessant; han fremfører i en Samtale sin Mening, om de dybere Aarsager til Verdenskrigen; det er en fransk Socialist som taler og han er blottet for Patriotisme (saadan da) og skifter Sol og Vind lige mellem Landene og han lægger egentlig ingen Ekstra-Skyld paa Tyskland, men giver Rusland og Frankrig deres rigelige Del af Ansvaret. Erobringen af Marokko vejer tungt på deres Skyldner-Side. Og naar man skal være retfærdig var det jo heller ikke Spor mere pynteligt end Italiens Erobr. af Abessinien. England har jo ogsaa i høj Grad været virksom med at faa Kolonier, men der er den meget store Forskel, at de gør det saa det bliver til virkelig Gode for de indfødte (sandsynligvis af Klogskabshensyn) det ved jeg mange Eksembler paa. Anderledes stiller det sig maaske, naar det drejer sig om f. Eks. Indien, der selv har en kultiveret Klasse som kunde raade for Sagerne. Naa – ikke mere om alt det – det flyder jo over en Gang imellem, naar man er saa fyldt af det hele; men det er jo kun, hvad vi alle ved og uafladelig kredser om – hele Udenrigs-Situationen.
 [Skrevet på hovedet øverst s. 8:]
 Jeg har ikke set Elle siden en Uges Tid før Jul, jeg bryder mig ikke særlig om, at hun skal tage de kolde Ture herud, jeg vil hellere vente til Vejret bedres. Saa vidt jeg ved har hun det godt. 
 [Skrevet på hovedet øverst s. 6:]
 Selvom jeg ikke har skrevet om Sjumses Sygdom og den ulykkelige Polak, har jeg dog været meget opfyldt og rystet over begge. Sikken en Jul for stakkels lille Sjumse.
 [Skrevet på hovedet øverst s. 5:]
 Marie Balslev ringede forleden; jeg havde sendt hende en lille Æske med Lommetørklæder. – De havde haft en vidunderlig dejlig Dag, alle Børnene undtagen Vilhelm som for Resten er meget bedre, men dog ikke slipper m. mindre end et Aar – havde været der. Marie var meget glad v Daasen
 [Skrevet på hovedet øverst s. 4:]
 Jeg vilde saa gærne have skrevet et langt og godt Brev denne Gang, men nu maa du nøjes med dette meget forvirrede. Hils Aksel og Nus mange Gange og selv, lille go’e Dis utallige Hilsner fra din Junge
 [Skrevet øverst s. 3:]
 Og saa skal der jo sælges nogle Kreaturer, en Ko og nogle Kvier. 
 [Skrevet på hovedet øverst s. 2:]
 Har jeg skrevet om Las? Han fik fjernet en Polyp fra det ene Stemmebaand paa en Klinik i Odense og er nu i Kbhvn. for at faa Røntgenbehandling – hos Finsen, Strandboulevarden.</t>
   </si>
   <si>
+    <t>1947-07-12</t>
+  </si>
+  <si>
+    <t>Laszlo -
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Astrid Møller
+Emma Overgaard Nielsen
+- Petersen, dyrlægefrue
+- Petersen, sygehuset
+Ellen  Sawyer
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er svært at læse, om den engelske pige var 14 eller 19 år. I 1947 var der ca. 500 ungarske børn på ferieophold på Fyn (Arkiv.dk, juli 2023). 
+Det vides ikke, hvem Jørgen og Dorthe var. 
+Martin/Manses angst for, at Adolph/Agraren skulle "gaa". Adolph Larsen var kvartalsdranker, og ind imellem fik han et "anfald" og forsvandt i dagevis. 
+Mette, Eivind og Asger: Se Astrid Møller.
+Else og Andreas/Puf Larsen var i England og Skotland, hvor Andreas Larsen skulle lære noget om ølbrygning.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2464</t>
+  </si>
+  <si>
+    <t>En engelsk pige har boet hos Johanne og Adolph Larsen nogle dage.
+Johanne Larsen har været nogle dage hos Ellen i Kerteminde. De havde gæster til kaffe flere gange. Det var dejligt at gense Astrid/Trisse Møller.
+Else og Andreas/Puf Larsen bliver meget forsinkede på deres hjemtur fra England og Skotland.
+Det er svært at tage stilling til Slesvigsspørgsmålet.
+Johanne skriver betragtninger om stormagter som fx Tyskland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/S9Qh</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+18 Juli 1947
+besv. 22-7-47
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgaard 12te Juli 1947
+Kære lille Dis!
+Tak for dit Brev! hvor du dog altid oplever meget, men jeg har saamænd ogsaa oplevet en Del i den senere Tid. Hvor er det dog mærkeligt, at saa at sige altid naar jeg skal have Brev af Sted til dig, kommer Posten en Timestid før han plejer; i mit sidste Brev naaede jeg ikke at faa alt fortalt. Den engelske Pige: en Dag da jeg kom op i Stuen sad Bibbe og telefonerede og Manse stod afventende ved Siden af. Jeg kunde ikke begribe, hvad det drejede sig om. Saa var det, at de lige havde læst i Avisen om at en Skare unge engelske Piger kom hertil, og man havde endnu ikke faaet Værtsfolk nok til Dem. Manse og Bibbe var straks med paa den. Jeg gruede, for hvor skulde vi lægge hende. Saa traadte vor Pige Edel (som er en Perle – Guld værd alt, hvad du vil) til og tilbød at vi maatte faa hendes lille Datters Seng over til den ungarske Dreng, saa kunde Pigen ligge paa Sofaen derovre. Saa blev den flyttet ned til Peter, hvor Laszlo saa har sovet og Manses Seng flyttet ind i Badeværelset – stillet paa Højkant om Dagen, redt hver Aften. Hun er en ganske sød lille Pige paa 14 Aar, som vi virkelig har Glæde af. Navnlig har Manse og hun det rart sammen. Hun skal rejse paa Mandag, saa er den Ferie forbi.
+Forleden en Gang ringede Jørgen fra Kjerteminde; han og Dorthe kom om Aftenen, og vi havde det hyggeligt. De skulde saa komme igen i Søndags; midt paa Form. ankom en Bil med ikke alene Jørgen og Dorthe, men ogsaa Elle! Jeg havde ikke set hende siden vi var derude sammen. Jeg blev forfærdelig glad. Vi havde slagtet 6 Kyllinger 
+2 saa vi havde Mad baade til Middag og Aften. De havde bestilt en Bil, som skulde køre Jørg. og Dorthe til Rutebilen i Munkebo – de skulde rejse til Jylland efter Overnattelse i Odense – og derefter skulde Bilen køre Elle til Kjerteminde. Jeg sagde straks, hvor kunde jeg have Lyst til at tage med dig og være et Par Dage. Hvor er det skønt at se Elles Glæde over saadant. Manse blev ked af det, fordi han troede Agr. vilde ”gaa”, men jeg kender ham jo og mente ikke der var Fare, da han slet ikke havde ”passet til” at gaa, hvilket han heller ikke gjorde. Jeg var saa hos Elle fra Søndag Aften til Torsdag Middag og havde det henrivende. Torsdag Aften skulde Grete komme fra Stokholm, hvad Elle jo glædede sig meget over. Desværre var det [”det” indsat over linjen] jo en modbydelig Kulde, og Kulde bider altid mere, naar man er ude end naar man gaar hjemme. Elle bød Kaffefremmede en Dag Frk. Petersen fra Sygehuset, Fru Dyrlæge Petersen og Fru Overgaard, Elses Mor; det var saa rart og muntert. Elle er jo en pragtfuld Værtinde, det er saamænd ikke saa sært, at hun har saa mange Venner, og trofast er hun jo, saa hun beholder dem. Jeg beundrer ogsaa hendes Evne til at lade Smaating være Smaating, det misunder jeg hende, jeg er tilbøjelig til at tage mig Smaatingene for nær. Men naar du priser hendes kolossale Orden, kan jeg ikke rigtig følge dig, for Renligheden hører da ogsaa til Ordenen, og jeg kunde nu ikke have mit Hus saa lidt rent uden at generes af det. Hvor er hun pudsig; hun skulde have en Kone den Dag, jeg rejste, og i den Anled. sagde hun: det eneste, der er rigtig møgbeskidt, er nu Sovekamret! Naa, saa var der jo den Morgen, da Elle raabte op til mig, at der 
+3 havde været Telefonbesked, at X [indsat øverst på side 3:] x de var ankommen til Lindøgaard Kl halv 9, havde snakket med og hilst paa dem her og havde set Huset, saa ved Trisse, hvordan vi bor. De ringede saa til Malerens, der sendte Besked til os. [indsættelse slut] Trisse med to Børn ankom om en Time, og at de vilde bringe Brø’ til Kaffen. De var et Par Timer, Elle dækkede Bord i Stuen, og de var godt lige til Franskbr., Keks, Ost og Marmelade foruden deres medbragte Bagværk – hvad der jo ikke er stort ved i vore Dage. Det var saa henrivende at mødes med Astrid og hendes to Børn, Mette og Eivind, de var meget tiltalende begge to. Da Astrid og jeg var et Øjeblik alene, fortalte hun mig, at en af hendes Sønner, Asger (mon det staves saadan) havde taget Livet af sig i April. Hans Kone vilde gaa fra ham, tungsindig var han, og han syntes ikke, han kunde udholde at leve længere. Naturligvis var det en forfærdelig Sorg for Astrid, men hun har jo en forunderlig Evne til at tage, hvad Livet byder, og hun var egentlig straalende; det var dejligt at se hende, og Elle var ogsaa saa fornøjet over Besøget. 
+Elle havde Brev fra Else; de var i Skotland, skulde være kommen hjem d. 28/6 tror jeg, men mente at de [”de” indsat over linjen] vilde blive et Par Dage eller lidt mere endnu og fik deres Returbilletter refunderet; jeg tror, de vilde flyve hjem; men kan du tænke dig, nu viser det sig, at de ikke kan komme hjem, hverken pr. Luft eller Vand; Else længes meget efter at komme hjem, og de prøver af al Magt; d. 29_nde_ August (!) kan de komme! Det er noget nær en Katastrofe, og man maa dog haabe, at det vil lykkes for dem at finde en Udvej. - - Ja, det var dog en pudsig Lighed fra det Derbyløb, det var jo som det kunde have været mig. 
+Hvad Sydslesvig angaar, saa er du saamænd ikke den eneste, som ikke formaar at tage en fast Stilling til det, for hvor er det dog et vanskeligt Spørgsmaal at bedømme. Jeg kunde fristes til at sige, at begge Parter har Ret i, 
+4 hvad de siger, for jeg hører ikke til dem, der vil underkende de Argumenter, man kommer med, naar man taler imod at faa Sydslesvig hjem igen, alle de forbandede Flygtninge dernede har jo forværret Sagen for os i høj Grad, og dette med de mange Tyskere, vi faar ind i Landet, er ingen Spøg. Derimod synes jeg ikke det Argument betyder saa meget, at Tyskland saa vil tage baade Syd og Nordslesvig, naar de bliver stærkere. For det første synes jeg, den Mand har Ret, som i et af de Blade, du sidst sendte, skriver at ”skal vor Fremtid afhænge af Tysklands Naade, da har vi ingen Fremtid” Men til enhver Tid vil der jo være andre Stormagter, som næppe vil tillade Tyskl. at blive større end det er, og disse to Krige, maa dog have belært disse Stormagter om, at de maa holde Øje med Tysklands Expantionstrang og -lyst. Politik! Ja, Politik er jo i sig selv ikke noget forkert eller noget man kan væmmes ved, men du mener vel, at den Måde hvorpaa Politik drives er dig imod. Det forekommer mig egentlig næsten som en Kamp mellem gode og onde Magter, og hvor er den Kamp dog spændende! Det er et Spørgsmaal om Verdenskulturen – i sidste Instans. For hvis det saakaldte totalitære Synspunkt tilsidst sejrer, saa er vel vor Kultur – især hvis man derved forstaar aandelige Værdier – tabt. Vor egen indre Politik interesserer mig nu ikke meget, skønt jeg tit ærgrer mig over mangt og meget der. De fast utrolige Dumheder, de gør sig skyldige i paa de Omraader, som jeg efter fattig Evne kan bedømme og deres – Avisernes – Sprog, naar de polemiserer o.s.v. Men det er Verdenspolitiken, der har 
+5 min meste Interesse: eventuelle Krige, Behandling af alle farvede Folkeslag, Regeringsformer, Behandling af alle de evropæiske Landes Underklasser og meget meget mere. Hvis man ikke skulde interessere sig for og følge med i det, hvad Pokker skulde man saa interessere sig for. Jo, naturligvis Kunst Literatur og saa videre, men alt det vil jo ogsaa gaa til Grunde, hvis Verden ender med at blive fuldstændig misregeret. 
+Igen Posten 
+Hilsen Junge</t>
+  </si>
+  <si>
     <t>1948-02-06</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
   </si>
   <si>
     <t>Edel -
 - Agner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Peter Oluf Brønsted
 Thora Cohn
 - Føge
 Poul Gregersen
 Ernst Hartmann
 Joseph Haydn
 Adolph Larsen
 Andreas Larsen
 Jeppe Larsen
 Johannes Larsen
 Peter Andreas Larsen
@@ -2924,883 +3614,193 @@
 Kæreste lille Junge!
 Tak for dit sidste, goe Brev – bare du ikke har gået og ventet på Brev, da jeg skrev til Elles Fødselsdag, bad jeg hende ringe og fortælle dig, at jeg [et overstreget bogstav] rejste her op og at jeg skrev, når jeg kunde men som så kom jeg i Tanker om jeres uhørlige Telefon – og at Klokken el. Flytningen [”el. Flytningen” indsat over liljen] måske ikke endnu er installeret og så kan du jo ikke vide, hvorfor du intet hører - for hjemme har jeg da i Nødsfald Skrivemaskinen – men her er jeg altså, og som du ser kan jeg nu helt godt styre Pennen igen, selv om jeg er langtfra min tidligere Hastighed. - Jeg har nu lige læst dit Brev (som jeg fik 2’ Marts). Harriets lille Pige er en Dreng, det har ikke været mig muligt at få at vide, hvor hun er, men hun har da Drengen hos sig, og så må hun vel søge Stilling igen, hun var vist en Slags Sekretær på Kommunehospitalet, det var vel dér, hun traf Bæstet – nå ja – det er jo en Sygdom at være Psykopat – og de siger forresten, at han er en meget lystig – Psykiater +) (”+)” indsat over linien) (som det jo nu hedder) – og meget elsket af sine Patienter!
 Så skriver du om Kløen – den er om Natten sommetider ved at gøre mig desperat – Dr. siger, at der er intet at gøre, men man experimenterer - ! De prøver med Hormontabletter – måske – siger de – skyldes Kløen, at man når man ældes ikke mere kan producere Stoffer, hvis Mangel så frembringer Kløe, men er ikke nået videre end til Experimentet; Lidelsen skal være meget udbredt. Det kommer ikke af Frugten – Edels og Enas Tilfælde er sikkert Nældefeber – Be tålte heller ikke Æbler – eller Svedsker, så fik hun også Nældefeber - - Ja, hvor der er meget endnu for Lægerne at opdage, mange mærkelige indre Sammenhænge. 
 Hvor er det altid morsomt at høre om Jeres Fastelavnsryttere – tænk, at den Skik bliver ved at holde sig! og hvilken Svir for Lise – jeg forstår så godt, at du var ked af, at hun blev misforstået; jeg var så glad ved at du fortalte mig så meget om alting hos Jer, man vil jo så gerne kunne følge med i Tankerne. Hvor sødt af Rie at sende dig de goe Ting; men tror du dog, at hun lider så meget under, at Uglen hakker (det gør Uglen vist altid) - de har jo altid levet i en Atmosfære af Småskænderi, så mon det ikke er deres naturlige Element? os andre vilde det jo ihjelslå! 
 2/
 Hvor bliver der dog en Masse, man ikke får fortalt, når man laver sådan et Ophold mellem Brevene, som jeg har gjort her – jeg må hellere begynde med det seneste.
 Jeg kom hertil i Mandags d. 7 Marts (Far!) i dag er det Lørdag, og jeg rejser i Morgen, Søndag, da jeg ikke nænner at svigte lille Marie, vi er for længst bedt til hendes Fødselsdagsgilde i morgen, og der bliver viftet med at ”Sognefogdens” kommer - til de andre Gæster; men jeg må i Aar svigte med Sange og Prologer, som jeg ellers plejer at lave, dertil manglede i Aar den fornødne Kraft og selv om det går langt bedre nu, så har jeg ikke kunnet lave det heroppe. Det var Agnes, der fandt på det, da hun ringede engang i sidste Uge og hørte, at jeg stadig var så sløj, så spurgte hun om jeg ikke vilde op til dem og være en Tid for at komme mig; intet bedre kunde ske – allerede den 3die Dag forsvandt den dødelige Træthed - og du ser, at jeg nu næsten kan skrive normalt. Her er ganske vidunderligt på alle Måder, søde, hjertensgode Mennesker, et meget smukt Hjem, hvert eneste Rum er en Skønhedsåbenbaring, man føler, at hver eneste lille Ting er nøje gennemtænkt, her er mange gamle Ting, men også meget nyt, der er ligeså smukt; det er en hel Nydelse at gå rundt og se på alting og stadig opdage noget, man ikke før havde set. De er jo begge Komm[unister] men af den fredelige Slags, som man kan tale med – og vi er ofte inde på det kildne Emne. Ofte siger Agnes: ”Ja, hvis dét er sandt, hvad du dér siger, så er jeg ikke Kommunist. Og til Peter kan jeg ustraffet sige: ”hvorfor er det så frygteligt, at vi kalder meget af Jeres for Løgn, når I bestandig hævder, at alt vores er Løgn?” 
 En Dag havde vi besøg af Henrik Bichel, læge i Farum; det blev jo til snak om mine Søstre, dem han kendte, og tænk, så sagde han:” Ja, Elle er jo meget borgerlig!” Jeg fortalte om Elles lystige Liv og Levned om Vagabondtrangen fra Ungdommen osv – nej, han kendte hende godt, hun var borgerlig; og han er ikke Kommunist – kom tværtimod med de værste Udfald imod de ”forbandede Komm.”, Agnes tav smilende. 
 Noget efter sagde Henrik til mig: ”Ja, hvordan var det – var du ikke lidt halvforlovet med min Far?” ”Ok nej, jeg var mere end hélforlovet”. Men hvad synes du dog om det Stempel på Elle, som er kommen så meget i Rynkeby. Men måske tillægger han Ordet en anden Betydning, for mig betyder det ”spids_borgerlig”, og det er Elle da ikke. 
 3) Da jeg kom derop i Mandags, fulgte Axel med og var her til en af de snart mange hyggelige og muntre Frokoster vi har haft heroppe. 
 En Aften inviterede de Dr. Becks herop – vi fik fint Smørrebrød, _Snaps, Øl, Kaffe. Stemningen blev ophøjet – det var morsomt at se Dr.s i et helt andet Milieu – her var han mere løssluppen, fortalte en Masse om sine Skuespil – og vi drøftede Skuespilkunst – og Maleri – og sociale Forhold – alle morede vi os aldeles storslået – og det trak ud til de små Timer. Jeg har da fortalt, at Naborsak forrige Mandag inviterede Axel og mig ind at se ”Freden” (af ham) og Selskabsrejsen af Leck Fischer. Axel havde ikke Lyst, da han gik med lidt Maveforkølelse, vilde ikke risikere at måtte rende på WC derinde – og så tog vi Janna med i Stedet – kørte om efter hende og afleverede hende dér igen. ”Freden” var et meget betagende Stykke – det fik dårlig Kritik, men blev en stor Publikumssuccés, der stadig trækker fulde Huse – vist 5 Gange om Ugen – Dr. får Procenter – c. 200 – 300 hvergang! I ”Selskabsrejsen” blev jeg så betaget af Rooses Spil som ”Døden”, at jeg næste Dag skrev til ham og - fik det sødeste og meget taknemmelige Svar! Jeg viste Naborsak det, da de var her den Aften, han kunde godt forstå, jeg var meget stolt. 
 Nå, så er der i Information en alenlang Anmeldelse af Rohde, af Hohlenburgs Essay-Samling: ”Den trange Port”, Peter forærede mig Bogen, da jeg ikke vilde have Honorar, og jeg sagde til ham, at den Bog havde han absolut ingen Forudsætning for at kunne anmelde – jeg tror virkelig, at den Bemærkning har fået ham til at gøre sig mere Umage – ganske vist var der Uforskammetheder og til Slut var han direkte giftig, men der var dog saglige Perioder med hist og her virkelig Anerkendelse. Jeg har lige haft en lille Brevvexling med Hohlenberg, der var meget interessant, men det bliver for vidtløftig at komme ind på, desuden kan min Arm ikke mere. 
 Ikke mindst storartet har det været, at jeg heroppe har levet helt vegetarisk, og med megen Råkost. The er Lindethe med Citron i, og hver Formiddag får vi et Krus udpresset rå Saft af Rødbede, Kartoffel, Æble, eller af Appelsin og Citron. Agnes og jeg holder os helt til denne Kost – som føles livsalig – men den tykke, muntre Peter får hver Dag et Tilskud af ”rigtig" Pålægsmad, undertiden Kød. Agnes er på alle Områder knippel dygtig og meget flittig. Jeg har gjort mit Værelse i Stand – ellers intet, en dejlig Drivertid. 
 Jeg tør ikke ta et Ark til, man må være mådeholden med de nye Kræfter.
 Tusinde Hilsner fra din Dis 
 [Skrevet langs venstre margen på forsiden på ark 1:]
 +) måske kan man blive Psykopat af at være Psykiater – hvem ved!
 [Skrevet langs venstre kant på sidste ark:]
 Ps. Det har været en gansk_e _dejlig Tid heroppe, men nu glæder jeg mig til at komme hjem til Axel. Han har telefoneret hver Dag – igår var han til Middag hos Lehmanns. 
 [Skrevet langs venstre margen på bagsiden af ark 2, s. 4:]
 ps. Peter og Agnes boede for et Par Aar siden i Kerteminde i Ferien. De spadserede til Munkebo – hilste på Maleren ved Kroen – gik over Drigstrup hjem, så Sybergs Grav. 
 [Skrevet langs venstre kant på bagsiden af ark 1, s. 2:]
 ps. fortsat. Et andet Aar var de i Sallinge, så Hillerlev Kirke etc. Ifjor var Peter på Færøerne – fortæller morsomt om alt deroppe. De har rejst meget – Paris – Sydfrankrig – Schweiz – Tyskland – sjove Mennesker.</t>
   </si>
   <si>
-    <t>1895-4</t>
-[...133 lines deleted...]
-Aksel Dydensborg
+    <t>1949-06-07</t>
+  </si>
+  <si>
+    <t>Lars Swane</t>
+  </si>
+  <si>
+    <t>Paris V
+52 Rue Gay Lussac</t>
+  </si>
+  <si>
+    <t>Birkerød
+Skovgaardsvej 5</t>
+  </si>
+  <si>
+    <t>Roger -
+Marie Larsen
+Hans Tabor
+Poul Uttenreitter
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Historien om Varedirektoratet kendes ikke. Hans Tabor arbejdede på dette sted, inden han fik ny stilling i Paris. 
+Det omtalte udkast er muligvis forarejdet til Christines Swanes vægmosaik til Damsøbadet 1949-1951. 
+Det vides ikke, hvem Rogers forældre, Lisbeth, Karen og Bob var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swanes brevarkiv kasse 1, 2002/61, A8, Lb 11</t>
+  </si>
+  <si>
+    <t>Det er godt, at Varedirektoratet har givet sig. Lars Swane vil gerne have brevene om sagen tilsendt. 
+Lars Swane har forslag til ophængning af udkastet. Der er præparerede lærreder på loftet. 
+Lars Swane og Ursula har været til frokost hos Rogers forældre.
+Det var ikke svært at køre i Tyskland trods bombehuller. I Belgien var det værre. 
+Alt undtagen vin er dyrt i Frankrig. 
+Lars Swane håber, at Marie/Rie Larsens fødselsdag var vellykket.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PxiH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Malerinden
+Fru Christine Swane
+Skovgaardsvej 5
+Birkerød
+Danemark.
+[Håndskrevet på kuvertens bagside:]
+Lars Swane
+c/o Hotel de l'avenir.
+52 Rue Gay Lussac
+Paris V.
+France
+["France" er skrevet med grønt blæk. Det øvrige med sort]
+[I brevet:]
+Rue Gay Lussac 52 Tirsdag 7-6-49.
+Kære Mor! Tak for Brev som vi fik i Dag! Det var dejligt at Varedirektoratet nu endelig gav sig. Angaaende Ramme til Udkast: jeg havde tænkt mig at vi fik 2 runde Stokke og hæftede det paa, og saa rullede det ud paa Væggen, jeg tror ikke det andet er praktisk, det bliver alt for uhaandterligt, tænk over det. Angaaende Lærred, saa har jeg bare glemt det, der er Lærreder paa Loftet, Lisbeth kan hjælpe dig at faa dem ned. Der er nogle helt hjemmepræparerede til dig og nogle meget glatte paa det købte Lærred, som jeg skulde have selv. Tag i alt Fald bare hvad du kan bruge.
+Vi har det godt hernede nu er Vejret blevet fint. Vi var i Gaar til Frokost fra Kl. 12 til 4 30_hos Rogers Forældre, de er alle vældig søde, bor nydeligt og det har trods Sprogvanskelligheder været _meget hyggeligt, men kan du forstaa ret anstrengende. Vi skal der til Aften i Morgen og haaber at de vil diske lidt mindre op for os. 
+Angaaende Bilkørsel gennem Tyskland mærkede vi ingen Vanskelligheder, kører man blot nogenlunde fornuftigt (og vi kører helt fornuftigt) er der ingen særlig Besvær. Der er meget ujævn Vej gennem Hamborg og Bremen grundet paa Omkørsler ved Bombningerne, men saa maa man sagtne Farten og Fare frembyder det slet ikke. Den daarligste Vej er i Belgien, hvor det er Brosten meget af Vejen, men der gælder det samme.
+I Gaar var vi med Karen og hendes Mand Bob i Versailles, en dejlig Tur, især den kæmpestore Park var smuk. I Dag har jeg hentet Penge og Benzinmærker til Turister (20 fr. billigere pr L.). Benzinen er ellers lige givet fri. Vi bor nu paa Hotellet hvor Karen bor, billigt og ordentlig, de første to Nætter boede vi lidt dyrere paa Hotel Dagmar lige ved Siden af. Men Mad og alle mulige Ting undtagen Vinen er meget dyrt, saa vi maa passe paa, men saa kan det gaa, og efterhaanden faar vi ogsaa Øvelse i at beregne rigtigt. Vi haaber nu at Rie har haft en god Fødselsdag og er blevet tilfreds med Ur og andre Gaver. Du maa hilse hende meget fra os begge to. Vi har ogsaa i Dag haft Kort fra Poul Utt. og hører at han har talt med Jer. Vi har endnu ikke haft Forbindelse med Hans Tabor men skal have fat i ham en af de nærmeste Dage, vi kom jo lige før Pinse og saa havde ["havde" indsat over linjen] Karen fri, derfor har vi særlig været sammen hende nu, og saa var der Roger, men nu kommer Turen til ham som sagt. Vi bliver her ca 10 dage endnu og jeg vil egentlig gerne have de Breve med da jeg ikke ved hvad det drejer sig om. Senere har Karen lovet at sende Brevene efter os naar vi giver hende Besked om Adr. Hils nu Rie mange Gange fra os og vær selv paa det bedste hilset fra Ursula og Lasse.
+P.S. Vi har haft megen Nytte paa Turen af det dejlige Tæppe, Ursula har nydt det.</t>
+  </si>
+  <si>
+    <t>1950-07-05</t>
+  </si>
+  <si>
+    <t>Småland
+Majenfors</t>
+  </si>
+  <si>
+    <t>Dres -
+Holger -
+Ellen Agnete Amstrup
+Adolph Hitler
+Thyra Iuel
 Adolph Larsen
-Andreas Larsen
-[...2 lines deleted...]
-Else Larsen, Else, Andreas Larsens kone
+Marie Larsen
+Rasmus Larsen
+Christine  Mackie
 Axel  Müller
-Otto Emil  Paludan
-[...142 lines deleted...]
-Janna Schou
+Lauritz Pedersen
+Christine Swane
+Lars Swane
+Sigurd  Swane
+Harry Truman
+Ursula Uttenreitter
+Fritz Warberg
+Karen Warberg
+Minna Warberg
+Torkild Warberg
+Andreas Warberg, Albrechts far
 Erik Warberg Larsen
 Grete Warberg Larsen
+Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
-    <t>Grete Warberg Larsen fødte sit barn 16. april 1945. 
-[...19 lines deleted...]
-besv. samme Dag.
+    <t>Det vides ikke, hvad Puttabygget var for et sted i Småland. 
+Onkel Toms hytte er en roman af Harriet Beecher Stowe, udgivet som bog i USA 20. marts 1852. Bogen medførte en voldsom offentlig debat, og bidrog derved til den senere ophævelse af slaveriet i Nordamerika. Bogen var en medvirkende faktor til, at Sydstaterne startede den amerikanske borgerkrig ved at åbne ild mod Fort Sumter den 12. april 1861 (Kilde: Wikipedia dec. 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0551</t>
+  </si>
+  <si>
+    <t>Det er koldt.
+Godt med bøger og tiltag, der kan vække samfølelse og forandre verden. Der er trods alt fremgang, og Johanne/Junge tror ikke, at Rusland ønsker krig.
+Fritz Warberg har været på besøg. Han fortalte om sine forældres ægteskab, som ikke har været nemt for faderen. Moderens nerver er "meget sløje". Fritz bestilte 12 broderede servietter hos Johanne.
+Christine Mackie har været på besøg hos familien i Nordjylland. Hun skulle have sunget i radioen, men blev syg.
+Lars og Ursula Swane har været på besøg. De solgte billeder i Odense. 
+Naboens lille Jørgen kan ikke forstå, at Johanne kan klare at sidde så meget alene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JQ1X</t>
+  </si>
+  <si>
+    <t>X
+modt. Fredag Morgen, 7/Juli 1950
+besv. Fredag 21’ Juli. ”
 Fru A. Warberg Müller
-Bakkevej 12
-[...5 lines deleted...]
-Lindøgaard Dræby St. Fyen.
+Putta bygget
+Majenfors
+Småland
+Sverige
+[Skrevet af ukendt/Laura Warberg Petersen?]
+23-7-2000
+BWP.
+[Skrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen Danmark
 [I brevet:]
-Lindøgaard Søndag, d. 18de Marts 45.
+Lindøgaard Onsd. 5-7-1950
 Kære lille Dis!
-Tusind Tak for dit Brev, som jeg fik i Forgaars; samme Dag havde jeg Brev fra Bibbe, hendes maatte jeg besvare først, og hun fortalte mig, hvor glad hun havde været over at træffe dig hos Magisterens. Det var dog ogsaa et morsomt Held, at hun netop kom derud den Dag. Nu har vi hende snart hjemme igen og Gud ske Lov for det, det er dog tryggere at vide hende her paa Landet, for Faren dog er minimal.
-[...1 lines deleted...]
-Nej, det var saamænd kun en Forglemmelse at jeg glemte X [”X” indsat over linjen] at kvittere og takke for Tobakken, det gik hurtigt op for mig, da jeg havde sendt Brevet. Vi vil være Jer saa taknemmelige, hvis I af og til vil sende noget, for nu kniber
+Tusind Tak for dit lange og gode Brev! Jeg synes da det ser ud som om I har det helt godt derovre. Bare det, at Dres og du har fælles Interesse i de lange Ture, at hun er med på lidt æventyrligt, hvad alle vi jo altid har gouteret – det er sandelig meget værd, og det maa bære over meget. Gid nu Vejret maatte tænke paa at det jo er Sommer og ikke stadig gerere sig som om det var Vinter; jeg er i fuld Vinter-Kluns endda med min varme house-coat og har endda ondt ved at holde Varmen. Og sikken I dog svælger i alskens Godter: Dadler, Figen og Bananer – Sager man mindes som noget helt oldnordisk. Den Bog, du skriver om, vilde jeg da grumme gerne læse en Gang, og det kunde jo være, at Holger vil give dig Lov til at sende mig den; det er jo vidunderligt at læse virkelig god Lekture. Jo, Dis, Gudskelov for de ”enkelte Röster”, saadanne er jo alle store Fremskridts Begyndelse; hvad har ikke den ene Bog: Onkel Toms Hytte betydet i Verdensopinionen overfor Ikke-hvide Mennesker – for at tage et eneste lille Eksempel. Og trods alt det uhumske i Tiden, synes jeg alligevel, der vises saa megen Godhed og Samfølelse for at læge Tidens Saar, man kunde nævne meget: Red Barnet, Røde Kors, dette at f. Eks. danske unge tager til Tyskland for at give dem Begreb om lidt menneskelig Kultur, at danske unge deltager i flere Landes Opbygningsarbejde – alt det viser en i sit Væsen kristelig Tankegang, hvis Betydning for Menneskehedens Trivsel jo er uomtvistelig. Jeg synes ofte, jeg ser Spirer til Fremgang, selv om de endnu kun er spæde i Forhold til alt det uhumske, der sker. Krigen! Ja, der er jo det underlige at man jo maa synes, det er rigtigt, at Truman greb ind, for de Satans Kommunister skal vide, at de ikke kan faa helt let Spil med os andre; det var en Prøve-Ballon fra deres Side, og jeg synes, det er uvurderligt, hvis den mislykkes for dem. Og tro mig, Rusland vil absolut ikke Krig (Verdenskr.) dumme som Hitler er de jo ikke, men ved, hvad Følgen bliver, hvem der end sejrer, jeg mener, selv om de selv skulde vise sig at være de stærkeste. Jeg er i hvert Fald ikke bange for en Verdenskrig, men 100 pc.t.s Vished har man jo ikke. 
+I Mandags Formiddags ankom i Bil lille Fritz fra Brædstrup, han havde været hjemme til Dedes Fødselsdag og var kommen i Tanker
 2.
-det snart haardt; den hjemmeavlede Tobak er der ikke saa meget Drøje i, som jeg havde tænkt, og det gaar hurtigt ned ad Bakke med den. Saa hvis I vil have Ulejlighed med det og absolut ikke Udgift, vil vi som sagt være Jer megen Tak skyldige. 
-[...307 lines deleted...]
-Tidspunkt. Jeg læste nogle Anmeldelser og forbausedes over saa lidt Kjarval blev omtalt. Efter det jeg har set af islandsk Malerkunst, vilde jeg tro at han som Kunstner ragede et Hoved over alle de andre. Jeg fyldte 60 Aar mellem Jul og Nytaar og da jeg ikke havde Lyst til at være hjemme i Julen eller til min Fødselsdag, nu min Kone ikke var her mere, rejste jeg med mine 2 Sønner omkring i Jylland og endte i Lemvig hos Thøger Larsen hvor vi havde det hyggeligt nogle Dage, med Bilture omkring i Omegnen i tindrende Sol og haard Frost over tilsneede Landskaber og den islagte Fjord. Thøger Larsen og hans Kone var her for en Tid siden en Uges Tid. Thøger rask og fornøjet og hyggelig. Den sidste Aften det var vist den 15 Maj kørte vi en Tur hen til en lille Skov her i Nærheden hvor det plejer at vrimle med Nattergale. Thøger havde aldrig hørt en Nattergal og vilde gerne opleve det, men det lykkedes desværre ikke. Vi har haft et meget koldt Foraar og det var den Aften særlig koldt. Vi traf Sønnen fra Gaarden som Skoven hører til, og han fortalte at han havde hørt
+om, at han slet ikke kendte os, Agraren og Manse og Tinge har han aldrig set; det var sødt af ham at bestemme sig til at køre her om ad for at hilse paa os. Han faldt saa storartet til, Manse syntes saa over ordentlig godt om ham og gav sig Tid til at snakke med ham – han var netop herinde, da han ankom. Han blev til en Times Tid efter Middag og der blev Tid til megen Snak. Jeg blev lidt betuttet over at høre ham tale om sin Mor, for jeg vil just ikke sige, at han strømmede over af Beundring, og han kan godt se, at Dedde ikke har haft det godt i sit Ægteskab. ”Far er jo saa godt [”t” sidst i ordet overstreget] som Dagen er lang” sagde han. For Resten mente han, at Dedde havde det saa godt, Humøret saa udmærket, og han synes nu at ville underordne sig Ubehagelighederne ved en streng Diæt. Minna har ingen Pige, og hendes stakkels Nerver er vist meget sløje, det maa nu heller ikke være nemt. Putte var hos Torkilds i Aalborg; hun skulde have sunget i Radioen deroppe fra, men fik en Tandhistorie, og vi sad her og ventede paa hendes Sange, men der kom andre Ting i Stedet. Jeg troede Mornine var bleven alvorlig syg, (hun ligger jo paa Blegdamshosp. p. Gr.a. et meget slemt Hjerteanfald, men er nu bedre), og at det var Grunden, men via Nina paa Glorup og Nete fik jeg Opklaringen. Putte var altsaa med Torkilds til Deddes Fødselsdag, de havde alle syntes, at hun havde udviklet sig saa godt paa alle Maader, mere afdæmpet, sagde Fritz. - - I Gaar gjorde Ruth Hoved-rent her i Spisestuen; hun har været flink til at tage det som en Selvfølge, at det tilkom hende, ellers skal man jo helst have det til Side, naar en ny Pige kommer til Maj. Lasse og Ursula havde kørt Rie og Uglen t. Kjertem., været der en Nat, var kørt til Odense for at sælge Malerier, de havde hele Bilen fuld af de skønneste Malerier, Sigurd Sw., Uglen, Lasse selv og mange andre; de slæbte dem alle ind, da de an [”an” overstreget] ved 8 Tiden kom X. Lasse kørte straks ned eft. Tinge og Bror [”Bror” overstreget] Grete, saa de kunde se med. Det var dejligt at se paa saa megen god, ja fremragende Kunst. Lille Bror var med og opførte sig mønsterværdigt; den første Time var han helt stiv af Betagelse. De blev her om Natten, Ruth var til Haandbold, men havde passet alt til til Aftenkaffen, inden hun gik, Grete redte saa 
+X [Skrevet langs sidens venstre kant:] Her var rodet af Hovedrengøringen, men Stuen var da klar
 3.
-den første Gang samme Morgen og saa kørte vi hjem og aftalte at vi skulde forsøge næste Aar paa et bedre Tidspunkt. Men det skulde altsaa aldrig komme. Forleden da min ældste Søn og jeg havde været paa Pintsebesøg paa en Herregaard i Nordvestsjælland, kom der Telegram samme Aften vi kom hjem at Thøger Larsen var død. Vi var i Forgaars oppe til hans Begravelse, kørte herfra om Mrg. og kom hjem om Aftenen ved 12 Tiden, en lang Køretur 210-15 km, 2 Gange paa en Dag. Da vi var der i Vinter talte Thøger om at vi absolut maatte komme og se Lemvig ved Sommertid, den Gang tænkte vi ikke det skulde ske saa snart og i den Anledning. Jeg har mistet mange af mine gode Venner i de senere Aar. Verden bliver fattigere, især savner jeg min Kone mange Gange hver Dag. Thøger Larsen og jeg talte en hel Del om Sagaerne, da han var her forleden, ogsaa om Muligheden af at komme til Island sammen til næste Aar. Han har oversat Laxdæla og Eyrbyggja, elle hvordan det nu staves, og havde været til Møde i Selskabet for Udgivelsen af de nye Sagaoversættelser. Jeg 
-[...195 lines deleted...]
-Bedstemor.</t>
+op til dem, i Manses Seng og Gæstekammersengen, Manse flød saa paa Hjørnesofaen i Stuen, han tager det ikke saa nøje for en Nat. De kørte igen i Morges, før jeg kom op.
+Paa Lørdag Morgen tager vores flinke Ruth paa Sommerferie og bliver borte til den 17de. Saa tager jeg hen til Bibbes, hvad jeg glæder mig til. Saa kan Thyra hente mig der, det er ikke saa langt; fortalte jeg, at hun absolut vil have mig til Lundsgaard en Dag, men når det ikke er bleven af endnu er det p.Gra. daarligt Vejr, det skulde helst være fint, naar jeg skal derhen.
+Du maa da have troet, jeg nærmest var Idiot, at jeg ikke kunde finde ud af, hvad ”Kransen” var for en, men jeg havde ikke fjerneste Erindring om, at jeg havde syet den til dig, jeg gik dem alle igennem i Tankerne og mente, at den 10ende var en helt anden. Tænk Fritz bestilte 12 hos mig, da jeg viste ham Servietterne: jeg har nemlig syet 12, som jeg vil beholde som Mønstre, det er meget nemmere at sy efter end dem i Mønsterbøgerne, dem saa han og blev saa begejstret over, at han bestilte 12, og du maa undskylde mig, at jeg kun tog 1½ Kr. pr. Styk det bliver dog 18 Kr. og saa har jeg oven i Købet den Glæde som det er mig at sy dem.
+Den lille Jørgen fra Rasmus Larsens kommer af og til ind og besøger mig, han er en kostelig Dreng. Forleden sagde han til mig: Sitter du alti’ her ine (ene)? Ja, det gør jeg da, og saa sagde han: Det va’ der ikke Manne aa ku’ gør’. Han maa jo have hørt dem sige noget om det hjemme. Men, Dis, der er virkelig ingen Grund til at beklage mig, for jeg befinder mig vel godt [”godt” indsat over linien] nok ved det, og hvis jeg ikke sad her, hvad tror du saa ikke, der vilde falde paa mig af Arbejde i disse Tider, hvor det er saa vanskeligt at faa Hjælp, Arbejde som maaske vilde overstige mine Kræfter og derfor gøre Livet surt for mig. Gud give Ruth vilde blive til Vinter, men det er tvivlsomt, Moderen længes saa forfærdeligt efter at have hende der i Omegnen. Tænk, Ruth har lige i dette Øjeblik foræret mig en henrivende Gloksinia her var en Blomsterbil, men jeg sagde, jeg kunde ikke købe, og saa købte hun den til mig, hun er en god Pige. - - Saa faar du vist ikke mere denne Gang, men hils nu den gode Axel saa mange Gang og hils ogsaa Dres, jeg tænker paa hende med Taknemmelighed her fordi hun 
+[Skrevet på hovedet øverst på sidste side:]
+underviste Bibbe uden Betaling. Og saa tusind Hilsner til dig selv fra din Junge.
+God Bedring m. Astmaen!</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -3877,51 +3877,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LEk1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2nhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bKZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkyY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MyNL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZ4z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xGkgQ4lS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oFJL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i43j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I72J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/an9l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bxB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dqi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aH2l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUB5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPBs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JvdR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzyK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OPcq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7tPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/710v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HBXL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c0TA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/J0tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/710v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XtEZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HBXL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzyK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2nhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I72J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7tPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i43j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c0TA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LEk1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rUB5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/an9l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AKkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bxB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OPcq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPBs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dqi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MyNL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JvdR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xGkgQ4lS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bKZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aH2l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FTmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkyY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oFJL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4fS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZ4z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M82"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -3961,3603 +3961,3603 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B3" s="5" t="s">
+      <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="F3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="G3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="H3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="5" t="s">
+      <c r="F4" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="G4" s="5" t="s">
         <v>36</v>
-      </c>
-[...9 lines deleted...]
-        </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="J4" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D5" s="5" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H5" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H5" s="5" t="s">
+        <v>47</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G6" s="5" t="s">
-        <v>52</v>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>61</v>
-[...9 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>72</v>
+      </c>
+      <c r="D8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G8" s="5" t="s">
-        <v>69</v>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>70</v>
-[...5 lines deleted...]
-        <v>72</v>
+        <v>73</v>
+      </c>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K8" s="5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="M8" s="5" t="s">
         <v>75</v>
       </c>
+      <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="D9" s="5" t="s">
+      <c r="H9" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="E9" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="G9" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I9" s="5"/>
       <c r="J9" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K9" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="K9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="L9" s="6" t="s">
+      <c r="M9" s="5" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E10" s="5" t="s">
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
         <v>85</v>
-      </c>
-[...11 lines deleted...]
-        </is>
       </c>
       <c r="I10" s="5" t="s">
         <v>86</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>87</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>88</v>
       </c>
       <c r="L10" s="6" t="s">
         <v>89</v>
       </c>
       <c r="M10" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
         <v>91</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>92</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="5" t="s">
+      <c r="E11" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="G11" s="5" t="s">
+      <c r="H11" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="H11" s="5" t="s">
+      <c r="I11" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="J11" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="J11" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="K11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="M11" s="5" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>37</v>
+        <v>92</v>
       </c>
       <c r="D12" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="H12" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="E12" s="5" t="s">
+      <c r="I12" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="F12" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H12" s="5" t="s">
+      <c r="J12" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K12" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="I12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="J12" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>37</v>
+        <v>72</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      <c r="G13" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="H13" s="5" t="s">
+      <c r="I13" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="J13" s="5" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>114</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>115</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>117</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>37</v>
+        <v>92</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>93</v>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G14" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G14" s="5" t="s">
+        <v>118</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>64</v>
+        <v>97</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>37</v>
+        <v>125</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>126</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G15" s="5" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="G15" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="H15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I15" s="5"/>
       <c r="J15" s="5" t="s">
-        <v>64</v>
+        <v>128</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>132</v>
+        <v>46</v>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G16" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G16" s="5" t="s">
+        <v>134</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I16" s="5"/>
       <c r="J16" s="5" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>136</v>
       </c>
       <c r="L16" s="6" t="s">
         <v>137</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>139</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F17" s="5" t="s">
         <v>140</v>
       </c>
-      <c r="D17" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F17" s="5" t="s">
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I17" s="5"/>
+      <c r="J17" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="K17" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="G17" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>143</v>
-      </c>
-[...10 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>131</v>
+        <v>92</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="E18" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="J18" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="F18" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H18" s="5" t="s">
+      <c r="K18" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="M18" s="5" t="s">
         <v>152</v>
-      </c>
-[...7 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="D19" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="I19" s="5"/>
+      <c r="J19" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="E19" s="5" t="s">
+      <c r="K19" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="F19" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="I19" s="5" t="s">
+      <c r="M19" s="5" t="s">
         <v>160</v>
-      </c>
-[...10 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>37</v>
+        <v>72</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>104</v>
+        <v>162</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="K20" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="I20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>167</v>
       </c>
-      <c r="J20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="D21" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="I21" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="E21" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H21" s="5" t="s">
+      <c r="J21" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="K21" s="5" t="s">
         <v>174</v>
       </c>
-      <c r="J21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>175</v>
       </c>
-      <c r="K21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>93</v>
+        <v>178</v>
       </c>
       <c r="D22" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="L22" s="6" t="s">
         <v>180</v>
       </c>
-      <c r="E22" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="5" t="s">
+      <c r="M22" s="5" t="s">
         <v>181</v>
-      </c>
-[...21 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G23" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="H23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I23" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="B23" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E23" s="5" t="s">
+      <c r="J23" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K23" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="F23" s="5" t="s">
+      <c r="L23" s="6" t="s">
         <v>190</v>
       </c>
-      <c r="G23" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H23" s="5" t="s">
+      <c r="M23" s="5" t="s">
         <v>191</v>
-      </c>
-[...13 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="J24" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="K24" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="L24" s="6" t="s">
         <v>198</v>
       </c>
-      <c r="D24" s="5" t="s">
+      <c r="M24" s="5" t="s">
         <v>199</v>
-      </c>
-[...27 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="K25" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="B25" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H25" s="5" t="s">
+      <c r="L25" s="6" t="s">
         <v>209</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="M25" s="5" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="L26" s="6" t="s">
         <v>215</v>
       </c>
-      <c r="B26" s="5" t="s">
+      <c r="M26" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="C26" s="5" t="s">
-[...39 lines deleted...]
-      <c r="M26" s="5"/>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I27" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="B27" s="5" t="s">
-[...25 lines deleted...]
-      <c r="H27" s="5" t="s">
+      <c r="J27" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="I27" s="5"/>
-[...5 lines deleted...]
-      <c r="K27" s="5" t="s">
+      <c r="K27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L27" s="6" t="s">
         <v>221</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="M27" s="5"/>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>223</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>37</v>
+        <v>202</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>103</v>
+        <v>203</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      <c r="G28" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="H28" s="5" t="s">
+      <c r="F28" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I28" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="I28" s="5" t="s">
+      <c r="J28" s="5" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>227</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>228</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>230</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>14</v>
+        <v>201</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>131</v>
+        <v>231</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>140</v>
+        <v>232</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>149</v>
+        <v>233</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H29" s="5" t="s">
-        <v>232</v>
+      <c r="H29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I29" s="5" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>25</v>
+        <v>201</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>140</v>
+        <v>231</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>18</v>
+        <v>233</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>241</v>
+        <v>92</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>242</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>243</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>244</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>245</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>247</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>14</v>
+        <v>201</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>93</v>
+        <v>202</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>92</v>
+        <v>203</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="F31" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G31" s="5" t="s">
+      <c r="F31" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I31" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="H31" s="5" t="s">
+      <c r="J31" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="I31" s="5" t="s">
+      <c r="K31" s="5" t="s">
         <v>251</v>
       </c>
-      <c r="J31" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K31" s="5" t="s">
+      <c r="L31" s="6" t="s">
         <v>252</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="5" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>103</v>
+        <v>24</v>
       </c>
       <c r="E32" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G32" s="5" t="s">
         <v>256</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H32" s="5" t="s">
         <v>257</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>258</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>259</v>
       </c>
       <c r="L32" s="6" t="s">
         <v>260</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
         <v>262</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F33" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="G33" s="5" t="s">
+        <v>264</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="I33" s="5"/>
+        <v>265</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>266</v>
+      </c>
       <c r="J33" s="5" t="s">
-        <v>264</v>
+        <v>49</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>269</v>
+        <v>72</v>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F34" s="5" t="s">
-        <v>270</v>
+        <v>84</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H34" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H34" s="5" t="s">
+        <v>271</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F35" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F35" s="5" t="s">
+        <v>84</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="I35" s="5"/>
+        <v>278</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>279</v>
+      </c>
       <c r="J35" s="5" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>37</v>
+        <v>92</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>60</v>
+        <v>178</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>104</v>
+        <v>285</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>64</v>
+        <v>149</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>289</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>162</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>93</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="I37" s="5"/>
       <c r="J37" s="5" t="s">
-        <v>72</v>
+        <v>293</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>126</v>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="I38" s="5" t="s">
         <v>298</v>
       </c>
+      <c r="I38" s="5"/>
       <c r="J38" s="5" t="s">
-        <v>72</v>
+        <v>299</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>60</v>
+        <v>304</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>104</v>
-[...4 lines deleted...]
-        </is>
+        <v>305</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>306</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>64</v>
+        <v>309</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>37</v>
+        <v>92</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>60</v>
+        <v>178</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>104</v>
+        <v>314</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>64</v>
+        <v>149</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>92</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>140</v>
+        <v>178</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>315</v>
-[...5 lines deleted...]
-        <v>317</v>
+        <v>314</v>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-        <v>325</v>
+        <v>185</v>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>326</v>
+        <v>44</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>327</v>
       </c>
       <c r="J42" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K42" s="5" t="s">
         <v>328</v>
       </c>
-      <c r="K42" s="5" t="s">
+      <c r="L42" s="6" t="s">
         <v>329</v>
       </c>
-      <c r="L42" s="6" t="s">
+      <c r="M42" s="5" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>140</v>
+        <v>24</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="F43" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H43" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="I43" s="5" t="s">
         <v>333</v>
       </c>
-      <c r="G43" s="5" t="s">
+      <c r="J43" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K43" s="5" t="s">
         <v>334</v>
       </c>
-      <c r="H43" s="5" t="s">
+      <c r="L43" s="6" t="s">
         <v>335</v>
       </c>
-      <c r="I43" s="5" t="s">
+      <c r="M43" s="5" t="s">
         <v>336</v>
-      </c>
-[...10 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>263</v>
+        <v>24</v>
       </c>
       <c r="D44" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G44" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="H44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="J44" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K44" s="5" t="s">
         <v>341</v>
       </c>
-      <c r="E44" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F44" s="5" t="s">
+      <c r="L44" s="6" t="s">
         <v>342</v>
       </c>
-      <c r="G44" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H44" s="5" t="s">
+      <c r="M44" s="5" t="s">
         <v>343</v>
-      </c>
-[...11 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="E45" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H45" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="J45" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="F45" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G45" s="5" t="s">
+      <c r="K45" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="H45" s="5" t="s">
+      <c r="L45" s="6" t="s">
         <v>350</v>
       </c>
-      <c r="I45" s="5" t="s">
+      <c r="M45" s="5" t="s">
         <v>351</v>
-      </c>
-[...10 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>131</v>
+        <v>353</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>140</v>
+        <v>304</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>149</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>354</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="I46" s="5" t="s">
         <v>356</v>
       </c>
-      <c r="I46" s="5"/>
       <c r="J46" s="5" t="s">
         <v>357</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>358</v>
       </c>
       <c r="L46" s="6" t="s">
         <v>359</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
         <v>361</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>14</v>
+        <v>201</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>140</v>
+        <v>16</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>130</v>
-[...9 lines deleted...]
-        </is>
+        <v>304</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>362</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>369</v>
+        <v>44</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>239</v>
+        <v>338</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="F48" s="5" t="s">
         <v>370</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
         <v>371</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>372</v>
       </c>
       <c r="J48" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K48" s="5" t="s">
         <v>373</v>
       </c>
-      <c r="K48" s="5" t="s">
+      <c r="L48" s="6" t="s">
         <v>374</v>
       </c>
-      <c r="L48" s="6" t="s">
+      <c r="M48" s="5" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>60</v>
+        <v>377</v>
       </c>
       <c r="E49" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H49" s="5" t="s">
         <v>378</v>
       </c>
-      <c r="F49" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H49" s="5" t="s">
+      <c r="I49" s="5" t="s">
         <v>379</v>
       </c>
-      <c r="I49" s="5" t="s">
+      <c r="J49" s="5" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>381</v>
       </c>
       <c r="L49" s="6" t="s">
         <v>382</v>
       </c>
       <c r="M49" s="5" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
         <v>384</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>92</v>
+        <v>178</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>18</v>
+        <v>314</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
         <v>385</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>386</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>98</v>
+        <v>149</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>387</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>388</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>390</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>369</v>
+        <v>92</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>239</v>
-[...4 lines deleted...]
-        </is>
+        <v>178</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>391</v>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>393</v>
+        <v>149</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>394</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>395</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
         <v>397</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>104</v>
+        <v>45</v>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
         <v>398</v>
       </c>
-      <c r="I52" s="5"/>
+      <c r="I52" s="5" t="s">
+        <v>399</v>
+      </c>
       <c r="J52" s="5" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>44</v>
+      </c>
+      <c r="D53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
         <v>404</v>
       </c>
       <c r="I53" s="5"/>
-      <c r="J53" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K53" s="5" t="s">
+      <c r="J53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L53" s="6" t="s">
         <v>405</v>
       </c>
-      <c r="L53" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M53" s="5"/>
     </row>
     <row r="54">
-      <c r="A54" s="5" t="s">
-        <v>408</v>
+      <c r="A54" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>295</v>
+        <v>338</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>18</v>
+        <v>407</v>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="J54" s="5" t="s">
         <v>409</v>
       </c>
-      <c r="I54" s="5" t="s">
+      <c r="K54" s="5" t="s">
         <v>410</v>
       </c>
-      <c r="J54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>411</v>
       </c>
-      <c r="L54" s="6" t="s">
+      <c r="M54" s="5" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="s">
         <v>415</v>
       </c>
-      <c r="D55" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H55" s="5" t="s">
+      <c r="I55" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="I55" s="5" t="s">
+      <c r="J55" s="5" t="s">
         <v>417</v>
       </c>
-      <c r="J55" s="5" t="s">
+      <c r="K55" s="5" t="s">
         <v>418</v>
       </c>
-      <c r="K55" s="5" t="s">
+      <c r="L55" s="6" t="s">
         <v>419</v>
       </c>
-      <c r="L55" s="6" t="s">
+      <c r="M55" s="5" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>180</v>
+        <v>145</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>314</v>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="I56" s="5" t="s">
         <v>423</v>
       </c>
-      <c r="I56" s="5" t="s">
+      <c r="J56" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="K56" s="5" t="s">
         <v>424</v>
       </c>
-      <c r="J56" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K56" s="5" t="s">
+      <c r="L56" s="6" t="s">
         <v>425</v>
       </c>
-      <c r="L56" s="6" t="s">
+      <c r="M56" s="5" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>130</v>
+        <v>353</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>131</v>
-[...4 lines deleted...]
-      <c r="F57" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="I57" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="G57" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H57" s="5" t="s">
+      <c r="J57" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="I57" s="5" t="s">
+      <c r="K57" s="5" t="s">
         <v>431</v>
       </c>
-      <c r="J57" s="5" t="s">
+      <c r="L57" s="6" t="s">
         <v>432</v>
       </c>
-      <c r="K57" s="5" t="s">
+      <c r="M57" s="5" t="s">
         <v>433</v>
-      </c>
-[...4 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>37</v>
+        <v>92</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>60</v>
+        <v>178</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>104</v>
+        <v>314</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="J58" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="K58" s="5" t="s">
         <v>437</v>
       </c>
-      <c r="I58" s="5" t="s">
+      <c r="L58" s="6" t="s">
         <v>438</v>
       </c>
-      <c r="J58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K58" s="5" t="s">
+      <c r="M58" s="5" t="s">
         <v>439</v>
-      </c>
-[...4 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>131</v>
+        <v>92</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="E59" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G59" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="H59" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="I59" s="5" t="s">
         <v>443</v>
       </c>
-      <c r="F59" s="5" t="s">
+      <c r="J59" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="K59" s="5" t="s">
         <v>444</v>
       </c>
-      <c r="G59" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H59" s="5" t="s">
+      <c r="L59" s="6" t="s">
         <v>445</v>
       </c>
-      <c r="I59" s="5" t="s">
+      <c r="M59" s="5" t="s">
         <v>446</v>
-      </c>
-[...10 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>130</v>
+        <v>92</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>131</v>
+        <v>145</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>314</v>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="J60" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="K60" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>451</v>
+      </c>
+      <c r="M60" s="5" t="s">
         <v>452</v>
-      </c>
-[...13 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>130</v>
+        <v>92</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>459</v>
+        <v>178</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>132</v>
+        <v>314</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>460</v>
-[...3 lines deleted...]
-      </c>
+        <v>454</v>
+      </c>
+      <c r="I61" s="5"/>
       <c r="J61" s="5" t="s">
-        <v>462</v>
+        <v>149</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>130</v>
+        <v>92</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>131</v>
+        <v>178</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>314</v>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>469</v>
+        <v>149</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>470</v>
+        <v>461</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>472</v>
+        <v>463</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>473</v>
+        <v>464</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>130</v>
+        <v>92</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>131</v>
+        <v>145</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>132</v>
-[...7 lines deleted...]
-        </is>
+        <v>314</v>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G63" s="5" t="s">
+        <v>465</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>475</v>
+        <v>466</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>477</v>
+        <v>149</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>481</v>
+        <v>471</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>131</v>
+        <v>92</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>314</v>
+      </c>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>483</v>
+        <v>472</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>484</v>
+        <v>473</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>485</v>
+        <v>149</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>486</v>
+        <v>474</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>487</v>
+        <v>475</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>488</v>
+        <v>476</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>489</v>
+        <v>477</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>92</v>
+        <v>345</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>140</v>
-[...8 lines deleted...]
-        <v>490</v>
+        <v>72</v>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>491</v>
+        <v>478</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>492</v>
+        <v>479</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>72</v>
+        <v>480</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>493</v>
+        <v>481</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>494</v>
+        <v>482</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>495</v>
+        <v>483</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>496</v>
+        <v>484</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>78</v>
+        <v>338</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>77</v>
+        <v>406</v>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G66" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>485</v>
       </c>
       <c r="I66" s="5"/>
       <c r="J66" s="5" t="s">
-        <v>80</v>
+        <v>417</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>498</v>
+        <v>486</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>499</v>
+        <v>487</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>500</v>
+        <v>488</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>501</v>
+        <v>489</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>92</v>
+        <v>338</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>295</v>
-[...4 lines deleted...]
-        </is>
+        <v>406</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G67" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
+        <v>490</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>503</v>
+        <v>491</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>72</v>
+        <v>417</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>504</v>
+        <v>492</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>506</v>
+        <v>494</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>507</v>
+        <v>495</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>508</v>
+        <v>345</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>248</v>
-[...7 lines deleted...]
-        <v>509</v>
+        <v>496</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="I68" s="5"/>
+        <v>498</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>499</v>
+      </c>
       <c r="J68" s="5" t="s">
-        <v>80</v>
+        <v>500</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>511</v>
+        <v>501</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>513</v>
+        <v>503</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>514</v>
+        <v>504</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>130</v>
+        <v>92</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>131</v>
+        <v>505</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>314</v>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>515</v>
+        <v>506</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>516</v>
+        <v>507</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>517</v>
+        <v>508</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>518</v>
+        <v>509</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>519</v>
+        <v>510</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>520</v>
+        <v>511</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>521</v>
+        <v>512</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>522</v>
+        <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>523</v>
+        <v>345</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>289</v>
+        <v>72</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>524</v>
-[...12 lines deleted...]
-        </is>
+        <v>496</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
+        <v>513</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>526</v>
+        <v>514</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>72</v>
+        <v>515</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>527</v>
+        <v>516</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>528</v>
+        <v>517</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>529</v>
+        <v>518</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>530</v>
+        <v>519</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>15</v>
+        <v>345</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>520</v>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H71" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H71" s="5" t="s">
+        <v>521</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>533</v>
-[...4 lines deleted...]
-        </is>
+        <v>523</v>
+      </c>
+      <c r="K71" s="5" t="s">
+        <v>524</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>536</v>
+        <v>527</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>130</v>
+        <v>345</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>131</v>
+        <v>528</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>520</v>
+      </c>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>537</v>
+        <v>529</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>538</v>
+        <v>530</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>539</v>
+        <v>531</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>540</v>
+        <v>532</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>541</v>
+        <v>533</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>542</v>
+        <v>534</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>140</v>
-[...4 lines deleted...]
-        </is>
+        <v>537</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>520</v>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>549</v>
+        <v>542</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>552</v>
+        <v>44</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>93</v>
+        <v>545</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>248</v>
+        <v>546</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>553</v>
+        <v>547</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>554</v>
+        <v>548</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>98</v>
+        <v>417</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>557</v>
+        <v>551</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>37</v>
+        <v>345</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>51</v>
-[...12 lines deleted...]
-        <v>559</v>
+        <v>72</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>341</v>
+        <v>553</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>55</v>
+        <v>555</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>140</v>
+        <v>44</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>131</v>
-[...4 lines deleted...]
-        </is>
+        <v>545</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>141</v>
+        <v>546</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>567</v>
+        <v>417</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>140</v>
+        <v>345</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>239</v>
+        <v>72</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>158</v>
+        <v>496</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>572</v>
+        <v>497</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>573</v>
+        <v>566</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>575</v>
+        <v>568</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>576</v>
+        <v>569</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>579</v>
+        <v>572</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>93</v>
+        <v>345</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>496</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>497</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>580</v>
+        <v>573</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>581</v>
+        <v>574</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>98</v>
+        <v>575</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>93</v>
+        <v>345</v>
       </c>
       <c r="D79" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H79" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="J79" s="5" t="s">
+        <v>583</v>
+      </c>
+      <c r="K79" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="L79" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="M79" s="5" t="s">
         <v>586</v>
       </c>
-      <c r="E79" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H79" s="5" t="s">
+    </row>
+    <row r="80">
+      <c r="A80" s="5" t="s">
         <v>587</v>
-      </c>
-[...18 lines deleted...]
-        <v>1928</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>295</v>
+        <v>72</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>403</v>
+        <v>345</v>
       </c>
       <c r="E80" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="G80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H80" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="J80" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="K80" s="5" t="s">
         <v>592</v>
       </c>
-      <c r="F80" s="5" t="inlineStr">
-[...12 lines deleted...]
-      <c r="I80" s="5" t="s">
+      <c r="L80" s="6" t="s">
         <v>593</v>
       </c>
-      <c r="J80" s="5" t="s">
+      <c r="M80" s="5" t="s">
         <v>594</v>
-      </c>
-[...7 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>140</v>
+        <v>596</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>131</v>
-[...4 lines deleted...]
-        </is>
+        <v>537</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>597</v>
       </c>
       <c r="F81" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="s">
         <v>599</v>
       </c>
-      <c r="G81" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H81" s="5" t="s">
+      <c r="I81" s="5" t="s">
         <v>600</v>
       </c>
-      <c r="I81" s="5" t="s">
+      <c r="J81" s="5" t="s">
         <v>601</v>
       </c>
-      <c r="J81" s="5" t="s">
+      <c r="K81" s="5" t="s">
         <v>602</v>
       </c>
-      <c r="K81" s="5" t="s">
+      <c r="L81" s="6" t="s">
         <v>603</v>
       </c>
-      <c r="L81" s="6" t="s">
+      <c r="M81" s="5" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>605</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>140</v>
+        <v>345</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>131</v>
-[...4 lines deleted...]
-        </is>
+        <v>72</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>496</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>141</v>
+        <v>606</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
         <v>607</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>608</v>
       </c>
       <c r="J82" s="5" t="s">
         <v>609</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>610</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>611</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>612</v>
       </c>
     </row>