--- v1 (2025-12-17)
+++ v2 (2026-03-06)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="904" uniqueCount="613" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -2621,51 +2621,51 @@
 Else Birgitte Brønsted
 Louis Golding
 Ina  Goldschmidt
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Thomas Mann
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Lasse Taaning
 Albrecht  Warberg
 Andreas Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen
 Karl Zeckendorf</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Lars/Lasse Taanings bror, svigerinde og dennes veninde var. Gurli, "Krastine", Kat. Sørensen, Eggert og Franzen kendes heller ikke. 
 Det er uklart, hvem det er, som Johanne C. Larsen omtaler som "ens Svigersøn". Selv havde hun ikke i 1937 en svigersøn. Det vides ikke, hvad Ina Goldschmidts barn/Astrid Warbergs barnebarn hed. 
-Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til en koncentrationslejr og myrdet.</t>
+Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til koncentrationslejren Sachsenhausen og myrdet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0803</t>
   </si>
   <si>
     <t>Johanne C. Larsen har slagtet, og midt i arbejdet med dette kom der gæster. Hun er ked af, at Astrid Warberg var så berørt af ikke at blive inviteret til Else Birgitte/Mudis bryllup. Johanne blev heller ikke inviteret. Hun er bitter over, at Brønsted-familien udelukker Astrid. 
 Det er et stort påskegilde, Astrid har haft. 
 Johanne har en tid været fri for anfald. Hun spiser citron som medicin. 
 Astrid har skrevet om et hørespil, som ikke passer til Johannes verdensanskuelse, men Astrid ved ikke noget om sidstnævnte. 
 Erik/Tinge Warberg Larsens 30-års fødselsdag blev vellykket.
 Johannes/Las, Else og Andreas/Puf Larsen flygtede i påsken til Jylland for at undgå gæster. Det er dejligt, at Else holder så meget af Johannes Larsen. 
 Tysklands jødepolitik er afskyelig. 
 Johanne ønsker tillykke med det nye barnebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rT9z</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 d. 30te Marts. 37.
 Kæreste lille Dis!
 Nu kommer saa det lovede Paaskebrev, men selve Paasken er da glidt hen for mig uden Brevskr. til dig. Jeg skyldte Bibbe saa rent ukristeligt og skrev et kæmpebrev til hende – og sløj er man jo efter den store Slagte- og Paaskegøren – du. Jeg havde bestilt Kone til Tirsdag, hun kunde først Onsdag og da kom der Bud, at hun ikke kom p. Gr.a. Sygdom i Hjemmet. Der stod jeg! men hang saa i alene og da det kun var en lille Gris gik det jo. Mon I fik Slagtemaden i nogenlunde Tid? Helligdagene kom jo lidt paa tværs ved Forsendelsen [”ved Forsendelsen” indsat over linjen]. De to første Helligdage havde vi fremmede. Lasse Taaning m. Broder, Svigerinde og dennes Veninde – en henrivende Københavnerinde som studerer Medicin; vi kender hende godt; hun var her baade Palmesøndag og om Onsdagen, samt altsaa Skærtorsdag m. Taanings. Den Onsd. da jeg stod alene m. Slagtningen fik jeg altsaa fremmede – Daisy og Gurli – jeg var ikke videre gæstfrit indstillet da jeg midt i det hele maatte lave an med Kaffe og Underholdning. Langfredag kom den goe Elle i dejligt Vejr; kom lige til Kaffe og blev til Aftensm. Og Aft.kaffe, saa vi fik en god Passiar Hun og Agraren kan efterhaanden helt godt sammen, jeg kunde mærke, at Agr. var glad ved at se hende? Søde Dis – hvor det gjorde mig ondt, at det Brev fra Elle berørte dig pinligt. Men jeg var da heller ikke inviteret og vidste slet ikke, at Elle var derovre før senere, men derfor glæder jeg mig da alligevel over at høre om lille Mudis Lykke. At du sørger over ikke at være i Kontakt med dine søskende, kan jeg da saa udmærket forstå, men naar Tingene er, som de er, vilde det da have været mere forbavsende, om du var bleven bedt; end at du ikke blev bedt. Det berører ogsaa mig i mit Forhold til dem, idet jeg jo aldrig kan frigøre mig for lidt Bitterhed imod dem, naar jeg tænker paa deres Udelukkelse af dig – jeg taler aldrig til Elle om dig; hun læser alle mine forsk. Breve, naar vi ses, men aldrig fra dig, og jeg har heller ikke i Sinde at fortælle om den Sallinge-Tur, men tænk saa vidste hun det skam, og ved du hvor fra? gennem lille ”Krastine” og Kat Sørensen; du havde ringet til hende nede fra Franzen. Maaske det er en smaalig Tankegang af mig, men alt det morsomme og interessante jeg faar fra dig gen. dine Breve vil jeg beholde for mig selv; hvis Elle spurgte til dig, var det måske noget andet. - - De to sidste Helligdage saa vi ikke et Menneske. Jeg tror Agraren og Tinge følte det lidt ensomt, jeg nød det i fulde Drag. Jeg havde sørget godt for deres Forplejning – Påskedag en lækker Æblekage m. Flødeskum – og saa en Lagkage til alle Kafferne. 
 2 Hvilket imponerende Paaskegilde, I skulde have! Kan I nok sidde 8 i Jannas lille Stue; jeg glæder mig til at høre om Forløbet. I har egentlig meget altid – Gæster og kommen ud, kan du nok holde til det? Du har slet ikke skrevet om, hvordan dit Hvileophold hjalp dig. Var det ikke surt at komme i Gang igen? S.u. – jeg mener om dit Befindende? Nerverne? - - 
 Man skulde virkelig tro, at Citronerne hjælper. Jeg tager altsaa baade Medicin og Citronsaft hver Dag og har ikke haft Anfald siden Fredag før Palmesøndag. Hænderne er også mindre stive og smertende om Morgenen – naa, det er jo lige meget, naar jeg bare må være fri for Anfaldene, som gør mig uarbejdsdygtig. Jeg tror ikke det er Gigt – de Anfald. Gurli sagde, at der var en Sygdom, som bestod i at Blodet har svært ved at komme gennem Aarerne (populært sagt, vel) og saa voldte store Smerter. Jeg har egentlig troet det var Arterieforkalkning og det kan jo ikke kureres. Hvor kunstigt, hvis du og jeg har opfunden Lægemiddel mod den Sygdom – men man skal jo ikke slå den Slags fast, andet kan jo have spillet ind. Til Lykke med dit Øre! hvor var det dog dejligt! Tænk om Dedde, som jo menes at ville blive stokdøv med Tiden, kunde faa en lignende Overraskelse. 
 Hvis du kan faa Mod til at gaa op og faa det ["t" i "det" overstreget] Polyper ud, saa vil det sikkert hjælpe meget paa dit Almenbefindende. 