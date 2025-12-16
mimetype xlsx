--- v0 (2025-10-09)
+++ v1 (2025-12-16)
@@ -3,278 +3,622 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="835" uniqueCount="580" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="889" uniqueCount="617" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1907-10-10</t>
+    <t>1885-02-16</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
-    <t>Emil Opffer</t>
-[...2 lines deleted...]
-    <t>Brookline</t>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Kikkenborg 5, 5300 Kerteminde</t>
+  </si>
+  <si>
+    <t>Otto Bache
+Charles Godtfredsen
+Georg Larsen
+Jeppe Andreas Larsen
+Niels Mollerup
+Asta Thalbitzer</t>
+  </si>
+  <si>
+    <t>I følge Kjerteminde Avis har Nyborg Officersforening optrådt for velgørenhed i Kerteminde både i 1885 og 1887. De optræder med teater, sang og bajonetfægtning.
+Moster kan være enten Sophie Eckardt i Sverige eller Anesine Frölich i USA.
+Det omtalte maleri af Otto Bache er muligvis "Køerne drives ud af stalden". Vilhelmine Larsen fortæller i et senere brev (1885-04-24), at det er blevet solgt for 7000 kroner.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Der er penge til Johannes, så han kan betale sin gæld til Mollerup. Vilhelmine Larsen er meget begejstret for Otto Baches maleri. Johannes skal sende det portræt, han har tegnet af Georg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ETLl</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 16 Feb 
+Kjære Johannes
+Her er Tøjet og Baand [papir mangler] Slips saa tænker jeg Du [papir mangler] glad ved mig Tak skal du [have] for Din Ulejlighed med Br[papir mangler] den har nok været [ulæseligt ord og papir mangler] nu 2 Kr til dig i [papir mangler] dem du laante hos [Mollerup] [papir mangler] du jo lade gaa af [papir mangler] Fotografier til Mollerup [papir mangler] det var jo 1 K. 75 Ø for [papir mangler] bliver der jo endda en 1 Kr og[papir mangler] tilbage til Dig Mollerups [papir mangler] skab her det skal jeg nok [papir mangler] ordnet naar du som jeg [papir mangler] før har bedt dig om vil [papir mangler] mig at vide hvad [papir mangler] kostede husk det [papir mangler] gamle Dreng [papir mangler] mig noget om hvad Du [papir mangler] Udstillingerne det [papir mangler] Billede af Backes er [papir mangler] kjønt og ellers andet [papir mangler] der interesserer dig [papir mangler] I alle ude hos Godtfredsen [papir mangler]?
+[papir mangler] Georgs lange Brev [papir mangler] du jo fuld Besked [om hvordan] vi alle har det; men [du] fik maaske ikke at vide [papir mangler] Fader og jeg har været [papir mangler] i Theatret i den sidste [papir mangler] til Fordel for Velgjørende [papir mangler] for Sømandsstiftelsen, den [papir mangler][ulæseligt ord] Sangforeningen fra [Vindinge?] der sang i 3 Afdelinger [papir mangler] og derimellem Fru Thal[bitzer] og Dillettantkomedie [papir mangler] Aften var det Nyborg [Officer]forening der sang fægtede og spillede K[oncert?] jeg morede mig [papir mangler] allermest fordi [Fader] han trængte saadan til [at] blive reven ud af al [Spekulation]
+Vejret her er saa frisk og smukt Johannes [papir mangler] stadig tænker Kunde[papir mangler] se det send [endelig] Georgs Portræt og [papir mangler] ikke i din Skitse[bog] [men den] lille ude fra Kikken[borg] saa send det at Moster [ulæseligt ord] kan faa det over. 
+Lev nu vel min [egen?] Ven og vær saa kjær[ligt] hilset fra os Alle mest fra din [Moder] som beder for [dig]</t>
+  </si>
+  <si>
+    <t>1892-05-02</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>København V
+Vesterbrogade 12 over gården</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Julie Brandt
+- Grauer
+Malin   Holmström-Ingers
+Leonard Holst
+- la Cour
+Johanne Christine Larsen
+- Laudrup
+Mogens Lindhardt
+Charles Rasmussen
+- Rasmussen, Århus
+Jenny Rasmussen, Aarhus
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+Emil Vett
+Laura Warberg
+Theodor Wessel</t>
+  </si>
+  <si>
+    <t>Christine, f. Warberg, var ugift og gravid og "i skjul" hos ægteparret Rasmussen i Århus fra januar til marts 1892. 
+Den omtalte bog er muligvis: Mogens Lindhardt: En redegørelse for Luthers forståelse og anvendelse af Augustin i Romerbrevsforelæsningen, belyst ved en Analyse af Fortolkningen til Rom.7
+"men så sender du jo nok min dejlige Præst": Mogens Lindhardts bog, på hvis omslag der var et foto af ham. 
+Esprit de Valdemar: Nordens og Danmarks første parfume udviklet og solgt fra 1836. 
+Det vides ikke, hvem Leuden og Otto-Schoffen var. Fru Rasmussens søsters navn kendes heller ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2702</t>
+  </si>
+  <si>
+    <t>Dr. Grauer troede, at Christine Mackie allerede havde født. Hun har købt Lindhardts bog med et foto af ham og sender den til Alhed Larsen, men Christine vil have bogen retur. Christine vil besøge Lindhardt, og hun er nervøs med tanken.
+Brevene til Alhed er meget længere end dem, som Leonard Holst og moderen får. Leonard kalder hele tiden sig selv en usling og en stymper i sine breve.
+Christine har lavet navlebind og klippet stof til skjorter. Hun beder Alhed fortælle Julie Brandt om graviditeten for det piner hende, at hun har holdt den hemmelig for sin veninde.
+Hr. Rasmussen er irriterende, men også komisk.
+Christine spørger, hvad Fru Laudrup siger til Alheds natlige udskejelser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cnLh</t>
+  </si>
+  <si>
+    <t>[Med sort blæk på kuvertens forside:]
+Frøken Alhed Warberg
+Vesterbrogade No 12 o. G.
+København V.
+[Med rødt blæk på kuvertens forside:]
+No 4
+[Med blyant på kuvertens forside:]
+Christnes breve om
+(Mornine)
+fødslen lille Nete
+blev adopteret af
+tante Visse
+[I brevet; med blå farveblyant:]
+Aarhus Jan. 1892
+[I brevet; med sort blæk:]
+Kæreste Alhed!
+Nu har jeg været i Byen med dit Brev; efter at have expederet det ned i en Postkasse, begav jeg mig op til Dr. Grauer; han er dog en mageløs rar én, så venlig og ligefrem. Han kunde strax kende mig, og til min store Triumf var det første han sagde: ”Nå, er det så overstået!” At der ikke er noget iøjenfaldende er da sikkert, når han kan sige sådan! Dernæst gik jeg ned til Stranden, min sædvanlige Tur, sad lidt på en Bænk og så på Vandet, som i Dag var så vidunderlig dejligt i det klare Vejr. Så gik jeg til Boghandleren og købte dette Papir; der inde stod på Disken Pastor Lindhardt, (!) da jeg så det, kunde jeg ikke modstå at købe ham, og her har du ham nu, men du må ikke vise nogen ham, og du skal snart sende ham igen. Dette Billede er kønnere, end han selv er – f. Ex. i en Koncertsal, men ikke nær–nær så dejlig, som når man ser ham i Kirken. Er det ikke en dejlig Pande, han har?
+Nu har jeg besluttet at gå op til ham, jeg er ikke for at skrive, jeg er bange, han skal synes, det bliver for morsomt med den 3die anonyme Skrivelse; men jeg kan ikke vide, hvor længe jeg nu kan gå og snuse omkring N_o_ 4 i Mejlgade, inden jeg får det nødvendige Mod; jeg kommer vist til at drikke mig en lille Perial først; ellers kommer jeg bestemt aldrig længere end til Porten, og skal det være, så skal det jo være snart. Lige så snart jeg har været der, skal jeg skrive, hvordan jeg blev modtaget, jeg kan ikke vide, hvordan, om han skænder på mig! Jeg er i Grunden halvvejs flov over strax når jeg har puttet et Brev til dig i Postkassen så at begynde på et andet – ikke for dig, for jeg kan nok tænke, at du er glad ved mange og lange Breve, heller ikke for mig selv, for mig er det en Tilfressstillelse at skrive til dig – men for Leonard og Mor, som ikke får ¼ så lange Breve; at Mor ikke gør det, er en Selvfølge, hvad i Verdens Riger skal jeg dog finde på at skrive om, jeg fylder Brevene med Beretninger om Teater og Koncerter, men det kan jeg jo ikke blive ved med, til Leonard har jeg som oftest ondt ved at skrive lange Breve; at han be’r om Opgør, undrer mig ikke det mindste, du ved jo, han er et rent Barn i Ubetænksomhed, og han må jo også længes efter en Afgørelse. Jeg skrev til ham, at det var ikke Tiden nu til den Ting, så skrev jeg desuden en hel Mængde Formaninger, bl.a. at han skulde lade være med for Fremtiden at kalde sig selv for Usling, fej stymper svag ”Stakkar” o.s.v. hvis han i Virkeligheden ønskede at blive anderledes, så skulde det ikke vise sig i Ord, dett [det sidste ”t” i ordet overstreget] nyttede ikke at beklage og udskælde Fortiden, som derved ikke forandrer sig en eneste Smule. Det er også en af hans Fejl, synes jeg, at han vistnok sig selv uafvidende – mener at det er godt, når han bare kan fortælle rigtig tit og i rigtig yderliggående Udtryk, hvor elendig en Skabning han er. Er der da ikke også noget i det, og er det ikke en dårlig ”Omvendelse”? Er det ikke sært, jeg har i denne Tid mere Selvagtelse, end jeg nogen Sinde har haft! Jeg føler mig for god til at være ”falden Kvinde”; men det er jeg da heller ikke i Virkeligheden, skønt Alverden naturligvis vilde stemple mig sådan, hvis den vidste Sandheden. – Du spørger til Børnetøjet – ja 6 Navlebind har jeg færdige og Skjorterne er klippede, alt det er af mit gamle Linned; jeg skrev til la Cour og Vett &amp;amp; W. i Odense om Blonder, Tøj til Trøjer og Voxdug på Erikshåbs Regning; så snart jeg nu kan låne Fru Rs Søsters Symaskine, skal jeg ordentlig kile på, man ved jo snart hverken Dag eller Time. Jeg har en dunkel Forestilling om, at jeg skriver en Ting en urimelig Masse Gange, jeg kan ikke rigtig rede ud, hvad jeg har skrevet til dig, Elle og Leonard, men bliver det for morsomt, så kan du bare gøre Vrøvl. Jeg føler en Slags Samvittighedsnag over, at Brandt ikke ved noget om alt dette, hun er dog min bedste Ven næst jer – ja i Grunden næsten som hun virkelig kunde være min Søster, jeg er bange, jeg ikke kan overvinde mig til at skrive til hende – så må jeg jo lyve, og det skammer jeg mig endnu mere ved end at [”at” overstreget] ved at tie helt stille; tror du, det går an, at du fortæller hende det? Så må du nok, hvis du synes; jeg er bange, hun taber forfærdelig for mig, men på den anden Side bryder jeg mig selvfølgelig ikke om at stå for hende mere skær, end jeg er, og hun kan vel næppe gå ind under dem, som skal ”skånes”, hvortil f. Ex. Johanne hører, og selvfølgelig heller ikke under dem, der ikke står nær nok til at vide det. Jeg er kommen til at tænke på, at jeg selv i hendes Sted vilde finde det underligt ikke at være så betroet Ven, det vilde gøre mig ondt, hvis jeg senere en Gang fik det at vide, at mit Venskab ikke blev regnet så meget - og akkurat det samme gælder jo for hende. Kort sagt, jeg føler, at det er en Utidighed at skjule det for hende, som jeg dog ved, holder så meget af mig, og jeg fatter ikke, hvorledes jeg til hende skal kunne skrive et Brev, der, selv om det ikke indeholder direkte Usandheder, dog har en gevaldig Løgn til Forudsætning. Tænk nu over dette og gør så, hvad du synes er rigtigst. Bevares sikken Epistel, jeg her har forfattet endnu i Aften - ja nu kan du have Godnat for denne Gang!! Kan du læse disse små ? Bogstaver?
+Fredag d: 5/2 Du kan ikke sætte dig ind i, hvor den gode pater R irriterer mig - mest, fordi han er så unaturlig skikkelig, det Skrog; uh, jeg kan somme Tider knap bekvemme mig til at svare ham ordentlig; og så er der en Ting, som er mig så kolossalt modbydelig: han harker og spytter i en Køre hele Dagen igennem, jeg kan jo høre hver Lyd ind til mig, - især om Morgenen er det drøjt at blive vækket ved de grulige Lyde, jeg bander en frygtelig Ed, hver Gang jeg hører det, men den kan jeg nu spare mig. Nu er han også begyndt at spytte ved Middagsbordet - uha, det er en Prøvelse, siger jeg dig! Og så er han noget af det mindst "sjoaugjerede", som han siger, føj for en Skjorte - og den sorte Kant på Neglene løber helt rundt - men ganske uhyre skikkelig er han, og højst grinagtig, når man er i Humør til at se det, hans Udtryk er storartede, sådan talte han forleden om "blaserede Støvler" - er du med? der er en Slags hæsblæsende Tjenstvillighed hos ham, der somme Tider er nærved at gøre mig rasende, så velment den er! Når jeg f. Ex kommer hjem og ringer på, så kommer han farende som et fremfarende heftigt Vejr - mere på Hovedet end på Benene - og med Forklædet stående om sig som en Sky - uha, jeg er ved at kyle ham Pakkerne og Muffen i Hovedet, når han sådan kommer hvirvlende. At høre hans faderlige Røst overfor Charles er mange Penge værd: "Tillader du, min Dreng?" "S'go" "Mange Tak!" - han kunde såmæn ikke tiltale mig med mere udsøgt Høflighed, end han bruger til Ungen - og hans pædagogiske Evner - å du milde! Siger Charles den uskyldigste Bemærkning f. Ex. "Nå, Midde (Hund) er du der igen!" Så kan han hæve sin advarende Faderrøst: "Char-les!" Uh, hvor han er grinagtig; når jeg bare kunde lade være at irritere mig, kunde jeg få mangen indvendige Grin ad ham!
+Hvad siger dog Fru Laudrup til dine mange natlige Forlystelser? Brandt skrev, at du sprøjtede hende med Eau de Cologne for at mildne hende! Det er da kun Esprit de Valdemar? - Hvad var så den overvægtige [ulæseligt]else til Onkel Syberg? Hvornår er det Tant Mimis Fødselsdag? Jeg tror, jeg sender dette inden dit næste Brev, skønt det rigtignok er af et tvivlsomt Indhold, men så sender du jo nok min dejlige Præst i dit næst ["næst" overstreget] Brev, som forhåbentlig indtræffer i en ikke for fjærn Fremtid, jeg kan ikke godt undvære ham; desværre flover jeg mig over at have ham stående på mit Bord, og jeg flover mig også over at have ham i Skrin som mine Elskeder i gamle Dage. Nej, jeg skriver sandelig da ingen flot Pen; og så er der den Hage, at jeg vistnok aldrig vilde kunne ordne et nok så godt Stof. Men man kan jo have Lov at kludre så meget, man vil, for egen Regning. Godnat! Jeg har Hovedpine og har skevet til Mor og Leonard i Aften. Molle er jeg også begyndt på, men det falder mig knusende svært at skrive til dem, jeg skal løgne for - derfor har jeg kverken skrevet til hende, Leuden eller Otto-Schoffen. Altså Godnat!!! Jeg tror nok, jeg vil have dette af Sted i Aften, så tænker jeg, du har det Søndag Fmd. Intet nyt fra i Aftes; Rasmussens er ude, jeg er ganske alene hjemme, nu skal jeg ud at lave mig en Kop Kaffe. Altså Farvel, lad mig nu få Brev en Gang i Ugen, og send så endelig Pastor L! Mange kærlige Hilsner Din Chr.</t>
+  </si>
+  <si>
+    <t>1893-06-30</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Hvilan Åkarp Sverige</t>
+  </si>
+  <si>
+    <t>Iffe -
+Otto -
+Pehr -
+Johan  Balslev
+Laura Balslev, f. Leth
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Thomas Bredsdorff
+Edvard Clemmensson
+Leonard Holst
+Jean Jensen
+Marie Juul
+Alhed Larsen
+Johanne  Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Christine Rasmussen
+Hempel Syberg
+Nicoline  von Sperling
+Vilhelmine von Sperling
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Hvilan var en skole i Sverige. Ellen var elev på denne i 1893. 
+Den omtalte Thomas er muligvis Thomas Bredsdorff. 
+Det vides ikke, hvad Haugens Gange er. Emil Aarestrup anvender også begrebet i et af sine digte.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0036</t>
+  </si>
+  <si>
+    <t>Johanne og Thorvald slås (for sjov). 
+Johanne er ked af hverken at høre fra Clemse/Climse eller Snøde-Pehr.
+Marie Juul har sladret om Warberg-søstrene. Fx har hun sagt, at Christine og Thomas havde opført sig på en måde, så Thora ikke kunne være sammen med dem, og hun har fortalt, at søstrene løj. Derfor har Alhed, Thorvald, Marie Sperling og Johanne opsøgt Marie Juul, og Alhed skældte hende ud. Derefter spiste de på Sandholt.
+Johannes forældre er glade for Thorvald. Der er ren idyl på Erikshaab. 
+Johanne kan godt lide Thorvalds familie og hjem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YbGR</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Ellen Warberg
+Hvilan
+pr. Åkarp
+Skåne
+Sverige
+[Intet skrevet på kuvertens bagside]
+Bedste Elle.
+Mit Hjærte svulmer højt af Raseri og i denne Sindstilstand sætter jeg mig hen at forfatte en Skrivelse til dig, saa du maa undskylde om den bliver lidt krigerisk – i Begyndelsen i det mindste. Du er for Resten selv Aarsagen dertil, idet jeg neml. beklagede dig at du ikke var her og kunde dele Feriens Glæder med os paa Haabet og det fandt Bæstet Thorvald var Øllebrødsbarmhjertighed og drillede mig, kort sagt, saa at jeg sendte ham en Rejsetaske i Hovedet og ilede ned ad Trappen i Raseri.
+For Resten lever Thorvald og jeg da i ret god Forstaaelse, naar undtages at vi ere slemme til at slaas, d.v.s. selvfølgelig er det altid ham, der begynder, mig der nødes til Forsvar; alle mine ti Fingre har allerede adskillige Gange været af Led saadan klemmer og maser han dem. – 
+Det er jo egentlig længe siden, vi have vekslet Breve og jeg maa jo have oplevet en Del, som du ikke har hørt noget til. Og du som har besøgt Clemse i hans Hjem; det er rigtignok en Tur, som jeg misunder dig i højere Grad; har du aldrig snakket med Clemse om mig, om det, at han mente jeg havde lagt an paa ham; det kunde jeg nok have ønsket, om du havde klaret hans Begreber i den Henseende; han maa absolut være gal paa mig endnu; ellers vilde han skrive til mig og ønske mig til Lykke, det er umulig andet og jeg vil ikke nægte andet, end at det gør mig lidt ondt, hverken at høre fra ham eller Pehrs; hvorfor lille Snøde-Pehr ikke skriver til mig, det begriber jeg ikke og det gør mig især ondt; vi har dog virkelig staaet hinanden for nær til saadan helt at uddø for hinanden. Lad et Par Ord falde til ham i den Hens [”Hens” overstreget] Retning, naar du ser ham, du maa godt sige, at det gør mig ondt ikke at have hørt fra ham. 
+Her er en svær Uro i Hønsegaarden i denne Tid – takket være vor trofaste Ven, Marie Juul. Hun har i den sidste Tid været aktiv til at faa snakket om os til saa mange som muligt, saa daarlig som muligt. En Dag ovre hos Præstens havde hun fyldt Mor med nette, smaa Historier om os; f.Eks. at Christine og Thomas paa Skamlingsturen havde opført sig saadan at Thora var kommen hen til Marie og bedt om hun maatte gaa hos hende for hun kunde ikke holde ud at gaa med Thomas og Chr. saadan var de, og en hel Masse, som jeg ikke husker mere. – Til Fru Rasmussen nede i Faaborg havde hun bl.a. sagt – fortalte Fru R. til Frk Sperling – ”Det er jo kedeligt med Warbergs Pigebørn, at de er nok desværre saa usandfærdige” hvortil Fru R. havde sagt: Men er Johanne dog ligesom de andre, saa er det dog kedeligt, og Marie havde svaret Ja, desværre hun er [”hun er” understreget, og understregningen er streget ud] ligesom de andre; men da Fru R. kom hertil i sin Fortælling var Frk Sperling drevet ud i Raseri og sagt ”Ja hun er ligesom de andre, men de er ikke løgnagtige[”] o.s.v. o.s.v. Er det dog ikke et stift Stykke at sværte os hos Thorvalds Familie lige nu da vi er blevne forlovede? Saa forleden gik Alhed, Thorvald og jeg til Sandholt til Frokost og derfra til Østerhæsinge sammen med Marie Sperling for at give Marie Juul en Overhaling. Mens Th. og jeg lagde Beslag paa Johanne ved Croquetplænen førtes den ulykkelige Marie ned i Haugens Gange og blev der halet over af Alhed og Marie Sp. Alhed sagde f Ex. til Marie Ja, vi ved jo at du fortæller Historier, det er ikke noget nyt, men at du ligefrem er ondskabsfuld, det havde jeg dog ikke troet før nu, men nu ser jeg det jo – eller noget lgnd. sagde hun. Marie Juul brølede og var nok dog en Smule angerfuld, men paastaar at have fyldt Mor bare fordi hun holder saa inderlig meget af os – en mærkværdig Maade alligevel at lægge sin Kærlighed for Dagen paa. 
+Vi vandrede saa tilbage til Sandholt og spiste til Middag. Frk. Sperling holdt en lille Tale til Thorvald og mig og Frk. Castberg havde lavet en Sang til os. – Der paa Sandholt havde [”havde” overstreget. ”Var” indsat over linjen] var de været [”været” overstreget] meget optagne af hele Marie Juulaffæren og kaldte Alhed og Maries Rejse derover ”Den store Holmgang” og sang en ”Hør Vægter, hvor skal Slaget staa?” Er de ikke kostelige? – Det er jo egentlig voldsomt, at saadan et Menneske som hun er inde i den Sag, du ved nok; Alhed havde egentlig frygtet for, at hun skulde have hentydet dertil, naar Marie Sp. hørte paa det, men hun dyede sig da heldigvis ja hun turde naturligvis ikke andet end til for sine Forældres Skyld. – Her bliver for Resten talt saa meget om hende, at vi snart er ganske lede ved det hele; du skulde have set en Modtagelse vi gav hende den Dag, vi var derovre, vi saa ikke mildt til hende og hun saa lidt usikker ud til det. - - 
+Her er ellers – for at tale om noget andet og fornøjeligere – aldeles storartet at være kan du nok forstaa; de holder alle voldsomt meget af Thorvald – ikke mindst Far og Mor; jeg spurgte forleden Mor, om hun ikke kunde tænke sig en Gang i Tiden at kunne komme til at komme [”komme” overstreget] holde ligesaa meget af Th. som i sin Tid af Leon og til min Glæde svarede Mor: [”]Jooo – og endaa en Smule mere. – Han er jo da mere vores Lige.” Og Far kan udmærket snakke med ham, ligenu sidder de og river ned paa Damernes Logik – mit eneste Indlæg i Sagen er: ”Firiox” og – de tier rædselsslagne.
+Stemningen er henrivende – Eftermiddagsstemning med Sol og nedrullede Gardiner her i Fars Stue. Far i sin Sofa, Pallam med et lille Host og en Avisraslen inde fra Kontoret, Mor og Onkel Syberg drøftende Marie Juulgeschichten i Dagligstuen, [”i Dagligstuen” indsat over linjen] Lus med Hovedet i sin Bog, Gamle fordybet i de nyeste Beretninger fra Hovedstaden. Aviserne. Men i Øjeblikket er Duften fra det hele, da Thorvald er gaaet sin Vej. - - - - Otto og Schoffen og deres lille Plante har jo været her med den vel; de var søde og vi havde et Par hyggelige Dage sammen med dem. - - Jeg var jo i Tarup i et Par Dage og syntes godt om det hele; især Thorvalds Mor, hun var yndig, men næsten allermest om den lille Svoger, Johan; han var aldeles [det følgende skrevet på side 1, øverst, på tværs] henrivende; han lignede aldeles præcis Studenten; hans Mor sagde ogsaa at det var fuldstændig som han saa ud, da han var 13 Aar. Han var mageløs sød, den Unge. Og der var kønt lige omkring Præstegaarden en yndig Have og en lille Skov bagved med en Eng og en Aa!
+Jeg har Masser at tale med dig om, naar du nu kommer; (kom saa snart som mulig) ikke noget særligt, men sådan i al Almindelighed. Hilsen Johanne
+[Øverst på side tre er på hovedet skrevet:]
+Jo, jeg synes godt om [ulæseligt ord] og det gjorde jeg allerede paa Hvilan, han ligner Pehrs men er intet imod ham alligevel (? Han og Iffe ????[)]</t>
+  </si>
+  <si>
+    <t>1894-09-12</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t> Assensvej 198, 5750 Ringe
+Firenze</t>
+  </si>
+  <si>
+    <t>Hugo -
+Jægeren -
+Onklen -
+Adolfo Bacci
+Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+Alfred Rottbøll
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg er kommet til skade med sit ben på en udflugt med hestevogn. "Haabet" er Erikshaab, hvor Alheds forældre bor.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed Larsen forsvarer familien Bacci overfor sin mor, som er rystet over en "scene" med en forelsket jæger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ugkp</t>
+  </si>
+  <si>
+    <t>_12te Sept. 1894
+_
+Jeg har skrevet strax, nu maa Du gøre det samme.
+Kæreste Mor!
+I dette Øjeblik har jeg læst dit Brev og er aldeles forfærdet over det Indtryk, mit sidste har gjort paa Dig. Jeg skriver strax for at berolige Dig, naar det blot kunde lykkes mig at gøre dig halvt saa rolig, som Du vilde være det, hvis Du saa mig her mellem disse Mennesker. Jeg er mest ked af det over at Du nu ikke mere har saa meget Tillid til mine kære Baccis, der ere saa mageløse imod mig, saa Du ikke kan tænke Dig det. – De vaager over mig med den største Omhyggelighed, saa jeg netop føler mig saa tryg og rolig, som det kan tænkes. Naar jeg gaar til Byen gaar Fru B. med mig for at jeg ikke skal gaa alene paa Gaderne, og er paa enhver Maade storartet imod mig. – Jeg tror nok, de begge to er kommen til at holde meget af mig, det siger de, og jeg kan ogsaa mærke det; men netop fordi jeg ikke er noget af en ”Flane” men er mere alvorlig end saa mange Italienerinder. – Onklen er begejstret for mig, men netop af samme Grund. Og den unge Mand – ja jeg maa le, naar jeg tænker paa Dine Bekymringer angaaende ham. Der er ikke mindste Gnist af Spor af Tale om Fare der. Mit Hjærte slaar ligesaa roligt som før og har ikke haft det mindste at gøre med Spøgen. Du ved da ogsaa, at jeg er meget ufarlig paa de Områder.
+”Signor Hugo” er en ganske ung Mand, nydelig og sympatetisk, li [overstreget: li] livlig men dog stilfærdig. Han er lidt trykket af daarlige Forhold i Hjemmet; Moderen er [overstreget: er] var Comtesse, før hun blev gift, skal være meget uelskværdig, navnlig slem mod Faderen, som begge Sønnerne hænger meget ved. Af denne Grund er der trist i Hjemmet, der tales og les meget lidt, og derfor har baade Faderen og Sønnen nydt disse Dage i Acone. Faderen paastaar, at han i flere Aar ikke har set Sønnen saa oplivet. – Om hans unge Hjærte de sidste Dage var lidt mindre roligt end de første, skal jeg lade være usagt, men meget lidt var det ialtfald, og en Ting er sikkert, at han hele Tiden har behandlet mig med den største Respekt uden mindste Lapseri, hvilket er ham meget fjærnt. – Og – ja jeg er næsten lidt ”dydig” indigneret – hvor kan Du tro, at jeg ville lade mig byde det allermindste i Retning af – hvad skal jeg kalde det – Mangel paa Respekt, - ganske vist er Sproget fremmed, men jeg forstaar dog alt nu, og desuden – den Slags vilde jeg strax have en instinktmæssig Fornemmelse af og vise tilbage med dybeste Foragt. – Nej, jeg befinder mig brillant mellem disse Mennesker, de ere fine og dannede, og der er aldrig den mindste Smule i deres Spøg, der kan støde. – Du maa gøre mig den Tjeneste at tænke med største Respekt og Taknemlighed paa dem, hvis de ikke var vilde jeg jo føle mig forfærdelig ene og forladt. Jeg vil sige Dig i Parenthes bem. at de ere mere omhyggelige for mig end Konsulens; de siger nu bagefter, at de var lidt forbausede, da Konsulens rejste, og at de strax talte med hinanden om, at de vilde tage sig af mig, og det har de sandelig trolig gjort! - Tænk, at jeg er i deres Hus og betaler kun akkurat hvad jeg spiser, ikke Værelse, ikke Ulejlighed, det er da virkelig mageløst. – Spørg Lud, saa skal Du høre, de ere brillante. – Mor, nu_ haaber_ jeg, du er beroliget. – Angaaende Jægeren, saa vil jeg give Dig Ret i, at det ikke var hyggeligt, og maaske heller ikke passende, men det kunde vi da virkelig ikke gøre ved. Han var jo bleven helt tosset, men Baccis betragtede mig sandelig godt. – At lade ham tro, at jeg var forlovet var vist slet ikke saa galt, han blev dog lidt mindre paatrængende efter den Tid; men jeg er glad ved, at han stadig tror det, han er nemlig ikke traadt ud af Sagaen endnu, men skrev forleden et 3 Siders Brev til Hr B for at bevidne sin dybe Hengivenhed for os alle, han kommer sikkert en Dag paa Visit, menes der. Han er Dr. (ikke med.) og Advokat, en dygtig Mand men ved denne Lejlighed helt gaaet fra Vid og Sans. – Brevet har jeg faaet til Erindring [overstreget: g] om denne Episode. – 
+Vejret er ækelt i disse Dage, jeg syr Puder til to Stole i Bertas lille Værelse ved Atelieret. Fru B. hjælper mig troligt hvert Minut hun har tilovers, vi sidder og tale saa rart sammen mens vi sy. Hun er fuldstændig orienteret i min Familie, det morer baade hende og Manden at høre om Danmark og Eder alle, og jeg fortæller naturligvis gærne. De synes godt om den Maade vi bliver opdragede paa her holdes unge Piger indespærrede og lære næsten intet, se og høre intet. Fru B. og hendes Søster ere vist ualm. oplyste, tale begge fransk. Fru B. læser ogsaa engelsk, giver Undervisning i italiensk til Udlændinge. - - Jeg haaber ikke Lud og B. komme lidt endnu jeg vilde frygtelig gærne have dette færdig og det lille værelse i Orden. – Jeg befinder mig ogsaa brillant nu og savner slet ikke danske, vi har det svært hyggeligt. Dette maa Du slaa fast, at der ikke er mindste Grund til Ængstelse men at jeg saa tryg, som paa selve ”Haabet”. De feder mig og passer mig, som jeg kunde være deres eget Barn, Du vilde glæde Dig, hvis Du saa, hvor tyk og frisk og fornøjet jeg er. Skriv nu snart og lad mig vide om Du er beroliget og har faaet bedre Tanker om Baccis. – Mit sidste Brev var rimeligvis frygtelig forjaget; det var skreven i mange smaa Afdelinger, da der ikke var mindste Ro – til at skrive – Lad mig endelig ogsaa strax vide, hvordan Dit Ben har det, frygtelig Forsinkelse af Din Rejse.
+Jeg maa have den Kjole, som jeg har skreven til Elle, og som sagt Handsker og Strømper meget velkomne. Sko?? Alt lidt gaaet til. – Slaa nu ordentlig til Skaglerne med Far og Muk, 1000 Hilsner til Eder alle tre fra Din
+altfor frivole og lette Datter Be
+Sikke Ord at brug om mine elskede Bacci og den skikkelige Onkel, der er Noblessen selv.
+Fru B sender ”tanti saluti” mange Hilsner</t>
+  </si>
+  <si>
+    <t>1897-04-02</t>
   </si>
   <si>
     <t>Alhed Larsen
-- Møller USA</t>
-[...80 lines deleted...]
-- Redpath
 Harris Sawyer
-- Tiffany</t>
-[...40 lines deleted...]
-Møllebakken</t>
+- Schofield
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer, f. Warberg, arbejdede som vicejomfru på sin tantes pensionat i Gothersgade, København. 
+Karlsbradlaboratoriet er Carlsbergs laboratorium.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1721</t>
+  </si>
+  <si>
+    <t>Ellen har meget travlt. Forleden fejrede man pensionatets stolthed, Dr. Schofield, med punch, knas, cigaretter, blomster mv. Til stede var en lille, amerikansk kemiker, Dr. Soyer (Sawyer), som studerede gærkultur ved Carlsberg. Han savnede USA og Harvard, og da han i avisen havde set, at Dr. Schofield boede på pensionatet, opsøgte han stedet. Sawyer talte ikke dansk, men Ellen snakkede tysk til ham, og han svarede på engelsk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/e1Ua</t>
+  </si>
+  <si>
+    <t>d. 2den April 97.
+Kære Mor!
+Det var ved at trække op til Brev til Far igen men så kom den vældige Salve i Dag [”Dag” overstreget; ”går” indsat over linjen] går og – skikkelig som jeg er, var jeg straks god igen. Det var dog et enorme Brev, sådan skulde jeg have hver Gang – det var såmænd ikke en Smule for meget til mig, - så ved man dog hvad man får for sig, - 
+Vil du ikke takke Far for hans Brev. Det trak forresten over igen den Dag, og blev ikke til nogen Krise. Det er nogle besynderlige Mennesker 
+d. 9ende April.
+- nu ere de henrykte ved hinanden og det ser temmelig varigt ud. - - -
+Jeg ser til min Forskrækkelse at vi med ét er nået langt ind i April, ingen gør sig heller noget Begreb om som Tiden løber herinde, - hæsblæsende den ene Dag efter den anden, - den ene Uge efter den anden, - det er næsten uhyggeligt. - - - 
+I den sidste Tid [har jeg] ikke oplevet sådan noget særligt – jo den 6te var en ret livlig Dag. I Alheds Brev fortalte jeg om hvordan vi fejrede den engelske Doktor, - Pensionatets Stolthed, om Morgenen. Om Aftenen fortsattes Ovationerne, idet vi havde grand Sold – virkelig stilfuldt. Efter The dækkede vi inde i Spisestuen et Soldebord med en rygende Punchebolle, alle Slags Knas og Cigaretter, Blomster etc. Så tændte vi alle Blussene i Gasovnen, smækkede Fløjdørene op og Soldet begyndte. Selskabet bestod kun af Pensionatets Unge og en Ven af Dr Schofield, en lille amerikansk Dr. Soyer, der mødte i en lille Livskjorte og hvidt. Han er nemlig så rørende i al sin Lidenhed: Kemiker, har studeret Gærbaciller på Ny Karlsbradlaboratoriet, men befinder sig meget ilde blandt Bryggerne derude, Han har været der et halvt Aars Tid, men han længtes i den Grad efter Amerika og Harvard Universitetet, at han er svunden ind til så godt som intet. Da han så Dr. S’s Navn i Aviserne , styrtede han ud på Jagt efter ham og er nu levet op igen ved at komme sammen med ”åndsbeslægtede” Mennesker Han kan ikke et Muk dansk, men Passiaren går glimrende: han taler engelsk og jeg tysk. Skikkelig, som jeg jo desværre er, har jeg nemlig taget mig 
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1897-04-17</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Ellen Warberg, g. Sawyer, opholdt sig muligvis i København, da hun skrev brevet til sin mor. Hun flyttede først til USA i 1899.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1730</t>
+  </si>
+  <si>
+    <t>Ellen takker for brevet, som moderen har skrevet, selvom hun må have travlt. Hos moderen er påsken nok livligere end hos Ellen: Snaps til frokosten, musik, tobak og kortspil. Men ro og fred er nu også dejlig. Ellen nyder sit værelse, sover længe og bliver forkælet af pigerne.
+Det er dejligt, at Warberg-familien er blevet så glade for Johannes Larsen, som Ellen også finder er et storartet menneske.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t6xl</t>
+  </si>
+  <si>
+    <t>20 Sider
+Påskelørdag -94
+Kære Mor!
+Tak for dit Brev til Helligdagene, det kom meget velkomment og jeg satte megen Pris på at du ofrede af den kostbare Tid til det. Jeg kender jo nok at der er en del at føre inden så mange Helligdage med så mange fremmede. Jeres Påske er adskilligt livligere end min - jeg tænker mig at det er sådan med Morgenro, en Tur før Frokosten som nydes med en Snaps til, så Tobak i alle Stuerne og Musik og om Aftenen en L'hombres. Det var nu ikke så skeløjet at være med. Men Gud bevares, jeg klager ikke. Næst efter mange Mennesker, er Ro og absolut Stilhed det bedste. Og det har jeg såmænd i disse Dage. Som nu i Aften. Det er dog velsignet sådan i Ro og Mag at kunne trække sig ned på sit Værelse, tænde sig en Cigaret og vide at man kan blive siddende sålænge man kan knibe Øjnene åbne, uden Frygt for at være forsviret i Morgen, for man kan sove så længe man vil.
+I Dag stod vi først op Klk 8 - det er første Gang i min Praksis, og inden jeg var færdig med at klæde mig på, kom de med The herned på mit Værelse. Jomfruen og Pigerne forkæler mig meget, de er svært flinke. -
+Jeg skriver privat uden på brevet, fordi jeg gærne vilde snakke lidt om Las-, og B. får Kvalme, når de debateres. Det er dejligt at han begynder at føle sig hjemme mellem jer og at I synes så godt om ham. Han er bestemt et ganske storartet Menneske
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1898-05-04</t>
+  </si>
+  <si>
+    <t>Højrup, Faaborg</t>
   </si>
   <si>
     <t>Berta Brandstrup
-Christian  Brandstrup
-[...5 lines deleted...]
-Marie -, pige i huset hos Christine Mackie USA
+Ludvig Brandstrup, billedhugger
+Otto Emil  Paludan
 Ellen  Sawyer
-- Sawyer, Harris' far
-[...33 lines deleted...]
-I Gaar fik jeg det ventede Brev fra Dede, et meget langt og interessant om alle hans Affærer. Han er meget tilfreds med det hele. Af hans Regnskab for mine Penge ser jeg at naar Laanesedlen er betalt, har jeg ca. 300 Kr, men Frøken Schwensen har jo intet faaet; vel? Hun har naturligvis som sædvanlig ingen Regning sendt. Jeg troer jeg vil sende hende f. Ex. 125 Kr. pr Post, saa faaer jeg Kvittering, men vær dog saa sød at skrive 2 Ord paa et Brevkort til hende [”til hende” indsat over linjen] og faae at vide om hun er der og sig hende at Dede vil sende Pengene. Du behøver jo ikke at fortælle jeg kommer hjem. Dede skriver at Flyttemanden ikke er betalt, men det vil jeg nu lade ham vide at han er, jeg skriver et Par Ord paa et Kort og takker ham for Brevet. Jeg husker Du skrev, Du betalte Flyttemanden men fik ikke Kvittering fordi Du ikke saae ham mere. Han skal ikke have Penge igen før alt er paa Plads igen til Foraaret. – Dede skriver, at der er vunden 80 Kr. paa en af mine Obligationer, for nylig [”for nylig” indsat over linjen] samt at han vil sælge dem alle og faae andre, derved vil mine [”mine” overstreget] jeg vinde en hel Del. Altsaa behøver jeg ikke at see altfor sort paa Pengesagerne. – Jeg er [ulæseligt ord] Fr. Schwensen frygter for en større Regning af Elles Sager, derfor vil jeg komme hende i Forkøbet og sende hvad jeg kan tænke mig jeg saa skylder hende.</t>
+Harris Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Harris Eastman Sawyer og Ellen Warberg blev gift i USA sommeren 1898.</t>
+  </si>
+  <si>
+    <t>Alhed har besøg af Bertha Brandstrup.
+Ellen Warberg (Alheds søster) har fået brev fra Harris Eastman, som vil komme og hente hende i juli. 
+Alhed har spillet l'hombre med Bertha, sin far og Paludan (Palam).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tOrM</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Det var et frygtelig Jaskebrev, Du fik i Dag. Jeg skrev det paa et Øjeblik. – Da jeg var færdig med det gik jeg ned og afleverede det til Posten og fik i Stedet for et fra Dig, der var meget bedre. Det er ellers en vældig hurtig Postgang, at jeg i Dag kan have Svar paa ét jeg afsendte i Gaar Eftermiddags. – Det var vist ikke Vejr til at male i for Dig i Morges, jeg var ganske vist ikke oppe Kl. 5, men Kl. 6 ½ var det da Graavejr her. – I Formiddags var Berta og jeg ude en dejlig Tur, d.v.s. vi gik og drev om oppe i Skoven, der var saa henrivende, den er begyndt at springe ud. I Eftermiddag har vi ogsaa været ude. Det blev Regnvejr, men Luften var saa dejlig. Det er en storaret Aarstid. Sikken en Masse Billeder, Du har i Gang for Øjeblikket, naar nu bare Vejret vil være skikkeligt. – Næste Dag. – Jeg skrev ikke mit Brev færdig i Formiddags, da jeg vilde have det til Højrup med den Vogn der skulde hente Mor og Elle. Men saa kom der Brev med posten, at de først kommer i Morgen. Tænk Elle har haft Brev fra lille Eastman, om hun vil holde sig færdig til sidst i Juli, saa kommer han efter hende. Er det ikke rædselsfuldt, at vi saa snart skulde af med Elle, jeg kan næsten ikke taale at tænke paa det – tænk, nu har jeg siddet og sludret med Berta i 1 ½ Time i Stedet for at skrive, og hun har gjort det samme i Stedet for at skrive til Lud. Du fik x [indsat i margen] Du skrev jo nemlig i Dag, at Du havde været ovre at høre efter Brev, men der var ingen, ”og saa faar jeg vel heller ingen i Morgen” føjede Du til [indsættelse slut] jo Brev til Morgen, dit lille Vrøvl, det er jo naar jeg sender Brev af Sted med Iltoget, at Du faar det om Aftenen, ellers faar Du det først om Morgenen! I Aftes spillede Far, Palam, Berta og jeg en udmærket L’Hombre, nu taler vi om en Palaneser med 4 blanke Konger! – Jeg begik i Aftes, efter Fader sigende, den største Skændighed, der har været begaaet i dette Aarhundrede, idet jeg spillede Nolo og fik en Bet paa Solo corilac Kort. (Muligvis er Bedt galt stavet, men Du kan saamænd heller ikke stave det rigtig. Jeg elsker dig alligevel og glæder mig ruskende til paa Lørdag. Naar Du faar dette er der kun en Dag til. –
+1000 Hilsner fra Din Alhed.
+4de Maj – 98.</t>
+  </si>
+  <si>
+    <t>1898-05-28</t>
+  </si>
+  <si>
+    <t>Brobyvejen, Fyn
+Lyndelse Kirke</t>
+  </si>
+  <si>
+    <t>Asta Blom
+Emil Brandstrup
+Otto Emil  Paludan
+Ellen  Sawyer
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Ellen Warberg skal rejse til USA og giftes.</t>
+  </si>
+  <si>
+    <t>Alhed har haft en dejlig, men hård cykeltur hjem fra Odense.
+Frk. Sperling vil give Elle malerier i afskeds-/bryllupsgave. Alhed vil male Erikshaab og hun spørger Johannes Larsen, om han vil male et billede med roser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Uhpd</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Jeg lovede Dig nok et længere Brev i Morgen, men bare jeg holder det, jeg er ikke fri for at være søvnig, Kl. gaar vist stærkt til 12. Det er Pinselørdag Aften og jeg synes næsten, det ser ud til at ville blive godt Vejr i Morgen mon Du saa ikke maler i Morgen tidlig, fordi det er Pinsemorgen? Jeg fik nok ingen Brev i Dag, Du turde nok ikke for Faderen! Men i Morgen glæder jeg mig til at faa et. – Du kan tro, det var en dejlig Cycletur hjem i Aftes, Vejret var saa henrivende, og alting saa frisk og grønt og der var en lille blank Nymaane. De første Par Mil gik saa let for mig og jeg kørte temmelig hurtig, det gik op for mig, at min Cycle egentlig er meget tung, men det er jo en voldsom god og solid Maskine, den sidste Milsvej blev jeg alligevel træt og det er jeg endnu i Dag, det er vist fordi jeg slet ikke er trænet. Det er sandt, nu skal Du høre om en Bestilling vi have faaet. Frk. Sperling havde sendt mig Bud om, at hun gærne vilde tale med mig, og om jeg ikke kunde komme over ved Lyndelse Kirke i Eftermiddag Kl. 5 ½. Hun vilde spørge, om vi ikke kunde male noget til Elle fra hende som hun kunde faa med til Amerika, og hun spurgte, om jeg mente vi kunde lave noget pænt for et Par Hundrede Kr. Vi kunde selv sammen med Elle bestemme, hvad det skulde være. Er det ikke morsomt? – Jeg tror, Elle vil gærne have nogle Provenceroser hvis Du vil male nogle til hende og saa vilde jeg male et lille Landskab med Erikshaab paa. – Synes Du ikke det er en nydelig Idé af Frk. Sperling? Hun var ogsaa selv saa fornøjet over det! – Jeg har vasket ”Gamle” i eftermiddag i grøn Sæbe og 2 Hold lunkent Vand, han er saa nydelig nu, Du skal bare se paa Søndag. – Asta er kommen hjem i dag. Hun og Elle og jeg have været en Tur ud ad Brobyvejen i Aften. – Kan Du se, jeg har faaet nyt Brevpapir? Palam gav mig en stor Bunke med tilsvarende Konvolutter i Eftermiddag. Balle er her, han er livlig og fornøjet, men ser frygtelig daarlig ud. – Nu vil jeg slutte. Kan Du nu skrive rigtig tit til mig, saa er Du sød. Jeg holder forfærdelig meget af Dig og glæder mig til paa Lørdag, men der er jo desværre 8 Dage til. 1000 kærlige Hilsner fra Din Alhed
+Erikshaab – 28nde Maj – 98 
+Faders og Moders Bryllupsdag</t>
+  </si>
+  <si>
+    <t>1899-01-20</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Elise Hansen
+Peter Hansen
+Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal i København arbejde for Joakim Skovgaard med forberedelser til Skovgaards store dekorationsopgave til Viborg Domkirke.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Odense hos Hempel Syberg. Hendes søster Ellen (Elle) skal rejse til USA. Alhed kan bo en tid hos Julie Brandt (Pan) i København, og hun foreslår, at Johannes Larsen bor på pensionat, hos P eller hos Marie og Karl Schou.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/drJX</t>
+  </si>
+  <si>
+    <t>Kæreste, lille Las.
+Som Du ser af Brevpapiret ere vi nu ude i Odense, og det er paa Falderebet med lille Elle. – Kl. er 8 og Kl. 9 skulle vi spise en bedre Aften: Kalkunsteg, koldt Bord Annanasfromage samt Vin naturligvis. Og Kl. 12 ½ glide de, - det skrækkelige Øjeblik nærmer sig med stærke Skridt. – 1000 Tak for Dit Brev i Dag, min Dreng. Saasnart Elle er rejst, skal jeg nok begynde at glæde mig til snart at se Dig. – Men det varer vist nok 8 Dage, inden jeg kommer, nu skal jeg jo først gaa til Tandlæge et Par Dage og saa skal jeg have et Par til at pakke og ordne mit Tøj. – Jeg skal naturligvis have Lagen, Haandklæder og Dækketøj med mig? Men vel ikke Køkkentøj?? Spørg Fru P. - - Jeg kan jo sagtens bo en lille Tid hos Pan, gid Du ogsaa kunde finde noget midlertidigt indtil P.s rejser, men det er jo ikke saa nemt at sidde her og give Raad skriftlig, Du maa jo se, hvordan det falder sig og om der viser sig noget fordelagtigt. Det var jo kedeligt at binde dig for altfor lang Tid i et Pensionat, saa vi ikke var parate til at flytte ud i P’s Lejlighed, saasnart de rejse. – Jeg er meget spændt paa at høre hvad Du bestemmer Dig for. I Morgen – altsaa naar Du faar dette Brev – er det Marie Schous Fødselsdag, hvis Du gaar derud saa Hils og gratuler fra mig, jeg ved ikke deres Adresse. – Kunde Du ikke komme en 14 Dages Tid i Pension hos dem eller P.s? - - Nu Farvel min Dreng – 1000 kærlige Hilsner fra Din egen Alhed
+20 – 1 – 99
+Jeg venter Rejsepenge
+Hilsen og farvel fra Elle</t>
+  </si>
+  <si>
+    <t>1899-02-03</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Albert Gottschalk
+Peter Hansen
+Karl Jensen
+Nicolaus Lützhøft
+Theodor Oppermann
+Ellen  Sawyer
+Agnete Skovgaard
+Joakim  Skovgaard</t>
+  </si>
+  <si>
+    <t>Peter Hansen og hans kone rejste til Italien for et længere ophold, og Alhed og Johannes Larsen kunne imens låne deres bolig i København. 
+Det vides ikke, hvem Bruno er. 
+Kopiere Eva: Joakim Skovgaard satte Johannes Larsen til at kopiere et billede af Eva til kalkmalerierne i Viborg Domkirke.
+Slipper nok ikke for at få Gottschalk med: Igennem et par år har det været diskuteret, om Albert Gottschalk skulle inviteres til at deltage på den frie Udstilling. Det er formodentlig denne sag, der omtales.
+Prøverne i Viborg: Forberedelsesarbejdet til kalkmalerierne i Viborg Domkirke.
+Udstillingen: Formodentlig Den frie Udstilling eller den store udstilling hos Winkel &amp;amp; Magnussen, som Johannes Larsen åbnede i oktober det år.
+Alheds søster, Ellen, blev gift med en amerikaner og flyttede til USA.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen spørger, hvornår Alhed kommer til København. De kan bo i Peter Hansens lejlighed, men han er bekymret for, at hun skal sidde der alene hele dagen, når hun er syg. Larsen kopierer et billede af Eva for Skovgaard. Folketinget har bevilget penge til prøverne til Viborg Domkirke, så nu kan Johannes Larsen snart få løn. 
+Larsens billeder af åkander og en tjur skal i ramme til udstillingen. Han vil male nogle større fuglebilleder med kaseinmaling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QTvA</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn. Fredag 3/2 1[noget af papiret mangler]
+Min egen kæreste Alhed!
+Tak for Dit Brev i dag. Det er skidt at du er i daarligt Humør. Peters siger stadig at de rejser omkring den 8. Lejligheden er betalt til April Flyttedag og længere kommer vi jo ikke til at bo der [noget ulæseligt]laane Seng af Fru Rø, men Peters vil efterlade en som vi saa kan flytte ud til deres andre Møbler naar vi rejser, endvidere spurgte Fru P. om vi vilde laane deres daglige Spisestel paa samme Vilkaar, det vil vi vel. Det værste ved Lejligheden [er] at det er enten 5te eller [noget af papiret mangler]l og jeg er jo kun hjemme om Natten, men det er jo dejligt nær ved Skovgaards. Hvis Du ikke tør indlade Dig paa at komme herover vil jeg alligevel flytte derud. Jeg er endnu ikke færdig med at kopiere Eva, jeg troede at jeg kunde have faaet den færdig i Dag, men i Gaar blev jeg noget forkølet af at staa der og skønt jeg var temmelig rask i Morges blev jeg alligevel saa sløj hen paa Eftermiddagen at jeg rystede paa Haanden og matte [hold]e op. Jeg gik saa ud i [noget af papiret mangler]ind Haven og defra ind til Brandstrups hv[or jeg] sidder og skriver. Bruno er i Dag oppe og ligger paa Sofaen for første Gang. Forleden Aften var jeg bedt ud til Peters sammen med Karl Jensen og skulde have de japanske Bøger med, saa jeg maatte ud til Oppermann efter Kaffe [ulæseligt ord]. De slipper nok alligevel ikke for at faa Gottschalk med. Pengene til Prøverne i Viborg er nu vedtagne i Folketinget og jeg har faaet fuld Betaling for den Tid jeg har arbejdet og tænk at jeg kan komme til at tjene Penge igen saa snart jeg [bliver] færdig med at kopier[e Skov]gaard er nemlig nu færdig [med] sin Kopi af Betsedabilledet. Jeg har faaet den Aquarel til dr. Lützhøfft hjemmefra, men jeg ser der mangler Forgrund som jeg maa have sat paa paa Søndag Formiddag, ellers tager han den vist ikke. Vil Du nu være saa sød at skrive til Fru Bacci og lægge inden i et Brev til mig saa at jeg kan lægge Pengene i og sende dem saa snart jeg faar dem. I Aftes var jeg til Koncert med Lützhøfft. Jeg har det bedste Haab om at maatte slippe min Forkølelse for jeg er ellers saa [noget af papiret mangler] og stærk som jeg ikke har været i mange Aar. [Jeg] har faaet Aakanderne [og] Tjuren herover og skal se at faa dem i Ramme og desuden har jeg tænkt paa i disse Dage at male et Par større Fuglebilleder til Udstillingen. Den Kaseinmaling jeg staar og arbejder med er ganske tiltalende og jeg tror jeg kan komme omtrent ligesaa nemt fra at lave et Par Billeder paa 2-3 Al. Med den som et Par smaa Aquareller og vi maa jo have noget at sælge. Det ser jo ikke glimrende ud for os for Øjeblikk[et] men Du skal se, at v[noget af papiret mangler] faa det godt. Du [har] slet ikke fortalt mig noget om hvordan det gik Dig i Odense, med Dine Tænder. Jeg længes meget efter Dig, men jeg kan ikke sige at jeg glæder mig til at have Dig siddende syg og alene paa en Kvist hele Dagen mens jeg er paa Arbejde, men forhaabentlig er det vel kun et forbigaaende Ildebefindende. Nu kan Du jo vente et Par Dage for at høre hvordan det gaar, om jeg faar lønnet arbejde [og h]vad Dag Peters bestem[mer si]g til Afrejse, men vær sød og skriv strax det i[noget af papiret mangler]ske Brev, saa vi kan faa d[et] fra Haanden. Jeg skal hilse fra Brandstrups, han har lige nu hoppet paa et Ben hen til Kakkelovnen for at spytte. Er Elle kommen til Amerika? Mange Hilsner fra Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1899-02-23</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Maren -
+Adolph Larsen
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Ulrik Plesner
+Ellen  Sawyer
+Harris Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>I februar 1899 går Christine på Akademiet og bor hos sin fætter A. Eckardt i Øster Farimagsgade, København.
+Søsteren Marie er blevet kaldt til Nedergaard ved Kolding i for at hjælpe til i forbindelse med en begravelse. Hun har tidligere arbejdet der.
+Lindeved er muligvis herregården Lindved syd for Odense.</t>
+  </si>
+  <si>
+    <t>Kerteminde Byhistoriske Museum</t>
+  </si>
+  <si>
+    <t>Alheds søster, Ellen, er blevet gift i USA
+Skovhoved har været der med tegninger over værelsernes placering i Johannes hus. Han får et billede af viber som betaling.
+Hilsen fra Johannes Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lm45</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 23/2 99
+Kjære Christine !
+Dit Brev fik jeg først Aftenen efter at Plesner rejste Johannes havde helt glemt at give mig det, Støvlerne er kommen til Skomageren, men om de naar at komme til Søndag tror jeg knap derfor sender jeg disse Sko som har staaet noget saa har du dog en hel Saal – Pølserne tænker jeg baade overraskede og smagte Eder godt her blev slagtet en Gris til Bespisningen og Fader mente at Pølser vilde blive kjærkomment i Kjøbenhavn 
+det var Dagen før de kaldte af Marie, først tænkte jeg bare det Arbejde var skaanet men du kan ikke gjøre dig nogen Ide om Plesner Fornøjelse over Grisetæer Gele Fedtegrever samt Pølse saa da blev jeg glad der var noget nemt for mig i de Dage – det var jo lavet om Lørdagen. Jeg vilde have telefoneret til Marie at de var kommen det var saa dejligt nemt saa blev jeg stoppet det gaar nu gennem Statsbanens Telefon og koster 50 – det vilde jeg naturligvis ikke indlade mig saa hun hørte først i dag at Johannes og Alhed er her
+hun ligger i dag af Forkjølelse – vi andre har mer eller mindre af den Slags men er dog oppe. Brevet fra Marie forklarede mig at det var for lille Ingeborgs skyld, hun er ogsaa saa glad ved hende; den unge Pige har kun været der fra den 10 Februar, men lader til at være en sød elskværdig Natur
+det bliver nok velkommen lille Dine dette Brev med Klatten Adolph skal hen til Lindeved til Maj der var Plads til en Elev til jeg tænkte paa Johan i Kjertinge men nu kom der Brev at de – har opgivet det for saa skulde de have en Karl men saa kommer der nok en anden skikkelig Elev
+Fader synes godt om det og Adolph med de var inde hos Fruen at drikke kaffe hun var saa kjøn og der var saa probert der var en Søn hjemme der er Gartner en smuk gammel Have med høje Lindetræer, det er saa godt ja lille Du jeg stoler paa vor Herre lader alting bedst til vort Gavn. Nu kom her Brev til Alhed fra Amerika Fastelavns Søndag blev Ellen Varberg viet til Hr Harri Isseman som Varberg kalder ham – de var jo belavet paa at vide hun holdt Bryllup, men det er alligevel saa underligt for dem kan jeg mærke
+fra Maren skal jeg hilse dig mange Gange hendes Broder var her til Maskeraden og morede sig storartet, Maren var i 2 Optog Skovshoved kom og i Hans hemmelighedsfulde Magter; der blev saa lavet Tegning til Johannes Huus Overslag over Værelsernes Beliggenhed saa skal han have en Tegning med Viber – 
+Lev nu vel søde Ugle og vær flittig jeg skal nok sørge for at faa sendt Penge i rette Tid
+Din Moder
+God Appetit Del med Klaks Kjærlig Hilsen</t>
+  </si>
+  <si>
+    <t>1899-05-09</t>
+  </si>
+  <si>
+    <t>Margrethe Bentzen
+Wilhelmine Berg
+Victor Bøttern
+Georg Larsen
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Albrecht  Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hjemme hos forældrene for at føde sit og Johannes Larsens første barn. Drengen, som fik navnet Andreas (Puf) blev født 12. maj.</t>
+  </si>
+  <si>
+    <t>Alhed håber på godt vejr, så Johannes Larsen kan komme videre med sine billeder. Hun maler stadig på sit billede, men hun kan ikke få tapetet pænt.
+Fosteret har lagt sig i "Angrebsstilling", og Alhed synes, hun ser "gebrummerlig" ud, men derfor kan der godt gå 14 dage, før hun føder.
+Alhed har været ude at gå tur med sin mor, og hun gik let og ubesværet. Ellen (Elle, søster) har købt en kjole til "Niecen" og sendt den med en mand (fra USA) til Danmark. 
+Christine og Alhed har plukket anemoner og også plantet nogle i haven. De spiller l'hombre om aftenen. 
+Alhed antager, at Johannes Larsen ikke har tid til at komme til Erikshaab lige nu.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3xKC</t>
+  </si>
+  <si>
+    <t>Min egen Frajsermand!
+Far sidder og siger, om jeg ikke vil begynde Brevet med: Hvad siger Ladersen? Tak for Dit Brev med Dit nye Motiv, det ser nydeligt ud. Blot nu Vejret vil føje sig lidt efter alle Dine Billeder, saa faar Du jo nok et udmærket Foraarsresultat. Det er jo rigtig rart, at Regnen kommer nu, inden Pæretræet er sprungen ud. Man staa nu bare ikke og frys saa Du faar en Forkølelse, det vilde være rædsom ærgerligt! – Jeg hænger stadig i med mit Billede; Tapetet driller mig, jeg kan slet ikke faa det kønt, Urtepotterne og Bordet mangler jeg ogsaa meget paa, men det kunde jeg da tilnøds nok male, naar jeg er bleven rask igen, derimod ikke Tapetet, da der skal hænges hvide Gardiner op, som vil give et helt andet Skær. – Du spørger, om jeg tror det varer ret længe, inden den lille kommer, jeg kan saamænd slet ikke sige det, men jeg synes, jeg ser saa gebrummerlig ud de sidste Dage, jeg tror, den lille har lagt sig i Angrebsstilling, men derfor kan det nok godt trække ud en 8-14 Dage. Mor og jeg var ude at spadsere i Aftes, og Mor var meget imponeret af saa hurtig og let, jeg kunde gaa, det er helt enestaaende, siger hun, saa hun mener, jeg nok vil komme meget nemt over det. Elle skriver i Dag, at hun og Eastman har været ude at købe en lille Kjole til ”Niecen”, og de har sendt den med en ung Mand, der er afrejst til Kjbn. og som skal bo i Tante Mis’s Pensionat, saa den kommer nok en af Dagene er det ikke morsomt? – Jeg husker ikke, om jeg skrev i Gaar at Christine og jeg tog Mellemstokke af nogle gule Anemoner i Gaar oppe i Skoven og at jeg plantede dem nede i Haven i Aftes; de ere saa kønne, de gule Anemoner, vi har et helt Glas fuldt staaende af dem nede i Stuen. – Vi spille fremdeles L’Hombre hver Aften. Palam smed den anden Aften en ”Maar”, som Far derefter beviste ham var oplagt!! det var Aftenens ”cloux” (ved ikke Stavningen) og saadan et ”clou” har vi jo cirka hver Aften. – Dis gaar og [ulæseligt ord] med Høns en stor Del af Dagen, og hun og lille Bentzen lader til at kunne rigtig godt sammen. – Nu vil jeg slutte, Christine rejser til Odense med Iltoget og skal have det med. Hils dem alle mange Gange. Saa ser jeg Dig vel ikke paa Torsdag, Du kan vel ikke rejse fra Dine Billeder? Men Du ved nok, at naar jeg ikke skriver, at Du endelig maa komme, saa er det ikke fordi jeg ikke længes efter Dig, men af Dyd og Pligt. – Jeg savner Dig jo forfærdelig, naar jeg ikke er sammen med Dig, men jeg har det jo ellers udmærket herhjemme, de ere søde imod mig alle sammen. Far og Mor er saa glade ved mit Billede og følger det med stor Interesse; naa nu skal Chr. nok af Sted! 1000 Hilsner af de allerkærligste til min egen Ven fra Din A.
+Vil Du gratulere Grossereren fra mig.
+d. 9ende Maj 1899.</t>
   </si>
   <si>
     <t>1899-07-19</t>
   </si>
   <si>
     <t>USA
 Massachusett
 620 Atlantic Ave</t>
   </si>
   <si>
     <t>Erikshåb Højstrup St</t>
   </si>
   <si>
     <t>Louise Brønsted
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Christine  Mackie
 Charles Pear
 Wesley Priest
 Ellen  Sawyer
 Harris Sawyer
 Hempel Syberg
 - Tiffany
 Astrid Warberg-Goldschmidt</t>
@@ -310,1391 +654,181 @@
 Venlig Hilsen til Højstrup St.
 [I brevet:]
 Bellevue St. 19 Juli.
 Kære Mor.
 Det var rigtignok en rasende interessant Post i Dag med dit vældige Brev med alt det interessante om Barnedåben og med de gode Meddelelser om Lugges Eksamen og Dedes Opflytning – og alle de storartede Billeder som Chr. sendte mig. De ere dog ganske udmærkede og jeg nyder at se på dem. Vil du atter takke Mornine foreløbig!
 Der har nok ordentlig været Fest for lille Andreas, (jeg kan ikke lide Jeppenavnet) Han må være ganske henrivende, - jeg føler mig gruligt forurettet over at jeg går glip af at se ham som lille Men jeg trøster mig med, at jeg jo nok får en anden lille én at se på. – Tænk om vi kunde komme næste Sommer med vor lille Jeppe og få ham døbt hjemme, så du kunde bære ham også! Det vilde rigtignok være morsomt, 1 År er jo lidt længe i Forvejen at lægge Planer, men det kan jo aldrig skade og jeg har megen Glæde deraf. – 
 Forleden mente East at vi dog skulde kalde ham op efter Onkel Syberg – sådan: Erik Andreas Hempel Syberg Dannebrogsmand Sawyer.
 Han vidste at der var noget med D-mand, men var ikke rigtig klar over hvad det var. – Eastman har ikke været helt rask et Par Dage, - Mave, - men jeg tror dog han er kommen over det. Den Gæranalyse, (som han heldigvis nu er færdig med) har vist voldet det, - men han får 50 Dollars for det, og dem vil vi anvende til en Tur i ”White Mountains” næste Måned. Han trænger højlig til en Ferie og noget frisk Luft. Vi håber at være borte en 3 Ugers Tid. Det ser altså ud som om vi kommer godt fra Sommervarmen, August plejer at være den værste. Hidtil har vi ikke haft særlig generende Varme i disse Dage er det helt køligt. På Mandag rejser Helen og H’s Mor bort for 2 Uger, - så rejser vi, så snart de kommer hjem. Det bliver hele 5 Uger at vi bliver fri for Familjeliv.
 Tænk H’s Moder har opdaget vore Planer om en Ordning. East røbede det selv, ved at blive ærgerlig og hidsig en Dag da hun som sædvanlig udbredte sig om Ubehagelighederne ved Børn. Hun sagde imidlertid ingenting den Gang, men et Par Dage senere, da der kom en irsk Pige og solgte Kniplinger, sagde hun til H. [”til H.” indsat over linjen] at nu havde hun købt Kniplinger til en lille Kjole til sit Barnebarn. Jeg tror, at hun glæder sig lumsk til det.
 Forrige Uge var jeg næsten hver Dag i Laboratoriet og hjalp. Den ene Dag pakkede jeg en Masse Glasvarer ud af [”af” overstreget], og da de vare pakkede i Hø, lavede det jo en slem Uorden. Så vil Uheldet at Mr. Tiffany netop kom ned der om Morgenen før Rengøringsmanden havde været der og før Harry kom, - han kom sent ind den Morgen på Grund af Mavepine, og Dagen efter skrev han, Mr. T. – til Harry’s Assistent, om de ikke kunde holde det lidt senere. Den Vigtigper, jeg er ordentlig stødt på ham. – 
 En af de Dage jeg var i Laboratoriet havde vi Besøg der det meste af Dagen af en af Harry’s ældste og bedste Venner, Wesley Priest – også Kemiker. Det er pudsigt at Harrys to bedste Venner ere nogle lange Rapperter, begge nogle lystige Fyre, begge glade ved noget godt at drikke (og meget helst). Han [”Han” overstreget. ”Harry” indsat over linjen] Harry behandler dem faderligt, og det klæder ham så grinagtigt, da han kun er halvt så stor som dem. 
 Wesley P. jagede mig en grulig Skræk i Livet ved at fortælle med det alvorligste Ansigt om hvor brandfarligt det Laboratorium er og at det så godt som vilde være umuligt at komme ud o.s.v., - indtil Harry oplyste mig om, at han altid fortalte sådanne Historier.
 Senere var han med os på vor Stamkafé hvor vi indtog en forsvarlig Middag med al den Vin vi kunde drikke. Jeg er altid sulten så Harry må en Gang imellem fodre mig ordentlig igennem.
 Jeg er da forresten fornuftig nok til også selv at sørge for kraftig Mad herhjemme.
 Igår tog vi ud fra Morgenstunden med Madkurv. Det blev imidlertid en øsende Regn, men vi klarede os alligevel. Helen og Charles Pear var med, - han er Medlem af en Club, som ejer et Bådehus ved den Aa, som vi sejler i Kano på. Der gik vi i Læ og tilbragte Dagen meget rart. Der var en åben Altan med Tag over, som vendte ud til Aaen og der sad vi. Der er meget smukt, - store Skove til begge Sider, - så vi fik da den friske Luft alligevel. Vi kom hjem Kl 7, skrupsultne, naturligvis, og jeg satte mig straks i Bevægelse for noget varm The og solid, varm Aftensmad. Svigermoder fandt det sikkert ekstravagant – hun havde rigtignok ikke tænkt at vi vilde have andet end Vaniljeis og Kage!! – efter at vi har gået på tørt Smørrebrød hele Dagen!! – Det kribler i mig når jeg tænker på at Harry i mange Aar har måttet finde sig i den Slags, - han som bliver hulkindet på tre Dage. Han siger selv, at han er sikker på, at han har været så meget bedre dette Forår og Sommer fordi han altid får kraftig Kost nu. 
 Dette Brev er ikke så indholdsrigt som dit, men vi har jo heller ikke haft Barnedåb at fortælle om. Vil du hilse Ta’mus og Daisy. – 
 [Skrevet lodret ved venstre kant på side 5:]
 Vi har fået to Brudegaver i de sidste Dage, - en lille Krystal-
 [lodret langs kanten på side 6:]
 konfektskål og en Kageskål. Vi har en Masse nydelige Ting nu
 [lodret langs kanten på side 1 fortsættende over selve brevteksten samme side:]
 Vil du minde Disser om det lovede Brev og glem endelig ikke at sende det Stykke af Dannelg. Molle skrev, at hun havde læst et Stykke i Dannelg som mindede hende så levende om Håbet og Alhed, - det må være det. Jeg er spændt.
 Hilsner til alle fra East og Pelle</t>
   </si>
   <si>
-    <t>1910-10-24</t>
-[...66 lines deleted...]
-Johannes Nicolaus Brønsted
+    <t>1899-10-22</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Julie Brandt
+Viggo Bredsdorff
 Louise Brønsted
-Niels Brønsted
-[...5 lines deleted...]
-Alhed Larsen
+Carl Neiiendam
+Gandenz Neiiendam
+Ellen  Sawyer
+Johan Wessel</t>
+  </si>
+  <si>
+    <t>Ellen/Elle, Johannes søster, var flyttet til USA, og derfor skulle hendes julegave være nem at sende. 
+Vor Herre er formodentlig Johanne Larsens øgenavn til Carl Neiiendam, som behandlede hende ublidt og nedladende. Familiehuset må være Neiiendams lejlighed på Hotel Phoenix. 
+Det vides ikke, hvem Frk. Julie var. Julie Brandt kaldte Johanne altid Pan. 
+Elna må have været pige i huset hos Neiiendam eller ansat på Hotel Phoenix.
+Viggo var muligvis Viggo Bredsdorff, men kan også have været en anden.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0427</t>
+  </si>
+  <si>
+    <t>Johanne/Junge håber, at moderen har fået gardinprøverne. Hun har forslag til julegaver til Ellen/Elle.
+Louise har været syg.
+Johanne har fået lov til at øve (på klaver) i selskabslokalerne. Hun har været på landet med børnene om sommeren, og nu er de umulige i de to små stuer i byen. Kun om aftenen, når børnene sover, kan Johanne hygge sig lidt. 
+Carl Neiiendam behandler Johanne nedladende og uhøfligt.
+Johanne har været på en lang cykeltur og kom lidt for sent hjem til middagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V9wD</t>
+  </si>
+  <si>
+    <t>Fru Laura Warberg
+Erikshaab
+Højrup St.
+Fyen
+[I brevet:]
+Søndag
+Kære Mor!
+Tak for Dit Brev, det var morsomt at høre hjemme fra en Gang, nu maa jeg ogsaa se at skrive lidt til Jer en Gang imellem, det er en sær Skik jeg der har fået indført aldrig at lade høre fra mig, jeg maa se at forbedre mig. Jeg haaber, at du har faaet Prøverne fra Magasin du Nord han lovede at sende dem i Gaar, men det maa jo være en Fejltagelse med de 33 Øre Al. for Gardinsirts, det billigste de har er til 38 og 42, men kan du saa ikke nøjes uden Undergardiner Mon det har været fra Wessel dem tante Visse fik, han deroppe paastod nej. --------
+Saa var det Julegaver til Elle; ja, jeg ved virkelig ikke; nu har hun jo en pæn Forsyning til Kaffebord og naar hun ["naar hun" overstreget] men men har hun Lyseduge? Jeg vilde foreslaa at en gav hende en smuk Lysedug og saa de andre 3 en Toiletpude rigtig smuk og to Pyntehaandklæder, det var da ikke saa svært at sende; det er mit Forslag, nu kan du jo skrive, hvad du mener om det og saa hvor meget saa nogenlunde, at I vil koste paa det, saa skal jeg nok besørge det. -
+Lugge er vist temmelig rask nu igen; jeg var sammen med hende forleden Aften ude hos Pan, men det var ellers Synd at sige, at vi dyrker hinanden for meget; jeg var bleven bitter, fordi det altid er mig der skal komme til hende og hun aldrig kan se op til mig; men jeg blev lidt flov, da jeg hørte, at hun havde været syg. Hendes Kaabe kan absolut ikke farves, siger hun; hvad saa? Skal jeg gaa med hende ud at købe en Kaabe; synes du en billig eller en solid, fleraarig? ---------------------------------------------------------
+Her har vi det med Sygdom Frk Julie har ligget i snart 8 Dage af Gigt baade i Hoved og Ben; alt det, hun da maa døje med den infame Gigt, det er dog en trist Sygdom. Desværre har jeg måttet indstille min Øvning; jeg var ved at fortvivle, men nu har jeg faaet det indrettet saadan, at jeg øver mig nede i Selskabslokalerne om Formiddagen, saa nu er mit Humør steget igen. – Du kan tro, jeg alligevel savner den gode Luft ude paa Landet, herinde er frygteligt nu inden man vænner sig lidt til det; og saa er Børnene da helt som tossede til at lave Ufred her, eller maaske mærker jeg det mere herinde, hvor de kun har disse to Stuer til at regere i. Jeg er af og til ved at blive smaatosset over dem, og saa har Landopholdet gjort dem saa uartige, at jeg næsten ikke kan tumle dem; jeg er tit helt modløs over det og tænker ikke med Glæde paa Vinteren; især gør Gandenz mig mange Knuder, han gør Vrøvl til alt hvad jeg siger til ham - - - uh ha! Men hvad skal man sige, jeg er naturligvis alt for god ved dem, saa til syvende og sidst bliver det vel min egen Skyld, jeg maa til at tage mere energisk fat paa dem. Elna er min Trøst, maar Børnene er i Seng om Aftnerne, saa lever vi igen og nyder Livet med Kaffe og Kager og af og til en stille Cigaret. – 
+Og saa maa jeg til at gaa lidt mere ud, jeg har været saa meget hjemme siden vi kom fra Landet. – Men vil du fortælle Far, at Vor Herre lige knap er mig saa meget imod, som han har været, jeg opdager dog Tid efter anden Ting, der kan tyde paa gode Tider hos Manden. ----------
+Jeg har Gudskelov kun en eneste Gang været nede i Familielivet siden vi den 4de Okt. flyttede ind til Byen, men det var ogsaa en fæl Gang; der kom en Herre ind mens jeg var der og Neiiend præsenterede ham for nogle af de andre, men ikke for mig – ja, han er en sød Sjæl Og saa de fine og smagfulde Spøgefuldheder, han kan tillade sig; f.Ex. da jeg den Aften havde min grønne Kjole Empirekjolen paa og skulde gøre mig tynd for at komme forbi Fru Neiiend, sagde han ”Det er ellers ikke den Slags Kjoler man tager paa, naar man bliver tyndere!” Du forstår vel nok? Ok! Men det regner vi for fin Udtryk. -----------
+Jeg har for Resten benyttet mine lange Formiddage og Frk. Julies Sygdom til at tage nogle ordentlige Cycleture mest i Retning af Lyngby, helt ud til Søllerød; de Skove deromkring er saa aldeles vidunderlige. I Gaar var Pan, Viggo og jeg i Elmelundskov i Nærheden af Gentofte; som Vejret ogsaa er i al denne Tid, I nyder det da rigtig hjemme. Paa den Tur drev vi for længe ud i Skoven og da vi havde forskellige smaa Forhindringer løb Tiden fra os, saa det saa galt ud med at naa hjem til Middag 2 ½; da jeg særlig i denne Tid herser svært med Børnene og Elna for at faa dem til at være præcise med den Middag, kan du nok tænke, at jeg svært nødig vilde komme for sent; jeg sagde Farvel til de andre og satte i vild Spurt ad Staden til; jeg tror aldrig i mit Liv jeg har kørt saa vildt, men jeg naaede da at køre herind ad Porten 8 Min over halv ildende gloende rød i Hovedet Skønt Vor Herre ellers næsten aldrig opholder sig nede i den lille Baggaard som jeg maa passere med Cyclen, skulde han naturligvis netop staa der; han lo lidt ad min Rødmossethed, men sagde for Resten ingen Ting; det var Synd at sige, at han blander sig for meget i Lejlighedens Anliggender. ----------------------------
+I Dag, da jeg spillede nede i Selskabslokalerne, kom en af Tjenerne og sagde, at en Herre ønskede at tale med mig ind tren lille [ulæseligt] og vilde have mig med paa en Cycletur, hvad jeg imidlertid ikke kunde; men vi sad dernede og snakkede i en Times Tid; vores Herskab var taget paa Landet, saa der var Fred
+Farvel
+Nu skal Brevet af Sted
+Hilsen Junge</t>
+  </si>
+  <si>
+    <t>1900-03-06</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>I A Larsensvej Kerteminde</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
 Johannes Larsen
-Christine  Mackie
-[...144 lines deleted...]
-Carl Salomonsen
+Vilhelm Larsen
+Marie Oppermann
 Ellen  Sawyer
 Laura Warberg
-Mary Ward</t>
-[...43 lines deleted...]
-Dernæst spekulerer jeg også stærkt på, om vi ikke med Tiden kunde flytte uden for Byen – bygge os et lille Hus for selv var jo herligt; særlig for mig vilde det jo være uvurderligt, om vi kunde altid bo på Landet; og for Alfred véd jeg da, at det også var sundt, selv om han ikke netop nyder Landliv som jeg – han er der jo også (desværre) den mindste Tid. Det første år får vi 900 Kr mere i Gage; dette betyder egentlig kun 500, da Skatter, Husleje o.a. er langt dyrere i Malmø. 
---------------- Men det kan ikke længere more Dig at høre på. 
-Jeg længes efter at få en Ende på det – og se, hvordan man kan få sig indrettet derovre, som det nu er, kan vi dog ikke føle os rigtig hjemme her. --- Vi var i Lørdags Aftes i Studentersamfundet, hvor Gustav Philipsen talte om Prostitutionen; bagefter Diskussion, i hvilken Professorerne Salmonsen og Pontoppidan samt Dr Ussing – Jens Bush o fl. deltog; det var meget morsomt – og interessant – og vi kom først hjem Kl ½ 2. Søndag Aften var vi på Besøg hos en Familie på Amager – sjov – landlig – med alle Børnene hjemme; en Søn – vor Ven – skal rejse til Mexiko, at bo; han holdt Auktion over sine Bøger; vi erhvervede en Masse for ingenting næsten – deriblandt Høffdings Psckykologi! Var det ikke sjov! Mon det er lykkedes Jer at komme sammen med Høffding derovre?
-[...38 lines deleted...]
-Ellen  Sawyer
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen bor for tiden i en lejlighed på Feden i Kerteminde. Gajen er deres første barn, som senere ændrede kælenavn til Puf. Jernbanen mellem Odense og Kerteminde åbnede d. 5.4 1900.
+Muntermand er en hund på Erikshåb. Bein er Alheds søster Astrid. Alhed tænker på sin søster Elle, fordi det er hendes fødselsdag. Elle bor i USA.
+Alhed Larsen udstiller to billeder på Charlottenborg i foråret 1900.</t>
+  </si>
+  <si>
+    <t>Fødselsdagsbrev til Alheds far. Der er gang i forberedelserne til udstillingen på "Den Frie", hvor Johannes Larsen skal udstille. Alhed Larsen har sendt billeder ind til en udstilling, men regner ikke med at de bliver godkendt. Johannes Larsen har solgt malerier for 600 kroner siden jul.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KKTn</t>
+  </si>
+  <si>
+    <t>Kære Far!
+Maa jeg paa dette stilfulde Papir sende Dig Las’ og min Lykønskning til Din Fødselsdag i Morgen. Las er inde i Byen at virke med sine Billeder. Han har vældig travlt, Hunden og det store af Gajen og mig ere endnu ikke færdige, og desuden maa han holde Snedkeren svært i Ørerne med Rammerne, og paa disse er der en Masse Udskæring, som Klax heldigvis kan hjælpe ham med. Muntermands Ramme havde vi bestilt færdig saa tidlig, at Du kunde have ham til d. 7ende, men [tilføjet:nu] gaar han altsaa med paa ”den fri”. Han skal hedde ”Munter” i Katalogen, Las vil ikke stille ham til Salg. – Mine Billeder ere anmeldte nu og de skulle være indskrevne til d. 12te, men et stort Spørgsmaal er det vist, om de blive antagne, efter at have set, hvem [overstreget: Udsti] Censurkommiteen bestaar af, gør jeg mig ikke meget Haab. Men lumpent er det, hvis de kassere dem, naar man tænker paa hvor meget elendigt Skidt, de optage hvert Aar. De se virkelig rigtig respektable ud, nu de ere lakerede og spændte paa Blendrammer, især Floxene. Hvis nu Banen bliver aabnet den 15nde, kommer I saa ikke herned, enten Torsdag d. 15de eller Lørdag d.17ende, Las sender ikke Billederne før Søndag d. 18, det vilde sikkert more Eder, at se dem alle færdige og i Ramme, det er en aldeles nydelig Udstilling. Blot vi nu kan faa noget Solskin, at Hunden kan blive færdig! – Det er sandt jeg glemmer jo helt at fortælle at vi har solgt en Akvarel til Frk. Oppermans, 125 Kr. Nu er det akkurat 600 Kr siden Jul. – Tænk, at Din Fødselsdag fejres hjemme i Aar, det er rigtignok noget nyt, havde den Bane været aaben, kan jeg ikke vide, om ikke Gajen og jeg var kommen ned og havde hjulpen Eder at fejre den. Samme Gaj sidder her i sin Vogn og rangler, saavidt jeg kan se paa ham, spekulerer han paa et lille Digt til Dig. Nu brøler han, saa det volder ham vist lidt Besvær at faa det sat sammen. – Vil du takke Mor for Brev og Pakke, det var ikke det rigtige Bræt, men det gør ikke noget, da Las ikke mener, jeg skal male mere paa det. Brættet spiller ellers samme Rolle paa det lille Primulastykke, som det sorte Bord paa Cinnerariestykket. – Mon Bein ikke snart kommer? Hun kunde jo passende komme en af Dagene og saa blive til I kommer herud. – Det gaar Gajen daarlig med hans Vers, saa nu maa jeg slutte her og hen og se om jeg kan faa hans Sind beroliget. – Vil Du hilse alle mange Gange fra os. Og endnu en Gang ønskes Dig et godt nyt Aar med god Helbred! Din hengivne Datter Be &amp;amp; Co.
+Feden 6te Marts. Jeg tænker paa Elle i Dag.</t>
+  </si>
+  <si>
+    <t>1900-03-30</t>
+  </si>
+  <si>
+    <t>Lauritz  Brandstrup
+- Dudire
+- Ipsen, USA
+Dudley Pray
+- Redpath
 Harris Sawyer
-Christine Swane
-[...431 lines deleted...]
-Om Aftenen tog vi hjem – og som sagt i et rædsomt Vejr. Jeg skal først stiv som en Pind nede i Salonen med en Pude i Nakken. Efter en halv Times Forløb måtte jeg styrte ind i Toiletrummet – puha – en kvælende Hede – samt – over Vandfadene – for mig brækkende Damer. Jeg formelig fløj tilbage – forbi Damerne i Salonen – der smilte mat – op ad Trappen – ud – i samme Øjeblik var jeg spil–rask – forblev Resten af Tiden i Sundhed på Dækket – men i vild Orkan og Hundekulde. 
---- Nu må jeg slutte for i Dag – Alfred skal af Sted – har været hjemme til Middag. – Tænk, det var vist Eastmans Fødselsdag den 3die April – jeg husker det først i Dag. Hils dem begge og lille Grete!
-Selv hilses Du kraftigt fra Alfred og hans Kone.
-[...593 lines deleted...]
-d. 9ende Maj 1899.</t>
+- Tiffany</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer boede i Boston. Det vides ikke, hvad hendes svigermor hed.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1746</t>
+  </si>
+  <si>
+    <t>Ellen har haft en maveomgang, og Harris var en god sygeplejerske.
+Parret har haft besøg af Ipsens, og Ellen fandt det svært at tale dansk. Ipsens taler en blanding af dansk og engelsk. 
+Harris og Ellen har besøgt Dudires, som har en lille datter. 
+Mr. Dudleys far er død, og Ellen hjælper til i laboratoriet, mens Dudley har fri. 
+Harris og Ellen har været på en "dansk restaurant" i Boston. 
+Mr. Tiffany og hans kone har været på besøg. 
+Bedstefars begravelse må have været højtidelig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Mzpi</t>
+  </si>
+  <si>
+    <t>Marts 30 – 1900
+Kære Mor! Du kommer til at undskylde denne tarvelige Udstyrelse af mit Brev idag, - Harry, det kan han ikke [”ikke” indsat over linjen] huske at tage noget ordentligt Papir hjem til mig. – 
+Jeg begyndte mit Brev igår og havde fået skrevet en hel Del, men var så idiotisk at smide det bort. Der er imidlertid ingen stor Skade sket for det var et Svinebrev, - Blyants, - skrevet i Sengen. Jeg havde nemlig en lille Mavedårlighed, der som det lader, har i Sinde at indtræffe med visse Mellemrum. Mavesmerter og grøn Opkastning. Det begyndte om Natten, og Harry måtte ned og hente Cognac, Krydderpose og en Morphinpille. Han er en udmærket Sygeplejerske, - han behøver ikke at, sættes til, men kan selv finde på, hvad der må gøres. – Jeg har haft det samme Tilfælde før, og kunde rimeligvis undgå det, hvis jeg vilde være lidt forsigtig på visse Tider af Måneden. 
+Denne Uge [”X” indsat over linjen og i venstre margen skrevet ”X siden sidste Brevdag”] har været helt livlig. Først i Lørdags kom Ipsens ud og var her det meste af Eft. De ere meget livlige, - men, jeg ved ikke, - deres Snak kan ikke rigtig fange min Interesse. – Er det ikke kunstigt, - det falder mig så akavet at tale dansk nu, at det er ligesom der var Småsten under Tungen, og jeg må samle mig sammen for at få fat på Ordene, hvorimod jeg slet ikke føler den Vanskelighed når jeg skriver – (måske I føler det, ved at læse mine Breve) Ipsens taler elendigt, - Masser af Fejl og pudsige direkte Oversættelser fra engelsk. De kan endnu mindre tale engelsk , - taler med stærkt Akcent og mange Fejl. Jeg taler adskilligt bedre, - men jeg har jo også kun hørt engelsk i over et Aar, hvorimod de stadig har hørt [”hørt” overstreget; ”talt” indsat over linjen] talt en Blanding. – De[t] var jo imidlertid pænt af dem at komme og jeg vil også snart derud igen [”igen” overstreget] og se til dem. – 
+Om Søndagen gik Harry over [”over” overstreget; ”og” indsat over linjen] og jeg over til Dudires, som bor et Kvarters Vej herfra. De fører ikke Hus, har deres Møbler et Sted, hvor de tag [”tag” overstreget] opbevarer Møbler for kortere el. længere Tid, - og er i Pension hos hendes Forældre. Vi havde det helt morsomt, - deres lille Pige kan nu gå alene og er umådelig sød. Lille Grethe blev bedt til Børneselskab om to Aar. De har en stor Fonograf, som vi hørte på, - men det er i Grunden mere trættende end morsomt, når man har hørt det et Par Gange. – Vil du høre hvad Mrs. D. havde på: en såkaldt Thegown [”ea” i ordet overstreget; over disse bogstaver indsat ”ea”], - dette [”te” i ordet overstreget] samme som vore Empiredragter, af et fint lyserødt Stof, Dyvikekrave, langt Slæb, halvlange Ærmer med Kniplinger for. Hjemme vilde vi kalde det elegant til et Bryllup el. fin Middag og dette var en alm. Søndag og vi kom uventet. De fleste vilde se opstadsede ud med denne Dragt, men den klædte hende fortrinligt, - hun er høj, slank med et vældigt gult hår, meget livlig.
+Om Mandagen var jeg med Harry i Laboratoriet for at hjælpe. Mr. Redpath er på Forretningsrejse og Dudley Pray er der slet ikke i denne Tid på Grund af hans Faders pludselige Død. Den gamle Dudley var 74, men stærk og kraftig, fik Influenza, som gik over i Lungebetændelse døde i Løbet af en Uges Tid. Han var meget afholdt og hans Død har vakt megen Opsigt. Harry og jeg havde [”havde overstreget] tilbragte nogle behagelige Timer i hans lille private Kontor, så [”så” overstreget; ”og” indsat over linjen] vi ere helt kede af det. Der siges at unge Dudley nu er en rig Mand, men man ved ikke endnu hvor rig. – 
+Harry var som sagt alene i Laboratoriet og jeg vadskede små Glasinstrumenter to hele Dage for ham. Det er en hel Svir at komme derind til en Forandring, der er sket en Masse små Forbedringer og det er et storartet Laboratorium nu. Vi gik til en dansk Restauration til Frokost, - det eneste danske er Udseendet, - Ejeren og Maden ere engelske og Opvarterne ere Negere, - men Lokalerne er en tro Gengivelse af en gammel Kro i Ribe, og du kan tro det frydede mit Hjærte at se: grønmalede Vægge med naive røde Roser malet i Felterne, en Hylde under Loftet (som på Hvilan) med gamle Ting på. Klodtede grønmalede Stole og Borde, en Bornholmer, Kanariefugle i Bur, små Rude[r], Blomster i Vinduerne o.s.v.
+Ejeren kom hen og snakkede med os, - han vidste at jeg er dansk og var meget interesseret i hvad jeg kunde fortælle om danske Skikke og Sæder. – Vi gik en Del rundt i Byen, hvor jeg jo ikke har været i Måneder, - var hos Gordan &amp;amp; March, - en enorm Forretning med alt 7 Etager, - og en Tunnel med elect. Lys til en anden Afdeling. – Om Tirsdagen var jeg hjemme og fik Huset i Orden. Det kommer altid i Rod når jeg er borte, - navnlig den Lilles Bleer ere ligelig fordelte i alle Stuerne o.s.v. Om Onsdagen var jeg igen med Harry. Mr. Tiffany kom fra New York i Forretningsanliggender og havde sin Kone med. Hun kom op i Laboratoriet, en ægte New York-Dame, livlig og opvakt, vi havde en lang Snak sammen og vi gelejdede dem til deres Tog, - kom ½ Min. for sent og indtog derpå Frokost med dem: Østers, Roastbeef, Kiks og Ost, Kaffe. – 
+Den lille har være god siden jeg skrev sidst und. I går, men det var fordi Harry lavede hendes Mad lidt for fed, da jeg var dårlig, men idag har hun været god igen, sovet i 4 Timer i Form. let og leget. Svigermoder elsker hende højt. Hun siger ofte, at hun vilde ønske, du kunde se Ungen og at hun har helt Samvittighedsnag ved at have så megen Fornøjelse af hende når du ikke kan se hende. Gid – gid vi kunde komme hjem snart. – Hvor det må have været højtideligt ved Bedstefars Begravelse. Hvor han vilde have nydt al den Hæder, det gamle Skind hvis han kunde have set det. – 
+Vi kan ikke døbe den Lille, før vi får så varmt Vejr at hun kan gå ud. – 
+[Skrevet lodret langs venstre margen på side 4:] Farvel og Bunker af Hilsner E</t>
   </si>
   <si>
     <t>1900-10-28</t>
   </si>
   <si>
     <t>Bernhard Hirschsprung
 Emma Hirschsprung
 Erik Hirschsprung
 Fru Emma Hirschsprung
 Heinrich Hirschsprung
 Grethe Jungstedt
 Alhed Larsen
 Johanne  Larsen
 Christine  Mackie
 Harriet Rhode
 Harris Sawyer
 - Sonne
 Vilhelm Storch
 Hempel Syberg
 Albrecht  Warberg
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Ellen Sawyer boede i Boston med sin mand, Harris/Billy, som var kemiker.
@@ -1702,215 +836,57 @@
 Grethe Sawyer (g. Jungstedt) blev døbt i Hillerslev Kirke året efter, at brevet blev skrevet. Harris Sawyer døde i 1911, hvorefter hans enke og datter flyttede til Danmark.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1509</t>
   </si>
   <si>
     <t>Ellen Sawyer passer laboratoriet og har lidt tid til at skrive. Det er trist, at Alhed Larsen har vrøvl med hoften, men godt at Astrid/Dis kan komme og hjælpe hende. Også godt at Johanne/Junge kan være hos Hempel Syberg. Ellen Sawyer er ked af, at hun fik Christine Mackie til USA. 
 Ellen og William/Billy tjener godt på smørsyre nu. De vil gerne til Danmark i tre måneder for at studere mejeridrift og få deres datter døbt i Hillerslev Kirke. Lille Grethe er både køn og meget nem. Hun kravler og rejser sig op og spiser meget, og hendes far er hendes favorit.
 Ellen skal have mere hjælp i huset nu, hvor hun ofte passer laboratoriet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KuQ7</t>
   </si>
   <si>
     <t>Okt 28 – 1900
 Kære Mor.
 Jeg er i Lab idag det meste af Dagen for at passe til til i Morgens Arbejde. Jeg har et ledigt Øjeblik, mens jeg passer på at Temperaturen i to Ovne ikke løber over 150⁰, og jeg vil benytte dette Øjeblik til at skrive et Par Ord.
 Jeg fik dit Brev idag. Hvor er det dog slemt, at B. har fået den Hoftebesværlighed bare det dog snart må blive lidt bedre. Men Hun [”men” er tilføjet ; det store H i ”Hun” er overstreget, og et lille h er indsat over linjen] er nok så forsigtig, som man kan være. Det er da rart, at hun kan få Disser – helt let bliver det vel ikke for lille Dis, når B. slet intet må selv. Men Disser er jo rap og flink. Sig til Disser at jeg er skuffet over som hun forsømmer vor Korrespondance, - det er lange Tider siden, jeg har hørt fra hende. – Det er da rart at Junge kan være hos Onkel S., for det må rigtignok være ensomt for ham. – For hvert Brev der kommer fra dig [”fra dig” indsat over linjen] er jeg elendig ved [”ved” indsat over linjen] at jeg satte Mornine op på at komme og så måtte skuffe hende, det var ubesindigt af mig at skrive – d.v.s. jeg kunde jo da ikke vide, at Harry skulde blive syg og forandre vore Planer af den Grund. Alting så så vaklende ud, at vi ikke turde tænke på at begynde at føre Hus og endnu mindre tage Ansvaret for Mornines Velfærd på os. – Det var et Par triste Måneder, - Aug. og Sept. –
 Nu er det ligesom klaret af, og det skyldes mest mine Smørsyrer. Hvis det ikke var for denne ugentlige Indtægt, kunde Harry ikke frede om sit Helbred og i Ro blive rask, - blive hjemme i Tåge og Regn el. når han er forkølet, og han ængster sig ikke mere for Udkommenet, da der ikke er Grund til at antage andet end at det vil blive [ved] at gå frem med os nu. Denne Uge har Douglas bestilt 139 Flasker – en ren Indtægt af 37 Dol. – Ganske vist må vi nu til at anskaffe større Apparater at arbejde med, men når vi får dem, kan vi begynde at spare sammen til at rejse hjem. – Vi taler daglig om det og har så megen Fornøjelse deraf. Harry studerer dansk med stor Iver. Vi læser sammen et Skrift om Smør af Prof. Storch og det er forbavsende så meget Harry kan allerede. Vor Plan er at arangere det så vi kan være tre Måneder hjemme og benytte noget af Tiden til at sætte os ind i Smørindustrien. Vi vil se de største Mejerier, tale med de dygtigste Mejerister og i det hele taget perfektionere os. – Men jeg tror ikke på noget så godt før jeg ser det. – Vi skulde jo så også have lille Grethe døbt i Hillerslev Kirke og vi vil bede dig om at bære hende, - hvis hun behøver at bæres, for hun kan vel [”vel” indsat over linjen] sagtens gå alene til den Tid. Lille Grethe er et yndigt Barn, - så mild og sød altid, - aldrig arig el. gal – man kan tage hendes Lejetøj fra hende når hun leger allerbedst og hun siger ikke et Muk – ser kun lidt skuffet ud og leder efter det. – Kun Flasken kan man ikke spøge med, den må hun have præcis hver 3dge Time og hun fordrer fuld Ration med stor Bestemthed. Hun får nu Havresuppe i Mælken, forskellige Slags Vællinger og Jus af Oxesteg. Hun begynder at krybe så småt, men kan ikke lide det, - hun kommer bedre afsted ved at rulle vælte og skubbe og kan på den Måde komme over hele Gulvet. Det er ikke muligt at holde hende fra at stå, hun rejser sig op selv, - det skader hende vist ikke heller for hendes Ben ere nogle rigtige ”Stolper” som Far plejede at kalde mine. Hun har en Del Udslet i denne Tid, vel sagtens for Tænder og Forkølelse som hun ligesom alle vi andre har haft, - ellers vilde hun være en ren lille Skønhed. Hendes Hår er langt og tykt og af en henrivende Farve, - stærkt glinsende rødbrunt. – Ja, vi ere stolte af hende. Harry leger i lange Tider med hende og hun holder mest af ham, rækker altid Armene ud efter ham, når hun ser ham og vil lege med ham.
 Vi skal til at have noget mere Konehjælp, nu da jeg er så meget i Lab. Harry kan ikke finde sig i at jeg rører Huslighed hjemme, - d.v.s. hvad der kan gøres af andre, og jeg skal ikke nægte at det passer mig helt godt. – Jeg håber at få Tid til at spille lidt mere i Vinter. Fru Sonne og Harriet Rhode, i sin Tid Sangerinde ved det kgl. Theater, god Veninde af Hirschprungerne. Yndigt Menneske. –
 Skal Dede være Soldat!!!!!!..
 [Skrevet lodret langs papirets venstre kant:]
 Farvel for denne Gang. Pelle</t>
   </si>
   <si>
-    <t>1912-04-18</t>
-[...159 lines deleted...]
-  <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
 Poul Caspersen
 Holger Drachmann
 Betty  Ejlskov
@@ -1958,1751 +934,171 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t> 1. jun. 1907</t>
-[...223 lines deleted...]
-Adolfo Bacci
+    <t>1901-08-26</t>
+  </si>
+  <si>
+    <t>Højrup
+Boston
+Odense</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
 Vittoria Bacci
-Berta Brandstrup
-Ludvig Brandstrup, billedhugger
 Louise Brønsted
-Alfred Rottbøll
-[...423 lines deleted...]
-    <t>Roald Amundsen
+Niels Elgaard Amstrup
+Jens Hammer
+Grethe Jungstedt
 Andreas Larsen
 Johan Larsen
 Christine  Mackie
-William Mackie
-[...27 lines deleted...]
-Edvard Brandes
+Augusta Mogensen
+Christian Mogensen
+Johanne Nielsen
+Ellen  Sawyer
+Harris Sawyer
+Karen Sørensen
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Harry Eastman Sawyer har skrevet, at han, Ellen og deres datter kommer til Danmark den følgende dag fra USA. Der har været mange gæster på Erikshåb, og man pynter op, hejser flag osv for at fejre, at Ellen og familien kommer. 
+Efter at de er kommet, skriver Alhed, at Ellens barn skal i kirke om søndagen (formodentlig døbes), så Johannes Larsen må komme.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hQsY</t>
+  </si>
+  <si>
+    <t>Kæreste lille Lavsi!
+Nu vil jeg begynde paa et Brev til Dig, skønt jeg ikke har faaet Din adresse endnu. Tak for Dine to breve, jeg synes det ser ud, som Rejsen er begyndt godt for Dig. Det var udmærket, Du kom til Kerteminde og fik sat lidt Gang i det derude, sikken en Masse, Du fik udrettet paa de Par Timer. – Her er stor Sensation. I Gaar g [bogstavet overstreget] fik vi 2 Linjer fra Eastman om at han og Elle den 14de var sejlet fra Boston og at de ventede at naa Odense d. 26nde, altsaa i Morgen. Og skønt vi jo hver Dag have ventet den Meddelelse, blev vi dog ligesom vi var tossede alle sammen, det er en aldeles vidunderlig Fornemmelse, igen at skulde se Elle. Blot hun nu ikke har lidt altfor meget af Angst og Uro for Far. Dejligt at Eastman tog med. Han nævner ikke Grethe, saa vi gaar i Skræk for, at de skulle have lavt [ordet overstreget] ladet hende blive hjemme, men vi kan næsten ikke tænke os det. – Det er en voldsom Spænding at gaa i, da vi jo ikke aner med hvilket Tog eller fra hvilken Side de komme, vi have ventet dem i Dag, de maa jo have haft en god Rejse, saa vidt vi kunne skønne efter Vejret. – Vi har det udmærket, Puf og Fedtelsen er voldsom søde, de ligge og sove nu, Kl. er over 11, og alle er i Seng, men jeg vilde skrive lidt i Aften, da man jo ikke ved, hvad Fred og Ro, der bliver i Aften [ordet overstreget] Morgen. I Dag har her været et voldsomt Rykind, Amstrups, Johanne Nielsen fra Odense (Dedes Værtindes Datter) Karen Sørensen, Mogensens, Pastor Hammers og endelig Degnen nu sent i Aften. Vi fik saa meget dejlig Sang i Eftermiddag af Johanne N. og Christine, jeg sad og tænkte paa Dig mens de sang, jeg savner Dig meget og længes meget efter Dig. Puf snakker meget om Lavsor. Nu er jeg bleven træt og søvnig, Godnat min egen Dreng. 
+Næste Dag.
+Elskede Lavsi!
+Stor og gribende Sensation! Telegram Kl. 12, at de kommer med Iltoget Kl. 1. Landaueren af Sted med Mor, Puf og Christine, Razzia i alle Stuerne for at faa fint og festligt, Flaget hejst, Vin op fra Kælderen, Hundene pyntede med henholdsvis røde og blaa Baand i Haler og Øren, alle vi andre i Festskrud – og nu vente vi dem hvert Minut. Det er næsten ikke til at holde ud at vi nu skal se Elle igen, det er til at tude sig ihjel over. Hvor sørgeligt at Du ikke er her, ingen Glæde er dog helt fuldkommen her i Verden.
+Senere.
+Nu er de kommen! Lille Grethe med! hun er bedaarende. Herligt at se Elle. Hun er fuldstændig sig selv. Kun er hun bleven noget federe. Paa Søndag skal lille Grethe i Kirke og Du maa være her, inden den Tid, allerede om Mandagen rejser Far og Dede til København, Lugge kommer hjem den Dag, Du maa være her saa vi i alt Fald én Dag alle kunne være samlede. – Jeg savner Dig meget kæreste Lavsi, desværre ingen Brev i Dag, saa jeg ved ikke Din Adresse. – Nu sender jeg dette med Junge til Højrup, saa mulig der er Brev fra Dig, saa hun kan føje Adressen til. Send mig omgaaende Vittorias Adresse, Du fik hendes Brev med, men skriv Adressen af, saa I ogsaa kunne sende hende en Hilsen, det skal afsendes_ Fredag_ til Italien. –
+Nu Farvel kæreste Las! Jeg haaber Du har det rigtig godt og bliver lidt federe.
+Din egen Alhed
+Mandag</t>
+  </si>
+  <si>
+    <t>1903-5</t>
+  </si>
+  <si>
+    <t>USA
+Mass.
+Dorchester</t>
+  </si>
+  <si>
+    <t>Ingeborg Abrahams
+Ellen Agnete Amstrup
+Louise Amstrup
 Thora  Branner
-Malin   Holmström-Ingers
-I P Jacobsen
+Wilhelm Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Elgaard Amstrup
+Alfred Goldschmidt
+- Grønlund
+Jens Hammer
 Grethe Jungstedt
 Alhed Larsen
-Andreas Larsen
-Johan Larsen
 Johannes Larsen
 Christine  Mackie
-Karl Müenzinger
-[...21 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/87NC</t>
+William Mackie
+Mogens Mogensen
+- Mogensen, Fru
+Otto Emil  Paludan
+Ditlev Schroll
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warberg var på besøg hos sine to døtre i Boston fra ca. marts til juni 1903. 
+Hellig Olav var et af Skandinavien-Amerika Linjens (DFDS) tre søsterskibe. De andre var United States og Oscar II. Frederik VIII kom til i 1913. Hellig Olav blev søsat 1902 fra Glasgow værftet Alex Stephen &amp;amp; Sons, målte 158,5 x 17,8 meter og var indrettet til transport af 1170 passagerer, 130 på 1., 140 på 2. og 900 på 3. klasse. Hellig Olav kom til København i 1903 og blev sat ind på sin rute fra København til New York. (http://www.liners.dk/ship-dk/Hellig_Olav/Hellig-Olav-dk.html)
+Det vides ikke, hvad der menes med, at Peter fik land, eller hvem han var. 
+Alfred Goldschmidt og Astrid blev gift i 1904 og skilt i 1914.
+Det vides ikke, hvem "Hollufgaardene" er, men Hollufgaard er en herregård, der ligger nær Odense. 
+I Danmark blev pund (svarende til 500 gram) anvendt frem til metersystemets indførelse i 1907.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0007</t>
+  </si>
+  <si>
+    <t>Johanne håber, at rejsen er gået godt, og at Christine og Billy ikke fortryder tilbuddet om, at hun selv må komme til Boston. Hun har købt billet. Moderen må skrive og fortælle om drikkepenge, bagage, banegårde mv. 
+Peter fik land.
+Astrid/Dis er glad for Alfred og for sit bryllup. Johanne har besøgt Alfreds familie og været i Astrids lejlighed. Hun har også besøgt Thora/Tutte og Branner samt Hempel Syberg, og Thora og Branner har været med i Hillerslev. Der har været fødselsdagsmiddag på Gelskov.
+Johanne har været på kirkegården og plante blomster.
+En masse medlemmer af familien har lejet sig ind på Erikshaab om sommeren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3BSF</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Fru Astrid Goldschmidt
-[...2 lines deleted...]
-Sverige
+Fru Laura Warberg
+c/o H.E. Sawyer
+244 Columbia Road
+Dorchester
+Boston
+Mass.
+U.S.A.
 [I brevet:]
-Søndag 18/2 – 12.
-[...614 lines deleted...]
-mm 1500
-----------------
-7500
-----------------
-----------------
-10 % af 7500 750
-Jordleje 340
----------------
-1090
-[...11 lines deleted...]
-+ Græs til Hest.
----------
-3300
-----------
-----------
-Udgift:
-[...6 lines deleted...]
-Telefon 130
---------
-2530
---------
-Det ser jo ikke fedt ud, men jeg tror det er en forsigtig Beregning. Se det var altsaa Jørgensens alene. Henningsen sagde forleden at han havde taget for 1200 ud af Jorden deroppe og saa var endda ikke medregnet Chrysantemum, som han sagde at have faaet godt ud af. Hvorvidt det er til at stole paa skal jeg ikke kunde sige.
-[...319 lines deleted...]
-og sidder i sin Stol eller ligger og sparker paa Gulvet.</t>
+Kæreste Mor! Jeg har ment, at jeg gærne vilde have haft Brev fra Amerika før jeg skrev igen, men jeg maa vist hellere faa sendt et Par Ord over til dig nu, ellers faar du vist for længe at vente – det er jo en Mulighed (jeg haaber dog, det er en _U_mulighed) at ingen af de andre skulde have skrevet til dig endnu. Nu maa du da være derovre; i Dag er det jo akkurat 14 Dage, siden du gled af Sted; jeg har intet kunnet se om den hellige Olaf, men paa Stationen plejer de at vide Besked – jeg haaber, den har været en heldig Olaf, her va ["va" overstreget] har Vejret været et non plus ultra af Dejlighed, saa jeg kan ikke tænke mig andet end at Rejse har været udmærket for dig. Jeg glæder mig til min – er stadig glad ved den tagne Bestemmelse, men er frygtelig spændt paa at høre hvad Christines Mening om det er, bare hun nu ikke fortryder sit Tilbud! Og bare Billy dog nu ikke er ked af at faa mig derover, men nu er det gjort – Billetten er taget – den billigste 1ste Klasse 220 Kr, de 20 Kr. vilde jeg nok give for at have Adgang til Promenadedækket. Vil du ikke nok skrive lidt udførlig til mig om der er noget særlig at iagttage; f. Ex. hvor mange Drikkepenge, man skal give og til hvem. Stuepige? Kellner?? o.s.v? samt hvordan jeg skal forholde mig i New York, mest med min Baggage, Haandkuffert og saa det indskrevne, hvad Banegaard jeg skal til, Fortaering o.s.v. Du giver mig nok lidt god Besked, nu du selv har prøvet det. – Mon du ved, at Peter fik Land, eller mon jeg skal være den første, der fortæller dig det, der var for Resten vist ikke stort tilovers; de andre Stakler er jo midt i det, jeg ved ikke noget om hvordan det gaar. - - Lille Dis faar jeg forfærdelig fornøjelige Breve fra med Strømme af Lovtaler om lille Alfred Hendes Bryllup var saa nydeligt og jeg syntes rigtig godt om [skrevet over linjen: ”om”] de gamle og Svogre og Svigerinder. Dagen efter var jeg ude i Charlottenlund hos Ingeborg Abrahams spiste Frokost hos hende og vi [skrevet over linjen: ”vi”] gik saa begge hen til Disens Lejlighed , hvor vi hang Gardiner op og ordnede lidt den var ganske henrivende i al sin Tarvelighed, det var saa sjovt at se de gamle Erikshaabs Møbler derude. Jeg boede hos Lugges, og blev helt indtaget i Magisteren, saa sødt han dog gaar og hjælper hende, jeg var forfærdelig glad ved at besøge dem. Jeg blev til Søndag, da jeg skulde ledsage Lugge + Skrierbarn, saa fik Lugge mere Tid til at ordne sine Sager. - - I Torsdags var jeg for første Gang paa Cycle i Odense, og da jeg ved 10 Tiden kom til Hunderup fandtes Branner og Tutte; Fruen endnu i Sengen med Kaffe, Cigaret og - - Konfekt; jeg nød saa Frokost derude og en Cigar sammen med dem ude i Haven og tog saa til Byen til mine Time, senere en herlig Middag og – med O. Syberg i godt Humør. Om Lørdagen vilde de besøge os (11te Juni, Termin, du kan tro jeg var ængstelig ved at overbringe [papir mangler] den Besked, men han blev da glad [papir mangler] Tutte og Branner kom spaserende fra Hillerslev hvor Onkel Syberg havde sat dem af, han skulde have Møde i Højrup de fik en lille let Frokost med Chokolade, saa naaede vi en lille Tur ud paa Brinken hvor Branner til min Glæde var Begejstringen selv over Skønheden, og kom saa hjem til Middag Kl. 4, til hvilken Tid Onkel Syberg indtraf. Supper m. Kødboller og nye Gulerødder, en dejlig Aspargesbudding, Fedekalvesteg m. Compot og vellykkede Vandbakkelser fyldt med Crȇme; O. Syberg nød 3-4 af dem (uden Crȇme) og spiste i det hele tappert af alle Retterne. Middagen var jo ogsaa basseret paa ham. De tog af Sted Kl godt halv 7 og Kl 7 skulde vi være være ["være" overstreget; "vi" indsat over ordet] være paa Gjelskov til Fødselsdagsaftensmad sammen med Hollufgaardene og Amstrups. Min Appetit var upaaklagelig – naar man er Værtinde faar man ikke saa meget godt af Maaltiderne, de andre var jo derimod lidt tilsatte. I Gaar var det Fru Mogensens Fødselsdag og jeg alene var inviteret med sammen med Doktorens og Hammers; jeg var frygtelig fin i min nye Molls, den du var med at købe og Vejret var straalende og varmt, men Selskabet - - ja Maden og Anretningen var extra fin, men ellers – naa, jeg vil ikke skose. 
+Jeg var forleden Dag nede i Højrup og købte hos Gartneren nogle Sommerplanter som jeg tog med til Kirkegaarden [utydelig skrift] arbejdede jeg saa i flere Timer med at luge, plante og vande og der blev saa pænt, syntes jeg; der er smukke Tulipaner endnu og Stauderne og Roserne staar godt, men den Rose, som vi plantede i Foraaret, tror jeg ikke der er Haab om. – Ellers er der intet nyt under Solen – jeg glæder mig til at Lugge, Mag, Be, Las, Dis og Goldschmidt skal komme først i Juli; jeg har faaet Lov til af Pallam, at de maa leje sig ind; tænk hvor dejligt, om vi kunde faa lidt gammel Sommerferiestemning. Paa Søndag kommer Fru Grønlund fra Odense og bliver en Uge; det glæder jeg mig skutte til. Hils dem alle tusind Gange, jeg er saa spændt paa at høre hvordan du har det derovre, om du befinder
+[skrevet på tværs øverst på s1:]
+dig vel og hvordan du synes de har det derovre, begge Sættene, skriv endelig lidt udførlig om det. ----- Hermed et Brev fra Molle som jeg aabnede og besvarede, fik straks Brev igen, hendes Tvillinger vejede hver 6 danske Pund, da de blev født, det maa rigtignok have været en drøj Omgang for den lille bitte Molle. Hun var imponeret over din Amerikarejse. – Paa Arreskov er der ingen videre Forandring maaske lidt daarligere. Pallam har terminstravlt men i helt godt Humør. Tilsidst tusinde Hilsener fra din Junge. Kys lille Grethe fra mig.</t>
   </si>
   <si>
     <t>1904-06-14</t>
+  </si>
+  <si>
+    <t>Charlottenlund
+Kastanievej 13</t>
   </si>
   <si>
     <t>244 Columbia Road Boston</t>
   </si>
   <si>
     <t>Sidsel -
 Charles Abrahams
 Ingeborg Abrahams
 Mogens Abrahams
 Wilhelmine Berg
 Alhed Marie Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Alfred Goldschmidt
 Ernst Goldschmidt
 Henriette Goldschmidt
 Johanne Goldschmidt
 Selmar Goldschmidt
 - Hendrik
 Emma Hirschsprung
 Pauline Hirschsprung
 Harald Høffding
 Johanne  Larsen
 Troels Lund
 Christine  Mackie
@@ -3765,132 +1161,2991 @@
 Så kom Junge for at ”pynte mig” – men der var jo ingen Materialer at virke med – vi fik os da en alvorlig og hyggelig Snak; så kom Ta Mis med en ganske dejlig – stor grøn Keramikvase til mig [Tegning] der kan sættes Lampe på om Vintren. Det var rasende pænt af hende – så kom Grethe – smilende og gratulerende midt i sin egen store Strid. Men hvad der ikke kom – var nat. Tøjet. Endelig – lidt pr 10 ½ ringede Trøjen – den sad glimrende – og blev almindelig rost – først ¼ før 11 – kom Frk Svenssen pustende og rystende med min Kjole – samt Lugges! Vi sendte hende da expres til Forchhammersvej – hun mødte dem undervejs – og de tog Kjolen i Barnevognen og Lugge klædte sig på i P. Skramsgade. 
 Nå – min Kjole passede udmærket (nat. manglede de halve Hægter!) og de roste også den meget.) Så gled vi alle hen til Sporvognen (Dede var inviteret med dem af Fru G – men han undskyldte sig,) hvor de andre tog Afsked; kun Junge og jeg fulgtes ad – til Kongens Nytorv; så gik Junge hen at købe en Brudegave – og jeg hen i Magasin du Nord, hvor jeg var så elegant og silkeknitrende – at alle sagde ”Frue”-!!! Nå, jeg havde nogle 
 II) Ting at købe, som skulde med på Rejsen. Så sejlede jeg op i Brudehuset - hvor Feststemningen strax slog mig imøde, så snart jeg trådte ind. 
 Magisterens og Abrahams’ var kommen – strax efter kom Junge – to af Fru Goldschmidts Søstre samt en Fætter til Alfred (og god Ven). I alt var vi 14. Så kom vi ind til det fineste og festligste Frokostbord, jeg nogen Sinde har set – et Væld af Blomster alle Vegne – de fineste slebne Krystalting – mørke grønne Rhinskvinsglas – fint sachsisk Porcelæn o s v. Vi satte os til Bords – ved Alfreds Kuvert lå en Myrtebuket – og ved min – en rigtig Myrtekrans! Jeg blev meget rørt og glad. Så sagde Alfred, at jeg skulde se indeni Servietten – han havde lige selv i sin Serviet funden et hvidt Silkelommetørklæde med Navn syet af hans Mor. I min lå et henrivende lille Kammerdugslommetørklæde – med en håndsyet Blonde om – og et fransk AG. Broderet af Svigermoder. Var det ikke rasende pænt! 
 Skønt Brudepar, som vi var, og trods al Hæder og Sindsbevægelse – var vi dog begge mægtig sultne – og deres fortræffelige ”cocher” Mad smagte storartet – vi fik en varm Ret i en Slags Butterdejstærte med Fisk i – Champignonsauce til. Dertil Rhinskvin og smukke Taler – både af Svigermor og af Ernst. Derpå et overdådigt koldt Bord – sidst Kaffe. Lugges lille Pige og Ingeborgs do Dreng – underholdt hinanden i Johannes Værelse – passet af en Kone.
 Så holdt Kareten for Døren – og vi kørte – Svigermor – Junge – Magisteren – A og jeg.
 Vi var omtrent de første, der kom ind – og vi var alene!) ingen fremmede blev viet samtidig. 
 For vores Pårørende var der naturligvis. Det var meget højtideligt – og meget smukt. 
 Så kørte vi hjem. Lad mig dog fortælle Dig, at vi kørte i en elegant Wienerlandauer (som vores hjemme.) med Galla Kusk og Heste – det kostede 4 Kroner og Kusken fik 1 Krone i Drikkepenge. Nå – denne Meddelelse er nok bedre for andre. 
 Svigermor skyndte sig først op ad Trapperne – og da vi mærkede der var noget i Gære – holdt A og jeg os lidt tilbage – og kom sidst op. I den store Dagligstue – hvor alle havde forsamlet sig - blev vi modtaget med den dejligste Musik - det var A.s Mor og Johanne, der spillede firhændig – Bryllupsmarchen af en Skærsommernatsdrøm! Herligt! Derefter sang Johanne til Accompagnement to Sange – begge af Svigermor. Den ene alvorlig – den anden (sidste) morsom. Den alvorlige var til den dejlige og gribende Melodi af Sep. Rosenfeldt: ”Åh Farvel! og vær velsignet!” Mornine har sungen den ofte:
 Du kan ikke tænke Dig, hvor smukt og højtideligt det var!
 Så kom vi ind i Spisestuen – midt på Bordet stod et mægtigt Overflødighedshorn med et lille Brudepar i Toppen – og så var der flade Glas – Champagne. – Jeg tror nok, at baade Magisterens og Junge befandt sig vel – og det var jeg jo også meget glad over at føle. 
 Ved 5 Tiden kørte vi til Nordbanen og tog (II Kl. nat.) til Helsingør – herfra lige videre ad Gribskovbanen til Helsinge – hvor vi overnattede i en fin og moderne Kro – med elektrisk Lys – smukke Lokaler o s v. Næste Morgen kørte vi i Dagvogn til Tisvilde – hvor vi blev lige til Søndag Aften. Der var ganske storartet – frisk og herligt. Vi badede i det storartede Vand. Ankom til Kjøbenhavn om Aftenen Kl c 12 – og modtoges med et pragtfuldt Fyrværkeri fra Tivoli. Muligvis var det dog mere for Grundlovsdagen end for os. 
 Vi sov på Blankensteiner den Nat; sidste Dag var vi til Frokost hos A’s Forældre; vi fik da set rigtig på Gaver og Telegrammer o s v. Vi fik c 60 Telegrammer – deraf 6 på Vers! Og en Del fik jeg jo til mit forrige Bryllup. Af en Tante fik vi én stor Sølvøsopske (vi byttede så den anden for Teskeer) af en ny en i Forretningen 12 små henrivende Kaffeskeer – i Vifteetui næsten som Dine små fra Sølvbrylluppet. Og i Penge fik vi i alt 405 Kr. Af Johanne et nydeligt broderet Stykke til en Sofapude – af Ernst et Maleri – af nogle unævnte i Odense 
 III) 12 Par fine Kaffekopper, af en Tante i Hamborg et Kaffefad af sachsisk Porcellæn, af en do en kinesisk (stor og grim) Bakke, af en do – et stort Blomsterglas af usleben Glas – af en rig Onkel en pragtfuld Vinkaraffel af ægte Krystal – af Ingeborg Abrahams et broderet Bordtæppe til vort Spisebord – af en ung Dame - en Blodbøg i Urtepotte, af en anden - en stor Philodendron, af en Ven til Alfred – Troels Lunds samlede Værker og af en Fætter – et Billede af Grethe: en Blomst i Potte af Junge – en Bog af Høffding (Etik) Desuden mange Blomster. Alt mit Sølvtøj fra d 27 Maj – samt Granathalsbåndet - blev almindelig beundret både på selve Bryllupsdagen deroppe – og siden af Gratulanterne. - . derfra gik vi hen på Kongens Nytorv, hvor vi skulde bestille Takkekort hos Åmond; da Madame bor lige ovenover – løb jeg derop mens A. besørgede Kortene. En sortkjolet Pige lukkede op – jeg knirkede en Smule med Silken og bad hende melde Fru Astrid Goldschmidt! Det var min første egentlige Fruetriumf; Madame hørtes le højt, og kom mig smilende i Møde med ét: ” Nå, er vi så vidt, Dis,” og hun gratulerede mig på det hjerteligste – og hvem sad i Sofaen? Gamle Fru Hirschsprung! nåda, hvor jeg gottede mig over at stå der og knitre som Frue – jeg – den usseligste Tjener i Kongens Gård! 
 Nå, gl. Fru Hendrik var da også Elskværdigheden og Hjærteligheden selv – så det var en yderst vellykket Visit. – Så drog vi til Porcelænsfabriken, hvor vi udtog et komplet og pragtfuld Kaffestel for de 50 Kr. fra Malmø. 
 Af Spisestellet til 12 – lod vi dem give os til 6 nu – og opbevare Resten til Efteråret. Så gik vi i Bræddehytten ved Tivoli, hvor vi spiste til Middag, da vi ingen Gas havde fået til vort Hus endnu. Der traf vi Maleren Syberg, hvem jeg strax præsenterede min Mand! og vi fik os en morsom Snak. Endelig tog vi hjem til os selv. Junge havde hængt Gardiner op for os, der lå Breve til os og det hele var uhyre festligt. Og nu er vi efterhånden kommen i den skønneste Orden. Og det er nok på Tide, at denne Meddelelse kommer af Sted; mit Brev er bleven afbrudt flere Gange af Visitter; jeg har lige nu set i Politiken det længe ventede Telegram – Hellig Olav ankommen Mandag Aften til New York – alt vel. Og nu sender jeg med så megen større Glæde mit Brev. 
 Du kan nok tænke, at vi længes forfærdelig efter Dit første Brev – hvis Du bare har været rask – så har Du nok skreven om Bord – og så kan vi snart have det. Du har nok allerede oplevet en Masse!
 Ja, jeg kan jo ikke sådan forklare Dig, hvordan vi bor, men Du får det da også at se selv til Efteråret. Kun vil jeg sige, at vi er meget begejstrede begge to – alle Møblerne passer så brillant her og ser så godt ud. Vi må jo op om Morgenen Kl godt 6 ½; Alfred skal gå ¼ i 8. Jeg følger ham da til Stationen (20 Min) – og går så op gennem Jægerborg allé og køber ind til Middag. 
 Så går jeg hjem og beskikker mit Hus og har jo så en dejlig lang Tid til hvad jeg vil – men endnu har jeg haft nok at gøre med at ”ordne” alle Steder. Og når først vi får Klaveret, skal jeg til at spille hos Ingeborg. Dog bliver det vist ikke før efter Sommerferien . vi rejser om c 14 Dage til Erikshåb, hvortil vi er inviteret af Pallam – og vi glæder os begge meget. 
 Dermed være ikke sagt, at her ikke er rart – for vi er begge nærmest begejstrede over Tilværelsen. - . Nu håber jeg Du er tilfreds med dette Brev; vil Du hilse Mornine og Elle mange Gange (jeg venter næsten et lille Brev fra dem) og Tusinde kærlige Hilsner til Dig selv fra Din Putte
 [Øverst på første side er skrevet på hovedet:]
 p.s. Alfred sender mange Hilsner!</t>
   </si>
   <si>
+    <t>1904-09-25</t>
+  </si>
+  <si>
+    <t>54 Coolidge Str. Brookline Mass. USA</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Holger Drachmann
+Alfred Goldschmidt
+Jean Jensen
+Christine  Mackie
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen besøgte sin søster og dennes familie i Boston. 
+Den helligste højtid i jødedommen er yom kippur. Højtiden fejres hvert efterår og kaldes også forsoningsdagen, for det er forsoning, bøn og bod, der er helt centralt denne dag (Kilde: Internettet sept. 2023). 
+Apoteker Johannes Rink (1848-1925) overtog i 1902 Svane Apotek i Helsingør - Apoteket blev nu kaldt "Det gamle Apotek”. Det blev i Johannes Rinks tid et helt særligt sted, en slags kulturcenter i byen. Han var noget af en personlighed og afholdt talrige fester og sammenkomster, hvor adskillige kendte mennesker samledes. Nævnes kan eksempelvis kulturpersonligheder som Viggo Hørup og Edvard Brandes. Holger Drachmann var forfatter og kunstmaler (især motiver med havet) og nok den kendteste og mest populære i kredsen. Som en god ven af huset kom han ofte og overnattede ind imellem. Apoteket blev overtaget af sønnen Gustav efter faderens død i 1925 (Kilde: Helsingorleksikon.dk, sept. 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0413</t>
+  </si>
+  <si>
+    <t>Astrid vil forsøge at skrive til Johanne en gang ugentligt. 
+Alfred og Astrid Goldschmidt har været på udflugt. De tog til Snekkersten for at besøge Gamle Jean (Signe Jensen) på klosteret/damehjemmet, men hun var død to måneder tidligere. De øvrige beboere forstod ikke, at der blev ved med at komme breve, når de havde annonceret dødsfaldet. Astrid fandt det meget trist, at man kan dø så ensom. 
+Efter klostret gik Alfred og Astrid til Helsingør, hvor man holdt børnehjælpsdag. De tog til Kronborg og Helsingborg og tilbage for at spise i Espergærde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yitM</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside]
+1904. [pil mod poststemplet]
+søn: 13-2-2000. Langegade 81, Kerteminde. Bibbe
+21-8-2005. ” ” ”
+Frøken Johanne Warberg
+54 Coolidge Str.
+Brookline (Boston)
+Mass.
+U.S.A.
+[Skrevet på kuvertens bagside:]
+A Goldschmidt
+Kastanievej 13
+Charlottenlund
+Dette brev er altså 101 år glt.
+[I brevet:]
+Kastanievej 13
+25 Sept Søndag 1904
+Kæreste Junge! Herren give mig Kraft og Styrke til i al Evighed (så længe Du er i Amerika) at skrive til Dig hver Uge – samt at indse Fornuften og det menneskekærlige samt tillige det behagelige i at gøre det. Amen. For Junge – ikke sandt – selv om det ikke altid er epokegørende Ting, Du får at vide – så er et lille Brev dog altid en Art Forbindelse – en Vedligeholdelse af noget, som bør holdes vedlige. – Jeg sendte Dig i Mandags et Kort fra Helsingborg, men der stod jo ingenting om vores gode Tur, hvor vi oplevede både godt og sørgeligt. Godt derved, at Vejret var bedårende – varmt og klart – rigtig Høstvejr – Nøddeturvejr – ahe – og derved at vi var i ligeså strålende Humør, som Solen, der skinnede hele Dagen over vore Hoveder; det var jo også extra Fridag – Jomkipursdag – Jødernes store Forsoningsdag – og vi nød ordentlig at være ude på en Dagligdag - / så går man dog anderledes i Fred allevegne – i Fred med sin egen Fest uforstyrret i Hjertet. Vi tog jo først (om Morgenen) op til Snedkersten for efter Bestemmelsen at besøge gl. Jean – vi fandt også Vejen gennem den lille By – ud til Damehjemmet – jeg var meget opstemt ved Tanken om, hvor glad gl. Jean vilde blive – og jeg gik på Vejen derned og fortalte Alfred om hende – og om Bobby – sagde også – det var lige som, da vi stod ved Havelågen – at han skulde råbe dygtig højt. – Det var et stort smukt bygget Hus - ”i Stil ” – med en nydelig Have omkring – og det hele lå højt og lige ud til Øresund. Vi gik op ad en lille Stentrappe med Jerngelænder - og kom ind i en sirlig og ren lille Entre. På Dørene sad små hvide Visitkort med gamle Pigenavne på – en Dør blev åbnet på Klem og to gamle Frøkner kiggede ud; jeg gik derhen – hilste og sagde – ”Her bor vist en Frøken Jensen - med en lille Hund, der hedder Bobby”, - ”Jae -” hun trak sådan på det, at jeg strax udbrød – skuffet – ked af det – ”hun er måske ikke hjemme?” ”Joe – men – hun er død.” - Vi kom ind i hendes lille Stue, og hun fortalte os om det hele; Gl Jean blev dårlig en Mandag - førtes på Hospitalet om Torsdagen og døde Fredag Eftmd. den 22de Juli – for 2 Måneder siden! Led ikke – døde stille og var selv vel tilfreds med at dø; hun have bedt om, at Hunden måtte blive skudt, når hun var borte.
+Den gamle Dame fortalte om det alt sammen – ”og det er så underligt”, sagde hun, ”der bliver ved med at komme Breve – og vi har dog averteret det så tydeligt både i (og hun nævnte to små ubekendte Blade) vi skrev netop – ”forhenværende Lærerinde” – og rigtig kom der en Pakke fra denne Fru Warberg, som De måske kender?” 
+Ja, det var da min Mor.
+”Ahe – så er De måske den yngste dernedefra? Dem har hun talt om så ofte”. - . 
+Pakken var nok Strømperne fra Mornine.
+Vi gik; men jeg var så underlig tilmode længe efter – tænk, at der lever så ensomme Mennesker! at deres Død først spørges flere Måneder efter – og vi har boet èn Times Vej fra hende hele Sommeren.
+Og det er trist at komme for sent, når det er så uigenkaldelig for sent, som her. Men hvem har Lov at sørge over dette – at et Menneske dør, som aldrig har levet? -
+Vi spadserede ad Strandvejen til Helsingør – en brillant Tur – Vejen løber jo lige ved Vandet hele Tiden. I Byen var der stor Fest – Børnehjælpsdag – alle Huse ikke blot flagsmykte, men helt bekranset af dejlige Blomsterguirlander. Vi gik længe rundt i de små sære Gader med de mange gamle Huse – var også inde på Apoteket – det berømte, (hvor så mange store Bøger er skrevet – af Drachmann – af ”Waldemar” (Ad[ulæselig]en og Hexeproces) o s v. Der var så meget gammelt derinde – og meget morsomt. 
+Til Kronborg gik vi da også – i Kasematterne – . Fandt så pludselig på at ville til Helsingborg – og tog med Færgen derover – det var også meget festligt. Atter til Danmark – med Toget til Snedkersten – hvorfra vi gik gennem Skove over Marker – plukkende Nødder med Lidenskab, skønt der kun var få tilbage efter Drengenes store Plyndringstog. 
+I Espergærde spiste vi en forsvarlig Bøf i det store Hotel – sad på en stor Veranda lige ud til Sundet - dejligt. Hjemme Kl 10 – trætte.
+Nu får Du ikke mèr i Aften – jeg skal ind og gratulere Tutte i Byen i Morgen. og se deres Lejlighed. På Mandag skal jeg nok skrive igen (om 8 Dage). Men hvis Du besvarer dette Brev (og det gør Du!) bliver det til Rosenvej 4 el. 2 – 9 – jeg kan skam ikke huske Nummeret. Vi flytter ind i første Uge af Oktober. Hils Mornine! Din Dis.
+[Skrevet på hovedet øverst på side 1:]
+Mange gode Hilsener fra Alfred.</t>
+  </si>
+  <si>
+    <t>1904-10-25</t>
+  </si>
+  <si>
+    <t>København
+Rosenvej 2</t>
+  </si>
+  <si>
+    <t>USA
+Mass.
+54 Coolidge Str.</t>
+  </si>
+  <si>
+    <t>Drucker &amp; Søn
+Alfred Goldschmidt
+Henriette Goldschmidt
+Herman Levin
+William Mackie
+Carl Salomonsen
+Ellen  Sawyer
+Laura Warberg
+Mary Ward</t>
+  </si>
+  <si>
+    <t>Det kan ikke med sikkerhed afgøres, hvem Gustav Philipsen, Pontoppidan, Dr. Ussing og Jens Bush var. Det vides ikke, hvorfor der står "Coppel" i en af tilføjelserne. 
+BISSEN lampen er en danskdesignet og -produceret lampe, der er håndlavet efter gamle, klassiske, danske håndværkstraditioner. Lampen er fra 1970erne designet af Asger Bay Christiansen – kendt som asger bc – og er et produkt af høj kvalitet (Kilde: Danskligthning.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0408</t>
+  </si>
+  <si>
+    <t>Alfred Goldschmidt er rejst til Malmø, og Astrid/Dis kan ikke lide at være alene hjemme. Han er blevet tilbudt en større stilling hos Drucker &amp;amp; Søn i Malmø. Stillingen er mere spændende og ansvarsfuld end den gamle, og den vil give højere løn. Astrid har ikke lyst til at flytte til Malmø, men måske kan de med tiden få råd til et hus på landet. 
+Astrid og Alfred har været til foredrag med debat i Studentersamfundet. Og de har købt bøger på auktion hos en familie på Amager. 
+Den følgende dag skal de til begravelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/98cP</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+16-3-2004.
+BWP
+Frk Johanne Warberg
+pt. Dr. Mackie
+54 Coolidge Str.
+Brookline (Boston)
+Mass.
+U.S.A. 
+Poststempel
+[Dato tilføjet:]
+[Skrevet på kuvertens bagside:]
+A Goldschmidt
+Rosenvej 2 
+København
+(Denmark.)
+[Poststempler]
+[I brevet:]
+Rosenvej 2 III Ø.
+Tirsd. d 25 Okt – Nat.
+Kære lille Junge! I Dag er jeg nok kommen en Dag bagefter med at skrive; jeg var ellers bleven sat til Rette i Aftes med Pen og Papir og det hele – i en dejlig varm og hyggelig Stue – men så faldt jeg i Søvn og sov i hele 2 Timer – og da jeg så vågnede – gik jeg i Seng. Det var også bleven et kedeligt Brev – jeg var i trist Humør, fordi Alfred var rejst til Malmø om Morgenen for at blive hele denne Uge. Det sker jo ofte i denne Tid, men jeg er gerne lidt trist ved det, før jeg får mig vænnet til Ensomheden. Det er en ganske egen Sag, når man er gift, Junge, da at skulle undvære den, man er gift med; det er ligesom et Stykke af en selv, der var er [”var” overstreget; ”er” indsat over linjen] borte; Livets mange små oplivende Dagligheder taber så meget i Værdi, når man skal gå og nyde dem helt alene.
+Men lad mig dog fortælle Dig det sidste nye i vor lille (lidt for lille) Familie – hvis ikke Mors Breve allerede har fortalt Jer det, så det ikke er nyt længere; Alfred har fået en meget betroet Stilling i Druckers Forretning ovre i Malmø; nemlig som Direktør på deres store Pelsvarefabrik – eller Bestyrer, som Alfred helst siger. (Direktør lyder så pretenciøst (hvordan mon det staves?)) 
+Dette er selvfølgelig en stor Forandring i mange Måder. 
+Lige strax var jeg sort fortvivlet over at skulle til Malmø, som jeg aldrig har haft noget til overs for, endda jeg kun har været der på Besøg – og da på ret gunstige Vilkår. 
+Alfred var også meget ked af det; men vi er alligevel enige om, at vi ikke godt kan lade et sådant Tilbud gå fra os; Stillingen her var jo yderst tarvelig – og gav Anledning til daglige Ærgrelser for Alfred – og her kunde han aldrig blive blot nogenlunde selvstændig og aldrig nå op over 3000 Kr om Året.
+Derovre vil ganske vist følge mange Bryderier med det større Ansvar – men så er han da også meget selvstændig – og viser det sig i dette første Prøveår, at han kan klare det – hvad jeg nok tror, for Arbejdet i sig selv interesserer ham langt mere derovre – så vil vi kunne stige i Gage – måske ad Åre til 6000 Kr; (den forrige Direktør havde 8000 à 10000, (Procenter) men det fandt Drucker altså til sidst var for meget.) Og synes Du ikke, at man har Lov at tage det med i Betragtning. Med 6000 vil man dog kunne tillade sig meget og navnlig – hvad vi jo begge har en rasende Lyst til – rejse i Ferien.
+Dernæst spekulerer jeg også stærkt på, om vi ikke med Tiden kunde flytte uden for Byen – bygge os et lille Hus for selv var jo herligt; særlig for mig vilde det jo være uvurderligt, om vi kunde altid bo på Landet; og for Alfred véd jeg da, at det også var sundt, selv om han ikke netop nyder Landliv som jeg – han er der jo også (desværre) den mindste Tid. Det første år får vi 900 Kr mere i Gage; dette betyder egentlig kun 500, da Skatter, Husleje o.a. er langt dyrere i Malmø. 
+--------------- Men det kan ikke længere more Dig at høre på. 
+Jeg længes efter at få en Ende på det – og se, hvordan man kan få sig indrettet derovre, som det nu er, kan vi dog ikke føle os rigtig hjemme her. --- Vi var i Lørdags Aftes i Studentersamfundet, hvor Gustav Philipsen talte om Prostitutionen; bagefter Diskussion, i hvilken Professorerne Salmonsen og Pontoppidan samt Dr Ussing – Jens Bush o fl. deltog; det var meget morsomt – og interessant – og vi kom først hjem Kl ½ 2. Søndag Aften var vi på Besøg hos en Familie på Amager – sjov – landlig – med alle Børnene hjemme; en Søn – vor Ven – skal rejse til Mexiko, at bo; han holdt Auktion over sine Bøger; vi erhvervede en Masse for ingenting næsten – deriblandt Høffdings Psckykologi! Var det ikke sjov! Mon det er lykkedes Jer at komme sammen med Høffding derovre?
+Vi har fået en dejlig Bissen-Lampe af Malm – med grøn Silkeskærm. (Brudegave) samt 12 Elfenbenskaftede Knive. En tredje Gave var en Anvisning på for 25 Kr Varer hos en Grosserer – vi har smølet med at hente Varen – og nu er Onklen død; jeg skal til Jødebegravelse i Morgen; det bliver helt sjov – Gud ved, hvordan det går til. Det var Fru Gs Broder (halv) Gross. Herm. Levin. 
+[Skrevet på hovedet øverst side 1:]
+Jeg cykler som en rasende i denne Tid, da jeg er ene – Pærer og Græskar – andet er der 
+[Skrevet på hovedet øverst på side 4:]
+ikke. Du får ikke længere Brev denne Gang heller, men selv om der her ingenting står, så er det dog altid en Hilsen – fra Din Dis
+[Skrevet på hovedet nederst på s2-s3:]
+Jeg har også fået en engelsk Bog ”Robert Elsmere” af Mrs. Humphry Ward – kender I den? den siges at være berømt. 
+[Skrevet på hovedet øverst på s2-s3:]
+P s. Coppel??? Har Elle monstro ikke fået et Brev fra mig med Alfreds Portræt?</t>
+  </si>
+  <si>
+    <t>1904-11-14</t>
+  </si>
+  <si>
+    <t>København Ø
+3.</t>
+  </si>
+  <si>
+    <t>USA
+Boston</t>
+  </si>
+  <si>
+    <t>Skovagervej 5, c/o Allan Kern, 2920 Charlottenlund, Danmark
+Ellensvej 8, 2920 Charlottenlund, Danmark</t>
+  </si>
+  <si>
+    <t>Lise Abrahams
+Grethe Bichel
+Julie Brandt
+Ingeborg Caspersen
+Ingeborg  Eckardt
+Alfred Goldschmidt
+Bodild Holstein
+Christine  Mackie
+William Mackie
+Ellen  Sawyer
+Harris Sawyer
+Christine Swane
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg, Astrids mor, flyttede til København efter sin mands død.
+Astrids søstre Christine/Mornine og Ellen/Elle var begge gift og bosiddende i Boston, hvor en tredje søster, Johanne/Junge i 1904 besøgte dem. 
+Ingeborg er muligvis Ingeborg Eckardt eller Ingeborg Caspersen. Grethe kan være Grethe Bichel. 
+Det vides ikke, hvem det gamle gartnerpar var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0406</t>
+  </si>
+  <si>
+    <t>Astrids mor vil altid gerne høre vigtige nyheder oplæst fra breve, og Astrid er kommet til at læse noget højt, som moderen netop ikke måtte vide. Christine/Mornine er syg af astma, og desuden har hun det ikke godt i sit ægteskab. Hun og søsteren Ellen/Elle er også på kant med hinanden. Ellens ægteskab er i øvrigt heller ikke godt. 
+Junge har skrevet, at det lyder til, at Astrid er glad. Det er hun også. Den lykke, som hun har drømt om i barndommen, er kommet til hende nu. 
+Astrid og Alfred har haft en dejlig aften med gæster - blandt andet Christine Swane/Uglen. De spillede en masse musik; det dejlige flygel var i brug. 
+Forleden tog Alfred og Astrid på en lang tur til Klampenborg mm. På hjemturen besøgte de et gartnerpar. Manden var meget alvorligt syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IrsN</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frk Johanne Warberg
+54 Coalidge Street
+Brookline (Boston)
+Mass.
+U.S.A.
+[med anden skrift og pen:]
+læst 1964.
+dateret nov 1904
+[På kuvertens bagside:]
+A Goldschmidt
+Rosenvej II, III
+Copenhagen Ø
+Denmark.
+[Med anden pen og skrift:]
+læst 11-2-07. 
+[I brevet:]
+Rosenvej II, III Mandag den 14 Nov 1904.
+Kære lille Junge! Ja, nu er der kommen Fornuft i Brevgangen – jo, jeg har ganske rigtig fået et hver Uge fra Dig i lange Tider – sidst i Dag – hvorfor kvitteres. Det var jo ærgerligt, at Du snød Dig selv for den gode Koncert, når det nu er Ugens bedste Fornøjelse; Mor var herude i Morges for at invitere mig på Sjov i Morgen i Tjenestepigeforeningen, der holder stor Fest i Wittmarks Lokaler; hvis Alfred tager til Malmø har jeg også lovet at give Møde – Kl 3 hos Mor, hvor vi spiser til Middag og derpå drager af; som sagt (nok) Dit Brev kom altså, mens NMor var her, og Mor vilde naturligvis høre ”de vigtigste Nyheder”; jeg er aldrig ret stemt for det – for jeg kan ikke i en Fart overse, hvad der med Held kan foredrages; og Uheldet vilde da også, at jeg netop kom til at læse et Stykke om Billys Kølighed overfor M.s Sygdom – og det sluttede med – disse Udtalelser var private – i det mindste ikke for Moderens Øren! Så det var jo en net Historie; men Gudvéd hvorfor man aldrig lærer at sætte sådanne Advarsler foran det kriminelle Stykke, man kunde jo føje det til bagefter – foran (!)
+Mor sagde for Resten, at hun agiterede stærkt for at få Mornine herover til Foråret – at gå i Luftklokken.
+- Tænk om Mornine hvert År – ligesom Far i sin Tid – kunde tage 6 Uger i Luftklokken! Jeg sagde rigtignok, at Mornine var da ikke gal at rejse bort i den Tid, hun havde Dig – det var da altfor meningsløst. Og Mor sagde så – med et lille bekymret Smil – ”næhe – og så kom hun vel aldrig derover igen; ”Og hvad så - ?” meget bekymret.
+Jeg for min Part kan nu aldeles ikke begribe de Forhold; dersom Mornine ikke holder mere af Billy, end hendes Udtalelser tyder på, så forekommer det mig vanvittigt – næsten umoralsk – at blive hos ham; og når hun alligevel bliver, så skulde man dog tro, at hun er fastere knyttet til ham, end udenforst. Kan se. Og jeg kan ikke for Alvor tro på, at Forsørgelsessiden spiller nogen Hovedrolle; Mornine er dog mere ideelt anlagt end som så. – Hvad angår Forholdet mellem Elle og Mornine, da er det jo uhyre sørgeligt – men ganske menneskeligt. Det kan jo ikke være anderledes; og jeg kan i Grunden langt bedre forstå – og sympatisere med – at Mornine taber for Elle – bliver ligegyldig og fjendtlig – end jeg kan forstå og billige, hvis Elle ikke får imod Mornine. 
+Mornine må dog gå ud fra, at Elle sympatiserer med alt det hos Eastman, som Morn. Absolut ikke fordrager – osv. men det er jo så sørgeligt – hvilket Lyspunkt vilde det ikke være for M. hvis Elle havde en bedre Mand – så hun kunde forliges med dem begge. Apropos – hvad er da Din Mening om Eastman. Er det da muligt, at Elle kom på at forgude én, som er så ganske umulig?
+Eller - ? Jeg har så ofte tænkt mig den Mulighed – og min Tro er ikke helt ubegrundet, men blev i sin Tid [ulæseligt ord] af en lille – tilfældig – Udtalelse af Elle selv, da hun var her på Besøg. Jeg tror – men kan jo slet ingenting vide – at det blev en stor Skuffelse, da Elle dengang rejste til Amerika og genså Eastm. Efter flere Års Adskillelse. Men Skridtet var gjort, og hun har med sin vældige Energi – aldrig villet tilstå engang for sig selv – at det var en Skuffelse. Og nu har måske Årenes Løb Vanen jevnet ud på det, der sikkert har været svært nok i Begyndelsen.
+Ilussioner altsammen, Junge. Jeg tror, at de allerfleste Mennesker lever deres Liv helt på Overfladen – uden nogen Sinde at kunde se Virkeligheden lige i Øjnene; og så kalder de med så pæne Navne: de er ”rolige” – ”beherskede” – de er ”Ligevægtsmennesker”
+Og de andre (de ærligste?) – de er ”letsindige” – ”eksalterede” – måske endog ”hysteriske”.
+Nu kan det vist være nok med alt dette – slet ikke morsomme.
+Du skriver så ofte, at mine Breve tyder på, at jeg er glad; ja, Junge, det er jeg også – ganske forfærdelig glad – og nydende Glæden; somme Tider har jeg en Følelse af, at der vil hænde én eller anden rædselsfuld Ulykke – og at det er derfor, man overgør mig sådan med Glæde; kender Du ikke godt den Angst – den kan komme over én netop, som man føler sig allermest lykkelig – en Angst for at man ikke skal kunne fastholde sin egen Lykke; men det er jo dumme Tanker – og de viser sig da også kun glimtvis; lille Junge – det er dejligt at være til – og at føle Livet suse og bruse omkring sig – at føle sig selv midt i det levende Liv – der er så overdådigt rigt – strækker sig så vidt ud til alle Sider at man aldrig øjner Grænser; jeg tror virkelig, at det er denne Tilværelse, jeg har drømt om så ofte i gamle Dage, når jeg bestandig gik og rodede ude på Landet – og længtes efter dette sære – store – ubestemte i Livet. Jeg vidste jo altid, at det var der, men jeg syntes blot aldrig, at jeg kunde komme det rigtig nær; jeg syntes altid, at jeg så en høj og mægtig Mur . og bagved den kunde jeg høre det summe og brumme – det var alle de levende Mennesker – der virkelig levede Livet.
+Nå – og så fandt man endelig engang Vej over Muren – er nu midt i det Hele og er lykkelig.
+Senere. Nu er Alfred kommen – han skal ikke til Malmø før senere hen i Ugen – så jeg må nok gå til Mor i Morgen og melde Forfald; for det vilde da være både Synd og Skam om jeg gik min, jeg kender. Jeg bad hende da Vej én af de få Dage, vi endnu kan ”bo” her sammen. Vi har nu spist til Middag – og Alfred sidder og spiller Ingeborgs noder, som hun har glemt hernede forleden Aften; det er Brudeoptoget på Troldkongen af Grieg; er det Dig, der i sin Tid har spillet den – jeg kender den så godt; og er meget begejstret; Ingeborg spiller den nu også helt vidunderligt.
+Vi havde en lille vellykket Aften Forleden; Uglen er nemlig i Byen – det Skind – hendes Lunger er angrebne og hun skal absolut på Sanatorium i Vinter; hun var heroppe at besøge mig en Eftermiddag – og jeg var som sædvanlig meget glad over engang igen at se hende; hun er et af de yndigste Mennesker, jeg kender. Jeg bad hende da, om hun ikke vilde komme her en Aften – at hun kunde se Alfred. Vi bestemte en Dag – og jeg bad desuden Pan Grethe og Frk Holstein - samt Abrahamerne. De sidste af en art Diplomati – jeg vil så gerne have, at de skal kende lidt til ”mine”, siden de nu er dem vi har mest med at gøre – de står Alfred så nær. Det gik da også godt – og blev en særdeles hyggelig Aften; både Ingeborg og Alfred spillede – og til sidst spillede de sammen – Violin og Klaver. For Resten spillede Ingeborg og jeg da også vore 4 hændige (Schuberts Maiche) – Flygelet er bedårende – herligt! Skade at Du ikke får det at høre nu – desværre taber det nok en hel Del, når det skal transporteres til Malmø; jeg passer det forøvrigt som om det var et lille Barn – der kommer aldrig kold Luft ind til det – aldrig åbne Vinduer, hvor det står – og aldrig i Kakkelovnen. Frisk Luft får det kun på 2den Hånd – fra den store Stue. Hovedsagen er, at Temperaturen altid er nogenlunde éns – og at [”at” indsat over linjen] aldrig fugtig Luft slipper ind til Filtet, det slører Klangen. Og så er Mornines jo endda meget bedre – det er næsten ubrugt.
+- Jeg misunder Jer næsten det klare Solskinsvejr, I har derovre; nu er vi begyndt på det tunge – grå Tågevejr – med ækle slimede Gader og ofte Regn. 
+Vi trodsede dog alt i Går, da det var Søndag – tog med Sporvognen til Klampenborg – stod udenpå foran hele Vejen – det er så frisk og dejligt; det var ellers stille, mildt Gråvejr – og meget smukt; vi spadserede så op gennem Skoven – der var helt vidunderligt – ganske stille og fredeligt – og så alt det herlige brune Løv på Jorden – der var ganske vådt af den fugtige Luft – og Farvernes Pragt var næsten ikke til at udholde – det var nu så evige Tider siden vi sidst var på Landet – så vi nød det jo intensivt. På Fortunen drak vi Kaffe – gik så videre – gennem Ordrup Krat til Charlottenlund, hvor vi vilde tilsé de gamle Gartnerfolk på Kastanievej; vi traf dem i den største Elendighed; den gamle Mand lå til Sengs – lignede mest en Død – Skægget var bleven kridhvidt og han var så mager som et Skelet. Han var lige kommen hjem fra Hospitalet efter en stor Operation; han får nu al Føden ind gennem en Kanyle i Maven; De har fjernet en stor Kræftsvulst i Spiserøret; men den vil komme igen – og han kan højst leve ½ År – har e sagt til Konen; og hun er ganske fortvivlet ved Tanken om at skulle miste ham; det hele var så rørende. Men tænk alligevel at de kan operere sådan en gammel Mand – han er fyldt 69 År! Jeg skal derud en af de første Dage med en Flaske Vin til ham – det skal han bestandig have i Suppe og Æg.
+- Nu får Du ikke mere i Aften – vi var sent oppe i Aftes og skal tidlige i Seng. Hils nu Mornine så mange Tusinde Gange – det er så skrækkeligt at tænke på med den Astma!
+Og ligeså mange Hilsner til Dig selv
+fra Alfred og Dis</t>
+  </si>
+  <si>
+    <t>1905-02-16</t>
+  </si>
+  <si>
+    <t>Malmø
+Rosenvej 2 og St Paulli Kyrkogatan 19</t>
+  </si>
+  <si>
+    <t>Ingeborg Abrahams
+Peter Bichel
+Alfred Goldschmidt
+Malin   Holmström-Ingers
+Christine  Mackie
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid og Alfred Goldschmidt flyttede i 1905 fra København til Malmø, da Alfred af sit firma fik tilbudt et bedre job i Malmø, end det han havde i København. 
+På adressen i Boston, hvortil brevet er stilet, boede Astrid og Johannes storesøster, Christine, med sin amerikanske mand. 
+Astrid og Peter Bichel var kærester, da hun mødte Alfred Goldschmidt og afsluttede forholdet til Peter. 
+Malin/Molle Ingers havde ifølge svensk Wikipedia en dreng og en pige. Astrid skriver, at hun havde tvillingedøtre, hvilket også fremgår af andre breve i KTDK.
+Thora/Tutte Branner fik datteren Bodild i 1905, og Astrid og Alfred Goldschmidts datter Ina blev født 17. sept. 1905.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0409</t>
+  </si>
+  <si>
+    <t>Peter Bichel har skrevet, at når han ikke kan få Astrid, vil han ikke giftes. 
+Det er ærgerligt med koncerten, som Christine havde arbejdet på. 
+Johanne/Junge må sørge for at få set andet af USA end kun Boston. 
+Astrid er træt af at bo på Rosenvej, og hun glæder sig til at komme til Malmø. Hun har været syg, og Ingeborg samt moderen har hjulpet. 
+I Malmø får Astrid pige i huset. Hun glæder sig til, at Johanne kan besøge hende, så de kan tage på ture og blandt andet besøge Malin/Molle, som har tvillinger.
+Astrid er gravid, og Johanne må foreløbig bevare dette som en hemmelighed. Johanne kan glæde sig til selv at få barn engang.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mU6A</t>
+  </si>
+  <si>
+    <t>Skrevet på kuvertens forside:
+(not. 1964)
+(16’ febr. 1905 – 
+meddeles om mit ventede første barn!) 
+læst 16 febr. 2004.
+1905
+Frøken Johanne Warberg
+54 Coolidge Str.
+Brookline (Boston)
+Mass.
+U.S.A.
+(Skrevet på kuvertens bagside:]
+Afs A Goldschmidt
+St Paulli Kyrkogatan 19 ⁴
+Malmø
+Sverige
+[Poststempel]
+[I brevet:]
+Rosenvej 2, III
+Torsd. 16 Febr 1905
+Kære lille Junge! Nu er det nok mig, der sløjer af med Brevene. Jeg sendte Dig forrige Uge et utålsomt Kort – skrevet oppe i Kv. Læseforening – og da jeg kom hjem, så lå der Brev fra Alfred – med Dit lange ”indiskrete” indeni. Hvad Du deri fortalte mig, kunde jeg iøvrigt ikke rime sammen med Peters egne Ord til mig, der rent ud gik ud på, at han aldrig nogen Sinde kunde tænke sig at gifte sig, når det ikke var bleven med mig; og han var stadig af den Mening, at vi kunde være bleven såre lykkelige med hinanden (hvorpå kan intet Menneske svare) der var ingen Misforståelse mulig. 
+Nu har jeg måske også været indiskret. – Så fik jeg atter i Går et langt Brev – gennem Alfred; Du glæder mig uhyre med Din nye Opfattelse af Tiden – selvfølgelig den ene rigtige. Jeg har altid hadet den dovne og tilfredse [”og tilfredse” indsat over linjen] Talemåde – ”så går den Tid med det!” Den Tilfredshed er dog en stor Falliterklæring – og nærmest et Farvel til Livet.
+Med Din nye Metode vil Tiden jo styrte fra Dig – så bagvendt laver Vorherre det for os: vil vi holde fast i Tiden, så render den fra os – og vil vi sende Tiden ad Helvede til – så hager den sig fast i èn – og man slipper den aldrig 
+Det er da ellers knusende ærgerligt med den Koncert når nu Mormine har haft alt det Slid – og vel sagtens også glædet sig. Sch[ulæseligt] er da også en Lort. – Du skriver i den senere Tid slet ikke mere om Planer; se dog for Guds Skyld at komme til Californien – kommer du engang hjem og har kun set Boston af hele Amerika, så vil Du dog ofte ærgre Dig. 
+Ang. Bestikkelser – her og der. Det forekommer mig, at man her i Landet køber sig Kors og Titler – 
+Råddenskab er der vist desværre allevegne i Jordklodens degenererede Befolkning. –
+Som Du ser ovenfor befinder jeg mig stedse på Rosenvej – og sandelig ikke med min gode Villie. Det er nærmest en uudholdelig Tilværelse; tilmed har jeg været syg og ligget flere Dage af en slem Brystforkølelse. Det er højst ubehageligt, når man er muttersalene; Ingeborg har nok været flink til at hjælpe mig, men de har jo selv så meget om Ørene altid. I Morges var Mor herude og gav mig Morgenmad etc – en Kone kommer og gør Ild hver Dag. Mor er jo enestående til at møde altid, når der er noget i Vejen. Hos Tutte er hun jo hver Dag i Eftermiddagstimerne – hun (Tutte) venter sig hver Dag og Time. Alle lever i Spænding - jeg selv mindst, for jeg skal jo have den ene, hvis der er 3 – sådan ser Tutte jo ud – og jeg er barnløs. –
+Du kan ellers tro, at jeg er utålmodig af at sidde indespærret (siden Mandag) – for der er jo stærk Sandsynlighed for, at vi kommer til at flytte på Mandag (Du ser, jeg er evig sangvinsk) og jeg har jo Masser at forberede. Du godeste Gud, hvor jeg dog glæder mig! Vi får det nok langt smukkere dér – Adressen: Sankt Paulli Kirkegade 19 ⁴ - Stuerne er større og hyggeligere – og der er fri Udsigt fra Vinduerne – dette er et uendeligt Plus – jeg er ved at se mig tosset på de Satans Genboere. Dernæst gider man selvfølgelig først derovre være over at lave alt helt i Orden, når man véd, at man [”man” indsat over linjen] bliver der foreløbig. Og endelig: Pigen! 
+Gud Junge, som jeg hver Dag fryder mig ved Tanken om hende. Hun skal læres til at besørge alt – højst vil jeg gøre Indkøb, når jeg alligevel følger Alfred ind til Byen om Morgenen. 
+Ellers: spille – læse – skrive! Hvor knusende sjov, når Du skal besøge os herovre! Vi skal føre highlife, kan Du tro. Vi vil også tage til Lund, der er så meget at se – og til Falsterbo, hvor der vist er pragtfuldt – spørg Elle. Og da også til Åkorp – Molle har et meget smukt og gæstfrit Hjem og de yndigste Børn – Du skulde blot set to små lyshårede – rødkindede og blåøjede Tvillingepiger! de var så lækre og bløde og rene. 
+II) I denne Sammenhæng vil jeg gerne fortælle Dig mit Livs store Hemmelighed, hvis Du vil love mig at bevare den absolut – Du er naturligvis den eneste forude Ægteparret A &amp;amp; A Goldschmidt, der erfarer det kolosalt betydningsfulde og uhyre højtidelige, som jeg for Resten selv neppe tør tro af lutter Glæde - men som forskellige Omstændigheder alligevel nøder mig til at tro på. 
+Inden jeg røber det, som Du selvfølgelig på ingen Måde kan gætte – så vil jeg blot endnu engang bede Dig bevare en ubrydelig Tavshed overfor det, jeg i Fortrolighed meddeler Dig.
+Altså: der er en ganske lille bitte Alfred – eller en ganske ubetydelig lille bitte Dis, hvad det nu kan være, der ligger og gror et Sted dybt inde i mig; den har foreløbig besluttet at se Dagens Lys den 20de September; men sådanne små Beslutninger er jo aldrig helt at stole på; hvis jeg må råde, så skal min lille Unge naturligvis pænt holde sig indenfor mine Grænser indtil den 29 Sept – så opnår Du og jeg på en Måde at holde Fødselsdag på samme Dag. – 
+Nå, nu har Du hørt det hele; og jeg håber da, at Du på det grundigste er imponeret. Junge – smil ikke overbærende – sig ikke, at dette er en Hverdagsbegivenhed – 
+Du skal nemlig vide, Junge, at når dette engang overgår èn selv – så forandrer alt sig; og det, man hos andre finder såre naturligt og ikke videre mærkværdigt – det bliver – Tilfældet overført på en selv – til noget ganske overordentlig besynderligt; noget man i Grunden aldrig rigtig havde tænkt sig Muligheden af for sit eget Vedkommende. 
+Det bliver til et helt lille Vidunder, Junge, dèt, der skal ske; det er en vidunderlig Følelse, at man hver eneste Dag går omkring og nærer med sit Legeme – sin Sjæl – en lille Menneskeskabning i sit eget Indre. 
+Åh Junge – lad mig dog ikke blive ved med at snakke – men vent blot, til Du engang kan sige de stolte Ord, at Du bærer på et lille Barn, så skal Du se, hvor det er underligt, og hvor det kan gøre èn sært lykkelig.
+Altså Junge, når Du engang vender hjem, så er det sandsynligt, at der vrimler med små ubekendte Søskendebørn alle Vegne -.
+Jeg får nu kun èn, for jeg er rask som en Fisk (undt. Forkølelser, som dog ikke vedkommer Ungen) har så at sige ingen Kvalme – og er dog på 3die Måned!!
+Nå, det bliver nok dog ikke andet end Ungesnak – Jungesnak – lad mig så slutte med Tusinde Hilsener fra Din Dis</t>
+  </si>
+  <si>
+    <t>5.-6. marts</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan No 19 4.</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Alfred Goldschmidt
+Malin   Holmström-Ingers
+Hornung &amp; Møller
+Enoch Ingers
+Christine  Mackie
+Mathilda -, pige i huset hos Astrid Warberg-Goldschmidt
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johanne og Astrids storesøster, Christine/Mornine, boede sammen med sin amerikanske mand på 54 Coolidge Str. i Brookline, Mass., USA. 
+Astrid og Alfred Goldschmidt flyttede i 1905 til Malmø, da han af sit firma der blev tilbudt en højere stilling, end den han havde i København.
+Johanne og Astrids søster, Thora/Tutte, ventede barn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0410</t>
+  </si>
+  <si>
+    <t>Alfred og Astrid Goldschmidt er flyttet i deres nye lejlighed i Malmø. Der er smukt både ude og inde.
+De to har været på gåtur for at besøge Malin/Molle Ingers. Hjemme igen lavede pigen, Mathilde, aftensmad til dem. 
+Astrid skal til København for at besøge sin mor, og måske har Thora/Tutte til den tid født. 
+Johanne skal ikke blive for længe hos de ækle amerikanere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wuMq</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+læst 1964.
+dateret marts 1905.
+Frøken Johanne Warberg
+54 Coolidge Str.
+Brookline 
+Mass.
+U.S.A. 
+[Skrevet på kuvertens bagside:]
+Afs Astrid Goldschmidt
+St Paulli Kyrkogatan
+19 ⁴ - Malmø
+Sverige
+[På hovedet:]
+Hilsen fra Alfred
+[I brevet:]
+St Pauli Kyrkogatan 19 3 Sal 4 Våning
+5-6 Marts 1905
+Kære Junge! Det er Søndag – lige efter Middag – Alfr. og jeg står i Begreb med at trave ad Landevejen til Åkorp at besøge Molle – og glæder os til den gode Tur.
+Vi er nu så vidt i Orden, at vi har sovet herude i Nat – boet på Hotel hidtil – afventende et Lægesyn, der først skulde tilse vor Bolig. 
+Her er rasende smukt ude - vores nye Møbler tager sig udmærket godt ud her i de store lyse Stuer – og vi hat fået herlige Farver på Væggene – rødt i Alfreds akurat som på Dit Kams, da Farven var ny – ensfarvet grønt hos mig – lidt lysere end i gl Dage på Elles Kams - nu går vi videre her i Morgen ---
+Søndag Aften.
+Det blev en dejlig Spadseretur – kønt, køligt Forårsgråvejr – men rene og tørre Veje. Vi traf Molle og blev vel modtagne – Manden var ikke hjemme. Vi drak Kaffe der og tilbragte nogle hyggelige Timer der – de har det så smukt – og Ungerne er henrivende – Molle selv er også forfærdelig sød. Molle spillede lidt for os – siden Alfred. De har et dejligt Flygel – stort – af et svensk Firma, der ligner Hornung &amp;amp; Møller – siger de, for jeg kan sgutte høre det. 
+Da vi mærkede, at Molle var bedt til Hvilan om Aftenen, så tog vi Afsked - havde ellers tænkt at blive der til Aften.
+Af Turen var vi ellers bleven så skrupsultne, at vi strax, da vi kom til Malmø, maatte ind og have en Forfriskning; vi har jo en lang Vej hertil fra Stationen – c ½ Time. Da vi kom hjem, gav vi strax Pigen Mathilda Ordre at ”duka” Aftensmaden; Du aner ikke, hvor det er herligt at have Pige! hun er nu også så storartet – spørger aldrig om noget – men ordner selv stilfærdigt sit Arbejde og laver alt til Punkt og Prikke, som vi vil have det – desværre er hun kun foreløbig – skal gifte[s] til Maj. ---
+Du er ellers en net èn Junge at skælde mig ud for Troløshed – i Mandags fik jeg et Kort – og forrige Gang et lillebitte 3 Siders Brev fra Dig. Mon Du ikke snart får min rigtige Adresse i Hænde – jeg synes, det er Åringer siden, at jeg opgav den til Dig – men endnu går alle Breve over Fabriken. I Morges havde jeg Brev fra Mor – og var jo strax overbevist om Tutte – særlig da jeg havde drømt en yndig lille Pige om Natten – men nej, Tutte haler det ud bestandig – dog måske det dog er hændt i Nat. 
+På Tirsdag rejser Alfred atter til Leipzig for Resten af Ugen; jeg følger ham til Kjøbenhavn og bliver hos Mor til næste Dag. Måske da Tutte tænder. Uha, det må ellers ikke være rart at skulle på Stiftelse – og endda på Fællesstue; jeg synes da, det må være ganske henrivende at ligge i Barselsseng hjemme i sit eget Hus, hvor man har sin Mand og det hele. Også hvis man skulde dø, hvad man jo altid ricikerer. 
+Når Du svarer på dette Brev, så skriv lidt nøjagtig til mig om, hvornår Du kommer hjem – jeg synes, at Spørgsmålet er noget svævende – men Du vèd måske intet selv derom. Og Pladserne? Sig mig også, om dèt er Chancer. 
+Men bliv dog ikke for længe hos de ækle Amerikanere – Du som ikke behøver det. Molle fortalte om en svensk Digter [”svensk” indsat over linjen], der i et Dagblad havde skreven nogle Artikler, hvori han ikke levnede Amerikanerne Ære for 2 Skilling. Så snart jeg kan få fat i dem – de skal udkomme i Bogform – vil jeg sende Mornine dem – vil de ikke virke som Balsam? 
+Nå - måske ser vi vel Mornine en Dag – det kan jo blive knusende sjov: og hun vil da også have glimrende Gavn af det. –
+Nu må jeg slutte – vi skal i Seng – 
+Tusind Hilsner - Dis</t>
+  </si>
+  <si>
+    <t>1905-03-15</t>
+  </si>
+  <si>
+    <t>Malmø
+St. Pauli Kyrkogatan</t>
+  </si>
+  <si>
+    <t>Ingeborg Abrahams
+- Bendix
+Julie Brandt
+Bodild Branner
+Thora  Branner
+Wilhelm Branner
+Alhed Marie Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Goldschmidt
+Henriette Goldschmidt
+Ina  Goldschmidt
+Johanne Goldschmidt
+Selmar Goldschmidt
+Christine  Mackie
+Mathilda -, pige i huset hos Astrid Warberg-Goldschmidt
+Anton  Svendsen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johanne/Junge C. Larsen (f. Warberg) opholdt sig hos sin søster i Boston. Hun var gæst og også pige i huset. Søsteren, Christine Mackie, rejste til Danmark, mens Johanne var hos hende. Christine ønskede at føde sit barn i sit hjemland. 
+Det vides ikke, hvem Pølse-Levin, Fru og Frk. Plaut, Lina Levin og Svend Hertz var, men de fire sidstnævnte var formodentlig venner af Astrid Warberg-Goldschmidts svigermor, Henriette Goldschmidt. 
+Jorcks Passage er en passagebygning mellem Vimmelskaftet (Strøget) og Skindergade i København. Passagen, der blev bygget 1893-95 efter tegninger af arkitekt Vilhelm Dahlerup, er opkaldt efter bygherren, sukkervarefabrikant Reinholdt W. Jorck (1832-1909) (Wikipedia dec. 2023).
+En pincenez er et par briller uden stænger. Man sætter sin pincenez direkte på næsen, og den holdes så på plads ved en art klemme (Wikipedia dec. 2023). 
+Bilsted &amp;amp; Schous Klinik Allégade 31, Frederiksberg (Kraks Vejviser 1907].</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0504</t>
+  </si>
+  <si>
+    <t>Det er i dag, Christine/Mornine rejser hjem fra USA til Danmark.
+Alfred Goldschmidt er rejst til Leipzig, og Astrid/Dis har haft nogle stille dage. Hun tog med færgen til København, og stuepigen Mathilda løb derned til hende med et brev fra Alfred. Astrid skulle til matiné hos Alfreds mor. Om aftenen og natten var hun hos Julie Brandt/Pan, og de havde det sjovt. Dagen efter besøgte Astrid Brønsteds, var til middag hos sin mor og tilbage hos svigermoderen. Lejligheden var pyntet op, og der var optræden med musik, sang og monolog. Derefter kaffe og kager. Astrid var trist, fordi Alfred ikke var med til alt dette, og hun forstod ikke, hvordan Henriette Goldschmidt kunne finde på at lave et sådant arrangement, når hendes mand ikke var hjemme. 
+Astrid besøgte sin søster Thora/Tutte på et fødehjem og så hendes lille pige. 
+Astrid er selv gravid og ønsker sig en datter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eprp</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+15/3. 1905
+Frøken Johanne Warberg
+54 Coolidge Str
+Brookline 
+Mass.
+U.S.A.
+om det vidste han 3 mdr senere
+[ulæseligt] ægteskab. – det [ulæseligt]
+[Skrevet på kuvertens bagside:]
+Goldschmidt
+St Pauli Kyrko[gatan]
+Malmø
+Sverige.
+Hvad hedder Sverige på Engelsk?
+[I brevet:]
+Malmø den 15de Marts 1905
+Kære lille Junge! Du er dog en rigtig Snøbel – nu lægger jeg omsider min Brevdag om – til Onsdag for at kunne besvare dine Breve, der altid kommer Tirsdag – og så kommer der netop ingen denne Gang. Nåh - tak for det der skulde være kommen – og som måske blot er forsinket. - . I Dag er det altså, at Mornine drager af Sted – fra det slemme Amerika – til sit Hjemland, gid dog at Solen derovre skinner lige så varmt og forårsforjættende som her i Dag – og gid Mornine var opfyldt af Mod og Lyst overfor det, som forestår – og gid hun allerede nu – ved Rejsens Begyndelse – kunde læse alle de Breve, som vil vente hende i Christiansand – alle fulde af glade Velkomsthilsner; jeg formoder nemlig, at Mornine ikke er aldeles sikker på Stemningen herhjemme – i det mindste ikke for alle Sags Vedkommende. – 
+Nu skal Du høre lidt af Ugens Begivenheder – de er hverken mange eller store for Resten. Som jeg skrev sidst, rejste Alfred til Leipzig i Tirsdags – jeg fulgte ham til Kjbh., hvor jeg Dagen efter var så heldig at opleve Tuttes Piges Fødsel – jeg så hende nat. ikke, men var da altså strax à jour med Tingene. Jeg tog hjem med Færgen om Aftenen – var Kl 9 i Malmø, hvor Pigen Mathilde modtog mig. Jeg tilbragte derefter et Par meget stille – og hyggelige – Musikdage – dvs – øvede mig uendeligt – læste – og skrev. Om Lørdagen rustede jeg mig atter til en Kjøbenhavnstur – skulde nemlig modtage Alfred Søndag Morgen og vi skulde så til en Musik-matiné hos A.s Mor. 
+Jeg siger Farvel til Mathilde – og be’r hende gøre sig færdig i en Fart, så hun kan komme hjem og nyde Friheden – til Søndag Aften. Da jeg kommer ned til Havnen, opdager jeg, at der slet ingen Færge går – men derimod skulde Skibet gå om - ½ - en halv Time. Jeg gik resigneret om Bord, satte mig ind i en lille lugtende og iskold Kahyt – og kiggede mat ud over det mudrede Vand og det grå tilrøgede Malmø - - så kommer der èn ind – Mathilde! ildrød i Hovedet og yderst forpustet: der var kommen et Brev til Frun – og hun kunde se, det var fra Herrn – var bange, det var vigtigt – var styrtet af Sted strax – først til Færgen – der ligger ad Helvede til – og da der ingen var – så forsøgsvis til Skibet, var det ikke rørende! I Brevet stod, at de måske først kom hjem Tirsdag – men i en Efterskrift var tilføjet, at de dog sandsynligvis kom Søndag – (seneste Bestemmelse) Altså gled jeg. Ankommen til Havnegade, gik jeg strax op til Peder Skrams’[gade] hvor Huset flød med Forberedelser til Festen. Johanne var ene – jeg fik hende med ud et Par Ærinder; Øsregn var det – men mildt og yndigt – en rigtig Forårsregn kan være så bedårende – ikke mindst fordi man betænker, hvor Solen vil gøre Vidundere efter Regnen; - da vi kom ud på Kongens Nytorv, var der Flag alle Vegne – det så så kønt ud i al Gråvejret – og jeg syntes med èt, at Kjøbenhavn dog var svært festlig. – Siden en lille kunstig Middag midt i alt Rodet i Svigerhuset – man snakkede kun om det forestående – ret storstillede Halløj. - . Så gled jeg atter ud i den friske Regn; gik til ”Pølse Levin” (Jøden) og købte Fourage – derpå gennem Jorcks Passage forbi Frue Kirke og Universitetet – der begge frydede mig at se på – og gennem det lille morsomme – hyggelige Fiolstræde – til Pan, hos hvem jeg efter Aftale skulde logere. Pan sad i Varme og Hygge og ventede mig. Vi snakkede og røg godt; - senere nød vi et mægtigt Aftensmåltid – Panhavde Grøntsager – jeg Pølser – desuden en Masse koldt Bord og Snaps – Pan og jeg er kommen ind på at 
+II
+solde med Mad sammen! Ovenpå det store Måltid faldt vi atter i Snak til en Cigar - men blev dog meget hurtig søvnige og besluttede at gå i Seng; Pan gik ind i Sovekammeret – og da hun blev mig noget længe borte – hun redte ikke Seng til mig, for Lagnerne hang endnu ved Kakkelovnen - så anede jeg Uråd og gik derind – ganske rigtig: Pan der vèd min Tilstand, havde redt til sig selv på Jernstellet og skulde nu til at ordne sin gode Træseng til mig – og Du begriber let, hvorfor det hele var - : Pan, der er uhyre optaget af at skulle have Mornine – og ikke mindst fordi, fordi Mornine er således i Stand – Pan vilde naturligvis vide, hvorledes en Dame under sådanne Forhold kunde sove i Pans Seng – jeg kom til at le så heftigt, at Pan – skønt først flov – til sidst måtte le med. Se, det var jo også en Art Prøveklud! – Resultatet var ellers, at en sådan Dame kan sove fortræffeligt i den gode Seng. Næste Morgen – Søndagen Morgen – oprandt med Sol i Stuen og godt Humør i Sengene. Pan lempede Kaffen – som vi derpå indtog på Sengen – med Passiar og Cigar bagefter. Vi snakkede ellers med [”med” overstreget] om Vilhelm – 
+- med hvem vi ikke kan fatte – 
+- at Tutte sig gider befatte – 
+- Om ham vi bryder os da’tte
+- Så meget som en Kaffe – 
+osv
+Kl 9 drog jeg af – pr Sporvogn til Hovedbanen, hvorfra jeg halsede i strakt Løb nu til Ankomsten – meget optændt af Sol – og anden Glæde. 
+Vendte slukøret og ene tilbage. Alfred var ikke med.
+Tog så den pludselige Beslutning at tage til Magisterens. 
+Deroppe dumpede jeg ind i det yndigste lille Familiesceneri – Magisteren gik og så smuk ud – Lugge småviskede – den lille stod i sin Vugge – hoppende og pludrende af Livsmod og Fornøjelighed – og Stuerne var duftende og søndagsrene.
+Vi havde det så dejligt – vi røg – og drak små røde Snapse; Magisteren snakkede! de var begge så henrykte over atter at have fået Magisterens Stue – den Logerende er jo rejst.
+Så gik jeg et lille Hils til Mor – de havde travlt – skulde have Middag Kl 1. Jeg traf Pan der, og vi fulgtes så op i Kvindernes Køkken, hvor vi sammensatte os en fortrinlig lille à la carte Middag. Pan fulgte mig lige til Peder Skramsen, hvor vi skiltes. 
+Deroppe herskede vildt Jødehalløj – de nærmeste var kommen og lavede et mægtigt Spektakel. Hele den store Spisestue var ryddet – og indrettet til lutter Siddepladser [tegning] – i Halvkrese – langs Væggene stod små Borde med Masser af Konfekter – samt Drikkevarer. Fløjdørene til Dagligstuen var løftet af – pænt i Døråbningen hang en vældig – dekorativt udstyret – Plakat med første Nummer. af Programmet (hver Gang et Nummer var endt, blev den yderste Plakat trukken ned – og derunder sad så det næste osfr.) I Dagligstuen sad langs Væggene de gallaklædte Optrædende: Fru &amp;amp; Frk Plaut (Sang) Frk Bendix (Violin) Johanne G (Sang) Frk Lina Levin (Sang) Fru I. Abraham (Violin) Hr Svend Hertz (Violoncel) Fru Goldschmidt (Klaver) Da alle var samlede, trådte en ung, smuk Herre frem for Publikum – han var iført Kjole og hvidt – havde stort brusende Kunstnerhår (à la Anton Svendsen) sorte Moustacher og Fipskæg – Pincenez; han fremsagde en lang vittig Monolog (af Fru Goldschmidt) – der gjorde stor Lykke. (Herren var naturligvis Johanne.) Derpå fulgte Numrene Slag i Slag; alt meget vellykket – men desværre var jeg temmelig adspredt – af Skuffelse over Alfreds Borteblivelse. Efter Servere [”Servere” overstreget] Musiken serveredes Te og Kaffe – ved mange fint dækkede Borde – der i Hast skød frem 
+III/
+alle Vegne – og med en uendelig Masse fint Jødebagværk til. – Men tænk – hvor underligt at lave sådan Fest, når Faderen er borte; hvilken Ruin bliver dog ikke de fleste Ægteskaber til; da Tusinde Gange hellere gå sin Vej i Tide – end leve sit Liv på Stumperne. Og Børnene – dette evige Spørgsmål, der altid er i Vejen; men Junge, mon dog ikke Børnene står sig bedre ved, at Forældrene lever deres Liv rigt og helt! hvad kan det hjælpe, at hver Slægt forkludrer sig for deres Børns Skyld – når så Børnene atter forkludre sig for den næste Slægts Skyld –os.fr i én Uendelighed. Nej, Ulykken er nok den, at Reformen stadig lader vente på sig; er først Flertallet klar over det bundne Ægteskabs store Mangler – dets absolute Ufuldkommenhed – så findes også en Plads – en Udvej for Børnene; under de herskende Forhold må Spørgsmålet om deres Skæbne naturligvis forblive ubesvaret. – Jeg er nu gift – og kan tale lidt mere erfarent med om den Ting – og jeg siger Dig, at den eneste Fare jeg føler for mit Ægteskab – det er denne, at jeg er bunden; den der af Naturen er fri, kan aldrig blive bunden. Åh – min Hjerne formelig klør efter at kunne give sig i kast med den Opgave at finde en Udvej; men for at kunne tale om Sagen i Almindelighed, skal man kende meget – have levet meget – og – måske også have læst meget. En usalig Lyst er det for mig – jeg har ikke Evnen; og dog er det min bedste Glæde at finde Udtryk for en Tanke, der uden fast Form har ulmet længe i Hjernen. Inspirationens Nådegave blev mig nægtet, Junge – eller måske er min Tid ikke kommen – jeg vokser jo endnu – heldigvis! for det er godt at kunne se tilbage i Overbevisning om, at Tiden dog bragte Vækst – Udvikling. - . Måske har alt dette ingen Interesse for Dig, lad mig derfor hellere se at få en Slutning på ”Begivenhederne”. Jeg slap nok Tråden ved Matinèen. Medens alle endnu var i fuld Gang – lejrede om de dækkede Borde – snakkende af fuld Hals – mer og mer støjende – så listede jeg stille og ubemærket bort. Det var på høje Tid, da jeg vilde besøge Tutte – der er officiel Modtagelse kl ½ 4 – 4 – og den var over ½ 4. Da jeg var gået igennem Søjlegangen ved det kgl Teater og kom ud på Kg. Nytorv – der lå badet i Solskin – søndagsforladt og stille – så huskede jeg pludselig på, at jeg ikke anede, hvor Fødehjemmet var. I en Kiosk fik jeg da fat i en Vejviser – og fandt deri ”Schou og Bilsteds” Klinik i Allègade. Derud kørte jeg da - og bad dem sige mig, hvor Fødehjemmet lå (det er nemlig også deres). Det lå på Lampevej, og snart efter slap jeg ind til Tutte; hun lå nok så pænt i en stor Stue, hvor hun tilfældigvis var alene. Pigen kom op og gjorde ved, mens jeg var og det var virkelig en ganske ualmindelig køn og appetitlig lille Pige (for Resten vældig stor) og så havde hun det største og tætteste Hår, jeg endnu har set på nogen nyfødt.
+Tutte havde sin Fornøjelse af at frisere hende med en lillebitte Børste. Vilhelm kom, mens jeg var der; han var helt rørende glad ved den lille Pige og gik længe med hende på Armen. – 
+Jeg tog derfra ud på Dosseringen, hvor Mor havde bedt mig komme og spise en god Aftensmad. Siden fulgte Mor mig ud til Færgen. Der var så mange Folk med – og flere berusede – så jeg turde ikke gå den lange Vej herud, men tog en Droske. – I Går ankom så Alfred – det var meget festligt – han var fuld af Snak og Oplevelser fra Rejsen; havde også nogle dejlige Bøger med til mig; det er dejligt at have ham hjemme igen – det giver en anderledes Glans over Hverdagene, end når man går alene. 
+Nu Slut for denne Gang – jeg skal nok være god til at skrive, nu Du er ene.
+Ungen har det mest godt – hun forholder sig forbavsende stille – hvis jeg ikke bestandig videde mig ud i Liv og Bryst, så skulde jeg tro, at der ingen var – hun er nu 7-9 Ctm. lang – har Fingre – Tæer – Negle – Hale! Om 
+[Skrevet på hovedet øverst på side 1:]
+en Måned kan det ses tydelig, at hun er en Pige (hvad jeg helst vil have – ganske på Trods af, at Alfred helst vil have en Dreng – men hvad i al Verden skal jeg gøre med en Dreng??
+Din Dis</t>
+  </si>
+  <si>
+    <t>1905-03-17</t>
+  </si>
+  <si>
+    <t>Haslev</t>
+  </si>
+  <si>
+    <t>Nybro Frugtplantage Kerteminde
+Dræby VVS
+Boston USA</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Cathrine Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Christine  Mackie
+Sophus  Meyer
+Johan Rohde
+Fritz Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på sanatorium i Haslev.
+Taarbystrand=Tårup Strand (vist som Nybro Frugtplantage)
+"Det store" [billede] af Johannes Larsen er "Bygevejr i april"
+Johannes Larsen udstiller på Den Frie i foråret 1905. (Danmarks kunstbibliotek - kataloger)
+Christian Eckardt og Alhed Larsen udstiller på Charlottenborg. - "-</t>
+  </si>
+  <si>
+    <t>Kerteminde Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal udstille akvareller. De skal sættes i rammer og sendes i dag. Syberg og Rohde skal hænge dem op.
+Johannes Larsen har haft billeder på auktion. Fik solgt en tegning til 20 kr. Intet andet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yrEi</t>
+  </si>
+  <si>
+    <t>(Kuvert stemplet Haslev 17.3.05)
+Kjærbyhus Fredag
+Kjæreste Ugle!
+Nu er det saa Fredag igjen og sidste Dag jeg kan vente med at skrive, naar Du skal have den Glæde at faa Brev i morgen og ikke ængstes for, at vi ere syge
+nej, det er rigtignok ikke det der har afholdt mig, men lille kjære Ugle det var de Penge jeg vilde have med til Dig, hav Taalmodighed min lille Pige saasnart jeg kan skal der komme – en Glæde hørte jeg da i gaar at Du har faaet Kattebogen sendt, saa har Du da den at glæde Dig over, og Du er forhaabentlig saa rask, at Du har faaet Lov at arbejde lidt med Dine egne Glæder
+at jeg længes efter Brev fra Dig kan Du vel mærke efter Dine egne Fornemmelser naar Ugen slutter – godt er det at Tiden gaar saa hurtig, naar vi gaar imod den lyse Tid
+Ellers vil jeg nok have den skal gaa langsom – Blomsterne Du sendte rakte saa godt, at der blev til hele Pladsen under Birkene de knejser godt, at Regnen kom, syntes de vist om under er nogen af de smaa blaa Blade erkjendt, det vil se nydeligt ud, naar der kommer gule imellem, hvad skal vi gjøre med det Stykke hvor Du havde Evighedsblomsterne? Træpionen skyder godt, men røre sig noget videre i Haven tør jeg ikke endnu
+det nytter heller intet saalænge Hønsene gaar der, de har ikke begyndt at lægge Æg endnu baade Mejers og Alheds – har længe givet Indtægt, saa slagtede vi da en forleden Dag, vi vilde se om den fejlede noget. Nej ikke det mindste og saa fik vi os en dejlig Suppe og Vished for at vi kun skulle have Taalmodighed, men Ventetiden er jo altid lang. Potteplanterne har jeg givet en Del frisk Jord, den første det blev din Rosengeranie og Nillikerne, den italienske synes mig for svag ud den lod jeg staa, men en af Dagene kommer den nok ogsaa ud af Potten, at jeg kan se om der er noget ivejen, skulde jeg give din Mynthe frisk Jord? alle Pelargonier knoppes og Fuksierne bryder om det saa er Buskene i Haven viser de Blade,- det gjør saa ondt paa mig om der skal komme en kold Vinterhaand og dræbe dem, men det vil jeg nu ikke sørge over for tidlig – 
+Der er Travlhed i Villaen de har vasket og havt Faster Thrine der er jo tænkt paa attage Puf med, men de har endnu ikke faaet Svar fra Fru Varberg der er jo kommen Brev at Christine fra Amerika kommer, hun er paa Vejen og skal være her i længere Tid
+Johanne bliver saa derovre saa ved de ikke om hun kan have Puf ogsaa. 
+Det bliver alle Aqvarellerne Las udstiller, dem har du jo seet – vi skal derover naar nu Rammerne kommer saa er der jo 2-3 store ingen Oliebilleder det store er kjørt paaTaarbystrand Badehuset er Atelier og Vand er nok af paa Tiden
+naar mon vi kan faa høre om Bedømmelsen af Eders Arbejder? Vi hørte ikke hvordan det gik med Aktionen, Las fik 20 Kroner for en Tegning og ellers intet
+Vi fik ingen Brev fra Echardt saa Telegraferede Georg derover. Svar, meget sløjt – intet Bud – vi ventet nogle Dage paa Brev derfra endnu ikke et Ord jeg maa skrive derover.
+Vilhelm har jeg lige faaet Brev fra han havde det godt men Travlhed – og her er Marked i Byen idag der er Adolph inde Faer er ovre hos Las at læse Aviser og Marie er i Kjøkkenet men jeg skal naturligvis hilse 
+Marie vil hellere vente med at skrive til dit Brev er kommen og det er jo ogsaa bedre Faer kom nu meget begejstret over Billederne de skal rejse iaften Syberg rejser, han skal hænge op tilligemed Rhode
+100 Kr vil han for hver Aqvarel – 
+Du skal nu af Marie faa fuld Besked naar vi har seet alting i Eftermiddag – jeg skal presse Adolphs Tøj han skal kjøre for Groserens’ til Gilde paa Søndag i Dræby – 
+Saa Farvel lille Ugle og hav det godt
+Kjærlig hilsen fra din Moer og Faer og de andre</t>
+  </si>
+  <si>
+    <t>1905-04-12</t>
+  </si>
+  <si>
+    <t>Malmø</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Thora  Branner
+Johan -, Erikshaab 1905
+Alfred Goldschmidt
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie
+Otto Emil  Paludan
+- Petersen Bøgebjerg
+Mathilda -, pige i huset hos Astrid Warberg-Goldschmidt
+Harris Sawyer
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, boede med sin mand, William Mackie på 54 Coolidge Str., Brookline, Mass., USA. 
+Det vides ikke, hvem Hilda var - og om det var en person eller et sted. 
+Dr. Petersen er muligvis Dr. Petersen Bøgebjerg. 
+Det er uklart, hvad der menes med "alle Marier" på Erikshaab. Gården var Warberg-børnenes barndomshjem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0411</t>
+  </si>
+  <si>
+    <t>Astrid har været på en tur til stranden i skønt vejr. Dagen efter var det snestorm, da Alhed, Johannes og Andreas Larsen kom på besøg. De blev søsyge på færgen, men derefter var de på tur i byen. 
+Astrids tur til Erikshaab måtte aflyses, fordi den unge pige skal giftes, og der kommer en ny. 
+I København har Astrid mødtes med Alfreds onkel Adolph, og hun så Scott Sally. Hun var med Alhed og Johannes Larsen i Varieté, og de mødte dr. Petersen, der ofte havde fortalt, at han fortrød, at han havde givet Johannes Larsen sin kasket. Selskabet bad nu tjeneren give dr. Petersen kasketten tilbage. 
+På hjemturen fra København blev Astrid søsyg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aKfQ</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Johanne Warberg
+54 Coolidge Str.
+Brookline
+Mass.
+U.S.A. 
+[Poststempler]
+[På kuvertens bagside:]
+A [Goldsch]midt
+Malmö – Sweden.
+Poststempel. 
+[I brevet:]
+St Pauli Kyrkogata 19, Malmø 12te April 1905
+Kære lille Junge! Der er lige en halvanden Timestid til, og jeg vil benytte den til at male et lille Brev op til Dig – trods det, at Du jo er så troløs – Du siger det selv – og lidt er der da også om det. Tak for Brevet, som jeg fik i Mandags; Du skriver deri om Sommervejret efter Snestormen – og om Turen i lys Kjole til Hilda. Jeg fik Brevet om Morgenen, før jeg endnu havde været ude – og tænkte ved mig selv – det er dog også Pokkers med de Amerikanere – og jeg tænkte frysende på Gårsdagens vilde Vintervejr og den frygtelige Tur fra Kjøbenhavn om Aftenen – selv Færgen vippede som en Nøddeskal i det brandsorte Sund; vi fik nok ingen Sommer så snart. – Det så rigtig nok forbavsende pænt ud – Vejret; og så travede jeg da ud for at prøve det. 
+I Guder! hvilken Tur! Aldrig i mine Dage har jeg troet at skulle opleve et sådant Omslag! Jeg gik min sædvanlige Tur ned til Vandet – stille – blikstille var det! ikke Forår – men Sommer – jeg gik helt ud i Strandkanten – ingen Mennesker – ingen Vej – blot Tang og hvide Stene – og Vandet var spejlblankt som på en hed Sommerdag! Mågerne – der ellers plejer at kredse skrigende om i Luften – de lå ganske stille nede på Vandet – pludrende fortroligt med hinanden – mens de velbehageligt solede deres hvide Fjer. Der var en Fred og Højtid over det hele Landskab – så stille og ensomt – en sand Fryd! så langt Øjet nåede så jeg ingen menneskelige Væsner – og langt ude så jeg, at Luften flimrede og dirrede af Varme! Jeg smed mig i den solvarme , knastørre Tang – åndede stærkt af den krydrede salte Luft – og lod mig ordentlig gennembage af den smilende Sols Stråler – mens jeg så ud over det [”det” indsat over linjen] blågrønne, klare Vand – med de hvide Måger – og – længere ude – de mange små hvide Sejlere - - og jeg tænkte med Undren på, hvor ganske anderledes det samme Vand havde set ud for få Timer siden – langt – langt kunde jeg se; der lå Saltholm – og længere borte Kjøbenhavn - hvis Bygninger og Tårne sløredes let af Røgen fra de mange Skorstene – og dèr – længere til venstre - Kongelunden; den lignede en lille blåviolet Sky i Horizonten.
+Men ingen Ord kan beskrive, hvad der var for en Tur; jeg kunde slet ikke løsrive mig – blev derude i mange Timer – snart gik jeg langs den yderste, stenede Bred – og snart lå jeg igen i Tangen. 
+Sådanne Timer er dog en hel Gave fra Himmelen; det er blot så fint for mig, at jeg aldrig kan få Alfred med – han sidder jo på den skide Fabrik hele Dagen – lige til 6 Aften (fra 8 Morgen) og så er han altfor træt til at gå. ---------
+Jeg fortalte vist sidst om de anmeldte Gæster? Næste Dag var det imidlertid en så forrygende Snestorm – et Hundevejr – at jeg halvvejs opgav ethvert Håb; men traf dog naturligvis alle Forberedelser.
+Nå – vi har April – og da jeg Kl 12 ½ drog uvis ned til Færgen, så skinnede Solen nok så fredeligt over tørre, hvide Gader; men en rasende Blæst og Kulde var det da. Joe – de var der – Las – Be – Mornine – Puf, men Gud, hvor så de søsyge og forfrosne ud! Men det lettede jo svært for dem, at komme på Landjord; vi drog alle løftede op gennem Byen, hvor Gæsterne hvert Øjeblik fandt Seværdigheder, som vi da nøje beså; lille Puf kom sig hurtig, han havde ellers været slemt søsyg – ligeså Be og Mornine. Så kom Alfred. og vi spiste - sultne – en Masse god Mad: jeg har altid Smørgåsbord med dansk Snaps o.m.a. – det fornøjer alle – kjøbenhavnske Gæster er skrupsultne efter Søturen, så det er en sand Fornøjelse at lave Mad til dem; heldigvis kan Mathilde klare alt nu, så jeg kan altid trygt gå til Færgen at modtage de ankommende. 
+– Det hele var yderst vellykket – de er alle så gouterende overfor Menagen her. 
+II) Alfred måtte jo desværre stikke af igen; han kom så ned til Færgen, da de rejste, for at sige Farvel.
+Lørdag og Søndag var vi i Kjøbenhavn – Alfreds Leipzigertur gik i Vasken – og med den min Erikshåbertur; det var kedelig nok, for nu kunde det lige have passet så godt. Senere vil det ikke være så let at lukke hele Lejligheden; med Pigen Mathilde kan det gå, for hun rejser så til sit Hjem i Åtorp, - men M. skal giftes og jeg får en ny Pige til Maj, og hun bor Fandenivold; og det er jo ikke rart at have et fremmed Væsen til at rode i èns Sager, mens man er væk. Jeg skrev til Pallam igår, at jeg alligevel ikke kom, og bad ham hilse d l J., at han da endelig måtte besøge os, hvis han kom til Kjøbenhavn i Påsken Det er ellers kedeligt, hvis Den lille Johan rejser fra Erikshaab, synes jeg; han er jo dog på en Måde Repræsentant for Warbergerne, ikke? Jeg havde glædet mig svært til et Ophold derovre – man hænger dog fast ved Stedet derovre – trods alle Marier. Vi spekulerer lidt på om muligt at leje os ind der i vor Sommerferie; men det skal helst falde sig lidt – helt på eget Initiativ gør vi det vist ikke. ---
+Jeg oplevede noget kunstigt i København; det var Søndag Eftermd - vi var af Alfreds tyske Onkel Adolph bleven sat Stævne på Jagtpavillionen, hvor vi skulde hilse på ham; mens vi sidder derude (Du ved nok – den på Langelinie) opdager jeg pludselig ved et Bord ovre ved det andet Vindue – Scott Sally! Jeg har aldrig set Manden. – men tør dog sværge på, at det var ham; han så præcis ud som på Billederne i Dit Album – den blonde Pandelok – de blå Øjne – bløde Træk – et skægløst Ansigt – en ganske ubestemmelig Alder; måske var han bleven lidt fyldigere; Selskabet så meget pænt ud – en smuk og naturlig ung Dame og et Par Herrer. Sc.S. var elegant klædt; - jeg mindedes så besynderlig klart hele den Tid for længe siden, da det Menneske kom og bragte så stor (og gavnlig) Revache i Familien hjemme. 
+II b) Der var et større Selskab om Onkel Adolph så jeg kunde rolig give mig mine Betragtninger i Vold; og mens jeg sådan sad og lod hele den Tid passere Revue for mine Tanker – så faldt mine Øjne Gang efter Gang – helt uvilkårligt på Manden derhenne, som på samme Tid var Udgangspunkt og Bindeled for alle mine Tanker: Men naturligvis kunde jeg ikke stirre sådan på ham, uden at han mærkede det, og hvert Øjeblik måtte jeg da – befippet trække Øjnene til mig, når de havde mødt hans undersøgende Blik. – Hvem vèd – måske mindedes også han - halv ubestemt – om en Fortid – der mulig allerede er fjern og tåget for ham; vi to skal jo ligne hinanden en Del. 
+Ja, det var det hele, der hændte; men det berørte mig så ejendommeligt.
+-. Store Sager oplevede vi ellers ikke i Kjøbenhavn; Lørdag Aften var vi med Las og Be i Circusvarieté; de for at se Brydere, vi for at dyrke dem; midt på Aftenen opdager Las pludselig til sin usigelige Forbavselse – Doktor Petersen på en af Rækkerne foran os. Nu bar Las en Kasket, som Dr P. har foræret ham – men siden fortrudt heftigt – han taler ofte om, hvor synd det i Grunden var, at han forærede Las den; vi giver Kasketten til Kellneren – anviser ham Dr P. og neder ham aflevere Huen med den Besked: Kender De dèn?” Kellneren griner lidt uforstående – et Øjeblik efter kommer Dr P. – smilende – hilsende. –
+Om Søndagen var jeg ude at se til Tutte; det lille Skind, der skal ligge så længe. Ungen trives brilliant ved sin Flaske – hun er uvirkelig overordentlig smuk.
+Om Aftenen tog vi hjem – og som sagt i et rædsomt Vejr. Jeg skal først stiv som en Pind nede i Salonen med en Pude i Nakken. Efter en halv Times Forløb måtte jeg styrte ind i Toiletrummet – puha – en kvælende Hede – samt – over Vandfadene – for mig brækkende Damer. Jeg formelig fløj tilbage – forbi Damerne i Salonen – der smilte mat – op ad Trappen – ud – i samme Øjeblik var jeg spil–rask – forblev Resten af Tiden i Sundhed på Dækket – men i vild Orkan og Hundekulde. 
+--- Nu må jeg slutte for i Dag – Alfred skal af Sted – har været hjemme til Middag. – Tænk, det var vist Eastmans Fødselsdag den 3die April – jeg husker det først i Dag. Hils dem begge og lille Grete!
+Selv hilses Du kraftigt fra Alfred og hans Kone.
+p.s. Mornine skal have udtalt et svagt Ønske om at rejse hjem før oprindelig bestemt – måske – Febr-Marts.
+[Skrevet på hovedet øverst side 1:]
+Det er Onkel Sybergs Fødselsdag i Dag.</t>
+  </si>
+  <si>
+    <t>1905-05-28</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø</t>
+  </si>
+  <si>
+    <t>Hilda -
+Julie Brandt
+Carl Czerny
+Alfred Goldschmidt
+Edvard Grieg
+Alhed Larsen
+Christine  Mackie
+William Mackie
+Wolfgang Mozart
+Mathilda -, pige i huset hos Astrid Warberg-Goldschmidt
+Isac Salmonsen
+Ellen  Sawyer
+Franz Schubert
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johanne/Junge C. Larsen opholdt sig i 1905 hos sin søster og svoger i Boston for at føre hus for dem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0412</t>
+  </si>
+  <si>
+    <t>Alfred og Astrid/Dis Goldschmidt har været på tur til Bokskogen. Og der har været Børnehjælpsdag med udklædte personer i byen. 
+På en anden tur plukkede Alfred og Astrid blomster og så en fasan, der lettede fra sin rede. Alfred er naturinteresseret. På en danseplads var det fælt at se på de dansende.
+Lykke kommer nok indefra. Astrid glæder sig til barnet og er glad for Alfred.
+Laura Warberg ville have Astrid og Alfred til København, så de kunne træffe Alhed Larsen, men de havde ikke råd.
+Astrid tror, at Johanne fortier noget. Hun kan ikke forstå, at Johanne kan holde ud at blive i USA så længe og opfordrer hende til at tænke på sig selv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/59xR</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frk. Johanne Warberg
+54 Coolidge Str
+Brooklyn (Boston)
+Mass.
+U.S.A.
+[På kuvertens bagside:]
+AGoldschmidt
+Pauli Kyrkogata
+Malmø
+Sweden
+[I brevet:]
+”Bokskogen” 28 Maj 1905.
+Kæreste lille Junge! Her ligger Alfred og jeg ude i en stor prægtig Bøgeskov, et Par Mil fra Malmø; det er første Gang vi undersøger Omegnen pr Jernbane – men det er også første Søndag vi har haft rigtig fuldendt Sommervejr – sådan rigtig knaldende Hede – så man ikke kan holde sig hjemme; I Går trak det ellers op til Forandring i Vejret – som så ofte, når en Søndag stod for Døren; vi opgav derfor alt Håb om Tur og sov længe i Morges; og så vågnede vi op til al denne Vejrherlighed. Vi nød en tidlig Middag – gjorde Madposer i Stand og tog af Sted med Toget Kl 2 ad Genarp (Jenarp) [”(Jenarp” indsat over linjen] til, stod af midtvejs ved Bokskogen – travede langt væk fra alt Pøbelværk. Skoven er stor – og nu ligger vi midt i Skoven – på en mægtig Bakke – meget højere end Odensebakken – det hele minder mig snarest om Gammelskov. Selvfølgelig begyndte vi med at spise – hvad kan lignes ved en go hjemmelavet ”Mellemma” med Mildning til! Og nu er vi ved Tobakken; Alfred læser Barselhistorie i min Bog – og jeg snakker lidt med Dig; men det er for Resten ikke så let at ligge ude [”ude” indsat over linjen] og skrive, når man har sådan en stor Unge inden i sig; jeg må vende og dreje mig hvert Øjeblik, og den sparker meget. Den alvorligere Del af Brevet vil jeg derfor opsætte, til jeg er hjemme igen.
+Dit alvorligt bekymrede Brev, som jeg fik i Går, vil vi tale om siden – ja, gid Du var her, så vi kunde tale om det! Jeg fik det, da jeg kom slæbende hjem fra Morgenturen – med en hel Taske fuld af Indkøb – og jeg skulde selv ud at lave Middagsmad, da vi – i Anledning af Børnehjælpsdagen havde givet Mathilda fri. De lukkede Kl 2 på Fabrikken; så snart vi havde spist Middag, begav Alfred og jeg os pligtskyldigt af Sted – for at spytte i Bøsser samt se på Halløjet; hele Byen var i Bevægelse og der var et stort Vogntog med morsomme Udklædninger; det var meget hedt og meget trættende, men man ”må” jo. Bedst var absolut, da vi omsider landede på et lille godt Conditori på Gustav Adolfs Torg, hvor vi nød en forfriskende Is. Da vi kom hjem var jeg usle Pjalt så træt, at jeg måtte skruppe i Seng – Kl 8! – og sov støt i 12 Timer! Men Gud – hvor Styrtebadet så smagte! Det er hver Morgen første Gang for os begge – ind i det lille Baderum til Douchen. –
+Næste Morgen på en Bænk i Parken. 29/5 – 05.
+Jeg afbrød Skriveriet i Går, da vi nemlig besluttede at trave lidt omkring. Udbyttet var umådelig rigt; vi gik ned ad den nydelige Bakke – kom til en ganske henrivende Eng – med Birke – Elle – og små Ege o.m.a.; men i Udkanten af Skoven fandt vi en Masse Lilliekonvaller! de var rigtignok ikke helt udsprungne, men de kommer nok; desuden fandt vi uhyre Mængder af de herligste Forglemmigejer – og jeg havde Held så at sige at træde i en Fasanrede – da min Fod rørte Reden, fløj Fuglen op med stort Brag – der var 13 varme Æg i Reden; desværre var Alfred foran og så den ikke rigtig – det morer ham så rasende at se Fugle og Dyr – den første halve Time holdt han Vagt nærved Reden – for hvis den skulde komme tilbage, og i Morges slog han op i Salmonsen og læste om Fasaner; så der, at de ruger c 26 Dage – og foreslog straks at vi skulde tage derud næste Søndag igen for så om mulig at finde dem. Alfred er henrivende sød at være på Tur med; han er så umådelig interesseret i alt, hvad vi ser.
+Og nede i Engen plukkede vi Bunker af Engblommer og Gøgeurter og unge Bregner tog vi op med Rod – nu skal vi se, om de vil gro. Da endelig vores store Taske var propfuld, forlod vi de yndige Steder og gik tilbage – Kl var bleven c 8; i Skoven lige ved Stationen var der Halløj med Restauranter – Karrusel og Danseplads; sidste var en ret stor Bræddesalon; delt tversover – i Midten sad Musiken og spillede til begge Sider; til højre dansede ”bättre” Folk for 10 Øre Dansen – til venstre ”sämre” – for 5 Øre!!!
+Vi så lidt på dem – de var fæle at se danse – alle sammen; så drak vi en Svalebayer og begav os ned til det lille Tog. - . Nu sidder jeg altså i Parken efter at have fulgt Alfred. Her er nu dejligt! store svalende Lindealleer – udstrakte Græsplæner – udsprungne Sirener – Guldregn – Papyrus – Magnolier (pragtfulde) og Tusinde andre. Dertil en Gøg, som kukker, jeg så den før! og Nattergale – Drosler – Stære – Finker – Skader – Duer; og allerbedst – den varmende – strålende glade Sommersol – som forsølver – forgylder forskønner den hele, herlige Verden. Sådan tror man; men i Virkeligheden kommer hele Herligheden nok indvendig fra – fra Ungen? Manden? Hjemmet? – åhja – jeg tror det kommer fra alt det, man efterhånden har fået sig lavet sammen; og nærmer mig mere og mere den Anskuelse, at Ægteskabet bliver det lykkelige Grundlag for ens Tilværelse – det eneste Grundlag, på hvilket der er [ulæseligt ord] for at arbejde sig til en varig Lykke – om en sådan existerer. 
+- hermed vil jeg slutte mit lille Friluftsbrev. – 
+Brev No 2.
+Hjemkommen; det er knusende hedt, jeg har iført mig let, hvid Friserkåbe – indtaget en mægtig Portion kold Rabarbersuppe – og nu sidder jeg vel forløst i den store Stue, som jeg altid er lige ved at kalde ”Havestuen”; her så lyst og luftigt – hele Ydervæggen optages af to Vinduer – derimellem en Altandør – og Stuen vender mod Sydvest – hvilket betyder kølig Skygge hele Formiddagen – og dejlig Sol fra Middag til Aften; de lyse, gulstribede Gardiner fra Kastanievej ser så bedårende ud i dette Lyshav - og alle vores Blomster gror, så det er en Fornøjelse, vi har sået Nasturtierer (tropæolum) i et Par store Potter, de er alle kommen op, og så snart de gror til skal de ud på Altanen – så bliver der dejligt – Gården er tålelig – nemlig så stor, at vi ikke har Genboere lige for Øjnene – men tænk hvilket Himmerig om der groede en gemen Regenslind! Nå, her er nu ganske godt endda, vi bor jo allerøverst så her [”her” indsat over linjen] er meget Luft og Lys – næsten alle Huse i Malmø er 3die Sals, (på svensk 4de Våning); lige nu er Pigen Mathilda i Færd med at hænge en lille Vask til Tørring hun ser brillant ud i sin lysegule Kjole blandt alt det flagrende Tøj. 
+Jeg har lovet hende Del i alle de ”granne blommor” som vi har med hjem fra Bokskogen – og hun er meget henrykt -. Jeg havde i Går Morges Brev fra Mor – de har nok ikke hørt fra Jer længe; Mor skriver, at Be er i Staden – Forretninger – kom uventet; og Mor opfordrede os til at rejse til Kjøbenhavn og være sammen med dem alle på Dosseringen; men dels kom Brevet en Time efter Skibets Afgang og dels havde vi ikke så mange Penge – det er jo sidst på Måneden – og en Rejse til Kjbh. bliver 6 Kr – alene Billetten, (retur for os begge.) Jeg begynder ellers at blive hed om Ørene m.H.t. Unge – Udstyr – jeg aner ikke, hvordan jeg skal gribe Sagen an – og Alf. vèd det så jo heller ikke.
+Jeg gør ingen Ting ved det – men traver mine lange Ture (går Tur både når jeg følger Alfr og når jeg henter ham -) samt øver mig meget flinkt, er ved at indøve noget firhændigt (Etude i Ddur af Mozart (let) – som vi vil spille for dem i Sommerferien, hvis vi nu opnår at komme til Kerteminde, vi har forespurgt om de vilde tage os i Pension. Desuden spiller jeg ”Lyriske Småstykker” af Grieg, kan tre deraf udenad, samt Schuberts ”impromtu” – kan første Stykke udenad og er nu i Færd med 1ste Variation. Så spiller jeg Zernys Etuder (1ste Del) samt nogle lette af [ulæseligt], samt endelig endnu en 4 hændig – Schubert trois [”trois” indsat over linjen] marches heroique. – om dette nu ellers kan more dig. – Endelig læser og skriver jeg en hel Del – og ser naturligvis også efter, at Pigen M. gør godt rent – samt bestemmer Madretter – men Du kan da ellers tænke, at jeg fører en glimrende Tilværelse – naturligvis er det mest Alfs. Skyld – el rettere: det er derfor, at jeg mere og mere knusende godt kan lide ham – og så er der også det, at jeg til Tider kan blive ganske vild af betaget Henrykkelse ved Tanken om det, der forestår – og jeg nærer naturligvis svimlende Forhåbninger m.H.t. Udfaldet.
+I det hele taget, Junge, Du gør Dig ikke Begreb om, hvor guddommeligt det kan føles at være frugtsommelig; det er, som om der giver sig til at gro helt ukendte Kræfter i ens Indre – som om ens Sjæleliv antager nye – og videre Former; Hjernen giver Plads for Tanker og Forestillinger, som man slet ikke har kendt før; man synes næsten, at man aner en Sammenhæng – en Mening – der hvor alt før var Kaos; så meget er vist – at der er en himmelvid Forskel på dette, at tænke sig til engang at få Børn – (og det er jo en Faktor vi alle regner med) – og så dette – at føle Barnet levende i sig. Åh, Junge, stor er den Verden, vi lever i – og mange er Midlerne, som skaber Glæde for Mennesker. Og denne bestandige Følelse af, at man trods alt har Sværdet over sit Hoved – det tjener dog kun til, at man føler des mere intensivt i Glæden.
+- Vèd Du, at jeg har længe haft på Fornemmelsen, at Dine Breve var ikke helt at stole på – jeg syntes bestandig, at der var Ting, som du forsætlig gik uden om; til noget sådant er der jo ingenting at sige – men vel at mærke: der er ingenting at sige dertil – og det er vel Grunden til, at jeg har narret Dig flere Gange – og ikke skreven, Du forstår det jo nok rigtig - III
+- jeg tænkte – ”mine Ord vil ikke meget sige”. 
+Nu fik jeg Dit s.k. ”Skarnbøttebrev” og skynder mig at smide min Bøtte i Hovedet på Dig til Gengæld; den er rigtignok for Tiden ingen Skarnbøtte – men så kunde den da heller ingen Nytte gøre; nu er min Mening den, at der er ikke idel Elendighed til i Verden – og det har jeg villet lade Dig vide. Noget ”Trøstebrev” i egentlig Forstand kan jeg ikke præstere – der kan aldrig ”trøstes” Junge, når Ulykken stammer fra de indre Dele, og jeg mener jo nok, at Kernen i Din Ulykkelighed ligger i Dit Forhold til [ulæseligt]; dét er første Række (ikke Hjemvéen) – er Skyld i alle Dine Pinsler -. Og så naturligvis Hjemvéen. Jeg kender den – det er som en fysisk Sygdom – jeg fik f.Eks en rædsom Kvalme -; og – tør jeg skrive det, der bestandig har været i mine Tanker? Jeg har ikke kunnet fatte at Du kunde holde den gående derovre så længe! og da der var Tale om, at Morn. vilde hjem til Efteråret – så forlød der samtidig noget om, at Du alligevel vilde blive derovre; Pan har vist været plaget af svære Anfægtelser – og jeg var skam heller ikke glad.
+Jeg kan vel ikke komme med Råd? det synes jo, som om hele Billys Hus’ Existens beror på Din Forbliven; er det muligt! kan der ikke engageres en Pige, som Du kan sætte i Gang, og som Du kan overbevise Dig om er pålidelig – og én, som i får til at binde sig de resterende Måneder – for Fanden – Din Existens går da over Økonomien – fallit kan Billy vel ikke gå, om Du også rejser; og jeg mener virkelig, at Du ofrer altfor meget ved at blive, når Du lider sådan af at være der. Et positivt Råd: fastsæt at Du vil hjem om 1-2-3 [”1” indsat over linjen] Måneder – efter Behag; så snart Du da ser en overkommelig Frist for Dig, vil Du kunne få en Masse ud af Din Tid – en Masse Sprog og Musik – fordi det så ikke længere gælder om at få Ende på Tiden – men om at få den til at slå til. 
+Når jeg har læst i Bladene om de overfyldte Skibe med Passagerer hertil fra Amerika – så har jeg flere Gange tænkt – Gud vèd om ikke lille Junge er med på èt af dem – og det vil ikke overraske mig, om Du en Dag viser Dig på Skuepladsen.
+Søde lille Junge – er jeg en skidt èn til at råde Dig? Men kan jeg da andet end råde til det som jeg selv absolut vilde gøre i sådant Fald.
+Jeg er jo ganske vist en stor Egoist, det er sikkert – men jeg har da heller aldrig set nogen virkelig frugtbar Selvopofrelse; det er ikke til rigtig Gavn for nogen af Parterne; men naturligvis mangler jeg Forudsætninger til helt at kunne se til Bunds i dette specielle Tilfælde; for mig ser det kun ud, som om Din første Pligt her er Pligten mod Dig selv – og døm selv, hvori den beror!
+Nå – dette er nok et Timebrev – gid det dog må træffe Dig i nogenlunde god Condition – se så til at Du kan fejre en måske lille Højtid med Elle og Billy – og Hilda – o.d.a. 
+Nu skal jeg da virkelig blive flink igen til at skrive. Sidst sendte jeg et Kort – har Du fået det?
+Hermed Tusinde sommervarme Pinsehilsner fra din evig heng.
+Dis</t>
+  </si>
+  <si>
+    <t>1905-09-30</t>
+  </si>
+  <si>
+    <t>Alfred Goldschmidt
+Ina  Goldschmidt
+- Körner
+- - Nilsson, Fru
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0437</t>
+  </si>
+  <si>
+    <t>Det er nu 14 dage siden, at Astrid har født sin datter, og hun skal op den følgende dag. Hun glæder sig til selv at pusle den lille. Barnet ligner Alfred og er en rigtig "Jødepige". Hun var stor ved fødslen, selvom Astrid ikke var ret tyk. Dagen før fødslen gik Astrid en lang tur i parkerne. Veerne de følgende dage gjorde, at hun kun sov 5-10 minutter ad gangen. Astrids mor og Fru Nilsson holdt i hånden, og Dr. Kørner blev tilkaldt flere gange. Han vaskede hænder en halv time.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fz3R</t>
+  </si>
+  <si>
+    <t>Malmø, 30te Sept 1905.
+(På Smertenslejet)
+Kære Junge! først må jeg bemærke, at mit Leje kun i uegentlig Forstand kan kaldes Smertens – eftersom jeg i Dag har det fuldstændig godt – og har haft i mange Dage – i Morgen Søndag d 1st Okt er det 14 Dage siden min Datter fødtes – og i Morgen skal jeg op for første Gang – og glæder mig mægtigt – næsten mest, at jeg så selv kan få Lov at tumle med hende – jeg er så jaloux hver Gang Fru Nilsson pusler hende; så ligger det lille Nus og er aller dejligst – hun nyder at blive vasket og klædt – ligger og smågrynter med store forbavsede Øjne – imens hun ustandselig laver små rykvise Bevægelser med Arme og Ben – og mens det lille Ansigt idelig skifter Udtryk – Hun bliver Alfred op af Dage – ser allerede lige så god ud som han; og jeg er så glad over, at det altså bliver en lille Jødepige – det er så kunstigt, at man - selv Christen – kan præstere et Barn af en helt anden Race, hun er ganske mørk – langt Hår! – og hendes Øjne ser ud til at ville blive brune (alle Jøder jo blåøjede) – og hun vejede Gudhjælpemig – 9 Pund nøgen ved sin Fødsel – jeg har fra mere end en Side i den Anledning fået Forespørgsel om, hvor jeg da havde hende – for jeg var skam ikke så rædsom tyk – og jeg forblev lettilbens til det sidste – Dagen før, jeg blev syg, var jeg en lang Spadseretur gennem Parkerne – flere Timer – og jeg gik netop så godt den Dag, at jeg flere Gange tænkte på, hvor let det i Grunden var at skulle have en Lille. Dette var om Fredagen – Lørdag Morgen blev jeg syg – men det er sandt – jeg skrev jo et Barselsbrev til Dig, så Du kender jo Forhistorien; så kom Natten til Søndag – og den var noget pinsom Junge; de virkede så ”depraverende” alle de Smerter, fordi jeg var uendelig træt og søvnig, men så snart jeg var lige ved at sove, så kom en Ve – jeg sov 2-3 Gange 5 x 10 Min ad Gangen – ellers Piner hele Natten. Kl. 6 om Morgenen kom Solen strålende ind i Stuerne – og Gud hvor var det oplivende! nu var jo den lange Nat forbi – det var Søndag – og inden Aften måtte vel Runden være løst - og så blev jo Barnet et Søndagsbarn! – så tog Pinerne fat igen – og Mor og Fru N. begyndte forfra – hele Natten. havde de skiftedes til at sidde hos mig – jeg måtte bestemt have en i Hånden – og den Hånd knuskede jeg (i Tavshed), hver Gang Veen kom. 
+Nå – Kl 11 om Formd. skikkede de Bud efter Lægen, Dr. Kørner. Han havde været her Aftenen forud, men gik igen med den Besked, at alt var normalt – og vilde nok være overstået ud på Natten! Da han nu atter fik Bud, kom han øjeblikkelig – med Taske og Tænger – og Skidt og Møg. Rensede sig en halv Time med 7 forskellige Børster (jeg havde den usaligske Lyst til at spørge, om han ikke havde vasket sig i 14 Dage) – så undersøgte han mig – skønt jeg bad om at blive fri – for de havde jo undersøgt flere Gange - af deres 
+[Herefter mangler resten af brevet].</t>
+  </si>
+  <si>
+    <t>Juli, august eller september 1907</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Andreas Larsen
+Johan Larsen
+William Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og William Mackie er på tur nogle dage i USA, mens Alhed og børnene er hjemme hos Alheds søster Ellen Sawyer og hendes mand og datter i Boston. Christine, Alheds søster, boede også i Boston med sin mand, William Mackie.</t>
+  </si>
+  <si>
+    <t>Alhed er utilfreds med ikke at få breve nok fra Johannes Larsen, men hun har hørt fra Billy (William Mackie), at de har det godt. Alhed maler lidt, og børnene har det godt. Christine har været til middag. Alhed håber, at Johannes larsen har fået det bedre, for han har virket overanstrengt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Yi86</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi!
+Du holder mig rigtignok knapt med Breve paa denne Rejse, jeg har kun faaet de Par Ord fra den første Dag, men et Brev fra Billy i Gaar meldte jo da, at I har det godt og at Du har et Par Arbejder i Gang og at I snart tænker at vende hjem. Vi har det godt, men med mit malende bliver det ikke til stort herude, jeg har begyndt paa en lille Farveskizze, d.v.s. jeg kommer vist til at male 2-3 Gange paa den men hvis I allerede kommer hjem Mandag, naar jeg vist ikke et til. – Børnene morer sig glimrende og Børnene [ordet overstreget] Elle og jeg sludre Time op og Time ned. I Gaar var vi paa en Tur nede ved Stranden nede bag Southboston, der var smukt. I Formiddags kom Christine og blev til Middag, hun gik nu for lidt siden. I Gaar et langt Brev fra Mor til mig, alt staar godt til hjemme. Jeg længes efter Dig. Det er dog sært, at man kan gaa og savne saadan et skidt Mandfolk, jeg haaber, Du er kommen til at se lidt rask ud, Du saa noget overanstrængt ud, da Du tog af Sted. – Du fik da mit Brev, jeg afsendte i Søndags eller Mandags. Hils Billy mange Gange. 1000 Hilsner fra Din
+Alhed.
+Torsdag Eft.</t>
+  </si>
+  <si>
+    <t>1907-04-19</t>
+  </si>
+  <si>
+    <t>Rørdam</t>
+  </si>
+  <si>
+    <t>Maren -
+HC  Andersen
+- Andresen Kerteminde
+Ina  Goldschmidt
+Gudmund Hentze
+Alhed Larsen
+Georg Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Marie   Larsen, Georg Larsens datter
+Nicolaus Lützhøft
+Christine  Mackie
+Ellen  Sawyer
+Anna Syberg
+Hempel Syberg
+Laura Warberg
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Syle: slangudtryk for penge.
+To af Alhed Larsens søstre er gift og bor i USA
+Det er uvist hvad en jabitiere er.</t>
+  </si>
+  <si>
+    <t>Der refereres til Gudmund Hentzes artikel i Politiken, som startede bondemalerstriden. Junge har muligvis været igennem en svær fødsel. Christine Swane og Klaks sender dueunger til hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/03Q9</t>
+  </si>
+  <si>
+    <t>1907-04-19
+Kjærbyhus Fredagaften
+Kjære Ugle!
+I Aftes kunde jeg ikke naae at skrive der var saa meget Dis er kommen med lille Sjums. Fru Varberg er endnu daarlig af Feber saa hun maatte opsætte Touren begynder saa med et Par Dage hos Onkel Syberg og kommer saa ned hos Las – hvor hun skal gaa uden at gjøre noget, Alhed vil saa see at faa Maren der gaar hos Lytzhofts – et Par Timer om Dagen til det grovere Arbejde. Sygeplejersken rejste igaar til Frederits i Besøg nogle Dage; Marie laa saa derovre i Nat og passede Junge og Barnet. Dis passer dem om Dagen med lidt Afløs i Dag sad jeg der. Fru Syberg var der og hun ville gjerne laane Politiken med den Artikel af Gudmund Hintze men den var jo sendt til Amerika gjemmer I dem saa kunde Du jo sende den herud; Tak for Duerne til Junge hun spiste den ene i Dag
+men hvem havde dog kvalt dem
+ja kunde jeg nu rigtig male den Szene for Dig Marie var i Aftes paa Banegaarden og Georgs Børn gik i dag ved Titoget for at høre, men hun kom hæsblæsende nej Farmor der var ingen Duer Marie gik saa i Gang med at pille en Sybergs havde sendt jeg var ude i Gaarden at samle lidt Pindbrænde da Grosseren kommer halende med en dueunge i hver Haand – ja ja her er de men det er nogen rigtige Nogen til at kvæle Duer; Da Postbudet kom i Boutiken sagde jeg naa der kommer Duerne, ja der er noget levende i Pakken sagde Andresen, og her seer I den ene er levende og vil I høre mig saa maa den have Lov at leve vi gav den Drikke og den drak en Masse jeg madede den med Hvedebrød og den spadserede paa Bordet og begyndte at pille sig nok saa flot; og nu lever paa Dueslaget sikke et Eventyr for en H C Andersen ja det er næsten utroligt at saadant kan lade sig gjøre det maa da være meget løst Tøj den har gjort Rejsen i I skal nu høre lidt om os selv vi ere raske. Faer er lidt bedre men sover kun daarligt om Nætterne, men det er jo al den Spekulation for Penge ak havde vi dog de blanke Syle
+I Aftes strøg Marie min Kjole og endel hvidt af Junges saa bagte hun en Honningkage og da der var varmt i Kjøkkenet og Marie skulde derover saa hentede jeg Jabitieren og vaskede mine Fødder og tog al mit rene Tøj paa og min nye Natkjole det var dejligt Du kan vel see mig jeg havde vasket min Natkappe!
+Jeg skulde hilse fra Dis hun vil ned hos Eder til Sommer i 14 Dage med Mand og Barn om hun kan faa Lov til det hils nu Vilhelm mange mange Gange og Tak saa meget for Duerne det er første Gang i Dag at det smagte hende at spise denne Uge endnu skal hun ligge saa kan vi begynde at tale om det siger Doktoren. Marie skriver en af Dagene.
+Hilsen fra Faer og mig.</t>
+  </si>
+  <si>
+    <t>1907-04-30</t>
+  </si>
+  <si>
+    <t>Johanne Kampmann
+Georg Larsen
+- - Rostrup
+Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København (se brev fra ham 2. maj 1907). Alhed Larsen forhandler med Rostrup og Kampmann om udlejning af huset på Møllebakken sommeren over, hvor Larsen-familien er i USA. 
+Sypiger: at man syr og har travlt er Alhed Larsen også inde på i næste brev. De fabrikerer formodentlig rejseudstyr.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har hørt fra både Rostrup og Kampmann om huset. De skal betale 400 for leje af det. Alhed har sået. 
+Georg Larsen (Grossereren) beder om at få nogle penge, og Alhed beder Johannes Larsen få fra akademiet og sende hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P82x</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Hvordan har Du det? Her kom i Morges Billet fra Skuespiller Rostrups om Huset. Jeg har svaret. Brevkort X [indsat i margen: X i Aftes] fra Fru Kampmann, mystisk, da det er dateret O. 28nde, Telegrammet d 29nde. Men bare det ikke gaar i Lyset, det er kun fra Sommerferien, jeg kan ikke tro, de giver 400 for 6 Uger. Jeg har skreven til hende og venter nu Svar. – Alt staar godt til, undtagen at jeg har haft Hovedpine i Dag, det er vist de Sypiger og alt det Apparat om Ørene. – Jeg har saaet Gulerødder, Pastinak, Salat og Persille samt nogle Kasser Blomster. Den lille And har været hjemme, Fuglen faaet Men kort sagt all right. – Langt Brev i Gaar fra Schous, men Du har vel været derude. – Skriv nu snart, lad mig se Du hænger i, at Du snart kan komme hjem igen. Jeg har savnet Dig, det lyder utroligt, at man kan savne én i alle Maader saa vederstyggelig Person som Du er, men sandt er det! – Grossereren beder bønligt, om Du ikke kan sende nogle Penge, da han trænger haardt. Kan Du ikke faa Akademiets og saa sende dem til mig saa giver jeg ham de Vexelafdrag for Sommeren. Hils hvem Du ser.
+1000 Hilsner til Dig selv Din A.</t>
+  </si>
+  <si>
+    <t>1907-05-03</t>
+  </si>
+  <si>
+    <t>Johanne Kampmann
+Lise Larsen
+Marie Larsen
+L Petersen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København og forhandle om salg af billeder. Larsen-familien lejede deres hus ud i sommeren 1907, mens de selv var i USA. 
+"Aprilaften" er muligvis billedet Bygevejr i april, som det endte med, at Faaborg Museum købte. Billedet blev netop færdigt i 1907.
+Dét, alle kvinderne syr på, er formodentlig rejseudstyr til Larsen-familien. 
+"Mor rejser vist i morgen": Laura Warberg boede på dette tidspunkt i København. 
+Det var et tilbagevendende problem, at Alhed Larsen ikke turde sove alene.</t>
+  </si>
+  <si>
+    <t>Fru Kampmann har lejet villaen for 400 kr. Hun og familien vil medbringe en hund og et æsel. Johannes Larsen er velkommen til at besøge Kampmanns, spise middag og få pengene. 
+Det var slemt med Kunstforeningen, men godt, hvis Galleriet (Statens Museum for Kunst) tager aprilbilledet. Selvportrættet er ikke tørt, men Alhed kan sende det dagen efter. 
+En hel flok sidder og syr, og Alhed kan ikke finde flere sypiger. - Hun tør i øvrigt ikke sove alene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/r9eb</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Det trak meget længe ud inden jeg hørte fra Dig, endelig i Dag kom det. Fru Kampmann kom i Aftes 6.24 og lejede strax, hun var begejstret de giver 400 for de Uger men jeg sagde, at de kunde jo disponere over Huset som de vilde i Sommer. om [ordet overstreget] Hun rejste i Dag 3.10, det var et morsomt Besøg. Du maatte endelig gaa derned til Middag Kl. 6 en af Dagene, ikke i Morgen, men ellers hvilken som helst Dag. Saa faar Du de 400 Kr. og kan snakke med dem om et og andet, de tager en Hund og et Æsel med. – Det var slemt med Kunstforeningen men rart hvis Galleriet tog Aprilaften. Jeg har faaet Kassen, d.v.s. været paa Banegaarden, set den, bedt L. Petersen køre den herop faaet fat i Steen, der nu sidder og venter paa L.P., men han kommer vel. Dit Selvportræt er knap tørt, men i Morgen kan jeg vist tage det. Hvornaar kommer Du hjem? Jeg er noget forsat i det, Lise Larsen syg, Faster Trine og Marie Gross’ og Moder sidder og syr saa godt de kan, jeg har været Kerteminde rundt kan ikke finde en anden Syerske. Stor Fortræd. – Mor rejser vist i Morgen, jeg tør ikke ligge her alene, ved ikke, hvem jeg skal faa til det. – Modbydeligt Vejr. Hils alle hvem Du ser! Jeg er i skidt Humør. Din A.
+Skriv nu lidt tit</t>
+  </si>
+  <si>
+    <t>1907-05-28</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Jeppe Andreas Larsen
+Johanne  Larsen
+Johannes Larsen
+Marie Larsen
+Marie   Larsen, Georg Larsens datter
+Vilhelm Larsen, Georgs søn
+Alma -, Stuepige
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Der skrives om at lukke huset ned. Huset er villaen på Møllebakken. Alhed og Johannes Larsen er rejst til USA.</t>
+  </si>
+  <si>
+    <t>Fødselsdagshilsen til Christine. Huset skal gøres rent og lukkes ned.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Nri4</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Tirsdag
+Kjære lille Ugle!
+Lykke og Velsignelse i det nye Aar vil vi begge to ønske Dig, aldrig har jeg saa meget at give som jeg kunde ønske, dennegang maa Du have en Tegning som jeg veed du bliver glad ved, det er en Væverpige saa kjær og tegnet saa godt, at du maa synes om hende, jeg vilde egentlig have sendt den til Dig med Marie; men der var saameget den Dag, at det blev en Umulighed, nu kan Du faa den med en Gang, naar Du kommer herned.
+Glad blev vi, at Marie kom med og endnu gladere ved, at hun kom Dig til hjælp, behold hende kun hos Eder en lille Tid jeg foreslog hende at blive sin Fødselsdag nede hos Eder, der har hun det saa godt, og saa faar hun Brev ligesom du paa selve Dagen vi gamle skal I ikke bryde Eder om, vi er glade naar I kan have hinandens Selskab, og naar Du er uden Pige er det jo udmærket, lad dog hendes Ferie blive, saa hun kan komme sig. Ensomt er her bleven og bliver vel mere endnu, jo længere der gaar hen, det var fornøjeligt med alle de smukke Slips, - der er ogsaa nogle jeg kan bruge raabte Las
+Jeg sidder i en Gyldenlakduft der fryder mig, vi havde ellers en urolig Dag igaar med Vildanden, Ellen Bøttern kom og meldte, at der var en Hund faret ned i Kilden og bidt Anden den var faret op, og var rendt af Kilden blodig, vi gik jo straks ud at jage, men inden jeg havde faaet Støvler paa og kom derover mødte Ellen med Anden, vi havde en Rive med om vi kunde fiske dem op det blev umuligt og saa mente Faer ogsaa, at det var bedre at lægge den i det kolde Vand og selv komme op med Ællingerne, da vi næste Gang kom var den gaaet af Kilden med Flokken, som kun var 4, een havde Ellen havt oppe i Kjøkkenet, jeg tog den med hjem i Kassen i Haven, medens jeg gik og glædede mig over den kjønne Have, var den rendt
+Hvor jeg ledte, men Faer trøstede mig med at naar den gamle kom med de 4 saa skulde den nok komme frem, og ganske rigtig, da vi var der iaftes til Afsked var alle velbeholdne til Andriken lod vi døren staa aaben og den var hjemme i Morges, den tamme And havde 12 Ællinger igaar, men i aftes Alma lukkede fandt hun den ene med knust Hoved, iaften skal jeg over at vande Blomster, Imorgen kommer Pigerne og gjør rent og saa lukker vi Huset og tager Pax herover.
+Tak Marie for Kortet, jeg troede det var gamle Krane, men saa blev jeg usikker igjen den gratavlede Høne lagde Agraren paa nogle Æg, at deres Høne var rendt af, men vi skal nok lægge en igjen, Kyllingerne har det godt en lille var blind paa det ene Øje og blev ringere op ad Dagen [ulæseligt ord] var den men det andet [ulæseligt ord] er ikke til at tælle før der kommer lidt mere Ro over dem
+Tak for Blomster og Frugter i dag fik vi Klipfisk, i morgen tager vi Rødbeder som Du skrev om og Tykmælk om det bliver varmt ellers koger jeg suppe med Rugbrød, her er væmmeligt i dag med Blæsevejr lille Tinge har besøgt mig og lille Anna gaar Ærinder for mig og Tante Johanne
+Ville kan kun gaa hver anden Dag Hils nu Vilhelm og Marie mange Gange og lad mig se at I er flinke til at skrive til mig og alt muligt godt ønsker jeg Eder
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t> 1. jun. 1907</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CXDTbS3o</t>
+  </si>
+  <si>
+    <t>1907-9</t>
+  </si>
+  <si>
+    <t>Jens -
+Laurentius Allerup
+- Balvig
+Victor Bøttern
+Christian Eckardt
+Frøken - Eriksen
+Ina  Goldschmidt
+Hans Hinke
+Jens Hinke
+Julius Hviid
+Kathrine Hviid
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Marie Larsen
+Rasmus Petersen, Gartner
+Christine Swane
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Der var ikke kommet breve fra Amerika: Alhed og Johannes Larsen opholdt sig i USA fra maj til december i 1907.
+Fritz Syberg sendte et brev til Christine Swane på "Rørdam" (1907-10-03)
+VL takkede for blommer og kål og sendte hilsner til sine 3 børn: her Christine Swane, Marie Larsen og Wilhelm Larsen. Wilhelm Larsen boede på skovriddergården "Rørdam" under Wedellsborg. CS var i huset der fra maj 1906 til december 1907. 
+Det er uvist hvilket medlem af Meyer-familien, der bliver nævnt i brevet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve, kasse 1, kuvert 1, 2002/61, A8, Lb11.</t>
+  </si>
+  <si>
+    <t>Det var høsttid. Onkel (Christian Eckardt) var på besøg. Junge skulle holde fødselsdag. Astrid Warberg-Goldsmith (Dis) og Frederik Andreas Warberg (Dede) kom på besøg. Vilhelmine Larsen passede Ina Goldschmidt, mens Dis var på besøg på Lundsgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qFVb</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Fredag Eftermiddag
+Kjære Ugle
+Saa mange Tak fordi I sender til os baade Bønner og Kaal, den gjemte jeg nu til Onkel kom vi fik Kjødrand og Blomkaal og Kirsebærsuppe med Boller det var noget for ham Junge og Agraren havde jeg bedt om at spise med, hun kom ved ½ 12 Tiden og hjalp mig, om Aftenen da han kom fik han Haschi det var noget han kunde tygge Æg og brunede Kartofler det smagte han var meget velfornøjet, han var paa Lundsgaard hos Allerup; men Georg kunde ikke friste ham til at blive Søndag og spise Haresteg med, han rejste hjem Lørdag, og alle vi andre blev saa bedte med at spise Grossereren kom med en rød Lilie til Junge. Jeg gav hende om Morgenen en Kurv pyntet med Vinløv Blommer Graapærer, og 2 dejlige [ord mangler] Allerup han havde sendt hjem til mig med Eckardt. Det var dejligt at høre Breve, dit med de smaa Støvler kom jo om Lørdagaften og blev meget vel modtaget. Der er ingen Amerikabreve kommen endnu, en Fru Balvig havde talt om at de maaske blev i Amerika Vinteren eller en Deel deraf, men her er intet hørt i disse Dage plukker Gartner Petersen Johannes Æbler og lægger op, han kom selv og tilbød og Junge og jeg slog til for ingen af os saa os i stand til at faa det gjort. Nu i forgaars kom herigjen et Kort fra Frøken Eriksen med Tak fordi hun maa faa de 50 Pund saa vilde hun have ligesaa mange Pund Madæbler saa faar [ulæseligt ord]; men det maa være til Marie kommer, det sidste Hø har staaet paa to Læs i Gaarden og jeg har været meget bekymret for det meget Mandskab skal der til Tordne og lyne og regne gjorde det forgangen Nat; men nu var det tørret af igjen saa er Brødrene Hinke og Agraren i Færd med at hjælpe Far Larsen, saa snart jeg saa Jens paa Læsset fik jeg Lyst at skrive, nu skal jeg ud at see hvor langt de er naaet, det ene Læs er paa Loftet og det andet for Indgangen med Jens paa, Jaah det skal nok gaa Fru Larsen. I Onsdagsaftes kom Fru Goldschint med lille Ina som gaar hos mig medens de andre er paa Lundsgaard men hun gaar og passer sig selv med den lille Gedebuk morer hun sig saa godt saa har hun 3 smaa Penge i en Pung, som hun lægger i en Spand, hun er sød og det holder ved til de kommer tilbage. Saa nu Høet er i Huus er min Bekymring for Sildene der var mange forleden Dag de fik Mejers til en Krone, men nu maa Faer til Havnen for ellers bliver det vist ikke til noget. Nu er de færdige saa mangler der kun nogle Stakkelevninger som skal køres hjem og lægges ovenpaa Hæsset som staaer ved Møllen og dem kan Faer selv hente – naa nu er I nok kjed af al min Snak; Selskab paa Aftenkaffe skal der være Søndag aften hos Agrarens mens Dis er her Dede kommer og Doktor Hvid med Søster hun bad nu kun [ulæseligt ord] fra Lundsgaard om bruge Ovnen her i Morgen, Allerup skal ogsaa med nu kommer Brev med Aftentoget saa faar jeg nok et lille Brev i morgen Aften fra Eder nu kom jeg tilbage i det med Skriveriet men saa faar I noget mere næste Gang; jeg skal ud at lave til Aftensmad for vi fik kun Flæsk og Æbler og Kaffe i Middags
+Nu er det Skumring saa Farvel alle 3 Børn hilser jeg saa kjærlig vi ere raske Gud ske Lov
+Eders trofaste Moer</t>
+  </si>
+  <si>
+    <t>Wilhelm Branner
+- Branner, gamle fru
+- Frandsen
+- Galway
+- Holstein, Frk.
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Elisabeth Mackie
+William Mackie
+Ellen  Sawyer
+Harris Sawyer
+- Wiengaard</t>
+  </si>
+  <si>
+    <t>Alhed og Joh. Larsen besøgte familien Mackie i Boston i efteråret 1907. Elisabeth Mackie (Putte) er født 11. sept. 1905. Det må være hendes toårs fødselsdag, man har fejret. 
+Under USA-turen sidst i august og først i september 1907 rejste Alhed og Johannes Larsen på vildmarkstur i Maine og op til den canadiske grænse.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2267</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fi5a</t>
+  </si>
+  <si>
+    <t>[Den eller de første sider af brevet mangler]
+i et Bur af Billy; et hæklet fint Sengetæppe med rødt Satin under af Fr. Frandsen, Smaa Ting af Wiengaard, en Vogn af Puf han havde købt for en dansk Kr., han fik vexlet. De er begge saa forfærdelig søde mod Putte og leger Timevis med hende. Men nu faar Du vel selv Breve om alt muligt derfra. Hvilken mageløs Tid de har haft i Maine! Las begejstret han malede og tog Sketches. Eastman er kommen hjem igen fra deres Ferie. Billy havde en Aften mens de var ene bedt Fr. Frandsen ud at være hos Børnene for at Frøken Galway kunde tage med ham og Fields ind at spise i Byen og see dem om bagefter. Fields var ogsaa en Aften kommen ned til Fr. Galway for at opmuntre hende; hun var der jo 14 Dage alene og Barnepigen gik sin Vej midt i!! Alhed er saa brillant til at organisere Arbejdet for deres nye unge Barnepige kan hun sætte endog Chr. i Arbejde! (fortalte Frk. B. i Gaar jeg var der en Visit) og hun hjælper saa meget Selv – som jo rimeligt er. Det skulde være morsomt at faa et Brevkort om Fødselsdagen og om Du har hørt fra Boston. Paa Søndag rejser Tutte hjem Wilhelms var her et Øjeblik hos i Gaar hos hans Mor, for at lykønske ham til d. 26de. Jeg faldt i en lang interessant Passiar med Ellen og gamle Fru Branner om [ulæseligt] og andre Ting. Der er rart at Damerne var nylig bedt der synes Frøken Holst. Jeg havde i forrige Uge Elle Tutte og Nina [ulæseligt] til Middag og var begge Aftner med dem i Kgl. Teater og jeg gav The. Muligt jeg har skrevet dette, - Titte fik en kasse Hedvin og andet for sit Excem paa Hænderne og Løftet om Helbredelse paa et Par Maaneder; Du ved hos den kloge Kone i Lund. 
+Nu er det bleven Middag; vi spiser 5½ nu, en dejlig Tid, saa længe mellem Frokosten Kl. 12 til at bestille alle Slags. 
+Mange kærlige Hilsener kære, søde Johanne! Gud give Aaret maa blive godt og ikke bringe Eder nogle Penge Forlegenheder i større Grad!
+Mor.
+I Onsdags kom Kancelliraaden en Visit, det var meget morsomt. Han havde været her forgæves en Gang. Jeg vil senere hen bede ham til en Whist med [ulæseligt] og [ulæseligt], naar denne er hjemme igen.
+Wilhelm Larsen er født 14/7 1874</t>
+  </si>
+  <si>
+    <t>1907-09-21</t>
+  </si>
+  <si>
+    <t>Sagasvej 10</t>
+  </si>
+  <si>
+    <t>Helvius Abel
+Ellen Brønsted
+Louise Brønsted
+Johanne Caspersen
+Adolph Larsen
+Alhed Larsen
+Johannes Larsen
+Vilhelmine  Larsen
+- Stockmar
+Alma -, Stuepige
+Andreas Warberg
+Conrad Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warberg flyttede efter mandens død til København. Hun forærede i årene derefter meget husgeråd, linned mv. til sine børn. Laura flyttede fra en stor husstand med mange børn, tjenestefolk osv. til en lejlighed. 
+En Alma var i huset hos Alhed og Johannes Larsen 1906-1907. Det kan være den samme Alma, som fortsatte i huset hos Alheds søster, Louise Brønsted, da Alhed og Johannes Larsen rejste flere måneder til USA i 1907. 
+Det er vanskeligt ar vide, hvem "Tanterne og Onklerne" var. Muligvis Tante Mis/Wilhelmine Berg, Ludvig og Emil Brandstrup m.fl. 
+Albrecht Warberg døde 30. september 1902, og han blev begravet på Hillerslev kirkegård på Fyn. Kransen må være til hans grav.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2272</t>
+  </si>
+  <si>
+    <t>Laura Warberg skal have familiemedlemmer til en stor middag. 
+Hun glæder sig til at begynde at komme i Læseforeningen.
+Laura W skriver en del om lagner, sokker, duge mv. Hun ved ikke længere, hvor mange lagner hun har. 
+Laura W skal bestille krans til kirkegården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wftc</t>
+  </si>
+  <si>
+    <t>Sagasvej 10 2 d. 21/9 – 07
+Kære Johanne!
+Til Lykke med Fødselsdagen som jeg vil haabe maa blive ligesaa vellykket som Agrarens. Det var morsomt at høre om den; Pakken kom for lidt siden, mens jeg sad og skrev til Astrid, saa nu faar hun Dit Brev sendt, saa bliver hun glad. Jeg skal nok købe Garn, saa kan Sokkerne blive Fødselsdagsgave til Agraren! naar de en Gang ka [flere ord ulæselige] har Karen travlt med Læsning. De følgende 5 Dage faar vi desuden grulig ja rædselsfuldt travlt med Rengøring Afsending af Dedes Bøger og Møbler; Tæppet paa o s v. og saa paa Torsdag en efter vore Forhold større Middag; Tanterne og Onklerne in Plena; Tante Hanne rejser hjem i Morgen 8 Dage efter en vellykket Tid og Tur herind. I Onsdags var hun og jeg i Birkerød og nede i Haven, som Tante var meget imponeret af. Vi tager lille Bes herind fra i Morgen tidlig til paa Mandag Form; det kan ikke træffe uheldigere for os, men Muk skal af med Alma paa Søndag, den nye kommer Tirsdag eftm vil have Gulvene ferniseret. [Ulæseligt ord] skal til Kaffe imens. Du maa endelig ikke skrive hertil om at det ikke passer os med Bes, det var Synd, Muk læser jo alle Breve her. Dede kommer i Morgen Aften, rejser vel igen Søndag Aften. Han var pa Glorup i Søndags og med Conne hos Abels om Aftenen. – Jeg glæder mig meget til at faa min egen Stue og Møbler. Nu skal jeg rigtig til at nyde Livet, meget i Læseforeningen, der ligger nu alle de nyeste Bøger; og jeg skal have Kort til flere Slags Foredrag, først om ”Jordens Udviklingshistorie”. – Frøken Bol[ulæseligt]g har skrevet hjem at Las &amp;amp; Be bliver derovre foreløbig ind i Vinteren; mon det er rigtigt? Jeg havde haabet at høre meget herom af Dig, naar Pakken kom. Det ene Par Lagner uden Navn med en smal Søm er ganske vist dem jeg laa i i Kærbyhus, altsaa Fru Larsens, jeg skal sende dem sammen med Sokkerne og Dine sorte Strømper, som jeg har i Gang. De to Duge er Alheds, det er min vældig store lange gamle Dug, som jeg klippede igennem og gav hende for et Par Aar siden. Jeg synes der skal være en stribet Dug ret lang, men det haster ikke. Jeg husker slet ikke hvor mange Par Lagner Du fik, men er der flere ser Du det jo efterhaanden. Jeg veed med Skam at melde ikke mere hvor mange Par jeg har da jeg jo efterhaanden har skilt mig ved en Del. Alheds Duge kan ligge her til videre. – Nu skal jeg ud at bestille en Krands og faae sendt af til Graven inden d: 30te. Jeg tør intet extra have til i Morgen, tænk hver en Bog skal i Hænderne! I Aften skal jeg ind i Pensionatet og spille en Whist med Fru Stockmarr og Søstrene. Jeg har haft et langt Brev fra Christine, jeg sender det til Astrid. Putte fik en Masse Gaver til sin Fødselsdag, en Kanariefugl 
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1907-10-10</t>
+  </si>
+  <si>
+    <t>Emil Opffer</t>
+  </si>
+  <si>
+    <t>Brookline</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+- Møller USA</t>
+  </si>
+  <si>
+    <t>Johannes og Alhed Larsen er sammen med sønnerne Andreas og Johan på en rejse til USA fra maj til december 1907. Målet er i første omgang Boston, Massachusetts, hvor Alheds søster Christine boede med sin amerikanske mand, lægen William Mackie. Johs. Larsen opholdt sig også 14 dage i New York i forbindelse med sin udstilling på bladet "Dansk-Amerikaneren", og sammen med Alhed tog han på en vildmandstur ved den canadiske grænse. 
+Brooklyn er en by i Norfolk County, Massachusetts, USA, der støder op til byen Boston. Her blev præsident John F. Kennedy født 29/5-1917.
+Johannes Larsen besøger det zoologiske museum på det nærliggende Harvard Universitet i Massachusetts, men også dette zoologiske museum i New York. 
+D.A.S.: Formodes at være Dansk Amerikansk Selskab
+Kilde:
+Porsmose, E.: Johannes Larsen. Menneske, kunstner og naturoplever. Gyldendal, 1999.</t>
+  </si>
+  <si>
+    <t>Det kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver til sin ven redaktør Opffer (se denne) vedrørende forberedelser til en udstilling af Larsen billeder i New York. 
+En henvendelse til en kunsthandler i Boston har ikke givet noget resultat, og Johannes Larsen beslutter sig for at benytte sig af redaktør Opffers tilbud om en mere prisbillig og moderat version i bladet "Dansk-Amerikaneren"s lokaler.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dMQC</t>
+  </si>
+  <si>
+    <t>Brookline 10 Octbr 1907.
+Kære Redaktør Opffer
+Tak for Deres elskværdige Brev og for Aviserne. Ja det er omtrent hvad jeg skriver det for. Forøvrigt spekulerer jeg stærkt på hvad jeg skal og hvordan jeg skal, med andre Ord jeg er ikke rigtigt klar over Situationen. Jeg kan ikke godt lave Udstilling baade her og i New York, men oprigtig talt er jeg blevet slemt svalet, siden jeg for et Par Dage siden viste den Kunsthandler her, (som jeg havde talt med om Udstillingen) mine Billeder og talte nærmere med ham. Jeg er sikker på at komme af med en Del Penge og desværre vist lige saa sikker paa ikke at sælge noget. Tror De det vil være bedre i N.Y.? Tror De vi kunde sætte Billederne op paa Deres
+Kontorvægge med Tegnestifter? Rammer er saa Satans dyre her og jeg kan jo ikke føre det Ragelse med hjem. Jeg har lavet en halv Snes Aquareller, 4 Oljeskitser, 2 store Oljebilleder og et halvt Hundrede smaa Tegninger og Vandfarveskitser her, desuden har min Kone malet 7-8 Billeder herovre. Hvad er det med D.A.S.? Tror De, der kan laves noget med det? men det skal der vel Rammer til, og det skulde der vel helst laves en større Udstilling ud af, mere noget i Retning af en Eliteudstilling. Jeg kommer rimeligvis og snakker med Dem og tager nogle Billeder med først i næste Uge. Jeg glæder mig til at se den zoologiske Have. Hils Robert Møller .
+Deres hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1907-10-17</t>
+  </si>
+  <si>
+    <t>New York</t>
+  </si>
+  <si>
+    <t>Roald Amundsen
+Andreas Larsen
+Johan Larsen
+Christine  Mackie
+William Mackie
+Emil Opffer
+- Randal</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen med børn er i USA for at besøge Alheds søstre. Mens Alhed og drengene blev i Boston hos hendes søster Christine og manden William (Billy) Mackie, tog Johannes Larsen 14 dage til New York, hvor vennen Emil Opffer arrangerede en udstilling af Larsens billeder i kontoret på bladet Dansk-Amerikaneren, som Opffer var redaktør for. Det var også Opffer, der arrangerede, at Larsen skulle male et portræt af Roald Amundsen. 
+Subway &amp;amp; Elevation = Undergrundstog og højbanetog.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har hørt Roald Amundsen holde foredrag i New York, og Opffer arrangerede, at Larsen skulle male Amundsen. Larsen mødtes med ham på Amundsens hotel, men billedet blev i første omgang noget skidt. 
+Der er nærmest ingen dansk-amerikanere, der interesserer sig for Larsens billeder - kun en kaptajn fra Kolding - og hans forhåbninger er på nulpunktet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FKrV</t>
+  </si>
+  <si>
+    <t>New York City 17 Octbr 1907.
+Kæreste Alhed!
+I Aftes var vi saa henne at høre Amundsen, vi kom det meste af en Time for tidlig og benyttede saa Tiden til at gaa en Tur ned ad Broadway, pragtfuldt. For Foredraget præsenterede Opffer mig for Amundsens Impresario Hr Randal og fortalte ham at jeg gerne vilde male A og blev saa tilsagt at møde Kl. 9 paa Waldorph Astoria Hotel vistnok det største og flotteste her i Byen. Dejligt Vejr i Morges. Vi var oppe Kl 6 tog først ind paa Kontoret og hentede Sagerne. O vilde saa sende mig ind til A. alene men jeg fik ham dog med, skønt vi kom en Time forsent var Impressarioen ikke oppe og A væk, vi ventede, O fik Øje paa A og lidt efter kom den anden ned. Jeg blev saa tilsagt Kl. 3. Amundsen er meget elskværdig og ser godt ud, men jeg lavede noget frygteligt Skidt, skal forsøge at faa noget ud af det i Mrg. Jeg er efterhaanden bleven præsenteret for en hel Del dansk Amerikanere men har hidtil ikke truffet nogen der interesserede sig for min Virksomhed, undtagen en Kaptain fra Kolding der kom op paa Kontoret for at sige Farvel til O. han var meget ked af at han ikke kunde faa Tid at se mine Ting og kørte med i Sporvogn og sad og saa Skitzebogen da jeg kørte til Amundsen. Der kom en amerikansk Nordpolsfarer op og snakkede med Am. mens jeg malede ham. Jeg sender her Din Artikel den er ikke saa kort endda. Tak Billy mange Gange for hans Brev, det er dog rørende som han tager sig af smaa Sager. Bare der maatte være lidt Held med det, mine Forhaabninger er under 0. Jeg er nu temmelig orienteret her og kan køre alene i Subway &amp;amp; Elevation fra den ene Ende af Byen til den anden. Hils Børnene fra mig og kys dem mange Gange. Jeg længes efter Jer alle 3. Hils Billy og Christina.
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1907-10-20</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Lille Kærbyhus</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Thora  Branner
+Ellen Brønsted
+Louise Brønsted
+Alfred Goldschmidt
+Gudmund Hatt
+Th Hatt
+Alhed Larsen
+Johannes Larsen
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Erik Warberg Larsen blev født 30. marts 1907.
+Alhed og Johannes Larsen og deres børn var i USA. De kom hjem i december 1907.
+Astrid Goldschmidt-Warberg må have været kæreste med den omtalte "elskelige Peter", inden hun giftede sig med Alfred Goldschmidt. Det vides ikke, hvem Peter var.
+Lille Jes var muligvis en hund. 
+Det vides ikke, hvem Karen, Kristiansen og Fru R var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2274</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen må snart komme hjem. Laura Warberg gruer for deres sørejse.
+Laura Warberg skriver en del om dyner, puder mv. Louise Brønsted vil sende Johanne børnetøj. 
+Astrid har fortalt, at hun skal skilles. Det er forventeligt, for Alfred er en stor egoist.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i6iH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Til Johanne Warberg Larsen
+Lille Kærbyhus
+Kjerteminde
+[I brevet:]
+Søndag d:20de Oktober.
+Kære Johanne!
+Det var rart at høre lidt om Eder gennem Astrid. Jeg kan tænke mig hvor sød og kær lille Erik er og glæder mig til at se ham i Julen; jeg har spurgt Alhed, om de vil have mig i Julen. Nu maa de vist snart komme hjem; Zuluen mente de vilde rejse derfra 4 Uger efter ham, det bliver d:31te Oktober. Bare de saa slipper hjem uden for mange Storme! Jeg faar nok en slem Tid mens de er undervejs. I Gaar var jeg i Birkerød hele Dagen: Fru R tog frem hvad hun har af Sengeklæder; hun kan kun undvære en gammel gulstribet Underdyne, der absolut maa have nyt Vaar, samt 3 Stykker Madras, der maa stoppes om hos en Sadelmager, Tøjet er godt Lærred og 2 Skraamadrasser. Du køber vel Jærnseng til Pigen saa kan den jo bruges, Du veed en Madras i 3 Stykker. Du maa saa grumme gærne faa min tilovers Underdyne, Karen bruger nemlig ingen; men andet har jeg desværre ikke at undvære. Hvordan faar Du saa Overdyner og Puder? Af Lagner har jeg heller ingen at undvære. Det bliver dejligt naar Du faar en Pige! Jeg var glad ved at have hvilet det Par Dage, havde bedt Hatt, [ulæseligt ord] og Tutte til Middag om Torsdagen, meget vellykket; Muk i godt Humør og raskere end hun længe har været. Hun vil sende alt det til Dig i Morgen, ogsaa hvad hun har af smaat Tøj til lille Erik. Astrid fortalte mig om hvad der forestaar og jeg har længe tænkt mig at Skilsmissen var kun et ”Tidsspørgsmaal”. Det er meget sørgeligt især for de søde Børn; men som det var kunde det jo umuligt blive ved. Putte vilde gaa helt til Grunde; der er jo ikke Spor af Forstaaelse mellem dem; Alfred er jo en stor Egoist, der intet vil ofre af sit eget, derfor er han ogsaa et stakkels ensomt Menneske som ingen bryder sig om uden hans Familie. Ulykkeligt at han skulde krydse hendes Vej og ødelægge Forholdet med den elskelige Peter! – Nu skal jeg snart have Kancelliraaden bedt herhen en Aften. Alhed naaede ikke at besøge ham. Jeg har haft en meget travl Uge bl.a. med at sy i Haanden en hel Hundeseng til lille Jes; Kjole Trøje af rødbrunt Flonel med hvide Bændler – Forklæde, hvide Bukser, strikke et Par Strømpebukser; af Tutte fik jeg Sko og Støvler der blev forsaalet og var som nye; Galocher, Underlig, jeg købte mørkeblaa Gamacher; Muk var i Byen i Gaar og Kl. 3½ modtog vi hende paa Banegaarden med den elegante Jes, Muk vidste intet om det og var meget henrykt. Bes var mere end tarvelig udstyret forud. En sund Hud havde hun dog. I Dag er Kristiansen der for at tage endelig Bestemmelse om hvordan der skal bygges om og lappes paa det gamle Hus. 
+[Her slutter brevet]</t>
+  </si>
+  <si>
+    <t>1907-11-03</t>
+  </si>
+  <si>
+    <t>William Bath
+- Johnson
+- Møller USA
+Emil Opffer</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i New York. Han har udstillet i kontorerne til bladet Dansk-Amerikaneren, hvis redaktør, Emil Opffer, er en gammel bekendt. Alhed Larsen og børnene var imens hos hendes søster, Christine Mackie (f. Warberg) i Boston.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har bedt hr. Bath om at skaffe ham billetter til hjemturen fra USA med skibet United States.
+Det har været et voldsomt regnvejr i New York, og det var flot.
+Den følgende dag vil Larsen pakke, og han og Alhed ses om aftenen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SGjh</t>
+  </si>
+  <si>
+    <t>Søndag Morgen 3 Nov. 1907
+Kæreste Alhed!
+Jeg bad saa Hr. Bath i Gaar om at skaffe os Billetter til ”United States” den 21 Nov. hvad han lovede at gøre. Han skulde netop ud til Generalkonsul Johnson som er Selskabets Agent her og vilde saa bestille dem og gøre sig Umage for at vi faar en god Køjeplads. Han sagde at han vilde se om han ikke kunde skaffe os en [ordet indsat over linjen] udvendig Kahyt med 4 Køjer for samme Pris som vi kom herover for. Der vil ikke blive saa fuldt af Mennesker paa dette Skib som paa Tütgen. Det var et ganske forfærdeligt Regnvejr i gaar, særlig i Gaar Aftes saa det godt ud. Jeg var med Opffer ude at gøre Indkøb. Gaderne lignede Søer hvor Vandet løb henover. Til Mrg er det kønt Solskin igen. Vi skal over paa den anden Side Floden i Frdg. der hvor vi ikke kom sidste Søndag fordi Møller og vi stod og ventede paa hinanden i 1 ½ Time paa forskellige Steder. I Eftermiddag skal vi paa Museer og i Morg pakker jeg Sagerne sammen og saa ser Du mig rimeligvis i Mrg Aften.
+Mange Hilsner og Kys
+Din 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>April 1908</t>
+  </si>
+  <si>
+    <t>Mogens Ballin
+Viggo Brandt
+Ludvig Find
+Jens Hostrup-Schultz
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Christian Møller, maler
+- Sporon
+Peter Sus
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København, og hun har Andreas (Puf) med. 
+Christine og Laura Warberg rejste sammen til Boston, USA.
+Det er uklart, om Birch er den person, som havde med salget af Larsen-familiens svenske ejendomme at gøre. Og det er uklart, hvilken auktion der er tale om, ligesom det er svært at afgøre, hvorfor Sporon m.fl. tilsyneladende skylder Larsen-familien penge.</t>
+  </si>
+  <si>
+    <t>Auktionen gik elendigt, og Johannes Larsen har kun solgt lidt. Alhed Larsen har været rundt hos flere personer i København for at få penge.
+Alhed spørger, om Johannes Larsen skal låne Maler Møllers billede(r) og de døde fugle.
+Det var slemt at sende dem afsted (hvem?)
+Ludvig Find og Mogens Ballin har givet gode råd om litografier.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w8yb</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Jeg er knusende ked af det som det gaar med de Penge, jeg begriber ikke hvad Du gør ved den Birch. Auktionen var elendig, der var næsten ingen Folk. Af Dine blev der kun solgt Hønen 25 Kr (!) og de to Ræve à 10 Kr! altsaa 45 Kr. og naar Procenterne trækkes fra bliver det jo meget mindre. Jeg havde bedt Sporon betale Brandt Pengene og jeg maatte hente dem i Dag. Christine fulgte vi i Frihavnen Kl. 11, Skibet sejlede 1 ½. Jeg kørte direkte til den fri Udst. men maatte vente paa Brandt til Kl. 3 ½! Han havde ingen Penge faaet af Sporon og havde ingen. Og nu er [ordet overstreget] var det for sent at gaa til Sporon, der gaar fra Kontoret Kl. 3. Jeg blev meget ked af det, kan Du tro. Jeg [ordet overstreget] I Morgen er det mig umuligt at faa fat i dem, da vi skal til Malmø fra Morgenstunden, men det vilde jo ogsaa være for sent og ikke nok saa jeg haaber, Du har kunnet gøre Udvej hos Din Far. Lidt af dem maa jeg ogsaa beholde, de 10 Kr. er næsten brugt op. Det er en skidt Relighed. – Hostrup Schultz har jeg forsøgt at træffe men forgæves, prøver igen nu om lidt. Torsdag Morgen gaar jeg til Sus. – Jeg husker ikke, om Du vilde laane de døde Fugle + Maler Møllers hjem i alle Tilfælde, Svar derpaa. – Jeg har Hovedpine af al den Sindsbevægelse i Dag, det var fælt at sende dem af Sted. Jeg har talt i Dag med Find og Ballin, de gav forskellige gode Raad m.H.t. Lithografier, men det maa jeg hellere gemme til jeg kommer hjem. Lille Puf fik desværre noget Hoste paa Rejsen, men er ellers rask, saa hele Hellig Olaf. 1000 Hilsner og Kys til Dig og Lysse
+Din A.
+sluttet i Hast</t>
+  </si>
+  <si>
+    <t>1908-05-07</t>
+  </si>
+  <si>
+    <t>Boston
+244 Columbia Road</t>
+  </si>
+  <si>
+    <t>Laura Balslev, f. Leth
+Louise Brønsted
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Amanda Heinesen
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Ellen  Sawyer
+Harris Sawyer
+Cid Smedberg
+Christine Swane
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt indledte et forhold til Cid, mens hun var gift med Alfred Goldschmidt. Det vides ikke, hvad Cids familie hed. 
+Warberg-familien kendte flere, der hed Peter, så det kan ikke afgøres, hvem den omtalte var. 
+De omtalte fotografier fandtes ikke sammen med brevet. 
+Chr. Branner var muligvis et medlem af Thora Branners mands familie (Thora var Alhed Larsens søster).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Astrid W-G til Laura Warberg, 1908-05-07, 2424</t>
+  </si>
+  <si>
+    <t>Det glæder Astrid, at Laura Warberg er kommet godt frem til USA. 
+Astrid har haft en dejlig rejse til Sverige. Hun er spændt på at høre, hvad moderen mener om hendes forhold til Cid. Hun sender fotos fra Dalarne. 
+Astrid har tilstået overfor Alfred, at hun er kæreste med Cid. Hans familie har taget godt imod hende. 
+Børnene tog godt imod Astrid, da hun kom hjem. 
+Johanne/Junge har ingen pige i huset, og Adolf/Agraren slider i det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NjCc</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+244 Columbiaroad
+Dorchester
+Boston
+(Mass.)
+U.S.A.
+[Ukendt har noteret på forsiden:] ”Kerteminde 7/5 – 1908”
+[I brevet:]
+Kerteminde 7/5 – 08.
+Kære Mor! Rigtignok ved jeg ikke, om det er min lovbefalede Skrivedag i Dag – men nu sover Børnene – Middagsopvadskningen er tilendebragt både hist og her – dvs - både hos Junge, hvor jeg har vadsked og hos Uglen, hvor jeg kan lave – do – Totoget kom i dette Øjeblik, så man er i behagelig god Tid – den jeg da vil benytte til lidt Skriveri; vi har allerede fået tre interessante Breve fra Dig – to til Be og 1 til Mornine – og et er nok undervejs til mig – via Birkerød, hvor Mornine endnu er, medens hendes Brev kom hertil (i går d 5de), vi sender det i Dag sammen med vores egne. Vi er alle så glade over, at den ækle Rejse nu er overstået – og at Du er lykkelig i Havn hos den søde Ellefamilie. Herovre har vi det meget godt – men længes alle ubeskriveligt efter lidt Bedring i Vejret – Kulde og ufremkommeligt Føre har vi haft nu i lange Tider; det er så så kedeligt og så besværligt – navnlig m.H.t. Ungerne. Men blot man har Kræfter og godt Humør, så er det hele jo ingen Sag. Jeg kom Hjem i Lørdags 2den Maj [”2den Maj” indsat over linjen] – fra min dejlige Rejse, som virkelig har gjort Underværker – jeg er så frisk og stærk som ikke i lange Tider – og mere glad end jeg har været i mange År. For Resten er jeg noget spændt på at se, hvad Du har sagt til mit Brev fra Dalarne – om Du blev meget overrasket – og da i hvilken Retning? men jeg tænker bestemt at høre fra Dig desangående; egentlig nærer jeg ikke megen Tvivl om, at Du vil billige Foretagendet; Du har jo selv set Cid, og har vist også tænkt Dig Muligheden af, at han og jeg passede for hinanden. Og hvad angår mit tidligere Livs Ubestandighed – ja, så tænker jeg nok, at den betegner et tilbagelagt Stadium. Jo mere man har prøvet, jo større bliver jo også ens Kompetence til at afgøre, om det nye er godt. Og her råder sandelig ingen Tvivl. Jeg sender Dig vedlagt nogle Billeder, som Cid tog deroppe. Den unge Pige er Datteren i Gården, hun lånte mig sin Dragt; vi er taget i Gården, hvor jeg boede; Jeg synes, de er både nydelige og morsomme; synes Du ikke, at jeg ligner Dig forbavsende på Billedet med Svalegangen?
+Jeg havde en udmærket Hjemrejse – (havde imidlertid skreven og tilstået alt for Alfred – mHt, hvor jeg var, da han nemlig i Påsken havde ytret Tvivl til Be om at jeg var hos Peter, som vi først havde sagt.) Cids Mor tog imod mig på Banegården i Malmø, førte mig til en Kafé og bespiste mig kongeligt medens jeg uafbrudt fortalte om alt deroppefra. Hele hans Familie synes at være mig venlig stemt og holder åbenbart af mig. En Søster sendte mig en henrivende Bluse til Fødselsdagen – og Moren gav mig et Sølvarmbånd, da jeg rejste fra Malmø. 
+Nå, jeg havde kun en lille Times Ophold – tog så med 9 Færgen – og nåede rigelig ½ 1 Toget i Kjøbenhavn. De søde Unger blev begge meget glade over at se mig – men var jo forøvrigt gnavne og skrøbelige endnu efter Influenzaen. Amanda gled samme Aften – og nemt er det ingenlunde for mig at passe dem, men ved Hjælp af de erhvervede Kæmpekræfter går det jo dog. 
+Vi rejser til Birkerød den 15de ds, og der har Lugge fæstet en 15 Års Pige til mig, så det bliver jo storartet; jeg skal også sy en Masse i Sommer. Det går ret godt for Junge uden Pige – Karl har de jo heller ikke – og hyggeligere er det i alle Tilfælde. Agraren slider forfærdeligt og er mager – men begge i godt Humør og det er jo Hovedsagen. Tænk hvilken Sorg med Chr. Branners Død, vi har været så betagede derover. At Rimses Mor døde pludselig af Hjerteslag ved Du vel også. 
+Nu må Ungerne straks være der, så skal jeg hen at bespise dem. Derfor mange Hilsner fra os alle her – til Jer alle fra Din
+Putte</t>
+  </si>
+  <si>
+    <t>1908-06-29</t>
+  </si>
+  <si>
+    <t>East Andover USA</t>
+  </si>
+  <si>
+    <t>Birkerød
+Tornehave</t>
+  </si>
+  <si>
+    <t>Ingeborg Abrahams
+- Bryantt
+Grete Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Brønsted
+Peter Oluf Brønsted
+Alfred Goldschmidt
+Ina  Goldschmidt
+Mikkel Hindhede
+Grethe Jungstedt
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+William Mackie
+Ellen  Sawyer
+Harris Sawyer
+Cid Smedberg
+Ernst Zeuthen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen besøgte i 1907 Alheds to søstre i og udenfor Boston. 
+Ansøgningen, der muligvis ikke var bevilget, var en ansøgning om skilsmisse. Dette fremgår af andre breve fra perioden. 
+Det vides ikke, hvad det var, Ellen var så "forelsket" i.
+Fru Ths identitet kendes ikke. 
+Warberg-familien kendte flere, der hed Boysen, så det vides ikke, hvem Fru Boysen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid 1908-06-29, B 2409</t>
+  </si>
+  <si>
+    <t>Det undrer Laura Warberg, at Ingeborg vil komme på besøg med de rædsomme børn. 
+Det er dejligt, at Cids forældre kan lide Astrid, og at Cid ikke har gjort musikken til sit levebrød. 
+Laura m.fl. har været på udflugt til Mount Kearsarge. Hun har besøgt to familier. Den ene, Bryants, har et pensionat. Konen er sjusket, men huset pænt. En datter skal giftes.
+Johannes Larsen besteg året i forvejen Monut Kearsage og var begejstret. Laura fandt turen meget hård og varm.
+Ellen og Harris har en båd, men Laura kan ikke lide at sejle. Huset, som de bor i, er meget primitivt, og de må hente vand ved en bæk. Der er rotter og mange myg. 
+Laura og Ellen taler sjældent sammen. 
+I en butik ville Laura købe brød, men købmanden forstod ikke hendes engelsk og viste hende tallerkner. 
+Laura og familien lever tarveligt af lette madretter. Hun har hjemve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O4ll</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt.
+”Tornehave”
+Birkerød
+via København
+Danmark 
+[Håndskrevet på kuvertens bagside:]
+East Andover d: 29/6 -
+N.H. 
+U.S.A
+Poststempel
+[I brevet:]
+East Andover d: 29/6 – 08
+Kære lille Putte!
+Nu har jeg faaet 2 lange og interessante Breve fra Dig, siden jeg skrev til Dig! men Du og Muk er jo lige gode om dem jeg sender. Hvilken trist ja rædsom Pinse Du dog holdt! Hvad vil da ogsaa Ingeborg der med sine Børn! og Alfred, jeg forstaar ikke, at han kan lide de Besøg, naar han kan see Børnene paa anden Maade. Naar jeg igen faaer Brev fra Eder saa er der vel noget om at Du forhaabentlig ikke har faaet Din Ansøgning bevilliget. Hvor er jeg dog glad over, at lille Sjums er bedre den kære lille Unge! Men veed hun slet ikke noget om hvem Bedstemor er! Det er mageløst for Dig lille Putte at Cids Forældre holder af Dig og at Du her bliver paaskønnet. Jeg kan da saa godt forstaae, at Cid ikke kunde have Hjærte til at gøre en saadan [ulæseligt]; ved at tvinge igennem sin Musik som Levebrød! Det var han ogsaa selv kommen til at fortryde. Nu kan han jo i en sikker og god Stilling drive den con amore. Saadan skulde Ernst Zeuthen have ! i Stedet for nu at blive en middelmaadig Kunstner, hans Forældre maa ernære nu han er snart 30 Aar. Han maa skamme sig! Det er rigtignok sjælden Du faaer Brev! Hvilken Afstand det er! Gud veed om ikke alle Forhold deroppe i Nordland for en stor Del er som her; I hele denne Del af Mass. lever der kun ganske faa Mennesker; smaa bitte Landsbyer som denne og ind imellem Huse hist og her – Vi var i Lørdags en Køretur paa stive 3 danske Mil til et Bjærg ”Kearsarge” 3,300 Fod højt; en smuk Tur Bjærge, Skove, Søer, en lille Flod og fra Toppen af Kearsarge - tusind Maal, en vidunderlig Udsigt for hvem der aldrig har set lignende; ikke andet end Bjærge saa langt Øjet saae med og uden Skov, smaa Søer hist og her. Vi var 3½ Timer om Turen dertil Hestene maatte puste. Lidt efter de høje og lidt stejle Bakker, alle undtagen jeg stod af de var alle saa omhyggelige for mig især [ulæseligt] selv, mange Plask [ulæseligt ord] og ned i Søen med 3 Børn som var med; Konen Datter og en Læge, en dannet og ret fin lille Kone, Manden er en slet og ret Bonde fra Maine, har ikke en Gang været paa en Højskole. Fru Th.’s Forældre ejede Stedet og hun selv er født der og vil ogsaa dø der; meget almindeligt her at en Gaard – det er ikke just en Farm, for Korn dyrkes ikke her – ejes af Slægt efter Slægt; ligeledes at Mand og Kone staaer paa et meget forskelligt Trin af Dannelse og Opdragelse: men de er nok saa glade og lykkelige. Huset er fint og flot møbleret; deres Passion er at samle paa gammelt Porcelæn hvoraf de har Kasser. De er meget velhavende. Gud veed hvordan de faaet deres Rigdomme X ! En anden Familie lige ved er en Bryantt, Fruen er rar og hjælpsom, har været mageløs flink mod dem her i de 5 Aar de jævnt hen har boet i hendes Sommerpensionat. Vi boede der 3 Dage til vores eget Hus var i Stand. Hendes Mand er Lokomotivfører langt Syd paa i Virginia, har kun en Maaned Ferie om Aaret at være her i. De har en voxen Datter, hun er Lærerinde i en Skole her i Nærheden, spiller Klaver (slem Musik!!) er rigtig fin og pæn, er forlovet med en slet og ret Bondekarl, som er ved at faae et Mælkeudsalg eller Fællesmejeri vel snarere og saa skal de giftes. Han er en flink og rar ung mand. Der er et pænt Hus med fine Møbler, Tæpper o s v., men Mrs. Bryant selv er aldrig klædt om, gaaer Dagen lang i en gl. Morgenkjole og et snavset laset stort Forklæde. Ja den Søndag vi var der, havde hun en f lys Kjole paa. – ”Kearsarge” var Las og Billy oppe paa i Fjor. 
+[Skrevet langs sidens venstre kant:]
+X Ja enhver ejer Skov her, men de er helt ukultiverede; 
+[Herefter på næste side:]
+Elle siger Las var meget begejstret Vi var godt 1½ Time om at gaae op; naturligvis kørte vi langt op ad Bjærget; Bakker i det uendelige. Jeg var lige ved at opgive Opstigelsen paa Grund af den bagende Solhede, en meget varm Dag og Kl. godt 1, altsaa Solen lige over os: Men jeg vilde jo grulig gærne helt op, og det viste sig at den sidste Halvdel af Vejen var ret ["ret" indsat over linjen] skyggefuld om end mere stejl og vanskelig; de sidste 5-6 Minuters Gang udelukkende store mere eller mindre glatte Kampesten!! Manden ofrede sig helt for at hjælpe mig paa de værste Steder – Vi ser Bjerget fra Bryants, der har en vidunderlig Udsigt fra deres Hus til en ret stor og dejlig Sø med smukke Skove helt rundt om. Der er en Baad som de roer i – Elle og East – jeg var med en Aften, men jeg nyder det ikke; jeg er bange de skal vippe den lille Baad over og det er et meget ubekvemt Sæde. Her er en lille bitte Kirke; Præsten er slet og ret Arbejder og han kører rundt med Post en Gang om Dagen!! Ja den Fordel er her frem for i Nordland, Vores Hus er lige ved Skoven og her er flere store høje Træer lige udenfor, saa vi tager Maaltiderne Morgen og Aften i Skygge derude. Men Udsigt har vi slet ikke. Her er meget primitivt, og vi maa hente alt Vand ca. 4 Minuters Vej herfra i en Bæk; Brønden her er i Uorden, East skulde have haft noget med til at desinficere Vandet, da han i Fredags kom fra Boston, men han havde ikke haft Tid!!! de 5 Dage han var der. Vi har 2 Blikspande at hente i, Elle tager Broderparten men jeg henter en Del ogsaa. Vadsken er ogsaa i Uorden saa jeg maa bære alt Opvadskvand gennem en Slags Bryggers og over Gaarden i store [ulæseligt ord] her, og i Nat har Rotterne lagt deres Visitkort i en Skaal i Spisekamret, de har hidtil ikke vist sig, fordi her var saa vældig [ulæseligt ord] inden vi kom. Huset er uhyre gammelt, store Huller i Gulv og Vægge, Træhuse som alle herovre. Jeg er alt andet end begejstret for denne Menage XX, jeg er for gammel til at nyde Landliv paa Bekostning af al mulig Hygge og Komfort. Ja, vor eneste Stue er pæn og heldigvis ret kølig; jeg sidder her om Eftermiddagen og syr, kan umulig sidde ude for de Masser af Myg. Mens vi spiser om Aftenen har vi stukken hver 2 rygende Pinde i Haaret, noget der jager dem bort; eller vi stiller en Del i en Flaske paa Bordet. Det er meget varmt og i Nat havde vi et vældigt Tordenvejr. Jeg tænkte igen paa Dig lille Putte, hvor maa det have været en forfærdelig Nat for Dig med alle de Børn! Du havde dem da nede lige ved Døren? Hvor X
+[Skrevet langs sidens højre kant:]
+X grusom forfærdelig ved Tanken om at skulde være her en Maaned endnu. [Indsætning slut]
+I ellers maa have det yndigt nu i Tornehave! Jeg kunde akkurat sætte mig ind i Havens Udseende nu efter Din gode beskrivelse. Jeg lever næsten kun for at skrive og faae Breve; det er meget sjældent at Elle og jeg faar os en god Passiar, det er som om vi var ubevidst bange for at komme ind paa det store brændende Spørgsmaal, hun har ikke ændret sine Anskuelser en eneste Smule, er ligesaa forelsket i [ulæseligt ord] som Du skriver og mener ikke at hun (Elle) har gjort noget som helst eller rettere undladt at gøre noget, der kan bebrejdes hende. Jeg har en rasende Hjemve efter Eder alle og lever for Tiden i en rasende Spænding for hvad det bliver til, om Chr. kommer eller ikke. Var meget skuffet da der ikke kom Brev fra Liverpool. Jeg faar jo ellers en herlig Mængde Breve, 4 forrige Torsdag. Elle siger jeg skal fortælle, hvordan det gik mig en Dag i Butiken,_ der tillige er Posthus_!! en rigtig Fedtebutik. Jeg bad meget tydeligt om ”one loaf of white bread ” – et Franskbrød til 10 Cents – Købmanden spurgte først om jeg skulde have et Dusin; jeg blev meget forbauset og sagde igen ”one”. Efter han havde spekuleret lidt, førte han mig op ad en støvet Trappe til deres Lager, jeg mere og mere forbauset – der viste han mig nogle - Tallerkner!! – Plate! Bryants morede sig kosteligt over det. – Siden har jeg ikke dristet mig til at gaae derned alene og handle. Om lidt gaaer vi alle tre derned med Breve og hører efter Breve. – I et Sogn nær ved var der et Aar kun et skolepligtigt Barn!! Men Telefon er der i hvert lille Hus her paa Egnen!! Vi har ogsaa desuden den Slags der kimer i det uendelige naar alle andre bruger den; forskellig Ringning. Ingen bruger Hat her af de Indfødte. Elle har endelig i dag funden en Drenge=Straahat – hvid – og foræret mig den og pyntet den med en hvid [ulæseligt ord] Sløjfe. Jeg laante en rædsom hvid linned Bøllehat til Turen i Lørdags. – Vejene er rædselsfulde, ca ½ Mil. Stor Tørke oven i! – Nu ikke mere! 
+Vi lever meget tarveligt, jeg savner min Hindhede Kogebog. Kun de 3 Dage om Ugen East er her faaer vi Kød og endda kun lidt; ellers meget lette Retter, vi befinder os vel ved det og giver saadan dejlig nem Opvadskning. Havregrød og Kaffe om Morgenen; Middag Kl. 12½ Aften – koldt – Kl. 7 og The. Her er rasende varmt; jeg har kun Uldtrøje, Korset og Kjole, Benklæder og Strømper!! – Jeg taaler godt nok Varmen; men gaaer aldrig ud om Dagen naar jeg kan undgaae det. Allerede Kl. 7 om Morgenen naar jeg gaar ca. 5 Minuters Gang at hente Mælk i en lille Blikspand er det hedt. Grete skulde egentlig hente, men jeg kan ikke nænne, hun skal saa tidligt op. Elle laver al Maden, jeg holder mere af at tage Opvadskning og Rengøring og andet. Nu har I vel Jeres Datter hjemme igen, og nu er der snart kun 14 Dage til lille Muk faaer Ferie! Hvilken herlig Tid I saa faaer! Du skriver at til Vinter skal Du være Enefugl, men Barnepigen beholder I da?? Til 4 Børn? Nu maa jeg nok til at holde op, har skrevet langt lignende Brev til Alhed og Frøken Boysen skulde gærne have lidt ogsaa, har nylig faaet fra hende med et godt Portræt. Det var saa morsomt at faae de 2 Breve fra Alhed og Muk fra Kerteminde! Endnu en Gang en varm Tak for Dine Breve lille Putte! 
+Kærlige Hilsener til Eder allesammen fra Mor.</t>
+  </si>
+  <si>
+    <t>1908-07-23</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Møllebakken</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Christian  Brandstrup
+Mogens Brandstrup
+Grethe Jungstedt
+Charlotte Knipschildt
+Elisabeth Mackie
+William Mackie
+Marie -, pige i huset hos Christine Mackie USA
+Ellen  Sawyer
+- Sawyer, Harris' far
+- Schwensen
+- Ward</t>
+  </si>
+  <si>
+    <t>Både Ellen Sawyer og Christine Mackie (begge f. Warberg) boede nogle år i Boston. Christine rejste hjem til Danmark, da hun blev skilt fra William/Billy Mackie. Ellen Sawer blev i 1911 enke og rejste derefter hjem. 
+En lokalitet i Brooklyn hedder Winthrop.
+Gl. Elisabeth var muligvis William Mackies mor. Det vides ikke, hvem Mrs. Folsan, Lawrence og Laura Warbergs kusine var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2648</t>
+  </si>
+  <si>
+    <t>William/Billy er meget vægelsindet. Han vil gerne gøre alt godt for at undgå skilsmisse. 
+Laura spørger sin bror, Christian, om hun skal købe en ville til Christine m.fl. Hun, Laura, tager Christines sølvtøj med hjem. Mrs. Ward er ked af, at Christine forlader USA. Der er flyttet rundt på alt i Christine og Billys hus. 
+Laura er sløv af varmen.
+Andreas/Dede har sendt Laura regnskab. Han vil handle hendes obligationer.
+Flyttemanden er betalt, men man fik ingen kvittering.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v71G</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Christine Mackie
+Villa Be
+Kerteminde Fyn
+Danmark
+[Håndskrevet i brevet:]
+Brookline d: 23/7 – 08 
+Kære Christine!
+Jeg har aldrig kendt et saa vægelsindet Mandfolk som Billy! Da han [ulæseligt ord] til East A. i Lørdags, talte Elle meget med ham, han fortalte at han havde skrevet og bedt Dig komme tilbage, at han troede Du vilde komme, at hans sidste Ord til Dig var at komme saa snart Du kunde. Elle fik udmærket Indtryk af, at han var ked af det men alligevel blev Skilsmisse! her senere var han igen i et andet Sind, og [ulæselige ord] han her og han sagde det samme til mig saa har han alligevel talt helt roligt om Skilsmissen, beder saa meget om han maa have Tid til at betænke sig, han vil gøre alt saa godt som han kan, men veed endnu ikke hvordan. Jeg tænker han vil afvente gl. Elisabeths Ankomst og see om hun giver ham Penge. Jeg skal tale med Onkel Christian om det kunde betale sig at købe en Villa til Eder saa vilde han sende nogle Penge og laane Resten i en Bank hjemme; vil gærne selv i Forbindelse med en Bank. Han har kun 6,500 Dollars tilbage af de 10000 sagde han. Resten er brugt. Hvis han kan beholde Villaen her, vil han helst. Der er tale om, at jeg skal have Dit Sølvtøj med hjem. Jeg raadede ham at lade Dig faa en Del Kakler sendt herfra, da Fragten er saa ringe, men han lader til at være bange de skal lide for meget. Som sagt, han er meget vægelsindet. I Morgen kommer vist Elle, det kan være hun kan faae lidt mere bestemt Besked hos ham. Han er rigtig opmærksom og rar mod mig og det er ret behageligt at ligge paa den lade Side en lille Tid. Jeg var i Gaar en lang Visit hos Mrs. Ward, hun blev meget bedrøvet over at Du ikke kommer mere; havde netop talt med Mrs. Folsan om at de skulde have Dig til at accompagnere til Vinter Hun vilde skrive til Dig. I Aften skal jeg hos gl. Sawyers, i Morgen til [ulæseligt ord] Kl. 1 til [ulæseligt ord], paa Lørdag Aften til Lawrenses, der boer Frøken Faukner! Hendes bedste Patient er nylig død og nu kan hun ikke leve her mere vil enten hjem eller til en Tante i Kalifornien. – Paa Mandag tænker jeg vi skal til [ulæseligt ord] i Wintrop har de gl. Marked, Elle skal med. Billy er endelig gaaet med paa at lade mig komme der. Jeg har bedt ham spørge dem om de vil have noget med hjem til Putte. Jeg haaber at kunne have hendes Dukkeseng. Billy vil ogsaa sende noget. Her er helt flyttet om. Marie har faaet de hvide Møbler og den ene Seng. B har den anden i det lille Værelse; der er et nyt Skab med Skuffer til Fugle og et andet mindre til de udstoppede. Der sover jeg nu og han faar Chaiselongen, jeg har tilbudt at sove der, men det vil han ikke have; Eastman er i Sovekamret, der staaer den lille Seng som nu skal slaaes ud til Elle og saa Grete i Puttes. – Jeg længes efter Rejsedagen skal afsted Tirsdag Morgen Kl. 7 herfra. Marie har været med mig i Byen i [ulæseligt]anavest, jeg vilde have mig en [ulæseligt ord] til at bruge paa Skibet. Sidder her i Biblioteket iført den; det er en meget varm Dag; 88⁰. Den er sort med lilla Blomster, kostede 1, 75; tyndt Stof. Marie købte nogle Ting til Søstrene hjemme; det var svært for mig at gaae alle de mange Ting forbi uden at kunne tage noget med hjem, men det vilde jo være urimelig at begynde paa, naar jeg veed jeg er saa fattig. Jeg faaer nok ca. 10 Dollars ialt af Billy, naar Du saa faaer dem af mig saa siger han Du skal ikke have Penge før til Oktober. – I Dag fik jeg et langt Brev fra Berta, meget indholdsrigt; ogsaa fra Mogens. Jeg vil have Brev afsted i Dag ogsaa til Charlotte Kn. og min Kusine [ulæseligt]yrna, har slet ikke skreven til dem her; de skal dog vide at jeg er ved at rejse hjem og hvorfor. Men dem ser jeg jo ikke for det første. – Dette er et meget kedeligt Brev; som ikke indeholder ret meget, men jeg er noget sløv af Turen i den grulige Varme; de Butiker her er jo ogsaa rædselsfulde, lumre. I skal faae Brev fra [ulæseligt ord]; haaber jo sikkert at kunne være lidt hos Dede.
+Kærlige Hilsener til Eder allesammen fra Mor.
+_Fredag Morgen_
+I Gaar fik jeg det ventede Brev fra Dede, et meget langt og interessant om alle hans Affærer. Han er meget tilfreds med det hele. Af hans Regnskab for mine Penge ser jeg at naar Laanesedlen er betalt, har jeg ca. 300 Kr, men Frøken Schwensen har jo intet faaet; vel? Hun har naturligvis som sædvanlig ingen Regning sendt. Jeg troer jeg vil sende hende f. Ex. 125 Kr. pr Post, saa faaer jeg Kvittering, men vær dog saa sød at skrive 2 Ord paa et Brevkort til hende [”til hende” indsat over linjen] og faae at vide om hun er der og sig hende at Dede vil sende Pengene. Du behøver jo ikke at fortælle jeg kommer hjem. Dede skriver at Flyttemanden ikke er betalt, men det vil jeg nu lade ham vide at han er, jeg skriver et Par Ord paa et Kort og takker ham for Brevet. Jeg husker Du skrev, Du betalte Flyttemanden men fik ikke Kvittering fordi Du ikke saae ham mere. Han skal ikke have Penge igen før alt er paa Plads igen til Foraaret. – Dede skriver, at der er vunden 80 Kr. paa en af mine Obligationer, for nylig [”for nylig” indsat over linjen] samt at han vil sælge dem alle og faae andre, derved vil mine [”mine” overstreget] jeg vinde en hel Del. Altsaa behøver jeg ikke at see altfor sort paa Pengesagerne. – Jeg er [ulæseligt ord] Fr. Schwensen frygter for en større Regning af Elles Sager, derfor vil jeg komme hende i Forkøbet og sende hvad jeg kan tænke mig jeg saa skylder hende.</t>
+  </si>
+  <si>
+    <t>1908-07-25</t>
+  </si>
+  <si>
+    <t>Johanne Caspersen</t>
+  </si>
+  <si>
+    <t>Snøde</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Leif Berg
+Wilhelmine Berg
+Christian Caspersen
+Emmy Caspersen
+Poul Caspersen
+William Mackie
+Ellen  Sawyer
+Harris Sawyer
+Hans Selmer
+Johanne  Selmer</t>
+  </si>
+  <si>
+    <t>Historien om William Mackies utroskab og løgne omtales også i 1908-06-05, Laura Warberg til Christine Mackie.
+Laura Warberg opholdt sig i juli 1908 i Boston, og Christine Mackie samt datteren var hjemme i Danmark. 
+Det vides ikke, hvem Frk. Smith var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2656</t>
+  </si>
+  <si>
+    <t>Johanne Caspersen spørger, om Christine har hørt fra USA/William Mackie. William burde skamme sig. Han har blandt andet sagt til Elle(n), at Christine har tigget om at komme hjem til ham igen. Måske er hans opførsel amerikansk - ikke at kunne skelne ret fra uret. Det er godt, at Laura Warberg kommer hjem nu. Hun har haft megen ærgrelse. Og godt at Christine kommer ud af forholdet.
+Emmy er en dejlig pige. Det er skønt for Poul, at han har mødt hende.
+Fru Selmer er pludselig død.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8Omc</t>
+  </si>
+  <si>
+    <t>Snøde den 25de Juli 1908
+Kære Christine, du har vel slet intet hørt endnu fra Amerika, vi længes nu meget, og det maa have været en lang og meget spændende Tid for dig at gaa og vente paa Svar. Forresten skulde man jo tro, at det vilde samle gloende Kul paa hans Hoved, meget af det du skrev i det mindste, dersom han da griber i sin egen Barm og tænker paa, at han har gaaet og sagt til Elle, som din Moder skrev, at du havde bedt om at komme tilbage!!
+En [et overstreget bogstav] ærekær Mand maatte jo rødme og skamme sig i sit Inderste, men han maa jo være underlig i saa mange Retninger. Maaske det ogsaa er amerikansk! Eastman maa jo have noget lignende, de kunne ikke skælne Ret fra Uret, efter Alt hvad jeg kan forstaa. At alt dette maatte være din Natur ganske gruligt imod, det begriber jeg nu, men jeg har aldrig tænkt mig det kunde være saa galt med deres Moral. Vi havde Brev fra Moderen i Forgaars, og hun skriver jo nu hun kommer hjem! jeg føler en uhyre Lettelse ved den Tanke, hun trænger gruligt til at komme tilbage. Jeg har saa bitterlig ondt af hende saa meget hun har lidt af Harme og Ærgrelse og Sorg siden vi saaes ved Afrejsen, og saa ikke at have eet Menneske at omtale den til!! gruligt, især for hende. Ak, om det dog snart var ordnet Altsammen min kære Pige. Meget i denne Sag maa jo have aabenbaret sig for dig som en Lettelse at komme ud af det Hele, som du end har været bunden mere end du masske selv vidste eller troede. Hvad man kæmper sig til, bliver altid en Værdi for os, selv om det ikke bliver fuldt det man havde haabet paa.
+I længes vel efter at høre noget om Emmy. Vi er meget indtaget i hende, baade Christian, Mis og vi Alle. Hun er sød naturlig og beskeden, og som det lader en flink dygtig Pige. Christian er som I kan tænke altid parat til at gøre Sjov med hende. De første Dage forstod hun det ikke ret, men nu er hun med. De to Unge er meget glade for hinanden, og de nyder deres Ferie. Hun er meget flittig hjemme kan vi nok forstaa, syer alt sit Tøj selv, hele Redeligheden, er hos sin gifte Broder og hjælper der i Huset, og saa har hun fint Broderi at sy som hun tjener noget, eller rettere en Del ved, saa det er flinkt gjort. Det er godt for Poul at han faar en flink Kone med et Par raske Hænder, og saa er hun tilmed meget kvindelig og saa god [ulæseligt ord].
+Paa Mandag kommer Frøken Smith, saa er vi en stor Familie, Mis med Børnene, Poul og Emmy, Frk Smith og saa vi to gamle.
+Ved du Fru Selmer er død? pludselig, blev begravet for 14 Dage siden, en stor Sorg, ogsaa for ham, nu mærker han hvad hun var for ham, han ser medtaget ud af Sorgen. 
+Ja, nu ikke mere kære Dinne, hils dem Alle; Mis hilser jer ogsaa,
+Tante. 
+[Indsat s. 1, øverst, på hovedet:] Die besten Grüsse, wann sehen wir uns wohl wider? Dein P.C.
+Fünf [ulæseligt ord] Grüssen von mir - [ulæseligt ord] Emmy.</t>
+  </si>
+  <si>
+    <t>1909-02-16</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Erik Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Marie Larsen
+Elisabeth Mackie
+Christine Swane
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen boede i Benediktsgade 3 hos Nils Andersen.
+Alhed og Johannes Larsen var i USA i 1907, for bl.a. at besøge to af Alheds søstre, som boede i Boston. Alheds søster, Christine Mackie, er åbenbart i Danmark lige nu, da hendes datter er nævnt i brevet.
+Bagerbutikken i Langegade var blevet udlejet fra d. 1.2 1909. (Brev 1909-01)
+Det er uvist, hvem Rigmor og Jørgensen er.</t>
+  </si>
+  <si>
+    <t>Det kniber med, at skaffe penge til, at betale for hospitalsopholdet i Odense. Johannes Larsen har fået solgt nogle billeder og skal deltage i en forårsudstilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Yay0</t>
+  </si>
+  <si>
+    <t>Bennediktsgade den 16/2
+Kjære Johannes!
+Nu kom det, hvad jeg havde ventet saalænge, dette blev bragt Fader i dag med Anmodning som du seer, at give mig det, det er saadan at Forvalteren maa aflægge Maanedsregnskab
+Kommer du ikke selv herud kjære, ellers maa I sørge for at sende mig Penge Fader mener ikke vi kan møde med mindre end 60 Kr da der betales forud, havde vi nu blot de Penge fra Bageren saa var vi fri for at plage Eder men det lod jo paa Georg som der skal gaa Salær fra, men det mener Faer ikke er rimelig og vil afvente Svaret fra Sagføreren
+Saa er I til Gilde i Aften hos Syberg og morer Eder vel godt. Vi nyder endnu Glæden over Alheds Brev jo Gud Fader er rigtignok god jeg er jublende glad, at du faar saadan Udbytte af din Amerika Reise; men er det ikke nogen der skulde paa Udstillingen; men du har maaske betinget dig Tilladelse, at de udstilles til Foraaret, det er jo helt flot at der kan staa solgt; Faer er meget oprømt ogsaa hvad Alhed skrev om Møllen gjorde ham godt, ja Gud give dog Fremgang for den kjære Fader ogsaa i timelig Henseende han ligger da nu daglig og glæder sig, at vi blev paa Folkestuen hvad spares der dog ikke
+Indlagte Brev kom i dag lad Pigebørnene læse Rigmors Brev, ja I maa ogsaa godt læse det, vi har godt af at se, hvad andre ogsaa maa lide
+Idag da jeg besøgte Faer kom et Par unge Piger med Blomster til alle Pasienterne det var Emaus Kirkens Ungdoms Forening der var saa hæftet en Seddel ved, med et Skriftsprog
+Hils dog lille Lysse og ønsk ham god Bedring hils ogsaa Puf og de andre 2 smaa Tinge og Putte jeg gaar min daglige Vandring omkring i Husene hos Eder hils ogsaa Agraren det er dog mærkelig siger Faer at Agraren ikke kan skrive mig til, hele hans Færd ligger mig dog saadan paa Sinde
+Tak fordi han talte med Jørgensen om Møllen og Tak fordi du tog fat i Hr Bøttern han maa holde det Løfte at lade Halvdelen male hos Faer; nu er jeg saa træt at jeg maa sige god Nat og de kjærligste Hilsener til Eder Alle fra Moer og Faer</t>
+  </si>
+  <si>
+    <t>1910-09-13</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Theodor Oppermann
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 27</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft sender Mads Rasmussen sin indledning til kataloget for Faaborg Museum. Han tilføjer, at det er en vanskelig sag - og et stort arbejde at skrive sådan en "Indledning". Han håber, Mads Rasmussen vil være fornøjet med arbejdet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tUWC</t>
+  </si>
+  <si>
+    <t>Stormgade 25. II 
+13/9 10
+Herr Fabrikant Rasmussen!
+Herved har jeg Fornøjelsen at sende Dem min Indledning. Om den bør have den Titel, jeg har skrevet paa Omslaget, eller der ikke bør staa blot Faaborg Museum er jeg ikke vis paa. Hvad mener nu De?
+Jeg kan ikke sige Dem andet end at det er en vanskelig Ting at skrive en saadan "Indledning". Der er meget, man skal sige, og adskilligt, man gærne vilde sige ved en saadan Lejlighed, og noget maa lades usagt.
+Jeg har arbejdet meget dermed, har haft den færdig, ja renskrevet én Gang, og har saa atter begyndt forfra. Men nu har jeg paa Fölelsen, at i hvert Fald jeg ikke kan gjøre det stort bedre eller anderledes, hvis dens Omfang skal holdes indenfor snævrere Grænser. 
+Gid De maa være fornøjet med mit Arbejde! Jeg ved ikke, om De billiger, hvad jeg har skrevet om Kunstnernes Imødekommenhed overfor Museet, særligt Antydningen i pekuniær Retning. Hvis de ikke synes derom - det forekommer mig, at De én Gang udtalte Ønsket om, at ogsaa dette Forhold skulde betones - kan det vist udgaa, dog næppe uden at Stedet omredigeres, og jeg maa da have Manuskriptet igen. Ellers vil jeg lade Dem sende det direkte til Aamodt. 
+Ja, jeg er nu altsaa færdig med det, jeg kalder for "Arbejdet" var Kataloget. Selvfølgelig foretager jeg mig Korrektur og Tilsyn med Trykning og Anbringelse af Clichéerne.
+Skulde de ønske det, er jeg ogsaa villig til at tage til Faaborg en Dag og konferere Kataloget med Museets Billeder.
+Oppermann, med hvem jeg har talt i Dag og bl. an. vist Manuskriptet, meente ikke, at Zahrtmanns[Sxxxxx] vilde gaa i højere Pris end 2 à 3000 Kr.
+Med venlig Hilsen
+Deres ærb. forb
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>1910-10-24</t>
+  </si>
+  <si>
+    <t>Maren Margrethe Frölich</t>
+  </si>
+  <si>
+    <t>USA
+Santa Barbara</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Otto Fröhlich
+Anesine Frölich
+Vilhelmine  Larsen
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Maren Margrethe Frölich henviser til Christine Swanes deltagelse i Kunstnernes Efterårsudstilling på Charlottenborg i 1909.
+Moster Mine er Vilhelmine Larsen</t>
+  </si>
+  <si>
+    <t>Maren Margrethe Frölich skriver til Christine Swane i forbindelse med Vilhelmine Larsens død. Christine Swane skal giftes med Sigurd Swane.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6xDY</t>
+  </si>
+  <si>
+    <t>Santa Barbara Oct 24th 1910
+℅ Mrs Wm Burling
+9 West Victoria Street 
+Min kjære Christine.
+Igaar kom dit brev med den sørgelig medelse at din elskede Moder er gaaet herfra. Ja det gjør mig forfærdelig ondt at höre og jeg er saa meget bedrövet at jeg kunde ikke komme til Danmark at faa hende at se.
+Det syndes mig altid at kunde jeg faa Moster Mine at se at det var næsten at faa min egen Moder at se igen, men jeg havde haft saadane frygtelige udgifter i Paris med to operationer og mit ophold for næsten 3 aar at jeg kunde ikke se min vei for at komme til Danmark og saa faa penge til at komme til Californien igen.
+Nu med denne 3 operation har jeg hadt at gaa i geld ogsaa maa jeg laane penge for mit ophold denne vinter, fordi min læge siger at jeg bliver ikke stærk nok til at arbejde intil næste foraar.
+Det gaar bædere nu for tiden men jeg kan ikke indnu sitte op hele dagen. Ja det ser rigtig mørkt ud for mig kan du tro med mit svage helbred naar jeg maa jo tjene mit daglig brød
+Jeg er glad ved at høre at du skal gifte dig med en kunstner og haaber at du vil bliver lykkelig Det maa jo være en stor glæde for dig at din kjære Moder fik Herr Swane at kende og at hun holdte af ham
+Moster Mine skrev mig at du hafte hat udstilling i Kjøbenhavn sidste foraar – hvordan gik det fig du nogenting soldt? Ja det venter jeg paa at blive rask nok til at holde udstilling in San Francisco – jeg havde tænkt mig at jeg kunne komme dertil dette efteraar – men nu maa det jo vente til jeg bliver rask – hvis jeg nogen sinde bliver rask. Du skal have mange tak fordi du skrev til mig. – Nu er der jo kun den kjære Onkel Christian som er tilbage som kjente min far og mor – og jeg er meget bange for at jeg faar ham aldrig at se.
+Det maa jo være en stor sorg for ham at Moster Mine er gaaet herfra – og for eder alle.
+Med kjærlige hilsner til alle dine søskende og kjærlige hilsner til dig selv
+Din hengivende Maren Margrethe</t>
+  </si>
+  <si>
+    <t>1911-08-06</t>
+  </si>
+  <si>
+    <t>Oline -
+Laurentius Allerup
+Julie Brandt
+Thora  Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Jørgen -, Erikshaab
+Adam Goldschmidt
+Ina  Goldschmidt
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+William Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Christine Swane
+Sigurd  Swane
+Hempel Syberg
+Marie Tom-Petersen
+Peter Tom-Petersen
+Ida Vett
+Andreas Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Alheds kælenavn var Be. Derfor kalder hendes mor huset på Møllebakken for Villa Be. 
+Alheds søster, Ellen Sawyer, flyttede fra Boston hjem til Danmark, da hendes mand døde. Christine Mackie blev skilt og flyttede også til Danmark. 
+Det vides ikke med sikkerhed, hvem Jørgen var, men muligvis ham, der arbejdede på Erikshaab i 1898. 
+”5” i øverste venstre hjørne er en fejl, idet dette er side 6 i brevet.
+Det vides ikke, hvem Wilhelm, Amanda og Kelnerfruen var. 
+Madien var Johannes Nicolaus Brønsteds kælenavn.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0237</t>
+  </si>
+  <si>
+    <t>Laura Warberg er ked af, at hun ikke har fået brev fra Astrid længe. Laura har lånt penge af Paludan til døtrenes rejse fra USA til Danmark. Hun er spændt på at høre, om Ellen bliver i Danmark. Louise Brønsted synes, at Ellen og datteren skal bo hos dem den første tid, og Laura vil indlogere sig på kroen. 
+Alhed og Johannes Larsen samt børnene er på cykeltur rundt i Jylland, og Laura passer imens huset. Tom-Petersen har været på ferie i Kerteminde.
+Adolph Larsen har fået en fin høst, og Johanne tjener godt på sin musik, så de vil sende 50 kr. til Ellens rejse. Laura betaler også. Alhed og Johannes Larsen skal have Ellen og Grethe boende og bør derfor ikke betale til billetten. 
+Johanne er nervøs pga. mange gæster, og hun vil gerne på ferie. 
+Christine og Sigurd Swane har lejet deres bolig ud, mens de selv er ude at rejse. 
+Johanne og Adolphs pige i huset har sagt op. Det er de glade for.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qVOG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmö
+Skåne
+[På kuvertens bagside:]
+Poststempel.
+[I brevet:]
+Villa Be d:6/8 – 11
+Kære Astrid!
+Det er mig en Gaade, at Du slet ikke lader høre fra Dig! Jeg har slet ikke haft Brev fra Dig siden Dit første efter Eastmans’ Død. Nu er jeg snart bange for, der er Sygdom eller andet galt paa Færde hos Eder. Du plejer jo ellers at være saa grumme expedit til at skrive. Elles Brev fik jeg med et Par Ord fra Lugge i Gaar; hun nævner intet om Dig. Jeg har nu laant 500 Kr. hos Pal og vilde have sendt dem i Dag til Billy, men saa faldt det Christine ind at han lægger Pengene ud til Elles rejse i Stedet for at sende til Christine. Det er akkurat for to Maaneder til hende. I Dag har jeg begyndt at vente Svar fra Elle paa vore første Breve, men det kommer næppe før Tirsdag. Du skal nok strax faae et Kort eller Brevet. Det bliver meget spændende at høre hvad hun tænker sig om Fremtiden: blive her eller sejle over igen. Midt i August er de 4 Uger gaaet, som hun skriver der vist vilde gaae, før de kunde rejse. Mulig hun efter det kommer før vi tænker det. Lugge skriver, at hun synes de skal absolut komme til København først og være hos dem, til L. skal paa Fødehjem. Jeg skulde være der ogsaa og der har Elle jo Adgang ogsaa til Dig og Thora, skriver Lugge - Første September rejser jeg i hvert Fald til Ta[ulæseligt]have. – Kommer Elle og Grethe der, saa har jeg tænkt at ligge om Natten i Birkerød Kro og gaae ned om Morgenen E. og G. skal have Gæstekamret vi maa jo gøre alt for at de kan have det bedst. Ligge i Stue paaa en Sofa er nu saa grulig ubekvemt, saa vil jeg hellere betale den Smule i Kroen eller maaske der er et Højskolehjem. Men derom senere. Lugge vilde skrive meget indtrængende til Elle om det. Tager hun over England, er der jo Ruten over Holland, den tog de sidste Gang altsaa Hamborg Warnemünde Gedser. – Las’s rejste alle fire i Tirsdags til Jylland, pr. Bane til Vejle, sejlede gennem Greisdalen til Jelling, saa Gravhøjene m.m. der, Drengene henrykte over alting. Cyklede i Torsdags til Brædstrup, havde telefoneret til Dede, som modtog dem flot og gæstfrit; først Svaledrikke i hans Stue; Kl. 7 flot Aftensmad paa Hotellet; saa Drengene i Seng og de andre en dejlig Tur. X Drak Kaffe sammen næste Morgen, sludrede en Times tid og cyklede en smuk Tur til Rye Kro ved Himmelbjerget; derfra videre til Viborg, mere ved jeg ikke, men vist Skagen. De bad mig om at ligge her om Natten og være her saa meget som muligt. Det er jeg ogsaa næsten hele Dagen. Johanne spiller jo saa meget, der er saa varmt af Masser af Fluer, Børnene er jo heller ikke af de letteste; her er saa roligt, køligt og hverken Børn eller Fluer. I Dag er det Bibbes Fødselsdag, hun har faaet en Smule Legetøj, ellers tager man ikke Notits af Dagen. J. er i Pavillonen at spille. Jeg har været der et Par Gange, det er jo køn Musik. Christine løser imellem af. Derimod er her en Luftgynge, som plager hele Byen med en rædsom Musik fra 4-10! Her er uhyre mange fremmede i Byen som aldrig før, alt er fuldt. Toms var saa glade ved at være 14 Dage hos Alhed, gav 3 Kr. laante af Ellen Branner havde 14 Dage paa Højskolehjem, var begejstrede for Ugen; Wilhelm en Uge. I Dag har Agraren faaet Rugen ind udmærket. Om vi nu beholder godt Vejr skal alt det [”5” skrevet i øverste venstre hjørne] andet Korn høstes paa Kraft; alt er modent og tegner brillant. De venter sig meget af Høsten Johanne spiller jo mange Penge ind. De vil bidrage 50 Kr. til Elles Rejse; jeg giver Halvparten, 250 Kr., men Las’s skulde jo nødig spændes alt for haardt for, naar de dog vil have dem hele Vinteren. Nu skal Madiens ikke koste Lugges Rejse til Amerika næste Sommer, saa vi haaber de vil give klækkeligt Tilskud – Egentlig skulde der jo have været skreven rundt om de hver især vilde bidrage til Rejsen, men vi brændte naturligvis efter at lade Elle faae et Ord hurtigst muligt, og tænk hvor hun og Grethe er bleven glade og lettede ved Udsigten til Rejsen. 
+Jørgen [oven over linien er skrevet en ulæselig forkortelse] er i Besøg hos Agraren nogle Dage, derefter kommer Pan. Det er for meget for J. med Gæster, hun er meget nervøs. Jeg er slet ingen Hjælp for hende i Aar uden med Sytøj; jeg kan ikke i den Hede tumle med noget, og Børnene er saa vanskelige. Men alt det maa Du da ikke skrive hertil om. Nu har hendes Elever Ferie undtagen Amanda og Kelnerfruen; de er begge meget flinke. En lille Ferie vil J. gærne have og ned til Ida Vette, Du veed i Faaborg, gid hun kunde faae det ordnet med Hus og Børn imens. Paa Lørdag tænker jeg at tage ned til Onkel S. og blive der ca. Maaneden ud. See saa lille Putte! Nu har Du faaet en lang Sludder! Lad mig nu see Du skriver strax. Svanes er ude at rejse en Maaned; imens boer en Broder til Allerup med Familie der og giver 100 Kr. Naar de kommer hjem, haaber jeg de kan have Erik og Agraren kan spise Middag der, saa kan Pigerne nok have Bibbe og det andet. Men jeg har endnu ikke talt noget om det! Oline har sagt op, J. og især Agraren er helt glade ved det; nu vil de prøve at faae en, der kan malke. Den lille 12 Aars Barnepige er saa flink. Oline er saa over alle Grændser bandit og kan slet ikke lave Mad; dertil svagelig. Hils og kys de søde smaa Unger fra Bedstemor. 
+[Skrevet langs kanten på s4 (fortsat sætning ved X på siden):]
+derpaa igen Svaledrik hos ham selv. De maatte ikke betale en Øre!
+[Skrevet langs kanten på s7:]
+Nu skal Lugge og Elle have Brev.</t>
+  </si>
+  <si>
+    <t>1911-08-20</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Villa Be</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Adam Goldschmidt
+Ina  Goldschmidt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Georg Larsen
+Johanne Christine Larsen
+Marie Larsen
+Christine  Mackie
+Ellen  Sawyer
+Agnete Swane
+Sigurd  Swane
+Hempel Syberg
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Brevet lå i kuvert sammen med brevet 1911-08-21 Janna Schou til Astrid Warberg-Goldschmidt s.1-4.
+Alhed og Johannes Larsens hus på Møllebakken i Kerteminde blev undertiden kaldt Villa Be. Be var Alheds kælenavn. 
+Harry Eastman Sawyer døde 4/7 1911. Hans enke, Ellen, f. Warberg, og parrets datter rejste derefter fra USA til Danmark. Laura Warbergs rejse til Esbjerg blev formodentlig foretaget, fordi hun skulle møde datteren Ellen og barnebarnet der.
+Fru Grosse er muligvis Georg Larsens hustru, Marie (han blev kaldt Gross, Grossereren mm. i Larsen-familien). 
+Det vides ikke, hvem Anna var. Marie Kærbj. må have været pige i huset.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2629</t>
+  </si>
+  <si>
+    <t>Laura Warberg skriver om rejseplaner, togtider og om, hvem der skal overnatte hvor. 
+Johanne Larsen har fået en pige i huset. Fru Grosse har sagt sin pige op.
+Andreas/Puf Larsen går i skole, og han kan ikke lide sangtimerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IPz0</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Villa Be – Søndag Morgen 7½.
+Kære Astrid! Et lille Kvæk skal Du have om Planerne! Jeg tager med 11 Toget til Esbjerg og haaber at de kommer i Aften eller vel snarere i Morgen sent dertil. Vi vil saa overnatte der, hilser paa Syberg de to Timer i Odense og er her med 6.20 Toget, hvor Alhed vil have Agrarens’ og Christine til Spisning. Jeg tager Brevkort med Udskrift til Dig og Lugge med mig og I faaer et Par Ord med Blyant sendt samme Aften, de kommer. Jeg tænker vi bliver kun faa Dage her vist til Lørdag d: 2_den_. Muk har arrangeret alt, hun vil have, jeg skal ligge i Junges Værelse og denne i Jærnseng paa Loftet. Du har altsaa Sofaen; jeg tager Lagner og Haandklæde [”og Haandklæde” indsat over linjen] med det skulde Du ogsaa. De har vadsket i denne Uge; Anna kom i Søndags: Ja, Du kan faae hendes Brev! – Vejret er grimt og koldt i Dag, men jeg tager 2 Kl. saa kan det alligevel blive en hyggelig Tur. Jeg vil boe paa Højskolehjem eller lignende. Johanne har faaet en Pige til November fra nu af. Marie Kærbj. er sagt op af Fru Grosse, der ikke mere kan holde hende ud. Swanes rejser fra Byen mest for hendes Skyld, saa nu er vi bange for, Marie vil prøve at faae en Plads i Kbh., saa har de hende igen. Johanne tænker en Smule paa at faae Marie til November, det kan jo maaske gaae i Vinter. 
+Ikke Tid til mere, skal have Bad o s v. Vil føje til, hvis der skulde komme noget fra Elle med Posten –
+Kærlige Hilsener!
+Glæder mig til at see Dig lille Putte! Puf gaaer nu i Skole, kun Sangtimer plager ham.
+Kys til Ungerne!
+Bedstemor</t>
+  </si>
+  <si>
+    <t>1911-12-23</t>
+  </si>
+  <si>
+    <t>Mulle -
+Ina  Goldschmidt
+Grethe Jungstedt
+Alhed Larsen
+Christine  Mackie
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>"Haabet" er gården Erikshaab, Warberg-søstrenes og deres brors barndomshjem ved Assens.
+Ellen Sawyer og datteren Grethe flyttede fra USA til Danmark i 1911. Det var således første gang, at Grethe holdt dansk jul. De boede den første tid hos Ellens søster, Alhed Larsen og hendes mand, Johannes Larsen. 
+Det vides ikke, hvem "han" og "det lille nummer" er, men Ellen længtes tilsyneladende efter ham.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1690</t>
+  </si>
+  <si>
+    <t>Der har været stor juletravlhed med kagebagning og madlavning som på Erikshåb i gamle dage. 
+Ellen sender en nål. Hun har ikke illustreret værket (?). Laura Warberg har sendt en pelshue, som lille Gine (Grethe) vil blive glad for. Pigen glæder sig meget til sin første danske jul. 
+Alhed og Ellen sidder og skriver julekort. Ellen har besøgt Christine, som bor så hyggeligt og selv er blevet, som hun var i gamle dage.
+Ellen har ikke hørt fra "ham" i lang tid.
+Alhed ønsker god jul Hun har sendt lidt småting.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IUUd</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan
+Malmø
+Sverige
+[I brevet:]
+Kære lille Bein! Dette for at ønske jer alle en glædelig Jul – men stort mere bliver det så ikke til i Aften, - for vi er lige ved at være lidt møre af Juletravlhed. – Vi er i det til op over begge Øren, akkurat ligesom hjemme på Haabet i gamle Dage, - der er det selvsamme Sving i det, - systematisk Skriden til det, - med br. Kager, Klejner, Vaniljekranse Jødekager, Pråssekage (!) br. Mandler o.sv samt rigtig Mad i væltende Masser. Julen ligger som noget umådeligt stort forude, - man kan slet ikke tænke om bag ved det – den ligger ligesom uden for Tidsbestemmelse, aldeles ligesom i gamle Dage Bare du kom også, men det gør du jo så ikke, kan jeg forstå. – Vi afsendte igår en lille Pakke, som vi da nu håber at I faar. Nålen har været lille Mulles, og den tror jeg da nok, du bliver glad ved. – Men jeg har ellers en rasende ond Samvittighed fordi jeg ikke illustrere Værket, - jeg kunde ikke lille Dis, - jeg er så umådelig klodset til at gøre sådan noget, - og kan så dårlig lide at gøre det så skidt. Sjumse kan jo langt bedre Den har forresten gjort Lykke hvor jeg har læst den. 
+I Aften, da jeg var nede hos Mornine kom der en Pakke fra Mor, hvori den henrivende lille Pelshue befandtes. Nej hvor jeg glæder mig over at lille Gine skal have den – hun bliver h_enr_ykt over den. – for hun er ikke så glad ved Hatten, som de ellers allesammen her siger klæder hende så pænt. Men Huen bliver jo noget ganske andet. Du må nu takke Alfred så meget også, - jeg er umådelig rørt over det. – Lille Gine får nok en Masse dejlige Ting, - hun glæder sig så umådeligt det lille Fæ, - den første rigtige danske Jul, - en "dansk Jul” har jo hele hendes Barndom igennem stået for hende som Idealet af al Herlighed. – Besen og jeg sidder her i den sene Nattetime og skriver til Jul, - bevæbnede med et Fad Knas og en Snaps Solbærrom. Vi er ellers lidt møre, - d.v.s. B. da mest, - men det er jo da af den morsomme Slags Mørhed alligevel. – I Aftes dumpede vi ind hos Mornine midt i en Julebyæ rende Tur og kom til at sidde og more os ved et Bæger Banko og en Cigar. Det gør vi forresten tidt, - der er så umådelig hyggeligt hos Mornine og jeg morer mig altid sådan sammen med hende. Hun er bleven meget mere ligesom hun var hjemme på Håbet i gl. Dage. -
+Ellers er det jo i somme Dele lidt trist, - jeg har ikke hørt fra det lille Nummer i lange Tider, - men det er ligemeget Dis, - jeg er ved at træne mig til at være glad, når jeg tænker på ham, - for eksistere det gør han da og han er jo nok akkurat den jeg tog ham for, - har ikke skuffet mig med sin Personlighed og min Ven for Livstid er han jo også nok og se ham, det gør jeg jo nok igen. 
+Skriv snart. Hils de søde Små 
+ES
+[Skrevet i kanten på s1:] Glædelig Jul lille Bein for jer alle 4, jeg sendte lidt Smaating i Gaar, haa
+[Skrevet i kanten på s 2:] ber de kommer i god Stand. – Hils Alfred og Børnene og Dig selv lille Bein fra din Be</t>
+  </si>
+  <si>
     <t>1912-1927</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
   </si>
   <si>
     <t>Korsør</t>
   </si>
   <si>
     <t>Grethe Jungstedt
 Johannes Larsen
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Alhed Larsen og søsteren Ellen er i Korsør for at hente Ellens datter, Grethe. De sidder og spiser på et hotel.
 Johannes Larsen er sløj. Man spillede bridge, efter at Andreas var rejst.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/qdwD</t>
   </si>
   <si>
     <t>Korsør
 [Skrevet øverst på papiret, lodret:] Elle hilser
 Kære søde Gamle!
 Tak for Brevet! Hermed foreløbig en Lommekam, de udbedte Sager skal kom [”kom” overstreget] blive sendt i Morgen. Elle og jeg er altsaa i Korsør at hente Grethe, den lille, det er en yndig Tur, vi har gaaet og dreven om en Timestid og set paa gamle Huse, nu sidder vi paa ”Korsør” et Hotel og har bestilt Wienerschnitzel og Porter. Elle har inviteret mig til Rejsen, men det fortalte jeg Dig vist. 
 Din Far skal ogsaa have et Par Ord, jeg fik Brev paa Banegaarden i Morges, han har det meget godt, men er sløj efter Sygdommen. Mere med Pakken! 1000 Hilsner. Det var yndigt at have Dig hjemme, vi spillede Bridge bagefter. Kl ½ 10 ringede Forvalteren at han [ordet ”han overstreget og erstattet over linjen af:] Sy [eller Gy] maattte blive til næsten Morgen andet Hold skulde begynde. Han nød sin Middagsmad Ærter og Flæsk og Pandekager Kl. ½ 9!!
 Onsdag Din Mor</t>
+  </si>
+  <si>
+    <t>1912-02-18</t>
+  </si>
+  <si>
+    <t>Mulle -
+Laurentius Allerup
+Edvard Brandes
+Thora  Branner
+Malin   Holmström-Ingers
+I P Jacobsen
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Karl Müenzinger
+Olaf Rude</t>
+  </si>
+  <si>
+    <t>Ellen flyttede i 1911 efter at være blevet enke fra USA til Kerteminde, hvor hun boede hos søsteren Alhed og dennes mand Johannes Larsen. Hun fungerede som en art pige i huset og tilsyneladende også som huslærer for børnene. 
+Hun havde fødselsdag 6. marts.
+Det vides ikke, hvem H.J. og Fru H var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1693</t>
+  </si>
+  <si>
+    <t>Ellen har ikke megen tid til at skrive. Nu sidder hun pga. manglende varme i dagligstuen, hvor børnene leger og spørger, og folk går igennem.
+Molle skal ikke fejre Ellen den 6., for Alhed og Johannes Larsen har planlagt en fest den dag, og så kan hun ikke rejse. 
+J.H. er en hul humbugsmager. Den slags opdrættes ikke i Danmark. Godt, at Astrid fik rystet ham af sig. 
+Vi kvinder er så infamt indrettet, at vi føler tomhed, når vi ikke har én at være optaget af. 
+På vej til Hvilan vil Ellen komme på besøg.
+Alhed og Johannes Larsen kom i aften hjem med Maler Rude, og så blev der holdt fest. 
+Det var rart at være alene otte dage med ungerne. Ellen holdt skole med dem og læste og skrev ellers breve til Karl. Han og hun vil nok kunne få et godt venskab, hvis hun kan komme af med den forbudte følelse. Hun har læst I.P. Jacobsen. 
+Ellen og Christine har set hinanden en del i vinter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/87NC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan
+Malmø
+Sverige
+[I brevet:]
+Søndag 18/2 – 12.
+Kære lille Disser! 
+Tak for de diverse Breve. Jeg har flere Gange været ved at skrive og været meget oplagt til en lille Sludder, men så er der kommen noget i Vejen. Stunden nu er da heller ikke for heldig nu [”nu” indsat over linjen]: Jeg sidder nemlig i Dagligstuen på Gr. af manglende Varme oppe, - og hvem kan samtale i Aanden i en Dgl.stue, hvor Børn leger og spørger hele Tiden og Folk gaar igennem. Jeg skal nok skrive til Molle endnu i Dag, - er så rørt over at de vil ”gøre ud af mig” den 6te men af kan det nu ikke blive. De vil nemlig på ingen Måde af med mig her den Dag [”den Dag” overstreget] og har planlagt et umaadeligt Gilde – Champagne – den Dag, og så kan du jo nok forstå at jeg ikke kan rejse. – Men jeg kommer rimeligvis snart efter, - men derom nærmere senere. – Det var dog ganske utroligt med J.H. og hans ”Høflighed”. Den Slags Mennesker opdrætter vi dog vist ikke i Danmark, - den hule Humbugmager. Og at han ikke en Gang skammer sig over en sådan Motivering. Gjorde han det, kunde han vel have fundet på en anden. Han er jo ikke en Gang intelligent. Vær du glad ved at du endelig fik Øjnene op for ham og fik ham rystet af dig. – Din travle Tilværelse vinder i høj Grad mit Bifald, - gid jeg gad gakke hen og gøre ligeså. Det er nu et af de bedste Hjælpemidler vi har mod den store Fjende, Tomheden. Er vi Kvindfolk dog ikke infamt indrettede; at vi så let bliver tamme, når vi ikke har én el. anden at gå og drukne i – være optaget af eller optaget i. Det irriterer mig så knusende. Tilværelsen er dog så uendelig mangfoldig, og hvorfor skal dèn ene Side af den tage en så uforholdsmæssig stor Plads op. Jeg vil heller ikke. Jeg sætter Hælene på de lumske farlige Instinkter, som suger vor Livskraft og tidt giver os ingen Ting til Gengæld. – Men hvad er der, som er Umagen værd, - mangen Gang kan jeg kun se så lidt så lidt. - å meget af det man har holdt af og været glad ved har kun haft Værd, fordi det står på en el. anden Måde [”Måde” indsat over linjen] i Forhold til det som opfyldte os, - og så bagefter. – Gud Fader, hvor jeg sidder og jamrer, det er jo ganske uværdigt,- men du skal se, jeg mander mig nok op. Af og til kan jeg da skimte Muligheden af en Slags Indhold.
+Mon du ikke kunde komme et Par Dage til Tutte mens jeg er der, - så kunde vi igen ”snakke sammen om ’et.” Og på Vej til Hvilan ser jeg jo også nok et lille Tag. 
+I Aftes kom Las og Be hjem, medbringende en lille Maler Rude. Det gav [ulæseligt ord] til en Smule Festlighed, hvad det altid lunder [”d” i ordet overstreget]. Vi ryger og drikker os selv til Dons Rev, - jeg er så forsviret som et Bæst. Det var f. Resten slet ikke så tosset, den 8 Dages Tid jeg var her alene med Ungerne, - jeg skolede med dem om Morgenen og Resten af Dagen gik meget rart med at læse rejse, betragte og skrive til Karl. Dette sidste morer mig mærkelig nok, - jeg tror vi kan få et rigtig gedigent Venskab, mellem os, når jeg kun kan komme uden den forb. Følelse. Det kommer nok. – Jeg har læst så meget i denne Tid, som jeg har haft Glæde af, - bl.a. I.P. Jakobsens Breve til E. Brandes Hvor han var et herligt Menneske, I.P. – der er dog dejlige Mennesker i denne Verden, men de dør jo gærne. Lille Mulle var et af dem.
+Ungerne har været morsomme og søde at have at gøre med, og Mornine har jeg også haft Glæde af at dyrke, - hun og jeg kan så godt sammen i denne Vinter. Allerup har også været med i Dyrkelsen, - han er et rørende Menneske, som man kommer til at holde af. 
+Det var slemt at dit eneste Lam skuffede dig. Der må da være Mennesker i Malmø. De Malere var vist ”Bussere”, - jeg mener, vi gik galt i Byen med dem. Svenskerne har jo nu én Gang ikke Humør, og de mangler Bredde. – 
+Sikken et Brev, - men jeg skal sige dig, jeg er så edende sulten og her lugter af Mad, men vi skal ikke spise længe endnu af det er så tungt. 
+1000 Hilsner E
+[Det følgende skrevet langs overkanten side 7 og 8, på hovedet:]
+Skriv meget snart igen – det er dog sjovere at skrive, når der ikke er en Måned mellem Svar og Tiltale
+Kys Ungerne
+[Det følgende skrevet øverst på side 2, på tværs:]
+Kan du ikke hverve Fru H. til ”Dansk Aand”</t>
+  </si>
+  <si>
+    <t>1912-03-05</t>
+  </si>
+  <si>
+    <t>Husby, Fyn</t>
+  </si>
+  <si>
+    <t>Theodor Delcomyn
+Andreas Larsen
+Johan Larsen
+Ellen  Sawyer
+- Schnakenburg</t>
+  </si>
+  <si>
+    <t>Johannes Larsens bror, Vilhelm, boede fra 1906 på gården Rørdam i Husby på Fyn. Deraf formodentlig "den Husby Telefon".</t>
+  </si>
+  <si>
+    <t>Alhed Larsen venter ved telefonen på besked om, hvorvidt hun skal svare Schnakenburg. Hun har fået prøver på stof til en ny kjole og spørger Johannes Larsen, om han kan lide farven.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IJTc</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi
+Hermed en Del Brevskaber, men nu sidder jeg her og venter paa Telefonen for at høre om jeg mulig skal svare paa Schnakenburg. Og saa er jeg kommen i Tanker om at jeg maatte have en Kjole, inden vi skal til Kjbn. Var hos Delcomyn i Gaar og bad dem skrive efter Prøver, jeg havde nærmest tænkt Fjøjl som Lysses Dragt, det ser pynteligt ud og er meget stærkt. Men saa viste de mig et Stk. de havde liggende som medf. Prøve. Jeg kan at det faa en Kjole med Syløn og det hele for 32 Kr, det er jo ko_lossalt billigt._ Men kan Du lide Farven? Se godt paa den og lad mig vide Din Mening. – Vi har det alle godt. Det er Elles Fødselsdag i Morgen. Det er dog en rædsom Tid, men maa vente paa den Husby Telefon. Skriv nu lidt 1000 Hilsner Din A.</t>
   </si>
   <si>
     <t>1912-03-07</t>
   </si>
   <si>
     <t>Laurentius Allerup
 Julius Hviid
 Kathrine Hviid
 Adolph Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Ellen  Sawyer
 Johannes Werner</t>
   </si>
   <si>
     <t>Alhed Larsen skrev også 5. marts om kjolestoffet.
 Overretssagfører (O.R.S.) Werner var tilknyttet Danmarks Radeerforening, som i 1912 arbejdede på at udgive St.St. Blichers Trækfuglene med Johannes Larsens illustrationer.</t>
   </si>
   <si>
     <t>Alhed Larsen sender prøve på kjolestof og vil høre, hvilken farve Johannes Larsen kan lide, for hun skal dagen efter give butikken besked.
 Sagfører Werner har sendt et "barnepigebrev".
 Det er synd, at Larsen ikke synes, han får lavet noget, men det gør han jo nok.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/mxUk</t>
   </si>
   <si>
     <t>Kæreste Lavsi!
 Jeg sidder hos Drude og Jørgen og skal hilse Masser af Gange fra dem, de sidder og siger saa mange Lovord om Dig. (Nu fandt vi lige paa at ringe Dig op, det var sjov!) Se nu faar Du igen et Par Prøver at se paa, de siger, at den brune kommer til at se rædsom ud, naar jeg har gaaet med den nogle Gange, denne bliver 18 Kr. dyrere, men det kan vist alligevel betale sig. Men nu er det Kuløren. Kan Du lide den blommefarvede? den har jeg egentlig mest Mod paa, men nu ringer jeg til Dig i Morgen Aften Kl. 5 – 5 1/2, kan Du saa være der, jeg skal nemlig sige Delcomyn Besked i Morgen Aften, se nu endelig godt paa dem. – Ja sikken et Barnepigebrev fra O.R.S. Werner! men noget mener han vel, han maa sige, naar han skal føre ”Forhandlingerne” med Dig! – Efter Telefonen: det er skidt, at Du ikke rigtig synes, Du faar lavet noget, men det gør Du saamænd nok! Ellers kan Du jo sende til anden Ophængning. – Vi har det alle godt, Ungerne er søde, vi fejrede Elle i Gaar. Laurentius, Ville, Dr. Hviids og Agrarens. - - Naa, nu maa jeg slutte, vi skal med Toget om lidt.
 1000 Hilsner. Hav det godt. Din Alhed.
 7ende Marts.</t>
   </si>
   <si>
-    <t>1912-03-05</t>
-[...5 lines deleted...]
-    <t>Theodor Delcomyn
+    <t>1912-04-18</t>
+  </si>
+  <si>
+    <t>Glorup</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Adam Goldschmidt
+Ina  Goldschmidt
+Adolph Larsen
+Georg Larsen
+Ellen  Sawyer
+Hempel Syberg
+Conrad Warberg
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter ved Glorup, som ligger syd for Nyborg. Laura Warberg opholdt sig hos familien der en tid i foråret 1912, hvor hun var boligløs, mens hendes nye lejlighed i København blev sat i stand. Hun planlagde en rejse sydpå med Else og Conrad Warbergs datter i maj 1912. Denne blev imidlertid udsat; blandt andet fordi Laura Warberg havde årebetændelse i det ene ben.
+Erikshaab var gården, hvor Laura Warberg og hendes familie boede frem til Albrecht Warbergs død. 
+Det vides ikke, hvem Gartnerens tykke Marie var. Heller ikke Madiens. 
+Grünes Gewölbe, (ty. 'grøn hvælving'), museum i Dresden og en del af Staatliche Kunstsammlungen Dresden. Grünes Gewölbe har navn efter det hvælvede rum i kurfyrsteslottet, hvori August 2. den Stærkes skatkammer var indrettet. De rige samlinger af bl.a. sølv- og guldsmedekunst og arbejder i andre kostbare materialer fra 1500-1700-tallet blev reddet under 2. Verdenskrig, kom som krigsbytte til Sovjetunionen, men tilbageleveredes til DDR i 1958. Fra 1974 blev kostbarhederne opbevaret i Albertinum i Dresden, før de i 2004 og 2006 atter fandt plads i det restaurerede residensslot. Kilde: Lex.dk.
+Haupitt formodes at være et hotel.
+Ellen Sawyer, Laura Warbergs datter, tog efter sin mands død hjem fra Boston til Danmark, og i 1912 rejste hun til Boston for at pakke sit indbo med henblik på at flytte permanent til Danmark. 
+Titanic var et britisk passagerskib, der på sin jomfrurejse fra Southampton, England, til New York City, USA, i april 1912 kolliderede med et isbjerg og totalforliste ca. 200 sømil sydøst for Newfoundland med tab af ca. 1.500 menneskeliv. Kilde: Lex.dk.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2081</t>
+  </si>
+  <si>
+    <t>Alhed Larsen får vist omsider en dygtig pige i huse. I familien har de talt om hendes mange udygtige piger. 
+Laura Warberg planlægger sin rejse sydpå med Else Marie Warberg.
+Laura er "betaget" over Titanics forlis, men glæder sig over, at datteren Ellen ikke i år, hvor der er mange isbjerge, skal sejle mellem USA og Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8odw</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Glorup d: 18–4–12
+Kære Astrid!
+Jeg synes at et Mandagsbrev vil denne Gang vil komme saa nær op ad Din Fødselsdag, at jeg hellere maa skrive nu, skjøndt der intet siden er at fortælle. Vi hørte af Onkel Syberg Dagen efter, at Du var rejst ned til Erikshaab og det var jeg glad over. Jeg synes det maa have været saa yndigt for Eder der! De kan ikke lide, man ringer op herfra – Conne sige faaer de for mange Samtaler men i Forgaars Aftes var de alle ude, og saa bad jeg om at ringe op til Alhed; Tænk at hun faaer vist til Efteraaret en meget dygtig og rar og udmærket Pige fra Ølstedgaard. Vi vilde jo alle saa nødig see hende igen begynde med en ussel Pige paa 16 Aar, Gartnerens tykke Marie, som hun halvvejs havde fæstet. Vi tiggede hende alle om at lade være, Grosses og Agraren mente det var rædsomt! Du kan tro vi er glade, hvis hun nu endelig en Gang kan faae en rigtig Pige. Muk har ogsaa tidt talt om Alheds udygtige Piger. Jeg haaber de ringer mig op fra Erikshaab i Dag. - Jeg hører nok snart lidt fra Dig, havde Børnene det godt mens Du var borte? Var Du meget sløj efter Rejsen? Har Du begyndt at tage Jærn?? Gør det endelig og spis Æg; og gaae meget ud. Jeg har gaaet lange Ture hver Dag her. Vi spiller Whist om Aftenen; ellers intet oplevet. Jeg har skrevet til [ulæseligt] om at give os lidt Vejledning om Rejsen og saa beder jeg senere Madien's om at udarbejde ligesom i Fjor. Vi vil alligevel til Schweiz, 2 Dage i München, maaske en Dag i Dresden og da paa vort pæne Haupitt og se Grünes Gewölbe. Ellers til Brunnen ved Vierwald --- Søen og derfra gøre Udflugter 5-6 Dage. Marie vil saa gærne dertil vi lægger saa hver ca. 30 Kr. til Rejsen ud den sidste Uge af Maj og godt 14 Dage borte! om intet kommer i Vejen!! – Jeg er saa betaget over Titanics Forlis! Godt Elle ikke skulde sejle gennem alle de Isbjærge, der er i Aar! Saa Farvel lille Putte! Kys Ungerne og kærlige Hilsener fra
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1912-08-26</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Gunnar Biilmann Petersen
+Bodild Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Kirstine -, pige i huset hos Hempel Syberg
+Ellen  Sawyer
+Christine Swane
+Leo Swane
+Sigurd  Swane
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Ellen Sawyers mand, Harris Eastman Sawyer, døde i august 1911. Hun og datteren rejste derefter fra deres hjem i USA til Danmark. Året efter havde Ellen Sawyer besluttet sig for at blive i Danmark, og hun rejste til Boston for at pakke sine ejendele. Svogeren Johannes Brønsted fulgte hende tilsyneladende.
+Man kan se af beskrivelsen af huset i Kerteminde, at Louise Brønsted, hendes børn og Grete (Ellens datter) opholdt sig hos Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3816</t>
+  </si>
+  <si>
+    <t>Hospitalskuren må hjælpe på Laura Warbergs dårlige ben. 
+Det er godt, at Ellen Sawyer og Johannes Brønsteds afrejse gik godt. Ellen var nervøs for rejsen og for at forlade Grete.
+I Kerteminde går det fint. Andreas/Lysse Larsen er sød til at lege med de små. Der er kommet brev fra Ellen og Johannes. Under en søgang sov Ellen en masse timer. 
+Mens familien i Kerteminde spiste, ringede en mand på døren og afleverede en stor pose godter. Alhed/Lomme Brønsted bad ham vente i trappestuen, til deres måltid var overstået - hun kender til helligholdelsen af måltiderne hos Larsen-familien. Bagefter fik man kaffe i lysthuset.
+Christine/Uglen, Sigurd og Leo Swane har været på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kMkR</t>
+  </si>
+  <si>
+    <t>Kerteminde 26 - 8 - 1912
+Kære Mor!
+1000 Tak for det lange interessante Brev til Alhed i Dag, som ogsaa jeg har nydt godt af; hvor det er dejligt, at det gaar saa godt; mon ikke denne radikale Kur skulde faa konstante Virkninger paa "det slemme, haardnakkede Ben". Det er meget karakteristisk, at det er Dig, hospitalsbundne, der forsyner os med Efterretninger fra Afrejsen, de sidste Dage o.s.v. Det var beroligende at høre, at alt er gaaet godt og festligt og at Elle var ved godt Humør; hun var meget nedstemt her de sidste Dage; ked over at forlade Grete, og urolig for Rejsen; men det har jo nok fortaget sig. - Her staar alt godt til; hele Børnereden i god Kondition, og Hosten stærkt paa Retur, undtagen for lille Lysses Vedkommende, den herlige Dreng. Han er saa sød mod de smaa; I Dag har han og Bes gaaet og leget sammen under Bes' store Begejstring. Vi er meget glade ved det mildere Vejr i Dag, baade for vor egen Skyld og navnlig for de rejsende. Da Be skrev til dig, den Dag, jeg paabegyndte dette Brev, opsatte jeg det indtil videre. - I Dag havde vi ["vi" indsat over linjen] saa Brev fra de Søfarende, baade fra Kristiania og Kristianssens. Den første Del af Rejsen er da gaaet tilfredsstillende, trods en Del Søgang den første Dag og ["Dag og" indsat over linjen] Nat. Mag. holdt sig stolt, men Elle kunde ikke møde til Middagen; dog var det ikke saa farligt, skriver Mag, for hun sov i en Køre fra Kl. 4 om Eftermiddagen til 7 næste Morgen, og maa jo næsten antages at hun udhvilet efter de sidste Dages Strabadser. I Kristiania fandt de sammen med Biilmann, og paa Skibet er de en Klike paa Elle og 6 Kemikere, som holder Sjov og nyder Bordets Glæder sammen. -
+I Dag, Mandag, er der vederfaredes Huset og os alle en stor Glæde og Ære. Mens vi spiste, Børnene og jeg som sædvanlig ved mit lille private Taffel i Køkkenet, ringede det paa Entredøren, og Lomme gik ud og lukkede op; kom tilbage med en mægtig Pose Godter, som var fra "en Mand" til alle Børnene; 
+[øverst på arket er med blyant skrevet:] 1912
+[Herefter med blæk:] jeg styrtede jo ud, meget imponeret og foruroliget af Posens Størrelse, og hvem sidder i Trappestuen: Onkel Syberg. Lomme, som jo kender Husets Helligholdelse af Middagsfreden havde sagt til ham: "De kunde maaske vente lidt, for vi spiser", hvad Onkel Syberg havde moret sig meget over. - Middagsfreden blev jo nok alligevel lidt forstyrret, og bagefter blev der Kaffe i Lysthuset, Fremvisning af Haven og megen Passiaren; alt tilfredsstillende. Kirstine dukkede op midt i Kaffen og Kl. 2 gled de igen, var kommen kørende i egen Befordring, alene for at hilse paa os alle.
+Svane med Uglen har været her en Dags Tid paa Gennemrejse til København. Broderen, Leo Svane, er her endnu, et meget tiltalende Menneske; rejser vist med 2 Posten i Nat. Ja, her er altid noget.
+Helhedstilstanden er stadig god; tænk, at jeg kunde glemme at takke Dig for den gode [ulæseligt]chokolade; jeg er forøvrigt saa rask og i god Kondition, saa jeg slet ikke trænger til Styrkemidler. - Vi rejser herfra paa Søndag med 11 Toget.
+Mange Hilsner til Dig, Tutte, Junge, Bodild etc. fra Din Lugge
+26 - 8 - 12</t>
+  </si>
+  <si>
+    <t>1912-12-31</t>
+  </si>
+  <si>
+    <t>Malmø
+St. Pauli Kyrkogatan No 19 4.</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Thora  Branner
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Grethe Jungstedt
 Andreas Larsen
 Johan Larsen
+Johannes Larsen
+Troels Lund
+Christine  Mackie
+Elisabeth Mackie
+Kai Nielsen
 Ellen  Sawyer
-- Schnakenburg</t>
-[...12 lines deleted...]
-Hermed en Del Brevskaber, men nu sidder jeg her og venter paa Telefonen for at høre om jeg mulig skal svare paa Schnakenburg. Og saa er jeg kommen i Tanker om at jeg maatte have en Kjole, inden vi skal til Kjbn. Var hos Delcomyn i Gaar og bad dem skrive efter Prøver, jeg havde nærmest tænkt Fjøjl som Lysses Dragt, det ser pynteligt ud og er meget stærkt. Men saa viste de mig et Stk. de havde liggende som medf. Prøve. Jeg kan at det faa en Kjole med Syløn og det hele for 32 Kr, det er jo ko_lossalt billigt._ Men kan Du lide Farven? Se godt paa den og lad mig vide Din Mening. – Vi har det alle godt. Det er Elles Fødselsdag i Morgen. Det er dog en rædsom Tid, men maa vente paa den Husby Telefon. Skriv nu lidt 1000 Hilsner Din A.</t>
+Adelheyde Syberg
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Astrid Goldschmidt-Warbergs ægteskab fungerede dårligt, og parret blev skilt kort efter.
+Ellen Sawyer og hendes datter kom i 1911 hjem fra USA til Danmark, efter at Ellens mand, Harris, var død. De to boede de første år herefter i Kærbyhus i Kerteminde. Huset var ejet af Larsen-familien.
+Christine Mackie og hendes datter var flyttet fra USA til Kerteminde efter Christines skilsmisse.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2220</t>
+  </si>
+  <si>
+    <t>Alhed takker for den smukke pude, som Astrid har givet hende i julegave. Alhed ønsker for Astrid, at hun og Alfred vil kunne få deres ægteskab til at fungere - ikke mindst for børnenes skyld. Hun tænker på, hvor søde de så ud, da hun sidst så dem i Malmø.
+Juleaften gik som sædvanlig; hyggeligt og med mange gaver. Nu holder man nytårsaften. Grethe og drengene har klædt sig ud, og de leger med fyrværkeri.
+Johannes Larsen har malet et portræt af Adelheyde Syberg/Tante Mimi, og Hempel Syberg er meget glad for det. 
+Alhed laver gymnastik og øver sig i at stå på hovedet. Hun og Johannes Larsen har fået badeværelse med gasovn, vand, badekar og toilet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/av6L</t>
+  </si>
+  <si>
+    <t>Nytaarsaften 1912
+Kære lille Bein.
+Mange 1000 Tak for den henrivende Pude, Du sendte mig, jeg er saa ganske forfærdelig glad ved den, den staar i Dagligstuesofaen og pynter og hygger i hele Stuen. Den bliver vældig beundret, men hvor er den dog ogsaa smuk Mix der var her at gratulere Las 3die Juledag blev ved at stirre paa den og snakke om den. - Naa, nu skal man jo saa sige glædeligt Nytaar, i Aften løber jo det gamle ud. I Aar ser det jo ud som der er lidt Mening i at ønske Dig et glædeligt Nytaar, eller Sludder, ønske kan man ["man" indsat over linjen] jo altid, men jeg mener, det ser ud som Du kan faa det, med lidt Fred og Hygge i det daglige Liv. Det har glædet mig saa kolossalt at høre, at Alfred har været flink imod Dig i den senere Tid, naar Alfred er elskværdig; kan man jo umulig andet, end at holde af ham, og det gør Du jo ogsaa, jeg husker Du sagde i Sommer, at Du holdt meget af ham endnu, det var kun det, at han ikke kunde lide Dig, men maaske alting kan naa at blive godt endnu, eller dog bare nogenlunde, hvor var det dog inderligt at ønske, ikke mindst for Børnenes Skyld. Altsaa - gid det maa vare og gid det maa gaa frem. Jeg ved ikke, om nogen af de andre har skreven til Dig og fortalt noget om Julen; den er gaaet som sædvanlig; maaske lidt mere stille, det er vist første Gang, vi ikke har haft Tilrejsende Gæster. Juleaften var som sædvanlig yndig med Bunker af Gaver, jeg fik bl.a. af Las Troels Lund "Dagligt Liv i Norden" 7 tykke Bind i meget smuk Indbinding. Vi har faaet en glimrende Hjørnereol der staar henne i Krogen mellem Sofaen og Vinduet, oven paa en Hylde mell ["mell" overstreget] med Smaafigurer af Las og Kai, det gør Stuen større og kønnere, at den Krog er bleven indlemmet. Men Du kommer vel herom ad fra Brylluppet, - saa kan Du selv se. - Dette fortsættes senere paa Aftenen. Nu har vi spist til Aften, Steg og Æblekage, Rødvin og Sjerry og senere Godter og Sjerry. Christine og Putte har været her og naturligvis Elle og Grethe. Drengene har arbejdet med Kinesere og Kanonslag Skruptudser o.s.v. Gamle har et Par lange Buxer paa, han selv har syt af en gammel Nederdel, af og til kiger de herind og melder, at de intet er kommen til, det har de Ordre til. De morer sig kongeligt, Grethe er kælædt ud som Dreng. - Mon Du har hørt fra Mor at Las Billede af Tante Mimi er falden saa ganske udmærket ud. Onkel Syberg er henrykt over det, og det er nu ogsaa ganske glimrende, kan ikke ligne bedre. Tutte skriver til mig i Dag, at hun vil bede Onkel Syberg om ogsaa selv at lade sig male af Las. - Elle har det yndigt derovre, hendes Stue er voldsom hyggelig; og hvor man kan forstaa, at de nyder igen at have noget, de kan kalde deres eget; og det kommer saamænd nok til at gaa godt med Eleverne, det ser da meget lovende [teksten fortsætter på side 1 øverst, på tværs:] ud. - Naa nu vil jeg slutte, hils de to søde Unger Masser af Gange, jeg ser dem stadig for mig som de trippede over P ["P" overstreget] Gaden alene i Malmø den Dag Adam i sin lille Overfrakke. Tak lille Sjums for hendes Brev, saa nydeligt hun skriver. Men I har vel opdaget, at Møblerne var fra Grethe, ikke fra mig. hils ogsaa Alfred mange Gange, hun sagde ham vel, at vi var kede af, at han ikke var hjemme den Dag. Masser af Hilsner til Dig selv og endnu en Gang 1000 Tak for den dejlige men altfor store Julegave
+Paa Gensyn
+Din Be
+[Skrevet på side 4 langs venstre margen:] Jeg gør Gymnastik hver Dag, det er mit Ideal at komme til at staa paa Hovedet
+[Skrevet på side 4, nederst, på hovedet:] Vi har faaet Badeværelse med fint nyt Badekar, Gasovn, Vand og W.C!!!</t>
+  </si>
+  <si>
+    <t>1913-01-29</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 30</t>
+  </si>
+  <si>
+    <t>Fritz Syberg kvitterer for en check fra Mads Rasmussen. Familien har det godt og tænker på hjemrejse, men der er ikke fastlagt noget tidspunkt. Fritz regner dog med at være hjemme når rugen står i "vip", da han har noget, han skal have malet ved den tid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VEbA</t>
+  </si>
+  <si>
+    <t>Pisa 29-1-13
+Via S Lucia 1
+Kære Hr Etatsråd Rasmussen
+Jeg har i Dag modtaget en Cheque på 1000 K fra Dem hvorfor herved kvitteres. Vi er alle raske og har det godt, og tænker så småt på Hjemrejse endnu er det ikke bestemt når vi drager hjem. Men det er dog ikke usandsynligt at jeg er i Svanninge når Rugen står i Vip, da jeg har noget og skal have malet ved den Tid. Med Hilsen til Dem og Frue er jeg 
+Deres hengivne 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1913-09-01</t>
+  </si>
+  <si>
+    <t>S Skouenborg</t>
+  </si>
+  <si>
+    <t>Peter Barsøe
+gæstgiver Petersen</t>
+  </si>
+  <si>
+    <t>Den indlagte skrivelse til byrådet er registreret separat.</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen medsender en skrivelse til Faaborgs byråd, som han beder borgmester Skouenborg om at medtage det de kommende byrådsmøde. MR er ked af den modtagelse, Ymerbrønden har fået i byen og også ked af de mange personlige angreb.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tXmG</t>
+  </si>
+  <si>
+    <t>1' September 13.
+Privat.
+Kjøre Herr Borgmester Skouenborg!
+Jndlagt sender jeg en officielt Skrivelse til Byraadet, som jeg mener vil kunne være af Jnteresse at have ved det forestaaende Byraadsmøde, ved hvilket Spørgsmaalet om Ymerbrønden formentlig vil komme frem, og da Skrivelsen jo er en Art Svær paa Angrebene, der har været i Bladene, vilde jeg sætte nogen Pris paa, om De vilde drage Omsorg for, at den kommer i samtlige Blade in extenso. Hele denne Sag har jo sat Byen i Oprør - den sidste Aften jeg var i Faaborg kom Pastor Barsøe til mig i Anledning af Brønden men jeg maa nu tilstaa, at jeg ikke kan faa Øje paa det raa, hvorom der har været Tale, eller det, der kan forarge, med mindre Folk da bærer Forargelsen i dem selv. Jeg maa nu sige, at jeg synes, at jeg for min gode Vilje har faaet en noget haard Medfart i de mange rent personlige Angreb, om end jeg nok kan tænke mig, at disse kun kommer fra nogle enkelte og vel vil kunne føres tilbage til en bestemt Kilde. Gjæstgiver Petersens synes jeg er det mest ondsindede, og tilmed er Jndholdet jo ganske usandt, men jeg finder, at det er under min Værdighed at svare paa den Slags Perfiditeter i Bladene, saa jeg er jo for saa vidt afskaaret fra at forsvare mig. Naar Herr Petersen skriver: Hvem husker ikke Herr M Rasmussens Løfter i 1906 om, at han, hvis han blev valgt ind i Faaborg Byraad, i saa Fald ville blive boende i Faaborg i den Byraadsperiode og altsaa betale min Skat. Og hvad blev der saa af det gode Løfte? Inden 1907 havde Etatsraaden taget Bopæl i Kjøbenhavn og nægtede at betale sin Skat til Faaborg," da er disse Paastande ganske usande fra Ænde til anden. Under Valget oplyste jeg, at jeg havde sikkret min Lejlighed i 10 Aar og at jeg ikke agtede at flytte fra Byen,hvad jeg heller ikke paa det Tidspunkt gjorde, og Paastanden om, at jeg i 1907 nægtede at betale Skat til Faaborg er lige saa usand, da jeg i Henhold til medfølgende Kopi af Brev til Byraadet betalte Skat sidste Gang i 1910. Om den Opfattelse, at jeg har Skjænket Museet til Byen, er som Herr Petersen udtaler "almindelig", eller om den kun findes i hans Fantasi er maaske lidt vanskelig at afgjøre, men hvad Herr Petersen og Konsorter "opfatter" kan jeg dog ikke gjøres ansvarlig for, og jeg kan ikke nægte, at jeg har haft Tanker i lignende Retninger om ikke i den samme, saa skræmmer Sporene efter den Behandling, der er bleven mig til Del ved Ymerbrønden. Jmidlertid, Museet er jo i Faaborg, og kan ikke tages derfra, saa under alle Forhold har byen jo Museet.
+Jeg syntes at jeg følte Trang til at fremkomme med disse Udgydelser til Dem personlig og forbliver med venlig Hilsen
+Deres hengivne
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1915-05-11</t>
+  </si>
+  <si>
+    <t>Brædstrup</t>
+  </si>
+  <si>
+    <t>Tornehave Birkerød St.</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Fibiger
+Camilla Kattrup
+Eline Kattrup
+Rasmus Kattrup
+Adolph Larsen
+Johanne Christine Larsen
+Julie Sophie Anette Augusta  Teisen
+Augusta Teisen, Viggos mor
+Andreas Warberg
+Minna Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Andreas/Dede Warberg og hans familie boede i Brædstrup. 
+Minna Kattrups far døde i 1914. Sølvbrylluppet hos Kattrup må således være på herregården Risinge ved Kerteminde. Denne ejedes af Minnas farbror, Rasmus Kattrup, og hans kone, Eline Katteup. 
+Lusitania-affæren refererer til sænkningen af det britiske passagerskib RMS Lusitania den 7. maj 1915 af den tyske ubåd U-20 ud for Irland. 1.198 mistede livet; herunder 128 amerikanere. Hændelsen skabte stor international forargelse, især i USA, og bidrog til at skifte den amerikanske opinion mod Tyskland, hvilket var en vigtig faktor i USAs senere indtræden i 1. Verdenskrig (diverse søgninger på nettet). 
+Busenfreund: Nær ven (ofte ment ironisk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3770</t>
+  </si>
+  <si>
+    <t>Louise/Muk Brønsted må tage penge af renterne til f.eks. et par handsker. 
+Laura Warberg er i Brædstrup. Fru Kattrup har været på besøg til en fiskemiddag. Laura Warberg går ture med Minna og den lille Torkild. Torkild er nem og sover meget. 
+Adolf/Agraren Larsen er genindkaldt, og Laura tænker på, om Johanne/Junge Larsen vil leje et par stuer ud imens. Fru Teisen driver nu pensionat i sit hus, for mange ønsker at holde ferie i Kerteminde.
+Andreas/Dede Warberg har vrøvl med en svindler.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GT5r</t>
+  </si>
+  <si>
+    <t>[Med blyant på kuvertens forside:] 1915
+[Med blæk på kuvertens forside:]
+Fru Professorinde Brønsted
+cand. polyt
+"Tornehave"
+Birkerød St.
+[Med blæk i brevet:]
+Brædstrup d: 11/5 - 15
+Kære lille Muk!
+Minna, Dede og jeg selv sender Dig mange gode Ønsker og kærlig Lykønskning til Dagen! Vil Du ikke nok undskylde, at jeg gør mig det saa nemt med min beskedne Gave som at bede Dig holde 3 Kr. tilbage af de eventuelle Renter og købe Dig et Par Handsker eller lignende; samt desuden 1 Kr. til Deling mellem Lomme og Bes f Ex. til Planter i deres Have. Jeg kom herop i fredags og bliver til 2_den_ Paaskedag d.v.s. Lørdag rejser vi til Horsens og er der Pinsedag over. Fru Kattrup var hos os i Gaar til Middag i.F.a. en Gedde og en Ørred, som Dede havde med hjem fra en Fisketur langs Gudenaa i Søndags. - Her er saa yndigt og jeg nyder at gaae og drive den af; er hver Formiddag en lang Tur i den dejlige Skov, og om Efterm. en mindre med Minna og Torkild i sin Vogn, den han tilbringer sin næste Dag i med kun en 1 1/2 Times Afbrydelse, naar vi har spist saa faaer han Vælling X. Vognen staaer i deres Have og kan ses fra Køkkenet. Han er en forbausende god Dreng, jeg hører ham aldrig græde, han sover meget om Natten sine 12 Timer, faaer Kl. 6 en Taar og sover saa videre. Kommer i Bad i Køkkenet om Aftenen ["om Aftenen" indsat over linjen] og er henrykt i Balien. Han er saa tyk og solbrændt. Forældrene har det godt, de skal nu beynde paa Tennis med Fuldmægtig Eide og hans forlovede. Jeg bliver bedt en Del ud til Kaffe med Minna. Efter Kattrups Sølvbryllup i Søndags d: 17_de_ Juni kommer Dede Familien til mig vist en 14 Dages Tid, det bliver hans Sommerferie. Agraren blev indkaldt for nylig, maaske fortalte jeg Børnene det. Gud veed om Johanne saa ikke vil leje to Stuer ud i den Tid - Juni og Juli; der siges at blive vældig Rift om Sommerlejligheder i Kerteminde i Aar og Fru Teisens Villa skal være Pensionat. Allerup og Ville boer saa henrivende i det hvide Hus, Gud veed, om I viser Eder i Kerteminde i Aar? Du har vist et Par Lagner med stort slynget Navn og maaske ogsaa nok ["nok" indsat over linjen] et Underlagen med lille rødt Navn, ikke? - Vi er vældig betagne af Lusitania Affæren! - Dede har en Del Vrøvl med en væmmelig Kollega og en Mand, som har lavet noget Falskneri, hvem samme Kollega er Bussenfreund med. Her er Røre i hele Byen over det. - Nu Farvel lille Muk! Hils alle fra mig, ogsaa dem af Dine Gratulanter, jeg kender! Mor.
+[Indsat langs venstre margen s. 2; lodret:]
+og sidder i sin Stol eller ligger og sparker paa Gulvet.</t>
+  </si>
+  <si>
+    <t>1916-01-06</t>
+  </si>
+  <si>
+    <t>Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Marie Bang
+Elisabeth Grundtvig</t>
+  </si>
+  <si>
+    <t>Sandholt Gods</t>
+  </si>
+  <si>
+    <t>Hans Agerbek
+Marie Bang
+Bjørnstjerne Bjørnson
+Johannes  Clausen, præst
+Elisabeth Grundtvig
+Frederik Grundtvig
+Ditlev Havemann
+Ludvig  Helveg
+Hanne Langkilde
+Mads Melbye
+Karen Mühldorff
+Hans Nobel von Nøragger
+Otto Emil  Paludan
+C.E. Skjerbek
+Amalie Suckow
+N.J. Termansen
+Andreas von Sperling
+Joachim  von Sperling
+Ulrich  von Sperling
+Vilhelmine von Sperling
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>En del personer, som kun er nævnt ved fornavn eller efternavn, har det ikke været muligt at identificere. Der er ligeledes flere familiemedlemmer, som det ikke har været muligt at finde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, A 54, Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Nicoline von Sperling sender et "rundrejsebrev" til sine venner i anledning af, at hun har haft 50 års jubilæum som stamhusbesidder. Hun beskriver de første år på Sandholt, hvor hendes forældre og den gamle godsforvalter gjorde alt arbejdet. Hun var meget usikker og kom først ind i arbejdet efter, at hendes forældre var flyttet og den nye godsforvalter Warberg kom til.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ou54</t>
+  </si>
+  <si>
+    <t>Kære Venner! Det er saa trættende og kedeligt ret mange Gange at skrive ét og det samme, men da jeg tror, at mine Venner, som hver især i deres Breve har bragt mig deres Lykønskning paa den kærligste og bedste Maade, gerne vil høre lidt om, hvordan jeg har haft det, saa vil jeg prøve paa at lave et Rundrejsebrev. Mit Jubilæum har staaet truende for mig et Aarstid, fordi jeg var klar over, at skulde der laves til Fest, vilde det voxe mig over Hovedet og hverken blive tilfredsstillende for Deltagerne eller for mig selv. I Stedet for Fest fandt jeg saa paa, at jeg kunde give Lyndelse Kirke, som jo nu er selvejende og hvis Formue og Husholdning bestyres gennem Menighedsraadet, et Varmeapparat i Stedet for den lunefulde Kakkelovn, som varmede daarligt og imellem osede slemt, men da det saa trak ud i det uendelige før Tilladelsen til at sætte dette Apparat op, blev færdig fra de gejstlige Autoriteter, finder jeg igen en Tid af en Del Utaalmodighed og syntes, at Jubilæer var noget rigtig besværligt noget. Imidlertid det naaede sig; skønt en Del udenoms Arbejde stod tilbage, fungerede Apparatet rigtig godt 1ste Juledag, efter Sigende for vi kunde ikke komme til Lyndelse paa Grund af Snedriver. Jeg gik og tav stille med, at jeg skulde have Jubilæum, og ret mange vidste heller ikke noget om det, og efterhaanden kom det ogsaa til at ligge mig temmelig fjærnt. Har det nu i Graven saa meget at sige med saadan et bestemt Aaremaal? 
+2 Juledag kom jeg først rigtig med. Det slog mig, at den Dag for 50 Aar siden kom jeg hertil for saa i de følgende Dage at opleve Bedstefars langvarige Dødskamp og hans Død. Men da det først var gaaet rigtigt op for mig, gennemlevede jeg det altsammen paa ny saa at sige Time for Time. Jeg talte ikke meget om det, men jo mere det trængte paa, jo bestemtere følte jeg, at jeg maatte fortælle det, saadan som det var gaaet til, alt sammen, og da vi kom ned til Folkene for Nytaarsaften at drikke det gamle og det nye Aars Skaal med dem, satte jeg mig, da det var gjort, for Bordenden og fortalte dem om Dagene fra 26 December til 9 Januar 1866. Jeg begyndte med at oplyse dem om, hvordan der den Gang saa ud i Folkestuen, hvor der stod to store Senge med Omhæng, hvori Pigerne laa, og at dersom en af dem laa syg, og her kom fremmede Kuske, maatte de, naar Kuskene kom op for at spise, trække Gardinerne for og lade, som de slet ikke var til, og om forskelligt af den Slags, og derfra gik jeg saa over til Dagene, ganske som de var gaaet. Det faldt mig naturligt at drage dem med ind i denne store Oplevelse, og jeg fandt ogsaa forstaaende Lydhørhed. Jeg tror, det er godt, at de faar at vide, hvordan der har set ud, og hvad der er sket i de Stuer, hvor de færdes, og hvad der har præget den, som de tjener. Nytaarsaften 1865, da Bedstemor og Tante og Hanne Langkilde og jeg sad trykkede og forpinte i Vinterdagligstuen, medens Bedstefar laa og stred med Døden, hørte vi ”Træd frem, min Sjæl, paa Aarets Morgen” blive sunget nede i Husholderskens Stue og fik senere at vide, at det var Skytte Simonsen, der havde sunget den. Det gjorde os den Gang saa godt. Og nu Nytaarsaften 1915 endte vi igen det gamle Aar med alle at synge den gamle Salme.
+Nytaarsmorgen kan jeg godt sige, at jeg kørte til Kirke noget ør i Hovedet af Minder og havde tænkt mig helt og bart at skulle have været sammen med mine gamle i Kirken, men saa tog alligevel Varmeapparaet saa meget af min Interesse, saa det ikke rigtig blev til noget. Saa gennemlunt, ogsaa om Benene, har der aldrig været. Prædikenen var fuld af varm Fædrelandskærlighed og rar, og da vi gik ud af Kirken, vendte jeg tilbage og fik givet Haanden og hilst paa mange af Lyndelsemændene. Ellers var Dagen helt stille. Frandsens kom ikke paa Visit, som de ellers har gjort hvert Aar, - og saa først den Dag fik jeg rigtig begyndt at føle, hvordan det egentlig gik til at blive Stamhusbesidder. Nu kom Gennemlevelsen deraf og af mine første Aar. Til den 2 Januar havde jeg som til et ganske almindeligt lille Nytaarsselskab bedt Provstens og Paludan og Clausens, Henry og Edv. Smidts og Frk. Plum, og saa havde Edvards svaret, om de maatte tage tre Julegæster, Fru Mühldorff og Fru og Frk. Wentorp, med. Jeg havde jo sagt Ja, men var ganske forbløffet over saa mange fremmede Damer, jeg syntes, at jeg helt fik Mundkurv paa, og det tilligemed Træthed, gjorde det saa vanskeligt at faa det, som jeg gærne vilde sige, til at forme sig. Natten mellem 1 og 2 Januar havde vi Storm og næsten Skybrud, vi har det for Resten næsten hver Nat, men den Nat sov vi nu ikke godt, og jeg var en Del kaput om Morgenen. Det øsregnede, saa vi opsatte at lade Martin køre ud for at møde Viktoria, som havde været hjemme, til efter Kl. 12, da det var blevet Tørvejr, men Maren og Marie Sørup og Marie Brandt havde da alligevel faaet dækket det nydeligste Bord med smaa røde Tulipaner i Potter og Liljekonvaller i Glas og Lys i Stedet for Lamper, saa det gjorde et ligefrem grumme kønt Indtryk, da vi Kl. 5 gik ind til Bordet. Den Dag havde jeg Provsten til Bords. Vi fik Dyresuppe, Rouletter, Dyresteg og Risrand med henkogt Frugt, Rødvin og Sherry. Imellem Rouletterne og Dyrestegen lagde vi et langt Mellemrum, og i det holdt Provsten og jeg vore Taler. Jeg kunde ikke andet, end da han var færdig, at tage hans Haand og sige, at han kunde ikke have sagt noget, som jeg kunde være blevet mere glad over. Og hvad sagde han saa, ja, han sagde meget, og alt var godt, men jeg kan slet ikke gengive det. To Ting bed jeg mig fast i, den ene: der er arbejdet meget paa Sandholt. Den anden: hans Omtale af mig, saa at ægte, dyb Menneskelighed er Grundpræget. Det var alt det, som jeg allerhelst vil være, alt, hvad der er Maal for mig, men som jeg slet ikke endnu er, og saa syntes jeg alligevel, at Billedets Lighed var truffet rigtig. Der var Oprejsning i, hvad han sagde, og saa faldt det af sig selv, at det blev en Festdag. Henry Smidt sad og saa til og nikkede bifaldende, og de fremmede Damer var slet ikke mere fremmede. De var nu i sig selv rigtig tiltalende. 
+Saa skulde jeg jo til at tale: ”Ja, lige fra jeg var lille, har jeg elsket Sandholt, og vi har været forlovede, men det var hemmeligt. Folkene gik og sagde til mig: ”Du skal have Sandholt”, men oppe i Stuerne blev der ikke talt om det, og det gav mig ikke nogen rigtig Frimodighed, jeg syntes mest, det var noget flovt noget, som jeg generede mig for. Den 8 Januar 1866, da Mor og jeg stod i den store Dagligstue og saa Lyndelsemændene bære Bedstefar ned ad Broen, gik det op for mig, og nu havde jeg og Sandholt hinanden, saa det er den egentlige Guldbryllupsdag, men da overvældedes jeg i den Grad af Frygt og Bæven, saa at jeg var helt ude af det og først blev kaldt tilbage ved, at Mor talte godt for mig og tog en lille Ring af sin Finger og satte den paa min.
+Efter Bedstemors Død i Marts samme Aar flyttede mine Forældre og smaa Brødre hertil fra Sollerup, og Far styrede saa for Godset, og Mor for Huset, og jeg var som en Datter er i sit Hjem. Det var jo paa en Maade godt nok, jeg blev jo fri for Ansvaret, men alle vidste, at Sandholt var mit, og mange kom til mig med Spørgsmaal og Begæringer, og dem kunde jeg ikke svare paa, dels fordi jeg ikke forstod det, og dels fordi jeg ikke kunde bestemme over noget. Jeg syntes, det var som at sidde i Klemme, naar nogen henvendte sig til mig, og at jeg blev usand ved ligesom at snakke mig fra det. I 1872 bosatte mine Forældre sig paa Frederiksberg og jeg blev ene med Mors to Søstre, men derfor fandt Sandholt og jeg ikke hinanden, og jeg blev ved at være usikker og paa gyngende Grund. Det var ikke, at jeg ikke gærne vilde give Sandholt alt, hvad det kunde ønske sig i Retning af Reparationer og Skovplanter, o.s.v., det var bare saadan at jeg ikke rigtig kunde faa fat. Jeg holdt saa meget af Godsforvalter Havemann, men han var saa gammel og nervesvag, saa at han ikke kunde føre mig frem til bedre Forstand paa Tingene, og i den højeste Grad savnede jeg, at jeg ingen Forberedelse havde hverken til at styre Gods eller Hus, og jeg slap aldeles ikke ud af Klemmen. Men saa var der noget andet, der optog mig. Fra jeg læste hos Agerbæks, har jeg været stærkt taget af alt det Grundtvigske, - Grundtvig var blevet Kongen for mig, - og ikke mindst af hans Folkevækkelse og Folkeoplysning. Noget større kunde jeg ikke tænke mig, end at faa med den Slags at gøre. Derfor holdt vi Aftenskole, og jeg fik de bedste Mænd som Clausen i Nr. Lyndelse, Termansen, Schrøder, Helweg i Odense og Melbye i Asperup til at holde Foredrag paa den store Sal.
+Jeg tror nu, at det har gjort sit Gavn og har sat noget ind her paa Egnen, og naar der jo er et virkeligt Tillidsforhold mellem mig og Lyndelserne, tror jeg nu nok, det har sin Rod i Aftenskolen og Foredragene. Men hvad gik saa for Resten en hel Del af min Tid med? Med Læsning og Veninder og Friluftsliv med to store Hunde. Paa Sandholt fik jeg ikke fat, og jeg led fremdeles ved meget stærkt at føle et Ansvar, som jeg ikke kunde løse. I 1876 døde Far, men det greb just ikke ind i mine Forhold herovre; det gjorde det derimod, da Havemann i 1877 trak sig tilbage, og Warberg blev Godsforvalter. Han magtede det hele og ogsaa at faa mig med ind i Arbejdet. Der var saa meget, der hjalp, han havde det ikke med ”over- og underordnet”, alle var Mennesker for ham, og han vilde gærne hjælpe og støtte dem paa bedste Maade. Jeg slap bort fra den gyngende Grund og fik Fodfæste. Men det, der allermest løste mig ud af den Klemme, hvori jeg sad, naar jeg syntes, jeg snakkede mig fra Spørgsmaal og Begæringer, det var, at han sagde, at jeg dog paa ingen Maade maatte føle det som en Skam eller genere mig for at sige: jeg er ikke rigtig inde i det, maa jeg faa Tid til at tænke mig om og søge Oplysning om det. Fra det af blev det helt rart, naar nogen kom og vilde talte med mig, og jeg har aldrig mærket, at nogen oversaa mig for det. Men Hovedsagen var dog, at jeg fik Lov til at være sand. Dermed blev noget givet mig for hele mit Liv, dette at maatte være helt fri for at lade bedre og klogere, end jeg er, dette at maatte bekende min Ringhed. Og saa var der endnu en anden Ting, som Warberg sagde, der stivede mig af og gav mig et Stød fremad, og det var: ”Ja, hvad skulde Penge dog være gode til, naar det ikke er til at gavne og glæde andre Mennesker!” Jeg havde nok tænkt noget i den Retning, men dog været bange, og nu fik jeg Lov til at lægge ud. I de første 11 Aar havde Sandholt og jeg ikke rigtig haft hinanden, nu fik vi det. Nu var jeg i Gang, og Gangen fortsattes ogsaa, da Warberg døde, og Paludan kom og helt gik ad den samme gode Vej, saa at Samarbejdet er faldet saa naturligt og ligetil. Der fortælles, at Bjørnson en Gang skal have sagt til sin Kone: ”Men, Caroline, skal jeg da altid være gift med Dig?” Og i de mange Aar har jeg ogsaa af og til sagt til Sandholt: ”Skal jeg da altid være bundet til Dig?” Men saa har Sandholt altid svaret: ”Ja, hvad vil Du gøre uden mig? Jeg er jo Din Arv og Dit Ansvar og Dit Hjem og Dit Liv!” Og saa har jeg besindet mig, og mit Ord er blevet, som det nu ogsaa i Dag er mit sidste, til Sandholt, saaledes som der staar i den lille, svenske Folkevise: "Og lever jeg, saa har Du mit Hjerte, og er jeg død, saa har Gud min Sjæl.” Og saa vil jeg bede Dem om at drikke Sandholts, min gamle Ægteherres Skaal.”
+Jeg havde ikke haft Tid til i Forvejen at skrive, hvad jeg vilde sige, men jeg tror da, at det omtrent var, hvad jeg sagde, skønt der vist er lidt bedre Facon paa det skrevne. Nu vil jeg blot tilføje min hjærteligste Tak til hver især af mine kære Venner for al den Forstaaelse og Kjærlighed, de har givet mig, hver eneste en har bragt mig noget, jeg trængte til, og som jeg gemmer, og hver har bragt mig det paa sin Maade, saa jeg har jer saa levende for mig. Maa jeg saa løse følgende Rundrejsebillet til denne lille Skrivelse: Ville Bang og Inger Krogh, Tante Emilie, Elisabeth Grundtvig, Nysøgaard, Hillerød. Derfra tilbage til mig.
+Jeres alles gamle hengivne 
+Line Sperling.
+Sandholt, d. 6. Januar 1916.</t>
+  </si>
+  <si>
+    <t>1923-11-24</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted</t>
+  </si>
+  <si>
+    <t>Møllebakken 14, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Ludvig Feilberg
+Alhed Larsen
+Johannes Larsen
+Marie Larsen
+Elisabeth Mackie
+William Mackie
+Johannes Madsen
+L C Nielsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Det er usikkert, hvilken Nielsen der holder fødselsdag på hotellet.</t>
+  </si>
+  <si>
+    <t>Kopier findes på Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted takker for pakken hjemmefra - hun håber på besøg af faderen på vej hjem fra England. Marie Larsens humør er dårligt, især under et spil bridge. William Mackie vil have datteren Elisabeth hjem til USA for at studere under visse betingelser.
+Forfatter og redaktør LC Nielsen er på besøg. Det formodes, at han også er den Nielsen, der holder fødselsdag på hotellet i Kerteminde, idet han har fødselsdag sidst i oktober.
+AMB er presset på økonomien pga tandlægeregning. Hun er meget optaget af psykologen og filosoffen Ludvig Feilbergs bøger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Bv4l</t>
+  </si>
+  <si>
+    <t>24-11-23
+Torsdag Aften.
+Kære Muksen!
+Tak for det lange Brev forleden og Pakken i Dag med Blade, Cigaretter m.m. det var dejligt. De sidste Par Aftener har jeg paabegyndt Brev, men det er ikke blevet til noget. Om Formiddagen er jeg altid saa godt oplagt. – men naar jeg saa skal til om Aftenen er jeg fuldstændig tom. Det er Bevægelsesmagten der, fra Kredsning (om Formiddagen), efterhaanden er gaaet over i Lejeløb og forsvunden. Den er vældig sjov den Feilberg Bog. Jeg ønsker mig hans andre Afhandlinger til Jul. Een hedder f.Ex. ”Om størst Udbytte af Sjælsevner”. 
+I Aften er Onkel Las og Tante Be paa Hotellet. Det er Nielsens Fødselsdag. Mareje er vist støt over hun ikke er inviteret. Jeg har sidder lidt nede i Dagligstuen for at opmuntre hende. Det maa vel have set saadan noget lignende ud.
+[Indsat tegning]
+Hun er i forholdsvis godt Humør igen; men hun har været rædelsfuld – gad vide hvorfor. Ved Bridgebordet i Søndags sagde tante Be til hende saadan noget lignende som:” Ja, jeg maa nok passe paa du ikke kommer ind, Mareje, for jeg ved jo nok, du sidder og lurer med den sidste lille Ruder.” Hvortil Mareje svarede i en yderst fornærmet Tone.” Jeg lurer virkelig ikke”. Og Resten af Aftenen var hun, om mulig, endnu mere sur.- Forleden da Brevet fra Billy var kommet fortalte hun glædesstraalende Tante Elle at Putte ikke maatte komme til Schweitz. Billy skriver at hvis hun vil være lydig og studdy af al might (Mathematik Algebra og l.) maa hun faa Lov til at komme til Amerika og gaa i Skole i 4 Aar. Hun maa nok faa Lov til at gaa paa Gaden med sine Veninder en Gang imellem og saa skal hun blive tilpas religiøs. Billy maa ikke være riktig klog!
+I Dag havde vi besøg af L.C. Nielsen. Han er en sjov lille En med et stort rødt struttende, strittende, flyvende Kunstnerhaar. Vi havde ogsaa Besøg af Madsen, som satte et Par Ruder i. Jeg kan vældig godt lide ham. Naar han føler sig stærk nok kommer han op og sender Billeder.
+Kommer Far ikke herned paa Hjemvejen fra London? Det maa han endelig! Her er saa rart og hyggeligt. Døren mellem Spisestuen og Dagligstuen er blevet skuret og et af Tante Be’s berømte Silketæpper lagt frem. Det er en stor Forbedring. – Jeg tænker lidt paa ar cykle til Nyborg og tage imod Far ved Færgen; hvis ikke mine Fødder fryser af mig paa Vejen.
+Forleden kom Bedstemoder og forærede mig et Par Sko. Hun syntes mine Morgensko var saa tynde.
+I Tirsdag blev jeg færdig med Tandlægen. Jeg er øm endnu i mit højre Øre af at han bedøvede Visdomstanden. Er det ikke tidligt at have Hul i den? Jeg har spekuleret meget paa hvordan jeg skal faa ham betalt. Min Løn for Dec. Jan. Feb. og Marts i alt vil lige slaa til da det er 150 Kr. men jeg skal jo ogsaa bruge nogen til lidt Sommertøj (især da vi bor i København) og til Gardiner og l. til mit Værelse. 
+Nu kan jeg ikke mere for Strenghed og mit Brev bliver ogsaa uklart og mørkt af bare Søvnighed.
+Hilsen fra Lomme.
+[Indsat tegning</t>
+  </si>
+  <si>
+    <t>1924-05-02</t>
+  </si>
+  <si>
+    <t>Møllebakken 14, 5300 Kerteminde, Danmark
+Stige Ø, 5000 Odense, Danmark
+Filsøvej 31-21, 6854 Henne, Danmark
+Romsø, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>Lars Hedelund
+Matilde Jungstedt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Georg Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Christine Swane
+Laura Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Forberedelserne til Andreas Larsens 25 års fødselsdag er i gang. Der har været megen travlhed i forbindelse med begravelsen af Georg Larsen. Det bliver ordnet således, at datteren Anna og hendes mand Thomsen kan fortsætte med at drive butikken.
+Marie Larsen har svært ved at skabe et overskud på driften af hønseriet. Der er store problemer med sygdom hos Adolph Larsen og hans familie. Især Adolph Larsen har det skidt, og man er bekymret for, han vil begynde at drikke igen. Andreas Larsen og Laura Warberg hjælper til.
+Johannes Larsen rejser til Fiilsø for at male.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/X4Kb</t>
+  </si>
+  <si>
+    <t>[2-5-1924]
+Kære Muk!
+Tak for dit Brev. Vi har haft en travl Tid, og jeg synes der er saa meget at fortælle, at jeg ikke ved, hvor jeg skal begynde. 
+Jeg vil være meget glad, hvis I vil købe et Par ”flotte” Sokker og saa de Cigaretter. Puf er hjemme Dagen før sin Fødselsdag, som den skal nok holdes den Dag. Puf har planlagt en Romsøtur, hvis Vejret bliver til det. Men I kan jo lige saa godt sende Breve ud til ham. Adressen er: Handelsgartner Lars Hedelund. Stige. Tante Be omgaas med Planer om at forære ham en Motorcykel. Tænk hvor sjov hvis det bliver til noget!
+Vi har haft en Masse Begravelsesgæster. 27 til Middag en Dag, Tre Retter Mad. Vi har ogsaa haft liggende Gæster. Uglen er rejst i Dag som den sidste. Anna Gros. synes det var ”helt pænt” af Tante Alhed at tage dem her op. De sørger vidst ikke viddere over Gros, Anna mere over alle sine nye Kjoler hun nu ikke kan gaa med ⃰ ). Annas Mand Thomsen kom til at staa alene med Forretningen og Gælden, men Tante Be har hjulpet ham, saa han vedgaard Gæld og Arv og derfor slipper for Skifteretten, som vilde tage det hele, og saa han gaar paa Akkort med Kreditorerne, saa de kun faar 45%, og dermed kan fortsætte Forretningen – 
+Denne Forklaring blev nok (grin nu ikke for meget af mig) lidt uklar; men det var Onkel Las og Mareje, der kom her ud og gav sig til at slaads om Komfuret og Las tegnede mig. Onkel Las skal lave Spartelfarve og Mareje Æggekage til sine Kyllinger. 
+Det er nogle dyre Kyllinger Mareje frembringer. Af en Rugemaskine paa 300 Æg kommer 40 levende Kyllinger, og af disse dør der endda nogle. De faa resterende Kyllinger skal saa, før de kan give Indtægt
+⃰ ) Den Dag Gros var død havde Anna sendt Bud til Byen efter nogle Buxer til sit Toiletbord det kunde hun ikke undvære”. 
+først betale Rugemaskinen, al Petroliumen der er gaaet til (og det er ikke saa lidt), alle de Lampeglas, der er gaaet i Stykker, dyre Termometre til Maskinen, al det Fodder Kyllingerne skal have til de bliver store, Medicinen de skal have da de er lidt defekte, den Elektricitet til 100 Lyspæren i Værkstedet brænder for ikke at tale om Rugeæggene selv, der er købt i dyre Domme. 
+Men jeg skal ikke udbrede mig mere om det idiotiske Hønseri. Det var Thomsens Forretning jeg kom væk fra. Tante Be har taget sig af det med Liv og Sjæl og været til Møder 3-4 Gange om Dagen. Hun havde ogsaa ladet Kirken pynte med Planter fra Drivhuset. Udsprungne Guldregne f. Ex. 
+Har jeg fortalt dig om Tante Junges Flytning? Tante Be var og jeg var ovre og hjælpe en Dag. Stakkels Tante Junge! Hun har ikke været helt rask og sine Elever har hun jo haft under det hele. Der har ogsaa været en Masse for hende at ordne med Tinges Tøj inden hans Afrejse i Gaar. Og hendes Pige ligger syg nu. Baser, Bibbe og Manse har ogsaa været syge. Vi mener der er noget i Vejen Gære med Baser; han har været lidt underlig i de sidste Dage. Der er jo heller ikke noget usandsynlig i at han, nu efter en Sygdom, vil begynde at drikke Jeg har slet ikke set ham i Eftermiddag. Bedstemoder klager over at han ikke hjælper Tante Junge og Bedstemoder hun vil gøre hans Arbejde. Bedstemoder har det jo saa meget med moralske Straffe. De er sikkert spildte paa Agraren. 
+Da han var syg hentede jeg selv mit Brændsel og pindede Brænde. Den Dag Puf var hjemme havde han gjort det. Da jeg kom ned om Morgenen var der fyret paa Komfuret og Ild Varme i Dagligstuen. Han fik et lille Brød til Belønning. Naar der skal vadskes op møder han trofast for at ”svinge et Vidskestykke” d.v.s. tøre af.
+Bedstemoder spiser herovre for Tiden. Tante Junge kan ikke have hende.
+Lille er sød. Uglen klippede hende i Dag, medens jeg holdt hende og oprette hendes Hoved. Det foregik under høje Hyl og Skrig. 
+Onkel Las rejser en af Dagene til Fiilsø. Saa haaber jeg, at Vejret ogsaa bliver godt, at vi ogsaa kan komme ud at male. 
+Nu er der vist ikke mere at fortælle – jo, at Tinge, for sine egne Penge, har købt sig et Sæt Tøj, Skjorter og Strømber (og Sko tror jeg) Jeg er en daarlig Økonom. Jeg burde naturligvis forsyne mig selv med Tøj, men det er det jeg daarligst gider bruge mine Penge til. 
+Hilsen til jer alle fra Lomme.</t>
+  </si>
+  <si>
+    <t> 9. aug. 1925</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Grønland
+Axel Laurent-Christensen
+Eiler Lehn Schiøler
+John Møller
+- Nørdam
+Henning Scheel
+Jes Svane</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/KRmo1USA</t>
+  </si>
+  <si>
+    <t>1925-12-04</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Hindsholm
+Stige, Odense</t>
+  </si>
+  <si>
+    <t>Harald Henningsen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Niels Larsen Jørgensen
+Frida Madsen
+Peter Peter, Værksted</t>
+  </si>
+  <si>
+    <t>Hindsholm er navnet på halvøen nord for Kerteminde.
+Henderson er samtidens kraftigste motorcykel, bygget i Detroit i USA. 
+Manometer måler tryk på vand.
+1 alen: 62,77 cm. I 1907 indføres metersystemet i Danmark, og de gamle måleenheder forsvinder efterhånden.</t>
+  </si>
+  <si>
+    <t>Det er meget koldt, og diverse fryser til. 
+Adolph Larsen (Baser) og Andreas går på harejagt sammen. 
+Andreas Larsen overvejer at overtage et gartneri nær Kerteminde - evt. at købe jord sammen med Adolph Larsen. Han opstiller et større regnskab i brevet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/riqz</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Fredag den 4. Dec.
+Kære Lysse.
+Da jeg kender din expedithed, saa disse Par Ord for at sige dig at du ikke behøver at sende den Blyant og det Tobak før du alligevel sender den organiske Kemi, og den skal jeg ikke bruge før hen i næste Uge. Naa Tak fordi du har købt Tobakken og Blyanten. Vi har Vinter her kan du tro, imorges 13 ⁰ C. Petroleumsovnen er skiftevis i Trappestuen, i Kaffekøkkenet (Vandrør og Gasmaaler) og paa WC i det aabne Skur. Jeg fyrede nogle Dage i Kaminen i Trappestuen, men saa kom jeg i Tanker om at P.-Ovnen var billigere. 5-6 L om Dagen. Det var heldigt Glasset blev lagt nu i Drivhusene i Aar, ellers havde de vist ikke klaret sig saa godt som de gør. I Gaar var jeg en dejlig Tur på Hindsholm, den saa godt ud i Sne; var nede for at hilse paa Frida, men hun var ikke hjemme, fik saa Kaffen og en Cigar. Henderson gik fint, den staar mærkværdigt godt i Sne. Idag er den frosset i Olierørene (Accumolatoren havde jeg dækket) Manometret gik helt op, saa skænkede jeg varmt Vand paa Pumpen og Røret til Motoren og startede igen, saa viste det slet ikke, men da jeg saa skænkede paa Røret fra Reservoiret viste det normalt Tryk igen. Nu har jeg kørt den ned i Peters Værksted, der holder han Frostfrit for Træets Skyld. Selv imorges (-13 Grader) havde han 1 Grad Varme; det er en fænomenal Kakkelovn han har. - Baser og jeg gaar paa Harejagt det er morsomt at spore dem paa Sneen. Hidtil har vi ingen faaet, men til imorges lykkedes det ham at skyde forbi til en (100 Alen). Han fik forresten en And igaar Eftermiddags, men da var jeg ikke med. Igaar var vi inde at se til [ulæseligt] Jørgensen, han tilbød os at leje Gartneriet for 1500 om Aaret. Det er vist for meget saa vidt jeg kan regne ud, men det kan vel faas billigere. (det er uden Villaen). Hvis Baser og jeg slog os sammen og fik Henningsens Jord ogsaa, og Henningsen blev Hovedaftager, Hvad siger du til det? Er det pjanket? Jeg spekulerer lidt paa det. Det har jo den store Fordel, at jeg kan blive boende hjemme, hvad der jo var rart foruden at det vilde være økonomisk fordelagtigt. Efter min løsagtige Vurdering skulde der vist ikke gives mere end ca 1100 for det, nu skal du høre. Henningsen giver 225 for 1 Td Land (han betalte forleden, Modregning 70 Kr.) det, svarer til ca 340 for Jørgensens 1 1/2 Td.
+Vurdering:
+2 Drivhuse med Varmeanlæg 
+og Arbejdsskur 5000
+Redskaber 1000
+Elektrisk Pumpe og Vandingsrør
+mm 1500
+----------------
+7500
+----------------
+----------------
+10 % af 7500 750
+Jordleje 340
+---------------
+1090
+mere har man vist ikke regnet det gamle Skidt til.
+Naar han har været saa mange Aar om at køre i staa, maa vi da ogsaa kunde redde det en Tid. 
+Budget.
+Indkomst: 
+Af Tomathus 1200
+Af Agurkhus (Agurker) 800
+do Tomater (efter A) 100
+Chrysanthemum 200
+50 ? Bænkevinduer 300
+Blomkaal 700
+Jordbær 200
++ Græs til Hest.
+---------
+3300
+----------
+----------
+Udgift:
+Brændsel 300
+Gødning, Frø m.m. 300
+Elektrisk Kraft 100
+Føde til Hest (Hest anskaffes) 300
+Reparationer 200
+Afgift 1200
+Telefon 130
+--------
+2530
+--------
+Det ser jo ikke fedt ud, men jeg tror det er en forsigtig Beregning. Se det var altsaa Jørgensens alene. Henningsen sagde forleden at han havde taget for 1200 ud af Jorden deroppe og saa var endda ikke medregnet Chrysantemum, som han sagde at have faaet godt ud af. Hvorvidt det er til at stole paa skal jeg ikke kunde sige.
+Jeg har tænkt en Ordning med Henningsen omtrent saadan: Han aftager hvad vi producerer, saa vidt han kan, mens vi til Gengæld ikke maa sælge her i Byen</t>
+  </si>
+  <si>
+    <t>1926-8</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Christoffer Columbus
+Waldo Emerson
+- Granberg
+William Mackie
+Helen Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted var gæsteprofessor ved Harvard i Boston flere gange. Af brev fra Alhed/Lomme til Johannes Brønsted 1926-08-05 (BB3824) fremgår det, at Louise og Johannes Brønsted 6. august 1926 sejlede med Oscar III mod New York, og at det var deres første besøg i denne by. 
+Ellen Sawyer var gift med amerikanske Harris Eastman Sawyer og boede sammen med ham i Boston. Da han døde, flyttede hun og datteren tilbage til Danmark.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3823</t>
+  </si>
+  <si>
+    <t>Strømperne, som Ellen Sawyer sender, er lidt store, men de skrumper nok. Da Ellen boede i USA, gik man om sommeren med hvide kjoler, for de kulørte falmede. Louise Brønsted skal undgå middagsheden i New York. 
+Ellen håber, at Louise kan komme til at aflevere gaver til blandt andre Helen. Der er lidt porcelæn og en flaske i pakken.
+Ellen håber, at vejret vil være godt, når Louise og manden skal krydse Atlanterhavet. Denne rejse er mere bekvem end den, som Columbus foretog. 
+Louise og Granberg har gjort huset rent til sommergæsterne, som skal leje det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gzom</t>
+  </si>
+  <si>
+    <t>Kære søde Lugge
+1000 Tak for dit gode Brev! Det er ikke min Hensigt at besvare det nu. Dette er kun et Par Ord, som du ikke skal føle dig forpligtet til at svare paa. Svaret faar du i Amerika. Du behøver heller ikke at takke for de smaa Afskedsgaver. Jeg synes jo desværre at Strømperne ser en Smule store ud til dine ikke just Elefantben, - men de havde dem ikke mindre, og mon de ikke sætter sig lidt i Læggen og skrumper lidt i Foden. Det gør de nok. - Du har vel en hvid Kjole i dit Udstyr. I min Tid gik de uhyre meget med hvidt om Sommeren og det gør de vist endnu, for alt andet falmer jo. Og varmt er der jo. Saa for Himlens Skyld ikke ud i Middagsheden i N.Y. Det maa man ikke. Hvor jeg glæder mig paa jeres Vegne. New York By er jo saa sin Sag, - men Hudson Floden er da dejlig. - 
+Mon ikke du har en Udvej til at faa denne lille Pakke givet min Svigerinde Helen. Hun vil meget gærne se jer. Kunde du ikke sætte hende i Stævne hos Billy, for I naar vel ikke ud til West Roxbury. Der er forresten dejligt. Det var der i Nærheden at Emerson sammen med nogle Ligesindede havde en lille Koloni, hvor de dyrkede "Back to nature."
+Der er nogle smaa Bitter københavnsk Porcelain i men det er godt pakket. Mon du ikke nok finder en lille Plads til det. - Den lille Flaske til Mag. skal jo i hans Lomme. 
+Gid vi maa beholde det gode Vejr mens I er paa Atlanterhavet; saa vil I jo nyde den Tur. - Den ["Den" overstreget] I bliver vel tykke af al den gode Mad, hvis I ikke bliver søsyge. Jeg glæder mig til at faa Brev fra dig derovre fra. - Jeg er nu glad over at det er mere bekvemt at sejle end den Gang Columbus tog Turen, og den Gang da Mayflower sejlede over og Passagererne steg i Land paa en Sten paa en aldeles øde og vild Kyst (nuværende Plymouth) Sikken en Forskel, alligevel. -
+Jeg har ikke ret meget til de tre Piger desværre, - hvor er de dog bedaarende søde alle tre. 
+Jeg har idag haft Granberg og gjort hele Huset rent til mine Badegæster, som kommer i Overmorgen. Jeg glæder mig vildt til de rejser igen. Ogsaa til de 200 Kr. -
+Dette er altsaa ikke et Brev, - ikke en Gang Afskedsbrev - jeg skriver igen inden I "glider"
+1000 Hilsner
+E</t>
+  </si>
+  <si>
+    <t>1926-08-05</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted</t>
+  </si>
+  <si>
+    <t>- Afzelius
+Ellen Brønsted
+Else Birgitte Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Ina  Goldschmidt</t>
+  </si>
+  <si>
+    <t>Brønsted-parret rejste i 1926 og flere andre gange til USA, hvor Johannes Brønsted skulle forelæse på blandt andet Harvard. De var tre på rejsen, og den tredje var formodentlig Peter eller Else Brønsted (parrets yngste børn). 
+Fru Afzelius var muligvis mor til Adam Afzelius, som blev gift med Ina/Sjums Goldschmidt i 1926.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3824</t>
+  </si>
+  <si>
+    <t>Louise og Johannes Brønsted rejste til USA 6. august 1926. Alhed/Lomme Brønsted spørger, hvordan det er at ankomme til New York. Hun har fået brev fra Ellen/Bes Brønsted.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9olU</t>
+  </si>
+  <si>
+    <t>5 - Aug 1926.
+Kære Fas!
+Oscar III sejler i Morgen, saa I maa hellere faa en lille Hilsen med. Jeg har ellers ikke noget at fortælle.
+Hvordan er det saa at komme i Land i New York? I blev vel modtaget af en Mængte fornemme Personer. Hvad bestiller i nu? Er der meget varmt?
+Jeg fik et veltilfreds Brev fra Bes i Gaar. Sjums er jo der oppe nu. Jeg selv har rart i vores kølige Lejlighed.
+Fru Afzelius hilser mange Gange.
+Mange Hilsner til jer alle tre fra
+Lomme.</t>
+  </si>
+  <si>
+    <t>1926-10-21</t>
+  </si>
+  <si>
+    <t>116 Bishop Street New Haven Conn. USA</t>
+  </si>
+  <si>
+    <t>Peter Bichel
+Johanne  Brandstrup
+Ludvig Brandstrup, billedhugger
+Gudmund Hatt
+Grethe Jungstedt
+Matilda Jungstedt
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+William Mackie
+Harris Sawyer
+Kjeld Tutein
+Andreas Warberg
+Minna Warberg
+Jeppe Aakjær</t>
+  </si>
+  <si>
+    <t>Thompsons og skolebestyreren kendes ikke. Det vides ikke, hvem Gamle var. Swane kan både være Sigurd og Leo Swane. 
+Thøger Larsens "Søndengalm. Digte fra Italiensrejsen 1925-1926" udkom 1926. 
+Laura Warberg døde 10. april 1926. Hendes familiemedlemmer fik derefter diverse af hendes ejendele med sig hjem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3793</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer er glad for, at Louise kan lide amerikanerne. Selv lærte hun i sine 13 år i USA at respektere de stærke puritanere, som var hendes mands forfædre. Hun anbefaler Louise at låne bøger om New England på biblioteket samt også at læse Mark Twain.
+I Danmark er det efterår, og Ellen har hængt de tykke gardiner op.
+Thøger Larsens nye digtsamling er udkommet. Grete og Mathilda/Lille Jungstedt har været på besøg, og Thøger Larsen kom også. 
+Ellen og Johanne/Junge Larsen deltager i tyskundervisning sammen med en tungnem skolebestyrer.
+Alhed og Johannes Larsen er kommet hjem fra Båxhult. Alhed blev straks efter syg igen, og da de efterfølgende deltog i en jagt på Orelund, blev det værre. Hun skulle have sagt nej til at tage med,</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MsPI</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+3
+Mrs. J. L. Brønsted
+Bishop St. 106
+New Haven
+Conn.
+U.S.A.
+[På kuvertens bagside:]
+Return to: Sawyer - Kjerteminde, Denmark
+[I brevet:]
+21/10 - 26 Kjerteminde
+Kære lille Lugge!
+Tak for dit Kort fra Niagara. Det fryder mig stadig ubeskriveligt, at du synes saa godt om Amerikanerne. Det er som om Nulle - jeg mener Eastman - faar Oprejsning der i gennem. Naar jeg følte noget fra or ["ra" overstreget; "or" indsat over linjen] Amerika, var det jo paa en Maade via ham, - jeg oplevede paa en mærkelig Maade - intuitivt - hans Fornemmelse og synes jeg har oplevet hans Barndom og Ungdom, - ja endog hans Forfædres, - de strænge, stærke [ulæseligt ord] England Puritanere. Naar alt det, som var hans Rod og Oprindelse blev haanet og uforstaaet, saa syntes jeg det var Eastman selv! Og saa kan du nok forstaa, at det er en uhyre Tilfredsstillelse naar du kan lide noget af det. - Det tog mig flere Aar og lære at forstaa, men jeg er jo ogsaa saa dum, - eller var, - for jeg siger med Dr. Bichel at det er dejligt at mærke, at man bliver klogere Aar for Aar. Men Lugge, jeg tror virkelig at jeg paa de 13 Aar jeg boede derovre, naaede langt i Forstaaelse, den dybe Gennemtrængende Forstaaelse af New England. Gud skal vide, der var nok at irritere sig over, men "tout comprendre, cè serat tout pardonner" - (undskyld Stavefæjl) Mit Billede af Forfædrenes Skikkelser og Liv og Gærning ["og Gærning" indsat over linjen] var saa levende, at det hjalp til at opfatte Efterkommerne mere retfærdigt, end de fleste Indvandrere ellers gør det. [ellers gør det" indsat over linjen] Dernæst kunde jeg skjælne el. ane hvor der var Overfaldsskade paa Samfundslivet. Mulig en Del af mine "Opfattelser" var indbildte, - men ogsaa mulig at en Del var Intuition. - Jeg læste jo med stor Iver Landets Historie - John Fiske var den bedste. Kan du ikke faa dem fra et "library" - der maa vel være et Carnegie i Nærheden, - det synes jeg altid, der var. Det Fiske ["Fiske" indsat over linjen] er efter min Mening glimrende Bøger. Og Lugge faa dem paa "library" til at anbefale dig Bøger, som karakteriserer Befolkningen i New England. Jeg ved nok at Conn. ikke er New England, - men du kan godt ["godt" indsat over linjen] for min Skyld sætte dig lidt særlig ind i alt det New E. ["New E. indsat over linjen] Jeg kan ikke huske Forfatternes Navne Mange af dem er maaske lidt barnlige og for en Europæer lidt sødladne, - men det er det samme, - de hjælper til at levendegøre Billedet af Folket. Jeg er dog en Torsk til at huske. - Der var en som bl.a. skrev "Timothys Quest" - en Dame, - hun har mange smaa fine Fortællinger om Landboerne. Og det er jo paa Landet og i de smaa Landsbysamfund, at man finder de rene Typer. Mornine prællede alt jo af paa, - Hatt ligesaa, - han saa i Amerikanerne mest kun Indianerforfølgere. Junge var der for kort og kom ligesom forkert ind paa det hele, - Billy jo noget ufordøjelig - aandelig talt. - Lugge, læs ogsaa Mark Twains "Huckleberry Finn ["II" indsat over linjen] og Tom Sawyer. ["I"] indsat over linjen] (T.S. først.) Huckleberry er den bedste. Jeg kan ikke se andet end at den er glimrende Literatur. Denne Færd ned af Missisipi paa Tømmerflaaden sammen med Negeren Sam er virkelig en af mine store Oplevelser paa Literaturens Omraade. Men hvor er jeg blevet haanet for min Smag her til Lands.
+Naa, du synes maaske at jeg maa hellere fortælle lidt om Danmark, end fordybe mig i Amerika. Men du forstaar nok, at jeg er meget optaget af at du er der. Gid du kunde se East Andover og lade Thompsons vise dig vores Hus. Men det er jo noget afsides naturligvis. -
+Ja, hvad er der her. - Nu er det Efteraar og Bladene er faldne ude i min lille Have, men der kan endnu plukkes en Del Lathyrus og Petunia og Reseda og Georginer. Jeg har faaet mine brune Chenille-Vintergardiner op, - som Mor ordnede for mig i fjor, - de luner og hygger umaadeligt. Her er yndigt og jeg er mere end nogensinde forelsket i mit lille "komplette" Hus. Af Begivenheder: Thøgers nye Digtsamling, som hedder "Søndengalm" er udkommet. Det er altsammen Digte fra og om Italien. Jeg spejder efter Anmeldelser. De betegner afgjort et Vendepunkt i hans Produktion, og jeg er spændt paa, hvad Side, man mener han er vendt til. Det er en Fornyelse, det er der ikke Tvivl om. - Lille Muse og Lille rejste d. 21 Sept. det var et slemt Savn, - men det er saa morsomt at tænke paa, at de har været her og at de hyggede sig her. Gr. tog 5 Pund paa af min gode Mad!! Thøger var her og hilse paa dem paa Hjemrejse fra Aakjærfest og gamle Gr. og jeg kørte ham i Bil til Jelling hvor han saa tog Toget. Mon jeg dog ikke har skrevet det. - Vi var ved Faarup Sø, som vi ogsaa var ved. - Lugge, vi har en "tysk Aften." Her er nemlig en delvis indfødt ung Lærer ved Skolen, som giver private Timer ogsaa. En livlig, energisk ung Mand. Klassen bestaar af Skolebestyreren, Junge og mig. Desværre synes jeg at Skolebestyreren er meget tykhovedet, - han træder og stamper i hvert sølle Akkusativ og Dativ. Han kalder det Grundighed, men jeg kalder det Tykhovedethed. Saadan kan man jo se lidt forskelligt paa det. Havde vi Enetimer, skulde jeg blive som en Indfødt i Vinter, - det siger den unge Mand selv. - Men Skoleb. haler jo tlbage. Han laver jo ogsaa en Pærevælling af hver Sætning ved at blande Engelsk i det, - og er selvf. stolt af det (det er de altid). Jeg synes det er saa morsomt at Junge er med. Hun er min Gæst i Timen d.v.s. jeg forærer hende hendes Andel. Ellers vilde hun ikke være med, - hun ofrer jo intet paa sig selv. Hveranden Gang er det her og hveranden Gang hos Skoleb. og saa drikker vi Kaffe bagefter. Det er saa fornøjeligt. -
+Nu er Lases kommet hjem fra Båxhult. Alhed var saa rask da hun kom og har haft det glimrende deroppe, - men saa snart hun kommer hjem, er det jo knap saa godt. Og saa kan du tænke dig, - da de havde været hjemme en Uge rejste de til Jagt paa Orelund og Torbenfeldt og kom hjem i Aftes og idag ligger Alhed. Der var isnende koldt og hun frøs saa grænseløst og det kan hun jo ikke taale. - Hun vidste det i Forvejen, men syntes, hun var nødt til at tage med for Las's Skyld. Og nu er hun jo saa bitter paa ham. Der er jo Ting, vi grovere Naturer ikke forstaar. Hun kunde da sige "Fanneme, nej jeg vil ikke med" Det er da en daarlig Tjeneste at gøre ham, at føje ham og rejse med, - og saa være færdig at æde ham af Arrigskab bagefter. Las er jo nu en Gang en Klodsmajor med hendes Sygdom. - Swane er der i denne Tid. Kjeld Tutein er nu fast ansat som Gamles Hushjælp. De er meget glade ved ham og det er en stor Ting for Gamle. - Dede var her i Søndags et lille Svip. Han valgte sa en af de gamle slebne Karafler [tegning indsat] hjemme fra samt Tinbægeret du ved, som Mor altid havde paa Bordet. Og Minna fik det grønne Shawl. Vi fulgte ham til Middelfart - Gamle i sin Bil, - og i Hotel Middelfarts gamle Vinstue - en sjov Kælder nød vi en [indsat i venstre margen s. 6; på højkant:] Flaske Portvin til 12 Kr, som Dede gav. I ser vel at Lut er bleven gift med Hais! - Min nye Fortælling er nu færdig Se S. I (se S. X) ["(se S. X)" overstreget] 2
+[Indsat i venstre margen s. 2; på højkant:] Thøger fik M.S. og skriver, at han har læst den med "Interesse og Fornøjelse", - men det kan ikke nytte noget. Jeg vil gærne vide, hvad [Indsat i venstre margen s. 3; på højkant:] der er skidt og hvad der er godt (om der er noget). Den hedder "Aaen" og vores Aa er en af Hovedpersonerne, saa du kan forstaa, at [Indsat i venstre margen s. 4; på højkant:] jeg har forsøgt at udtrykke noget af min Følelse for det dyrebareste, vi har. Hvis jeg var gammeldags og senti- (fort. Side 6) [Indsat i venstre margen s. 6; på højkant:] mental saa skulde der være Dedikation, saadan: "Til lille Muk som jeg har oplevet Aaen sammen med." Men saadan noget nøjes man med at tænke nu omstunder, - og det kan jo for saa vidt være lige saa godt. [Indsat i venstre margen s. 1; på højkant:] Jeg skal sende dig den saa snart den er maskinskrevet, - og saa vil jeg gærne have en lidt indgaaende Kritik fra dig.</t>
+  </si>
+  <si>
+    <t>1926-12-04</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Johannes Nicolaus Brønsted
+Christian Caspersen
+Achton Friis
+Grethe Jungstedt
+Matilda Jungstedt
+Drude Jørgensen
+Maria Krümmelbein
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+William Mackie
+Helen Sawyer
+Nelly Tailor
+Kjeld Tutein
+- Vesterdal</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted var gæsteprofessor i USA flere gange i årene omkring 1926.
+Ellen Sawyer var gift i Boston og boede der i en årrække, indtil manden døde, og hun flyttede tilbage til Danmark.
+Det vides ikke, hvem Peter, Teddy Richardo, Comey, Lockshaal og Rolfe var.
+Christian Caspersen blev kaldt Max. Bes var Ellen brønsteds kælenavn. Det vides ikke, hvad hun fejlede i 1926. 
+Ellen Sawyer hilser "alle tre". Det er uklart, hvem Johannes Nicolaus og Louise/Lugge Brønsted fulgtes med i USA. Deres datter, Ellen, var tilsyneladende i Kerteminde, mens forældrene var bortrejst.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3791</t>
+  </si>
+  <si>
+    <t>Louise må skrive, hvad hun synes om julegaven.
+Det er underligt at fejre jul i USA, for lyset er forkert. I Stockholm er det dejligt mørkt. Man pynter op og glæder sig over solhvervet.
+Det er skønt, at Louise oplever Boston, hvor Ellen boede i 13 år. Ellen håber, at Louise træffer Nelly m.fl.
+Ellen/Besen Brønsted har det bedre. Det er godt, at Kjeld Tutein er i huset.
+Laura Warbergs grav er smuk. Man lægger kranse.
+Ellen laver en masse julegaver. Hun glæder sig til at se sin familie i Stockholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zmGS</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Mrs. J. H. Brønsted
+116 Bishop Street
+New Haven
+Conn.
+U.S.A.
+[I brevet:]
+4-12-26
+Kære lille Lugge!
+Glædelig Jul, I tre derovre i det fremmede Land! Gudskelov alligevel ["alligevel" overstreget], at det kun er midlertidigt! For det er jo for langt væk - endnu da! For naar der en Gang bliver daglig Flyverute, som ikke ligger og dratter ned i Vandet, - saa bliver det jo ikke saa langt.
+Jeg haaber at du ikke aabner min lille Pakke inden Juleaften, - heller ikke dette Brev. Men glem ikke at give mig nøje Besked om, hvad I synes om min Gave, naar I har læst den. Jeg er nemlig meget spændt paa det.
+Det bliver jo nok en lidt underlig Jul for jer, - men mon I ikke vil finde, at det næsten er som det slet ikke er Jul. Man har ondt ved at komme i den rette Stemning - derovre ["- derovre" indsat over linjen]. Det kommer sikkert af, at Lyset er forkert, - Dagen er for lang og lys, og Solhverv er ikke en stor og glædelig Begivenhed, som her. I Stockholm, hvor Dagen jo er endnu kortere, der har jeg altid følt Julen næsten som man følte den som Barn. Julen er som en Skæbne, - som et Vejr, noget som man man ikke vilde kunne komme udenom. Det er ikke som det er en af Mennesker konstrueret Fest. Den ligger i Luften og man bøjer sig for det. Med stor Fornøjelse naturligvis. - Man føler, at naar hver eneste nok saa ringe lille Snask klæder sig i Julegran, saa er det ikke for Kundernes Skyld, men fordi det maa være saadan. Jeg har sommetider tænkt at det var Massesuggestion, - men det tror jeg nu ikke alligevel. ["alligevel" indsat over linjen] Jeg tror heller ikke det skyldes udelukkende Svenskernes Temperament, - jeg tror tror altsaa nu, at det er et ganske naturligt Udslag af Glæde over Solhvervet. At fejre Jul ved Aquator vilde da forekomme ganske absurd. Undskyld denne lange Redegørelse
+Lugge, hvor var jeg henrykt over dit Bostonbrev. Sendte det straks til [ulæseligt ord]. Det er saa underligt, og saa kært at tænke paa, at du nu har ligesom lidt Indblik i mine 13 Udlændighedsaar. Nu synes jeg jo blot at du skulde opleve det altsammen - gaa med mig i Franklin Park, - tage tage Mattapan Sporvognen ud til Blue Hills, se vores Hjem i Columbia Road og besøge East Andover. Og Biblioteket, som jeg holdt saa meget af, - ja der var du jo. Og hvor morsomt at du var sammen med Helen. Det har nok været en stor Begivenhed for hende. Det var nu morsomt om du kunde besøge hende i Februar, hun kunde rigtig vise dig Boston. Saa kunde du ogsaa besøge Nelly Tailor - hun bor ganske nær Billy. Hun var min Nabo og bedste Veninde i mange Aar. - Peter hører jeg saa lidt om. Hvad laver han?? Og hvor var det morsomt at høre om Magisterens fine Modtagelse i Harvard.
+Nej, jeg traf aldrig Teddy Richardo, - jeg ved ikke hvorfor, - det traf sig nu ikke saadan. Men Coney og Lockshaal og Rolfe, om du træffer dem. Men de er sagtens i helt andre Brancher. Jeg glæder mig allerede til dit næste Brev.
+Las'es er i København. Vi synes nu at Besen har det helt godt, forholdsvis. Humøret er da langt bedre og hun er ikke nær saa pirren synes jeg. Jeg tror nu, at det er et stort Held at Kjeld Tutein er der. Han er jo en henrivende Fyr og umaadelig sød mod Besen. Et lidt fremmed Element i Hjemmet er nu sommetider godt, - i dette Tilfæde tror jeg glimrende. - Besen glæder sig til at skrive og fortælle om Mors Grav, som er saa smuk i Vinter, saa det vil jeg lade hende fortælle. - Hos Junges er det en af de gode Perioder. Han drikker ikke, har Arbejde og nøder pænt med Pengene. Junge siger han er saa ualmindelig sød hjemme i denne Tid. Saa puster stakkels Junge og faar igen lidt Mod paa Tilværelsen. I Søndags var hun og jeg i Odense hos Drude - inviteret. Vi havde saadan en hyggelig Eft. og Aften. Prof. var der, saa vi diskuterede Tilværelsens Gaade hele Tiden og spiste fin Mad og drak fin Vin til. Det var yndigt. -
+Jeg virker voldsomt med Julegaver. Iaar maler jeg Lerskaaler - har 12 færdige, - de er virkelig saa pæne. Samt Kageskaaler og Glaskaaler til Piger, - (jeg har fem Piger at give til) Grethe skal have et stort Fotografi efter det Maleri af Mors Mor som Max har. Det er henrivende og i en smuk gammeldags Ramme. Samt Las og Achton Friis Bogen, - samt mit Forskærertøj oppudset - samt en Bunke Smaating. Lille skal have en stor fin Dukke, jeg lader Tøjet sy, saa den kan klædes af og paa. Be skal have en Lommetørklædemappe (den er færdig) som den jeg lavede til Thøgers Fødselsdag.) Thøger skal have et graat af mig selv strikket Silkeslips. - Puf og Kjeld do Muffedisser. Saa du ser jeg virker. Jeg rejser Lillejuleaften. Jeg vil savne det lille hyggelige Jule[ulæseligt], jeg plejer at have hos dig. Jeg glæder mig jo svært til at komme op til min lille Familje, - men her bliver jo [indsat langs venstre margen s. 4:] Julen vemodig. Vi lægger alle Kranse derud. Jeg lægger en fra Dig, lille Lugge. - De skal hænge omkring paa Gelænderet og være af værende Grønt
+[Indsat i venstre margen s. 3:] Vi har stadig fremkommelige Veje og ingen Sne. "Guskilov." Nu 1000 Hilsner og Kompliment og [ulæseligt] til jer alle tre fra jeres Elle</t>
+  </si>
+  <si>
+    <t> 7. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ragnar Ásgeirsson
+Múlakot Sommerhotel
+Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
+Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5.september 1927.
+Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
+Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xw5xLNUd</t>
+  </si>
+  <si>
+    <t>1931-02-17</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Ludvig Holstein
+Else Jensen
+Johannes Jørgensen
+Helge Rode</t>
+  </si>
+  <si>
+    <t>Den omtalte digtsamling er Den Jydske Blæst, 1931. Første digt i denne bog er Som Dreng skar jeg Skibe. 
+Kronikken er formodentlig Ludvig Holstein: Johs. V. Jensen og hans Fjender. Politiken 1931-02-12. Berlingske Aften 1931.02.16.
+Sneglen og Rosenhækken er en historie af H.C. Andersen. 
+Odensebillederne er en række malerier, som H.C. Andersens Hus i Odense havde bestilt hos Fritz Syberg. Han har omtalt dem i flere breve til Johannes V. Jensen.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Syberg takker for digtsamlingen. Han har læst Holsteins kronik. Desuden husker han Helge Rodes anmeldelse af en af Johs. V. Jensens myter. Rode skrev her om at være for yndig.
+Syberg har sendt 22 billeder til Den Frie og skal nu i gang med sine Odensebilleder igen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aH2l</t>
+  </si>
+  <si>
+    <t>Pilegaarden 17-2-31
+Kære Ven.
+Tak for Dine Digte, af hvilke jeg bl.a ikke før har læst det som indleder Samlingen. Mon et saadant Digt ikke kan faa Dine Angribere til at indse at Du i Grunden er usaarlig? eller nøjes de med at føle det og harmes? Jeg har læst Holsteins Kronik og er ondskabsfuld nok til at glæde mig over at de to Herrer Joh. Jørgensen og – især – Helge Rode er trukket frem. 
+Man behøver hverken Ruslands eller Tysklands Hjælp til Fremstillingen af det Trekløver han præsenterer for os, tvertimod, det straaler af ægte Hjemmedanskhed. Af det lidt jeg har læst af Helge Rode bevarer jeg en lille Erindring, som jeg ikke kan faa slettet ud af mit Sind. I en Anmeldelse i Berling. T. af en af Dine Myter ”I Sverige”, hvor han paa falsk og uægte Maade men ”sobert” og ”fornemt” vurderede Dig og satte Dig paa Plads fremkom følgende indskudte Bemærkning om Dig: ”har man forresten Lov at være saa yndig”
+Det er Historien om Sneglen og Rosenhækken. 
+Forresten er der jo noget humoristisk i, at Dine Angribere for at finde noget de muligvis kan ramme og saare Dig med maa klæde sig selv af.
+Det lader til at Kyndelmisse giver os Vinter i Aar. [I] Hvert Fald er Østenvinden barsk her. Jeg har lige faaet sendt 22 Billeder over til den Frie og skal nu til at have Odensebillederne fat igen.
+Trods Gigt og Nyrer har jeg det ug.
+Mange Hilsener til Dig og Else.
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1937-06-08</t>
+  </si>
+  <si>
+    <t>Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Gustav Petersen
+Leo Swane
+Franz Syberg
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Leo Swane chikanerede i flere år Fritz Syberg. 
+Fuglebegravelsen: En litograf lod for egen regning maleriet "To børn begraver en fugl" ændre til litografisk tryk, og han forærede disse tryk til samtlige folkeskoler i Danmark. 
+Man kan tilføre fx kultegninger og pastelkridtværker fiksativ ved med munden at puste ned i et rør, der fører til en beholder med fiksativ. Syberg havde naturligt nok ikke "Vejr nok i sig" til at behandle et større lærred på denne måde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2</t>
+  </si>
+  <si>
+    <t>Franz/Trylle får nu Pilegaarden, og de øvrige børn skal have et beløb, der svarer til gårdens værdi. Hans kan evt. sælge "Børnene ved stranden". 
+En avisartikel om "Fuglebegravelsen" er et godt modsvar til Leo Swanes angreb mod Syberg. Swane forsøger nu at hindre, at Syberg kan deltage i Carnegiefondens udstilling i USA. Det er ubehageligt for Syberg at arbejde sammen med Swane i Faaborg-regi. 
+Fritz Syberg spørger Hans, om han kan skaffe en stor sprøjte, som han kan bruge, når han vil give store lærreder med kultegning fiksativ.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MFKY</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+8 - Juni - 1937
+Kære Hans.
+Tak for Breve og Papirerne paa Huset som vi nu skal se at faa overskrevet paa Trylle, saaledes at I faar udbetalt nogle Penge til Gengæld for at han faar ["faar" overstreget] bliver Ejermand af Pilegaarden. Hvor meget vi skal vurdere den til ved jeg ikke, det kan vi jo tale om. Men hvert Fald sender jeg her som Forskud derpaa 3000 Kr. saa Du kan fortsætte Dit Byggeri.
+Hvormeget jeg kan udbetale hver af Jeg ["Jeg" overstreget] Jer til Gengæld for at Trylle faar Pilegaarden ved jeg ikke, jeg har ikke Forstand paa den Slags Ting, men som Salgsobjekt er den jo et tvivlsomt Aktiv. Jeg synes Du skulde sælge "Børnene ved Stranden" og faa det Hus til Dig, Ulla og Børnene saa I kan have Glæde af det mens Børnene er Børn det vil være en Livsværdi for dem, og for Jer med. Du er altsaa indforstaaet med, at hvad Du faar ind for "Børnene ved Stranden", er udenfor de Penge Huset kan smide af sig til Jer. Hvor meget eller lidt dette kan blive til hver af Jer vil jeg ikke udtale mig om lige i Øjeblikket, men nu faar Du altsaa foreløbig 3000 Kr.
+Har Du set i Pol. Be ["Be" overstreget] Berling. og National. en Opsats om den ["den" overstreget] "Fuglebegravelsen"? Jeg glæder mig over den fordi den dog er et Modangreb mod Swanes Muldvarpearbejde. Han har været paa Krigsstien igen fortalte Gustav Petersen og søgt at faa mig diskvalificeret til at deltage i Carlsbergfondets Maleriudstilling i Pittsburg i Staterne. Men Manden der staar for denne Udstilling valgte alligevel "Lindetræerne i Sne". Det er ubehageligt at skulle sidde i Komite Faaborgkomiteen ["Faaborgkomiteen" indsat over linjen] med en Mand man ikke holder af at række Haanden, men jeg har jo da den Udvej at kunne ty til en Sygemelding Saa er der en anden Ting. Jeg laver nogle Billeder jeg først tegner op med Kul, og gennemtegner dem en Del. Men nu er Sagen den, at naar jeg begynder at lægge an med Oliefarver, saa ved af gammel Erfaring at hele Tegningen med Kulstreg og samt, den forsvinder for Penselstrøget idet jeg lægger Farven paa. Jeg kunde tænke mig at hvis Kullet var et Materiale som blev siddende paa sin Plads som f. Eks. Blyant eller Tusch saa vilde det være en stor Lettelse for at faa Billedet nøjagtigt lagt an. Paa en mindre Lap Lærred kan jeg fiksere kullet med almindelig Fiksativer ved Hjælp af en Blomstersprøjte. Men da det her drejer sig om Lærreder paa ca 2 x 3 Meter har jeg ikke Vejr nok i mig til den Fremgangsmaade. Men man maa jo kunde faa en eller anden Slags Sprøjte der lige som Trylles Frugttræssprøjte, kunde sætte saa stærkt Pres paa Straalen eller havde en saadan Spreder saa Fiksativen kunde blive til Dampe eller gaa over i en Slags Dampform. Det kan man jo med en almindelig Blomstersprøjte naar man blot har Vejr nok i sig.
+Du har Forstand paa den Slags Ting og kan ved Lejlighed maaske skaffe mig en saadan Sprøjte.
+Hilsen til Jer allesammen. Ha'et godt og sørg nu for at faa det Hus bygget.
+Mange Hilsener fra Far.</t>
+  </si>
+  <si>
+    <t>1943-10-21</t>
+  </si>
+  <si>
+    <t>Birgit Brandstrup
+Ebbe Brandstrup
+Ellen Brønsted
+Thora Cohn
+Andreas Larsen
+Elena Larsen
+Jens Larsen
+Jeppe Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Elisabeth Mackie
+Alhed  Møhl, Lysses datter
+Holger  Møller Hjorth
+Ellen  Sawyer
+Arne Schwark
+William Schwark
+Elly Svarrer
+Ane Talbot
+Andreas Warberg, Albrechts far
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Epikuræer: Ifølge den græske filosof Epikurs lære (o. 300 f. Kr.) opnår mennesket den fuldkomne lykke ved at nyde livets glæder (Den Danske Ordbog). 
+Det vides ikke, hvad Elly Svarrers mand hed. 
+På Faldengård nær Otterup på Fyn boede Christine Mackies datter Agnete/Nete med sin mand, Holger. Agnete blev bortadopteret efter fødslen, men hun og den biologiske familie bevarede kontakten.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Christine Mackie undskylder, at hun ikke forlængst har skrevet tak for afskriftet af Elisabeth/Putte Mackies brev. Det var sødt af Johan/Lysse Larsen at sende Elisabeth et telegram. Christine havde ikke hørt fra datteren i otte måneder, men hun fik nu med næsten et års forsinkelse to breve fra USA, og alt er vel. 
+Andreas/Dede Warberg fyldte 60 i juli, og Christine havde ikke råd til at komme til ham og deltage i festen. Andreas sendte så 40 kr., og Christine lånte 60, og hun havde nogle dejlige dage i Jylland. Derefter tog hun til Kerteminde. Johanne var meget syg og lå stort set bevidstløs hen, men pludselig kom hun sig og sad i sengen og røg en cigar. Efter Kerteminde-turen besøgte Christine en veninde i Odense, og til sidst tog hun til Agnete og Holger på Faldengård. Holer var lige så utålelig som altid. 
+Andreas/Puf Larsen har haft sine børn med på en heldags sejltur, som var stor succes. Derefter roede Jeppe Larsen Christine en tur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PCEm</t>
+  </si>
+  <si>
+    <t>21/10 - 43.
+Kære lille Lysse!
+Det er skammeligt af mig, at jeg ikke allerede i Sommer takkede dig for det, så umådelig værdifulde Brev, jeg fik mens jeg var i Kjerteminde, med Afskrift af Puttes! Jeg rejste dog ud på min Sommerferie med den bestemte Hensigt at jeg netop fra Kjertem. vilde skrive dig et langt Sommerferiebrev, men som det altid går mig - når jeg ikke har Antydning af noget at arbejde med (som jeg skal, altså) så falder der over mig en altomfattende og uovervindelig Dovenskab! Så det blev jo ikke til noget, trods det Incitament, som dit Brev dog var! Så kom jeg hjem fra Sommerferien og kom ind på Hovedet i Lotteritravlheden, efter hvilken jeg gav mig til at summe mig - desværre lidt for længe, for da jeg endelig var parat til at skrive, så var der af højere Magter sat en Stopper for det - og sådan er det så gået. Jeg har forstået, at det var din Idé med Telegrammet til Putte - det var forfærdelig sødt af dig at tænke på det, Lysse! og det førte jo med sig, at min lange Trængselstid fik Ende; det var en drøj Omgang, de ca. 8 Måneder da jeg gik og ingenting vidste. Jeg har nu igen i September hørt fra Grethe, at alt er vel derovre. Forleden - 15/10 - fik jeg såmæn to Røde Kors Breve fra Amerika, et fra E. og et fra en ung Frue af hendes og mine Venner dér; det ene var skrevet sendt ["sendt" indsat over linjen] d 8/10 - 42 det andet 19/10 - 42 - hun ønsker mig glædelig (forrige) Jul! Det er jo ikke meget værdifuldt som Korrespondance betragtet!
+Jeg havde ikke troet, at jeg kunde komme ud i denne Sommerferie, da jeg ikke havde nogen Penge; det var Dedes 60 Års Fødselsdag i Juli, og vi var jo bedt til Fest, så det var kedeligt nok, men skulde jeg rejse, måtte jeg desuden have Vikar for ca. 50 Kr. så det var udelukket. Så sendte Dede mig 40 Kr. til Rejsepenge - og skønt det jo hverken var helt eller halvt nok, så syntes jeg dog, at jeg måtte gøre en Udvej, når han så gærne vilde have mig med og var så generous, og så lånte jeg 60 Kr. på lang Afbetaling og drog afsted i underskønt Sommerferievejr. Vi havde nogle dejlige og hyggelige Dage hos Dede, - Lugge, Elle og jeg - og gjorde nogle Ture med Toget ud i de dejlige Egne. Så tog jeg til Kjerteminde, hvor jeg var i 14 Dage. Der var jo en Skygge over det, med Johannes Sygdom, men hun var endnu, mens jeg var der, skønt lidende og svag ikke egentlig ængstelig syg, det blev hun først senere, og der var jo en lang Tid, hvor vi helt havde opgivet nogensinde mere at se hende - I har vel hørt om det fra Kjerteminde? hvordan hun lå i dyb Søvn eller Bevidstløshed i Uger - og så den 29. Sept. den Dag, da hun fyldte 70, vågnede op til Livet igen. Elle havde ikke tænkt at tage derud den Dag, men Bibbe ringede at Johanne havde spurgt efter hende - og da hun kom derud, lå Johanne og røg en Cigar!! Den første Tid var hun meget uklar, men det klarer mere og mere, og det ser nu ud, som om hun kan blive sig selv igen. - De sidste 5 Dage jeg var der, var så skønne, at det var meget svært at rive sig løs - stille Sommervarme over alt det modne og frodige, der er nu ingen Stedet, hvor man kan sådan blive fyldt med Sommersalighed som dér - ikke mig, da! 
+Så var jeg et Par Dage hos min Ungdomsveninde i Odense, Elly Svarrer f. Eilskov. Hun er selv nøgtern og meget afholdende og nøjsom men hun ved, at jeg er Epikuræer og retter sig derefter! Ægte Kaffe på Sengen og efter Middag, ægte The, Rødvin til Middag, store Cigarer og - Calorie om Aftenen på Bænken ude i Haven, hvor vi sad til Kl. 11 hver Aften og sludrede om vores fælles Ungdom. Hendes rare Mand lå på Sygehuset for noget ikke så slemt, så vi var alene sammen. De er rige og har et yderst komfortabelt Hus. Ferien sluttede jeg på Faldengård, hvor den rare Holger var omtrent ligeså skrubbet og utålelig som altid - man kunde tæske ham men har en Del tilovers for ham alligevel.
+Bes og Arne har købt et lille Hus i Virum og skal flytte derud 1 Nov. jeg tror det er meget formålstjenligt at Be kommer fra Lugge og prøver at stå på sine egne Ben og selv tage Ansvar for Barnet, som er i Trivsel og flink og rolig. -
+Puf var en hel Dag ["hel" indsat over linjen] - da Las, Else og jeg var i Odense - på Tur med alle tre Børn i Båden på Fjorden; de havde Telt med og alle mulige Grejer til at lave Mad, og det var en meget stor Dag for dem alle fire; de kom hjem Kl 10 om Aftenen, aldeles matte og søvnige men yderst tilfredse. Jeppe havde lært at ro Båden så pænt, og næste Tir. - min sidste - udbad han sig at ro mig en Tur, det blev Lavvande, så Båden ikke kunde komme ind, men vi løste Spørgsmålet ved at jeg vadede et Par Mil ud i Bugten og besteg Båden dér. Jeppe var stolt; han er en fortryllende lille Dreng, - den af de tre, som står mit Hjærte nærmest.
+Bimse har forhåbentlig engang - for længe siden - fået et Brev fra mig, efter at hun havde sendt mig de søde Billeder af Børnene, som jeg lige har siddet og set på - men jeg mangler jo Peter! 
+Så må I have det godt! Mange kærlige Hilsener til jer alle fra
+Meme.
+Birgit og Ebbe er i Sverige for Tiden - men det ved I vel.</t>
+  </si>
+  <si>
+    <t>1945-03-18</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Bakkevej 12 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+Anne Marie -, i huset på Lindøgaard
+Christine  Mackie
+Pernille Marryat
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Erik Warberg Larsen
+Grete Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Grete Warberg Larsen fødte sit barn 16. april 1945. 
+Janna Schou var aktiv i forsøget på at redde jøder ud af Tyskland. Hun var formodentlig i 1945 gået under jorden. 
+Landsforeningen JAK blev i 1931 stiftet som en protest mod det økonomiske system, der gjorde det muligt at tjene penge på penge. JAK protesterede mod, at samfundets penge blev stillet til rådighed i form af gæld med krav om betaling af renter. JAK’s holdning var, at penge ikke skulle have en pris, og at deres funktion udelukkende var at gøre køb og salg af varer og tjenesteydelser mulig. Samfundet skulle gennem en demokratisk styret Samfundsbank stille de nødvendige betalingsmidler til rådighed uden omkostninger (Kilde: J.A.K’s hjemmeside, april 2024).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0638</t>
+  </si>
+  <si>
+    <t>Johanne/Junge forstår godt, at Astrid/Dis savner datteren Janna. Det er svært at være alene hele dagen. Johanne var selv ved at blive skør af ensomhed, da hun var i USA. Og jo, Astrid må gerne skrive om sine sorger.
+Johanne takker for tobakken. Hun ser ingen mennesker, for rutebilen kører ikke, og folk har ingen cykeldæk. 
+Grete skal snart føde, og nu har hun hekseskud.
+Johanne skriver om krigen og tyskernes brutalitet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TCWH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+X
+Modt. 22’ Marts 1945
+besv. samme Dag.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+Læst jun. 2000.
+af Bibbe
+13/3 – 2001. BWP.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Søndag, d. 18de Marts 45.
+Kære lille Dis!
+Tusind Tak for dit Brev, som jeg fik i Forgaars; samme Dag havde jeg Brev fra Bibbe, hendes maatte jeg besvare først, og hun fortalte mig, hvor glad hun havde været over at træffe dig hos Magisterens. Det var dog ogsaa et morsomt Held, at hun netop kom derud den Dag. Nu har vi hende snart hjemme igen og Gud ske Lov for det, det er dog tryggere at vide hende her paa Landet, for Faren dog er minimal.
+Kæreste lille Dis, hvor jeg forstaar dit Savn af Janna, og det føles dobbelt – ja mere end dobbelt – fordi du er alene hele Dagen. Hvor godt man end forstaar at – hvad skal jeg sige – underholde sig selv, saa er det ingen Spøg at være alene hele den lange Dag igennem, det prøvede jeg i Amerika, og det var drøjt, så drøjt at jeg ogsaa den Gang mente mig selv at være på Sindssygens Rand. Saa jeg forstaar dig og har den varmeste Medfølelse i det. Jeg forstaar ogsaa, naar du skriver, at det hjælper ikke, at hun er saa forholdsvis nær, Tværtimod! Hvis hun var helt borte, f. Eks. boede i Jylland, var det lettere at bygge en ny Tilværelse op; paa denne Maade vil det vare længere før du vænnes til Tabet af hende, og dog vilde man selvf. ikke bytte eller ønske hende længere borte. Det eneste Gode, jeg kan se ved det, er at det nu er bleven Foraarstid, og Foraaret har jo mange Glæder og Goder i sit Følge, langt værre om det havde været de vemodige Maaneder Oktober og November. Men som du selv skriver, der er ikke andet ved det at gøre end at se at holde Halen saa højt som muligt og forlange af sig selv, at man skal kunne bære det. Og saa maa vi haabe paa, at Tiden vil mildne Savnet, saa du kan faa Glæde ud af Møderne med hende – muligvis det gaar hurtigere, end du nu er i Stand til at tænke dig. Hvor jeg dog haaber og ønsker det. Den lille Pige maa vel ogsaa være et stort Plus for dig. Men først og sidst, at Janna er glad og – som du skriver glad, naar du kommer. Tænk, at du kan spasere en hel Time dertil. Ogsaa hjem? det skrev du ikke noget om. Men hør Dis, jeg vil ikke høre noget om, at du skulde betænke dig paa at udgyde dine Sorger og Problemer for mig. Hvad har man dog sine Venner (Søstre) til, naar man ikke skulde kunne klage sin Nød til dem, naar Livets Bølger gaar højt, som vi udtrykte det i vore unge Dage, nej, lad os nu være her! Og lov mig, at du bare skriver løs, selv om det gør en ondt at høre om Sorger, saa vil man da ti Gange hellere høre dem og have en Følelse af, at ens Svar mulig kan trøste og styrke lidt, end man vil være udenfor og – skaanes! Tænk paa, hvad jeg sikkert har aflæsset til dig i sin Tid, da mit Livs Bølger fuldstændig konstant gik højt, det har næppe været Smaating, du har maattet høre om. 
+Nej, det var saamænd kun en Forglemmelse at jeg glemte X [”X” indsat over linjen] at kvittere og takke for Tobakken, det gik hurtigt op for mig, da jeg havde sendt Brevet. Vi vil være Jer saa taknemmelige, hvis I af og til vil sende noget, for nu kniber
+2.
+det snart haardt; den hjemmeavlede Tobak er der ikke saa meget Drøje i, som jeg havde tænkt, og det gaar hurtigt ned ad Bakke med den. Saa hvis I vil have Ulejlighed med det og absolut ikke Udgift, vil vi som sagt være Jer megen Tak skyldige. 
+Tak fordi du holder mig à jour med Jeres økonomiske Forhold; hvor var det dejligt, om I kunne komme rigtig paa Fode, og om Axel kunde faa nye Tænder; det vil gøre ham 10 Aar yngre, og vist ikke alene at se til. 
+Jo, saadan er det jo, der hvor Pengene er, skal der yderligere dynges paa, og Fattigfolk skal de nok vide at flaa. Vi maa habe paa J.A.K., at de Synsmaader en Gang maa vinde Sejr.
+Herfra er som sædvanlig intet nyt. Vi ser aldrig nogen her, nu da Bibbe er en Saga, Rutebilen saa at sige ogsaa, og ingen har Dæk paa deres Cycler. Elle har vi ikke set siden Jul, og naar faar vi hende at se, skønt Vejret jo er lige til at cycle i, saa fint et Foraarsvejr. Godt at vi har Lindøerne, dem ser vi da af og til. Grete har det [”det” indsat over linjen] ikke saa farlig godt, hun længes vist efter, at hendes Time skal slaa, det lille Skind. 
+Næste Dag, Mandag Form. I Morges kom Tinge og spurgte om Anne Marie maatte komme ned og hjælpe Grethe lidt i Eft. Nu har hun faaet Hexeskud og ligger og kan ikke røre sig; det er saa trist, at hun skal døje med alt muligt, den lille go’e Grethe! 
+Det er Middag nu, og jeg er bange, det bliver ikke til meget mere, Posten er tidlig paa det om Mandagen
+Næste Gang skal jeg sende det bio-dynamiske Skrift, du sendte, jeg har knapt læst det endnu og det er jo meget interessant. Det andet beholder jeg altsaa. Tak! – Nu har Anne Marie igen haft en Omgang med Betændelse, denne Gang i Øret og hun har døjet meget og haft Doktor her 2 Gange ligget i Sengen 2 Dage og haft mange Smerter. 
+Der er saadan en flink lille ung Læge i Dræby, jeg havde aldrig set ham før; den første Dag, han var her, bød jeg ham Kaffe og han blev siddende i nær ved 2 Timer og snakkede med mig; vi var meget ivrige begge to, saa han glemte Tiden. Vi var meget enige – det er man jo gerne for Tiden, fordi det mest er een Ting, man diskuterer nu: Krigen og alt hvad dermed hører. Det var en helt Oplevelse for mig, jeg ser næsten aldrig andre Mennesker. 
+Efter Middag. Det er underligt nok, for skønt alt hvad der sker i Verden – et Hav af Rædsler – opfylder en hver Time paa Dagen, saa er der noget ved det, der gør, at man ikke skriver om det. Men du kan tro, at alt det forfærdelige som vi hører om, og som [”og som” indsat over linjen] ligger paa en som en Mare ogsaa bidrager til, at gøre det daglige Savn af Janna endnu tungere end det vilde være, dersom Verden havde sit normale Udseende. Jeg har da i hvert Fald saa tit den Fornemmelse, at det er ikke til at bære. Og Verdens Fremtid må man ogsaa - uundgaaelig – spekulere paa. Faar vi mon den forfærdelige tyske Krigsmentalitet udryddet nogensinde. Ja, en Gang maa jo den tyske Nation blive voksen, men hvor længe vil det vare? den er for mig at se en stor lømmelagtig Dreng med alle den Alders Skavanker – ogsaa Børns Grusomhed har den i rigt Maal. En underlig Mangel paa Fantasi, der gør, at de slet ikke formaar at fatte andre Menneskers Lidelser. Nu er Lidelserne over dem selv, men vil de kunde lære af det? Eller vil det udelukkende resultere i Hævnfølelse? Det er Fremtidens Gaader. Saa vidt jeg husker, sagde Fanny jo, at der vilde gaa en uhyre lang Aarrække uden Krige, men den synske Fisker oppe i Nordnorge, der spaaede 1ste Verdenskrig, paastod, at der vilde komme Krig i 1953, hvor Frankrig og Rusland vilde slutte sig sammen og ødelægge Sverige. Det lyder fantastisk. Man kan ikke tænke sig Frankrig have Interesser i Sverige, vel? Og der er kun 8 Aar til, han maa vist have set forkert med et Aarhundrede eller to. – Naa, nu blev det alligevel til lidt mere Brev, 
+[Skrevet på hovedet øverst på s. 1:]
+Jeg skulde egentlig have hjulpet A.M. med Opvasken, saa hun kunde komme hurtig ned til Grethe, men det Ky’ det Ky’ -
+God Bedring med det lilles Snue, det er da kedeligt, naar hun saa ikke kan komme ud.
+Nu haaber jeg, at det hele maa bedres lidt for dig, søde Dis. ”Tiden læger” som Mornine skrev som 14årig, 2 Dage efter en dødsens Fortvivlelse over en ubesvaret Elskov.
+Tusinde Hilsener fra din Junge. 
+[Indsat nederst s. 2:] X hvilket herligt Sprog, der kan falde en i Pennen.</t>
+  </si>
+  <si>
+    <t>1950-07-05</t>
+  </si>
+  <si>
+    <t>Småland
+Majenfors</t>
+  </si>
+  <si>
+    <t>Dres -
+Holger -
+Ellen Agnete Amstrup
+Adolph Hitler
+Thyra Iuel
+Adolph Larsen
+Marie Larsen
+Rasmus Larsen
+Christine  Mackie
+Axel  Müller
+Lauritz Pedersen
+Christine Swane
+Lars Swane
+Sigurd  Swane
+Harry Truman
+Ursula Uttenreitter
+Fritz Warberg
+Karen Warberg
+Minna Warberg
+Torkild Warberg
+Andreas Warberg, Albrechts far
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Puttabygget var for et sted i Småland. 
+Onkel Toms hytte er en roman af Harriet Beecher Stowe, udgivet som bog i USA 20. marts 1852. Bogen medførte en voldsom offentlig debat, og bidrog derved til den senere ophævelse af slaveriet i Nordamerika. Bogen var en medvirkende faktor til, at Sydstaterne startede den amerikanske borgerkrig ved at åbne ild mod Fort Sumter den 12. april 1861 (Kilde: Wikipedia dec. 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0551</t>
+  </si>
+  <si>
+    <t>Det er koldt.
+Godt med bøger og tiltag, der kan vække samfølelse og forandre verden. Der er trods alt fremgang, og Johanne/Junge tror ikke, at Rusland ønsker krig.
+Fritz Warberg har været på besøg. Han fortalte om sine forældres ægteskab, som ikke har været nemt for faderen. Moderens nerver er "meget sløje". Fritz bestilte 12 broderede servietter hos Johanne.
+Christine Mackie har været på besøg hos familien i Nordjylland. Hun skulle have sunget i radioen, men blev syg.
+Lars og Ursula Swane har været på besøg. De solgte billeder i Odense. 
+Naboens lille Jørgen kan ikke forstå, at Johanne kan klare at sidde så meget alene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JQ1X</t>
+  </si>
+  <si>
+    <t>X
+modt. Fredag Morgen, 7/Juli 1950
+besv. Fredag 21’ Juli. ”
+Fru A. Warberg Müller
+Putta bygget
+Majenfors
+Småland
+Sverige
+[Skrevet af ukendt/Laura Warberg Petersen?]
+23-7-2000
+BWP.
+[Skrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen Danmark
+[I brevet:]
+Lindøgaard Onsd. 5-7-1950
+Kære lille Dis!
+Tusind Tak for dit lange og gode Brev! Jeg synes da det ser ud som om I har det helt godt derovre. Bare det, at Dres og du har fælles Interesse i de lange Ture, at hun er med på lidt æventyrligt, hvad alle vi jo altid har gouteret – det er sandelig meget værd, og det maa bære over meget. Gid nu Vejret maatte tænke paa at det jo er Sommer og ikke stadig gerere sig som om det var Vinter; jeg er i fuld Vinter-Kluns endda med min varme house-coat og har endda ondt ved at holde Varmen. Og sikken I dog svælger i alskens Godter: Dadler, Figen og Bananer – Sager man mindes som noget helt oldnordisk. Den Bog, du skriver om, vilde jeg da grumme gerne læse en Gang, og det kunde jo være, at Holger vil give dig Lov til at sende mig den; det er jo vidunderligt at læse virkelig god Lekture. Jo, Dis, Gudskelov for de ”enkelte Röster”, saadanne er jo alle store Fremskridts Begyndelse; hvad har ikke den ene Bog: Onkel Toms Hytte betydet i Verdensopinionen overfor Ikke-hvide Mennesker – for at tage et eneste lille Eksempel. Og trods alt det uhumske i Tiden, synes jeg alligevel, der vises saa megen Godhed og Samfølelse for at læge Tidens Saar, man kunde nævne meget: Red Barnet, Røde Kors, dette at f. Eks. danske unge tager til Tyskland for at give dem Begreb om lidt menneskelig Kultur, at danske unge deltager i flere Landes Opbygningsarbejde – alt det viser en i sit Væsen kristelig Tankegang, hvis Betydning for Menneskehedens Trivsel jo er uomtvistelig. Jeg synes ofte, jeg ser Spirer til Fremgang, selv om de endnu kun er spæde i Forhold til alt det uhumske, der sker. Krigen! Ja, der er jo det underlige at man jo maa synes, det er rigtigt, at Truman greb ind, for de Satans Kommunister skal vide, at de ikke kan faa helt let Spil med os andre; det var en Prøve-Ballon fra deres Side, og jeg synes, det er uvurderligt, hvis den mislykkes for dem. Og tro mig, Rusland vil absolut ikke Krig (Verdenskr.) dumme som Hitler er de jo ikke, men ved, hvad Følgen bliver, hvem der end sejrer, jeg mener, selv om de selv skulde vise sig at være de stærkeste. Jeg er i hvert Fald ikke bange for en Verdenskrig, men 100 pc.t.s Vished har man jo ikke. 
+I Mandags Formiddags ankom i Bil lille Fritz fra Brædstrup, han havde været hjemme til Dedes Fødselsdag og var kommen i Tanker
+2.
+om, at han slet ikke kendte os, Agraren og Manse og Tinge har han aldrig set; det var sødt af ham at bestemme sig til at køre her om ad for at hilse paa os. Han faldt saa storartet til, Manse syntes saa over ordentlig godt om ham og gav sig Tid til at snakke med ham – han var netop herinde, da han ankom. Han blev til en Times Tid efter Middag og der blev Tid til megen Snak. Jeg blev lidt betuttet over at høre ham tale om sin Mor, for jeg vil just ikke sige, at han strømmede over af Beundring, og han kan godt se, at Dedde ikke har haft det godt i sit Ægteskab. ”Far er jo saa godt [”t” sidst i ordet overstreget] som Dagen er lang” sagde han. For Resten mente han, at Dedde havde det saa godt, Humøret saa udmærket, og han synes nu at ville underordne sig Ubehagelighederne ved en streng Diæt. Minna har ingen Pige, og hendes stakkels Nerver er vist meget sløje, det maa nu heller ikke være nemt. Putte var hos Torkilds i Aalborg; hun skulde have sunget i Radioen deroppe fra, men fik en Tandhistorie, og vi sad her og ventede paa hendes Sange, men der kom andre Ting i Stedet. Jeg troede Mornine var bleven alvorlig syg, (hun ligger jo paa Blegdamshosp. p. Gr.a. et meget slemt Hjerteanfald, men er nu bedre), og at det var Grunden, men via Nina paa Glorup og Nete fik jeg Opklaringen. Putte var altsaa med Torkilds til Deddes Fødselsdag, de havde alle syntes, at hun havde udviklet sig saa godt paa alle Maader, mere afdæmpet, sagde Fritz. - - I Gaar gjorde Ruth Hoved-rent her i Spisestuen; hun har været flink til at tage det som en Selvfølge, at det tilkom hende, ellers skal man jo helst have det til Side, naar en ny Pige kommer til Maj. Lasse og Ursula havde kørt Rie og Uglen t. Kjertem., været der en Nat, var kørt til Odense for at sælge Malerier, de havde hele Bilen fuld af de skønneste Malerier, Sigurd Sw., Uglen, Lasse selv og mange andre; de slæbte dem alle ind, da de an [”an” overstreget] ved 8 Tiden kom X. Lasse kørte straks ned eft. Tinge og Bror [”Bror” overstreget] Grete, saa de kunde se med. Det var dejligt at se paa saa megen god, ja fremragende Kunst. Lille Bror var med og opførte sig mønsterværdigt; den første Time var han helt stiv af Betagelse. De blev her om Natten, Ruth var til Haandbold, men havde passet alt til til Aftenkaffen, inden hun gik, Grete redte saa 
+X [Skrevet langs sidens venstre kant:] Her var rodet af Hovedrengøringen, men Stuen var da klar
+3.
+op til dem, i Manses Seng og Gæstekammersengen, Manse flød saa paa Hjørnesofaen i Stuen, han tager det ikke saa nøje for en Nat. De kørte igen i Morges, før jeg kom op.
+Paa Lørdag Morgen tager vores flinke Ruth paa Sommerferie og bliver borte til den 17de. Saa tager jeg hen til Bibbes, hvad jeg glæder mig til. Saa kan Thyra hente mig der, det er ikke saa langt; fortalte jeg, at hun absolut vil have mig til Lundsgaard en Dag, men når det ikke er bleven af endnu er det p.Gra. daarligt Vejr, det skulde helst være fint, naar jeg skal derhen.
+Du maa da have troet, jeg nærmest var Idiot, at jeg ikke kunde finde ud af, hvad ”Kransen” var for en, men jeg havde ikke fjerneste Erindring om, at jeg havde syet den til dig, jeg gik dem alle igennem i Tankerne og mente, at den 10ende var en helt anden. Tænk Fritz bestilte 12 hos mig, da jeg viste ham Servietterne: jeg har nemlig syet 12, som jeg vil beholde som Mønstre, det er meget nemmere at sy efter end dem i Mønsterbøgerne, dem saa han og blev saa begejstret over, at han bestilte 12, og du maa undskylde mig, at jeg kun tog 1½ Kr. pr. Styk det bliver dog 18 Kr. og saa har jeg oven i Købet den Glæde som det er mig at sy dem.
+Den lille Jørgen fra Rasmus Larsens kommer af og til ind og besøger mig, han er en kostelig Dreng. Forleden sagde han til mig: Sitter du alti’ her ine (ene)? Ja, det gør jeg da, og saa sagde han: Det va’ der ikke Manne aa ku’ gør’. Han maa jo have hørt dem sige noget om det hjemme. Men, Dis, der er virkelig ingen Grund til at beklage mig, for jeg befinder mig vel godt [”godt” indsat over linien] nok ved det, og hvis jeg ikke sad her, hvad tror du saa ikke, der vilde falde paa mig af Arbejde i disse Tider, hvor det er saa vanskeligt at faa Hjælp, Arbejde som maaske vilde overstige mine Kræfter og derfor gøre Livet surt for mig. Gud give Ruth vilde blive til Vinter, men det er tvivlsomt, Moderen længes saa forfærdeligt efter at have hende der i Omegnen. Tænk, Ruth har lige i dette Øjeblik foræret mig en henrivende Gloksinia her var en Blomsterbil, men jeg sagde, jeg kunde ikke købe, og saa købte hun den til mig, hun er en god Pige. - - Saa faar du vist ikke mere denne Gang, men hils nu den gode Axel saa mange Gang og hils ogsaa Dres, jeg tænker paa hende med Taknemmelighed her fordi hun 
+[Skrevet på hovedet øverst på sidste side:]
+underviste Bibbe uden Betaling. Og saa tusind Hilsner til dig selv fra din Junge.
+God Bedring m. Astmaen!</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -3967,59 +4222,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6xDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Omc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e1Ua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MFKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CXDTbS3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aH2l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fz3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tXmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t6xl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P82x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w8yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/riqz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e1Ua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t6xl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fz3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P82x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CXDTbS3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w8yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Omc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6xDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tXmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/riqz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9olU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aH2l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MFKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M76"/>
+  <dimension ref="A1:M81"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -4054,3357 +4309,3584 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>28</v>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F3" s="5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F4" s="5" t="s">
+        <v>39</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>45</v>
-[...4 lines deleted...]
-        </is>
+        <v>49</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>50</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>47</v>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>63</v>
-[...4 lines deleted...]
-      <c r="F7" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="G7" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H7" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="K7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="M7" s="5" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="H8" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="E8" s="5" t="s">
+      <c r="I8" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="F8" s="5" t="s">
+      <c r="J8" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K8" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="M8" s="5" t="s">
         <v>77</v>
-      </c>
-[...10 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="L9" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D9" s="5" t="s">
-[...7 lines deleted...]
-      <c r="F9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>84</v>
-      </c>
-[...21 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>86</v>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>96</v>
+        <v>22</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>73</v>
+        <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-        <v>104</v>
+        <v>18</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>107</v>
+        <v>22</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>108</v>
+        <v>95</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>73</v>
+        <v>99</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>112</v>
+        <v>17</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>113</v>
+        <v>18</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>119</v>
+        <v>106</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>101</v>
+        <v>16</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>49</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>126</v>
+        <v>111</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>127</v>
+        <v>112</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>83</v>
+        <v>47</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>129</v>
+        <v>114</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>130</v>
+        <v>116</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>131</v>
+        <v>117</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>132</v>
+        <v>118</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>47</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F15" s="5" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>140</v>
+        <v>126</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>141</v>
+        <v>127</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>143</v>
+        <v>129</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>144</v>
+        <v>130</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>83</v>
+        <v>131</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>145</v>
+        <v>17</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>113</v>
-[...4 lines deleted...]
-        </is>
+        <v>49</v>
+      </c>
+      <c r="G16" s="5" t="s">
+        <v>132</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>146</v>
+        <v>133</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>148</v>
+        <v>53</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>149</v>
+        <v>135</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>151</v>
+        <v>137</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>152</v>
+        <v>138</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-        <v>113</v>
+        <v>47</v>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>154</v>
+        <v>139</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>155</v>
+        <v>140</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>156</v>
+        <v>141</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>157</v>
+        <v>142</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>158</v>
+        <v>143</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>159</v>
+        <v>144</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>160</v>
+        <v>145</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>161</v>
+        <v>38</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>47</v>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>163</v>
+        <v>146</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>164</v>
+        <v>147</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>165</v>
+        <v>148</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>166</v>
+        <v>149</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>167</v>
+        <v>150</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>168</v>
+        <v>151</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>153</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>170</v>
+        <v>154</v>
+      </c>
+      <c r="D19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>171</v>
-[...8 lines deleted...]
-        <v>173</v>
+        <v>155</v>
+      </c>
+      <c r="I19" s="5"/>
+      <c r="J19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L19" s="6" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>176</v>
+        <v>157</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>177</v>
+        <v>28</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>65</v>
-[...7 lines deleted...]
-        </is>
+        <v>49</v>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>158</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="I20" s="5"/>
       <c r="J20" s="5" t="s">
-        <v>181</v>
+        <v>22</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>182</v>
+        <v>160</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>183</v>
+        <v>161</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>184</v>
+        <v>162</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>185</v>
+        <v>163</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>47</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F21" s="5" t="s">
-        <v>186</v>
+        <v>164</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>187</v>
+        <v>165</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>188</v>
+        <v>166</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>189</v>
+        <v>167</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>190</v>
+        <v>168</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>191</v>
+        <v>169</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>192</v>
+        <v>170</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>193</v>
+        <v>171</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>25</v>
+        <v>154</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>194</v>
-[...7 lines deleted...]
-        <v>195</v>
+        <v>172</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="I22" s="5"/>
+        <v>174</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>175</v>
+      </c>
       <c r="J22" s="5" t="s">
-        <v>30</v>
+        <v>176</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>197</v>
+        <v>177</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>198</v>
+        <v>178</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>36</v>
+        <v>154</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>45</v>
+        <v>172</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>153</v>
+        <v>181</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>203</v>
+        <v>184</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>204</v>
+        <v>185</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>206</v>
+        <v>187</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>208</v>
+        <v>154</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>209</v>
+        <v>123</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>65</v>
-[...7 lines deleted...]
-        <v>210</v>
+        <v>189</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>211</v>
+        <v>191</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>212</v>
+        <v>192</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>213</v>
+        <v>193</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>214</v>
+        <v>194</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>215</v>
+        <v>195</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>216</v>
+        <v>196</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>217</v>
+        <v>197</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>83</v>
+        <v>154</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>218</v>
+        <v>198</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>219</v>
-[...4 lines deleted...]
-        </is>
+        <v>199</v>
+      </c>
+      <c r="G25" s="5" t="s">
+        <v>200</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>220</v>
+        <v>201</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>221</v>
+        <v>202</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>222</v>
+        <v>203</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>223</v>
+        <v>204</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>224</v>
+        <v>205</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>225</v>
+        <v>206</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>226</v>
+        <v>207</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>35</v>
+        <v>154</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>36</v>
-[...9 lines deleted...]
-        </is>
+        <v>37</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>181</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>227</v>
+        <v>209</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>228</v>
+        <v>210</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>229</v>
+        <v>211</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>230</v>
+        <v>212</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>25</v>
+        <v>154</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>15</v>
+        <v>123</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>194</v>
-[...4 lines deleted...]
-        </is>
+        <v>216</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>181</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>234</v>
+        <v>217</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>235</v>
+        <v>218</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>30</v>
+        <v>219</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>236</v>
+        <v>220</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>237</v>
+        <v>221</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>238</v>
+        <v>222</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>239</v>
+        <v>223</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>35</v>
+        <v>154</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>36</v>
-[...9 lines deleted...]
-        </is>
+        <v>123</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>181</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>240</v>
+        <v>225</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>241</v>
+        <v>226</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>242</v>
+        <v>227</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>243</v>
+        <v>228</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>244</v>
+        <v>229</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>245</v>
+        <v>230</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>246</v>
+        <v>231</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>247</v>
+        <v>17</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>248</v>
-[...4 lines deleted...]
-        </is>
+        <v>232</v>
+      </c>
+      <c r="G29" s="5" t="s">
+        <v>233</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>249</v>
+        <v>234</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>250</v>
+        <v>235</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>251</v>
+        <v>236</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>252</v>
+        <v>237</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>253</v>
+        <v>238</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>254</v>
+        <v>239</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>255</v>
+        <v>240</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>256</v>
+        <v>154</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>257</v>
+        <v>123</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>258</v>
-[...4 lines deleted...]
-        </is>
+        <v>241</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>181</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>259</v>
+        <v>242</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>260</v>
+        <v>243</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>261</v>
+        <v>244</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>262</v>
+        <v>245</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>264</v>
+        <v>247</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>265</v>
+        <v>248</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>44</v>
+        <v>154</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>266</v>
-[...9 lines deleted...]
-        </is>
+        <v>123</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>181</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>267</v>
+        <v>250</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>268</v>
+        <v>251</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>269</v>
+        <v>252</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>270</v>
+        <v>253</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>271</v>
+        <v>254</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>272</v>
+        <v>255</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>273</v>
+        <v>256</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>274</v>
+        <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>73</v>
-[...9 lines deleted...]
-        </is>
+        <v>154</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>241</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>275</v>
+        <v>257</v>
       </c>
       <c r="I32" s="5"/>
-      <c r="J32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J32" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="K32" s="5" t="s">
+        <v>259</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="M32" s="5"/>
+        <v>260</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>261</v>
+      </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>277</v>
+        <v>262</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>274</v>
+        <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>263</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H33" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H33" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="J33" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K33" s="5" t="s">
+        <v>266</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="M33" s="5"/>
+        <v>267</v>
+      </c>
+      <c r="M33" s="5" t="s">
+        <v>268</v>
+      </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>274</v>
+        <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D34" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D34" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>270</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>280</v>
-[...5 lines deleted...]
-        </is>
+        <v>271</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>53</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="M34" s="5"/>
+        <v>274</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>275</v>
+      </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>274</v>
+        <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>284</v>
-[...10 lines deleted...]
-        </is>
+        <v>277</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K35" s="5" t="s">
+        <v>279</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="M35" s="5"/>
+        <v>280</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>281</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>256</v>
+        <v>28</v>
       </c>
       <c r="D36" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K36" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="L36" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="M36" s="5" t="s">
         <v>287</v>
-      </c>
-[...29 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>295</v>
+        <v>15</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>296</v>
-[...9 lines deleted...]
-        </is>
+        <v>100</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>270</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="I37" s="5"/>
+        <v>289</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>290</v>
+      </c>
       <c r="J37" s="5" t="s">
-        <v>298</v>
+        <v>53</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>301</v>
+        <v>293</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>14</v>
+        <v>153</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>256</v>
-[...5 lines deleted...]
-        <v>303</v>
+        <v>16</v>
+      </c>
+      <c r="D38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G38" s="5" t="s">
-        <v>304</v>
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I38" s="5"/>
-      <c r="J38" s="5" t="s">
-[...3 lines deleted...]
-        <v>306</v>
+      <c r="J38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L38" s="6" t="s">
-        <v>307</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="M38" s="5"/>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>309</v>
+        <v>296</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-        <v>310</v>
+        <v>100</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>311</v>
+        <v>297</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>312</v>
+        <v>298</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>313</v>
+        <v>299</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>314</v>
+        <v>300</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>315</v>
+        <v>301</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>316</v>
+        <v>302</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>317</v>
+        <v>296</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>36</v>
-[...8 lines deleted...]
-        <v>319</v>
+        <v>37</v>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>320</v>
+        <v>303</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>321</v>
+        <v>304</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>305</v>
+      </c>
+      <c r="K40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L40" s="6" t="s">
-        <v>323</v>
+        <v>306</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>324</v>
+        <v>307</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>325</v>
+        <v>308</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>83</v>
+        <v>37</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>145</v>
+        <v>309</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="I41" s="5"/>
+        <v>310</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>311</v>
+      </c>
       <c r="J41" s="5" t="s">
-        <v>327</v>
+        <v>312</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>328</v>
+        <v>313</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>329</v>
+        <v>314</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>330</v>
+        <v>315</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>331</v>
+        <v>316</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>296</v>
+        <v>16</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>332</v>
-[...4 lines deleted...]
-        </is>
+        <v>317</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>318</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>333</v>
+        <v>319</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>334</v>
+        <v>320</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>335</v>
+        <v>322</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>336</v>
+        <v>323</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>337</v>
+        <v>324</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>338</v>
+        <v>325</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>208</v>
+        <v>16</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>209</v>
+        <v>28</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>65</v>
-[...7 lines deleted...]
-        <v>339</v>
+        <v>326</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="G43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="I43" s="5"/>
+        <v>327</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>328</v>
+      </c>
       <c r="J43" s="5" t="s">
-        <v>213</v>
+        <v>22</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>341</v>
+        <v>329</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>342</v>
+        <v>330</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>343</v>
+        <v>331</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F44" s="5" t="s">
-        <v>345</v>
+        <v>333</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>346</v>
+        <v>334</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>347</v>
+        <v>335</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>348</v>
+        <v>336</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>349</v>
+        <v>337</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>350</v>
+        <v>338</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>351</v>
+        <v>339</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>352</v>
+        <v>340</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>353</v>
+        <v>16</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>354</v>
+        <v>28</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>355</v>
-[...4 lines deleted...]
-        </is>
+        <v>326</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>263</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>356</v>
+        <v>341</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>357</v>
+        <v>342</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>358</v>
+        <v>22</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>359</v>
+        <v>343</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>360</v>
+        <v>344</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>361</v>
+        <v>345</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>362</v>
+        <v>346</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>363</v>
+        <v>28</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>63</v>
-[...8 lines deleted...]
-        <v>365</v>
+        <v>16</v>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>366</v>
+        <v>347</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>367</v>
+        <v>348</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>368</v>
+        <v>22</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>369</v>
+        <v>349</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>370</v>
+        <v>350</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>371</v>
+        <v>351</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>372</v>
+        <v>352</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>25</v>
+        <v>154</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>194</v>
-[...7 lines deleted...]
-        <v>373</v>
+        <v>17</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>374</v>
+        <v>354</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>375</v>
+        <v>355</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>30</v>
+        <v>356</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>376</v>
+        <v>357</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>377</v>
+        <v>358</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>378</v>
+        <v>359</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>379</v>
+        <v>360</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>15</v>
+        <v>154</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>361</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>362</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>380</v>
+        <v>363</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>381</v>
+        <v>364</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>30</v>
+        <v>365</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>382</v>
+        <v>366</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>383</v>
+        <v>367</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>384</v>
+        <v>368</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>385</v>
+        <v>369</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>15</v>
-[...12 lines deleted...]
-        <v>386</v>
+        <v>27</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>387</v>
+        <v>371</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>388</v>
+        <v>372</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>30</v>
+        <v>373</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>389</v>
+        <v>374</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>390</v>
+        <v>375</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>391</v>
+        <v>376</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>392</v>
+        <v>377</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>15</v>
+        <v>378</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>379</v>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>393</v>
+        <v>380</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>394</v>
+        <v>381</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>30</v>
+        <v>382</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>395</v>
+        <v>383</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>396</v>
+        <v>384</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>397</v>
+        <v>385</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>398</v>
+        <v>386</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>86</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>137</v>
+        <v>17</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>399</v>
+        <v>387</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>400</v>
+        <v>388</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>401</v>
+        <v>22</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>402</v>
+        <v>389</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>403</v>
+        <v>390</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>404</v>
+        <v>391</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>405</v>
+        <v>392</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>363</v>
+        <v>393</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>406</v>
+        <v>394</v>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>407</v>
-[...3 lines deleted...]
-      </c>
+        <v>395</v>
+      </c>
+      <c r="I52" s="5"/>
       <c r="J52" s="5" t="s">
-        <v>68</v>
+        <v>396</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>409</v>
+        <v>397</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>410</v>
+        <v>398</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>412</v>
+        <v>400</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>363</v>
+        <v>401</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>402</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>415</v>
+        <v>53</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>416</v>
+        <v>405</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>417</v>
+        <v>406</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>418</v>
+        <v>407</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>419</v>
+        <v>408</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>363</v>
+        <v>47</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>15</v>
+        <v>154</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>170</v>
+        <v>370</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>65</v>
+        <v>249</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>420</v>
+        <v>409</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>421</v>
+        <v>410</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>30</v>
+        <v>411</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>422</v>
+        <v>412</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>423</v>
+        <v>413</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>425</v>
+        <v>415</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>83</v>
+        <v>47</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>154</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>416</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>54</v>
+        <v>417</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>426</v>
+        <v>418</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>427</v>
+        <v>419</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>430</v>
+        <v>422</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>431</v>
+        <v>423</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>432</v>
+        <v>424</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>363</v>
+        <v>38</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>154</v>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F56" s="5" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-        <v>433</v>
+        <v>224</v>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>434</v>
+        <v>425</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>435</v>
+        <v>426</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>30</v>
+        <v>427</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>437</v>
+        <v>429</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>36</v>
+        <v>432</v>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G57" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G57" s="5" t="s">
+        <v>433</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>440</v>
-[...3 lines deleted...]
-      </c>
+        <v>434</v>
+      </c>
+      <c r="I57" s="5"/>
       <c r="J57" s="5" t="s">
-        <v>442</v>
+        <v>53</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>444</v>
+        <v>436</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>15</v>
+        <v>154</v>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F58" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F58" s="5" t="s">
+        <v>224</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>30</v>
+        <v>441</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>452</v>
+        <v>445</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G59" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G59" s="5" t="s">
+        <v>446</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>363</v>
+        <v>28</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>406</v>
+        <v>16</v>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>412</v>
+        <v>458</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>101</v>
-[...9 lines deleted...]
-        </is>
+        <v>154</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>417</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="J61" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="K61" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="L61" s="6" t="s">
         <v>464</v>
       </c>
-      <c r="I61" s="5" t="s">
+      <c r="M61" s="5" t="s">
         <v>465</v>
-      </c>
-[...12 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>36</v>
+        <v>467</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>101</v>
-[...6 lines deleted...]
-      <c r="F62" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H62" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="J62" s="5" t="s">
         <v>470</v>
       </c>
-      <c r="G62" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H62" s="5" t="s">
+      <c r="K62" s="5" t="s">
         <v>471</v>
       </c>
-      <c r="I62" s="5" t="s">
+      <c r="L62" s="6" t="s">
         <v>472</v>
       </c>
-      <c r="J62" s="5" t="s">
+      <c r="M62" s="5" t="s">
         <v>473</v>
-      </c>
-[...7 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>15</v>
+        <v>154</v>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F63" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F63" s="5" t="s">
+        <v>475</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="J63" s="5" t="s">
         <v>478</v>
       </c>
-      <c r="I63" s="5" t="s">
+      <c r="K63" s="5" t="s">
         <v>479</v>
       </c>
-      <c r="J63" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K63" s="5" t="s">
+      <c r="L63" s="6" t="s">
         <v>480</v>
       </c>
-      <c r="L63" s="6" t="s">
+      <c r="M63" s="5" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>35</v>
+        <v>483</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>73</v>
-[...14 lines deleted...]
-      <c r="H64" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="E64" s="5" t="s">
         <v>484</v>
       </c>
-      <c r="I64" s="5" t="s">
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G64" s="5" t="s">
         <v>485</v>
       </c>
+      <c r="H64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I64" s="5"/>
       <c r="J64" s="5" t="s">
         <v>486</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>487</v>
       </c>
       <c r="L64" s="6" t="s">
         <v>488</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
         <v>490</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>25</v>
+        <v>394</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>73</v>
+        <v>491</v>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F65" s="5" t="s">
-        <v>491</v>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
         <v>492</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>493</v>
       </c>
       <c r="J65" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K65" s="5" t="s">
         <v>494</v>
       </c>
-      <c r="K65" s="5" t="s">
+      <c r="L65" s="6" t="s">
         <v>495</v>
       </c>
-      <c r="L65" s="6" t="s">
+      <c r="M65" s="5" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="F66" s="5" t="s">
         <v>499</v>
       </c>
-      <c r="D66" s="5" t="s">
-[...10 lines deleted...]
-      <c r="G66" s="5" t="s">
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
         <v>500</v>
       </c>
-      <c r="H66" s="5" t="s">
+      <c r="I66" s="5" t="s">
         <v>501</v>
       </c>
-      <c r="I66" s="5" t="s">
+      <c r="J66" s="5" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="K66" s="5" t="s">
         <v>503</v>
       </c>
       <c r="L66" s="6" t="s">
         <v>504</v>
       </c>
       <c r="M66" s="5" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
         <v>506</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>83</v>
+        <v>507</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>73</v>
+        <v>508</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>507</v>
+        <v>509</v>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>15</v>
+        <v>517</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>25</v>
+        <v>467</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>178</v>
+        <v>17</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G68" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G68" s="5" t="s">
+        <v>518</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>30</v>
+        <v>521</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>25</v>
+        <v>517</v>
       </c>
       <c r="D69" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G69" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="H69" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="I69" s="5"/>
+      <c r="J69" s="5" t="s">
         <v>521</v>
       </c>
-      <c r="E69" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K69" s="5" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>14</v>
+        <v>153</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>529</v>
+        <v>16</v>
+      </c>
+      <c r="D70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>530</v>
-[...4 lines deleted...]
-      <c r="J70" s="5" t="s">
         <v>532</v>
       </c>
-      <c r="K70" s="5" t="s">
+      <c r="I70" s="5"/>
+      <c r="J70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L70" s="6" t="s">
         <v>533</v>
       </c>
-      <c r="L70" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M70" s="5"/>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>36</v>
+        <v>432</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>73</v>
+        <v>535</v>
       </c>
       <c r="E71" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G71" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="H71" s="5" t="s">
         <v>537</v>
       </c>
-      <c r="F71" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H71" s="5" t="s">
+      <c r="I71" s="5" t="s">
         <v>538</v>
       </c>
-      <c r="I71" s="5" t="s">
+      <c r="J71" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K71" s="5" t="s">
         <v>539</v>
       </c>
-      <c r="J71" s="5" t="s">
+      <c r="L71" s="6" t="s">
         <v>540</v>
       </c>
-      <c r="K71" s="5" t="s">
+      <c r="M71" s="5" t="s">
         <v>541</v>
-      </c>
-[...4 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="E72" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="J72" s="5" t="s">
         <v>545</v>
       </c>
-      <c r="F72" s="5" t="s">
+      <c r="K72" s="5" t="s">
         <v>546</v>
       </c>
-      <c r="G72" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H72" s="5" t="s">
+      <c r="L72" s="6" t="s">
         <v>547</v>
       </c>
-      <c r="I72" s="5" t="s">
+      <c r="M72" s="5" t="s">
         <v>548</v>
-      </c>
-[...10 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>73</v>
+        <v>517</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-      <c r="F73" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H73" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="J73" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="K73" s="5" t="s">
         <v>554</v>
       </c>
-      <c r="G73" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H73" s="5" t="s">
+      <c r="L73" s="6" t="s">
         <v>555</v>
       </c>
-      <c r="I73" s="5" t="s">
+      <c r="M73" s="5" t="s">
         <v>556</v>
-      </c>
-[...10 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>499</v>
-[...11 lines deleted...]
-      <c r="G74" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="K74" s="5" t="s">
         <v>562</v>
       </c>
-      <c r="H74" s="5" t="s">
+      <c r="L74" s="6" t="s">
         <v>563</v>
       </c>
-      <c r="I74" s="5"/>
-[...3 lines deleted...]
-      <c r="K74" s="5" t="s">
+      <c r="M74" s="5" t="s">
         <v>564</v>
-      </c>
-[...4 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>15</v>
+        <v>467</v>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F75" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F75" s="5" t="s">
+        <v>558</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="J75" s="5" t="s">
         <v>568</v>
       </c>
-      <c r="I75" s="5" t="s">
+      <c r="K75" s="5" t="s">
         <v>569</v>
       </c>
-      <c r="J75" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K75" s="5" t="s">
+      <c r="L75" s="6" t="s">
         <v>570</v>
       </c>
-      <c r="L75" s="6" t="s">
+      <c r="M75" s="5" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H76" s="5" t="s">
         <v>573</v>
       </c>
-      <c r="B76" s="5" t="s">
+      <c r="I76" s="5"/>
+      <c r="J76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K76" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="M76" s="5"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C76" s="5" t="s">
-[...27 lines deleted...]
-      <c r="K76" s="5" t="s">
+      <c r="C77" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="D77" s="5" t="s">
         <v>577</v>
       </c>
-      <c r="L76" s="6" t="s">
+      <c r="E77" s="5" t="s">
         <v>578</v>
       </c>
-      <c r="M76" s="5" t="s">
+      <c r="F77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H77" s="5" t="s">
         <v>579</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="J77" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="K77" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="L77" s="6" t="s">
+        <v>583</v>
+      </c>
+      <c r="M77" s="5" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H78" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="J78" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="K78" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="L78" s="6" t="s">
+        <v>591</v>
+      </c>
+      <c r="M78" s="5" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H79" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="J79" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="K79" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="L79" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="M79" s="5" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="G80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H80" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="J80" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="K80" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="L80" s="6" t="s">
+        <v>607</v>
+      </c>
+      <c r="M80" s="5" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="J81" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="K81" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="L81" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="M81" s="5" t="s">
+        <v>616</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -7441,44 +7923,49 @@
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
+    <hyperlink ref="M77" r:id="rId82"/>
+    <hyperlink ref="M78" r:id="rId83"/>
+    <hyperlink ref="M79" r:id="rId84"/>
+    <hyperlink ref="M80" r:id="rId85"/>
+    <hyperlink ref="M81" r:id="rId86"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>