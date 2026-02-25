--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="889" uniqueCount="617" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="983" uniqueCount="687" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -93,50 +93,95 @@
 Jeppe Andreas Larsen
 Niels Mollerup
 Asta Thalbitzer</t>
   </si>
   <si>
     <t>I følge Kjerteminde Avis har Nyborg Officersforening optrådt for velgørenhed i Kerteminde både i 1885 og 1887. De optræder med teater, sang og bajonetfægtning.
 Moster kan være enten Sophie Eckardt i Sverige eller Anesine Frölich i USA.
 Det omtalte maleri af Otto Bache er muligvis "Køerne drives ud af stalden". Vilhelmine Larsen fortæller i et senere brev (1885-04-24), at det er blevet solgt for 7000 kroner.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Der er penge til Johannes, så han kan betale sin gæld til Mollerup. Vilhelmine Larsen er meget begejstret for Otto Baches maleri. Johannes skal sende det portræt, han har tegnet af Georg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ETLl</t>
   </si>
   <si>
     <t>Kjerteminde den 16 Feb 
 Kjære Johannes
 Her er Tøjet og Baand [papir mangler] Slips saa tænker jeg Du [papir mangler] glad ved mig Tak skal du [have] for Din Ulejlighed med Br[papir mangler] den har nok været [ulæseligt ord og papir mangler] nu 2 Kr til dig i [papir mangler] dem du laante hos [Mollerup] [papir mangler] du jo lade gaa af [papir mangler] Fotografier til Mollerup [papir mangler] det var jo 1 K. 75 Ø for [papir mangler] bliver der jo endda en 1 Kr og[papir mangler] tilbage til Dig Mollerups [papir mangler] skab her det skal jeg nok [papir mangler] ordnet naar du som jeg [papir mangler] før har bedt dig om vil [papir mangler] mig at vide hvad [papir mangler] kostede husk det [papir mangler] gamle Dreng [papir mangler] mig noget om hvad Du [papir mangler] Udstillingerne det [papir mangler] Billede af Backes er [papir mangler] kjønt og ellers andet [papir mangler] der interesserer dig [papir mangler] I alle ude hos Godtfredsen [papir mangler]?
 [papir mangler] Georgs lange Brev [papir mangler] du jo fuld Besked [om hvordan] vi alle har det; men [du] fik maaske ikke at vide [papir mangler] Fader og jeg har været [papir mangler] i Theatret i den sidste [papir mangler] til Fordel for Velgjørende [papir mangler] for Sømandsstiftelsen, den [papir mangler][ulæseligt ord] Sangforeningen fra [Vindinge?] der sang i 3 Afdelinger [papir mangler] og derimellem Fru Thal[bitzer] og Dillettantkomedie [papir mangler] Aften var det Nyborg [Officer]forening der sang fægtede og spillede K[oncert?] jeg morede mig [papir mangler] allermest fordi [Fader] han trængte saadan til [at] blive reven ud af al [Spekulation]
 Vejret her er saa frisk og smukt Johannes [papir mangler] stadig tænker Kunde[papir mangler] se det send [endelig] Georgs Portræt og [papir mangler] ikke i din Skitse[bog] [men den] lille ude fra Kikken[borg] saa send det at Moster [ulæseligt ord] kan faa det over. 
 Lev nu vel min [egen?] Ven og vær saa kjær[ligt] hilset fra os Alle mest fra din [Moder] som beder for [dig]</t>
+  </si>
+  <si>
+    <t>1888-12-17</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup</t>
+  </si>
+  <si>
+    <t>Johanne  Brandstrup
+Lauritz  Brandstrup</t>
+  </si>
+  <si>
+    <t>Mary Brandstrup
+Susan Brandstrup
+Stephen Grover Cleveland
+Maria Krümmelbein</t>
+  </si>
+  <si>
+    <t>M.K. er muligvis Maria Kristina/Kirstine Krümmelbein, som var Frederik Brandstrups mor. Blandt efterkommere af Brandstrup-familien er bevaret (2026) fotos af et portrætmaleri af denne kvinde, mens man ikke ved, om det originale maleri stadig findes. 
+H. Peter Nielsen og Winding kendes ikke. De firmaer, som er omtalt i brevet, er også ukendte. 
+St. Paul ligger i staten Minnesota i USA.
+Milwaukie ligger i staten Wisconsin i USA.
+Duluth er en amerikansk by i staten Minnesota. Byen er administrativt centrum i det amerikanske county St. Louis County
+US Gallon: 1 gallon = 3,78541 liter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1394</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup takker for faderens brev med kvittering for modtagelse af portrættet. Forretningen kører ikke godt, men Frederik går måske i kompagni med en malermester. Der er to gode kontrakter, og Frederik har arbejdet med Winding en uge. Winding betaler altid hotel, god mad og dyre cigarer.
+Den lille datter, Mary, har tre tænder, og hun er sød og nem. Susan siger, at hun er den smukkeste pige, hun har set, og at hun ligner sin far. 
+Susan har gemt brevet fra Frederiks far i en kasse, hvori også Frederiks frier-brev ligger. 
+Der er blevet bygget et whisky-destilleri i St. Paul. En af Frederiks venner arbejdede på, at Frederik kunne få job på stedet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kDJH</t>
+  </si>
+  <si>
+    <t>17de Dec. 1888
+Kjæreste Forældre,
+Vi bleve meget glade ved at modtage Faders Brev, i hvilket Du kvitterer for Modtagelsen af M. Ks Portrait. Forretningen gaaer kun smaat men vi ere ved frisk Mod og gaaer det ikke saa tager vi fat paa noget frisk. Gud ske Lov, her i dette velsignede Land kan en Mand bestille, hvad han vil – om han kan.
+Muligvis gaaer jeg efter Nytaar i Compagni med min Ven H. Peter Nielsen, velbestaltet Malermester her i Staden. Han troer, han trænger til mig; og heri bestyrker jeg ham af bedste Evne. Han har været etableret i tre Aar og klarer sig godt. Men herom er endnu ikke noget bestemt. Min gode Winding har sat en Deel flere Penge i sin Forretning i Milwaukee og kan derfor ikke holde St. Paul gaaende længere. Vi har to ret gode Contracter for det tidlige Foraar; men det er et Spørgsmaal, om han vil holde mig til den Tid, da der Intet er at giøre for mig. Men som sagt, det gaaer nok. Jeg var en dum Hund at jeg ikke stjal nogle Hundreder Dollars fra ham mens Tid var. Nu er det for sent. – Jeg fik Arbeidet i Duluth, som jeg skrev om og var deroppe med W. en Ugestid. Jeg holder altid af at være med ham; for vi spise den bedste Mad paa de bedste Hoteller og ryge gode Cigarer, som her ere dyre. Og min Ven W betaler. Og det kan jeg godt lide. 
+Veiret har dette Efteraar været ubeskrivelig deiligt. Endnu har vi ikke Vinter; men da Vinteren i Regelen sætter ind i Begyndelsen af November er dette noget aldeles ualmindeligt. 
+Med Undtagelse af ganske faa Dage har S. regelmæssigt havt den lille Pige med om Eftermiddagen, kjørende hende omkring for en Timestid i Nabolavets Gader eller Veie rettere sagt. Dette bidrager til at holde hende frisk og vel, det søde og lille Væsen. Hun har tre Tænder og tre andre kunne sees gjennem Skindet. Hun blev vaccineret for to – tre Maaneder siden; men end ikke dette gjorde hende syg den mindste Smule. Grædee gjør hun aldrig, hverken Nat eller Dag - men hun er fuld af Kraft og Liv og Lystighed. Susan paastaaer, at hun er den smukkeste, deiligste Unge, der nogensinde existerede. Og da S. endvidere paastaaer, at hun er mit udtrykte Billed, saa maa jeg jo troe hende; for det er jo et ubestrideligt Beviss paa hendes Skjønhed. Vi har Grund til at takke Gud for hende; ikke en Feil eller et Mærke paa hele det lille deilige Legeme. Og det ivrige, klare lille Ansigt med de spillende Øine viser tydeligt, at hendes Aand er ligesaa frisk som Legemet. S læste rørt og glad Dit Brev kjære Fader; Enhver som foorstaar Engelsk, kunde forstaa det tiltrods for enkelte Vendinger, som var "mindre correcte". Susan har lagt Brevet i en liden Kasse, hvori hun opbevarer bl.a. mit Frierbrev (hvori et Blad af en Nyboders Geranium). Hun vil opbevare Dit Brev til vor lille maiden og lade hende faa det, naar hun er gammel nok til at læse det. 
+Jovist stemte jeg paa Cleveland – desværre forgjæves, som I for længst vide. – Her er bygget et Whiskey distillery i St. Paul hvorfra der daglig skal produceres 18000 glls. I den Anledning er Styrken i Revenue Comptoiret forøget med ni Mand. Chefen er en Nordmand, der boer hos en af mine danske Venner. En anden dansk er Clerk i Comptoiret og boer samme Sted. Han arbeidede for at jeg skulde faae en af Pladserne paa $ 4 om Dagen – men hvad skeer!</t>
   </si>
   <si>
     <t>1892-05-02</t>
   </si>
   <si>
     <t>Christine  Mackie</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>København V
 Vesterbrogade 12 over gården</t>
   </si>
   <si>
     <t>Louise Amstrup
 Julie Brandt
 - Grauer
 Malin   Holmström-Ingers
 Leonard Holst
 - la Cour
 Johanne Christine Larsen
 - Laudrup
 Mogens Lindhardt
 Charles Rasmussen
@@ -425,50 +470,96 @@
     <t>Asta Blom
 Emil Brandstrup
 Otto Emil  Paludan
 Ellen  Sawyer
 Maria von Sperling. g. Balslev
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Ellen Warberg skal rejse til USA og giftes.</t>
   </si>
   <si>
     <t>Alhed har haft en dejlig, men hård cykeltur hjem fra Odense.
 Frk. Sperling vil give Elle malerier i afskeds-/bryllupsgave. Alhed vil male Erikshaab og hun spørger Johannes Larsen, om han vil male et billede med roser.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Uhpd</t>
   </si>
   <si>
     <t>Kære lille Las!
 Jeg lovede Dig nok et længere Brev i Morgen, men bare jeg holder det, jeg er ikke fri for at være søvnig, Kl. gaar vist stærkt til 12. Det er Pinselørdag Aften og jeg synes næsten, det ser ud til at ville blive godt Vejr i Morgen mon Du saa ikke maler i Morgen tidlig, fordi det er Pinsemorgen? Jeg fik nok ingen Brev i Dag, Du turde nok ikke for Faderen! Men i Morgen glæder jeg mig til at faa et. – Du kan tro, det var en dejlig Cycletur hjem i Aftes, Vejret var saa henrivende, og alting saa frisk og grønt og der var en lille blank Nymaane. De første Par Mil gik saa let for mig og jeg kørte temmelig hurtig, det gik op for mig, at min Cycle egentlig er meget tung, men det er jo en voldsom god og solid Maskine, den sidste Milsvej blev jeg alligevel træt og det er jeg endnu i Dag, det er vist fordi jeg slet ikke er trænet. Det er sandt, nu skal Du høre om en Bestilling vi have faaet. Frk. Sperling havde sendt mig Bud om, at hun gærne vilde tale med mig, og om jeg ikke kunde komme over ved Lyndelse Kirke i Eftermiddag Kl. 5 ½. Hun vilde spørge, om vi ikke kunde male noget til Elle fra hende som hun kunde faa med til Amerika, og hun spurgte, om jeg mente vi kunde lave noget pænt for et Par Hundrede Kr. Vi kunde selv sammen med Elle bestemme, hvad det skulde være. Er det ikke morsomt? – Jeg tror, Elle vil gærne have nogle Provenceroser hvis Du vil male nogle til hende og saa vilde jeg male et lille Landskab med Erikshaab paa. – Synes Du ikke det er en nydelig Idé af Frk. Sperling? Hun var ogsaa selv saa fornøjet over det! – Jeg har vasket ”Gamle” i eftermiddag i grøn Sæbe og 2 Hold lunkent Vand, han er saa nydelig nu, Du skal bare se paa Søndag. – Asta er kommen hjem i dag. Hun og Elle og jeg have været en Tur ud ad Brobyvejen i Aften. – Kan Du se, jeg har faaet nyt Brevpapir? Palam gav mig en stor Bunke med tilsvarende Konvolutter i Eftermiddag. Balle er her, han er livlig og fornøjet, men ser frygtelig daarlig ud. – Nu vil jeg slutte. Kan Du nu skrive rigtig tit til mig, saa er Du sød. Jeg holder forfærdelig meget af Dig og glæder mig til paa Lørdag, men der er jo desværre 8 Dage til. 1000 kærlige Hilsner fra Din Alhed
 Erikshaab – 28nde Maj – 98 
 Faders og Moders Bryllupsdag</t>
   </si>
   <si>
+    <t>USA
+Randolph N.H.</t>
+  </si>
+  <si>
+    <t>Harris Sawyer</t>
+  </si>
+  <si>
+    <t>N.H.: Staten New Hampshire.
+Ellen og Harris Eastman Sawyer blev gift i Danmark i maj 1898, hvorefter parret flyttede sammen til USA. 
+En amerikansk fod (foot) svarer præcist til 0,3048 meter.
+Mount Adams, 1.766 m over havets overflade, er et bjerg i New Hampshire og den næsthøjeste top i det nordøstlige USA efter sin nærliggende nabo, Mount Washington. Mount Adams er opkaldt efter John Adams, USA's anden præsident 31. juli 1820 (Wikipedia jan 2026).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1589</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer og Harris Eastman Sawyer har kørt i hestevogn og derefter i tog gennem et landskab med skov og meget spredt bebyggelse. Harris' familie har boet på denne egn siden 1634, og han er kommet der, siden han var ganske lille.
+Ellen og Harris bor på et hotel, som er primitivt på en hyggelig måde. De går ture, og Harris er som 10 år yngre uden bekymringer af nogen art.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t7r2</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+RAVINE HOUSE
+L. M. WATSON, PROPRIETOR,
+RANDOLPH. N.H.
+Randolph. N. H., ……………………………………………………………………………..189
+[Håndskrevet:]
+3/
+og beregne, om Vognen kunde gå igennem. Men det gik altsammen godt, - Hestene her ere vante til Lokaliteterne og de ere ["de ere" overstreget] Seletøjet anderledes, så de galloperer med stor Fornøjelse af Skrænter c. så stejle som Odensebakken. North Conway er som et Hjem for Harry: hans Forfædre har levet der siden 1634, da den første Eastman kom herover fra Skotland og bosatte sig. Der er 13 Familjer af Navnet East der [”der” indsat over linjen] som alle stammer fra ham. Harry kender kun meget få af dem, de fleste af dem ere ”Farmere” – men det slår sjældent fejl, at de er mørke, gulladne af Farve og har en lang, lidt kroget Næse. - Harry selv er kommen her om Somren siden han var 3 Aar, så han kender hver Vej og Sti i Skovene og op ad Bjærgene.
+Klk 2 rejste vi derfra, – tog med Toget til Randolph St. - En dejlig 3 Timers Køretur. Toget prustede og stønnede og gik i Fodgang op ad Bjærgene og rutsjedede ned i Dalene, - overalt tæt Skov, - der er Mile mellem hvert lille Hus. Vi skiftede Tog et par Gange, og hver Gang blev det mere primitivt. Det sidste havde kun to Vogne og standsede for Harry og mig ved den Sti som leder den nærmeste Vej hen til Racinehus. 
+Her er henrivende, - aldeles 
+[Fortrykt:]
+RAVINE HOUSE
+L. M. WATSON, PROPRIETOR,
+RANDOLPH. N.H.
+Randolph. N. H., ……………………………………………………………………………..189
+[Håndskrevet:]
+4/
+ideelt. Skønt her er en hel Del Mennesker, er det ikke Spor af Hotelagtigt. Det er de samme som kommer her hvert Aar og bliver her det meste af Sommeren. En Del af dem ere Harrys allerbedste Venner, - han har fortalt mig om dem så ofte at jeg var helt nysgerrig og opsat på dem og mærkelig nok er jeg ikke skuffet, tværtimod. – Her er guddommeligt i enhver Henseende. Selve Huset vandt straks mit Hjærte, - ingen Varmeapparater, ingen Gas, rigtige sodede sorte Kakkelovne, åbne Ildsteder, hvor der er en Ild af Birkebrænde hver Aften, - lavt til Loftet, - et gammelt Bornholmer o. s. v. Det er en rigtig ”Farm”, som man finder nogle få af dem i Dalene. Denne Dal er så bred som op til Ledhullet – og der er Høstakke, Kør, en Hvedemark o. s. v. Til begge Sider gå Bjærgene op til 4 a 6000 Fod. – 2 Dage er gået her allerede, - vi har haft dejligt Vejr og været ude hele Tiden. Harry er 10 Aar yngre her, - Forretninger, Penge og mugne Skinker eksisterer ikke mere for ham. Jeg nyder i fulde Drag Ferien. Vi ere tidligt oppe, - spiser Frokost 7½ og traver så ud i Skoven. I dag gik vi omtrent den halve Vej op ad Mount Adams. Hvordan
+[De eller den sidste side af brevet mangler].
+[Indsat øverst på første bevarede side; på tværs:]
+Jeg har fået dit lange interessante Brev i Aften. Hils dem alle 1000 Gange fra Elle</t>
+  </si>
+  <si>
     <t>1899-01-20</t>
   </si>
   <si>
     <t>Odense</t>
   </si>
   <si>
     <t>Julie Brandt
 Elise Hansen
 Peter Hansen
 Karl Schou
 Marie Schou</t>
   </si>
   <si>
     <t>Johannes Larsen skal i København arbejde for Joakim Skovgaard med forberedelser til Skovgaards store dekorationsopgave til Viborg Domkirke.</t>
   </si>
   <si>
     <t>Alhed Larsen er i Odense hos Hempel Syberg. Hendes søster Ellen (Elle) skal rejse til USA. Alhed kan bo en tid hos Julie Brandt (Pan) i København, og hun foreslår, at Johannes Larsen bor på pensionat, hos P eller hos Marie og Karl Schou.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/drJX</t>
   </si>
   <si>
     <t>Kæreste, lille Las.
 Som Du ser af Brevpapiret ere vi nu ude i Odense, og det er paa Falderebet med lille Elle. – Kl. er 8 og Kl. 9 skulle vi spise en bedre Aften: Kalkunsteg, koldt Bord Annanasfromage samt Vin naturligvis. Og Kl. 12 ½ glide de, - det skrækkelige Øjeblik nærmer sig med stærke Skridt. – 1000 Tak for Dit Brev i Dag, min Dreng. Saasnart Elle er rejst, skal jeg nok begynde at glæde mig til snart at se Dig. – Men det varer vist nok 8 Dage, inden jeg kommer, nu skal jeg jo først gaa til Tandlæge et Par Dage og saa skal jeg have et Par til at pakke og ordne mit Tøj. – Jeg skal naturligvis have Lagen, Haandklæder og Dækketøj med mig? Men vel ikke Køkkentøj?? Spørg Fru P. - - Jeg kan jo sagtens bo en lille Tid hos Pan, gid Du ogsaa kunde finde noget midlertidigt indtil P.s rejser, men det er jo ikke saa nemt at sidde her og give Raad skriftlig, Du maa jo se, hvordan det falder sig og om der viser sig noget fordelagtigt. Det var jo kedeligt at binde dig for altfor lang Tid i et Pensionat, saa vi ikke var parate til at flytte ud i P’s Lejlighed, saasnart de rejse. – Jeg er meget spændt paa at høre hvad Du bestemmer Dig for. I Morgen – altsaa naar Du faar dette Brev – er det Marie Schous Fødselsdag, hvis Du gaar derud saa Hils og gratuler fra mig, jeg ved ikke deres Adresse. – Kunde Du ikke komme en 14 Dages Tid i Pension hos dem eller P.s? - - Nu Farvel min Dreng – 1000 kærlige Hilsner fra Din egen Alhed
 20 – 1 – 99
@@ -543,82 +634,235 @@
   <si>
     <t>Kerteminde Byhistoriske Museum</t>
   </si>
   <si>
     <t>Alheds søster, Ellen, er blevet gift i USA
 Skovhoved har været der med tegninger over værelsernes placering i Johannes hus. Han får et billede af viber som betaling.
 Hilsen fra Johannes Larsen</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lm45</t>
   </si>
   <si>
     <t>Kjerteminde den 23/2 99
 Kjære Christine !
 Dit Brev fik jeg først Aftenen efter at Plesner rejste Johannes havde helt glemt at give mig det, Støvlerne er kommen til Skomageren, men om de naar at komme til Søndag tror jeg knap derfor sender jeg disse Sko som har staaet noget saa har du dog en hel Saal – Pølserne tænker jeg baade overraskede og smagte Eder godt her blev slagtet en Gris til Bespisningen og Fader mente at Pølser vilde blive kjærkomment i Kjøbenhavn 
 det var Dagen før de kaldte af Marie, først tænkte jeg bare det Arbejde var skaanet men du kan ikke gjøre dig nogen Ide om Plesner Fornøjelse over Grisetæer Gele Fedtegrever samt Pølse saa da blev jeg glad der var noget nemt for mig i de Dage – det var jo lavet om Lørdagen. Jeg vilde have telefoneret til Marie at de var kommen det var saa dejligt nemt saa blev jeg stoppet det gaar nu gennem Statsbanens Telefon og koster 50 – det vilde jeg naturligvis ikke indlade mig saa hun hørte først i dag at Johannes og Alhed er her
 hun ligger i dag af Forkjølelse – vi andre har mer eller mindre af den Slags men er dog oppe. Brevet fra Marie forklarede mig at det var for lille Ingeborgs skyld, hun er ogsaa saa glad ved hende; den unge Pige har kun været der fra den 10 Februar, men lader til at være en sød elskværdig Natur
 det bliver nok velkommen lille Dine dette Brev med Klatten Adolph skal hen til Lindeved til Maj der var Plads til en Elev til jeg tænkte paa Johan i Kjertinge men nu kom der Brev at de – har opgivet det for saa skulde de have en Karl men saa kommer der nok en anden skikkelig Elev
 Fader synes godt om det og Adolph med de var inde hos Fruen at drikke kaffe hun var saa kjøn og der var saa probert der var en Søn hjemme der er Gartner en smuk gammel Have med høje Lindetræer, det er saa godt ja lille Du jeg stoler paa vor Herre lader alting bedst til vort Gavn. Nu kom her Brev til Alhed fra Amerika Fastelavns Søndag blev Ellen Varberg viet til Hr Harri Isseman som Varberg kalder ham – de var jo belavet paa at vide hun holdt Bryllup, men det er alligevel saa underligt for dem kan jeg mærke
 fra Maren skal jeg hilse dig mange Gange hendes Broder var her til Maskeraden og morede sig storartet, Maren var i 2 Optog Skovshoved kom og i Hans hemmelighedsfulde Magter; der blev saa lavet Tegning til Johannes Huus Overslag over Værelsernes Beliggenhed saa skal han have en Tegning med Viber – 
 Lev nu vel søde Ugle og vær flittig jeg skal nok sørge for at faa sendt Penge i rette Tid
 Din Moder
 God Appetit Del med Klaks Kjærlig Hilsen</t>
   </si>
   <si>
+    <t>1899-04-20</t>
+  </si>
+  <si>
+    <t>Boston
+USA</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899 i Boston. 1899-1902 boede de i samme hus som Harris' forældre, søstre og en bedstemor. Harris' mors og bedstemoderens navne kendes ikke. 
+Den amerikanske frihedskrig (også kendt som den amerikanske uafhængighedskrig) blev udkæmpet fra 1775 til 1783 (Lex.dk)
+Manilla, Harrs Sawyers læge og Frk. Svensen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1524</t>
+  </si>
+  <si>
+    <t>Ellen Sawyers hverdage begynder kl. seks, hvor hun og Harris Sawyer spiller spil, hvorefter hun laver solid morgenmad til ham, han læser aviser, og de snakker. Når han er taget afsted, laver hun husligt arbejde. Harris' familie roder og har ikke ordenssans. Derefter går hun tur, spiller klaver mm., og hun laver aftensmad. Harris' mor har gigt og hjælper ikke til i huset. Når Ellen fortæller, hvor lang tid man bruger på madlavning i Danmark, bliver Sawyer-familien meget forbavsede.
+Harris' mor vil gerne sy for Ellen.
+Ellen og Harris besøger sjældent nogen om aftenen, for han har brug for meget søvn. Onsdag aften kommer der dog gæster. 
+Harris har købt møbler og har nu ingen penge. Han skal til Chicago i forretningsøjemed, og Ellen vil gerne med for at besøge Onkel Frederik (Brandstrup). 
+Harris og Ellen har været i en stor butik for at købe tøj til hende. Han har god smag. 
+Ellen skriver med en pen, som indeholder blæk, så man ikke behøver at dyppe. 
+Harris og Ellen har sejlet til en ø, hvor de store oceandampere lægger til. Derefter gik de ind i det jødiske og det italienske kvarter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CfR5</t>
+  </si>
+  <si>
+    <t>Dorchester April 20 – 99
+Kære Mor!
+Tak for dit sidste Brev. Det var som alle de andre dejlig langt og indgående. – Jeg vilde ønske at jeg havde arvet din Skarphed til at skrive Breve, men det har jeg desværre ikke. – Et sådant Brev som mit sidste, er et stort Foretagende for mig. – Jeg var ked af at jeg glemte at sende en speciel Hilsen til min Veninde Manilla, - når du får dette Brev er hun velsagtens rejst Hvis ikke må du da endelig hilse hende og sige hende Farvel.
+De fleste af Spørgsmålene i dine Breve er nu besvarede, jeg mangler endnu kun en Beskrivelse af hvordan en almindelig Dag går. – Dagen begynder i det seneste Klk 6, - ofte før – med et Slag ”Mølle” el Gr. Bang. Harris er tosset efter at spille og hvor søvnig jeg end er og bliver regelmæssig slået til hans store Fryd. Når jeg kommer ned, giver jeg ham hans Morgenfoder, som er mangfoldigt og meget solidt: Hvedegrød, stegt Flæsk, Boef. Så spiser vi (de andre ere i Reglen færdige og gået hver til sit) og læser Morgenaviserne. Aviserne spiller en meget stor Rolle for East., - han læser dem i milevis. Så snakker vi i Reglen til han tager til Byen Klk 9, hvorpå jeg er huslig til 12–1 – fejer, tørrer af og gør i Orden, - de ere allesammen slemme til at smide omkring med alting så jeg går hver Dag en Omgang og rydder op. – Deres Ordenssans er i en underlig Tilstand, vidt forskellig fra min: de overvejer længe, hvordan en Bog skal ligge på et Bord og hvordan en Stol skal stå men de smider samtidig alle mulige Dele i Spisestuen, Brevskabet Klaver o.s.v. og har et syndigt Rod i alle Skuffer og Gemmer el. ret. havde for nu holder jeg stræng Orden i Dækketøj- og Lagenskuffer, Sølvtøjsskuffer o.s.v. Vort nye Sølvtøj bruger vi kun til fremmede så længe vi bor sammen med Familjen. – 
+Jeg kom nok bort fra ”Dagen”. Så klæder jeg mig på og øver mig, skriver Breve, går Tur o.s.v. til E. kommer c. Klk 5-6. Så hjælper jeg som Regel med Aftensmaden, - d.v.s. hvis de andre skal have noget han ikke kan lide, laver jeg hvad han vil have. Han er altid fuldkommen tilfreds med den Mad jeg laver til ham og han er henrykt over at han nu kan få hvad han vil have. Svigermor er jo så svag og har sådan en Gigt i sin Arm at han ikke har nænnet at bebyrde hende med noget, - de tager det så let med Maden her, at hun finder, at alt hvad der er ud over at varme en Dåse Tomater, koge Kartofler el stege Kød, - er anstrengende Arbejde. Det tager i Reglen 1/2 Time at preparere Aftensmaden, - Hovedmåltidet. Når jeg fortæller om vore Retter, om [ulæseligt ord] f. Eks. er de ved at gå til af Forbavselse. Jeg stryger for det meste hele Vadsken på to Dage, - 2 Timer hver Dag, - og når jeg undertiden ender det på èn Gang, er jeg en Helt. - Svigermoder er bestandig ulykkelig og angergiven over at hun har Gigt, så hun ikke kan ende alt, og siger ofte, at det er for strængt for mig og ”hvad de mon vilde sige hjemme på Erikshaab” – for 3-4 Timers Huslighed!! Til Gengæld går hun stadig på Jagt efter noget at sy for mig og er nu i Færd med at lægge nogle af mine Kjoler ned. Flere af dem ere nu mærkelig nok for korte. ----- Efter Aftensmad sidder E. og jeg her i hans Stue, læser el. spiller Mølle el. Klaver el. går en Tur, hvis det er godt Vejr. Det er på den Tid af Døgnet at vi burde besøge Folk men vi gider så godt som aldrig, og E. har ikke godt af det – han er søvnig Klk 9 og Dr, har sagt at han skal sove 10 Timer, så jeg opmuntrer ikke til Besøg. – Vore ”at homes” er nu i fuld Gang: hver Onsdag Aften kommer her Folk c. Klk 8, sidder og snakker et Par Timers Tid, får Lemonade og går hvilket sidste er det behageligste ved hele Forestillingen. Vi har i denne Tid en fattig Periode, hvilket kommer os meget ubelejligt. Est. brugte næsten alle sine Aprilpenge i Begyndelsen af Måneden til de Møbler, jeg skrev om sidst, saa han har ikke andet end Husholdningspengene tilbage. Det kommer på tværs fordi han efter al Rimelighed skal til Chicago; næste Uge i Forretninger (Bacilleforetagende) og det vilde være knusende Sjov om jeg kunde komme med. Det vilde ikke alene være en stor Fornøjelse at se Onkel Frederik og Chicago, - men også for H.s Skyld var det godt om jeg kunde være med – han egner sig ikke til at fare ud på egen Hånd. – 
+I forrige Uge vare vi ude at købe en ny Sommertrøje og det kunde ikke undgås – en Sommerhat, [Tegning] Trøjen er nydelig, - lys kort, og af Farve omtrent som min Bendixkjole, - Hatten er ikke så slem en ["en" overstreget] som man skulde tro eftersom der er kunstige Blomster på den. Harris gik med mig og valgte begge Dele. Det var et kosteligt Syn at se ham gå rundt i de store Forretninger og bese Varerne og høre på Damernes Suk med en Alvor og Interesse, men han var ikke tilfreds med noget af det, de kom med. Tilsidst gik han ind mellem Trøjerne på egen Hånd og kom lidt frem med faktisk den eneste, der passede mig. Det samme med Hatten. Han var meget stolt, og nu passer han omhyggeligt på, at ”vores Trøje” hænger glat og ikke bliver støvet. – Han har virkelig en udmærket Smag og han skal nu træde i Frk. Svensens Sted og vælger alt det Tøj, jeg herefter skal have. 
+Dette er skrevet med en Penneskaft, som indeholder Blæk så man aldrig behøver at ”dyppe”. H. går altid med det i Lommen, så han kan skrive Forretningsbreve i Toget og hvor han vil.
+I Onsdags var det en stor Helligdag her – en Mindedag om den amerikanske Frihedskrig. – Det var et strålende Vejr og H. og jeg begav os ud Klk 8 for at se os om. Vi tog med Toget ind til Byen gik ned til Havnen og i en Færge som satte os over til en Ø, hvor nogle af de store Oceandampere lægge til. Eastman er gal efter Skibe, - han kender hvert Skib i Havnen ved Navn og ved hvilken Linje de hører til o.s.v. Jeg tænkte på Dedemand da vi beså alle de store Skibe, - det vilde have [”have” indsat over linien] været noget for ham, at være med der. 
+Så vovede vi os ind i et af de værste Kvarterer i Boston, - Jødekvarteret og det italienske med snavsede skæve Gader og sorte, beskidte Unger. Vi beså der en af de ældste Kirker i Boston hvor der er nogle Minder fra Frihedskrigen. – Så tog vi med et andet Tog uden for Boston og spadserede rundt der. Det var næsten på Landet meget smukt – der var en Aa som lignede vores hjemme så meget, at jeg var helt begejstret. – Vi benyttede 3 Sporvogne for at komme hjem, - og befandt os, som om vi havde været ude at rejse.
+Eastman kommer pludselig og siger at han må afsted om 5 Min. og han skal have Brevet med til Byen så jeg må stanse nu. – Jeg ved heller ikke mere denne Gang. – Undskyld Jadskeskriften, - jeg kan ikke skrive idag. 
+Hilsen til alle fra Elle
+[Skrevet langs venstre kant s. 1:]
+Jeg har set en Del Fejl, men har ikke Tid at rette.
+Frim. til Dede.</t>
+  </si>
+  <si>
     <t>1899-05-09</t>
   </si>
   <si>
     <t>Margrethe Bentzen
 Wilhelmine Berg
 Victor Bøttern
 Georg Larsen
 Otto Emil  Paludan
 Ellen  Sawyer
 Harris Sawyer
 Albrecht  Warberg
 Laura Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed Larsen er hjemme hos forældrene for at føde sit og Johannes Larsens første barn. Drengen, som fik navnet Andreas (Puf) blev født 12. maj.</t>
   </si>
   <si>
     <t>Alhed håber på godt vejr, så Johannes Larsen kan komme videre med sine billeder. Hun maler stadig på sit billede, men hun kan ikke få tapetet pænt.
 Fosteret har lagt sig i "Angrebsstilling", og Alhed synes, hun ser "gebrummerlig" ud, men derfor kan der godt gå 14 dage, før hun føder.
 Alhed har været ude at gå tur med sin mor, og hun gik let og ubesværet. Ellen (Elle, søster) har købt en kjole til "Niecen" og sendt den med en mand (fra USA) til Danmark. 
 Christine og Alhed har plukket anemoner og også plantet nogle i haven. De spiller l'hombre om aftenen. 
 Alhed antager, at Johannes Larsen ikke har tid til at komme til Erikshaab lige nu.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3xKC</t>
   </si>
   <si>
     <t>Min egen Frajsermand!
 Far sidder og siger, om jeg ikke vil begynde Brevet med: Hvad siger Ladersen? Tak for Dit Brev med Dit nye Motiv, det ser nydeligt ud. Blot nu Vejret vil føje sig lidt efter alle Dine Billeder, saa faar Du jo nok et udmærket Foraarsresultat. Det er jo rigtig rart, at Regnen kommer nu, inden Pæretræet er sprungen ud. Man staa nu bare ikke og frys saa Du faar en Forkølelse, det vilde være rædsom ærgerligt! – Jeg hænger stadig i med mit Billede; Tapetet driller mig, jeg kan slet ikke faa det kønt, Urtepotterne og Bordet mangler jeg ogsaa meget paa, men det kunde jeg da tilnøds nok male, naar jeg er bleven rask igen, derimod ikke Tapetet, da der skal hænges hvide Gardiner op, som vil give et helt andet Skær. – Du spørger, om jeg tror det varer ret længe, inden den lille kommer, jeg kan saamænd slet ikke sige det, men jeg synes, jeg ser saa gebrummerlig ud de sidste Dage, jeg tror, den lille har lagt sig i Angrebsstilling, men derfor kan det nok godt trække ud en 8-14 Dage. Mor og jeg var ude at spadsere i Aftes, og Mor var meget imponeret af saa hurtig og let, jeg kunde gaa, det er helt enestaaende, siger hun, saa hun mener, jeg nok vil komme meget nemt over det. Elle skriver i Dag, at hun og Eastman har været ude at købe en lille Kjole til ”Niecen”, og de har sendt den med en ung Mand, der er afrejst til Kjbn. og som skal bo i Tante Mis’s Pensionat, saa den kommer nok en af Dagene er det ikke morsomt? – Jeg husker ikke, om jeg skrev i Gaar at Christine og jeg tog Mellemstokke af nogle gule Anemoner i Gaar oppe i Skoven og at jeg plantede dem nede i Haven i Aftes; de ere saa kønne, de gule Anemoner, vi har et helt Glas fuldt staaende af dem nede i Stuen. – Vi spille fremdeles L’Hombre hver Aften. Palam smed den anden Aften en ”Maar”, som Far derefter beviste ham var oplagt!! det var Aftenens ”cloux” (ved ikke Stavningen) og saadan et ”clou” har vi jo cirka hver Aften. – Dis gaar og [ulæseligt ord] med Høns en stor Del af Dagen, og hun og lille Bentzen lader til at kunne rigtig godt sammen. – Nu vil jeg slutte, Christine rejser til Odense med Iltoget og skal have det med. Hils dem alle mange Gange. Saa ser jeg Dig vel ikke paa Torsdag, Du kan vel ikke rejse fra Dine Billeder? Men Du ved nok, at naar jeg ikke skriver, at Du endelig maa komme, saa er det ikke fordi jeg ikke længes efter Dig, men af Dyd og Pligt. – Jeg savner Dig jo forfærdelig, naar jeg ikke er sammen med Dig, men jeg har det jo ellers udmærket herhjemme, de ere søde imod mig alle sammen. Far og Mor er saa glade ved mit Billede og følger det med stor Interesse; naa nu skal Chr. nok af Sted! 1000 Hilsner af de allerkærligste til min egen Ven fra Din A.
 Vil Du gratulere Grossereren fra mig.
 d. 9ende Maj 1899.</t>
+  </si>
+  <si>
+    <t>1899-05-14</t>
+  </si>
+  <si>
+    <t>Edward -
+Wilhelmine Berg
+Johanne  Brandstrup
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Niels Dines Wangberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift i Boston i 1899. 
+Thingvalla var et dansk rederi stiftet af C.F. Tietgen i 1880. Det havde hovedsæde i København. Omkring 1900 var det et af de dominerende rederier, som sejlede skandinaviske udvandrede til USA. I 1898 overtog Det Forenede Dampskibs-Selskab (DFDS) rederiet og dets aktiver under navnet Scandinavian America Line (Wikipedia febr. 2026). 
+Tante kan både være Vilhelmine Berg og Johanne/Hanne Brandstrup. 
+"De": De første par år boede Ellen og Harris i hus sammen med hans søster og forældre. Moderens navn kendes ikke. 
+B: Alhed Larsen med kælenavnet Be var gravid.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1523</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har modtaget fragtbrevet og glæder sig til, at hendes kasser kommer. Dudley Pray kan måske tage sengetæppet med fra Danmark. Ellen ved ikke, om hun og Harris Eastman Sawyer kommer til Danmark denne sommer.
+Ellen vil gerne skaffe sølvtøj til Tante. 
+Harris er optaget af sin mælkesyresag, som kan blive indbringende. Han skriver mange kontrakter, rejser meget og er heldigvis rask. Når Harris kommer hjem, skal man have normal mad i huset igen. Hans familie laver kedelig mad uden variation og smag. Forleden bad Ellen om, at de kunne få oksetunge, og de fik en skrækkelig fed en. Nu vil hun lave rabarbergrød, sildesalat og agurksalat. Amerikanerne bager brød i en blikspand; de spiser ikke forret eller skemad - kun østers kogt i mælk, hvilket er rædselsfuldt. 
+Ellen har besøgt Fætter Edward og hans familie. Hun er blevet god til at finde rundt med sporvognen og har været hos tandlægen. På hjemturen tog hun dog den forkerte forbindelse. 
+Ellen er spændt på, om Alhed/B Larsen får en pige. Hun glemte Astrid/Disens fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hEmD</t>
+  </si>
+  <si>
+    <t>Maj 14. 99
+Kære Mor!
+Jeg har fået Fragtbrevet eller hvad det skal kaldes i Dag og begynder nu snart at vente mine Kasser. Det bliver knusende morsomt, - især hvis det går godt med Tolden. Du har rigtignok haft en rasende Besvær med det og det er ikke så sært at det har spillet en Rolle for dig. Det varer dog vist et Par Uger før det kommer. Thingvalla er jo lidt sen i Vendingen. Jeg skal nok skrive hvordan det er gået med Tolden ligeså snart det kommer. Eastman er knap så begejstret som jeg ved Tanken om at det nærmer sig. – Du skal ikke bekymre dig om at sende det Sengetæppe. Måske Mr. Pray vil tage det med, når han rejser hjem om tre Måneder. 
+Om vi kommer i Sommer kan vi ikke sige inden Somren er forbi. Det beror på Geschäften, Helbredet og vore Vinterplaner. Ifald det skulde ske skal vi med Fornøjelse besørge det Sølvtøj til Tante Det er ikke Plet, gedigent Sølv, men de har ikke det Mønster, som er det almindeligste hjemme og som Tante vel også har med Rifler ned af Skaftet. Her er 4-5 forskellige Mønstre – jeg skal ved Lejlighed se at få en sådan Mønsterbog med Priser og sende hjem. – Du har nok også spurgt om Rejsen hjem afhænger af Eastmans Svineslagterihistorie, - det gør den ikke for han mener at den vil trække ud mindst ½ Aar. De vil nemlig ikke betale ham Resten ("Resten" indsat over linjen] inden de ere fuldt ud sikre på at det har hjulpet. 
+Nu er han meget optaget af sin Mælkesyre, som han er i Milwaukee for. Det er noget nyt, som skal indføres på Bryggerierne og som vil blive indbringende, hvis det viser sig at være heldigt. Han er en ivrig Forretningsmand og har en Masse Jærn i Ilden. Han udfærdiger Kontrakten i det mest snørklede, juridiske Sprog, sætter sit Navn under og sender den til dem han har i Sinde at arbejde for og hvis de synes om, hvad han foreslår dem, sætter de deres Navn under og Eastman skrider til Værket. – Imorgen kommer han hjem og min Enkestand er forbi. I Mandags rejste han til Kansas, 24 Timers Rejse fra Chicago, var der 5-6 Timer og gled derpå tilbage. - Han har været så rask hele Tiden, det lader til at han tåler det Klima bedre. – -
+Der er adskillige Fordele ved at han kommer hjem igen, bl.a. den at vi så igen får spiselig Mad i Huset. – Når han ikke er her lever de mere ”amerikansk” og det er trættende i Længden. Bl.a. køber de så ikke Brød, men laver selv, - en Slags Tvebaksdejg, som jeg ikke ret godt kan få ned til Flæsk f. Eks. Der er så lidt Variation at man bliver så led og ked af alting, - de har i Reglen kun en Slags Mad i Huset som spises indtil der ikke er mere af det, - Morgen, Middag og Aften. Jeg kom til at foreslå en Oksetunge, og så fik vi forleden et stort fedt Asen af en Tunge (den må have tilhørt en fed, gammel Tyr) – efter tre Dages Forløb er det kun med Overvindelse at jeg taler om denne Tunge. Køber vi røgede Tunger monstro? Denne Tunge smager vidt forskelligt fra dem hjemme. Nu har jeg bestilt Rhabarber til Rhabarbergrød, Schweizerost og menneskeligt Brød. Når East. kommer hjem skal jeg se at få samlet Stof til Sildesalat. Alt hvad de laver her er så ferskt at man længes efter lidt mere kradst. Jeg har også sendt Bud efter Agurker til A.Salat. De har aldrig noget surt. 
+Husholdningen er rigtig nok vidt forskellig fra den danske, - nemt er det men ikke interessant, - jo forresten undertiden er den, men jeg er vant til det nu, - efter at jeg har set dem bage Brød i en Blikspand (!!!) kan intet mere forbavse mig. De spiser aldrig hvad vi kalder ”Formad” – aldrig Suppe. Vi har kun fået en Slags ”Skemad” og det Østers kogt i Mælk, - ubeskrivelig rædselsfuldt!! Jeg glæder mig til min Kogebog! 
+I Mandags var jeg ude i Boxburry hos min nye Familie, Fætter Edwards. De har et stort Hus og jeg morede mig fortræffeligt. Jeg var bedt til Frokost og fik Hønsefrikasé med surt til, samt Øl, Oksesteg med Kartofler og Jordbær, The og Bagværk. – Efter Frokost spillede Edward en Del, hvorefter vi gik ud og var ude Resten af Dagen. Vi er Edward, Bel, Konen (jeg kender ikke hendes rigtige Navn) og deres store Hund. De har en Hønsegård og en Hane. Vi lå i Græsset og solede os og gik derefter ud for at plukke vilde Blomster, så jeg havde en hel Stak med mig hjem. 
+Jeg kan nu helt godt finde omkring alene. Afstandene ere så uendelige her så man bruger altid elektrisk Sporvogn som her er en uendelig Masser af og det gælder om at finde de rigtige. Alting går i sådan en Hast her og der er sådan en Tummel at det ikke kan nytte stort at spørge. I går var jeg til Tandlæge for at blive plumberet. Det er en gammel Ven af Harris han bor i Cambridge, 1½ Mil Timer ["Mil" overstreget; ”Timer” indsat over linjen] Rejse herfra med Sporvogn. 
+Jeg fandt godt nok derud men da jeg skulde hjem gav de mig forkert Svar på min Forespørgsel, så jeg kom i en gal Sporvogn og Pokker i Vold i en anden Ende af Byen. Jeg kom der igennem en Gade hvor Numrene gik til 1800! De plomberer fortrinligt her, meget hurtigere end hjemme og det gør så godt som ikke ondt. De betales pr Time 
+Jeg glemte totalt Disens Fødselsdag og er meget ked af det – forresten skylder hun mig Brev. – Nu begynder jeg at blive nervøs for B. – det er fælt at være så langt borte det varer sådan en Tid at få noget at vide. – men der skrives vel straks om det. Mon det virkelig skal nå at blive en Pige!
+[Skrevet i venstre margen s. 8; lodret:]
+Hilsen til alle, særlig Far og Hunden fra din Pelle</t>
+  </si>
+  <si>
+    <t>1899-05-28</t>
+  </si>
+  <si>
+    <t>Bellevue St.</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Trine Johans
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsens første søn, Andreas, blev født på Erikshaab 12. maj 1899. 
+Ellen og Harris Sawyer blev gift i Boston i begyndelsen af 1899. De boede de første år af deres samliv i et hus sammen med Harris' familie. Hans søster og forældre er omtalt i flere breve. Ialt var de syv beboere, og hvem de sidste to var vides ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1519</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer ønsker tillykke med, at hendes far og mor er blevet bedsteforældre. Hun glæder sig til at se drengen og ønsker alt godt for ham og Alhed.
+Harris Eastman har det godt for tiden. Maden spiller nok en rolle. Ellen er ikke begejstret for amerikansk madlavning, og nu opponerer hun ved at lave agurkesalat, tilføje flere retter persille og koge rabarbergrød. Harris' familie finder det ekstravagant. 
+Ellens tøj er ikke kommet fra Danmark. Hun er blevet henvist til en slags agent, men der sker ikke rigtig noget. 
+Amerikanerne holder ikke pinse; kun jul og nogle patriotiske fester. Harris' far skal holde Memorial Day med "sine" soldater, og Harris vil ikke med, da der sandsynligvis bliver meget tobaksrøg. I stedet tager Ellen og Harris på en udflugt. Landet begynder ikke lige udenfor byen som i København. Der er en uendelighed af villaer uden hegn omkring haverne. Hjælp i huset er meget dyrt. I Sawyer-familien giver man en dollar og 10 cent ugentligt for vask af tøj, og det bliver ikke rent. Laura Warberg må sende sin opskrift på kemisk vask. 
+Harris skal give kemisk bistand til læderfabrikation, og kunden siger, at Harris er den dygtigste kemiker på dette område i USA.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/poDx</t>
+  </si>
+  <si>
+    <t>Bellevue St. Maj 28 – 99
+Kære Mor!
+Jeg har været lidt forsømmelig med Breve i den senere Tid og er meget angergiven. Jeg skal imidlertid se at oprette det forsømte idag ved at skrive en lang Salve. Først må jeg gratulere dig og Far til Bedsteforældreværdigheden! Det var rigtignok dejligt at det gik så godt. Hvor han må være henrivende, den lille Dreng og hvor jeg længes efter atbare se ham. Bare han nu må blive rask og tyk og bare Alhed må komme godt fra det. - Vi ere meget stolte over at være Onkel og Tante og praler af det, når Lejlighed dertil gives. Vi ønsker nu mere end nogensinde at vi kunde komme hjem til Sommer, - Eastman tilbyder jævnligt sine Klienter at rejse over i Forretninger, men de lader ikke til at være ret begærlige efter at få ham afsted.
+Han har mere travlt end nogensinde, men, Gudskelov han er så rask i denne Tid, som han ikke har været i lange Tider. Før han rejste til Chicago var han rigtig ussel, - han havde uophørlig Mavedårlighed og hostede en hel Del hver Morgen. Men så snart han kom afsted, blev han bedre, var rask hele Tiden, mens han var væk og nu også efter at han er kommen hjem. Jeg tror, at Maden har en hel Del at sige. Han trænger til mere Afveksling og til at få Maden prepareret lidt mere kunstfærdigt.
+Min Begejstring for amerikansk Kogekunst er forlængst forduftet, - det er nemt og behændigt, men rædsomt trivielt og jeg er begyndt at opponere så småt. Jeg kan godt mærke at Svigermoder finder mig ekstravagant, men jeg lader som jeg ikke mærker det. Jeg køber Agurker og laver Agurkesalat som andre kristne Mennesker (når de engang imellem købte en Agurk skar de den i tykke Humbler og åd dem som de var); når vi får Ærter, kommer jeg Smørjævning og Persille på, jeg sniger mig til at salte Kartofler o.s.v. og jeg laver opstuvede Kartofler med Persille. Det regner de for at være en meget omstændelig Ret at lave. – Jeg har også lavet Rhabarbergrød og det gjorde megen Lykke. Eastman er begejstret for hver ny Ret, jeg indfører og når jeg får min Kogebog skal jeg lave en hel Del. 
+Jeg har ikke hørt et Muk om mit Tøj endnu. I Mandags fik jeg Meddelelse fra N.Y. om at det var kommen og vi telefonerede den Ven af gl. East. som sagde at han vilde hjælpe at klare det. Han viser sig imidlertid at være ude af stand til at kunde gøre noget men henviste os til en anden, en Slags Agent. Svigermor og jeg tog derfor straks til Byen og talte med ham - han var særdeles høflig og imødekommende og lovede at gøre alt hvad der stod i hans Magt. Foreløbig gjaldt det om at se at få det hertil Boston for at fortoldes, de ere mere overbærende her, - i N.Y. er i den senere Tid rent rasende med deres Fordringer af på [”på” indsat over linien] Told. Men som sagt idag en Uge efter havde vi intet hørt endnu, så vi telefonerede til hans Kontor og forespurgte og fik det Svar at han var rejst bort for et Par Dage. Det er meget ærgerligt, da jeg naturligvis er meget spændt på Udfaldet. 
+Tænk, her holder de aldeles ikke Pinse, - Eastman opdagede tilfældig igår at det var Pinse for 8 Dage siden.
+Amerikanerne er dog nogle sære Stødere, - den eneste Helligdag de har er Juleaften og Dag samt 2-4 patriotiske Fester til Minde om Krigsbedrifter. Der er en sådan imorgen, - ”Memorial Day”. Det er en stor Dag for gl. East. som skal operere hele Dagen med sine Soldater. De skal nok også have en festlig Sammenkomst med Bespisning, hvortil Eastman er inviteret, men da der rimeligvis bliver en slem Tobaksrøg har han betakket sig og hvis det bliver godt Vejr skal vi ud et eller andet Sted og trække lidt frisk Luft. – Komme rigtig ud på Landet er næsten en Umulighed her – Det er ikke sådan som i København, at Byen ender og Landet begynder med Marker og Skove, - det Uendelige bliver det herved med Villaer, Lygtepæle og de rædselsfulde Plakater som med Advertissementer som ødelægger og gør alting grimt. Men det lader ikke til at genere nogen. Her er megen Smagløshed i alle Retninger og ingen Sans for Hygge. For Eks. indhegner de aldrig deres Haver, - der er ofte et stort Stykke Jord til Husene el. Villaerne, men de færdes ikke uden for Husene und. når de går på Gaderne i deres fineste Stads. Man ser ofte foran et stort fint Hus et Stykke Grund – aldeles uplejet og ubenyttet. De har ikke Tid til at give sig af dermed. – Måske kommer det for en stor Del af at Hjælp er så kostbar. For Eks. kommer der her en Gang om Ugen en Vadskekone og vadsker. Hun er her 7 Timer, 8-3 og får 1 Dollar 10 Cent (e. 4 Kr.) Jeg venter Trine Johans og Resten med næste Skib hvis du fortæller dem det. Men der bliver rigtignok ingen Tid ødt med Snak: Hun vadsker alt Tøjet, efter 7 Mennesker er det dog en Del – hænger det ud, vadsker Trappen eller pudser Vinduer mens det tørrer, – tager det ind, stænker og lægger sammen og når i Reglen at stryge helt uden Hjælp. Rent er det ganske vist ikke, og hvis du ved Lejlighed vil give mig din Opskrift på kemisk Vadsk – hele Fremgangsmåden – vil jeg være meget taknemmelig. – 
+Harris sender Hilsen, han ligger krøllet sammen i et lille Nøgle i sin Lænestol og sover. – Han sover meget bedre nu, og det er godt for ham. – Forleden Dag henvendte en vildfremmed Mand sig til ham med Anmodning om kemisk Hjælp til Læderfabrikation. Han sagde at han gik til ham, fordi han var anset for den dygtigste Kemiker på det Område i U.S.A. Hvis ikke det var uklædeligt at prale, kunde jeg fortælle meget af den Slags om ham, han er ved at blive en stor Mand. – Jeg havde Brev fra Onkel Fr. for at Par Dage siden – han var så glad over Harrys Besøg. – Vil du ikke takke Mornine for hendes Brev, 
+[Skrevet langs venstre margen s. 8; lodret:]
+Og vil du hilse dem alle fra os begge – E &amp;amp; E –
+[Skrevet langs venstre margen s. 7, lodret:]
+Fortæl endelig meget om den lille Dreng !!!!
+[Skrevet langs venstre margen s. 5; lodret:]
+Hvordan er Fars Helbred??? Og Onkel Syberg?</t>
   </si>
   <si>
     <t>1899-07-19</t>
   </si>
   <si>
     <t>USA
 Massachusett
 620 Atlantic Ave</t>
   </si>
   <si>
     <t>Erikshåb Højstrup St</t>
   </si>
   <si>
     <t>Louise Brønsted
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Christine  Mackie
 Charles Pear
 Wesley Priest
 Ellen  Sawyer
 Harris Sawyer
 Hempel Syberg
 - Tiffany
 Astrid Warberg-Goldschmidt</t>
@@ -708,50 +952,134 @@
 Carl Neiiendam behandler Johanne nedladende og uhøfligt.
 Johanne har været på en lang cykeltur og kom lidt for sent hjem til middagen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V9wD</t>
   </si>
   <si>
     <t>Fru Laura Warberg
 Erikshaab
 Højrup St.
 Fyen
 [I brevet:]
 Søndag
 Kære Mor!
 Tak for Dit Brev, det var morsomt at høre hjemme fra en Gang, nu maa jeg ogsaa se at skrive lidt til Jer en Gang imellem, det er en sær Skik jeg der har fået indført aldrig at lade høre fra mig, jeg maa se at forbedre mig. Jeg haaber, at du har faaet Prøverne fra Magasin du Nord han lovede at sende dem i Gaar, men det maa jo være en Fejltagelse med de 33 Øre Al. for Gardinsirts, det billigste de har er til 38 og 42, men kan du saa ikke nøjes uden Undergardiner Mon det har været fra Wessel dem tante Visse fik, han deroppe paastod nej. --------
 Saa var det Julegaver til Elle; ja, jeg ved virkelig ikke; nu har hun jo en pæn Forsyning til Kaffebord og naar hun ["naar hun" overstreget] men men har hun Lyseduge? Jeg vilde foreslaa at en gav hende en smuk Lysedug og saa de andre 3 en Toiletpude rigtig smuk og to Pyntehaandklæder, det var da ikke saa svært at sende; det er mit Forslag, nu kan du jo skrive, hvad du mener om det og saa hvor meget saa nogenlunde, at I vil koste paa det, saa skal jeg nok besørge det. -
 Lugge er vist temmelig rask nu igen; jeg var sammen med hende forleden Aften ude hos Pan, men det var ellers Synd at sige, at vi dyrker hinanden for meget; jeg var bleven bitter, fordi det altid er mig der skal komme til hende og hun aldrig kan se op til mig; men jeg blev lidt flov, da jeg hørte, at hun havde været syg. Hendes Kaabe kan absolut ikke farves, siger hun; hvad saa? Skal jeg gaa med hende ud at købe en Kaabe; synes du en billig eller en solid, fleraarig? ---------------------------------------------------------
 Her har vi det med Sygdom Frk Julie har ligget i snart 8 Dage af Gigt baade i Hoved og Ben; alt det, hun da maa døje med den infame Gigt, det er dog en trist Sygdom. Desværre har jeg måttet indstille min Øvning; jeg var ved at fortvivle, men nu har jeg faaet det indrettet saadan, at jeg øver mig nede i Selskabslokalerne om Formiddagen, saa nu er mit Humør steget igen. – Du kan tro, jeg alligevel savner den gode Luft ude paa Landet, herinde er frygteligt nu inden man vænner sig lidt til det; og saa er Børnene da helt som tossede til at lave Ufred her, eller maaske mærker jeg det mere herinde, hvor de kun har disse to Stuer til at regere i. Jeg er af og til ved at blive smaatosset over dem, og saa har Landopholdet gjort dem saa uartige, at jeg næsten ikke kan tumle dem; jeg er tit helt modløs over det og tænker ikke med Glæde paa Vinteren; især gør Gandenz mig mange Knuder, han gør Vrøvl til alt hvad jeg siger til ham - - - uh ha! Men hvad skal man sige, jeg er naturligvis alt for god ved dem, saa til syvende og sidst bliver det vel min egen Skyld, jeg maa til at tage mere energisk fat paa dem. Elna er min Trøst, maar Børnene er i Seng om Aftnerne, saa lever vi igen og nyder Livet med Kaffe og Kager og af og til en stille Cigaret. – 
 Og saa maa jeg til at gaa lidt mere ud, jeg har været saa meget hjemme siden vi kom fra Landet. – Men vil du fortælle Far, at Vor Herre lige knap er mig saa meget imod, som han har været, jeg opdager dog Tid efter anden Ting, der kan tyde paa gode Tider hos Manden. ----------
 Jeg har Gudskelov kun en eneste Gang været nede i Familielivet siden vi den 4de Okt. flyttede ind til Byen, men det var ogsaa en fæl Gang; der kom en Herre ind mens jeg var der og Neiiend præsenterede ham for nogle af de andre, men ikke for mig – ja, han er en sød Sjæl Og saa de fine og smagfulde Spøgefuldheder, han kan tillade sig; f.Ex. da jeg den Aften havde min grønne Kjole Empirekjolen paa og skulde gøre mig tynd for at komme forbi Fru Neiiend, sagde han ”Det er ellers ikke den Slags Kjoler man tager paa, naar man bliver tyndere!” Du forstår vel nok? Ok! Men det regner vi for fin Udtryk. -----------
 Jeg har for Resten benyttet mine lange Formiddage og Frk. Julies Sygdom til at tage nogle ordentlige Cycleture mest i Retning af Lyngby, helt ud til Søllerød; de Skove deromkring er saa aldeles vidunderlige. I Gaar var Pan, Viggo og jeg i Elmelundskov i Nærheden af Gentofte; som Vejret ogsaa er i al denne Tid, I nyder det da rigtig hjemme. Paa den Tur drev vi for længe ud i Skoven og da vi havde forskellige smaa Forhindringer løb Tiden fra os, saa det saa galt ud med at naa hjem til Middag 2 ½; da jeg særlig i denne Tid herser svært med Børnene og Elna for at faa dem til at være præcise med den Middag, kan du nok tænke, at jeg svært nødig vilde komme for sent; jeg sagde Farvel til de andre og satte i vild Spurt ad Staden til; jeg tror aldrig i mit Liv jeg har kørt saa vildt, men jeg naaede da at køre herind ad Porten 8 Min over halv ildende gloende rød i Hovedet Skønt Vor Herre ellers næsten aldrig opholder sig nede i den lille Baggaard som jeg maa passere med Cyclen, skulde han naturligvis netop staa der; han lo lidt ad min Rødmossethed, men sagde for Resten ingen Ting; det var Synd at sige, at han blander sig for meget i Lejlighedens Anliggender. ----------------------------
 I Dag, da jeg spillede nede i Selskabslokalerne, kom en af Tjenerne og sagde, at en Herre ønskede at tale med mig ind tren lille [ulæseligt] og vilde have mig med paa en Cycletur, hvad jeg imidlertid ikke kunde; men vi sad dernede og snakkede i en Times Tid; vores Herskab var taget paa Landet, saa der var Fred
 Farvel
 Nu skal Brevet af Sted
 Hilsen Junge</t>
+  </si>
+  <si>
+    <t>USA
+Boston</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Alhed Larsen
+Christine  Mackie
+Harris Sawyer
+- Sawyer, Harris' far
+- Sonne
+Nelly Tailor
+Mathilde Ward</t>
+  </si>
+  <si>
+    <t>Gamle Bedstemor Sawyers navn kendes ikke. Ej heller Harris Sawyers mors navn
+Miss Morrison er ligeledes ukendt. 
+Grethe Jungstedt, f. Sawyer, blev født i januar 1900.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1600</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer vil fremover skrive oftere, men korte breve.
+Harris Sawyers forældre har været til begravelse, og det var dejligt for Ellen at have huset for sig selv. Nelly kom på besøg og senere Fru Ward, som gerne vil lære nogle amerikanere at kende. Mathilde Ward var begejstret for Ellens hus. 
+Ellen går til musikundervisning hos Miss Morrison, men hun har dårligt tid til at øve sig. Grethe kravler, rejser sig op ved møblerne og putter alting i munden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RpEx</t>
+  </si>
+  <si>
+    <t>[Fortrykt øverst på arket; venstre side:]
+DR. HARRIS E. SAWYER,
+CHEMSIT AND BACTERIOLOGIST,
+620 ATLANTIC AVE.,
+BOSTON, MASS., U.S.A.
+TELEP { HATHAWAY BUILDING, BOSTON
+203-3 DORCHESTER
+[Fortrykt øverst på arket; til højre:]
+SPECIALIST IN QUESTIONS CONCERNING
+MOULDS, YEAST
+BATERIA,
+ANTISEPTICS
+[Håndskrevet:]
+Kære Mor
+Tak for dit Brevkort som kom idag. Jeg var meget beroliget ved at se at se B. har det bedre, - bare nu Bedringen må vare ved. – Jeg kan ikke skrive langt denne Gang heller for jeg har opbrugt al min Skriveenergi på Mornine, og denne venter jeg Mulle["Mulle" overstreget] Harry hjem fra Washington hvert Øjeblik. – I det hele taget vil jeg hellere i denne Tid, da jeg har så meget om Ørerne skrive oftere og lidt kortere. – jeg har så dårlig Tålmodighed til at sætte mig hen at skrive et langt Brev. – 
+Gamle Bedstemor Sawyer er død og de to gamle har været til Begravelse. – Det er en Skam at sige det, men det er så sjov når de er borte og jeg leger ”eget Hus”. Idag havde jeg inviteret Fru Sonne og Fru Ward til Kaffe og havde lavet Chokoladeis. Så blev det øsende Dagregn og jeg opgav dem nok. Nelly kom ind og vi nød hele Traktementet Is Kaffe Kager Vin – og da vi havde fået det hele fortæret kom Fru Ward – Mathilde vil jeg kalde hende, for vi er på Fornavn nu
+[Fortrykt øverst på arket; venstre side:]
+DR. HARRIS E. SAWYER,
+CHEMSIT AND BACTERIOLOGIST,
+620 ATLANTIC AVE.,
+BOSTON, MASS., U.S.A.
+TELEP { HATHAWAY BUILDING, BOSTON
+203-3 DORCHESTER
+[Fortrykt øverst på arket; til højre:]
+SPECIALIST IN QUESTIONS CONCERNING
+MOULDS, YEAST
+BATERIA,
+ANTISEPTICS
+[Håndskrift:]
+våd og forkommen. – hun h ["h" overstreget] var kommen i en gal Sporvogn og havde været et Par Timer undervejs. Jeg fik hende præsenteret til ["til" overstreget] for Nelly, hvad var helt rart for hun vil gærne lære nogle Familjer at kende. Nelly er vist den eneste af vore bekendte hun vil bryde sig om. Hun vil vist ikke have let ved at finde sig til rette med Amerikanere – hun er jævn, ligefrem og hun vil slet ikke kunne forstå Amerikanernes lidt stivere og fornemmere Måde at være hjærtelig på. – Hun var umådelig interesseret i at se vores Hus, - hun var helt begejstret for så hyggeligt og pænt her var. Hun gik omkring og så på alting og fik Idéer til sit eget Hus. Hun er så sød. – 
+Mon jeg skrev vi er begyndt at tage Timer i Musik hos Miss Morrison! Hun faldt imidlertid fra ligestraks da hun fandt at han hverken havde Tid el. Tålmodighed ved at sidde og lide med Øvelser. Jeg vil blive ved skønt det jo kniber med at få mig øvet. Jeg er jo meget borte og når jeg er hjemme har jeg jo lille Grethe om mig. – hun er god og artig nok, kryber rundt på Gulvet og leger, men hun må tilses hvert Minut og 
+[Fortrykt øverst på arket; venstre side:]
+DR. HARRIS E. SAWYER,
+CHEMSIT AND BACTERIOLOGIST,
+620 ATLANTIC AVE.,
+BOSTON, MASS., U.S.A.
+TELEP { HATHAWAY BUILDING, BOSTON
+203-3 DORCHESTER
+[Fortrykt øverst på arket; til højre:]
+SPECIALIST IN QUESTIONS CONCERNING
+MOULDS, YEAST
+BATERIA,
+ANTISEPTICS
+[Håndskrift:]
+hun rejser sig op ved Stolene, kryber under Klaveret og rejser sig ved Pedalen, og hun er ikke endnu så [”så” indsat over linien] sikker at jeg tør lade hende operere på egen Hånd. Og så piller hun alting op og putter i Munden, el hun kommer og trækker mig i Kjolen og vil op og spille. Hun er så sød at hun tager Vejret helt fra mig. – når hun klapper Kager, leger Tit-Tit med Katten og vifter med den lille Hånd til alle og enhver. 
+Nu kom Harry, rask og velbeholden. – Derfor Farvel. 1000 Hilsner Pelle
+[Skrevet langs sidste sides venstre margen og delvist under teksten:] 
+Der er ingen Kommaer i dette Brev 
+[Stemplet på sidste side; øverst og på hovedet:]
+FOR DEPOSIT IN THE
+PURITAN TRUST CO,, BOSTON,
+HARRIS E. SAWYER</t>
   </si>
   <si>
     <t>1900-03-06</t>
   </si>
   <si>
     <t>Albrecht  Warberg</t>
   </si>
   <si>
     <t>I A Larsensvej Kerteminde</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johannes Larsen
 Vilhelm Larsen
 Marie Oppermann
 Ellen  Sawyer
 Laura Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen bor for tiden i en lejlighed på Feden i Kerteminde. Gajen er deres første barn, som senere ændrede kælenavn til Puf. Jernbanen mellem Odense og Kerteminde åbnede d. 5.4 1900.
 Muntermand er en hund på Erikshåb. Bein er Alheds søster Astrid. Alhed tænker på sin søster Elle, fordi det er hendes fødselsdag. Elle bor i USA.
 Alhed Larsen udstiller to billeder på Charlottenborg i foråret 1900.</t>
   </si>
   <si>
@@ -1050,50 +1378,111 @@
     <t>Johanne håber, at rejsen er gået godt, og at Christine og Billy ikke fortryder tilbuddet om, at hun selv må komme til Boston. Hun har købt billet. Moderen må skrive og fortælle om drikkepenge, bagage, banegårde mv. 
 Peter fik land.
 Astrid/Dis er glad for Alfred og for sit bryllup. Johanne har besøgt Alfreds familie og været i Astrids lejlighed. Hun har også besøgt Thora/Tutte og Branner samt Hempel Syberg, og Thora og Branner har været med i Hillerslev. Der har været fødselsdagsmiddag på Gelskov.
 Johanne har været på kirkegården og plante blomster.
 En masse medlemmer af familien har lejet sig ind på Erikshaab om sommeren.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3BSF</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg
 c/o H.E. Sawyer
 244 Columbia Road
 Dorchester
 Boston
 Mass.
 U.S.A.
 [I brevet:]
 Kæreste Mor! Jeg har ment, at jeg gærne vilde have haft Brev fra Amerika før jeg skrev igen, men jeg maa vist hellere faa sendt et Par Ord over til dig nu, ellers faar du vist for længe at vente – det er jo en Mulighed (jeg haaber dog, det er en _U_mulighed) at ingen af de andre skulde have skrevet til dig endnu. Nu maa du da være derovre; i Dag er det jo akkurat 14 Dage, siden du gled af Sted; jeg har intet kunnet se om den hellige Olaf, men paa Stationen plejer de at vide Besked – jeg haaber, den har været en heldig Olaf, her va ["va" overstreget] har Vejret været et non plus ultra af Dejlighed, saa jeg kan ikke tænke mig andet end at Rejse har været udmærket for dig. Jeg glæder mig til min – er stadig glad ved den tagne Bestemmelse, men er frygtelig spændt paa at høre hvad Christines Mening om det er, bare hun nu ikke fortryder sit Tilbud! Og bare Billy dog nu ikke er ked af at faa mig derover, men nu er det gjort – Billetten er taget – den billigste 1ste Klasse 220 Kr, de 20 Kr. vilde jeg nok give for at have Adgang til Promenadedækket. Vil du ikke nok skrive lidt udførlig til mig om der er noget særlig at iagttage; f. Ex. hvor mange Drikkepenge, man skal give og til hvem. Stuepige? Kellner?? o.s.v? samt hvordan jeg skal forholde mig i New York, mest med min Baggage, Haandkuffert og saa det indskrevne, hvad Banegaard jeg skal til, Fortaering o.s.v. Du giver mig nok lidt god Besked, nu du selv har prøvet det. – Mon du ved, at Peter fik Land, eller mon jeg skal være den første, der fortæller dig det, der var for Resten vist ikke stort tilovers; de andre Stakler er jo midt i det, jeg ved ikke noget om hvordan det gaar. - - Lille Dis faar jeg forfærdelig fornøjelige Breve fra med Strømme af Lovtaler om lille Alfred Hendes Bryllup var saa nydeligt og jeg syntes rigtig godt om [skrevet over linjen: ”om”] de gamle og Svogre og Svigerinder. Dagen efter var jeg ude i Charlottenlund hos Ingeborg Abrahams spiste Frokost hos hende og vi [skrevet over linjen: ”vi”] gik saa begge hen til Disens Lejlighed , hvor vi hang Gardiner op og ordnede lidt den var ganske henrivende i al sin Tarvelighed, det var saa sjovt at se de gamle Erikshaabs Møbler derude. Jeg boede hos Lugges, og blev helt indtaget i Magisteren, saa sødt han dog gaar og hjælper hende, jeg var forfærdelig glad ved at besøge dem. Jeg blev til Søndag, da jeg skulde ledsage Lugge + Skrierbarn, saa fik Lugge mere Tid til at ordne sine Sager. - - I Torsdags var jeg for første Gang paa Cycle i Odense, og da jeg ved 10 Tiden kom til Hunderup fandtes Branner og Tutte; Fruen endnu i Sengen med Kaffe, Cigaret og - - Konfekt; jeg nød saa Frokost derude og en Cigar sammen med dem ude i Haven og tog saa til Byen til mine Time, senere en herlig Middag og – med O. Syberg i godt Humør. Om Lørdagen vilde de besøge os (11te Juni, Termin, du kan tro jeg var ængstelig ved at overbringe [papir mangler] den Besked, men han blev da glad [papir mangler] Tutte og Branner kom spaserende fra Hillerslev hvor Onkel Syberg havde sat dem af, han skulde have Møde i Højrup de fik en lille let Frokost med Chokolade, saa naaede vi en lille Tur ud paa Brinken hvor Branner til min Glæde var Begejstringen selv over Skønheden, og kom saa hjem til Middag Kl. 4, til hvilken Tid Onkel Syberg indtraf. Supper m. Kødboller og nye Gulerødder, en dejlig Aspargesbudding, Fedekalvesteg m. Compot og vellykkede Vandbakkelser fyldt med Crȇme; O. Syberg nød 3-4 af dem (uden Crȇme) og spiste i det hele tappert af alle Retterne. Middagen var jo ogsaa basseret paa ham. De tog af Sted Kl godt halv 7 og Kl 7 skulde vi være være ["være" overstreget; "vi" indsat over ordet] være paa Gjelskov til Fødselsdagsaftensmad sammen med Hollufgaardene og Amstrups. Min Appetit var upaaklagelig – naar man er Værtinde faar man ikke saa meget godt af Maaltiderne, de andre var jo derimod lidt tilsatte. I Gaar var det Fru Mogensens Fødselsdag og jeg alene var inviteret med sammen med Doktorens og Hammers; jeg var frygtelig fin i min nye Molls, den du var med at købe og Vejret var straalende og varmt, men Selskabet - - ja Maden og Anretningen var extra fin, men ellers – naa, jeg vil ikke skose. 
 Jeg var forleden Dag nede i Højrup og købte hos Gartneren nogle Sommerplanter som jeg tog med til Kirkegaarden [utydelig skrift] arbejdede jeg saa i flere Timer med at luge, plante og vande og der blev saa pænt, syntes jeg; der er smukke Tulipaner endnu og Stauderne og Roserne staar godt, men den Rose, som vi plantede i Foraaret, tror jeg ikke der er Haab om. – Ellers er der intet nyt under Solen – jeg glæder mig til at Lugge, Mag, Be, Las, Dis og Goldschmidt skal komme først i Juli; jeg har faaet Lov til af Pallam, at de maa leje sig ind; tænk hvor dejligt, om vi kunde faa lidt gammel Sommerferiestemning. Paa Søndag kommer Fru Grønlund fra Odense og bliver en Uge; det glæder jeg mig skutte til. Hils dem alle tusind Gange, jeg er saa spændt paa at høre hvordan du har det derovre, om du befinder
 [skrevet på tværs øverst på s1:]
 dig vel og hvordan du synes de har det derovre, begge Sættene, skriv endelig lidt udførlig om det. ----- Hermed et Brev fra Molle som jeg aabnede og besvarede, fik straks Brev igen, hendes Tvillinger vejede hver 6 danske Pund, da de blev født, det maa rigtignok have været en drøj Omgang for den lille bitte Molle. Hun var imponeret over din Amerikarejse. – Paa Arreskov er der ingen videre Forandring maaske lidt daarligere. Pallam har terminstravlt men i helt godt Humør. Tilsidst tusinde Hilsener fra din Junge. Kys lille Grethe fra mig.</t>
   </si>
   <si>
+    <t>1903-07-14</t>
+  </si>
+  <si>
+    <t>USA
+East Andover</t>
+  </si>
+  <si>
+    <t>Herbert Felton
+Grethe Jungstedt
+Drude Jørgensen
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Harris Sawyer
+Johanne Schroll
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>William/Billy og Christine Mackie var i Danmark for at blive gift. 
+Havestuen: Warberg-familien boede stadig på Erikshaab, som var børnenes barndomshjem. De måtte fraflytte gården senere i 1903. 
+Andover er en forstad til Boston, MA. Ellen og William Mackie flyttede dertil efter i flere år at have delt bolig med Harris' familie, hvilket ikke var en succes. 
+Jobspost betyder et sorgfuldt eller ubehageligt budskab, en ulykke eller modgang, opkaldt efter Bibelens Jobs, som hjemsøges af katastrofer. 
+Reaumur er en temperaturskala, hvor vands frysepunkt er fastsat til 0° og kogepunktet til 80°. En ændring af temperaturen på 1°R svarer altså til en ændring på 1,25 °C. 
+Barney og hustru samt Wesley kendes ikke. Heller ikke Mrs. Bryan og hendes bror samt nevø eller guvernørens Claude. 
+Musselin kaldes en type glatte stoffer, som er løstvævet af meget tyndt bomuldsgarn. Af fint uldgarn fremstilles uldmusselin, der benyttes til damekjoler, særlig med påtrykte farvemønstre (Wikipedia jan. 2026). 
+1 pægl = 1/4 pot = 0,24 liter (eller 2,4 dl).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1592</t>
+  </si>
+  <si>
+    <t>Ellen antager, at hele familien inklusiv Christine og William Mackie nu sidder i Havestuen.
+Harris Sawyer kan nu fremover kun komme hjem fra arbejde lørdag og ikke fredag. Han og Ellen ville nok ikke være flyttet så langt væk, hvis de havde vidst dette. Harris er tit alene på kontoret, og der er meget varmt.
+I fritiden nyder Harris og Ellen naturen med ro- og svampeture, badning mv. De har set en skudt skunk.
+Ellen og Harris er blevet venner med Barneys. I området bor også en meget ugidelig og selvoptaget ældre dame.
+Ellen har været ude at plukke hindbær med Mrs. Bryan, som henkogte bærrene efter hjemkomsten. Ellen forklrer, hvordan henkogning fungerer.
+Grethe har været på besøg hos Mrs. Bryans bror, som tidligere har leget så godt med hende. Hun gav ham sit legetøjstog, som hun ellers selv elsker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vqoi</t>
+  </si>
+  <si>
+    <t>East Andover Juli 14/03
+Kæreste Mor!
+Dit Brev kom denne Gang lørdag Aften. Jeg tror, jeg faar dem hurtigere her end i Boston. I ere nok i Hjærtet af Sommerferien nu og jeg tænker mig Jer sidde samlede i Stuen ved Kaffen og foredrage dette. Jeg vil derfor begynde med at lade en Hilsen gå rundt, - først til Billy og Mornine – i Havestuesofaen, kan vi jo sige, - Be, Las, Junge, Dis og Dede. Jeg kom 1ste Juli først i Tanker om Dedes Fødselsdag og var gruelig ked af at have glemt det. 
+Tiden stormer afsted her, - det samme er vel Tilfældet hjemme, - jeg synes aldrig, den har rendt sådan som nu. Det, at Harris kommer hver Uge, bryder Tiden ligesom. – Denne Gang kom han med den Jobspost at han ikke mere kan komme om Fredagen, - ikke før Lørdag med 4 Toget, men til Gengæld tager han først 9 Toget Mandag Morgen. Der var næsten en hel lille Strike i Kontoret, fordi de Bæster var misunderlige – Bogholderen og de to Fuldmægtige, - de ville alle af sted Fredag og den ene havde Hjærtefejl og den anden noget andet og de mente, de trængte ligeså meget som H. – Det er meget muligt, at de gør det, men deres Arbejde er af en sådan Natur, at de ere nødt til at være der, hvorimod H. kan koncentrere sit til de andre Dage. Mr. Felton sagde, at han var ked af det, men at han var nødt til at bede ham ikke rejse før Lørdag Form. med mindre der var nødvendigt. Det er ærgerligt, da de jo i Begyndelsen sagde, at det kunde han sagtens – og vi vilde næppe have taget så langt fra Boston, havde vi vidst dette. Måske vi senere rykker lidt nærmere Boston – det er jo også så morsomt at se forskellige Steder og Egne.
+Her er jo så yndigt, og det er et Sted, man kommer til at holde af. – Vi havde Held med Vejret denne Lørdag og Søndag og anvendte hvert Minut, - Rotur, Badning, Spadsereture. Vi har en Botanik m. Illustrationer og en Svampebog – dem tager vi med ud og slaar op alt hvad vi finder af begge Dele. Vi har identificeret en Masse Blomster, men endnu kun funden giftige Svampe. Vi havde to henrivende Roture i Maaneskin, - vi lod Baaden drive, - laa nede i Bunden af Baaden og røg Cigaretter – m – m – m. – Søndag Aften skød de en Sk[ulæseligt]konge lige her ved Siden af. Vi var oppe at se det, - det lignede en Muldvarp en hel Del og lugtede i høj Grad ”Ræv” – kun meget stærkere, - men de sagde det var ingen Ting fordi det var en Unge. -
+Harry havde haft en trist Uge denne Gang. Det havde været rasende varmt i Boston 2 Dage Grader [tegn for grader) Fahrenheit det må være c 36 Reamur, - og han havde været ved Vandet (Beach) hver Dag efter endt Arbejde. Nu er han alene i Lab., - alene til Lunch, alene til Beach og først hjem efter de var i Seng, så flere Dage talte han slet ikke med nogen Dagen igennem. Han var hos Wesley´s forrige Uge Natten over, - de fleste andre af hans Venner er væk, så det er jo lidt trist, Han klagede til Herbert Felton og denne tog så med ham en Aften. 
+Her begyndte Folk at rykke ind og det er jo ganske morsomt. Vi kan være alene når vi vil og have nogen at snakke med når vi gider. Barney’s ere voldsom rare Mennesker, dannede og dog jævne. De vil gærne have mig og Grethe med ud at ro og spadsere, så vi har har haft megen Fornøjelse af dem. De er begge opdragne i Qvækerfamiljer, men er mærkelig frisindede efter det. Billy kan beskrive hvad Qvækerne er for en Sekt. Mr. Barney har fortalt så meget derom. Jeg går for det meste en Tur med ham om Aftenen. Så er hun en anden Madamse af en hel anden Art. Hun er af de rigtig simple, amerikanske, uvidende, udannet, - hvis eneste Interesse er Klæder. Hun møder om Morgenen, lys Muslin m. Slæb og Vifte og sidder Dagen igennem og vifter sig. Jeg har ikke set hende åbne en Bog el. tage et Håndarbejde i sine Hænder disse 8 Dage. Hun siger hendes Tanker er Beskæftigelse nok, - hun praler af at hun aldrig bestiller andet end gå i Butikker, gøre Visitter og tænke. Hun er over 60 rødnæset og meget tyk. I denne Uge kommer der et Par til
+I Dag, da jeg kom hjem fra min Morgentur til 9 Toget var lille Grethe kørt på Visit med Barneys til Guvernørens Claude and – (Mrs. Barneys Nevø - en 18-19 Aars Fyr) [”som er Karl her” anført oven over linjen] skulle ud at plukke Hindbær og jeg tilbød at gå med hvis de vilde passe Grethe. Vi drog ud med to Blikspande og Frokost med og kom hjem klk 3 med 20 Pægle. (10 Qvarts) Begge Spande fulde og en Kurv, som Claude lavede af Birkebark. Der var Bunker og jeg nød det, - det mindede om Gammelskov Ture og vi hang i med Jørgensensk Energi. Jeg så Mrs. Bryan koge dem hen i Saft. Det var rasende nemt, sådan skulde du prøve. De har de Glaskrukker med Gummiringe, som Fru Peja havde. Fyld Krukken pakfuld med Bær (rå) – sæt dem i en Gryde med koldt Vand på et eller andet (omvendte Tallerkener el. lign.) så Vandet står halvt op om den. Lad Vandet komme i Kog og koge til Bærrene er krøbne en Tomme ind. Tag dem op og fyld Krukken helt fuld med en tynd Sirup af 1 Kop Sukker og 1 Kop Vand, som har kogt sammen og er kogende. Man kan også tage Saft i Stedet for Vand og lade Saften koge sammen med Sukkeret og komme på. – Sæt Låg og Gummiring på straks. Disse holder sig altid, er mere som Kompot. Alle Bær kan behandles på den Måde. – Det skulde du prøve det er rasende nemt og der er ingen Binden til [ulæseligt] Cognac, o s v. 
+En Aften, da Grethe havde taget en lang Middagssøvn tog Mrs. Bryan hende med ud en Køretur for at besøge hendes Broder. Grethe havde set ham her og han havde leget med hende, så hun var vild af Begejstring over ham og sagde hun holdt g-lig meget af den Mand. Hun tog sit lille Tog med for at give ham, - jeg var ganske rørt over det, for hun har holdt så meget af det Tog og leget med det så meget. Han tog hende rundt og viste hende alle Dyrene og hun morede sig herligt. Da hun kom hjem var der rød Solnedgang og da jeg lagde hende i Seng kom hun med den forbavsende Meddelelse, at hun havde set ”Vorherres røde (røide) Bimser hænge ned fra Himlens Bue, og de var så tykke”.
+Hun er så god og skikkelig og forbavser alle ved sin Artighed. De er ikke for godt vante i den Retning her. Hun er ude Dagen igennem kun en Gang imellem hører man hende jo komme stolpende ind m. en el. anden Nyhed. Hun har været i Landet flere Gange – jeg lever dog denne Uge og det er herligt. Jeg kan svømme ¼ Time ad Gangen nu. 
+Nu sidder de alle og snakker her og Papiret kan ikke mere derfor Farvel allesammen 
+- Elle
+[Skrevet på hovedet på s. 7 - s. 8:]
+Er den arme Fru Peja rask nu -
+[Indsat s. 10 i venstre margen; lodret:]
+Hvor yndigt med Lugges Rejse!!!</t>
+  </si>
+  <si>
     <t>1904-06-14</t>
   </si>
   <si>
     <t>Charlottenlund
 Kastanievej 13</t>
   </si>
   <si>
     <t>244 Columbia Road Boston</t>
   </si>
   <si>
     <t>Sidsel -
 Charles Abrahams
 Ingeborg Abrahams
 Mogens Abrahams
 Wilhelmine Berg
 Alhed Marie Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Alfred Goldschmidt
 Ernst Goldschmidt
 Henriette Goldschmidt
 Johanne Goldschmidt
 Selmar Goldschmidt
 - Hendrik
 Emma Hirschsprung
@@ -1308,54 +1697,50 @@
 Dette er selvfølgelig en stor Forandring i mange Måder. 
 Lige strax var jeg sort fortvivlet over at skulle til Malmø, som jeg aldrig har haft noget til overs for, endda jeg kun har været der på Besøg – og da på ret gunstige Vilkår. 
 Alfred var også meget ked af det; men vi er alligevel enige om, at vi ikke godt kan lade et sådant Tilbud gå fra os; Stillingen her var jo yderst tarvelig – og gav Anledning til daglige Ærgrelser for Alfred – og her kunde han aldrig blive blot nogenlunde selvstændig og aldrig nå op over 3000 Kr om Året.
 Derovre vil ganske vist følge mange Bryderier med det større Ansvar – men så er han da også meget selvstændig – og viser det sig i dette første Prøveår, at han kan klare det – hvad jeg nok tror, for Arbejdet i sig selv interesserer ham langt mere derovre – så vil vi kunne stige i Gage – måske ad Åre til 6000 Kr; (den forrige Direktør havde 8000 à 10000, (Procenter) men det fandt Drucker altså til sidst var for meget.) Og synes Du ikke, at man har Lov at tage det med i Betragtning. Med 6000 vil man dog kunne tillade sig meget og navnlig – hvad vi jo begge har en rasende Lyst til – rejse i Ferien.
 Dernæst spekulerer jeg også stærkt på, om vi ikke med Tiden kunde flytte uden for Byen – bygge os et lille Hus for selv var jo herligt; særlig for mig vilde det jo være uvurderligt, om vi kunde altid bo på Landet; og for Alfred véd jeg da, at det også var sundt, selv om han ikke netop nyder Landliv som jeg – han er der jo også (desværre) den mindste Tid. Det første år får vi 900 Kr mere i Gage; dette betyder egentlig kun 500, da Skatter, Husleje o.a. er langt dyrere i Malmø. 
 --------------- Men det kan ikke længere more Dig at høre på. 
 Jeg længes efter at få en Ende på det – og se, hvordan man kan få sig indrettet derovre, som det nu er, kan vi dog ikke føle os rigtig hjemme her. --- Vi var i Lørdags Aftes i Studentersamfundet, hvor Gustav Philipsen talte om Prostitutionen; bagefter Diskussion, i hvilken Professorerne Salmonsen og Pontoppidan samt Dr Ussing – Jens Bush o fl. deltog; det var meget morsomt – og interessant – og vi kom først hjem Kl ½ 2. Søndag Aften var vi på Besøg hos en Familie på Amager – sjov – landlig – med alle Børnene hjemme; en Søn – vor Ven – skal rejse til Mexiko, at bo; han holdt Auktion over sine Bøger; vi erhvervede en Masse for ingenting næsten – deriblandt Høffdings Psckykologi! Var det ikke sjov! Mon det er lykkedes Jer at komme sammen med Høffding derovre?
 Vi har fået en dejlig Bissen-Lampe af Malm – med grøn Silkeskærm. (Brudegave) samt 12 Elfenbenskaftede Knive. En tredje Gave var en Anvisning på for 25 Kr Varer hos en Grosserer – vi har smølet med at hente Varen – og nu er Onklen død; jeg skal til Jødebegravelse i Morgen; det bliver helt sjov – Gud ved, hvordan det går til. Det var Fru Gs Broder (halv) Gross. Herm. Levin. 
 [Skrevet på hovedet øverst side 1:]
 Jeg cykler som en rasende i denne Tid, da jeg er ene – Pærer og Græskar – andet er der 
 [Skrevet på hovedet øverst på side 4:]
 ikke. Du får ikke længere Brev denne Gang heller, men selv om der her ingenting står, så er det dog altid en Hilsen – fra Din Dis
 [Skrevet på hovedet nederst på s2-s3:]
 Jeg har også fået en engelsk Bog ”Robert Elsmere” af Mrs. Humphry Ward – kender I den? den siges at være berømt. 
 [Skrevet på hovedet øverst på s2-s3:]
 P s. Coppel??? Har Elle monstro ikke fået et Brev fra mig med Alfreds Portræt?</t>
   </si>
   <si>
     <t>1904-11-14</t>
   </si>
   <si>
     <t>København Ø
 3.</t>
   </si>
   <si>
-    <t>USA
-[...2 lines deleted...]
-  <si>
     <t>Skovagervej 5, c/o Allan Kern, 2920 Charlottenlund, Danmark
 Ellensvej 8, 2920 Charlottenlund, Danmark</t>
   </si>
   <si>
     <t>Lise Abrahams
 Grethe Bichel
 Julie Brandt
 Ingeborg Caspersen
 Ingeborg  Eckardt
 Alfred Goldschmidt
 Bodild Holstein
 Christine  Mackie
 William Mackie
 Ellen  Sawyer
 Harris Sawyer
 Christine Swane
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Laura Warberg, Astrids mor, flyttede til København efter sin mands død.
 Astrids søstre Christine/Mornine og Ellen/Elle var begge gift og bosiddende i Boston, hvor en tredje søster, Johanne/Junge i 1904 besøgte dem. 
 Ingeborg er muligvis Ingeborg Eckardt eller Ingeborg Caspersen. Grethe kan være Grethe Bichel. 
 Det vides ikke, hvem det gamle gartnerpar var.</t>
   </si>
@@ -1386,50 +1771,103 @@
 Rosenvej II, III
 Copenhagen Ø
 Denmark.
 [Med anden pen og skrift:]
 læst 11-2-07. 
 [I brevet:]
 Rosenvej II, III Mandag den 14 Nov 1904.
 Kære lille Junge! Ja, nu er der kommen Fornuft i Brevgangen – jo, jeg har ganske rigtig fået et hver Uge fra Dig i lange Tider – sidst i Dag – hvorfor kvitteres. Det var jo ærgerligt, at Du snød Dig selv for den gode Koncert, når det nu er Ugens bedste Fornøjelse; Mor var herude i Morges for at invitere mig på Sjov i Morgen i Tjenestepigeforeningen, der holder stor Fest i Wittmarks Lokaler; hvis Alfred tager til Malmø har jeg også lovet at give Møde – Kl 3 hos Mor, hvor vi spiser til Middag og derpå drager af; som sagt (nok) Dit Brev kom altså, mens NMor var her, og Mor vilde naturligvis høre ”de vigtigste Nyheder”; jeg er aldrig ret stemt for det – for jeg kan ikke i en Fart overse, hvad der med Held kan foredrages; og Uheldet vilde da også, at jeg netop kom til at læse et Stykke om Billys Kølighed overfor M.s Sygdom – og det sluttede med – disse Udtalelser var private – i det mindste ikke for Moderens Øren! Så det var jo en net Historie; men Gudvéd hvorfor man aldrig lærer at sætte sådanne Advarsler foran det kriminelle Stykke, man kunde jo føje det til bagefter – foran (!)
 Mor sagde for Resten, at hun agiterede stærkt for at få Mornine herover til Foråret – at gå i Luftklokken.
 - Tænk om Mornine hvert År – ligesom Far i sin Tid – kunde tage 6 Uger i Luftklokken! Jeg sagde rigtignok, at Mornine var da ikke gal at rejse bort i den Tid, hun havde Dig – det var da altfor meningsløst. Og Mor sagde så – med et lille bekymret Smil – ”næhe – og så kom hun vel aldrig derover igen; ”Og hvad så - ?” meget bekymret.
 Jeg for min Part kan nu aldeles ikke begribe de Forhold; dersom Mornine ikke holder mere af Billy, end hendes Udtalelser tyder på, så forekommer det mig vanvittigt – næsten umoralsk – at blive hos ham; og når hun alligevel bliver, så skulde man dog tro, at hun er fastere knyttet til ham, end udenforst. Kan se. Og jeg kan ikke for Alvor tro på, at Forsørgelsessiden spiller nogen Hovedrolle; Mornine er dog mere ideelt anlagt end som så. – Hvad angår Forholdet mellem Elle og Mornine, da er det jo uhyre sørgeligt – men ganske menneskeligt. Det kan jo ikke være anderledes; og jeg kan i Grunden langt bedre forstå – og sympatisere med – at Mornine taber for Elle – bliver ligegyldig og fjendtlig – end jeg kan forstå og billige, hvis Elle ikke får imod Mornine. 
 Mornine må dog gå ud fra, at Elle sympatiserer med alt det hos Eastman, som Morn. Absolut ikke fordrager – osv. men det er jo så sørgeligt – hvilket Lyspunkt vilde det ikke være for M. hvis Elle havde en bedre Mand – så hun kunde forliges med dem begge. Apropos – hvad er da Din Mening om Eastman. Er det da muligt, at Elle kom på at forgude én, som er så ganske umulig?
 Eller - ? Jeg har så ofte tænkt mig den Mulighed – og min Tro er ikke helt ubegrundet, men blev i sin Tid [ulæseligt ord] af en lille – tilfældig – Udtalelse af Elle selv, da hun var her på Besøg. Jeg tror – men kan jo slet ingenting vide – at det blev en stor Skuffelse, da Elle dengang rejste til Amerika og genså Eastm. Efter flere Års Adskillelse. Men Skridtet var gjort, og hun har med sin vældige Energi – aldrig villet tilstå engang for sig selv – at det var en Skuffelse. Og nu har måske Årenes Løb Vanen jevnet ud på det, der sikkert har været svært nok i Begyndelsen.
 Ilussioner altsammen, Junge. Jeg tror, at de allerfleste Mennesker lever deres Liv helt på Overfladen – uden nogen Sinde at kunde se Virkeligheden lige i Øjnene; og så kalder de med så pæne Navne: de er ”rolige” – ”beherskede” – de er ”Ligevægtsmennesker”
 Og de andre (de ærligste?) – de er ”letsindige” – ”eksalterede” – måske endog ”hysteriske”.
 Nu kan det vist være nok med alt dette – slet ikke morsomme.
 Du skriver så ofte, at mine Breve tyder på, at jeg er glad; ja, Junge, det er jeg også – ganske forfærdelig glad – og nydende Glæden; somme Tider har jeg en Følelse af, at der vil hænde én eller anden rædselsfuld Ulykke – og at det er derfor, man overgør mig sådan med Glæde; kender Du ikke godt den Angst – den kan komme over én netop, som man føler sig allermest lykkelig – en Angst for at man ikke skal kunne fastholde sin egen Lykke; men det er jo dumme Tanker – og de viser sig da også kun glimtvis; lille Junge – det er dejligt at være til – og at føle Livet suse og bruse omkring sig – at føle sig selv midt i det levende Liv – der er så overdådigt rigt – strækker sig så vidt ud til alle Sider at man aldrig øjner Grænser; jeg tror virkelig, at det er denne Tilværelse, jeg har drømt om så ofte i gamle Dage, når jeg bestandig gik og rodede ude på Landet – og længtes efter dette sære – store – ubestemte i Livet. Jeg vidste jo altid, at det var der, men jeg syntes blot aldrig, at jeg kunde komme det rigtig nær; jeg syntes altid, at jeg så en høj og mægtig Mur . og bagved den kunde jeg høre det summe og brumme – det var alle de levende Mennesker – der virkelig levede Livet.
 Nå – og så fandt man endelig engang Vej over Muren – er nu midt i det Hele og er lykkelig.
 Senere. Nu er Alfred kommen – han skal ikke til Malmø før senere hen i Ugen – så jeg må nok gå til Mor i Morgen og melde Forfald; for det vilde da være både Synd og Skam om jeg gik min, jeg kender. Jeg bad hende da Vej én af de få Dage, vi endnu kan ”bo” her sammen. Vi har nu spist til Middag – og Alfred sidder og spiller Ingeborgs noder, som hun har glemt hernede forleden Aften; det er Brudeoptoget på Troldkongen af Grieg; er det Dig, der i sin Tid har spillet den – jeg kender den så godt; og er meget begejstret; Ingeborg spiller den nu også helt vidunderligt.
 Vi havde en lille vellykket Aften Forleden; Uglen er nemlig i Byen – det Skind – hendes Lunger er angrebne og hun skal absolut på Sanatorium i Vinter; hun var heroppe at besøge mig en Eftermiddag – og jeg var som sædvanlig meget glad over engang igen at se hende; hun er et af de yndigste Mennesker, jeg kender. Jeg bad hende da, om hun ikke vilde komme her en Aften – at hun kunde se Alfred. Vi bestemte en Dag – og jeg bad desuden Pan Grethe og Frk Holstein - samt Abrahamerne. De sidste af en art Diplomati – jeg vil så gerne have, at de skal kende lidt til ”mine”, siden de nu er dem vi har mest med at gøre – de står Alfred så nær. Det gik da også godt – og blev en særdeles hyggelig Aften; både Ingeborg og Alfred spillede – og til sidst spillede de sammen – Violin og Klaver. For Resten spillede Ingeborg og jeg da også vore 4 hændige (Schuberts Maiche) – Flygelet er bedårende – herligt! Skade at Du ikke får det at høre nu – desværre taber det nok en hel Del, når det skal transporteres til Malmø; jeg passer det forøvrigt som om det var et lille Barn – der kommer aldrig kold Luft ind til det – aldrig åbne Vinduer, hvor det står – og aldrig i Kakkelovnen. Frisk Luft får det kun på 2den Hånd – fra den store Stue. Hovedsagen er, at Temperaturen altid er nogenlunde éns – og at [”at” indsat over linjen] aldrig fugtig Luft slipper ind til Filtet, det slører Klangen. Og så er Mornines jo endda meget bedre – det er næsten ubrugt.
 - Jeg misunder Jer næsten det klare Solskinsvejr, I har derovre; nu er vi begyndt på det tunge – grå Tågevejr – med ækle slimede Gader og ofte Regn. 
 Vi trodsede dog alt i Går, da det var Søndag – tog med Sporvognen til Klampenborg – stod udenpå foran hele Vejen – det er så frisk og dejligt; det var ellers stille, mildt Gråvejr – og meget smukt; vi spadserede så op gennem Skoven – der var helt vidunderligt – ganske stille og fredeligt – og så alt det herlige brune Løv på Jorden – der var ganske vådt af den fugtige Luft – og Farvernes Pragt var næsten ikke til at udholde – det var nu så evige Tider siden vi sidst var på Landet – så vi nød det jo intensivt. På Fortunen drak vi Kaffe – gik så videre – gennem Ordrup Krat til Charlottenlund, hvor vi vilde tilsé de gamle Gartnerfolk på Kastanievej; vi traf dem i den største Elendighed; den gamle Mand lå til Sengs – lignede mest en Død – Skægget var bleven kridhvidt og han var så mager som et Skelet. Han var lige kommen hjem fra Hospitalet efter en stor Operation; han får nu al Føden ind gennem en Kanyle i Maven; De har fjernet en stor Kræftsvulst i Spiserøret; men den vil komme igen – og han kan højst leve ½ År – har e sagt til Konen; og hun er ganske fortvivlet ved Tanken om at skulle miste ham; det hele var så rørende. Men tænk alligevel at de kan operere sådan en gammel Mand – han er fyldt 69 År! Jeg skal derud en af de første Dage med en Flaske Vin til ham – det skal han bestandig have i Suppe og Æg.
 - Nu får Du ikke mere i Aften – vi var sent oppe i Aftes og skal tidlige i Seng. Hils nu Mornine så mange Tusinde Gange – det er så skrækkeligt at tænke på med den Astma!
 Og ligeså mange Hilsner til Dig selv
 fra Alfred og Dis</t>
+  </si>
+  <si>
+    <t>1905-01-22</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Nørhaa</t>
+  </si>
+  <si>
+    <t>Eva Balslev
+Lars Christian Balslev
+Laura Balslev
+Rasmus Balslev
+Vibeke Balslev
+Louise Brønsted
+Otto Emil  Paludan
+Kamma Rahbek
+Erik Schaffalitzky de Muckadell
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>F.C. Sibbern: Efterladte Breve af Gabrielis (1826) er en af de tidligste danske romaner i den genre, der senere blev kendt som "kærlighedsromanen" eller "brevsromanen".
+Et hoc meminisse iuvabit er et citat fra Vergils Æneiden, og det betyder: "Måske vil det en dag være en glæde at huske disse ting" eller "Måske vil det behage at huske disse ting engang".
+Atlanterhavet: Laura Warberg var i USA for at besøge sine to døtre, som var gift og bosidddende der.
+Eva Balslevs forældre og søstre kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3848</t>
+  </si>
+  <si>
+    <t>Det var godt, at Laura Warberg slap levende over Atlanterhavet.
+Andreas Warberg er blevet en stor voksen mand. Thorvald Balslev husker ham som barn.
+Den gamle greve er død. Alting forandrer sig. Thorvald Balslev savner sin far - især nu hvoir han ligesom faderen er blevet præst.
+Evas mor er død, og det er et stort tab.
+Vibeke er fire år. Hun er tynd og har problemer med maven. Eva og Vibeke er på besøg hos Evas far i Roskilde, og Thorvald skal mødes med dem hos Lars Christian/Laders Balslev.
+Eva er lidt ensom i Vestjylland. Det er i øvrigt koldt og blæsende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FYTo</t>
+  </si>
+  <si>
+    <t>Nørhaa 22-1-05.
+Kære Tante Laura! Hvis vi levede i salig Gabrielis' og Kamma Rahbeks Dage, saa vilde jeg som Overskrift i Stedet for den nuværende, som jo ingen Verdens Ting betyder og altid virker saa underlig fremmed paa mig, formodentlig have skrevet saadant noget som: Kære moderlige Veninde! for det vilde i Virkeligheden langt bedre udtrykke de Følelser, hvormed jeg læser dine Breve og svarer igen. Men naar jeg nu skriver det vedtagne - for Himlen bevare os da fra at være sentimentale - saa kan du jo underforstaa det, jeg mener og selv underforstaar. Hvis du da vil.
+Ja saa mange Tak for dit lange Brev med god Besked om næsten alt, dog ikke synderligt om dig selv, andet end at det giver Indtryk af, at du har haft det og har det fremdeles godt; og jeg haaber, det Indtryk maa være rigtigt - naturligvis regner jeg ikke med Atlanterhavet, men forresten er du vel saa sjæleglad over at være sluppen over det baade frem og tilbage, at det efterhaanden bliver til et helt lyst Minde. Et hoc meminisse iuvabit, siger Latinerne, og hvis Lugge, om Forladelse: Fru Brønsted, ikke har glemt al sin Latin, saa kan hun jo oversætte det. Det har glædet mig saadan at høre, at I har det godt allesammen, ikke mindst at høre ["at høre" indsat over linjen] om din Søn med de 160 Pund; han maa være bleven en ordentlig Prygl, det er pudsigt at tænke paa, hvad for en bitte Knægt han var, da jeg saa ham første Gang, for 12 Aar siden. Det glæder mig fremdeles at høre om Paludan, som tidt har været i mine Tanker, baade for hans egen og for jeres Skyld. Nu er den gamle Greve jo død - ja du man behøver ikke at blive ret gammel for at se store og mærkelige Forandringer i sin egen og sine Venners Tilværelse. Og underligt nok, men saadan er det da for mig, Savnet bliver ikke mindre med Aarene, meget snarere dybere; saadan fEks. ang. Tarup og navnlig Far. Nu er det 8 Aar, siden han døde, og det er ganske sikkert, at jeg nu savner ham mere og føler Tabet mere end i Begyndelsen. Noget skyldes det naturligvis det, at jeg er bleven Præst og baade selv gærne vilde tale med ham om mange Ting og vèd, at det vilde have været ham en stor Glæde at tale med mig og tage Del i mine Oplevelser. Det vil formodentlig gaa Andreas lige saadan overfor hans Far; der var jo over begge de to Mænd en saa ualmindelig Sjælekraft, som gør det saa levende for èn, hvordan de vilde tage Del i vores Tænken og Handlen. Men vi maa jo være taknemmelige for, hvad vi har haft og endnu har.
+Det Tab, vi led ifjor og lider under endnu og som bliver svært at forvinde, det at Evas Mor døde, det har igrunden ogsaa, tror jeg, bidraget til at understrege Tabet af Far endnu mer for mig. Hun var et ganske ualmindeligt Menneske, et af dem, man ikke let glemmer, selv efter løse Bekendtskab, og jeg lærte hende jo ret nøje at kende. Hun var et Adelsmenneske i bedste Forstand. Det var ogsaa et stort Tab for vores lille Pige, som jo var Mormors Øjesten, men hun føler det jo ikke saadan. 
+Vi har ellers i det hele taget haft det saa nogenlunde, lidt er der jo gærne i Vejen med den ene eller den anden af os, men det har da ikke været noget større. Vibeke er nu 4 Aar gammel og ikke saa lille endda, bare saa tynd, saa tynd, men hendes Forældre er da heller ikke saa synderlig tykke. Naar hun bare er rask, men hun har noget Tarmkatarrh, som det er svært at komme af med. Hun er en sød og god lille en og et gevaldigt Livstykke; forkælet bliver hun naturligvis, navnlig af sine mange Mostre, saa jeg maa jo desværre undertiden optræde som den strænge Fader, slet ikke nogen særlig taknemmelig Rolle. For Tiden er hun unddraget min pædagogiske Indflydelse, idet jeg nu i snart to Uger har været ganske ene. Eva og Vibeke har været og er endnu i Roskilde, hvortil Hjemmet jo er flyttet, som du maaske vèd, efter at Evas Far er bleven Herredsfoged i Lejre Herred. Det har været en ret drøj Tid, denne Ensomhedsperiode, men heldigvis har jeg haft Arbejde til op over begge Øren, og endnu mere heldigvis er den nu forhaabentlig snart forbi; paa Onsdag agter jeg mig til [ulæseligt ord] at se til Laders, som jeg ikke har set i snart 2 Aar, og dèr skal saa Eva og Vibeke støde til mig. Paa Lørdag rejser vi saa hjem, og saa glæder jeg mig i Haabet om en længere rolig Periode. Nu har vi ikke været alene, saa at sige da, siden Juni Maaned ifjor. Vort ellers rolige Levned forstyrres forresten en Del af mig selv, idet jeg er noget "udsvævende", som de siger paa Fyn og forresten ogsaa her i Vestjylland, altsaa jeg er temmelig meget paa Farten til Foredrag og sligt, det er jo ikke saa synderlig morsomt, navnlig ikke for dem, der skal sidde hjemme og kukkelure imens. Ellers er det saamænd Synd at sige, at vi lever selskabeligt, vi omgaas saa at sige ingen, og det er jo mere Synd for Eva end for mig, der jo har mit Arbejde, som jeg kan gøre saa meget ud af, som jeg vil, og egentlig aldrig kan gøre nok. Det kan blive lidt ensomt for Eva, og jeg kunde nok unde hende at være paa en Egn, hvor der var lidt flere, vi kunde dele Interesser med, og navnlig nogen lidt nærmere. Men det er jo nu engang her, vi har vort Arbejde, og saa har vi jo da vort Hjem. Saadan en lille sjov Præstegaard har du saamænd aldrig set, den er ikke anlagt for store Selskaber, men til daglig er den meget hyggelig. Nogen Mennesker kan vi da ogsaa have: forleden havde vi 34 Piger paa engang i to Stuer, det var da meget hæderligt, men de maatte da ogsaa drikke Kaffe i 3 Hold, hvilket nu ikke blot var Pladsens, men ogsaa Koppernes Skyld. 
+Vi har en haard Kulde heroppe i denne Tid, men i de sidste Dage har det da ikke blæst synderlig. Du kan ellers tro, det kan vifte godt heroppe, naar Vestenvinden rigtig tager fat. For en 14 Dages Tid siden havde den pisket Havet helt op over den brede Forstrand og højt op paa Klitterne, saa de var bleven revne helt i Stykker; det skal der ellers noget til! Men efter saadan en Tur, naar det er bleven nogenlunde stille, saa kan jeg ogsaa sidde inde i Stuen og høre Havet brøle i en lille Mils Afstand med lige saa stærk en Lyd, som naar der kører en Vogn forbi ude paa Landevejen. Omtrent da, byder min Sandhedskærlighed mig at tilføje. 
+Nu maa du hilse alle, som bryder sig om en Hilsen fra mig, saavel paa denne som paa hin Side det fæle Atlanterhav, som jeg formodentlig aldrig kommer til at gøre personligt Bekendtskab med. Og saa en kærlig Hilsen til dig selv og Tak, fordi du bliver ved at tænke paa mig og skrive til mig. Hils ogsaa Mor og dem derude, hvis du faar dem at se i en nogenlunde nær Fremtid. Og glædeligt Nytaar til jer alle.
+Din hengivne
+Thorvald Balslev.</t>
   </si>
   <si>
     <t>1905-02-16</t>
   </si>
   <si>
     <t>Malmø
 Rosenvej 2 og St Paulli Kyrkogatan 19</t>
   </si>
   <si>
     <t>Ingeborg Abrahams
 Peter Bichel
 Alfred Goldschmidt
 Malin   Holmström-Ingers
 Christine  Mackie
 Ellen  Sawyer
 Laura Warberg</t>
   </si>
   <si>
     <t>Astrid og Alfred Goldschmidt flyttede i 1905 fra København til Malmø, da Alfred af sit firma fik tilbudt et bedre job i Malmø, end det han havde i København. 
 På adressen i Boston, hvortil brevet er stilet, boede Astrid og Johannes storesøster, Christine, med sin amerikanske mand. 
 Astrid og Peter Bichel var kærester, da hun mødte Alfred Goldschmidt og afsluttede forholdet til Peter. 
 Malin/Molle Ingers havde ifølge svensk Wikipedia en dreng og en pige. Astrid skriver, at hun havde tvillingedøtre, hvilket også fremgår af andre breve i KTDK.
 Thora/Tutte Branner fik datteren Bodild i 1905, og Astrid og Alfred Goldschmidts datter Ina blev født 17. sept. 1905.</t>
   </si>
   <si>
@@ -3380,50 +3818,106 @@
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>En del personer, som kun er nævnt ved fornavn eller efternavn, har det ikke været muligt at identificere. Der er ligeledes flere familiemedlemmer, som det ikke har været muligt at finde.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, A 54, Alhed Larsen</t>
   </si>
   <si>
     <t>Nicoline von Sperling sender et "rundrejsebrev" til sine venner i anledning af, at hun har haft 50 års jubilæum som stamhusbesidder. Hun beskriver de første år på Sandholt, hvor hendes forældre og den gamle godsforvalter gjorde alt arbejdet. Hun var meget usikker og kom først ind i arbejdet efter, at hendes forældre var flyttet og den nye godsforvalter Warberg kom til.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ou54</t>
   </si>
   <si>
     <t>Kære Venner! Det er saa trættende og kedeligt ret mange Gange at skrive ét og det samme, men da jeg tror, at mine Venner, som hver især i deres Breve har bragt mig deres Lykønskning paa den kærligste og bedste Maade, gerne vil høre lidt om, hvordan jeg har haft det, saa vil jeg prøve paa at lave et Rundrejsebrev. Mit Jubilæum har staaet truende for mig et Aarstid, fordi jeg var klar over, at skulde der laves til Fest, vilde det voxe mig over Hovedet og hverken blive tilfredsstillende for Deltagerne eller for mig selv. I Stedet for Fest fandt jeg saa paa, at jeg kunde give Lyndelse Kirke, som jo nu er selvejende og hvis Formue og Husholdning bestyres gennem Menighedsraadet, et Varmeapparat i Stedet for den lunefulde Kakkelovn, som varmede daarligt og imellem osede slemt, men da det saa trak ud i det uendelige før Tilladelsen til at sætte dette Apparat op, blev færdig fra de gejstlige Autoriteter, finder jeg igen en Tid af en Del Utaalmodighed og syntes, at Jubilæer var noget rigtig besværligt noget. Imidlertid det naaede sig; skønt en Del udenoms Arbejde stod tilbage, fungerede Apparatet rigtig godt 1ste Juledag, efter Sigende for vi kunde ikke komme til Lyndelse paa Grund af Snedriver. Jeg gik og tav stille med, at jeg skulde have Jubilæum, og ret mange vidste heller ikke noget om det, og efterhaanden kom det ogsaa til at ligge mig temmelig fjærnt. Har det nu i Graven saa meget at sige med saadan et bestemt Aaremaal? 
 2 Juledag kom jeg først rigtig med. Det slog mig, at den Dag for 50 Aar siden kom jeg hertil for saa i de følgende Dage at opleve Bedstefars langvarige Dødskamp og hans Død. Men da det først var gaaet rigtigt op for mig, gennemlevede jeg det altsammen paa ny saa at sige Time for Time. Jeg talte ikke meget om det, men jo mere det trængte paa, jo bestemtere følte jeg, at jeg maatte fortælle det, saadan som det var gaaet til, alt sammen, og da vi kom ned til Folkene for Nytaarsaften at drikke det gamle og det nye Aars Skaal med dem, satte jeg mig, da det var gjort, for Bordenden og fortalte dem om Dagene fra 26 December til 9 Januar 1866. Jeg begyndte med at oplyse dem om, hvordan der den Gang saa ud i Folkestuen, hvor der stod to store Senge med Omhæng, hvori Pigerne laa, og at dersom en af dem laa syg, og her kom fremmede Kuske, maatte de, naar Kuskene kom op for at spise, trække Gardinerne for og lade, som de slet ikke var til, og om forskelligt af den Slags, og derfra gik jeg saa over til Dagene, ganske som de var gaaet. Det faldt mig naturligt at drage dem med ind i denne store Oplevelse, og jeg fandt ogsaa forstaaende Lydhørhed. Jeg tror, det er godt, at de faar at vide, hvordan der har set ud, og hvad der er sket i de Stuer, hvor de færdes, og hvad der har præget den, som de tjener. Nytaarsaften 1865, da Bedstemor og Tante og Hanne Langkilde og jeg sad trykkede og forpinte i Vinterdagligstuen, medens Bedstefar laa og stred med Døden, hørte vi ”Træd frem, min Sjæl, paa Aarets Morgen” blive sunget nede i Husholderskens Stue og fik senere at vide, at det var Skytte Simonsen, der havde sunget den. Det gjorde os den Gang saa godt. Og nu Nytaarsaften 1915 endte vi igen det gamle Aar med alle at synge den gamle Salme.
 Nytaarsmorgen kan jeg godt sige, at jeg kørte til Kirke noget ør i Hovedet af Minder og havde tænkt mig helt og bart at skulle have været sammen med mine gamle i Kirken, men saa tog alligevel Varmeapparaet saa meget af min Interesse, saa det ikke rigtig blev til noget. Saa gennemlunt, ogsaa om Benene, har der aldrig været. Prædikenen var fuld af varm Fædrelandskærlighed og rar, og da vi gik ud af Kirken, vendte jeg tilbage og fik givet Haanden og hilst paa mange af Lyndelsemændene. Ellers var Dagen helt stille. Frandsens kom ikke paa Visit, som de ellers har gjort hvert Aar, - og saa først den Dag fik jeg rigtig begyndt at føle, hvordan det egentlig gik til at blive Stamhusbesidder. Nu kom Gennemlevelsen deraf og af mine første Aar. Til den 2 Januar havde jeg som til et ganske almindeligt lille Nytaarsselskab bedt Provstens og Paludan og Clausens, Henry og Edv. Smidts og Frk. Plum, og saa havde Edvards svaret, om de maatte tage tre Julegæster, Fru Mühldorff og Fru og Frk. Wentorp, med. Jeg havde jo sagt Ja, men var ganske forbløffet over saa mange fremmede Damer, jeg syntes, at jeg helt fik Mundkurv paa, og det tilligemed Træthed, gjorde det saa vanskeligt at faa det, som jeg gærne vilde sige, til at forme sig. Natten mellem 1 og 2 Januar havde vi Storm og næsten Skybrud, vi har det for Resten næsten hver Nat, men den Nat sov vi nu ikke godt, og jeg var en Del kaput om Morgenen. Det øsregnede, saa vi opsatte at lade Martin køre ud for at møde Viktoria, som havde været hjemme, til efter Kl. 12, da det var blevet Tørvejr, men Maren og Marie Sørup og Marie Brandt havde da alligevel faaet dækket det nydeligste Bord med smaa røde Tulipaner i Potter og Liljekonvaller i Glas og Lys i Stedet for Lamper, saa det gjorde et ligefrem grumme kønt Indtryk, da vi Kl. 5 gik ind til Bordet. Den Dag havde jeg Provsten til Bords. Vi fik Dyresuppe, Rouletter, Dyresteg og Risrand med henkogt Frugt, Rødvin og Sherry. Imellem Rouletterne og Dyrestegen lagde vi et langt Mellemrum, og i det holdt Provsten og jeg vore Taler. Jeg kunde ikke andet, end da han var færdig, at tage hans Haand og sige, at han kunde ikke have sagt noget, som jeg kunde være blevet mere glad over. Og hvad sagde han saa, ja, han sagde meget, og alt var godt, men jeg kan slet ikke gengive det. To Ting bed jeg mig fast i, den ene: der er arbejdet meget paa Sandholt. Den anden: hans Omtale af mig, saa at ægte, dyb Menneskelighed er Grundpræget. Det var alt det, som jeg allerhelst vil være, alt, hvad der er Maal for mig, men som jeg slet ikke endnu er, og saa syntes jeg alligevel, at Billedets Lighed var truffet rigtig. Der var Oprejsning i, hvad han sagde, og saa faldt det af sig selv, at det blev en Festdag. Henry Smidt sad og saa til og nikkede bifaldende, og de fremmede Damer var slet ikke mere fremmede. De var nu i sig selv rigtig tiltalende. 
 Saa skulde jeg jo til at tale: ”Ja, lige fra jeg var lille, har jeg elsket Sandholt, og vi har været forlovede, men det var hemmeligt. Folkene gik og sagde til mig: ”Du skal have Sandholt”, men oppe i Stuerne blev der ikke talt om det, og det gav mig ikke nogen rigtig Frimodighed, jeg syntes mest, det var noget flovt noget, som jeg generede mig for. Den 8 Januar 1866, da Mor og jeg stod i den store Dagligstue og saa Lyndelsemændene bære Bedstefar ned ad Broen, gik det op for mig, og nu havde jeg og Sandholt hinanden, saa det er den egentlige Guldbryllupsdag, men da overvældedes jeg i den Grad af Frygt og Bæven, saa at jeg var helt ude af det og først blev kaldt tilbage ved, at Mor talte godt for mig og tog en lille Ring af sin Finger og satte den paa min.
 Efter Bedstemors Død i Marts samme Aar flyttede mine Forældre og smaa Brødre hertil fra Sollerup, og Far styrede saa for Godset, og Mor for Huset, og jeg var som en Datter er i sit Hjem. Det var jo paa en Maade godt nok, jeg blev jo fri for Ansvaret, men alle vidste, at Sandholt var mit, og mange kom til mig med Spørgsmaal og Begæringer, og dem kunde jeg ikke svare paa, dels fordi jeg ikke forstod det, og dels fordi jeg ikke kunde bestemme over noget. Jeg syntes, det var som at sidde i Klemme, naar nogen henvendte sig til mig, og at jeg blev usand ved ligesom at snakke mig fra det. I 1872 bosatte mine Forældre sig paa Frederiksberg og jeg blev ene med Mors to Søstre, men derfor fandt Sandholt og jeg ikke hinanden, og jeg blev ved at være usikker og paa gyngende Grund. Det var ikke, at jeg ikke gærne vilde give Sandholt alt, hvad det kunde ønske sig i Retning af Reparationer og Skovplanter, o.s.v., det var bare saadan at jeg ikke rigtig kunde faa fat. Jeg holdt saa meget af Godsforvalter Havemann, men han var saa gammel og nervesvag, saa at han ikke kunde føre mig frem til bedre Forstand paa Tingene, og i den højeste Grad savnede jeg, at jeg ingen Forberedelse havde hverken til at styre Gods eller Hus, og jeg slap aldeles ikke ud af Klemmen. Men saa var der noget andet, der optog mig. Fra jeg læste hos Agerbæks, har jeg været stærkt taget af alt det Grundtvigske, - Grundtvig var blevet Kongen for mig, - og ikke mindst af hans Folkevækkelse og Folkeoplysning. Noget større kunde jeg ikke tænke mig, end at faa med den Slags at gøre. Derfor holdt vi Aftenskole, og jeg fik de bedste Mænd som Clausen i Nr. Lyndelse, Termansen, Schrøder, Helweg i Odense og Melbye i Asperup til at holde Foredrag paa den store Sal.
 Jeg tror nu, at det har gjort sit Gavn og har sat noget ind her paa Egnen, og naar der jo er et virkeligt Tillidsforhold mellem mig og Lyndelserne, tror jeg nu nok, det har sin Rod i Aftenskolen og Foredragene. Men hvad gik saa for Resten en hel Del af min Tid med? Med Læsning og Veninder og Friluftsliv med to store Hunde. Paa Sandholt fik jeg ikke fat, og jeg led fremdeles ved meget stærkt at føle et Ansvar, som jeg ikke kunde løse. I 1876 døde Far, men det greb just ikke ind i mine Forhold herovre; det gjorde det derimod, da Havemann i 1877 trak sig tilbage, og Warberg blev Godsforvalter. Han magtede det hele og ogsaa at faa mig med ind i Arbejdet. Der var saa meget, der hjalp, han havde det ikke med ”over- og underordnet”, alle var Mennesker for ham, og han vilde gærne hjælpe og støtte dem paa bedste Maade. Jeg slap bort fra den gyngende Grund og fik Fodfæste. Men det, der allermest løste mig ud af den Klemme, hvori jeg sad, naar jeg syntes, jeg snakkede mig fra Spørgsmaal og Begæringer, det var, at han sagde, at jeg dog paa ingen Maade maatte føle det som en Skam eller genere mig for at sige: jeg er ikke rigtig inde i det, maa jeg faa Tid til at tænke mig om og søge Oplysning om det. Fra det af blev det helt rart, naar nogen kom og vilde talte med mig, og jeg har aldrig mærket, at nogen oversaa mig for det. Men Hovedsagen var dog, at jeg fik Lov til at være sand. Dermed blev noget givet mig for hele mit Liv, dette at maatte være helt fri for at lade bedre og klogere, end jeg er, dette at maatte bekende min Ringhed. Og saa var der endnu en anden Ting, som Warberg sagde, der stivede mig af og gav mig et Stød fremad, og det var: ”Ja, hvad skulde Penge dog være gode til, naar det ikke er til at gavne og glæde andre Mennesker!” Jeg havde nok tænkt noget i den Retning, men dog været bange, og nu fik jeg Lov til at lægge ud. I de første 11 Aar havde Sandholt og jeg ikke rigtig haft hinanden, nu fik vi det. Nu var jeg i Gang, og Gangen fortsattes ogsaa, da Warberg døde, og Paludan kom og helt gik ad den samme gode Vej, saa at Samarbejdet er faldet saa naturligt og ligetil. Der fortælles, at Bjørnson en Gang skal have sagt til sin Kone: ”Men, Caroline, skal jeg da altid være gift med Dig?” Og i de mange Aar har jeg ogsaa af og til sagt til Sandholt: ”Skal jeg da altid være bundet til Dig?” Men saa har Sandholt altid svaret: ”Ja, hvad vil Du gøre uden mig? Jeg er jo Din Arv og Dit Ansvar og Dit Hjem og Dit Liv!” Og saa har jeg besindet mig, og mit Ord er blevet, som det nu ogsaa i Dag er mit sidste, til Sandholt, saaledes som der staar i den lille, svenske Folkevise: "Og lever jeg, saa har Du mit Hjerte, og er jeg død, saa har Gud min Sjæl.” Og saa vil jeg bede Dem om at drikke Sandholts, min gamle Ægteherres Skaal.”
 Jeg havde ikke haft Tid til i Forvejen at skrive, hvad jeg vilde sige, men jeg tror da, at det omtrent var, hvad jeg sagde, skønt der vist er lidt bedre Facon paa det skrevne. Nu vil jeg blot tilføje min hjærteligste Tak til hver især af mine kære Venner for al den Forstaaelse og Kjærlighed, de har givet mig, hver eneste en har bragt mig noget, jeg trængte til, og som jeg gemmer, og hver har bragt mig det paa sin Maade, saa jeg har jer saa levende for mig. Maa jeg saa løse følgende Rundrejsebillet til denne lille Skrivelse: Ville Bang og Inger Krogh, Tante Emilie, Elisabeth Grundtvig, Nysøgaard, Hillerød. Derfra tilbage til mig.
 Jeres alles gamle hengivne 
 Line Sperling.
 Sandholt, d. 6. Januar 1916.</t>
+  </si>
+  <si>
+    <t>1922-04-10</t>
+  </si>
+  <si>
+    <t>Rossia</t>
+  </si>
+  <si>
+    <t>Siri Andersson
+- - Hesselager
+Janna Schou
+Jørgen Schou
+Marie Schou
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Rossia var navnet på det forsikringsselskab, som Astrid Warberg-Goldschmidt arbejdede for.
+Astrid W-G og Jørgen/Buf Schou havde et kærlighedsforhold og fik sammen datteren Janna/Nusset Schou sammen. Jørgen Schous mor, Marie Syberg/Schou, kunne fra begyndelsen ikke lide Astrid Warberg-Goldschmidt. 
+Christine Swane blev kaldt Uglen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. BB0990</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt føler med Johanne C. Larsen, som går så meget igennem. Astrid ville ønske, at de to søstre kunne flytte sammen. Noget sådan talte de også om, da de for 20 år siden havde vrøvl med kæresterne. 
+Jørgen/Buf Schou vil give Astrids gamle cykel en hovedreparation. 
+Jørgen er i et forholkd til Frk. Hesselager, som vi gøre ham til kunstner. 
+Astrid får et påskegratiale på 200 kr. Jørgen og hans mor må ikke vide det, for de trækker i børnebidraget, hvis de hører, at Astrid har lidt penge. Marie Syberg, Jørgens mor, er modbydelig og en led satan. 
+Siri Andersson fra Malmø har været på besøg.
+Astrid har lavet et katalog for Christine Swane/Uglen, og denne gav hende som tak et maleri med motiv af et vindue med hvide gardiner, genstande på et bord og et rødt lommetørklæde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UXzT</t>
+  </si>
+  <si>
+    <t>p.t. ”Rossia”. 10. April 1922.
+………………………………..
+Kæreste lille Junge!
+Ja, nu maa du undskylde Maskinen – men uden den kan jeg ikke faa skreven til dig, og jeg vilde saa gerne skrive et lille Paaskebrev i Anledning af alt det meget sørgelige, som Mor skrev om. Jeg føler mig ganske brødebetynget, fordi jeg sendte dig den Hilsen, at ”jeg trængte saa meget til et Par Ord for dig”, for nu synes jeg, det er da meget mere dig, der trænger til at faa et lille Livstegn fra en anden Kant. For alt mit – ja, det tænker vi ikke paa nu. Alting gaar jo over engang ogsaa dét, der gør mest ondt. 
+Men dit, Junge, hvad skal man dog stille op. Var du dog blot ude af det – for det maa jeg sige ud af min egen tunge Erfaring: der er jo noget uhyre fredfuldt ved at være sluppen ud af sit Helvede, og man ved jo, at engang faar man sig selv bygget op igen. 
+Jeg har hørt, at du giver dig aktivt af med Politik, har Glæde af det, at du endog faar Tid til Basar for de russiske Børn. Det er jo saadan noget, der faar En til at bære alt det andet. Aa, Junge, om det hele stillede sig saadan, ar du og jeg kunde slaa os sammen herinde og lave et eller andet – i hvert Fald et Hjem sammen, vi skulde nok klare den, du med Elever, jeg med Kontorplads og saa en dygtig Pige til alt Skruppet, aa, Junge, vi vilde leve op igen og roligt kunde se imod Fremtiden – der er noget bedaarende i selve det: at kunde klare sig sjæleligt, socialt, økonomisk o.s.v. I Øjeblikket vil du maaske ryste paa Hovedet og forkaste det som umuligt, men hvem ved, hvad Tingene efterhaanden kan udvikle sig til - kan du huske, at vi engang for mange Aar siden – for ca. 20 Aar siden – da det ogsaa stod kludret til med vore Mandfolk, saa snakkede vi om saadan noget. Dengang blev det ikke til noget, men vi er jo kommen igennem den Del siden da. Og jeg synes nu, at København er en go By, der giver En mange Chancer ogsaa naar det gælder om ”at bygge sig selv op igen”, at ”begynde forfra” o.s.v. 
+Naa, maaske hører det stadig Fremtiden til, men maaske har vi ogsaa Fremtiden for os …….
+Heroppe paa Kontoret glæder vi os til Paaskeferien – jeg har ingen Planer – men vil dog se at komme saa meget ud i Luften som muligt med mit lille Nus. 
+Buf har lovet at give min Cycle en Hovedreparation i Ferien, jeg koster en 30 Kr. paa den, saa bliver den saa god som ny – den er saa frygtelig tilrakket – jeg købte den i Kerteminde dengang til Familiestevnet vistnok i 1912? og paa sit 10ende Aar har den jo taget sin værste Tørn, idet jeg har cyclet paa den hver eneste Dag hele Aaret igennem ogsaa i Vinter, har overhovedet ikke taget hensyn til Vejret (en meget sund Foranstaltning) men det misklæder efterhaanden Cyklen. Nu skal den altsaa fornyes, saa bliver der arrangeret et lille Sæde bagpaa med smaa Fodhvilere, saa jeg kan tage Nusset med ud om Søndagen, det venter jeg mig meget af. 
+Buf har jo faaet Frøken Hesselager ved Politiken og hun har sat ham til at blive Kunstner, han har til Gengæld sat hende til at købe sig Motorcycle, saa de kan køre sammen – i det ydre ser alt saaledes nydeligt ud – og Fru Syberg har jo vunden en fin Sejr og endelig faaet ham hjem til sig selv igen. Men ellers’ -, nej, Junge, jeg tror ikke ellers, det er saa godt for Buf. Han ser trykket og ulykkelig ud. Han bliver aldrig til noget og han har betroet mig, at han synes det er frygteligt kun at se Nusset som Gæst. Jeg synes, det er godt, han vil være Kunstner, maaske han kan blive Tegner ved et Blad, hvis han overhovedet egner sig til noget i denne Verden, saa er det sikkert noget i den Retning. Og maaske kan han gøre et rigt Parti engang, saa kan han [”han” indsat over linien] ikke faa det bedre.
+Naa, her er en frygtelig Uro paa Kontoret, saa Brevet kan ikke blive længere, vil du takke Mor meget for Brevet, hun skriver saa lidt om Helbredet???
+Der ymtes noget om, at vi fra 1ste Maj skal lukke Kl. 4 paa Kontoret - i saa Fald er vi ovenud glade, den Time betyder knusende meget. Og saa vil jeg betro dig og Mor som noget meget hemmeligt, at vi faar Paaskegratiale ogsaa i Aar (200 Kr. til mig) men det maa være saa hemmeligt, for Familien Syberg er ikke utilbøjelig til at ville trække fra i Nusserbidraget, hvis de hører det.)
+2).
+Det lyder som en infam Beskyldning, men i hvert Fald fik jeg jo i sin Tid ikke en rød Øre, da man en Sommer mente, at jeg tjente tilstrækkeligt paa Statsbanerne. Først langt hen i Eftersommeren maatte jeg have lidt Hjælp til Indkøb af Brændsel, men for denne Hjælp mente man sig berettiget til at forarge sig over, at jeg tillod mig at flyve for 50 Kr. Dette er, synes jeg, højst uværdigt for en Person, som jeg havde tænkt bedre om, men jeg indretter mig derefter, forstaar du nok, jeg er stolt over, at jeg trods min relative Fattigdom dog engang imellem kan have Lyst til en Extravagance og af den Grund vil jeg ikke rives i Næsen at jeg modtager et sandelig ikke altfor overdaadigt Bidrag til et Barn, som jeg dog ikke har været alene om at sætte i Verden. Nej, Junge, m.H.t. hende har jeg lang Vej igen, inden jeg lærer at se andet i hende end en nederdrægtig raa og modbydelig Madam, der uden Samvittighed tilføjer andre de samme Smerter, som hun selv har lidt i flere Aaar og derfor burde kende. Hun er en led Satan. 
+Men dette passer egentlig daarligt i et Paaskebrev. Jeg har jo ogsaa faaet Fred for hende, forhaabentlig behøver jeg aldrig mere at have med hende at skaffe. Jeg skal faa en Sagfører til at ordne alt fornødent med Bidraget til Nuseren og saa Punktum med hende. 
+Jeg har haft et dejligt Besøg af Siri i Malmø, hun kom Lørdag Aften ved 7 Tiden og var forfærdelig sød, hun havde en Masse Blomster med, italienske Anemoner, og Tulipaner, desuden – o altfor store Flothed – en henrivende lille Sølvbarneske til Nusseren, som straks udbrød: saa har jeg tre! Jeg havde jo haabet, det ikke skulde blive berørt, at hun var saa velforsynet i Forvejen, er der noget, vi er rige paa i mit Hus, saa er det jo Sølvtøj. Naa, og vi havde en herlig Aften, snakkede til langt ud paa Natten og laa længe næste Morgen. Marie fungerede godt, der var saa fint og rent alle Vegne og vi fik en en god Middag, mør Bøf (Hestebøf, som Buf havde foræret mig Dagen før). altsaa om Søndagen. Siri tog først afsted Kl. 6, vi var ganske hæse af at snakke.
+Ja, nu maa du undskylde, hvis dette Brev er lidt usammenhængende, jeg har maattet tage det ud af Maskinen gentagne Gange, naar en Fjende nærmede sig – aa, jeg maa lige endnu fortælle dig en stor Glæde, jeg har haft. Uglen havde bedt mig om heroppe at lave et Katalog til hende (hun skal udstille noget i Kunstboden i Hyskenstræde) og tænk dig, derfor forærde hun mig – trods ihærdige Pligtprotester fra mig – et vældig stort aldeles dejligt Maleri, Motiv: et Vindue med hvide Gardiner, et Bord med Sager paa, bl.a. et ildrødt Lommetørklæde, hvis du saa kender det, det er en halv Snes Aar gammelt, det hænger nu paa min Væg og jeg fryder mig inderligt over det – min Stue er i det hele taget efterhaanden et Unikum af Skønhed, Hvidhed, Renhed Fred, Hygge og Harmoni, gid jeg kunde sætte dig ind i den i hele Paasken …… 
+[Skrevet i hånden:]
+Og dermed mange Tusinder goe Hilsner fra din altid
+Dis</t>
   </si>
   <si>
     <t>1923-11-24</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted</t>
   </si>
   <si>
     <t>Møllebakken 14, 5300 Kerteminde, Danmark</t>
   </si>
   <si>
     <t>Johannes Nicolaus Brønsted
 Ludvig Feilberg
 Alhed Larsen
 Johannes Larsen
 Marie Larsen
 Elisabeth Mackie
 William Mackie
 Johannes Madsen
 L C Nielsen
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Det er usikkert, hvilken Nielsen der holder fødselsdag på hotellet.</t>
   </si>
@@ -4222,59 +4716,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e1Ua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t6xl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fz3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P82x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CXDTbS3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w8yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Omc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6xDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tXmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/riqz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9olU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aH2l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MFKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kDJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e1Ua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t6xl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7r2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CfR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hEmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/poDx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpEx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqoi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fz3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P82x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CXDTbS3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w8yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Omc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6xDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tXmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UXzT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/riqz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9olU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aH2l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MFKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M81"/>
+  <dimension ref="A1:M90"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -4352,3541 +4846,3952 @@
       <c r="L2" s="6" t="s">
         <v>24</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F3" s="5" t="s">
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="E4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F4" s="5" t="s">
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="E5" s="5" t="s">
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="F5" s="5" t="s">
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="G5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="H5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>47</v>
-[...14 lines deleted...]
-        </is>
+        <v>56</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>59</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G8" s="5" t="s">
-        <v>72</v>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E9" s="5" t="s">
-        <v>49</v>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>86</v>
+        <v>58</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G10" s="5" t="s">
+        <v>88</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="5" t="s">
-        <v>92</v>
+      <c r="A11" s="5" t="n">
+        <v>1899</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>47</v>
+      </c>
+      <c r="D11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E11" s="5" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>99</v>
+        <v>37</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>102</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>47</v>
+        <v>116</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>114</v>
+        <v>17</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>115</v>
+        <v>18</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>123</v>
+        <v>47</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-        <v>115</v>
+        <v>56</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>131</v>
+        <v>16</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="G16" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
         <v>132</v>
       </c>
-      <c r="H16" s="5" t="s">
+      <c r="I16" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="I16" s="5" t="s">
+      <c r="J16" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K16" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="J16" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="L16" s="6" t="s">
+      <c r="M16" s="5" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="I17" s="5" t="s">
         <v>139</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="J17" s="5" t="s">
         <v>140</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="K17" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="K17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="L17" s="6" t="s">
+      <c r="M17" s="5" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>47</v>
-[...4 lines deleted...]
-        </is>
+        <v>56</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>145</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
         <v>146</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>147</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>148</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>149</v>
       </c>
       <c r="L18" s="6" t="s">
         <v>150</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>152</v>
       </c>
       <c r="B19" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E19" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="C19" s="5" t="s">
+      <c r="F19" s="5" t="s">
         <v>154</v>
-      </c>
-[...13 lines deleted...]
-        </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="I19" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I19" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>158</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="M19" s="5"/>
+        <v>159</v>
+      </c>
+      <c r="M19" s="5" t="s">
+        <v>160</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>28</v>
+        <v>162</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        <v>158</v>
+        <v>56</v>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="I20" s="5"/>
+        <v>163</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>164</v>
+      </c>
       <c r="J20" s="5" t="s">
-        <v>22</v>
+        <v>165</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="5" t="s">
-        <v>163</v>
+      <c r="A21" s="5" t="n">
+        <v>1900</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>123</v>
+        <v>47</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-        <v>164</v>
+        <v>56</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>154</v>
+        <v>37</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>47</v>
+        <v>177</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>172</v>
+        <v>17</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>173</v>
-[...4 lines deleted...]
-        </is>
+        <v>58</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>178</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>176</v>
+        <v>62</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>154</v>
+        <v>47</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>181</v>
+        <v>56</v>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>154</v>
+        <v>47</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>190</v>
+        <v>56</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>14</v>
+        <v>199</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>154</v>
-[...10 lines deleted...]
-      <c r="G25" s="5" t="s">
         <v>200</v>
+      </c>
+      <c r="D25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H25" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="I25" s="5"/>
+      <c r="J25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L25" s="6" t="s">
         <v>202</v>
       </c>
-      <c r="J25" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="M25" s="5"/>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>154</v>
+        <v>37</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="E26" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="I26" s="5"/>
+      <c r="J26" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="L26" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="M26" s="5" t="s">
         <v>208</v>
-      </c>
-[...24 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="E27" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="K27" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="M27" s="5" t="s">
         <v>216</v>
-      </c>
-[...24 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>154</v>
+        <v>47</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>123</v>
+        <v>56</v>
       </c>
       <c r="E28" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="K28" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="M28" s="5" t="s">
         <v>224</v>
-      </c>
-[...24 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>15</v>
+        <v>200</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>100</v>
+        <v>56</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>17</v>
+        <v>226</v>
       </c>
       <c r="F29" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="L29" s="6" t="s">
         <v>232</v>
       </c>
-      <c r="G29" s="5" t="s">
+      <c r="M29" s="5" t="s">
         <v>233</v>
-      </c>
-[...16 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>154</v>
+        <v>200</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>123</v>
+        <v>162</v>
       </c>
       <c r="E30" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="K30" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="L30" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="M30" s="5" t="s">
         <v>241</v>
-      </c>
-[...24 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>154</v>
+        <v>200</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>123</v>
+        <v>162</v>
       </c>
       <c r="E31" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="L31" s="6" t="s">
         <v>249</v>
       </c>
-      <c r="F31" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H31" s="5" t="s">
+      <c r="M31" s="5" t="s">
         <v>250</v>
-      </c>
-[...13 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>154</v>
+        <v>200</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>123</v>
+        <v>46</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>241</v>
-[...9 lines deleted...]
-        </is>
+        <v>252</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="G32" s="5" t="s">
+        <v>253</v>
       </c>
       <c r="H32" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="K32" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="I32" s="5"/>
-      <c r="J32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>258</v>
       </c>
-      <c r="K32" s="5" t="s">
+      <c r="M32" s="5" t="s">
         <v>259</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>28</v>
+        <v>261</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E33" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H33" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="F33" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H33" s="5" t="s">
+      <c r="I33" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="I33" s="5" t="s">
+      <c r="J33" s="5" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>266</v>
       </c>
       <c r="L33" s="6" t="s">
         <v>267</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>269</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>15</v>
+        <v>200</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>100</v>
+        <v>46</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>17</v>
+        <v>270</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>270</v>
+        <v>235</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
         <v>271</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>272</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>53</v>
+        <v>273</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>28</v>
+        <v>200</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>162</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>235</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>22</v>
+        <v>281</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>28</v>
+        <v>200</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>162</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>235</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>22</v>
+        <v>289</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>100</v>
+        <v>116</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>270</v>
-[...4 lines deleted...]
-        </is>
+        <v>294</v>
+      </c>
+      <c r="G37" s="5" t="s">
+        <v>295</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>53</v>
+        <v>298</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>153</v>
+        <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>200</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>235</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H38" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H38" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="K38" s="5" t="s">
+        <v>307</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="M38" s="5"/>
+        <v>308</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>309</v>
+      </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>15</v>
+        <v>200</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>100</v>
+        <v>162</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>311</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>235</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>297</v>
+        <v>312</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>298</v>
+        <v>313</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>299</v>
+        <v>314</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>300</v>
+        <v>315</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>301</v>
+        <v>316</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>302</v>
+        <v>317</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>296</v>
+        <v>318</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>47</v>
+        <v>200</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-        </is>
+        <v>162</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>303</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>303</v>
-[...3 lines deleted...]
-      </c>
+        <v>319</v>
+      </c>
+      <c r="I40" s="5"/>
       <c r="J40" s="5" t="s">
-        <v>305</v>
-[...4 lines deleted...]
-        </is>
+        <v>320</v>
+      </c>
+      <c r="K40" s="5" t="s">
+        <v>321</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>306</v>
+        <v>322</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>307</v>
+        <v>323</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>308</v>
+        <v>324</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>309</v>
+        <v>325</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>310</v>
+        <v>326</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>311</v>
+        <v>327</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>312</v>
+        <v>22</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>313</v>
+        <v>328</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>314</v>
+        <v>329</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>315</v>
+        <v>330</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>316</v>
+        <v>331</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>317</v>
+        <v>116</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>318</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>332</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>320</v>
+        <v>334</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>321</v>
+        <v>62</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>323</v>
+        <v>336</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>324</v>
+        <v>337</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>325</v>
+        <v>338</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D43" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D43" s="5" t="s">
-[...6 lines deleted...]
-        <v>263</v>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F44" s="5" t="s">
-        <v>333</v>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>336</v>
+        <v>22</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>28</v>
+        <v>116</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>326</v>
+        <v>17</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>263</v>
+        <v>332</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>14</v>
+        <v>199</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D46" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H46" s="5" t="s">
-[...9 lines deleted...]
-        <v>349</v>
+      <c r="H46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I46" s="5"/>
+      <c r="J46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L46" s="6" t="s">
-        <v>350</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="M46" s="5"/>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>154</v>
+        <v>15</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>47</v>
+        <v>116</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F47" s="5" t="s">
-        <v>353</v>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>154</v>
-[...5 lines deleted...]
-        <v>362</v>
+        <v>46</v>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>366</v>
+        <v>367</v>
+      </c>
+      <c r="K48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L48" s="6" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>371</v>
+      </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>378</v>
+        <v>16</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>27</v>
+        <v>379</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>86</v>
+        <v>388</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>17</v>
+        <v>325</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>393</v>
+        <v>56</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>394</v>
+        <v>46</v>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F52" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F52" s="5" t="s">
+        <v>395</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="I52" s="5"/>
+        <v>396</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>397</v>
+      </c>
       <c r="J52" s="5" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>401</v>
+        <v>16</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>100</v>
+        <v>37</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>402</v>
+        <v>388</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>17</v>
+        <v>325</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
         <v>403</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>404</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>405</v>
       </c>
       <c r="L53" s="6" t="s">
         <v>406</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
         <v>408</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>154</v>
-[...5 lines deleted...]
-        <v>249</v>
+        <v>16</v>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
         <v>409</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>410</v>
       </c>
       <c r="J54" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K54" s="5" t="s">
         <v>411</v>
       </c>
-      <c r="K54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>412</v>
       </c>
-      <c r="L54" s="6" t="s">
+      <c r="M54" s="5" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>47</v>
+        <v>200</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>154</v>
+        <v>56</v>
       </c>
       <c r="E55" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="F55" s="5" t="s">
+      <c r="I55" s="5" t="s">
         <v>417</v>
       </c>
-      <c r="G55" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H55" s="5" t="s">
+      <c r="J55" s="5" t="s">
         <v>418</v>
       </c>
-      <c r="I55" s="5" t="s">
+      <c r="K55" s="5" t="s">
         <v>419</v>
       </c>
-      <c r="J55" s="5" t="s">
+      <c r="L55" s="6" t="s">
         <v>420</v>
       </c>
-      <c r="K55" s="5" t="s">
+      <c r="M55" s="5" t="s">
         <v>421</v>
-      </c>
-[...4 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>154</v>
-[...4 lines deleted...]
-        </is>
+        <v>200</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>423</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>224</v>
+        <v>424</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
         <v>425</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>426</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>427</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>428</v>
       </c>
       <c r="L56" s="6" t="s">
         <v>429</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
         <v>431</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="D57" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="F57" s="5" t="s">
         <v>432</v>
       </c>
-      <c r="E57" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G57" s="5" t="s">
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="s">
         <v>433</v>
       </c>
-      <c r="H57" s="5" t="s">
+      <c r="I57" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="I57" s="5"/>
       <c r="J57" s="5" t="s">
-        <v>53</v>
+        <v>435</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>38</v>
+        <v>440</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>154</v>
-[...7 lines deleted...]
-        <v>224</v>
+        <v>36</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E59" s="5" t="inlineStr">
-[...10 lines deleted...]
-        <v>446</v>
+      <c r="E59" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="J59" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>28</v>
+        <v>455</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>16</v>
+        <v>456</v>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>453</v>
-[...3 lines deleted...]
-      </c>
+        <v>457</v>
+      </c>
+      <c r="I60" s="5"/>
       <c r="J60" s="5" t="s">
-        <v>22</v>
+        <v>458</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>47</v>
+        <v>463</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>154</v>
+        <v>116</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>417</v>
+        <v>17</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>462</v>
+        <v>62</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>467</v>
+        <v>56</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>47</v>
+        <v>200</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>432</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>311</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>154</v>
-[...4 lines deleted...]
-        </is>
+        <v>200</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>478</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>483</v>
+        <v>47</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>394</v>
-[...17 lines deleted...]
-      <c r="I64" s="5"/>
+        <v>200</v>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="G64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H64" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>488</v>
+      </c>
       <c r="J64" s="5" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>394</v>
+        <v>37</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G65" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G65" s="5" t="s">
+        <v>495</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>492</v>
-[...3 lines deleted...]
-      </c>
+        <v>496</v>
+      </c>
+      <c r="I65" s="5"/>
       <c r="J65" s="5" t="s">
-        <v>486</v>
+        <v>62</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>47</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>498</v>
+        <v>200</v>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F66" s="5" t="s">
-        <v>499</v>
+        <v>286</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>507</v>
+        <v>37</v>
       </c>
       <c r="D67" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G67" s="5" t="s">
         <v>508</v>
       </c>
-      <c r="E67" s="5" t="s">
+      <c r="H67" s="5" t="s">
         <v>509</v>
       </c>
-      <c r="F67" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H67" s="5" t="s">
+      <c r="I67" s="5" t="s">
         <v>510</v>
       </c>
-      <c r="I67" s="5" t="s">
+      <c r="J67" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K67" s="5" t="s">
         <v>511</v>
       </c>
-      <c r="J67" s="5" t="s">
+      <c r="L67" s="6" t="s">
         <v>512</v>
       </c>
-      <c r="K67" s="5" t="s">
+      <c r="M67" s="5" t="s">
         <v>513</v>
-      </c>
-[...4 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H68" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K68" s="5" t="s">
         <v>517</v>
       </c>
-      <c r="D68" s="5" t="s">
-[...10 lines deleted...]
-      <c r="G68" s="5" t="s">
+      <c r="L68" s="6" t="s">
         <v>518</v>
       </c>
-      <c r="H68" s="5" t="s">
+      <c r="M68" s="5" t="s">
         <v>519</v>
-      </c>
-[...13 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>517</v>
+        <v>56</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>467</v>
+        <v>200</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      <c r="G69" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H69" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="J69" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="K69" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="L69" s="6" t="s">
         <v>526</v>
       </c>
-      <c r="H69" s="5" t="s">
+      <c r="M69" s="5" t="s">
         <v>527</v>
-      </c>
-[...11 lines deleted...]
-        <v>530</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="I70" s="5" t="s">
         <v>531</v>
       </c>
-      <c r="B70" s="5" t="s">
-[...25 lines deleted...]
-      <c r="H70" s="5" t="s">
+      <c r="J70" s="5" t="s">
         <v>532</v>
       </c>
-      <c r="I70" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="K70" s="5" t="s">
+        <v>533</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>533</v>
-[...1 lines deleted...]
-      <c r="M70" s="5"/>
+        <v>534</v>
+      </c>
+      <c r="M70" s="5" t="s">
+        <v>535</v>
+      </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>432</v>
+        <v>37</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>535</v>
-[...10 lines deleted...]
-        <v>536</v>
+        <v>200</v>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>53</v>
+        <v>540</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>38</v>
+        <v>545</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>467</v>
-[...4 lines deleted...]
-        </is>
+        <v>456</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>546</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G72" s="5" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="G72" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="H72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I72" s="5"/>
       <c r="J72" s="5" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>517</v>
+        <v>456</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>467</v>
+        <v>529</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>17</v>
+        <v>560</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>38</v>
+        <v>569</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>467</v>
-[...7 lines deleted...]
-        <v>558</v>
+        <v>570</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="F75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>153</v>
+        <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>200</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>579</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>573</v>
-[...5 lines deleted...]
-        </is>
+        <v>580</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>582</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>574</v>
+        <v>583</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="M76" s="5"/>
+        <v>584</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>585</v>
+      </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>576</v>
+        <v>586</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>483</v>
+        <v>587</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>577</v>
+        <v>529</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>578</v>
+        <v>17</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G77" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G77" s="5" t="s">
+        <v>588</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>580</v>
+        <v>590</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>582</v>
+        <v>592</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>483</v>
+        <v>587</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>586</v>
+        <v>529</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>578</v>
+        <v>17</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G78" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G78" s="5" t="s">
+        <v>596</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>587</v>
-[...3 lines deleted...]
-      </c>
+        <v>597</v>
+      </c>
+      <c r="I78" s="5"/>
       <c r="J78" s="5" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>592</v>
+        <v>600</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>593</v>
+        <v>601</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>14</v>
+        <v>199</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>16</v>
+      </c>
+      <c r="D79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>594</v>
-[...8 lines deleted...]
-        <v>597</v>
+        <v>602</v>
+      </c>
+      <c r="I79" s="5"/>
+      <c r="J79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L79" s="6" t="s">
-        <v>598</v>
-[...3 lines deleted...]
-      </c>
+        <v>603</v>
+      </c>
+      <c r="M79" s="5"/>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>123</v>
+        <v>494</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>154</v>
+        <v>605</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>601</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G80" s="5" t="s">
+        <v>606</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>605</v>
+        <v>62</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>123</v>
+        <v>47</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>154</v>
-[...5 lines deleted...]
-        <v>610</v>
+        <v>529</v>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>616</v>
+        <v>618</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>621</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="J82" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="K82" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="L82" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="M82" s="5" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>628</v>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="s">
+        <v>629</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="J83" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="K83" s="5" t="s">
+        <v>632</v>
+      </c>
+      <c r="L83" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="M83" s="5" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="5" t="s">
+        <v>635</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>628</v>
+      </c>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H84" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="J84" s="5" t="s">
+        <v>638</v>
+      </c>
+      <c r="K84" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="L84" s="6" t="s">
+        <v>640</v>
+      </c>
+      <c r="M84" s="5" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="5" t="s">
+        <v>642</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="I85" s="5"/>
+      <c r="J85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K85" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="L85" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="M85" s="5"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="F86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="J86" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="K86" s="5" t="s">
+        <v>652</v>
+      </c>
+      <c r="L86" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="M86" s="5" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>656</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H87" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="J87" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="K87" s="5" t="s">
+        <v>660</v>
+      </c>
+      <c r="L87" s="6" t="s">
+        <v>661</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="K88" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="L88" s="6" t="s">
+        <v>668</v>
+      </c>
+      <c r="M88" s="5" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="5" t="s">
+        <v>670</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H89" s="5" t="s">
+        <v>673</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>674</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="K89" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="L89" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="G90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="J90" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="K90" s="5" t="s">
+        <v>684</v>
+      </c>
+      <c r="L90" s="6" t="s">
+        <v>685</v>
+      </c>
+      <c r="M90" s="5" t="s">
+        <v>686</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -7928,44 +8833,53 @@
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
+    <hyperlink ref="M82" r:id="rId87"/>
+    <hyperlink ref="M83" r:id="rId88"/>
+    <hyperlink ref="M84" r:id="rId89"/>
+    <hyperlink ref="M85" r:id="rId90"/>
+    <hyperlink ref="M86" r:id="rId91"/>
+    <hyperlink ref="M87" r:id="rId92"/>
+    <hyperlink ref="M88" r:id="rId93"/>
+    <hyperlink ref="M89" r:id="rId94"/>
+    <hyperlink ref="M90" r:id="rId95"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>