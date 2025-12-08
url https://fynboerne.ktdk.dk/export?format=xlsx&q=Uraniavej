--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -44,54 +44,105 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1921-02-22</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>København
+Uraniavej</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Julie Brandt
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Eckardt
+Frederik Hendriksen
+Peter Magnussen
+Ellen  Sawyer
+Eiler Schiøler
+- Vangberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen ejede to møller, som begge lå på Møllebakken i Kerteminde ganske nær ved deres hus. Den ene, Kirkemøllen, var i dårlig stand, og man tog i 1921 byggematerialer fra den til at reparere den anden, Svanemøllen. Herefter var Svanemøllen i mange år i brug, mens Kirkemøllen fungerede som bolig. 
+Tavlerne er de plancher af fugle, som Johannes Larsen malede til Eiler Lehn Schiølers bogværk Danmarks Fugle.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for rapporten om nedrivningen af møllen.
+Larsen sidder hos Lehn Schiøler og maler tavler. Han deltager i megen selskabelighed, hvilket er hårdt. Larsen håber at komme hjem den 1.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4Dqi</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+E. LEHN SCHIØLER
+URANIAVEJ 14-16
+KØBENHAVN V.
+[Håndskrevet:]
+22 Febr. 1921
+Kære Puf!
+Tak for de lange Breve og den udførlige Besked om Arbejdet med Nedbrydningen af Møllen. Jeg ved ikke hvad Ottekanter er, men jeg er glad ved at Du tager Dig saa godt af det Hele. Der er solgt for ca 2600 siden, saavidt jeg ved. Jeg sidder her hos Schiøler og laver Tavler saameget som jeg kan komme til, men vi kommer jo en Del ud og det er anstrængende. I Lørdags var vi hos Alfred Eckards sammen med Laurentius, i Søndags hos Magisteren til Frokost og hos Pang til Aften, i Dag har vi været til Frokost hos Dahlerup, og hos W &amp;amp; M og Xylografen, som har faaet 3 forskellige Valser hjem fra Tyskland. I Overmorgen skal vi hos Giersings og paa Lørdag til Fødselsdag her hos Schiøler og paa Søndag hele Dagen med Lysse ogsaa Fødselsdag. Jeg skal have lavet en Tavle med Gæs til og vilde forfærdelig gerne se at blive færdig til den 1ste saa vi kunde komme hjem hvad jeg længes meget efter. Dette her er strængt Vangberg kommer ikke mig ved i Forbindelse med Møllen. Mange Hilsner. Hils ogsaa Tante Elle og Pigerne.
+Din Far.</t>
+  </si>
+  <si>
     <t>1921-10-27</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brev</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>København
 Falkonér Allé 5</t>
   </si>
   <si>
     <t>Lundsgårdsvej, Kerteminde
 Bovense Nyborg
 Sabbesborg
 Camp Hverringe</t>
   </si>
   <si>
     <t>Brormand - 
 Christian Andersen
 - Andreasen, Uraniavej
 Victor Bøttern
 - Granberg
 Th. Krarup
@@ -105,137 +156,222 @@
 Christine Swane
 - Thomsen, Kerteminde</t>
   </si>
   <si>
     <t>Man krydser Kauslunde Å på vejen mellem Kerteminde og Nyborg. Bøgebjerg Strand er markeret med Camp Hverringe.
 Alhed og Johannes Larsen ejede Svanemøllen, som lå/ligger ved siden af deres villa. En møller drev den for dem. 
 At møllen er i bagvind vil sige, at vinden blæser fra den modsatte side af vindfanget, hvilket i værste fald kan forårsage stor skade på vinger og aksel.(Mølleordbog.dk) 
 Eiler Lehn Schiøler havde fødselsdag 30. oktober. Dagbogen, som også omtales i tidligere breve fra Alhed Larsen til drengene, er Johannes Larsens renskrift af en af dagbøgerne fra sejladserne med skibet Rylen. Larsen gav Schiøler en sådan. Efter hans død blev den købt af et ægtepar, som siden testamenterede den til Johannes Larsen Museet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Larsen-breve kasse 1</t>
   </si>
   <si>
     <t>Det har været et voldsomt stormvejr ved Kerteminde. Johan/Lysses pram var drevet væk, men blev fundet igen, badeanstalten var væltet, strandhaverne var oversvømmet, flere høns druknet. Ellen Sawyer (Elle) cyklede til Bovense, og vandet stod ind over vejen. Dele af klinterne er styrtet i havet, og mange snoge og hugorme er druknet. Svanemøllen kom i bagvind, men den blev reddet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wab6</t>
   </si>
   <si>
     <t>Kære, søde Drenge!
 Jeg fortryder, at jeg ikke strax i Mandags skrev til jer om Stormen, saa var det nok bleven en dramatisk Beskrivelse, jeg var saa opstemt og opfyldt af det. Nu er alle Ulykkerne komne og Humøret er knap saa glimrende. Desuden har I jo nu set det meste i Aviserne. Men det var Lysses Pram der [ordet ”der” indsat over linjen] var borte og saa vilde jeg ikke skrive før jeg saa om den kom. Og det gjorde den. Strax om Morgenen gik jeres Far en Razzia, der laa 6 Pramme dreven sammen i en Klump ved Havnemolen men Lysses var ikke derimellem, men Basse og Brormand fandt den jeg ved ikke hvor, har ikke talt med dem. I kan ellers tro det var et mærkværdigt Syn Mandag Morgen. Landskabet helt forandret. Begge Moler under Vand Herrebadeanstalten væltet og nede ved Villaerne stod Vandet helt ind til Landevejen, Strandhaverne fuldstændig skjulte. Folk sad paa Toppen af Hønsehusene og bjergede Høns, men 31 af Slagterens var druknede, en Gris var halvdød men blev kaldt til live. De fleste Badehuse og Bror væk af vores Bro dog kun det yderste Stykke. Elle cyklede til Bovense, ind gennem Skoven, da Lundsgaardvejen var helt under Vand, det stod op til Gaardspladsen, ved Kauslund saa det farligt ud, store Bølger slog ind over Landevejen og styrtede ned paa Marken paa den anden Side, hun maatte flere Steder ind over Marken og gik i til over Knæene. Broen turde hun ikke være gaaet ud paa hvis Kauslundmanden ikke havde staaet der og hjulpen hende. Det indvendige Stykke af Landevejen er hulet ud og skyllet bort af Bølgerne. Gl. Chr. Andersen sov paa Hindsholm Stormnatten. D [”D” overstreget] En Del af Sarpsborg er skyllet bort ligesaa af Bøgebjerg Klint Kilden er borte med Springvand og det hele. Snoge og Hugorme blev forstyrrede i deres Vintersøvn, der laa mange druknede og en Snog sad paa en Gren ud over Vandet og lallede med Tungen. Det var stygt med den Stranding. Den ene stakkels Mand, en Tysker sad 16 Timer i Rigningen og svømmede til sidst i Land, hjulpen det sidste Stykke, da han ikke kunde mere, af Karl Nielsen. Men han syntes ikke det var noget videre, han havde gjort hele Krigen med. – Svanemøllen kom i Bagvind Søndag Efterm., da Vinden pludselig sprang, og Sønnerne var ikke hjemme saa det saa truende ud, da den begyndte at køre rundt, 2 Møller er brændt paa den Maade, men de kom til Stede og fik den standset. Nu ved jeg ikke om der er mere lokalt at fortælle om Stormen, Rylen og hvad der laa i Havnen tog ingen Skade. Her har været en lille sjov Retssag. Gl. Thomsen averterede i Kerteminde Avis, at hvad der kom af Kalkuner og andet Fjerkræ i hans Have, vilde han skyde og henlægge i Strandkanten. En af de første Dage røg en af Onkel Victors Kalkuner. Han meldte det til Politiet men [ordet ”men” overstreget] og forlangte 50 Kr. men lille Krarup kendte for Ret, at han ingen Penge skulde have. Og nu sætter han et lille lavt Staaltraad dernede som Kalkunerne kan skræve over. Fedtsyl. Saa snart Æblekassen kommer, bliver den fyldt og returneret og samtidig sendes Tæpper, Kittel og Støvler. I maa undskylde at det ikke er kommen før, men jeg har haft saa vanvittig meget. Fru Granberg sagde fra til Vadsken saa begge Pigerne maatte til det og jeg tage alt Husværket og meget andet. Jeg sendte Penge i Gaar, lad mig vide om I [det følgende indsat øverst side 1, på tvæs] har faaet dem og hvis ikke Kvittering. Jeres Far sender Dagbogen til Schiøler til jer, I maa se den og saa aflevere den Søndag Formiddag 30te paa Uraniavej. I kan jo godt give den til Andreasen hvis I ikke vil ind. Vi kan ikke sende direkte da det er en Søndag. – Nu kun 1000 Hilsner ogsaa fra Tante Ia og ogsaa til Tante Ugle.
 Jeres Mor.
 Torsdag</t>
   </si>
   <si>
-    <t>1921-02-22</t>
-[...47 lines deleted...]
-Din Far.</t>
+    <t>1923-02-27</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Frederiksberg</t>
+  </si>
+  <si>
+    <t>Uraniavej, 2000 Frederiksberg</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Peter Hansen
+Alhed Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Albert Naur</t>
+  </si>
+  <si>
+    <t>Johannes Larsen boede ofte på Uraniavej hos ornitolog og vekselerer Lehn Schiøler.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har solgt akvarellen "Lærke i Sne".
+JL og Alhed Larsen har en travl uge rent socialt med middag på Carlsberg, bryllupsfrokost hos Naur og besøg hos Peter Hansen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PuTo</t>
+  </si>
+  <si>
+    <t>Uraniavej 27 Februar 1923.
+Kære Lysse!
+Til Lykke ! Jeg haaber Du faar Bogen i Morgen. Dette er vel mere tvivlsomt. Vi sidder og venter paa Bilen. Vi kører herfra hen og tager din Moder med og derfra til Carlsberg. Der er solgt en Aquarel Lærke i Sne i Formiddags, den sidste af de mindre. Mange Hilsner og glædelig Fødselsdag. 
+Din Far.
+PS.
+Vi skal til Peters paa Onsdag og til Nauers Bryllupsfrokost paa Lørdag.
+JL.</t>
+  </si>
+  <si>
+    <t>1924-03-14</t>
+  </si>
+  <si>
+    <t>Uraniavej, Frederiksberg</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+- Frandsen
+Elisabeth Mackie
+Jens Rasmussen
+- Rhode
+- Svendsen, Fru</t>
+  </si>
+  <si>
+    <t>Jokum var en tam odder. 
+Johannes Larsen arbejder i Lehn Schiølers dobbeltvilla på Uraniavej, hvor der er en stor fuglesamling. 
+Kilde: Danmarks Fugle. Johannes Larsen og E. Lehn Schiøler. Redaktion: Malene Linell Ipsen. Johannes Larsen Museet, 2008.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen arbejder intenst med fremstillingen af tavler og tegninger til bogværket Danmarks Fugle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3Dso</t>
+  </si>
+  <si>
+    <t>Uraniavej 14-3-1924.
+Kæreste Alhed!
+Naa i Dag er det gaaet mig bedre jeg har klaret den første Tavle og kan nu begynde paa den næste i Mrg. tidlig. Jeg var hos Frandsen før og traf Rhode og vi saa paa Træsnittene. De havde ikke mange Penge, men han mente nok de kunde købe et Par af de mindste eller [ulæselig] mellem Størrelse. Vi udtog Haren Graaanden, de 2 Bekkasiner Sten[ulæselig], Krabbedykkeren og Rødhalsen Jokum og Solsorten. Frandsen skulde saa lægge dem til Side og i Løbet af et Par Dage skulde jeg komme ind og sætte Priser paa og Frandsen tage dem med til første Møde der finder Sted i en nær Fremtid. Jeg talte lidt med Frandsen da Rhode var gaaet og han mente at vi skulde holde Trykprisen flydende indtil Du havde prøvet hvordan det gik og altsaa ikke ikke binde os til noget for tidlig udover at det skulde forholde sig nogenlunde til Hjortetrykket. Kan Du nu skrive op og sende mig omgaaende hvad Du mener om Priserne paa Stokkene, saa skal jeg digte en Prisliste og konferere den med din inden jeg gaar derind og skriver Priser paa. Jeg syntes der var en Del jeg kom i Tanker om i Gaar efter jeg havde sendt Brevet men nu kan jeg ikke huske det. Jeg fik Tegning til Signering fra Fru Svendsen i Dag, den skal jeg sende i Mrg. Kirke[ulæselig] ringede i Dag om jeg ikke havde Lyst til at se Jens Rasmussens Gravsten der staar færdig hos Stenhuggeren. 
+Mange kærlige Hilsner
+Din
+JL.
+Har Du nu Putte mens Lomme er væk?</t>
+  </si>
+  <si>
+    <t>1924-03-16</t>
+  </si>
+  <si>
+    <t>Georg Larsen
+Eiler Lehn Schiøler
+Johannes Madsen</t>
+  </si>
+  <si>
+    <t>Lehn Schiøler bor i et dobbelthus på Uraniavej på Frederiksberg, hvor han har indrettet et fuglemuseum med plads til den store samling af fugle.</t>
+  </si>
+  <si>
+    <t>JL arbejder på tavler til bogværket Danmarks Fugle.
+Han beder Alhed Larsen om at sende bestemte bøger om fugle og ænder til København i forbindelse hermed. Han anviser ganske nøje for hende, hvilke hylder bøgerne står på i huset på Møllebakken i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9Z43</t>
+  </si>
+  <si>
+    <t>Uraniavej 16 Marts Søndg 1924.
+Kæreste Alhed!
+Tak for Brevet i Gaar og Chequen. Jeg skal nu gaa ind og tale med Hønsemanden og se at faa ham gjort begribeligt at han staar sig ved at tage et Billede for det Halve af det Hele. Jeg skal hilse fra Schiøler og sige at Du som sædvanligt har haft en god Ide, da du tvang mig til at blive. Jeg er nu omtrent færdig med den anden Tavle. Jeg kunde egentlig godt bruge de Studier jeg har begyndt i Discontokassen af Bjærgænder og Taffelænder men det er vel for besværligt at faa fat i dem og jeg klarer mig vel foruden. Vil Du faa Madsen til at pakke ind og sende mig med Posten "Bullers: Birds of New Zealand" 2 Bind der ligger paa de flade Hylder i Reolen ved Papegøjebøgerne, Schiøler vil gerne se noget i dem om Ænder, og dersom Du kan finde den en lille tynd Bog, af Sclater, der hedder noget som "presently known Species of Anatidæ" omtrent midt i Reolen ind mod Spisestuen mellem en hel Del tynde Bøger, vist længst til Højre i Rækken. Og altsaa helst omgaaende, Gross kan vel pakke dem ind hvis Du foretrækker det. Der er ogsaa en anden lille tynd Bog om Sydamerikas Ænder Svaner og Gæs der staar i Nærheden den maa Du ogsaa gerne sende med hvis Du kan finde den, men det er mindre vigtigt. Du skal ikke lade Buller vente paa nogen af disse dersom Du ikke strax finder dem. Ellers er her ikke noget at berette. Jeg tror jeg køber en Kurvekuffert og sender mit Snavsetøj hjem i. Mange kærlige Hilsner
+DIn
+JL</t>
   </si>
   <si>
     <t>1924-03-30</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
     <t>- Jacobsen, frøken
 Johannes V. Jensen
 Grethe Jungstedt
 Andreas Larsen
 Johan Larsen
 Marie Larsen
 Eiler Lehn Schiøler
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Orelund er et gods nær Mørkøv ved Holbæk. Treschow er gift med Lehn Schiølers datter Ellen (se denne) og overtog godset i 1923.
 Det er uvist, hvem Jens, som nævnes sidst i brevet, er. Der er en del muligheder.</t>
   </si>
   <si>
-    <t>Det Kongelige Bibliotek</t>
-[...1 lines deleted...]
-  <si>
     <t>Johannes Larsen har været syg og sengeliggende i flere dage i Schiølers bolig på Uraniavej på Frederiksberg, men har det bedre nu.
 Han får opringninger fra Johs. V. Jensen og flere besøg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/aDtB</t>
   </si>
   <si>
     <t>Kjøbenhavn 30 Marts. 1924!
 Kæreste Alhed!
 Tak for alle Brevene i Dag, de glædede mig meget. Schiøler siger at baade Puf og Lysse var hjemme i Gaar Aftes da Du telefonerede. Er Pufs Gartneri oversvømmet? 
 Tykke er i Dag kommen hjem fra Orelund og fortalte at hele Haven er en Sø og ved Svinestien er der et Vandfald over Vejen. I Aftes havde jeg kun 37 gr. og i Mrgs. 36,8 saa Dr. ST . gav mig Lov til at staa op og spise Frokost, saa kunde jeg gaa i Seng og hvis jeg ingen Temperatur havde maatte jeg staa op og spise til Middag. Det var dejligt at komme op og blive vasket og barberet efter ikke at have været i Berøring med Vand, udvendigt altsaa i en Uge. Jeg syntes det var for meget Ulejlighed at gaa i Gang og spise med Schiøler op i Museet hvor jeg har siddet og læst og nu nyder en Whisky og Soda mens jeg skriver dette. Jeg skulde bede Dig fra Schiøler at Du ikke kunde sende ham de smaa Bøger (Prøvebogen) da han længes efter at se dem igen. Det er morsomt at det Gaar godt med Sangsvanen. Jeg glæder mig til at se den, er den helt hvid? Eller er den gul (myrfarvet) paa Hoved og Hals og Undersiden?? Vil Du hilse Marie og Elle og Grethe. Jeg skal nok købe en pæn Klase Druer til Frk. Jacobsen, hun er heldigvis oppe igen og har det godt. Sikken et Søndagsvejr i Dag. I Morges sang Droslen og nu fløjter Solsorten her udenfor. Jeg gad vide om jeg ikke kan faa Lov at gaa ud i Mrg naar jeg nu har klaret mig saa godt i Dag, men jeg gør det ikke før jeg faar Lov til det. Jeg skal hilse mange Gange fra alle her. Johs. V. havde hørt at jeg laa og har ringet et Par Gange og i Gaar var Jens her henne med et Brev og et Par Bøger at læse i. Mange kærlige Hilsner
 Din
 JL.</t>
+  </si>
+  <si>
+    <t>1924-05-13</t>
+  </si>
+  <si>
+    <t>Uraniavej, Frederiksberg
+Filsø
+5000 Odense
+5300 Kerteminde</t>
+  </si>
+  <si>
+    <t>- Frandsen
+Achton Friis
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Ellen Dorothea Lehn Schiøler
+- Rhode</t>
+  </si>
+  <si>
+    <t>Eiler Lehn Schiøler boede på Uraniavej. Tavlerne og billedet af duehøgen er Larsens illustrationer til Lehn Schiølers bogværk Danmarks Fugle. 
+Rylen er en ombygget Kerteminde fiskerbåd, som i årene 1921-24 var ekspeditionsskib for JL og Achton Friis på deres sejlads rundt mellem de danske øer under forberedelsen af bogværket De Danskes Øer. Skibet er i dag museumsskib for Østfyns Museer.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har svært ved at træffe en aftale med Rhode, som han vil overtale til at købe et træsnit i stedet for en radering, da det tager 14 dage at lave sidstnævnte, og JL har ikke den tid. Han skal skynde sig til Filsø for at male billeder til en udstilling planlagt i Odense til maj og derefter i juni på sejlads med Rylen. Det store lærred er endnu ikke ankommet, og det irriterer også JL.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Okqm</t>
+  </si>
+  <si>
+    <t>13. Maj 1924 Uraniavej
+Kæreste Alhed!
+Tak for Brevet i Dag. Det var uheldigt at jeg sendte Dig Pengene i Gaar for nu har jeg jo ingen til at betale den grand danois Mand med. Det er rigtig nok at jeg forstod at han vilde tage et Billede for Halvdelen af hele Summen og han kan jo heller ikke faa ret meget Billede, hvis det ikke er Meningen, men jeg kan jo heller ikke saa godt gaa ind og tale ham til Rette naar jeg ikke har Penge til at betale med. Jeg har ringet til Rhode, jeg vilde være gaaet derud i Aften, da Schiølers skal ud, men han skulde ogsaa ud. I Mrg. Aften kunde han heller ikke saa vi aftalte at mødes hos Frandsen Kl. 4. Det er jo i Arbejdstiden, men det kan jo ikke blive anderledes. Jeg skal gøre hvad jeg kan for at faa ham til at tage et Træsnit. Jeg kan ikke indlade mig paa at lave Radering og naar jeg kommer hjem maa jeg over til Filsø for at faa malet nogle Billeder til den Udstilling i Odense, som jo maa laves senest omkring. Midten af Maj, da jeg jo skal ud med Rylen til Juni. Der bliver altsaa ikke Tid til at spilde 14 Dage som det vil tage at lave en Radering, naar jeg kommer hjem. Jeg var ude i zoologisk Have i Eftermiddag og tegne efter et jammerligt Exemplar af en Duehøg, men jeg skal nok lave en Tegning ved Hjælp af Schiølers udstoppede. Det er ikke nemt at faa Fred til at arbejde med Tavlerne, det er svært at komme i Gang, men jeg skulde dog kunde tjene 500 Kr. om Ugen, nu da jeg faar 250 pr. Stk. og saa Gaar da Tiden til det forbandede Lærred kommer. Du maa endelig lade mig det vide omgaaende naar Du hører fra dem, jeg bad dem skrive til Kjerteminde. Det er nok ikke noget videre morsomt Brev dette. Maaske bliver det bedre i Mrg eller Overmorgen. Hils Puf mange Gange, ogsaa Lysse.
+Din
+JL?</t>
   </si>
   <si>
     <t>1924-11-19</t>
   </si>
   <si>
     <t>Hareskov?</t>
   </si>
   <si>
     <t>Uraniavej   1878 C
 Valby 1799 V
 Brønnum</t>
   </si>
   <si>
     <t>Christian Gulmann
 - Jacobsen, frøken
 Johan Larsen
 Eiler Lehn Schiøler
 Annette Schiøler
 Eiler Schiøler
 Jørgen Schou
 Marie Schou
 Nalle Schou
 Viggo Stockfleth
 Fritz Syberg
 Hans  Syberg</t>
@@ -315,190 +451,92 @@
 Grethe Naur
 Janna  Nielsen
 Kai Nielsen
 Theodor Oppermann
 Johannes Rump</t>
   </si>
   <si>
     <t>Alhed Larsen opholder sig på Hareskov Sanatorium efter nogle hjerteanfald ( Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)
 Duetavlen er formentlig en illustration til det planlagte 10-binds værk om Danmarks fugle. Imidlertid gik initiativtageren Lehn Schiøler konkurs og døde nogle år senere. Der blev kun udgivet tre bind. To bind om Danmarks andefugle og et bind om Danmarks rovfugle.</t>
   </si>
   <si>
     <t>Johannes Larsen er muligvis færdig med billedet på Christiansborg. Han arbejder på at rejse penge til udstillingen om Kai Nielsen. Taler med mange mennesker.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wjaU</t>
   </si>
   <si>
     <t>Uraniavej 26 Nov. 1924
 Kæreste Alhed!
 Det er svært for mig at finde ud af hvormeget jeg har faaet fortalt Dig i Telefonen og hvad jeg har glemt, der foregaar saa meget i disse Dage. I Formiddag har jeg været hos Rump der stadig mener at have ofret nok paa Kaj, og hos Munch Petersen der nok vilde bidrage med et mindre Beløb. Schiøler og jeg var til Frokost hos Bryggeren sammen med Biologen, og havde hyggeligt. De var meget begejstrede for Prøveheftet. Nu kan Du jo se paa det, Schiøler har sendt Dig et i Formiddag. Da vi gik fra Carlsberg mødte vi Janna og Fru Naur udenfor, de havde været ude at se til Kajs Grav og fulgtes med os til Sporvognen. Jeg havde tænkt at male videre paa Duetavlen i Eftermiddag men det er saa mørkt at jeg ikke kan se; saa jeg vil gaa ind til Kyster og se at faa de Bøger af Ludvig Holstein naar jeg har skrevet dette. Jeg havde Brev fra Puf i Morges han har det godt og jeg skal skrive til ham i Morgen. Du ved vel ikke Jannas Telefonnummer saa vi faar vel ikke talt sammen i Aften, det er ogsaa idiotisk at jeg ikke har faaet Dit, men jeg vil se efter i Telefonbogen og saa ringe der ude fra i Aften. I Mrg. Kl. 11 skal jeg op paa Slottet og have en Anvisning paa Pengene og Regningen paa Lærredet som ikke er betalt. Begge Del sender jeg saa til Esben Hansen. Du kan tro det er en Lettelse at have alt vel overstaaet. Mange kærlige Hilsner Din JL.
 P.S.
 Jeg skal hilse Dig fra en hel Masse Mennesker som jeg i de sidste Dage har talt med men jeg kan ikke finde Rede i hvormange af dem jeg da afleverede i Telefonen. I Dag Rump og Munch Petersen og Bryggeren og Biologen; i Gaar Oppermann, Peter o.s.v.
 JL</t>
   </si>
   <si>
-    <t>1923-02-27</t>
-[...12 lines deleted...]
-Peter Hansen
+    <t>1924-12-04</t>
+  </si>
+  <si>
+    <t>Esben Hansen</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>5000 Odense
+Uraniavej, Frederiksberg</t>
+  </si>
+  <si>
+    <t>Esben Hansen
 Alhed Larsen
-Johan Larsen
-[...117 lines deleted...]
-JL?</t>
+Johannes Larsen
+Eiler Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv (i kopi)</t>
+  </si>
+  <si>
+    <t>Bankmanden Esben Hansen i Odense har sendt et pengebrev på 500 kr. til Johanne Larsen, der opholder sig hos Lehn-Schiøler på Frederiksberg. Brevet er endnu ikke ankommet, og Johannes Larsen står uden penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KA1V</t>
+  </si>
+  <si>
+    <t>Odense, 4. December 1924.
+Kære Herr Larsen!
+Tak for Deres Brev i Dag! Jeg er ked af, at De staar uden Penge - for flere Dage siden sendte jeg et Pengebrev Kr. 500.- til Deres Adresse til Schiølers paa Uraniavej. - 
+Hvis De endnu ikke har modtaget dette (jeg skrev at det evt. skulde omadresseres) vil De venligst sende mig et kort Telegram og jeg skal omgaaende sende Penge. -
+Ja, det er morsomt med Salget og bare det maatte fortsætte - jeg synes det er særlig storartet, naar man tager Hensyn til de elendige Tider! Det er længe siden, jeg har hørt fra Deres Frue - (Forsikringsselskabet godtgør kr. 6 pr. Dag fra en af de første Dage i September og til den Dag Deres Frue bliver skreven fuldstændig rask, men det er jo et underordnet Spørgsmaal, naar bare det nu gaar bedre.) - 
+Jeg venter at høre nærmere fra Dem om jeg skal sende Penge. -
+Deres 
+Esben Hansen.</t>
   </si>
   <si>
     <t>1924-12-11</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kerteminde</t>
   </si>
   <si>
     <t>Alhed Larsen
 Johan Larsen
 Johannes Larsen
 Marie Larsen
 Eiler Lehn Schiøler
 Helga Lehn Schiøler
 Ellen  Sawyer
 - Stockfleth, fru
 Hanne With</t>
   </si>
   <si>
     <t>Lehn Schiølers bor på Uraniavej.</t>
   </si>
   <si>
     <t>Alhed Larsen har netop været til stor fødselsdagsfest for sanatoriets læge.
 Nu er hun hos specialist i København. Om lørdagen rejser hun hjem for at tage sig af de mange forberedelser til juledagene.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MrrH</t>
   </si>
   <si>
     <t>Kæreste Lausi!
 Jeg har ikke faaet skreven et Par Dage, her har været saa meget, saa Tiden er løben fra mig. I Onsdags var det Doktorens Fødselsdag, her var Festmiddag og vi forærede ham en pragtfuld Blomsterdekoration, som P's Fætter, hans Kone og en Bankmand var i København at købe. Om Aftenen var her Koncert af Doktoren og to Damer, vi var alle i fint Tøj, det var meget festligt. I Morgen tager jeg herfra, Lørdag er almindelig Rejsedag, fordi der ikke er Lys[ulæselig] og deslige og jeg syntes ikke det kunde nytte at begynde paa næste Uge, da der paa Onsdag kun er 8 Dage til Juleaften. Jeg er meget skuffet over, at Maraje ikke er rejst hjem endnu jeg havde Brev fra Elle i Aftes men nu kan det jo være, at hun er rejst i Dag, det er meget knap Tid til Vadsk, Bagværk, Gæs og anden Mad, og lidt Rengøring skal der jo ogsaa til. Jeg maa være et Par Dage i København for at gaa til Specialist, - det har han sagt - og købe Julegaver sammen med Lysse, og saa maa jeg Hjem at sætte Gang i det. Fru Schiøler ringede i Midddags om jeg saa kom ud i Efterm. at se paa Storkebillede med Sch. og Dr. Stockfl. 
@@ -590,88 +628,50 @@
 Halmstad, Halmstad</t>
   </si>
   <si>
     <t>Chr Freuchen
 Esben Hansen
 Vagn Jacobsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Eiler Lehn Schiøler og hans familie boede på Uraniavej.
 Foch var en jagthund.</t>
   </si>
   <si>
     <t>Johannes Larsen er i selskab med brygger Vagn Jacobsen fra Carlsberg, først til en overdådig frokost og dernæst på en tur til Ringsted for at se hans nye hus og have. Han giver også et billede til bryggeren og får en hund kaldet Foch i stedet. 
 JL fortæller, at en bekendts bror, som er elev på "Kjøbenhavn" netop er vendt hjem fra sejlads medbringende bla. en abe fra Java.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wz2G</t>
   </si>
   <si>
     <t>Uraniavej 16 Aug 1926.
 Kæreste Alhed!
 I Dag var jeg altsaa til Frokost hos Bryggeren, mægtige Taskekrabber og Brændevin, jeg spiste 2 og Bryggeren 3. Efter Aftale med Lysse i Gaar blev vi altsaa enige omt følges derop paa Fredag med 10 Toget om Frmdg, som sædvanligt saa vi er i Halmstad ved 4 Tiden, hvor vi venter at se Lysse. Bryggeren glæder sig vældigt til Turen og jeg ikke mindst. Fru Br. har det ikke saa godt i disse Dage saa hun tager ikke med men kommer maaske op og henter ham. Jeg skal med ham ud til Ringsted i Mrg 4,17 vi tager Mad med fra Carlsberg for den Hotelmad er sgu ikke til at holde ud i Længden siger han. Vi skal ud at se paa Haven og hvordan det skrider frem med Huset. Jeg har nu afleveret den sidste Tavle og tager saa 500 Kr. og sender de 1000 til Esben. Lige saa faar jeg 500 fra Hage &amp;amp; Clausen for Nattergalen og maaske kan jeg faa lidt hos Gyldendal jeg skal op og snakke med dem i Mrg. Bryggeren spurgte om jeg endnu havde Vintræet fra Vinskoven og spurgte om jeg ikke kunde tænke mig at handle med ham saaledes at jeg fik Foch i Stedet, hvilket jeg gik ind paa. Foch var med til Frokosten og laa pænt inde i Havestuen og rendte rundt i Haven bagefter. Chr Freuchens Broder der har sejlet Jorden rundt som Elev med "Kjøbenhavn" kom hjem i Forgaars og havde en lille javansk Abe med til Tykke, det er en Dans der hedder Sussi, den er meget sød, men skal vist underholdes hele Tiden for at finde sig til Pas og den er bleven mig tilbudt i Eftrmdg. uden at jeg dog har reflekteret på Tilbudet. Mange kærlige Hilsner
 Din
 JL.</t>
-  </si>
-[...36 lines deleted...]
-Esben Hansen.</t>
   </si>
   <si>
     <t>1926-10-12</t>
   </si>
   <si>
     <t>Christian Treschow</t>
   </si>
   <si>
     <t>Mørkøv</t>
   </si>
   <si>
     <t>Orelund, 4440 Mørkøv
 Uraniavej, Frederiksberg C</t>
   </si>
   <si>
     <t>Alhed Larsen
 Johannes Larsen
 Eiler Lehn Schiøler
 Ellen Dorothea Lehn Schiøler
 Christian Treschow
 Frederik Treschow</t>
   </si>
   <si>
     <t>Ellens far Lehn Schiøler bor på Uraniavej på Frederiksberg.</t>
   </si>
@@ -865,51 +865,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dqi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yh33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjaU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PuTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Dso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Z43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MrrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wz2G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KA1V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MPAR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/4Dqi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PuTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Dso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Z43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yh33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjaU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KA1V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MrrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wz2G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MPAR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M19"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -949,753 +949,753 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="inlineStr">
+      <c r="E2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F2" s="5" t="s">
-[...40 lines deleted...]
-      <c r="F3" s="5" t="inlineStr">
+      <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G3" s="5" t="inlineStr">
+      <c r="H2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="I2" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="J2" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="L2" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="M2" s="5" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
+      <c r="F3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G3" s="5" t="s">
+        <v>28</v>
+      </c>
       <c r="H3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>33</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H4" s="5" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="G5" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>37</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G6" s="5" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>65</v>
+        <v>25</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="s">
         <v>67</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>68</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>69</v>
       </c>
       <c r="J8" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>66</v>
-[...4 lines deleted...]
-        </is>
+        <v>60</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="G9" s="5" t="s">
         <v>75</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>76</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>77</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>78</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>79</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>81</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>66</v>
-[...4 lines deleted...]
-        </is>
+        <v>60</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="G10" s="5" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G11" s="5" t="s">
-        <v>88</v>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H11" s="5" t="s">
         <v>89</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>90</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>92</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>94</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="5" t="s">
-        <v>95</v>
-[...4 lines deleted...]
-        </is>
+        <v>96</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>97</v>
       </c>
       <c r="G12" s="5" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
-        <v>31</v>
+        <v>100</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>66</v>
+        <v>97</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>123</v>
+        <v>15</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>37</v>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="s">
         <v>125</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="I16" s="5"/>
+      <c r="I16" s="5" t="s">
+        <v>127</v>
+      </c>
       <c r="J16" s="5" t="s">
-        <v>127</v>
+        <v>49</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>128</v>
       </c>
       <c r="L16" s="6" t="s">
         <v>129</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>131</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>132</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>133</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G17" s="5" t="s">
         <v>134</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>135</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>136</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>137</v>
       </c>
       <c r="L17" s="6" t="s">
         <v>138</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>140</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F18" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>142</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>135</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>144</v>
       </c>
       <c r="L18" s="6" t="s">
         <v>145</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>147</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>148</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>149</v>
       </c>
       <c r="E19" s="5" t="inlineStr">