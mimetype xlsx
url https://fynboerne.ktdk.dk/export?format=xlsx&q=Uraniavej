--- v1 (2025-12-08)
+++ v2 (2026-03-11)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="157" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>