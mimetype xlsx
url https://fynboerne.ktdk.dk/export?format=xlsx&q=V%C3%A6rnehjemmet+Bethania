--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -44,329 +44,188 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1891-9</t>
+    <t>1890 november</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
-    <t>Værnehjemmet Bethania</t>
-[...2 lines deleted...]
-    <t>Christian  Brandstrup
+    <t>København</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Thora -
+Johanne Christine Brandstrup
+Ludvig Brandstrup, billedhugger
 Julie Brandt
-Ludvig Fenger
+Christian Caspersen
 Arnold Emil Krog
+Frederik  Liebenberg
+Christine  Mackie
+Johanne Oppermann
+Theodor Oppermann
+Paul Petersen
+Anna Rosenørn
+Ellen  Sawyer
+Fanny Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>Alhed bor muligvis på Værnehjemmet Bethania. 
+Banko er en punch.
+Det er muligvis F.L. Liebenberg der nævnes. 
+Max er muligvis Niels Christian Caspersen. Det er uvist hvem Thora er.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2095</t>
+  </si>
+  <si>
+    <t>Alhed beskriver detaljeret sit første besøg på Porcelainsfabriken. Går lange ture og besøger familie og venner. Hun laver gymnastik om morgenen sammen med nogle andre piger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oyxZ</t>
+  </si>
+  <si>
+    <t>Kæreste Moder!
+Tak for Dit lange Brev! Jeg skønner forfærdeligt paa at faa Breve, særlig lange; ligeledes morer det mig at skrive hjem, da jeg bestandig synes, jeg har noget interessant at fortælle; nu har jeg igen Stof til et langt! Da jeg fik Dit Brev(i Morges), havde jeg endnu ikke været ude paa Fabrikken, skønt jeg var nysgerrig efter at se det hele, havde jeg i dog trykket mig lidt ved at gaa derhen alene! Men jeg var strax paa det rene med, at det ikke gik at skrive hjem [overstreget:at] uden at have været der, og jeg iførte mig derfor strax (trods Regn og trods Blæst) mit Tøj og vandrede derud! Det var en meget interessant tur hvorfor den skal have en detailleret Beskrivelse! – Hele Historien er uhyre storartet; den kng. Porcelainsfabrik er slaaet sammen med [overstreget: Alumia] Aluminia og Fajancefabriken og bestaar af en Mængde store Bygninger, der ligge paa en stor Plads indhegnet af en høj Træmur. Da jeg var kommen ind gennem en stor Port, fandt jeg en Portner, der i Forening med sin Kone formelig smed mig paa Døren og erklærede at her kom ingen ind, uden at han specielt havde Ordre fra Direktøren; tilsidst var han dog saa naadig at sige, at jeg kunde jo gærne prøve paa at gaa over paa Inspektionskontoret paa den anden Side af Pladsen. Saa vandrede jeg derover; men det var lettere sagt end gjort, for jeg var lige ved at fare vild mellem de Masser af Pakhuse, Kulrum, Bagerovne, Dampskorstene, Retirader, o.s.v., o.s.v. Endelig fandt jeg derop på 1ste Sal. Først kom jeg gennem en tom Stue, derpaa ind i en stor Sal, hvor der stod en lang gnaven Fyr med Forklæde paa og experimenterede med Kemi; han sagde blot, at jeg kunde gaa videre, saa fandt jeg nogen. Derpaa kom jeg ind i en Slags Salon hvor der laa en 4-5 Malere smidte paa Stole og Sofaer og røg; de fløj op, da jeg kom ind,- rimeligvis havde de en ond Samvittighed og trode, at det var Krogh. Jeg fremførte mit Ærinde og spurgte efter Krogh; ja, han var ikke til Stede men en af dem ”vilde tillade sig at ledsage Frøknen op paa Malersalen”. – I Salen ved Siden af Salonen stod en Del tomme Borde og Staffelier, og i det ene Hjørne sad en lille flittig Maler og arbejdede der kom vi igennem, derfra ud paa en Gang, op ad en stor Trappe og ind i en mægtig Sal; men Du kan ikke tænke Dig min Forfærdelse, da han lukkede Døren op derind til! Noget saa uhyggeligt har jeg sjældent set; der var helt fuldt af Piger rigtige Fabrikpiger, pjaltede og uhyggelige at se paa, saa jeg begyndte rigtig nok at grue ved at tænke paa at her skulde være mit fremtidige Opholdssted! – Men i det samme kom den lille flittige løbende og sagde til den anden, at det var vist galt, og da de havde spurgt mig lidt ud, kom de til det Resultat, heldigvis, at det ikke var der. – Saa gik vi ned igen og endelig lykkedes det mig da at komme ind i den Sal hvor mine fremtidige Kolleger sad og arbejdede! – Men tænk Dig der var kun 4, og jeg bliver den 5te. De sad i en stor lys Stue ved hver sit lille Bord; det hele gjorde et i høj hyggeligt og tillige kunstnerisk Indtryk! – Damerne selv vare meget elskværdige og indladende, og da de hørte at jeg skulde male der, præsenterede de sig. Den ene af dem var en Søster til Billedhugger Oppermann jeg kendte lidt til hende fra sidste Vinter og hun kunde ogsaa nok kende mig; hun skal være en brilliant Pige. De andres navne kan jeg slet ikke huske og jeg glemte at sige mit eget. Men som sagt de var meget indladende og fortalte og forklarede mig en Del om det. Langs den ene Væg var lange rækker af Hylder og paa disse staar Vaser af alle Størrelser, Fade, Tallerkner, krukker o.s.v. og af dette vælger enhver, hvad den ønsker at dekorere. Dette er imidlertid forfærdelig skørt og maa behandles med største Varsomhed (det bliver malet inden det bliver brændt). Enhver medbringer selv Pensler alt andet faar de udleveret. Man arbejder 7 Timer daglig, fra 9-4; men, sagde de, vores lille gemytlige Frokost tager gærne ½ Time, det var ikke ganske unge Piger, men de gjorde et meget livligt og gemytligt Indtryk; den ene saa nu ogsaa temmelig alvorlig ud; hende spurgte jeg om Pengesagerne; hun fik 15 Kr. om Ugen, men i Begyndelsen havde hun faaet meget mindre, og lige strax vist slet ingenting. De sagde alle at jeg kunde glæde mig til det, og at det var meget interessant, men i Begyndelsen vilde det nok volde mig en Del Bryderier. ---
+Du ser saaledes at jeg kommer i godt Selskab, og jeg glæder mig uhyre til at begynde; Jeg er naturligvis nok lidt ængstelig for hvordan det vil gaa mig, men jeg haaber nok, jeg skal komme efter det; man maa lave lige hvad man vil! – Dette er altsaa i Korthed, hvad jeg har at sige om mit Besøg paa Fabrikken. --- De havde store Bluseforklæder paa og gamle Kjoler.
+Skal jeg ikke have min gamle blaastribede herind at sidde med om Formiddagen derude? Og saa er det vel bedst at jeg køber noget Bomuldstøj og lader den lille i Istedgaden sy mig to store Forklæder? – Min nye Kjole havde jeg paa 1ste Gang i Gaar, den er meget nydelig og fiks og vandt alles Bifald (ogsaa Bedstemoders og Onkel Luds!) jeg var ogsaa henne at præsentere mig for Komtessen! Dette skulde kun have været en Visit men da hun skulde spise til Middag Kl. 2, kunde jeg ikke slippe for at spise [overstreget: til Middag] med. Bagefter gik vi ud og saa Fabrikken udenpaa, derfra ud paa Fasankirkegaarden, ud paa Roskildelandevejen, langs Søndermarken og gennem Frederiksberghave hjem, det var en ordentlig Tur, og da jeg kom til at fortælle at jeg om Morgenen havde fulgt Brandt ud paa den anden Side af Trianglen, blev Komt. saa altereret, at jeg skulde have Sjerry, da vi kom hjem og sidde og sove i Sofaen den halve Time inden jeg skulde hen til Liebenberg. Ja, Du har rigtignok Ret i, at Komt. er mageløs mod mig, hun sagde at naar der bare gik 2 Dage, uden at jeg var der, saa trode hun at der var noget galt paa Færde! – Det var en hyggelig lille Middag× hos Liebenberg jeg kan brilliant lide de hos Onkler! Max og Thora vare 
+×[tilføjet langs kanten] Suppe – Dyresteg – Makronbudding – Rødvin, og en storartet californisk Vin
+ogsaa bedte men kunde ikke komme. – Onkel Lud synes udmærket om Porcelainsmalingen, han mener nok, det kan føre til noget og at det ligger for mig! – Det er for sent med Julekort for i Aar, jeg har spurgt mig for et Sted, men de havde fuldt op allerede. – Min Kjole kostede 6-65, min Hat præcis det samme, var det ikke kunstigt? Hatten er brun, mørk og bredskygget og skal klæde mig pænt; da det løb saa meget op, pyntede jeg den selv, dette vilde de tage 1½ Kr. for!
+Jeg gør gymnastik hver Morgen fra 6¾ - 7¼, er det ikke morsomt? 2 af de unge Piger, der læse til Gymnastikexamen hos Poul Petersen giver for Fornøjelsens Skyld og for at øve sig i at kommandere dett Kursus. Vil du ikke til dette Brug(sammen med det Kød til Bedstem.×)sende et af de gamle Jersejliv, dette bruger jeg da sammen med Elles blaae Underskørt; for en af de andre kan vel ikke undvære deres Gymnastikdragt?
+×[tilføjet langs kanten] der er et gammelt blaat med [overstreget:Rø] rødt Fløjl.
+Jeg har brugt min Kaabe i disse Dage. Vil Du ligeledes sende mine Malerpensler; samt den grove Rulle aparte Traad, jeg bruger til Chrs. Krave, den er vist i min Kommode et Sted. – De franske Timer skulde være uden Lærerinde, vi skulde blot læse nogle Bøger sammen og tale tillige, men da Malingen tager saa lang Tid er jeg bange de ryger i Luften; det tager mindst ½ Time at gaa ud til Fabrikken --- Det glæder mig i høj Grad, at Du har taget den Beslutning helt at holde Dig i Ro, bare Du nu vil holde strængt over det; men jeg troede rigtignok Du var kommen anderledes til Kræfter nede paa Glorup. Du maa endelig skrive hver Gang, hvordan Du har det. Frk. Rosenørn sender Hilsen. Hun er saa rar imod mig, har 2 Gange inviteret mig til at holde Mørkning hos sig og givet mig Pærer og Banko. – Nu er det nok paa Tide at slutte, Brevet er næsten bleven for langt igen, men I kommer vel igennem det.
+Tusinde Hilsner til Eder alle fra Din Alhed.
+Mandag Eftermiddag</t>
+  </si>
+  <si>
+    <t>Christine Bentzon
+Harriet Bentzon
+Povl Bentzon
 - Laudrup
 Christine  Mackie
-Anna Rosenørn</t>
-[...19 lines deleted...]
-Kan du ikke sende mig noget Brevpapir, jeg er udgaaet som Du ser Havde tænkt at stjæle det og Frimærker, men glemte det</t>
+Marie Schou
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen boede i november 1891 på Værnehjemmet Bethania i København. Derefter flyttede hun ind og boede til leje hos Laudrups. Anna Hansen, g. Syberg, lejede her naboværelset.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2163</t>
+  </si>
+  <si>
+    <t>Laura Warberg er velkommen til at komme på besøg.
+Alhed ved ikke, om det er det rigtige tidspunkt at søge efter ny bopæl. Hun og hendes to søstre kunne vel godt bo sammen. Hun vil spørge Fru Laudrup, om de kan leje værelser hos hende.
+Alhed har været i teatret med Fru Bentzon, som Marie Hansen, g. Schou, kender. Alhed har været med på besøg hos Bentzons, som bor meget dejligt i en villa i Frederiksberg Have. Manden spiller og synger meget smukt. Han er søn af Bentzons, som Laura kender.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mCHc</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Tak for Dit Brev! det var jo kedeligt, at Du saa længe havde ventet forgæves paa Brev fra mig, men det var gaaet mig ligesaadan. -
+Jeg sender ingen Maal paa Madratsen, da den altsaa nu er afsendt. - Baade Marie og jeg ville forfærdelig gærne have Dig herind en lille Tur, og Du kan brillant bo hos os; Anna er rejst hjem igen; hun kommer rimeligvis igen sidst i Maaneden; Chr har vel fortalt, at hun skal male ude paa Fabriken? - Om denne Tid netop, er den heldigste til at forhøre om en Bopæl til os i, er det mig umuligt at faa noget bestemt at vide om, da jeg ikke ved, hvem jeg jeg skal spørge derom, men jeg tror ikke, der er nogen synderlig Forskel paa det; selv ["selv" overstreget] hvis vi kunde blive ved at bo, som Marie H og jeg nu bor, vilde vi jo kunde spare voldsomt; og jeg tror virkelig, at Folk, især naar vi ere tre Søstre, ikke finder det anstødeligt; vi kunde jo godt leje hos en Familje, som vi havde lidt at gøre med. - Jeg skal inden Onsdag se at faa talt med Fru Laudrup, ["," overstreget] og saa skrive, hvad hun mener, mulig vi kunde leje nogle Værelser hos hende. - - - I Aftes var vi i Theatret at høre Tannhäuser sammen med den unge Fru Bentzon født Drachmann, det var en storartet Aften; disse Bentzons kender Marie fra Fredensborg, Fru B. kom her forleden for at invitere M. ud til sig og blev saa bedt med. "hun kendte mig godt gennem Ludvig" - sagde hun. De har en lille henrivende Villa ude ved Frederiksberg Have, aldeles fuldkommen i alle Retninger, med mange Kunstsager o.s.v. som de har har ført hjem fra Italien. Endvidere har de en dejlig lille Dreng paa 4 Aar. - Manden spiller og synger saa smukt; han var voldsom elskværdig; Søn af Landinspektørens, Du kender. Han er Dr. j'uris, og er bleven Professor i disse Dage. - - - - Jeg er saa uoplagt til at skrive i disse Dage, da jeg er ilde til Pas paa Grund af en Generalforkølelse. Derfor er dette Brev saa kedeligt. - Mange kærlige Hilsner til Eder alle!
+Din Alhed</t>
   </si>
   <si>
     <t>1890-11-20</t>
   </si>
   <si>
     <t>København
 Værnehjemmet Bethania</t>
   </si>
   <si>
     <t>Thora -
 Vilhelm Bissen
 Johanne Christine Brandstrup
 Ludvig Brandstrup, billedhugger
 Hans Christian Caspersen
 Arnold Emil Krog
 Frederik  Liebenberg
 Christine  Mackie
 - Paulsen
 Anna Rosenørn
 Fanny Schaffalitzky de Muckadell
 Vilhelmine von Sperling
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Alhed Larsen kendte flere personer med navnet Thora. Det er svært at afgøre, hvilket Thora der i dette brev er tale om.
 Skjoldemose er en herregård under grevskabet Muckadell. Den ligger i Stenstrup på Fyn. 
 En havelock er en frakke med overstykke.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2135</t>
   </si>
   <si>
     <t>Alhed Larsen er blevet antaget på Porcelænsfabrikken og kan begynde 1. december. Hun er flyttet ind på Værnehjemmet Bethania. Hun er ved at få syet en kjole.
 Alhed har været hos komtessen, som gav hende et par handsker. 
 Den følgende dag skal hun til Bissen og stå model til hans Diana.
 Tante Mis skal til Berlin og hente komtesse Olga. 
 Alhed beder sin mor om at sende diverse samt at få hendes frakke farvet brun.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/hYZJ</t>
   </si>
   <si>
     <t>Værnehjemmet 1ste Afd.
 20/11-90
 Kæreste Moder!
 Allerførst den glædelig Efterretning, at jeg er antaget! - Jeg havde nu i otte Dage gaaet i spændt Forventning, og var til sidst bleven helt urolig for Udfaldet, men saa i Aftes blev Onkel Lut og jeg enige om, at jeg godt, uden at være paatrængende, kunde gaa ud til Krogh og forhøre om Sagernes Stilling. - Jeg blev meget venligt modtagen og fik følgende Oplysninger: Etatsraaden havde været syg, derfor var det trukken ud. Han har først Plads til mig d 1ste December, men jeg maa inden den Tid frit gaa ud paa Fabrikken (for Enden af Smallegade, over for Sporvognstationen,) og se paa det, og saa iøvrigt gøre Udkast og øve mig paa egen Haand. indtil den Tid ["indtil den Tid" indsat over linjen] Det er netop saadan noget, jeg skal male, som det, jeg saa inde paa Udstillingen i Vimmelskaftet. - Jeg flyttede allerede i Mandags herud på Værnehjemmet; der kom Brev fra Frk. Rosenørn, at nu havde hun et Værelse i Stand til mig, og da Max kom og Thora netop i de Dage havde saa meget med Fødselsdage og anden Selskabelighed, syntes jeg, at det var ligesaa godt at flytte strax. Jeg har et rigtig rart lille Værelse med til Pas Varme. - Tak for Dine to Breve og den nydelige Kjole; allerede inden Dit andet Brev kom, havde jeg baaret Tøjet hen til hende, der syde min sorte, og aftalt Façonen med hende. Den bliver syt med spansk Trøje (rund) og det hvide i Kanten af denne, og et poset Stykke ned foran; en hvid Figur paa hvert Ærme. Nederdelen bliver stive Læg og rynket bagpaa ["bag" indsat over linjen]. Jeg var henne at prøve den i Dag, saa vidt jeg kan se, klæder Farven mig udmærket; jeg glæder mig til den; den skal paa første Gang paa Søndag til Middag hos gl. Liebenberg i Anledning af Luts 11 Aars Jubilæum. - Saa var der et ["et" overstreget] ogsaa et Underskørt i Pakken, men var det ikke en Fejltagelse, tænker Du paa det grønne, farvede? - I Gaar var jeg hele Dagen hos Komtessen; hun var rask og i godt Humeur og forfærdelig optaget af, om det blev til noget; hvis det ikke blev, skulde jeg som en lille Erstatning komme hen hos hende en Tid og saa skulde hun more mig paa bedste Maade! Jeg fik et Par lækre 4 Knaps Skindhandsker af hende. Paulsens var nede til Middag; Blaa og Benny sputrgte ["T" midt i ordet overstreget], om jeg ikke vilde være med at læse fransk et Par Gange om Ugen. - Vi vare bedte paa en Hare fra Skjoldmose. - I Morgen skal jeg til noget meget interessant! Bissen arbejder for Tiden paa "en triumferende Diana", men mangler et passende Haar at se efter. Onkel Lut havde allerede inden jeg kom herind sagt, at mit vist kunde passe; nu i Morgen skal det vise sig, saa skal jeg hen og præsenteres; jeg glæder mig til at se den store Mand. - Tante Mis kom her til Byen i Dag og rejser i Morgen til Berlin for at hente Komtesse Olga; hun glædede sig forfærdeligt og bad mig hilse mange Gange. - Vil Du ikke, naar Dis sender mit Tøj, tillige sende: 1. min Klædebørste (den lille korte) 2. nogle Klude at pudse min Lampe med 3. mit lille blaa Sjawl 4. min røde Vest at have under min Kaabe 5. noget Stoppegarn (Naal har jeg) og 6. kan jeg ikke ogsaa faa en Julegave at sy af alt det, Du købte? - 7 Den Krave, jeg syr til Chr., den ligger vist ["vist" indsat over linjen] i min Arbejdstaske i min Komode. Og mon jeg ikke ogsaa skal have min Havelock herind til Regnvejrsbrug; den er vist meget snavset, men da jeg er saa ked af Farven, he ["he" overstreget] vil jeg hellere have den farvet end renset. Hvis det bliver i Odense, saa lad den endelig blive brun. -
 Det er dejlig, at Du har haft saa godt af Din Tur, skam Dig nu endelig saa meget som muligt! - Posten skal blive Besørget i Morgen, jeg naade det ikke i Dag, da jeg først skulde op at konferere med Thora; hun mente, Tante vilde blive glad ved Kaffedugen, og at Bedstemoder trængte til en Lysdug, men hun mente hellere en lys end en Fløljs, da hendes Bordtæppe ikke er saa pænt. Vil Du sige Adis, at næste Gang, jeg skriver, skal Brevet blive til hende. Hilsner i Massevis til Eder allesammen. Vi faar da heldigvis Ferier.
 Din hengivne
 Alhed.</t>
-  </si>
-[...186 lines deleted...]
-Hils Alle dog mest Du lille gode Pige gud Fader bevare og velsigne Eder Alle Din Moder</t>
   </si>
   <si>
     <t>1890-12</t>
   </si>
   <si>
     <t>Henriette -
 Otto -, Baron
 Ludvig Brandstrup, billedhugger
 - Bøjsen
 Holger Grønvold
 Marie Juul
 Jørgen Hermann Kruuse
 Christine  Mackie
 Jonas -, Onkel
 - Paulsen
 - Schade, Fru Schades børn
 Anna Schaffalitzky de Muckadell
 Erik Schaffalitzky de Muckadell
 Fanny Schaffalitzky de Muckadell
 Thora Th
 Andreas Warberg
 Astrid Warberg-Goldschmidt
 - Westh</t>
   </si>
   <si>
@@ -375,50 +234,94 @@
   <si>
     <t>Alhed sender en hue til sin lillebror. Hun har for flere dage siden leveret sin kjole ind til en syjomfru.
 Thora og Alhed har spist gåsen sammen med Kruuserne og Onkel Jonas. Alhed har været til fin middag hos Komtessen. Alle var meget elskværdige, og greven spøgte ved bordet med, at Alhed var rendt hjemmefra.
 Det er dejligt, at Christine er så glad for sin plads. 
 Alhed lærer godt hos Onkel Ludvig (Lut), og hun synes ikke, de skal finde en skole. 
 Mandag tager Alhed til Værnehjemmet. Hun glæder sig ikke, for hun har hørt, at man bliver holdt i meget kort snor dette sted. 
 Marie Juul og Alhed har været hos fotografen og få taget opstillede billeder med Marie i sygeplejerskedragt og Alhed som patient.
 Alhed ønsker sig penge til en bjørneskindsmuffe til jul.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bjvS</t>
   </si>
   <si>
     <t>Lørdag Aften
 medfølgende Hue er til Dede!
 Kys begge de Smaa
 Er Henriette rejst?
 Hils hende ellers mange Gange!
 Kæreste Moder!
 Tak for Dit Brev og for Vadsækken med Indhold; Kjolen har jeg for flere Dage siden leveret ind til en Syjomfru, men hun var meget optaget, saa jeg faar den først Fredag; den bliver vist for Resten nydelig, det har været et vældigt Arbejde at sy den Forbredde. Den Frk West maa være flyttet, jeg kunde aldeles ikke finde hende. Thora og jeg var med til at spise Gaasen i Aftes tillige med Kruuserne, det var meget morsomt; de talte begge i høje Toner om Dig og Fader og bad mig sende mange Hilsner; O ["O" overstreget] særlig paalagde Onkel Jonas mig at formelde "Justitsraaden" Lians Kompliment. - - I Søndags var jeg til en lille udsøgt Middag hos Komtessen, Arreskoverne, Bøjsens, (ing. Finsen) Poulsens, Fannys og Baron Otto. Det var rigtig morsomt, alle var saa elskværdige mod mig, særlig Greven, der talte meget med mig og ved Bordet drak Glas med "den unge Dame, der var rendt hjemme fra, d.v.s. der havde faaet Lov at blive borte 14 Dage og saa blev borte i 1/2 Aar." - Derimod synes jeg, at Fanny har forandret sig meget, hun oplukte ikke sin Mund til mig hele Aftenen.
 - Jeg havde forleden et meget langt Brev fra Christine, hvor det dog er morsomt, at hun er saa fornøjet med sin Plads, hun er jo ligefrem begejstret for det hele. - Jeg synes ikke vi skal være saa forhippede paa at faa mig til at tegne et andet Sted endnu, jeg lærer udmærket godt hos Onkel Lut, jeg talte med ham om det forleden, og vi ere enige om, at det er det bedste, han har talt med flere om det, f. Ex. Grønvold (Lærer ved den techniske Skole) men ingen anbefaler Skolerne. - I næste Uge kommer Frk. Jensen [et kryds er indsat over "Frk."] herind og saa skal vi i Theatret en Aften, vist nok Tirsdag til "Fulvia", jeg giver saa Thora og mig Billet og Thora giver Frk Jensen og de unge Schader, det glæder vi os alle meget til. Paa Mandag tager jeg ud paa Værnehjemmet, det glæder jeg mig oprigtig talt mindre til, jeg har haft det saa yndigt her hos Thora, som jeg er kommen til at holde meget af, og saa har jeg hørt, at man bliver holdt saa vældigt i Ørerne derude, - i Seng paa bestemt Tid! det er meget slemt, da det jo er den eneste Tid, jeg kan besøge Folk; og sæt, at jeg nu ikke maa gaa i Theatret! - Forleden Dag var jeg med Marie Juul hos Fotografen, hun skulde fotograferes i sin Sygeplejerdragt, saa fandt vi paa at lade os tage sammen paa sex: jeg sidder ned ved et Bord, hvorpaa der staar en Medicinflaske og et Glas Vand med en Ske i og Marie staar op og lægger en Bandage om mit Hoved, det er en grinagtig Opstilling, paa Tirsdag faar jeg ["jeg" overstreget] vi dem, saa skal jeg sende et hjem. I Morgen skal jeg til Middag hos Marie Juul sammen med Marie Sperling Jeg ønsker mig til Jul Lærredslommetørklæder og en Mu ["og en Mu" overstreget] Penge til en Muffe, her er nydelige graa Bjørneskindsmuffer til 5 Kr., jeg fryser saa forfærdelig paa Hænderne med Skindhandsker
 Mange Hilsner til Eder Alle!
 Din ærbøde Datter 
 Alhed Warberg
 P.S. dette Brev er yderst kedeligt.</t>
+  </si>
+  <si>
+    <t>1890-12-04</t>
+  </si>
+  <si>
+    <t>Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Thora  Branner
+Marianne Høst
+Arnold Emil Krog
+Johanne Christine Larsen
+Johanne Oppermann
+Henrik  Pontoppidan
+- Smith, Porcelænsfabrikken
+Maria von Sperling. g. Balslev</t>
+  </si>
+  <si>
+    <t>Alhed Warberg begyndte i lære på Den Kongelige Porcelænsfabrik 1. dec. 1890. Hun boede den første tid på Værnehjemmet Bethania. 
+Det vides ikke, hvem "den graahærdede" var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2184</t>
+  </si>
+  <si>
+    <t>Alhed går til gymnastik hver morgen.
+Hun har nu været tre dage på porcelænsfabrikken, og hun har det godt, men arbejdet er svært. Arnold Krog er dog venlig og giver hende tid til at lære håndværket. Alhed beskriver i brevet maleteknikken. Hun har malet et landskab, og genstanden skal brændes mandag. 
+Alhed skriver om to kolleger og deres løn. De skiftes til at lave kaffe på fabrikken. Alhed får for lidt mad med fra Værnehjemmet og overvejer at spørge, om hun kan få større madpakker. 
+Bedstefaderen er plaget af sin eksem, men han er meget interesseret i Alheds arbejde. 
+Alhed har ikke meget fritid.
+Komtessen hentede Alhed den første dag og fulgte hende til fabrikken. Hun vil give Alhed busbilletter, men Alhed takker nej. 
+Alhed skriver julegaveønsker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZjJb</t>
+  </si>
+  <si>
+    <t>Kæreste Moder!
+[I venstre margen er skrevet seks gange "S"]
+Jeg opdager pludselig, at det er over 8 Dage siden, jeg skrev men [overstreget ord. Over dette indsat "men"] da det sidste var saa langt, k ["k" overstreget] har I vel nok kunnet hjælpe eder med det saalænge. - Tak for Dit sidste lange Brev og de tilsendte Dele; Gymnastikblusen bruger jeg sammen med et Par hvide Buxer, og gaar i dette Kustume under navnet "Drengen". Jeg møder punktlig hver Morgen 6 3/4 og hører til "den faste Stok." - - Men jeg maa vel helst skynde mig at fortælle om mine Forretninger, før jeg behandler noget udenoms. - Jeg har nu været 3 Dage paa Fabriken og har altsaa arbejdet 21 timer derude allerede. Og jeg kan ikke sige andet, end at det første Indtryk i alle Maader er udmærket godt. - Den første Dag kom Krogh derind og kritiserede de andres Ting, og da jeg saa spørgend hen paa ham, slog han ud med Haanden og sagde: "ja, vær saa artig Frk. W. De maa tage fat paa lige hvad De vil!["] - Men da jeg saa lidt misfornøjet ud, førte han mig med ind i sin Stue og viste mig forskellige Ting og sagde blandt andet at jeg skulde slet ikke bryde mig om, at det mislykkedes for mig i Begyndelsen, det var han saa vant til, og det gjorde ikke en Smule, jeg skulde bare male dristig paa! - Den første Dag malede jeg imidlertid alligevel ikke dristig paa, jeg sad mest og undrede mig over, hvor svært, ["," overstreget] det er. Det er selve Tekniken, der er saa umaadelig svær; det skal gøres let og fint, og meget hurtig skal Penslen føres hen over Stoffet, da det ellers bliver klattet; det er slet ikke paa samme Maade som med Oljemaling; naar man f. Ex. maler et Blad, laver man først et Strøg med en meget bred Pensel, derefter ridser man med en Kniv Kniv ["Kniv" overstreget] Konturer af Bladet og tilsidst og tilsidst ["og tilsidst" overstreget] bortfjærner man det, der ligger udenfor Konturen med en Kniv. - I Gaar og i Dag er det imidlertid [nederst på siden er skrevet fire gange "S"] ikke falden mig nær saa svært og i Gaar bandt jeg med stor Kækhed an med et stort Landskab, som jeg tegnede ligeud af Hovedet, først med Kul paa et Papir, - og i Dag fik jeg det næsten færdig; det skal saa med i Brand næste Mandag, og jeg faar det først næste Mandag igen, da det skal være i Ovnen 8 Dage. - Desværre gaar min Lampe nu og jeg har ikke Spor af Petroleum, - Godnat!
+- Torsdag - Nu er jeg kommen fra Fabriken og fortsætter derfor mit Brev. - Det morer mig uhyre meget og men ["og" overstreget; "men" indsat over linjen] falder mig naturligvis ogsaa ["ogsaa" overstreget] temmelig svært i Begyndelsen, men jeg haaber dog nok at kunne komme efter det. [Øverst på siden er skrevet to gange "S"] - Den "graahærdede" derude fra rejste til ["til" overstreget] d. 1ste, saa vi er kun fire i alt. De 2 (Frkn. Høst og Smith) har været der flere Aar og faar 20 Kr ugentlig, Frøken Oppermann har kun været der 1 1/2 Aar og faar 10 Kr. ugentlig for 4 Dage om Ugen. - Vi har Spritapparat derinde og laver Kaffe hver Dag; vi skiftes til at lave, og den der laver [to overstregede ord] giver Bønnerne. - De andre koger dem hvert ["t" sidst i ordet overstreget] et Æg, og jeg kommer ogsaa til at have lidt extra, da jeg umulig kan hjælpe mig med den Mad, jeg faar med (3 halve Stk Rugbrød og et dito Hvedebrød). De andre har 7-9 Stykker foruden Æg og Wienerbrød. Mon det kan gaa an, ["," overstreget] at bede om at faa lidt mere med herfra?; det er rigtignok som de andre faa, men ingen kommer saa sent hjem som ["som" indsat overlinjen] jeg; og det er et Aarbejde [nummer to "a" i ordet overstreget], man bliver meget flove ["e" sidst i ordet overstreget] og sulten af. - Iøvrigt er der ikke tale om at sulte her, vi faar god og rigelig Kost. - - Bedsteforældrene har det godt; d.v.s. Bedstefader synes jeg nok er falden en Del af, og han har meget Uro af sit Exem; i Aftes blev han imidlertid meget oplivet ved at høre mig fortælle ham ["ham" overstreget] om Fabriken og mit Arbejde; han er i det hele svært optaget af det og gør en Del Beregninger med Hensyn til mine Indtægter. - De har ikke sma ["sma" overstreget] noget ned for Vinduerne, men jeg kunde ikke se nogle smaa Tæpper at tage Prøve af. - Jeg kunde iøvrigt ["iøvrigt" overstreget] iøvrigt ikke faa nogen Ønsker at hvide ["h" i ordet overstreget]. - Servietterne og i det hele Julegaver er dete ["e" sidst i ordet overstreget] sorte Punkt i min Tilværelse. Fritid har jeg jo ["jo" indsat over linjen] ikke stort af; Breve tager noget af Tiden, vadske Handsker, ri Strimler i og i det hele sy lidt paa mit Tøj maa jo ogsaa gøres desværre; tegne Udkast er en Nødvendighed; og af og til maa jeg jo dog se til de gamle, Thora og Komtessen. Denne sidste stod den første Dag og passede mig op paa Gl. Kongevej og fulgte mig helt ud paa til ["paa" overstreget; "til" indsat over linjen] Fabriken; hun bad mig til Middag der i Gaar og sagde endvidere, at hun en af Dagene vilde sende mig nogle Omnibusbiletter, som jeg hver Aften inden Jul skulde køre hjem paa! - Jeg bad hende imidlertid endelig at lade være d ["d" overstreget] og forestillede hende, hvor godt jeg har af den lille Tur. - 
+Det varede saa længe med Garnet, da jeg havde ondt i Halsen og holdt mig inde paa Grund af Kulden nogle Dage i forrige Uge! - - - Nu haaber jeg at have berettet det vigtigste og slutter med Masser af Hilsner til Alle. Jeg maa skynde mig for at faa [det følgende skrevet i venstre margen s. 8:] Brevet i Kassen til rigtig Tid. - Din Alhed. 
+[Det følgende skrevet øverst på side 1, på tværs:] Jeg ønsker mig til Jul:
+- en Gymnastikdragt; en Rem à la Johannes til mine Sager ud paa Fabriken; et simpelt Bordtæppe til mit Bord; "Skyer" og "Natur" begge af Pontoppidan - 
+Det er jo rigtignok store Ting, men jeg kan ikke finde paa Smaating; jo, Strimler og pæne Lommetørklæder</t>
   </si>
   <si>
     <t>Før påske 1891</t>
   </si>
   <si>
     <t>Olga, komtesse -
 Thora -
 Harald Balslev
 Thorvald Balslev
 - Bang, Regensen
 Wilhelmine Berg
 Johanne Christine Brandstrup
 Lauritz  Brandstrup
 Esther Hansen
 Arnold Emil Krog
 - Kruuse, Regensen
 Jacob Lange
 - Lüthers
 Anna Rosenørn
 - Schade
 Fanny Schaffalitzky de Muckadell
 - Skærbeck
 Adelheyde Syberg
 Hempel Syberg
 Nicoline  von Sperling</t>
@@ -434,245 +337,145 @@
   </si>
   <si>
     <t>Alhed Larsen synes, at hendes mor er noget krævende hvad angår brevenes indhold. 
 Hun maler ikke rigtige blomster på Porcelainsfabrikken, men stiliserede. Arnold Krog har rost en lille vase, som hun havde malet, og et par dage senere sagde han om hendes bemalede krukke, at det var maurisk stil. Da Alhed Larsen ikke vidste, hvad maurisk stil gik ud på, viste han hende det i en bog. Krog sagde, at Alhed kom fint efter det. Da hun spurgte, om hun skulle forsøge sig med nogle landskaber, svarede han, at det ville være galskab, og at han var glad for hendes jævne, sikre stil. Komtessen har udtrykt ønske om at købe en vase med vandplanter, som Alhed har malet, og den var sat til side til udsalget eller til Paris. Prisen var 50 kr., og Alhed mente, at den så nok var for dyr. - De unge piger på fabrikken mener, at Alhed nu snart må skulle have løn for sit arbejde.
 Bedstefar er glad for Alheds succes, men han har det ikke godt.
 Alhed har besøgt Kvartetten på Regensen. De unge mænd fulgte hende hjem og sang serenader for hende på gaden udenfor Værnehjemmet. Næste dag fik Alhed at vide af forstanderinden, at serenader ikke var velsete udenfor Værnehjemmet. 
 Alhed vil ikke have fridag i påsken, men heller holde lidt fri i forbindelse med sølvbrylluppet. En af dagene skal hun til Roskilde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/hHAk</t>
   </si>
   <si>
     <t>Fru Laura "Fru Laura" overstreget
 Kære Moder!
 Tak for Dit Brev! - Da du var misfornøjet med sidst ikke at høre noget om Fabriken, vil jeg begynde med det denne Gang. Men i Paranthes bemærket synes jeg nok, at du er noget fordringsfuld med Hensyn til mine Breve! Du vil have alt med; men alt kan ikke staa paa 2-3 Ark, og naar jeg har udfyldt dette Kvantum Papir, er jeg i Reglen mere end tilfredsstillet og jeg trode egentlig og haabede, at I var det samme! - Det gaar virkelig rigtig godt ude paa Fabriken, og Du behøver snart ikke at ængste ["n" i ordet indsat over linjen] Dig mere ["mere" indsat over linjen] for at jeg ikke skal kunne holde min Stilling. - Vi bruger nogle dyre Apparater derude (en Fabrikshemmelighed til 5 1/2 Kr.) og det er allerede længe siden, at de unge Piger sagde, at nu gik det saa ["saa" indsat over linjen] godt for mig, at jeg rolig kunde købe mig et saadant). [")" overstreget] Det er slet ikke rigtige Blomster, jeg maler, det er stiliserede ["se" i ordet indsat over linjen] Bl, men jeg kan umulig forklare, hvad det vil sige, da jeg knap selv forstaar det. Forleden havde jeg malet en stiliseret Iris, der laa paa en Bund, dannet af Irisblade; tegning indsat og overstreget Dette Motiv syntes Krog saa godt om, og han sagde, da den var færdig, at der var meget godt i den. I Gaar kom den ud af Branden; og Krog sagde, at jeg var svineheldig med mine Farver (det er i Reglen et Lykketræf, om Farverne bliver kønne, naar de kommer ud af Branden.) 
 - For et Par Dage siden viste jeg Krog en lille Krukke, jeg havde dekoreret med et Slags Ornament; han fandt den fix og stilfuld og endte med at sige, at det var jo en lille "Maurer"; da jeg sagde, at det var tilfældigt, og at jeg ikke kendte maurisk Stil, syntes han, at det var frygtelig grinagtigt, da den oveni Købet var holdt godt i Stilen; han spurgte om jeg havde Lyst at følge med op og se en maurisk Bog; da vi kom derop, tog jeg Mod til mig og spurgte om jeg ["jeg" overstreget] han nok trode, at jeg kunde komme efter det og at det kunde komme til at gaa for mig; Hertil svarede han: "ja, Gu' tror jeg det, det er der ingen Tvivl om!" - Jeg forklarede ham flere Landskabsmotiver, jeg havde, og spurgte, om han mente jeg skulde prøve paa dem; men hertil svarede han, at det vilde være den rene Galskab af mig, - "vi andre, der nu har slidt i det saa mange Aar, vi forløber os, hver Gang vi prøver paa det," - og han endte med at sige, at han netop var glad ved den jævne, sikre Maade, jeg gik frem paa. - Forleden ["r" i ordet indsat over linjen] sagde Komtessen, at hun kunde have forfærdelig Lyst at købe min Vase med Vandplanterne til Sybergs Sølvbryllup og hun bad mig om at spørge om Prisen hos Krog! - I Gaar vandrede jeg saa op i det allerhelligste og forebragte mit Ærinde. Krog fandt det forfærdelig morsomt og sagde "det var ret, bliv saadan ved." Han fortalte, at den var stillet op paa Lageret sammen med nogle andre Ting, der dels skulde ind i Udsalget og dels til Paris, og det ["det" overstreget] at der var sat høj Pris paa, nemlig 50 fr. Jeg blev meget bestyrtet over den Pris, og sagde, at saa var jeg bange, hun ikke vilde ["vilde" indsat over linjen] have den naar den kostede saa meget! - Er det ikke ["ikke" indsat over linjen] frygtelig grinagtigt? - - Dette burde jeg maaske ikke have skrevet, men jeg fandt det alt for morsomt. - De unge Piger sagde ["sagde" indsat over linjen], at nu kunde de ikke være bekendte at lade mig arbejde uden Løn mere, saa nu venter jeg at faa noget, inden ret længe, det bliver forfærdelig morsomt! - - Tante kommer først sidst i Ugen, sagde Bedstemor i Aftes. Bedstef. bad mig sige, at han glædede sig forfærdeligt over, at det gik mig saa godt! - Han har det ikke ret godt det gamle Skum! - Paa Onsdag er jeg bedt ud til Esther Hansen til ungt Selskab; jeg skal i den blegrøde. - I Torsdags var jeg bedt ind til Langes sammen med Kvartetten inde fra Regensen, den bestaar af 5 Personer: Lange, Kruse, Balslev, Skærbeck og Bange ["e" i slutningen af ordet overstreget]. Om Aftenen fulgte de mig hjem alle 4 ["4" overstreget] 5 og da jeg var kommen op paa mit Værelse, afsang de en Serenade. "Skøn Jomfru kom ud! nu er det ej Tid at sove." og ved hvert "skøn Jomfru" blottede de ærbødigst deres Hoveder! - Det lød aldeles henrivende, de synger saa kønt! - Men næste Morgen var der ordentlig røre i Værnehjemmet; - de fleste havde hørt det, skønt Kl. var næsten 12, - og alle var de forfærdelig nysgerrige efter at faa at vide, hvem der havde sungen og til hvem. Frk. Rosenørn forhørte mig allerede ved Thebordet, hun havde endogsaa været henne ved Vinduet og havde der opserveret ["p" rettet til b], at Genboerne hang ud af deres Vinduer. Om Aftenen underrettede hun mig om, at Serenader ikke var velsete udenfor Værnehjemmet! - 
 I Morgen skal jeg til Sperlings sammen med Langes. - I Mandags var jeg hos Frk. Lüthers til Middag. Hun bad mig hilse - Det bliver forfærdelig morsomt, naar Du kommer herind; men Du vil da ikke blive kortere, fordi Du skal bo hos Komtessen? - Komt. kom ud og mødte mig forleden, da jeg gik fra Fabriken for at vise mig Joh's Billede, det er brillant, synes jeg. 
 - I har vel hørt, at Komtesse Olga er bleven forlovet med en tysk Officer og skal giftes til August. -
 Nu har jeg ikke Tid til mere! -
 Jeg synes ikke, at jeg skal tage nogen Fridag ved Paaske, vi har ikke en Gang fri om Lørdagen; jeg vil hellere tage lidt længere fri ved Sølvbrylluppet! - En af Dagene skal jeg [til] Roskilde og ligge der om Natten; Fru S. har gentagne Gange lade spørge, om jeg ikke snart kommer derned; og Thora kan jeg vist udmærket være [hos] den ene Nat. - Et Æg koster nu kun 6 Ør. men har været oppe paa 10. - Jeg har ikke lidt af Kopperne, de slog ikke rigtig an. -
 Mange Hilsener til Eder Alle.
 Din Alhed
 Søndag Eftermiddag.</t>
   </si>
   <si>
-    <t>1892-2</t>
-[...4 lines deleted...]
-- Bjerg
+    <t>1891 efterår</t>
+  </si>
+  <si>
+    <t>Georg Brandes
+Leonard Holst
+Arnold Emil Krog
+- Laudrup
+Christine  Mackie
+Jonas -, Onkel
+Anna Rosenørn
+Fanny Schaffalitzky de Muckadell
+William Shakespeare
+- Smidth, Frøken
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Det omtalte udklip findes ikke sammen med brevet.
+Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik. Det vides ikke, hvilken kejser der var på besøg på fabrikken.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2166</t>
+  </si>
+  <si>
+    <t>Alhed har haft besvær med noget, som hun skulle købe for sin mor. Hun gør ikke noget ved lillebroderens hue, før hun får nærmere besked. 
+Alhed har fået flere ting ud af ovnen. Hun er spændt på en stor vase. Nu skal hun til at male på en vase med myg eller myrer. Hun skal flytte den følgende dag, og det er koldt. Alhed beder sin mor om at sende diverse til det nye værelse. Hun kan ikke forstå, at der skulle være problemer hvad angår pengesagerne, og hun redegør for sit forbrug. Det eneste ekstravagante er, at hun har meldt sig til at høre Brandes' foredrag om Shakespeare. 
+Komtessen er vist ikke stødt over noget.
+Kejseren har været på besøg på Fabrikken. 
+Alhed har været på hotellet for at hente stråene, men de var væk. 
+Onkel Jonas mener, at Christine vil have gavn af hypnose.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wbrR</t>
+  </si>
+  <si>
+    <t>Kæreste Moder!
+Det var jo kedeligt, at Kommissionerne ikke var efter Ønske. Imidlertid tror jeg nok, at det for en stor Del kom af, at Dit Brev var temmelig uklart affattet. Naar Du læser medfølgende Udklip igennem vil Du vist nok indrømme, at jeg ["jeg" overstreget] der skulde et skarpt Øje til at se, at det var Billeder der skulde købes; jeg opfattede det saa ["saa" overstreget] saaledes, at der ikke skulde saa mange Kabinetsrammer i Albummet, fordi han skulde have sine Forældre staaende fremme i de Rammer Du skriver om. - Dedes Hue er jeg endnu ikke paa det rene med. Du skriver: Huen skal være som denne gamle, - og saa sender Du den nye! - ja, mulig der er noget galt med min Forstand, men jeg kan allenfals ikke faa nogen rigtig Mening i det. - Huen tør jeg ikke gøre noget ved, før jeg faar nærmere Besked. - Der, hvor jeg havde købt Rammerne, kunde jeg ikke faa Billeder, og jeg havde den største Besvær med at finde noget passende; medfølgende er vist for Resten heldigt? - - Jeg savnede Fader meget især de første Par Dage; i Morgen skal jeg til Schmieg[ulæseligt] alene, jeg haaber, det bliver sidste Gang, det tager saa meget Tid fra Fabriken. Jeg har nu faaet 5 Ting færdig siden jeg kom hjem, og hidtil har jeg haft Held med Branden; paa Mandag faar jeg en stor Vase ud med Vandtidsler, den er jeg meget spændt paa, da jeg har experimenteret med Farverne, - stillet saa mange Farvetoner sammen, som jeg kunde faa skrabet sammen. I Morgen skal jeg begynde paa noget nyt; enten bliver det en [et overstreget bogstav] lille Vase, modelleret som en Grankogle eller ogsaa ["eller ogsaa" overstreget], foroven nogle forstørrede Myrer; eller ogsaa en, ["," overstreget] Vase med nogle forstørrede sorte Myg, danse mod en rød Aftenhimmel, mulig en lille Maane. - -
+Det er dog en knusende Kulde det er bleven, bare det ikke bliver saadan i Morgen Aften, naar jeg skal flytte. - Kan Du ikke sende mig en Klædebørste hvis I har en til overs, samt min Ske og Gaffel; ligeledes vilde jeg ogsaa gærne have sendt min Tamburin, mine 2 Malerier og hvad der ellers kan være af mit som kan pynte lidt op i Værelset der vist nok bliver lidt tomt i Begyndelsen, f Ex. en Stump Tæppe til Vinduesfordybningen; jeg kan ikke faa et Maal, da de gamle Lejere ikke ere flyttede ud endnu; Vinduet er temmelig bredt, men det gør jo ikke saa nøje. - - Hvad mine Pengeaffairer angaar, saa kan jeg ikke rigtig forstaa, hvor Du faar de 25 Kr. fra, jeg maatte jo strax ud med 72 til Frk Rosenørn, over ["over" indsat over linjen] 10 Kr kostede Rejsen med Overvægt Bybud og de Penge, jeg skyldte Leon. det var strax de 86 og jeg havde 90 med mine Feriepenge fra Fabr. - Nu har jeg (med i Morgen) de 40 Kr. sparet sammen til Fru Lautrup og er desuden 11 Kr i Forskud og det synes jeg er ganske godt klaret. Af Udgifter har jeg haft 35 Øre om Ugen til Fabriken, - vi har fælles Husholdning nu - samt noget til et Grundfond, for hvilket vi købte en ny Kaffekande og en Keddel; - endvidere Petroleum Skosværte, en Kniv og ellers saa godt som intet. - De 5 Kr af Faders har jeg extravagant svært med, idet jeg har taget et Kort til Brandes Forelæsninger om Shakespeare. Det var jo nok temmelig flot, men jeg kunde ikke modstaa det, og jeg tænker nok jeg kan komme ud af det alligevel. Jeg hører dem sammen med Frk Smidth - 
+Jeg tænker, jeg har nok i Trækpuden, naar den er ordenlig stor, ellers kan jeg jo faa en til med til Jul. Farverne var til 2,75, Husleje 2,50. - Komtessen var jeg hos i Onsdags, men hun var ikke hjemme; Fru Poulsen var alene, jeg sad temmelig længe og snakkede med hende. Hun var som sædvanlig, og jeg kan rigtignok heller ikke tænke mig, at Komtessen er stødt over noget. -
+Arkitekten har sagt, at det ikke [var] hans Skyld, at Kejseren ikke kom ind til os, han var lige uden for Døren med ham, men Kej. sagde, at han ikke havde Tid. - Jeg var samme Dag I rejse ["I rejste" indsat over linjen] oppe paa Hotellet efter Straaene, men de var sporløst forsvundne; men jeg haaber, de har funden dem, naar jeg igen hører derhen. - Jeg har en laant Natkj. her og en har jeg laant ud, det bliver 5, men den 6te ved jeg intet om Jeg traf Onkel Jonas forleden, han sagde at Hypnotisme burde forsøges med Chr. Han trode paa det og den intereserede ham ham ["ham" overstreget] meget. - Saa, nu suser jeg ned med dette Leon skriver jeg til i Morgen; jeg kan ikke naa det nu. -
+Mange Hilsner til Eder alle. Fra Din 
+Alhed.
+En lille Dug vilde jeg gærne have - samt Sæbe
+Joh ["Joh" overstreget]</t>
+  </si>
+  <si>
+    <t>1891-2</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
 Johanne Christine Brandstrup
 Lauritz  Brandstrup
-Moritz Goldschmidt
-[...5 lines deleted...]
-- Plum
+Ludvig Brandstrup, billedhugger
+Arnold Emil Krog
+Thora Lange
+Jonas -, Onkel
 Anna Rosenørn
 Ellen  Sawyer
 Fanny Schaffalitzky de Muckadell
-Friedrich Schiller
-[...79 lines deleted...]
-    <t>Lørdag Aften -
+Phillip Schou
+Adelheyde Syberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var på tidspunktet for brevskrivningen ansat ved Den kongelige Porcelænsfabrik.
+Alhed Larsen boede på Værnehjemmet Bethania i Helgolandsgade, København fra engang i begyndelsen af 1891 til foråret 1892.
+Hun kom meget hos venner, der boede på Regensen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2204</t>
+  </si>
+  <si>
+    <t>Alhed har glemt at forhøre sig om vasen til Adelheyde Sybergs fødselsdag. Hun remser op, hvilke ting til bordet, hun kan få, og hvad de koster og beder moderen komme med mere end et forslag til, hvad hun skal købe.
+Alhed er ikke syg af kopper, og moderen skal ikke være bekymret. Alle på Værnehjemmet skal snart vaccineres.
+Det er spændende at Ellen har været til bal - og så i Alheds kjole. Alhed beder moderen om at sende hende skærfet. Hun har været hos syersker i Istedgade og Vingaardstræde. Skærfet kan bruges til begge kjoler. 
+Alhed Larsen har besøgt bedsteforældrene, og de nød Laura Warbergs pølser.
+Bestyrelsen har forbudt afholdelse af årets bal på Regensen. 
+Alheds "vandvase" kom ret uskadt ud af brændingen. Direktøren gav hende en moderat ros. 
+Alhed er forkølet og har brugt alle de seks lommetørklæder uden navn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0UsI</t>
+  </si>
+  <si>
+    <t>Tirsdag Aften
 Kære Moder!
-Jeg synes at I trækker mig lidt af med Breve i den senere Tid, jeg har i flere Dage gaaet og ventet paa et langt og interessant Brev om Komedien paa Sollerup, Eders Sollerupgilde (som jeg har hørt om gennem en Fru Schak) o.s.v. - Hermed følger et Fotografi fra Fabriken, men kun til Laan, en af Malerne derude har fotograferet os, saa vi faar dem paa billigt Vilkaar, vil I have et Exemplar? saa skal jeg bestille et; jeg synes, det er et godt Billede, undtagen af mig, der har siddet lidt urolig. - Jeg kommer netop nu hjem fra Bedsteforældrene, Bedstem. [et overstreget, ulæseligt ord] var ked af, at hun ikke endnu havde faaet Dig takket for Duerne, men der er en Del at gøre med Bedstefader; han kan f Ex. ikke mere gaa ud alene og i det hele taget synes jeg, at det gaar svært tilbage med ham; d.v.s. jeg tror ikke at han lider saa meget mere, det samme mener Onklerne; men han bliver saa frygtelig sløv, sidder og smaasover i sin Stol hele Dagen og Hukommelsen svigter ham, saa han af og til taler noget forvirret. - Men det er mærkværdigt som Bedstem. holder ud hun var saamænd i Aften l ["l" overstreget] ganske livlig og i godt Humeur. - Blaa er det nu meget bedre med, Sygeplejersken er rejst og Temperaturen normal, men Kræfterne ere jo foreløbig kun smaa. I Morgen skal jeg ["jeg" indsat over linjen] ind paa Udstillingen med Komtessen og Benny og bagefter med K. hjem at spise til Middag Hun rejser paa Onsdag en lille Tur til Skjaldemose Onkel Luts Figur er nu kommen derop, jeg er meget spændt paa, om den vil gøre Lykke. Gennem Langes har jeg hørt, at Skovgaardene har sagt, at vi for Tiden kun havde én god Billedhugger og det var Onkel Lut. P Hansen har faaet ["faaet" indsat over linjen] et større Billede derop nu til anden Ophængning: "Samson og Dalila", Kunstneren et Selvportræt. - 
-[...93 lines deleted...]
-Mandag Eftermiddag</t>
+Jeg glemte forleden Dag fuldstændig at skrive noget om Vaserne til Tante Mimi og maa derfor til'et igen. Thora har lovet mig en af Aftnerne at gaa med mig hen at købe dem, men først maa vi have lidt udførligere Besked. Man kan faa en Opsats til midt paa Bordet til 6 Kr. men den er ikke videre køn, syner ikke noget, en saadan til hver Ende af Bordet er nydelig. Endvidere en smuk og anselig til 10 Kr. ["10 Kr." overstreget] 8 Kr. en meget smuk dito til 10 Kr ["10" indsat over linjen] o.s.fr. Endelig kan man faa nogle smaa nydelige æggeformagtige Krukker paa 4 Ben til 1 Kr. pr. Stk. (altsammen ægte Krystal) saadan 6, 3 ved hver Ende af en Brodløber var nydeligt. Thora har givet sin Broder og Svigerinde alt dette fortdelt ["t" midt i ordet overstreget] paa 3-4 Jul(e) Men vi maa helst have flere Ting at vælge imellem, da én af Delene let kan være udsolgt i Øjeblikket.
+- - Nej, endnu ligger jeg da heldigvis ikke af Kopper! Du maa endelig ikke ængste Dig, d ["d" overstreget] fordi der en Gang gaar lidt lange ["e" i slutningen af ordet overstreget] Tid imellem 2 Breve; Vi skulde["Vi skulde" overstreget] hvis jeg en Gang kommer til at fejle noget, vil Frk. Rosenørn strax skrive. - Vi skulle nu meget snart alle sammen vaxineres her paa Værnehjemmet det bliver frygtelig grinagtigt; foreløbig er det vist temmelig overflødig, men det kan jo aldrig skade at være sikret mod en mulig Epedemi. - Det er frygtelig morsomt med Elle, der har været paa Bal! Hvem var det hos? Jeg vilde gærne have set hende i min Blegrøde! - men kan jeg ikke [faa] Skjærfet sendt herind og anvende det til den blegrøde uldne; Skjærfet til denne er for medtaget til at kunne renses! - Det varede lidt for længe, inden den lille i Istedgaden kom hjem jeg blev bange for at faa Brug for Kjolen; jeg hentede den derfor i Dag og har den ud til [to overstregede, ulæselige ord] én i Vingaardstræde, som Komtessen anbefalede Hun syr nu for Blaa og [ulæseligt ord] og er meget billig. Mulig den bliver syet som den "lyseblaa" med Pose af tyndt Silketøj. Men naar jeg nu kunde faa Skærfet sendt snarest muligt, saa kunde jeg købe det andet til Kjolen efter det. Jeg kan jo godt have det til begge Kjolerne. - Onkel Jonas var i Lørdags Aftes hos de gamle; begge Onklerne var der ogsaa til Thé og vi nød ordentlig Dine Pølser! - Onkel Jonas sagde, at der vist desværre ingen Regensbal blev i Aar, Bestyrelsen satte sig imod det! Han og Studenten havde ellers skreven en Opera, der skulde opføres ved Lejlighed; jeg blev inviteret for det mulige Tilfælde, men der er desværre kun meget lidt Haab! -
+I Gaar kom min "Vandvase" ud af Branden! den var temmelig heldig; Der var et Uheld med den Brand, som havde skadet de fleste af de andre Ting, men det havde omgivet min med en let Taage, der klædte den efter Arkitektens Mening. Den betragtes som f ["f" overstreget] mit første rigtige Arbejde, det er jo den første Ting, der er hel. Direktør Sckov [ordet overstreget og over linjen indsat "au"] Schau henvendte i den Anledning et Par forbindtlige Ord til mig og sagde bl.a: ja ja, der er saamænd ikke noget i Vejen, det kommer nok! 
+- Jeg havde glædet mig vældig til i Søndags og vilde have været ud ad Landet til og tegne, men desværre var jeg saa medtaget af Forkølelse og en dermed følgende Hovedpine, at jeg over Middag gik i Seng og nød Kamillethe i Stedet for Naturskønheden. Nu er det bedre, men jeg har rigtignok maattet tage de 6 Lommetørklæder i Brug uden Navn.
+Er det den 13de eller 14de Tante Mimis Fødselsdag?? -
+Paa Søndag skal jeg til Middag hos Komtessen, ligger der om Natten, tilbage der igen om ["om" overstreget] Mandag Middag og blive der til Tirsdag Morgen. - - - 
+Tante kommer først igen i næste Uge. - - - - -
+Mange Hilsner til Eder Alle!
+Din Alhed.
+Det er et ["et" indsat over linjen] meget sjusket Brev men Kl. er mange og jeg søvnig. - Jeg har været hos Komtessen i Aften.</t>
   </si>
   <si>
     <t>1891-07-06</t>
   </si>
   <si>
     <t>Albrecht  Warberg</t>
   </si>
   <si>
     <t>Helgolandsgade 8, 1650 København V, Danmark</t>
   </si>
   <si>
     <t>Johanne Christine Brandstrup
 Lauritz  Brandstrup
 Arnold Emil Krog
 Johanne Christine Larsen
 Fanny Schaffalitzky de Muckadell
 Phillip Schou
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed bor på Værnehjemmet Bethania, Helgolandsgade 8.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2102</t>
   </si>
@@ -686,330 +489,527 @@
     <t>Søndag Aften 6te Juli 91
 Kære Fader!
 Tak for dit Brev, som jeg jo rigtignok ikke blev videre glad ved! – Jeg blev aldeles forfærdet ved at se, hvor mange Penge, jeg har hævet; jeg har nok af og til tænkt med Gru paa alle de Penge, der gik til, men jeg havde dog egentlig ikke tænkt mig, at jeg var saa ødsel, og at der var gaaet saa meget til, havde jeg som sagt langt fra tænkt mig – Jeg synes nok at det er meget svært at leve sparsommeligt i København, særlig naar man er uøvet – jeg mener den første Tid, [udstreget: A] man bor der; men man kan selvfølgeligt gøre det og jeg er nu bagefter ked af, at jeg ikke har passet bedre paa. Fra Moder var herinde, har jeg været meget sparsommelig, da jeg af hende hørte, at Terminen var saa slem; og at mit sidst hævede Beløb var saa stort kommer der af, at jeg havde to store Syjomfruregninger. Jeg sender hermed en Fortegnelse over mine største Udgifter, og Du ser saaledes, at der er gaaet mange Penge til Tøj ogsaa udenfor de 100 Kr Moder hævede for mig. Men at jeg har brugt endog saa meget udover, hvad jeg behøvede, maa jeg jo desværre indrømme. – Jeg har nu begyndt et nyt og bedre Liv og betænker mig paa hver en Øre, jeg giver ud, kører f. Ex. slet ikke [udstreget: ikke] i Sporvogn. Men det hidtil vigtigste Punkt i det nye og bedre Liv, der jo gaar ud paa at beskytte Din Pung, - kommer dog nu! – Strax Dagen efter at jeg havde faaet Dit Brev, gik jeg til Arkitekten og spurgte, om jeg snart kunde faa nogle Penge, og – I Gaar bar jeg min første Tikrone hjem fra Fabrikken!!! - - - Det gik meget glat, der skulde denne Gang heldigvis ikke tales med Etatsraaden og jeg blev strax sat paa en ugentlig Gage af 10 Kr. Min Henrykkelse kendte ingen Grænser, da jeg fik min første Seddel i Haanden, jeg havde egentlig først tænkt mig, at jeg skulde have næste Lørdag efter at have skrevet Regning paa Onsdag. Jeg tænker, at I blive næsten ligesaa glade ved den Efterretning, som jeg blev det! – Én Ting gruer jeg dog endnu for, og det er Tanken om, at Johanne ikke skulde komme herind til Efteraaret! Det vilde jeg tage mig_ meget_ nær. Det var jo skrækkeligt at tænke paa om hun skulde bløde for min Skyld? Egentlig vilde det ogsaa i pekuniær Henseende være heldigt, om hun kom ind nu og ikke om et Aar. For det første kan Du [overstreget:nu] ved at hun bor paa Værelse sammen med mig spare 6 Kr om Maaneden for hende og det samme for mig; om et Aar bor jeg jo næppe paa Værnehjem-met. 2: kan jeg, naar jeg skal [overstreget:skal] skifte Værelse, sige mit [overstreget:Op] op inden Ferien og slippe for at betale noget i den Tid. 3. gaar jeg jo naturligvis ikke saa meget ud, naar vi ere 2 som naar jeg er alene og Selskabeligheden tager meget med sig af Klæder og Sporvogns-penge. 4. kan hun, der jo er yderst sparsommelig anlagt, hjælpe mig med at faa den nye [ulæseligt ord] i mig til vare og den gamle til at forsvinde! – Jeg synes at der er saa meget sund Fornuft i disse Grunde, at jeg ikke kan tænke mig, at Du kan staa for dem. Det er [overstreget: for] min Yndlingstanke, helt at kunne sørge for mig selv efter Ferien (maaske med Undtagelse af Fodtøj) – men dette tror jeg vil være umuligt hvis jeg ikke kan slippe 30 Kr om Maaneden; men i det Tilfælde tror jeg, det vil kunne lade sig gøre, da min Gage [indsat over linjen: bliver] 40 [indsat over linjen: Kr] hver anden og 50 Kr hver anden Maaned. - - 
 Alle herinde ere meget glade over at jeg er begyndt at tjene noget. Bedstefader er forfærdelig optaget deraf. Jeg har været hos de Gamle hele Dagen, og Bedstefader var forbavsende meget bedre. Jeg hørte ham ikke sige et eneste galt Ord hele Dagen.
 Bedstemoder gik lidt ud i Formiddag og allerede inden hun kom hjem var Bedstef. staaet op og havde klædt sig alene paa. Derefter gik vi lidt ud i Haven og han gik saa rank og rask at jeg slet ikke behøvede at støtte ham. Han var _fuldstændig _klar i Hovedet og gik og fortalte mig om sin Sygdom og alle de [overstreget: D] gale Ideer og Fantasier han havde haft. Han kunde godt huske at Moder og Tante havde været herinde. Men flere Ting forbavsede mig dog endnu mere. Han spurgte f. Ex. hvorledes Du var kommen over Terminen i Aar! og en anden Gang sagde han, at vi fik vist ikke mange Jordbær i Aar, da de blev saa forkludrede i Fjor. – I Går var han _alene _hos Barberen. Alt dette vil nok forbavse Moder meget; men desværre [udstreget: I] mener Bedstemoder, at Kløen er taget lidt til, han klagede sig dog ikke meget. – Nu maa jeg nok sige stop; dette Brev har antaget et uhyre Omfang skønt det kun omhandler saa faa Ting. Jeg haaber at I skulle blive glade ved det, der er dog to gode Efterretninger i. – Paa Tirsdag skriver jeg til Kom-tessen og fortæller hende om Tikronen; jeg kan ikke naa det i Aften, da Kl. er 1¼ og i Morgen skal jeg til Lawn-tennis.
 Mange Hilsner til Eder [overstreget: fra] Alle fra Din Datter b., i hvem Sorrig og Glæde de vandrer til Hobe.
 [Skrevet på tværs øverst på siden: Af Kommisioner hjem er det vigtigste: En Skomagerregning 10?-12 Kr. Et Skjærf 5 Kr. 50]
 Kjoletøj 15 Kr – 
 med Skjærf 5 -
 Syløn 8 –
 Tillæg mindst 5
 Sko 12
 do. 10
 do. 5
 Turist.do 5 -
 2 Par forsaalede
 à 2½ Kr. 5 -
 Sølvbryllupskjole 18 – 50
 syt med Tillæg
 Sprøjteapparat 5 – 50 -
 til Fabr.
 [Lis eller Liv] 3 - 50 – 
 Sporvogn - Handsker</t>
   </si>
   <si>
-    <t>1900-02-04</t>
-[...71 lines deleted...]
-Povl Bentzon
+    <t>1891-9</t>
+  </si>
+  <si>
+    <t>Værnehjemmet Bethania</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Julie Brandt
+Ludvig Fenger
+Arnold Emil Krog
 - Laudrup
 Christine  Mackie
+Anna Rosenørn</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2185</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er tilbage på Værnehjemmet og porcelænsfabrikken. Christian Brandstrup har fået arbejde hos Fenger og lejet en lejlighed på Mathildevej.
+Alhed kan få et værelse hos Fru Laudrup fra 1. november. Det koster 39 kr. pr. måned inkl. skopudsning, petroleum og ekstraforplejning. Der er plads til, at Johanne også kan bo på værelset og plads til Alheds tegneri. 
+Alhed har lavet en vase med gladiolus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U3l9</t>
+  </si>
+  <si>
+    <t>Torsdag Morgen Kl 7½ 
+(drukken The 7!)
+Kæreste Moder! 
+Nu er jeg atter kommen til Ro i mit elskede Værnehjem og i Gang med Arbejdet paa Fabrikken. De første Par Dage var Humeuren sløj, men ved Brandts Hjælp kom jeg hurtig til mig selv igen. - - Brandt og Onkel Chr. tog imod mig paa Banegaarden; denne si[udstreget bogstav]dste har faaet noget Arbejde herinde paa en Fengers Kontor, og lej[t udstreget]et en Lejlighed paa Mathildevej[oversteget komma] ved Fasanvejen. Omtrent til Nov. flytter de herind. Jeg var hos de gamle første Aften; jeg syntes Bedstefader havde det ret godt. Onkel Lut fik jeg ikke Fingre i, jeg saa ham kun flygtig. – 
+Eftermiddag. 
+Jeg maa forholdsvis hurtig slutte af, hvis jeg vil have Brevet af Sted i Eft, hvilket jeg gærne vil. Jeg har har [har udstreget] haft en Del at løbe om nu siden jeg kom fra Fabriken, idet jeg staar i Underhandling med Lautrups derovre om et Værelse. Sagen stiller jeg saaledes: til Nov. kan jeg faa et stort luftigt og lyst Værelse med Sovesofa; det koster imidlertid 39 Kr. (om Sommeren 35 Kr.) hvilket jo er lidt mere end jeg havde tænkt, men naar man tager Petroleum, Skopudsning Extraforplejning og sligt i Betragtning bliver det vist det samme. Endvidere er dertil at bemærke, at Værelset er saa stort at Joh. og jeg kan dele det naar hun kommer ind. Saa vidt jeg kan se er det i alle Maader et fortrineligt Logi, der P [P udstreget] bor kun 2 unge Piger, den ene forhenværende Værnedame, den anden læsende til Alumnelærerindeexamen – Jeg vilde gærne have haft det afgjort i Dag, men jeg har haft Uheld med mig, Fru Laudrup var ikke hjemme, da jeg var derovre og Frk. Rosenørn ikke heller, da jeg var nede hos hende. Jeg glæder mig ellers meget til det, navnlig for at faa Plads til noget Tegneri. Frk. Oppermann har allerede lovet mig, at jeg maa laane et Hermeshoved, som hendes Broder har, at tegne efter – Oktober Maaned kan jeg heldigvis nok beholde mit Eneværelse; det er rart da Værnehjem og Dobbeltværelse tilsammen vilde være uudholdeligt. - - Fabrikken er det samme herlige Sted som altid, det var morsomt,["," overstreget] at se Kammeraternes igen; Arkitekten har jeg ikke set endnu, han er paa Jagt i Fyn og kommer først hjem si[i udstreget]dst i Ugen; jeg har lavet en vase med Gladiulus, (ulæseligt ord] – Nu ikke mere for denne Gang – Skriv nu snart jeg længes efter Brev! Hvordan er det med Chr.? Hils hende og alle andre 1000 Gange fra Din Alhed. 
+Kan du ikke sende mig noget Brevpapir, jeg er udgaaet som Du ser Havde tænkt at stjæle det og Frimærker, men glemte det</t>
+  </si>
+  <si>
+    <t>Forsommer 1892</t>
+  </si>
+  <si>
+    <t>Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Julie Brandt
+Malin   Holmström-Ingers
+Arnold Emil Krog
+- Larsen, cand.
+- Persson, Hvilan
+Phillip Schou
+- Täcklund</t>
+  </si>
+  <si>
+    <t>Alhed Larsen boede i de første dage i København på Værnehjemmet Bethania. At hun i brevet har skrevet Værnebo er nok en fejltagelse. Hun blev 20. november 1890 antaget som lærling ved Den Kongelige Porcelænsfabrik og begyndte 1. december.
+Hvilan var og er en skole i Sverige.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2173</t>
+  </si>
+  <si>
+    <t>Der var dejligt på Hvilan. Alhed m.fl. rejse lørdag og var først et par timer i Malmø og derefter på Hvilan. Doktoren og Fruen var ikke meget hjemme, men Alhed havde det rart med de øvrige beboere og besøgte også Molles tante og hendes mand.
+Alhed var tilbage på Værnehjemmet til the. De første dage på Værnehjemmet og fabrikken var ikke så vellykkede. Arkitekten roste dog Alheds aspargesmotiv og forsvarede det overfor kritiske gæster.
+Bedstefar spiser slet ikke asparges i år. Han er en smule bedre og uden megen kløe. 
+Alhed håber, at hendes mor m.fl. kommer lørdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/S0nw</t>
+  </si>
+  <si>
+    <t>Værnebo Torsdag
+Kære Moder!
+I har vel nok ventet Brev fra mig i et Par Dage, det er jo allerede c. ["c." indsat over linjen] 8 Dage siden, at jeg rejste hjemme fra, men disse Par Dage at ["at" overstreget] jeg har været i København er løbet saa hurtigt, at jeg først nu finder et belejligt Øjeblik. - Du kan tro, der var dejligt paa Hvilan; vi tog af Sted Lørdag Form. med 11 Baaden, efter at jeg først havde været hos Bedsteforældrene med Sagerne; det var virkelig en Smule bedre med Bedstefader, Kræfterne ere ikke saa usle, som de har været, og af og til har ["har" overstreget; "er" indsat over linjen] er han helt fri for Kløe. - Vi var et Par Timer i Malmø og tilbragte her Tiden med at drikke Chokolade, bese Byen og Kong Oscars Park. Da vi kom til Hvilan, var Doktoren og Fruen nylig rejst til Skanør, hvorfra de først rejste ["rejste" overstreget] kom tilbage Søndag Aften, saa dem saa jeg ikke meget til. - Husets øvrige Medlemmer syntes jeg udmærket godt om; de ere vist næsten ligesaa elskværdige som Molle og Doktoren allesammen. Vejret var jo desværre saa daarligt, at vi mest holdt os inde, vi tilbragte den meste Tid med at danse i Gymnastiksalen. Lørdag Eft. blev vi inviteret hen hos Molles Tante og hendes Mand (Cand. Larsen) (der have indlogeret sig i en Bondegaard ved Siden af Hvilan) - for at drikke sv. Punsch. Om Søndagen kom Täcklund, som jeg syntes udmærket godt om, han blev der til Mandag Eft. , hvilket ogsaa Persson og jeg gjorde. Jeg tog hjem med 6 Baaden og kom hertil Kl. 8 1/2 til Thé; men Værnehjemmet smagte ikke rigtig godt de første Dage, og den første Dag paa Fabriken gik heller ikke videre strygende for mig; nu gaar det imidlertid godt igen, jeg har begyndt paa mit Aspargesmotiv, Arkitekten saa det i Dag, og sagde at det var et rigtig godt Motiv! Direktøren kom i Dag med en hel Del fremmede, der skulde vises om, de tog sig den frihed at le ad mine Asparges, men Direktøren forklarede dem med Kendermine, at det jo gjaldt om at finde Kunsten i Naturen! 
+De andre var forfærdelig glade ved Kagen og sender mange Taksigelser! - I Gaar var jeg til Lawntennis og bag efter henne at høre til Bedstef. Asparges kan han slet ikke lide i Aar, Kyllingerne havde han kun ["kun" indsat over linjen] spist af et Par Gange, men Kiksene og særlig Tvebakkerne spiser han stadig af og de smager ham. Han var i Seng, saa jeg saa ikke ham selv.
+Dine Støvler ere besørgede, de havde ingen færdige, men jeg afhenter dem Fredag Aften. Saa haaber jeg, at I kommer Lørdag Aften, jeg beder i alle Tilfælde om en Partnøgle og gaar over og efterser Toget. - Brandt er her og sender mange Hilsner. - - - Er det brune Kommodetæppe rent? saa vilde jeg meget gærne have det herind, da min Kommode er saa ramboneret. 
+Mange Hilsner til eder alle hver især ogsaa paa Gelskov.
+Al.</t>
+  </si>
+  <si>
+    <t>Forår 1892</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Emil Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+- Castberg
+Peter Hansen
+Benny Henriques
+Bodil Lange
+Ingrid Lange
+Jacob Lange
+Benny Paulsen
+- Schak
+Agnete Skovgaard
+Joakim  Skovgaard
+Niels Skovgaard
+Suzette Skovgaard Holten
+Fritz Syberg
+Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik og boede på Værnehjemmet Bethania i foråret 1892. Søsteren Johanne var elev på husholdningsskolen i Sollerup i samme periode.
+Blaa var muligvis Alheds morbror Emil Brandstrup, som led af tuberkulose.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2165</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har ventet på at få brev om komedien på Sollerup. 
+Hun sender et fotografi fra porcelænsfabrikken.
+Alhed har besøgt bedsteforældrene, og bedstefaderen er blevet dårligere. Han er sløv og vrøvler. Bedstemoderen har travlt med at hjælpe ham, men hun var i godt humør. 
+Blaa har det bedre. 
+Ludvig Brandstrups figur er kommet ind på udstillingen. Skovgaards har sagt, at han er landets eneste billedhugger. Peter Hansens Samson er også udstillet og Fritz Syberg/Kunstneren har et selvportræt med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mfVs</t>
+  </si>
+  <si>
+    <t>Lørdag Aften -
+Kære Moder!
+Jeg synes at I trækker mig lidt af med Breve i den senere Tid, jeg har i flere Dage gaaet og ventet paa et langt og interessant Brev om Komedien paa Sollerup, Eders Sollerupgilde (som jeg har hørt om gennem en Fru Schak) o.s.v. - Hermed følger et Fotografi fra Fabriken, men kun til Laan, en af Malerne derude har fotograferet os, saa vi faar dem paa billigt Vilkaar, vil I have et Exemplar? saa skal jeg bestille et; jeg synes, det er et godt Billede, undtagen af mig, der har siddet lidt urolig. - Jeg kommer netop nu hjem fra Bedsteforældrene, Bedstem. [et overstreget, ulæseligt ord] var ked af, at hun ikke endnu havde faaet Dig takket for Duerne, men der er en Del at gøre med Bedstefader; han kan f Ex. ikke mere gaa ud alene og i det hele taget synes jeg, at det gaar svært tilbage med ham; d.v.s. jeg tror ikke at han lider saa meget mere, det samme mener Onklerne; men han bliver saa frygtelig sløv, sidder og smaasover i sin Stol hele Dagen og Hukommelsen svigter ham, saa han af og til taler noget forvirret. - Men det er mærkværdigt som Bedstem. holder ud hun var saamænd i Aften l ["l" overstreget] ganske livlig og i godt Humeur. - Blaa er det nu meget bedre med, Sygeplejersken er rejst og Temperaturen normal, men Kræfterne ere jo foreløbig kun smaa. I Morgen skal jeg ["jeg" indsat over linjen] ind paa Udstillingen med Komtessen og Benny og bagefter med K. hjem at spise til Middag Hun rejser paa Onsdag en lille Tur til Skjaldemose Onkel Luts Figur er nu kommen derop, jeg er meget spændt paa, om den vil gøre Lykke. Gennem Langes har jeg hørt, at Skovgaardene har sagt, at vi for Tiden kun havde én god Billedhugger og det var Onkel Lut. P Hansen har faaet ["faaet" indsat over linjen] et større Billede derop nu til anden Ophængning: "Samson og Dalila", Kunstneren et Selvportræt. - 
+Forleden fik jeg Brev fra Frøken Castberg om, ["om" indsat over linjen] at naar jeg blev smidt ud af Værnehjemmet, kunde jeg maaske komme til at bo paa ["paa" overstreget] hos Langes. - Jeg gik saa derud og talte om Sagerne
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>Sommer 1892</t>
+  </si>
+  <si>
+    <t>- Benzon
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Carl  Herold
+Arnold Emil Krog
+- Pehrsson
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik. 
+"Mine Asparges er gaaet i Branden": En porcelænsgenstand med påmalede asparges er i ovnen/brænding.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2168</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været til the hos Benzons. 
+Bedstefaderen har det rimeligt godt. Maden smager ham, og han og Bedstemor går på Nørrebrogade og køber ind. 
+Herold er taget på landet, så Alhed kan ikke få sine huslejepenge hos ham. Hun beder om, at forældrene sender penge hjemmefra. 
+Alhed spørger, hvornår rejsen til Sverige finder sted. Det er frygtelig varmt at være i København.
+Alheds porcelæn med aspargesmotiv er i ovnen. Direktøren var positivt stemt overfor tingene.
+Moderen må gerne sende strømper mv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iV7J</t>
+  </si>
+  <si>
+    <t>Kæreste Moder!
+Du har vel nok ventet paa Brev fra mig et Par Dage, jeg skrev jo til Elle, at jeg vilde skrive Mandag, da jeg gik fra Lawn-tennis, mødte jeg Ober[ulæseligt]leutnant Benzons, og de bad mig om endelig at følge med op til The, de skulde rejste ["t" i ordet overstreget] paa Landet i Dag Onsdag og vilde gærne have mig derop en Aften, inden den Tid; det er vist nogle prægtige Mennesker, og jeg tror, at jeg skal til at komme der lidt oftere. - I Gaar skrev jeg ikke, fordi jeg havde temmelig stærk Hovedpine og gik i Seng, da jeg kom fra Fabriken. Bedstefader havde det ganske godt i Søndags, det havde været en slem Nat saa han var lidt træt og gnaven, men i det hele taget er han jo meget bedre end da Du var derinde; han er stadig helt klar i Hovedet og jeg synes, at hans Hukommelse kommer mere og mere; han glæder sig meget til at se Dig og Fader paa Rejsen til eller fra Sverig. Kræfterne tager ogsaa til, han gaar f. Ex. af og til med Bedstemoder op paa Nørrebrogade og køber ind. Hans Appetit er ganske god og han siger, at Maden smager ham; de har skiftet Spisekvarter og faaet et efter Thoras Anbefaling. Thora er rejst paa Landet for nogen Tid siden, men jeg tror, at hun har sendt Dine Galoscher til Langeland. - - - Jeg har været hos Herold et Par Gange for at faa Penge - (jeg var jo nødt til at hæve endnu for denne Maaned, da vi betaler forud her paa Værnehjemmet, og desuden maatte jeg for at kunne klare mig alene efter Ferien have lagt lidt op) - men stadig har jeg ringet forgæves, og nu fik jeg forleden at vide af Portneren derinde, at de var rejste paa Landet for nogen Tid siden, saa jeg kommer desværre til at bede om at faa nogle sendt hjemme fra, men det bliver saa forhaabentlig de sidste. - Du maa endelig lade mig vide bestemt, hvornaar vi skulde til Sverig; her paa Værnehjemmet vil de helst af med mig c. den 4de den Dag rejser de sidste herfra. - Jeg er stærk oplagt til at faa Ferie og glæder [et overstreget bogstav] mig forfærdelig til det. Du kan tro, det er drøjt at [være] her i denne dejlige Sommertid, ikke tale om, at man lider dobbelt saa meget af Varme herinde som paa Landet.
+Jeg vilde gærne have set Pehrsson herinde, men det var mig ikke muligt at træffe ham, jeg var nede ved ["ved" indsat over linjen] 4 1/2 Skibet for at se efter ham, og Mandag Morgen var jeg paa Højskolehjemmet men heller ikke der var han at træffe. -
+Mine Asparges ere gaaede i Branden nu; Direktøren har fulgt dem med Velvilje hele Tiden, blot de nu maa komme gode ud. Onkel Lut var ude at se paa dem i Mandags. - Jeg vilde egentlig gærne have den blommefarvede og mine Sko herind, jeg er jo ellers nødt til at gaa med den med Skjærfet om Søndagen. 
+Kan Pengene ikke sendes i Pakke? Har jeg nogle Strømper hjemme maa Du endelig sende dem med, jeg er meget udgaaet. - - - Vil Du takke Elle mange Gange for hendes lange Brev og Tegningerne. Skriv nu endelig snart og fortæl, hvorledes det gaar med Skoldkopperne; jeg har ikke faaet et ordentligt Brev fra Dig, siden Du rejste hjem! - - 
+Mange Hilsner til Eder alle Din 
+Ald.</t>
+  </si>
+  <si>
+    <t>Sensommer 1892</t>
+  </si>
+  <si>
+    <t>- Dejgaard
+Peter Hansen
+Leonard Holst
+Marianne Høst
+Arnold Emil Krog
+Ingrid Lange
+Johanne Christine Larsen
+Christine  Mackie
+- Møller, Søstrene
+Georg Neukirch
+Ruth Neukirch
+Sigrid Neukirch
+Anna Rosenørn
 Marie Schou
-Anna Syberg</t>
-[...19 lines deleted...]
-Din Alhed</t>
+Anna Syberg
+- Thomsen, regnskabsfører</t>
+  </si>
+  <si>
+    <t>Alhed Larsen kendte mange, der hed Thora, og det kan ikke afgøres, hvilken Thora der er omtalt i dette brev. Hun boede tilsyneladende på pensionat med Alhed.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2164</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været på besøg hos Neukirch med Marie og Peter Hansen. 
+Hun dekorerer en vase med et blomkålsmotiv og skal på mandag have en anden vase ud af ovnen.
+Hvis Johanne snart kommer til København, skal Alhed vel bestille værelser til dem? 
+Alhed spørger, hvordan det går med kæresterne Leonard Holst og Christine.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7wTd</t>
+  </si>
+  <si>
+    <t>Onsdag Aften.
+Kæreste Moder!
+Tak for Dit Brev! Denne Gang bliver mit Brev nu ikke saa interessant som sidst, jeg har ikke oplevet saa meget! - Frkn Hansen og Dejgaard ere rykkede ind til mig i Aften, der var saa koldt inde hos dem; nu sidde vi hyggeligt og skrive Breve allesammen med en Æske hjemmebagte Kager af Frkn. ["n" i ordet overstreget] Dejgaards imellem os. 
+I Gaar, da jeg sad i bedste Ro ude paa Fabr. og malede kom Regnskabsfører Thomsen ud og styrede lige hen til min Plads og spurgte med et [et overstreget bogstav] grinende Ansigt (et Smil paa hans Ansigt er ellers en stor Sjældenhed) om jeg kunde komme ud til Nøjberg eller Neukær i Aften! Det blev der telefoneret om inde fra Udsalget. Min Bestyrtelse var ligesaa stor som Thomsens, men jeg fandt da ud af, at det maatte være Neukirk; jeg bad ham svare tilbage: jo tak, men om jeg maatte bede om Adressen. Den fik jeg og jeg ilede saa i Aftes ud til Østergade 94. - Sagen var, at Marie Hansen var kommen herind til Byen hun og P.H. skulde tilbringe i Aftes hos Neukirks, og saa havde de pludselig fundne paa, at de vilde se at faa fat paa mig. Vi tilbragte en meget hyggelig Aften; Fru N. og Døtrene var meget elskværdige og intelligente [et "?" indsat over det første "e" i ordet]; vi morede os med at drikke Solbærrum spise Konditorkager, ryge Cigaretter og snakke. Kl. var næsten 12, da jeg gik derfra, Marie og P. bor i Nyboderne, ikke desto mindre fulgte de og G.N. mig først hjem, vi gik hele Vejen langs med Søerne i det dejligste Maaneskin. - Frøken Rosenørn sagde ingenting til at jeg flyttede derfra. Jeg gaar med det grønne Skørt til daglig. - 
+I Dag har jeg begyndt med ["med" overstreget] paa en stort Vase med - Blomkaal!! Arkitekten var ude i Dag og syntes mærkelig nok godt om den; det gælder bare om at være original!!
+I Dag havde vi tillige Besøg af den østrigske Gesant med Frue; de var meget elskværdige men talte fransk; da de gik, bukkede Gesanten dybt og sagde: Goddag! - - Torsdag.
+Jeg husker ikke, om jeg 
+[Der må mangle et ark papir, eller det følgende hører ikke oprindelig sammen med brevets første sider]
+og fandt dem mod Forventning meget villige til naar Tidens Fylde kommer, at gøre Plads for mig; Ingrid og Thora paastod endogsaa at de vare frygtelig glade ved den Udsigt; Eneværelse bliver der nu ikke Tale om, men det kan jo ogsaa blive godt. - Jeg har spurgt Frøken Rosenørn, om Udsigterne for Efteraaret, og hun mener at de ere gunstige. Nu er det vel slaaet fast, at Joh. skal herind, er det saa ikke bedst, at jeg i Tide bestiller et Værelse til os, eller to smaa, et til Sovekammer og et til Læse ["Læse" overstreget] Dagligstue? - Det var morsomt at se Petersson og faa nogle friske Hilsner med hjem; jeg haaber, at han har afleveret de forskellige Beskeder, jeg gav ham med? Han glædede sig saa meget til at se Eder allesammen igen, I maa da endelig ikke forsømme ham altfor meget for Holst! Hvordan opfører Kærestefolkene sig? det var ikke ret længe, at de fik Lov at være paa Tapetet, nu er [ulæseligt ord] vel Dagens brændende Spørgsmaal. - Vil Du sige til Holst, at jeg der fornærmet over ikke endnu at have faaet deres Billede! - 
+Den lille i Istedgade har nu, efter i lang Tid at have holdt mig hen med Snak, sendt mig Kjoletøjet tilbage, da hun følte sig overvældet af Travlhed. Mon jeg ikke skal lade Søstrene Møller sy den, dem, der syde min Balkjole - det er næsten kedeligt at lade en helt ny prøve med denne pæne Kjole? -
+Paa Mandag kommer min store Vase ud af Branden, og jeg er naturligvis frygtelig spændt paa den! -
+Nu er jeg saa træt og søvnig, at jeg næsten ikke kan holde ho ["ho" overstreget] Øjnene aabne, mens jeg faar en Slutning sat paa Brevet. -
+Derfor kun i al Korthed en venskabelig Hilsen til hver især!
+Ærbødigst A Warberg.
+S.U.
+Søndag Morgen
+Nu kom Frk. Høst for at spørge, om jeg vilde med paa Udstillingen, - hun fortæller, at hun nu til Morgen har faaet Rejsestipendium - 200 Kr - at rejse for i Sommer, saa nu skal hun til at movere sig en 4-5 Maaneder. -</t>
+  </si>
+  <si>
+    <t>1892-2</t>
+  </si>
+  <si>
+    <t>- Baumann
+-  Berthelsen
+- Bjerg
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Moritz Goldschmidt
+Marianne Høst
+- Jørgensen, f. Bülow
+Johanne Christine Larsen
+Christine  Mackie
+- Munthe Morgenstjerne
+- Plum
+Anna Rosenørn
+Ellen  Sawyer
+Fanny Schaffalitzky de Muckadell
+Friedrich Schiller
+- Thalbitzer
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik. 
+Det kan ikke afgøres, hvilken Esther der er tale om. Alhed kendte mange af dette navn. Det samme gælder Poulsens.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2209</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har meget travlt og beder om ikke at få opgaver hjemmefra. Hun er på Akademiets bibliotek flere eftermiddage om ugen og hver lørdag aften hos bedsteforældrene; desuden besøger hun komtessen og tegner. Lige nu tegner hun en begonie, som skal bruges på porcelæn. Alhed beder moderen få Ellen til at tegne og sende et billede af moderens begonie.
+Alhed har fundet priser på diverse linned i København. Hun har været hos komtessen lørdag til mandag. Onsdag var hun med flere andre i teatret og se Schillers Røverne.
+Alheds værelse er ved at være hyggeligt møbleret.
+Det undrer Alhed, at forældrene var så fortørnede over, at hun har holdt nytårsfest med blandt andre to enlige mænd. Det er ubehageligt at skulle værne så meget om sit rygte. 
+Frk. Rosenørn er syg, så Frk. Bjerg styrer Værnehjemmet. 
+Alhed beder om at få sendt mere mad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UfYF</t>
+  </si>
+  <si>
+    <t>Fredag Aften
+Kæreste Moder!
+Tak for Dit lange Brev, som jeg nok egentlig burde have besvaret for længe siden; jeg opdagede pludselig, at det nu næsten er 14 Dage, siden jeg skrev sidst; men det er den Tid, jeg ikke kan faa til at slaa til: I maa endelig saa lidt som muligt sende mig Kommisioner, da det er meget vigtig for mig at have Eftermiddagene i Ro; jeg kan nemlig saa dejlig bruge dem til mit Tegnearbejde; for det første har jeg opdaget, at j ["j" overstreget] Akademibiblioteket er aabent hver Dag fra 4-6; det er jeg meget henrykt over og jeg gaar nu derind et Par Gange om Ugen. Jeg maa saa styrte hjem fra Fabriken, sluge min Mad og kan endda med Nød og næppe naa at være der til Kl. 6. ["6." overstreget] 5. Og naar jeg saa skal en Gang om Ugen til de gamle (hver Lørdag Aften) og en Gang til Komtessen, saa kan Du jo nok se, at min Tid er optaget. Endvidere maa jeg anvende nogen Tid til at tegne motiver her om Aftenen. I dissse [det midterste "s" i ordet overstreget] Aftner har jeg tegnet en bredbladet Begonie, som jeg laante hos en af de unge Piger her paa Værnehjemmet; den skal andvendes ["d" overstreget med v'et] stiliseret, meget mørke Blade paa mellemfarvet Bund og i den skal ligge strøet ganske lyse blegrøde ["blegrøde" indsat over linjen] stiliserede Begonieblomster [tegning] Men hvis dine Begonier blomstrer endnu, vil Du saa ikke bede Elle om at tegne nogle af Blomsterne og sende mig dem, jeg ved ikke rigtig, hvordan de ser ud, om de hænger i Klaser eller enkeltvis, men det maa ikke ["ikke" overstreget] helst ikke være flot og malerisk, hellere rigtig nøjagtigt. - - Hvad angaar det Linned, jeg skulde se paa, saa har jeg bragt medfølgende i Erfaring: Hos Berthelsen kan faas rigtig gode Chemiser uden Blonde til 2,25 eller ["eller" overstreget] 200 eller 1,85 meget elegante med broderet Strimmel og mange smaa Læg 300. Ogsaa med Blonde eller en broderet Strimmel til 200. Buxer: ganske pæne (uden Blonde) 1,40; rigtig pæne 1,60, af kipret Tøj 200. - i øvrigt kan Du bestille dem til hvilken som helst Pris og Façon; de skal vel knappes paa Skulderen? Og saa maa der vel helst sendes et Maal af Skulderbredden. Det lader til at være et udmærket Sted, men det maa ikke vare for længe, da Udsalget kun varer lidt ud i næste Uge Maaned (ordene "Uge" og Maaned" er skrevet oveni hinanden].
+[Op langs venstre margen og i brevets øverste kant er skrevet:] Jeg saa ogsaa paa noget andre Steder f. Ex. Gl. Kongevej, et Sted Komtessen havde anbefalet, men dette var det bedste; Goldschmidts er saa fine paa det, de lukker, inden jeg kan komme til Byen. [Tilføjelse slut]
+Sidste Lørdag gik jeg lige fra de gamle hen til Komtessen og blev der til Mandag Morgen; det var meget hyggeligt. Søndag Middag var Fru Jørgensen f. Bülow der tilligemed sine Børn; samt Frk. Baumann og Poulsens. Vi unge lejede og spillede Kort. - Jeg blev bedt til at tilbringe Fastelavnen der, men desværre har vi ikke fri om Mandagen. - Jeg fik igen en Route Omnibusbilletter, jeg har god Nytte af dem i disse Dage, da det er et frygteligt Føre. - I Onsdags var jeg bedt til Esther. Vi var bagefter 9 unge (Esther, hendes 3 Brødre, en Frk. Thalbitzer en Student Munthe Morgenstjærne, 2 Frk. Plum og jeg.) i Dagmartheatret til Schillers "Røverne". Vi morede os storartet, skønt det var en Tragedie, - men hv ["hv" overstreget] vi havde da ogsaa den Trøst, at efter hver Akt, naar der var nogen døde, gik Tæppet atter op og de døde stod der saa og gjorde en pæn Kompliment! - Der er uhyre rart at komme; skønt der er frygtelig fint, finde ["finde" overstreget] føler man sig slet ikke trykket, de ere saa voldsom ligefremme. - Kommoden er ankommen i god Stand; jeg ["jeg" overstreget] jeg var frygtelig henrykt over Tæppet og min lille Stol i sin nye Skikkelse, her er snart rigtig hyggeligt. - Jeg har ikke købt Uldtrøjer, derimod et hals. normalt højhalset Underliv (Tunger i Halsen) til 2,25; Frk. Høst raadede mig dertil, da man bedre kan lægge et saadant om Sommeren. - - Hvad angaar vores "Nytaarssold" saa var jeg egentlig lidt forbavset over, at I syntes det var saa frygteligt; vi afholder jo hvert Aar vores ["vores" overstreget] et saadant; I ["I" overstreget] i Aar var der bare den Forskel, at vi havde 2 unge enligt stillede Mandfolk med; ja, det gjorde det jo rigtig nok en hel Del mere kriminelt, men alligevel havde vi dog talt om, at den Tid ikke var saa forfærdelig fjærn, da vi kunde fortælle Eder om det. - - Nu maa jeg i Seng; Kl. er over 11 og jeg bliver desværre saa frygtelig tidlig søvnig om Aftenen. -
+Ved at læse ovenstaaende igennem, er jeg bleven bange for, at jeg har taget lidt for let paa det, især da jeg kom i Tanker om, at Elle og Christine besvimede over det; jeg maa derfor tilføje, at det virkelig ogsaa gjorde et dybt Indtryk paa mig; og havde vi vidst ["vidst" overstreget; "tænkt" indsat over linjen] tænkt, at I vilde tage Eder det saa nær, havde vi naturligvis ikke gjort det. Vores Rygte havde vi desværre som sædvanligt ikke ikke ["ikke" overstreget] haft nok Respekt for! Det er egentlig ubehageligt at have et godt Rygte at skulle værne om! - - O ve! a føj!, dette blev vist ikke mere angergivent end det første! det er skrækkeligt, men jeg er i saadan et perlehumeur, at jeg ikke med min bedste Vilje kan skrive noget sørgeligt; x bare jeg havde gjort det ligestrax, men nu er det saa længe efter! - [Indsat øverst på siden:] x "To store i en Sæk, kan ingenlunde rummes". [Tilføjelse slut]
+Frk Rosenørn ligger i disse Dage og vi regeres derfor af Viseprovstinden Frk Bjerg ("Isbjærget kaldet") hun exer os paa det frygteligste. - 
+Min stribede Kjole er rigtig pæn! den blegrøde ikke syt endnu, da Din Yndlingsjomfru er paa Rejse. -
+Hvornaar kommer Æggene? Christine har anmeldt dem for længe siden? ["?" overstreget med et "!"] !! - Jeg er nu næsten paa det rene med at jeg beder om mere Mad med, de andre ere komne i med at sidde og give mig af deres Mad. Det blaa Forklæde er Thoras, jeg glemte at faa det med. 
+Vil Du bede Elle og Joh. undskylde, at jeg ikke endnu har besvaret deres Breve! -
+Masser af Hilsner til dem allesammen! Mon de smaa ikke snart føler Trang til at skrive? -
+Dig og Fader sender jeg min ærbødigste Hilsen!
+Eders glad angergivne Datter Alhed</t>
   </si>
   <si>
     <t>1899-01-23</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Vilhelm Larsen
 Joakim  Skovgaard
 Christine Swane</t>
   </si>
   <si>
     <t>Johannes Larsen er assistent på Joakim Skovgaards projekt med kalkmalerier til Viborg Domkirke.
 Christine Larsen (Uglen) boede fra efteråret 1899 på Værnehjemmet Bethania i Helgolandsgade, mens hun gik på Akademiet.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Johannes Larsen sender Alhed 10 kr. Deres finanser er begrænsede. Larsen får heldigvis både frokost og aftensmad hos Joakim Skovgaard. Han er gået med til at arbejde for halv løn, hvis Rigsdagen ikke bevilger pengene til Skovgaards projekt. 
 Bertha Brandstrup er faldet og har brækket et ben.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/kNZF</t>
   </si>
   <si>
     <t>Kjøbenhavn 23-1-1899.
 Min egen kæreste Ven!
 Det var lige ved at Du ikke havde faaet Brev fra mig i Dag, fordi at jeg nu i flere Dage har gaaet og glædet mig til at faa Brev fra Dig, og saa fik jeg saadan et ækelt Svinebrev som jeg knap gad holde paa mens jeg læste [noget af papiret mangler] havde været ude hos [noget af papiret mangler]anen, som havde været [noget af papiret mangler]at lægge det i en an[den Ko]nvolut for at kunde [give] mig det, Du gør Dig vist [ingen] Ide om hvordan det saa ud og lugtede. Jeg har faaet Penge i Dag og sender Dig her 10 Kr. kan Du nu være sparsommelig med dem, for vore Finanser staa jo mildest talt ikke glimrende kan [Du] vel nok regne ud. En stor Hjælp er det at jeg faar baade Frokost og Middag hos Skovgaard, hvad jeg jo ikke havde gjort Regning paa. Jeg sidder her hos Uglen og skriver jeg har været oppe at betale hende en Kr. jeg laante forleden. Mine Sko kostede tillige med Støvlerne 7 Kr. 85, d.v.s. jeg har ikke betalt dem, Støvlerne staar endnu derude, Du synes vist [noget af papiret mangler] det er noget morsom[noget af papiret mangler] men Du er da glad [for at] jeg alligevel skriver [noget af papiret mangler] Kan Du se denne [noget af papiret mangler] Seddel, det er af de første Viborg Penge, maatte der nu bare være Held med dem, jeg fik 22 Kr. og 50 Øre i Aften, men da det ikke er sikkert [at det] Hele bliver til noget kan det være at jeg kommer til at arbejde ligesaa længe for ingen Ting, jeg er nemlig gaaet med paa at arbejde for halv Pris hvis det skulde blive nægtet i Rigsdagen, men det er der vist ingen Fare for og Du skal ikke tale om det. Jeg var oppe hos Brandstrups i Gaar, Du ved vel at hun har været saa uheldig at falde og Brække [noget af papiret mangler] Ben forleden, men [noget af papiret mangler]eldigste Maade dog [noget af papiret mangler]un ligge i en Maaned. [Jeg ska]l hilse fra dem. Jeg [skal o]gsaa hilse fra Uglen og Klaks som lige har været her og fra min Fætter. Mange kærlige Hilsner, min lille søde Ven. Kan Du nu skrive et længere og renere Brev til mig saa snart Du har faaet dette. Jeg længes efter Dig. Hils alle derovre
 Din
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-02-19</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Odense Domkirke
+Nedergårdsvej 6064 Jordrup
+Lindvedgaard</t>
+  </si>
+  <si>
+    <t>Harald Allerup
+Laurentius Allerup
+Elisabeth Eckardt    
+Julius Hviid
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Vilhelm Larsen, Georgs søn</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København og arbejder hos Joakim Skovgaard.
+Marie Larsen har 1897-98 arbejdet på Nedergaard ved Kolding.
+Christine Swane boede i perioder på Værnehjemmet Bethania, Helgolandsgade 8, København.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns - og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Marie hjælper på Nedergaard i forbindelse med en begravelse. IA Larsen og Agraren skal se på en plads på en gård i Lindved. Pengene til Bisse er forsinkede. Christine Swane må gerne tage et eneværelse på værnehjemmet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xYmc</t>
+  </si>
+  <si>
+    <t>Kjære Christine!
+I al Hast et lille Ord for at sige Dig at vi ere raske – lille Vilhelm har nu faaet Lov at faa lidt Havresuppe og i morgen Mælk igaar var han saa daarlig at Georg kom farende ned - vil du ikke komme op Mor Marie er så bedrøvet for lille Ville - han rigtignok ogsaa medtaget ud, men Doktoren kom idet samme og han hostede godt det er kun Tænderne der gjør ham daarlig nu har han ogsaa en hel Mængde han er bleven klippet det klæder ham ikke godt her er 2 Lokker til Dig og Marie men i Øjeblikket ved jeg ikke hvor de er – Her er ingen hjemme andre end mig – Igaarmorges kaldte de fra Neergaard gamle Allerup døde jo i Gaarmorges og saa bad de om at laane hende til Begravelsen er overstaet vi synes ikke vi kunne sige Nej og hun er allerede rejst Kl 10 i Formiddag Faer havde Ærinde til Odense – og de vil saa paa Hjemturen om ad Lindeved og se om den Plads kan bruges til Agraren de skulde allerede have været derhen i Tirsdags men Adolph har ligget nogle Dage og han skulde dog med, han har været oppe i et Par Dage og da Vejret er saa godt i dag mente vi ikke at det kunde gjøre ham noget – Laurentius Allerup kjørte med til Odense Hils dog Bisse fra mig saadan pludselige Dødsfald er altid tunge jeg troede jeg skulde have sendt hende Penge i dag, men han den er ikke kommen endnu saa bliver det for sent saa maa vi vente til i morgen Christine lille jeg burde jo først have skreven til dig et Svar paa dit Spørgsmaal om Værelset Du maa saa gjerne bestille Dig et Eneværelse enten Du vil til 36 eller 38 hvilket der passer Dig bedst – Det er noget Fader længe har talt om til Marts skal du saa nok faa en Seddel
+Her var et lille Brev iaftes fra Vilhelm hils ham ogsaa Johannes som jeg i mange Dage har ventet et Brev fra
+Ja nu maa jeg slutte men saa skal der nok komme et Brev en anden Dag
+Hils Alle dog mest Du lille gode Pige gud Fader bevare og velsigne Eder Alle Din Moder</t>
   </si>
   <si>
     <t>1899-10-24</t>
   </si>
   <si>
     <t>Emil Andresen
 Benedict Boisen
 Esther Boisen
 Ludvig Brandstrup, billedhugger
 Victor Bøttern
 Viggo Johansen
 Adolph Larsen
 Georg Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Olga Lau
 Cathrine Meyer
 Marie Meyer
 Sophus  Meyer
 Johan Christian Petersen
 Fritz Syberg</t>
   </si>
   <si>
     <t>I efteråret forpagtede Victor Bøttern alt vedr. Købmandsgården til grosserer Victor Bøttern undtagen detailhandlen, som blev overtaget af Georg Larsen.
 Christine Swane boede på Værnehjemmet Bethania i perioder. Det blev oprettet i 1889 af Foreningen til Værn for enligt stillede Kvinder. Den skulle bl.a.hjælpe tilflyttede unge kvinder med at finde et billigt sted at bo og et arbejde.</t>
   </si>
   <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
     <t>Vilhelmine Larsen opfordrer Christine Swane til at opsøge Viggo Johansen og høre hans mening om hendes arbejder. Der er store økonomiske problemer i familien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9mER</t>
   </si>
   <si>
     <t>Kjerteminde den 24 99
 10
 Kjære lille Dinemor!
 Nu maa Du ikke blive altfor bedrøvet naar Du hører at vi ikke kommer til at rejse før efter November og det afhænger endda af om de Herrer Forpagtere sender deres Afgift efter Ordre vi skrev i Aftes; baade til Børnene og dem – tro mig de bliver kjed af det derovre.
 Faer sagde jeg skulde spørge dem hvad Tid de kom hjem for saa kunde vi maaske hente dem, tungt er det at slippe den Glæde; men vi skal være taknemlige at vi ere raske – og saa er der jo ikke saa lang Tid til Julen.
 I morgen skal jeg sende Støvlerne og lidt Chokolade, Georg gav mig til min Fødselsdag, I to det vil jeg dele med Eder – Urtepotten maa vel saa blive til Du selv kommer hjem eller skal jeg sende Billederne og den med Damperen – saa maa du vel selv hente det og bære det hjem(svar mig paa det)
 Jeg venter dit Tøj; for vi skal vaske Fredag og Lørdag og saa et lille Brev igjen om du har hørt hvad Herr Johansen sagde om dit Arbejde, har du ikke gjort Visit der endnu; bliv dog saa stærk at gaa frem heller høre Sandheden straks Christine end gaa i Uvished; husk du bare paa hvad Johannes og Syberg sagde det gør ikke det mindste at du har hvilet Dig i Sommer, hvad er det for noget Snak.
 Lud skal have havt Indflydelse paa Olgas Tegnemaade, han giver sig jo slet ikke af med at rette, fortæl mig dog noget mere – en hel Del lille Ven nu vi ikke kom – jeg har funden en Pose med Benklæderne – saasnart jeg kan saa skal jeg faa dem ordnede.
 Marie og Cathrine var efter Avisen – Mejer ligger i Sengen for Hoste de har Læge – og det hjælper dog lidt – her er ellers 2 [Patienter?] Bene Bojsen og Carl Petersen den første lever ved Champagne og det maa de helde i ham Esther kommer ud paa Mandag.
 Jeg har vel fortalt dig at Muse Petersen har lejet den Lejlighed Bøtterns har; men nu kom Fruen i dag for at tale med os om en Forandring hun gjerne ønskede lille Arnold kunde ikke sendes alene paa et Værelse saa de ønskede Soveværelse i Kjøkkenet og Barnet i Spisekammeret men saa skulle det føres helt over til Stuevæggen med Indgang til den store Stue – og ingen Dør til Gangen. Kjøkkenet skulde saa være der hvor vi sov for det var saa dejlig nemt at have det ved Siden af Spisestuen da jeg nu havde set det – og hørt paa den lange Tale sagde jeg det kan De vist saa godt faa Lov til, men De maa selv bekoste Forandringen og det var rigtignok Husejerens Sag, saa skulde vi til Haven der havde hun et Lysthus – og smukke Havemøbler og mange dejlige Roser, nu faar vi se om den Sag gaar i Orden – hun helmer vist ikke der
 (Nu kom Pakken jeg ledte igjennem men fandt ikke et Ord – skriv snart - )
 Adolph troer vist vi er i Sverrig derfor skriver han ikke han maa have et lille Ord i Aften for hans Tøj maa jo ogsaa frem
 Vilhelm maa ogsaa have et Par Ord – den smule Tid jeg har den kan jeg saa godt bruge – til Skriveri.. naar det skulde være rigtig jeg har ikke faaet takket for mine Fødselsdags Breve endnu – men I er jo da ogsaa de første du skal nok faa dine Maanedspenge til den 1. lille Ugle – det maa du stole paa; Faer ligger og sover paa Sofaen. Marie er hos Andresens hun og Ebe spiller 4 hændig sammen de har Kassen med Bravøren og længes efter at faa dig med med Violinen, har du faaet den frem Lille Dine
 Fortæl os lidt om Livet derovre i Hjemmet saa er du sød hils Olga – fra din trofaste hengivne Moder</t>
   </si>
   <si>
-    <t>1891 efterår</t>
-[...7 lines deleted...]
-Jonas -, Onkel
+    <t>1900-02-04</t>
+  </si>
+  <si>
+    <t>Peer -
+Alhed Larsen
+Johannes Larsen
+Hanne - -, malkepige hos Larsen i Kerteminde
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Christine Swane bor på Værnehjemmet Bethania.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen synes det er en god ide, at Christine Swane kan begynde hos Willumsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d4vt</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 4de/2 1900
+Kjære Christine
+Du maa undskylde mig at jeg ikke skriver et langt Brev men min ene Haand er ikke god at skrive med. Johannes og Alhed var her igaar med dit Brev iaftes kunde jeg ikke faa det afsted men her sender vi dig nu de andre 10. Du maa endelig skrive naar Du har faaet dem
+Johannes synes godt om at Du kunde tegne hos Willumsen skaf os at vide hvad det koster og om Du kan komme med det er noget Gigt jeg har i den højre Haand det er meget bedre nu og bliver nok helt godt i morgen
+Dette Brev kom ikke afsted alligevel for der kom nogen andre der fik den; men nu kan Johannes give Dig de 10 Kr
+Hanne har faaet en Søn og Peer sidder der borte og pusler hende, for Barnet døde igaar
+Her en Kone der malker for hende og saa gaar den vel til hun kommer op, det [ulæselige ord]</t>
+  </si>
+  <si>
+    <t>1900-02-28</t>
+  </si>
+  <si>
+    <t>Hanna -
+Adolph Larsen
+Alhed Larsen
+Johannes Larsen
+Marie Larsen
+Marie   Larsen, Georg Larsens datter
+Vilhelm Larsen, Georgs søn
+Olga Lau
 Anna Rosenørn
-Fanny Schaffalitzky de Muckadell
-[...87 lines deleted...]
-Nu kom Frk. Høst for at spørge, om jeg vilde med paa Udstillingen, - hun fortæller, at hun nu til Morgen har faaet Rejsestipendium - 200 Kr - at rejse for i Sommer, saa nu skal hun til at movere sig en 4-5 Maaneder. -</t>
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Christine Swane bor på Værnehjemmet Bethania
+Slof er et gammelt ord for værelseskammerat ( kommer af tysk Schlaf = søvn) Gyldendals Den store Danske.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes Larsen mener, at Willumsen er en dygtig lærer og Christine Swane får lov til at få undervisning hos ham</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Pllc</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 28.Januar
+Kjære lille Dinemor
+Du nøjes med dette lille Par Ord i Aften for det blev mig ikke muligt at faa Penge frem i dag men først i Morgen, saa mener jeg Du faar Dine Penge hos fru Eriksen deraf kan Du jo saa betale Olga hvis hun skal rejse og saa den næste dag Frk Rosenørn.
+Du kan jo se dine Breve efter min Ven saa vil Du se at vi har givet Dig Lov til at tegne hos Willumsen saa blot Besked om hvad Du skal give ham derfor for Johannes mener han er en udmærket Lærer
+Adolph var hjemme i Fastelavn og var saa sød at blive hjemme hos os Johannes og Alhed var her begge Dagene. De ere alle raske og lille Anna hun fik den nye Kjole syet og er bleven fotograferet Du skal have et Marie har siddet oppe hos lille Ville som er syg for de sidste Tænder og raabte paa Lalla, hun vil skrive et ordentligt langt Brev til Dig en af Dagene jeg har strikket en Trøje længere til Adolph i Dag men blev ikke færdig
+Hanna er kommen igjen igaar saa nu haaber jeg vi skal faa Maries Ben sparede igjen
+Lev vel søde Christine og Held til at bo ene men skal det ikke lykkes saa se med milde Øjne paa Din Slof Farvel saalænge Din Moder
+Hils Olga
+På bagsiden af brevet: Tjærrepastiller Dogtor Schondel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1086,51 +1086,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/U3l9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xYmc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bjvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mfVs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iV7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4vt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pllc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9mER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wbrR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7wTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bjvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wbrR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U3l9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mfVs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iV7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7wTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xYmc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9mER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4vt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pllc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M21"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1173,203 +1173,201 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I2" s="5"/>
+        <v>19</v>
+      </c>
+      <c r="I2" s="5" t="s">
+        <v>20</v>
+      </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="5" t="s">
-        <v>24</v>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E4" s="5" t="s">
+        <v>32</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="I5" s="5" t="s">
         <v>40</v>
       </c>
+      <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>41</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>16</v>
@@ -1394,690 +1392,692 @@
       </c>
       <c r="I6" s="5" t="s">
         <v>47</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>48</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="D7" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="E7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="F7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="G7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="H7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>58</v>
-      </c>
-[...13 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" s="5" t="s">
         <v>65</v>
-      </c>
-[...11 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="L9" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>72</v>
-      </c>
-[...10 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>74</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>75</v>
       </c>
       <c r="H10" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="J10" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E11" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="I11" s="5"/>
+      <c r="J11" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="J11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="K11" s="5" t="s">
+      <c r="M11" s="5" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="J12" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="I12" s="5" t="s">
+      <c r="K12" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="J12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="K12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E13" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F13" s="5" t="s">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="J13" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="G13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H13" s="5" t="s">
+      <c r="K13" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="J13" s="5" t="s">
+      <c r="M13" s="5" t="s">
         <v>102</v>
-      </c>
-[...7 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="K14" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="E14" s="5" t="s">
-[...5 lines deleted...]
-      <c r="G14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="H14" s="5" t="s">
+      <c r="M14" s="5" t="s">
         <v>109</v>
-      </c>
-[...13 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>56</v>
+        <v>16</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="L15" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="M15" s="5" t="s">
         <v>116</v>
-      </c>
-[...13 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>56</v>
+        <v>16</v>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="K16" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="L16" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="M16" s="5" t="s">
         <v>123</v>
-      </c>
-[...13 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>98</v>
+        <v>124</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D17" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D17" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E17" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="K17" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>131</v>
-      </c>
-[...7 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G18" s="5" t="s">
         <v>136</v>
-      </c>
-[...14 lines deleted...]
-        </is>
       </c>
       <c r="H18" s="5" t="s">
         <v>137</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>138</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>139</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>140</v>
       </c>
       <c r="L18" s="6" t="s">
         <v>141</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>143</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>53</v>
+        <v>133</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>54</v>
+        <v>134</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>55</v>
+        <v>135</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
         <v>144</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>145</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>118</v>
+        <v>146</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>15</v>
+        <v>133</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>134</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>153</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>154</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
         <v>156</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>15</v>
+        <v>133</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>134</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
         <v>157</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>158</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>159</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>160</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>161</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>162</v>
       </c>
     </row>