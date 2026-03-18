--- v1 (2025-11-23)
+++ v2 (2026-03-18)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="163" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="170" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -522,50 +522,90 @@
 Ludvig Fenger
 Arnold Emil Krog
 - Laudrup
 Christine  Mackie
 Anna Rosenørn</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2185</t>
   </si>
   <si>
     <t>Alhed Larsen er tilbage på Værnehjemmet og porcelænsfabrikken. Christian Brandstrup har fået arbejde hos Fenger og lejet en lejlighed på Mathildevej.
 Alhed kan få et værelse hos Fru Laudrup fra 1. november. Det koster 39 kr. pr. måned inkl. skopudsning, petroleum og ekstraforplejning. Der er plads til, at Johanne også kan bo på værelset og plads til Alheds tegneri. 
 Alhed har lavet en vase med gladiolus.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/U3l9</t>
   </si>
   <si>
     <t>Torsdag Morgen Kl 7½ 
 (drukken The 7!)
 Kæreste Moder! 
 Nu er jeg atter kommen til Ro i mit elskede Værnehjem og i Gang med Arbejdet paa Fabrikken. De første Par Dage var Humeuren sløj, men ved Brandts Hjælp kom jeg hurtig til mig selv igen. - - Brandt og Onkel Chr. tog imod mig paa Banegaarden; denne si[udstreget bogstav]dste har faaet noget Arbejde herinde paa en Fengers Kontor, og lej[t udstreget]et en Lejlighed paa Mathildevej[oversteget komma] ved Fasanvejen. Omtrent til Nov. flytter de herind. Jeg var hos de gamle første Aften; jeg syntes Bedstefader havde det ret godt. Onkel Lut fik jeg ikke Fingre i, jeg saa ham kun flygtig. – 
 Eftermiddag. 
 Jeg maa forholdsvis hurtig slutte af, hvis jeg vil have Brevet af Sted i Eft, hvilket jeg gærne vil. Jeg har har [har udstreget] haft en Del at løbe om nu siden jeg kom fra Fabriken, idet jeg staar i Underhandling med Lautrups derovre om et Værelse. Sagen stiller jeg saaledes: til Nov. kan jeg faa et stort luftigt og lyst Værelse med Sovesofa; det koster imidlertid 39 Kr. (om Sommeren 35 Kr.) hvilket jo er lidt mere end jeg havde tænkt, men naar man tager Petroleum, Skopudsning Extraforplejning og sligt i Betragtning bliver det vist det samme. Endvidere er dertil at bemærke, at Værelset er saa stort at Joh. og jeg kan dele det naar hun kommer ind. Saa vidt jeg kan se er det i alle Maader et fortrineligt Logi, der P [P udstreget] bor kun 2 unge Piger, den ene forhenværende Værnedame, den anden læsende til Alumnelærerindeexamen – Jeg vilde gærne have haft det afgjort i Dag, men jeg har haft Uheld med mig, Fru Laudrup var ikke hjemme, da jeg var derovre og Frk. Rosenørn ikke heller, da jeg var nede hos hende. Jeg glæder mig ellers meget til det, navnlig for at faa Plads til noget Tegneri. Frk. Oppermann har allerede lovet mig, at jeg maa laane et Hermeshoved, som hendes Broder har, at tegne efter – Oktober Maaned kan jeg heldigvis nok beholde mit Eneværelse; det er rart da Værnehjem og Dobbeltværelse tilsammen vilde være uudholdeligt. - - Fabrikken er det samme herlige Sted som altid, det var morsomt,["," overstreget] at se Kammeraternes igen; Arkitekten har jeg ikke set endnu, han er paa Jagt i Fyn og kommer først hjem si[i udstreget]dst i Ugen; jeg har lavet en vase med Gladiulus, (ulæseligt ord] – Nu ikke mere for denne Gang – Skriv nu snart jeg længes efter Brev! Hvordan er det med Chr.? Hils hende og alle andre 1000 Gange fra Din Alhed. 
 Kan du ikke sende mig noget Brevpapir, jeg er udgaaet som Du ser Havde tænkt at stjæle det og Frimærker, men glemte det</t>
+  </si>
+  <si>
+    <t>1891-10-06</t>
+  </si>
+  <si>
+    <t>Johanne  Brandstrup
+Lauritz  Brandstrup
+Jens Busk
+Christian Caspersen
+Alhed Larsen
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Ernst Schmiegelow</t>
+  </si>
+  <si>
+    <t>Alhed/Be Larsen, f. Warberg, var fra 1. dec. 1890 lærling ved Den Kongelige Porcelainsfabrik (i brevet kaldt Fabriken) i København. Fra november 1890 til 1. nov. 1891 boede hun på Værnehjemmet Bethania.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1389</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg mødte bekendte på turen til København. Han blev modtaget på banegården af Alhed/Be Larsen.
+Albrecht har besøgt Laura Warbergs forældre, og faderen havde det lidt bedre. Han får morfinindsprøjtninger.
+Ved Værnehjemmet ventede Albrecht længe på Alhed, men hun kom ikke.
+Mandag fik Albrecht fjernet en polyp i næsten hos en læge og derefter flere. Det gør ikke ondt. Albrecht skal smøre næsen med kokain.
+Niels Caspersen og Albrecht skal i teatret, og Albrecht håber, at Alhed kommer med.
+Albrecht beder Laura sende Alhed nogle pærer til Lauras gamle far.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hdVE</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d. 6 Oct 1891
+Kære Smaa!
+Om endskøn jeg ikke har været her i 2 Dage, kan jeg tænke, at Du venter Brev fra mig i Morgen, og det skal Du saa ogsaa faa. Rejsen herover var helt fornøjelig; paa Dampfærgen talte jeg omtrent hele Tiden med Fanny og hendes Moder. Jeg saa ogsaa Lieutnant [ulæseligt], men var ikke sikker paa, at det var ham, før Be paa Kjøbenhavns Banegaard bekræfter det. I Korsør modtog N. Caspersen mig, og jeg kom saa til at rejse med flere Rigsdagsmænd, bl.a. Jens Busk, som jeg talte med den meste Tid og syntes godt om. Igaar Aften var jeg hos Dine Forældre; Din Fader har det – forekommer det mig – lidt bedre end i Sommer, men han faar sine Morfinindsprøjtninger, vistnok hver Aften. Jeg glemte at fortælle, at Niels (br.) og Be modtog mig paa Banegaarden og fulgte mig herop; Be fik saa nogle af Pakkerne og saa fulgte vi hende hjem, medens jeg saa derefter fik Aftensmad i Paraplyen; jeg bød ogsaa Be, men hun vilde ikke. I Gaar gik jeg ud til Værnehjemmet paa den Tid, da jeg ventede, at hun skulde komme fra Fabriken; jeg gik i en god halv Time frem og tilbage i Helgolandsgade, men der kom ingen Be og saa gik jeg til de Gamle efter først at have faaet hende sendt et Brevkort om, at hun kommer herop i Dag, naar hun har spist til Midag. Mandag Morgen gik jeg til Dr Schingelow; han undersøgte Næsen, erklærede, at den var fuld af Polyper og gav mig en Recept paa Cocain, som jeg skulde smøre med, naar jeg havde været i Klokken; jeg mødte saa Kl 1½, maatte vente 1 Time og kom saa ind og fik en Polyp taget ud; den saa saaledes ud: [Tegning] I Dag har jeg atter været hos ham og er kommen af med en eller to Polyper, og i Morgen skal jeg atter møde; det gør slet ikke ondt, da Næsen bliver bedøvet, men jeg maa saa ikke puste den nogen Tid efter, og maa altsaa lade Blodet gaa igjennem Halsen. I Eftermiddag har jeg haft Besøg af Niels Caspersen, og vi skulle sammen i Folketeatret (se Den skjønne Helene); jeg venter hvert Øjeblik Be og saa skal hun selvfølgelig med.
+Din Fader vilde gjerne smage Pærerne fra Træer paa Blegpladsen; kan Du ikke sende Be nogle Stykker, saa kan hun give den Gamle en. 
+Nu er Klokken c 6 og Be er endnu ikke kommen; jeg begynder saa smaat at tvivle paa, om det overhovedet lykkes mig at faa hende at se herinde.
+Mange Hilsener til alle.
+Din A</t>
   </si>
   <si>
     <t>Forsommer 1892</t>
   </si>
   <si>
     <t>Johanne Christine Brandstrup
 Lauritz  Brandstrup
 Julie Brandt
 Malin   Holmström-Ingers
 Arnold Emil Krog
 - Larsen, cand.
 - Persson, Hvilan
 Phillip Schou
 - Täcklund</t>
   </si>
   <si>
     <t>Alhed Larsen boede i de første dage i København på Værnehjemmet Bethania. At hun i brevet har skrevet Værnebo er nok en fejltagelse. Hun blev 20. november 1890 antaget som lærling ved Den Kongelige Porcelænsfabrik og begyndte 1. december.
 Hvilan var og er en skole i Sverige.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2173</t>
   </si>
   <si>
     <t>Der var dejligt på Hvilan. Alhed m.fl. rejse lørdag og var først et par timer i Malmø og derefter på Hvilan. Doktoren og Fruen var ikke meget hjemme, men Alhed havde det rart med de øvrige beboere og besøgte også Molles tante og hendes mand.
 Alhed var tilbage på Værnehjemmet til the. De første dage på Værnehjemmet og fabrikken var ikke så vellykkede. Arkitekten roste dog Alheds aspargesmotiv og forsvarede det overfor kritiske gæster.
@@ -1086,59 +1126,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bjvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wbrR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U3l9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mfVs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iV7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7wTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xYmc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9mER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4vt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pllc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bjvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wbrR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U3l9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdVE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mfVs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iV7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7wTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xYmc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9mER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4vt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pllc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M21"/>
+  <dimension ref="A1:M22"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1617,59 +1657,57 @@
       <c r="H11" s="5" t="s">
         <v>84</v>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="s">
         <v>85</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>86</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>87</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E12" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
         <v>90</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>91</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>92</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>93</v>
       </c>
       <c r="L12" s="6" t="s">
         <v>94</v>
@@ -1852,274 +1890,322 @@
       </c>
       <c r="I16" s="5" t="s">
         <v>119</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>120</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>121</v>
       </c>
       <c r="L16" s="6" t="s">
         <v>122</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>124</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D17" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H17" s="5" t="s">
+      <c r="I17" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="J17" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="K17" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="K17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="L17" s="6" t="s">
+      <c r="M17" s="5" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="D18" s="5" t="s">
+      <c r="I18" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="E18" s="5" t="s">
+      <c r="J18" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="F18" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G18" s="5" t="s">
+      <c r="K18" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="H18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="M18" s="5" t="s">
         <v>138</v>
-      </c>
-[...10 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="G19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G19" s="5" t="s">
+        <v>143</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>144</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>145</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>146</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>147</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>148</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>150</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
         <v>151</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>152</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>160</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>161</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>162</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>169</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
+    <hyperlink ref="M22" r:id="rId27"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>