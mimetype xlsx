--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2259" uniqueCount="1472" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2296" uniqueCount="1499" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -3779,50 +3779,97 @@
 Andreas Larsen
 Frederik Lützhøft
 Marie Oppermann
 Theodor Oppermann
 Emil Vett
 Theodor Wessel
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>"Anbefaling til Bjelke": Johannes Larsen skal have anbefaling fra Kristian Zahrtmann for at kunne få Bjelkes Legat.
 "Den nye" som Alhed skal kysse må være sønnen Johan, som først blev født 27. februar 1901, fire dage efter at brevet er skrevet.</t>
   </si>
   <si>
     <t>Johannes Larsen er hos Oppermann i Valby og har været til fest. Han har ikke fået anbefaling til Bjelkes legat endnu.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KeCc</t>
   </si>
   <si>
     <t>Valby 23 Febr. 1901
 Kæreste Alhed!
 Jeg sidder nu her hos Oppermann hvor jeg har spist sammen med Poul S Christiansen. Jeg skal hilse fra Brandstrups og Dr Lützhøft, Zahrtmann traf jeg ikke saa jeg har ikke faaet Anbefaling til Bjelke og det maa jeg jo have inden jeg rejser. Vett &amp;amp; Wessel skulde skrive til England for at faa Underskaalen. Jeg længes meget efter Dig og lille Puf vil du kysse ham fra mig, ogsaa den nye. Festen var helt vellykket i Aftes. Mange Hilsner fra 
 Din Johannes Larsen</t>
   </si>
   <si>
+    <t>1901-05-10</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Christine  Mackie
+Otto Emil  Paludan
+Robert Schumann
+Andreas Warberg
+Astrid Warberg-Goldschmidt
+Emil Aarestrup</t>
+  </si>
+  <si>
+    <t>Amerikaplan: Johanne C. Larsen rejste i 1903 til Boston for at besøge sine to søstre, der begge var gift med amerikanske mænd. 
+Det vides ikke, hvem Viggo var. Familien kendte flere, der bar dette navn. Grete kendes heller ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3790</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen ønsker tillykke med fødselsdagen og sender gave. Hun beder Louise Brønsted hilse Julie/Pan Brandt og bede om brev. Og hun ønsker, at Louise henter et sanghæfte hos Berta og Ludvig Brandstrup. 
+Johanne, Astrid/Dis og Andreas/Dede Warberg har været på måneskinstur.
+Johannes Amerikaplan er blevet vel modtaget. Hun har fået brev fra Viggo og skammer sig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fZ3x</t>
+  </si>
+  <si>
+    <t>10 Maj 1901
+Erikshaab
+Kæreste Lugge!
+Der gik Dis med Blækket, saa kan du nok kigge langt efter et Blækbrev!
+Ikke desto mindre ønskes du hermed til Lykke!
+Men, ak Lugge; det er ikke som i Fjor - - med alle de Presenter, som jeg i det mindste vil erindre til min Dødsdag.
+De to af de 6 Kr. paa Kuponen er fra Pallam, Her er koldt som ved Nordpolen!
+Har monstro Pan faaet sendt nogle Æg fra mig, sig hende, at jeg venter Kvittering i Form af Brev.
+Tænk, Elna har sendt mig alle Aarestrups Digte, imponerende! Vær god mod hende, hvis I ser hende. Lugge! En Bøn! Hvis du kommer ud til Lut og Berta, faa saa et sort Schuman-Sanghefte med og før det hertil pr. Kuffert. [I venstre margen ud for ordene fra "Lugge!" til "Kuffert" er tegnet en bølgelinie, og udfor denne er skrevet:] mærk!
+Det er nok i Aften Stor Bedeaften, Dis og jeg og Dedde har været en vidunderlig Månetur ude paa Mosen ved Odensebakken.
+Det er godt at komme hjem! vi glæder os til dig! Mornines Humør var over al Forventning; man stiller sig let imødekommende til min Amerikaplan.
+I Gaar havde jeg Brev fra Viggo - - jeg sank i Jorden af Skam.
+Dynger af Fødselsdagshilsner fra din Junge. Hils Grete grundigt og kærligt.</t>
+  </si>
+  <si>
     <t>1901-09-28</t>
   </si>
   <si>
     <t>Elna -
 Elna Borch
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Louise Brønsted
 Adolph Larsen
 Vilhelmine von Sperling
 Laura Warberg</t>
   </si>
   <si>
     <t>Laura Warbergs søster, Vilhelmine Berg, havde et pensionat beliggende Gothersgade 129, København.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0447</t>
   </si>
   <si>
     <t>Astrid ønsker, at Johanne må tro mere på sig selv og sine forhold, og at hun må blive tyk og glad. Astrid var bekymret for søsteren, da hun sidst så hende.
 Vejret er skønt, og Astrid har været på Rosenborg. Dagen efter skal hun m.fl. til Charlottenlund.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/swxm</t>
@@ -6852,53 +6899,50 @@
   <si>
     <t>Det er omsider blevet lidt varmere. Der var smukt både ude og inde hos Else og Johs. V. Jensen.
 Europas folk burde have gravet en tunnel under Atlanterhavet i stedet for at slå hinanden ihjel.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/6JVL</t>
   </si>
   <si>
     <t>Langgade 30 Valby
 17-6-16
 Kære Venner!
 Endelig har vi - i Dag – mærket en lille Smule Sommer. Ellers har det blæst saa Støv og gammelt Madpapir har fyldt Luften i Valby og Omegn. I zool. Have var det ved Juletid 6 Gr. Varme, igaar viste [”viste” overstreget] den 16 Juni viste Termometeret samme Sted 6 ½ Gr. Tak for Dagene ude hos Jer. Der var smukt [et overstreget, ulæseligt ord] hos Jer baade ude og inde. Gid I aldrig maa opdage hvor lykkelige I er. Det er ikke af Pessimisme jeg siger det – tværtimod. Dersom Evropas Folkeslag havde kunnet se saa klart, som de kan nu, hvilket Gode Freden var, mon de saa ikke havde mobiliseret Millionhærene til at grave en Tunnel under Atlanterhavet i Stedet for at slaa hinanden ihjel? Hils Børnene.
 Levvel og paa Gensyn
 Eders hengivne
 Fritz Syberg.
 Marie slider i sine Borgere, hun beder mig hilse mange Gange og sige Tak for sidst.</t>
   </si>
   <si>
     <t>1916-07-14</t>
   </si>
   <si>
     <t>Alhed Larsen
 Christine  Mackie</t>
   </si>
   <si>
-    <t>Louise Brønsted</t>
-[...1 lines deleted...]
-  <si>
     <t>Valborg -
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Peter Oluf Brønsted
 Esther Dahlerup
 Ludvig Dahlerup
 - Dahlerup, Fru
 Elisabeth Mackie
 Marie Meyer
 Otto  Meyer
 Sophus  Meyer
 Margrethe -, pige i huset hos Alhed Larsen
 Minna Warberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvor Brønsted-parret var henne, mens Alhed Larsen og Christine Mackie passede deres børn.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2728</t>
   </si>
   <si>
     <t>Børnene opfører sig eksemplarisk, og de er glade for at bade. I dag spiser de aftensmad ved stranden. Alhed Larsen troede, at Alhed/Lomme Brønsted ville spise med de voksne, men det ville hun ikke. 
 Christine har haft børnene med til kager på hotellet, og de gik selv hjem, da hun mødte bekendte og blev der.</t>
   </si>
@@ -7098,50 +7142,108 @@
   </si>
   <si>
     <t>Johannes Larsen har været i Zoo. Han har købt vindjakke, patronbælte, rygsæk og gummistøvler, så nu kan han optræde forklædt som lørdagsjæger. Han har spist frokost hos Dahlerup og Hjort. Professor Birch har været til middag, og han var lidt mat samt havde beskidt flip på som Gelsted.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0RZO</t>
   </si>
   <si>
     <t>[Fortrykt på brevet]:
 FRITZ SVENSSON København, den 
 TELEGRAM ADR.: TIVOLISK
 PERSONBANEGAARDENS
 CAFÉ &amp;amp; RESTAURANT
 KØBENHAVN
 AABEN FRA KL. 5 MORGEN TIL KL. 12 NAT
 TELEFON: 2239 CAFÉ
 2163 (tegning af bygningen) &amp;amp;
 BYEN 3500 RESTAURANT
 SMØRREBRØD * FROKOSTRETTER * CABARET * DINERS * SOUPERS 
 [Skrevet med håndskrift]: 18 Aug 1918
 Kæreste Alhed!
 Tak for Brevet, det var da heldigt I fik slukket. Jeg var i zoologisk Have i Formiddags og i Eftrmdg har jeg været omkring og købe ind og tager nu til Vedbæk. Jeg naaede altsaa ikke Valby men nu skal jeg se hvordan det gaar naar Vi kommer tilbage fra Vigen. Vi kører derud i Bilen. Manniche og unge Schiøler skal med. Jeg fik da Kufferten i Gaar den havde været i Birkerød formedels en gl. Seddel. Jeg var oppe hos Smør Chr. for at hente min Skitsebog og maatte love at spise Middag hos ham paa Mandag. Jeg har købt mig en Vindjakke et Patronbælte en Rygsæk og et par Gummistøvler til Skrævet, saa jeg glæder mig til i Mrg. at optræde forklædt som Søndagsjæger. Fik Drengene saa Ferien forlænget?? Kan Du skrive til mig saa jeg kan have Brev Mandag Mrg? Jeg købte ogsaa 6 Par Sokker i Magasinet, jeg kunde ikke strække mig videre da jeg jo ikke har Kort og maa betale men jeg gaar til LO. Lauridsen Mandag og faar dem til at sende med Opkrævninger.
 Jeg spiste Frokost hos Dahlerup og Hjort i Gaar. Rigabalsam. Særlig Dahlerup var meget glad ved at se mig, jeg skal hilse fra dem begge. Det er rart at høre at det nu gaar ham saa godt. Schiøler og Frk. Heilmann er alene hjemme. I Aftes havde vi Prof. Birch til Middag. Han var en meget tiltalende Mand men aabenbart lidt mat efter Ballin Affæren og saa havde han en beskidt, blød Flip som Gelsted. Hils Magisterens.
 Mange kærlige Hilsner til Dig og Drengene fra Din Johannes Larsen.
 PS. Det er en hel Kunst at skrive med denne Pen. JL.</t>
+  </si>
+  <si>
+    <t>1918-12-27</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Valborg -
+- Holm
+Grethe Jungstedt
+Fritz Jürgensen
+Drude Jørgensen
+Johannes Jørgensen
+Palle Jørgensen
+Adolph Larsen
+Alhed Larsen
+Johannes Larsen
+Marie Larsen
+Elisabeth Mackie
+Frida Madsen
+Rasmus  Petersen
+Anna -, pige i huset hos Laura Warberg 1917
+Jens Henrik Spies
+Andreas Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Pouline L. og Herbert var. 
+Gammel Mand var Holms kælenavn. Han var en bekendt af Johannes Larsen. 
+Andreas Warberg med familie boede i Brædstrup. 
+"Dede har Frits Jørgensen": Andreas/Dede Warberg havde tilsyneladende en af Fritz Jürgensens bøger.
+Ingeborg Vesterdal Jørgensen/Drudes mand, Jørgen Sørensen Jørgensen, var død i 1916.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3772</t>
+  </si>
+  <si>
+    <t>Laura Warberg har købt en smørkande til Johannes Larsen, som er vred over, at Frida ikke kan finde ud af at servere smør ved den rette temperatur.
+Hun har været hos sagfører Spies angående obligation med betydning for hendes husleje til Alhed og Johannes Larsen.
+Laura W. har spist flere gange hos Alhed og Johannes Larsen. Frida var syg, så Alhed og Laura havde en del køkkenarbejde.
+Gammel Mand (Holm) har været på esøg.
+Martin/Manse Warberg Larsen er syg, og hans søster, Laura/Bibbe, har passet ham godt hjulpet af Marie Larsen.
+Ellen må give besked om, hvornår hun kommer, så Laura W. kan sørge for, at både værelse og sengelinned er varmt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vSBt</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blæk i brevet:]
+Søndag Formiddag
+[Med blyant:]
+ca 1916
+[Med blæk:]
+Kære Elle!
+Jeg var glad ved de smaa Skrivelser fra Eder i Morges! Nu skal Du have en lille Beretning om i Gaar. Trods Sne og Storm og Kulde var jeg om Formiddagen et Par Ærinder, købte den eneste Smør-Kande Byen ejede at give Las, da han er saa gal i Hovedet fordi Frida aldrig giver dem smøreligt Smår paa Bordet; enten som en Sten saa vi maa lægge det paa Brødet, - jeg har nu 3 Gange prøvet dette - eller smeltet og størknet igen. Nu har jeg sagt hende at en Smørkande med Laag kan hun altid have staaende i det lune Køkken og at vi her aldrig har skilt Smør. Hun er en Sjuske! Efter mine faa Ærinder var jeg hos Spies med en Obligation fra Dede paa mine 3000, som nu er frigivet af Agrarens og som Las gærne vil laane og give mig 5 % bekomst, da de kan gaae af paa Huslejen. - Derfra hjem og sammen med Anna til Las's med Genferkagen som A. glasserede deroppe, men hun gør det ikke saa godt som Grethe den var for lind og flad. Vi fik en solid Frokost, de har hele Julen spist af en vældig Skinkesteg vist en 30 Pund!! udmærket; Gaasefedt og d_o_ Leverpostej, storartet. Rasmus Petersen og Agrarens var der. Frida var kommen syg hjemmefra med første Tog saa efter Frokost fik vi hende op at sove, Alhed og hjalp i Køkkenet, jeg pillede den vældige Kasse Rosenkaal, vi vadskede lidt af, Valborg udgød stride Taarer over Gud veed hvad og da hun saa langsom var færdig med sit til Spisning 6 1/2, tog A og jeg Kaffeopvadsken, det værste Valb. veed er jo at blive hjulpen, Frida mødte ca. 6 ret vel, dejlig kogt Grød og d_o_ Oksebryst - Genferkagen god; hvid Vin og A[ulæseligt] til. Gammel Mand kom ved 4 1/2 Tiden og Alhed overtalte ham i den Grad til at blive, hvad næsten var Synd for den 78 gange Mand at skulde hjem med 11.Tog og gaae til Bøgebjerg. Trods Manses Sygdom var Junge med om Aftenen og lille Bibbe var alene hjemme med M. som var vaagen hele Aftenen og legede i sin Seng i Dagligstuen, Grethe bedt ud og Ingrid desværre hjemme og syg endnu i Dag, svære Juledage for Johanne, men Marie overgaaer ["overgaaer" overstreget] overgaaer sig selv og hjælper; Agraren ogsaa. Marie fulgte mig hjem i Aftes og Anna havde jeg bedt om at være her Kl. 10 og have Dunk i min Seng. Det var en yndig hyggelig Dag for mig deroppe. Jeg er helt glad ved nu igen ligesom 2_den_ Juledag at være ene hele Dagen. Anna er allerede klædt om og sidder herinde og læser til vi Kl. 12 skal spise Oxesteg og Sødsuppe saa skal hun hjem til deres Gæster fra Odense. Tænk hun kom i Aftes med 3 Pund store Rødspætter fra sin Far, dem skal vi have stegte i Morgen tilligemed Oxesteg, Kartoffelsalat, Sild i Remolade m.m. Pouline L. har meldt sig til Johanne og jeg er glad ved at faae hende med herned i Morgen Aften; vi bytter Bordene og kan saa spille lidt Kort bagefter, vi bliver 10 med Anna; jeg glæder mig til en Smule fremmede. Det var saa sødt i Aftes da vi havde spist at Putte af sig selv gik over til Bibbe, Herbert gik med; de to skal naturligvis med her, men Erik og Bibbe maa jo blive hjemme hos Manse. Vi talte saa meget om i Gaar, at Du burde tage Ferie som alle andre med Skolerne men i hvert Fald til Søndag, saa Du kan rejse 2 1/2 fra Kbh. og vi har Maaneskin at cycle i fra Nyborg. Lad mig nu endelig vide Dagen før Du kommer, saa vil jeg have Dine Sengeklæder i Dagligstuen om Natten før ["før" indsat over linjen] og Varme i Dit Sovekammer. Jeg har intet hørt fra Brædstrup efter Julen bare Penge og alt er kommen godt derop. Desværre mener Christine at Dede har Frits Jørgensen Paa Tirsdag kommer Drude og Sønnerne til Las's, saa skal jeg vist derop at spise men saa vil jeg være Nytaarsaften hos Agrarens; 1_ste_ Jan. bliver jeg vist ene hos Las's til H. Meier. Det var en Skuffelse at Dede ikke kom. [Resten af brevet mangler]</t>
   </si>
   <si>
     <t>1918-12-29</t>
   </si>
   <si>
     <t>Ludvig Brandstrup, billedhugger</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Berta Brandstrup
 Birgit Brandstrup
 Ebbe Brandstrup
 Jørgen Brandstrup
 Mogens Brandstrup
 Kate Brünniche
 Christian Caspersen
 Johanne Caspersen
 Erik Hirschsprung
 Johan Hirschsprung
 Grethe Jungstedt
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Ludvig Brandstrups kone, Berta, døde 18. sept. 1918.
 Det vides ikke, hvem Holger var. Frøknerne Anna og Eva Hirschsprung kendes heller ikke.</t>
@@ -8359,50 +8461,68 @@
 Thorvald  Krabbe
 Frank  le Sage de Fontenay
 Valtýr Stefánsson
 Ólafur Tubals</t>
   </si>
   <si>
     <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
 Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5.september 1927.
 Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
 Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/bWayMslC</t>
   </si>
   <si>
     <t>26. jul. 1927</t>
   </si>
   <si>
     <t>Frank  le Sage de Fontenay
 Valtýr Stefánsson</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/ar9lYs1U</t>
   </si>
   <si>
+    <t>30. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>Ludvig Emil Kaaber
+Frank  le Sage de Fontenay
+Valtýr Stefánsson
+Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals dagbog fra 11. til 30. august 1927.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/nu45h3lj</t>
+  </si>
+  <si>
     <t>1927-09-05</t>
   </si>
   <si>
     <t>Julie Brandt
 Alhed Marie Brønsted
 Ellen Brønsted
 Johannes Nicolaus Brønsted
 Otto Gelsted
 Adam Goldschmidt
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johannes Larsen
 Janna Schou
 Jørgen Schou
 Marie Schou</t>
   </si>
   <si>
     <t>Nekrolog i Ekstrabladet d. 5.9 1927 af Otto Gelsted.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0993</t>
   </si>
   <si>
     <t>Lysse har mødt sin far på skibet og fortalt ham om Alheds død. Det var Alhed Larsens ønske, at en fra familien skulle fortælle det. Puf og Lugge ventede på skibet ved kajen i flere timer. Da skibet ankom, gik Lugge hjem, fordi hun ligner Alhed så meget. "Tak fordi du lagde en rose ned i Be's kiste fra mig". Gelsted har skrevet smukt om Alhed i Extrabladet.</t>
@@ -8529,50 +8649,119 @@
 [Med pen i brevet:]
 Kæreste lille Dis!
 Det var dog forfærdelig kedeligt for dig med den Sygdom, saadan noget sætter en frygtelig tilbage med Kræfter og Arbejdsevne og -lyst; nu maa du da endelig være forsigtig, lig mindst 2 Dage helt feberfri og gaa saa endelig ikke i Arbejde før du har lidt Kræfter, det er jo saa lumsk med den Influenza fordi der saa let følger noget med hvis man ikke er forsigtig eller faar Tilbagefald. Det var dog uheldigt, at jeg netop paa denne Tid lod [”lod” overstreget] ikke fik skrevet til dig, men jeg har haft saa meget af alle Slags – Syltning Rengøring o.a. og saa kunde jeg jo ikke vide det.
 Men Gud ske Lov du fik din lille Sjumse igen; sandsynligvis har Brevene fra Buf, Lugge (til Fru Afsc.) og mig gødet Jordbunden saa den har været modtagelig da du fik din Samtale med Adam Afs. Pas nu paa, at du ikke giver ham den allermindste svageste Anledning til sin Snakken om dit Hysteri. For det skulde være underligt, om dette hans Nederlag ikke skulde have afsat en Brod i hans Sjæl imod dig – og egentlig vinder du vel ikke lille Sjumse helt, før du ogsaa har vunden ham og – som du jo altid er det første til at hævde, der er jo noget godt ved alle Mennesker og for Sjumses og din egen Skyld maa det jo gælde om at faa fat paa saa meget som muligt og saa bære over med Skidtheden, som vel desværre ikke er saa helt lidt i hans Karakter. Men dette har du jo sikkert i høj Grad Øje for selv. 
 Vi har haft en slem Tid. Jeg har da det ebbede ud med Drikkeriet tilladt mig at fortælle Agraren, at du og jeg havde bestemt, at du skulde tage en større Lejlighed og saa skulde jeg styre Hus for dig og gennem alle vore mange bekendte faa nogle Elever saa jeg kunde betale for Manse. Det lød saa troværdigt at han ubetinget troede det var Alvor og han sagde saa, at han vilde blive Afholdsmand, hvis jeg vilde blive hos ham. Efter mange ”Overvejelser” og ”Betænkeligheder” lovede jeg det, det er jo grimt at lave Svindel, men et unormalt Menneske kan man ikke selv være normal overfor og jeg gør det jo kun for at støtte ham og skaffe Hjemmet en rolig Vinter. Vil du være saa sød at ”besvare” denne Opgiven vore Planer, for hvis han skulde forlange at se dit Svar paa det, hvad jeg nu ikke tror han gør. Skriv helst, at det var et underligt Træf, for Fru Winther har netop sagt, at I kunde blive boende hos hende ”alligevel” ihvert Fald foreløbig i Vinter, saa kan det ligesom stadig staa paa Dagsordenen. Da han for nogen Tid siden blev færdig med Arbejdet paa ”Frøkulturen”, som har varet længe og været godt, gik han til Puf og sagde at nu var han færdig til at begynde hos ham igen. Han fik saa det Svar at han vilde selv bearbejde Jorden og at han havde antaget en Lærling til, saa der var ikke noget. Jeg havde haft paa Fornemmelsen at Puf vilde slaa Haanden af os, men for Agraren var det et Chock og han gik da ogsaa omgaaende ind i et mægtigt Drikkeri. – Det er underligt nok, at Puf ikke tænker paa at lette Tilværelsen lidt for mig. Agraren er dog hans Slægt forstaar du min Tankegang? Men han maa jo mene, at naar jeg har holdt saa længe, kan jeg vel lidt endnu. Christines Hadefuldhed mod Agraren skal jo heller ikke paavirke Puf til Overbærenhed, hvis de da drøfter Sagerne. Det falder mig ind – du faar da for Himmelens Skyld ikke den Tanke at skrive om det til Puf for at udvirke noget godt? Lov mig endelig ikke at gøre det; paa det Omraade er han saa vidt jeg kan føle haard som Flint, det vilde ikke hjælpe og kun faa mig til at staa skidt i det. Jeg har ikke nævnt det og ikke ladet mig Spor mærke med det. – Agraren fik heldigvis Roeoptagen ned hos Rasmussen paa Frøkulturen; han er forfærdelig flink imod os og aldeles mærkværdig forstaaende ser det som en sygelig Tilstand. Det er dog intelligent af saadan en ganske ukultiveret Mand. - - Jeg har Efteraarsferie i denne Uge og arbejder i den Anledning under Højtryk, har faaet en Mængde store Arbejder tilside – saadanne som tager lidt lang ”samlet” Tid, hvad det jo altid kniber for mig at skaffe; mens jeg skriver dette koger jeg Asier, hvilket tager lang Tid da der kun maa koges 5-6 ad Gangen – efter min Opskrift da. Græskar har vi ogsaa syltet, 2 Slags baade med Vanille og Ingefær, jeg har faaet det hele forærende, saa det er kun Sukker og Krydderier at ofre paa det.
 I Onsdags tog jeg til Odense, jeg har hele Tiden haft i Sinde at benytte en af mine Feriedage til at besøge gamle Hanne Onkel Syberg og Mogensens. – Saa vidt jeg ved har Hanne ikke sendt Krans til Alhed Christine sagde at hun havde ikke set noget til det og hvis hun har sendt maa der altsaa ikke have været Kort. Hun talte ikke selv om noget, men derfor kan hun jo godt have sendt. Hun var svar og ringe stakkels gamle Hanne! Mon hun rigtig trives hos dem, den unge Kone er vist saa dygtig, at hun ikke har Kraft til at være stort andet. Hanne havde været syg og var i Høsten falden ned af en Vogn, da hun besøgte nogen i Vester Kærby; nu var hun da oppe, men jeg synes ikke, der var mange Kræfter. Jeg bad den unge Kone om at sende mig et Brevkort hvis hun blev syg en Gang. Adr. kan hun da ikke glemme, naar det er nok med mit Navn og Kjerteminde.
 Saa drog jeg derfra til Mogensens, der bor ude paa den tidligere ”Heden” der ad vor gamle Landevej næsten ude ved Fruens Bøge; de havde en henrivende Stue og der var saa hyggeligt og rart og de blev saa begejstrede over at se mig. Desværre blev det sent inden jeg naaede Onkel Syberg. Kl. var næsten 6, men en lille Passiar fik jeg da, dog ikke længe, da han var meget [indsat i venstre margen; lodret:] meget træt. Jeg synes næsten snart de to – Hanne og Onkel Syberg – har tjent sig fri, men maaske de endnu har lidt Glæde af Livet. 
 [Indsat øverst s. 1; på hovedet:] Jeg kan ikke huske om jeg har skrevet siden din store Hareskov-Begivenhed, det var vældig Sjov og interesserede mig levende. Stakkels lille Nus, der ikke kunde komme med. Hils gamle gode Pan naar du ser hende. Jeg var saa glad ved hendes Brev til min Fødselsdag - - Stakkels Las er vist meget dybt nede, men jeg tror dog, at han arbejder. Ang. Chr. er endnu intet fastslaaet. Elle kommer en af Dagene
 [Indsat langs venstre margen s. 1; lodret:] Nu kun tusind Hils og rigtig snarlig Bedring. Din Junge.</t>
   </si>
   <si>
     <t>14. jan. 1928</t>
   </si>
   <si>
     <t>Vagn Jacobsen
 Johannes V. Jensen
 Andreas Larsen</t>
   </si>
   <si>
     <t>Denne dag i Johannes Larsens dagbog indeholder en beskrivelse fra rejsen til Portugal, Madeira, De Kanariske Øer, Afrika, Italien og Frankrig.
 Dagbogen har notater fra afgangen i København den 14. januar 1928, til afrejsen fra Paris den 28, februar 1928..
 Blandt deltagerne i rejsen var Johannes V. Jensen, Brygger Jacobsen og sønnen Puf.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/fKcmPEbS</t>
+  </si>
+  <si>
+    <t>1929-03-18</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Julie Brandt
+Thora  Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Christine  Mackie
+Elisabeth Mackie
+Otto Emil  Paludan
+Hempel Syberg
+Andreas Warberg
+Laura Warberg
+Torkild Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
+Tornøes Hotel ligger i Kerteminde.
+Fru Berner, Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
+Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
+  </si>
+  <si>
+    <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
+Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
+Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
+Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
+Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
+Mon Louise Brønsted kommer til Fyn i påsken?
+Ellen har været til koncert.
+Det er spændende med byggeriet af Instituttet.
+Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7j5m</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 skrevet med blyant:]
+Tante Elle
+[Skrevet med blæk; Ellen Sawyers skrift:]
+d. 14de og 18de Marts - 1929
+Kæreste Lugge!
+Tak for dine tre (3) Breve, - alle lige velkomne. Og Tak for den dejlige Dug, du sendte mig til min Fødselsdag. Den passer udmærket til mit "Spisebord" og jeg er meget glad ved den. Da jeg havde faaet den, opdagede jeg, at jeg jo egentlig trængte meget til den, da jeg kun har nogle smaa gamle Laser, - til smaa Selskaber, for jeg har rigeligt med store Duge. - Ja, det blev jo en ret stille Fødselsdag, da alle Gæsterne blev anmodet om at blive borte, - me-e-en! Jeg fik jo mange Opmærksomheder af Blomster og Breve og lille Junge kom om Aftenen og nød et Glas Vin og en Cigar. Hun er jo rask igen. Jeg var oppe det halve af Lørdag, - hele Søndag og ude hos Eleverne Mandag, men kun pr Rutebil. Nu cycler jeg igen. Vejene er fine og Vejret dejligt. Jeg har slet ingen Efterveer med Træthed og Sløjhed, - havde 7 Elever den første Mandag og var til Selskab om Aftenen og spillede L'hombre til 12 uden at mærke noget. I maa nu sige, hvad I vil, men de tykke har nu alligevel et Reservefond af Kræfter, som de tynde maatte ønske sig. Det har været en mager Vinter, hvad Indkomster angaar, - 3 Uger syg og en Del Forsømmels paa Gr. af Vejret. Heldigvis faldt en Del af Vejret og Sygdommen sammen - (nu vrimler Gækker og Krokus op i Haven, - skønt der endnu ligger en Meters Sne i Ribsbuskene). Naa men det gør jo heller ikke noget med det Pengetab nu, da vi jo vælter i Penge, - takket være vores kære Pallam og gode gamle Onkel Syberg. Ja, Lugge, det er ogsaa rart at vi kan tænke, at han holdt sit Løfte til Mor, og at du vandt Chokoladen. Ja, hvor man under Mornine en lille glansfuld Periode. Den bliver vel ikke lang, - kender man hende ret. Men tænk, at komme ud af sin Gæld, - det maa da være herligt. Nej, Lugge, jeg vil ikke købe Livrente, ikke foreløbig da. Jeg vil eje 10,000 først. Dem skal jeg nok faa, naar jeg bare maa beholde Helsen en halv Snes Aar. Jeg har 6000 nu. De giver mig 270 om Aaret. 154 har jeg i Legater, det er 424. For dem kan jeg købe 500 Kr. Obligationer omAaret. Saa kan du selv regne ud. - Man kan aldrig vide, hvordan det kan gaa. Jeg kunde jo faa Lyst til at købe mig en Forretning af en Slags, - det er i al Fald mere morsomt at have Pengene at manøvrere med, end at 
+2)
+købe Livrente. - Foreløbig har vi jo ingen faaet endnu, men Dede skriver, at til 1ste April, omtrent, sender han os Pallams. Onkel Sybergs trækker vist længere ud. Stakkels Tutte maa jo ud med en vældig Arveafgift, - men det skrev jeg vist til Mornine. - - - - Naa, saa vidt kom jeg igaar. Saa gik jeg over til Junge og spiste til Aften med Junge og Marie. Agraren var ude paa Togt. Han har sviret energisk nu, - jeg ved ikke hvor længe, - holdt op et Par Dage og har nu taget fat igen. At han dog ikke kan naa at drikke sig ihjel! Jeg tror al de Sprit virker preserverende. Junge er alligevel helt godt til Pas. De Penge har jo virket vældig stimulerende. Hun kommer ud af hans gamle Gæld, som altid har pint hende og kan ogsaa "røre sig lidt". Fattigdom er nu nedbrydende. Nu har hun ogsaa lige tjent 100 Kr. paa et Klaver, saa hun har købt Konfirmationsudstyr til Manse, - nyt Tøj og en Kasket og en Regnfrakke, - Sokker o.s.v. Det er jo paa Søndag. Palmesøndag. Der skal ikke være Spor af Festlighed, - kun mig og Is til Desert. Jeg giver ham et Fotografiapparat. Tutte har sendt 10 Kr, som jeg skal købe for. Jeg tænker jeg køber en Tegnebog (til Penge) for dem. De vil jo gærne have nogle af de traditionelle Gaver at vise frem Hvis I vil have Idèer, saa kunde jeg tænke mig en Æske Jetons, - han elsker jo at spille L'hombre, - el. Bøger om Fugle. el. Lommetørklæder. Sig til Mornine at hun ikke skal holde det hemmeligt for Ta Mis Pan ["Pan" indsat over linjen] Hun kan saamænd godt sende ham lidt. Vi har været saa beskedne med Konfirmationer i hele vores Børneflok, saa det kan de gærne paaskønne paa Manse. Iggar Eft. var han til "Overhøring" i Kirken. Jeg kom der over mens de klædte sig paa til at gaa derned. Det viste sig at Manse ikke kunde Trosartiklerne. Dem fik vi ham saa lært. Og han kunde ikke huske, hvad Salmer de skulde kunne. Heldigvis kom han da ikke op. De saa saa rørende ud, da de vandrede afsted derned. - Lugge, jeg har faaet saadan en god Idé. Jeg vil ogsaa flotte mig lidt med mine Rigdomme. Jeg vil invitere Junge til en lille Udenlandsrejse i Sommer! Rhin-rejsen, Køln og Holland. Vi snakker meget om det og Junge glæder sig saadan. - Det er saa sundt for hende ["for hende" indsat over linjen] at føle, at der ogsaa er lidt Fornøjelse i Verden for hende, - det er hun sandelig ikke forvænt med. - Vi vil køre i Rutebiler og se paa Landskaber og male og se paa Kunst naturligvis. det skal 
+3)
+nok blive morsomt. Hvis I vèd noget om Holland, - saa lad os det vide. - Saa jeg sparer af alle Livsens Kræfter * Jeg tænker vi kan gøre det for 600 Kr. Det skal være, naar Bibbe er hjemme og kan bremse Kalorius - ellers er det jo en fast Regel, at hans "Sygdom" indløber, saa saare Junge vender Ryggen til. Paa Mandag skal der være Auktion paa Erikshaab. Junge og jeg vil derned. Det kunde være, der var et og andet, vi vilde købe og desuden kan der tænkes at være noget endnu fra vores Tid, - bl.a. de gamle Bøger paa det store Værelse. Vi biler derned. Dede kommer. Det bliver jo vemodigt - men jeg synes, vi skal være der. Dede har taget Silhouetterne fra Spisestuen og hængt dem op i sin Stue. Det er rart synes jeg, - saa er de i Hus.
+Kommer I ikke herover i Paasken??? Jeg skal ganske vist ud om Lørdagen, men det gør jo ingenting. Saa kunde I jo komme Palmesøndag, - være med til Manse og være med paa Erikshaab. - Eller er det for svært, lille Lugge? - Det vilde være yndigt om I kom en lille Foraarstur. Svar snarest. Jeg er spændt paa Las og Puf saa kom i Aftes. Jeg holder Øje med Huset, men [et ulæseligt ord indsat over linjen] har ikke set nogen spanke om dér endnu. Jeg maa op og se efter inden jeg cycler ud. - Jeg glæder mig til de er hjemme igen. Det er saa tomt naar de er væk. - I Aftes var jeg til Koncert paa Thornøe. Den var god. Fru Berner sang herligt og Chr. Erbennen spillede guddommeligt. Hvor han dog spiller vidunderligt. Fru Chenowitz akkompagnerede. Hun er lidt massiv og enevældig. - 
+Hvor er det morsomt at de er begyndt at grave paa Instituttet. Nu kan I rigtig holde Øje med det. Bare det nu ikke maa vare rigtig længe. - Og hvor dejligt, at du nu har Penge at planlægge med. Ellers havde der været en "aber" ved at flytte ind i et større Hjem. Det kostede mig adskillige Hundrede at flytte ind her, og det er da i det Smaa. - Maaske der paa Erikshaab kunde findes et og andet, I kunde faa billigt. - Tænk over det!!!!
+Jeg havde saadan et rart Brev fra Tutte i Dag. Det var saa morsomt at se lidt til hende i den Tid hun var i Odense. Hun er nu herligt, ["t" sidst i ordet overstreget] - det er Tutte. - Hvor er det dejligt at Putte er anbragt. Vi var sammen med Dr. Torborg til Thorkilds Daab og syntes saa godt om ham. -
+[Indsat s. 3 i venstre margen; lodret:]
+Ikke desto mindre flottede jeg mig i Lørdags med at købe en Kalveskank til 30 Øre. Det er anden Gang siden Jul at jeg har købt ind til Middag. Ellers lever jeg af [teksten fortsætter øverst s. 3; på hovedet] salte Sild og Hyldebærsuppe og Gaver. - Jeg faar Suppe til to Middage og Hachis til èn. - Naa, nu vèd jeg vist ikke mere denne Gang. 1000 Hilsner til jer alle, - ogsaa Lommes. Din Elle
+[Indsat i venstre margen, s. 4; lodret:] Lille Mis har indgaaet Kammeratægteskab med en stor Slambert af en graa, vulgær Hankat med gule Øjne. Jeg fatter ikke lille Mis - den fine pæne Mis fra et godt Hjem! - Jeg driver ham væk 20 G. om Dagen.</t>
   </si>
   <si>
     <t>1929-11-02</t>
   </si>
   <si>
     <t>Hans  Syberg</t>
   </si>
   <si>
     <t>Valby
 Azaleavej 5</t>
   </si>
   <si>
     <t>Rich[ard] Ancher
 - Bergmann
 Johanne Giersing
 - Hillingsøe
 Kirsten Syberg
 Peter von Syberg
 Ulla Syberg</t>
   </si>
   <si>
     <t>Johanne/Besse Giersing var skuespiller.
 Det er muligt, at Ancher er Richard Ancher.</t>
   </si>
   <si>
@@ -9330,59 +9519,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U3l9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hvf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vDX3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hgWT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bACW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kmyM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/19SI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZDOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eu4p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2D5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IZDb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KeCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XKgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4pWs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6TTa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JG1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KBSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9NeQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lPa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQAV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nPmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h4h2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KbCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exYw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cHqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6mK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a26A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CSEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9dP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UVU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87VJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PfYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NYwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rv9O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0T0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qA3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4aKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hqAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DXk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6JVL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqQn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KILC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GLgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fci9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L5fC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dqi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GNf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ztm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROHQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zNim" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4kielGcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OlUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I22m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/77nr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pO1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYRP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U3l9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hvf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vDX3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hgWT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bACW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kmyM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/19SI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZDOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eu4p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2D5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IZDb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KeCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XKgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4pWs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6TTa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JG1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KBSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9NeQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lPa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQAV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nPmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h4h2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KbCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exYw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cHqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6mK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a26A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CSEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9dP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UVU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87VJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PfYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NYwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rv9O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0T0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qA3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4aKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hqAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DXk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6JVL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqQn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KILC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vSBt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GLgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fci9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L5fC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dqi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GNf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ztm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROHQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zNim" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4kielGcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OlUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nu45h3lj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I22m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/77nr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pO1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYRP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M207"/>
+  <dimension ref="A1:M211"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -12846,5765 +13035,5951 @@
       </c>
       <c r="I78" s="5" t="s">
         <v>575</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>576</v>
       </c>
       <c r="L78" s="6" t="s">
         <v>577</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
         <v>579</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>371</v>
+        <v>33</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>33</v>
+        <v>580</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>358</v>
+        <v>35</v>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>587</v>
+        <v>371</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>481</v>
+        <v>358</v>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
         <v>588</v>
       </c>
       <c r="I80" s="5" t="s">
         <v>589</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>22</v>
+        <v>590</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>16</v>
+        <v>595</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>481</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H81" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H81" s="5" t="s">
+        <v>596</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="J81" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>481</v>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H82" s="5" t="s">
-        <v>599</v>
+      <c r="H82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I82" s="5" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="J82" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>18</v>
+        <v>481</v>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G83" s="5" t="s">
-        <v>481</v>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>605</v>
-[...1 lines deleted...]
-      <c r="I83" s="5"/>
+        <v>607</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>608</v>
+      </c>
       <c r="J83" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>610</v>
+        <v>16</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>611</v>
+        <v>18</v>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G84" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G84" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="H84" s="5" t="s">
-        <v>612</v>
-[...1 lines deleted...]
-      <c r="I84" s="5" t="s">
         <v>613</v>
       </c>
+      <c r="I84" s="5"/>
       <c r="J84" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K84" s="5" t="s">
         <v>614</v>
       </c>
-      <c r="K84" s="5" t="s">
+      <c r="L84" s="6" t="s">
         <v>615</v>
       </c>
-      <c r="L84" s="6" t="s">
+      <c r="M84" s="5" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>617</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C85" s="5" t="s">
         <v>618</v>
-      </c>
-[...4 lines deleted...]
-        <v>619</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E85" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E85" s="5" t="s">
+        <v>619</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
         <v>620</v>
       </c>
       <c r="I85" s="5" t="s">
         <v>621</v>
       </c>
       <c r="J85" s="5" t="s">
         <v>622</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>623</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>624</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
         <v>626</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>16</v>
+        <v>627</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>45</v>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>22</v>
+        <v>630</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>481</v>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G87" s="5" t="s">
-        <v>633</v>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="J87" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>640</v>
+        <v>16</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E88" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G88" s="5" t="s">
         <v>641</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H88" s="5" t="s">
         <v>642</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>643</v>
       </c>
       <c r="J88" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K88" s="5" t="s">
         <v>644</v>
       </c>
-      <c r="K88" s="5" t="s">
+      <c r="L88" s="6" t="s">
         <v>645</v>
       </c>
-      <c r="L88" s="6" t="s">
+      <c r="M88" s="5" t="s">
         <v>646</v>
-      </c>
-[...1 lines deleted...]
-        <v>647</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C89" s="5" t="s">
         <v>648</v>
       </c>
-      <c r="B89" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D89" s="5" t="s">
-        <v>502</v>
+        <v>45</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>649</v>
+      </c>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>297</v>
+        <v>652</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>44</v>
+        <v>502</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>481</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>22</v>
+        <v>297</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>481</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="J91" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>481</v>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G92" s="5" t="s">
-        <v>667</v>
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="J92" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E93" s="5" t="s">
         <v>481</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G93" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G93" s="5" t="s">
+        <v>675</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="J93" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D94" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="D94" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E94" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D95" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D95" s="5" t="s">
-[...3 lines deleted...]
-        <v>481</v>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="J95" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>18</v>
+        <v>481</v>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G96" s="5" t="s">
-        <v>692</v>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="J96" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>371</v>
-[...12 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G97" s="5" t="s">
+        <v>700</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>702</v>
+        <v>22</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>703</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>704</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
         <v>706</v>
       </c>
       <c r="B98" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F98" s="5" t="s">
         <v>707</v>
       </c>
-      <c r="C98" s="5" t="s">
+      <c r="G98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H98" s="5" t="s">
         <v>708</v>
       </c>
-      <c r="D98" s="5" t="s">
-[...11 lines deleted...]
-      <c r="H98" s="5" t="s">
+      <c r="I98" s="5" t="s">
         <v>709</v>
       </c>
-      <c r="I98" s="5"/>
       <c r="J98" s="5" t="s">
-        <v>297</v>
+        <v>710</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>14</v>
+        <v>715</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>45</v>
+        <v>716</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>371</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>714</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="G99" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>715</v>
-[...3 lines deleted...]
-      </c>
+        <v>717</v>
+      </c>
+      <c r="I99" s="5"/>
       <c r="J99" s="5" t="s">
-        <v>717</v>
+        <v>297</v>
       </c>
       <c r="K99" s="5" t="s">
         <v>718</v>
       </c>
       <c r="L99" s="6" t="s">
         <v>719</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
         <v>721</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>44</v>
-[...9 lines deleted...]
-      <c r="G100" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F100" s="5" t="s">
         <v>722</v>
+      </c>
+      <c r="G100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H100" s="5" t="s">
         <v>723</v>
       </c>
       <c r="I100" s="5" t="s">
         <v>724</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>22</v>
+        <v>725</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>172</v>
+        <v>44</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>729</v>
-[...1 lines deleted...]
-      <c r="F101" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G101" s="5" t="s">
         <v>730</v>
       </c>
-      <c r="G101" s="5" t="s">
+      <c r="H101" s="5" t="s">
         <v>731</v>
       </c>
-      <c r="H101" s="5" t="s">
+      <c r="I101" s="5" t="s">
         <v>732</v>
       </c>
-      <c r="I101" s="5" t="s">
+      <c r="J101" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K101" s="5" t="s">
         <v>733</v>
       </c>
-      <c r="J101" s="5" t="s">
+      <c r="L101" s="6" t="s">
         <v>734</v>
       </c>
-      <c r="K101" s="5" t="s">
+      <c r="M101" s="5" t="s">
         <v>735</v>
-      </c>
-[...4 lines deleted...]
-        <v>737</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
+        <v>736</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="E102" s="5" t="s">
+        <v>737</v>
+      </c>
+      <c r="F102" s="5" t="s">
         <v>738</v>
       </c>
-      <c r="B102" s="5" t="s">
-[...19 lines deleted...]
-        </is>
+      <c r="G102" s="5" t="s">
+        <v>739</v>
       </c>
       <c r="H102" s="5" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>502</v>
+        <v>371</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F103" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G103" s="5" t="s">
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H103" s="5" t="s">
         <v>747</v>
       </c>
-      <c r="H103" s="5" t="s">
+      <c r="I103" s="5" t="s">
         <v>748</v>
       </c>
-      <c r="I103" s="5" t="s">
+      <c r="J103" s="5" t="s">
         <v>749</v>
       </c>
-      <c r="J103" s="5" t="s">
+      <c r="K103" s="5" t="s">
         <v>750</v>
       </c>
-      <c r="K103" s="5" t="s">
+      <c r="L103" s="6" t="s">
         <v>751</v>
       </c>
-      <c r="L103" s="6" t="s">
+      <c r="M103" s="5" t="s">
         <v>752</v>
-      </c>
-[...1 lines deleted...]
-        <v>753</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>755</v>
+        <v>15</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>502</v>
       </c>
       <c r="E104" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F104" s="5" t="s">
-        <v>746</v>
+        <v>754</v>
       </c>
       <c r="G104" s="5" t="s">
+        <v>755</v>
+      </c>
+      <c r="H104" s="5" t="s">
         <v>756</v>
       </c>
-      <c r="H104" s="5" t="s">
+      <c r="I104" s="5" t="s">
         <v>757</v>
       </c>
-      <c r="I104" s="5" t="s">
+      <c r="J104" s="5" t="s">
         <v>758</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>759</v>
       </c>
       <c r="L104" s="6" t="s">
         <v>760</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
         <v>762</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>371</v>
+        <v>763</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>33</v>
+        <v>502</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>763</v>
+        <v>17</v>
       </c>
       <c r="F105" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="G105" s="5" t="s">
         <v>764</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H105" s="5" t="s">
         <v>765</v>
       </c>
       <c r="I105" s="5" t="s">
         <v>766</v>
       </c>
       <c r="J105" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="K105" s="5" t="s">
         <v>767</v>
       </c>
-      <c r="K105" s="5" t="s">
+      <c r="L105" s="6" t="s">
         <v>768</v>
       </c>
-      <c r="L105" s="6" t="s">
+      <c r="M105" s="5" t="s">
         <v>769</v>
-      </c>
-[...1 lines deleted...]
-        <v>770</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
+        <v>770</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E106" s="5" t="s">
         <v>771</v>
-      </c>
-[...12 lines deleted...]
-        </is>
       </c>
       <c r="F106" s="5" t="s">
         <v>772</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
         <v>773</v>
       </c>
       <c r="I106" s="5" t="s">
         <v>774</v>
       </c>
       <c r="J106" s="5" t="s">
         <v>775</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>776</v>
       </c>
       <c r="L106" s="6" t="s">
         <v>777</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
         <v>779</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D107" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="D107" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E107" s="5" t="s">
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F107" s="5" t="s">
         <v>780</v>
-      </c>
-[...1 lines deleted...]
-        <v>764</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
         <v>781</v>
       </c>
       <c r="I107" s="5" t="s">
         <v>782</v>
       </c>
       <c r="J107" s="5" t="s">
         <v>783</v>
       </c>
       <c r="K107" s="5" t="s">
         <v>784</v>
       </c>
       <c r="L107" s="6" t="s">
         <v>785</v>
       </c>
       <c r="M107" s="5" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
         <v>787</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>707</v>
+        <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>44</v>
+        <v>371</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        <v>481</v>
+        <v>788</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>772</v>
+      </c>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>22</v>
+        <v>791</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>14</v>
+        <v>715</v>
       </c>
       <c r="C109" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D109" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D109" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="s">
         <v>481</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="J109" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E110" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G110" s="5" t="s">
-        <v>800</v>
+        <v>481</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="J110" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F111" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G111" s="5" t="s">
+        <v>808</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="J111" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>815</v>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="J112" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>820</v>
-[...2 lines deleted...]
-        <v>821</v>
+        <v>18</v>
+      </c>
+      <c r="F113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
         <v>822</v>
       </c>
       <c r="I113" s="5" t="s">
         <v>823</v>
       </c>
       <c r="J113" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K113" s="5" t="s">
         <v>824</v>
       </c>
-      <c r="K113" s="5" t="s">
+      <c r="L113" s="6" t="s">
         <v>825</v>
       </c>
-      <c r="L113" s="6" t="s">
+      <c r="M113" s="5" t="s">
         <v>826</v>
-      </c>
-[...1 lines deleted...]
-        <v>827</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E114" s="5" t="s">
         <v>828</v>
       </c>
-      <c r="B114" s="5" t="s">
-[...14 lines deleted...]
-        </is>
+      <c r="F114" s="5" t="s">
+        <v>829</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>829</v>
-[...1 lines deleted...]
-      <c r="I114" s="5"/>
+        <v>830</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>831</v>
+      </c>
       <c r="J114" s="5" t="s">
-        <v>22</v>
+        <v>832</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>481</v>
+        <v>18</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>834</v>
-[...3 lines deleted...]
-      </c>
+        <v>837</v>
+      </c>
+      <c r="I115" s="5"/>
       <c r="J115" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E116" s="5" t="s">
         <v>481</v>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="J116" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>172</v>
+        <v>44</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>846</v>
+        <v>481</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>849</v>
+        <v>22</v>
       </c>
       <c r="K117" s="5" t="s">
         <v>850</v>
       </c>
       <c r="L117" s="6" t="s">
         <v>851</v>
       </c>
       <c r="M117" s="5" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
         <v>853</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>44</v>
+        <v>172</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>481</v>
+        <v>854</v>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>22</v>
+        <v>857</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E119" s="5" t="s">
         <v>481</v>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G119" s="5" t="s">
-        <v>860</v>
+      <c r="G119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="J119" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>867</v>
+        <v>481</v>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="s">
         <v>868</v>
       </c>
       <c r="H120" s="5" t="s">
         <v>869</v>
       </c>
       <c r="I120" s="5" t="s">
         <v>870</v>
       </c>
       <c r="J120" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K120" s="5" t="s">
         <v>871</v>
       </c>
       <c r="L120" s="6" t="s">
         <v>872</v>
       </c>
       <c r="M120" s="5" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
         <v>874</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E121" s="5" t="s">
         <v>875</v>
       </c>
-      <c r="D121" s="5" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G121" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I121" s="5"/>
+      <c r="G121" s="5" t="s">
+        <v>876</v>
+      </c>
+      <c r="H121" s="5" t="s">
+        <v>877</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>878</v>
+      </c>
       <c r="J121" s="5" t="s">
-        <v>876</v>
+        <v>22</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>45</v>
+        <v>883</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>371</v>
-[...5 lines deleted...]
-        <v>772</v>
+        <v>716</v>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H122" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I122" s="5"/>
       <c r="J122" s="5" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D123" s="5" t="s">
         <v>371</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>888</v>
+        <v>17</v>
       </c>
       <c r="F123" s="5" t="s">
         <v>780</v>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
         <v>889</v>
       </c>
       <c r="I123" s="5" t="s">
         <v>890</v>
       </c>
       <c r="J123" s="5" t="s">
         <v>891</v>
       </c>
       <c r="K123" s="5" t="s">
         <v>892</v>
       </c>
       <c r="L123" s="6" t="s">
         <v>893</v>
       </c>
       <c r="M123" s="5" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
         <v>895</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E124" s="5" t="s">
         <v>896</v>
       </c>
-      <c r="D124" s="5" t="s">
+      <c r="F124" s="5" t="s">
+        <v>788</v>
+      </c>
+      <c r="G124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H124" s="5" t="s">
         <v>897</v>
       </c>
-      <c r="E124" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H124" s="5" t="s">
+      <c r="I124" s="5" t="s">
         <v>898</v>
       </c>
-      <c r="I124" s="5"/>
       <c r="J124" s="5" t="s">
         <v>899</v>
       </c>
       <c r="K124" s="5" t="s">
         <v>900</v>
       </c>
       <c r="L124" s="6" t="s">
         <v>901</v>
       </c>
       <c r="M124" s="5" t="s">
         <v>902</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
         <v>903</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>875</v>
+        <v>904</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="I125" s="5"/>
       <c r="J125" s="5" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>45</v>
+        <v>883</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>371</v>
-[...4 lines deleted...]
-      <c r="F126" s="5" t="s">
         <v>912</v>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
         <v>913</v>
       </c>
-      <c r="I126" s="5" t="s">
+      <c r="I126" s="5"/>
+      <c r="J126" s="5" t="s">
         <v>914</v>
       </c>
-      <c r="J126" s="5" t="s">
+      <c r="K126" s="5" t="s">
         <v>915</v>
       </c>
-      <c r="K126" s="5" t="s">
+      <c r="L126" s="6" t="s">
         <v>916</v>
       </c>
-      <c r="L126" s="6" t="s">
+      <c r="M126" s="5" t="s">
         <v>917</v>
-      </c>
-[...1 lines deleted...]
-        <v>918</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>919</v>
+        <v>918</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D127" s="5" t="s">
         <v>371</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>429</v>
-[...4 lines deleted...]
-        </is>
+        <v>919</v>
+      </c>
+      <c r="F127" s="5" t="s">
+        <v>920</v>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D128" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="D128" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E128" s="5" t="s">
+        <v>429</v>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>875</v>
+        <v>371</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>934</v>
+        <v>45</v>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>905</v>
+        <v>935</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>45</v>
+        <v>883</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>941</v>
+        <v>942</v>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>942</v>
+        <v>913</v>
       </c>
       <c r="I130" s="5" t="s">
         <v>943</v>
       </c>
       <c r="J130" s="5" t="s">
         <v>944</v>
       </c>
       <c r="K130" s="5" t="s">
         <v>945</v>
       </c>
       <c r="L130" s="6" t="s">
         <v>946</v>
       </c>
       <c r="M130" s="5" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
         <v>948</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>707</v>
+        <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D131" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E131" s="5" t="s">
         <v>949</v>
       </c>
-      <c r="D131" s="5" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H131" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I131" s="5"/>
+      <c r="H131" s="5" t="s">
+        <v>950</v>
+      </c>
+      <c r="I131" s="5" t="s">
+        <v>951</v>
+      </c>
       <c r="J131" s="5" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H132" s="5" t="s">
-        <v>949</v>
+      <c r="H132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I132" s="5"/>
       <c r="J132" s="5" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>954</v>
+        <v>962</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>14</v>
+        <v>715</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>875</v>
+        <v>963</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>955</v>
+        <v>883</v>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
       <c r="I133" s="5"/>
       <c r="J133" s="5" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
+        <v>962</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C134" s="5" t="s">
+        <v>883</v>
+      </c>
+      <c r="D134" s="5" t="s">
         <v>963</v>
       </c>
-      <c r="B134" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>949</v>
+        <v>967</v>
       </c>
       <c r="I134" s="5"/>
       <c r="J134" s="5" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>44</v>
+        <v>883</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>45</v>
+        <v>963</v>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>968</v>
-[...3 lines deleted...]
-      </c>
+        <v>957</v>
+      </c>
+      <c r="I135" s="5"/>
       <c r="J135" s="5" t="s">
-        <v>970</v>
+        <v>958</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D136" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="D136" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F136" s="5" t="s">
-        <v>975</v>
+      <c r="F136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
         <v>976</v>
       </c>
       <c r="I136" s="5" t="s">
         <v>977</v>
       </c>
       <c r="J136" s="5" t="s">
         <v>978</v>
       </c>
       <c r="K136" s="5" t="s">
         <v>979</v>
       </c>
       <c r="L136" s="6" t="s">
         <v>980</v>
       </c>
       <c r="M136" s="5" t="s">
         <v>981</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
         <v>982</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>707</v>
+        <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>708</v>
+        <v>45</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>371</v>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F137" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>983</v>
+      </c>
+      <c r="G137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>709</v>
+        <v>984</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>297</v>
+        <v>986</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>14</v>
+        <v>715</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>45</v>
+        <v>716</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>371</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E138" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F138" s="5" t="s">
-        <v>772</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="G138" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="H138" s="5" t="s">
-        <v>988</v>
+        <v>717</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>990</v>
+        <v>297</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="D139" s="5" t="s">
         <v>371</v>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F139" s="5" t="s">
-        <v>772</v>
+        <v>780</v>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="I139" s="5" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D140" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="D140" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F140" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F140" s="5" t="s">
+        <v>780</v>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>16</v>
+        <v>371</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>1009</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>45</v>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
         <v>1010</v>
       </c>
       <c r="I141" s="5" t="s">
         <v>1011</v>
       </c>
       <c r="J141" s="5" t="s">
         <v>1012</v>
       </c>
       <c r="K141" s="5" t="s">
         <v>1013</v>
       </c>
       <c r="L141" s="6" t="s">
         <v>1014</v>
       </c>
       <c r="M141" s="5" t="s">
         <v>1015</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
         <v>1016</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="D142" s="5" t="s">
         <v>1017</v>
       </c>
-      <c r="E142" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F142" s="5" t="s">
+      <c r="E142" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H142" s="5" t="s">
         <v>1018</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="I142" s="5" t="s">
         <v>1019</v>
       </c>
       <c r="J142" s="5" t="s">
         <v>1020</v>
       </c>
       <c r="K142" s="5" t="s">
         <v>1021</v>
       </c>
       <c r="L142" s="6" t="s">
         <v>1022</v>
       </c>
       <c r="M142" s="5" t="s">
         <v>1023</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
         <v>1024</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>875</v>
+        <v>371</v>
       </c>
       <c r="D143" s="5" t="s">
         <v>1025</v>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F143" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F143" s="5" t="s">
+        <v>1026</v>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H143" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I143" s="5"/>
+      <c r="H143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I143" s="5" t="s">
+        <v>1027</v>
+      </c>
       <c r="J143" s="5" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>16</v>
+        <v>883</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1033</v>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>1031</v>
-[...3 lines deleted...]
-      </c>
+        <v>905</v>
+      </c>
+      <c r="I144" s="5"/>
       <c r="J144" s="5" t="s">
-        <v>22</v>
+        <v>1034</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>1037</v>
+        <v>16</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>1038</v>
+        <v>44</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>481</v>
+        <v>17</v>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
         <v>1039</v>
       </c>
-      <c r="I145" s="5"/>
+      <c r="I145" s="5" t="s">
+        <v>1040</v>
+      </c>
       <c r="J145" s="5" t="s">
-        <v>1040</v>
+        <v>22</v>
       </c>
       <c r="K145" s="5" t="s">
         <v>1041</v>
       </c>
       <c r="L145" s="6" t="s">
         <v>1042</v>
       </c>
       <c r="M145" s="5" t="s">
         <v>1043</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
         <v>1044</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>371</v>
+        <v>1045</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>33</v>
+        <v>1046</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>1045</v>
+        <v>481</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>1046</v>
-[...1 lines deleted...]
-      <c r="I146" s="5" t="s">
         <v>1047</v>
       </c>
+      <c r="I146" s="5"/>
       <c r="J146" s="5" t="s">
         <v>1048</v>
       </c>
       <c r="K146" s="5" t="s">
         <v>1049</v>
       </c>
       <c r="L146" s="6" t="s">
         <v>1050</v>
       </c>
       <c r="M146" s="5" t="s">
         <v>1051</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
         <v>1052</v>
       </c>
       <c r="B147" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C147" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="D147" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E147" s="5" t="s">
         <v>1053</v>
       </c>
-      <c r="C147" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D147" s="5" t="s">
+      <c r="F147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H147" s="5" t="s">
         <v>1054</v>
       </c>
-      <c r="E147" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F147" s="5" t="s">
+      <c r="I147" s="5" t="s">
         <v>1055</v>
       </c>
-      <c r="G147" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I147" s="5" t="s">
+      <c r="J147" s="5" t="s">
         <v>1056</v>
       </c>
-      <c r="J147" s="5" t="s">
+      <c r="K147" s="5" t="s">
         <v>1057</v>
       </c>
-      <c r="K147" s="5" t="s">
+      <c r="L147" s="6" t="s">
         <v>1058</v>
       </c>
-      <c r="L147" s="6" t="s">
+      <c r="M147" s="5" t="s">
         <v>1059</v>
-      </c>
-[...1 lines deleted...]
-        <v>1060</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B148" s="5" t="s">
         <v>1061</v>
       </c>
-      <c r="B148" s="5" t="s">
+      <c r="C148" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D148" s="5" t="s">
         <v>1062</v>
       </c>
-      <c r="C148" s="5" t="s">
+      <c r="E148" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="F148" s="5" t="s">
         <v>1063</v>
       </c>
-      <c r="D148" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F148" s="5" t="s">
+      <c r="G148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H148" s="5" t="s">
+        <v>957</v>
+      </c>
+      <c r="I148" s="5" t="s">
         <v>1064</v>
       </c>
-      <c r="G148" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I148" s="5"/>
       <c r="J148" s="5" t="s">
-        <v>1040</v>
+        <v>1065</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>14</v>
+        <v>1070</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>1037</v>
+        <v>1071</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>875</v>
+        <v>1045</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>481</v>
-[...4 lines deleted...]
-        </is>
+        <v>919</v>
+      </c>
+      <c r="F149" s="5" t="s">
+        <v>1072</v>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H149" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H149" s="5" t="s">
+        <v>1047</v>
       </c>
       <c r="I149" s="5"/>
       <c r="J149" s="5" t="s">
-        <v>1040</v>
+        <v>1048</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>1054</v>
+        <v>883</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>1073</v>
+        <v>481</v>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H150" s="5" t="s">
-        <v>1074</v>
+      <c r="H150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I150" s="5"/>
       <c r="J150" s="5" t="s">
-        <v>1057</v>
+        <v>1048</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>1079</v>
+        <v>1045</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>1080</v>
-[...4 lines deleted...]
-        </is>
+        <v>1062</v>
+      </c>
+      <c r="E151" s="5" t="s">
+        <v>1081</v>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="I151" s="5" t="s">
         <v>1082</v>
       </c>
+      <c r="I151" s="5"/>
       <c r="J151" s="5" t="s">
+        <v>1065</v>
+      </c>
+      <c r="K151" s="5" t="s">
         <v>1083</v>
       </c>
-      <c r="K151" s="5" t="s">
+      <c r="L151" s="6" t="s">
         <v>1084</v>
       </c>
-      <c r="L151" s="6" t="s">
+      <c r="M151" s="5" t="s">
         <v>1085</v>
-      </c>
-[...1 lines deleted...]
-        <v>1086</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B152" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C152" s="5" t="s">
         <v>1087</v>
       </c>
-      <c r="B152" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D152" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H152" s="5" t="s">
         <v>1088</v>
       </c>
-      <c r="E152" s="5" t="s">
+      <c r="I152" s="5" t="s">
         <v>1089</v>
       </c>
-      <c r="F152" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H152" s="5" t="s">
+      <c r="J152" s="5" t="s">
         <v>1090</v>
       </c>
-      <c r="I152" s="5" t="s">
+      <c r="K152" s="5" t="s">
         <v>1091</v>
       </c>
-      <c r="J152" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K152" s="5" t="s">
+      <c r="L152" s="6" t="s">
         <v>1092</v>
       </c>
-      <c r="L152" s="6" t="s">
+      <c r="M152" s="5" t="s">
         <v>1093</v>
-      </c>
-[...1 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B153" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C153" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D153" s="5" t="s">
         <v>1095</v>
       </c>
-      <c r="B153" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E153" s="5" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>481</v>
+        <v>1096</v>
+      </c>
+      <c r="F153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>297</v>
+        <v>1065</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>14</v>
+        <v>715</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>1102</v>
-[...9 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F154" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G154" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="H154" s="5" t="s">
         <v>1103</v>
       </c>
       <c r="I154" s="5" t="s">
         <v>1104</v>
       </c>
       <c r="J154" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="K154" s="5" t="s">
         <v>1105</v>
       </c>
-      <c r="K154" s="5" t="s">
+      <c r="L154" s="6" t="s">
         <v>1106</v>
       </c>
-      <c r="L154" s="6" t="s">
+      <c r="M154" s="5" t="s">
         <v>1107</v>
-      </c>
-[...1 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1109</v>
+        <v>1108</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>371</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="E155" s="5" t="s">
+        <v>1109</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
         <v>1110</v>
       </c>
       <c r="I155" s="5" t="s">
         <v>1111</v>
       </c>
       <c r="J155" s="5" t="s">
         <v>1112</v>
       </c>
       <c r="K155" s="5" t="s">
         <v>1113</v>
       </c>
       <c r="L155" s="6" t="s">
         <v>1114</v>
       </c>
       <c r="M155" s="5" t="s">
         <v>1115</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
         <v>1116</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>16</v>
+        <v>371</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>33</v>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G156" s="5" t="s">
+      <c r="G156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H156" s="5" t="s">
         <v>1117</v>
       </c>
-      <c r="H156" s="5" t="s">
+      <c r="I156" s="5" t="s">
         <v>1118</v>
       </c>
-      <c r="I156" s="5" t="s">
+      <c r="J156" s="5" t="s">
         <v>1119</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K156" s="5" t="s">
         <v>1120</v>
       </c>
       <c r="L156" s="6" t="s">
         <v>1121</v>
       </c>
       <c r="M156" s="5" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
         <v>1123</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D157" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E157" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G157" s="5" t="s">
         <v>1124</v>
-      </c>
-[...14 lines deleted...]
-        </is>
       </c>
       <c r="H157" s="5" t="s">
         <v>1125</v>
       </c>
       <c r="I157" s="5" t="s">
         <v>1126</v>
       </c>
       <c r="J157" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K157" s="5" t="s">
         <v>1127</v>
       </c>
-      <c r="K157" s="5" t="s">
+      <c r="L157" s="6" t="s">
         <v>1128</v>
       </c>
-      <c r="L157" s="6" t="s">
+      <c r="M157" s="5" t="s">
         <v>1129</v>
-      </c>
-[...1 lines deleted...]
-        <v>1130</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B158" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C158" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D158" s="5" t="s">
         <v>1131</v>
       </c>
-      <c r="B158" s="5" t="s">
-[...9 lines deleted...]
-        <v>17</v>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G158" s="5" t="s">
+      <c r="G158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H158" s="5" t="s">
         <v>1132</v>
       </c>
-      <c r="H158" s="5" t="s">
+      <c r="I158" s="5" t="s">
         <v>1133</v>
       </c>
-      <c r="I158" s="5" t="s">
+      <c r="J158" s="5" t="s">
         <v>1134</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K158" s="5" t="s">
         <v>1135</v>
       </c>
       <c r="L158" s="6" t="s">
         <v>1136</v>
       </c>
       <c r="M158" s="5" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
         <v>1138</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>44</v>
+        <v>1139</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>1139</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="E159" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
         <v>1140</v>
       </c>
       <c r="I159" s="5" t="s">
         <v>1141</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>297</v>
+        <v>1142</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>1080</v>
+        <v>44</v>
       </c>
       <c r="E160" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G160" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G160" s="5" t="s">
+        <v>1147</v>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>1148</v>
-[...4 lines deleted...]
-        </is>
+        <v>22</v>
+      </c>
+      <c r="K160" s="5" t="s">
+        <v>1150</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>1139</v>
+        <v>1154</v>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>1154</v>
+        <v>297</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>371</v>
+        <v>45</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>45</v>
+        <v>580</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>1159</v>
+        <v>17</v>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>1162</v>
-[...1 lines deleted...]
-      <c r="K162" s="5" t="s">
         <v>1163</v>
+      </c>
+      <c r="K162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L162" s="6" t="s">
         <v>1164</v>
       </c>
       <c r="M162" s="5" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
         <v>1166</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>1124</v>
+        <v>44</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>1154</v>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
         <v>1167</v>
       </c>
       <c r="I163" s="5" t="s">
         <v>1168</v>
       </c>
       <c r="J163" s="5" t="s">
         <v>1169</v>
       </c>
       <c r="K163" s="5" t="s">
         <v>1170</v>
       </c>
       <c r="L163" s="6" t="s">
         <v>1171</v>
       </c>
       <c r="M163" s="5" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
         <v>1173</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>44</v>
+        <v>371</v>
       </c>
       <c r="D164" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E164" s="5" t="s">
         <v>1174</v>
       </c>
-      <c r="E164" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F164" s="5" t="s">
+      <c r="F164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H164" s="5" t="s">
         <v>1175</v>
       </c>
-      <c r="G164" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H164" s="5" t="s">
+      <c r="I164" s="5" t="s">
         <v>1176</v>
       </c>
-      <c r="I164" s="5" t="s">
+      <c r="J164" s="5" t="s">
         <v>1177</v>
-      </c>
-[...1 lines deleted...]
-        <v>1154</v>
       </c>
       <c r="K164" s="5" t="s">
         <v>1178</v>
       </c>
       <c r="L164" s="6" t="s">
         <v>1179</v>
       </c>
       <c r="M164" s="5" t="s">
         <v>1180</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
         <v>1181</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>1037</v>
+        <v>1139</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>1088</v>
+        <v>45</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>1018</v>
+        <v>481</v>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
         <v>1182</v>
       </c>
       <c r="I165" s="5" t="s">
         <v>1183</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>1057</v>
+        <v>1184</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>16</v>
+        <v>1189</v>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F166" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F166" s="5" t="s">
+        <v>1190</v>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>22</v>
+        <v>1169</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>44</v>
+        <v>1045</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>1174</v>
-[...4 lines deleted...]
-        </is>
+        <v>1095</v>
+      </c>
+      <c r="E167" s="5" t="s">
+        <v>1026</v>
       </c>
       <c r="F167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G167" s="5" t="s">
-        <v>1194</v>
+      <c r="G167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>297</v>
+        <v>1065</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>1080</v>
+        <v>16</v>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1201</v>
-[...1 lines deleted...]
-      <c r="I168" s="5"/>
+        <v>1203</v>
+      </c>
+      <c r="I168" s="5" t="s">
+        <v>1204</v>
+      </c>
       <c r="J168" s="5" t="s">
-        <v>1202</v>
+        <v>22</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1189</v>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G169" s="5" t="s">
-        <v>429</v>
+        <v>1209</v>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>22</v>
+        <v>297</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>1213</v>
+        <v>580</v>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1214</v>
-[...3 lines deleted...]
-      </c>
+        <v>1216</v>
+      </c>
+      <c r="I170" s="5"/>
       <c r="J170" s="5" t="s">
-        <v>1154</v>
+        <v>1217</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>1174</v>
+        <v>44</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>1220</v>
+        <v>17</v>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G171" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G171" s="5" t="s">
+        <v>429</v>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>297</v>
+        <v>22</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>1139</v>
+        <v>1228</v>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>297</v>
+        <v>1169</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>1233</v>
+        <v>16</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>502</v>
+        <v>1189</v>
       </c>
       <c r="E173" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1235</v>
+      </c>
+      <c r="F173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="I173" s="5" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="J173" s="5" t="s">
         <v>297</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>1233</v>
+        <v>44</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>502</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>1154</v>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="I174" s="5" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="J174" s="5" t="s">
         <v>297</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>1248</v>
+        <v>502</v>
       </c>
       <c r="E175" s="5" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      <c r="G175" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F175" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H175" s="5" t="s">
         <v>1249</v>
       </c>
-      <c r="H175" s="5" t="s">
+      <c r="I175" s="5" t="s">
         <v>1250</v>
       </c>
-      <c r="I175" s="5"/>
       <c r="J175" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="K175" s="5" t="s">
         <v>1251</v>
       </c>
-      <c r="K175" s="5" t="s">
+      <c r="L175" s="6" t="s">
         <v>1252</v>
       </c>
-      <c r="L175" s="6" t="s">
+      <c r="M175" s="5" t="s">
         <v>1253</v>
-      </c>
-[...1 lines deleted...]
-        <v>1254</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D176" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E176" s="5" t="s">
         <v>1255</v>
       </c>
-      <c r="B176" s="5" t="s">
-[...17 lines deleted...]
-        <v>1249</v>
+      <c r="F176" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H176" s="5" t="s">
         <v>1256</v>
       </c>
       <c r="I176" s="5" t="s">
         <v>1257</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>1251</v>
+        <v>297</v>
       </c>
       <c r="K176" s="5" t="s">
         <v>1258</v>
       </c>
       <c r="L176" s="6" t="s">
         <v>1259</v>
       </c>
       <c r="M176" s="5" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
         <v>1261</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>1247</v>
+        <v>1262</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>1080</v>
+        <v>1263</v>
       </c>
       <c r="E177" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="H177" s="5" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="I177" s="5"/>
       <c r="J177" s="5" t="s">
-        <v>1251</v>
+        <v>1266</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>16</v>
+        <v>1262</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>44</v>
+        <v>580</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G178" s="5" t="s">
-        <v>1268</v>
+        <v>1264</v>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="I178" s="5" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="J178" s="5" t="s">
-        <v>22</v>
+        <v>1266</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>44</v>
+        <v>1262</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>580</v>
+      </c>
+      <c r="E179" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G179" s="5" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1276</v>
-[...3 lines deleted...]
-      </c>
+        <v>1278</v>
+      </c>
+      <c r="I179" s="5"/>
       <c r="J179" s="5" t="s">
-        <v>22</v>
+        <v>1266</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D180" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E180" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F180" s="5" t="s">
-        <v>1282</v>
+      <c r="F180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G180" s="5" t="s">
         <v>1283</v>
       </c>
       <c r="H180" s="5" t="s">
         <v>1284</v>
       </c>
       <c r="I180" s="5" t="s">
         <v>1285</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>297</v>
+        <v>22</v>
       </c>
       <c r="K180" s="5" t="s">
         <v>1286</v>
       </c>
       <c r="L180" s="6" t="s">
         <v>1287</v>
       </c>
       <c r="M180" s="5" t="s">
         <v>1288</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
         <v>1289</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>1037</v>
+        <v>44</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>1088</v>
-[...2 lines deleted...]
-        <v>1089</v>
+        <v>16</v>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G181" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G181" s="5" t="s">
+        <v>1290</v>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="I181" s="5" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="J181" s="5" t="s">
-        <v>1057</v>
+        <v>22</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>1296</v>
+        <v>18</v>
       </c>
       <c r="F182" s="5" t="s">
         <v>1297</v>
       </c>
       <c r="G182" s="5" t="s">
         <v>1298</v>
       </c>
       <c r="H182" s="5" t="s">
         <v>1299</v>
       </c>
       <c r="I182" s="5" t="s">
         <v>1300</v>
       </c>
       <c r="J182" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="K182" s="5" t="s">
         <v>1301</v>
       </c>
-      <c r="K182" s="5" t="s">
+      <c r="L182" s="6" t="s">
         <v>1302</v>
       </c>
-      <c r="L182" s="6" t="s">
+      <c r="M182" s="5" t="s">
         <v>1303</v>
-      </c>
-[...1 lines deleted...]
-        <v>1304</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C183" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E183" s="5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H183" s="5" t="s">
         <v>1305</v>
       </c>
-      <c r="B183" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H183" s="5" t="s">
+      <c r="I183" s="5" t="s">
         <v>1306</v>
       </c>
-      <c r="I183" s="5" t="s">
+      <c r="J183" s="5" t="s">
+        <v>1065</v>
+      </c>
+      <c r="K183" s="5" t="s">
         <v>1307</v>
       </c>
-      <c r="J183" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K183" s="5" t="s">
+      <c r="L183" s="6" t="s">
         <v>1308</v>
       </c>
-      <c r="L183" s="6" t="s">
+      <c r="M183" s="5" t="s">
         <v>1309</v>
-      </c>
-[...1 lines deleted...]
-        <v>1310</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E184" s="5" t="s">
         <v>1311</v>
       </c>
-      <c r="B184" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C184" s="5" t="s">
+      <c r="F184" s="5" t="s">
         <v>1312</v>
       </c>
-      <c r="D184" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="G184" s="5" t="s">
+        <v>1313</v>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="I184" s="5" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>297</v>
+        <v>1316</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>1319</v>
+        <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1045</v>
+      </c>
+      <c r="D185" s="5" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>1072</v>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1320</v>
-[...5 lines deleted...]
-        </is>
+        <v>1321</v>
+      </c>
+      <c r="I185" s="5" t="s">
+        <v>1322</v>
+      </c>
+      <c r="J185" s="5" t="s">
+        <v>1065</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1322</v>
-[...1 lines deleted...]
-      <c r="M185" s="5"/>
+        <v>1324</v>
+      </c>
+      <c r="M185" s="5" t="s">
+        <v>1325</v>
+      </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>1319</v>
+        <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>1327</v>
+      </c>
+      <c r="D186" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E186" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F186" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H186" s="5" t="s">
-        <v>1324</v>
-[...5 lines deleted...]
-        </is>
+        <v>1328</v>
+      </c>
+      <c r="I186" s="5" t="s">
+        <v>1329</v>
+      </c>
+      <c r="J186" s="5" t="s">
+        <v>297</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1321</v>
+        <v>1330</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1325</v>
-[...1 lines deleted...]
-      <c r="M186" s="5"/>
+        <v>1331</v>
+      </c>
+      <c r="M186" s="5" t="s">
+        <v>1332</v>
+      </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1326</v>
+        <v>1333</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>14</v>
+        <v>1334</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="D187" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F187" s="5" t="s">
-[...3 lines deleted...]
-        <v>1328</v>
+      <c r="F187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1329</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>1335</v>
+      </c>
+      <c r="I187" s="5"/>
+      <c r="J187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1331</v>
+        <v>1336</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1332</v>
-[...3 lines deleted...]
-      </c>
+        <v>1337</v>
+      </c>
+      <c r="M187" s="5"/>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B188" s="5" t="s">
         <v>1334</v>
-      </c>
-[...1 lines deleted...]
-        <v>1319</v>
       </c>
       <c r="C188" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1335</v>
+        <v>1339</v>
       </c>
       <c r="I188" s="5"/>
       <c r="J188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1321</v>
+        <v>1336</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1336</v>
+        <v>1340</v>
       </c>
       <c r="M188" s="5"/>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>1319</v>
+        <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D189" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D189" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F189" s="5" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G189" s="5" t="s">
+        <v>1343</v>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1338</v>
-[...5 lines deleted...]
-        </is>
+        <v>1344</v>
+      </c>
+      <c r="I189" s="5" t="s">
+        <v>1345</v>
+      </c>
+      <c r="J189" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1339</v>
+        <v>1346</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1340</v>
-[...1 lines deleted...]
-      <c r="M189" s="5"/>
+        <v>1347</v>
+      </c>
+      <c r="M189" s="5" t="s">
+        <v>1348</v>
+      </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1341</v>
+        <v>1349</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>1319</v>
+        <v>1334</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1342</v>
+        <v>1350</v>
       </c>
       <c r="I190" s="5"/>
       <c r="J190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1339</v>
+        <v>1336</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1343</v>
+        <v>1351</v>
       </c>
       <c r="M190" s="5"/>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1344</v>
+        <v>1352</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>14</v>
+        <v>1334</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>371</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1345</v>
-[...5 lines deleted...]
-        <v>1347</v>
+        <v>1353</v>
+      </c>
+      <c r="I191" s="5"/>
+      <c r="J191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1349</v>
-[...3 lines deleted...]
-      </c>
+        <v>1355</v>
+      </c>
+      <c r="M191" s="5"/>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1344</v>
+        <v>1356</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>14</v>
+        <v>1334</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>16</v>
+      </c>
+      <c r="D192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1351</v>
-[...5 lines deleted...]
-        <v>1347</v>
+        <v>1357</v>
+      </c>
+      <c r="I192" s="5"/>
+      <c r="J192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1354</v>
-[...3 lines deleted...]
-      </c>
+        <v>1358</v>
+      </c>
+      <c r="M192" s="5"/>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>14</v>
+        <v>1334</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>1360</v>
+      </c>
+      <c r="D193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F193" s="5" t="s">
-        <v>1357</v>
+      <c r="F193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1358</v>
-[...5 lines deleted...]
-        <v>1360</v>
+        <v>1361</v>
+      </c>
+      <c r="I193" s="5"/>
+      <c r="J193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1362</v>
-[...1 lines deleted...]
-      <c r="M193" s="5" t="s">
         <v>1363</v>
       </c>
+      <c r="M193" s="5"/>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
         <v>1364</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>1319</v>
+        <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>371</v>
+      </c>
+      <c r="D194" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E194" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F194" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="s">
         <v>1365</v>
       </c>
-      <c r="I194" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I194" s="5" t="s">
+        <v>1366</v>
+      </c>
+      <c r="J194" s="5" t="s">
+        <v>1367</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1367</v>
-[...1 lines deleted...]
-      <c r="M194" s="5"/>
+        <v>1369</v>
+      </c>
+      <c r="M194" s="5" t="s">
+        <v>1370</v>
+      </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1368</v>
+        <v>1364</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>1053</v>
+        <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>1037</v>
+        <v>371</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>1369</v>
-[...5 lines deleted...]
-        <v>1370</v>
+        <v>172</v>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
         <v>1371</v>
       </c>
       <c r="I195" s="5" t="s">
         <v>1372</v>
       </c>
       <c r="J195" s="5" t="s">
+        <v>1367</v>
+      </c>
+      <c r="K195" s="5" t="s">
         <v>1373</v>
       </c>
-      <c r="K195" s="5" t="s">
+      <c r="L195" s="6" t="s">
         <v>1374</v>
       </c>
-      <c r="L195" s="6" t="s">
+      <c r="M195" s="5" t="s">
         <v>1375</v>
-      </c>
-[...1 lines deleted...]
-        <v>1376</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C196" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D196" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F196" s="5" t="s">
         <v>1377</v>
-      </c>
-[...13 lines deleted...]
-        <v>1370</v>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
         <v>1378</v>
       </c>
       <c r="I196" s="5" t="s">
         <v>1379</v>
       </c>
       <c r="J196" s="5" t="s">
         <v>1380</v>
       </c>
       <c r="K196" s="5" t="s">
         <v>1381</v>
       </c>
       <c r="L196" s="6" t="s">
         <v>1382</v>
       </c>
       <c r="M196" s="5" t="s">
         <v>1383</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
         <v>1384</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>14</v>
+        <v>1334</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>1037</v>
-[...5 lines deleted...]
-        <v>1089</v>
+        <v>16</v>
+      </c>
+      <c r="D197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
         <v>1385</v>
       </c>
       <c r="I197" s="5"/>
-      <c r="J197" s="5" t="s">
+      <c r="J197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K197" s="5" t="s">
         <v>1386</v>
       </c>
-      <c r="K197" s="5" t="s">
+      <c r="L197" s="6" t="s">
         <v>1387</v>
       </c>
-      <c r="L197" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M197" s="5"/>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D198" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H198" s="5" t="s">
+        <v>1389</v>
+      </c>
+      <c r="I198" s="5" t="s">
         <v>1390</v>
       </c>
-      <c r="B198" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H198" s="5" t="s">
+      <c r="J198" s="5" t="s">
         <v>1391</v>
       </c>
-      <c r="I198" s="5" t="s">
+      <c r="K198" s="5" t="s">
         <v>1392</v>
       </c>
-      <c r="J198" s="5" t="s">
+      <c r="L198" s="6" t="s">
         <v>1393</v>
       </c>
-      <c r="K198" s="5" t="s">
+      <c r="M198" s="5" t="s">
         <v>1394</v>
-      </c>
-[...4 lines deleted...]
-        <v>1396</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C199" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D199" s="5" t="s">
+        <v>1396</v>
+      </c>
+      <c r="E199" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F199" s="5" t="s">
         <v>1397</v>
       </c>
-      <c r="B199" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C199" s="5" t="s">
+      <c r="G199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H199" s="5" t="s">
         <v>1398</v>
       </c>
-      <c r="D199" s="5" t="s">
+      <c r="I199" s="5" t="s">
         <v>1399</v>
       </c>
-      <c r="E199" s="5" t="s">
+      <c r="J199" s="5" t="s">
         <v>1400</v>
       </c>
-      <c r="F199" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H199" s="5" t="s">
+      <c r="K199" s="5" t="s">
         <v>1401</v>
       </c>
-      <c r="I199" s="5" t="s">
+      <c r="L199" s="6" t="s">
         <v>1402</v>
       </c>
-      <c r="J199" s="5" t="s">
+      <c r="M199" s="5" t="s">
         <v>1403</v>
-      </c>
-[...7 lines deleted...]
-        <v>1406</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B200" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D200" s="5" t="s">
+        <v>1396</v>
+      </c>
+      <c r="E200" s="5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F200" s="5" t="s">
+        <v>1397</v>
+      </c>
+      <c r="G200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H200" s="5" t="s">
+        <v>1405</v>
+      </c>
+      <c r="I200" s="5" t="s">
+        <v>1406</v>
+      </c>
+      <c r="J200" s="5" t="s">
         <v>1407</v>
       </c>
-      <c r="B200" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E200" s="5" t="s">
+      <c r="K200" s="5" t="s">
         <v>1408</v>
       </c>
-      <c r="F200" s="5" t="s">
+      <c r="L200" s="6" t="s">
         <v>1409</v>
       </c>
-      <c r="G200" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H200" s="5" t="s">
+      <c r="M200" s="5" t="s">
         <v>1410</v>
-      </c>
-[...13 lines deleted...]
-        <v>1415</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C201" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D201" s="5" t="s">
+        <v>1396</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H201" s="5" t="s">
+        <v>1412</v>
+      </c>
+      <c r="I201" s="5"/>
+      <c r="J201" s="5" t="s">
+        <v>1413</v>
+      </c>
+      <c r="K201" s="5" t="s">
+        <v>1414</v>
+      </c>
+      <c r="L201" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="M201" s="5" t="s">
         <v>1416</v>
-      </c>
-[...36 lines deleted...]
-        <v>1423</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1424</v>
+        <v>1417</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>1425</v>
+        <v>1396</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>1089</v>
-[...2 lines deleted...]
-        <v>1426</v>
+        <v>1096</v>
+      </c>
+      <c r="F202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1427</v>
-[...1 lines deleted...]
-      <c r="I202" s="5"/>
+        <v>1418</v>
+      </c>
+      <c r="I202" s="5" t="s">
+        <v>1419</v>
+      </c>
       <c r="J202" s="5" t="s">
-        <v>1428</v>
+        <v>1420</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1429</v>
+        <v>1421</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1430</v>
+        <v>1422</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1431</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B203" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C203" s="5" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D203" s="5" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E203" s="5" t="s">
+        <v>1427</v>
+      </c>
+      <c r="F203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H203" s="5" t="s">
+        <v>1428</v>
+      </c>
+      <c r="I203" s="5" t="s">
+        <v>1429</v>
+      </c>
+      <c r="J203" s="5" t="s">
+        <v>1430</v>
+      </c>
+      <c r="K203" s="5" t="s">
+        <v>1431</v>
+      </c>
+      <c r="L203" s="6" t="s">
         <v>1432</v>
       </c>
-      <c r="B203" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C203" s="5" t="s">
+      <c r="M203" s="5" t="s">
         <v>1433</v>
-      </c>
-[...32 lines deleted...]
-        <v>1440</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1441</v>
+        <v>1434</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D204" s="5" t="s">
         <v>371</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>1408</v>
+        <v>1435</v>
       </c>
       <c r="F204" s="5" t="s">
+        <v>1436</v>
+      </c>
+      <c r="G204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H204" s="5" t="s">
+        <v>1437</v>
+      </c>
+      <c r="I204" s="5" t="s">
+        <v>1438</v>
+      </c>
+      <c r="J204" s="5" t="s">
+        <v>1439</v>
+      </c>
+      <c r="K204" s="5" t="s">
+        <v>1440</v>
+      </c>
+      <c r="L204" s="6" t="s">
+        <v>1441</v>
+      </c>
+      <c r="M204" s="5" t="s">
         <v>1442</v>
-      </c>
-[...21 lines deleted...]
-        <v>1448</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C205" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D205" s="5" t="s">
+        <v>1396</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F205" s="5" t="s">
+        <v>1444</v>
+      </c>
+      <c r="G205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H205" s="5" t="s">
+        <v>1445</v>
+      </c>
+      <c r="I205" s="5" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J205" s="5" t="s">
+        <v>1447</v>
+      </c>
+      <c r="K205" s="5" t="s">
+        <v>1448</v>
+      </c>
+      <c r="L205" s="6" t="s">
         <v>1449</v>
       </c>
-      <c r="B205" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C205" s="5" t="s">
+      <c r="M205" s="5" t="s">
         <v>1450</v>
-      </c>
-[...32 lines deleted...]
-        <v>1457</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>1452</v>
+      </c>
+      <c r="E206" s="5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F206" s="5" t="s">
+        <v>1453</v>
+      </c>
+      <c r="G206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H206" s="5" t="s">
+        <v>1454</v>
+      </c>
+      <c r="I206" s="5"/>
+      <c r="J206" s="5" t="s">
+        <v>1455</v>
+      </c>
+      <c r="K206" s="5" t="s">
+        <v>1456</v>
+      </c>
+      <c r="L206" s="6" t="s">
+        <v>1457</v>
+      </c>
+      <c r="M206" s="5" t="s">
         <v>1458</v>
-      </c>
-[...36 lines deleted...]
-        <v>1464</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C207" s="5" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D207" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E207" s="5" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H207" s="5" t="s">
+        <v>1462</v>
+      </c>
+      <c r="I207" s="5" t="s">
+        <v>1463</v>
+      </c>
+      <c r="J207" s="5" t="s">
+        <v>1464</v>
+      </c>
+      <c r="K207" s="5" t="s">
         <v>1465</v>
       </c>
-      <c r="B207" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D207" s="5" t="s">
+      <c r="L207" s="6" t="s">
+        <v>1466</v>
+      </c>
+      <c r="M207" s="5" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="5" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D208" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="E207" s="5" t="s">
-[...21 lines deleted...]
-      <c r="K207" s="5" t="s">
+      <c r="E208" s="5" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F208" s="5" t="s">
         <v>1469</v>
       </c>
-      <c r="L207" s="6" t="s">
+      <c r="G208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H208" s="5" t="s">
         <v>1470</v>
       </c>
-      <c r="M207" s="5" t="s">
+      <c r="I208" s="5" t="s">
         <v>1471</v>
+      </c>
+      <c r="J208" s="5" t="s">
+        <v>1472</v>
+      </c>
+      <c r="K208" s="5" t="s">
+        <v>1473</v>
+      </c>
+      <c r="L208" s="6" t="s">
+        <v>1474</v>
+      </c>
+      <c r="M208" s="5" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="5" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H209" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="I209" s="5" t="s">
+        <v>1480</v>
+      </c>
+      <c r="J209" s="5" t="s">
+        <v>1481</v>
+      </c>
+      <c r="K209" s="5" t="s">
+        <v>1482</v>
+      </c>
+      <c r="L209" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="M209" s="5" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="5" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C210" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D210" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E210" s="5" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F210" s="5" t="s">
+        <v>1469</v>
+      </c>
+      <c r="G210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H210" s="5" t="s">
+        <v>1486</v>
+      </c>
+      <c r="I210" s="5" t="s">
+        <v>1487</v>
+      </c>
+      <c r="J210" s="5" t="s">
+        <v>1488</v>
+      </c>
+      <c r="K210" s="5" t="s">
+        <v>1489</v>
+      </c>
+      <c r="L210" s="6" t="s">
+        <v>1490</v>
+      </c>
+      <c r="M210" s="5" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="5" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B211" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C211" s="5" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D211" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E211" s="5" t="s">
+        <v>875</v>
+      </c>
+      <c r="F211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H211" s="5" t="s">
+        <v>1493</v>
+      </c>
+      <c r="I211" s="5" t="s">
+        <v>1494</v>
+      </c>
+      <c r="J211" s="5" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K211" s="5" t="s">
+        <v>1496</v>
+      </c>
+      <c r="L211" s="6" t="s">
+        <v>1497</v>
+      </c>
+      <c r="M211" s="5" t="s">
+        <v>1498</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -18772,44 +19147,48 @@
     <hyperlink ref="M183" r:id="rId188"/>
     <hyperlink ref="M184" r:id="rId189"/>
     <hyperlink ref="M185" r:id="rId190"/>
     <hyperlink ref="M186" r:id="rId191"/>
     <hyperlink ref="M187" r:id="rId192"/>
     <hyperlink ref="M188" r:id="rId193"/>
     <hyperlink ref="M189" r:id="rId194"/>
     <hyperlink ref="M190" r:id="rId195"/>
     <hyperlink ref="M191" r:id="rId196"/>
     <hyperlink ref="M192" r:id="rId197"/>
     <hyperlink ref="M193" r:id="rId198"/>
     <hyperlink ref="M194" r:id="rId199"/>
     <hyperlink ref="M195" r:id="rId200"/>
     <hyperlink ref="M196" r:id="rId201"/>
     <hyperlink ref="M197" r:id="rId202"/>
     <hyperlink ref="M198" r:id="rId203"/>
     <hyperlink ref="M199" r:id="rId204"/>
     <hyperlink ref="M200" r:id="rId205"/>
     <hyperlink ref="M201" r:id="rId206"/>
     <hyperlink ref="M202" r:id="rId207"/>
     <hyperlink ref="M203" r:id="rId208"/>
     <hyperlink ref="M204" r:id="rId209"/>
     <hyperlink ref="M205" r:id="rId210"/>
     <hyperlink ref="M206" r:id="rId211"/>
     <hyperlink ref="M207" r:id="rId212"/>
+    <hyperlink ref="M208" r:id="rId213"/>
+    <hyperlink ref="M209" r:id="rId214"/>
+    <hyperlink ref="M210" r:id="rId215"/>
+    <hyperlink ref="M211" r:id="rId216"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>