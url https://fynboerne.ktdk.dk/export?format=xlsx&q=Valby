--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2296" uniqueCount="1499" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2329" uniqueCount="1521" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -3347,50 +3347,105 @@
   <si>
     <t>Johanne Christine Larsen skriver langt fødseldagsbrev til den gravide Alhed Larsen. JCL arbejder på hotel Phønix i København og beretter om forskellige mennesker, hun møder i bl.a. kunstverdenen samt hendes tidligere forlovede Thomas Balslev. Hun går også på den fries udstilling og anbefaler sin mor at komme på besøg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KPcv</t>
   </si>
   <si>
     <t>Hotel Phønix 6-4-99.
 Kære Be!
 Jeg ved ikke hvor forsigtig du endnu er naaet at blive over Ungens Helbred; for i Fald du er meget ængstelig, saa lad hellere en anden læse dette Brev for dig og vær ikke ked ved det; vi har nemlig Mæslinger her i Huset, og det var dog en lovlig ung Alder for den lille at faa dem paa.
 Efter her at have anbefalet dig Forsigtighed, vil jeg skride til Lykønskninger "i Dagens Anledning." Maa jeg herved paa det varmeste ønske dig et godt Aar, særlig naturligvisl Lykke til dit store Forehavende, at det da kan blive en nogenlunde præsentabel Unge.
 Jeg gaar ud fra at du er paa Erikshaab, hvor du vel nu forbliver indtil videre; det er storartet for Far og Mor at have dig igen, du er ordentlig deres Trøst i den ellers saa barnløse Tid! hør Be, er det da ikke dejligt at vi faar saadanne udmærkede Breve fra Elle. Jeg læste et forleden, som Far havde faaet, det var ikke særlig tykt med Oplevelser og Beskrivelser, for hun skrev næsten udelukkende om Eastmans - men det er spilleme da ogsaa nok, for man ser deraf, hvor glad hun er ved ham; hun ligefrem strømmer over, synes jeg over Lovtalen om ham - og saa skidt med Begivenhederne! Der maa vi rigtignok sige, at vi har været heldige, naar vi tænker paa, hvor voveligt hele det saa ud fra Begyndelsen. 
 Her har vi ellers haft en stilfærdig Paaske, stakkels Anna har ligget af Mæslinger og ligger endnu. Dr. Djørup siger, at de af os, der endnu ikke har haft det, kan være aldeles sikre paa at faa det. Jeg har jo ikke haft Mæslinger, vel? Jeg kan da ikke huske, vi nogensinde har haft dem paa Erikshaab. Jeg er meget gal i Hovedet derom, sikke et Tidsspilde! og hvis Carla og Gandenz faar det - uf, der er altid et farligt Halløj naar saadanne Unger ligger i Sengen. 
 I Tirsdags Middags fik jeg et lille Kioskbrev fra Thorvald, der var her i Byen. han havde først lige faaet at vide, at jeg var herinde i Paasken, men da han gjerne vilde se lidt til mig, bad han mig om at komme op paa Bernina Kl. 3 - Jeg var en lille Smule betænkelig ved det, men da det jo var ham selv, der tog Initiativet, gik jeg derop og vi havde det saa umaadelig fornøjeligt og hyggeligt en Times Tid, og nød en Kop tør Kaffe med Creme og Cigaretter; han saa efter min Mening ikke Spor mere gammel ud end han gjorde for et Aar siden, var frisk og livlig som altid, og vi snakkede udmærket sammen naar bare jeg maa slippe for at være forlovet med Thorvald, synes jeg udmærket godt om ham; og dersom vi nu begge har mistet en daarlig Kæreste og vundet en god Ven, hvad kan man saa egentlig forlange mere. - Sandsynligvis opgives Vardeprojektet, det lader til at være en underlig sløsevorn og uefterrettelig Mand, der ikke en Gang kan svare paa et Forretningsbrev, men rolig Gang paa Gang lader Th's Breve ubesvarede. Kroman, hvem Th. var oppe hos, mente slet ikke, der var Brug for et Seminarium, hvilket jo ikke gør Sagen mere indbydende..
 Jeg har været en lille Visit ude hos Tutte; det var morsomt at se hende en Gang igen hun har lagt sig en aldeles dejlig Unge til, en lille Pige sød og med klare blaa Øjne og hvidt Haar. Hun laa i Vuggen og fik Vælling af en Flaske; og denne Flaske holdt hun selv i sine bitte Hænder; og da den blev tom løftede hun den selv i Vejret for at faa det sidste med; det kalder jeg stort af en Unge paa 9 Maaneder. Tutte var tilsyneladende meget glad ved at se mig og sagde, at jeg med det første skulde inviteres derud til en L'hombre. 
 Klokken er saa mange, at jeg ikke kan naa at faa det af Sted i Dag; Elisa (vores Pige) er væk og saa kan jeg ikke gaa paa Posthuset, naar Anna ligger i Sengen. Derfor vil jeg foreløbig holde op og fortsætte i Morgen.
 Fredag Sikken en Smertensdag for mig i Dag, da jeg kom hjem fra min Morgentur opdagede jeg, at den lille Sølvpind i min Kæde var borte; jeg havde set, at den var meget slidt, men nu har den saa ikke villet holde længere i Sammenføjningen, jeg gik øjeblikkelig ud paa Molen igen og ledte ihærdigt, men uden Resultat. Sørgeligt! -----
 Forleden Aften var jeg med Pan hjemme hos hendes Forældre; det skulde kun have været en lille Visit, men jeg morede mig saa godt, at jeg erklærede til Pan, at jeg vilde blive. Af Interessandheder var der den blinde Bendix, en Broder til Victoria. Tænk, han vilde for ca 3 Aar siden tage Livet af sig, men naaede kun at ødelægge Synsnerven ved Skuddet, kom paa Hospitalet, kom sig, men var og blev blind, og nu lever han videre - ret fornøjet ved Tilværelsen er det da ikke ret mærkværdigt. Han er saadan, at man næsten ikke kan mærke paa ham, at han intet kan se; han færdes i Stuerne med største Lethed, ved præcis hvor alle i Stuen er, hvem der gaar og hvem der kommer, og dem han taler med ser han lige ind i Øjnene - hvor kan Mennesket dog! Han vil paa Landet nogen Tid i Sommer, men kan ikke finde noget Sted han spurgte mig ivrigt, om jeg ikke kunde tænke mig et Sted, han vilde gerne et Sted, hvor der var intelligente Mennesker, for ellers kunde han ikke holde det ud og saa skulde der være Skygge - om Egnen ellers var grim som Arvesynden gjorde intet; han er selv et meget intelligent Menneske, gennemdannet og vist kundskabsrig. Kunde I tænke Jer noget Sted? Jeg har sagt Pan, at hun skulde faa de nærmere Betingelser at vide, f.Ex. Betaling o.s.v. Jeg fik en saa knusende Interesse for Manden. [ulæselig] lille Dreng der bor der hos dem holder meget af ham og aner ikke, at han er blind, saa lidt mærkeligt altsaa, er det dog ikke besynderligt? 
 Jeg har været paa den frie, den er brillant i Aar! Jeg synes, at Las' to store Billeder er dejlige. Det er kedeligt, at I ikke kan faa dem at se, der er saa mange storartede Billeder. Fru Slot Møller har et helt vidunderligt Folkevisebillede. - naa ja, det kan jo slet ikke nytte at begynde paa at nærme sig af dem. Begge Hammershøi's var udmærkede, selv Krøyer var morsom og god i Aar. Paa Charlottenb. har jeg endnu ikke været, efter hvad Viggo siger er den ogsaa nok værd at se, men selv om en Del deraf er godt, er der dog meget Skidt iblandt. Sig til Mor, at hun skulde tage sig en lille Tur herind for at se Udstill. og saa høre Skærsommernatsdrømmen som de jo giver for Tiden paa det kongelige. Hun er jo altid velkommen hos Tante Dis, og nu da de har levet saa stilfærdigt i Vinter, kan der vel nok blive Raad til det. - Saa, nu har du faaet 8 Sider fuld af Fortælling, nu maa du nøjes med det. Du bliver nok 27 Aar i Dag, det er spilleme snart høje Aldre, vi præsterer. 
 Ungdommens Roser smaa
 Pluk dem før de forgaa!
 Farvel lille Be, og lad mig se, at du fremdeles har det godt! Hils alle hjemme paa det varmeste fra din Junge.
 Hils din lille Mand og Barn!</t>
   </si>
   <si>
+    <t>1899-5</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Bellevue St. 27</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Julie Brandt
+Thora  Branner
+Harald Hirschsprung
+Andreas Larsen
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Schofield
+Hempel Syberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899, og de boede sammen i Boston. De første par år delte parret hus med Harris' familie, og det gik ikkke godt. 
+Harris havde en doktorgrad i kemi fra Harvard. Han havde en lungesygdom og døde tidligt. 
+Den lille dreng er Alhed og Johannes Larsens første søn, som blev født 12. maj 1899. Der var en tid planer om, at han skulle hedde Jeppe. - Dede var Ellen Sawyer og Alhed Larsens bror Andreas. 
+Mr. Mark, Mr. og Mrs. Hall, Dr. Andrw og Angelica kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1591</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer glæder sig til at se den lille dreng, som hun ønsker alt godt. 
+Det er sjovt, at Dudley Pray er populær.
+Vejret er godt, og luften er ikke så tung, så Harris Sawyer hoster ikke meget. Hans mave gør knuder hver måned omkring den 1., så det skyldes nok nervøsitet pga. husleje og andre regninger. Helt rask bliver han dog næppe, før de slipper for at bo sammen med hans familie. Ellen og Harris vil gerne have et pænt og sirligt hjem, men de er på dette område i mindretal i forhold til Harris' familie.
+Ellen og Harris tager på udflugter i weekenden. De har været på en ø med et fort og på Nantucket. En dag var de i Cambridge på besøg hos flere af Harris' gamle lærere og studiekammerater. Harris udviste stor stolthed over at være blevet gift.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hOav</t>
+  </si>
+  <si>
+    <t>Bellevue St. 27
+Kære Mor!
+Dine Breve kommer meget regelmæssigt Mandag Morg. [”Mandag Morg.” indsat over linjen] og jeg har lige nydt ét. Hvor den lille Dreng må være yndig og hvor jeg dog længes efter at se ham. Dette Brev vil formodentlig komme lige til hans Daab, - jeg ved ikke om man bruger at lykønske ved den Lejlighed, men Skade kan det jo aldrig og vist er det at jeg ønsker lille Jeppe alt det gode der er til på hans Løbebane. Jeg vil ønske, at han skal døbes Andreas, - det er et kønt Navn, - hvis vi nogen sinde skal være så heldige at få en Dreng skal han hedde Andreas efter Onkel Dede. – Der har nok ordentlig været en bevæget Tid på Haabet, - jeg synes du skulde tage en lille Tur ind til Tante Mis. – Det er jo morsomt at Dudley Pray falder i god Jord – hans Skønhed el. sprudlende Liv må han have lagt sig efter på Rejsen, - jeg så ikke noget til det. – Han er en stor skikkelig Bommert, veltilpas med sig selv og hele Verden. Jeg gad vide hvad han betaler og hvilket Værelse han har. Det Asen, at han ikke fortæller herovre fra, - jeg indprentede ham dog at han skulde det før han rejste
+Vi har i den senere Tid haft det temmelig med Varme, 26-27 Grader R, men det bliver nok meget værre. Luften er ikke tung så det er ikke særlig ubehageligt og om Aftenen er det altid køligt, - vi sidder da i Reglen ude på vor Altan. Her er mange Træer og Buske rundt om os – d. v. s. på den anden Side Gaden – så Luften er ren og frisk og slet ikke byagtig. Det er så sundt for Harry og han er da også så rask i den senere Tid at det er en Fornøjelse (jeg banker heftigt under Bordet). – Han hoster nu kun ubetydeligt om Morgenen og ser så rask ud. Maven har også været god i lang Tid, kun forleden Dag d. 1ste begyndte den at gøre Knuder, men det trak over. Det slog ham at det er i Reglen omkring d. 1ste i Måneden at han har sine Mavehistorier, som tager Kræfterne for lang Tid, og det er ikke umuligt at det, som han siger, står i Forbindelse med Husleje + Regninger, som kommer omkring d. 1ste. Det beviser, at det for en stor Del, er nervøst, og det giver det bedste Haab om at vi skal få Bugt med det. Der er mere Redeligheder i Pengevæsenet i denne Måned, fordi der ikke er bleven ”lånt” af Kassen, Indtægterne ere have ["ere" overstreget; ”have” indsat over linjen] også været gode, så der er ikke noget at bekymre sig over. Rigtig i Orden kommer Eastman nu ikke ikke før vi slipper ud af dette velsignede Familieliv. – Det er mærkeligt at han er så vidt forskellig fra sin Familije i Småvaner og Mening om Husholdning. Heldigvis er vi fuldstændig af samme Mening ang. dette – vi vil have det pænt og sirligt til daglig og lidt Variation, men da vi kun nu ["nu" overstreget] er to mod 5 kan vi ikke gennemføre det. Det er også sin Sag for mig at reformere alt for meget. Men vi lægger mangfoldige Planer om hvordan vi vil indrette os. Når bare H. kunde lade være med at krepere sig, som er så slemt for ham, - men det kan han ikke. Imidlertid ærgrer han sig ikke noget nu i Sammenligning med da han var alene om det. Han siger så ofte at det var en sand Guds Lykke at jeg kom og det var det sikkert også. Når han kommer hjem om Aftenen føler han sig fredelig og veltilpas, og Lørdag og Søndag er næsten som små Ferier. Så snart Når ["Så snart" overstreget: "Når" ”Når” indsat over linjen] det er godt Vejr på disse to Dage gør vi lange Ture og Udflugter og morer os fortræffeligt ”Memorial Day” begav vi os afsted om Morgenen og så først gamle East manøvrere med sine Soldater, hvilket var meget morsomt, derefter spadserede vi ned til Vandet over en lang Bro til en lille Ø hvor der er et Fort som menes at skulde forsvare Boston. På den ene Side af Øen er der en Græsmark og Eng med store gamle Træer og der smed vi os og spiste Bananer og Kager og så ud over Søen med alle Bådene og Skibene. Det var så tidligt på Dagen at der næsten ingen andre var – der gik to gamle Mænd og gjorde Hø, men det forhøjede kun Stemningen. I Lørdags var vi en endnu længere Tur. – Vi tog med en lille Damper over Boston Havn til ”Nantucket”. Du kan vist finde det på Kortet Nantucket er en Halvø, som kommer c sådan [Tegning] Havnen er smækfuld af små Øer og det er en interessant Tur. På N. er der Badeliv og ”Kommers”. Vi blev der en Timestid og så på det og spadserede på Strandbredden, - så tog vi et lille elektrisk Tog tilbage, ned gennem Nantucket, - en ganske dejlig Tur (åben Vogn!) gennem tætte Skove og Klippelandskaber. Det er kun små Klipper men de ”gør sig” og de forhindrer de utålelige små Træhuse i at myldre frem over alt – der var virkelig et Par Mil, hvor der var aldeles landligt og ubeboet. – 
+I – Torsdags var vi ogsaa på Benene hele Eft. Vi havde meldt os til at besøge forskellige i Cambridge, - den Del af Byen hvor Universitetet er. Vi gik fra Sted til Sted og lod os fejre. Først visiterede vi en Mr. Mark, Ingeniør, Lærer ved Universitetet: gl. Ven og Kammerat af H. Han har et Par Værelser i en af de store Bygninger hvor Studenterne bor og viste os en af denne Bygninger [”denne” indsat over linjen] Det er som alt andet her i stor Stil. Han trakterede os med Jordbær og var livlig og morsom. Derefter gik vi til en anden Bygning, hvor Dr. Schofield bor. Han havde inviteret 4-5 af Harris gamle Venner fra Universitetstiden – de ere nu ansatte som Lektorer og Professorer ved Harvard. Der er ingen Ende på som Harry kror sig og vigter sig over for sine gamle Venner fordi han kan møde med ”sin Kone”. – han overlader ved sådan en Lejlighed mest Snakken til mig og sidder skinnende af Fornøjelse se og iagttager hvad Indtryk mine Ord gør på dem, - jeg følte mig helt som en Udstillingsgenstand. Vi fik Is - The med Citron i og blev behandlet med stor Artighed og jeg blev overrakt en Buket Blomster, - 
+Derefter gik vi til Mr. Og Mrs. Hall, - fortræffelige Mennesker – nogle af H. bedste Venner. Der spiste vi til Aften: Skinke og Laxesalat, Smør og Brød [”Smør og Brød” indsat over linjen], Jordbær, Is og Kager. ”Pålæg” kender de ikke Øl og Vin er emanciperet. Klk 9 begav vi os til Dr Andrew som har ”at home” den Dag. De har et meget smukt Hjem og ere fortrinlige Mennesker. De minder mig i det hele om Prof. Hirschsprung Den gamle Dr. Andrew er det rareste på Jorden og hans Kone er Velvilligheden selv, de to Døtre som ere tykke, ser godt ud, spiller og synger og regerer Huset. Den ene Angelica er rigtig Sangerinde, hun har givet flere Koncerter i Vinter. De er alle gennemdannede, livlige og søde. – Det var en morsom Dag, vi kom hjem Kl. 11 som er meget sent for os. Jeg havde min grønne Bendixkjole med Firkanterne samt amerikansk Hat!
+H havde Brev fra Mr. Pray, som lød fornøjet og glad 
+[Indsat øverst s. 1; på hovedet:] Der er endnu Stilhed om mine Kasser men det kommer vel
+[Skrevet langs venstre margen s. 9:] Nu kun de kærligste Hilsner fr ["fr" overstreget] til alle fra Pelle
+[Indsat langs venstre margen s. 11:] 
+Jeg har nydt Pinsebrevene fra Disser, Tutte Onkel S. B. og Pan.</t>
+  </si>
+  <si>
     <t>1899-05-16</t>
   </si>
   <si>
     <t>Julie Brandt
 Louise Brønsted
 Julie -, Frøken
 Ellen Hirschsprung
 Carl Neiiendam
 Gandenz Neiiendam
 Poulsen Poulsen, Jomfru
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Johanne/Junge Larsen arbejdede i 1899 for familien Neiiendam på Hotel Phønix i København. 
 Olof er muligvis Julie Brandts/Pans søn. Det er uklart, om han hed sådan eller Oskar. 
 Carl Neiiendam var meget optaget af travløb. 
 Det vides ikke, hvem klaverlæreren Ida ellerAage Meyer var. 
 "Samfundet" er Studentersamfundet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0426</t>
   </si>
   <si>
     <t>Albrecht Warberg er fyldt 60 år.
 Johanne/Junge beder sin mor sende noget tøj og et cigaretetui. 
@@ -4076,50 +4131,88 @@
 Otto Emil  Paludan
 Ellen  Sawyer
 Vilhelmine von Sperling
 Albrecht  Warberg
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Albrecht Warberg døde på en klinik i København 30. september 1902.
 Erikshaab var Warberg-familiens hjem. Munter var deres hund.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2668</t>
   </si>
   <si>
     <t>Nicoline von Sperling har fået telegram fra København og et brev fra sin mor, som genfortæller, hvad Julie/Pan Brandt har sagt. Von Sperling tænker meget på børnene og især på Christine, som er så langt væk. Hun er også ked af det på egne vegne, for hun har mistet en ven og rådgiver.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MwKy</t>
   </si>
   <si>
     <t>Kære Fru Warberg! I Mandags Kl 8 fik vi at vide, at Palludan var kaldet til K, og igaar Kl 2 kom saa det afgørende, men jo langt fra uventede Telegram. I Dag har jeg havt Brev fra Moder, som genfortæller, hvad Pan har sagt. Og De véd nok, at jeg ikke gør andet end at tænke paa Dem og Deres Børn. Saa er det den ene og saa den anden, men af Børnene tænker jeg mest paa Christine, som er saa langt borte og ikke gift, som Ellen. Jeg véd, at han ikke vilde slippe Dem et Øjeblik i den sidste Dag, og tvivler ikke om, at Deres Savn bliver størst af alles. Hvad skal vi sige? Skal vi bruge den gamle Verselinje: "Jeg satte min Lid til Gud og til slet ingen anden Mand!" Saa har jeg ogsaa sagt Dem, at jeg tænker meget paa mig selv og synes, at jeg har mistet min Raadgiver og en trofast Ven, og der er mange, der ikke blot tænker paa Dem og Børnene, men paa sig selv, fordi de synes, at han er svær at undvære. Og sammen med at være saa bedrøvet kommer saa den store Taknemmelighed.
 Mon De kommer hjem i Dag? Hvor maa der dog være tomt paa Erikshaab. -
 Alix Bondesen sender Dem og alle sin mest deltagende Hilsen, og vil De fra mig hilse hvem de har hjemme af Døtrene og Paludan og - Munter.
 Deres heng. Line Sperling. -</t>
+  </si>
+  <si>
+    <t>1902-10-09</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Dagmar Scheel
+Jørgen Scheel
+Lili Scheel
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Dagmar og Jørgen Scheels datter, Eleonora Lili Scheel, var i 1902 i huset hos familien Warberg. Albrecht Warberg døde, mens Lili opholdt sig på Erikshaab.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3836</t>
+  </si>
+  <si>
+    <t>Jørgen Scheel udtrykker sin dybeste deltagelse over Albrecht Warbergs død, og han takker for både den elskværdige modtagelse og for, at Laura Warberg er så god mod hans datter, Lili. Scheel sender 20 kr., og han vil sende flere penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QtzX</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d 9/10 02
+Frue!
+Maa jeg først tillade mig for Dem at udtale min dybeste og inderligste Deltagelse i den store Sorg der har ramt Dem Frue og Deres Familie. Med Taknemmelighed og Glæde mindes jeg den Elskværdiged der blev mig udvist under mit Ophold i deres elskværdige Hjem. Maa jeg takke Dem fordi De er saa god mod Lili, hun er saa glad ved at være hos Dem og min Hustru og jeg ere i lige Maade meget glade over at vor Datter er i saa gode Hænder -
+Jeg vedlægger ærbødigst 20 Kr og skal senere tillade mig at sende flere Penge.
+Maa jeg bede Dem Frue hilse min kjære Lili og deres Familie. -
+Vær forvisset om min dybeste Højagtelse
+Deres ærbødige
+J. Scheel</t>
   </si>
   <si>
     <t>1902-10-17</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 - Brøchner
 Christen Dalsgaard
 Heinrich Hirschsprung
 Andreas Larsen
 Johan Larsen
 Marie Oppermann
 Theodor Oppermann</t>
   </si>
   <si>
     <t>Johannes Larsen er i København.
 Den omtalte kvindefigur af Ludvig Brandstrup er muligvis Atlante, 1903.</t>
   </si>
   <si>
     <t>Johannes Larsen er i København og besøger bl.a. Brandstrup, som skal til at støbe sin kvindefigur.
 Larsen skal mødes med en grosserer Brøchner, som er interesseret i at købe billeder. Han skal også nå rundt og se en masse udstillinger i byen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/JG1z</t>
@@ -7004,54 +7097,107 @@
     <t>1917-6</t>
   </si>
   <si>
     <t>Poul S. Christiansen
 Peter Hansen
 Karl Isakson
 Johannes V. Jensen
 Theodor Philipsen
 Anna Syberg
 Fritz Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Familien Oppermann bor i Valby</t>
   </si>
   <si>
     <t>Johannes Larsen har sammen med andre malere været til Zahrtmanns begravelse.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KILC</t>
   </si>
   <si>
     <t>Kæreste Alhed! Vi er her hos Johs. V. Baronens og P’s og Isakson og Philipsen og Poul Chr. Jeg skal hilse. Isakson og jeg var med Baronen henne at se Zahrtmans Have efter Begr. og gik saa med ud til Valby og spiste til Middag. Nu er vi altsaa her og her har Du Billeder fra Johs V. Din Paraply er ikke i Valby.</t>
   </si>
   <si>
+    <t>1917-06-07</t>
+  </si>
+  <si>
+    <t>Frederiksberg Have</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Kærbyhus</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Alfred Goldschmidt
+Alhed Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Efter flere års ulykkeligt ægteskab gik Astrid/Dis Warberg-Goldschmidt fra sin mand, Alfred Goldschmidt, da hun blev kæreste med Jørgen/Buf Schou, som var meget yngre end hende. De to ventede hurtigt barn sammen. Jørgen Schou og hans mor, Marie Syberg, som i sit første ægteskab bar navnet Schou, boede i det nedlagte gartneri Valdal i Valby. 
+Hogemeister, Bendsen, Pauline samt Karen K kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0989</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt takker for babytøjet. Hun har fået et gavekort af Jørgen/Buf Schous mor. Astrid får mange udgifter til blandt andet fødehjemmet. Hun overvejer at lave et middagsabonnement. Om tre-fire år kan Jørgen/Buf nok bidrage godt økonomisk. 
+Jørgens mor, Marie Syberg/Schou har helt ændret holdning til Astrid. Tidligere frygtede hun, at barnets komme ville lægge bånd på sønnen, men hun blev lettet, da planen om giftermål blev skrinlagt. Jørgen er også lykkelig over at "krigen" er slut. 
+Efter fødslen skal Astrid efter planen bo en tid på Valdal. 
+Astrids kvistlejlighed er yndig, og hun holder den skinnende ren. Hun har pragtfuldt blomstrende planter, og hun nyder både dem og den skønne sommer samt at glæde sig til barnet. 
+Astrid beder Johanne/Junge Larsen sende den sorte bog med skriverier i.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dn6L</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside med blæk:]
+Fru Johanne Warberg-Larsen
+Kærbyhus
+Kerteminde
+[På kuvertens forside med blyant:]
+1917 
+7/6
+[I brevet med blyant:]
+I/
+pt. Frederiksberg Have 
+den 7/6 – 17.
+Kæreste lille Junge! Tak for Dit Brev – og her gik jeg med den frygteligste ondeste Samvittighed, fordi jeg ikke skrev til Dig – Du har da ingen Grund til Samvittighed! Men selv om Du aldrig skrev (hvad Du nu gør) – så bliver jeg aldrig besk af den Grund, jeg ved jo nok, at Brevskrivning er noget uoverkommeligt for Dig – og det kan jeg skam godt forstå. – Tak for alt det gode små Tøj – for Lån og for Gave! Det som behøvede Vask og Kogning bliver ordnet i Dag af min kære Naboerske, Fru Bendsen, som selv har Storvadsk. Når jeg saa får det strøget – hvad jeg selv kan, så er alt i Orden og parat, jeg har kun behøvet at købe 12 nye Bleer, 6 Undertøj og 4 Svøb – det var endda på Presentkortet – hvoraf endnu resterer 28 Kr, det var på 50 Kr (Bufs Mor), så jeg har jo slet ingen Udgifter haft selv endnu, men nu kommer det jo i næste Måned – senest – med 138 Kr til Fødehjem – og der bliver jo nok mere, Vogn etc. Nu har jeg 945 Kr i Sparekassen og 15 Kr skylder Karen K mig; og før til Sept. holder mine Indtægter jo ikke op – altså de 100 fra Alfred. Så har Du måske hørt, at jeg tænker på fra Sept. at få Middagsabonnement – til dels på Frokost; har sikret mig Pauline, men skulde gerne have 3 til, så håber jeg at kunne klare den nogenlunde. Jeg er meget lettet ved denne Idè – så går man da ikke straks sin Ruin imøde, men kan forhale den noget og kommer Tid kommer Råd, kan jeg blot klare den 3-4 År, så vil Buf sikkert til den Tid – måske før – kunne træde til ; det ser helt godt ud med alt hans; Chefen – Hogemeister – synes at interessere sig for ham, vil gerne beholde ham, selv uddanne ham til praktisk Ingeniør og siden knytte ham fast til sin Virksomhed, som det er Menigen at udvide i stor Stil – om nu bare Krigen engang holdt op. – Ja, Junge, jeg må sige Dig, at jeg er mere end henrykt over den nye Tingenes Ordning, der er kommen sådan en velsignet Fred over hele Linien; Bufs Mor har helt forandret sig overfor mig, er sød og venlig og interesseret, jeg er slet ikke bange for hende mere - kommer meget derud – glæder mig nu altid til det, det er jo så dejligt at sidde i den yndige Have – og jeg befinder mig pludselig helt som hjemme derude; jeg kan ikke sige Dig, hvilken Lettelse det er og hvilken Følelse af Glæde og Tryghed det har givet mig; først nu forstår jeg rigtig, hvor grænseløst det har pint mig i disse År, at hun stod så uforsonlig overfor mig; men det har været et stort Gode, at dette Giftermål var påtænkt – hun synes 
+II/
+nu ganske at glemme, at Giftermålsplanen først kom op senere [er forresten slet ikke udklækket i min Hjerne fra Begyndelsen) hendes første store Fortvivlelse, der gav sig så forbitrede Udtryk overfor mig, gjaldt jo nemlig dèt, at et Barn ventedes – og at det kunde virke som et Bånd på Buf. Nu er den Ulykke glemt – i Lettelsen over at jeg afstår fra Giftermålet – Hurra! det var nu ingen dårlig Manøvre – hvilket herligt Resultat! Buf er ikke den mindst lykkelige – forn ham betyder det en om mulig endnu større Lettelse, at denne pinlige indbyrdes Krig er sluttet – og så uventet gunstigt. – Jeg har det så godt, Junge; er så mobil og lebendig, at jeg meget ofte glemmer, at jeg bærer på den vældige Unge – Forleden var jeg f Eks. Lige ved at trave op på Rundetårn, da jeg netop kom forbi og så der var åbent, men det var nok alligevel bleven for højbenet – jeg besindede min Fylde- og opgav Forehavedet. Og Junge – jeg glæder mig noget så knusende til at have sådan et lille Nøvs engang igen. Det er bestemt at jeg kan tage lige fra Fødehjemmet ud til Valdal og bo derude i nogen Tid sammen med Buf – de andre er nok rejst til den Tid, så kan den lille stå i Haven hele Tide – og jeg slipper for Trapperne til min Kvist; jeg glæder mig sådan til den Tid – bare nu alt må forløbe normalt. 
+Der er for Resten så yndigt på min Kvist i denne Tid - jeg gør mig en Motion af altid at skruppe og skure og ordne deroppe - så der er skinnende flunkende fint og frisk og duftende; jeg har et dejligt Flor af Blomster i Vinduerne - Be gav mig en pragtfuld rød Pelargonie; som blomstrer ganske overdådigt, en lyserød er også i Flor og et lille Skud - blegrød - har sat en vældig Blomst; Adams Venusbregne er også pludselig begyndt at udvikle sig til en voldsom Skønhed - åh, jeg nyder hver Dag min lille yndige Lejlighed og jeg tror, det er saliggørende for en Dame, der venter sin Nedkomst - at gå så meget alene - for Hjernen er jo nu det ømme Punkt ved sådan en Lejlighed.
+Og hvilken Sommer vi dog har! det er da også til at blive tosset over! Jeg nyder den i fulde Drag hver Dag - enten her i Frederiksberg Have - i Søndermarken - eller - allerbedst - på Græsplænen i Valdals Have.
+Hvor er det dog bedårende dejligt at gå og bære på en lille Unge under så gunstige Omstændigheder - jeg tror alt godt om alting i denne Tid. 
+Ja - så bliver Skrivelsen ikke længere dennegang - Farvel lille Junge og Tak for al Din store Godhed! Hils Jer alle fra Din Dis
+Send mig engang ved Lejlighed den sorte Bog med mine Skrifter - f. Eks. engang med Be.</t>
+  </si>
+  <si>
     <t>1917-06-14</t>
-  </si>
-[...1 lines deleted...]
-    <t>Frederiksberg Have</t>
   </si>
   <si>
     <t>Charles Abrahams
 Ingeborg Abrahams
 Olaf Brahm
 Bodild Branner
 Thora  Branner
 Adam Goldschmidt
 Alfred Goldschmidt
 Ina  Goldschmidt
 Alhed Larsen
 Johanne Christine Larsen
 Ellen  Sawyer
 Jørgen Schou
 Marie Syberg</t>
   </si>
   <si>
     <t>Astrid Warberg blev skilt fra Alfred Goldschmidt og flyttede fra Malmø til Frederiksberg for at være sammen med sin nye kæreste Jørgen/Buf Schou. Hans mor, Marie Syberg, boede på dette tidspunkt på det nedlagte gartneri, Valdal, i Valby. 
 Astrid Warberg og Jørgen Schou fik sammen datteren Janna. 
 Det vides ikke, hvad Grete Hammeleffs mor hed. Astrid Warbergs nabokones navn kendes heller ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Astrid Warberg til Laura Warberg, 1917-06-14, BB2432</t>
   </si>
   <si>
@@ -7145,53 +7291,50 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0RZO</t>
   </si>
   <si>
     <t>[Fortrykt på brevet]:
 FRITZ SVENSSON København, den 
 TELEGRAM ADR.: TIVOLISK
 PERSONBANEGAARDENS
 CAFÉ &amp;amp; RESTAURANT
 KØBENHAVN
 AABEN FRA KL. 5 MORGEN TIL KL. 12 NAT
 TELEFON: 2239 CAFÉ
 2163 (tegning af bygningen) &amp;amp;
 BYEN 3500 RESTAURANT
 SMØRREBRØD * FROKOSTRETTER * CABARET * DINERS * SOUPERS 
 [Skrevet med håndskrift]: 18 Aug 1918
 Kæreste Alhed!
 Tak for Brevet, det var da heldigt I fik slukket. Jeg var i zoologisk Have i Formiddags og i Eftrmdg har jeg været omkring og købe ind og tager nu til Vedbæk. Jeg naaede altsaa ikke Valby men nu skal jeg se hvordan det gaar naar Vi kommer tilbage fra Vigen. Vi kører derud i Bilen. Manniche og unge Schiøler skal med. Jeg fik da Kufferten i Gaar den havde været i Birkerød formedels en gl. Seddel. Jeg var oppe hos Smør Chr. for at hente min Skitsebog og maatte love at spise Middag hos ham paa Mandag. Jeg har købt mig en Vindjakke et Patronbælte en Rygsæk og et par Gummistøvler til Skrævet, saa jeg glæder mig til i Mrg. at optræde forklædt som Søndagsjæger. Fik Drengene saa Ferien forlænget?? Kan Du skrive til mig saa jeg kan have Brev Mandag Mrg? Jeg købte ogsaa 6 Par Sokker i Magasinet, jeg kunde ikke strække mig videre da jeg jo ikke har Kort og maa betale men jeg gaar til LO. Lauridsen Mandag og faar dem til at sende med Opkrævninger.
 Jeg spiste Frokost hos Dahlerup og Hjort i Gaar. Rigabalsam. Særlig Dahlerup var meget glad ved at se mig, jeg skal hilse fra dem begge. Det er rart at høre at det nu gaar ham saa godt. Schiøler og Frk. Heilmann er alene hjemme. I Aftes havde vi Prof. Birch til Middag. Han var en meget tiltalende Mand men aabenbart lidt mat efter Ballin Affæren og saa havde han en beskidt, blød Flip som Gelsted. Hils Magisterens.
 Mange kærlige Hilsner til Dig og Drengene fra Din Johannes Larsen.
 PS. Det er en hel Kunst at skrive med denne Pen. JL.</t>
   </si>
   <si>
     <t>1918-12-27</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Valborg -
 - Holm
 Grethe Jungstedt
 Fritz Jürgensen
 Drude Jørgensen
 Johannes Jørgensen
 Palle Jørgensen
 Adolph Larsen
 Alhed Larsen
 Johannes Larsen
 Marie Larsen
 Elisabeth Mackie
 Frida Madsen
 Rasmus  Petersen
 Anna -, pige i huset hos Laura Warberg 1917
 Jens Henrik Spies
 Andreas Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Pouline L. og Herbert var. 
@@ -8196,54 +8339,50 @@
   </si>
   <si>
     <t>Fritz Syberg tager afsked før Jensens rejse. Syberg takker for bogen. Marie sagde efter læsningen af den: "I er et ædelt Par". Syberg mindes i den forbindelse et indrammet digt fra hans bedsteforældres guldbryllup.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ROHQ</t>
   </si>
   <si>
     <t>Pilegaarden 25-11-25
 Kære Johannes V. og Else.
 I Dag er det Vinter med Slud og Sne, rigtig et Vejr til at rejse til Ægypten i, derfor vil jeg tage Afsked med Dig. 
 Og endnu en Gang sige Tak for Din smukke Bog, som jeg har læst i under mere rolige Forhold end [”end” indsat over linjen] i København. Marie har ligeledes læst den, og ved at overveje sit Indtryk kom hun til det Resultat: ”I er et ædelt Par”. Hendes Karakteristik løste min egen bundne Tanke og vakte min Erindring fra en forsvunden Tid. Da jeg var 14 Aar var jeg til mine Bedsteforældres Guldbryllup, og da havde Degnen digtet prentet og ladet indramme to Strofer hvoraf den første begyndte saaledes: 
 ”Guldbryllupskransen sjældent bindes 
 den passer kun til sølvgraat Haar
 et ædelt Par i Dag dog findes
 som her med Kransen smykket staar”…
 Jeg ved ikke hvad der er mest sjældent Guldbryllup eller Ædelhed, men [i] hvert Fald de hjerteligste Hilsener fra 
 Marie og Fritz Syberg</t>
   </si>
   <si>
     <t>1926-05-26</t>
   </si>
   <si>
     <t>Frederiksberg
 Rolfsvej 17</t>
-  </si>
-[...2 lines deleted...]
-Kærbyhus</t>
   </si>
   <si>
     <t>Hareskoven</t>
   </si>
   <si>
     <t>Fru Balslev
 Rigmor Balslev
 Julie Brandt
 Bodild Branner
 - Glarup
 Karen Goldschmidt
 Adolph Larsen
 Alhed Larsen
 Johannes Larsen
 Lotte Lehnert
 Christine  Mackie
 Elisabeth Mackie
 - Olsen, København
 - Petersen, Hareskov
 Ellen  Sawyer
 Janna Schou
 Sophie Walleen
 Andreas Warberg
 Laura Warberg
 Erik Warberg Larsen
@@ -8655,76 +8794,77 @@
 Saa drog jeg derfra til Mogensens, der bor ude paa den tidligere ”Heden” der ad vor gamle Landevej næsten ude ved Fruens Bøge; de havde en henrivende Stue og der var saa hyggeligt og rart og de blev saa begejstrede over at se mig. Desværre blev det sent inden jeg naaede Onkel Syberg. Kl. var næsten 6, men en lille Passiar fik jeg da, dog ikke længe, da han var meget [indsat i venstre margen; lodret:] meget træt. Jeg synes næsten snart de to – Hanne og Onkel Syberg – har tjent sig fri, men maaske de endnu har lidt Glæde af Livet. 
 [Indsat øverst s. 1; på hovedet:] Jeg kan ikke huske om jeg har skrevet siden din store Hareskov-Begivenhed, det var vældig Sjov og interesserede mig levende. Stakkels lille Nus, der ikke kunde komme med. Hils gamle gode Pan naar du ser hende. Jeg var saa glad ved hendes Brev til min Fødselsdag - - Stakkels Las er vist meget dybt nede, men jeg tror dog, at han arbejder. Ang. Chr. er endnu intet fastslaaet. Elle kommer en af Dagene
 [Indsat langs venstre margen s. 1; lodret:] Nu kun tusind Hils og rigtig snarlig Bedring. Din Junge.</t>
   </si>
   <si>
     <t>14. jan. 1928</t>
   </si>
   <si>
     <t>Vagn Jacobsen
 Johannes V. Jensen
 Andreas Larsen</t>
   </si>
   <si>
     <t>Denne dag i Johannes Larsens dagbog indeholder en beskrivelse fra rejsen til Portugal, Madeira, De Kanariske Øer, Afrika, Italien og Frankrig.
 Dagbogen har notater fra afgangen i København den 14. januar 1928, til afrejsen fra Paris den 28, februar 1928..
 Blandt deltagerne i rejsen var Johannes V. Jensen, Brygger Jacobsen og sønnen Puf.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/fKcmPEbS</t>
   </si>
   <si>
     <t>1929-03-18</t>
   </si>
   <si>
     <t>Wilhelmine Berg
+- Berner
 Julie Brandt
 Thora  Branner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Marie Larsen
 Christine  Mackie
 Elisabeth Mackie
 Otto Emil  Paludan
 Hempel Syberg
 Andreas Warberg
 Laura Warberg
 Torkild Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen
 Eskil Ørsted Hansen</t>
   </si>
   <si>
     <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
 Tornøes Hotel ligger i Kerteminde.
-Fru Berner, Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
 Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
 Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
   </si>
   <si>
     <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
 Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
 Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
 Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
 Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
 Mon Louise Brønsted kommer til Fyn i påsken?
 Ellen har været til koncert.
 Det er spændende med byggeriet af Instituttet.
 Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7j5m</t>
   </si>
   <si>
     <t>[Øverst s. 1 skrevet med blyant:]
 Tante Elle
 [Skrevet med blæk; Ellen Sawyers skrift:]
 d. 14de og 18de Marts - 1929
@@ -9519,59 +9659,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U3l9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hvf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vDX3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hgWT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bACW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kmyM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/19SI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZDOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eu4p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2D5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IZDb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KeCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XKgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4pWs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6TTa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JG1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KBSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9NeQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lPa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQAV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nPmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h4h2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KbCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exYw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cHqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6mK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a26A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CSEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9dP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UVU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87VJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PfYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NYwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rv9O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0T0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qA3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4aKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hqAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DXk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6JVL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqQn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KILC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vSBt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GLgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fci9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L5fC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dqi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GNf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ztm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROHQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zNim" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4kielGcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OlUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nu45h3lj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I22m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/77nr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pO1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYRP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U3l9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hvf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vDX3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hgWT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bACW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kmyM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/19SI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZDOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eu4p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2D5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IZDb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KeCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XKgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4pWs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6TTa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JG1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KBSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9NeQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lPa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQAV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nPmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h4h2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KbCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exYw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cHqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6mK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a26A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CSEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9dP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UVU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87VJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PfYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NYwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rv9O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0T0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qA3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4aKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hqAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DXk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6JVL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqQn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KILC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vSBt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GLgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fci9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L5fC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dqi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GNf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ztm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROHQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zNim" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4kielGcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OlUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nu45h3lj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I22m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/77nr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pO1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYRP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M211"/>
+  <dimension ref="A1:M214"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -12642,6344 +12782,6479 @@
       </c>
       <c r="I69" s="5" t="s">
         <v>510</v>
       </c>
       <c r="J69" s="5" t="s">
         <v>297</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>511</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>512</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>514</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>33</v>
+        <v>515</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>45</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>494</v>
+        <v>516</v>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D71" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="D71" s="5" t="s">
-[...8 lines deleted...]
-        <v>522</v>
+      <c r="E71" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>79</v>
+        <v>371</v>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F72" s="5" t="s">
-        <v>358</v>
+        <v>531</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F73" s="5" t="s">
-        <v>537</v>
+        <v>358</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>494</v>
+        <v>45</v>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F74" s="5" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        <v>553</v>
+        <v>494</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>22</v>
+        <v>557</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="H76" s="5" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="J76" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F77" s="5" t="s">
-        <v>35</v>
+      <c r="F77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G77" s="5" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="J77" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>481</v>
+        <v>18</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="G78" s="5" t="s">
+        <v>576</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>580</v>
+        <v>44</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>481</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>583</v>
+        <v>22</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>371</v>
+        <v>33</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>33</v>
+        <v>589</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>358</v>
+        <v>35</v>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>595</v>
+        <v>371</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>481</v>
+        <v>358</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>22</v>
+        <v>599</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>16</v>
+        <v>604</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>481</v>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H82" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H82" s="5" t="s">
+        <v>605</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="J82" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>481</v>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H83" s="5" t="s">
-        <v>607</v>
+      <c r="H83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I83" s="5" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>18</v>
+        <v>481</v>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G84" s="5" t="s">
-        <v>481</v>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>613</v>
-[...1 lines deleted...]
-      <c r="I84" s="5"/>
+        <v>616</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>617</v>
+      </c>
       <c r="J84" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>618</v>
+        <v>16</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>619</v>
+        <v>18</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G85" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G85" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>620</v>
-[...3 lines deleted...]
-      </c>
+        <v>622</v>
+      </c>
+      <c r="I85" s="5"/>
       <c r="J85" s="5" t="s">
-        <v>622</v>
+        <v>22</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>623</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>624</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
         <v>626</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>627</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E86" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E86" s="5" t="s">
+        <v>628</v>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>16</v>
+        <v>636</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>45</v>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>22</v>
+        <v>639</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C88" s="5" t="s">
-        <v>16</v>
+      <c r="C88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D88" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>481</v>
+        <v>18</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G88" s="5" t="s">
-        <v>641</v>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>22</v>
+        <v>646</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>648</v>
+        <v>16</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>649</v>
+        <v>481</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>652</v>
+        <v>22</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>653</v>
       </c>
       <c r="L89" s="6" t="s">
         <v>654</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
         <v>656</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>502</v>
+        <v>44</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        </is>
+        <v>481</v>
+      </c>
+      <c r="F90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G90" s="5" t="s">
+        <v>657</v>
       </c>
       <c r="H90" s="5" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>297</v>
+        <v>22</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>16</v>
+        <v>664</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>481</v>
+        <v>665</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>22</v>
+        <v>668</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>44</v>
+        <v>502</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>481</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>22</v>
+        <v>297</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E93" s="5" t="s">
         <v>481</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G93" s="5" t="s">
-        <v>675</v>
+      <c r="G93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="J93" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>481</v>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D95" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="D95" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E95" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G95" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G95" s="5" t="s">
+        <v>691</v>
       </c>
       <c r="H95" s="5" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="J95" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>481</v>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="J96" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D97" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D97" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G97" s="5" t="s">
-        <v>700</v>
+      <c r="G97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>371</v>
-[...7 lines deleted...]
-        <v>707</v>
+        <v>44</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>710</v>
+        <v>22</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>715</v>
+        <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>716</v>
+        <v>16</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F99" s="5" t="s">
-        <v>17</v>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G99" s="5" t="s">
-        <v>481</v>
+        <v>716</v>
       </c>
       <c r="H99" s="5" t="s">
         <v>717</v>
       </c>
-      <c r="I99" s="5"/>
+      <c r="I99" s="5" t="s">
+        <v>718</v>
+      </c>
       <c r="J99" s="5" t="s">
-        <v>297</v>
+        <v>22</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>371</v>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F100" s="5" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>14</v>
+        <v>731</v>
       </c>
       <c r="C101" s="5" t="s">
+        <v>732</v>
+      </c>
+      <c r="D101" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D101" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F101" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G101" s="5" t="s">
         <v>481</v>
       </c>
-      <c r="F101" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
       <c r="H101" s="5" t="s">
-        <v>731</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="I101" s="5"/>
       <c r="J101" s="5" t="s">
-        <v>22</v>
+        <v>297</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D102" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="D102" s="5" t="s">
-[...3 lines deleted...]
-        <v>737</v>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F102" s="5" t="s">
         <v>738</v>
       </c>
-      <c r="G102" s="5" t="s">
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H102" s="5" t="s">
         <v>739</v>
       </c>
-      <c r="H102" s="5" t="s">
+      <c r="I102" s="5" t="s">
         <v>740</v>
       </c>
-      <c r="I102" s="5" t="s">
+      <c r="J102" s="5" t="s">
         <v>741</v>
       </c>
-      <c r="J102" s="5" t="s">
+      <c r="K102" s="5" t="s">
         <v>742</v>
       </c>
-      <c r="K102" s="5" t="s">
+      <c r="L102" s="6" t="s">
         <v>743</v>
       </c>
-      <c r="L102" s="6" t="s">
+      <c r="M102" s="5" t="s">
         <v>744</v>
-      </c>
-[...1 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E103" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G103" s="5" t="s">
         <v>746</v>
-      </c>
-[...20 lines deleted...]
-        </is>
       </c>
       <c r="H103" s="5" t="s">
         <v>747</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>748</v>
       </c>
       <c r="J103" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K103" s="5" t="s">
         <v>749</v>
       </c>
-      <c r="K103" s="5" t="s">
+      <c r="L103" s="6" t="s">
         <v>750</v>
       </c>
-      <c r="L103" s="6" t="s">
+      <c r="M103" s="5" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="E104" s="5" t="s">
         <v>753</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>754</v>
       </c>
       <c r="G104" s="5" t="s">
         <v>755</v>
       </c>
       <c r="H104" s="5" t="s">
         <v>756</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>757</v>
       </c>
       <c r="J104" s="5" t="s">
         <v>758</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>759</v>
       </c>
       <c r="L104" s="6" t="s">
         <v>760</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
         <v>762</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>763</v>
+        <v>45</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>502</v>
+        <v>371</v>
       </c>
       <c r="E105" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F105" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G105" s="5" t="s">
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H105" s="5" t="s">
+        <v>763</v>
+      </c>
+      <c r="I105" s="5" t="s">
         <v>764</v>
       </c>
-      <c r="H105" s="5" t="s">
+      <c r="J105" s="5" t="s">
         <v>765</v>
       </c>
-      <c r="I105" s="5" t="s">
+      <c r="K105" s="5" t="s">
         <v>766</v>
       </c>
-      <c r="J105" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K105" s="5" t="s">
+      <c r="L105" s="6" t="s">
         <v>767</v>
       </c>
-      <c r="L105" s="6" t="s">
+      <c r="M105" s="5" t="s">
         <v>768</v>
-      </c>
-[...1 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
+        <v>769</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F106" s="5" t="s">
         <v>770</v>
       </c>
-      <c r="B106" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E106" s="5" t="s">
+      <c r="G106" s="5" t="s">
         <v>771</v>
       </c>
-      <c r="F106" s="5" t="s">
+      <c r="H106" s="5" t="s">
         <v>772</v>
       </c>
-      <c r="G106" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H106" s="5" t="s">
+      <c r="I106" s="5" t="s">
         <v>773</v>
       </c>
-      <c r="I106" s="5" t="s">
+      <c r="J106" s="5" t="s">
         <v>774</v>
       </c>
-      <c r="J106" s="5" t="s">
+      <c r="K106" s="5" t="s">
         <v>775</v>
       </c>
-      <c r="K106" s="5" t="s">
+      <c r="L106" s="6" t="s">
         <v>776</v>
       </c>
-      <c r="L106" s="6" t="s">
+      <c r="M106" s="5" t="s">
         <v>777</v>
-      </c>
-[...1 lines deleted...]
-        <v>778</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
+        <v>778</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C107" s="5" t="s">
         <v>779</v>
       </c>
-      <c r="B107" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D107" s="5" t="s">
-        <v>371</v>
-[...4 lines deleted...]
-        </is>
+        <v>502</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F107" s="5" t="s">
+        <v>770</v>
+      </c>
+      <c r="G107" s="5" t="s">
         <v>780</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H107" s="5" t="s">
         <v>781</v>
       </c>
       <c r="I107" s="5" t="s">
         <v>782</v>
       </c>
       <c r="J107" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="K107" s="5" t="s">
         <v>783</v>
       </c>
-      <c r="K107" s="5" t="s">
+      <c r="L107" s="6" t="s">
         <v>784</v>
       </c>
-      <c r="L107" s="6" t="s">
+      <c r="M107" s="5" t="s">
         <v>785</v>
-      </c>
-[...1 lines deleted...]
-        <v>786</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>371</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E108" s="5" t="s">
+        <v>787</v>
+      </c>
+      <c r="F108" s="5" t="s">
         <v>788</v>
-      </c>
-[...1 lines deleted...]
-        <v>772</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
         <v>789</v>
       </c>
       <c r="I108" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J108" s="5" t="s">
         <v>791</v>
       </c>
       <c r="K108" s="5" t="s">
         <v>792</v>
       </c>
       <c r="L108" s="6" t="s">
         <v>793</v>
       </c>
       <c r="M108" s="5" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
         <v>795</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>715</v>
+        <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        <v>481</v>
+        <v>371</v>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F109" s="5" t="s">
+        <v>796</v>
+      </c>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>22</v>
+        <v>799</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>16</v>
+        <v>371</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>481</v>
+        <v>804</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>788</v>
+      </c>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>22</v>
+        <v>807</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>14</v>
+        <v>731</v>
       </c>
       <c r="C111" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D111" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D111" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E111" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="s">
-        <v>808</v>
+        <v>481</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="J111" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E112" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F112" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G112" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="J112" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G113" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G113" s="5" t="s">
+        <v>824</v>
       </c>
       <c r="H113" s="5" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="J113" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>828</v>
+        <v>17</v>
       </c>
       <c r="F114" s="5" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>832</v>
+        <v>22</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>837</v>
-[...1 lines deleted...]
-      <c r="I115" s="5"/>
+        <v>838</v>
+      </c>
+      <c r="I115" s="5" t="s">
+        <v>839</v>
+      </c>
       <c r="J115" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>16</v>
+        <v>371</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>481</v>
-[...4 lines deleted...]
-        </is>
+        <v>844</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>845</v>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>22</v>
+        <v>848</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>481</v>
+        <v>18</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>848</v>
-[...3 lines deleted...]
-      </c>
+        <v>853</v>
+      </c>
+      <c r="I117" s="5"/>
       <c r="J117" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>172</v>
+        <v>44</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>854</v>
+        <v>481</v>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>857</v>
+        <v>22</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E119" s="5" t="s">
         <v>481</v>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="J119" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>44</v>
+        <v>172</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>481</v>
+        <v>870</v>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G120" s="5" t="s">
-        <v>868</v>
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="I120" s="5" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="J120" s="5" t="s">
-        <v>22</v>
+        <v>873</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>875</v>
+        <v>481</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G121" s="5" t="s">
-        <v>876</v>
+      <c r="G121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="J121" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>883</v>
+        <v>16</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>716</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G122" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I122" s="5"/>
+      <c r="G122" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="H122" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>886</v>
+      </c>
       <c r="J122" s="5" t="s">
-        <v>884</v>
+        <v>22</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>371</v>
+        <v>44</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        </is>
+        <v>891</v>
+      </c>
+      <c r="F123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G123" s="5" t="s">
+        <v>892</v>
       </c>
       <c r="H123" s="5" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>891</v>
+        <v>22</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>45</v>
+        <v>899</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>371</v>
-[...5 lines deleted...]
-        <v>788</v>
+        <v>732</v>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H124" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I124" s="5"/>
       <c r="J124" s="5" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>904</v>
+        <v>45</v>
       </c>
       <c r="D125" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>796</v>
+      </c>
+      <c r="G125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H125" s="5" t="s">
         <v>905</v>
       </c>
-      <c r="E125" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H125" s="5" t="s">
+      <c r="I125" s="5" t="s">
         <v>906</v>
       </c>
-      <c r="I125" s="5"/>
       <c r="J125" s="5" t="s">
         <v>907</v>
       </c>
       <c r="K125" s="5" t="s">
         <v>908</v>
       </c>
       <c r="L125" s="6" t="s">
         <v>909</v>
       </c>
       <c r="M125" s="5" t="s">
         <v>910</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
         <v>911</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>883</v>
+        <v>45</v>
       </c>
       <c r="D126" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E126" s="5" t="s">
         <v>912</v>
       </c>
-      <c r="E126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F126" s="5" t="s">
+        <v>804</v>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
         <v>913</v>
       </c>
-      <c r="I126" s="5"/>
+      <c r="I126" s="5" t="s">
+        <v>914</v>
+      </c>
       <c r="J126" s="5" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>45</v>
+        <v>920</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>371</v>
-[...5 lines deleted...]
-        <v>920</v>
+        <v>921</v>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>921</v>
-[...1 lines deleted...]
-      <c r="I127" s="5" t="s">
         <v>922</v>
       </c>
+      <c r="I127" s="5"/>
       <c r="J127" s="5" t="s">
         <v>923</v>
       </c>
       <c r="K127" s="5" t="s">
         <v>924</v>
       </c>
       <c r="L127" s="6" t="s">
         <v>925</v>
       </c>
       <c r="M127" s="5" t="s">
         <v>926</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
         <v>927</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>45</v>
+        <v>899</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>429</v>
+        <v>928</v>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>928</v>
-[...1 lines deleted...]
-      <c r="I128" s="5" t="s">
         <v>929</v>
       </c>
+      <c r="I128" s="5"/>
       <c r="J128" s="5" t="s">
         <v>930</v>
       </c>
       <c r="K128" s="5" t="s">
         <v>931</v>
       </c>
       <c r="L128" s="6" t="s">
         <v>932</v>
       </c>
       <c r="M128" s="5" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
         <v>934</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D129" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="D129" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E129" s="5" t="s">
+        <v>935</v>
+      </c>
+      <c r="F129" s="5" t="s">
+        <v>936</v>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>883</v>
+        <v>45</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>942</v>
-[...4 lines deleted...]
-        </is>
+        <v>371</v>
+      </c>
+      <c r="E130" s="5" t="s">
+        <v>429</v>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>913</v>
+        <v>944</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="D131" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="D131" s="5" t="s">
-[...3 lines deleted...]
-        <v>949</v>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>715</v>
+        <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>957</v>
+        <v>899</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>883</v>
+        <v>958</v>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H132" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I132" s="5"/>
+      <c r="H132" s="5" t="s">
+        <v>929</v>
+      </c>
+      <c r="I132" s="5" t="s">
+        <v>959</v>
+      </c>
       <c r="J132" s="5" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>715</v>
+        <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>963</v>
+        <v>45</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>883</v>
-[...4 lines deleted...]
-        </is>
+        <v>371</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>965</v>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>957</v>
-[...1 lines deleted...]
-      <c r="I133" s="5"/>
+        <v>966</v>
+      </c>
+      <c r="I133" s="5" t="s">
+        <v>967</v>
+      </c>
       <c r="J133" s="5" t="s">
-        <v>958</v>
+        <v>968</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>962</v>
+        <v>972</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>14</v>
+        <v>731</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>883</v>
+        <v>973</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>963</v>
+        <v>899</v>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H134" s="5" t="s">
-        <v>967</v>
+      <c r="H134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I134" s="5"/>
       <c r="J134" s="5" t="s">
-        <v>958</v>
+        <v>974</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>969</v>
+        <v>976</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>14</v>
+        <v>731</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>883</v>
+        <v>979</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>963</v>
+        <v>899</v>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>957</v>
+        <v>973</v>
       </c>
       <c r="I135" s="5"/>
       <c r="J135" s="5" t="s">
-        <v>958</v>
+        <v>974</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>973</v>
+        <v>981</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>974</v>
+        <v>982</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>44</v>
+        <v>899</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>45</v>
+        <v>979</v>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>976</v>
-[...3 lines deleted...]
-      </c>
+        <v>983</v>
+      </c>
+      <c r="I136" s="5"/>
       <c r="J136" s="5" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>979</v>
+        <v>984</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>45</v>
+        <v>899</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>371</v>
+        <v>979</v>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F137" s="5" t="s">
-        <v>983</v>
+      <c r="F137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>984</v>
-[...3 lines deleted...]
-      </c>
+        <v>973</v>
+      </c>
+      <c r="I137" s="5"/>
       <c r="J137" s="5" t="s">
-        <v>986</v>
+        <v>974</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>715</v>
+        <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>716</v>
+        <v>44</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>481</v>
+        <v>45</v>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>717</v>
+        <v>992</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>297</v>
+        <v>994</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D139" s="5" t="s">
         <v>371</v>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F139" s="5" t="s">
-        <v>780</v>
+        <v>999</v>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="I139" s="5" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>14</v>
+        <v>731</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>33</v>
+        <v>732</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>371</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E140" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F140" s="5" t="s">
-        <v>780</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="G140" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="H140" s="5" t="s">
-        <v>1003</v>
+        <v>733</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>1005</v>
+        <v>297</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D141" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="D141" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F141" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F141" s="5" t="s">
+        <v>796</v>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>1017</v>
-[...7 lines deleted...]
-        </is>
+        <v>371</v>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F142" s="5" t="s">
+        <v>796</v>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
         <v>371</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>1025</v>
+        <v>45</v>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F143" s="5" t="s">
+      <c r="F143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H143" s="5" t="s">
         <v>1026</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="I143" s="5" t="s">
         <v>1027</v>
       </c>
       <c r="J143" s="5" t="s">
         <v>1028</v>
       </c>
       <c r="K143" s="5" t="s">
         <v>1029</v>
       </c>
       <c r="L143" s="6" t="s">
         <v>1030</v>
       </c>
       <c r="M143" s="5" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
         <v>1032</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>883</v>
+        <v>16</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>1033</v>
       </c>
-      <c r="E144" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E144" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>905</v>
-[...1 lines deleted...]
-      <c r="I144" s="5"/>
+        <v>1034</v>
+      </c>
+      <c r="I144" s="5" t="s">
+        <v>1035</v>
+      </c>
       <c r="J144" s="5" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>16</v>
+        <v>371</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>44</v>
-[...7 lines deleted...]
-        </is>
+        <v>1041</v>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F145" s="5" t="s">
+        <v>1042</v>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H145" s="5" t="s">
-        <v>1039</v>
+      <c r="H145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I145" s="5" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>22</v>
+        <v>1044</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>1045</v>
+        <v>899</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>1046</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>1049</v>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>1047</v>
+        <v>921</v>
       </c>
       <c r="I146" s="5"/>
       <c r="J146" s="5" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>1053</v>
+        <v>17</v>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>1056</v>
+        <v>22</v>
       </c>
       <c r="K147" s="5" t="s">
         <v>1057</v>
       </c>
       <c r="L147" s="6" t="s">
         <v>1058</v>
       </c>
       <c r="M147" s="5" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
         <v>1060</v>
       </c>
       <c r="B148" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C148" s="5" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>1045</v>
       </c>
       <c r="D148" s="5" t="s">
         <v>1062</v>
       </c>
       <c r="E148" s="5" t="s">
         <v>481</v>
       </c>
-      <c r="F148" s="5" t="s">
+      <c r="F148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H148" s="5" t="s">
         <v>1063</v>
       </c>
-      <c r="G148" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I148" s="5" t="s">
+      <c r="I148" s="5"/>
+      <c r="J148" s="5" t="s">
         <v>1064</v>
       </c>
-      <c r="J148" s="5" t="s">
+      <c r="K148" s="5" t="s">
         <v>1065</v>
       </c>
-      <c r="K148" s="5" t="s">
+      <c r="L148" s="6" t="s">
         <v>1066</v>
       </c>
-      <c r="L148" s="6" t="s">
+      <c r="M148" s="5" t="s">
         <v>1067</v>
-      </c>
-[...1 lines deleted...]
-        <v>1068</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B149" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C149" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="D149" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E149" s="5" t="s">
         <v>1069</v>
       </c>
-      <c r="B149" s="5" t="s">
+      <c r="F149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H149" s="5" t="s">
         <v>1070</v>
       </c>
-      <c r="C149" s="5" t="s">
+      <c r="I149" s="5" t="s">
         <v>1071</v>
       </c>
-      <c r="D149" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F149" s="5" t="s">
+      <c r="J149" s="5" t="s">
         <v>1072</v>
-      </c>
-[...10 lines deleted...]
-        <v>1048</v>
       </c>
       <c r="K149" s="5" t="s">
         <v>1073</v>
       </c>
       <c r="L149" s="6" t="s">
         <v>1074</v>
       </c>
       <c r="M149" s="5" t="s">
         <v>1075</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
         <v>1076</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>14</v>
+        <v>1077</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>1045</v>
+        <v>1061</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>883</v>
+        <v>1078</v>
       </c>
       <c r="E150" s="5" t="s">
         <v>481</v>
       </c>
-      <c r="F150" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F150" s="5" t="s">
+        <v>1079</v>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H150" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I150" s="5"/>
+      <c r="H150" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="I150" s="5" t="s">
+        <v>1080</v>
+      </c>
       <c r="J150" s="5" t="s">
-        <v>1048</v>
+        <v>1081</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>14</v>
+        <v>1086</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>1045</v>
+        <v>1087</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>1081</v>
-[...4 lines deleted...]
-        </is>
+        <v>935</v>
+      </c>
+      <c r="F151" s="5" t="s">
+        <v>1088</v>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1082</v>
+        <v>1063</v>
       </c>
       <c r="I151" s="5"/>
       <c r="J151" s="5" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1083</v>
+        <v>1089</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1085</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>1087</v>
+        <v>1061</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>580</v>
-[...4 lines deleted...]
-        </is>
+        <v>899</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H152" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I152" s="5"/>
       <c r="J152" s="5" t="s">
-        <v>1090</v>
+        <v>1064</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>1045</v>
+        <v>1061</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>1095</v>
+        <v>1078</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1097</v>
-[...1 lines deleted...]
-      <c r="I153" s="5" t="s">
         <v>1098</v>
       </c>
+      <c r="I153" s="5"/>
       <c r="J153" s="5" t="s">
-        <v>1065</v>
+        <v>1081</v>
       </c>
       <c r="K153" s="5" t="s">
         <v>1099</v>
       </c>
       <c r="L153" s="6" t="s">
         <v>1100</v>
       </c>
       <c r="M153" s="5" t="s">
         <v>1101</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
         <v>1102</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>715</v>
+        <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>16</v>
+        <v>1103</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>44</v>
-[...8 lines deleted...]
-        <v>481</v>
+        <v>589</v>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>297</v>
+        <v>1106</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>371</v>
+        <v>1061</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>45</v>
+        <v>1111</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>1112</v>
+        <v>1081</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>14</v>
+        <v>731</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>33</v>
-[...14 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E156" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F156" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G156" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>1119</v>
+        <v>297</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>16</v>
+        <v>371</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        <v>1124</v>
+        <v>1125</v>
+      </c>
+      <c r="F157" s="5" t="s">
+        <v>1126</v>
+      </c>
+      <c r="G157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>22</v>
+        <v>1129</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="D158" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="D158" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E158" s="5" t="s">
+        <v>1125</v>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>1139</v>
+        <v>371</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>33</v>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D160" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="J160" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>1154</v>
+        <v>515</v>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
         <v>1155</v>
       </c>
       <c r="I161" s="5" t="s">
         <v>1156</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>297</v>
+        <v>1157</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D162" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="D162" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E162" s="5" t="s">
-        <v>17</v>
+        <v>481</v>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>1163</v>
-[...4 lines deleted...]
-        </is>
+        <v>1165</v>
+      </c>
+      <c r="K162" s="5" t="s">
+        <v>1166</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D163" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="D163" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E163" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G163" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G163" s="5" t="s">
+        <v>1170</v>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="J163" s="5" t="s">
-        <v>1169</v>
+        <v>22</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>371</v>
+        <v>44</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>1174</v>
+        <v>1177</v>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="I164" s="5" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="J164" s="5" t="s">
-        <v>1177</v>
+        <v>297</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>1139</v>
+        <v>45</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>45</v>
+        <v>589</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>481</v>
+        <v>17</v>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-        <v>1185</v>
+        <v>1186</v>
+      </c>
+      <c r="K165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>1189</v>
+        <v>1177</v>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F166" s="5" t="s">
+      <c r="F166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H166" s="5" t="s">
         <v>1190</v>
       </c>
-      <c r="G166" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H166" s="5" t="s">
+      <c r="I166" s="5" t="s">
         <v>1191</v>
       </c>
-      <c r="I166" s="5" t="s">
+      <c r="J166" s="5" t="s">
         <v>1192</v>
-      </c>
-[...1 lines deleted...]
-        <v>1169</v>
       </c>
       <c r="K166" s="5" t="s">
         <v>1193</v>
       </c>
       <c r="L166" s="6" t="s">
         <v>1194</v>
       </c>
       <c r="M166" s="5" t="s">
         <v>1195</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
         <v>1196</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>1045</v>
+        <v>371</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>1095</v>
+        <v>45</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>1026</v>
+        <v>1197</v>
       </c>
       <c r="F167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>1065</v>
+        <v>1200</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>44</v>
+        <v>1162</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="E168" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="I168" s="5" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="J168" s="5" t="s">
-        <v>22</v>
+        <v>1207</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>1189</v>
+        <v>1212</v>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F169" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>1209</v>
+      <c r="F169" s="5" t="s">
+        <v>1213</v>
+      </c>
+      <c r="G169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>297</v>
+        <v>1192</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>44</v>
+        <v>1061</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>580</v>
-[...4 lines deleted...]
-        </is>
+        <v>1111</v>
+      </c>
+      <c r="E170" s="5" t="s">
+        <v>1042</v>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1216</v>
-[...1 lines deleted...]
-      <c r="I170" s="5"/>
+        <v>1220</v>
+      </c>
+      <c r="I170" s="5" t="s">
+        <v>1221</v>
+      </c>
       <c r="J170" s="5" t="s">
-        <v>1217</v>
+        <v>1081</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D171" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D171" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G171" s="5" t="s">
-        <v>429</v>
+      <c r="G171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="J171" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>1228</v>
+        <v>1212</v>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G172" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G172" s="5" t="s">
+        <v>1232</v>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>1169</v>
+        <v>297</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>1189</v>
-[...2 lines deleted...]
-        <v>1235</v>
+        <v>589</v>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1236</v>
-[...3 lines deleted...]
-      </c>
+        <v>1239</v>
+      </c>
+      <c r="I173" s="5"/>
       <c r="J173" s="5" t="s">
-        <v>297</v>
+        <v>1240</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D174" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="D174" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E174" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G174" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G174" s="5" t="s">
+        <v>429</v>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="I174" s="5" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="J174" s="5" t="s">
-        <v>297</v>
+        <v>22</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>1248</v>
+        <v>44</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>502</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>1251</v>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="I175" s="5" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="J175" s="5" t="s">
-        <v>297</v>
+        <v>1192</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>1248</v>
+        <v>16</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>502</v>
+        <v>1212</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>1255</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1258</v>
+      </c>
+      <c r="F176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="J176" s="5" t="s">
         <v>297</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>1262</v>
+        <v>44</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>1263</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1177</v>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G177" s="5" t="s">
-        <v>1264</v>
+      <c r="G177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H177" s="5" t="s">
         <v>1265</v>
       </c>
-      <c r="I177" s="5"/>
+      <c r="I177" s="5" t="s">
+        <v>1266</v>
+      </c>
       <c r="J177" s="5" t="s">
-        <v>1266</v>
+        <v>297</v>
       </c>
       <c r="K177" s="5" t="s">
         <v>1267</v>
       </c>
       <c r="L177" s="6" t="s">
         <v>1268</v>
       </c>
       <c r="M177" s="5" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
         <v>1270</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>1262</v>
+        <v>1271</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>580</v>
+        <v>502</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>1264</v>
+        <v>18</v>
+      </c>
+      <c r="F178" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="I178" s="5" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="J178" s="5" t="s">
-        <v>1266</v>
+        <v>297</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>1262</v>
+        <v>1271</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>580</v>
+        <v>502</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>1277</v>
+        <v>1278</v>
+      </c>
+      <c r="F179" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1278</v>
-[...1 lines deleted...]
-      <c r="I179" s="5"/>
+        <v>1279</v>
+      </c>
+      <c r="I179" s="5" t="s">
+        <v>1280</v>
+      </c>
       <c r="J179" s="5" t="s">
-        <v>1266</v>
+        <v>297</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>16</v>
+        <v>1285</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>44</v>
+        <v>1286</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1284</v>
-[...3 lines deleted...]
-      </c>
+        <v>1288</v>
+      </c>
+      <c r="I180" s="5"/>
       <c r="J180" s="5" t="s">
-        <v>22</v>
+        <v>1289</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C181" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D181" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="E181" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G181" s="5" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H181" s="5" t="s">
+        <v>1294</v>
+      </c>
+      <c r="I181" s="5" t="s">
+        <v>1295</v>
+      </c>
+      <c r="J181" s="5" t="s">
         <v>1289</v>
       </c>
-      <c r="B181" s="5" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="K181" s="5" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>16</v>
+        <v>1285</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>44</v>
+        <v>589</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>1297</v>
+        <v>17</v>
+      </c>
+      <c r="F182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G182" s="5" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="H182" s="5" t="s">
-        <v>1299</v>
-[...3 lines deleted...]
-      </c>
+        <v>1301</v>
+      </c>
+      <c r="I182" s="5"/>
       <c r="J182" s="5" t="s">
-        <v>297</v>
+        <v>1289</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>1045</v>
+        <v>16</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>1095</v>
+        <v>44</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>1096</v>
+        <v>18</v>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G183" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G183" s="5" t="s">
+        <v>1306</v>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="I183" s="5" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="J183" s="5" t="s">
-        <v>1065</v>
+        <v>22</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>371</v>
+        <v>44</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>1312</v>
+        <v>16</v>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G184" s="5" t="s">
         <v>1313</v>
       </c>
       <c r="H184" s="5" t="s">
         <v>1314</v>
       </c>
       <c r="I184" s="5" t="s">
         <v>1315</v>
       </c>
       <c r="J184" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K184" s="5" t="s">
         <v>1316</v>
       </c>
-      <c r="K184" s="5" t="s">
+      <c r="L184" s="6" t="s">
         <v>1317</v>
       </c>
-      <c r="L184" s="6" t="s">
+      <c r="M184" s="5" t="s">
         <v>1318</v>
-      </c>
-[...1 lines deleted...]
-        <v>1319</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C185" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D185" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F185" s="5" t="s">
         <v>1320</v>
       </c>
-      <c r="B185" s="5" t="s">
-[...19 lines deleted...]
-        </is>
+      <c r="G185" s="5" t="s">
+        <v>1321</v>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>1065</v>
+        <v>297</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>1327</v>
+        <v>1061</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>502</v>
+        <v>1111</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1112</v>
+      </c>
+      <c r="F186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H186" s="5" t="s">
         <v>1328</v>
       </c>
       <c r="I186" s="5" t="s">
         <v>1329</v>
       </c>
       <c r="J186" s="5" t="s">
-        <v>297</v>
+        <v>1081</v>
       </c>
       <c r="K186" s="5" t="s">
         <v>1330</v>
       </c>
       <c r="L186" s="6" t="s">
         <v>1331</v>
       </c>
       <c r="M186" s="5" t="s">
         <v>1332</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
         <v>1333</v>
       </c>
       <c r="B187" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C187" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="D187" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E187" s="5" t="s">
         <v>1334</v>
       </c>
-      <c r="C187" s="5" t="s">
-[...20 lines deleted...]
-        </is>
+      <c r="F187" s="5" t="s">
+        <v>1126</v>
+      </c>
+      <c r="G187" s="5" t="s">
+        <v>1335</v>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1335</v>
-[...5 lines deleted...]
-        </is>
+        <v>1336</v>
+      </c>
+      <c r="I187" s="5" t="s">
+        <v>1337</v>
+      </c>
+      <c r="J187" s="5" t="s">
+        <v>1338</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1337</v>
-[...1 lines deleted...]
-      <c r="M187" s="5"/>
+        <v>1340</v>
+      </c>
+      <c r="M187" s="5" t="s">
+        <v>1341</v>
+      </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>1334</v>
+        <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1061</v>
+      </c>
+      <c r="D188" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E188" s="5" t="s">
+        <v>1088</v>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1339</v>
-[...5 lines deleted...]
-        </is>
+        <v>1343</v>
+      </c>
+      <c r="I188" s="5" t="s">
+        <v>1344</v>
+      </c>
+      <c r="J188" s="5" t="s">
+        <v>1081</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1336</v>
+        <v>1345</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1340</v>
-[...1 lines deleted...]
-      <c r="M188" s="5"/>
+        <v>1346</v>
+      </c>
+      <c r="M188" s="5" t="s">
+        <v>1347</v>
+      </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>44</v>
+        <v>1349</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>502</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F189" s="5" t="s">
-        <v>1342</v>
-[...2 lines deleted...]
-        <v>1343</v>
+        <v>18</v>
+      </c>
+      <c r="G189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="I189" s="5" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="J189" s="5" t="s">
-        <v>22</v>
+        <v>297</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>1334</v>
+        <v>1356</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1350</v>
+        <v>1357</v>
       </c>
       <c r="I190" s="5"/>
       <c r="J190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1336</v>
+        <v>1358</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1351</v>
+        <v>1359</v>
       </c>
       <c r="M190" s="5"/>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1352</v>
+        <v>1360</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>1334</v>
+        <v>1356</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1353</v>
+        <v>1361</v>
       </c>
       <c r="I191" s="5"/>
       <c r="J191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1355</v>
+        <v>1362</v>
       </c>
       <c r="M191" s="5"/>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>1334</v>
+        <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D192" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D192" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F192" s="5" t="s">
+        <v>1364</v>
+      </c>
+      <c r="G192" s="5" t="s">
+        <v>1365</v>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1357</v>
-[...5 lines deleted...]
-        </is>
+        <v>1366</v>
+      </c>
+      <c r="I192" s="5" t="s">
+        <v>1367</v>
+      </c>
+      <c r="J192" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1354</v>
+        <v>1368</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1358</v>
-[...1 lines deleted...]
-      <c r="M192" s="5"/>
+        <v>1369</v>
+      </c>
+      <c r="M192" s="5" t="s">
+        <v>1370</v>
+      </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1359</v>
+        <v>1371</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>1334</v>
+        <v>1356</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>1360</v>
+        <v>16</v>
       </c>
       <c r="D193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1361</v>
+        <v>1372</v>
       </c>
       <c r="I193" s="5"/>
       <c r="J193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1362</v>
+        <v>1358</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1363</v>
+        <v>1373</v>
       </c>
       <c r="M193" s="5"/>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1364</v>
+        <v>1374</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>14</v>
+        <v>1356</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>371</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1365</v>
-[...5 lines deleted...]
-        <v>1367</v>
+        <v>1375</v>
+      </c>
+      <c r="I194" s="5"/>
+      <c r="J194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1368</v>
+        <v>1376</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1369</v>
-[...3 lines deleted...]
-      </c>
+        <v>1377</v>
+      </c>
+      <c r="M194" s="5"/>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1364</v>
+        <v>1378</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>14</v>
+        <v>1356</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>16</v>
+      </c>
+      <c r="D195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1371</v>
-[...5 lines deleted...]
-        <v>1367</v>
+        <v>1379</v>
+      </c>
+      <c r="I195" s="5"/>
+      <c r="J195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1373</v>
+        <v>1376</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1374</v>
-[...3 lines deleted...]
-      </c>
+        <v>1380</v>
+      </c>
+      <c r="M195" s="5"/>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1376</v>
+        <v>1381</v>
       </c>
       <c r="B196" s="5" t="s">
-        <v>14</v>
+        <v>1356</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>1382</v>
+      </c>
+      <c r="D196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F196" s="5" t="s">
-        <v>1377</v>
+      <c r="F196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1378</v>
-[...5 lines deleted...]
-        <v>1380</v>
+        <v>1383</v>
+      </c>
+      <c r="I196" s="5"/>
+      <c r="J196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1381</v>
+        <v>1384</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1382</v>
-[...3 lines deleted...]
-      </c>
+        <v>1385</v>
+      </c>
+      <c r="M196" s="5"/>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>1334</v>
+        <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>371</v>
+      </c>
+      <c r="D197" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E197" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F197" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1385</v>
-[...5 lines deleted...]
-        </is>
+        <v>1387</v>
+      </c>
+      <c r="I197" s="5" t="s">
+        <v>1388</v>
+      </c>
+      <c r="J197" s="5" t="s">
+        <v>1389</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1387</v>
-[...1 lines deleted...]
-      <c r="M197" s="5"/>
+        <v>1391</v>
+      </c>
+      <c r="M197" s="5" t="s">
+        <v>1392</v>
+      </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1388</v>
+        <v>1386</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>1131</v>
+        <v>371</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>580</v>
+        <v>172</v>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
+        <v>1393</v>
+      </c>
+      <c r="I198" s="5" t="s">
+        <v>1394</v>
+      </c>
+      <c r="J198" s="5" t="s">
         <v>1389</v>
       </c>
-      <c r="I198" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K198" s="5" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1394</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1395</v>
+        <v>1398</v>
       </c>
       <c r="B199" s="5" t="s">
-        <v>1061</v>
+        <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>1045</v>
+        <v>33</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>1396</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>371</v>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F199" s="5" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H199" s="5" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="I199" s="5" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="J199" s="5" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>14</v>
+        <v>1356</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>1045</v>
-[...8 lines deleted...]
-        <v>1397</v>
+        <v>16</v>
+      </c>
+      <c r="D200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1405</v>
-[...4 lines deleted...]
-      <c r="J200" s="5" t="s">
         <v>1407</v>
+      </c>
+      <c r="I200" s="5"/>
+      <c r="J200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K200" s="5" t="s">
         <v>1408</v>
       </c>
       <c r="L200" s="6" t="s">
         <v>1409</v>
       </c>
-      <c r="M200" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M200" s="5"/>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C201" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="D201" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H201" s="5" t="s">
         <v>1411</v>
       </c>
-      <c r="B201" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H201" s="5" t="s">
+      <c r="I201" s="5" t="s">
         <v>1412</v>
       </c>
-      <c r="I201" s="5"/>
       <c r="J201" s="5" t="s">
         <v>1413</v>
       </c>
       <c r="K201" s="5" t="s">
         <v>1414</v>
       </c>
       <c r="L201" s="6" t="s">
         <v>1415</v>
       </c>
       <c r="M201" s="5" t="s">
         <v>1416</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
         <v>1417</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>14</v>
+        <v>1077</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>1045</v>
+        <v>1061</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>1396</v>
+        <v>1418</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>1096</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F202" s="5" t="s">
+        <v>1419</v>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>1425</v>
+        <v>1061</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>1426</v>
+        <v>1418</v>
       </c>
       <c r="E203" s="5" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F203" s="5" t="s">
+        <v>1419</v>
+      </c>
+      <c r="G203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H203" s="5" t="s">
         <v>1427</v>
       </c>
-      <c r="F203" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H203" s="5" t="s">
+      <c r="I203" s="5" t="s">
         <v>1428</v>
       </c>
-      <c r="I203" s="5" t="s">
+      <c r="J203" s="5" t="s">
         <v>1429</v>
       </c>
-      <c r="J203" s="5" t="s">
+      <c r="K203" s="5" t="s">
         <v>1430</v>
       </c>
-      <c r="K203" s="5" t="s">
+      <c r="L203" s="6" t="s">
         <v>1431</v>
       </c>
-      <c r="L203" s="6" t="s">
+      <c r="M203" s="5" t="s">
         <v>1432</v>
-      </c>
-[...1 lines deleted...]
-        <v>1433</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B204" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C204" s="5" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D204" s="5" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E204" s="5" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H204" s="5" t="s">
         <v>1434</v>
       </c>
-      <c r="B204" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E204" s="5" t="s">
+      <c r="I204" s="5"/>
+      <c r="J204" s="5" t="s">
         <v>1435</v>
       </c>
-      <c r="F204" s="5" t="s">
+      <c r="K204" s="5" t="s">
         <v>1436</v>
       </c>
-      <c r="G204" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H204" s="5" t="s">
+      <c r="L204" s="6" t="s">
         <v>1437</v>
       </c>
-      <c r="I204" s="5" t="s">
+      <c r="M204" s="5" t="s">
         <v>1438</v>
-      </c>
-[...10 lines deleted...]
-        <v>1442</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C205" s="5" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D205" s="5" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H205" s="5" t="s">
+        <v>1440</v>
+      </c>
+      <c r="I205" s="5" t="s">
+        <v>1441</v>
+      </c>
+      <c r="J205" s="5" t="s">
+        <v>1442</v>
+      </c>
+      <c r="K205" s="5" t="s">
         <v>1443</v>
       </c>
-      <c r="B205" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F205" s="5" t="s">
+      <c r="L205" s="6" t="s">
         <v>1444</v>
       </c>
-      <c r="G205" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H205" s="5" t="s">
+      <c r="M205" s="5" t="s">
         <v>1445</v>
-      </c>
-[...13 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>1448</v>
+      </c>
+      <c r="E206" s="5" t="s">
+        <v>1449</v>
+      </c>
+      <c r="F206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H206" s="5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="I206" s="5" t="s">
         <v>1451</v>
       </c>
-      <c r="B206" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D206" s="5" t="s">
+      <c r="J206" s="5" t="s">
         <v>1452</v>
       </c>
-      <c r="E206" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F206" s="5" t="s">
+      <c r="K206" s="5" t="s">
         <v>1453</v>
       </c>
-      <c r="G206" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H206" s="5" t="s">
+      <c r="L206" s="6" t="s">
         <v>1454</v>
       </c>
-      <c r="I206" s="5"/>
-      <c r="J206" s="5" t="s">
+      <c r="M206" s="5" t="s">
         <v>1455</v>
-      </c>
-[...7 lines deleted...]
-        <v>1458</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C207" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D207" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E207" s="5" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F207" s="5" t="s">
+        <v>1458</v>
+      </c>
+      <c r="G207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H207" s="5" t="s">
         <v>1459</v>
       </c>
-      <c r="B207" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C207" s="5" t="s">
+      <c r="I207" s="5" t="s">
         <v>1460</v>
       </c>
-      <c r="D207" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E207" s="5" t="s">
+      <c r="J207" s="5" t="s">
         <v>1461</v>
       </c>
-      <c r="F207" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H207" s="5" t="s">
+      <c r="K207" s="5" t="s">
         <v>1462</v>
       </c>
-      <c r="I207" s="5" t="s">
+      <c r="L207" s="6" t="s">
         <v>1463</v>
       </c>
-      <c r="J207" s="5" t="s">
+      <c r="M207" s="5" t="s">
         <v>1464</v>
-      </c>
-[...7 lines deleted...]
-        <v>1467</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D208" s="5" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E208" s="5" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F208" s="5" t="s">
+        <v>1466</v>
+      </c>
+      <c r="G208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H208" s="5" t="s">
+        <v>1467</v>
+      </c>
+      <c r="I208" s="5" t="s">
         <v>1468</v>
       </c>
-      <c r="B208" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F208" s="5" t="s">
+      <c r="J208" s="5" t="s">
         <v>1469</v>
       </c>
-      <c r="G208" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H208" s="5" t="s">
+      <c r="K208" s="5" t="s">
         <v>1470</v>
       </c>
-      <c r="I208" s="5" t="s">
+      <c r="L208" s="6" t="s">
         <v>1471</v>
       </c>
-      <c r="J208" s="5" t="s">
+      <c r="M208" s="5" t="s">
         <v>1472</v>
-      </c>
-[...7 lines deleted...]
-        <v>1475</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>1474</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F209" s="5" t="s">
+        <v>1475</v>
+      </c>
+      <c r="G209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H209" s="5" t="s">
         <v>1476</v>
       </c>
-      <c r="B209" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C209" s="5" t="s">
+      <c r="I209" s="5"/>
+      <c r="J209" s="5" t="s">
         <v>1477</v>
       </c>
-      <c r="D209" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E209" s="5" t="s">
+      <c r="K209" s="5" t="s">
         <v>1478</v>
       </c>
-      <c r="F209" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H209" s="5" t="s">
+      <c r="L209" s="6" t="s">
         <v>1479</v>
       </c>
-      <c r="I209" s="5" t="s">
+      <c r="M209" s="5" t="s">
         <v>1480</v>
-      </c>
-[...10 lines deleted...]
-        <v>1484</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C210" s="5" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D210" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E210" s="5" t="s">
+        <v>1483</v>
+      </c>
+      <c r="F210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H210" s="5" t="s">
+        <v>1484</v>
+      </c>
+      <c r="I210" s="5" t="s">
         <v>1485</v>
       </c>
-      <c r="B210" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H210" s="5" t="s">
+      <c r="J210" s="5" t="s">
         <v>1486</v>
       </c>
-      <c r="I210" s="5" t="s">
+      <c r="K210" s="5" t="s">
         <v>1487</v>
       </c>
-      <c r="J210" s="5" t="s">
+      <c r="L210" s="6" t="s">
         <v>1488</v>
       </c>
-      <c r="K210" s="5" t="s">
+      <c r="M210" s="5" t="s">
         <v>1489</v>
-      </c>
-[...4 lines deleted...]
-        <v>1491</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1492</v>
+        <v>1490</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>1025</v>
+        <v>33</v>
       </c>
       <c r="D211" s="5" t="s">
         <v>371</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>875</v>
-[...4 lines deleted...]
-        </is>
+        <v>1457</v>
+      </c>
+      <c r="F211" s="5" t="s">
+        <v>1491</v>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H211" s="5" t="s">
+        <v>1492</v>
+      </c>
+      <c r="I211" s="5" t="s">
         <v>1493</v>
       </c>
-      <c r="I211" s="5" t="s">
+      <c r="J211" s="5" t="s">
         <v>1494</v>
       </c>
-      <c r="J211" s="5" t="s">
+      <c r="K211" s="5" t="s">
         <v>1495</v>
       </c>
-      <c r="K211" s="5" t="s">
+      <c r="L211" s="6" t="s">
         <v>1496</v>
       </c>
-      <c r="L211" s="6" t="s">
+      <c r="M211" s="5" t="s">
         <v>1497</v>
       </c>
-      <c r="M211" s="5" t="s">
+    </row>
+    <row r="212">
+      <c r="A212" s="5" t="s">
         <v>1498</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C212" s="5" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D212" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E212" s="5" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H212" s="5" t="s">
+        <v>1501</v>
+      </c>
+      <c r="I212" s="5" t="s">
+        <v>1502</v>
+      </c>
+      <c r="J212" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="K212" s="5" t="s">
+        <v>1504</v>
+      </c>
+      <c r="L212" s="6" t="s">
+        <v>1505</v>
+      </c>
+      <c r="M212" s="5" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="5" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D213" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E213" s="5" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F213" s="5" t="s">
+        <v>1491</v>
+      </c>
+      <c r="G213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H213" s="5" t="s">
+        <v>1508</v>
+      </c>
+      <c r="I213" s="5" t="s">
+        <v>1509</v>
+      </c>
+      <c r="J213" s="5" t="s">
+        <v>1510</v>
+      </c>
+      <c r="K213" s="5" t="s">
+        <v>1511</v>
+      </c>
+      <c r="L213" s="6" t="s">
+        <v>1512</v>
+      </c>
+      <c r="M213" s="5" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="5" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E214" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="F214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H214" s="5" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I214" s="5" t="s">
+        <v>1516</v>
+      </c>
+      <c r="J214" s="5" t="s">
+        <v>1517</v>
+      </c>
+      <c r="K214" s="5" t="s">
+        <v>1518</v>
+      </c>
+      <c r="L214" s="6" t="s">
+        <v>1519</v>
+      </c>
+      <c r="M214" s="5" t="s">
+        <v>1520</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -19151,44 +19426,47 @@
     <hyperlink ref="M187" r:id="rId192"/>
     <hyperlink ref="M188" r:id="rId193"/>
     <hyperlink ref="M189" r:id="rId194"/>
     <hyperlink ref="M190" r:id="rId195"/>
     <hyperlink ref="M191" r:id="rId196"/>
     <hyperlink ref="M192" r:id="rId197"/>
     <hyperlink ref="M193" r:id="rId198"/>
     <hyperlink ref="M194" r:id="rId199"/>
     <hyperlink ref="M195" r:id="rId200"/>
     <hyperlink ref="M196" r:id="rId201"/>
     <hyperlink ref="M197" r:id="rId202"/>
     <hyperlink ref="M198" r:id="rId203"/>
     <hyperlink ref="M199" r:id="rId204"/>
     <hyperlink ref="M200" r:id="rId205"/>
     <hyperlink ref="M201" r:id="rId206"/>
     <hyperlink ref="M202" r:id="rId207"/>
     <hyperlink ref="M203" r:id="rId208"/>
     <hyperlink ref="M204" r:id="rId209"/>
     <hyperlink ref="M205" r:id="rId210"/>
     <hyperlink ref="M206" r:id="rId211"/>
     <hyperlink ref="M207" r:id="rId212"/>
     <hyperlink ref="M208" r:id="rId213"/>
     <hyperlink ref="M209" r:id="rId214"/>
     <hyperlink ref="M210" r:id="rId215"/>
     <hyperlink ref="M211" r:id="rId216"/>
+    <hyperlink ref="M212" r:id="rId217"/>
+    <hyperlink ref="M213" r:id="rId218"/>
+    <hyperlink ref="M214" r:id="rId219"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>