--- v2 (2026-01-11)
+++ v3 (2026-03-26)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2329" uniqueCount="1521" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2394" uniqueCount="1570" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1015,50 +1015,94 @@
     <t>https://fynboerne.ktdk.dk/d/cnLh</t>
   </si>
   <si>
     <t>[Med sort blæk på kuvertens forside:]
 Frøken Alhed Warberg
 Vesterbrogade No 12 o. G.
 København V.
 [Med rødt blæk på kuvertens forside:]
 No 4
 [Med blyant på kuvertens forside:]
 Christnes breve om
 (Mornine)
 fødslen lille Nete
 blev adopteret af
 tante Visse
 [I brevet; med blå farveblyant:]
 Aarhus Jan. 1892
 [I brevet; med sort blæk:]
 Kæreste Alhed!
 Nu har jeg været i Byen med dit Brev; efter at have expederet det ned i en Postkasse, begav jeg mig op til Dr. Grauer; han er dog en mageløs rar én, så venlig og ligefrem. Han kunde strax kende mig, og til min store Triumf var det første han sagde: ”Nå, er det så overstået!” At der ikke er noget iøjenfaldende er da sikkert, når han kan sige sådan! Dernæst gik jeg ned til Stranden, min sædvanlige Tur, sad lidt på en Bænk og så på Vandet, som i Dag var så vidunderlig dejligt i det klare Vejr. Så gik jeg til Boghandleren og købte dette Papir; der inde stod på Disken Pastor Lindhardt, (!) da jeg så det, kunde jeg ikke modstå at købe ham, og her har du ham nu, men du må ikke vise nogen ham, og du skal snart sende ham igen. Dette Billede er kønnere, end han selv er – f. Ex. i en Koncertsal, men ikke nær–nær så dejlig, som når man ser ham i Kirken. Er det ikke en dejlig Pande, han har?
 Nu har jeg besluttet at gå op til ham, jeg er ikke for at skrive, jeg er bange, han skal synes, det bliver for morsomt med den 3die anonyme Skrivelse; men jeg kan ikke vide, hvor længe jeg nu kan gå og snuse omkring N_o_ 4 i Mejlgade, inden jeg får det nødvendige Mod; jeg kommer vist til at drikke mig en lille Perial først; ellers kommer jeg bestemt aldrig længere end til Porten, og skal det være, så skal det jo være snart. Lige så snart jeg har været der, skal jeg skrive, hvordan jeg blev modtaget, jeg kan ikke vide, hvordan, om han skænder på mig! Jeg er i Grunden halvvejs flov over strax når jeg har puttet et Brev til dig i Postkassen så at begynde på et andet – ikke for dig, for jeg kan nok tænke, at du er glad ved mange og lange Breve, heller ikke for mig selv, for mig er det en Tilfressstillelse at skrive til dig – men for Leonard og Mor, som ikke får ¼ så lange Breve; at Mor ikke gør det, er en Selvfølge, hvad i Verdens Riger skal jeg dog finde på at skrive om, jeg fylder Brevene med Beretninger om Teater og Koncerter, men det kan jeg jo ikke blive ved med, til Leonard har jeg som oftest ondt ved at skrive lange Breve; at han be’r om Opgør, undrer mig ikke det mindste, du ved jo, han er et rent Barn i Ubetænksomhed, og han må jo også længes efter en Afgørelse. Jeg skrev til ham, at det var ikke Tiden nu til den Ting, så skrev jeg desuden en hel Mængde Formaninger, bl.a. at han skulde lade være med for Fremtiden at kalde sig selv for Usling, fej stymper svag ”Stakkar” o.s.v. hvis han i Virkeligheden ønskede at blive anderledes, så skulde det ikke vise sig i Ord, dett [det sidste ”t” i ordet overstreget] nyttede ikke at beklage og udskælde Fortiden, som derved ikke forandrer sig en eneste Smule. Det er også en af hans Fejl, synes jeg, at han vistnok sig selv uafvidende – mener at det er godt, når han bare kan fortælle rigtig tit og i rigtig yderliggående Udtryk, hvor elendig en Skabning han er. Er der da ikke også noget i det, og er det ikke en dårlig ”Omvendelse”? Er det ikke sært, jeg har i denne Tid mere Selvagtelse, end jeg nogen Sinde har haft! Jeg føler mig for god til at være ”falden Kvinde”; men det er jeg da heller ikke i Virkeligheden, skønt Alverden naturligvis vilde stemple mig sådan, hvis den vidste Sandheden. – Du spørger til Børnetøjet – ja 6 Navlebind har jeg færdige og Skjorterne er klippede, alt det er af mit gamle Linned; jeg skrev til la Cour og Vett &amp;amp; W. i Odense om Blonder, Tøj til Trøjer og Voxdug på Erikshåbs Regning; så snart jeg nu kan låne Fru Rs Søsters Symaskine, skal jeg ordentlig kile på, man ved jo snart hverken Dag eller Time. Jeg har en dunkel Forestilling om, at jeg skriver en Ting en urimelig Masse Gange, jeg kan ikke rigtig rede ud, hvad jeg har skrevet til dig, Elle og Leonard, men bliver det for morsomt, så kan du bare gøre Vrøvl. Jeg føler en Slags Samvittighedsnag over, at Brandt ikke ved noget om alt dette, hun er dog min bedste Ven næst jer – ja i Grunden næsten som hun virkelig kunde være min Søster, jeg er bange, jeg ikke kan overvinde mig til at skrive til hende – så må jeg jo lyve, og det skammer jeg mig endnu mere ved end at [”at” overstreget] ved at tie helt stille; tror du, det går an, at du fortæller hende det? Så må du nok, hvis du synes; jeg er bange, hun taber forfærdelig for mig, men på den anden Side bryder jeg mig selvfølgelig ikke om at stå for hende mere skær, end jeg er, og hun kan vel næppe gå ind under dem, som skal ”skånes”, hvortil f. Ex. Johanne hører, og selvfølgelig heller ikke under dem, der ikke står nær nok til at vide det. Jeg er kommen til at tænke på, at jeg selv i hendes Sted vilde finde det underligt ikke at være så betroet Ven, det vilde gøre mig ondt, hvis jeg senere en Gang fik det at vide, at mit Venskab ikke blev regnet så meget - og akkurat det samme gælder jo for hende. Kort sagt, jeg føler, at det er en Utidighed at skjule det for hende, som jeg dog ved, holder så meget af mig, og jeg fatter ikke, hvorledes jeg til hende skal kunne skrive et Brev, der, selv om det ikke indeholder direkte Usandheder, dog har en gevaldig Løgn til Forudsætning. Tænk nu over dette og gør så, hvad du synes er rigtigst. Bevares sikken Epistel, jeg her har forfattet endnu i Aften - ja nu kan du have Godnat for denne Gang!! Kan du læse disse små ? Bogstaver?
 Fredag d: 5/2 Du kan ikke sætte dig ind i, hvor den gode pater R irriterer mig - mest, fordi han er så unaturlig skikkelig, det Skrog; uh, jeg kan somme Tider knap bekvemme mig til at svare ham ordentlig; og så er der en Ting, som er mig så kolossalt modbydelig: han harker og spytter i en Køre hele Dagen igennem, jeg kan jo høre hver Lyd ind til mig, - især om Morgenen er det drøjt at blive vækket ved de grulige Lyde, jeg bander en frygtelig Ed, hver Gang jeg hører det, men den kan jeg nu spare mig. Nu er han også begyndt at spytte ved Middagsbordet - uha, det er en Prøvelse, siger jeg dig! Og så er han noget af det mindst "sjoaugjerede", som han siger, føj for en Skjorte - og den sorte Kant på Neglene løber helt rundt - men ganske uhyre skikkelig er han, og højst grinagtig, når man er i Humør til at se det, hans Udtryk er storartede, sådan talte han forleden om "blaserede Støvler" - er du med? der er en Slags hæsblæsende Tjenstvillighed hos ham, der somme Tider er nærved at gøre mig rasende, så velment den er! Når jeg f. Ex kommer hjem og ringer på, så kommer han farende som et fremfarende heftigt Vejr - mere på Hovedet end på Benene - og med Forklædet stående om sig som en Sky - uha, jeg er ved at kyle ham Pakkerne og Muffen i Hovedet, når han sådan kommer hvirvlende. At høre hans faderlige Røst overfor Charles er mange Penge værd: "Tillader du, min Dreng?" "S'go" "Mange Tak!" - han kunde såmæn ikke tiltale mig med mere udsøgt Høflighed, end han bruger til Ungen - og hans pædagogiske Evner - å du milde! Siger Charles den uskyldigste Bemærkning f. Ex. "Nå, Midde (Hund) er du der igen!" Så kan han hæve sin advarende Faderrøst: "Char-les!" Uh, hvor han er grinagtig; når jeg bare kunde lade være at irritere mig, kunde jeg få mangen indvendige Grin ad ham!
 Hvad siger dog Fru Laudrup til dine mange natlige Forlystelser? Brandt skrev, at du sprøjtede hende med Eau de Cologne for at mildne hende! Det er da kun Esprit de Valdemar? - Hvad var så den overvægtige [ulæseligt]else til Onkel Syberg? Hvornår er det Tant Mimis Fødselsdag? Jeg tror, jeg sender dette inden dit næste Brev, skønt det rigtignok er af et tvivlsomt Indhold, men så sender du jo nok min dejlige Præst i dit næst ["næst" overstreget] Brev, som forhåbentlig indtræffer i en ikke for fjærn Fremtid, jeg kan ikke godt undvære ham; desværre flover jeg mig over at have ham stående på mit Bord, og jeg flover mig også over at have ham i Skrin som mine Elskeder i gamle Dage. Nej, jeg skriver sandelig da ingen flot Pen; og så er der den Hage, at jeg vistnok aldrig vilde kunne ordne et nok så godt Stof. Men man kan jo have Lov at kludre så meget, man vil, for egen Regning. Godnat! Jeg har Hovedpine og har skevet til Mor og Leonard i Aften. Molle er jeg også begyndt på, men det falder mig knusende svært at skrive til dem, jeg skal løgne for - derfor har jeg kverken skrevet til hende, Leuden eller Otto-Schoffen. Altså Godnat!!! Jeg tror nok, jeg vil have dette af Sted i Aften, så tænker jeg, du har det Søndag Fmd. Intet nyt fra i Aftes; Rasmussens er ude, jeg er ganske alene hjemme, nu skal jeg ud at lave mig en Kop Kaffe. Altså Farvel, lad mig nu få Brev en Gang i Ugen, og send så endelig Pastor L! Mange kærlige Hilsner Din Chr.</t>
   </si>
   <si>
+    <t>1892-09-21</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Andrea Brandt
+Julie Brandt
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+- Rørdam, Fru
+Fanny Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>Alhed Larsen, Christine Mackie og Johanne C. Larsen boede fra sensommeren/efteråret 1892 sammen i Waldemarsgade på Vesterbro i København. Deres husvært var Fru Rørdam. 
+Klemserne, Trelleværket, Signe og Fru Rørdams søster kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1418</t>
+  </si>
+  <si>
+    <t>Christine Mackie har indhentet oplysninger vedrørende Johanne C. Larsens sløjdkursus. 
+Louise Brønsted har været i teatret og se Valkyrien, i Panoptikon, på Folkemuseet, på Frederiksberg Morskabsteater og Zoologisk Museum. Hun har besøgte bedsteforældrene.
+Christine Mackie og Alhed Larsen takker for madvarerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pVOo</t>
+  </si>
+  <si>
+    <t>Onsdag.
+Kære Mor!
+Jeg skriver først i Dag, for at jeg kan give dig Besked om Johannes Sløjd-kursus, som Chr. har været henne at høre om i Dag. Et Kursus med 1 Time om Dagen koster 5 Kr om Maaneden og kan begyndes naar som helst. Et andet Kursus, som varer hele Dagen, begynder i København ["København" overstreget] Januar, men det er vel ikke for Johanne? Fransk – o. s. v. Kursuset har vi ikke faaet noget nærmere at vide om endnu ["endnu" overstreget], det skal du faa Besked om endnu, naar jeg kommer hjem.
+Jeg morer mig storartet herovre. I Søndags vare vi i det kgl. Theater til Valkyrien, det var dejligt jeg blev naturligvis vældig imponeret af Foyeren o. s. v. Vi sad i Galleriet og hørte og saa udmærket. Paa Fredag skal vi hen at se ”Den kære Familie”, det glæder jeg mig knusende til; blot de nu ikke forandrer det I Søndags var vi tillige i Panoptikon; det var meget morsomt, især Spejlkabinettet, vi blev rent tummelumske derinde og vidste ikke, hvem der var de rigtige. Mandag var Chr og jeg i Folkemusæet, der var mange dejlige Ting, vi gik og tegnede Mønstre af, et vil jeg sy paa den Sofapude til Tante Else. Det er morsomt, men rigtignok uhyre trættende at gaa paa Museer, Chr. og jeg vare lige ved at falde fra hinanden af Træthed, da vi kom hjem fra det zoologiske Museum i Dag, vi fik ikke det halve at se, men trøstede os med at faa det bedre at se i zool. Have, hvor vi skal i Morgen. – I Dag var vi henne hos Komtessen og Bedsteforældrene; Bedstefader laa endnu i Sengen, da vi kom, jeg synes ikke, han har det ret godt. Onkel Emil og Onkel Luth eller en af dem kommer vistnok herhen i Aften. Signe rejste i Dag, jeg har set hende nogle Gange herinde, har bl.a. været paa Frederiksberg Morskabstheater med hende tilligemed Brandt, Andrea, Trelleværket etc. Det var morsomt. Jeg skal hilse mangfoldigt fra Chr og Alhed samt takke mange Gange for Madvarerne, som de blev meget glade ved, Fra Bedstefader &amp;amp; -moder skal jeg og hilse, Bedstefader sagde, det glædede ham, at de smaa Træer bar. I maa endelig skrive bestemt naar Høstgildet bliver; jeg vil naturligvis nødig gaa glip af det, men jo ogsaa gerne blive her til Søndag; naar du sender Brevet op til Hillerslev, kan vi have det til Fredag, Fra Chr. skal jeg sige at de spiste Æblegrøden med stor Salvelse. Hils nu dem alle mange Gange fra mig (Klemserne iberegnet). – Fru Rørdam &amp;amp; Søsteren ere meget rare og elskværdige – Tænk, jeg fik 2 Kr af Bedstemoder til at gaa i Theatret for.
+Hilsen fra Muk. 
+[Skrevet på tværs øverst s1:]
+Chr. og Alhed har det mageløs hyggeligt herinde. Glæd dig til at se det, Johanne.</t>
+  </si>
+  <si>
     <t>1892-10-18</t>
   </si>
   <si>
     <t>København
 Waldemarsgade 30</t>
   </si>
   <si>
     <t>Iffe -
 - Behrend, Frøken
 Christian  Brandstrup
 Eline  Brandstrup
 Emil Brandstrup
 Johanne Christine Brandstrup
 Lauritz  Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Carl Adolph Feilberg
 Peter Hansen
 - Jensen, København
 Fritz Kruse
 Alhed Larsen
 Eli Laub
 Esther Laub
 Frederik  Laub
 Christine  Mackie
@@ -2118,50 +2162,111 @@
   <si>
     <t>Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt</t>
   </si>
   <si>
     <t>Bellosguardo er et kvarter i Firenze</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2198</t>
   </si>
   <si>
     <t>Alhed kan ikke nå at klargøre og sende billeder fra Italien til juleudstillingen på Charlottenborg. Hendes familie kan prøve at sende to billeder, som er på Erikshåb. Alhed vil hellere lave nogle mere gennemarbejdede billeder til næste års juleudstilling.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/VdtW</t>
   </si>
   <si>
     <t>Søndag 11te Nov
 Kæreste Mor!
 Du bad mig om at skrive et Brevkort strax, men jeg synes, det er bedre at skrive et Brev, der kan dog intet staa paa et Brevkort. – Da jeg havde faaet Dit Brev i Gaar gik jeg strax ned til Lud og Berta for at tale med dem om Eders Plan. Der kan ikke være Tale om at sende noget herfra, det er alt for sent, Udst. aabner altid 1ste Dec. og Billederne skal være indsendte 12-14 Dage før. Mine lokale Billeder ere ikke fernicerede. Kan ikke sendes før mindst 8 Dage efter at dette er sket, og der skal jo ogsaa Tid til at sætte Rammer om, saa det kan der ikke være Tale om; det eneste, der muligvis kan naas er [overstreget:er] at indsende de to, I har hjemme Vinterasters og Bellesguardobilledet.
 Hvis I synes det meget, saa gør det, men tænk ordentlig over det først. Jeg for mit Vedkommende bliver ikke skuffet ved at faa det kasseret, men jeg er rigtignok bange for, at I blive det. Og der kan vist ikke være Tale om andet; tænk hvor lidt jeg har malet og hvor usikker min Teknik er, og det er det, De ser paa, meget mere end paa om der er noget Talent i Billederne. – Lud og Berta mener, at det er meget klogere at vente med at udstille til man har lavet noget, man kan vente eller i alt Fald have Haab om at slaa igennem med med det samme. Jeg kunde tænke mig f Ex. Hjemme til Sommer at lave to-tre større og gennemgribende Billeder, som jeg saa kunde sende ind til næste Juleudstilling. Men gør nu, som I synes. Jeg skriver med det samme to Ord til Brandt om at gaa ind paa Charlottenborg og spørge om der er Tid endnu og saa faa en Blanket og sende Eder til Udfyldning; En saadan kan man godt forlange selv om man ikke indsender noget. Det er No 24??
 Hvis jeg laver Fejl maa I jo strax selv skrive til hende.</t>
   </si>
   <si>
+    <t>1895-09-01</t>
+  </si>
+  <si>
+    <t>Tre Hjorte</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Berta Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Christian Caspersen
+- Feilberg
+Christine  Mackie
+Otto Emil  Paludan
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Nicoline  von Sperling
+Maria von Sperling. g. Balslev
+Johannes Wilhjelm</t>
+  </si>
+  <si>
+    <t>Tre Hjorte var et hotel, som Albrecht Warberg ofte boede på, når han var i København.
+Christine Mackie, f. Warberg, flyttede i 1895 fra Absalonsgade til Hans Tavsensgade i Odense.
+Det vides ikke, hvem Jacobsen, Othile, Nellemann, Galen og Niels var. Udfra ordene om Niels' helbreb kunne der være tale om Emil Brandstrup, Laura Warbergs bror, som led af tuberkulose.
+Lauritz Brandstrup og nonnerne: Laura Warbergs far flyttede ind på Sct. Josephsøstrenes Collegium, da hans kone ikke længere kunne passe ham, eftersom han var dement.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1397</t>
+  </si>
+  <si>
+    <t>Det er godt, at Christine Mackie er flyttet, men hun skulle have taget flere musiktimer. 
+Albrecht Warberg har besøgt Othilie, som var faldet ned ad en strappe. Han har også været os Lauras mor, men hun var udskrevet. Lauras far ser ældre ud. Han er tilffeds med at være hos nonnerne, men han har smerter og farer op og brøler. Forleden bad han Albrecht om to kroner. 
+Albrecht går ture med Niels. Ludvig/Lud Brandstrup vil have Niels sendt til Norge. Albrecht har besøgt Ludvid Brandstrup på hans atelier på Charlottenborg.
+Feilberg ligger for døden. 
+Albrecht Warberg har fået brev fra Paludan og har besluttet at rejse hjem for at tale med greven.
+Albrecht har mødt Nicoline von Sperling, Julie Brandt, Fanny Schaffalitzky og Maria Balslev, og han har været i Tivoli med Julie Brandt. Albrecht skal spise hos Wilhjelms. Han siger nej tak til afteninvitationer pga. sin astma. Han har været ude at se det nye fængsel ved Vestre Kirkegård.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xPdM</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Laura Warberg
+Att: Hr Dyrlæge Caspersen
+Snøde
+pr Lohals
+[På kuvertens bagside:]
+[Noget af papiret mangler og ulæseligt] E Br.
+[I brevet:]
+Hotel Tre Hjorte d. 1 Sept. 1895.
+Kjæreste Smaa!
+Igaar fik jeg Dit Brev og igaar maa Du være rejst til Snøde og har vel ikke haft det bedste Vejr ved Vandet. Jeg synes, at det er godt, at Christine er flyttet, men jeg havde unægtelig helst set, at hun havde faaet flere Timer i Musik istedetfor i Dansk; dog noget er bedre end intet. Det var da en Skam at vedkommende Lærer (Jacobsen?) at slaa [ulæseligt], men paa den anden Side kan hun maaske have godt nok af at have faaet den Lærdom banket ind, at hun ikke skal læse alene for den enkelte Dags Karakter. For nogle Dage siden fik jeg Bud, om jeg vilde se ud til Othilie, som var bleven syg – hun bor hos sin Veninde Frøken Nellemann ude på Vesterbro - ; jeg gik saa derud, og det viste sig saa, at hun Dagen i Forvejen var gaaet paa Hovedet ned ad en Trappe. Slaget i Hovedet havde kun den Virkning, at hun foruden hendes Hovedpine; mere saa havde hun skrabet sit ene Ben og derfor skulde hun ligge. Igaar var jeg til Mor for at se til hende, men da var hun gaaet ud, og jeg vil derfor nu betragte hende som udskrevet. Fra hendes Værelse kan man se Gaarden, hvor Din Fader er. Jeg besøger ham omtrent hver 3die Dag, og han bliver altid glad ved at se mig. Han har det, synes jeg, ganske godt, men er kommen til at se ældre ud ved at have mistet nogle af Fortænderne. Han er meget tilfreds med Opholdet hos Nonnerne og fortæller mig altid, at der bliver sørget udmærket for ham i enhver Henseende. Han faar af og til pludselige Smerter og farer da op med et forfærdeligt Brøl. Var jeg imidlertid forleden hos ham med et [ulæseligt ord] livede han virkelig op, og igaar da jeg var der igen forsøgte han slet ikke derpaa. Han har bedt mig om 2 Kr ”saa skal jeg ikke plintre Dig for mere” tilføjede han, og det har jeg ladet ham. Niels har det fremdeles ikke godt; Lud mener, at han bør sendes til Norge til Vinteren. Igaar gik jeg en længere Tur med ham, og det syntes at bekomme ham vel, men om Aftenen kan han aldrig, gaa med mig, det tør han ikke, og jeg tør ikke overtale ham, om jeg end har en Formodning om, at han forkjøler sig ved at tilbringe saa meget af Tiden i Sengen. - Lud har i de sidste Dage arbejdet i Atelier paa Charlotteborg, og der har jeg saa daglig besøgt ham. Hans Frue har jeg ikke set endnu; hun har aflagt mig en Visit uden at træffe mig. Igaar var jeg hos Feilbergs, det vil sige i Tekøkkenet hos Pigen; han har det saa daarligt at han helt har holdt op med at spise, og Kræfterne er stærkt aftagne; han har formodentlig ikke mange Dage tilbage. 
+Forleden havde jeg et Forretningsbrev fra Paludan, der havde til Følge, at jeg besluttede mig til at rejse hjem midt Ugen for at tale mundtligt med Greven. Nu i Dag har jeg læser Brev fra [ulæseligt] hvori han bestemt foretrak, jeg skulde blive de 5 Uger herinde, og saa bliver jeg altsaa, saameget mere som Nødvendigheden af at tage hjem synes mig at være svunden en Del.
+Igaar Aftes mødte jeg paa Banegaarden for at tage imod Thorvald; han var der imidlertid ikke, men derimod Frøken Sperling sen. og Brandt forat tage imod Marie Sp., som kom med Toget. Jeg indbød Brandt til følge med mig i Tivoli, hvorover hun blev meget glad; vi sad der saa et Par Timers Tid og saa afleverede jeg hende til en Sporvogn. I Morgen er jeg bedt til Wilhjelms til Middag og har taget imod Indbydelsen. Derimod har jeg foreløbig frabedt mig alle Middagsindbydelser for gl. Bern, da jeg endnu er alt for afhængig af min Astma. Jeg taaler intet om Aftenen drikker derfor hver Aften The. .
+Igaar traf jeg paa Kongens Nytorv Baronesse Fanny, med hvem jeg fik en længere Passiar. Hun er forfærdelig mager, men ser i øvrigt frisk og rask ud. – Jeg har været en Dag med Galen ude at bese det store Fængsel ved Vestre Kirkegaard; det var meget interessant. 
+Med mange Hilsener til Alle!
+Din A.</t>
+  </si>
+  <si>
     <t>1895-12-25</t>
   </si>
   <si>
     <t>Harald Balslev
 Berta Brandstrup
 Julie Brandt
 Peter Hansen
 Vilhelm Larsen
 Christine  Mackie
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Juleselskab på Sandholt: Nicoline Nobel von Sperling, som var en ven af Warberg-familien, var enlig og boede på Sandholt Gods i Sandholt Lyndelse på Fyn.</t>
   </si>
   <si>
     <t>Alhed fortæller om familiens jul. Året før holdt hun jul i Italien.
 Hun inviterer Johannes og Klaks Larsen samt Peter Hansen ("P.") til at komme til Erikshaab i juledagene.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GuXa</t>
   </si>
   <si>
     <t>Kære Las!
 Mens Christine sidder ved Klaveret og spiller en rørende flot Mazurka af en eller anden Hr Badousky (polsk) vil jeg – skønt det volder mig stor Besvær at sidde stille paa Stolen, sætte mig hen og skrive en Lykønskning til Dem i Anledning af Deres Fødselsdag i Overmorgen. Jeg vil ønske, at De i det nye Aar maa skyde og male mange udmærkede Ænder. - - Det bliver nok for sent at ønske Dem en glædelig Jul, da det meste af den er forbi, naar De faar dette Brev. – Vi havde en hyggelig Juleaften her i Aftes, stort kønt Juletræ og mange kønne Foræringer. – I Dag, første Juledag, have vi dreven den af efter bedste Evne, vi have Harald og Pan til at hjælpe os. Vi have ikke bestilt andet end at ryge Cigaretter, indøve 4 stemmige Sange og spille ”[ulæseligt]skabsspil”, et Spil fra i Aftes, hvorved man kan sige hinanden de mest storartede Ubehageligheder. – Jeg holder adskilligt mere af at holde Jul i Danmark end i Italien. I Dag for et Aar siden morede jeg mig for Resten udmærket, da var det, vi klædte os ud som Herrer og gik ud i Byen. Og jeg var den bedste. Fy skamme dem, jeg kan ikke glemme, hvor glade og beredvillige De og P. gik ind paa det, da Berta sagde, at det ikke var sandt, at jeg var den kønneste! - - - Et Kort, som Harald i Gaar fik fra Klax, lod forstaa, at det ikke var umuligt, at vi saa ham, P. og Dem her en Gang i Julen. Bare De vilde gøre Alvor af det, det var frygtelig morsomt! – Hør, hvad bliver det til med de Penge til Rundskueren? Jeg vil dog ikke haabe, det ikke er bleven til noget alligevel, jeg havde glædet mig saadan til det. – Er De tilfreds med Julevejret? Jeg er ikke. Jeg kan ikke fordrage Blæst og let Frost tilsammen, det er væmmelig hundekoldt Om Forladelse, uden dog at være ordentlig Vinter, saa det kan ses. – Fy, det er fælt at høre hende spille Dansemusik, eller i alt Fald noget livlig noget, det minder mig om, at jeg i Morgen var bedt til Bal, men kun maa komme til gammelt Juleselskab paa Sandholt, hvor min højeste Fornøjelse vist bliver at blive spurgt ud om min Sygdom af Fruerne. – 1000 Tak Las for al den Fornøjelse jeg har haft af Deres Bøger! Endogsaa Kerteminde Avis har jeg læst med stor Interesse, det er vist et prægtig lille Blad. Medfølgende Udklip vil jeg ikke undlade at sende Dem, det kan umulig være undgaaet Deres Opmærksomhed. - - - - - Nu venter vi Dem altsaa alle tre en Dag, helst inden Nytaarsdag, da Jak. og Harald saa ere her, men kom ikke Søndag. – Vi glæder os alle til dem og bliver skuffede, hvis De ikke kommer. Selvfølgelig fra Morgenstunden (hvis De gidde.) - - Saa ”my pretty Las” vil jeg slutte denne Skrivelse, Trumpety – trumpety – bump! med de venligste Hilsner til Klax og dem og vil De ogsaa hilse Deres øvrige Familie. Deres heng. Alhed Warberg
 Erikshaab 1ste Juledags Aften 1895
@@ -2531,50 +2636,89 @@
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0079</t>
   </si>
   <si>
     <t>Huset har været fuldt af gæster i julen, så Astrid og Louise har sovet i et æblekammer, som de kalder Hotel Beatrisen. De to søstre har været ved Orene med julelys, cigaretter og en flaske rødvin. Pan/Julie skulle have været med, men turde ikke. 
 Astrid sender sit portrætfoto og beder Vilhelm sende hende et. 
 Der er stadig gæster på Erikshåb, men nogle er rejst, og Thora/Tutte er hos svigerforældrene.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UU3l</t>
   </si>
   <si>
     <t>Hotel Beatrisen 1ste Januar 1898
 Kære Klax! Glædelig Nytår! 
 Ja, det var nu egentlig ikke det, jeg nærmest vilde sige, omend skønt det måske burde være det. Nej, Sagen er den, at jeg absolut må skrive et Brev i Aften; det når jeg nu; men alle dem, jeg ellers plejer at skrive til, er forsamlede her på Erikshåb, og så ved jeg ikke andre end Dig, og Du bliver selvfølgelig umådelig glad ved at høre noget herfra, selv om det kun sker gennem mig. Her er aldeles ubetaleligt storartet at være; vi har haft sellende fuldt af Gæster hele Julen; så fuldt, at Lugge og jeg er bleven anbragt oppe på et lille Æblekammer, der først fornylig er bleven indrettet. Æblerne ere dog fjærnede; så er her sat en mægtig 4 spænder Seng ind fra vort Stamgods i Heden; endvidere Tæpper over hele Gulvet – et lille Bord og en Empire- eller lignende –Stol, som jeg har opdreven inde paa Loftet. Som Kakkelovn tjener et lille Kogeapparat ved Navn Beatrisen (deraf Hotellets Navn); det sætter vi her op hver Aften, og så er her varmt på 5 Minutter. Du indser, at her er meget hyggeligt [uden Overdrivelse!]. Her logerer altsaa Lugge og jeg frit og behageligt med egen Entré – Rummet er nemlig beliggende i Husets nordlige Gavl. I Dag har det været et efter min Mening aldeles pragtfuldt Vejr. Lugge og jeg gik
 naturligvis op paa Orene; vi smed os paa Bunden af den dybe Mergelgrav, Du ved, og sludrede til en Cigaret. Udklækkede en aldeles glimrende Plan for Natten; når alle sov, vilde vi liste herop i Orene, forsynede med Cigaretter Julelys og en Flaske Rødvin; Julelysene skulde jo anbringes i Grenene ved Hjælp af små Lampetter, og med Vinen skulde vi byde det nye År velkommen. Så snart vi kom hjem, meddelte vi Planen til den evigunge Pan; hun var den eneste, der kunde være Tale om; de andre havde nok i deres Julenisser, og desuden kunde vi ikke delagtiggøre dem i Vinen, som jeg allerede fra Formd. havde bragt til en Side, da jeg hentede Vin op til Middag. Pan var strax begejstret; Jeg forberedte alt til de mindste Detaljer; så kom Aftenen – og så kunde Pan alligevel ikke sætte sit Rygte på Spil. Så holdt vi Møde på Beatrisse. Resultatet blev, at vi ganske rolig sagde til Moderen, at nu gik vi ud at se Nytårsvej, det kunde vel ikke gøre noget. Nej, det kunde det jo unægtelig ikke, Klokken var kun 10. Så gik vi. Dejligt frostklart Vejr, med Stjerner etc. Vi gik først op i Hestehaven; der standsedes vi imidlertid af noget stort sort noget, som vi antog for Mennesker; dem kunde vi 3 enligt rygende Damer jo ikke gå nærmere ind på Livet af, og så vendte vi og gik om ad Gjelskov; på Åbroen standsede vi og så ind i Ellekrattet og hørte på Vandet - men der var ingen Nattergal - . Klart, klart Måneskin; vi prøved, om vi kunde se at læse; og jeg læste med Magelighed et Brev, som Pan havde i Lommen fra Dig; det var derved, jeg kom i Tanker om, at jeg vilde skrive til Dig, og så samtidig sende Dig mit Billede, som Du naturligvis bliver så rørt over, at Du strax sender mig Dit; eller tager det med, når Du kommer; for Du har vel ikke i Sinde at
 snyde os helt i År? Du må snart skynde Dig, for nu rejser alle de vigtigste snart; Pan
 i Morgen, Junge og Svoger er glidt i Dag, jeg gør ligeså på Onsdag - desværre; men Lugge og Be og Elle er her jo foreløbig. Og Tutte er hos sine Svigerforældre i Seden Præstegård. Det kan nu være meget godt med de unge Forlovelser, men jeg tror nu alligevel, det er forkert; når man er ung, skal man lære, og man rejser, er man så glad ved afløsningen. Det var mærkeligt, at Marie og Uglen ikke havde længere Ferie; savner Du ikke Uglen meget? Det var forfærdelig sjov, at Uglen var på Nytårsbal; Uglen er jo helt gal efter at danse. 
 Vil Du hilse Din Far og Mor og Agraren mange Gange! 
 Hilsen til Dig, Klax! 
 Din hengivne 
 Dis 
 1st Januar 1898 
 dvs Klokken er nu langt over 12.!
 Med blyant og en anden skrift er skrevet: nov. 1964.</t>
+  </si>
+  <si>
+    <t>29. el. 30. nov. 1898</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Berta Brandstrup
+Ebbe Brandstrup
+Julie Brandt
+Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg/Tante Mis havde et pensionat i Gothersgade, København. Louise Brønsted boede på dette sted under noget af sin studietid. 
+Berta Brandstrup fødte sønnen Hans Ebbe 23. okt. 1898.
+Alhed og Johannes Larsen tog afsted på bryllupsrejse 28. oktober samme år. Alhed Larsen var på dette tidspunkt gravid uden endnu at have opdaget det. Sønnen, Andreas/Puf Larsen, kom til verden 12. maj 1899. 
+Dr. med. Hald, Poul og Julius kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1434</t>
+  </si>
+  <si>
+    <t>Louise Brønsted takker for strømperne. 
+Alhed/Be og Johannes/Las Larsen kom godt afsted trods vrøvl med passet. Alhed var ikke helt rask.
+Berta Brandstrup har fået en søn, og de har det begge godt. 
+Wilhelmine Berg/Tante Mis har ærgersler over pensionærerne; især en dr. Hald, som hun smider ud til december.
+Louise har fået og lånt uindrammede billeder af Emilie Demant og hængt dem op på skråvæggen i værelset på pensionatet. Det er blevet hyggeligt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qs1Z</t>
+  </si>
+  <si>
+    <t>d.
+Kære Mor!
+Tak for Vadsækken og Brevet, som jeg lige nu har faaet; det var især dejligt at faa Strømper igen; jeg har længe maattet suge paa Labben, da de har snydt mig den ene Gang efter den anden i den Tricotagefabrik det er rigtignok snart, en syndig Tid siden, jeg har skrevet hjem; jeg kan mærke, at jeg er blevet helt uvant med det; det ligger nu ogsaa i, at I stadig har rejst frem og tilbage i den sidste Tid, saa kan der ikke naa at ske videre i Mellemtiden. - I har jo nok hørt af Pan, at Be og Las er kommen lykkelig og vel af Sted, mærkelig nok samme Aften, de havde bestemt, trods en Del Vrøvl de havde haft med Pas o. lign; det var forfærdelig morsomt at have dem herinde; Be var forresten ikke ret rask de første Dage, men bedre den Dag, de rejste. - I har vel hørt, at Berta har faaet en lille Dreng, som vejer, jeg tror det var 8 Pund, har sort Haar og udpræget Næse; da Tante Mis kom ud for at se til dem i Søndags, var det hele i Orden, og de har det begge to godt. - Her har man det ogsaa godt, i det mindste hvad Helbredet angaar, men Tante Mis har temmelig mange Ærgrelser af Pensionærerne, som nok har faaet ind at klage paa, uagtet Kosten er saa god, som den kan være; den værste er en cand. med. Hald, en utaalelig Vigtigper. Tante Mis vil ogsaa statuere et Eksempel paa ham og smide ham ud til December; hans Værelser er allerede lejet ud til 2 unge Piger; 2 andre do. skal bo i Pouls Værelse 1 1/2 Maaned, Poul imens i Juliuses Stue. Bare nu Kandidat Hald ikke kommer hende i Forkøbet og siger op selv, det har han truet med til de andre Pensionærer. - I kan ellers tro, vi har faaet det vældig hyggeligt heroppe, nu efterhaanden, som vi har faaet alting i Orden, Gardiner og det hele; i Aftes lagde vi sidste Haand paa Værket ved at slaa en hel Del Billeder, som Frk. Demant dels har foræret dels laant os, op paa Skraavæggen; det har pyntet vældigt; der kunde vi jo ikke have Billeder med Ramme; og vi havde ingen løse selv. Vi har faaet det store Skab fra Fars Værelse op til os, det staar i Sovekammerat overfor Sengen, saa der akkurat er en snæver Passage; derved er jo saa Kjolespørgsmaalet klaret; Poul har beholdt min lille Garderobe. - Det er ganske
+[resten af brevet mangler]</t>
   </si>
   <si>
     <t>1898-01-19</t>
   </si>
   <si>
     <t>Frøken Agnes -
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Frederik Gad Clement
 Franziska  Erichsen
 Ludvig Find
 Svend Hammershøi
 Hans Nikolaj Hansen
 Marie Henriques
 Bernhard Hirschsprung
 - Hr. Alb.
 Johannes Larsen
 Frederik Lützhøft
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Det er uvist, hvem baronessens søstre og deres mænd er. Ligeledes konsulen.
 Familien Hirschsprung boede i Tordenskjoldsgade.</t>
   </si>
@@ -3835,53 +3979,50 @@
 Frederik Lützhøft
 Marie Oppermann
 Theodor Oppermann
 Emil Vett
 Theodor Wessel
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>"Anbefaling til Bjelke": Johannes Larsen skal have anbefaling fra Kristian Zahrtmann for at kunne få Bjelkes Legat.
 "Den nye" som Alhed skal kysse må være sønnen Johan, som først blev født 27. februar 1901, fire dage efter at brevet er skrevet.</t>
   </si>
   <si>
     <t>Johannes Larsen er hos Oppermann i Valby og har været til fest. Han har ikke fået anbefaling til Bjelkes legat endnu.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KeCc</t>
   </si>
   <si>
     <t>Valby 23 Febr. 1901
 Kæreste Alhed!
 Jeg sidder nu her hos Oppermann hvor jeg har spist sammen med Poul S Christiansen. Jeg skal hilse fra Brandstrups og Dr Lützhøft, Zahrtmann traf jeg ikke saa jeg har ikke faaet Anbefaling til Bjelke og det maa jeg jo have inden jeg rejser. Vett &amp;amp; Wessel skulde skrive til England for at faa Underskaalen. Jeg længes meget efter Dig og lille Puf vil du kysse ham fra mig, ogsaa den nye. Festen var helt vellykket i Aftes. Mange Hilsner fra 
 Din Johannes Larsen</t>
   </si>
   <si>
     <t>1901-05-10</t>
-  </si>
-[...1 lines deleted...]
-    <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Christine  Mackie
 Otto Emil  Paludan
 Robert Schumann
 Andreas Warberg
 Astrid Warberg-Goldschmidt
 Emil Aarestrup</t>
   </si>
   <si>
     <t>Amerikaplan: Johanne C. Larsen rejste i 1903 til Boston for at besøge sine to søstre, der begge var gift med amerikanske mænd. 
 Det vides ikke, hvem Viggo var. Familien kendte flere, der bar dette navn. Grete kendes heller ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3790</t>
   </si>
   <si>
     <t>Johanne C. Larsen ønsker tillykke med fødselsdagen og sender gave. Hun beder Louise Brønsted hilse Julie/Pan Brandt og bede om brev. Og hun ønsker, at Louise henter et sanghæfte hos Berta og Ludvig Brandstrup. 
 Johanne, Astrid/Dis og Andreas/Dede Warberg har været på måneskinstur.
 Johannes Amerikaplan er blevet vel modtaget. Hun har fået brev fra Viggo og skammer sig.</t>
   </si>
   <si>
@@ -7510,50 +7651,87 @@
 Johanne Christine Larsen
 Johannes Larsen
 Andreas Warberg
 Fritz Warberg
 Minna Warberg
 Mogens Warberg
 Torkild Warberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Caspersen, Höffner og Pans far var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3760</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/CXmZ</t>
   </si>
   <si>
     <t>[Skrevet med blyant:] 1918 ca, Sommer 
 [Skrevet med blæk; Laura Warbergs skrift:] Kerteminde Søndag
 Kære lille Muk!
 Bes er sød og vi er glade ved hende. Naar Grethe rejser, skal Bes ligge her imens, ligesaa Fru Caspersen rejser først i August. Hun gør nu ellers ikke megen Ulejlighed hos Johanne; hun gaaer herned og vasker sig og spiser Morgenmad sammen med Dede i Dagligstuen. Det var saa morsomt at have Hr. Höffner i Gaar i et Par Timer. Dede og jeg snakkede saa godt med ham; saa gik han til Las’s og der vil de ikke af med ham før i Morgen. Du maa da endelig skrive til mig om hvad den Kande til Pans Far kostede; jeg har længe ikke husket den, saa kan Bes faae Pengene; Elle var med i den. Vi er saa glade ved at have Dede alene i 14 Dage. Minna kommer senere, det er ogsaa bedre for Børnene, naar en er hjemme hos dem. Det kan blive en dejlig Tur og Dig og Elle.
 Kærlig Hilsen til Eder allesammen fra
 Bedstemor.
 Jeg har desværre ingen Adressebrev, til om Du eller Lomme vilde sende os lidt Kirsebær; vi kan ingen faae her. Fandt alligevel et!</t>
+  </si>
+  <si>
+    <t>1920-01-19</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Jens Theodor Berg
+Leif Berg
+Hans Christian Caspersen
+Johanne Caspersen
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg fyldte 75 år i 1920. Jørgen og hans barn kendes ikke. Ej heller Kristian.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3851</t>
+  </si>
+  <si>
+    <t>Wilhelmine/Tante Mis ønsker tillykke med de 75 år. Laura Warberg får sikkert en dejlig dag hos Alhed og Johannes Larsen, som er så gode til at holde fest. Wilhelmine og Laura ses heldigvis snart i København. 
+Wilhelmine skal holde fest med 24 deltagere for sønnen Leif, og hun gruer for det. Efter at have serveret aftensmad for pensionærerne, skal hun stå for en stor middag for Leifs gæster, og der skal være dans mm.
+Wilhelmine sender Laura et sjal. Hun har besøgt Hanne/Johanne Caspersen.
+Kristian er syg af ischias.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fHKI</t>
+  </si>
+  <si>
+    <t>Sønd. 19-1-20
+Kæe Laura.
+Modtag de kjærligste ønsker fra Theo og mig i Dagens anl. Du får nok en yndig Dag hos din kære søde Alhed. Er der nogen, der forstår at lave fest, så er det da Alhed og Las. Hvor jeg husker den sommer, jeg var paying guest hos dem. En middag med stegt flæsk med ny kartofler og salade romaine pyntet med de små blå blomster. En vase med roser på bordet. Festivitas over det hele. Som sagt 75 år båret med oprejst pande og rank ryg i medg. og modg. som Du bærer dem. Det er sandelig godt gjort. Hanne og jeg var i dag enige i, at var du ikke nu kommen herover så snart, var vi begge to kommen til Kerteminde trods vintertid og dyrtid; men nu ses vi jo som sagt meget snart her. På Lørdag 24 skal Lejf have en Dans. Han er bedt så umådelig meget ud, og jeg kan ikke lide ikke at gøre gengæld; men ærlig talt gruer jeg nok. Først pensionærmiddag. 5 1/2 45 men. så opvask til side, stuerne pyntet bordet dækket til 24 unge gæster souper. Tunger i oliven med fiskerand. salater, sandwiches, cakes med roquefort og parfait med nougat, rødvin og madeira, ud på aftnen "A.b.c. vand" og appelsinsalat og 1 1/2 kaffe med kager Kl. 2 Afhentning. Gid det var vel overstået. Jeg sender dig hermed et lille hvidt sjal. De er trods finheden meget varme. Skulde du gå til at få ét til eller lign. kan det byttes i Mag. du N. Jeg var hos Hanne i formiddags. Max var i Valby til frok. Jeg blev hos Hanne vi havde så meget at tale om. Jeg havde ikke været der så længe. Det var meget hyggeligt. Bagefter gik vi på visit hos Jørgens, som jo bor i Blågårdsgade. Traf dem ikke. Barnet så vi. Den var sød, lign Jørgen som 2 dråber vand. Stakkels Kristian er stadig dårlig af Ichias. Det er meget drøjt og smertefuldt. Nætterne er rædsomme trods sovemidler. Under sådanne forhold savnes telefonen meget. Nå nu farvel for denne gang. Daisy har det godt men desværre endnu intet arbejde. Det er vist håbløst i England for tiden. Der er en syndflod af massøser. Hils nu alle, Junge, Elle, Alhed tusinde gange fra Tante Mis.</t>
   </si>
   <si>
     <t>1920-05-29</t>
   </si>
   <si>
     <t>Valborg -
 Ane Marie Christiansdatter
 Jeppe Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelmine  Larsen
 Frida Madsen
 Christine Swane</t>
   </si>
   <si>
     <t>Bob var en hund.</t>
   </si>
   <si>
     <t>Privateje</t>
   </si>
   <si>
     <t>Alhed Larsen er spændt på at høre om den danske stil. Hun sender en pibe samt frugt.
 Johannes Larsen skulle være kommet hjem, men han ringede og udsatte, da han maler et stort billede. 
 Alhed giver Christine Swane/Uglen og Marie Larsen/Tante Ias kopier af nogle af Johannes Larsens billeder i fødselsdagsgave.</t>
   </si>
@@ -8906,50 +9084,92 @@
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1270</t>
   </si>
   <si>
     <t>Fritz Syberg er på vej til Aarhus for at se Johanne/Besse optræde. Han har fået en check på 2000 kr. fra Bermann og spørger Hans, om han har fået sine 500 kr.
 Syberg bliver mistroisk overfor kunsthandlere. Han har været troskyldig og givet Ancher et billede med, og nu er det solgt, men Ancher har trods flere rykkere ikke sendt Syberg penge.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/SgBP</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 KORRESPONDANCEKORT
 Til
 [Håndskrevet på kortets adresseside:]
 Billedhugger
 Hans Syberg
 Azaleavej 5 [et overstreget tegn]
 Kjøbenhavn Valby
 [Håndskrevet på kortets tekstside:]
 Posthuset Kjerteminde 2-11-29
 Kære Hans. Jeg staar og skal rejse til Aarhus og se Besse i Alladdin [det andet "l" i ordet overstreget] og netop paa Falderebet modtog jeg en Check fra Dir. Bergmann paa 2000 Kr - har Du overtaget de 500? i saa Fald er alt jo i Orden men send mig et Par Ord desangaaende. Jeg er her paa Pladsen igen Mandag Aften. Man bliver jo noget mistroisk mod Kunsthandlere - der er denne Ancher som nu i saa mange Aar har købt Billeder, men nu har jeg været letsindig og for ca. [et overstreget tegn] to Maaneder siden ladet ham faa et Billede til 500 Kr. Billedet er forlængst solgt ved jeg (fra Hillingsøe) Jeg har for ca tre Uger siden sendt ham et Rykkerbrev, og i forrige Uge sendte jeg ham en Postopkrævning men har stadig intet hørt fra ham. Det er ikke min Mening Du skal gøre noget ved det, det er blot for at forklare hvorfor jeg nu bliver urolig m.H. til Bergmann. Jeg haaber I har det godt i dette dejlige Vejr. Hils alle, alt vel. Hilsen fra Far.</t>
   </si>
   <si>
+    <t>1931-09-10</t>
+  </si>
+  <si>
+    <t>Thora  Branner</t>
+  </si>
+  <si>
+    <t>Hillerød</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Vilhelm Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Julie/Pan Brandt fyldte 60 år i 1931.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3854</t>
+  </si>
+  <si>
+    <t>Thora/Tutte Branner ville gerne have været med til at fejre Julie/Pan Brandt, men hun og manden skal til deres hus i Sverige. De skal vinterordne haven og rydde et stykke jord til urter. Stedet hedder Puttebygget. Johanne/Junge C. Larsen har været med Thora og Vilhelm deroppe. De tog på rotur, lavede bål mm., og Johanne nød det som et barn. Der er alt, hvad man har brug for i huset i form af køkkengrej, sengetøj mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/taqC</t>
+  </si>
+  <si>
+    <t>Hillerød
+10 - 9 - 31
+Kære Lugge!
+Tak for dit Brev! den go'e Pan! - Ja på een Måde vilde vi gerne være med til at fejre hende; men ser du! Vi har, - da min Fødselsdag meget heldigt falder på en Lørdag - bestemt at fejre den med en lille Tur op til vores svenske Hus; Vilhelm vilde se at få et Par Dage fri i den Anledning. Foruden den Fornøjelse, som det altid er - navnlig for mig - at komme derop, har Turen det praktiske Formål at vinterordne eet og andet deroppe; der er fortrinlig Havejord omkring Huset, men fuldkommen græsgroet, og vi synes, det var rart at få gravet et stykke til lidt Urter.
+Du kan tro, det er et rart Sted, Puttebygget - det hedder det virkelig; der har ligget en gammel Gård. Du må se at komme derop engang! - jeg var lykkelig over at have Junge en halv Snes Dage; jeg tror, hun nød det, og det var dejligt at se, hvor hun livede op og kom i Humør. Vi travede hende også godt, kan du tro; bl.a. var vi en Søndag på en lang Rotur med Mad, Kaffekedel, Bål etc, og Junge morede sig som et Barn! Jeg tror virkelig hun har Gavn af det Ophold længe. - Vi har fået Huset helt godt monteret, så vi kan tage derop uden at medføre noget videre; foruden "alt" i Porcelæn og Køkkengrejer er der Lagner, Dækketøj og en Del Sengetøj; ja, jeg har endogså både Tøj, Fodtøj, Rammetøj etc. deroppe! 
+Nå, det var en hel Del om Huset! Du kan nok mærke, at en Del af min Sjæl er deroppe! Men for at komme tilbage til det foreliggende, så er det kedeligt at de to Ting skal kollidere, men - som sagt!!! etc.
+Tusind Hilsner til jer alle!
+Din
+Tutte.</t>
+  </si>
+  <si>
     <t>1936-01-07</t>
   </si>
   <si>
     <t>Olga Petersen
 Kirsten Syberg
 Peter von Syberg
 Ulla Syberg
 Poul Uttenreitter</t>
   </si>
   <si>
     <t>Poul Uttenreitters bog, "Fritz Syberg", blev udgivet af Kunstforeningen, København 1935.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1285</t>
   </si>
   <si>
     <t>Fritz Syberg beder Hans om at skaffe et eksemplar af Poul Uttenreitters bog, Fritz Syberg, og sende den til Olga Petersen i Rumænien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/I22m</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Billedhugger
 Hans Syberg
@@ -9152,50 +9372,146 @@
 læst søn. 18-9-05.
 [ Håndskrevet på kuvertens bagside:]
 Lindøgaard, Dræby St.
 [I brevet:]
 Lindøgaard 
 pr. Dræby
 Lugge spurgte saa varmt og deltagende til dig d. 30-8-1938.
 Kære lille Dis!
 Bibbe siger, at nu kan hun ikke længere udholde at høre mig gaa og snakke om, at jeg skal skrive til Dis – og ikke gøre det. Nu overtager hun altsaa Madlavningen og jeg har altsaa ”fri” til at skrive. Ulykken er, at når vi kommer lidt op ad Dagen, har jeg ikke Kraft til det. Du aner ikke, hvor faa Kræfter jeg har i Sommer, jeg er tit fortvivlet over det, for her er meget at gøre og Bibbe kan selvfølgelig ikke overkomme alt. Jeg gaar jo med en Betændelse i Skulderen, faar ikke mere Massage, kun Gymnastik med Armen og saa Medicin. Elle har trøstet mig lidt med at fortælle, at Kurt i lang Tid gik med en Kæbehulebetændelse; han havde ikke Smerter, men mistede efterhaanden Kræfterne og blev svagere og svagere; da han saa blev opereret og fik Betændelsen renset ud, fik han lidt efter lidt sine Kræfter igen. Doktoren sagde, sidst jeg var der, at hvis det ikke blev bedre i Løbet af to Maaneder, maatte jeg hellere komme ud paa Sygehuset og faa det opereret væk og det er da ogsaa det eneste rigtige. Naa, det var en lang Snak om den Ting. Men det var altsaa kun for at pynte lidt paa min lange Tavshed; når jeg har fri fra Husarbejdet, ligger jeg paa Divan eller sidder og hænger af med en Bog. Meget af det er nu at jeg ikke kan taale den evindelige Medicin; den slaar sig paa Maven, hvilket jo ogsaa slider paa Kræfterne, det er jo det triste, at de Stoffer, man skal have ind for at gøre det af med en eller anden Sygdom, undertiden er skadelige for andre Dele af Organismen. 
 Forøvrigt er Sommerferietiden jo altid lidt anstrængende, men dejlig jo!
 Dit lange Brev til Bibbe var rigtig nok interessant! Jeg synes nu, at jeg har forstaaet lidt af, hvad det var, der fik Bølgerne til at gaa lidt højt hos Jer omtrent samtidig med at vores Mary-Katastrofe indtraf. Var det ikke, at Buf vilde have Janna til at flytte ud til sig? det var rigtig stygt af Buf at ville skille dig og Janna. Gaar Buf i det hele taget til den gode Side, synes du? Mon ikke Maries manglende Indflydelse gør sig gældende? Hvor det er Synd! Og ogsaa for Janna. Naturligvis vil hun, som holder saa meget af sin Far ikke kunne se det, men saa meget mere vil det tænkes at kunne influere paa hende. Skriv lidt om dette, maaske er jeg fejl paa det. 
 2.
 Hvad mig angaar, er jeg ikke kommen stort videre end at jeg daarlig kan tænke paa andet end hele Mary Sagen; der sker jo stadig væk noget, der holder en i Aande, og det der sker er en Pine, fordi man synes snart, at man vader i Smuds F. Ex. sagde Mary forleden, da hun talte med ikk [”ikk” overstreget] Tinge – han havde bemærket ”Der er jo ingen Skilsmissegrund ” – ”jo der Karlekamret, som vi blev henvist til at bo i, mens din Mor skulde have sin Suite til at modtage Gæster i” Jeg tror for Resten ikke, at stakkels Mary er hol [”hel” overstreget] helt normal. Svangerskabet kan jo virke helt mental-forstyrrende, og saa er det hendes Ulykke, at hun ikke har haft besindige og kultiverede Mennesker i sine Omgivelser, som kunde raade hende. Mary sagde ogsaa til Tinge ”naar jeg bliver trampet paa, sætter jeg haardt mod haardt”. Det er saa helt udenfor Virkelighedens Omraade. Kort efter at jeg havde skrevet til dig sidst, kom der Sagførerbrev til Tinge, at hun vilde have Understøttelse ikke bare til Barnet, men ogsaa til sig selv. Der er jo ikke rigtig Logik i det. Du saa af hendes Brev til mig, at Gaarden var saa elendig, at hun ikke turde lade sit Barn vokse op ikk [”ikk” overstreget] her. Deri ligger dog at hun kan skaffe det bedre økonomiske Vilkaar andre Steder. Og naar hun rejser herfra og berøver Gaarden sin Arbejdskraft – hvad der jo er en stor økonomisk Faktor – er det lige haardt nok at den stakkels ”elendig forgældede” Gaard skal rede Penge ud til hende personlig. Det er Mary da for Resten gaaet fra, vel vidende, at Retten ikke vilde give hende Medhold i det, men nu staar det paa, at hun vil have Boet delt. ”Hvad der er dit, er ogsaa mit” sagde hun til Tinge. Mary lod jo alle sine Ejendele afhente, Brudegaverne deltes saaledes, at hver beholdt det, som deres Forbindelser havde givet, pudsigt nok [”nok” indsat over linjen] havde Mary skrevet en detallieret Liste paa alt det, de skulde have med, og den Liste blev liggende her og den har vi, saa lille Mary skal ikke dø i Synden, hvis hun stikker Værdigenstande til Side derude, naar Vurderingsmændene kommer. Tænk Dis, frivillig at ville gaa alt det igennem, at have fremmede mennesker ind at vurdere alle ens Sager; og det er saa meget vildere, som Tinge jo intet ejer. Mary ved godt, at Møblementet derovre – d. gl. Hjørnesofa m.m. [”m.m.” indsat over linjen] fra Agrarens Forældre – ikke tilhører Tinge, det er ganske minimalt, hvad han ejer, det er jo sandsynligvis ogsaa bare for at chikanere ham, Og saa vil Mary paastaa, at hun holder af ham!
 3
 Der maa være mange forskellige Maader at holde af paa. I Dag er Tinge tilsagt paa Politikontoret. Æv! Har jeg ikke Lov til at sige, at vi vader i Smuds. Du kan ikke tænke dig som de forvrænger og laver om paa det hele. Jeg kan ikke lade være med at sige til Tinge. Tror du ikke, at hvis de havde haft lidt mere af den – af dig – saa foragtede Kultur, saa vilde de tage det lidt anderledes.
 Kirsten Thorsen, der jo blev gift med Klakses Søn, kender lidt til Marys Kusine i Odense, Bibbe var hos Kirsten forleden og fik refereret et Par større Holmgange mellem de to; K. havde ikke lagt Fingrene imellem i sit Forsvar for os. Kusinen var jo – fra at vi var de bedste Venner af Verden – pligtskyldigst blevet meget vred paa os! ! Hun sagde bl.a. – ”og saa har de ladet Mary ligge paa Halm”. Jeg har altid misundt dem deres friske rene Halmunderlag, hvorover der saa var Madras og Underdyne. Alma (Kusine) havde bl.a. sagt at Mary var gaaet bort fra at give mig Skylden for hendes Flugt. Du ser, det er ikke et Spørgsmaal om, hvad der er Sandhed, virkelig Sandhed, men om, hvad der kan ”bruges” i Sagen. Enhver ved jo, hvor inderlig skikkelig jeg er, saa den gik ikke. Jeg kunde komme med mange Exempler, men gider ikke og er for Resten ikke aldeles oprørt, men har den dybeste Medlidenhed med hende og er saa Angst for, at hun ikke skal holde til det eller at det skal skade Barnet. Bibbe trøster mig med, at det er jo Naturens Værk, at hun er bleven saadan og saa maa Naturen vel ogsaa indrette det, saa Barnet ikke tager Skade. Det stakkels lille Barn, det er jo Alfa og Omega i hele Tragedien. 
 Dedde og Lugge har været i Kjert. hos Elle og jeg tog derned en Formiddag; det var morsomt at det vakte en saadan Glæde hos dem at se mig; de skulde om Efterm. paa en lille Biltur til Hindsholm og det blev en dejlig Tur. Lige før man naar Nordskov ligger der paa højre Haand en lille Skov, kan du huske det? der tog vi til og der var vidunderligt; over Engene bag Skoven gik vi ud til Stranden og var oppe paa en mægtig Bakkeknold, hvis yderste Grænse mod Vandet stadig ædes op af Bølgeslaget og hvorfra vi saa Sjællands Kyst, saa klar og smuk. Vi sad saa lidt i Udkanten af Skoven, røg, spiste Chokolade og snakkede hyggeligt og først og sidst nød det vidunderlige Landskab og den gode Luft. De kørte mig saa hjem, men vilde ikke ind, da de skulde have Fremmede om Aftenen. Et Par Dage efter, om Søndagen, skulde Elle til Bryllup i Munkebo Kro, ”hvis Datter”, hun har spillet med i en Aarrække og dermed fik vi den Glæde at have Dedde og Lugge Resten af Dagen 
 4.
 Elle skulde Møde Kl 4; de kom saa her lidt over og vi havde pæn Kaffe til dem; derefter besaa vi saa nogle Kæmpehøje her i Nærheden (benyttede Bilen) og gik derefter alle Mand ud paa vor sædvanlige Spaseretur ud gen. Markerne og ad Stranden hjem Vejret var godt og det hele var saa henrivende og vellykket. Det er saa dejligt for mig at alle vore tre Børn falder saa udmærket i Slav med alle mine. En anden Aften, da jeg havde været i Kjert. inviteret til Aftensmad af Dedde sm. med Elle og Minna i Louisenlund, hvor vi for Resten havde haft det henrivende og nydt varm Mad, Snaps, Madeira o.s.v. kørte de mig ogsaa hjem, og da det var tidlig paa Aftenen, gik de med ind til en Kop The og vi havde igen en dejlig Aften, Minna var henrivende sød og hun hører ogsaa til dem, der gouterer Lindøgaard.
 Da var Lugge rejst, men saa havde vi Minna i Stedet; hun havde ferieret i Nakskov og var kommen Aftenen før. 
 Og saa har vi haft et dejligt Besøg af den hjemvendte Ugle og Lasse; de kom til Malerens Hus fra Jylland og havde vistnok haft en dejlig Tur. De kom derud i Lørdags midt om Formiddagen og blev til 10½ Aften, saa vi havde rigtig Tid til alt; det var saa sødt af dem, at de havde taget alle deres Akvareller med fra Rejsen; de var saa skønne, at de næsten tog Vejret fra mig; Lasse bliver en stor Maler, skal du se. Jeg har maaske aldrig set Uglen saa vel ved det før; det var som al hendes Nervøsitet var strøget af hende, og hun var glad, livlig og sød. Hun og Lasse rejste hjem i Mandags, Marie derimod blev. 
 Sagen er, at Agraren fylder 60 Aar d. 26nde Sept. – Kongens Fødselsdag, sender du ham et Kort? – og saa vilde vi den Dag samle lidt af Familien og spurgte saa Marie, om hun ikke kunde komme her [”her” indsat over linjen] over den Dag; da Uglen hørte det, mente hun, at Marie hellere maatte blive her i Stedet for at rejse igen, og saadan blev det altsaa. Las er vist desværre endnu ikke kommen fra Sverige til den Tid.
 Jeg havde Brev fra Pan i Gaar, hun er saa glad for sin Sommerferie, men har vel selv fortalt dig derom; hun skrev lidt om det med Jannas, [”s” sidst i ordet overstreget] men Pan er jo ikke altid let at blive klog paa; vil du ikke nok – selv om det snart er en gammel Historie fortælle mig Gangen i det fra først af; Jannas Ve og Vel ligger mig saa meget paa Sinde og jeg gaar og tumler med det i mine Tanker, men vil vide Besked.
 Tinge kom hjem i Aftes fra sin Politifærd. Det havde drejet sig om etn [”t” midt i ordet overstreget] lovbefalet Sammenkomst mellem Politimesteren, Mary og Tinge, hvor han skal forsøge at mægle. Det er jo ganske unyttigt og tages da ogsaa som en Formsag. – Tinge skal betale til Barnet og det er jo da ogsaa rimeligt nok. – Tiden er omme og jeg naar ikke mere. ”Skriv snart”! 
 Tusinde Hilsner, din Junge.</t>
+  </si>
+  <si>
+    <t>1938-08-31</t>
+  </si>
+  <si>
+    <t>Hareskov</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Margrethe Benzon
+Julie Brandt
+Thora  Branner
+Viktor Jensen
+Adolph Larsen
+Alhed Larsen
+Marie Larsen
+Christine  Mackie
+Søren Madsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Christine Swane
+Lars Swane
+Gertrude Søndergaard
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Martin Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Hensen blev i 1938 gift med Erik/Tinge Warberg Larsen. Ægteskabet holdt kun ganske kort (se hendes biografi under Mary Warberg Larsen). Marys "Mælkefamilie": Hendes far, Viktor Jensen, havde et mælkeudsalg i Kerteminde. 
+Warberg-familien kendte mange, der hed Balslev, så det kan ikke afgøres, hvem af dem, der deltog i den omtalte begravelse. 
+Axel Müllers far kendes ikke. Ej heller Arkitekt Brandt, Anders Lenner, Grethe Benzons sagfører, direktøren i Bredgade eller gamle Albertsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1008</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at Johanne/Junge C. Larsen kan blive opereret.
+Astrid og Axel Müller har mødt en mand, som tilbød dem en flyvetur.
+Historien om Erik Larsen og Mary Jensen/Warberg Larsen har udviklet sig forfærdeligt. Mary sagde engang, at hun ville slide som en karl, hvis hun bare kunne være nær ved Erik. Hun må ikke få lov til at plukke Erik og hans forældre for indbo.
+Astrid har haft besøg af Fritz Warberg. Han var meget sød, men han var også bitter på sin far, som ikke regnede ham for noget, fordi han ikke ville studere. Andreas Warberg, faderen, havde skaffet sønnen en næsten ulønnet plads i en bank. Fritz sagde op og fik nyt job, og da faderen hørte, at han fik lønforhøjelse, nedsatte han det bidrag, han tidligere havde ydet ham. 
+Astrid og Axel havde planlagf at bygge et hus til Janna/Nus Schou, og de havde både fældet en lille skov og købt en grund. Så pludselig meddelte Janna, at hun vilde flytte sit værksted til Søborg. Janna er stærkt påvirket af sin far, Jørgen/Buf Schou og af en Søren Madsen, som er en led karl, og som har for meget indflydelse på Jørgen efter dennes mors død. - Janna besluttede til sidst alligevel at blive i Hareskov, men hun var bange for at føle sig bundet. Astrid og Axel bygger derfor alligevel. De har fået tilbud og hyret håndværkere. Axel har købt et kæmpestort vindue, og Janna har gjort værkstedet i stand. Gertrude/Trut Søndergaard er en god, kunstnerisk hjælp. Sell har taget fotos til Tidens Kvinder. 
+Astrid har nu fået sin egen stue, hvor hun kan holde orden (Janna roder). Hun vil ikke forlange, at Janna skal blive boende hjemme, men hun er ked af, at Søren Madsen og Jørgen Schou har en dårlig indflydelse på hende. 
+Margrethe Benzon har testamenteret Astrid og Axel 1500 kr. De har deltaget i hendes begravelse. 
+Astrid og Axel overvejer at bygge et hus mere, som de kan udleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t5q2</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Skrevet på kuverts bagside;]
+Hareskov
+[I brevet:]
+1.
+Hareskov, 31’ August 1938 – er det virkelig 11 Aar siden Be døde? ufatteligt!
+Kære søde Junge! Tak for dit lange, indgående Brev til Morgen! Aa, hvor jeg føler med dig med den Træthed, Junge – (den er mit Livs Plage) – men tænk, hvis en Operation kunde gøre dig rask, så var det dog vidunderligt; og Lemmerne er formodentlig ikke noget farligt Operationsfelt, det kan jeg da ikke tro? Hvis det var lidt billigere at flyve, så fløj jeg nu over til dig, så vi kunde få en rigtig lang Passiar om alle Dele, for det er jo ikke så lidt, der sker om Ørerne på os – (Axel traf forleden i Frihavnen en Mand, der kom rejsende fra Amerika med en Flyvemaskine, han viste sig at være fra Aarhus – kendte Axels Far osv. - det endte med, at han indbød os alle til en Flyvetur fra Lundtofte Flyveplads, hvor han har sin Maskine, han bor hos noget Direktørværk derude – Nus er Fyr og Flamme, jeg håber, at hun og Axel tager derud, jeg har ikke Kraft til Foretagender af nogen extra Art.) 
+Nå, men så må vi så nøjes med Pennen, Junge. Den Mary-Affaire har dog udviklet sig nederdrægtigt; jeg sagde nu strax til Axel, det er den Mælkefamilie som trækker hende ned – for så slem var hun da ikke før? Skønt Axel sagde – efter at have set hende ved det lille korte Besøg lige efter Brylluppet, da vi kom sammen med Balslevs – Axel sagde om Mary: ”hun er ikke rar”. Han har en ganske forbavsende Evne til ved første Øjekast at se sine Folk an – og det holder altid Stik. Kan du forresten huske, hvad du engang skrev i et Brev til mig, at Mary – da Forlovelsen var hævet – sagde – eller skrev? til dig, at bare hun endda kunde komme og være Pige på Lindøgård, hun vilde slide som en Karl, bare hun fik Lov at være Tinge nær! I må da endelig ikke lade hende plukke Jer for Indbo, men holde på den Kendsgerning, at Tinge intet har – så ved en påtvungen ”Deling”, vilde det vel endda gå ud over Mary selv, juridisk set – efter hendes Ord: hvad dit er – er også mit – det gælder også omvendt! Det er der naturligvis ikke tale om, men det burde foreholdes Mary!
+Men Junge – det store Lyspunkt Sanitetsmeningslånet!!! [”menings” indsat over linjen] Til Lykke – til Lykke! og Tak for det opstemte Kort – og de personlige Hilsener fra Agraren og Marie – det blev jeg meget glad over! Hils dem! Og så alle de gode Familiebesøg! Uglen – Lasse - Dede – Minna – Elle - , I ser rigtignok en Del mere til Slægten end vi her. Forresten havde vi i Lørdags et hyggeligt uventet Besøg af Frits Warberg, han er da vist den sødeste af dem alle? Noget så unbefangen – naturlig og beskeden, jeg synes, han er et bedårende Menneske, - og så tager det jo èn om Hjertet, når han siger: husk dog, jeg er en Warberg, Tante Dis! 
+Det var i Anledning af, at han holdt af at være ene – at isolere sig, i alt Fald til Tider. Han sagde: jeg er nu 
+2)
+så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
+Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
+3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
+4) 
+moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
+5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
+Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
+- Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
+6)
+I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
+Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
+Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
+Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
+Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
+Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
+Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
+Tusinde Hilsner! 
+Din Dis. 
+ps – senere – 
+lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
+Alle her hilser!
+[Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
+[Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
   </si>
   <si>
     <t>1939-03-21</t>
   </si>
   <si>
     <t>Azaleavej 25 Valby</t>
   </si>
   <si>
     <t>Viggo Jastrau
 Ernst Syberg
 Kirsten Syberg
 Peter von Syberg
 Ulla Syberg
 E Wünstedt</t>
   </si>
   <si>
     <t>Kunstforeningen lå og ligger (i 2023) på Gammel strand i København.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57 A 120, Lb. 2, 1289</t>
   </si>
   <si>
     <t>Fritz Syberg har for første gang i de 39 år, han har været medlem, vundet en gevinst i Kunstforeningen. Han beder Hans om at vælge for sig. Jastrau må kunne fortælle, hvornår udleveringen finder sted. Alternativt kan Ernst/Rille måske hente gevinsten.</t>
   </si>
   <si>
@@ -9659,59 +9975,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U3l9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hvf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vDX3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hgWT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bACW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kmyM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/19SI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZDOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eu4p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2D5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IZDb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KeCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XKgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4pWs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6TTa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JG1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KBSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9NeQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lPa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQAV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nPmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h4h2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KbCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exYw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cHqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6mK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a26A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CSEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9dP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UVU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87VJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PfYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NYwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rv9O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0T0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qA3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4aKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hqAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DXk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6JVL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqQn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KILC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vSBt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GLgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fci9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L5fC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dqi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GNf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ztm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROHQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zNim" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4kielGcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OlUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nu45h3lj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I22m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/77nr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pO1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYRP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ETLl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U3l9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hvf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S0nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pVOo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vDX3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hgWT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bACW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xPdM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kmyM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YODa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/19SI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qs1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZDOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eu4p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2D5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IZDb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KeCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XKgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4pWs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6TTa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MwKy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JG1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KBSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9D2q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9NeQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lPa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQAV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nPmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h4h2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KbCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exYw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cHqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6mK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a26A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CSEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9dP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ayi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UVU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87VJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PfYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NYwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rv9O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0T0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qA3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4aKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hqAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DXk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6JVL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqQn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KILC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vSBt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GLgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fHKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fci9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rez1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L5fC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dqi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GNf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ztm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROHQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zNim" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4kielGcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OlUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nu45h3lj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/taqC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I22m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/77nr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pO1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYRP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M214"/>
+  <dimension ref="A1:M220"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -10591,8670 +10907,8942 @@
       </c>
       <c r="I20" s="5" t="s">
         <v>158</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>159</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>160</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>161</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
         <v>163</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>33</v>
+        <v>164</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E21" s="5" t="s">
-        <v>164</v>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>166</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>167</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>168</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>169</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>171</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>172</v>
+        <v>33</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E22" s="5" t="s">
+        <v>172</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
         <v>173</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>174</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>175</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>176</v>
       </c>
       <c r="L22" s="6" t="s">
         <v>177</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
         <v>179</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>180</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E23" s="5" t="s">
-        <v>18</v>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
         <v>181</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>182</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>183</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>184</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>185</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>187</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>172</v>
+        <v>188</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E24" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E24" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>195</v>
+        <v>180</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
         <v>196</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>197</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>198</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>199</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>200</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>202</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>172</v>
+        <v>203</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E27" s="5" t="s">
-        <v>164</v>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E28" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E28" s="5" t="s">
+        <v>172</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>172</v>
+        <v>33</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>224</v>
+        <v>45</v>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
         <v>225</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>226</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>227</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>228</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>229</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>231</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>44</v>
+        <v>180</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>45</v>
+        <v>232</v>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>45</v>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>172</v>
+        <v>55</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      <c r="F32" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="G32" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H32" s="5" t="s">
+      <c r="I32" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="I32" s="5" t="s">
+      <c r="J32" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="J32" s="5" t="s">
+      <c r="K32" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="K32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>251</v>
       </c>
-      <c r="L32" s="6" t="s">
+      <c r="M32" s="5" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E33" s="5" t="s">
         <v>254</v>
       </c>
-      <c r="B33" s="5" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="F33" s="5" t="s">
+        <v>255</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>172</v>
+        <v>55</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F34" s="5" t="s">
-        <v>262</v>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
         <v>263</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>264</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>265</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>266</v>
       </c>
       <c r="L34" s="6" t="s">
         <v>267</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
         <v>269</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="E35" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>270</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D36" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="D36" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" s="5" t="s">
-        <v>277</v>
+        <v>254</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
         <v>278</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>279</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>280</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>281</v>
       </c>
       <c r="L36" s="6" t="s">
         <v>282</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
         <v>284</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D37" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="D37" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="5" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="F37" s="5" t="s">
         <v>285</v>
+      </c>
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
         <v>286</v>
       </c>
       <c r="I37" s="5" t="s">
         <v>287</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>288</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>289</v>
       </c>
       <c r="L37" s="6" t="s">
         <v>290</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
         <v>292</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>79</v>
       </c>
       <c r="E38" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F38" s="5" t="s">
         <v>293</v>
       </c>
-      <c r="F38" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G38" s="5" t="s">
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H38" s="5" t="s">
         <v>294</v>
       </c>
-      <c r="H38" s="5" t="s">
+      <c r="I38" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="I38" s="5" t="s">
+      <c r="J38" s="5" t="s">
         <v>296</v>
       </c>
-      <c r="J38" s="5" t="s">
+      <c r="K38" s="5" t="s">
         <v>297</v>
       </c>
-      <c r="K38" s="5" t="s">
+      <c r="L38" s="6" t="s">
         <v>298</v>
       </c>
-      <c r="L38" s="6" t="s">
+      <c r="M38" s="5" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="E39" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E39" s="5" t="s">
+        <v>301</v>
       </c>
       <c r="F39" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G39" s="5" t="s">
         <v>302</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H39" s="5" t="s">
         <v>303</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>304</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>305</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>306</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>307</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
         <v>309</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="E40" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F40" s="5" t="s">
         <v>310</v>
       </c>
-      <c r="F40" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G40" s="5" t="s">
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H40" s="5" t="s">
         <v>311</v>
       </c>
-      <c r="H40" s="5" t="s">
+      <c r="I40" s="5" t="s">
         <v>312</v>
       </c>
-      <c r="I40" s="5" t="s">
+      <c r="J40" s="5" t="s">
         <v>313</v>
       </c>
-      <c r="J40" s="5" t="s">
+      <c r="K40" s="5" t="s">
         <v>314</v>
       </c>
-      <c r="K40" s="5" t="s">
+      <c r="L40" s="6" t="s">
         <v>315</v>
       </c>
-      <c r="L40" s="6" t="s">
+      <c r="M40" s="5" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="E41" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="F41" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="F41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G41" s="5" t="s">
+        <v>319</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>22</v>
+        <v>322</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E42" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>71</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="I43" s="5"/>
+        <v>335</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>336</v>
+      </c>
       <c r="J43" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>337</v>
+        <v>44</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>45</v>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G45" s="5" t="s">
-        <v>345</v>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>346</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="I45" s="5"/>
       <c r="J45" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="D46" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="D46" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>354</v>
-[...4 lines deleted...]
-        </is>
+        <v>356</v>
+      </c>
+      <c r="K46" s="5" t="s">
+        <v>357</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>79</v>
-[...12 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="s">
+        <v>361</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>361</v>
+        <v>22</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>79</v>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="I48" s="5"/>
+        <v>368</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>369</v>
+      </c>
       <c r="J48" s="5" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>367</v>
+        <v>370</v>
+      </c>
+      <c r="K48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L48" s="6" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>371</v>
+        <v>45</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>372</v>
-[...7 lines deleted...]
-        </is>
+        <v>79</v>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>374</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D50" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="D50" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>17</v>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="I50" s="5" t="s">
         <v>382</v>
       </c>
+      <c r="I50" s="5"/>
       <c r="J50" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K50" s="5" t="s">
         <v>383</v>
       </c>
-      <c r="K50" s="5" t="s">
+      <c r="L50" s="6" t="s">
         <v>384</v>
       </c>
-      <c r="L50" s="6" t="s">
+      <c r="M50" s="5" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C51" s="5" t="s">
         <v>387</v>
       </c>
-      <c r="B51" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D51" s="5" t="s">
-        <v>45</v>
-[...4 lines deleted...]
-        </is>
+        <v>388</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>389</v>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>44</v>
+        <v>397</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>45</v>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G52" s="5" t="s">
-        <v>395</v>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>22</v>
+        <v>400</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F53" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>402</v>
+      <c r="F53" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>22</v>
+        <v>407</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>45</v>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>22</v>
+        <v>414</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F56" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G56" s="5" t="s">
+        <v>426</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>424</v>
+        <v>22</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F57" s="5" t="s">
-[...3 lines deleted...]
-        <v>429</v>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>34</v>
+        <v>433</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D58" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D58" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="I58" s="5"/>
+        <v>440</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>441</v>
+      </c>
       <c r="J58" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F59" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F59" s="5" t="s">
+        <v>35</v>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>22</v>
+        <v>448</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D60" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F60" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G60" s="5" t="s">
+        <v>453</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>447</v>
+        <v>34</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G61" s="5" t="s">
+        <v>459</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>453</v>
-[...3 lines deleted...]
-      </c>
+        <v>460</v>
+      </c>
+      <c r="I61" s="5"/>
       <c r="J61" s="5" t="s">
-        <v>455</v>
+        <v>22</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D62" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D62" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="5" t="s">
-        <v>277</v>
+        <v>18</v>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>463</v>
+        <v>22</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E63" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="J63" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        <v>474</v>
+        <v>35</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="G64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>22</v>
+        <v>479</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>44</v>
+        <v>484</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>481</v>
+        <v>285</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>22</v>
+        <v>487</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D66" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="D66" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E66" s="5" t="s">
-        <v>429</v>
+        <v>18</v>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="J66" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>172</v>
+        <v>16</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>494</v>
+        <v>18</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G67" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G67" s="5" t="s">
+        <v>498</v>
       </c>
       <c r="H67" s="5" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>497</v>
+        <v>22</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>502</v>
+        <v>44</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>505</v>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>297</v>
+        <v>22</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>18</v>
+        <v>453</v>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>297</v>
+        <v>22</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>515</v>
+        <v>180</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>45</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>45</v>
+        <v>526</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>494</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>526</v>
+        <v>305</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>371</v>
-[...7 lines deleted...]
-        <v>531</v>
+        <v>44</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>534</v>
+        <v>305</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>535</v>
       </c>
       <c r="L72" s="6" t="s">
         <v>536</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
         <v>538</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="D73" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="D73" s="5" t="s">
-[...8 lines deleted...]
-        <v>358</v>
+      <c r="E73" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E74" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>546</v>
+      <c r="E74" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>494</v>
+        <v>387</v>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F75" s="5" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>44</v>
-[...10 lines deleted...]
-        <v>562</v>
+        <v>79</v>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H76" s="5" t="s">
         <v>563</v>
       </c>
       <c r="I76" s="5" t="s">
         <v>564</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>22</v>
+        <v>565</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>44</v>
-[...10 lines deleted...]
-        <v>569</v>
+        <v>45</v>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="G77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>22</v>
+        <v>573</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>18</v>
+        <v>518</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>576</v>
+        <v>578</v>
+      </c>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>22</v>
+        <v>581</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>481</v>
-[...7 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G79" s="5" t="s">
+        <v>586</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="J79" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>589</v>
+        <v>44</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G80" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G80" s="5" t="s">
+        <v>593</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>592</v>
+        <v>22</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>358</v>
-[...9 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G81" s="5" t="s">
+        <v>600</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>599</v>
+        <v>22</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>604</v>
+        <v>16</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>481</v>
-[...4 lines deleted...]
-        </is>
+        <v>505</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="J82" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>44</v>
+        <v>397</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>481</v>
+        <v>35</v>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H83" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H83" s="5" t="s">
+        <v>613</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>22</v>
+        <v>615</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>16</v>
+        <v>387</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>481</v>
+        <v>374</v>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>22</v>
+        <v>622</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>16</v>
+        <v>627</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>18</v>
+        <v>505</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G85" s="5" t="s">
-        <v>481</v>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>622</v>
-[...1 lines deleted...]
-      <c r="I85" s="5"/>
+        <v>628</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>629</v>
+      </c>
       <c r="J85" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>627</v>
+        <v>16</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>628</v>
+        <v>505</v>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H86" s="5" t="s">
-        <v>629</v>
+      <c r="H86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I86" s="5" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>631</v>
+        <v>22</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>636</v>
+        <v>16</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>45</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>505</v>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>639</v>
+        <v>22</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C88" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C88" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G88" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G88" s="5" t="s">
+        <v>505</v>
       </c>
       <c r="H88" s="5" t="s">
-        <v>644</v>
-[...1 lines deleted...]
-      <c r="I88" s="5" t="s">
         <v>645</v>
       </c>
+      <c r="I88" s="5"/>
       <c r="J88" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K88" s="5" t="s">
         <v>646</v>
       </c>
-      <c r="K88" s="5" t="s">
+      <c r="L88" s="6" t="s">
         <v>647</v>
       </c>
-      <c r="L88" s="6" t="s">
+      <c r="M88" s="5" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C89" s="5" t="s">
         <v>650</v>
       </c>
-      <c r="B89" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D89" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>481</v>
+        <v>651</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>22</v>
+        <v>654</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>16</v>
+        <v>659</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>45</v>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G90" s="5" t="s">
-        <v>657</v>
+      <c r="G90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>22</v>
+        <v>662</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C91" s="5" t="s">
-        <v>664</v>
+      <c r="C91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D91" s="5" t="s">
         <v>45</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>665</v>
+        <v>18</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>502</v>
+        <v>44</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>505</v>
+      </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>297</v>
+        <v>22</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>481</v>
+        <v>505</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G93" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G93" s="5" t="s">
+        <v>680</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="J93" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>16</v>
+        <v>687</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>481</v>
+        <v>688</v>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>22</v>
+        <v>691</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>44</v>
+        <v>526</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>481</v>
-[...7 lines deleted...]
-        <v>691</v>
+        <v>17</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>22</v>
+        <v>305</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>481</v>
+        <v>505</v>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="J96" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D97" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="D97" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E97" s="5" t="s">
+        <v>505</v>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>481</v>
+        <v>505</v>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G98" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G98" s="5" t="s">
+        <v>714</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="J98" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>18</v>
+        <v>505</v>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G99" s="5" t="s">
-        <v>716</v>
+      <c r="G99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="J99" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F100" s="5" t="s">
-        <v>723</v>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>726</v>
+        <v>22</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>731</v>
+        <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>732</v>
+        <v>16</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>481</v>
+        <v>505</v>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H101" s="5" t="s">
         <v>733</v>
       </c>
-      <c r="I101" s="5"/>
+      <c r="I101" s="5" t="s">
+        <v>734</v>
+      </c>
       <c r="J101" s="5" t="s">
-        <v>297</v>
+        <v>22</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>371</v>
-[...12 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E102" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G102" s="5" t="s">
+        <v>739</v>
       </c>
       <c r="H102" s="5" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>741</v>
+        <v>22</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>742</v>
       </c>
       <c r="L102" s="6" t="s">
         <v>743</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
         <v>745</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>44</v>
-[...9 lines deleted...]
-      <c r="G103" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F103" s="5" t="s">
         <v>746</v>
+      </c>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H103" s="5" t="s">
         <v>747</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>748</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>22</v>
+        <v>749</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>14</v>
+        <v>754</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>371</v>
+        <v>755</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>172</v>
+        <v>16</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>753</v>
+        <v>18</v>
       </c>
       <c r="F104" s="5" t="s">
-        <v>754</v>
+        <v>17</v>
       </c>
       <c r="G104" s="5" t="s">
-        <v>755</v>
+        <v>505</v>
       </c>
       <c r="H104" s="5" t="s">
         <v>756</v>
       </c>
-      <c r="I104" s="5" t="s">
+      <c r="I104" s="5"/>
+      <c r="J104" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="K104" s="5" t="s">
         <v>757</v>
       </c>
-      <c r="J104" s="5" t="s">
+      <c r="L104" s="6" t="s">
         <v>758</v>
       </c>
-      <c r="K104" s="5" t="s">
+      <c r="M104" s="5" t="s">
         <v>759</v>
-      </c>
-[...4 lines deleted...]
-        <v>761</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>371</v>
-[...7 lines deleted...]
-        </is>
+        <v>387</v>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>761</v>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="I105" s="5" t="s">
         <v>763</v>
       </c>
-      <c r="I105" s="5" t="s">
+      <c r="J105" s="5" t="s">
         <v>764</v>
       </c>
-      <c r="J105" s="5" t="s">
+      <c r="K105" s="5" t="s">
         <v>765</v>
       </c>
-      <c r="K105" s="5" t="s">
+      <c r="L105" s="6" t="s">
         <v>766</v>
       </c>
-      <c r="L105" s="6" t="s">
+      <c r="M105" s="5" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="F106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G106" s="5" t="s">
         <v>769</v>
       </c>
-      <c r="B106" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F106" s="5" t="s">
+      <c r="H106" s="5" t="s">
         <v>770</v>
       </c>
-      <c r="G106" s="5" t="s">
+      <c r="I106" s="5" t="s">
         <v>771</v>
       </c>
-      <c r="H106" s="5" t="s">
+      <c r="J106" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K106" s="5" t="s">
         <v>772</v>
       </c>
-      <c r="I106" s="5" t="s">
+      <c r="L106" s="6" t="s">
         <v>773</v>
       </c>
-      <c r="J106" s="5" t="s">
+      <c r="M106" s="5" t="s">
         <v>774</v>
-      </c>
-[...7 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
+        <v>775</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>776</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>777</v>
+      </c>
+      <c r="G107" s="5" t="s">
         <v>778</v>
       </c>
-      <c r="B107" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C107" s="5" t="s">
+      <c r="H107" s="5" t="s">
         <v>779</v>
       </c>
-      <c r="D107" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G107" s="5" t="s">
+      <c r="I107" s="5" t="s">
         <v>780</v>
       </c>
-      <c r="H107" s="5" t="s">
+      <c r="J107" s="5" t="s">
         <v>781</v>
       </c>
-      <c r="I107" s="5" t="s">
+      <c r="K107" s="5" t="s">
         <v>782</v>
       </c>
-      <c r="J107" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K107" s="5" t="s">
+      <c r="L107" s="6" t="s">
         <v>783</v>
       </c>
-      <c r="L107" s="6" t="s">
+      <c r="M107" s="5" t="s">
         <v>784</v>
-      </c>
-[...1 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
+        <v>785</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H108" s="5" t="s">
         <v>786</v>
       </c>
-      <c r="B108" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E108" s="5" t="s">
+      <c r="I108" s="5" t="s">
         <v>787</v>
       </c>
-      <c r="F108" s="5" t="s">
+      <c r="J108" s="5" t="s">
         <v>788</v>
       </c>
-      <c r="G108" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H108" s="5" t="s">
+      <c r="K108" s="5" t="s">
         <v>789</v>
       </c>
-      <c r="I108" s="5" t="s">
+      <c r="L108" s="6" t="s">
         <v>790</v>
       </c>
-      <c r="J108" s="5" t="s">
+      <c r="M108" s="5" t="s">
         <v>791</v>
-      </c>
-[...7 lines deleted...]
-        <v>794</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="E109" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F109" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="G109" s="5" t="s">
+        <v>794</v>
+      </c>
+      <c r="H109" s="5" t="s">
         <v>795</v>
       </c>
-      <c r="B109" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F109" s="5" t="s">
+      <c r="I109" s="5" t="s">
         <v>796</v>
       </c>
-      <c r="G109" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H109" s="5" t="s">
+      <c r="J109" s="5" t="s">
         <v>797</v>
       </c>
-      <c r="I109" s="5" t="s">
+      <c r="K109" s="5" t="s">
         <v>798</v>
       </c>
-      <c r="J109" s="5" t="s">
+      <c r="L109" s="6" t="s">
         <v>799</v>
       </c>
-      <c r="K109" s="5" t="s">
+      <c r="M109" s="5" t="s">
         <v>800</v>
-      </c>
-[...4 lines deleted...]
-        <v>802</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="E110" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="G110" s="5" t="s">
         <v>803</v>
       </c>
-      <c r="B110" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E110" s="5" t="s">
+      <c r="H110" s="5" t="s">
         <v>804</v>
       </c>
-      <c r="F110" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H110" s="5" t="s">
+      <c r="I110" s="5" t="s">
         <v>805</v>
       </c>
-      <c r="I110" s="5" t="s">
+      <c r="J110" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="K110" s="5" t="s">
         <v>806</v>
       </c>
-      <c r="J110" s="5" t="s">
+      <c r="L110" s="6" t="s">
         <v>807</v>
       </c>
-      <c r="K110" s="5" t="s">
+      <c r="M110" s="5" t="s">
         <v>808</v>
-      </c>
-[...4 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
+        <v>809</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E111" s="5" t="s">
+        <v>810</v>
+      </c>
+      <c r="F111" s="5" t="s">
         <v>811</v>
       </c>
-      <c r="B111" s="5" t="s">
-[...17 lines deleted...]
-        <v>481</v>
+      <c r="G111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H111" s="5" t="s">
         <v>812</v>
       </c>
       <c r="I111" s="5" t="s">
         <v>813</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>22</v>
+        <v>814</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>44</v>
-[...10 lines deleted...]
-        <v>481</v>
+        <v>387</v>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>819</v>
+      </c>
+      <c r="G112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>22</v>
+        <v>822</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>16</v>
+        <v>387</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>824</v>
+        <v>827</v>
+      </c>
+      <c r="F113" s="5" t="s">
+        <v>811</v>
+      </c>
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>22</v>
+        <v>830</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>14</v>
+        <v>754</v>
       </c>
       <c r="C114" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D114" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D114" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E114" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G114" s="5" t="s">
+        <v>505</v>
       </c>
       <c r="H114" s="5" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="J114" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G115" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G115" s="5" t="s">
+        <v>505</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="J115" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>844</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G116" s="5" t="s">
+        <v>847</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>848</v>
+        <v>22</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F117" s="5" t="s">
+        <v>854</v>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>853</v>
-[...1 lines deleted...]
-      <c r="I117" s="5"/>
+        <v>855</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>856</v>
+      </c>
       <c r="J117" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>481</v>
+        <v>18</v>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>16</v>
+        <v>387</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>481</v>
-[...4 lines deleted...]
-        </is>
+        <v>867</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>868</v>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>22</v>
+        <v>871</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>172</v>
+        <v>44</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>870</v>
+        <v>18</v>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>871</v>
-[...3 lines deleted...]
-      </c>
+        <v>876</v>
+      </c>
+      <c r="I120" s="5"/>
       <c r="J120" s="5" t="s">
-        <v>873</v>
+        <v>22</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>481</v>
+        <v>505</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="J121" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>481</v>
+        <v>505</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G122" s="5" t="s">
-        <v>884</v>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="J122" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>44</v>
+        <v>180</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G123" s="5" t="s">
-        <v>892</v>
+      <c r="G123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>22</v>
+        <v>896</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>899</v>
+        <v>16</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>732</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>505</v>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H124" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I124" s="5"/>
+      <c r="H124" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="I124" s="5" t="s">
+        <v>902</v>
+      </c>
       <c r="J124" s="5" t="s">
-        <v>900</v>
+        <v>22</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>371</v>
+        <v>44</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        </is>
+        <v>505</v>
+      </c>
+      <c r="F125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G125" s="5" t="s">
+        <v>907</v>
       </c>
       <c r="H125" s="5" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>907</v>
+        <v>22</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>371</v>
+        <v>44</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>912</v>
-[...7 lines deleted...]
-        </is>
+        <v>914</v>
+      </c>
+      <c r="F126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G126" s="5" t="s">
+        <v>915</v>
       </c>
       <c r="H126" s="5" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>915</v>
+        <v>22</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>921</v>
+        <v>755</v>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H127" s="5" t="s">
-        <v>922</v>
+      <c r="H127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I127" s="5"/>
       <c r="J127" s="5" t="s">
         <v>923</v>
       </c>
       <c r="K127" s="5" t="s">
         <v>924</v>
       </c>
       <c r="L127" s="6" t="s">
         <v>925</v>
       </c>
       <c r="M127" s="5" t="s">
         <v>926</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
         <v>927</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>899</v>
+        <v>45</v>
       </c>
       <c r="D128" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F128" s="5" t="s">
+        <v>819</v>
+      </c>
+      <c r="G128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H128" s="5" t="s">
         <v>928</v>
       </c>
-      <c r="E128" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H128" s="5" t="s">
+      <c r="I128" s="5" t="s">
         <v>929</v>
       </c>
-      <c r="I128" s="5"/>
       <c r="J128" s="5" t="s">
         <v>930</v>
       </c>
       <c r="K128" s="5" t="s">
         <v>931</v>
       </c>
       <c r="L128" s="6" t="s">
         <v>932</v>
       </c>
       <c r="M128" s="5" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
         <v>934</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="E129" s="5" t="s">
         <v>935</v>
       </c>
       <c r="F129" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="G129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H129" s="5" t="s">
         <v>936</v>
       </c>
-      <c r="G129" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H129" s="5" t="s">
+      <c r="I129" s="5" t="s">
         <v>937</v>
       </c>
-      <c r="I129" s="5" t="s">
+      <c r="J129" s="5" t="s">
         <v>938</v>
       </c>
-      <c r="J129" s="5" t="s">
+      <c r="K129" s="5" t="s">
         <v>939</v>
       </c>
-      <c r="K129" s="5" t="s">
+      <c r="L129" s="6" t="s">
         <v>940</v>
       </c>
-      <c r="L129" s="6" t="s">
+      <c r="M129" s="5" t="s">
         <v>941</v>
-      </c>
-[...1 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
+        <v>942</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C130" s="5" t="s">
         <v>943</v>
       </c>
-      <c r="B130" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D130" s="5" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>429</v>
+        <v>944</v>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>944</v>
-[...1 lines deleted...]
-      <c r="I130" s="5" t="s">
         <v>945</v>
       </c>
+      <c r="I130" s="5"/>
       <c r="J130" s="5" t="s">
         <v>946</v>
       </c>
       <c r="K130" s="5" t="s">
         <v>947</v>
       </c>
       <c r="L130" s="6" t="s">
         <v>948</v>
       </c>
       <c r="M130" s="5" t="s">
         <v>949</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
         <v>950</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>371</v>
+        <v>922</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>45</v>
+        <v>951</v>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>951</v>
-[...1 lines deleted...]
-      <c r="I131" s="5" t="s">
         <v>952</v>
       </c>
+      <c r="I131" s="5"/>
       <c r="J131" s="5" t="s">
         <v>953</v>
       </c>
       <c r="K131" s="5" t="s">
         <v>954</v>
       </c>
       <c r="L131" s="6" t="s">
         <v>955</v>
       </c>
       <c r="M131" s="5" t="s">
         <v>956</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
         <v>957</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>899</v>
+        <v>45</v>
       </c>
       <c r="D132" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="E132" s="5" t="s">
         <v>958</v>
       </c>
-      <c r="E132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F132" s="5" t="s">
+        <v>959</v>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>929</v>
+        <v>960</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>965</v>
+        <v>453</v>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>731</v>
+        <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>973</v>
+        <v>387</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>899</v>
+        <v>45</v>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H134" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I134" s="5"/>
+      <c r="H134" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="I134" s="5" t="s">
+        <v>975</v>
+      </c>
       <c r="J134" s="5" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>731</v>
+        <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>979</v>
+        <v>922</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>899</v>
+        <v>981</v>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>973</v>
-[...1 lines deleted...]
-      <c r="I135" s="5"/>
+        <v>952</v>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>982</v>
+      </c>
       <c r="J135" s="5" t="s">
-        <v>974</v>
+        <v>983</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>978</v>
+        <v>987</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>899</v>
+        <v>45</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>979</v>
-[...4 lines deleted...]
-        </is>
+        <v>387</v>
+      </c>
+      <c r="E136" s="5" t="s">
+        <v>988</v>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>983</v>
-[...1 lines deleted...]
-      <c r="I136" s="5"/>
+        <v>989</v>
+      </c>
+      <c r="I136" s="5" t="s">
+        <v>990</v>
+      </c>
       <c r="J136" s="5" t="s">
-        <v>974</v>
+        <v>991</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>984</v>
+        <v>992</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>985</v>
+        <v>993</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>986</v>
+        <v>994</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>987</v>
+        <v>995</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>14</v>
+        <v>754</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>899</v>
+        <v>996</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>979</v>
+        <v>922</v>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H137" s="5" t="s">
-        <v>973</v>
+      <c r="H137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I137" s="5"/>
       <c r="J137" s="5" t="s">
-        <v>974</v>
+        <v>997</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>988</v>
+        <v>998</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>989</v>
+        <v>999</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>990</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>991</v>
+        <v>1001</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>14</v>
+        <v>754</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>44</v>
+        <v>1002</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>45</v>
+        <v>922</v>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>992</v>
-[...3 lines deleted...]
-      </c>
+        <v>996</v>
+      </c>
+      <c r="I138" s="5"/>
       <c r="J138" s="5" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>996</v>
+        <v>1004</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>997</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>45</v>
+        <v>922</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>371</v>
+        <v>1002</v>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F139" s="5" t="s">
-        <v>999</v>
+      <c r="F139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>1000</v>
-[...3 lines deleted...]
-      </c>
+        <v>1006</v>
+      </c>
+      <c r="I139" s="5"/>
       <c r="J139" s="5" t="s">
-        <v>1002</v>
+        <v>997</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>731</v>
+        <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>732</v>
+        <v>922</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>481</v>
+        <v>1002</v>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>733</v>
-[...3 lines deleted...]
-      </c>
+        <v>996</v>
+      </c>
+      <c r="I140" s="5"/>
       <c r="J140" s="5" t="s">
-        <v>297</v>
+        <v>997</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D141" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="D141" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F141" s="5" t="s">
-        <v>796</v>
+      <c r="F141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F142" s="5" t="s">
-        <v>796</v>
+        <v>1022</v>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>14</v>
+        <v>754</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>371</v>
+        <v>755</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>45</v>
-[...14 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E143" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F143" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G143" s="5" t="s">
+        <v>505</v>
       </c>
       <c r="H143" s="5" t="s">
-        <v>1026</v>
+        <v>756</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>1028</v>
+        <v>305</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>1033</v>
-[...7 lines deleted...]
-        </is>
+        <v>387</v>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F144" s="5" t="s">
+        <v>819</v>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>371</v>
+        <v>33</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>1041</v>
+        <v>387</v>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F145" s="5" t="s">
+        <v>819</v>
+      </c>
+      <c r="G145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H145" s="5" t="s">
         <v>1042</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="I145" s="5" t="s">
         <v>1043</v>
       </c>
       <c r="J145" s="5" t="s">
         <v>1044</v>
       </c>
       <c r="K145" s="5" t="s">
         <v>1045</v>
       </c>
       <c r="L145" s="6" t="s">
         <v>1046</v>
       </c>
       <c r="M145" s="5" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
         <v>1048</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>899</v>
+        <v>387</v>
       </c>
       <c r="D146" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H146" s="5" t="s">
         <v>1049</v>
       </c>
-      <c r="E146" s="5" t="inlineStr">
-[...17 lines deleted...]
-      <c r="I146" s="5"/>
+      <c r="I146" s="5" t="s">
+        <v>1050</v>
+      </c>
       <c r="J146" s="5" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>44</v>
+        <v>1056</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>22</v>
+        <v>1059</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>1061</v>
+        <v>387</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>1062</v>
-[...7 lines deleted...]
-        </is>
+        <v>1064</v>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F148" s="5" t="s">
+        <v>1065</v>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H148" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I148" s="5"/>
+      <c r="H148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I148" s="5" t="s">
+        <v>1066</v>
+      </c>
       <c r="J148" s="5" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>371</v>
+        <v>922</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>1069</v>
+        <v>1072</v>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1070</v>
-[...3 lines deleted...]
-      </c>
+        <v>944</v>
+      </c>
+      <c r="I149" s="5"/>
       <c r="J149" s="5" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>1077</v>
+        <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>1061</v>
+        <v>16</v>
       </c>
       <c r="D150" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H150" s="5" t="s">
         <v>1078</v>
       </c>
-      <c r="E150" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F150" s="5" t="s">
+      <c r="I150" s="5" t="s">
         <v>1079</v>
       </c>
-      <c r="G150" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I150" s="5" t="s">
+      <c r="J150" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K150" s="5" t="s">
         <v>1080</v>
       </c>
-      <c r="J150" s="5" t="s">
+      <c r="L150" s="6" t="s">
         <v>1081</v>
       </c>
-      <c r="K150" s="5" t="s">
+      <c r="M150" s="5" t="s">
         <v>1082</v>
-      </c>
-[...4 lines deleted...]
-        <v>1084</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B151" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C151" s="5" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D151" s="5" t="s">
         <v>1085</v>
       </c>
-      <c r="B151" s="5" t="s">
+      <c r="E151" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="F151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H151" s="5" t="s">
         <v>1086</v>
-      </c>
-[...18 lines deleted...]
-        <v>1063</v>
       </c>
       <c r="I151" s="5"/>
       <c r="J151" s="5" t="s">
-        <v>1064</v>
+        <v>1087</v>
       </c>
       <c r="K151" s="5" t="s">
+        <v>1088</v>
+      </c>
+      <c r="L151" s="6" t="s">
         <v>1089</v>
       </c>
-      <c r="L151" s="6" t="s">
+      <c r="M151" s="5" t="s">
         <v>1090</v>
-      </c>
-[...1 lines deleted...]
-        <v>1091</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B152" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C152" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="D152" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E152" s="5" t="s">
         <v>1092</v>
       </c>
-      <c r="B152" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H152" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I152" s="5"/>
+      <c r="H152" s="5" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I152" s="5" t="s">
+        <v>1094</v>
+      </c>
       <c r="J152" s="5" t="s">
-        <v>1064</v>
+        <v>1095</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>14</v>
+        <v>1100</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>1061</v>
+        <v>1084</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>1078</v>
+        <v>1101</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>1097</v>
-[...4 lines deleted...]
-        </is>
+        <v>505</v>
+      </c>
+      <c r="F153" s="5" t="s">
+        <v>1102</v>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1098</v>
-[...1 lines deleted...]
-      <c r="I153" s="5"/>
+        <v>996</v>
+      </c>
+      <c r="I153" s="5" t="s">
+        <v>1103</v>
+      </c>
       <c r="J153" s="5" t="s">
-        <v>1081</v>
+        <v>1104</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1100</v>
+        <v>1106</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1101</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1102</v>
+        <v>1108</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>14</v>
+        <v>1109</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>1103</v>
+        <v>1110</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>589</v>
-[...9 lines deleted...]
-        </is>
+        <v>1084</v>
+      </c>
+      <c r="E154" s="5" t="s">
+        <v>958</v>
+      </c>
+      <c r="F154" s="5" t="s">
+        <v>1111</v>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1104</v>
-[...3 lines deleted...]
-      </c>
+        <v>1086</v>
+      </c>
+      <c r="I154" s="5"/>
       <c r="J154" s="5" t="s">
-        <v>1106</v>
+        <v>1087</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>1061</v>
+        <v>1084</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>1111</v>
+        <v>922</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>1112</v>
+        <v>505</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H155" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I155" s="5"/>
       <c r="J155" s="5" t="s">
-        <v>1081</v>
+        <v>1087</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>731</v>
+        <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>16</v>
+        <v>1084</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>44</v>
+        <v>1101</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>481</v>
+        <v>1120</v>
+      </c>
+      <c r="F156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1119</v>
-[...3 lines deleted...]
-      </c>
+        <v>1121</v>
+      </c>
+      <c r="I156" s="5"/>
       <c r="J156" s="5" t="s">
-        <v>297</v>
+        <v>1104</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>371</v>
+        <v>1126</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>1126</v>
+        <v>397</v>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
         <v>1127</v>
       </c>
       <c r="I157" s="5" t="s">
         <v>1128</v>
       </c>
       <c r="J157" s="5" t="s">
         <v>1129</v>
       </c>
       <c r="K157" s="5" t="s">
         <v>1130</v>
       </c>
       <c r="L157" s="6" t="s">
         <v>1131</v>
       </c>
       <c r="M157" s="5" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
         <v>1133</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>371</v>
+        <v>1084</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>45</v>
+        <v>1134</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>1125</v>
+        <v>1135</v>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>1136</v>
+        <v>1104</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>14</v>
+        <v>754</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>33</v>
-[...14 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E159" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F159" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G159" s="5" t="s">
+        <v>505</v>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>1143</v>
+        <v>305</v>
       </c>
       <c r="K159" s="5" t="s">
         <v>1144</v>
       </c>
       <c r="L159" s="6" t="s">
         <v>1145</v>
       </c>
       <c r="M159" s="5" t="s">
         <v>1146</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
         <v>1147</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>16</v>
+        <v>387</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>18</v>
-[...6 lines deleted...]
-      <c r="G160" s="5" t="s">
         <v>1148</v>
       </c>
+      <c r="F160" s="5" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="H160" s="5" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>22</v>
+        <v>1152</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="D161" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="D161" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E161" s="5" t="s">
+        <v>1148</v>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>1162</v>
+        <v>387</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>33</v>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D163" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="J163" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>1177</v>
+        <v>539</v>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
         <v>1178</v>
       </c>
       <c r="I164" s="5" t="s">
         <v>1179</v>
       </c>
       <c r="J164" s="5" t="s">
-        <v>297</v>
+        <v>1180</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D165" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="D165" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E165" s="5" t="s">
-        <v>17</v>
+        <v>505</v>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>1186</v>
-[...4 lines deleted...]
-        </is>
+        <v>1188</v>
+      </c>
+      <c r="K165" s="5" t="s">
+        <v>1189</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D166" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="D166" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E166" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G166" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G166" s="5" t="s">
+        <v>1193</v>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>1192</v>
+        <v>22</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>371</v>
+        <v>44</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>1197</v>
+        <v>1200</v>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>1200</v>
+        <v>305</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>1162</v>
+        <v>45</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>45</v>
+        <v>397</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>481</v>
+        <v>17</v>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="I168" s="5" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="J168" s="5" t="s">
-        <v>1207</v>
-[...2 lines deleted...]
-        <v>1208</v>
+        <v>1209</v>
+      </c>
+      <c r="K168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>44</v>
+        <v>1213</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>1212</v>
+        <v>45</v>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F169" s="5" t="s">
-        <v>1213</v>
+      <c r="F169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
         <v>1214</v>
       </c>
       <c r="I169" s="5" t="s">
         <v>1215</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>1192</v>
+        <v>1216</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>1061</v>
+        <v>44</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>1111</v>
-[...2 lines deleted...]
-        <v>1042</v>
+        <v>1200</v>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I170" s="5" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="J170" s="5" t="s">
-        <v>1081</v>
+        <v>1223</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>44</v>
+        <v>387</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>1228</v>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>22</v>
+        <v>1231</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>44</v>
+        <v>1185</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>1212</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>505</v>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G172" s="5" t="s">
-        <v>1232</v>
+      <c r="G172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>297</v>
+        <v>1238</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>589</v>
+        <v>1243</v>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F173" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F173" s="5" t="s">
+        <v>1244</v>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1239</v>
-[...1 lines deleted...]
-      <c r="I173" s="5"/>
+        <v>1245</v>
+      </c>
+      <c r="I173" s="5" t="s">
+        <v>1246</v>
+      </c>
       <c r="J173" s="5" t="s">
-        <v>1240</v>
+        <v>1223</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1241</v>
+        <v>1247</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1242</v>
+        <v>1248</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1243</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1244</v>
+        <v>1250</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>16</v>
+        <v>1084</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>44</v>
+        <v>1134</v>
       </c>
       <c r="E174" s="5" t="s">
-        <v>17</v>
+        <v>1065</v>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G174" s="5" t="s">
-        <v>429</v>
+      <c r="G174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1245</v>
+        <v>1251</v>
       </c>
       <c r="I174" s="5" t="s">
-        <v>1246</v>
+        <v>1252</v>
       </c>
       <c r="J174" s="5" t="s">
-        <v>22</v>
+        <v>1104</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1247</v>
+        <v>1253</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1248</v>
+        <v>1254</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1249</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1250</v>
+        <v>1256</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>1251</v>
+        <v>16</v>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
       <c r="I175" s="5" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="J175" s="5" t="s">
-        <v>1192</v>
+        <v>22</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1256</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>1212</v>
-[...2 lines deleted...]
-        <v>1258</v>
+        <v>1243</v>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G176" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G176" s="5" t="s">
+        <v>1263</v>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1263</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1264</v>
+        <v>1269</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>1177</v>
+        <v>397</v>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H177" s="5" t="s">
-        <v>1265</v>
-[...3 lines deleted...]
-      </c>
+        <v>1270</v>
+      </c>
+      <c r="I177" s="5"/>
       <c r="J177" s="5" t="s">
-        <v>297</v>
+        <v>1271</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>1271</v>
+        <v>16</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>502</v>
+        <v>44</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G178" s="5" t="s">
+        <v>453</v>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="I178" s="5" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="J178" s="5" t="s">
-        <v>297</v>
+        <v>22</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>1271</v>
+        <v>44</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>502</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>1282</v>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="I179" s="5" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>297</v>
+        <v>1223</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>1285</v>
+        <v>16</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>1286</v>
+        <v>1243</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>17</v>
+        <v>1289</v>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G180" s="5" t="s">
-        <v>1287</v>
+      <c r="G180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1288</v>
-[...1 lines deleted...]
-      <c r="I180" s="5"/>
+        <v>1290</v>
+      </c>
+      <c r="I180" s="5" t="s">
+        <v>1291</v>
+      </c>
       <c r="J180" s="5" t="s">
-        <v>1289</v>
+        <v>305</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>1285</v>
+        <v>44</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1200</v>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G181" s="5" t="s">
-        <v>1287</v>
+      <c r="G181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="I181" s="5" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="J181" s="5" t="s">
-        <v>1289</v>
+        <v>305</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>1285</v>
+        <v>1302</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>589</v>
+        <v>526</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>1300</v>
+        <v>18</v>
+      </c>
+      <c r="F182" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H182" s="5" t="s">
-        <v>1301</v>
-[...1 lines deleted...]
-      <c r="I182" s="5"/>
+        <v>1303</v>
+      </c>
+      <c r="I182" s="5" t="s">
+        <v>1304</v>
+      </c>
       <c r="J182" s="5" t="s">
-        <v>1289</v>
+        <v>305</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>16</v>
+        <v>1302</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>44</v>
+        <v>526</v>
       </c>
       <c r="E183" s="5" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F183" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F183" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>1306</v>
+      <c r="G183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="I183" s="5" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="J183" s="5" t="s">
-        <v>22</v>
+        <v>305</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>44</v>
+        <v>1316</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1317</v>
+      </c>
+      <c r="E184" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G184" s="5" t="s">
-        <v>1313</v>
+        <v>1318</v>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1314</v>
-[...3 lines deleted...]
-      </c>
+        <v>1319</v>
+      </c>
+      <c r="I184" s="5"/>
       <c r="J184" s="5" t="s">
-        <v>22</v>
+        <v>1320</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1316</v>
+        <v>1321</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1317</v>
+        <v>1322</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1318</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1319</v>
+        <v>1324</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>16</v>
+        <v>1316</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>44</v>
+        <v>397</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="F185" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G185" s="5" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H185" s="5" t="s">
+        <v>1325</v>
+      </c>
+      <c r="I185" s="5" t="s">
+        <v>1326</v>
+      </c>
+      <c r="J185" s="5" t="s">
         <v>1320</v>
       </c>
-      <c r="G185" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K185" s="5" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>1061</v>
+        <v>1316</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>1111</v>
+        <v>397</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>1112</v>
+        <v>17</v>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G186" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G186" s="5" t="s">
+        <v>1331</v>
       </c>
       <c r="H186" s="5" t="s">
-        <v>1328</v>
-[...3 lines deleted...]
-      </c>
+        <v>1332</v>
+      </c>
+      <c r="I186" s="5"/>
       <c r="J186" s="5" t="s">
-        <v>1081</v>
+        <v>1320</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>1334</v>
-[...2 lines deleted...]
-        <v>1126</v>
+        <v>18</v>
+      </c>
+      <c r="F187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G187" s="5" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>1338</v>
+        <v>22</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>1061</v>
+        <v>44</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>1078</v>
-[...2 lines deleted...]
-        <v>1088</v>
+        <v>16</v>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G188" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G188" s="5" t="s">
+        <v>1344</v>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="I188" s="5" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="J188" s="5" t="s">
-        <v>1081</v>
+        <v>22</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>1349</v>
+        <v>16</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>502</v>
+        <v>44</v>
       </c>
       <c r="E189" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F189" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>1351</v>
+      </c>
+      <c r="G189" s="5" t="s">
+        <v>1352</v>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="I189" s="5" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
       <c r="J189" s="5" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1354</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>1356</v>
+        <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1084</v>
+      </c>
+      <c r="D190" s="5" t="s">
+        <v>1134</v>
+      </c>
+      <c r="E190" s="5" t="s">
+        <v>1135</v>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1357</v>
-[...5 lines deleted...]
-        </is>
+        <v>1359</v>
+      </c>
+      <c r="I190" s="5" t="s">
+        <v>1360</v>
+      </c>
+      <c r="J190" s="5" t="s">
+        <v>1104</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1359</v>
-[...1 lines deleted...]
-      <c r="M190" s="5"/>
+        <v>1362</v>
+      </c>
+      <c r="M190" s="5" t="s">
+        <v>1363</v>
+      </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>1356</v>
+        <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>16</v>
-[...19 lines deleted...]
-        </is>
+        <v>387</v>
+      </c>
+      <c r="D191" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E191" s="5" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F191" s="5" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G191" s="5" t="s">
+        <v>1366</v>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1361</v>
-[...5 lines deleted...]
-        </is>
+        <v>1367</v>
+      </c>
+      <c r="I191" s="5" t="s">
+        <v>1368</v>
+      </c>
+      <c r="J191" s="5" t="s">
+        <v>1369</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1358</v>
+        <v>1370</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1362</v>
-[...1 lines deleted...]
-      <c r="M191" s="5"/>
+        <v>1371</v>
+      </c>
+      <c r="M191" s="5" t="s">
+        <v>1372</v>
+      </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1363</v>
+        <v>1373</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>44</v>
+        <v>1084</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        <v>1365</v>
+        <v>1101</v>
+      </c>
+      <c r="E192" s="5" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1366</v>
+        <v>1374</v>
       </c>
       <c r="I192" s="5" t="s">
-        <v>1367</v>
+        <v>1375</v>
       </c>
       <c r="J192" s="5" t="s">
-        <v>22</v>
+        <v>1104</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1368</v>
+        <v>1376</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1369</v>
+        <v>1377</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1370</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1371</v>
+        <v>1379</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>1356</v>
+        <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>1380</v>
+      </c>
+      <c r="D193" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="E193" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F193" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1372</v>
-[...5 lines deleted...]
-        </is>
+        <v>1381</v>
+      </c>
+      <c r="I193" s="5" t="s">
+        <v>1382</v>
+      </c>
+      <c r="J193" s="5" t="s">
+        <v>305</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1358</v>
+        <v>1383</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1373</v>
-[...1 lines deleted...]
-      <c r="M193" s="5"/>
+        <v>1384</v>
+      </c>
+      <c r="M193" s="5" t="s">
+        <v>1385</v>
+      </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1374</v>
+        <v>1386</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>1356</v>
+        <v>1387</v>
       </c>
       <c r="C194" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1375</v>
+        <v>1388</v>
       </c>
       <c r="I194" s="5"/>
       <c r="J194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1376</v>
+        <v>1389</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1377</v>
+        <v>1390</v>
       </c>
       <c r="M194" s="5"/>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1378</v>
+        <v>1391</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>1356</v>
+        <v>1387</v>
       </c>
       <c r="C195" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1379</v>
+        <v>1392</v>
       </c>
       <c r="I195" s="5"/>
       <c r="J195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1376</v>
+        <v>1389</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1380</v>
+        <v>1393</v>
       </c>
       <c r="M195" s="5"/>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="B196" s="5" t="s">
-        <v>1356</v>
+        <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>1382</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="D196" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F196" s="5" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G196" s="5" t="s">
+        <v>1396</v>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1383</v>
-[...5 lines deleted...]
-        </is>
+        <v>1397</v>
+      </c>
+      <c r="I196" s="5" t="s">
+        <v>1398</v>
+      </c>
+      <c r="J196" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1384</v>
+        <v>1399</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1385</v>
-[...1 lines deleted...]
-      <c r="M196" s="5"/>
+        <v>1400</v>
+      </c>
+      <c r="M196" s="5" t="s">
+        <v>1401</v>
+      </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1386</v>
+        <v>1402</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>14</v>
+        <v>1387</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>371</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1387</v>
-[...4 lines deleted...]
-      <c r="J197" s="5" t="s">
+        <v>1403</v>
+      </c>
+      <c r="I197" s="5"/>
+      <c r="J197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K197" s="5" t="s">
         <v>1389</v>
       </c>
-      <c r="K197" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L197" s="6" t="s">
-        <v>1391</v>
-[...3 lines deleted...]
-      </c>
+        <v>1404</v>
+      </c>
+      <c r="M197" s="5"/>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1386</v>
+        <v>1405</v>
       </c>
       <c r="B198" s="5" t="s">
-        <v>14</v>
+        <v>1387</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>16</v>
+      </c>
+      <c r="D198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1393</v>
-[...5 lines deleted...]
-        <v>1389</v>
+        <v>1406</v>
+      </c>
+      <c r="I198" s="5"/>
+      <c r="J198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1395</v>
+        <v>1407</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1396</v>
-[...3 lines deleted...]
-      </c>
+        <v>1408</v>
+      </c>
+      <c r="M198" s="5"/>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1398</v>
+        <v>1409</v>
       </c>
       <c r="B199" s="5" t="s">
-        <v>14</v>
+        <v>1387</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>16</v>
+      </c>
+      <c r="D199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F199" s="5" t="s">
-        <v>1399</v>
+      <c r="F199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H199" s="5" t="s">
-        <v>1400</v>
-[...5 lines deleted...]
-        <v>1402</v>
+        <v>1410</v>
+      </c>
+      <c r="I199" s="5"/>
+      <c r="J199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1403</v>
+        <v>1407</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1404</v>
-[...3 lines deleted...]
-      </c>
+        <v>1411</v>
+      </c>
+      <c r="M199" s="5"/>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1406</v>
+        <v>1412</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>1356</v>
+        <v>1387</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>16</v>
+        <v>1413</v>
       </c>
       <c r="D200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1407</v>
+        <v>1414</v>
       </c>
       <c r="I200" s="5"/>
       <c r="J200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="M200" s="5"/>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>515</v>
+        <v>387</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>589</v>
-[...9 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F201" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>1412</v>
+        <v>1419</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>1413</v>
+        <v>1420</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1414</v>
+        <v>1421</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1415</v>
+        <v>1422</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1416</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
         <v>1417</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>1077</v>
+        <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>1061</v>
+        <v>387</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>1418</v>
-[...5 lines deleted...]
-        <v>1419</v>
+        <v>180</v>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
+        <v>1424</v>
+      </c>
+      <c r="I202" s="5" t="s">
+        <v>1425</v>
+      </c>
+      <c r="J202" s="5" t="s">
         <v>1420</v>
       </c>
-      <c r="I202" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K202" s="5" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1424</v>
+        <v>1427</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1425</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1426</v>
+        <v>1429</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>1061</v>
+        <v>33</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>1418</v>
-[...2 lines deleted...]
-        <v>1112</v>
+        <v>387</v>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F203" s="5" t="s">
-        <v>1419</v>
+        <v>1430</v>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>1428</v>
+        <v>1432</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>1429</v>
+        <v>1433</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1431</v>
+        <v>1435</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
       <c r="B204" s="5" t="s">
-        <v>14</v>
+        <v>1387</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>1061</v>
-[...5 lines deleted...]
-        <v>1112</v>
+        <v>16</v>
+      </c>
+      <c r="D204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1434</v>
+        <v>1438</v>
       </c>
       <c r="I204" s="5"/>
-      <c r="J204" s="5" t="s">
-        <v>1435</v>
+      <c r="J204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1436</v>
+        <v>1439</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1437</v>
-[...3 lines deleted...]
-      </c>
+        <v>1440</v>
+      </c>
+      <c r="M204" s="5"/>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>1061</v>
+        <v>539</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>1418</v>
-[...2 lines deleted...]
-        <v>1112</v>
+        <v>397</v>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="I205" s="5" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="J205" s="5" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="B206" s="5" t="s">
-        <v>14</v>
+        <v>1100</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>1447</v>
+        <v>1084</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="E206" s="5" t="s">
-        <v>1449</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F206" s="5" t="s">
+        <v>1450</v>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>33</v>
+        <v>1458</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>371</v>
+        <v>397</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>1457</v>
-[...2 lines deleted...]
-        <v>1458</v>
+        <v>1459</v>
+      </c>
+      <c r="F207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>1061</v>
+        <v>1084</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>1418</v>
+        <v>1449</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>1112</v>
+        <v>1135</v>
       </c>
       <c r="F208" s="5" t="s">
-        <v>1466</v>
+        <v>1450</v>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
         <v>1467</v>
       </c>
       <c r="I208" s="5" t="s">
         <v>1468</v>
       </c>
       <c r="J208" s="5" t="s">
         <v>1469</v>
       </c>
       <c r="K208" s="5" t="s">
         <v>1470</v>
       </c>
       <c r="L208" s="6" t="s">
         <v>1471</v>
       </c>
       <c r="M208" s="5" t="s">
         <v>1472</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
         <v>1473</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>1061</v>
+        <v>1084</v>
       </c>
       <c r="D209" s="5" t="s">
+        <v>1449</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>1135</v>
+      </c>
+      <c r="F209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H209" s="5" t="s">
         <v>1474</v>
-      </c>
-[...12 lines deleted...]
-        <v>1476</v>
       </c>
       <c r="I209" s="5"/>
       <c r="J209" s="5" t="s">
+        <v>1475</v>
+      </c>
+      <c r="K209" s="5" t="s">
+        <v>1476</v>
+      </c>
+      <c r="L209" s="6" t="s">
         <v>1477</v>
       </c>
-      <c r="K209" s="5" t="s">
+      <c r="M209" s="5" t="s">
         <v>1478</v>
-      </c>
-[...4 lines deleted...]
-        <v>1480</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C210" s="5" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D210" s="5" t="s">
+        <v>1449</v>
+      </c>
+      <c r="E210" s="5" t="s">
+        <v>1135</v>
+      </c>
+      <c r="F210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H210" s="5" t="s">
+        <v>1480</v>
+      </c>
+      <c r="I210" s="5" t="s">
         <v>1481</v>
       </c>
-      <c r="B210" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C210" s="5" t="s">
+      <c r="J210" s="5" t="s">
         <v>1482</v>
       </c>
-      <c r="D210" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E210" s="5" t="s">
+      <c r="K210" s="5" t="s">
         <v>1483</v>
       </c>
-      <c r="F210" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H210" s="5" t="s">
+      <c r="L210" s="6" t="s">
         <v>1484</v>
       </c>
-      <c r="I210" s="5" t="s">
+      <c r="M210" s="5" t="s">
         <v>1485</v>
-      </c>
-[...10 lines deleted...]
-        <v>1489</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B211" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C211" s="5" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D211" s="5" t="s">
+        <v>1488</v>
+      </c>
+      <c r="E211" s="5" t="s">
+        <v>1489</v>
+      </c>
+      <c r="F211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H211" s="5" t="s">
         <v>1490</v>
       </c>
-      <c r="B211" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F211" s="5" t="s">
+      <c r="I211" s="5" t="s">
         <v>1491</v>
       </c>
-      <c r="G211" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H211" s="5" t="s">
+      <c r="J211" s="5" t="s">
         <v>1492</v>
       </c>
-      <c r="I211" s="5" t="s">
+      <c r="K211" s="5" t="s">
         <v>1493</v>
       </c>
-      <c r="J211" s="5" t="s">
+      <c r="L211" s="6" t="s">
         <v>1494</v>
       </c>
-      <c r="K211" s="5" t="s">
+      <c r="M211" s="5" t="s">
         <v>1495</v>
-      </c>
-[...4 lines deleted...]
-        <v>1497</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C212" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D212" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="E212" s="5" t="s">
+        <v>1497</v>
+      </c>
+      <c r="F212" s="5" t="s">
         <v>1498</v>
       </c>
-      <c r="B212" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C212" s="5" t="s">
+      <c r="G212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H212" s="5" t="s">
         <v>1499</v>
       </c>
-      <c r="D212" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E212" s="5" t="s">
+      <c r="I212" s="5" t="s">
         <v>1500</v>
       </c>
-      <c r="F212" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H212" s="5" t="s">
+      <c r="J212" s="5" t="s">
         <v>1501</v>
       </c>
-      <c r="I212" s="5" t="s">
+      <c r="K212" s="5" t="s">
         <v>1502</v>
       </c>
-      <c r="J212" s="5" t="s">
+      <c r="L212" s="6" t="s">
         <v>1503</v>
       </c>
-      <c r="K212" s="5" t="s">
+      <c r="M212" s="5" t="s">
         <v>1504</v>
-      </c>
-[...4 lines deleted...]
-        <v>1506</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="D213" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E213" s="5" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F213" s="5" t="s">
         <v>1507</v>
-      </c>
-[...13 lines deleted...]
-        <v>1491</v>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
         <v>1508</v>
       </c>
       <c r="I213" s="5" t="s">
         <v>1509</v>
       </c>
       <c r="J213" s="5" t="s">
         <v>1510</v>
       </c>
       <c r="K213" s="5" t="s">
         <v>1511</v>
       </c>
       <c r="L213" s="6" t="s">
         <v>1512</v>
       </c>
       <c r="M213" s="5" t="s">
         <v>1513</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
         <v>1514</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>1041</v>
+        <v>1084</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>371</v>
+        <v>1449</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>891</v>
-[...4 lines deleted...]
-        </is>
+        <v>1135</v>
+      </c>
+      <c r="F214" s="5" t="s">
+        <v>1515</v>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1520</v>
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="5" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>1135</v>
+      </c>
+      <c r="F215" s="5" t="s">
+        <v>1524</v>
+      </c>
+      <c r="G215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H215" s="5" t="s">
+        <v>1525</v>
+      </c>
+      <c r="I215" s="5"/>
+      <c r="J215" s="5" t="s">
+        <v>1526</v>
+      </c>
+      <c r="K215" s="5" t="s">
+        <v>1527</v>
+      </c>
+      <c r="L215" s="6" t="s">
+        <v>1528</v>
+      </c>
+      <c r="M215" s="5" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="5" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="E216" s="5" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H216" s="5" t="s">
+        <v>1533</v>
+      </c>
+      <c r="I216" s="5" t="s">
+        <v>1534</v>
+      </c>
+      <c r="J216" s="5" t="s">
+        <v>1535</v>
+      </c>
+      <c r="K216" s="5" t="s">
+        <v>1536</v>
+      </c>
+      <c r="L216" s="6" t="s">
+        <v>1537</v>
+      </c>
+      <c r="M216" s="5" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="5" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B217" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C217" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D217" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="E217" s="5" t="s">
+        <v>1497</v>
+      </c>
+      <c r="F217" s="5" t="s">
+        <v>1540</v>
+      </c>
+      <c r="G217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H217" s="5" t="s">
+        <v>1541</v>
+      </c>
+      <c r="I217" s="5" t="s">
+        <v>1542</v>
+      </c>
+      <c r="J217" s="5" t="s">
+        <v>1543</v>
+      </c>
+      <c r="K217" s="5" t="s">
+        <v>1544</v>
+      </c>
+      <c r="L217" s="6" t="s">
+        <v>1545</v>
+      </c>
+      <c r="M217" s="5" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="5" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C218" s="5" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D218" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="E218" s="5" t="s">
+        <v>1549</v>
+      </c>
+      <c r="F218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H218" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="I218" s="5" t="s">
+        <v>1551</v>
+      </c>
+      <c r="J218" s="5" t="s">
+        <v>1552</v>
+      </c>
+      <c r="K218" s="5" t="s">
+        <v>1553</v>
+      </c>
+      <c r="L218" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M218" s="5" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="5" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C219" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D219" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>1497</v>
+      </c>
+      <c r="F219" s="5" t="s">
+        <v>1540</v>
+      </c>
+      <c r="G219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H219" s="5" t="s">
+        <v>1557</v>
+      </c>
+      <c r="I219" s="5" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J219" s="5" t="s">
+        <v>1559</v>
+      </c>
+      <c r="K219" s="5" t="s">
+        <v>1560</v>
+      </c>
+      <c r="L219" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="M219" s="5" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="5" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B220" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C220" s="5" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D220" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="E220" s="5" t="s">
+        <v>914</v>
+      </c>
+      <c r="F220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H220" s="5" t="s">
+        <v>1564</v>
+      </c>
+      <c r="I220" s="5" t="s">
+        <v>1565</v>
+      </c>
+      <c r="J220" s="5" t="s">
+        <v>1566</v>
+      </c>
+      <c r="K220" s="5" t="s">
+        <v>1567</v>
+      </c>
+      <c r="L220" s="6" t="s">
+        <v>1568</v>
+      </c>
+      <c r="M220" s="5" t="s">
+        <v>1569</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -19429,44 +20017,50 @@
     <hyperlink ref="M190" r:id="rId195"/>
     <hyperlink ref="M191" r:id="rId196"/>
     <hyperlink ref="M192" r:id="rId197"/>
     <hyperlink ref="M193" r:id="rId198"/>
     <hyperlink ref="M194" r:id="rId199"/>
     <hyperlink ref="M195" r:id="rId200"/>
     <hyperlink ref="M196" r:id="rId201"/>
     <hyperlink ref="M197" r:id="rId202"/>
     <hyperlink ref="M198" r:id="rId203"/>
     <hyperlink ref="M199" r:id="rId204"/>
     <hyperlink ref="M200" r:id="rId205"/>
     <hyperlink ref="M201" r:id="rId206"/>
     <hyperlink ref="M202" r:id="rId207"/>
     <hyperlink ref="M203" r:id="rId208"/>
     <hyperlink ref="M204" r:id="rId209"/>
     <hyperlink ref="M205" r:id="rId210"/>
     <hyperlink ref="M206" r:id="rId211"/>
     <hyperlink ref="M207" r:id="rId212"/>
     <hyperlink ref="M208" r:id="rId213"/>
     <hyperlink ref="M209" r:id="rId214"/>
     <hyperlink ref="M210" r:id="rId215"/>
     <hyperlink ref="M211" r:id="rId216"/>
     <hyperlink ref="M212" r:id="rId217"/>
     <hyperlink ref="M213" r:id="rId218"/>
     <hyperlink ref="M214" r:id="rId219"/>
+    <hyperlink ref="M215" r:id="rId220"/>
+    <hyperlink ref="M216" r:id="rId221"/>
+    <hyperlink ref="M217" r:id="rId222"/>
+    <hyperlink ref="M218" r:id="rId223"/>
+    <hyperlink ref="M219" r:id="rId224"/>
+    <hyperlink ref="M220" r:id="rId225"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>