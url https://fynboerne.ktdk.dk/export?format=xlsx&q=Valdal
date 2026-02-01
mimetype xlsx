--- v0 (2025-10-31)
+++ v1 (2026-02-01)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="170" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="249" uniqueCount="178" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -512,54 +512,107 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/TyIQ</t>
   </si>
   <si>
     <t>[Skrevet af ukendt person:]
 ”Agraren”, Junges mand.
 Kvartalsdranker.
 Rolfsvej 17⁴ d 15/2 –16.
 Kære lille søde Junge!
 Tusind Tak for Brevet! åh, Junge det var akurat som i gamle Dage, da vi skrev lange Breve til hinanden – da hele Verden altid stod i Flammer – og det, der flammede, var vore egne elskovsfyldte Hjerter - 
 Og Dit Brev nu – ja, Indholdet skifter med Alderen i os – naturligvis - men det var nærmere dét: at få et 8 sides Jungebrev, der betog mig. I alle de sidste år har jeg kun fået Breve på 1-1½ Side fra Dig – altid havde Du Tusinde Ting om Ørene og påstod, at Du helt havde glemt at skrive Breve; jeg nyder at tænke på, at Du nu endelig har Masser af Tid for Dig – og endelig engang kan få hvilet ud. Jeg vilde så gerne kunne opmuntre Dig lidt i Din Bekymring; jeg tænker på Dine egne Ord, at han vist aldrig har vidst rigtig hvor meget der stod på Spil for Jer alle, hvis han ikke tog sig sammen; men alt dette sidste må dog ganske sikkert kunne lære ham det – jeg synes ikke, Du behøver at se så håbløst på det. Tænk blot, hvor mange der helbredes helt – hvorfor så ikke han! Der er jo dog en god Grund i ham og megen Karakter, selv om den har svigtet hidtil på dette ene Punkt. Ja, jeg er jo en uforbederlig Sangviniker og kan ikke se anderledes på det. – Nej, Junge, jeg havde nu ikke ”skruet Livslysten lidt op” til Ære for Dig i mit forrige Brev – men jeg er altid skruptosset og ellevild af Glæde, når Sjums og Adam besøger mig. Det er altid så lykkelige Dage, de længes efter mig og Henrykkelsen er gensidig. De er rørende taknemmelige for alt, hvad jeg gør for dem og for hele min Menage. Vi var om Søndagen i etnografisk Musæum sammen med Mogens og Lise Abrahams: Mogens kunde det hele udenad og var en glimrende Vejviser. Det var en stor Fornøjelse for alle Parter. - .
 Skrev jeg, at jeg nu lærer Stenografi? i det Haab at kunne få en Kontorplads engang, jeg kan ikke rigtig finde mig i bestandig at tage imod alle de Penge fra Alfred – 100 om Måneden – og som Forholdene nu engang er for mig. Jeg er rasende sparsommelig – bruger c 75 om Måneden til alt (Husleje – Vand – Gas – Lys – Brændsel – etc) 25 Kr sættes af til Extraudgifter, jeg mangler jo endnu flere Ting, købte desuden en dejlig Ulster – 50 Kr! så flot en Kåbe har jeg aldrig ejet i mine Velmagtsdage som rigtig gift. Men altså – jeg sparer også gevaldig. For lidt siden solgte jeg alle Vinflaskerne fra Mors Sygdom for 35 Øre – det er til Parken i Dag. Og nu skal Du høre en kostelig Historie. Vilhelm havde allerede i Efteråret bestilt en Del Slips af mig; det første syede jeg med det samme – og forærede ham – derved var det, han bestilte flere. Jeg har nemlig fra Malmø liggende en Del Silkerester, som jeg fik på Fabriken. Nå, nu i denne yderst fattige Februar Måned, hvor man endnu halter efter Julen, Horsensrejsen o s v – så tog jeg mig altså sammen og syde 3 flotte Slips, som jeg drog ud med i Søndags til Vanløse. ”Men Gud Tutte – så mange Blomster?” 
 "Ja, Dis – ved Du ikke, det var Vilhelms Fødselsdag i Fredags?” 
 II/ Jeg himler op – beklager – undskylder og overfaldes af bange Anelser. Noget efter kommer Vilhelm. Tutte siger:” her skal Du se tre fine Slips, Dis forærer Dig!” 
 Jeg smilte tvungent – fandt Spillet og yderst slet – der havde jeg gået og regnet og regnet og spurgt alle, der kom til mig, hvad jeg kunde være bekendt at tage for dem – man mente, 5 Kr for alle tre var uhyre billig, jeg svimlede blot ved Tanken om 4 Kr – nok til at leve af en hel Uge. Og dér lå alle glade Forhåbninger! men det var nu alligevel ganske grinagtig! Jeg må i denne Forbindelse fortælle Dig endnu en Historie. Tutte var til Indvielse af en ny Villa hos en Familie derude. Gæsterne førtes ud i Gården for at høre et ganske enestående Ekko – 5-6 Gange gentages Ordet med fuldkommen Tydelighed. Blandt Gæsterne var en meget gammel og meget fin Herre – Geheimekonferens eller sådan noget – han beder om Tilladelse til at forsøge – alle tier ærbødig – den gamle Herre råber: Sludder - - 
 Men ak, Ekkoet tog sig ikke af det store Es – hvorimod Resten klang 5-6 Gange – højt og tydeligt. Ingen havde Konduite til at afbryde Virkningen var uforglemmelig!
 Nå, nu skal jeg hen og slide i det igen – jeg stenograferer og skriver på Maskine – om lidt skal jeg ud og lave Middagsmad: en Grisetå med Kartoffelsalat til og eventuelt Byggrød, hvis Ånden kommer over mig, men det er Lapseri at nyde to Retter Mad. I Morgen er jeg bedt til Middag hos Ellen Branner – vi to alene – det bliver nok hyggeligt, hun bor henrivende, en Ungkarlekvinde som jeg, men mere forfinet – hun har sin Mors gamle fine Møbler, Klaver etc. (Jeg sukker efter Klaver) Torsdag og Fredag i Valdal – ligeledes Søndag – dette forklarer jo, at man kan leve af 4 Kr. om Ugen! I Aften skal Buf og jeg t ["t" overstreget] i Dagmartheatret – Lukke sender mig Billetter. 
 Jeg skriver ikke noget om Buf – for så bliver det alt sammen om Buf – som for mig er – det Hele! 
 Åh, Junge – de 11 skrækkelige År i Malmø – hvad gør det alt sammen når man senere skal opleve alt dette! 
 Man bør nyde Lykken, mens den er der – for vi véd jo, at den er væk med det samme og altid betales i dyre Domme. 
 Gid Du kunde se min Kvist – her er guddommeligt Junge, og har aldrig før vidst, hvor dejligt det var at have et Hjem. Jeg nyder Dagenes Ensomhed – om Aftenen er jeg aldrig alene. 
 Ja, nu Farvel lille søde Junge, skriv igen, han læser endnu ikke Dine Breve. Din altid
 Dis</t>
   </si>
   <si>
+    <t>1917-06-07</t>
+  </si>
+  <si>
+    <t>Frederiksberg Have</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Kærbyhus</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Alfred Goldschmidt
+Alhed Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Efter flere års ulykkeligt ægteskab gik Astrid/Dis Warberg-Goldschmidt fra sin mand, Alfred Goldschmidt, da hun blev kæreste med Jørgen/Buf Schou, som var meget yngre end hende. De to ventede hurtigt barn sammen. Jørgen Schou og hans mor, Marie Syberg, som i sit første ægteskab bar navnet Schou, boede i det nedlagte gartneri Valdal i Valby. 
+Hogemeister, Bendsen, Pauline samt Karen K kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0989</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt takker for babytøjet. Hun har fået et gavekort af Jørgen/Buf Schous mor. Astrid får mange udgifter til blandt andet fødehjemmet. Hun overvejer at lave et middagsabonnement. Om tre-fire år kan Jørgen/Buf nok bidrage godt økonomisk. 
+Jørgens mor, Marie Syberg/Schou har helt ændret holdning til Astrid. Tidligere frygtede hun, at barnets komme ville lægge bånd på sønnen, men hun blev lettet, da planen om giftermål blev skrinlagt. Jørgen er også lykkelig over at "krigen" er slut. 
+Efter fødslen skal Astrid efter planen bo en tid på Valdal. 
+Astrids kvistlejlighed er yndig, og hun holder den skinnende ren. Hun har pragtfuldt blomstrende planter, og hun nyder både dem og den skønne sommer samt at glæde sig til barnet. 
+Astrid beder Johanne/Junge Larsen sende den sorte bog med skriverier i.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dn6L</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside med blæk:]
+Fru Johanne Warberg-Larsen
+Kærbyhus
+Kerteminde
+[På kuvertens forside med blyant:]
+1917 
+7/6
+[I brevet med blyant:]
+I/
+pt. Frederiksberg Have 
+den 7/6 – 17.
+Kæreste lille Junge! Tak for Dit Brev – og her gik jeg med den frygteligste ondeste Samvittighed, fordi jeg ikke skrev til Dig – Du har da ingen Grund til Samvittighed! Men selv om Du aldrig skrev (hvad Du nu gør) – så bliver jeg aldrig besk af den Grund, jeg ved jo nok, at Brevskrivning er noget uoverkommeligt for Dig – og det kan jeg skam godt forstå. – Tak for alt det gode små Tøj – for Lån og for Gave! Det som behøvede Vask og Kogning bliver ordnet i Dag af min kære Naboerske, Fru Bendsen, som selv har Storvadsk. Når jeg saa får det strøget – hvad jeg selv kan, så er alt i Orden og parat, jeg har kun behøvet at købe 12 nye Bleer, 6 Undertøj og 4 Svøb – det var endda på Presentkortet – hvoraf endnu resterer 28 Kr, det var på 50 Kr (Bufs Mor), så jeg har jo slet ingen Udgifter haft selv endnu, men nu kommer det jo i næste Måned – senest – med 138 Kr til Fødehjem – og der bliver jo nok mere, Vogn etc. Nu har jeg 945 Kr i Sparekassen og 15 Kr skylder Karen K mig; og før til Sept. holder mine Indtægter jo ikke op – altså de 100 fra Alfred. Så har Du måske hørt, at jeg tænker på fra Sept. at få Middagsabonnement – til dels på Frokost; har sikret mig Pauline, men skulde gerne have 3 til, så håber jeg at kunne klare den nogenlunde. Jeg er meget lettet ved denne Idè – så går man da ikke straks sin Ruin imøde, men kan forhale den noget og kommer Tid kommer Råd, kan jeg blot klare den 3-4 År, så vil Buf sikkert til den Tid – måske før – kunne træde til ; det ser helt godt ud med alt hans; Chefen – Hogemeister – synes at interessere sig for ham, vil gerne beholde ham, selv uddanne ham til praktisk Ingeniør og siden knytte ham fast til sin Virksomhed, som det er Menigen at udvide i stor Stil – om nu bare Krigen engang holdt op. – Ja, Junge, jeg må sige Dig, at jeg er mere end henrykt over den nye Tingenes Ordning, der er kommen sådan en velsignet Fred over hele Linien; Bufs Mor har helt forandret sig overfor mig, er sød og venlig og interesseret, jeg er slet ikke bange for hende mere - kommer meget derud – glæder mig nu altid til det, det er jo så dejligt at sidde i den yndige Have – og jeg befinder mig pludselig helt som hjemme derude; jeg kan ikke sige Dig, hvilken Lettelse det er og hvilken Følelse af Glæde og Tryghed det har givet mig; først nu forstår jeg rigtig, hvor grænseløst det har pint mig i disse År, at hun stod så uforsonlig overfor mig; men det har været et stort Gode, at dette Giftermål var påtænkt – hun synes 
+II/
+nu ganske at glemme, at Giftermålsplanen først kom op senere [er forresten slet ikke udklækket i min Hjerne fra Begyndelsen) hendes første store Fortvivlelse, der gav sig så forbitrede Udtryk overfor mig, gjaldt jo nemlig dèt, at et Barn ventedes – og at det kunde virke som et Bånd på Buf. Nu er den Ulykke glemt – i Lettelsen over at jeg afstår fra Giftermålet – Hurra! det var nu ingen dårlig Manøvre – hvilket herligt Resultat! Buf er ikke den mindst lykkelige – forn ham betyder det en om mulig endnu større Lettelse, at denne pinlige indbyrdes Krig er sluttet – og så uventet gunstigt. – Jeg har det så godt, Junge; er så mobil og lebendig, at jeg meget ofte glemmer, at jeg bærer på den vældige Unge – Forleden var jeg f Eks. Lige ved at trave op på Rundetårn, da jeg netop kom forbi og så der var åbent, men det var nok alligevel bleven for højbenet – jeg besindede min Fylde- og opgav Forehavedet. Og Junge – jeg glæder mig noget så knusende til at have sådan et lille Nøvs engang igen. Det er bestemt at jeg kan tage lige fra Fødehjemmet ud til Valdal og bo derude i nogen Tid sammen med Buf – de andre er nok rejst til den Tid, så kan den lille stå i Haven hele Tide – og jeg slipper for Trapperne til min Kvist; jeg glæder mig sådan til den Tid – bare nu alt må forløbe normalt. 
+Der er for Resten så yndigt på min Kvist i denne Tid - jeg gør mig en Motion af altid at skruppe og skure og ordne deroppe - så der er skinnende flunkende fint og frisk og duftende; jeg har et dejligt Flor af Blomster i Vinduerne - Be gav mig en pragtfuld rød Pelargonie; som blomstrer ganske overdådigt, en lyserød er også i Flor og et lille Skud - blegrød - har sat en vældig Blomst; Adams Venusbregne er også pludselig begyndt at udvikle sig til en voldsom Skønhed - åh, jeg nyder hver Dag min lille yndige Lejlighed og jeg tror, det er saliggørende for en Dame, der venter sin Nedkomst - at gå så meget alene - for Hjernen er jo nu det ømme Punkt ved sådan en Lejlighed.
+Og hvilken Sommer vi dog har! det er da også til at blive tosset over! Jeg nyder den i fulde Drag hver Dag - enten her i Frederiksberg Have - i Søndermarken - eller - allerbedst - på Græsplænen i Valdals Have.
+Hvor er det dog bedårende dejligt at gå og bære på en lille Unge under så gunstige Omstændigheder - jeg tror alt godt om alting i denne Tid. 
+Ja - så bliver Skrivelsen ikke længere dennegang - Farvel lille Junge og Tak for al Din store Godhed! Hils Jer alle fra Din Dis
+Send mig engang ved Lejlighed den sorte Bog med mine Skrifter - f. Eks. engang med Be.</t>
+  </si>
+  <si>
     <t>1917-06-14</t>
-  </si>
-[...1 lines deleted...]
-    <t>Frederiksberg Have</t>
   </si>
   <si>
     <t>Charles Abrahams
 Ingeborg Abrahams
 Olaf Brahm
 Bodild Branner
 Thora  Branner
 Adam Goldschmidt
 Alfred Goldschmidt
 Ina  Goldschmidt
 Alhed Larsen
 Johanne Christine Larsen
 Ellen  Sawyer
 Jørgen Schou
 Marie Syberg</t>
   </si>
   <si>
     <t>Astrid Warberg blev skilt fra Alfred Goldschmidt og flyttede fra Malmø til Frederiksberg for at være sammen med sin nye kæreste Jørgen/Buf Schou. Hans mor, Marie Syberg, boede på dette tidspunkt på det nedlagte gartneri, Valdal, i Valby. 
 Astrid Warberg og Jørgen Schou fik sammen datteren Janna. 
 Det vides ikke, hvad Grete Hammeleffs mor hed. Astrid Warbergs nabokones navn kendes heller ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Astrid Warberg til Laura Warberg, 1917-06-14, BB2432</t>
   </si>
   <si>
@@ -1001,59 +1054,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Xl7y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UFxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/srY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NYwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rv9O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fci9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROHQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Xl7y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UFxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/srY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NYwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rv9O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fci9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROHQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M21"/>
+  <dimension ref="A1:M22"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1568,459 +1621,503 @@
       </c>
       <c r="J12" s="5" t="s">
         <v>95</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>96</v>
       </c>
       <c r="L12" s="6" t="s">
         <v>97</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>99</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>67</v>
+        <v>91</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="F13" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F13" s="5" t="s">
+        <v>101</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>91</v>
-[...4 lines deleted...]
-        </is>
+        <v>67</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>100</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>91</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
         <v>116</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>117</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>118</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>119</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>120</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>122</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E16" s="5" t="s">
         <v>123</v>
       </c>
-      <c r="D16" s="5" t="s">
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="E16" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H16" s="5" t="s">
+      <c r="I16" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="I16" s="5" t="s">
+      <c r="J16" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="J16" s="5" t="s">
+      <c r="K16" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="K16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="L16" s="6" t="s">
+      <c r="M16" s="5" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D17" s="5" t="s">
         <v>132</v>
       </c>
-      <c r="D17" s="5" t="s">
+      <c r="E17" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="E17" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G17" s="5" t="s">
+      <c r="I17" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="H17" s="5" t="s">
+      <c r="J17" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="K17" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="K17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>123</v>
+        <v>140</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>124</v>
+        <v>141</v>
       </c>
       <c r="E18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G18" s="5" t="s">
         <v>142</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H18" s="5" t="s">
         <v>143</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>144</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>149</v>
+        <v>132</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>150</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
         <v>151</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>152</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>153</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>154</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>156</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>124</v>
+        <v>157</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G20" s="5" t="s">
-        <v>157</v>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="D21" s="5" t="s">
+      <c r="D22" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="E21" s="5" t="s">
+      <c r="E22" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="F21" s="5" t="inlineStr">
-[...25 lines deleted...]
-        <v>169</v>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>177</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
+    <hyperlink ref="M22" r:id="rId27"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>