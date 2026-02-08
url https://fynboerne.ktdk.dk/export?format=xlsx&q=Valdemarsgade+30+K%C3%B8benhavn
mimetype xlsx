--- v0 (2025-11-09)
+++ v1 (2026-02-08)
@@ -5,204 +5,286 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="108" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1892-1893</t>
+    <t>1893-08-17</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Valdemarsgade 30 København</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Thorvald Balslev
+Hans Christian Caspersen
+Johanne Caspersen
+Niels Elgaard Amstrup
+Malin   Holmström-Ingers
+Karen Jørgensen
+Johanne Christine Larsen
+Hans Lorentzen
+Karen Lorentzen
+Otto Emil  Paludan
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+- Vesterdal
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Lassen ejede ikke Dallund Slot ved Søndersø i 1893. Han var muligvis ansat på gården.
+Tarupgård ligger nær Odense. 
+Fr. Lensgreve: Warberg-familien kendte flere, der bar denne titel.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2735</t>
+  </si>
+  <si>
+    <t>Der er mange gæster på Erikshaab: Paludan, Vesterdal, Amstrup med lille Agnete og Syberg-familien. Alhed har leget med Agnete en time på græsset.
+Karen Jørgensen og Thorvald Balslev har også været på besøg, og Caspersen kom cyklende.
+Warberg-pigerne er inviteret til Tarup, og de har derfor haft travlt med at ordne deres kjoler. 
+Man har lavet ribssaft og syltet stikkelsbær.
+Laura Warberg vil sende Christine lidt penge, så hun kan invitere sin far på the i København. Hun vil også selv komme på besøg og medbringe madvarer. Der er lavvande i pengekassen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O65z</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Chr. Warberg
+Valdemarsgade N_o_ 30 -
+København V.
+[I brevet:]
+Kjæreste Basse!
+Du længes vel meget efter et Brev herfra, men vi har ikke havt Tid at skrive. Det er mageløst i denne Sommer, som det gaaer i en Kjøre med Selskabelighed. I Mandags kom Paludan med første Tog, havde Brev med til Junge, at han vidste ikke rigtig, om han kom den Dag eller ej, hun havde været med Far hos Lassens paa Dallund og var kommen hjem med sidste Tog, alle fra Tarup havde været med nede at hilse paa dem - altsaa Junge var ikke oppe før 9, sad og læste Brevet, da hun hører ham selv tale i Gaarden, han var cyclet hjemmefra 7 og var her 9. Her blev jo Glæde allevegne. En Time senere [ulæseligt ord] Westerdal, var kommen med samme Tog som Pal, men gik feil et Par Gange. Han var her hele Dagen, var meget livlig og vi synes udmærket om ham. Han takkede saa forfærdelig meget og jeg troer han befandt sig rigtig vel. Far bad ham komme igjen. Samme Dag var jo Wisse med lille Agnete og Minis. Vi var alle til Middag paa Gjelskov om Søndagen og derfra en lille Tur paa Ølstedg. for at bede W. endelig tage Nete med, vi lovede, ikke at tumle saa meget med hende. Hun var henrivende gik rundt og passede sig selv, laa en hel Time paa Græsplænen og tumlede med Alhed. Amstrup kom efter dem. Karen Jørgensen til The; de fulgte westerdal paa Vej og Karen førte Konversationen og fortalte dem en rædsom Masse Vrøvl, saa Alhed og Junge paa en Gang brast i Latter. Næste Dag fik de saa uhyrlig travlt med at vaske og sye paa alt deres Tøj, vi opdagede at de ingen Kjoler havde i Orden til at tage til Tarup med hvorhen de blev bedt alle sidst i denne Uge saaledes Junge og Elle idag, Alhed ..., Molle og [ulæseligt ord] paa Lørdag, hvorfor saa spredt veed vi ikke. De skal have en Skovtur til Langesø paa Fredag, [ulæseligt ord] skal med. Igaar Middags kom den anden Sypige og nu syer de begge paa Kraft, Junges lyse spættede fik vi halet frem, sprættet op vasket strøget igaar med alt det andet, nu kjøber hun blaat Tøj idag og saa bliver den rigtiggod. Jeg kan ikke hjælpe da jeg maa strikke paa Fars Sokker, han rejser paa Søndag. Tirsdag kom saa Fr. Lensgreves, vi var saa trætte at vi grinede ved at tænke paa, vi skulde til at snakke med en ny. Saa kom Far fra Odense med Brev fra Thorvald, som var cyclet herfra om Morgenen Kl. 7. Der skulde gjøres om paa Rejsen dertil, Dede var Kl. 7 i Højrup med Brev og Kl. 8 1/2 maatte Junge og Be styrte ned med et til grulig meget Vrøvl, saa vi var næsten tossede deraf. Paa Mandag skal de alle til Lassens. Igaar vi saa paa Elle undt. som er træt og ikke rigtig rask, paa Søbygd. der var slet ingen unge inde, L[ulæseligt ord] var gaaet sin Vej!! Da vi sad ude paa Bænken kommer der en cyclende - Caspersen! han havde været her, blev derovre om Natten, og vilde afsted idag med første Tog. Løjerlig Snegl med sine Besøg! Saa ser vi Johanne gaaende hernede fra Skoven, Loria og hans Brev! der blev stor Glæde paa begge Sider, men vilde ikke lade sig overtale til at blive, de fulgte ham lidt. Vi har ikke før igaar kunnet faa Tid at sylte Ribssaft, der var tilsidst næsten ingen. Igaar fik vi ogsaa de næsten overmodne Stikkelsbær plukket. Men nu kommer der en rolig Tid, naar Far rejser. Elle vilde fotografere flittig igaar, ... bliver god, lille Nete ogsaa, men intet er helt færdigt. Vi har desværre slet intet at sende Dig, men paa Søndag skal jeg sende en Pakke i Fars Kuffert, som Du kan tage ud om Aftenen, Du følger ham vel til Hotellet?
+Saa skal jeg ned med hvert Brev en Gang om Ugen sende lidt, saa Du kan have Far til The naar han vil. -
+Jeg veed endnu ikke, om jeg kommer derind senere, men jeg tror nok, jeg faaer Lyst til at være hos Dig en halv Snes Dage og selv tage Fedevarer med, saa det kun koster Fornøjelse og Middag. Jeg kan jo altid skrive til Far derom, jeg troer nok det kniber med Penge for ham, saa jeg vil ikke tale om noget nu inden han rejser.
+Kjærlig Hilsen fra Mor -
+Nu kom Johanne og bliver til imorgen tidlig.</t>
+  </si>
+  <si>
+    <t>1892-11-30</t>
+  </si>
+  <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
-    <t>Laura Warberg</t>
+    <t>Waldemarsgade 30
+København</t>
+  </si>
+  <si>
+    <t>Rigmor Balslev
+Thorvald Balslev
+Christian Barnekow
+Carl Bellman
+Thomas Bredsdorff
+Johan Hartmann
+Christian Rex
+Christian Richardt
+- Rørdam, Fru
+- Thune</t>
+  </si>
+  <si>
+    <t>De tre søstre, Alhed, Johanne og Christine, boede sammen i en lejlighed i Waldemarsgade. Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2162</t>
+  </si>
+  <si>
+    <t>Fru Rørdams to små piger har været på besøg, og Alhed har leget med dem. 
+Bredsdorff havde skaffet fire fribilletter til Studentersangforeningens koncert, og den var dejlig. Kongefamilien var til stede. Mange af Alheds venner var der også, og de gik bagefter på konditori sammen.
+Alhed har nu været på Fabrikken igen. Lægen har frigivet hende af fangenskabet, men hun skal stadig være forsigtig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rROM</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Ja, nu blev dette Brev alligevel en Dag forsinket! Fru Rørdams smaa Piger kom ["kom" indsat over linjen] herind til Byen i Gaar; de var voldsom interesserede i os og nysgerrige efter at gøre Bekendtskab med os. Vi blev inviterede ind til en Leg efter Middag; de andre havde ikke Tid, saa det blev mig alene. Vi legede Fingerbølleg et Par Timer, Fru Rørdam og Frk. Hune med. Børnene ere henrivende dejlige, - smukke, velopdragne og voldsom kvikke. - Det var ligefrem rørende at se den gensidige Henrykkelse over at se hinanden.
+Fru Rørdam havde næsten ikke Øjnene fra dem, og de fløj hvert Øjeblik hende om Halsen. Desværre rejser de allerede igen i Morgen Formiddag. - Kl. 7 1/2 kom St. Bredsdorff styrtende herop med 4 Fribilletter, som han i sidste Øjeblik havde faaet til Studentersangforeningens Konsert i Konsertpalæet. Du kan tro, vi fik travlt! Konserten begyndte nemlig 7 1/2! Bredsdorff løb efter en Droske og imens klædte vi os om; vi var nødte til at tage pæne Kjoler paa, da vi skulde sidde paa fine Konser ["Konser" overstreget] Pladser til [et overstreget, ulæseligt ord] 3 1/2 Kr. Det var en dejlig Konsert! De sang f Ex. nogle af Bellmanns [nr. to "l" i ordet overstreget]. Til Slutning sang de Guldbryllupskantaten af Hartmann og Chr. Richard; den var meget smuk. Hele Kongefamiljen var der; efter Kantaten udbragte én (Barnekow blev der sagt) et leve for Kongen, der gjorde os den store Ære o.sv. men det kom rigtignok noget mal apropes. - De to Balslever, Rigmor dito, St. Lorentzen m.fl. var der ogsaa. Hele denne Suite fulgtes ad hjem; Herrerne var spendable og inviterede os med i et Konditori, hvor vi indtog hver 2 10 Øres Kager under kolosal Munterhed. - - Var det dog ikke voldsom pænt af Bredsdorff at tænke paa os med de Billetter? - - I Dag har jeg for første Gang været paa Fabriken. I Gaar gav Doktoren mig endelig fri af mit Fangenskab. Som Du ser, henrykker jeg mig godt af min gyldne Frihed - (i Aften er det jo, vi skal til Tannhäuser) men jeg skal for Resten nok være forsigtig en Tid endnu; han var ikke helt tilfreds med mig endnu, men det var da bedre, sagde han. -
+Jeg glemte et Par Ønsker forleden - en Muffe - og en Sølvpil til at sætte i Haaret, saa skal jeg have mit Haar op. - - - 
+Vi glæde os vældig til i Aften! Nu kom Bredsdorff, han sender sin ærbødigste Hilsen!
+Det samme gør paa "tre Ungers" Vegne
+Be -
+Valdemarsgade 30 III
+sidste Nov.</t>
+  </si>
+  <si>
+    <t>1893-06-12</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>København
+Waldemarsgade 30</t>
   </si>
   <si>
     <t>Lars Christian Balslev
 Rigmor Balslev
 Thorvald Balslev
-Emil Brandstrup
-[...3 lines deleted...]
-Thomas Bredsdorff
 Malin   Holmström-Ingers
+- Jensen, Frøken, Erikshaab
+Alhed Larsen
+Marie Leth
 Christine  Mackie
-Johanne Oppermann
-[...19 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/MJoL</t>
+Christian Nissen
+Marie Schou
+Maria von Sperling. g. Balslev
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Søstrene Christine, Alhed og Johanne Warberg boede sammen i Valdemarsgade 30, København i 1892-1893. Johanne og Thorvald Balslev var forlovet i flere år, men de blev ikke gift.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0008</t>
+  </si>
+  <si>
+    <t>Johanne takker for, at forældrene bifalder hendes valg af Thorvald Balslev, som hun er blevet forlovet med. 
+Lars Christian Balslev (Laders) skal til eksamen fredag, og hans moster holder fest for ham lørdag. Thorvald og Johanne kommer til Erikshaab tirsdag.
+Nu bliver studenterforeningen opløst for denne sæson. Først har de dog en afskedsudflugt for Rigmor og Christian Edvard. 
+Johanne og Thorvald har været på en dejlig gåtur.
+Johanne er glad for at slippe for forlovelsesfest</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ubbn</t>
+  </si>
+  <si>
+    <t>Waldemarsgd 30. 12 Juni Mandag.
+Kære Mor!
+Egentlig er jeg noget angergiven over, at I slet ikke har hørt fra os; jeg har aldeles ingen Undskyldning uden den, at Tiden løber, uden at man ved, hvor den bliver af, og at man jo er meget optaget af alt muligt lige naar man er bleven forlovet. – Baade Thorvald og jeg siger dig og Far tusind Tak for for Jeres Breve og de [skrevet oven over linjen: ”de”] gode Ønsker til os og ikke mindst fordi I lader til at være bleven glade ved det og tilfredse med mit Valg. - - Christine havde tænkt og sagt, at hun vilde skrive hjem og berette Jer om saadan en storartet Aften, vi har haft her; men Smølet har nok ikke gjort det. Nu kan det vente til jeg kommer hjem, saa kan I faa mundtlig Beretning om hele den sidste Tid herinde. – Vi kommer desværre ikke Lørdag alligevel; Laders skal op Torsdag og Moster vil helst have Gildet for ham Lørdag; saa synes vi, at Søndag er saadan en løjerlig Dag at rejse paa, altsaa tager vi først herfra Mandag og kommer [skrevet oven over linien: ”kommer”] velsagtens til Erikshaab Tirsdag; det er kedeligt nok vi ikke kan komme Søndag som du havde tænkt, men det kan ikke lade sig gøre – Nu opløses Foreningen lidt efter lidt for denne Saison; Alhed og Marie er borte, i Dag rejste Rigmor og ChrEdv. Nissen og paa Mandag Thorvald og jeg saa der er bliver ["er" overstreget; "bliver" indsat over linjen] kun en lille udholdende Skare tilbage; du kan ogsaa tro, her er ækelt inde ved denne Tid med Hede og Støv – forleden Eftermiddag var Thorvald og jeg for Resten saadan en dejlig Spadseretur ud ad den gamle Kjøgelandevej; der var fuldstændig landligt, dejlige Kløvermarker, Heste og Kør, Stranden i Baggrunden og en henrivende Solnedgang. Nej, naturligvis kunde det ikke skjules med Forlovelsen; herinde er Hemmeligheden ogsaa fuldstændig offentlig, men det gør jo heller ingen Ting; Laders havde skrevet det til Marie Sp. og velsagtens glemt at bede hende tie med det. – Jeg er saa glad ved at vi slipper for Kort og Selskaber og Visitter, jeg synes ikke der maa være noget rart ved det, jeg tror heller ikke Thorvald sværmer for det, nu skal jeg snakke med ham om det. – Jeg kan da tænke mig, hvor Frk. Jensen maa være henrykt – og hils Molle og sig, at hun er umaadelig klog, der sker jo aldrig noget uden at hun nok ”havde tænkt det” i Forvejen. - - - 
+I Gaar havde vi Foreningstur til Skodsborg til Afsked for Rigmor og Christian Edvard, det var en yndig Tur, men Stemningen var lidt mat, det var ogsaa saadan en trykkende Luft. – Thorvald og jeg ere blevne fotograferede, de siger det er godt af mig, af ham er det skidt. - - -
+Altsaa kommer vi begge Tirsdag med 2½ Toget, hvis I ikke hører fra os forinden. ----
+Tusinder Hilsner til Jer alle 
+fra Junge [lang skråstreg under de sidste to ord]
+Jeg har vist ikke hilst fra Thorvald, det skulde jeg da saa formannede Gange; vi glæder os aldeles ubeskriveligt til at komme hjem! - 
+Formannede: indtrængende.</t>
+  </si>
+  <si>
+    <t>21.-26. november 1892</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Arvid Rørdam
+- Rørdam, Fru</t>
+  </si>
+  <si>
+    <t>Alhed Larsen og hendes to søstre boede en tid til leje hos Fru Rørdam, Valdemarsgade 30 i København.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2177</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været syg og hjemme i 14 dage, og lægen vil ikke lade hende komme på arbejde før onsdag. Hun har lavet julegaver. Arvid er også forkølet. 
+Alhed takker for pakken, som dannede grundlag for en god frokost. 
+Fru Rørdam skal have sine småpiger på besøg. 
+Emil er på besøg. Alhed føler sig tom for ideer, når hun skal skrive breve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HJsE</t>
   </si>
   <si>
     <t>Kære Mor!
-Nu har Thomas lige været her og siddet og sludret en Timestid; af den Grund maa jeg nu ruppe mig for at naa at faa Brevet hen i Postkassen, jeg kan ikke godt gaa paa Banegaarden med det, da det pjaskregner. Gid det dog snart vilde blive lidt godt Vejr, det er saa utaaleligt at gaa omkring i det Sjask, og meget har jeg da heller ikke været ude endnu. – Paa Banegaarden i Lørdags blev jeg modtaget af lille Thorvald, Brandt, Christine, Laders og Thomas. Lille Th. gik med hjem og sad og passiarede nogle Timers Tid. – Søndag Morgen gik vi til Vartov, hvor vi jo traf en Del af Foreningens Medlemmer. Molle var der ogsaa, hun gik med her hjem til Frokost. Da vi lige var færdige med Frokosten, kom Onkel Emil; han havde det helt godt, og ["og" overstreget] var saa livlig og behagelig og fortalte en hel Del fra sin Rejse. Han mente, at Bedstemoder ikke vilde have mig til Hjælp, men sagde, at vi kunde jo selv komme ned og spørge om det. Da vi havde spist til Middag, gik vi saa derned. Men ganske rigtig, Bedstemoder vilde ikke have det mindste med min Hjælp at gøre, hun vilde helst være fri. Der var slet ikke noget at stille op med hende. – Kransene var komne til rigtig Tid, men Bedstemor havde strax sendt dem hen til Datteren og ikke set efter, hvem de var fra. – Hun var for Resten i helt godt Humeur, derimod var Bedstefader simpel og meget sløv. – I Dag har jeg været inde hos Syjomfruen, jeg faar min Kjole paa Lørdag. I Morgen Kl. 11 skal vi hen til Thomas sammen med Molle; derfra gaar jeg saa ud til Fabriken – Det glæder jeg mig ikke videre til; Opper er jo i Italien sammen med sin Broder, Smidth ligesaa med sin Broder. Vor Fællestur derned blev nok desværre aldrig til noget. – 
-[...57 lines deleted...]
-[Skrevet på hovedet øverst på side 1:] Kys dem alle sammen fra mig</t>
+Jeg vilde ogsaa gærne skrive et lille Brev hjem i Dag, men jeg vil ikke sige, at jeg har de store Masser at skrive om, da jeg nu snart i 14 Dage har ligget og siddet her hjemme og kukkeluret. - Jeg fortryder næsten, at vi fik fat i den Doktor; hvis jeg havde kureret mig selv, havde jeg saamænd for længe siden været ude og paa Fabriken; men denne Doktor er saa forsigtig, han bliver ved med at "det raller" (hans Yndlingsudtryk) og at jeg skal passe paa! Før Onsdag faar jeg ikke Lov at gaa paa Fabriken. - Jeg har benyttet disse Dage til at kile paa med Julegaver, og det er jeg meget glad ved, da jeg jo ikke har meget Tid til daglig, og da jeg desværre ikke saa godt kan taale at sy ved Lys for mine Øjne. - Tak for Pakken, vi fik i Gaar! Vi holdt en lukullisk Frokost paa den i Dag! Vi glæde os vældig til den fede Slagtepakke! - 
+Arvid ligger i disse Dage af Forkølelse, saa det gaar rigtig paa Omgang her. Vi sad temmelig længe og snakkede med Fru Rørdam i Dag efter Middag; hun er en prægtig Kone, som vi kommer til at holde mere og mere af; hendes Smaapiger komme herind nogle Dage i næste Uge; det glæder hun sig forfærdelig meget til. -
+Onkel Emil er kommen, han sidder her og snakker, saa det er ikke nemt at skrive Brev. Jeg er for Resten bleven en forfærdelig Idiot til at skrive Breve (mere end jeg før har været) min Hjerne bliver saa underlig tom, naar jeg faa en Pen i Haanden. Men særlig tom føler den sig i Dag; jeg haaber det kommer af, at den saa længe har været aafskaaren fra ydre Indtryk. - - Jeg tror, at jeg hellere maa slutte for i Dag, saa skal jeg skrive noget mere og afsende paa Tirsdag. 
+Mange kærlige Hilsner til Eder alle! Din Alhed.
+Emil sender mange Hilsner! 
+Juleønsker. [Ordet overstreget]</t>
   </si>
   <si>
     <t>1892-10-18</t>
-  </si>
-[...5 lines deleted...]
-Waldemarsgade 30</t>
   </si>
   <si>
     <t>Iffe -
 - Behrend, Frøken
 Christian  Brandstrup
 Eline  Brandstrup
 Emil Brandstrup
 Johanne Christine Brandstrup
 Lauritz  Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Carl Adolph Feilberg
 Peter Hansen
 - Jensen, København
 Fritz Kruse
 Alhed Larsen
 Eli Laub
 Esther Laub
 Frederik  Laub
 Christine  Mackie
 - Oppermann
 Johanne Oppermann
 - Rørdam, Fru
 Ellen  Sawyer
 - Thune
@@ -215,245 +297,54 @@
 Det vides ikke, hvilke Feilberg søstrene havde besøg af. de kendte flere med dette efternavn.
 Hvem fru Th., som Johanne muligvis skulle have plads hos, var, vides heller ikke.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2004</t>
   </si>
   <si>
     <t>Søstrene, Christine, Alhed og Johanne, har haft gæster til kage. Johanne har set meget til Brandstrup-familien. Hun vil opgive sin sløjdundervisning.
 Johanne ved ikke, hvorfor moderen tror, at Alheds bekendtskabskreds består af "obscure" personer. Søstrene er sparsommelige og ser i øvrigt ingen mandfolk.
 De tre søstre har frygtelig mange udgifter. Det er dyrt at bo i København.
 Johanne og faderen skal på besøg på Hvilan (skole i Sverige).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zYdu</t>
   </si>
   <si>
     <t>Onsdag 18-10-92. Waldemarsgade 30
 Kære Mor!
 Lige så villigt som du indrømmede, at dit Brev var lidt gnavent, lige så villigt indrømmer vi at vi er og altid har været og vist desværre altid vil vedblive at være: nogle Smølehoveder, men dit Brev virkede, saa vi øjeblikkeligt faar gjort Anstalter til den vanskelige [ulæseligt ord] at sende Kasser med Tilbehør. Md. Carlsen mener, at de skal hen til gl. Kongevej et Sted, for at afsendes; af besparende Hensyn bærer Md. Carlsen den ene og jeg den anden. – Det er kedeligt, at du er saa misfornøjet med, at vi ingen flere [over linjen skrevet ”flere”] Selskaber fik; men Kagen kunde min Syv – hvor stor den end var have slaaet til, til 3. Tænk paa, vi var 10 Mennesker - der tog godt fra, for udmærket var den jo – der skulde bespises af den Md. Carlsen skulde da også smage den. Resten af den gik en Aften, da vi havde Himmelbjærgsturen samlet; dem skyldte vi jo; vi havde for Resten en morsom Aften og der blev lagt Plan til et Karneval midt i November, skal blive knusende morsomt. I Søndag Formiddags var vi - efter at have spist Frokost i Paraplyen – hos Bedsteforældrene. Onkel Christian kom der netop med Søren – en aldeles dejlig Unge – og Onkel Fritz (Kruse) Vi var der temmelig længe og fik Kaffe; derfra gik vi hjem og Far med ud til Onkel Chr.&amp;amp; Tante Eline. Da der ikke gik noget videre i Teatrene, bød Far Emil og Lut hen til os; Lut var imidlertid ikke til at finde – de vidste ikke, hvor han var henne, saa Emil kom alene; desuden var Brandt hos os; vi havde det rigtig morsomt, havde dække Bord med And og Sardiner og andet godt og senere på Aftenen Makroner og Tokajer. Onkel Emil lovede at tage mig med en Aften til Valkyrien; det var jo et svært Koup for mig, bare han nu holder det. – Mandag saa vi slet ikke Far, men Tirsdag fik vi Brev fra ham, at han bedt Fejl ["Fejl" overstreget] Feilbergs til Onsdag Aften – du har vel skrevet et misfornøjet Brev, der saa har gjort sin Virkning, samt om vi vilde møde ham Tirsdag Aften hos On. Chr. &amp;amp; Tante Eline. Efter at have drukken The gik vi saa derud i Aftes; vi havde det meget hyggeligt, de bor saa yndigt og fik Syltetøj og Kager. Paa Fredag skal vi sammen med dem hos Bedsteforældrene; det er Emils Fødselsdag. – I Aften kommer saa Feilbergs. Christine er jo ["jo" overstreget] ude at købe ind til det; det maa jo gaa fra Fars egen Pung, at vi ikke fik dem lige efter Wilhjelms, for saa havde vi jo ikke behøvet at købe noget. Vi skal købe Cognac, Sodavand, Bajere, Pålæg, Anchovis og saa faar de Frugt, Pærer og Vindruer. Gid dette nu maa gaa lige saa godt som det forrige, da erklærede jo Frk. Thune, at det var gaaet aldeles nydeligt. - - - Jeg havde tænkt at opgive Sløjd; jeg mente knapt jeg kunde overkomme mere, da Musikken jo vil tage lang Tid hver Dag, og jeg har meget at forberede mig til i Sprog og Historie, og jeg jo ogsaa får Gymnastik; og saa mente jeg ikke, det var noget at give Penge ud til, da Brandt siger – hendes Søster har neml. haft Sløjd – at man gaar så langsomt frem, at man paa et halvt Aar ikke kan komme så vidt at man kan lave noget ordentligt – man får ikke Lov at prøve paa at lave noget selv, men maa sidde en Evighed og øve sig paa noget, der bliver til ingenting, blot en Stump Træ; tilmed kan jeg kun faa 4 Timer om Ugen, da mine Kursustimer falder paa samme Tid som Sløjdtimerne hos Mikkelsen og det er den bedste Sløjdskole – vist den eneste, der er noget ved. Nu er det jo galt, da du har skrevet det til Fru Th., men den Plads er jo da usikker, så – men nu overlader jeg det til dig om jeg skal have det eller ej; Jeg havde langt mere Lyst til nogle faa Timer i Håndarbejde. jeg havde netop tænkt at tale med Far derom i Aften, men det gør jeg saa ikke. – Jeg forsikrer dig to Ting højt og dyrt, 1) at vi lever sparsommeligt og 2) ["(2)" indsat over linjen] at vi ingen Omgang har med Mandfolk. Jeg havde – jeg ved ikke hvordan – fået Indtrykket af at her var en hel Suite af unge Kunstnere, Studenter m.m. men her er min Sandten ingen – endnu har jeg da ingen set – saa du kan være rolig, vi omgås ingen ”obscure” Personer; Det maa vist være dig selv, der har givet mig det fejlagtige Indtryk om alle Alheds Malerbekendtskaber. P. har ikke sat sine Fødder her i den Tid, jeg har været her, de eneste Mandfolk her kommer er Far – ja i Går var Hr. Laub her, men han er jo da en anstændig Person; det var for Resten morsomt han kom med alle 4 Unger og sad et Øjeblik. De rejser i Aften igen. – 
 Alhed er vis paa at have betalt Frk. Jensens Regning, fik Kvitering, men har den ikke mere. Ang. Strømperne var vi først hos en, Brandt anbefalede og som vi vilde se paa først; men han strikkede kun og tog 50 Øre for Parret; der var 3 strikkede Par som vi så efterlod der, så sparede vi da 1½ Kr. Med megen Besvær fandt vi så ham i Farimagsgade, men de var optagne i en hel Måned, så det kunde ikke blive til noget. Ham paa gl. Kongevej som Alhed kender anbefalede Fru Rørdam ogsaa – hvorimod hun ikke yndede din i Farimagsgade – men om Far når at faa dem med er tvivlsomt. – 
 Jeg har glemt at fortælle, at Lut ogsaa kommer i Aften, [over linien skrevet ”i Aften”] men om Frk. Opperm. som Alhed be’r i Dag kommer ved jeg ikke; hendes gamle Tante skal begraves i Morgen, saa hun kommer vist ikke. Det kniber med Pladsen, når vi – som sidst – har 4 fremmede, Dagligstuen er propfuld, men når man tager det lidt med Ro under Spiseakten, saa naas det jo alligevel. - - - Der går meget mere til i Kbhn. af Penge end man aner; som Eks kan jeg anføre: Chr. fik sin Paraply knækket paa Skovturen, min er har ["er" overstreget; over linien skrevet ”har”] til min store Sorg faaet et Knæk jeg begriber ikke hvordan, det må være sket paa Kursusset [det tedje "s" i ordet overstreget], der er så knap Plads til Tøjet; vor Keddel er gaaet itu, den rinder, vor Lampe kan ikke skrues, Kul eller Smaabrænde til at gøre Ild ved; vor Kakkelovn er snavset og skal renses mener Md. Carlsen, Frimærker, Svovlstikker Petroleum, Chr. skulde have et Spejl at synge ved havde hendes Lærerinde paabudt 50 Øre – se alt den Slags tænker man ikke paa, når man er paa Erikshåb og lige kan gaa og tage det; - Sæbe og Soda til Vadsk og Md. Carlsen 1 Kr. for at vadske. Det er ikke fordi, I har sagt vi bruger for mange Penge, at jeg skriver alt dette, men fordi, du ikke maa tro, andet end at der gaar mere til end lige Husholdningspengene. Jeg selv er saa bestyrtet over saa mange uforudsete Udgifter. Skulde vi drikke sød Mælk hver Dag var det 42 Ør. for hver Litter!!! Saa det vilde jo være vanvittigt. Vi skal nok købe Æg paa Torvet når disse slipper op. Vi vilde saa umaadelig gerne have lidt smaa Te sendende; vores er lige ved at slippe op og vi gruer for at købe The allerede. Ost vil vi gerne have, men ikke salt Kød, vi har jo hele det Lammelår endnu. – Alheds og min Gymnastik er 2 Timer om Ugen på gl. Kongevej fra 7-8 om Morgenen. Fru R. korser sig over alt det, vi har for, mener vi kan ikke tåle det. Tænk! Chr,s Spillelærerinde Frk. Behrend har faaet Aarebetændelse i det ene Ben, og Chr. har nu faaet en anden i Bredgade – en forbistret Vej; men det falder heldigvis sammen med hendes Stenograferen, der jo også er et Sted ved Bredgade. – Hør Mor! Vi aner jo ikke, hvor den Fabrik er paa Christianshavn og har ikke Tid til at gå en Dagligdag og få den sporet op og en Søndag er der jo lukket. Maa vi ikke tage den et andet Sted? S.u. Paa Lørdag skal saa Far og jeg til Hvilan. Bed Elle om at sende, det om ”Kvinderne” som [ulæseligt] sendte os, enten ["enten" overstreget] til Hvilan, Iffe bad mig om den, jeg havde et ”Velkommenbrev” fra dem i Gaar. Hun kan jo skrive til Iffe med det samme. Det skal helst være straks. – Undskyld nu, hvis dette Brev er lidt jaget skreven, men jeg har jo travlt, da vi jo skal ha Fremmede, og jeg skal lære Lektier – Øvningen har jeg opgivet for i Dag – og jeg jo skal have de Kasser besørgede. – Jeg har komplet Skrivekrampe, det er gået i en sådan Fart.
 [Skrevet på hovedet øverst på side 1:]
 Jeg har fået de Handsker med Fugtighedspletterne farvet sorte for 50 Ør. jeg kom og bildte Chr. ind at det var nye for 4 Kr., desværre er de lidt for store. Tænker I lidt venlig paa mine Læderknappesko? Jeg savner dem egentlig – men det haster jo ikke sådan alligevel!</t>
   </si>
   <si>
-    <t>21.-26. november 1892</t>
-[...192 lines deleted...]
-  <si>
     <t>1893-03-02</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
   </si>
   <si>
     <t>Sophus Bojesen
 Ludvig Brandstrup, billedhugger
 Thomas Bredsdorff
 Ove Christensen
 - Clemensen
 - Dotsch
 Peter Hansen
 - Jørgensen, Frøken
 - Klee
 Ingrid Lange
 Alhed Larsen
 Johanne Lund
 Christine  Mackie
 - Moths
 - Rørdam, Fru
 Ellen  Sawyer
 Fanny Schaffalitzky de Muckadell
 Adelheyde Syberg
 Hempel Syberg
 - Thorup
 Anna Thorup, g. Arndrup
 Maria von Sperling. g. Balslev</t>
   </si>
@@ -509,152 +400,261 @@
 Læssøerne er Balslev-familien, som boede i Læsøgade. Moster var Balslev-søskendeflokkens mors søster. Hun var ugift, og flere af børnene boede i deres studietid sammen med hende i hendes lejlighed i Læsøgade. 
 Hvilan var en højskole nær Göteborg.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2012</t>
   </si>
   <si>
     <t>Det er godt, at Albrecht Warberg har det bedre, men slemt med de anfald. Johanne takker for pengene. De har mange udgifter.
 Johanne, Alhed m.fl. har været til spisning og dans hos Balslev-familien i Læsøgade. 
 Ellen skal på besøg på Hvilan, og Johanne har lyst til at tage med.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bACW</t>
   </si>
   <si>
     <t>Ny Waldemar. Onsdag Eft. 
 12–4-93.
 Kære Mor!
 Du skal dog ogsaa have lidt fra mig om det end ikke bliver så fyldigt som Christines. – Hvor det dog er rart, at det er bedre med Fader, skønt Anfaldet har jo været der og det er jo det gale ved Sagen, selv om det er bedre nu. – Tak for Pengene! Vil du hilse Far og sige Tak for dem. Jeg havde ventet, at I var bleven meget forfærdede over allerede at faa Anmodning om flere; det er I maaske ogsaa? Og Tak for Dit lange Brev; det var dog frygtelig Sjov med ”Rumperne” (vi grinede mægtig over de smaas Længe leve R) jeg havde nok tænkt, at I vilde synes godt om ham, han er voldsom rar og ogsaa morsom. Jeg skal nok fortælle lidt om i Søndags, da vi var i Læssøsgade. Alhed vandrede derud allerede lige efter Middag, kunde ikke tøve til vi andre gik! (Rigmor havde bedt mig ud at hjælpe sig!) Ja Tak! men Thorvald havde budt os andre til samme Tid, men vi vidste dog bedre, hvad Ret var og kom først c. 7. Gæsterne vare: Thomas, Loria, Hedemann, Viggo Clausen, Marie Sperling og os. Du kan ikke tro, hvor der var hyggeligt og morsomt; Moster var jo ikke hjemme og vi havde det helt for os selv. Voldsom livlig ved Bordet; Rigmor var en frygtelig sød Værtinde, hun havde Steg, Kartoffelsalat, Æg og afskårent Efter Bordet blev der snakket, røget og musiseret; Thorvald sang – han har en henrivende Stemme, meget kønnere end Studentens og det siger jo da ikke lidt – og bagefter spillede Rigmor. – Saa fik vi Kaffe med Smørkage og Smaakager og paa det Tidspunkt maatte Thomas desværre gaa; han gaar tidlig hjem nu efter at han har været syg. Og tænk, saa dansede vi; Rigmor spillede til; det var knusende Sjov. Dette Brev er vist lidt spredt, for ved Siden af at jeg skriver snakker vi meget gemytligt; Brandt trak[t]erer med Æggesnaps – blandt andet drøfter vi Turen paa Søndag; nu skal neml. endelig den 23 Kroners være; det er nærmest for Alheds Skyld, det bliver jo den sidste, vi faar mens hun er her. – Jeg havde rigtignok stor Lyst til at komme med Elle til Hvilan paa Søndag især hvis der skal være Bal, hvis ikke kunde jeg jo ligesågodt vente til næste Søndag og saa faa den 23er med. – Jeg har da min Sandten ikke negligeret saa at jeg ikke kan komme der, det vilde da netop være opmærksomt – eller hvad skal jeg sige kalde det – at komme der. Men det kan jeg jo snakke med Elle om, naar hun nu kommer paa Torsdag – hvilket jeg glæder mig utrolig til. - -
 I Mandags gik Alhed og jeg ud til Læssøerne for at sige ”Tak for i Gaar.” Vi sad lidt i Mørkningen hvorpaa de bad os blive til The, hvilket vi imidlertid sagde nej til og gik. Men da vi kom ned paa Gaden, kom Alhed i Tanker om, at det egentlig var dumt, at vi ikke havde sagt ja, og saa vandrede vi op igen og sagde, at vi havde 
 [Resten af brevet mangler]
 [Øverst på tværs på brevets side 1 er skrevet:] 
 - Vil du bede Elle tage lidt Lak– og Lysestumper med her ind.</t>
   </si>
   <si>
-    <t>1893-06-12</t>
+    <t>1892-10-05</t>
+  </si>
+  <si>
+    <t>Waldemarsgade 30</t>
+  </si>
+  <si>
+    <t>Mulle -
+Peter Hansen
+Marie Juul
+Sigrid Lang
+Alhed Larsen
+Johanne Lund
+Christine  Mackie
+Peter Rosenberg
+Elisa Schneekloth
+Marie Schou
+Henriette Skram
+Adelheyde Syberg
+Hempel Syberg
+Natalie Zahle</t>
+  </si>
+  <si>
+    <t>Johanne Larsen boede fra efteråret 1892 til foråret 1893 sammen med to af sine søstre, Christine og Alhed, i Waldemarsgade i København. Johanne fulgte forskellige former for undervisning på flere skoler.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2003</t>
+  </si>
+  <si>
+    <t>Rejsen gik godt. Johanne syntes først, at alt var så småt (i lejligheden), men nu finder hun det hyggeligt. 
+Johanne har mødtes med Skram og også haft sin første litteraturtime. Hun har historie med Frk. Skram og fransk på en anden skole. 
+Moderen må godt sende en dug, servietter, bestik, kaffe, smør og æg. 
+Christine og Johanne har besøgt udstillingen på fribilletter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HF37</t>
+  </si>
+  <si>
+    <t>Waldemarsgade 30. Onsdag 5-10-92.
+Kære Mor!
+Nu har Christine og jeg spist Frokost og hun er ved at vadske af; nu har jeg et Øjeblik inden vi saa skal ind til Frk. Skram at give Besked. – 
+Rejsen gik godt nok, jeg løste da Billet til Salonen, traf ingen bekendte. De var efter mig paa Banegården og vi gik her til i dejligt Måneskin. Straks syntes jeg at det hele var saa uendelig småt – især da ”Kabinettet” – man kan knap vende sig herinde, - men allerede nu til Morgen har jeg forsonet mig med med Småligheden og finder det meget hyggeligt. Nu skal vi gaa – mere siden. – 
+Saa, nu skal det gaa løs igen; - I Morges fulgte Chr. mig ind til Fru Schnecloth, og jeg havde den første Time i Literatur hos Cand. Rosenberg. Han var storartet; vi skal aldrig høres, vistnok heller ikke skrive op, men blot høre efter. Det blir nogle brillante Timer. – Heldigvis falder Timerne saadan, at jeg nok kan faa Frk. Skrams Historietimer; om Torsdagen har jeg Fransk fra 9-10 og Historie hos Frk. Skram fra 10-11 saa da maa jeg jo ruppe mig for at naa det. Der er vel 1-2 Minutters Gang mellem begge Skolerne. Vi skal læse fra 1814, netop derfra hvortil vi naaede paa Sollerup. – De Bøger vi skal ha’ er lutter nye, ingen som vi har. 
+Af glemte Ting er jeg kun kommen i Tanker om Ske og Gaffel. –
+Vi vil gerne have en Dug. ca som den lille, fine, prikkede, vi har. Af Servietter har vi – ja vent til Alhed kommer hjem fra Fabrik. 
+12 Pudevaar deraf til min lille Pude. Frk. Joh. Lund Mulles Veninde [”Mulles Veninde” skrevet over linjen] er her så en indgående Besked kan Du ikke faa. E ["E" overstreget] Vi har ingen rene Servietter, så vi skal jo have til vore fremmede, da vi ikke faar vasket til den Tid. –
+Manchettøjet skal nok huskes, men vi har ikke faaet Frimærkepakken endnu. Baade Kaffe og Æg skal blive modtaget med vældig Begejstring. Ligeledes mere Smør, da det nok kan holde sig. Jeg skal sige Tak for det tilsendte. Da Chr. og jeg gik fra Frk. Skram gik vi op paa Udstillingen. Ja, nu ser jeg dig i Aanden ryste på Hovedet af Billetter, men Chr. og Alh. har Fribillet og jeg gik paa Alheds. Der traf vi Sigrid Lang, P, og Marie Hansen. Marie Juul var med derhenne. Hun saa os, da vi var hos Frk Zahle – det er neml. i Frk. Zahles Skole at Frk. Skram har Historie – og kom løbende ud, klædte sig om og gik med os. Vi var nede i Køkkenet og saa hele Menagen. Lige nu kom Frimærkepakken. Ja foreløbig er jeg jo ikke saa meget inde i Forholdene at her er ret meget at berette, senere naar jeg får begyndt paa det hele skal jeg give fyldigere Oplysninger. Nu skal vi straks spise. Kun mange Hilsner fra os alle tre til Jer alle sammen. Sybergs
+[Skrevet lodret langs højre margen:] ogsaa. Junge.
+[Skrevet på hovedet øverst på side 1:] Kys dem alle sammen fra mig</t>
+  </si>
+  <si>
+    <t>Forår 1893</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Arnold Emil Krog
+Johanne Christine Larsen
+Christine  Mackie
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Pigerne boede sammen i Waldemarsgade 30 (BB 2003)
+Ingetagen er muligvis et gammelt tysk ord som betyder belejret, indelukket, fængslet.
+Det er uvist, hvem tante P. er.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2210</t>
+  </si>
+  <si>
+    <t>Johanne er stadigvæk syg. De har haft mange besøgende med blomster. Alhed har tegnet flittigt. Både blomsterne og Johanne i sengen. Hun vil vise tegningerne til Krog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Osj0</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Det bliver ingen rar Overaskelse for Eder af dette Brev at se at Johanne, som I vel trode var rask for længe siden, endnu går og skranter. Fastelavnsmandag fik hun stærk Feber, og da hun havde det endnu næste Dag og tillige ondt i Halsen turde vi ikke andet end hente Doktoren. Hun havde 39.2 hele Dagen, men allerede næste Dag noget mindre. Dr. kom 4 Dage i Træk han trode vist det skulde blive en rigtig Sygdom; men heldigvis blev det dog ikke til noget. Men en grundig Forkølelse har det saamænd været, og hun hoster en Del endnu, saa hun skal være meget forsigtig foreløbig. – I Dag er hun lidt oppe, Dr. gav hende Lov imorges. Kan Du dog ikke skrive til hende at hun skal købe sig nogle Uldbuxer, jeg kan ikke faa hende til det, og jeg er sikker paa det skærmer mod Forkølelse, det er hjulpen godt paa mig siden jeg begyndte at gaa med det i Efteraaret. – Vi har som Følge af Joh’s Daarlighed, levet stille ingetagen hele Ugen. Men Folk har været saa flinke til at komme og høre til hende samt medbringe Blomster og Kager. Jeg har været saa flittig med at tegne og male alle de Blomster. Jeg har tegnet Krokus og en Hyacinth, malet en hvid Hyac. malet Røde Tulipaner, som alle synes ere saa gode, tegnet Johanne i Sengen samt begyndt paa et Maleri af Chr. ved Klaveret. Er det ikke en storartet Flid.
+Nu skal jeg en af Dagene have det ud og vise Krog det. – Jeg er ikke begyndt at synge endnu, men jeg begynder nu til den første. Du har vist misforstaaet det jeg skrev om Betalingen. Jeg har ikke betalt i den Tid, jeg ikke har sungen, Men Anna har sungen paa de samme Betingelser, som hvis vi begge sang, vi faa Moderation, naar vi synge to. – 
+Christine synger derimod stadigvæk. – Den Frk. Lund, Christine skulde spille med, maa vist have betænkt sig, hun melder sig stadig ikke. – Huskede Du Tante P’s Fødselsdag i Gaar? Vi ville skrive til hende, det Skind, hun trænger vist haardt til en Smule Opmuntring, det maa jo være frygtelig at gaa og vide, at ["det" overstregethun rimeligvis kun har faa Maaneder tilbage at leve i. – Bedstemoder havde haft Brev fra hende forleden det havde nok været en stor Skuffelse for hende ikke at blive bedt til Erikshaab i Julen. Jeg synes, Du skulde skrive ligefrem til hende, at Du er bange for Smitte; det maa jo være skrækkeligt for hende hvis hun tror at I ere blevne trætte og kede af dem, ved stadig at skulle hjælpe dem. --- Det er ikke noget muntert Brev men vi oplever heller ikke noget muntert i denne Tid. – Onklerne var her forleden Aften, Lud har saa travlt i denne Tid, saa vi ser ham sjældent. – Vi var til The hos Etatsraadinde Schou forleden Efterm. blev stærkt trakterede med Kvædegelé, Kvædebrød, Kakaolikør foruden The og Kager. Hun er meget elskværdig.
+Nu kun mange Hilsner til Eder alle Din Alhed.
+Christine glæder sig til at komme Hjem i Paasken.</t>
+  </si>
+  <si>
+    <t>11. eller 18. februar 1893</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Julie Brandt
+Thora  Branner
+Hans Christian Caspersen
+Peter Hansen
+Syrak Hansen
+Alhed Larsen
+Christine  Mackie
+- Paulsen
+Alfred Reisenauer
+Johannes Rump
+- Rørdam, Fru
+Fanny Schaffalitzky de Muckadell
+Marie Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Der er tilsyneladende tale om to breve, som ikke hører sammen. Det første er et dobbeltark, 4 beskrevne sider. Det næste mærket "2" i øverste venstre hjørne må være side 2 af et andet brev. De to breve er skrevet på papir af hvert sit format.
+Det vides ikke, hvad Syrak Hansen og dennes kone hed. 
+Søstrene må have spist deres varme måltider hos Fru Rørdam, siden Alhed sparede syv dage, hvor hun var på juleferie, og der igen kan spares, når Johanne rejser.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2047</t>
+  </si>
+  <si>
+    <t>Pakken var beskadiget og svinet til, da Johanne modtog den. Tøjet indeni pakken var også beskidt. 
+Moderen må fortælle Johanne, hvordan hun skal spare mere, for Johanne ved det ikke. Alhed sparede jo madpenge, da hun tog på juleferie, og når Johanne rejser fra København, sparer man også hendes betaling.
+Johanne har hoste og kan ikke gå ud, så hun er blevet snydt for diverse fornøjelser såsom en koncert, som Komtessen gav søstrene billetter til, et besøg og en generalforsamling.
+Peter Hansen bor til leje hos sin farbror og dennes kone. De er søde mennesker. 
+Et par små børn ringede på og bad om mad, men Johanne smækkede døren i hovedet på dem.
+Johanne har spurgt Fru Rørdam, og hun kan få sit regnskab til at stemme, og det kan hun aldrig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lWPN</t>
+  </si>
+  <si>
+    <t>Lørdag Aften.
+Kære Mor! Vil du ikke ligestrax sende mig Fløjlet, som jeg må få til min Kjole, det må vist sendes i Æske, ellers bliver det vel klemt. Mon min Snavsepose så ikke kan være der også og mine Koraller
+Kære Mor!
+Det var rigtignok godt, at Pakken hjemmefra kom lige nu og indeholdt dit opmuntrende Brev; jeg havde lige anbragt mig i Gyngestolen og lavet mig til at sidder ["at" indsat over linjen; "r" i sidder overstreget] der og stirre ind i Gløderne mens min Sindsstemning var lige saa melankolsk som Mørket, der lidt efter lidt bredte sig over Stuen. Grunden til denne min Melankoli skal du høre nærmere om siden. Først maa jeg udtale min Oprørthed over Pakkens Tilstand. Tænk dig! Hele den ene Side af denne var som den kunde være dybbet i en Mudderpøl; der var skreven "Tilsmudset" uden paa Kvitteringen, saa det er ikke Budet, der har Skylden. Jeg skældte altsaa ikke ham ud og tænkte for Resten ikke videre over det før jeg fik den aabnet. De to hvide Skørter og den ene Natkjole var saa beskidte at det var en Gru. Hvis det nu ikke kan gaa af (hvad det nu sikkert kan, da det kun er reel "Plurre") saa skal vi da klage og faa Erstatning? -
+Pengene! Det er meget rigtig, hvad Far bemærkede, at Alh. har betalt for Jan. Ikke 20, men 15 Kr 15 Ør. da hun jo ikke skulde betale for de 7 Dage af Jan vi havde Juleferie; saa vi har min Sandten brugt 254 Kr og - ja jeg har glemt Ørene Antal. Men du som jo er saa sparsommelig! Fortæl mig, hvad vi skal spare paa - min Forstand staar stille. Det nytter ikke, at du siger, Mensch ärgr dich nicht, for Menneschet ärgrer sig alligevel - skønt jeg endda ikke saa meget som Christine. Men I maa jo huske paa, at det vil hjælpe svært, naar jeg kommer bort. Mine Skolepenge - Musik incl. - koster jeg jo 30 Kr. mdl. ["mdl." indsat skråt over linjen] det er jo ikke lidt. Og naar jeg kommer bort kan de klare sig med de ["de" indsat over linjen] 20 af Alheds til tør, og Middagsmaden bliver saa kun 33-34 Kr. - Ja du maa undskylde, alt det er ikke "morsomt"; men vi maa lette vore Hjærter til dig om disse vort ellers saa lyse Livs eneste Sorger. Saa kommer min Melankoli: jeg føler mig som det mest forurettede Menneske under Solen idet Skæbnen neml. i disse Dage har tildelt mig modbydelig, væmmelig afskydelig Hoste. Ikke fordi Hosten i og for sig er saa slem, men den forbyder mig at gaa ud og saa forsømmer jeg jo mit kære Kursus, foruden hvad du nu skal høre. Natten før vi skulde til Paulsens underholdt jeg baade de andre, Md. Carlsen ["r" i ordet indsat over linjen] og mig selv paa det livligste med en vedholdende Gøen hvorfor Chr. ikke turde sende mig stakkels Barn i Skole eller tillade mig at komme med hos Paulsens! hvilket de nu selv kan fortælle om; men tænk dig! Saa vilde Komtessen have foræret os alle 3 Billetter til den sidste Reisenauerkoncert. Og i al den sidste Tid har jeg gaaet og slikket mig om Munden ved at se paa hans P[l]akater og Olsen har beskrevet mig ham og sagt; at han var den første Klaverspiller; men de billigste Billetter kostede 1 Kr, saa den var jo umulig - og nu kunde jeg have ["have" overstreget; "være" indsat over linjen] være kommen der gratis!! Ja jeg var ved at ærgre mig til Døde over det. For selv om jeg turde gaa ud, kunde jeg jo ikke sidde der og forstyrre alle Tilhørerne med min Hosten. Du kan tro, det var drøjt i Aftes at sidde her ganske mutters alene - ikke en Gang var her til at trøste mig. - Og saa nu i Aften er de til Generalforsaml; der skal nu bestemmes hvad de 23 skal gaa til. De hvide Skørter vilde vi have, da det ikke var helt umuligt om Lud havde bedt os til noget Sjov der skal være i "18den Nov" paa Mandag-Fastel. og saa 
+[Resten af brevet mangler] 
+snakker sammen, Christine Brandt, Marie H, jeg og en Del andre danser frem paa Gulvet i en lang Kæde med hverandre i Hænderne. P. Hansen bor hos sin Onkel og Tante (Broder til Mester) han har en hel Lejlighed ved Siden af deres; Onkelen ejer neml. Huset og da den Lejlighed er tom har P. faaet Lov til at bo der imod at betale en lille Smule i Leje. Hans Tante er en meget rar en, der giver os Kaffe og undertiden Aftensmad. Forleden havde en af os nær kommen med hende i Theatret, da Onkel neml. kom meget sent hjem saa de troede først, han ikke kom til rette Tid men desværre kom han i yderste Øjeblik; det var til "Under Snefog", der gik - 
+Lige nu ringede det og et Par smaa Unger bad om Mad, men ihukommende dine Formaninger fra i Julen smækkede jeg Døren i for Næsen af dem. - Max var herinde i Gaar Aftes; de andre var til Fransk, men havde Timen tidligere end ellers, saa de kom snart efter. Han fik Toddy-Levning fra den Aften, da Rump og hans Kusine var hernede, da havde R. Cognac og Rødvin med. - Vi spillede Tannhäuser for ham; han lovede os en Galleribillet til næste Gang Faust gaar. Den gaar første Gang paa Fredag; den Dag skal vi selvfølgelig ikke derhen; men saa næste Gang. Knusende sjov
+- - Jeg spurgte nu inde ved Middagsbordet Fru Rørdam, om hun altid kunde faa sit Regnskab til at stemme, og hun svarede "aldrig"!!!! Nu skal de andre gaa til Komtessen og jeg skal hen at spille! - Hvis mit Brev Morsomhed svarede til Længden, saa kunde du sagtens være glad, men jeg tænker da for Resten at alle disse Pengesager interesserer dig, som der ["r" overstreget] interesserer os 3. - Ost vil vi gærne have; du talte en Gang om Spegepølse det vilde vi voldsom gærne have, det er jo noget der kan vare længe. Rullepølsen har vi ikke begyndt paa endnu. -
+Alhed var jo [på] Visit hos Thora lige før Jul, saa kan jeg ikke regne ud, at det haster saa galt der? Nu kun mange Hilsner til Jer allesammen. Meddel Far Regnskabet med Skaansomhed!
+Har ikke Tid at se Brevet igennem, de går nu. Junge.</t>
+  </si>
+  <si>
+    <t>1892-1893</t>
   </si>
   <si>
     <t>Lars Christian Balslev
 Rigmor Balslev
 Thorvald Balslev
+Emil Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Julie Brandt
+Thomas Bredsdorff
 Malin   Holmström-Ingers
-- Jensen, Frøken, Erikshaab
-[...1 lines deleted...]
-Marie Leth
 Christine  Mackie
-Christian Nissen
-[...1 lines deleted...]
-Maria von Sperling. g. Balslev
+Johanne Oppermann
+Theodor Oppermann
+Hans Smidth
+- Smidth, Frøken</t>
+  </si>
+  <si>
+    <t>I perioden 1892-1893 boede de tre søstre Alhed, Christine og Johanne sammen i en lejlighed (Waldemarsgade 30) i København. Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik.
+Emil Brandstrup led af tuberkulose.
+Alhed Larsens morfar var dement. 
+Alhed Larsen kendte flere, der hed Bodil, så det kan ikke afgøres, hvem Bodil i dette brev er. 
+Det er uklart, om Frøken Smidths bror var maleren Hans Smidth.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2194</t>
+  </si>
+  <si>
+    <t>Det øsregner. Alhed Larsen blev om lørdagen modtaget på banegården af en masse venner. Søndag var de på Vartov. Emil Brandstrup kom og fortalte om sin rejse. Alhed Larsen gik derefter til sine bedsteforældre for at spørge, om hun skulle hjælpe med noget. 
+Johanne Oppermann og Frk. Smidth er begge i Italien med deres brødre. Alhed og deres fælles rejse blev således ikke realiseret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MJoL</t>
+  </si>
+  <si>
+    <t>Kære Mor!
+Nu har Thomas lige været her og siddet og sludret en Timestid; af den Grund maa jeg nu ruppe mig for at naa at faa Brevet hen i Postkassen, jeg kan ikke godt gaa paa Banegaarden med det, da det pjaskregner. Gid det dog snart vilde blive lidt godt Vejr, det er saa utaaleligt at gaa omkring i det Sjask, og meget har jeg da heller ikke været ude endnu. – Paa Banegaarden i Lørdags blev jeg modtaget af lille Thorvald, Brandt, Christine, Laders og Thomas. Lille Th. gik med hjem og sad og passiarede nogle Timers Tid. – Søndag Morgen gik vi til Vartov, hvor vi jo traf en Del af Foreningens Medlemmer. Molle var der ogsaa, hun gik med her hjem til Frokost. Da vi lige var færdige med Frokosten, kom Onkel Emil; han havde det helt godt, og ["og" overstreget] var saa livlig og behagelig og fortalte en hel Del fra sin Rejse. Han mente, at Bedstemoder ikke vilde have mig til Hjælp, men sagde, at vi kunde jo selv komme ned og spørge om det. Da vi havde spist til Middag, gik vi saa derned. Men ganske rigtig, Bedstemoder vilde ikke have det mindste med min Hjælp at gøre, hun vilde helst være fri. Der var slet ikke noget at stille op med hende. – Kransene var komne til rigtig Tid, men Bedstemor havde strax sendt dem hen til Datteren og ikke set efter, hvem de var fra. – Hun var for Resten i helt godt Humeur, derimod var Bedstefader simpel og meget sløv. – I Dag har jeg været inde hos Syjomfruen, jeg faar min Kjole paa Lørdag. I Morgen Kl. 11 skal vi hen til Thomas sammen med Molle; derfra gaar jeg saa ud til Fabriken – Det glæder jeg mig ikke videre til; Opper er jo i Italien sammen med sin Broder, Smidth ligesaa med sin Broder. Vor Fællestur derned blev nok desværre aldrig til noget. – 
+Nu maa jeg slutte. Bodil har det bedre. ---
+Mange Hilsner til Eder alle fra Chr. og Din 
+Alhed. 
+[Skrevet på tværs øverst på s1:]
+Rimse var paa Banegaarden, hun havde sit Portræt med til mig. – Hun havde ogsaa et Portræt fra Studenten som Soldat samt et lille Brev, hvori han ærgrer sig over at han var i daarligt Humeur ude hos os.</t>
+  </si>
+  <si>
+    <t>Christine  Mackie
+Ellen  Sawyer
 Albrecht  Warberg</t>
   </si>
   <si>
-    <t>Søstrene Christine, Alhed og Johanne Warberg boede sammen i Valdemarsgade 30, København i 1892-1893. Johanne og Thorvald Balslev var forlovet i flere år, men de blev ikke gift.</t>
-[...15 lines deleted...]
-    <t>Waldemarsgd 30. 12 Juni Mandag.
+    <t>Søstrene Christine, Alhed og Johanne f. Warberg boede i 1892-1893 sammen i Waldemarsgade 30, København. Forældrene havde ikke råd til dette arrangement, så søsterkollektivet måtte opløses.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2049</t>
+  </si>
+  <si>
+    <t>Det er trist, at søstrene må opgive deres bofællesskab, men hvis der ikke er råd til det, må det jo være sådan. Johanne vil forsøge at finde en plads som småbørnslærerinde, men det kan hun ikke leve af. Hun kan ikke undervise store børn. Trist også, at Ellen ikke kommer alligevel.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uBtG</t>
+  </si>
+  <si>
+    <t>Fredag
 Kære Mor!
-Egentlig er jeg noget angergiven over, at I slet ikke har hørt fra os; jeg har aldeles ingen Undskyldning uden den, at Tiden løber, uden at man ved, hvor den bliver af, og at man jo er meget optaget af alt muligt lige naar man er bleven forlovet. – Baade Thorvald og jeg siger dig og Far tusind Tak for for Jeres Breve og de [skrevet oven over linjen: ”de”] gode Ønsker til os og ikke mindst fordi I lader til at være bleven glade ved det og tilfredse med mit Valg. - - Christine havde tænkt og sagt, at hun vilde skrive hjem og berette Jer om saadan en storartet Aften, vi har haft her; men Smølet har nok ikke gjort det. Nu kan det vente til jeg kommer hjem, saa kan I faa mundtlig Beretning om hele den sidste Tid herinde. – Vi kommer desværre ikke Lørdag alligevel; Laders skal op Torsdag og Moster vil helst have Gildet for ham Lørdag; saa synes vi, at Søndag er saadan en løjerlig Dag at rejse paa, altsaa tager vi først herfra Mandag og kommer [skrevet oven over linien: ”kommer”] velsagtens til Erikshaab Tirsdag; det er kedeligt nok vi ikke kan komme Søndag som du havde tænkt, men det kan ikke lade sig gøre – Nu opløses Foreningen lidt efter lidt for denne Saison; Alhed og Marie er borte, i Dag rejste Rigmor og ChrEdv. Nissen og paa Mandag Thorvald og jeg saa der er bliver ["er" overstreget; "bliver" indsat over linjen] kun en lille udholdende Skare tilbage; du kan ogsaa tro, her er ækelt inde ved denne Tid med Hede og Støv – forleden Eftermiddag var Thorvald og jeg for Resten saadan en dejlig Spadseretur ud ad den gamle Kjøgelandevej; der var fuldstændig landligt, dejlige Kløvermarker, Heste og Kør, Stranden i Baggrunden og en henrivende Solnedgang. Nej, naturligvis kunde det ikke skjules med Forlovelsen; herinde er Hemmeligheden ogsaa fuldstændig offentlig, men det gør jo heller ingen Ting; Laders havde skrevet det til Marie Sp. og velsagtens glemt at bede hende tie med det. – Jeg er saa glad ved at vi slipper for Kort og Selskaber og Visitter, jeg synes ikke der maa være noget rart ved det, jeg tror heller ikke Thorvald sværmer for det, nu skal jeg snakke med ham om det. – Jeg kan da tænke mig, hvor Frk. Jensen maa være henrykt – og hils Molle og sig, at hun er umaadelig klog, der sker jo aldrig noget uden at hun nok ”havde tænkt det” i Forvejen. - - - 
-[...65 lines deleted...]
-Nu kom Johanne og bliver til imorgen tidlig.</t>
+Jeg siger ligesom Chr. at nogen udpræget festlig Stemning satte dine Breve os ikke i; den Udsigt, at vores henrivende lille Menage herinde skal opløses er i Sandhed ikke tiltalende; men det kan jo ikke nytte, kan Far ikke give os noget, saa kan han ikke, det er jo soleklart, og saa maa vi jo sørge for os selv, og faar jeg ingen Plads herinde, saa faar jeg vel en Privatlærerindeplads, og saa er der heller ikke noget at sige til det. Men det er jo da flintrende umuligt at faa en Plads, hvor jeg fuldstændig kan sørge for mig selv; jeg kan jo ikke paatage mig ret store Børn og som Følge deraf heller ikke faa saa forfærdelig høj en Løn; nu vil jeg gøre alt mulig for at faa en Plads herinde, gid jeg maatte have Held med mig.
+- - Det var en stor Skuffelse, at Elle ikke kommer, vi havde glædet os saa voldsomt til det; vi havde Brev fra hende i Dag.
+- - Ja, jeg skriver i Grunden kun disse Ord, fordi du vilde vide vor Mening om Sagernes Stilling. Jeg er ikke oplagt til at skrive, og vi har ikke oplevet noget i denne Uge.
+Mange Hilsner til Jer alle fra
+Junge
+Vi har 5 store Pudevaar med Tunger og 5 smaa m. Tunger, 3 Par Lagner af den Slags jeg syede Navn paa i Sommer; der er Navn paa dem alle 3.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -731,51 +731,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HF37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bACW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bACW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HF37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M13"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -820,553 +820,553 @@
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" s="5" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
         <v>50</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>51</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>52</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>54</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D7" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" s="5" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="F7" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="G7" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H7" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="K7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="M7" s="5" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>35</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="I8" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="J8" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="J8" s="5" t="s">
+      <c r="K8" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>72</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-        </is>
+        <v>80</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>81</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>15</v>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>15</v>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>99</v>
+        <v>79</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F13" s="5" t="s">
-        <v>101</v>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
         <v>102</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>103</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>104</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>105</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>106</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>107</v>
       </c>
     </row>