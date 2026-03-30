--- v1 (2026-02-08)
+++ v2 (2026-03-30)
@@ -44,247 +44,165 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1893-08-17</t>
+    <t>1892-1893</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
     <t>Laura Warberg</t>
-  </si>
-[...112 lines deleted...]
-Waldemarsgade 30</t>
   </si>
   <si>
     <t>Lars Christian Balslev
 Rigmor Balslev
 Thorvald Balslev
+Emil Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Julie Brandt
+Thomas Bredsdorff
 Malin   Holmström-Ingers
-- Jensen, Frøken, Erikshaab
+Christine  Mackie
+Johanne Oppermann
+Theodor Oppermann
+Hans Smidth
+- Smidth, Frøken</t>
+  </si>
+  <si>
+    <t>I perioden 1892-1893 boede de tre søstre Alhed, Christine og Johanne sammen i en lejlighed (Waldemarsgade 30) i København. Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik.
+Emil Brandstrup led af tuberkulose.
+Alhed Larsens morfar var dement. 
+Alhed Larsen kendte flere, der hed Bodil, så det kan ikke afgøres, hvem Bodil i dette brev er. 
+Det er uklart, om Frøken Smidths bror var maleren Hans Smidth.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2194</t>
+  </si>
+  <si>
+    <t>Det øsregner. Alhed Larsen blev om lørdagen modtaget på banegården af en masse venner. Søndag var de på Vartov. Emil Brandstrup kom og fortalte om sin rejse. Alhed Larsen gik derefter til sine bedsteforældre for at spørge, om hun skulle hjælpe med noget. 
+Johanne Oppermann og Frk. Smidth er begge i Italien med deres brødre. Alhed og deres fælles rejse blev således ikke realiseret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MJoL</t>
+  </si>
+  <si>
+    <t>Kære Mor!
+Nu har Thomas lige været her og siddet og sludret en Timestid; af den Grund maa jeg nu ruppe mig for at naa at faa Brevet hen i Postkassen, jeg kan ikke godt gaa paa Banegaarden med det, da det pjaskregner. Gid det dog snart vilde blive lidt godt Vejr, det er saa utaaleligt at gaa omkring i det Sjask, og meget har jeg da heller ikke været ude endnu. – Paa Banegaarden i Lørdags blev jeg modtaget af lille Thorvald, Brandt, Christine, Laders og Thomas. Lille Th. gik med hjem og sad og passiarede nogle Timers Tid. – Søndag Morgen gik vi til Vartov, hvor vi jo traf en Del af Foreningens Medlemmer. Molle var der ogsaa, hun gik med her hjem til Frokost. Da vi lige var færdige med Frokosten, kom Onkel Emil; han havde det helt godt, og ["og" overstreget] var saa livlig og behagelig og fortalte en hel Del fra sin Rejse. Han mente, at Bedstemoder ikke vilde have mig til Hjælp, men sagde, at vi kunde jo selv komme ned og spørge om det. Da vi havde spist til Middag, gik vi saa derned. Men ganske rigtig, Bedstemoder vilde ikke have det mindste med min Hjælp at gøre, hun vilde helst være fri. Der var slet ikke noget at stille op med hende. – Kransene var komne til rigtig Tid, men Bedstemor havde strax sendt dem hen til Datteren og ikke set efter, hvem de var fra. – Hun var for Resten i helt godt Humeur, derimod var Bedstefader simpel og meget sløv. – I Dag har jeg været inde hos Syjomfruen, jeg faar min Kjole paa Lørdag. I Morgen Kl. 11 skal vi hen til Thomas sammen med Molle; derfra gaar jeg saa ud til Fabriken – Det glæder jeg mig ikke videre til; Opper er jo i Italien sammen med sin Broder, Smidth ligesaa med sin Broder. Vor Fællestur derned blev nok desværre aldrig til noget. – 
+Nu maa jeg slutte. Bodil har det bedre. ---
+Mange Hilsner til Eder alle fra Chr. og Din 
+Alhed. 
+[Skrevet på tværs øverst på s1:]
+Rimse var paa Banegaarden, hun havde sit Portræt med til mig. – Hun havde ogsaa et Portræt fra Studenten som Soldat samt et lille Brev, hvori han ærgrer sig over at han var i daarligt Humeur ude hos os.</t>
+  </si>
+  <si>
+    <t>1892-10-05</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Waldemarsgade 30</t>
+  </si>
+  <si>
+    <t>Mulle -
+Peter Hansen
+Marie Juul
+Sigrid Lang
 Alhed Larsen
-Marie Leth
+Johanne Lund
 Christine  Mackie
-Christian Nissen
+Peter Rosenberg
+Elisa Schneekloth
 Marie Schou
-Maria von Sperling. g. Balslev
-[...19 lines deleted...]
-    <t>Waldemarsgd 30. 12 Juni Mandag.
+Henriette Skram
+Adelheyde Syberg
+Hempel Syberg
+Natalie Zahle</t>
+  </si>
+  <si>
+    <t>Johanne Larsen boede fra efteråret 1892 til foråret 1893 sammen med to af sine søstre, Christine og Alhed, i Waldemarsgade i København. Johanne fulgte forskellige former for undervisning på flere skoler.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2003</t>
+  </si>
+  <si>
+    <t>Rejsen gik godt. Johanne syntes først, at alt var så småt (i lejligheden), men nu finder hun det hyggeligt. 
+Johanne har mødtes med Skram og også haft sin første litteraturtime. Hun har historie med Frk. Skram og fransk på en anden skole. 
+Moderen må godt sende en dug, servietter, bestik, kaffe, smør og æg. 
+Christine og Johanne har besøgt udstillingen på fribilletter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HF37</t>
+  </si>
+  <si>
+    <t>Waldemarsgade 30. Onsdag 5-10-92.
 Kære Mor!
-Egentlig er jeg noget angergiven over, at I slet ikke har hørt fra os; jeg har aldeles ingen Undskyldning uden den, at Tiden løber, uden at man ved, hvor den bliver af, og at man jo er meget optaget af alt muligt lige naar man er bleven forlovet. – Baade Thorvald og jeg siger dig og Far tusind Tak for for Jeres Breve og de [skrevet oven over linjen: ”de”] gode Ønsker til os og ikke mindst fordi I lader til at være bleven glade ved det og tilfredse med mit Valg. - - Christine havde tænkt og sagt, at hun vilde skrive hjem og berette Jer om saadan en storartet Aften, vi har haft her; men Smølet har nok ikke gjort det. Nu kan det vente til jeg kommer hjem, saa kan I faa mundtlig Beretning om hele den sidste Tid herinde. – Vi kommer desværre ikke Lørdag alligevel; Laders skal op Torsdag og Moster vil helst have Gildet for ham Lørdag; saa synes vi, at Søndag er saadan en løjerlig Dag at rejse paa, altsaa tager vi først herfra Mandag og kommer [skrevet oven over linien: ”kommer”] velsagtens til Erikshaab Tirsdag; det er kedeligt nok vi ikke kan komme Søndag som du havde tænkt, men det kan ikke lade sig gøre – Nu opløses Foreningen lidt efter lidt for denne Saison; Alhed og Marie er borte, i Dag rejste Rigmor og ChrEdv. Nissen og paa Mandag Thorvald og jeg saa der er bliver ["er" overstreget; "bliver" indsat over linjen] kun en lille udholdende Skare tilbage; du kan ogsaa tro, her er ækelt inde ved denne Tid med Hede og Støv – forleden Eftermiddag var Thorvald og jeg for Resten saadan en dejlig Spadseretur ud ad den gamle Kjøgelandevej; der var fuldstændig landligt, dejlige Kløvermarker, Heste og Kør, Stranden i Baggrunden og en henrivende Solnedgang. Nej, naturligvis kunde det ikke skjules med Forlovelsen; herinde er Hemmeligheden ogsaa fuldstændig offentlig, men det gør jo heller ingen Ting; Laders havde skrevet det til Marie Sp. og velsagtens glemt at bede hende tie med det. – Jeg er saa glad ved at vi slipper for Kort og Selskaber og Visitter, jeg synes ikke der maa være noget rart ved det, jeg tror heller ikke Thorvald sværmer for det, nu skal jeg snakke med ham om det. – Jeg kan da tænke mig, hvor Frk. Jensen maa være henrykt – og hils Molle og sig, at hun er umaadelig klog, der sker jo aldrig noget uden at hun nok ”havde tænkt det” i Forvejen. - - - 
-[...37 lines deleted...]
-Juleønsker. [Ordet overstreget]</t>
+Nu har Christine og jeg spist Frokost og hun er ved at vadske af; nu har jeg et Øjeblik inden vi saa skal ind til Frk. Skram at give Besked. – 
+Rejsen gik godt nok, jeg løste da Billet til Salonen, traf ingen bekendte. De var efter mig paa Banegården og vi gik her til i dejligt Måneskin. Straks syntes jeg at det hele var saa uendelig småt – især da ”Kabinettet” – man kan knap vende sig herinde, - men allerede nu til Morgen har jeg forsonet mig med med Småligheden og finder det meget hyggeligt. Nu skal vi gaa – mere siden. – 
+Saa, nu skal det gaa løs igen; - I Morges fulgte Chr. mig ind til Fru Schnecloth, og jeg havde den første Time i Literatur hos Cand. Rosenberg. Han var storartet; vi skal aldrig høres, vistnok heller ikke skrive op, men blot høre efter. Det blir nogle brillante Timer. – Heldigvis falder Timerne saadan, at jeg nok kan faa Frk. Skrams Historietimer; om Torsdagen har jeg Fransk fra 9-10 og Historie hos Frk. Skram fra 10-11 saa da maa jeg jo ruppe mig for at naa det. Der er vel 1-2 Minutters Gang mellem begge Skolerne. Vi skal læse fra 1814, netop derfra hvortil vi naaede paa Sollerup. – De Bøger vi skal ha’ er lutter nye, ingen som vi har. 
+Af glemte Ting er jeg kun kommen i Tanker om Ske og Gaffel. –
+Vi vil gerne have en Dug. ca som den lille, fine, prikkede, vi har. Af Servietter har vi – ja vent til Alhed kommer hjem fra Fabrik. 
+12 Pudevaar deraf til min lille Pude. Frk. Joh. Lund Mulles Veninde [”Mulles Veninde” skrevet over linjen] er her så en indgående Besked kan Du ikke faa. E ["E" overstreget] Vi har ingen rene Servietter, så vi skal jo have til vore fremmede, da vi ikke faar vasket til den Tid. –
+Manchettøjet skal nok huskes, men vi har ikke faaet Frimærkepakken endnu. Baade Kaffe og Æg skal blive modtaget med vældig Begejstring. Ligeledes mere Smør, da det nok kan holde sig. Jeg skal sige Tak for det tilsendte. Da Chr. og jeg gik fra Frk. Skram gik vi op paa Udstillingen. Ja, nu ser jeg dig i Aanden ryste på Hovedet af Billetter, men Chr. og Alh. har Fribillet og jeg gik paa Alheds. Der traf vi Sigrid Lang, P, og Marie Hansen. Marie Juul var med derhenne. Hun saa os, da vi var hos Frk Zahle – det er neml. i Frk. Zahles Skole at Frk. Skram har Historie – og kom løbende ud, klædte sig om og gik med os. Vi var nede i Køkkenet og saa hele Menagen. Lige nu kom Frimærkepakken. Ja foreløbig er jeg jo ikke saa meget inde i Forholdene at her er ret meget at berette, senere naar jeg får begyndt paa det hele skal jeg give fyldigere Oplysninger. Nu skal vi straks spise. Kun mange Hilsner fra os alle tre til Jer alle sammen. Sybergs
+[Skrevet lodret langs højre margen:] ogsaa. Junge.
+[Skrevet på hovedet øverst på side 1:] Kys dem alle sammen fra mig</t>
   </si>
   <si>
     <t>1892-10-18</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>København
+Waldemarsgade 30</t>
   </si>
   <si>
     <t>Iffe -
 - Behrend, Frøken
 Christian  Brandstrup
 Eline  Brandstrup
 Emil Brandstrup
 Johanne Christine Brandstrup
 Lauritz  Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Carl Adolph Feilberg
 Peter Hansen
 - Jensen, København
 Fritz Kruse
 Alhed Larsen
 Eli Laub
 Esther Laub
 Frederik  Laub
 Christine  Mackie
 - Oppermann
 Johanne Oppermann
 - Rørdam, Fru
 Ellen  Sawyer
 - Thune
@@ -297,54 +215,245 @@
 Det vides ikke, hvilke Feilberg søstrene havde besøg af. de kendte flere med dette efternavn.
 Hvem fru Th., som Johanne muligvis skulle have plads hos, var, vides heller ikke.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2004</t>
   </si>
   <si>
     <t>Søstrene, Christine, Alhed og Johanne, har haft gæster til kage. Johanne har set meget til Brandstrup-familien. Hun vil opgive sin sløjdundervisning.
 Johanne ved ikke, hvorfor moderen tror, at Alheds bekendtskabskreds består af "obscure" personer. Søstrene er sparsommelige og ser i øvrigt ingen mandfolk.
 De tre søstre har frygtelig mange udgifter. Det er dyrt at bo i København.
 Johanne og faderen skal på besøg på Hvilan (skole i Sverige).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zYdu</t>
   </si>
   <si>
     <t>Onsdag 18-10-92. Waldemarsgade 30
 Kære Mor!
 Lige så villigt som du indrømmede, at dit Brev var lidt gnavent, lige så villigt indrømmer vi at vi er og altid har været og vist desværre altid vil vedblive at være: nogle Smølehoveder, men dit Brev virkede, saa vi øjeblikkeligt faar gjort Anstalter til den vanskelige [ulæseligt ord] at sende Kasser med Tilbehør. Md. Carlsen mener, at de skal hen til gl. Kongevej et Sted, for at afsendes; af besparende Hensyn bærer Md. Carlsen den ene og jeg den anden. – Det er kedeligt, at du er saa misfornøjet med, at vi ingen flere [over linjen skrevet ”flere”] Selskaber fik; men Kagen kunde min Syv – hvor stor den end var have slaaet til, til 3. Tænk paa, vi var 10 Mennesker - der tog godt fra, for udmærket var den jo – der skulde bespises af den Md. Carlsen skulde da også smage den. Resten af den gik en Aften, da vi havde Himmelbjærgsturen samlet; dem skyldte vi jo; vi havde for Resten en morsom Aften og der blev lagt Plan til et Karneval midt i November, skal blive knusende morsomt. I Søndag Formiddags var vi - efter at have spist Frokost i Paraplyen – hos Bedsteforældrene. Onkel Christian kom der netop med Søren – en aldeles dejlig Unge – og Onkel Fritz (Kruse) Vi var der temmelig længe og fik Kaffe; derfra gik vi hjem og Far med ud til Onkel Chr.&amp;amp; Tante Eline. Da der ikke gik noget videre i Teatrene, bød Far Emil og Lut hen til os; Lut var imidlertid ikke til at finde – de vidste ikke, hvor han var henne, saa Emil kom alene; desuden var Brandt hos os; vi havde det rigtig morsomt, havde dække Bord med And og Sardiner og andet godt og senere på Aftenen Makroner og Tokajer. Onkel Emil lovede at tage mig med en Aften til Valkyrien; det var jo et svært Koup for mig, bare han nu holder det. – Mandag saa vi slet ikke Far, men Tirsdag fik vi Brev fra ham, at han bedt Fejl ["Fejl" overstreget] Feilbergs til Onsdag Aften – du har vel skrevet et misfornøjet Brev, der saa har gjort sin Virkning, samt om vi vilde møde ham Tirsdag Aften hos On. Chr. &amp;amp; Tante Eline. Efter at have drukken The gik vi saa derud i Aftes; vi havde det meget hyggeligt, de bor saa yndigt og fik Syltetøj og Kager. Paa Fredag skal vi sammen med dem hos Bedsteforældrene; det er Emils Fødselsdag. – I Aften kommer saa Feilbergs. Christine er jo ["jo" overstreget] ude at købe ind til det; det maa jo gaa fra Fars egen Pung, at vi ikke fik dem lige efter Wilhjelms, for saa havde vi jo ikke behøvet at købe noget. Vi skal købe Cognac, Sodavand, Bajere, Pålæg, Anchovis og saa faar de Frugt, Pærer og Vindruer. Gid dette nu maa gaa lige saa godt som det forrige, da erklærede jo Frk. Thune, at det var gaaet aldeles nydeligt. - - - Jeg havde tænkt at opgive Sløjd; jeg mente knapt jeg kunde overkomme mere, da Musikken jo vil tage lang Tid hver Dag, og jeg har meget at forberede mig til i Sprog og Historie, og jeg jo ogsaa får Gymnastik; og saa mente jeg ikke, det var noget at give Penge ud til, da Brandt siger – hendes Søster har neml. haft Sløjd – at man gaar så langsomt frem, at man paa et halvt Aar ikke kan komme så vidt at man kan lave noget ordentligt – man får ikke Lov at prøve paa at lave noget selv, men maa sidde en Evighed og øve sig paa noget, der bliver til ingenting, blot en Stump Træ; tilmed kan jeg kun faa 4 Timer om Ugen, da mine Kursustimer falder paa samme Tid som Sløjdtimerne hos Mikkelsen og det er den bedste Sløjdskole – vist den eneste, der er noget ved. Nu er det jo galt, da du har skrevet det til Fru Th., men den Plads er jo da usikker, så – men nu overlader jeg det til dig om jeg skal have det eller ej; Jeg havde langt mere Lyst til nogle faa Timer i Håndarbejde. jeg havde netop tænkt at tale med Far derom i Aften, men det gør jeg saa ikke. – Jeg forsikrer dig to Ting højt og dyrt, 1) at vi lever sparsommeligt og 2) ["(2)" indsat over linjen] at vi ingen Omgang har med Mandfolk. Jeg havde – jeg ved ikke hvordan – fået Indtrykket af at her var en hel Suite af unge Kunstnere, Studenter m.m. men her er min Sandten ingen – endnu har jeg da ingen set – saa du kan være rolig, vi omgås ingen ”obscure” Personer; Det maa vist være dig selv, der har givet mig det fejlagtige Indtryk om alle Alheds Malerbekendtskaber. P. har ikke sat sine Fødder her i den Tid, jeg har været her, de eneste Mandfolk her kommer er Far – ja i Går var Hr. Laub her, men han er jo da en anstændig Person; det var for Resten morsomt han kom med alle 4 Unger og sad et Øjeblik. De rejser i Aften igen. – 
 Alhed er vis paa at have betalt Frk. Jensens Regning, fik Kvitering, men har den ikke mere. Ang. Strømperne var vi først hos en, Brandt anbefalede og som vi vilde se paa først; men han strikkede kun og tog 50 Øre for Parret; der var 3 strikkede Par som vi så efterlod der, så sparede vi da 1½ Kr. Med megen Besvær fandt vi så ham i Farimagsgade, men de var optagne i en hel Måned, så det kunde ikke blive til noget. Ham paa gl. Kongevej som Alhed kender anbefalede Fru Rørdam ogsaa – hvorimod hun ikke yndede din i Farimagsgade – men om Far når at faa dem med er tvivlsomt. – 
 Jeg har glemt at fortælle, at Lut ogsaa kommer i Aften, [over linien skrevet ”i Aften”] men om Frk. Opperm. som Alhed be’r i Dag kommer ved jeg ikke; hendes gamle Tante skal begraves i Morgen, saa hun kommer vist ikke. Det kniber med Pladsen, når vi – som sidst – har 4 fremmede, Dagligstuen er propfuld, men når man tager det lidt med Ro under Spiseakten, saa naas det jo alligevel. - - - Der går meget mere til i Kbhn. af Penge end man aner; som Eks kan jeg anføre: Chr. fik sin Paraply knækket paa Skovturen, min er har ["er" overstreget; over linien skrevet ”har”] til min store Sorg faaet et Knæk jeg begriber ikke hvordan, det må være sket paa Kursusset [det tedje "s" i ordet overstreget], der er så knap Plads til Tøjet; vor Keddel er gaaet itu, den rinder, vor Lampe kan ikke skrues, Kul eller Smaabrænde til at gøre Ild ved; vor Kakkelovn er snavset og skal renses mener Md. Carlsen, Frimærker, Svovlstikker Petroleum, Chr. skulde have et Spejl at synge ved havde hendes Lærerinde paabudt 50 Øre – se alt den Slags tænker man ikke paa, når man er paa Erikshåb og lige kan gaa og tage det; - Sæbe og Soda til Vadsk og Md. Carlsen 1 Kr. for at vadske. Det er ikke fordi, I har sagt vi bruger for mange Penge, at jeg skriver alt dette, men fordi, du ikke maa tro, andet end at der gaar mere til end lige Husholdningspengene. Jeg selv er saa bestyrtet over saa mange uforudsete Udgifter. Skulde vi drikke sød Mælk hver Dag var det 42 Ør. for hver Litter!!! Saa det vilde jo være vanvittigt. Vi skal nok købe Æg paa Torvet når disse slipper op. Vi vilde saa umaadelig gerne have lidt smaa Te sendende; vores er lige ved at slippe op og vi gruer for at købe The allerede. Ost vil vi gerne have, men ikke salt Kød, vi har jo hele det Lammelår endnu. – Alheds og min Gymnastik er 2 Timer om Ugen på gl. Kongevej fra 7-8 om Morgenen. Fru R. korser sig over alt det, vi har for, mener vi kan ikke tåle det. Tænk! Chr,s Spillelærerinde Frk. Behrend har faaet Aarebetændelse i det ene Ben, og Chr. har nu faaet en anden i Bredgade – en forbistret Vej; men det falder heldigvis sammen med hendes Stenograferen, der jo også er et Sted ved Bredgade. – Hør Mor! Vi aner jo ikke, hvor den Fabrik er paa Christianshavn og har ikke Tid til at gå en Dagligdag og få den sporet op og en Søndag er der jo lukket. Maa vi ikke tage den et andet Sted? S.u. Paa Lørdag skal saa Far og jeg til Hvilan. Bed Elle om at sende, det om ”Kvinderne” som [ulæseligt] sendte os, enten ["enten" overstreget] til Hvilan, Iffe bad mig om den, jeg havde et ”Velkommenbrev” fra dem i Gaar. Hun kan jo skrive til Iffe med det samme. Det skal helst være straks. – Undskyld nu, hvis dette Brev er lidt jaget skreven, men jeg har jo travlt, da vi jo skal ha Fremmede, og jeg skal lære Lektier – Øvningen har jeg opgivet for i Dag – og jeg jo skal have de Kasser besørgede. – Jeg har komplet Skrivekrampe, det er gået i en sådan Fart.
 [Skrevet på hovedet øverst på side 1:]
 Jeg har fået de Handsker med Fugtighedspletterne farvet sorte for 50 Ør. jeg kom og bildte Chr. ind at det var nye for 4 Kr., desværre er de lidt for store. Tænker I lidt venlig paa mine Læderknappesko? Jeg savner dem egentlig – men det haster jo ikke sådan alligevel!</t>
   </si>
   <si>
+    <t>21.-26. november 1892</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Arvid Rørdam
+- Rørdam, Fru</t>
+  </si>
+  <si>
+    <t>Alhed Larsen og hendes to søstre boede en tid til leje hos Fru Rørdam, Valdemarsgade 30 i København.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2177</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været syg og hjemme i 14 dage, og lægen vil ikke lade hende komme på arbejde før onsdag. Hun har lavet julegaver. Arvid er også forkølet. 
+Alhed takker for pakken, som dannede grundlag for en god frokost. 
+Fru Rørdam skal have sine småpiger på besøg. 
+Emil er på besøg. Alhed føler sig tom for ideer, når hun skal skrive breve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HJsE</t>
+  </si>
+  <si>
+    <t>Kære Mor!
+Jeg vilde ogsaa gærne skrive et lille Brev hjem i Dag, men jeg vil ikke sige, at jeg har de store Masser at skrive om, da jeg nu snart i 14 Dage har ligget og siddet her hjemme og kukkeluret. - Jeg fortryder næsten, at vi fik fat i den Doktor; hvis jeg havde kureret mig selv, havde jeg saamænd for længe siden været ude og paa Fabriken; men denne Doktor er saa forsigtig, han bliver ved med at "det raller" (hans Yndlingsudtryk) og at jeg skal passe paa! Før Onsdag faar jeg ikke Lov at gaa paa Fabriken. - Jeg har benyttet disse Dage til at kile paa med Julegaver, og det er jeg meget glad ved, da jeg jo ikke har meget Tid til daglig, og da jeg desværre ikke saa godt kan taale at sy ved Lys for mine Øjne. - Tak for Pakken, vi fik i Gaar! Vi holdt en lukullisk Frokost paa den i Dag! Vi glæde os vældig til den fede Slagtepakke! - 
+Arvid ligger i disse Dage af Forkølelse, saa det gaar rigtig paa Omgang her. Vi sad temmelig længe og snakkede med Fru Rørdam i Dag efter Middag; hun er en prægtig Kone, som vi kommer til at holde mere og mere af; hendes Smaapiger komme herind nogle Dage i næste Uge; det glæder hun sig forfærdelig meget til. -
+Onkel Emil er kommen, han sidder her og snakker, saa det er ikke nemt at skrive Brev. Jeg er for Resten bleven en forfærdelig Idiot til at skrive Breve (mere end jeg før har været) min Hjerne bliver saa underlig tom, naar jeg faa en Pen i Haanden. Men særlig tom føler den sig i Dag; jeg haaber det kommer af, at den saa længe har været aafskaaren fra ydre Indtryk. - - Jeg tror, at jeg hellere maa slutte for i Dag, saa skal jeg skrive noget mere og afsende paa Tirsdag. 
+Mange kærlige Hilsner til Eder alle! Din Alhed.
+Emil sender mange Hilsner! 
+Juleønsker. [Ordet overstreget]</t>
+  </si>
+  <si>
+    <t>1892-11-30</t>
+  </si>
+  <si>
+    <t>Waldemarsgade 30
+København</t>
+  </si>
+  <si>
+    <t>Rigmor Balslev
+Thorvald Balslev
+Christian Barnekow
+Carl Bellman
+Thomas Bredsdorff
+Johan Hartmann
+Christian Rex
+Christian Richardt
+- Rørdam, Fru
+- Thune</t>
+  </si>
+  <si>
+    <t>De tre søstre, Alhed, Johanne og Christine, boede sammen i en lejlighed i Waldemarsgade. Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2162</t>
+  </si>
+  <si>
+    <t>Fru Rørdams to små piger har været på besøg, og Alhed har leget med dem. 
+Bredsdorff havde skaffet fire fribilletter til Studentersangforeningens koncert, og den var dejlig. Kongefamilien var til stede. Mange af Alheds venner var der også, og de gik bagefter på konditori sammen.
+Alhed har nu været på Fabrikken igen. Lægen har frigivet hende af fangenskabet, men hun skal stadig være forsigtig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rROM</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Ja, nu blev dette Brev alligevel en Dag forsinket! Fru Rørdams smaa Piger kom ["kom" indsat over linjen] herind til Byen i Gaar; de var voldsom interesserede i os og nysgerrige efter at gøre Bekendtskab med os. Vi blev inviterede ind til en Leg efter Middag; de andre havde ikke Tid, saa det blev mig alene. Vi legede Fingerbølleg et Par Timer, Fru Rørdam og Frk. Hune med. Børnene ere henrivende dejlige, - smukke, velopdragne og voldsom kvikke. - Det var ligefrem rørende at se den gensidige Henrykkelse over at se hinanden.
+Fru Rørdam havde næsten ikke Øjnene fra dem, og de fløj hvert Øjeblik hende om Halsen. Desværre rejser de allerede igen i Morgen Formiddag. - Kl. 7 1/2 kom St. Bredsdorff styrtende herop med 4 Fribilletter, som han i sidste Øjeblik havde faaet til Studentersangforeningens Konsert i Konsertpalæet. Du kan tro, vi fik travlt! Konserten begyndte nemlig 7 1/2! Bredsdorff løb efter en Droske og imens klædte vi os om; vi var nødte til at tage pæne Kjoler paa, da vi skulde sidde paa fine Konser ["Konser" overstreget] Pladser til [et overstreget, ulæseligt ord] 3 1/2 Kr. Det var en dejlig Konsert! De sang f Ex. nogle af Bellmanns [nr. to "l" i ordet overstreget]. Til Slutning sang de Guldbryllupskantaten af Hartmann og Chr. Richard; den var meget smuk. Hele Kongefamiljen var der; efter Kantaten udbragte én (Barnekow blev der sagt) et leve for Kongen, der gjorde os den store Ære o.sv. men det kom rigtignok noget mal apropes. - De to Balslever, Rigmor dito, St. Lorentzen m.fl. var der ogsaa. Hele denne Suite fulgtes ad hjem; Herrerne var spendable og inviterede os med i et Konditori, hvor vi indtog hver 2 10 Øres Kager under kolosal Munterhed. - - Var det dog ikke voldsom pænt af Bredsdorff at tænke paa os med de Billetter? - - I Dag har jeg for første Gang været paa Fabriken. I Gaar gav Doktoren mig endelig fri af mit Fangenskab. Som Du ser, henrykker jeg mig godt af min gyldne Frihed - (i Aften er det jo, vi skal til Tannhäuser) men jeg skal for Resten nok være forsigtig en Tid endnu; han var ikke helt tilfreds med mig endnu, men det var da bedre, sagde han. -
+Jeg glemte et Par Ønsker forleden - en Muffe - og en Sølvpil til at sætte i Haaret, saa skal jeg have mit Haar op. - - - 
+Vi glæde os vældig til i Aften! Nu kom Bredsdorff, han sender sin ærbødigste Hilsen!
+Det samme gør paa "tre Ungers" Vegne
+Be -
+Valdemarsgade 30 III
+sidste Nov.</t>
+  </si>
+  <si>
+    <t>Forår 1893</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Arnold Emil Krog
+Johanne Christine Larsen
+Christine  Mackie
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Pigerne boede sammen i Waldemarsgade 30 (BB 2003)
+Ingetagen er muligvis et gammelt tysk ord som betyder belejret, indelukket, fængslet.
+Det er uvist, hvem tante P. er.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2210</t>
+  </si>
+  <si>
+    <t>Johanne er stadigvæk syg. De har haft mange besøgende med blomster. Alhed har tegnet flittigt. Både blomsterne og Johanne i sengen. Hun vil vise tegningerne til Krog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Osj0</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Det bliver ingen rar Overaskelse for Eder af dette Brev at se at Johanne, som I vel trode var rask for længe siden, endnu går og skranter. Fastelavnsmandag fik hun stærk Feber, og da hun havde det endnu næste Dag og tillige ondt i Halsen turde vi ikke andet end hente Doktoren. Hun havde 39.2 hele Dagen, men allerede næste Dag noget mindre. Dr. kom 4 Dage i Træk han trode vist det skulde blive en rigtig Sygdom; men heldigvis blev det dog ikke til noget. Men en grundig Forkølelse har det saamænd været, og hun hoster en Del endnu, saa hun skal være meget forsigtig foreløbig. – I Dag er hun lidt oppe, Dr. gav hende Lov imorges. Kan Du dog ikke skrive til hende at hun skal købe sig nogle Uldbuxer, jeg kan ikke faa hende til det, og jeg er sikker paa det skærmer mod Forkølelse, det er hjulpen godt paa mig siden jeg begyndte at gaa med det i Efteraaret. – Vi har som Følge af Joh’s Daarlighed, levet stille ingetagen hele Ugen. Men Folk har været saa flinke til at komme og høre til hende samt medbringe Blomster og Kager. Jeg har været saa flittig med at tegne og male alle de Blomster. Jeg har tegnet Krokus og en Hyacinth, malet en hvid Hyac. malet Røde Tulipaner, som alle synes ere saa gode, tegnet Johanne i Sengen samt begyndt paa et Maleri af Chr. ved Klaveret. Er det ikke en storartet Flid.
+Nu skal jeg en af Dagene have det ud og vise Krog det. – Jeg er ikke begyndt at synge endnu, men jeg begynder nu til den første. Du har vist misforstaaet det jeg skrev om Betalingen. Jeg har ikke betalt i den Tid, jeg ikke har sungen, Men Anna har sungen paa de samme Betingelser, som hvis vi begge sang, vi faa Moderation, naar vi synge to. – 
+Christine synger derimod stadigvæk. – Den Frk. Lund, Christine skulde spille med, maa vist have betænkt sig, hun melder sig stadig ikke. – Huskede Du Tante P’s Fødselsdag i Gaar? Vi ville skrive til hende, det Skind, hun trænger vist haardt til en Smule Opmuntring, det maa jo være frygtelig at gaa og vide, at ["det" overstregethun rimeligvis kun har faa Maaneder tilbage at leve i. – Bedstemoder havde haft Brev fra hende forleden det havde nok været en stor Skuffelse for hende ikke at blive bedt til Erikshaab i Julen. Jeg synes, Du skulde skrive ligefrem til hende, at Du er bange for Smitte; det maa jo være skrækkeligt for hende hvis hun tror at I ere blevne trætte og kede af dem, ved stadig at skulle hjælpe dem. --- Det er ikke noget muntert Brev men vi oplever heller ikke noget muntert i denne Tid. – Onklerne var her forleden Aften, Lud har saa travlt i denne Tid, saa vi ser ham sjældent. – Vi var til The hos Etatsraadinde Schou forleden Efterm. blev stærkt trakterede med Kvædegelé, Kvædebrød, Kakaolikør foruden The og Kager. Hun er meget elskværdig.
+Nu kun mange Hilsner til Eder alle Din Alhed.
+Christine glæder sig til at komme Hjem i Paasken.</t>
+  </si>
+  <si>
+    <t>11. eller 18. februar 1893</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Julie Brandt
+Thora  Branner
+Hans Christian Caspersen
+Peter Hansen
+Syrak Hansen
+Alhed Larsen
+Christine  Mackie
+- Paulsen
+Alfred Reisenauer
+Johannes Rump
+- Rørdam, Fru
+Fanny Schaffalitzky de Muckadell
+Marie Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Der er tilsyneladende tale om to breve, som ikke hører sammen. Det første er et dobbeltark, 4 beskrevne sider. Det næste mærket "2" i øverste venstre hjørne må være side 2 af et andet brev. De to breve er skrevet på papir af hvert sit format.
+Det vides ikke, hvad Syrak Hansen og dennes kone hed. 
+Søstrene må have spist deres varme måltider hos Fru Rørdam, siden Alhed sparede syv dage, hvor hun var på juleferie, og der igen kan spares, når Johanne rejser.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2047</t>
+  </si>
+  <si>
+    <t>Pakken var beskadiget og svinet til, da Johanne modtog den. Tøjet indeni pakken var også beskidt. 
+Moderen må fortælle Johanne, hvordan hun skal spare mere, for Johanne ved det ikke. Alhed sparede jo madpenge, da hun tog på juleferie, og når Johanne rejser fra København, sparer man også hendes betaling.
+Johanne har hoste og kan ikke gå ud, så hun er blevet snydt for diverse fornøjelser såsom en koncert, som Komtessen gav søstrene billetter til, et besøg og en generalforsamling.
+Peter Hansen bor til leje hos sin farbror og dennes kone. De er søde mennesker. 
+Et par små børn ringede på og bad om mad, men Johanne smækkede døren i hovedet på dem.
+Johanne har spurgt Fru Rørdam, og hun kan få sit regnskab til at stemme, og det kan hun aldrig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lWPN</t>
+  </si>
+  <si>
+    <t>Lørdag Aften.
+Kære Mor! Vil du ikke ligestrax sende mig Fløjlet, som jeg må få til min Kjole, det må vist sendes i Æske, ellers bliver det vel klemt. Mon min Snavsepose så ikke kan være der også og mine Koraller
+Kære Mor!
+Det var rigtignok godt, at Pakken hjemmefra kom lige nu og indeholdt dit opmuntrende Brev; jeg havde lige anbragt mig i Gyngestolen og lavet mig til at sidder ["at" indsat over linjen; "r" i sidder overstreget] der og stirre ind i Gløderne mens min Sindsstemning var lige saa melankolsk som Mørket, der lidt efter lidt bredte sig over Stuen. Grunden til denne min Melankoli skal du høre nærmere om siden. Først maa jeg udtale min Oprørthed over Pakkens Tilstand. Tænk dig! Hele den ene Side af denne var som den kunde være dybbet i en Mudderpøl; der var skreven "Tilsmudset" uden paa Kvitteringen, saa det er ikke Budet, der har Skylden. Jeg skældte altsaa ikke ham ud og tænkte for Resten ikke videre over det før jeg fik den aabnet. De to hvide Skørter og den ene Natkjole var saa beskidte at det var en Gru. Hvis det nu ikke kan gaa af (hvad det nu sikkert kan, da det kun er reel "Plurre") saa skal vi da klage og faa Erstatning? -
+Pengene! Det er meget rigtig, hvad Far bemærkede, at Alh. har betalt for Jan. Ikke 20, men 15 Kr 15 Ør. da hun jo ikke skulde betale for de 7 Dage af Jan vi havde Juleferie; saa vi har min Sandten brugt 254 Kr og - ja jeg har glemt Ørene Antal. Men du som jo er saa sparsommelig! Fortæl mig, hvad vi skal spare paa - min Forstand staar stille. Det nytter ikke, at du siger, Mensch ärgr dich nicht, for Menneschet ärgrer sig alligevel - skønt jeg endda ikke saa meget som Christine. Men I maa jo huske paa, at det vil hjælpe svært, naar jeg kommer bort. Mine Skolepenge - Musik incl. - koster jeg jo 30 Kr. mdl. ["mdl." indsat skråt over linjen] det er jo ikke lidt. Og naar jeg kommer bort kan de klare sig med de ["de" indsat over linjen] 20 af Alheds til tør, og Middagsmaden bliver saa kun 33-34 Kr. - Ja du maa undskylde, alt det er ikke "morsomt"; men vi maa lette vore Hjærter til dig om disse vort ellers saa lyse Livs eneste Sorger. Saa kommer min Melankoli: jeg føler mig som det mest forurettede Menneske under Solen idet Skæbnen neml. i disse Dage har tildelt mig modbydelig, væmmelig afskydelig Hoste. Ikke fordi Hosten i og for sig er saa slem, men den forbyder mig at gaa ud og saa forsømmer jeg jo mit kære Kursus, foruden hvad du nu skal høre. Natten før vi skulde til Paulsens underholdt jeg baade de andre, Md. Carlsen ["r" i ordet indsat over linjen] og mig selv paa det livligste med en vedholdende Gøen hvorfor Chr. ikke turde sende mig stakkels Barn i Skole eller tillade mig at komme med hos Paulsens! hvilket de nu selv kan fortælle om; men tænk dig! Saa vilde Komtessen have foræret os alle 3 Billetter til den sidste Reisenauerkoncert. Og i al den sidste Tid har jeg gaaet og slikket mig om Munden ved at se paa hans P[l]akater og Olsen har beskrevet mig ham og sagt; at han var den første Klaverspiller; men de billigste Billetter kostede 1 Kr, saa den var jo umulig - og nu kunde jeg have ["have" overstreget; "være" indsat over linjen] være kommen der gratis!! Ja jeg var ved at ærgre mig til Døde over det. For selv om jeg turde gaa ud, kunde jeg jo ikke sidde der og forstyrre alle Tilhørerne med min Hosten. Du kan tro, det var drøjt i Aftes at sidde her ganske mutters alene - ikke en Gang var her til at trøste mig. - Og saa nu i Aften er de til Generalforsaml; der skal nu bestemmes hvad de 23 skal gaa til. De hvide Skørter vilde vi have, da det ikke var helt umuligt om Lud havde bedt os til noget Sjov der skal være i "18den Nov" paa Mandag-Fastel. og saa 
+[Resten af brevet mangler] 
+snakker sammen, Christine Brandt, Marie H, jeg og en Del andre danser frem paa Gulvet i en lang Kæde med hverandre i Hænderne. P. Hansen bor hos sin Onkel og Tante (Broder til Mester) han har en hel Lejlighed ved Siden af deres; Onkelen ejer neml. Huset og da den Lejlighed er tom har P. faaet Lov til at bo der imod at betale en lille Smule i Leje. Hans Tante er en meget rar en, der giver os Kaffe og undertiden Aftensmad. Forleden havde en af os nær kommen med hende i Theatret, da Onkel neml. kom meget sent hjem saa de troede først, han ikke kom til rette Tid men desværre kom han i yderste Øjeblik; det var til "Under Snefog", der gik - 
+Lige nu ringede det og et Par smaa Unger bad om Mad, men ihukommende dine Formaninger fra i Julen smækkede jeg Døren i for Næsen af dem. - Max var herinde i Gaar Aftes; de andre var til Fransk, men havde Timen tidligere end ellers, saa de kom snart efter. Han fik Toddy-Levning fra den Aften, da Rump og hans Kusine var hernede, da havde R. Cognac og Rødvin med. - Vi spillede Tannhäuser for ham; han lovede os en Galleribillet til næste Gang Faust gaar. Den gaar første Gang paa Fredag; den Dag skal vi selvfølgelig ikke derhen; men saa næste Gang. Knusende sjov
+- - Jeg spurgte nu inde ved Middagsbordet Fru Rørdam, om hun altid kunde faa sit Regnskab til at stemme, og hun svarede "aldrig"!!!! Nu skal de andre gaa til Komtessen og jeg skal hen at spille! - Hvis mit Brev Morsomhed svarede til Længden, saa kunde du sagtens være glad, men jeg tænker da for Resten at alle disse Pengesager interesserer dig, som der ["r" overstreget] interesserer os 3. - Ost vil vi gærne have; du talte en Gang om Spegepølse det vilde vi voldsom gærne have, det er jo noget der kan vare længe. Rullepølsen har vi ikke begyndt paa endnu. -
+Alhed var jo [på] Visit hos Thora lige før Jul, saa kan jeg ikke regne ud, at det haster saa galt der? Nu kun mange Hilsner til Jer allesammen. Meddel Far Regnskabet med Skaansomhed!
+Har ikke Tid at se Brevet igennem, de går nu. Junge.</t>
+  </si>
+  <si>
+    <t>Christine  Mackie
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Søstrene Christine, Alhed og Johanne f. Warberg boede i 1892-1893 sammen i Waldemarsgade 30, København. Forældrene havde ikke råd til dette arrangement, så søsterkollektivet måtte opløses.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2049</t>
+  </si>
+  <si>
+    <t>Det er trist, at søstrene må opgive deres bofællesskab, men hvis der ikke er råd til det, må det jo være sådan. Johanne vil forsøge at finde en plads som småbørnslærerinde, men det kan hun ikke leve af. Hun kan ikke undervise store børn. Trist også, at Ellen ikke kommer alligevel.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uBtG</t>
+  </si>
+  <si>
+    <t>Fredag
+Kære Mor!
+Jeg siger ligesom Chr. at nogen udpræget festlig Stemning satte dine Breve os ikke i; den Udsigt, at vores henrivende lille Menage herinde skal opløses er i Sandhed ikke tiltalende; men det kan jo ikke nytte, kan Far ikke give os noget, saa kan han ikke, det er jo soleklart, og saa maa vi jo sørge for os selv, og faar jeg ingen Plads herinde, saa faar jeg vel en Privatlærerindeplads, og saa er der heller ikke noget at sige til det. Men det er jo da flintrende umuligt at faa en Plads, hvor jeg fuldstændig kan sørge for mig selv; jeg kan jo ikke paatage mig ret store Børn og som Følge deraf heller ikke faa saa forfærdelig høj en Løn; nu vil jeg gøre alt mulig for at faa en Plads herinde, gid jeg maatte have Held med mig.
+- - Det var en stor Skuffelse, at Elle ikke kommer, vi havde glædet os saa voldsomt til det; vi havde Brev fra hende i Dag.
+- - Ja, jeg skriver i Grunden kun disse Ord, fordi du vilde vide vor Mening om Sagernes Stilling. Jeg er ikke oplagt til at skrive, og vi har ikke oplevet noget i denne Uge.
+Mange Hilsner til Jer alle fra
+Junge
+Vi har 5 store Pudevaar med Tunger og 5 smaa m. Tunger, 3 Par Lagner af den Slags jeg syede Navn paa i Sommer; der er Navn paa dem alle 3.</t>
+  </si>
+  <si>
     <t>1893-03-02</t>
-  </si>
-[...1 lines deleted...]
-    <t>Johanne  Larsen</t>
   </si>
   <si>
     <t>Sophus Bojesen
 Ludvig Brandstrup, billedhugger
 Thomas Bredsdorff
 Ove Christensen
 - Clemensen
 - Dotsch
 Peter Hansen
 - Jørgensen, Frøken
 - Klee
 Ingrid Lange
 Alhed Larsen
 Johanne Lund
 Christine  Mackie
 - Moths
 - Rørdam, Fru
 Ellen  Sawyer
 Fanny Schaffalitzky de Muckadell
 Adelheyde Syberg
 Hempel Syberg
 - Thorup
 Anna Thorup, g. Arndrup
 Maria von Sperling. g. Balslev</t>
   </si>
@@ -400,261 +509,152 @@
 Læssøerne er Balslev-familien, som boede i Læsøgade. Moster var Balslev-søskendeflokkens mors søster. Hun var ugift, og flere af børnene boede i deres studietid sammen med hende i hendes lejlighed i Læsøgade. 
 Hvilan var en højskole nær Göteborg.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2012</t>
   </si>
   <si>
     <t>Det er godt, at Albrecht Warberg har det bedre, men slemt med de anfald. Johanne takker for pengene. De har mange udgifter.
 Johanne, Alhed m.fl. har været til spisning og dans hos Balslev-familien i Læsøgade. 
 Ellen skal på besøg på Hvilan, og Johanne har lyst til at tage med.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bACW</t>
   </si>
   <si>
     <t>Ny Waldemar. Onsdag Eft. 
 12–4-93.
 Kære Mor!
 Du skal dog ogsaa have lidt fra mig om det end ikke bliver så fyldigt som Christines. – Hvor det dog er rart, at det er bedre med Fader, skønt Anfaldet har jo været der og det er jo det gale ved Sagen, selv om det er bedre nu. – Tak for Pengene! Vil du hilse Far og sige Tak for dem. Jeg havde ventet, at I var bleven meget forfærdede over allerede at faa Anmodning om flere; det er I maaske ogsaa? Og Tak for Dit lange Brev; det var dog frygtelig Sjov med ”Rumperne” (vi grinede mægtig over de smaas Længe leve R) jeg havde nok tænkt, at I vilde synes godt om ham, han er voldsom rar og ogsaa morsom. Jeg skal nok fortælle lidt om i Søndags, da vi var i Læssøsgade. Alhed vandrede derud allerede lige efter Middag, kunde ikke tøve til vi andre gik! (Rigmor havde bedt mig ud at hjælpe sig!) Ja Tak! men Thorvald havde budt os andre til samme Tid, men vi vidste dog bedre, hvad Ret var og kom først c. 7. Gæsterne vare: Thomas, Loria, Hedemann, Viggo Clausen, Marie Sperling og os. Du kan ikke tro, hvor der var hyggeligt og morsomt; Moster var jo ikke hjemme og vi havde det helt for os selv. Voldsom livlig ved Bordet; Rigmor var en frygtelig sød Værtinde, hun havde Steg, Kartoffelsalat, Æg og afskårent Efter Bordet blev der snakket, røget og musiseret; Thorvald sang – han har en henrivende Stemme, meget kønnere end Studentens og det siger jo da ikke lidt – og bagefter spillede Rigmor. – Saa fik vi Kaffe med Smørkage og Smaakager og paa det Tidspunkt maatte Thomas desværre gaa; han gaar tidlig hjem nu efter at han har været syg. Og tænk, saa dansede vi; Rigmor spillede til; det var knusende Sjov. Dette Brev er vist lidt spredt, for ved Siden af at jeg skriver snakker vi meget gemytligt; Brandt trak[t]erer med Æggesnaps – blandt andet drøfter vi Turen paa Søndag; nu skal neml. endelig den 23 Kroners være; det er nærmest for Alheds Skyld, det bliver jo den sidste, vi faar mens hun er her. – Jeg havde rigtignok stor Lyst til at komme med Elle til Hvilan paa Søndag især hvis der skal være Bal, hvis ikke kunde jeg jo ligesågodt vente til næste Søndag og saa faa den 23er med. – Jeg har da min Sandten ikke negligeret saa at jeg ikke kan komme der, det vilde da netop være opmærksomt – eller hvad skal jeg sige kalde det – at komme der. Men det kan jeg jo snakke med Elle om, naar hun nu kommer paa Torsdag – hvilket jeg glæder mig utrolig til. - -
 I Mandags gik Alhed og jeg ud til Læssøerne for at sige ”Tak for i Gaar.” Vi sad lidt i Mørkningen hvorpaa de bad os blive til The, hvilket vi imidlertid sagde nej til og gik. Men da vi kom ned paa Gaden, kom Alhed i Tanker om, at det egentlig var dumt, at vi ikke havde sagt ja, og saa vandrede vi op igen og sagde, at vi havde 
 [Resten af brevet mangler]
 [Øverst på tværs på brevets side 1 er skrevet:] 
 - Vil du bede Elle tage lidt Lak– og Lysestumper med her ind.</t>
   </si>
   <si>
-    <t>1892-10-05</t>
-[...140 lines deleted...]
-    <t>1892-1893</t>
+    <t>1893-06-12</t>
   </si>
   <si>
     <t>Lars Christian Balslev
 Rigmor Balslev
 Thorvald Balslev
-Emil Brandstrup
-[...3 lines deleted...]
-Thomas Bredsdorff
 Malin   Holmström-Ingers
+- Jensen, Frøken, Erikshaab
+Alhed Larsen
+Marie Leth
 Christine  Mackie
-Johanne Oppermann
-[...31 lines deleted...]
-    <t>Christine  Mackie
+Christian Nissen
+Marie Schou
+Maria von Sperling. g. Balslev
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Søstrene Christine, Alhed og Johanne Warberg boede sammen i Valdemarsgade 30, København i 1892-1893. Johanne og Thorvald Balslev var forlovet i flere år, men de blev ikke gift.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0008</t>
+  </si>
+  <si>
+    <t>Johanne takker for, at forældrene bifalder hendes valg af Thorvald Balslev, som hun er blevet forlovet med. 
+Lars Christian Balslev (Laders) skal til eksamen fredag, og hans moster holder fest for ham lørdag. Thorvald og Johanne kommer til Erikshaab tirsdag.
+Nu bliver studenterforeningen opløst for denne sæson. Først har de dog en afskedsudflugt for Rigmor og Christian Edvard. 
+Johanne og Thorvald har været på en dejlig gåtur.
+Johanne er glad for at slippe for forlovelsesfest</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ubbn</t>
+  </si>
+  <si>
+    <t>Waldemarsgd 30. 12 Juni Mandag.
+Kære Mor!
+Egentlig er jeg noget angergiven over, at I slet ikke har hørt fra os; jeg har aldeles ingen Undskyldning uden den, at Tiden løber, uden at man ved, hvor den bliver af, og at man jo er meget optaget af alt muligt lige naar man er bleven forlovet. – Baade Thorvald og jeg siger dig og Far tusind Tak for for Jeres Breve og de [skrevet oven over linjen: ”de”] gode Ønsker til os og ikke mindst fordi I lader til at være bleven glade ved det og tilfredse med mit Valg. - - Christine havde tænkt og sagt, at hun vilde skrive hjem og berette Jer om saadan en storartet Aften, vi har haft her; men Smølet har nok ikke gjort det. Nu kan det vente til jeg kommer hjem, saa kan I faa mundtlig Beretning om hele den sidste Tid herinde. – Vi kommer desværre ikke Lørdag alligevel; Laders skal op Torsdag og Moster vil helst have Gildet for ham Lørdag; saa synes vi, at Søndag er saadan en løjerlig Dag at rejse paa, altsaa tager vi først herfra Mandag og kommer [skrevet oven over linien: ”kommer”] velsagtens til Erikshaab Tirsdag; det er kedeligt nok vi ikke kan komme Søndag som du havde tænkt, men det kan ikke lade sig gøre – Nu opløses Foreningen lidt efter lidt for denne Saison; Alhed og Marie er borte, i Dag rejste Rigmor og ChrEdv. Nissen og paa Mandag Thorvald og jeg saa der er bliver ["er" overstreget; "bliver" indsat over linjen] kun en lille udholdende Skare tilbage; du kan ogsaa tro, her er ækelt inde ved denne Tid med Hede og Støv – forleden Eftermiddag var Thorvald og jeg for Resten saadan en dejlig Spadseretur ud ad den gamle Kjøgelandevej; der var fuldstændig landligt, dejlige Kløvermarker, Heste og Kør, Stranden i Baggrunden og en henrivende Solnedgang. Nej, naturligvis kunde det ikke skjules med Forlovelsen; herinde er Hemmeligheden ogsaa fuldstændig offentlig, men det gør jo heller ingen Ting; Laders havde skrevet det til Marie Sp. og velsagtens glemt at bede hende tie med det. – Jeg er saa glad ved at vi slipper for Kort og Selskaber og Visitter, jeg synes ikke der maa være noget rart ved det, jeg tror heller ikke Thorvald sværmer for det, nu skal jeg snakke med ham om det. – Jeg kan da tænke mig, hvor Frk. Jensen maa være henrykt – og hils Molle og sig, at hun er umaadelig klog, der sker jo aldrig noget uden at hun nok ”havde tænkt det” i Forvejen. - - - 
+I Gaar havde vi Foreningstur til Skodsborg til Afsked for Rigmor og Christian Edvard, det var en yndig Tur, men Stemningen var lidt mat, det var ogsaa saadan en trykkende Luft. – Thorvald og jeg ere blevne fotograferede, de siger det er godt af mig, af ham er det skidt. - - -
+Altsaa kommer vi begge Tirsdag med 2½ Toget, hvis I ikke hører fra os forinden. ----
+Tusinder Hilsner til Jer alle 
+fra Junge [lang skråstreg under de sidste to ord]
+Jeg har vist ikke hilst fra Thorvald, det skulde jeg da saa formannede Gange; vi glæder os aldeles ubeskriveligt til at komme hjem! - 
+Formannede: indtrængende.</t>
+  </si>
+  <si>
+    <t>1893-08-17</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Valdemarsgade 30 København</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Thorvald Balslev
+Hans Christian Caspersen
+Johanne Caspersen
+Niels Elgaard Amstrup
+Malin   Holmström-Ingers
+Karen Jørgensen
+Johanne Christine Larsen
+Hans Lorentzen
+Karen Lorentzen
+Otto Emil  Paludan
 Ellen  Sawyer
-Albrecht  Warberg</t>
-[...21 lines deleted...]
-Vi har 5 store Pudevaar med Tunger og 5 smaa m. Tunger, 3 Par Lagner af den Slags jeg syede Navn paa i Sommer; der er Navn paa dem alle 3.</t>
+Adelheyde Syberg
+Hempel Syberg
+- Vesterdal
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Lassen ejede ikke Dallund Slot ved Søndersø i 1893. Han var muligvis ansat på gården.
+Tarupgård ligger nær Odense. 
+Fr. Lensgreve: Warberg-familien kendte flere, der bar denne titel.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2735</t>
+  </si>
+  <si>
+    <t>Der er mange gæster på Erikshaab: Paludan, Vesterdal, Amstrup med lille Agnete og Syberg-familien. Alhed har leget med Agnete en time på græsset.
+Karen Jørgensen og Thorvald Balslev har også været på besøg, og Caspersen kom cyklende.
+Warberg-pigerne er inviteret til Tarup, og de har derfor haft travlt med at ordne deres kjoler. 
+Man har lavet ribssaft og syltet stikkelsbær.
+Laura Warberg vil sende Christine lidt penge, så hun kan invitere sin far på the i København. Hun vil også selv komme på besøg og medbringe madvarer. Der er lavvande i pengekassen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O65z</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Chr. Warberg
+Valdemarsgade N_o_ 30 -
+København V.
+[I brevet:]
+Kjæreste Basse!
+Du længes vel meget efter et Brev herfra, men vi har ikke havt Tid at skrive. Det er mageløst i denne Sommer, som det gaaer i en Kjøre med Selskabelighed. I Mandags kom Paludan med første Tog, havde Brev med til Junge, at han vidste ikke rigtig, om han kom den Dag eller ej, hun havde været med Far hos Lassens paa Dallund og var kommen hjem med sidste Tog, alle fra Tarup havde været med nede at hilse paa dem - altsaa Junge var ikke oppe før 9, sad og læste Brevet, da hun hører ham selv tale i Gaarden, han var cyclet hjemmefra 7 og var her 9. Her blev jo Glæde allevegne. En Time senere [ulæseligt ord] Westerdal, var kommen med samme Tog som Pal, men gik feil et Par Gange. Han var her hele Dagen, var meget livlig og vi synes udmærket om ham. Han takkede saa forfærdelig meget og jeg troer han befandt sig rigtig vel. Far bad ham komme igjen. Samme Dag var jo Wisse med lille Agnete og Minis. Vi var alle til Middag paa Gjelskov om Søndagen og derfra en lille Tur paa Ølstedg. for at bede W. endelig tage Nete med, vi lovede, ikke at tumle saa meget med hende. Hun var henrivende gik rundt og passede sig selv, laa en hel Time paa Græsplænen og tumlede med Alhed. Amstrup kom efter dem. Karen Jørgensen til The; de fulgte westerdal paa Vej og Karen førte Konversationen og fortalte dem en rædsom Masse Vrøvl, saa Alhed og Junge paa en Gang brast i Latter. Næste Dag fik de saa uhyrlig travlt med at vaske og sye paa alt deres Tøj, vi opdagede at de ingen Kjoler havde i Orden til at tage til Tarup med hvorhen de blev bedt alle sidst i denne Uge saaledes Junge og Elle idag, Alhed ..., Molle og [ulæseligt ord] paa Lørdag, hvorfor saa spredt veed vi ikke. De skal have en Skovtur til Langesø paa Fredag, [ulæseligt ord] skal med. Igaar Middags kom den anden Sypige og nu syer de begge paa Kraft, Junges lyse spættede fik vi halet frem, sprættet op vasket strøget igaar med alt det andet, nu kjøber hun blaat Tøj idag og saa bliver den rigtiggod. Jeg kan ikke hjælpe da jeg maa strikke paa Fars Sokker, han rejser paa Søndag. Tirsdag kom saa Fr. Lensgreves, vi var saa trætte at vi grinede ved at tænke paa, vi skulde til at snakke med en ny. Saa kom Far fra Odense med Brev fra Thorvald, som var cyclet herfra om Morgenen Kl. 7. Der skulde gjøres om paa Rejsen dertil, Dede var Kl. 7 i Højrup med Brev og Kl. 8 1/2 maatte Junge og Be styrte ned med et til grulig meget Vrøvl, saa vi var næsten tossede deraf. Paa Mandag skal de alle til Lassens. Igaar vi saa paa Elle undt. som er træt og ikke rigtig rask, paa Søbygd. der var slet ingen unge inde, L[ulæseligt ord] var gaaet sin Vej!! Da vi sad ude paa Bænken kommer der en cyclende - Caspersen! han havde været her, blev derovre om Natten, og vilde afsted idag med første Tog. Løjerlig Snegl med sine Besøg! Saa ser vi Johanne gaaende hernede fra Skoven, Loria og hans Brev! der blev stor Glæde paa begge Sider, men vilde ikke lade sig overtale til at blive, de fulgte ham lidt. Vi har ikke før igaar kunnet faa Tid at sylte Ribssaft, der var tilsidst næsten ingen. Igaar fik vi ogsaa de næsten overmodne Stikkelsbær plukket. Men nu kommer der en rolig Tid, naar Far rejser. Elle vilde fotografere flittig igaar, ... bliver god, lille Nete ogsaa, men intet er helt færdigt. Vi har desværre slet intet at sende Dig, men paa Søndag skal jeg sende en Pakke i Fars Kuffert, som Du kan tage ud om Aftenen, Du følger ham vel til Hotellet?
+Saa skal jeg ned med hvert Brev en Gang om Ugen sende lidt, saa Du kan have Far til The naar han vil. -
+Jeg veed endnu ikke, om jeg kommer derind senere, men jeg tror nok, jeg faaer Lyst til at være hos Dig en halv Snes Dage og selv tage Fedevarer med, saa det kun koster Fornøjelse og Middag. Jeg kan jo altid skrive til Far derom, jeg troer nok det kniber med Penge for ham, saa jeg vil ikke tale om noget nu inden han rejser.
+Kjærlig Hilsen fra Mor -
+Nu kom Johanne og bliver til imorgen tidlig.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -731,51 +731,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bACW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HF37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HF37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HJsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Osj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bACW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M13"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -820,553 +820,553 @@
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="D3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E3" s="5" t="s">
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="F3" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="5" t="s">
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="F4" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I5" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="L5" s="6" t="s">
+      <c r="M5" s="5" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
         <v>50</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>51</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>52</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>54</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="D7" s="5" t="s">
-[...8 lines deleted...]
-        </is>
+      <c r="F7" s="5" t="s">
+        <v>58</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>16</v>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="F9" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="J9" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="J9" s="5" t="s">
+      <c r="K9" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="K9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="L9" s="6" t="s">
+      <c r="M9" s="5" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="I10" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="F10" s="5" t="s">
+      <c r="J10" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>84</v>
-      </c>
-[...7 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="J11" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="J11" s="5" t="s">
+      <c r="M11" s="5" t="s">
         <v>91</v>
-      </c>
-[...7 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="I12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="J12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>79</v>
+        <v>99</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F13" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F13" s="5" t="s">
+        <v>101</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
         <v>102</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>103</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>104</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>105</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>106</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>107</v>
       </c>
     </row>