--- v0 (2025-11-02)
+++ v1 (2025-12-20)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4337" uniqueCount="2554" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4361" uniqueCount="2572" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -11786,80 +11786,109 @@
   </si>
   <si>
     <t>Johannes Larsen er i Småland og beder derfor Lysse og Puf hjælpe sig med at sende malerier fra København til udstilling i Ottawa i Canada.
 Han vækkes en søndag morgen ved skud fra skoven og går ud med sin hund og sin bøsse og skyder en hare. Det lykkes ikke at træffe de andre jægere, kun et par hunde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Civm</t>
   </si>
   <si>
     <t>Båxhult 10 Septbr. 1926.
 Kære Lysse!
 Det er nu bestemt at jeg bliver her og følges med Din Moder hjem. Da det saa bliver Puf, der maa sørge for at faa de Billeder til Amerika af Sted, maa jeg ulejlige Dig med følgende: "Ring til Schiøler, eller gaa derud og spørg ham om Adr paa en paalidelig Speditør der kan paatage sig Forsendelsen. Ring derefter til Speditøren og forhør ham hvornaar han skal have Billederne for at de kan naa at være i Ottawa i rette Tid og naar Du har faaet Besked ring saa til Puf. -
 D.v.s. Du maa naturligvis allerførst ringe til Puf og faa at vide hvornaar Udstillingen aabnes og saa foretage det foregaaende i den Orden det staar. Puf ser det paa Programmet for Udstillingen der er sat op paa Gavlen af det gule Skab i Værkstedet.
 Siden Du rejste har jeg kun skudt en Hare.
 Jeg vaagnede Kl. 4 i Søndags Mrg ved et Skud og en Times Tid efter hørte jeg Hunde der drev og saa 2 Skud. Jeg stod saa op og gik ud med Haanden og Bøssen, hen til Fallan, men der var ingen Spor paa Vejen og jeg slap saa Hunden up for at se efter Tjurer, men saa hørte jeg, at Støverne fik en Hare op i Gifvato bag Sjøbo, fløjtede Hunden af og løb saa stærkt jeg kunde tilbage til Vejkrydset hvor jeg ankom omtrent samtidig med Haren der kom ad Vejen fra Sjøbo, skød den, og lidt efter kom saa Hundene, 2 store smålandske Støvere, gule med sort Ryg. Desværre havde jeg hverken Snore eller Pisk med saa jeg maatte lade dem gaa igen. Det vilde ellers have været sjov at hilse paa de Herere naar de var ankommen for at faa Deres Hunde. I Gaar var jeg med Carlsson paa Långaryds Marked og købe en Kvie der skal kælve til April for 200 Kr. Ældre Kvier var for dyre fra 348 - 375 Kr.
 Mange Hilsner
 Din Far.</t>
   </si>
   <si>
     <t>1926-12-04</t>
   </si>
   <si>
     <t>116 Bishop Street New Haven Conn. USA</t>
   </si>
   <si>
+    <t>Ellen Brønsted
+Johannes Nicolaus Brønsted
+Christian Caspersen
+Achton Friis
+Grethe Jungstedt
+Matilda Jungstedt
+Drude Jørgensen
+Maria Krümmelbein
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+William Mackie
+Helen Sawyer
+Nelly Tailor
+Kjeld Tutein
+- Vesterdal</t>
+  </si>
+  <si>
     <t>Johannes Nicolaus Brønsted var gæsteprofessor i USA flere gange i årene omkring 1926.
-Ellen Sawyer var gift i Bosten og boede der i en årrække, indtil manden døde.
-[...1 lines deleted...]
-Christian Caspersen blev kaldt Max.
+Ellen Sawyer var gift i Boston og boede der i en årrække, indtil manden døde, og hun flyttede tilbage til Danmark.
+Det vides ikke, hvem Peter, Teddy Richardo, Comey, Lockshaal og Rolfe var.
+Christian Caspersen blev kaldt Max. Bes var Ellen brønsteds kælenavn. Det vides ikke, hvad hun fejlede i 1926. 
 Ellen Sawyer hilser "alle tre". Det er uklart, hvem Johannes Nicolaus og Louise/Lugge Brønsted fulgtes med i USA. Deres datter, Ellen, var tilsyneladende i Kerteminde, mens forældrene var bortrejst.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3791</t>
+  </si>
+  <si>
+    <t>Louise må skrive, hvad hun synes om julegaven.
+Det er underligt at fejre jul i USA, for lyset er forkert. I Stockholm er det dejligt mørkt. Man pynter op og glæder sig over solhvervet.
+Det er skønt, at Louise oplever Boston, hvor Ellen boede i 13 år. Ellen håber, at Louise træffer Nelly m.fl.
+Ellen/Besen Brønsted har det bedre. Det er godt, at Kjeld Tutein er i huset.
+Laura Warbergs grav er smuk. Man lægger kranse.
+Ellen laver en masse julegaver. Hun glæder sig til at se sin familie i Stockholm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zmGS</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Mrs. J. H. Brønsted
 116 Bishop Street
 New Haven
 Conn.
 U.S.A.
 [I brevet:]
 4-12-26
 Kære lille Lugge!
-Glædelig Jul, I tre derovre i det fremmede Lansd! Gudskelov alligevel ["alligevel" overstreget], at det kun er midlertidigt! For det er jo for langt væk - endnu da! For naar der en Gang bliver daglig Flyverute, som ikke ligger og dratter ned i Vandet, - saa bliver det jo ikke saa langt.
-[...6 lines deleted...]
-[Indsat i venstre margen s. 3:] Vi har stadig fremkommelige Veje og ingen Sne. "Guskilov." Nu 1000 Hilsner og Kompliment og ... til jer alle tre fra jeres Elle</t>
+Glædelig Jul, I tre derovre i det fremmede Land! Gudskelov alligevel ["alligevel" overstreget], at det kun er midlertidigt! For det er jo for langt væk - endnu da! For naar der en Gang bliver daglig Flyverute, som ikke ligger og dratter ned i Vandet, - saa bliver det jo ikke saa langt.
+Jeg haaber at du ikke aabner min lille Pakke inden Juleaften, - heller ikke dette Brev. Men glem ikke at give mig nøje Besked om, hvad I synes om min Gave, naar I har læst den. Jeg er nemlig meget spændt paa det.
+Det bliver jo nok en lidt underlig Jul for jer, - men mon I ikke vil finde, at det næsten er som det slet ikke er Jul. Man har ondt ved at komme i den rette Stemning - derovre ["- derovre" indsat over linjen]. Det kommer sikkert af, at Lyset er forkert, - Dagen er for lang og lys, og Solhverv er ikke en stor og glædelig Begivenhed, som her. I Stockholm, hvor Dagen jo er endnu kortere, der har jeg altid følt Julen næsten som man følte den som Barn. Julen er som en Skæbne, - som et Vejr, noget som man man ikke vilde kunne komme udenom. Det er ikke som det er en af Mennesker konstrueret Fest. Den ligger i Luften og man bøjer sig for det. Med stor Fornøjelse naturligvis. - Man føler, at naar hver eneste nok saa ringe lille Snask klæder sig i Julegran, saa er det ikke for Kundernes Skyld, men fordi det maa være saadan. Jeg har sommetider tænkt at det var Massesuggestion, - men det tror jeg nu ikke alligevel. ["alligevel" indsat over linjen] Jeg tror heller ikke det skyldes udelukkende Svenskernes Temperament, - jeg tror tror altsaa nu, at det er et ganske naturligt Udslag af Glæde over Solhvervet. At fejre Jul ved Aquator vilde da forekomme ganske absurd. Undskyld denne lange Redegørelse
+Lugge, hvor var jeg henrykt over dit Bostonbrev. Sendte det straks til [ulæseligt ord]. Det er saa underligt, og saa kært at tænke paa, at du nu har ligesom lidt Indblik i mine 13 Udlændighedsaar. Nu synes jeg jo blot at du skulde opleve det altsammen - gaa med mig i Franklin Park, - tage tage Mattapan Sporvognen ud til Blue Hills, se vores Hjem i Columbia Road og besøge East Andover. Og Biblioteket, som jeg holdt saa meget af, - ja der var du jo. Og hvor morsomt at du var sammen med Helen. Det har nok været en stor Begivenhed for hende. Det var nu morsomt om du kunde besøge hende i Februar, hun kunde rigtig vise dig Boston. Saa kunde du ogsaa besøge Nelly Tailor - hun bor ganske nær Billy. Hun var min Nabo og bedste Veninde i mange Aar. - Peter hører jeg saa lidt om. Hvad laver han?? Og hvor var det morsomt at høre om Magisterens fine Modtagelse i Harvard.
+Nej, jeg traf aldrig Teddy Richardo, - jeg ved ikke hvorfor, - det traf sig nu ikke saadan. Men Coney og Lockshaal og Rolfe, om du træffer dem. Men de er sagtens i helt andre Brancher. Jeg glæder mig allerede til dit næste Brev.
+Las'es er i København. Vi synes nu at Besen har det helt godt, forholdsvis. Humøret er da langt bedre og hun er ikke nær saa pirren synes jeg. Jeg tror nu, at det er et stort Held at Kjeld Tutein er der. Han er jo en henrivende Fyr og umaadelig sød mod Besen. Et lidt fremmed Element i Hjemmet er nu sommetider godt, - i dette Tilfæde tror jeg glimrende. - Besen glæder sig til at skrive og fortælle om Mors Grav, som er saa smuk i Vinter, saa det vil jeg lade hende fortælle. - Hos Junges er det en af de gode Perioder. Han drikker ikke, har Arbejde og nøder pænt med Pengene. Junge siger han er saa ualmindelig sød hjemme i denne Tid. Saa puster stakkels Junge og faar igen lidt Mod paa Tilværelsen. I Søndags var hun og jeg i Odense hos Drude - inviteret. Vi havde saadan en hyggelig Eft. og Aften. Prof. var der, saa vi diskuterede Tilværelsens Gaade hele Tiden og spiste fin Mad og drak fin Vin til. Det var yndigt. -
+Jeg virker voldsomt med Julegaver. Iaar maler jeg Lerskaaler - har 12 færdige, - de er virkelig saa pæne. Samt Kageskaaler og Glaskaaler til Piger, - (jeg har fem Piger at give til) Grethe skal have et stort Fotografi efter det Maleri af Mors Mor som Max har. Det er henrivende og i en smuk gammeldags Ramme. Samt Las og Achton Friis Bogen, - samt mit Forskærertøj oppudset - samt en Bunke Smaating. Lille skal have en stor fin Dukke, jeg lader Tøjet sy, saa den kan klædes af og paa. Be skal have en Lommetørklædemappe (den er færdig) som den jeg lavede til Thøgers Fødselsdag.) Thøger skal have et graat af mig selv strikket Silkeslips. - Puf og Kjeld do Muffedisser. Saa du ser jeg virker. Jeg rejser Lillejuleaften. Jeg vil savne det lille hyggelige Jule[ulæseligt], jeg plejer at have hos dig. Jeg glæder mig jo svært til at komme op til min lille Familje, - men her bliver jo [indsat langs venstre margen s. 4:] Julen vemodig. Vi lægger alle Kranse derud. Jeg lægger en fra Dig, lille Lugge. - De skal hænge omkring paa Gelænderet og være af værende Grønt
+[Indsat i venstre margen s. 3:] Vi har stadig fremkommelige Veje og ingen Sne. "Guskilov." Nu 1000 Hilsner og Kompliment og [ulæseligt] til jer alle tre fra jeres Elle</t>
   </si>
   <si>
     <t>4. april - 21. maj 1927</t>
   </si>
   <si>
     <t>Alhed Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Båxhult 4. april - 21. maj 
 Spredte dagbogsnotater fra perioden
 Fugleobservationer 
 Desuden afskrift fra Islandske sagaer
 Gunnlaug ormstungu saga
 Forskellige beregninger af areal omkring Båkshult</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/RCdfidDt</t>
   </si>
   <si>
     <t>29. maj. 1927</t>
   </si>
   <si>
     <t>Andreas Larsen
 Vilhelm Larsen</t>
@@ -12452,76 +12481,77 @@
   <si>
     <t>27/2-29
 Kæreste Lugge!
 Hvor er det dog længe siden, jeg har skrevet til dig! Det har været saadan en oprevet Tid, - og denne infame Kulde gør, at man føler hele Tilværelsen som en slags Krigstilstand, hvor man lever saa at sige fra Haanden og i Munden. Jeg mener, alting er saa besværligt, at man ikke kan overkomme andet end lige holde det gaaende. Du aner ikke hvad det er for et Mas at passe Eleverne. Cycling er udelukket, - Vejene er enten fulde af Sne el. glatte som et Spejl Jeg maa til dem pr. Rutebil, Tog og til Fods, - men mange Dage har de jo heller ikke kunnet gaa saa det har været en meget mager Tid Nu har jeg faaet en Del af det organiseret saadan, at Eleverne samles fra et Distrikt og spiller alle paa ["paa" overstreget] i et Hjem, - saa nu gaar det nogenlunde. Sikken en Vinter, - den er sandelig "gammeldags". Folk har i mange Aar klaget over Mangel paa gammeldags Vinter. Jeg holder nu alligevel paa de moderne. Jeg hader Sneen. Det er slet ikke kønt i mine Øjne, som desuden ikke kan taale det. Men vi er da raske her. Nu har vi alle haft en Omgang, - først jeg, - saa Junge og Agraren. - Gud ved hvordan I har det? Jeg længes meget efter at høre fra dig. Har I haft mere Influenza end Puf? Det er jo et vidunder hvis I ikke blev smittede. Du selv, lille gode Lugge?? Nu er det lige et Aar siden, du blev syg. Det var paa Mag. Fødselsdag. Og Februar er saadan en styg Maaned. Saa du kan forstaa, jeg længes efter Brev fra dig.
 Hvor er der sket meget. Vores kære Pallam! Det hører til det som ikke forvindes. Ligesom da vi mistede Mor, Alhed og Thøger. Tilværelsen har faaet en Skygge, som ikke svinder bort igen Og Erikshaab tog han med sig, kan man sige. Nu maa vi kun være taknemmelige mod ham, at han bevarede det som Hjem for os de mange, mange Aar. - Det er forbi. Men Lugge, - Aaen og Engene har vi endnu og alt det dernede er mere levende for os ["for os" indsat over linjen] end noget andet Sted paa Jorden, og "hjem" vil det nok altid blive ved med at være for os, selv om det nu er kun ["kun" indsat over linjen] befolket af Minder. Men lad os ikke sige "kun", - for tænk, om vi ikke havde dem. 
 Mornine har jo nok fortalt dig alt, om de Dage. Hvordan gaar det stakkels Mornine Hvor var hun langt nede. Hun har det nu ogsaa fattigt paa mere end en Maade. Gid hun dog kunde faa nogen rigtig Glæde af
 2)
 Putte. Jeg synes ikke de havde det særlig godt sammen. Mornine var irriteret af hende, synes jeg. Det er godt at Morninge hygger sig i sin lille Stue. Har man bare et Sted, hvor man kan hygge sig, saa har man dog noget. Men Lugge, - vi som altid kan skaffe os en Glæde ved at tænke paa vore Børn, hvor har vi dog meget dèr! Jeg tænker mig, at du har megen glæde af det lille nye Hjem i Vanløse. Og om der kunde blive Udvej til et lille Barnebarn - saa er det nu noget af det dejligste. - Jeg maa mindes Lille, som i Julen sagde: när jeg tittar på Bessa, så blir jag så glad". Jeg "tittar" paa Lille, selv om jeg ikke ser hende. 
 Og Lysse, som er gift! Junge fik det at vide gennem Esben Hansen! Mon vi skal lykønske, el. hvordan? Og hvorhen? Noget glimrende "Parti" er det jo ikke for Bimse, men hun er maaske Mand for at klare det for to. Esben sagde ogsaa til Junge (i Telefonen) at Las's Udstilling var gaaet udmærket og at de syntes at øjne Vej ud af Uføret for Las. Det er da dejligt. Det havde vi egentlig slet ikke Indtryk af fra Aviserne - vi har set meget lidt om Salg, - men hans Berømmelse er da mere fastslaaet end nogensinde før.
 Og gamle Onkel Syberg. Her kan man virkelig for en Gangs Skyld at "det var godt," - for han var færdig med at leve og pintes bare af det. Men hvor var det rørende at se Kirstines Sorg. Hun var helt knust. Han laa jo hjemme lige til Aftenen før Begravelsen, - og Kirstine var ved ham hele Tiden. Den sidste Søndag satte hun sig ind og læste Prædikenen over ham "saadan som vi nu altid har gjort i de sidste Aar" sagde hun. Synes du ikke der er noget uendelig rørende ved det? Der var nu meget oprigtig Sorg over ham mellem dem, som han arbejdede med. Arbejdet var jo hans Liv og de, han arbejdede sammen med fik det bedste i ham. Tutte er her jo endnu, - det bliver vel ikke saa nemt for hende at komme hjem. Der er jo ogsaa meget at ordne. Hun kom herned den Søndag da Kirstine læste Prædikenen. Det var en forrygende Snestorm og jeg havde helt opgivet hende og mente ikke, der gik Tog. Men sandelig ved 1 Tiden kom der èt og Tutte med det. Hun maatte skovles herind. Der laa en Drive foran Døren lige op til Taget. - Vi 
 3) havde en yndig Dag med Tutte. Jeg havde varmt og yndigt i min Stue og Boeuf og Kræmmerhuse med Flødeskum og en Flaske Rødvin i Kakkelovnskrogen. Junge kom over til Kaffe og vi røg og snakkede F. et Øre af. Der gik ikke flere Tog, saa Tutte maatte blive om Natten. Mit lille Gæstekammer er just ikke lunt, men vi slæbte alle Sengeklæderne ned til Kakkelovnen et Par Timer og m. Varmedunk til Hjælp tror jeg ikke hun frøs ret meget. Om Mandagen var der saa tilsat med Sne, at jeg ikke kunde tage ud, saa vi havde en yndig Formiddag og da Toget endelig gik Kl 4 1/2 tog jeg med Tutte ud til Odense, saa hun kunde have èn af sine egne. (Wilhelm og Bodiuld var rejst til Korsør, men maatte vende om). Vi kom saa ud tidsnok til at være med til den lille Højtidelighed nede i Forhalden inden han blev ført hen i Kirken, og jeg var sammen med Tutte og Kirstine om Aftenen og laa hos Drude. Saa var det ogsaa rart at jeg kunde være der den Form. Trods Vejret var Kirken alligevel fuld og en 7-8 Biler kørte med til Heden. Lugge, det var da vi kørte ind i de hjemlige Egne, at det trods alt er "hjemme" endnu og altid vil være det Men hvor var det koldt. Og hvor det gjorde godt med Middagen paa Forsamlingshuset bagefter. Onkel Syberg havde selv bestemt, at alle dem som var med i Heden skulde med til Middagen. Det var hyggeligt og harmonisk, - mange kønne Mindetaler og Tutte takkede pænt tilsidst for al Deltagelsen. 
 I Søndags var Junge og jeg bedt ud til Drude. Det var Professoren (Dr. Vesterdal) som vilde feste for os. Tutte og gl. Vesters var Gæsterne Det var en yndig og festlig Aften, - Junge var saadan oppe, - det var dejligt at se. -
 Lugge, - vi er jo saadan en lille Smule spændte paa om vi saa skal arve noget efter O.S. I Aarene har vi saadan regnet lidt med de Penge. - Tutte har ikke mælet et Ord om det, - og man kan da ikke spørge. Junge og jeg tror, det er ligesaa stille gaaet ind - ellers havde hun da sagt det. - Naa, vi klarer det jo nok alligevel. Takket være vores gode Pallam har vi jo nu lidt i Reserve. Du kan nok bruge dine, naar I skal til at udstyre Instituttet. 
 Lugge, jeg har begaaet en Flothed, som jeg nyder: Du ved, at jeg aldrig vidste, hvad
 4) Klokken var, da mine Lommeure aldrig gaar bestemt. Saa kom det pludselig over mig at jeg vilde have et Ur, som gik rigtigt, jeg gik ud og købte et, som Køkkenuret paa Gelskov. (Hvem trak for Resten det op?) Nu har Urmager Olsen været oppe og hænge det op, - over Døren ind til Dagligstuen. Det skal kun trækkes op en Gang om Ugen. Hvor jeg nyder det. Det er saa levende i Stuen og jeg synes det ser saa pænt ud. Jeg gav ham Kaffe af bare Glæde, - som han belønnede med at sidde og snakke en hel Time!!! Selv om det er koldt ude - 17⁰ i Nat - saa er der varmt herinde - jeg synes min Stue er saa lun i Vinter. Jeg har for det meste lukket ind til Dagligstuen og lille Mis og jeg hygger os her. Desværre er de Herre Katte i Omegnen begyndt at interessere sig for den. I Eft. har der i Timevis siddet en stor Slambert af en Kat oppe i mit Kirsebærtræ og stirret herind. Lille Mis er fuld af Dyd. Bare det maa vare rigtig længe!
 Lugge, - jeg har saadan nydt at læse "Termitternes Liv", som du gav Junge til Jul. Jeg synes den er endnu bedre end "Biernes Liv" som jeg selv har paa Engelsk. Det er navnlig hans Filosofi, - hans Livssyn, som jeg synes er saa gribende, - saa storslaaet. Den er saa kosmisk, - ligesom Thøgers Digtning og Tankegang. Men dog meget forskellig, - Thøger fornam i høj Grad Tilværelsen og Nuet, - tog imod det med Tak og med Tro og Tillid. Men Maeterlinck river og slider med Tænder og Negle i Livets Gaader. Men ["Men" overstreget] Aldrig har jeg - synes jeg - set Gaaderne opstillet mere klart og direkte og gaadefulde, end han gør det. Jeg er blevet saa oprusket af at læse den Bog, at jeg læser alle mine fornuftige Bøger om igen, - Høffding især. - Det er dejligt at sidde og læse om Aftenen, bare man ikke saa let blev søvnig i Øjnene. Jeg sender dig et lille Digt, som Professoren skrev i Anl. af Onkel Sybergs Død. Han var hans Læge tilsidst, da gl. Dr. Krarup jo døde. Jeg synes det er saa smukt. Vil du ikke sende mig det igen.
 Naa, nu nok for denne Gang. Hils dem nu allesammen og skriv snart til din Elle
 Om Kulden vil jeg endnu kun bemærke, at naar jeg staar i Køkkenet og vadsker op saa fryser Vidskestykket stivt midt i Processen!
 Du maa godt lade være med at sende Digtet, jeg har skrevet det af.</t>
   </si>
   <si>
     <t>1929-03-18</t>
   </si>
   <si>
     <t>Wilhelmine Berg
+- Berner
 Julie Brandt
 Thora  Branner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Marie Larsen
 Christine  Mackie
 Elisabeth Mackie
 Otto Emil  Paludan
 Hempel Syberg
 Andreas Warberg
 Laura Warberg
 Torkild Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen
 Eskil Ørsted Hansen</t>
   </si>
   <si>
     <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
 Tornøes Hotel ligger i Kerteminde.
-Fru Berner, Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
 Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
 Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
   </si>
   <si>
     <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
 Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
 Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
 Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
 Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
 Mon Louise Brønsted kommer til Fyn i påsken?
 Ellen har været til koncert.
 Det er spændende med byggeriet af Instituttet.
 Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7j5m</t>
   </si>
   <si>
     <t>[Øverst s. 1 skrevet med blyant:]
 Tante Elle
 [Skrevet med blæk; Ellen Sawyers skrift:]
 d. 14de og 18de Marts - 1929
@@ -12640,50 +12670,92 @@
   <si>
     <t>1929-12-23</t>
   </si>
   <si>
     <t>Marie Schou
 Fritz Syberg</t>
   </si>
   <si>
     <t>Carl Wesenberg-Lund</t>
   </si>
   <si>
     <t>Carl Wesenberg-Lunds artikel "Om bier, blomster og noget mere" blev trykt i Politiken 15. dec. 1929</t>
   </si>
   <si>
     <t>Det blæser fra øst. Fritz Syberg tager på ture ad Munkebovejen og ser på landskabet nu, hvor alt er høstet. Kun landevejene er asfalteret. Wesenberg-Lund klynker i Politiken, men hvis vores efterkommere foretrækker benzin frem for insekter og blomster, kan vi intet gøre.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/VTML</t>
   </si>
   <si>
     <t>Pilegaarden 23-12-29
 Kære Venner.
 Glædelig Jul. Igaar kom vore første Julegæster, i Morgen kommer næste Hold. Det er et ualmindeligt Julevejr her, nærmest Februar, med en stiv Østen lige ind fra Beltet. Men det er en dejlig Tid paa Landet nu. Jeg tager nogle Ture ud ad Munkebolandevejen og ser paa Landskabet. Nu Korn og Roer er borte og Mulden vendt, ser man de oprindelige Linier i Bakkedragene, og faar den velsignede Kultur lidt paa Afstand, endnu er det dog kun Landevejene der er asfalteret. Wesenberg Lund klynker i Politiken, men dersom vore Efterkommere foretrækker blanke Veje og Benzinstank fremfor Istidsflora, brogede Insekter og Blomsterduft langs Grøftekanterne, hvad kan vi saa gøre som til den Tid ligger i vore Grave.
 Jeg haaber I har det godt og vi sender Jer mange Hilsener og gode Ønsker for det nye Aar.
 Eders hengivne Marie og Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1930-05-22</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Frithiof Kemp
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>De "ædle Stuer" og "Badeværelser": Johannes Nicolaus og Louise Brønsted flyttede i 1930 ind i en fornem lejliged i Det Fysisk-Kemiske Institut på Blegdamsvej i København. 
+De omtalte påfugle tilhørte formodentlig Johannes Larsen. Hans have stødte op til Ellen Sawyers. 
+Det vides ikke, hvem Fru L., Vibeke og Maj var. Gudrun kan være flere personer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3797</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer takker for et dejligt ophold hos Brønsted-familien i deres flotte hjem. Hun har arbejdet i haven, som nu er pæn. 
+Påfuglene jagter Ellens dværgkyllinger. Deres mor forsvarer dem.
+Ellen har haft rotter.
+Katten var glad for, at Ellen kom hjem.
+Adolf/Agraren Larsen drikker igen.
+Johannes Larsen skal bo hos Kemp "denne Gang".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/63vE</t>
+  </si>
+  <si>
+    <t>22/5-1930
+Kære lille Lugge!
+Jeg er rigtignok længe om at komme med mit Takkebev, men det er vist, fordi jeg synes, det skal være saa grundigt og eftertrykkeligt og derfor fordrer lidt Ro og Tid, som jeg virkelig synes, jeg først har fundet i dette Øjeblik. - Ja, saa vil jeg da sige dig og jer alle Tak for de dejlie dage - - jeg nød dem, - at være sammen med jer og se jer saa vel og glade og at have Andel i jeres [ulæseligt ord] og Herlighed. Jeg var lidt melankolsk ved at rejse fra jer, - det er ogsaa mange Aar siden, jeg har været så længe sammen med jer - ikke siden Birkerød. - Nu fryder jeg mig ved at tænke paa jer i de Omgivelser - jeres ædle Stuer, jeres Badeværelser, jeres Landluft og Nattergale. - Det eneste aber (som jo alligevel selvfølgelig maa kaldes et plus) er, at I nu ikke trænger til vore Nattergale. M-e-en I kommer nok alligevel! Her er ogsaa yndigt. Lever en ogsaa godt ["Lever en ogsaa godt" indsat over linjen] Jeg har gaaet og arbejdet i min Have i Eftermiddag og Aften. Hvor er det yndigt, naar Aftenen falder paa med sine Lyde og sine Steder Hønen klukker sine Børn hjem i Seng, Solsortene synger, en Harmonika spiller et Sted og min nyslaaede Plæne dufter af Hø. Min lille Have er saa bedaarende i Aar, alle Frugttræerne blomstrer, - endog et gammelt fortræ'ent Blommetræer ["er" sidst i ordet overstreget], der aldrig giver sig af med den Slags Letsindigheder, har 4-5 Blomster. - Her var meget tilgroet med Skidt, - men nu er der pænt. Nu har jeg plantet 60 Porrer, 14 Cellerier, + Radiser idag. Ærter, Bønner, Spinat og Rædiker staar fint Nu mangler jeg kun Sommerplanterne
+De 5 Dværgkyllinger trives udmærket. Den lille Høne har det svært, det Skind, Paafuglene er efter hendes Børn og det er storartet at se hende puste sig op og gøre sig saa skrækindjagende, som hun kan og baske lige i Hovedet paa dem, saa de stamper afsted med hængende Hale. Her har ogsaa været Rotter, - de er ogsaa efter Kyllingerne. Jeg antager, de er kommet fordi Misser har været lukket inde paa Loftet med sin Killing. Jeg har fanget en modbydelig stor Rotte i en Fælde og lader nu Misser gaa frit omkring, saa nu haaber jeg de er væk igen. Lille Mis var lyksalig over at jeg kom igen. Den kom helt ned paa Vejen med oprejst Hale og tog mod mig, skønt det øsregnede. Lille Junge var ogsaa og tage i mod mig og jeg var saa ovre at spise til Aften hos hende. Agraren drikker endnu. Det er frygteligt. Men hun bærer det som en Helt. - Jeg var lige oppe at hilse paa Puf og Las. De har det godt Las siger han er nødt til at bo hos Kemp denne Gang. - Jeg savner vores Bridge. Hvor var det morsomt og hyggeligt. Jeg spillede med Gudrun og Fru L. forleden Aften, men jeg gider ikke rigtig spille med Ukyndige nu. 1000 Hilsner til jer alle Store og Små ogsaa Vibeke. Mest dig selv lille Lugge
+Elle
+[Indsat s. 4 i venstre margen; lodret:] Sig til Maj, - at jeg savner at blive drillet</t>
   </si>
   <si>
     <t>1930-06-04</t>
   </si>
   <si>
     <t>Karl Brandt
 Elise Hansen
 Vagn Jacobsen
 Johannes V. Jensen
 Aron Bernhard Kjellmann
 Elena Larsen
 Peter Andreas Larsen
 - Nilsson</t>
   </si>
   <si>
     <t>Brevet 1930-06-23 fra Vilhelm Larsen til Johan Larsen omhandler den samme sag som dette. Brandt og Jacobsen skal vurdere Johan/Lysse Larsens økonomiske beregninger hvad angår gårdens drift., og Vilhelm/Klaks Larsen skal se på skoven omkring Båxhult. Else Hansen; Johan Larsens svigermor, er indblandet i noget af økonomisk art.</t>
   </si>
   <si>
     <t>Johannes Larsen har bedt Vilhelm/Klaks Larsen tage med Karl Brandt til Båxhult, men de to sidstnævnte har travlt. Vilhelm/Klaks har forstået, at han og Brandt skal vurdere Johan/Lysse Larsens økonomiske beregninger - dette også for Elise Hansens skyld. 
 Vilhelm Larsen anbefaler Johan/Lysse at opsøge Aron Kjellmann og få gode råd om landbrug og skovdrift. Visse af Johans beregninger er for optimistiske. I øvrigt vil Vilhelm Larsen gerne have noget mere at vide om skovdriften ved Båxhult.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lE3T</t>
   </si>
   <si>
@@ -13477,50 +13549,108 @@
     <t>Byggeriet af en skydepram er nævnt i flere breve fra perioden.</t>
   </si>
   <si>
     <t>Andreas Larsen har ikke tid til at køre til Båxhult, da han skal tappe øl i bryggeriet. Hvis Johan Larsen kan komme til Kerteminde, kan de sammen se på skydeprammen og købe diverse til den. 
 Andreas m.fl. har været i Faaborg hos Christine Rasmussen/Etatsraadinden. 
 Peter Larsen skal have en kniv til sin fødselsdag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/opAm</t>
   </si>
   <si>
     <t>[Påtrykt øverst på hvert ark:]
 ANDREAS LARSEN
 KERTEMINDE
 [Håndskrevet i brevet:]
 7/8-39.
 Kære Lysse.
 Tak for Brevet. Det lyder meget tiltalende med et Besøg af Dig, men kan det ikke ordnes sadan at Du rejser herned og tager Laalandsbesøget enten paa Vejen herned eller paa Vejen hjem med Far? Jeg skal sige Dig jeg kan meget vanskeligt komme herfra nu; Bryggeriet er meldt til, og jeg venter at komme til at tappe Øl tilsalg i denne Maaned, og saa er der jo en Del at ordne forinden. Hvis jeg skulde køre Far op til Jer, saa blev det op den ene Dag og hjem den næste, saa der vilde jo ikke blive Tid til at bygge Pram. Hvis Du derimod kommer her, kan vi se paa Skydepramme (Manse har en, som jeg synes er bedre end de fleste) og Du kan faa gode Raad og Nitteværktøj hos mig, samt købe Nagler, hvis Du har svært ved at faa dem i Indlandet hvor Du bor. Du skal ikke begynde at samle Bord til den før Du har været her, for den skal vist ikke være af Egetræ og den skal _ikke_være 1/2 Tomme tyk i Bordene.
 - Far regner med at tage herfra den 21 Aug. saa vi haaber Du kommer lidt snart. - Vi var sammen med Fru P. og Kylle nede hos Etatsraadinden i Faaborg sidste Søndag. De kom jo oppe fra Jer, saa vi hørte jo lidt Nyt fra Båxhult; de var paa Vej til Jylland.
 Paa Gensyn!
 Mange Hilsner til Bimse, Digselv og de andre ogsaa Dot.
 [Indsat nederst på sidste side; lodret; venstre side af arket:]
 Vi har en fin Dolk til Peters 10-aars Fødselsdag, som vi aldrig har haft Mod til at sende
 [Indsat nederst på sidste side; lodret; højre side af arket:]
 Den kan du faa med</t>
+  </si>
+  <si>
+    <t>1940-01-19</t>
+  </si>
+  <si>
+    <t>Blegdamsvej</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Munkebo</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Hans Brønsted
+Johannes Nicolaus Brønsted
+Ellen  Sawyer
+Joseph Stalin
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Dr. Rise og Dr. Helweg kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0962</t>
+  </si>
+  <si>
+    <t>Det er godt, at Johanne/Junge Larsen og familien har fået en god læge. 
+Frits Branner har det sidste halve år lidt af træthed, og derefter blev han uklar og holdt op med at tale samt gjorde mærkelige ting. Han blev indlagt og fik chokbehandlinger med insulin, hvilket hjalp meget. Lægerne taler om sløvsind, men de har ikke stillet en egentlig diagnose. Louise Brønsted tror, at Frits var overanstrengt efter sin eksamen, og at han desuden havde levet usundt og været i depression.
+Fint, at Erik/Tinge Warberg Larsen bliver taget alvorligt af lægen.
+Johannes/Magisteren Brønsted er rask igen, og han er meget optaget af udenrigssituationen. 
+Det er Alhed/Lomme Brønsteds 36-års fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9pbL</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside:]
+Fru Johanne Warberg-Larsen
+Lindøgaard
+Munkebo 
+pr. Dræby St
+Fyen. 
+[Med blyant på kuvertens forside:]
+læst 
+[På kuvertens bagside:]
+Muks
+[Med blæk i brevet:]
+Blegdamsvej
+19 Jan. 1940
+Kæreste Junge. Tak for Dit lange Brev. det var en glædelig Overraskelse, jeg skulde netop til at skrive og takke baade for Julebrevet og det efter Jul, men det maa jo saa bare været til Elle. Ellers vil jeg ikke sige, der var saa meget glædeligt i Dit Brev, men godt da at det lader til, at I allesammen kan tage det med Humør, og saa, at I har faaet en flink og nærboende Læge; det kunde jo tænkes, at naar I lærer ham lidt nærmere at kende, han ogsaaa kunde fatte lidt Interesse for Dig og Dine Skavanker uden at gaa Dr. Fly i Bedene, 2 er dog altid bedre end en. At Dr. Fly er glad ved Knæet er jo ogsaa meget godt, selvom jeg jo nok forstaar, at Du ikke helt deler hans Glæde. Lad os nu haabe, at Kultraadslys er det, der skal til. 
+Med Hensyn til Fritz, saa synes jeg, jeg kan berolige Dig en Del. Forløbet er saadan: i det sidste halve Aar har han lidt mere og mere af Træthed og svigtende Arbejdskraft: han har selv været klar over det og faaet sit Arbejde paa Landbohøjskolen og andetsteds betydelig reduceret. Alligevel slog Kræfterne ikke til. Han blev behandlet af Dr. Rise, som er rar og samvittighedsfuld, men meget lidt dygtig. De mener, han (Lægen) har gjort Fortræd, dels ved ikke at presse tilstrækkelig paa ved at faa ham indlagt il Undersøgelse meget tidligere, dels ved at give ham noget stærkt stimulerende Medicin. Til sidst var han Fritz [”Fritz” indsat over linjen] saa langt nede, at han f. Ex. overhovedet ikke talte mere hjemme, og de sidste Dage, før de omsider fik lagt ham lagt ned, var han tildels uklar og sagde og gjorde flere mærkelige Ting. Det kom frem baade paa Landbohøjskolen og hjemme, 16. Dec. kom han paa Rigshospitalet hos Helweg, efter et Par Dage paa Hillerød Sygehus, laa i Sengen et Par Dage, kom saa op og gik omkring derinde, ogsaa lidt ud. Lige efter Nytaar begyndte Insulinbehandlingerne (Chokbehandlingerne). Lige siden han kom paa Hospitalet har han været fuldstændig klar og lignet sig selv i alle Maader, saa vidt jeg kan se; han har taget paa i Vægt og er kommet til at se meget raskere ud. Der er ikke det fjerneste unormale i hans Væren og Tale. Jeg har haft Lejlighed til at tale med en af Lægerne (ikke Helweg) og ud fra ham og ogsaa fra anden Side, at der ikke er stillet nogen Diagnose (de bruger Chokbehandlingen for alt mellem Himmel og Jord). De hælder nærmest til Sløvsind, men det bygger de paa hans Væsen, de syntes, han gik saa sløvt omkring, men jeg, som har besøgt ham en hel Del, tør garantere for, at han ikke er sløv (han har jo altid et lidt paafaldende Væsen), men noget træt virker han stadig – de Behandlinger er temmelig ubehagelige, man bliver helt borte i en tung tung Døs og er svær at faa vækket igen – de hælder Sukkeropløsning ind gennem Næsen for at vække dem [”for at vække dem” indsat over Linien] og han bliver overhovedet ikke helt vaagen hele Dagen. Det maa vel være den sætter Hjernen ud af Funktion, der hjælper. Han føler det, ikke at kunne blive vaagen som en stor Ubehagelighed, dog det vænner han sig [”sig” indsat over linien] maaske til. Forøvrigt befandt han sig godt derinde, før Behandlingen begyndte, og er nok lige meget afholdt af Sygeplejerskerne. Tutte og Vilhelm ser da ogsaa meget lysere paa det. Vilhelm navnlig efter sit Besøg herinde i Søndags. Bodild (Branner) var da ogsaa med, og begge syntes, han havde det saa godt, Bodild sagde, hun ikke havde set ham se [”se” indsat oven over linien] saa rask ud i lange Tider. – Jeg ser nu saadan paa det, at han har gaaet og gemt paa en Overanstrengelse fra sin Examenslæsning som tog meget paa ham, Examensfeber havde han ogsaa i høj Grad: den er saa brudt ud i Foraaret og sammen med det usunde Liv, den voldsomme Tobaksrygning, de stimulerende Piller og et Par Ærgelser, han havde, gjort Ende paa hans Kræfter, og givet ham en stærk Depression. At en saadan midlertidig kan berøve en Dømmekraften kender man da Masse af Eksempler paa. Chokket [ulæseligt] ogsaa Depression. Selvom det skulde være Sløvsind, er der jo gode Muligheder for Helbredelse ogsaa for den, Helweg sagde, at ialfald var de kommen i god Tid. Ja, nu ved jeg jo ikke, om alt dette lyder saa beroligende, som det sk[tegning]ulde (det var Mag., der sendte en Hilsen, men hvis Du selv havde set ham og talt med ham vilde Du mene som jeg, saa rolig er han og altid parat til at smile af en Spøg. 
+Det er dejligt med den grundige Læge, det maa han da være, naar han allerede paa dette Tidspunkt sørger for, at Tinge kommer til Undersøgelse, og ikke ”wait and see”. Og hvis I kan faa en hyggelig Omgang paa samme Tid, saa saa meget desbedre. Det er jo som i gamle Dage, at Lægen er Ven af Familien. Vi fik ogsaa en dejlig Læge, nu da Mag. var syg, han har det rigtig udmærket for Tiden og har en glimrende Appetit. Han er meget optaget af hele Udenrigssituationen; jeg maa sige, jeg synes at efter man saa hvordan det udviklede sig i Finland, begyndte der at komme lidt Lys ind i Tllværelsen igen, der er altsaa andet i Tilværelsen end Tyranniet (og Fejgheden), der kan gøre sig gældende, her sker dog virkelig noget, man kan have fuld og glad Sympati for. Jeg tror fuldt og fast, at hvis Finland var gaaet ind paa Russernes Forlangender, havde de ikke ladet sig nøje med det, og selv om det havde varet lidt længere maaske, var vi alle blevet knust. Maaske vi bliver det alligevel, men vi har dog Ret, at Kolossen rimeligvis virkelig har Lerfødder. Og nu kan vel dog alle se, at Hr. Stalin er en lige saa egoistisk og samvittighedsløs Tyran som de værste, og at den russiske ”Kommunisme” en stor Bluff (hvad den sikkert ikke har været fra Begyndelsen). Forresten morer jeg mig saadan for Tiden ved at læse i en hel Bunke engelske Tidsskrifter, vi har faaet til Gennemsyn, fordi vi vil holde et. Et af dem ”The round table” har en Serie glimrende Artikler, el. ret. Smaa Afhandlinger, klare og rolige, uden Fanatisme; de er et Aar gamle, og ikke paa eet Punkt er deres Synspunkter blevet benægtede af de senere Udviklinger. Hvor er det velgørende at læse i denne Løgnens og Bluffets Tidsalder. – 
+Ja Tak, vi har det allesammen god; det er Lommes Fødselsdag idag (36); hun og hendes Familie kommer her i Morgen og om [”om” indsat over linien] Aftenen holder vi et lille Chokoladeselskab for hende med de andre Børn. Børnebørnene vokser og trives; da [overstreget ord] Hans var her sidst og skulde hjem erklærede han, at han ”vilde blive hjemme hos Far og Muk”, det var vi jo meget smigrede over.
+Naa ja, lille Junge, saa god Bedring med al Jeres! 1000 Hilsner til Jer alle
+fra Mag. og Lugge</t>
   </si>
   <si>
     <t>1940-10-25</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Maria Balslev
 Jørgen Brandstrup
 Ludvig Brandstrup, visedigter
 Adolph Larsen
 Vilhelm Larsen
 Christine  Mackie
 Axel  Müller
 Janna Schou
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Faldengaard ligger nær godset Krengerup ved Søllested på Sydfyn. 
 Vilhelm er muligvis Vilhelm/Klaks Larsen, Johannes Larsens bror. Jørgen er muligvis Jørgen Brandstrup. Lutte, som havde en forestilling i Odense, kan være revystjernen Ludvig Brandstrup.
 Stramonium: Pigæble er en lægeplante. Bestøves af natsværmere. 1,2 meter høj. 1-årig. Selvsående. Pigæble er meget giftig, er dødelig i større doser og virker i mindre doser bedøvende og lindrende. Denne lægeplante anvendes muligvis stadig som middel mod astma, idet røgen fra de tørrede blade lindrer astmaanfald ved sin bedøvende virkning.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0624</t>
@@ -14625,59 +14755,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ipqg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJjS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cREO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NlB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EAPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7wTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xCq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oRsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6fIB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K73t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2x3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lco6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/920F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP6z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlSY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eP9r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQEk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vVbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Xzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pghm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eNAX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Quh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/81Ri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VlTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/itgc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qDbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6TTa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9hnz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Jy9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQAV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jk4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fz3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNNb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dnDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RmVV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ul3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KFPqIZGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1JK260Js" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qzw5bUrY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qhsXLWz3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aKEfQxsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HqPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZLAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ktbH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnDS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/su7M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAwS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f2vL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9IuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShNF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IrVatsz3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JhFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y9cV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BHw5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7Nk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HY1W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DbOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CT8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/906r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePC4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ial6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/do6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L5fC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TcPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZUJDzbQo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4zMTy9JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7akvRFjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bLBj0Lph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PLJi7Kb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aFrALJpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cEWFUJvd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hjju64Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ASOFrmNj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mRDJ3Tb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VRIEUfBN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/y2CSb9po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fdrb1Hkf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ITVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7g4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mBp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ask9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hMc63H8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zVxwP1xI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VrJAxjkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X9r0Y0yd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XBAiJvOP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsFEbfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GaciEtMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Swou2Xmq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/S8jCXUJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dp324dsz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VpIvkzD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qzetql1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XQrDomK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rtuLWr8u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pqBoCGx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FphN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9sJZVvFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TwDxraIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8x0S9i3M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OObaQWxD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/shwlgOFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lZyxnYPl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RGBE596E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QBx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JxKM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2Vh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3epsPqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MTQoZEHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kzeNagm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2tmzZbQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWo6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/59zsGGWk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H9iEauF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/joeE40wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zgu5go8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zL57Fkpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mpuY7w18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mcUJKL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YWYEZzRQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pX9kWJgB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fsG2myq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D7he" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HZWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Olvohlrh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JGRurXx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pPWDOE0k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dkj1WJML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MSRSPIyP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mByVKkF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fba1nWsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Bw2wKyB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c7JI9tFg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gUE7xLJu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E8Si" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RCdfidDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1dvy3zWa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LUwVCFiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rKPbWaK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pvviWR4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X7a9kwp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Rxz2IC2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v2zqXnnp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lvbKPgqF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/78nBKvC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VMhoFPMQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dw5MEcDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iME0s4ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3vInc6Kp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/08F9lP68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PaVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0bsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SOop" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VTML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6vQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6xM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jM2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gw5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/opAm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7BK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdBO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4LY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6H9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DDsy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ipqg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJjS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cREO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NlB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EAPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7wTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xCq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oRsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6fIB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K73t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2x3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lco6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/920F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP6z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlSY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eP9r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQEk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vVbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Xzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pghm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eNAX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Quh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/81Ri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VlTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/itgc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qDbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6TTa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9hnz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Jy9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQAV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jk4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fz3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNNb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dnDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RmVV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ul3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KFPqIZGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1JK260Js" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qzw5bUrY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qhsXLWz3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aKEfQxsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HqPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZLAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ktbH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnDS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/su7M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAwS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f2vL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9IuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShNF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IrVatsz3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JhFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y9cV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BHw5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7Nk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HY1W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DbOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CT8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/906r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePC4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ial6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/do6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L5fC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TcPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZUJDzbQo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4zMTy9JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7akvRFjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bLBj0Lph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PLJi7Kb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aFrALJpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cEWFUJvd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hjju64Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ASOFrmNj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mRDJ3Tb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VRIEUfBN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/y2CSb9po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fdrb1Hkf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ITVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7g4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mBp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ask9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hMc63H8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zVxwP1xI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VrJAxjkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X9r0Y0yd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XBAiJvOP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsFEbfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GaciEtMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Swou2Xmq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/S8jCXUJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dp324dsz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VpIvkzD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qzetql1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XQrDomK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rtuLWr8u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pqBoCGx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FphN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9sJZVvFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TwDxraIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8x0S9i3M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OObaQWxD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/shwlgOFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lZyxnYPl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RGBE596E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QBx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JxKM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2Vh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3epsPqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MTQoZEHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kzeNagm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2tmzZbQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWo6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/59zsGGWk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H9iEauF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/joeE40wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zgu5go8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zL57Fkpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mpuY7w18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mcUJKL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YWYEZzRQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pX9kWJgB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fsG2myq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D7he" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HZWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Olvohlrh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JGRurXx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pPWDOE0k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dkj1WJML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MSRSPIyP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mByVKkF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fba1nWsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Bw2wKyB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c7JI9tFg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gUE7xLJu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E8Si" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RCdfidDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1dvy3zWa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LUwVCFiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rKPbWaK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pvviWR4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X7a9kwp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Rxz2IC2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v2zqXnnp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lvbKPgqF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/78nBKvC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VMhoFPMQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dw5MEcDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iME0s4ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3vInc6Kp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/08F9lP68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PaVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0bsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SOop" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VTML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6vQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6xM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jM2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gw5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/opAm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7BK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdBO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4LY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6H9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DDsy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M482"/>
+  <dimension ref="A1:M484"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -32540,4099 +32670,4185 @@
       <c r="A394" s="5" t="s">
         <v>2112</v>
       </c>
       <c r="B394" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C394" s="5" t="s">
         <v>231</v>
       </c>
       <c r="D394" s="5" t="s">
         <v>697</v>
       </c>
       <c r="E394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F394" s="5" t="s">
         <v>2113</v>
       </c>
       <c r="G394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H394" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H394" s="5" t="s">
+        <v>2114</v>
       </c>
       <c r="I394" s="5" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
       <c r="J394" s="5" t="s">
-        <v>2115</v>
-[...4 lines deleted...]
-        </is>
+        <v>2116</v>
+      </c>
+      <c r="K394" s="5" t="s">
+        <v>2117</v>
       </c>
       <c r="L394" s="6" t="s">
-        <v>2116</v>
+        <v>2118</v>
       </c>
       <c r="M394" s="5" t="s">
-        <v>2117</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="5" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
       <c r="B395" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C395" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H395" s="5" t="s">
-        <v>2119</v>
+        <v>2121</v>
       </c>
       <c r="I395" s="5"/>
       <c r="J395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K395" s="5" t="s">
-        <v>2120</v>
+        <v>2122</v>
       </c>
       <c r="L395" s="6" t="s">
-        <v>2121</v>
+        <v>2123</v>
       </c>
       <c r="M395" s="5"/>
     </row>
     <row r="396">
       <c r="A396" s="5" t="s">
-        <v>2122</v>
+        <v>2124</v>
       </c>
       <c r="B396" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C396" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H396" s="5" t="s">
-        <v>2123</v>
+        <v>2125</v>
       </c>
       <c r="I396" s="5"/>
       <c r="J396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K396" s="5" t="s">
-        <v>2124</v>
+        <v>2126</v>
       </c>
       <c r="L396" s="6" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
       <c r="M396" s="5"/>
     </row>
     <row r="397">
       <c r="A397" s="5" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
       <c r="B397" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C397" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H397" s="5" t="s">
-        <v>2127</v>
+        <v>2129</v>
       </c>
       <c r="I397" s="5"/>
       <c r="J397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K397" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L397" s="6" t="s">
-        <v>2129</v>
+        <v>2131</v>
       </c>
       <c r="M397" s="5"/>
     </row>
     <row r="398">
       <c r="A398" s="5" t="s">
-        <v>2130</v>
+        <v>2132</v>
       </c>
       <c r="B398" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C398" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H398" s="5" t="s">
-        <v>2131</v>
+        <v>2133</v>
       </c>
       <c r="I398" s="5"/>
       <c r="J398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K398" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L398" s="6" t="s">
-        <v>2132</v>
+        <v>2134</v>
       </c>
       <c r="M398" s="5"/>
     </row>
     <row r="399">
       <c r="A399" s="5" t="s">
-        <v>2133</v>
+        <v>2135</v>
       </c>
       <c r="B399" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C399" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I399" s="5"/>
       <c r="J399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K399" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L399" s="6" t="s">
-        <v>2134</v>
+        <v>2136</v>
       </c>
       <c r="M399" s="5"/>
     </row>
     <row r="400">
       <c r="A400" s="5" t="s">
-        <v>2135</v>
+        <v>2137</v>
       </c>
       <c r="B400" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C400" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I400" s="5"/>
       <c r="J400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K400" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L400" s="6" t="s">
-        <v>2136</v>
+        <v>2138</v>
       </c>
       <c r="M400" s="5"/>
     </row>
     <row r="401">
       <c r="A401" s="5" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="B401" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C401" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H401" s="5" t="s">
-        <v>2138</v>
+        <v>2140</v>
       </c>
       <c r="I401" s="5"/>
       <c r="J401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K401" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L401" s="6" t="s">
-        <v>2139</v>
+        <v>2141</v>
       </c>
       <c r="M401" s="5"/>
     </row>
     <row r="402">
       <c r="A402" s="5" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="B402" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C402" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H402" s="5" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="I402" s="5"/>
       <c r="J402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K402" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L402" s="6" t="s">
-        <v>2142</v>
+        <v>2144</v>
       </c>
       <c r="M402" s="5"/>
     </row>
     <row r="403">
       <c r="A403" s="5" t="s">
-        <v>2143</v>
+        <v>2145</v>
       </c>
       <c r="B403" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C403" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I403" s="5"/>
       <c r="J403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K403" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L403" s="6" t="s">
-        <v>2144</v>
+        <v>2146</v>
       </c>
       <c r="M403" s="5"/>
     </row>
     <row r="404">
       <c r="A404" s="5" t="s">
-        <v>2145</v>
+        <v>2147</v>
       </c>
       <c r="B404" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C404" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I404" s="5"/>
       <c r="J404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K404" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L404" s="6" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="M404" s="5"/>
     </row>
     <row r="405">
       <c r="A405" s="5" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
       <c r="B405" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C405" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I405" s="5"/>
       <c r="J405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K405" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L405" s="6" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
       <c r="M405" s="5"/>
     </row>
     <row r="406">
       <c r="A406" s="5" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="B406" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C406" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I406" s="5"/>
       <c r="J406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K406" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L406" s="6" t="s">
-        <v>2150</v>
+        <v>2152</v>
       </c>
       <c r="M406" s="5"/>
     </row>
     <row r="407">
       <c r="A407" s="5" t="s">
-        <v>2151</v>
+        <v>2153</v>
       </c>
       <c r="B407" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C407" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H407" s="5" t="s">
-        <v>2152</v>
+        <v>2154</v>
       </c>
       <c r="I407" s="5"/>
       <c r="J407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K407" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L407" s="6" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
       <c r="M407" s="5"/>
     </row>
     <row r="408">
       <c r="A408" s="5" t="s">
-        <v>2154</v>
+        <v>2156</v>
       </c>
       <c r="B408" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C408" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I408" s="5"/>
       <c r="J408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K408" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L408" s="6" t="s">
-        <v>2155</v>
+        <v>2157</v>
       </c>
       <c r="M408" s="5"/>
     </row>
     <row r="409">
       <c r="A409" s="5" t="s">
-        <v>2156</v>
+        <v>2158</v>
       </c>
       <c r="B409" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C409" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I409" s="5"/>
       <c r="J409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K409" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L409" s="6" t="s">
-        <v>2157</v>
+        <v>2159</v>
       </c>
       <c r="M409" s="5"/>
     </row>
     <row r="410">
       <c r="A410" s="5" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="B410" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C410" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H410" s="5" t="s">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="I410" s="5"/>
       <c r="J410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K410" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L410" s="6" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
       <c r="M410" s="5"/>
     </row>
     <row r="411">
       <c r="A411" s="5" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="B411" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C411" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H411" s="5" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
       <c r="I411" s="5"/>
       <c r="J411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K411" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L411" s="6" t="s">
-        <v>2163</v>
+        <v>2165</v>
       </c>
       <c r="M411" s="5"/>
     </row>
     <row r="412">
       <c r="A412" s="5" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
       <c r="B412" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C412" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H412" s="5" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="I412" s="5"/>
       <c r="J412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K412" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L412" s="6" t="s">
-        <v>2166</v>
+        <v>2168</v>
       </c>
       <c r="M412" s="5"/>
     </row>
     <row r="413">
       <c r="A413" s="5" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
       <c r="B413" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C413" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H413" s="5" t="s">
-        <v>2168</v>
+        <v>2170</v>
       </c>
       <c r="I413" s="5"/>
       <c r="J413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K413" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L413" s="6" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="M413" s="5"/>
     </row>
     <row r="414">
       <c r="A414" s="5" t="s">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="B414" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C414" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H414" s="5" t="s">
-        <v>2171</v>
+        <v>2173</v>
       </c>
       <c r="I414" s="5"/>
       <c r="J414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K414" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L414" s="6" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="M414" s="5"/>
     </row>
     <row r="415">
       <c r="A415" s="5" t="s">
-        <v>2173</v>
+        <v>2175</v>
       </c>
       <c r="B415" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C415" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H415" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="I415" s="5"/>
       <c r="J415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K415" s="5" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="L415" s="6" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="M415" s="5"/>
     </row>
     <row r="416">
       <c r="A416" s="5" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="B416" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C416" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H416" s="5" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
       <c r="I416" s="5"/>
       <c r="J416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K416" s="5" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="L416" s="6" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="M416" s="5"/>
     </row>
     <row r="417">
       <c r="A417" s="5" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="B417" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C417" s="5" t="s">
         <v>269</v>
       </c>
       <c r="D417" s="5" t="s">
         <v>688</v>
       </c>
       <c r="E417" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F417" s="5" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="G417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H417" s="5" t="s">
-        <v>2182</v>
+        <v>2184</v>
       </c>
       <c r="I417" s="5" t="s">
-        <v>2183</v>
+        <v>2185</v>
       </c>
       <c r="J417" s="5" t="s">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="K417" s="5" t="s">
-        <v>2185</v>
+        <v>2187</v>
       </c>
       <c r="L417" s="6" t="s">
-        <v>2186</v>
+        <v>2188</v>
       </c>
       <c r="M417" s="5" t="s">
-        <v>2187</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="5" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="B418" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C418" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H418" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="I418" s="5"/>
       <c r="J418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K418" s="5" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="L418" s="6" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
       <c r="M418" s="5"/>
     </row>
     <row r="419">
       <c r="A419" s="5" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="B419" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C419" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H419" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="I419" s="5"/>
       <c r="J419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K419" s="5" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="L419" s="6" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="M419" s="5"/>
     </row>
     <row r="420">
       <c r="A420" s="5" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="B420" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C420" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H420" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="I420" s="5"/>
       <c r="J420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K420" s="5" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="L420" s="6" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="M420" s="5"/>
     </row>
     <row r="421">
       <c r="A421" s="5" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="B421" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H421" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="I421" s="5"/>
       <c r="J421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K421" s="5" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="L421" s="6" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="M421" s="5"/>
     </row>
     <row r="422">
       <c r="A422" s="5" t="s">
-        <v>2196</v>
+        <v>2198</v>
       </c>
       <c r="B422" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C422" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H422" s="5" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="I422" s="5"/>
       <c r="J422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K422" s="5" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="L422" s="6" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
       <c r="M422" s="5"/>
     </row>
     <row r="423">
       <c r="A423" s="5" t="s">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="B423" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C423" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I423" s="5"/>
       <c r="J423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K423" s="5" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="L423" s="6" t="s">
-        <v>2200</v>
+        <v>2202</v>
       </c>
       <c r="M423" s="5"/>
     </row>
     <row r="424">
       <c r="A424" s="5" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="B424" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C424" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H424" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="I424" s="5"/>
       <c r="J424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K424" s="5" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="L424" s="6" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="M424" s="5"/>
     </row>
     <row r="425">
       <c r="A425" s="5" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="B425" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C425" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="D425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H425" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="I425" s="5"/>
       <c r="J425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K425" s="5" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="L425" s="6" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="M425" s="5"/>
     </row>
     <row r="426">
       <c r="A426" s="5" t="s">
-        <v>2206</v>
+        <v>2208</v>
       </c>
       <c r="B426" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C426" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="D426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H426" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="I426" s="5"/>
       <c r="J426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K426" s="5" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="L426" s="6" t="s">
-        <v>2207</v>
+        <v>2209</v>
       </c>
       <c r="M426" s="5"/>
     </row>
     <row r="427">
       <c r="A427" s="5" t="s">
-        <v>2208</v>
+        <v>2210</v>
       </c>
       <c r="B427" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C427" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="D427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H427" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="I427" s="5"/>
       <c r="J427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K427" s="5" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="L427" s="6" t="s">
-        <v>2209</v>
+        <v>2211</v>
       </c>
       <c r="M427" s="5"/>
     </row>
     <row r="428">
       <c r="A428" s="5" t="s">
-        <v>2210</v>
+        <v>2212</v>
       </c>
       <c r="B428" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C428" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="D428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H428" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="I428" s="5"/>
       <c r="J428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K428" s="5" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="L428" s="6" t="s">
-        <v>2211</v>
+        <v>2213</v>
       </c>
       <c r="M428" s="5"/>
     </row>
     <row r="429">
       <c r="A429" s="5" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
       <c r="B429" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C429" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="D429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H429" s="5" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="I429" s="5"/>
       <c r="J429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K429" s="5" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="L429" s="6" t="s">
-        <v>2213</v>
+        <v>2215</v>
       </c>
       <c r="M429" s="5"/>
     </row>
     <row r="430">
       <c r="A430" s="5" t="s">
-        <v>2214</v>
+        <v>2216</v>
       </c>
       <c r="B430" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C430" s="5" t="s">
         <v>688</v>
       </c>
       <c r="D430" s="5" t="s">
         <v>269</v>
       </c>
       <c r="E430" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F430" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H430" s="5" t="s">
-        <v>2215</v>
+        <v>2217</v>
       </c>
       <c r="I430" s="5" t="s">
-        <v>2216</v>
+        <v>2218</v>
       </c>
       <c r="J430" s="5" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="K430" s="5" t="s">
-        <v>2218</v>
+        <v>2220</v>
       </c>
       <c r="L430" s="6" t="s">
-        <v>2219</v>
+        <v>2221</v>
       </c>
       <c r="M430" s="5" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="5" t="s">
-        <v>2214</v>
+        <v>2216</v>
       </c>
       <c r="B431" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C431" s="5" t="s">
         <v>688</v>
       </c>
       <c r="D431" s="5" t="s">
         <v>261</v>
       </c>
       <c r="E431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H431" s="5" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="I431" s="5" t="s">
-        <v>2222</v>
+        <v>2224</v>
       </c>
       <c r="J431" s="5" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="K431" s="5" t="s">
-        <v>2223</v>
+        <v>2225</v>
       </c>
       <c r="L431" s="6" t="s">
-        <v>2224</v>
+        <v>2226</v>
       </c>
       <c r="M431" s="5" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="5" t="s">
-        <v>2226</v>
+        <v>2228</v>
       </c>
       <c r="B432" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C432" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H432" s="5" t="s">
-        <v>2227</v>
+        <v>2229</v>
       </c>
       <c r="I432" s="5"/>
       <c r="J432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K432" s="5" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="L432" s="6" t="s">
-        <v>2229</v>
+        <v>2231</v>
       </c>
       <c r="M432" s="5"/>
     </row>
     <row r="433">
       <c r="A433" s="5" t="s">
-        <v>2230</v>
+        <v>2232</v>
       </c>
       <c r="B433" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C433" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H433" s="5" t="s">
-        <v>2231</v>
+        <v>2233</v>
       </c>
       <c r="I433" s="5"/>
       <c r="J433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K433" s="5" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="L433" s="6" t="s">
-        <v>2232</v>
+        <v>2234</v>
       </c>
       <c r="M433" s="5"/>
     </row>
     <row r="434">
       <c r="A434" s="5" t="s">
-        <v>2233</v>
+        <v>2235</v>
       </c>
       <c r="B434" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C434" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H434" s="5" t="s">
-        <v>2234</v>
+        <v>2236</v>
       </c>
       <c r="I434" s="5"/>
       <c r="J434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K434" s="5" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="L434" s="6" t="s">
-        <v>2235</v>
+        <v>2237</v>
       </c>
       <c r="M434" s="5"/>
     </row>
     <row r="435">
       <c r="A435" s="5" t="s">
-        <v>2236</v>
+        <v>2238</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C435" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H435" s="5" t="s">
-        <v>2237</v>
+        <v>2239</v>
       </c>
       <c r="I435" s="5"/>
       <c r="J435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K435" s="5" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="L435" s="6" t="s">
-        <v>2238</v>
+        <v>2240</v>
       </c>
       <c r="M435" s="5"/>
     </row>
     <row r="436">
       <c r="A436" s="5" t="s">
-        <v>2239</v>
+        <v>2241</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C436" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H436" s="5" t="s">
-        <v>2240</v>
+        <v>2242</v>
       </c>
       <c r="I436" s="5"/>
       <c r="J436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K436" s="5" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="L436" s="6" t="s">
-        <v>2241</v>
+        <v>2243</v>
       </c>
       <c r="M436" s="5"/>
     </row>
     <row r="437">
       <c r="A437" s="5" t="s">
-        <v>2242</v>
+        <v>2244</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C437" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I437" s="5"/>
       <c r="J437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K437" s="5" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="L437" s="6" t="s">
-        <v>2243</v>
+        <v>2245</v>
       </c>
       <c r="M437" s="5"/>
     </row>
     <row r="438">
       <c r="A438" s="5" t="s">
-        <v>2244</v>
+        <v>2246</v>
       </c>
       <c r="B438" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C438" s="5" t="s">
         <v>1547</v>
       </c>
       <c r="D438" s="5" t="s">
         <v>1562</v>
       </c>
       <c r="E438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H438" s="5" t="s">
-        <v>2245</v>
+        <v>2247</v>
       </c>
       <c r="I438" s="5" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="J438" s="5" t="s">
         <v>1567</v>
       </c>
       <c r="K438" s="5" t="s">
-        <v>2247</v>
+        <v>2249</v>
       </c>
       <c r="L438" s="6" t="s">
-        <v>2248</v>
+        <v>2250</v>
       </c>
       <c r="M438" s="5" t="s">
-        <v>2249</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="5" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
       <c r="B439" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C439" s="5" t="s">
         <v>231</v>
       </c>
       <c r="D439" s="5" t="s">
         <v>697</v>
       </c>
       <c r="E439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H439" s="5" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="I439" s="5" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="J439" s="5" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="K439" s="5" t="s">
-        <v>2254</v>
+        <v>2256</v>
       </c>
       <c r="L439" s="6" t="s">
-        <v>2255</v>
+        <v>2257</v>
       </c>
       <c r="M439" s="5" t="s">
-        <v>2256</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="5" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="B440" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C440" s="5" t="s">
         <v>231</v>
       </c>
       <c r="D440" s="5" t="s">
         <v>697</v>
       </c>
       <c r="E440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H440" s="5" t="s">
-        <v>2258</v>
+        <v>2260</v>
       </c>
       <c r="I440" s="5" t="s">
-        <v>2259</v>
+        <v>2261</v>
       </c>
       <c r="J440" s="5" t="s">
-        <v>2260</v>
+        <v>2262</v>
       </c>
       <c r="K440" s="5" t="s">
-        <v>2261</v>
+        <v>2263</v>
       </c>
       <c r="L440" s="6" t="s">
-        <v>2262</v>
+        <v>2264</v>
       </c>
       <c r="M440" s="5" t="s">
-        <v>2263</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="5" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="B441" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C441" s="5" t="s">
-        <v>2265</v>
+        <v>2267</v>
       </c>
       <c r="D441" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E441" s="5" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
       <c r="F441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G441" s="5" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
       <c r="H441" s="5" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
       <c r="I441" s="5"/>
       <c r="J441" s="5" t="s">
         <v>297</v>
       </c>
       <c r="K441" s="5" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="L441" s="6" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="M441" s="5" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="5" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="B442" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C442" s="5" t="s">
-        <v>2265</v>
+        <v>2267</v>
       </c>
       <c r="D442" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E442" s="5" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
       <c r="F442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G442" s="5" t="s">
-        <v>2272</v>
+        <v>2274</v>
       </c>
       <c r="H442" s="5" t="s">
-        <v>2273</v>
+        <v>2275</v>
       </c>
       <c r="I442" s="5"/>
       <c r="J442" s="5" t="s">
         <v>297</v>
       </c>
       <c r="K442" s="5" t="s">
-        <v>2274</v>
+        <v>2276</v>
       </c>
       <c r="L442" s="6" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
       <c r="M442" s="5" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="5" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="B443" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C443" s="5" t="s">
         <v>1477</v>
       </c>
       <c r="D443" s="5" t="s">
         <v>1562</v>
       </c>
       <c r="E443" s="5" t="s">
-        <v>2277</v>
+        <v>2279</v>
       </c>
       <c r="F443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H443" s="5" t="s">
-        <v>2278</v>
+        <v>2280</v>
       </c>
       <c r="I443" s="5" t="s">
-        <v>2279</v>
+        <v>2281</v>
       </c>
       <c r="J443" s="5" t="s">
         <v>1567</v>
       </c>
       <c r="K443" s="5" t="s">
-        <v>2280</v>
+        <v>2282</v>
       </c>
       <c r="L443" s="6" t="s">
-        <v>2281</v>
+        <v>2283</v>
       </c>
       <c r="M443" s="5" t="s">
-        <v>2282</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="5" t="s">
-        <v>2283</v>
+        <v>2285</v>
       </c>
       <c r="B444" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C444" s="5" t="s">
-        <v>2284</v>
+        <v>2286</v>
       </c>
       <c r="D444" s="5" t="s">
         <v>1207</v>
       </c>
       <c r="E444" s="5" t="s">
         <v>1505</v>
       </c>
       <c r="F444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H444" s="5" t="s">
-        <v>2285</v>
+        <v>2287</v>
       </c>
       <c r="I444" s="5" t="s">
-        <v>2286</v>
+        <v>2288</v>
       </c>
       <c r="J444" s="5" t="s">
         <v>1256</v>
       </c>
       <c r="K444" s="5" t="s">
-        <v>2287</v>
+        <v>2289</v>
       </c>
       <c r="L444" s="6" t="s">
-        <v>2288</v>
+        <v>2290</v>
       </c>
       <c r="M444" s="5" t="s">
-        <v>2289</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="5" t="s">
-        <v>2290</v>
+        <v>2292</v>
       </c>
       <c r="B445" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C445" s="5" t="s">
-        <v>809</v>
+        <v>231</v>
       </c>
       <c r="D445" s="5" t="s">
-        <v>1562</v>
-[...2 lines deleted...]
-        <v>1039</v>
+        <v>697</v>
+      </c>
+      <c r="E445" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H445" s="5" t="s">
-        <v>2291</v>
+        <v>2293</v>
       </c>
       <c r="I445" s="5" t="s">
-        <v>2292</v>
+        <v>2294</v>
       </c>
       <c r="J445" s="5" t="s">
-        <v>1567</v>
+        <v>2295</v>
       </c>
       <c r="K445" s="5" t="s">
-        <v>2293</v>
+        <v>2296</v>
       </c>
       <c r="L445" s="6" t="s">
-        <v>2294</v>
+        <v>2297</v>
       </c>
       <c r="M445" s="5" t="s">
-        <v>2295</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="5" t="s">
-        <v>2296</v>
+        <v>2299</v>
       </c>
       <c r="B446" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C446" s="5" t="s">
-        <v>1477</v>
+        <v>809</v>
       </c>
       <c r="D446" s="5" t="s">
         <v>1562</v>
       </c>
-      <c r="E446" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E446" s="5" t="s">
+        <v>1039</v>
       </c>
       <c r="F446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H446" s="5" t="s">
-        <v>2297</v>
+        <v>2300</v>
       </c>
       <c r="I446" s="5" t="s">
-        <v>2298</v>
+        <v>2301</v>
       </c>
       <c r="J446" s="5" t="s">
         <v>1567</v>
       </c>
       <c r="K446" s="5" t="s">
-        <v>2299</v>
+        <v>2302</v>
       </c>
       <c r="L446" s="6" t="s">
-        <v>2300</v>
+        <v>2303</v>
       </c>
       <c r="M446" s="5" t="s">
-        <v>2301</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="5" t="s">
-        <v>2302</v>
+        <v>2305</v>
       </c>
       <c r="B447" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C447" s="5" t="s">
-        <v>2303</v>
+        <v>1477</v>
       </c>
       <c r="D447" s="5" t="s">
-        <v>2304</v>
-[...2 lines deleted...]
-        <v>2305</v>
+        <v>1562</v>
+      </c>
+      <c r="E447" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H447" s="5" t="s">
         <v>2306</v>
       </c>
-      <c r="I447" s="5"/>
+      <c r="I447" s="5" t="s">
+        <v>2307</v>
+      </c>
       <c r="J447" s="5" t="s">
-        <v>2307</v>
+        <v>1567</v>
       </c>
       <c r="K447" s="5" t="s">
         <v>2308</v>
       </c>
       <c r="L447" s="6" t="s">
         <v>2309</v>
       </c>
       <c r="M447" s="5" t="s">
         <v>2310</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="5" t="s">
         <v>2311</v>
       </c>
       <c r="B448" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C448" s="5" t="s">
-        <v>1232</v>
+        <v>2312</v>
       </c>
       <c r="D448" s="5" t="s">
-        <v>1562</v>
+        <v>2313</v>
       </c>
       <c r="E448" s="5" t="s">
-        <v>2312</v>
+        <v>2314</v>
       </c>
       <c r="F448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H448" s="5" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="I448" s="5"/>
       <c r="J448" s="5" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="K448" s="5" t="s">
-        <v>2315</v>
+        <v>2317</v>
       </c>
       <c r="L448" s="6" t="s">
-        <v>2316</v>
+        <v>2318</v>
       </c>
       <c r="M448" s="5" t="s">
-        <v>2317</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="5" t="s">
-        <v>2318</v>
+        <v>2320</v>
       </c>
       <c r="B449" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C449" s="5" t="s">
-        <v>16</v>
+        <v>1232</v>
       </c>
       <c r="D449" s="5" t="s">
-        <v>1547</v>
+        <v>1562</v>
       </c>
       <c r="E449" s="5" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
       <c r="F449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H449" s="5" t="s">
-        <v>2320</v>
-[...3 lines deleted...]
-      </c>
+        <v>2322</v>
+      </c>
+      <c r="I449" s="5"/>
       <c r="J449" s="5" t="s">
-        <v>2307</v>
+        <v>2323</v>
       </c>
       <c r="K449" s="5" t="s">
-        <v>2322</v>
+        <v>2324</v>
       </c>
       <c r="L449" s="6" t="s">
-        <v>2323</v>
+        <v>2325</v>
       </c>
       <c r="M449" s="5" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="5" t="s">
-        <v>2325</v>
+        <v>2327</v>
       </c>
       <c r="B450" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C450" s="5" t="s">
-        <v>647</v>
+        <v>16</v>
       </c>
       <c r="D450" s="5" t="s">
-        <v>1207</v>
+        <v>1547</v>
       </c>
       <c r="E450" s="5" t="s">
-        <v>1505</v>
+        <v>2328</v>
       </c>
       <c r="F450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H450" s="5" t="s">
-        <v>2326</v>
-[...1 lines deleted...]
-      <c r="I450" s="5"/>
+        <v>2329</v>
+      </c>
+      <c r="I450" s="5" t="s">
+        <v>2330</v>
+      </c>
       <c r="J450" s="5" t="s">
-        <v>1256</v>
+        <v>2316</v>
       </c>
       <c r="K450" s="5" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="L450" s="6" t="s">
-        <v>2328</v>
+        <v>2332</v>
       </c>
       <c r="M450" s="5" t="s">
-        <v>2329</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="5" t="s">
-        <v>2330</v>
+        <v>2334</v>
       </c>
       <c r="B451" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C451" s="5" t="s">
-        <v>16</v>
+        <v>647</v>
       </c>
       <c r="D451" s="5" t="s">
-        <v>1562</v>
+        <v>1207</v>
       </c>
       <c r="E451" s="5" t="s">
-        <v>17</v>
+        <v>1505</v>
       </c>
       <c r="F451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H451" s="5" t="s">
-        <v>2331</v>
-[...3 lines deleted...]
-      </c>
+        <v>2335</v>
+      </c>
+      <c r="I451" s="5"/>
       <c r="J451" s="5" t="s">
-        <v>2307</v>
+        <v>1256</v>
       </c>
       <c r="K451" s="5" t="s">
-        <v>2333</v>
+        <v>2336</v>
       </c>
       <c r="L451" s="6" t="s">
-        <v>2334</v>
+        <v>2337</v>
       </c>
       <c r="M451" s="5" t="s">
-        <v>2335</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="5" t="s">
-        <v>2336</v>
+        <v>2339</v>
       </c>
       <c r="B452" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C452" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D452" s="5" t="s">
         <v>1562</v>
       </c>
       <c r="E452" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H452" s="5" t="s">
-        <v>2337</v>
+        <v>2340</v>
       </c>
       <c r="I452" s="5" t="s">
-        <v>2338</v>
+        <v>2341</v>
       </c>
       <c r="J452" s="5" t="s">
-        <v>2307</v>
+        <v>2316</v>
       </c>
       <c r="K452" s="5" t="s">
-        <v>2339</v>
+        <v>2342</v>
       </c>
       <c r="L452" s="6" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
       <c r="M452" s="5" t="s">
-        <v>2341</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="5" t="s">
-        <v>2342</v>
+        <v>2345</v>
       </c>
       <c r="B453" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C453" s="5" t="s">
-        <v>688</v>
+        <v>16</v>
       </c>
       <c r="D453" s="5" t="s">
-        <v>2343</v>
+        <v>1562</v>
       </c>
       <c r="E453" s="5" t="s">
-        <v>2344</v>
-[...2 lines deleted...]
-        <v>2345</v>
+        <v>17</v>
+      </c>
+      <c r="F453" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H453" s="5" t="s">
         <v>2346</v>
       </c>
       <c r="I453" s="5" t="s">
         <v>2347</v>
       </c>
       <c r="J453" s="5" t="s">
+        <v>2316</v>
+      </c>
+      <c r="K453" s="5" t="s">
         <v>2348</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L453" s="6" t="s">
         <v>2349</v>
       </c>
       <c r="M453" s="5" t="s">
         <v>2350</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="5" t="s">
         <v>2351</v>
       </c>
       <c r="B454" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C454" s="5" t="s">
         <v>688</v>
       </c>
       <c r="D454" s="5" t="s">
-        <v>2343</v>
+        <v>2352</v>
       </c>
       <c r="E454" s="5" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F454" s="5" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="G454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H454" s="5" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="I454" s="5" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="J454" s="5" t="s">
-        <v>2356</v>
-[...1 lines deleted...]
-      <c r="K454" s="5" t="s">
         <v>2357</v>
+      </c>
+      <c r="K454" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L454" s="6" t="s">
         <v>2358</v>
       </c>
       <c r="M454" s="5" t="s">
         <v>2359</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="5" t="s">
         <v>2360</v>
       </c>
       <c r="B455" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C455" s="5" t="s">
-        <v>647</v>
+        <v>688</v>
       </c>
       <c r="D455" s="5" t="s">
+        <v>2352</v>
+      </c>
+      <c r="E455" s="5" t="s">
         <v>2361</v>
       </c>
-      <c r="E455" s="5" t="s">
+      <c r="F455" s="5" t="s">
         <v>2362</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H455" s="5" t="s">
         <v>2363</v>
       </c>
       <c r="I455" s="5" t="s">
         <v>2364</v>
       </c>
       <c r="J455" s="5" t="s">
         <v>2365</v>
       </c>
       <c r="K455" s="5" t="s">
         <v>2366</v>
       </c>
       <c r="L455" s="6" t="s">
         <v>2367</v>
       </c>
       <c r="M455" s="5" t="s">
         <v>2368</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="5" t="s">
         <v>2369</v>
       </c>
       <c r="B456" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C456" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="D456" s="5" t="s">
         <v>2370</v>
       </c>
-      <c r="D456" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E456" s="5" t="s">
+        <v>2371</v>
       </c>
       <c r="F456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H456" s="5" t="s">
-        <v>2371</v>
+        <v>2372</v>
       </c>
       <c r="I456" s="5" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="J456" s="5" t="s">
-        <v>1567</v>
+        <v>2374</v>
       </c>
       <c r="K456" s="5" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="L456" s="6" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="M456" s="5" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="5" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="B457" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C457" s="5" t="s">
-        <v>1547</v>
+        <v>2379</v>
       </c>
       <c r="D457" s="5" t="s">
-        <v>2304</v>
+        <v>1477</v>
       </c>
       <c r="E457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H457" s="5" t="s">
-        <v>2377</v>
-[...1 lines deleted...]
-      <c r="I457" s="5"/>
+        <v>2380</v>
+      </c>
+      <c r="I457" s="5" t="s">
+        <v>2381</v>
+      </c>
       <c r="J457" s="5" t="s">
         <v>1567</v>
       </c>
       <c r="K457" s="5" t="s">
-        <v>2378</v>
+        <v>2382</v>
       </c>
       <c r="L457" s="6" t="s">
-        <v>2379</v>
+        <v>2383</v>
       </c>
       <c r="M457" s="5" t="s">
-        <v>2380</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="5" t="s">
-        <v>2381</v>
+        <v>2385</v>
       </c>
       <c r="B458" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C458" s="5" t="s">
-        <v>269</v>
+        <v>1547</v>
       </c>
       <c r="D458" s="5" t="s">
-        <v>688</v>
-[...5 lines deleted...]
-        <v>2383</v>
+        <v>2313</v>
+      </c>
+      <c r="E458" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F458" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H458" s="5" t="s">
-        <v>2384</v>
-[...3 lines deleted...]
-      </c>
+        <v>2386</v>
+      </c>
+      <c r="I458" s="5"/>
       <c r="J458" s="5" t="s">
-        <v>2386</v>
+        <v>1567</v>
       </c>
       <c r="K458" s="5" t="s">
         <v>2387</v>
       </c>
       <c r="L458" s="6" t="s">
         <v>2388</v>
       </c>
       <c r="M458" s="5" t="s">
         <v>2389</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="5" t="s">
         <v>2390</v>
       </c>
       <c r="B459" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C459" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D459" s="5" t="s">
         <v>688</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="E459" s="5" t="s">
         <v>2391</v>
       </c>
       <c r="F459" s="5" t="s">
-        <v>2382</v>
+        <v>2392</v>
       </c>
       <c r="G459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H459" s="5" t="s">
-        <v>2392</v>
+        <v>2393</v>
       </c>
       <c r="I459" s="5" t="s">
-        <v>2393</v>
+        <v>2394</v>
       </c>
       <c r="J459" s="5" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
       <c r="K459" s="5" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="L459" s="6" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
       <c r="M459" s="5" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="5" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="B460" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C460" s="5" t="s">
-        <v>1477</v>
+        <v>688</v>
       </c>
       <c r="D460" s="5" t="s">
-        <v>1562</v>
-[...9 lines deleted...]
-        </is>
+        <v>269</v>
+      </c>
+      <c r="E460" s="5" t="s">
+        <v>2400</v>
+      </c>
+      <c r="F460" s="5" t="s">
+        <v>2391</v>
       </c>
       <c r="G460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H460" s="5" t="s">
-        <v>2399</v>
+        <v>2401</v>
       </c>
       <c r="I460" s="5" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="J460" s="5" t="s">
-        <v>1567</v>
+        <v>2403</v>
       </c>
       <c r="K460" s="5" t="s">
-        <v>2401</v>
+        <v>2404</v>
       </c>
       <c r="L460" s="6" t="s">
-        <v>2402</v>
+        <v>2405</v>
       </c>
       <c r="M460" s="5" t="s">
-        <v>2403</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="5" t="s">
-        <v>2404</v>
+        <v>2407</v>
       </c>
       <c r="B461" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C461" s="5" t="s">
-        <v>269</v>
+        <v>1477</v>
       </c>
       <c r="D461" s="5" t="s">
-        <v>688</v>
-[...5 lines deleted...]
-        <v>2405</v>
+        <v>1562</v>
+      </c>
+      <c r="E461" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F461" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H461" s="5" t="s">
-        <v>2406</v>
+        <v>2408</v>
       </c>
       <c r="I461" s="5" t="s">
-        <v>2407</v>
+        <v>2409</v>
       </c>
       <c r="J461" s="5" t="s">
-        <v>2408</v>
+        <v>1567</v>
       </c>
       <c r="K461" s="5" t="s">
-        <v>2409</v>
+        <v>2410</v>
       </c>
       <c r="L461" s="6" t="s">
-        <v>2410</v>
+        <v>2411</v>
       </c>
       <c r="M461" s="5" t="s">
-        <v>2411</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="5" t="s">
-        <v>2412</v>
+        <v>2413</v>
       </c>
       <c r="B462" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C462" s="5" t="s">
-        <v>1547</v>
+        <v>269</v>
       </c>
       <c r="D462" s="5" t="s">
-        <v>1562</v>
-[...9 lines deleted...]
-        </is>
+        <v>688</v>
+      </c>
+      <c r="E462" s="5" t="s">
+        <v>2391</v>
+      </c>
+      <c r="F462" s="5" t="s">
+        <v>2414</v>
       </c>
       <c r="G462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H462" s="5" t="s">
-        <v>2413</v>
+        <v>2415</v>
       </c>
       <c r="I462" s="5" t="s">
-        <v>2414</v>
+        <v>2416</v>
       </c>
       <c r="J462" s="5" t="s">
-        <v>1567</v>
+        <v>2417</v>
       </c>
       <c r="K462" s="5" t="s">
-        <v>2415</v>
+        <v>2418</v>
       </c>
       <c r="L462" s="6" t="s">
-        <v>2416</v>
+        <v>2419</v>
       </c>
       <c r="M462" s="5" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="5" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="B463" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C463" s="5" t="s">
-        <v>269</v>
+        <v>1547</v>
       </c>
       <c r="D463" s="5" t="s">
-        <v>688</v>
-[...5 lines deleted...]
-        <v>2405</v>
+        <v>1562</v>
+      </c>
+      <c r="E463" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F463" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H463" s="5" t="s">
-        <v>2419</v>
+        <v>2422</v>
       </c>
       <c r="I463" s="5" t="s">
-        <v>2420</v>
+        <v>2423</v>
       </c>
       <c r="J463" s="5" t="s">
-        <v>2421</v>
+        <v>1567</v>
       </c>
       <c r="K463" s="5" t="s">
-        <v>2422</v>
+        <v>2424</v>
       </c>
       <c r="L463" s="6" t="s">
-        <v>2423</v>
+        <v>2425</v>
       </c>
       <c r="M463" s="5" t="s">
-        <v>2424</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="5" t="s">
-        <v>2425</v>
+        <v>2427</v>
       </c>
       <c r="B464" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C464" s="5" t="s">
-        <v>16</v>
+        <v>697</v>
       </c>
       <c r="D464" s="5" t="s">
-        <v>2304</v>
+        <v>269</v>
       </c>
       <c r="E464" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>2428</v>
+      </c>
+      <c r="F464" s="5" t="s">
+        <v>2429</v>
       </c>
       <c r="G464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H464" s="5" t="s">
-        <v>2426</v>
+        <v>2430</v>
       </c>
       <c r="I464" s="5" t="s">
-        <v>2427</v>
+        <v>2431</v>
       </c>
       <c r="J464" s="5" t="s">
-        <v>2307</v>
+        <v>2432</v>
       </c>
       <c r="K464" s="5" t="s">
-        <v>2428</v>
+        <v>2433</v>
       </c>
       <c r="L464" s="6" t="s">
-        <v>2429</v>
+        <v>2434</v>
       </c>
       <c r="M464" s="5" t="s">
-        <v>2430</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="5" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="B465" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C465" s="5" t="s">
-        <v>16</v>
+        <v>269</v>
       </c>
       <c r="D465" s="5" t="s">
-        <v>1562</v>
+        <v>688</v>
       </c>
       <c r="E465" s="5" t="s">
-        <v>2432</v>
+        <v>2391</v>
       </c>
       <c r="F465" s="5" t="s">
-        <v>2433</v>
+        <v>2414</v>
       </c>
       <c r="G465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H465" s="5" t="s">
-        <v>2434</v>
-[...1 lines deleted...]
-      <c r="I465" s="5"/>
+        <v>2437</v>
+      </c>
+      <c r="I465" s="5" t="s">
+        <v>2438</v>
+      </c>
       <c r="J465" s="5" t="s">
-        <v>2307</v>
+        <v>2439</v>
       </c>
       <c r="K465" s="5" t="s">
-        <v>2435</v>
+        <v>2440</v>
       </c>
       <c r="L465" s="6" t="s">
-        <v>2436</v>
+        <v>2441</v>
       </c>
       <c r="M465" s="5" t="s">
-        <v>2437</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="5" t="s">
-        <v>2438</v>
+        <v>2443</v>
       </c>
       <c r="B466" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C466" s="5" t="s">
-        <v>385</v>
+        <v>16</v>
       </c>
       <c r="D466" s="5" t="s">
-        <v>1562</v>
+        <v>2313</v>
       </c>
       <c r="E466" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H466" s="5" t="s">
-        <v>2439</v>
+        <v>2444</v>
       </c>
       <c r="I466" s="5" t="s">
-        <v>2440</v>
+        <v>2445</v>
       </c>
       <c r="J466" s="5" t="s">
-        <v>1567</v>
+        <v>2316</v>
       </c>
       <c r="K466" s="5" t="s">
-        <v>2441</v>
+        <v>2446</v>
       </c>
       <c r="L466" s="6" t="s">
-        <v>2442</v>
+        <v>2447</v>
       </c>
       <c r="M466" s="5" t="s">
-        <v>2443</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="5" t="s">
-        <v>2444</v>
+        <v>2449</v>
       </c>
       <c r="B467" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C467" s="5" t="s">
-        <v>2445</v>
+        <v>16</v>
       </c>
       <c r="D467" s="5" t="s">
         <v>1562</v>
       </c>
-      <c r="E467" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E467" s="5" t="s">
+        <v>2450</v>
+      </c>
+      <c r="F467" s="5" t="s">
+        <v>2451</v>
       </c>
       <c r="G467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H467" s="5" t="s">
-        <v>2446</v>
-[...3 lines deleted...]
-      </c>
+        <v>2452</v>
+      </c>
+      <c r="I467" s="5"/>
       <c r="J467" s="5" t="s">
-        <v>1567</v>
+        <v>2316</v>
       </c>
       <c r="K467" s="5" t="s">
-        <v>2448</v>
+        <v>2453</v>
       </c>
       <c r="L467" s="6" t="s">
-        <v>2449</v>
+        <v>2454</v>
       </c>
       <c r="M467" s="5" t="s">
-        <v>2450</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="5" t="s">
-        <v>2451</v>
+        <v>2456</v>
       </c>
       <c r="B468" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C468" s="5" t="s">
-        <v>2452</v>
+        <v>385</v>
       </c>
       <c r="D468" s="5" t="s">
-        <v>629</v>
+        <v>1562</v>
       </c>
       <c r="E468" s="5" t="s">
-        <v>2453</v>
+        <v>17</v>
       </c>
       <c r="F468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H468" s="5" t="s">
-        <v>2454</v>
-[...1 lines deleted...]
-      <c r="I468" s="5"/>
+        <v>2457</v>
+      </c>
+      <c r="I468" s="5" t="s">
+        <v>2458</v>
+      </c>
       <c r="J468" s="5" t="s">
-        <v>2455</v>
+        <v>1567</v>
       </c>
       <c r="K468" s="5" t="s">
-        <v>2456</v>
+        <v>2459</v>
       </c>
       <c r="L468" s="6" t="s">
-        <v>2457</v>
+        <v>2460</v>
       </c>
       <c r="M468" s="5" t="s">
-        <v>2458</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="5" t="s">
-        <v>2459</v>
+        <v>2462</v>
       </c>
       <c r="B469" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C469" s="5" t="s">
-        <v>16</v>
+        <v>2463</v>
       </c>
       <c r="D469" s="5" t="s">
-        <v>2460</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1562</v>
+      </c>
+      <c r="E469" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H469" s="5" t="s">
-        <v>2461</v>
-[...1 lines deleted...]
-      <c r="I469" s="5"/>
+        <v>2464</v>
+      </c>
+      <c r="I469" s="5" t="s">
+        <v>2465</v>
+      </c>
       <c r="J469" s="5" t="s">
-        <v>2307</v>
+        <v>1567</v>
       </c>
       <c r="K469" s="5" t="s">
-        <v>2462</v>
+        <v>2466</v>
       </c>
       <c r="L469" s="6" t="s">
-        <v>2463</v>
+        <v>2467</v>
       </c>
       <c r="M469" s="5" t="s">
-        <v>2464</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="5" t="s">
-        <v>2465</v>
+        <v>2469</v>
       </c>
       <c r="B470" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C470" s="5" t="s">
-        <v>269</v>
+        <v>2470</v>
       </c>
       <c r="D470" s="5" t="s">
-        <v>688</v>
+        <v>629</v>
       </c>
       <c r="E470" s="5" t="s">
-        <v>2382</v>
-[...2 lines deleted...]
-        <v>2405</v>
+        <v>2471</v>
+      </c>
+      <c r="F470" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H470" s="5" t="s">
-        <v>2466</v>
-[...3 lines deleted...]
-      </c>
+        <v>2472</v>
+      </c>
+      <c r="I470" s="5"/>
       <c r="J470" s="5" t="s">
-        <v>2468</v>
+        <v>2473</v>
       </c>
       <c r="K470" s="5" t="s">
-        <v>2469</v>
+        <v>2474</v>
       </c>
       <c r="L470" s="6" t="s">
-        <v>2470</v>
+        <v>2475</v>
       </c>
       <c r="M470" s="5" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="5" t="s">
-        <v>2472</v>
+        <v>2477</v>
       </c>
       <c r="B471" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C471" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D471" s="5" t="s">
-        <v>2473</v>
+        <v>2478</v>
       </c>
       <c r="E471" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F471" s="5" t="s">
-        <v>2474</v>
+      <c r="F471" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H471" s="5" t="s">
-        <v>2475</v>
+        <v>2479</v>
       </c>
       <c r="I471" s="5"/>
       <c r="J471" s="5" t="s">
-        <v>1567</v>
+        <v>2316</v>
       </c>
       <c r="K471" s="5" t="s">
-        <v>2476</v>
+        <v>2480</v>
       </c>
       <c r="L471" s="6" t="s">
-        <v>2477</v>
+        <v>2481</v>
       </c>
       <c r="M471" s="5" t="s">
-        <v>2478</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="5" t="s">
-        <v>2479</v>
+        <v>2483</v>
       </c>
       <c r="B472" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C472" s="5" t="s">
-        <v>16</v>
+        <v>269</v>
       </c>
       <c r="D472" s="5" t="s">
-        <v>1562</v>
+        <v>688</v>
       </c>
       <c r="E472" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>2391</v>
+      </c>
+      <c r="F472" s="5" t="s">
+        <v>2414</v>
       </c>
       <c r="G472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H472" s="5" t="s">
-        <v>2480</v>
+        <v>2484</v>
       </c>
       <c r="I472" s="5" t="s">
-        <v>2481</v>
+        <v>2485</v>
       </c>
       <c r="J472" s="5" t="s">
-        <v>2307</v>
+        <v>2486</v>
       </c>
       <c r="K472" s="5" t="s">
-        <v>2482</v>
+        <v>2487</v>
       </c>
       <c r="L472" s="6" t="s">
-        <v>2483</v>
+        <v>2488</v>
       </c>
       <c r="M472" s="5" t="s">
-        <v>2484</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="5" t="s">
-        <v>2485</v>
+        <v>2490</v>
       </c>
       <c r="B473" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C473" s="5" t="s">
-        <v>269</v>
+        <v>16</v>
       </c>
       <c r="D473" s="5" t="s">
-        <v>688</v>
+        <v>2491</v>
       </c>
       <c r="E473" s="5" t="s">
-        <v>2382</v>
+        <v>17</v>
       </c>
       <c r="F473" s="5" t="s">
-        <v>2405</v>
+        <v>2492</v>
       </c>
       <c r="G473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H473" s="5" t="s">
-        <v>2486</v>
-[...3 lines deleted...]
-      </c>
+        <v>2493</v>
+      </c>
+      <c r="I473" s="5"/>
       <c r="J473" s="5" t="s">
-        <v>2488</v>
+        <v>1567</v>
       </c>
       <c r="K473" s="5" t="s">
-        <v>2489</v>
+        <v>2494</v>
       </c>
       <c r="L473" s="6" t="s">
-        <v>2490</v>
+        <v>2495</v>
       </c>
       <c r="M473" s="5" t="s">
-        <v>2491</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="5" t="s">
-        <v>2492</v>
+        <v>2497</v>
       </c>
       <c r="B474" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C474" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D474" s="5" t="s">
         <v>1562</v>
       </c>
       <c r="E474" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H474" s="5" t="s">
-        <v>2493</v>
+        <v>2498</v>
       </c>
       <c r="I474" s="5" t="s">
-        <v>2494</v>
+        <v>2499</v>
       </c>
       <c r="J474" s="5" t="s">
-        <v>2307</v>
+        <v>2316</v>
       </c>
       <c r="K474" s="5" t="s">
-        <v>2495</v>
+        <v>2500</v>
       </c>
       <c r="L474" s="6" t="s">
-        <v>2496</v>
+        <v>2501</v>
       </c>
       <c r="M474" s="5" t="s">
-        <v>2497</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="5" t="s">
-        <v>2498</v>
+        <v>2503</v>
       </c>
       <c r="B475" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C475" s="5" t="s">
-        <v>16</v>
+        <v>269</v>
       </c>
       <c r="D475" s="5" t="s">
-        <v>2473</v>
+        <v>688</v>
       </c>
       <c r="E475" s="5" t="s">
-        <v>17</v>
+        <v>2391</v>
       </c>
       <c r="F475" s="5" t="s">
-        <v>2474</v>
+        <v>2414</v>
       </c>
       <c r="G475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H475" s="5" t="s">
-        <v>2499</v>
+        <v>2504</v>
       </c>
       <c r="I475" s="5" t="s">
-        <v>2500</v>
+        <v>2505</v>
       </c>
       <c r="J475" s="5" t="s">
-        <v>1567</v>
+        <v>2506</v>
       </c>
       <c r="K475" s="5" t="s">
-        <v>2501</v>
+        <v>2507</v>
       </c>
       <c r="L475" s="6" t="s">
-        <v>2502</v>
+        <v>2508</v>
       </c>
       <c r="M475" s="5" t="s">
-        <v>2503</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="5" t="s">
-        <v>2504</v>
+        <v>2510</v>
       </c>
       <c r="B476" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C476" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D476" s="5" t="s">
-        <v>2473</v>
+        <v>1562</v>
       </c>
       <c r="E476" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F476" s="5" t="s">
-        <v>2505</v>
+      <c r="F476" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H476" s="5" t="s">
-        <v>2506</v>
+        <v>2511</v>
       </c>
       <c r="I476" s="5" t="s">
-        <v>2507</v>
+        <v>2512</v>
       </c>
       <c r="J476" s="5" t="s">
-        <v>1567</v>
+        <v>2316</v>
       </c>
       <c r="K476" s="5" t="s">
-        <v>2508</v>
+        <v>2513</v>
       </c>
       <c r="L476" s="6" t="s">
-        <v>2509</v>
+        <v>2514</v>
       </c>
       <c r="M476" s="5" t="s">
-        <v>2510</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="5" t="s">
-        <v>2511</v>
+        <v>2516</v>
       </c>
       <c r="B477" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C477" s="5" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="D477" s="5" t="s">
-        <v>2304</v>
-[...9 lines deleted...]
-        </is>
+        <v>2491</v>
+      </c>
+      <c r="E477" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F477" s="5" t="s">
+        <v>2492</v>
       </c>
       <c r="G477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H477" s="5" t="s">
-        <v>2512</v>
+        <v>2517</v>
       </c>
       <c r="I477" s="5" t="s">
-        <v>2513</v>
+        <v>2518</v>
       </c>
       <c r="J477" s="5" t="s">
         <v>1567</v>
       </c>
       <c r="K477" s="5" t="s">
-        <v>2514</v>
+        <v>2519</v>
       </c>
       <c r="L477" s="6" t="s">
-        <v>2515</v>
+        <v>2520</v>
       </c>
       <c r="M477" s="5" t="s">
-        <v>2516</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="5" t="s">
-        <v>2517</v>
+        <v>2522</v>
       </c>
       <c r="B478" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C478" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D478" s="5" t="s">
-        <v>2518</v>
+        <v>2491</v>
       </c>
       <c r="E478" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F478" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F478" s="5" t="s">
+        <v>2523</v>
       </c>
       <c r="G478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H478" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H478" s="5" t="s">
+        <v>2524</v>
       </c>
       <c r="I478" s="5" t="s">
-        <v>2519</v>
+        <v>2525</v>
       </c>
       <c r="J478" s="5" t="s">
-        <v>2520</v>
+        <v>1567</v>
       </c>
       <c r="K478" s="5" t="s">
-        <v>2521</v>
+        <v>2526</v>
       </c>
       <c r="L478" s="6" t="s">
-        <v>2522</v>
+        <v>2527</v>
       </c>
       <c r="M478" s="5" t="s">
-        <v>2523</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="5" t="s">
-        <v>2524</v>
+        <v>2529</v>
       </c>
       <c r="B479" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C479" s="5" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="D479" s="5" t="s">
-        <v>1562</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>2313</v>
+      </c>
+      <c r="E479" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H479" s="5" t="s">
-        <v>2525</v>
+        <v>2530</v>
       </c>
       <c r="I479" s="5" t="s">
-        <v>2526</v>
+        <v>2531</v>
       </c>
       <c r="J479" s="5" t="s">
-        <v>2307</v>
+        <v>1567</v>
       </c>
       <c r="K479" s="5" t="s">
-        <v>2527</v>
+        <v>2532</v>
       </c>
       <c r="L479" s="6" t="s">
-        <v>2528</v>
+        <v>2533</v>
       </c>
       <c r="M479" s="5" t="s">
-        <v>2529</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="5" t="s">
-        <v>2530</v>
+        <v>2535</v>
       </c>
       <c r="B480" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C480" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D480" s="5" t="s">
-        <v>2473</v>
+        <v>2536</v>
       </c>
       <c r="E480" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F480" s="5" t="s">
-        <v>2474</v>
+      <c r="F480" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H480" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I480" s="5"/>
+      <c r="H480" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I480" s="5" t="s">
+        <v>2537</v>
+      </c>
       <c r="J480" s="5" t="s">
-        <v>1567</v>
+        <v>2538</v>
       </c>
       <c r="K480" s="5" t="s">
-        <v>2532</v>
+        <v>2539</v>
       </c>
       <c r="L480" s="6" t="s">
-        <v>2533</v>
+        <v>2540</v>
       </c>
       <c r="M480" s="5" t="s">
-        <v>2534</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="5" t="s">
-        <v>2535</v>
+        <v>2542</v>
       </c>
       <c r="B481" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C481" s="5" t="s">
-        <v>2536</v>
+        <v>16</v>
       </c>
       <c r="D481" s="5" t="s">
-        <v>629</v>
+        <v>1562</v>
       </c>
       <c r="E481" s="5" t="s">
-        <v>2537</v>
-[...2 lines deleted...]
-        <v>2538</v>
+        <v>17</v>
+      </c>
+      <c r="F481" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H481" s="5" t="s">
-        <v>2539</v>
+        <v>2543</v>
       </c>
       <c r="I481" s="5" t="s">
-        <v>2540</v>
+        <v>2544</v>
       </c>
       <c r="J481" s="5" t="s">
-        <v>2541</v>
+        <v>2316</v>
       </c>
       <c r="K481" s="5" t="s">
-        <v>2542</v>
+        <v>2545</v>
       </c>
       <c r="L481" s="6" t="s">
-        <v>2543</v>
+        <v>2546</v>
       </c>
       <c r="M481" s="5" t="s">
-        <v>2544</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="5" t="s">
-        <v>2545</v>
+        <v>2548</v>
       </c>
       <c r="B482" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C482" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D482" s="5" t="s">
+        <v>2491</v>
+      </c>
+      <c r="E482" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F482" s="5" t="s">
+        <v>2492</v>
+      </c>
+      <c r="G482" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H482" s="5" t="s">
+        <v>2549</v>
+      </c>
+      <c r="I482" s="5"/>
+      <c r="J482" s="5" t="s">
+        <v>1567</v>
+      </c>
+      <c r="K482" s="5" t="s">
+        <v>2550</v>
+      </c>
+      <c r="L482" s="6" t="s">
+        <v>2551</v>
+      </c>
+      <c r="M482" s="5" t="s">
+        <v>2552</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" s="5" t="s">
+        <v>2553</v>
+      </c>
+      <c r="B483" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C483" s="5" t="s">
+        <v>2554</v>
+      </c>
+      <c r="D483" s="5" t="s">
+        <v>629</v>
+      </c>
+      <c r="E483" s="5" t="s">
+        <v>2555</v>
+      </c>
+      <c r="F483" s="5" t="s">
+        <v>2556</v>
+      </c>
+      <c r="G483" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H483" s="5" t="s">
+        <v>2557</v>
+      </c>
+      <c r="I483" s="5" t="s">
+        <v>2558</v>
+      </c>
+      <c r="J483" s="5" t="s">
+        <v>2559</v>
+      </c>
+      <c r="K483" s="5" t="s">
+        <v>2560</v>
+      </c>
+      <c r="L483" s="6" t="s">
+        <v>2561</v>
+      </c>
+      <c r="M483" s="5" t="s">
+        <v>2562</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" s="5" t="s">
+        <v>2563</v>
+      </c>
+      <c r="B484" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C484" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="D482" s="5" t="s">
+      <c r="D484" s="5" t="s">
         <v>688</v>
       </c>
-      <c r="E482" s="5" t="s">
-[...26 lines deleted...]
-        <v>2553</v>
+      <c r="E484" s="5" t="s">
+        <v>2564</v>
+      </c>
+      <c r="F484" s="5" t="s">
+        <v>2565</v>
+      </c>
+      <c r="G484" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H484" s="5" t="s">
+        <v>2566</v>
+      </c>
+      <c r="I484" s="5" t="s">
+        <v>2567</v>
+      </c>
+      <c r="J484" s="5" t="s">
+        <v>2568</v>
+      </c>
+      <c r="K484" s="5" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L484" s="6" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M484" s="5" t="s">
+        <v>2571</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -37075,44 +37291,46 @@
     <hyperlink ref="M458" r:id="rId463"/>
     <hyperlink ref="M459" r:id="rId464"/>
     <hyperlink ref="M460" r:id="rId465"/>
     <hyperlink ref="M461" r:id="rId466"/>
     <hyperlink ref="M462" r:id="rId467"/>
     <hyperlink ref="M463" r:id="rId468"/>
     <hyperlink ref="M464" r:id="rId469"/>
     <hyperlink ref="M465" r:id="rId470"/>
     <hyperlink ref="M466" r:id="rId471"/>
     <hyperlink ref="M467" r:id="rId472"/>
     <hyperlink ref="M468" r:id="rId473"/>
     <hyperlink ref="M469" r:id="rId474"/>
     <hyperlink ref="M470" r:id="rId475"/>
     <hyperlink ref="M471" r:id="rId476"/>
     <hyperlink ref="M472" r:id="rId477"/>
     <hyperlink ref="M473" r:id="rId478"/>
     <hyperlink ref="M474" r:id="rId479"/>
     <hyperlink ref="M475" r:id="rId480"/>
     <hyperlink ref="M476" r:id="rId481"/>
     <hyperlink ref="M477" r:id="rId482"/>
     <hyperlink ref="M478" r:id="rId483"/>
     <hyperlink ref="M479" r:id="rId484"/>
     <hyperlink ref="M480" r:id="rId485"/>
     <hyperlink ref="M481" r:id="rId486"/>
     <hyperlink ref="M482" r:id="rId487"/>
+    <hyperlink ref="M483" r:id="rId488"/>
+    <hyperlink ref="M484" r:id="rId489"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>