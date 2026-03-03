--- v1 (2025-12-20)
+++ v2 (2026-03-03)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4361" uniqueCount="2572" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4473" uniqueCount="2655" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1755,50 +1755,96 @@
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2014</t>
   </si>
   <si>
     <t>Der er dejligt i søstrenes lejlighed med røde gardiner, masser af planter, bøgegrene mv.
 Johanne håber at kunne blive privatlærer for to piger. Og så må forældrene give Johanne lov til at blive i København, for man er jo kun ung én gang. Hun undskylder, at hun glemte at skrive til Louises fødselsdag. 
 De tre søstre har haft mange gæster, og de har været på tur i Søndermarken samt til et forlystelsessted. 
 Johanne blev fortørnet over moderens sidste brev, for hun har jo sendt regnskab, og de har ikke nok penge til at kunne klare den til pinse. Faderen kunne vel heller ikke gøre rede for hver en øre, da han var student? 
 Johanne m.fl. skal snart på en skovtur, og det bliver dyrt, men hun og de har vel råd. Hun takker for pakken med fødevarer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/DMii</t>
   </si>
   <si>
     <t>Fredag 12te Maj 93.
 Kære Mor! ["Mor!" overstreget; over linjen er skrevet "Muk!"] Muk!
 - Jeg er vis paa, at hvis du en af disse Eftermiddage kunde kigge ind i vores Dagligstue, saa vilde det gøre dig ondt at tænke paa, at vi muligvis skalle ["le" overstreget] miste den, der er nemlig saa henrivende med en rødlig dæmpet Belysning af de røde Gardiner, som vi har trukken for på Grund af Solen, og saa en Masse Blomster, baade afskårne og Potteplanter, Bøgegrene, Anemoner Roser - dejligt; og saa det yndige nye Klaver, der er min Sandten henrivende. Apropos om at blive herinde - Fru R. er kommen i Tanker om en Fru Buchwald, der har 2 Smaapiger, som skal have Privatlærerinde; Moths kender hende og vil gærne anbefale mig, sagde Fru R. - De er desværre ikke ret rige, skønt de er fine, adelige, men det kunde maaske tænkes, at jeg kunde faa 2-3 Smaapiger til, som saa kunde læse sammen med Buchwalds og saa skulde de naturligvis ogsaa give mig noget. Hvis jeg saa tilmed kunde faa nogle uskyldige Unger (som Alh. skriver) at spille med, så var det da noget at begynde med og saa synes jeg, du og Far "burde" (!!?) give mig Lov til at blive her, man er jo dog kun ung en Gang i sit Liv og skulde helst have saa meget ud af sin Ungdom som mulig. - - - Jeg er meget angerfuld over, at vi ikke skrev i Gaar, som jeg havde lovet og især vi aldeles har glemt lille Mukkes Fødselsdag, men vi blev forhindrede i Gaar; hele Dagen gik med fremmede. Brandre og jeg var i Vartov om Formiddagen og da vi kom hjem var Inge Selchau her; vi havde truffet hende Dagen før i en Butik. Hun spiste Frokost med os og sad længe og snakkede; hun havde forandret sig til sin Fordel, syntes ["t" i ordet overstreget] jeg; hun bor henne i Istedgade, omtrent skraas overfor os; hun laver selv Mad, ogsaa Middagsmad og har Dagligstue, Sovekammer, og ["og" overstreget] Køkken og Morgenkaffe for 11 Kr om Mdn. Da hun var gaaet, kom Thomas, som Chr. havde rekvireret herhen på Grund af, at hun havde fået Samvittighedsnag over denne Skamlingstur - ja det er en lang Historie, som Chr. kan berette. Altsaa Thomas kom og lidt efter Laura Bosse, nu Fru Hansen med sin Mand samt Rehberg; de sad han lidt og snakkede og gik saa med Brandt. Thomas sad her mens vi spiste til Middag og saa gik vi ud at spasere; der var dejligt ude i Søndermarken, al Ting grønt, men desværre mange Mennesker med brølende Unger; vi fandt os et forholdsvis roligt Sted og lagde os saa lange vi var i Græsset; Thomas fortalte os Historier og vi nød ordentlig Tilværelsen; saa hører vi en velkendt Stemme lige ved Siden af os, og da var det Thorvald Balslev, der havde været i Waldemarsgade uden at træffe os og var saa helt ["helt" indsat over linjen] paa det uvisse gaaet ud i Søndermarken og traf saa lige netop paa det Sted, hvor vi laa; var det ikke grinagtigt? Vi drev saa op eller hen eller over eller ned til Josty og drak Chokolade. Paa Hjemvejen gik vi ind gennem Allèenberg og Sommerlyst, hvor vi saa "Pygmalions Værk", hvorfra man - i det mindste efter hvad Manden sagde, gik "glade og fornøjede bort" Der er ækelt paa saadanne Forlystelsessteder selv om man som vi kommer der for at "studere Folkelivet". Thomas havde en begyndende Hovedpine og gik hjem; han er desværre ikke ret rask i denne Tid; Thorvald gik med hjem og drak The med ["med" overstreget; "hos" indsat over linjen] hos os, og han ["han" indsat over linjen] købte Kager paa Vejen; vi hjælpes ad alle 3 - Chr, Thorvald og jeg - med at lave til Aftensmad Aftenen gik som altid med Snak, Sang og Musik. - - - 
 Du kan tro, jeg blev fortørnet over dit sidste Brev, eller rettere over noget der stod i dit sidste Brev: Jeg har jo sendt Regnskab hjem for 486 Kr. ikke sandt? og naar jeg har 550 at gøre Regnskab for, saa har vi jo kun 64 Kr tilbage eller rettere havde 64 tilbage, da jeg lavede det Regnskab og hvor kan saa Christine og jeg tage os hver 50 af dem og endda have nok til at leve for indtil Pinse? Det min Fortørnelse drejede sig om, [komma overstreget] var, at I ikke lægger mere Mærke til det surt erhvervede Regnskab, som jeg udfærdiger i mit Ansigts Sved og med Skræk og Bæven sender hjem. Til Straf tror jeg ikke I skal have Regnskab for de sidste 64, siden I ikke paaskønner det mere. Alvorlig talt for Resten - saa kan I ikke faa nøjagtig Regnskab over dem, for jeg har jo siden Jul haft 950 at skulle sætte paa Papiret og det kan man ikke; man kan ikke paa Øre gøre Regnsk for omtrent 1000 Kr, det haaber jeg da, at du holder med mig i. Spørg Far om han altid kunde faa sit til at stemme, da han var Student. Fru R. kan ikke jeg spurgte hende en Gang, om det. - - - Jeg har egentlig aldeles ingen Haab om, at faa Elle herover paa Søndag, det vilde ["vilde" indsat over linjen] være mærkeligt om det havde kunnet lade sig arrangere altsammen, men morsomt vilde det have været, da vi jo skal have en stor Skovtur; den er jeg for Resten lidt ked af; synes du ikke ogsaa næsten det er for galt nu lige op af Møensturen? det koster jo da altid noget. Men har de andre Raad til det, har vi vel ogsaa.
 Ja, nu tror jeg ikke, jeg har mere at skulle have sagt. Undtagen en Masse Hilsner til det ganske Haab og Gjelskov. Er Clemse rejst fra Gjelskov? S.u. Naar rejser han til Sverige S.u.
 Altsaa hils dem alle mest Far og dig selv
 fra Junge
 Tak for alle de rare Fødevarer.
 især The, Smør og Lys, det er noget, der hjælper godt paa Husholdningsbogen. 
 [Skrevet på sidste side på hovedet:] Tænk! jeg kunde ikke faa nogen til at vende min røde inden Pinse, de er alle saa optagede, nu gaar jeg med den grønne med Silketøjet.</t>
   </si>
   <si>
+    <t>1893-10-07</t>
+  </si>
+  <si>
+    <t>Nislevgaard</t>
+  </si>
+  <si>
+    <t>Rigmor Balslev
+Carl Berthelsen
+Ove Berthelsen
+Agnes Berthelsen, Nislevgaard
+Alhed Larsen
+Emilie -, pige i huset på Nislevgaard 1893</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen var pige i huset på Nislevgaard nær Otterup. 
+Bredsdorff kan være flere forskellige personer. Riise, Chr. Edvard og Jørgen Petersen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1381</t>
+  </si>
+  <si>
+    <t>Beboerne på Nislevgaard går tidligt i seng, så Johanne C. Larsen har god tid til sig selv. 
+Johanne mødte nogle damer i toget, da hun sammen med Rigmor/Rimse Balslev var i Odense. Johanne købte diverse i byen.
+Det er mærkeligt, at man på Bogensebanen ikke får en kvittering for sin bagage.
+Da Johanne ankom til Otterup, øsregnede det, og vognen var forsinket.
+Johannes værelse på Nislevgaard er hyggeligt, og Fru Berthelsen er sød. Emilie syr en dug i fødselsdagsgave til Fru Berthelsen, og Johanne vil også sy en. Fru Berthelsen vil gerne have, at Johanne spiller klaver om aftenen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HwZi</t>
+  </si>
+  <si>
+    <t>Nislevgaard Lørdag Aften d. 7nde Okt. 93.
+Kære Mor!
+Nu vil I vel nok høre lidt om, hvordan det gaar mig i min nye højtbetroede Stilling, og nu, da vi er gaaede i Seng benytter jeg Lejligheden. Til min store Glæde går de i Seng Kl 9 her, saa jeg har et Par Timer for mig selv om Aftenen, da jeg naturligvis ikke er den, der lægger mig Kl 9. Det var jo skrækkeligt med alt det, jeg glemte, nu haaber jeg, Be havde min Kjole med derud, og Fru Berthelsen og Emilie skal til Odense en af Dagene, saa kan jeg faa dem til at hente den for mig. Fru B. havde købt Bøger, saa vi var ikke i Odense alligevel. - - Paa Vejen til Odense rejste jeg sammen med nogle Damer, der sad og snakkede. Da jeg hørte dem nævne Navnet Bredsdorff og Riise tænkte jeg paa om den ene ikke skulde være Chr. Edvards Mor, hun var sortklædt og meget svær, og det var det ganske rigtigt. Rimse hilste paa hende i Odense; nu fortryder jeg, at jeg ikke indledte Bekendtskabet med hende [”med hende” indsat over linien] i Kupeen. Rimse var altsaa i Odense og gik med mig hele Tiden; jeg købte saa et Forklæde, som du jo skylder mig, og et Par Galosjer; begge Dele tog jeg paa Kontrabog, derimod købte jeg nogle andre Ting, som jeg dydigen betalte. – Er det dog ikke en kunstig Indretning her paa Bogensebanen, at man ikke faar sit Tøj garanteret; heldigvis var jeg da saa fornuftig i Otterup at gå hen og sige, at jeg havde en Kuffert, der skulde ud; ellers var den sikkert gleden med til Bogense. – Min Forfærdelse, da jeg stod der i Otterup med min Kuffert i øsende, pjaskende Regnvejr og der ingen Vogn var! Men inden jeg fik mig lavet i Stand til at gaa, ankom den heldigvis og i styrtende Ragn, holdt jeg saa mit Indtog paa Nislevgaard. – Her var lagt i Kakkelovnen paa mit Værelse og yndig hyggeligt var det hele; jeg synes i det hele taget udmærket godt om det alt sammen her. Fru Berthelsen er sød og livlig, og saavidt jeg kan mærke, bliver hun ingen Rapkilerfrue og jeg skal nok ikke gaa det store i Huset, saavidt jeg kan mærke, får i det hele taget god Tid til at spille og læse og sy. Det er Fru Bs Fødselsdag i Nov, Emilie syr en Anretterdug og en anden (jeg ved ikke hvem) en Buffetdug med samme Mønster; hun ved nok, at hun skal have dem og begyndte i Går paa en Dug til den anden Buffet for at have det ens: Saa spurgte jeg, om jeg saa ikke maatte forære hende at sy den til Fødselsdagen, det bruger man jo at give Fruen ogsaa til Fødselsdag, ikke sandt? Saa det mente jeg kunde passe naar hun lægger Tøj og Garn til, det er ikke saa lille et Arbejde. Her bliver god Lejlighed til at spille; Fru B. vil gerne have, at jeg skal øve mig og beder mig om at spille om Aftenen og hun er ikke saa musikalsk, at jeg er bange for det, jeg tænker nok, jeg skal blive dygtig til Musik hernede. – 
+[Resten af brevet mangler].
+[På tværs øverst på s. 1 er skrevet følgende liste:]
+1) Erikshåb
+2) V-Hæsinge
+3) Ø- --
+4) Faaborg
+5) Ryslinge
+6) Jørg. Pets.
+7) T. –
+8) Tandlæge.</t>
+  </si>
+  <si>
     <t>efterår 1894</t>
   </si>
   <si>
     <t>Firenze</t>
   </si>
   <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>Bobolihaven, Piazza Pitti, Firenze
 Acone, Toscana
 viale di colli, Firenze</t>
   </si>
   <si>
     <t>Prins Christian -
 Vittoria Bacci
 Cæsar Bacci ?
 Francis Beckett
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Johannes Magdahl Nielsen
 Nicoline  von Sperling</t>
   </si>
   <si>
     <t>Alheds forældre havde sølvbryllup d. 28.5 1894.
@@ -1843,53 +1889,50 @@
 Emil Brandstrup, den ene morbror, led af tuberkulose. Det var grunden til, at han måtte gå tidligt i seng samt indlogeres i badebyen Nervi, mens Alhed og Ludvig rejste videre.
 Det vides ikke, om Lille Agn er et menneske eller fx en hundehvalp.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2111</t>
   </si>
   <si>
     <t>Alhed Larsen er kommet til Firenze. Hun og Ludvig Brandstrup har rejst på 3. klasse, hvor man ikke kan sove i kupéerne, så man er nødt til at gøre ophold hver nat. Fra Milano rejste de til Genua, som var en dejlig by med små butikker på gaderne, hvorfra man kunne købe stegt frugt og kastanjer. Mange gader er så smalle, at man kan nå fra mur til mur med armene, og husene er seks-syv etager høje. Emil måtte næsten hver aften gå tidligt i seng, mens Ludvig og Alhed gik ud. De fandt et henrivende osteri, hvor de spiste og lærte indehaverne at kende. Familien havde haft 19 børn, og ingen af dem havde været syge. En af sønnerne tog Ludvig og Alhed med på en gåtur i bjergene.
 Fra Genua kørte de alle tre til Nervi, som er et sandt paradis med dejlige planter og fin udsigt. Her skulle Emil indlogeres. Stedet var dyrt, og det lykkedes ikke at finde et billigt logi. 
 Nu er Ludvig og Alhed kommer til Firenze. Rottbølls er rare mennesker, men konen er meget barnlig. De har været i Ludvigs atelier. Desværre er der meget koldt i Firenze. Alhed beder om at få sendt en masse tøj og også gerne sin syæske samt sine breve, blendramme og lærreder. Også fotografier. Hun savner familien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/sMFS</t>
   </si>
   <si>
     <t>Firenze 19/2-94.
 Kæreste Mor!
 I Aftes kom vi til Florenz og jeg blev i høj Grad glædelig overrasket ved at finde 3 Breve liggende her til mig! - Det var dejligt at høre lidt fra Eder da jeg nu i næsten 14 Dage har været afskaaret fra Eder.
 - Det har været en ganske dejlig Rejse, vi har rejst paa 3die Klasse, det mente Lud var morsommere for os end at rejse lige igennem paa 2den Kl. paa 3die er man nødt til at gøre Ophold, da man ikke kan sove i Kupéerne. - Jeg skrev nok lidt fra Milano (I har da faaet mine 3 Brevkort?) Derfra rejste vi til Genua. Det var en dejlig By, rigtig italiensk med voldsomt Liv og Halløj paa Gaderne. Ungerne løb barfodede og solbrændte omkring, den meste Handel førtes ude paa selve Gaden, hvor de havde [et overstreget bogstav] indrettet sig hele Butikker; der var smaa Telte, hvor man hele Dagen kunde faa varme stegte Æbler og Pærer og ristede Kastanjer. D ["D" overstreget] Mange fattige Italienere købe sig saadan lidt Frugt og et lille Stk. Brød, som de æder paa Gaden, det er hele deres Frokost. - Mange Gader i Genua ere saa smalle, at man med stor Lethed kan spænde fra den ene ["ene" indsat over linjen] Side af Gaden til den anden, altsaa med Armene paa Husene paa begge Sider af Gaden, og saa kan Husene være 3 ["3" overstreget] 6-7 Etager høje; det ser mærkeligt ud, er lavet for at Solen ikke kan naa at brænde ned paa Gaden. Onklerne forærede mig et stort Fotografi til Erindring om Genua, det er et Gadeparti, der giver et rigtig godt Indtryk af den morsomme By. - Vi var der en Dag over, altsaa 2 Nætter. O ["O" overstreget] Næsten hver Aften paa Rejsen er Emil bleven tidlig træt og er gaaet i Seng før vi andre to, som saa er gaaet ud en Tur alene. Den ene Aften i Genua førte Lud mig hen paa et meget fint og flot Sted og trakterede mig med Is. Vi sad paa en Slags Altan ud til en dejlig grøn Have med Springvand, Marmorstøtter og Blomster. - Vi fandt et henrivende lille Osteri i en Udkant af Genua; vi spiste en brillant Middag der, siddende ved de aabne Vinduer, og med Udsigt til Middelhavet. Familien sluttede vi et varmt Venskab med; det var højst grinagtige Folk, der havde været 19 Børn, nu var der 15 tilbage, og de kunde alle rose sig af aldrig at have været syge! En stolt Familie, ikke sandt! Og Moderen saa saa ung og frisk ud som en af Døtrene! Den ældste Søn var Billedhugger. En anden af Sønnerne viste os op ["op" overstreget] en køn Vej op over nogle Bjærge, hvor han paastod, der var mange Ulve, han plejede at gaa paa Jagt der, men vi kom ikke saa højt op, saa der var nogen Fare. - Fra Genua kørte vi ved Middagstid med Droske et Par Mil sydpaa til noget, der kaldes Nervi, et meget smukt Badested, hvor Balle skulde indlogeres. Vi gik der 4-5 Dage for at finde et nogenlunde billigt Sted til ham alt er temmelig dyrt dér. Det v ["v" overstreget] er et sandt jordisk Paradis, dette Nervi; det ligger lige ud til det skinnende blaa Middelhav, der er en dejlig Promenade nede ved Stranden, en ganske smal Vej, der til den ene Side gaar stejlt ned med vældige Klipper ud i Havet, til den anden Side en høj Mur, med ["med" overstreget] hvorudover der vælter sig Slyngplanter og andre Planter fra Haverne ovenover. Den lille By er bygget op af et Bjærg, der er komplet sydlandsk; jeg kunde umulig faa i mit ["mit" indsat over linjen] Hoved, at det var Vinter; for det første var der saa ["saa" indsat over linjen] vældig varmt saa vi pustede ved det, og saa saa man tilmed omkring sig den yppigste Plantevæxt. Der var dejlige Haver med store Palmer, sto ["sto" overstreget] udsprungne Roser i Massevis, baade røde og gule, store Buske med udsprungne Kameliarer [det næstsidste "r" i ordet overstreget]; Heliatroper ["?" indsat over "i" og "r" i ordet], Levkøjer, Violer, og Masser af andre Blomster alle i fuldt Flor. Ja, der var aldeles bedaarende. Lad mig ikke glemme Appelsintræerne, dem var der Masser af, hele Plantager med modne, skingrende gule Frugter! ! - - I Gaar fik vi saa Balle indlogeret, men særlig ["særlig" overstreget] et videre billigt Sted kunde vi ikke finde, det vil vist koste ham 4-5 Lr. om Dagen. - I Aftes kom vi saa her til Fl.; Rottbølls gøre et meget elskværdigt Indtryk, det er ganske unge Folk, Konen er umaadelig barnlig; saa jeg føler mig som meget ældre end hun - hun er 26 Aar, men meget uudviklet. Men hun lader til at være umaadelig sød og elskværdig og lader til at være umaadelig henrykt over at have faaet en Legekammerat. - Manden er mere moden, han har gaaet en Tur med mig i Formiddag og vist mig lidt om. Det er vist en henrivende By. - Skriv endelig lidt til mig, jeg er ikke fri for at længes lidt efter Eder. - Tak Elle og lille Dis for deres Breve, som jeg ogsaa blev forfærdelig glad ved, jeg skal nok en anden Dag skrive til dem, og ogsaa sende lille Dis en Blomst hernede fra som hun taler om. Men skriv endelig paa det tynde Papir, jeg maatte betale 50 Ør. for det ene Brev. Af det tynde maa der vist gaa 3-4 Ark. X [Indsat nederst på siden:] maa veje 15 Gram [indsættelse slut] - - Vi har været ude paa Luds Atelier i Dag alle 3. Det er et ganske dejligt Rum, meget stort og med udmærket Lys. Han trakterede os med The og Kix. - Desværre er det rasende koldt i Dag, lidt Frost med en stærk Blæst. De har maattet lægge i Kakkelovnene i Dag, hvad de ellers ikke har gjort en hel Maaned; det er en slem Overgang fra Nervi, hvor vi gik og drev af Varme. - Nu sender I vel noget Tøj til mig snart; endelig noget mere Linned, hvide Skørter, alle mine Sommerkjoler den blaa blaa ["blaa" overstreget] Lærreds med det blaa og de to hvide Veste, den crèmegule stribede Nederdel med det blegrøde linnede ["linnede" indsat over linjen] Liv, den gule Silke og fremfor alt min elskede Ostelærreds, der bliver uundværlig til Malerkjole. I min næstnederste Skuffe lagde jeg en Del, jeg gærne vilde have herned. Glem ikke Underkjolerne til den gule Silke og den Ostelærreds og hvad I ellers kan tænke Eder. Ikke noget Sommeroverstk. - Det maa gærne veje meget, der er endogsaa noget om, at Skibet ikke tager Pakker med under en vis Vægt. - Hvis min store Syæske kunde pakkes forsigtig ind, vilde jeg grulig gærne have den herned, endelig Nøglen med. - Vil du ikke bede Elle om at pakke alle mine Breve og Ragerier fra min næstøverste Skuffe i en Kasse og slaa den til, men endelig passe, at intet bliver borte. - - Nej, Tante Mimis Fødselsdag fik jeg desværre ikke skreven til, jeg vidste slet ikke ["ikke" indsat over linjen] Besked med Datoerne i de Dage. Samme Aften som det var hendes Fødselsdag, opdagede jeg det og drak hendes Skaal i Vin. - Nu vil jeg slutte for denne Gang; Lad mig saa endelig tit høre fra Eder; det er saa løjerligt at være saa langt borte. 1000 Hilsner til Eder alle hver især! Vil Du ogsaa hilse Sybergs. Din egen Alhed
 [Indsat på tværs øverst side 1:]
 Jeg vilde saa gærne i næste Brev have sendt Portrættet af lille Agn og mig. -
 - Jeg har ikke faaet Portræt med af Joh og lille [ulæseligt ord], det sidder vist i mit Album. Af Muk og Tutte har jeg heller ingen, hvis Elle tager gode Billeder, maa hun endelig sende mig dem. Mon ikke mine to Blendrammer kunde sendes sammen med mit Tøj; den ene ligger vist i min næstøverste Skuffe, 4 Stk Træ til at slaa sammen og mit Lærred, saadan noget koster ikke saa lidt. I fik vel Onklernes og mit sidste Brevkort? det 4de fra Rejsen. De har været storartede at rejse med</t>
   </si>
   <si>
     <t>1894-05-07</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nislevgaard</t>
   </si>
   <si>
     <t>Harald Balslev
 Rigmor Balslev
 Thorvald Balslev
 Julie Brandt
 - Fynboe, Fru
 Urban Hansen
 Jacob Lange
 Christine  Mackie
 Ellen  Sawyer
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Nislevgård var fra 1752 til 1925 avlsgård under godset Ravnholdt. Gården ligger i Otterup sogn på Vestfyn. Junge (Johanne Christine Larsen) arbejdede der fra ca. efteråret 1893.
 Johanne Christine Larsen var i huset hos brødrene Balslevs far Rasmus Balslev. Han var præst ved Pårup Kirke ved Odense og boede i Tarup Præstegård. Dette brev er afsendt fra Nislevgård i Otterup sogn, hvor hun på daværende tidspunkt var i huset.
 Studienten: Harald Balslev. Febr. 1894 rejste Alhed Larsen i forbindelse med en brudt forlovelse (fra Harald Balslev) til Italen med sine morbrødre Emil og Ludvig Brandstrup, Opholdet varede frem til foråret 1895, hvor hun vendte hjem til Erikshåb.
 Det vides ikke, hvem Carl er. 
 Albrecht og Laura Warberg havde sølvbryllup omkring pinsen 1894. Alhed Larsen tegnede et blomstermotiv på en dug, og Johanne C. Larsen broderede (dugen omtales som et tæppe i brevet).</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0195</t>
   </si>
   <si>
@@ -2575,61 +2618,62 @@
     <t>Alhed er vred over, at det er længe siden, hun har fået brev fra Johannes Larsen.
 Hun har været på cykel til Langeland - sidste cykeltur i år pga. vejret.
 Thora er syg.
 Alhed skal til barnedåb hos Ludvig (Lud) og Bertha Brandstrup.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xOwe</t>
   </si>
   <si>
     <t>Kære Las!
 Maa jeg spørge, hvad der gaar af Dem! Nu har jeg ikke faaet Brev fra Dem i over en Uge, De har da ikke glemt min Adresse Erikshaab pr. Højrup? Jeg har aldrig hørt om en Kærreste, der ikke lod høre fra sig i over en Uge. Hver Formiddag, naar Pallam kommer i Køkkenet med Breve til de andre, har jeg været lige ved at falde om i Gryderne af Forbavselse over, at der ikke var noget til mig. Og hvis der ikke kommer ét en af de allerførste dage, saa gaar jeg i den allersorteste Gryde! Nu ved De det. 
 Jeg har læst i Avisen om den Mand, der blev skudt paa Amager, hvad kan det nytte, at én er forsigtig, naar saa en anden skyder ham. Men jeg haaber, De maler flittig paa deres Billede i Stedet for at gaa paa Jagt. – Det har for Resten været et henrivende Vejr i de sidste Dage (i Dag er det jo forbi igen) men jeg har desværre haft saa lidt Tid til at nyde det. Vi slagtede i Torsdags 3 Beder hvilket medfører en Del Ulejlighed. Men nu er det meste af dem puttet i en Saltballe (ogsaa Køllerne!). I Onsdags kom jeg hjem, det var vist min sidste større Cycletur for i Aar, desværre. Men Cyclerne lide saa meget i daarligt Føre, at det er Synd andet end at sætte dem i Vinterstald. –
 For lidt siden fik vi Fremmede. Det var Doktorens, saa jeg kan nok ikke sidde her og skrive ret længe men maa ned og lave Brombærgrød og anden Mad. – Jeg kommer i tanker om, at mine Breve vist handler altfor meget om Mad, men De har vel opdaget, at jeg er en meget prosaisk Natur. - - Min Søster Thora omme paa Gelskov ligger og er daarlig, vi have været lidt ængstelige for hende, da Doktoren sagde der var noget i Vejen med den ene Lunge. Hun er en lille Smule bedre, men maa være meget forsigtig.
 Søndag Aften: Endelig. Christine kom i Aften og havde Brev med fra Dem. Saa var der altsaa ikke noget særligt i Vejen, men jeg fatter for Resten ikke, at De med Deres Forstand ikke kunde finde paa at sende Brevet til Erikshaab i Stedet for til Langeland den Tirsdag, De vilde skrive. Jeg fik ogsaa Brev fra Lud i Aften, det er lige oppe over med den Barnedaab, jeg skal rejse enten Lørdag eller Søndag, men jeg ved ikke rigtig, om jeg vil skrive, hvilken af Dagene det bliver, skønt for Resten, det kunde jo være knusende kjært at se et lille Glimt af Dem! Gider de virkelig gaa den lange Vej? – Jeg glæder mig meget til rejsen, naar nu Skovs kunde have ruppet sig lidt, saa De kunde være kommen ud at døbe den med det samme. Men det kan jo ikke naa lige nu. - -
 Mon vi virkelig skulde ses et lille Svip paa Lørdag eller Søndag? Men det er vel kun nogle faa Minutter. – Men alligevel. Det er sent og her begynder at blive koldt, saa jeg maa slutte. Godnat og 1000 Hilsner fra Deres Alhed.
 Jeg kommer i Tanker om er det ikke midt i Deres tekniske Skoletid? Det er vist c. 5 ½. Vilde det passe Dem bedst Søndag?
 Farvel.</t>
   </si>
   <si>
     <t>1896-11-19</t>
   </si>
   <si>
     <t>Tårup Vestergyde, Mesinge</t>
   </si>
   <si>
-    <t>Adis -
-Petrine -
+    <t>Petrine -
 Johanne Christine Larsen
 Otto Emil  Paludan
 Nicoline  von Sperling
 Maria von Sperling. g. Balslev
 Albrecht  Warberg
-Laura Warberg</t>
-[...2 lines deleted...]
-    <t>Den afdøde pige eller hendes familie har muligvis været ansat ved Erikshaab, siden Alheds familie samt pigerne på gården deltager i begravelsen, samt står for middagen derefter.</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Den afdøde pige eller hendes familie har muligvis været ansat ved Erikshaab, siden Alheds familie samt pigerne på gården deltager i begravelsen, samt står for middagen derefter. 
+Adis var et af Astrid Warberg-Goldschmidts kælenavne.</t>
   </si>
   <si>
     <t>En ung pige, der boede nær Alhed, er død, og Alhed med familie har været til begravelse. Alhed har dårlig samvittighed over, at hun ikke tog sig nok af den unge pige, Petrine.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/K2OR</t>
   </si>
   <si>
     <t>Erikshaab 19/Nov.
 Tirsdag Aften
 Kære Las!
 Skønt Kl. er næsten 11 ½ skal jeg alligevel have sendt Dem en lille, men bare ganske lille Hilsen i Aften, jeg er noget træt og søvnig. – Jeg savner Dem meget, og jeg har længtes efter Dem hele Eftermiddagen, lige siden De rejste. Og jeg synes knap, jeg fik sagt rigtig ”Farvel” til Dem. Hvis De var her endnu, tror jeg bestemt, jeg gik ind og sagde vældig pænt Godnat til Dem. – Vi plukkede en hel Del røde Bær paa Vejen hjem, samt hvide Rølliker til en Krans. Da jeg kom ned til Husene, stod der en hel Del udenfor, der aabenbart ventede sig noget af mig, saa maatte jeg samle alt mit moralske Mod sammen og gaa ind at se den døde Pige. Men jeg fortrød det for Resten ikke, hun var saa smuk og saa ud aldeles som om hun sov. Det var slet ikke uhyggeligt. – I Aften har jeg bunden 2 Kranse og et Kors, hvoraf jeg er bleven saa træt, at jeg nu er nødt til at skynde mig at gaa i Seng. Derfor Godnat min egen kære Las, gid De var her endnu. –
 Torsdag Morgen.
 I Gaar fik jeg slet ikke Tid til at skrive. Om Formiddagen var Far, Palaen, Adis og jeg til Begravelse, Johanne var forkølet. Præsten fulgte med herned og De kan stole paa vi fik travlt med at lave ”pæn” Middagsmad, som Mor siger, da Pigerne ogsaa var til begravelse. – Der var saa kønt oppe paa Kirkegaarden, den ligger temmelig højt og har der ud over noget der hedder ”Kirkelunget”, som jeg ikke aner, hvordan staves eller hvad betyder men det kan ligne lidt efter Torbystranden; der var ikke saa faa Mennesker der fulgte Petrine, ”Afholdsforeningen”, ved hvis Baller hun vist har faaet sin meste Sygdom fulgte hende med en stor Fane. - - 
 Jeg haaber, jeg snart faar Brev fra Dem, det er dem, der skal skrive først denne Gang, De skylder mig Brev. Det er egentlig frækt, at jeg skriver til Dem i stedet for til København, jeg har slet ikke skrevet, siden jeg rejste derindefra i Mandags for 8 Dage siden. Jeg kan da fortælle Dem, at jeg ikke skal have Overhaling af Frk Sperling paa Søndag. Da Far i Tirsdags sagde til hende, at han var ærgerlig over, at jeg havde fortalt Marie Sperling den Sludrehistorie, tog hun mig oven i Købet i Forsvar og sagde, at det var der ikke noget forkert ved. Kammerater skulde have Lov at sige saadan noget til hinanden. Det er meget demoraliserende for mig, at jeg altid slipper godt fra saadan noget, som jeg skulde have haft en ordentlig Røffel for. Mine Bedrifter komme i Reglen til at tage sig bedre ud i Folks Øjne, end de er mente i Virkeligheden. Som nu ogsaa med Petrine; Folk tror, at jeg har været saa god ved hende, mens jeg i Virkeligheden har forsømt hende paa det skrækkeligste, og naar jeg protesterer, tager de det for Beskedenhed, saa jeg bare stiger endnu højere. Jeg ved virkelig slet ikke, hvad jeg skal gøre med en rasende ond Samvittighed. – Nu Farvel for denne Gang. Skriv snart. 1000 Hilsner fra Deres Alhed</t>
   </si>
   <si>
     <t>1896-12-07</t>
   </si>
   <si>
     <t>Højrup</t>
   </si>
   <si>
     <t>Johanne Christine Larsen
 Otto Emil  Paludan
@@ -3933,50 +3977,94 @@
 Andreas Larsen
 Elena Larsen
 Hedevig Lützhøft
 Nicolaus Lützhøft
 Fritz Syberg</t>
   </si>
   <si>
     <t>Johannes Larsen har lejet et værelse i Svanninge for at male i skoven. "Konen" er hans værtinde på stedet.
 Peter og Elise Hansen er i Italien, hvor de har fået deres fælles datter.</t>
   </si>
   <si>
     <t>Johannes Larsen skal til Faaborg. Han har fundet kantareller, som han vil give Fritz Syberg (Baronen). Lynet har slået ned i en gård, men Larsen nåede ikke derhen at se branden.
 Larsen har skrevet tillykke med datteren til Peter og Elise Hansen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/tRL8</t>
   </si>
   <si>
     <t>[Sva]nninge 18 Juli 1899.
 Min egen Kæreste!
 Tak for Dit Brev i Gaar, i Dag fik jeg nok ingen, Du faar ikke ret meget fra mig i Dag, da jeg lige er kommen hjem fra Skoven og om et Kvarter skal jeg med Lützhøffts ud til Faaborg, saa vi [kan] naa at komme hjem [til A]ftensmaden. I Eftermid[dag] fandt jeg en lille Haand[fuld] gode Cantareller og en [noget af papiret mangler], men jeg tror jeg vil forære Baronen dem da der ikke er saa mange at jeg vil give Konen Ulejlighe[d med] at lave dem. Her var [Ild]løs i Gaar Middags, Lynet slog ned i en Gaard i Nørremark, den der ligger til højre for Vejen naar vi kommer herfra, før Vilhelmsgave, jeg vilde have været der op men forsøgte at skyde Genvej over Bankerne, hvad jeg kom meget [daar]ligt fra jeg blev pja[sk]vaad og fik ikke and[et at] se end Røgen, da der var Buler i Vejen og v[aade] Kornmarker, saa jeg opgav det. Jeg skrev til Peters i Gaar [og øn]skede dem til Lykke. [Nu] maa jeg holde op. Mange kærlige Hilsner til Dig og lille søde Jeppe. Peters Datter hedder Elena Italia.
 Din
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>1899-08-01</t>
+  </si>
+  <si>
+    <t>Holger Drachmann
+August Andreas Jerndorff
+Harris Sawyer
+- Sawyer, Harris' far
+William Henry Schofield</t>
+  </si>
+  <si>
+    <t>George Vhitehouse og Dr. Tailors kendes ikke. Det vides ikke, hvad Harris Sawyers mor og bedstemor hed. 
+Drachmann, Holger: Troldtøj: folkesagn i nutidsliv, 1890 (bibliografi.dk: international forfatterbibliografi). Udgiver: Bojesen. Illustratorer: Joachim Skovgaard, Aug. Jerndorff, Th. Bindesbøll.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1540</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har måtte holde sig hjemme for at passe den gamle. Det var dejligt, at Harris Sawyers mor ikke var der, for man bliver melankolsk af at være sammen med hende. Hun blander sig desuden i alt, og da Harris en dag bad hende passe sig selv, blev hun vred og sagde, at det var hendes hus. Ellen og Harris står tidligt op blandt andet for at spise morgemad før moderen. Harris er morgfenmenneske. Han og Ellen går så også tidligt i seng. 
+En dag drillede Ellen og Harris de gamle ved først at stille urene to timer frem og derefter tilbage. 
+Universitetsbiblioteket er ved at grundlægge en samling af skandinavisk litteratur. Ellen har lånt Drachmanns Troldtøj. Harris har på engelsk læst om Kong Erik. 
+Ellen og Harris skal på en rejse af to ugers varighed. De har haft gæster til god mad, og dagen efter kommer en professor fra Harvard. 
+Man kan få god frugt i USA - bl.a. nogle dejlige meloner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hUFS</t>
+  </si>
+  <si>
+    <t>d. 1ste Aug. 99.
+Kære Mor! 
+Tak for dit Ekstrabrev og for Brevkortet idag. 
+Min Uge, siden jeg skrev sidst har ikke været synderlig indholdsrig. Jeg har måttet holde mig hjemme for at passe på den gamle som aldrig tør være alene i Huset, men forresten har jeg nydt at være alene om Styret. (Jeg ved ikke hvad det er med Harris’ Moder, - man bliver så bundmelankolsk ved at være sammen med hende. Jeg tror det smitter. Jeg har været som et andet Menneske i denne Uge, skønt Guderne skal vide, at den gl. Bedstemoder ikke er opmuntrende. Hun grumler og gnaver altid og er ret utålelig. En Dag fik vi hende alvorlig gal i Hovedet, men jeg tror da hun har glemt det nu: Hun blander sig altid i vore Anliggender og Harris kom derfor en Dag til at bede hende passe sig selv, hvorpå hun blev i høj Grad stødt og erklærede at dette var hendes Hus og hun havde Lov til at sige hvad hun vilde o.s.v. Det er hver Morgen vort Maal at komme op før hende så vi kan spise vor Morgenmad i Fred og Ro, derfor ["derfor" overstreget] men skønt vi ere nede Klk 6½ kan det næsten ikke lykkes. Harris er den værste Morgenmand; jeg har kendt; Klk 5½ begynder han at sukke ynkeligt og vil op, men ved min energiske Protest har jeg fået det trukken ud til Klk 6, men det er også det seneste. Her ere Dagene ikke så korte om Vinteren, det er altid højlys Dag Klk 6, så Folk her ere i Vane med at stå tidligt op. Men så går vi rigtignok også i Seng 9½. Igår besluttede vi at holde de ["de" overstreget] lidt Sjov med de gamle: Vi stillede Urene 2 Timer frem før hun kom ned om Morgenen. Hun var midt i Beretningen om en søvnløs, gennemvåget Nat, da hun så at Klk var over 10. ”Hun måtte så alligevel have blundet lidt på Morgenstunden”. Så i Løbet af Morgenstunden stillede vi Urene rigtig igen, og den gamle mente, at hun måtte være skrækkelig syg, så langsom den Formiddag gik. Har ej fortalt, at jeg er kommet i med at få danske Bøger fra Universitetsbiblioteket. De, - med Dr. Schofield i Spidsen – ere i Færd med at lave en stor Samling af nyere skandinaviske Bøger. Jeg tror, jeg er deres eneste Læser for Tiden – i det mindste ere alle de Bøger jeg hidtil lånt aldeles som nye. I Lørdags fik vi èn til at være hos den gamle, medens vi tog til Cambridge efter Bøger. Man finder i Katalogerne hvad man vil have, skriver No. på små Sedler, indleverer dem og får sine Bøger lidt efter. Jeg havde bl.a. forlangt Troldtøj af Drachmann og du kan tænke dig min Forfærdelse, da de kom slæbende med et rødt Pragteksemplar så stort som din ”Danmark” Det var en stor illustreret Udgave med Tegninger af J. Skovgård og Jerndorff. Den var jo tung at slæbe hjem, men jeg havde forresten megen Glæde af den. Jeg fik også en engelsk [”engelsk” indsat over linjen] Oversættelse af ”Kong Erik og de Fredløse” til Harry. Han læste den hele igår med stor Interesse. Han havde sit Københavnerkort ved Siden og fandt mange af de Steder der omtales. Jeg har aldrig i mit Liv set nogen læse så hurtigt som han: Vi var et Tur på 3 Timer i Franklin Park, han lavede Aftensmaden alene, hjalp mig med Middagsmaden, spillede og snakkede og fik alligevel Tid til at læse de tre Bind igennem. Jeg må se at finde nogle flere danske hist. Romaner. Han får da noget Danmarkshistorie på en nem Måde.
+På Fredag rejser vi og glæder os meget. Vi skal gøre Turen rigtig langsomt, - være to Dage om den og se os om på Vejen, og så skal vi tilbringe to pragtfulde Uger mest i de store Skove og se Bjærgene og rigtig blive fyldt med frisk Luft. Harry trænger meget til en Ferie. – Jeg har forresten meget travet i disse Dage, der er jo altid en Del Småberedelser før en Rejse, - her kommer et par fremmede Herrer i Aften og på Tirsdag Aften til Aftensmad, - vi må vadske Onsdag og så ”det daglige”, så jeg er da beskæftiget. Jeg vil imidlertid kun vadske det nødvendigste, så Konen kan nå at stryge det også samme Dag. Harry husker og hjælper med alt, og det går det så meget lettere. 
+Næste Dag.
+Vi havde en morsom Aften i Aftes. Det er forfærdelig morsomt at have Fremmede når vi ere ene om at være Vært + Værtinde. Gæsternes Antal var ikke stort, til Aften kun George Vhitehouse, en af Harris’ ældste og bedste Venner som gav os den store fine Krystalskål. Vi havde Roastbeef m. Kartofler og ”surt” og Meloner med Æggehvidekage til. Bajersk Øl og et Glas Sherry til Melonerne. Senere kom Dr. Tailors ind. Vi vilde gærne også traktere dem med noget, men havde ikke andet end Øl 3 Stk. syltet Ingefær og nogle Oliven, - som de gladelig fortærede alt sammen. 
+Imorgen er det en Professor fra Harvard, - han er imidlertid en yngre Mand og ikke skrækindjagende. Jeg har tiltænkt ham Skinke og Grønærter, Tomater og Kartofler og en ”Lagt-ned-Æblekage” m. Flødeskum. – Skinken køber vi kogt og det hele og der er ikke meget at forberede. De har glimrende Frugt her i Amerika. Fersken!!!! Og nogle delikate små Meloner, som man skærer midt over og spiser af, Skalden som et blødkogt Æg. H. og jeg deler èn hver Morgen på fastende Hjærte. – 
+Hvordan er Frugten hjemme iår, - bærer de små Træer noget! De lykkelige Unger som nu [ulæseligt] Rejsen. ----
+[S. 1 langs venstre margen indsat tekst, der er ulæselig, da blækket er flydt ud)
+[Øverst s. 1:] (ulæseligt] hørte sig til. Skal til Cambridge i Dag for at blive forsynet med Bøger til Ferien
+[Skrevet langs venstre margen s. 8:]
+bliver flot Bjærgene.
+[Skrevet langs venstre margen s. 7:]
+1000 Hilsner til alle fra Harry og Elle.</t>
+  </si>
+  <si>
     <t>1899-08-21</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Carlsbad
 Globus</t>
   </si>
   <si>
     <t>- Bendtsen, Frøken
 Wilhelmine Berg
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Thora  Branner
 Louise Brønsted
 Jørgen -, Erikshaab
 Katrine -, Erikshaab
 - Jensen, Frøken, Erikshaab
 Marie Juul
 Hanne -  -, kokkepige Erikshaab
 - Kolding
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Andreas Larsen
@@ -4016,50 +4104,94 @@
 Der er inviteret til høstfest på Gelskov. 
 Albrecht er rask og glad.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/P8q0</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Frøken Astrid Warberg
 Adr: Hempel Syberg
 Globus
 Carlsbad.
 [Kuvertens bagside:]
 Poststempel
 [I brevet:]
 Mandag d: 21de
 Kære lille Putte!
 I Dag skal Du have en Beretning om mangt og meget af Smaating her hjemme fra, som ikke kan interessere Onkel Syberg. Jeg har gaaet en Times Tid i Haven, vandet de stakkels fortørrede Blomster og Frø af noget meget stor Salat, som jeg vilde have til Hønsene hen i Efteraaret, men som ikke vil komme op p.G.a. den rædsomme Tørke. Jeg har ogsaa plukket en stor Portion Kaal og Ukrudt til Høns og Kyllinger Vi giver dem hver Dag grønt. Du kan tro, ”de 21” er bleven store og sunde og ”de 21 mindste” voxer ogsaa godt. Vi faaer nu ca. 14 Æg om Dagen og bruger rask af dem. I Lørdags var Dede og jeg hos Hanne og H. Jørgen og vi havde den ene store hvide Hanekylling med til Hanne, som holder Diæt endnu. Ikke den fra Husene naturligvis. Hønsene er saa befængt med Lopper, saa nu har jeg med Magt og efter en lille Kamp med Jørgen sat igennem at der kommer Aske i den forreste Hønsegaard. Desuden skal Katrine i Morgen skolde alle Rederne og lægge Bregner i Bunden; det siges at skulle hjælpe. Katrine sagde strax, Du var rejst, at hun kunde ikke see sin Kjole eller andet Tøj for Lopper. Det undrede mig at Du aldrig talte om det. – Den ene lille Mis var Christine for nogen Tid siden paa Nybøllegaard med. Marie Juul havde fortalt os, at Chr. maaske vilde have en med til Kbh!! Den brogede Mis har faaet 2 Killinger, men de er ombragte. Vi har jo nu slet ingen Rotter mere. I Gaar fulgte jeg Dede til Højrup han var meget alvorsfuld ved Afrejsen den kære Dreng! Han havde Besøg af sin Ven Kolding fra Onsdag til Lørdag; de fik en L’hombre og en Toddy om Aftenen med Christine og Pal Dede har haft megen Fornøjelse af sin Baad, sejlet med Sejl i den store Aa! – I Lørdags fik jeg Brev fra Tante Mis. Alhed og de andre var komne meget forsinkede til Kbh. og Drengen havde brølet slemt. Lud, Berta og Johanne modtog dem hos Mis. De fik Aftensmad ned i Pans Værelse alle sammen, Mis tog sig af Jeppe, som derefter kom op og fik Bad og var sød igen og sov til Kl. 6! Kl. 10 drog de afsted til Sverig over Land; allerede Søndag fik jeg et Par Ord fra Las skrevet paa Landeryd St.; Drengen havde da været skikkelig hele Vejen og Alhed og han kørte i Forvejen med Barnevognen. Det havde været umuligt for Alhed at undvære en med, da Las havde Hunden at sørge for ved alle Skiftesteder. Jeg savner Drengen meget og længes allerede efter ham, begynder at glæde mig til Rejsen. Det vil jo ogsaa blive en stor Behagelighed ved mit Ophold deroppe at Marie Larsen er der, eller rettere kommer senere. – I Gaar kom der et overvægtigt Brev fra Elle. Hun og East. er nu paa deres 3 Ugers Rejse i ”White mountains” og Du kan troe, at Brevet strømmer over af Begejstring og Lykke! De er som 2 Børn der finder ”Tilværelsen næsten fuldkommen”. Men jeg skal tage det med ud til Eder, naar jeg kommer. Nu skal det først til Far. Tænk at jeg for Tiden har 5 Døtre, 2 Svigersønner og et Barnebarn i forskellige Udlande! Ja og saa desuden ”en elsket Svoger”! Jeg skal rigtignok sende mine Tanker vidt omkring i Verden i denne Tid! Nu er vi kun faa her tilbage: Pal Christine og Pan, denne rejser i Morgen og samtidig begynder Chr. med Ture til Odense. Stakkel! Hun har ikke haft ret megen Glæde af Ferien! Næsten altid Hovedpine, saa hun sjælden kunde være med til noget. I Gaar kom Leth iglende, han var livlig og rar. Vi sad alle sammen i Fars Stue [”allesammen i Fars Stue” indsat over linjen] til Kl. 9 og det morede ham at høre mig fortælle om Elle og jeg læste Rejsebrevet for ham. Nej Mørkning var det egentlig ikke, for vi havde et pragtfuldt Maaneskin, der gjorde f.Ex. Dagligstuen helt feagtig, ligesaa Haven. Dertil stille og stjerneklart. Jeg elsker Maaneskin i August og September; det er aldrig saa dejligt som i de to Maaneder! Mogensen var nede om Efterm. for at invitere dem + til Indhøstningsgilde. der blev kørt ind hele Søndag, da det havde set lidt truende ud Lørdag og Søndag Morgen! Men desværre! endnu ingen Regn og ikke mere Udsigt dertil end i lang, lang Tid. Vi saa i Lørdags flere Gadekær i Allested og der omkring helt udtørrede. Men saa har Folk jo da faaet indhøstet næsten allevegne allerede. – Frøken Jensen har igen udsat sin Ankomst til Begyndelsen af September. Fr. Bendtsen fik jeg Brev fra i Gaar hun kommer Tirsdag 8 Dage. Hun var glad ved et Brevkort fra Dig. – Far har det brillant og er saa fornøjet, skrev Mis. Nu faar Du ikke mere lille Putte! Kun de kærligste Hilsener til Eder alle tre fra Mor.
 Du kan troe, vi er glade ved Dine Breve og ved alt det, Du fortæller om. Jeg længes meget efter næste Brev fra Eder, ja at høre om Syberg er rask. Nu har vi køligere 
 [Skrevet langs sidens venstre kant:]
 Vejr her. I vel ogsaa.
 [Skrevet langs venstre kant på brevets side 1:]
 + vi spiste de store Kyllinger Onsdag da Pan rejste men de var mange. 
 [Skrevet langs højre kant på brevets side 1:]
 Hvordan gaar det med Thoras Hals??</t>
+  </si>
+  <si>
+    <t>1899-08-23</t>
+  </si>
+  <si>
+    <t>Tre Hjorte</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Pauline Hirschsprung
+Christine  Mackie
+Otto Emil  Paludan</t>
+  </si>
+  <si>
+    <t>Tre Hjorte var et hotel i København. 
+Christine Mackie blev kaldt både Binderup og Basse.
+Albrecht Warberg havde astma og tog jævnligt til en klinik i København, hvor han modtog behandlinger ved at sidde i en såkaldt kokke. 
+De gamle var Laura Warbergs forældre, Johanne og Lauritz Brandstrup. 
+Tante P. var Pauline Hirschsprung. 
+Frk. A, bogbinder Janus Petersen, hans kones søsterdatter og Petersen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1388</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg blev modtaget på banegården af Christine Mackie/Binderup. Næste dag skulle han i klokken. Mandag besøgte han Laura Warbergs forældre/de Gamle. Hendes far så rask ud, og han går ture, men han klynkede, når Albrecht gik ind i en anden stue. Pauline Hirschsprung/Tante P var på besøg, og hun har det dårligt. Emil Brandstrup er forkølet og må ikke gå ud. 
+Albrecht gik på en del visitter, og han og Christine/Basse gik tur og var i cirkus. 
+Klokken har en god virkning. 
+Albrecht kan ikke finde sin barberkniv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A71l</t>
+  </si>
+  <si>
+    <t>3 Hj d. 23 Aug 99 
+Kjæreste Laura!
+Idag turde Tidspunktet være kommen til at skrive, da Du vel ellers mener, at det trækker for længe ud. Jeg havde det dejligste Vejr at rejse hertil i og syntes derfor, at Rejsen gik hurtigt. Paa Banegaarden blev jeg modtaget af Binderup, der sad Frk. A[ulæseligt] med mig i Paraplyen og derefter fulgte mig hjem og fik Pakken. Næste Dag mødte jeg i Klokken og fik straks Plads sammen med Sørensen i den mindste Klokke. De 2 første Gange har jeg taget dobbelt enkelt ["dobbelt" overstreget, "enkelt" indsat over linjen], i Dag med dobbelt. Mandag Eftermiddag saa jeg ud til de Gamle. Selvfølgelig klager Din Fader, men jeg har ikke i flere Aar set ham saa rask. Han er oppe fra c 10 Formiddag til 6 Aften og gaar længere Ture. Han lod sig godt snakke op og kunde le og se helt fornøjet ud, men saa snart jeg et Øjeblik gik ind i den anden Stue, begyndte han straks at smaaklynke. Tante P. var der; hun ser godt nok ud, men har det daarligt, og det flyder bestandig af Brystet. Hun klager over at være mat og er det vel ogsaa men det kunde ikke ses. – Niels (c: Emil) er bleven forkølet paa sin Hjemrejse og maa ikke gaa ud om Aftenen! Stemmen er hæs, men han mener, at det vil fortage sig, men Forkølelsen er haard. Fra de Gamle gik jeg til Sørensen, der bor hos sin Kones Fætter Bogbinder Janus Petersen. Jeg traf der hans Kones Søsterdatter, som jeg har kjendt, da hun var Barn, nu var hun en Frøken paa c 40 Aar. Sørensen fulgte saa med mig ud til Binderup, hvor vi drak The, spiste Andesteg og bagefter drak Rødvin som jeg havde kjøbt paa Vejen derud. Igaar Eftermiddags gik jeg ud til Basse og tog hende med paa en lang Tur, hvorefter vi gik i Cirkus og endte under Paraplyen. I Eftermiddags gaar jeg til de Gamle og derfra til Bassen.
+Klokken bekommer mig som sædvanlig godt og jeg kunde som sældvanlig spore stor Virkning af den første Gang, jeg sad der. 
+Min Barberkniv har jeg endnu ikke kunnet finde, men det kommer vel. Vil du bede Paludan om at sende mig mit Hestemaal som findes paa Spillebordet i min Stue i en lille rund Papæske, samt opgive mig Baron [ulæseligt] Adresse. 
+Mange øndige Hilsener!
+Din Hilsener!
+Din A</t>
   </si>
   <si>
     <t>1899-9</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Ludvig Brandstrup, billedhugger
 Christine  Mackie
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen samt deres lille søn opholdt sig på Larsen-familiens gård Båxhult i Småland i sensommeren 1899. Berta og Ludvig Brandstrup var hos dem en tid, og Laura Warberg samt flere af Alheds søstre også. 
 Signaturen på brevet er svært læselig, men der står formodentlig Louise. Laura Warberg nævnte i et brev, at Muk/Louise skulle gå til Landeryd Station uden sin bagage - hun ville få sit tøj på et senere tidspunkt - og dette passer med indholdet af dette brev.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0034</t>
   </si>
   <si>
     <t>Louise skriver brev i et rystende tog mellem Halmstad og Helsingborg. Hun er gået til Landeryd uden sin bagage, og hun trak på vejen to små træer op ved rode. Louise er spændt på, om de vil gro derhjemme. Der var skønt på Båxhult, og Louise har været med Ludvig Brandstrup på jagt. Nu når hun til Hallandsåsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/roCY</t>
   </si>
@@ -4799,50 +4931,128 @@
 Kæreste Alhed!
 I Dag fik vi da endelig Breve, vi mødte Landposten ridende da vi gik ud efter Middag og fik hver sit Brev, han mente at Vejen kom i Orden saa at han kunde køre herud i Morgen. Kufferten har vi stadig ikke hørt noget om. Baronen har i Dag haft Appetit til alle Maaltider og næsten slet ikke Kvalme. Vi har været et Par gode Ture i Dag ogsaa, i Morges ude paa Fyns Hoved og i Eftermiddag syd paa langs Kysten. Vi begyndte som sædvanlig med Øllebrød og Kaffe og Julekage og til Middag fortærede jeg 1 ½ Portion Sagovælling og 3 stegle Torsk med Brød og Kartofler Kaffe og Julekage og til Aften spiste vi Knortegaasen der var ganske udmærket, og bagefter Smørogbrød. Vi kommer vel saa hjem Torsdag eller Fredag, Baronen vil nok helst være her til paa Fredag, hvorimod jeg nok vilde hjem om Torsdagen, for at have fri den første Aften, paa den anden Side har vi det jo ganske godt, saa det var jo ikke saa farligt at trække det en Dag længere ud, men dette Brev bliver altsaa det sidste Du faar herfra, forhaabentlig. Baronen har skreven Jagtbrev til Peter i Aften i Anledning af den spiste Knortegaas, det var rart at faa Brev fra Dig og det glædede mig at se at Du klarer Dig saa godt, Du har vel faaet Rul. Vi gaar hver Aften i Seng Kl. 8, men det er mig alligevel for tidlig, jeg kan nemlig ikke sove hele Natten, men det er maaske ogsaa fordi jeg ikke ligger saa komfortabelt som ellers, det var godt vi fik de uldne Tæpper med, for Sengen minder nærmest om en Iskælder, naar vi kryber i den om Aftenen, jeg ligger desuden med den sorte Trøje paa og Underbukserne om Benene. Ja nu vil jeg slutte dette underholdende Brev med mange kærlige Hilsner til Jer alle 3 fra Din
 Johannes Larsen</t>
   </si>
   <si>
     <t>Forår 1902</t>
   </si>
   <si>
     <t>Jeppe Andreas Larsen
 Jens Olsen</t>
   </si>
   <si>
     <t>Johannes Larsen maler på pæretræet. Hans far har givet ham den idé, at han kan sejle med et dampskib ført af kaptajn Jens Olsen fra Kerteminde til Korshavn og videre til Odense for at se på motiver. Fra Odense vil han tage toget til Højrup og besøge Alhed.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KxQx</t>
   </si>
   <si>
     <t>Kjerteminde 28 – [noget af papiret mangler]
 Kæreste Alhed!
 Jeg lovede Dig nok et langt Brev i Aftes, men dette bliver nok ikke saa langt alligevel. Det blev ikke Solskin i Morges, det er snart længe siden det har været det om Morgenen, derimod fik jeg gjort lidt ved Pæretræ[et] det tegner snart t[il at blive] ganske godt. Men[noget af papiret mangler] og malede paa d[noget af papiret mangler] Fader og gav mig [noget af papiret mangler] Idé. Dampskibe[noget af papiret mangler] Kaptain Jens Ols[en er] her og skal i Morgen gaa om til Korshavn ved Fyns Hoved og losse noget Cement der og derfor [noget af papiret mangler]se med Resten [noget af papiret mangler]de jeg jo faa en udmærket Sørejse og se paa Motiver paa Vejen. Jeg var saa henne hos Olsen efter Middag og aftalte med ham at han skulde komme og purre mig ud Kl. 3 i Morgen tidlig og saa skal jeg drikke Kaffe henne hos ham saa behøver ingen her at [noget af papiret mangler] Fra Midskov og [noget af papiret mangler] Odense har jeg al[drig sej]let før saa jeg glæ[der mig] til den Tur og hvis [noget af papiret mangler] Vejret bliver godt [noget af papiret mangler] i Aften er det storartet. Jens Olsen mener at vi kan blive saa tidlig færdig i Korshavn at vi kan naa Odense om Eftermiddagen [noget af papiret mangler] maaske kan jeg [tage] med Eftermiddagstoget til Højrup, men hvis jeg nu kommer med sidste Tog kan jeg saa komme ind? 
 Mange kærlige Hilsner Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>1902-02-25</t>
+  </si>
+  <si>
+    <t>176 Federal Street
+Boston</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Herbert Felton
+- Fuller
+Grethe Jungstedt
+Johanne Christine Larsen
+- Mackie
+William Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, rejste fra Danmark til Boston omkring 1. juni 1902. Hun mødte under sit ophold her William/Billy Mackie, og de to blev gift det følgende år. Ægteskabet holdt ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1588</t>
+  </si>
+  <si>
+    <t>Grethe har haft hoste, og nu er Ellen Sawyer smittet.
+Ellen vil savne Christine/Mornine Mackie, når hun rejser. Hun vil også savne William/Billy Mackies besøg.
+Ellen har stået for en stor middag. Pigen, der skulle servere, havde ikke fået besked, men hendes mor kom og hjalp. Nu gruer Ellen for en thanksgiving-middag med Sawyer-familien.
+Grethe synger små sange nu. Hun er et nemt barn, som finder sig i meget, og hun leger længe alene. Hun elsker at høre historier. 
+Christine har besøgt Williams forældre. De fordømmer indtagelse af alkohol og ville besvime, hvis de så Christine ryge cigar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UlCF</t>
+  </si>
+  <si>
+    <t>[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Håndskrevet:]
+Nov - 25 – 02
+Kære Mor!
+Igår fik vi ingen Brev fra dig, - men det er også kun den anden Gang siden Mornine kom, så du har Grund til at være stolt. Det er nok desværre mere end du kan sige om os for vi have nok fået vore Breve forsinket mere end en Gang. – Jeg håber da kun at det er Efterårsvejret som har bragt lidt Uregelmæssighed i Postgangen og at der ikke er noget i Vejen. 
+Vi har det ved det gamle her. Grethes Hoste er nu næsten borte, og hun har da heldigvis ikke tabt i Huldet. Jeg har overtaget hendes Forkølelse og gør som en besat hele Dagen, - når dertil kommer en let Kvalme fra Morgen til Aften, - en tærende Sult, samt Lede for næsten al Mad – så ser du nok at det ikke er særlig behageligt. Og så er det sådan en styg Tanke at skulle af med Mornine. Jeg vil savne hende gruligt, og jeg vil også savne at se Billy så jævnligt. Mornine har jo pålagt ham at han må komme ud mindst to Gange om Ugen og læse dansk med os, men jeg tvivler lidt på, at han gør det. – 
+Det gik rigtig udmærket forleden med Bespisningen for de Herrer. Mr. Felton havde to Pund [tegn for pund] af den fineste Chokoladekonfekt med til mig, - det var da pænt. Maden var rigtig god, - Suppen klar, o. s. v. vi havde ingen særlig Travlhed eller Besvær. De fik ”Cocktail” først, - kun Sauterne ved Bordet og en Snaps gammel Rom til Kaffen. Christine spillede lidt for dem og det satte de megen Pris på. Det eneste Uheld var at Pigen som skulde varte op, ikke fik mit Bud i Tide, så Mornine maatte holde for, men Pigens Moder, min gennemskikkelige Kone Mrs. Fuller, kom grædefærdig op Kl. 6 og sagde, at Pigen var ikke kommen hjem endnu – om hun ikke kunde hjælpe, så vi lod hende vadske op. Den 28ende Nov. er det jo ”Thanksgiving”, èn af deres største Fester. Vi skal have Familjen herover til Kalkun, - Pie og Plumpudding. Jeg gruer lidt for al den Laven Mad, for jeg kan næsten ikke tåle at se Mad. 
+[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Med håndskrift:]
+Grethe begynder så småt at kunne spille små Melodier nu. Hun kan og har længe kunnet kende Melodier når vi synger eller fløjter dem, og nu kan hun lige begynde at synge et Par Linjer nogenlunde rigtig, - Stork, Stork Langeben, - ”Gusk. ta'ske Lov” som er èn af hendes Yndlingssange. Hun er saamænd en skikkelig Unge, - som den Aften vi havde Fremmede, måtte hun gå i Seng en Time før sin Sengetid, efter hun havde spist sit Mælkebrød uden at måtte røre al den fine Mad, som hun interesseret betragtede – og gå op og ligge ganske alene ovenpå - men ikke et Kny - eller en Indvending hørte vi fra hende. - Når vi bliver kede af hende eller trætte af hende, sender vi hende ind og lege med sit ”dejlige Skrammel”, som hun kalder som hun kalder en Skuffe af store og mindre lemlæstede Dukker, udklippede Papirsdukker, Klude og Æsker, og der kan hun godt sidde en Timestid og lege. Nu er hun ved at komme i den Alder, da hun plager for Historier, - så snart hun hører sin Fader komme hjem om Aftenen, styrter hun hen til Trappen og raaber” – Will you tell me a Story, Papse”. - - 
+Mornine har syet en dejlig Pude til Billy, - gråt Filt med kulørt Uldgarn – den er henrivende. Hun vil jo nu til at sy en Lysdug til Fru Mackie. Hun var inde hos dem i Søndags og de var meget venlige og rare, - hun spillede for dem – de er så glade ved Musik.
+Men de er jo af den meget gammeldags Skole, som fordømmer Nydelsen af et Glas Øl, - ikke at tale om Vin og Spiritus, - og hvis de så Mornine ryge – og ryge Cigar, - ja, de vilde da mindst besvime. 
+Jeg kan dog ikke vide hvad Onkel Syberg og Tutte siger til mit Forslag – jeg er meget spændt. Harry vil også så gærne have lille Tutte. – 
+Dette Brev er meget kedeligt, men jeg har Kvalme.
+Mornine og lille Grethe hilser
+Din Pelle
+[Skrevet på tværs øverst på sidste side:]
+Sig til Junge hun skylder mig Brev og at hun sender mig nok et godt langt Julebrev. Ja, det bliver en trist Jul, bare den var overstået</t>
+  </si>
+  <si>
     <t>1902-05-06</t>
   </si>
   <si>
     <t>Vilhelm Larsen</t>
   </si>
   <si>
     <t>Den sidste linie formodes at være skrevet af Laura Warberg Petersen.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0436</t>
   </si>
   <si>
     <t>Et digt om tidlig sommer, blomster og hjertevarme</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/itgc</t>
   </si>
   <si>
     <t>[1902-06-05 Vilhelm Larsen til Junge s1 BB0436]
 5-6-02
 Langs Vejen staar Syrener fuldt i Flor,
 i Vellugtsbølger strømmer mod mig Duften.
 Berusende men blød og blomstermild
 den ligger som en Drøm i Morgenluften.
 En Drøm om svundne Somres milde Sol
@@ -5634,50 +5844,103 @@
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs brevarkiv</t>
   </si>
   <si>
     <t>Fritz Syberg er spændt på at høre om Annas rejse fra Italien til München, han og Jens Birkholm har kigget på motiver til næste gang, de skal til Italien. FS glæder sig til at komme hjem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rPn5</t>
   </si>
   <si>
     <t>Settignano
 Kære Høns!
 Jeg er meget spændt på at erfare hvordan det er gået Dig i Bologna, om Du slap ind i en rigtig Vogn der.
 Vi har set på et Italienskort igår og ser at Milano ligger langt af Vejen for den Rute Du har løst Billet til. Men så ræsonnerede jeg som så, at selv om Du skulde ende i [xxx]land så har Du da Penge nok til at løse Billet videre for, så Du har vel hittet ud af det. Birkholm og jeg har spaseret lidt. Jeg kigger på Motiver til næste Gang i skal herned, og når jeg blot må slippe for at male dem nu, så tror jeg nok jeg kan finde nogle. Vi fandt igår et helt nyt Terræn med temmelig bratte Højder og den smukkeste Cypresskov der er her i Egnen. Jeg troede ellers at vi havde afsøgt Terrænet. Birkholm kan ikke hitte ud af Maleriet heller. Jeg har tilbudt ham at tage med til Genua, men det vilde han alligevel ikke da det kom til Stykket.
 Nu venter vi til jeg hører om Du er sluppet levende til München (det var forresten intet Under at ingen Italiener vidste om der var Vogne til ”München” den hedder nemlig ”Monaco de Bavièra”) og så tager vi en Fodtur til Bjergene. Det var jo kedeligt at vi kom op at skændes før vi skiltes men vi overlever det vel. Og jeg vil ikke udtale mig om dette delikate Emne nærmere blot berøre det for at Du ikke skal tro at jeg sidder og skriver dette Brev ængstelig for at berøre dette Emne. Jeg glæder mig til at komme hjem og faa fat på et Par Blomsteraquareller fra vores Have. Kys Ungerne og hils Olga og Franziska. Mange Hilsener fra Din 
 Fritz.</t>
   </si>
   <si>
     <t>Settignano</t>
   </si>
   <si>
     <t>Fritz Syberg er spændt på, om Annas rejse går godt. Han og Jens Birkholm kigger på motiver. Det var ærgerligt, de kom op at skændes, inden de skiltes, men det overlever de vel.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7auh</t>
+  </si>
+  <si>
+    <t>1905-01-22</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Nørhaa</t>
+  </si>
+  <si>
+    <t>Eva Balslev
+Lars Christian Balslev
+Laura Balslev
+Rasmus Balslev
+Vibeke Balslev
+Louise Brønsted
+Otto Emil  Paludan
+Kamma Rahbek
+Erik Schaffalitzky de Muckadell
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>F.C. Sibbern: Efterladte Breve af Gabrielis (1826) er en af de tidligste danske romaner i den genre, der senere blev kendt som "kærlighedsromanen" eller "brevsromanen".
+Et hoc meminisse iuvabit er et citat fra Vergils Æneiden, og det betyder: "Måske vil det en dag være en glæde at huske disse ting" eller "Måske vil det behage at huske disse ting engang".
+Atlanterhavet: Laura Warberg var i USA for at besøge sine to døtre, som var gift og bosidddende der.
+Eva Balslevs forældre og søstre kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3848</t>
+  </si>
+  <si>
+    <t>Det var godt, at Laura Warberg slap levende over Atlanterhavet.
+Andreas Warberg er blevet en stor voksen mand. Thorvald Balslev husker ham som barn.
+Den gamle greve er død. Alting forandrer sig. Thorvald Balslev savner sin far - især nu hvoir han ligesom faderen er blevet præst.
+Evas mor er død, og det er et stort tab.
+Vibeke er fire år. Hun er tynd og har problemer med maven. Eva og Vibeke er på besøg hos Evas far i Roskilde, og Thorvald skal mødes med dem hos Lars Christian/Laders Balslev.
+Eva er lidt ensom i Vestjylland. Det er i øvrigt koldt og blæsende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FYTo</t>
+  </si>
+  <si>
+    <t>Nørhaa 22-1-05.
+Kære Tante Laura! Hvis vi levede i salig Gabrielis' og Kamma Rahbeks Dage, saa vilde jeg som Overskrift i Stedet for den nuværende, som jo ingen Verdens Ting betyder og altid virker saa underlig fremmed paa mig, formodentlig have skrevet saadant noget som: Kære moderlige Veninde! for det vilde i Virkeligheden langt bedre udtrykke de Følelser, hvormed jeg læser dine Breve og svarer igen. Men naar jeg nu skriver det vedtagne - for Himlen bevare os da fra at være sentimentale - saa kan du jo underforstaa det, jeg mener og selv underforstaar. Hvis du da vil.
+Ja saa mange Tak for dit lange Brev med god Besked om næsten alt, dog ikke synderligt om dig selv, andet end at det giver Indtryk af, at du har haft det og har det fremdeles godt; og jeg haaber, det Indtryk maa være rigtigt - naturligvis regner jeg ikke med Atlanterhavet, men forresten er du vel saa sjæleglad over at være sluppen over det baade frem og tilbage, at det efterhaanden bliver til et helt lyst Minde. Et hoc meminisse iuvabit, siger Latinerne, og hvis Lugge, om Forladelse: Fru Brønsted, ikke har glemt al sin Latin, saa kan hun jo oversætte det. Det har glædet mig saadan at høre, at I har det godt allesammen, ikke mindst at høre ["at høre" indsat over linjen] om din Søn med de 160 Pund; han maa være bleven en ordentlig Prygl, det er pudsigt at tænke paa, hvad for en bitte Knægt han var, da jeg saa ham første Gang, for 12 Aar siden. Det glæder mig fremdeles at høre om Paludan, som tidt har været i mine Tanker, baade for hans egen og for jeres Skyld. Nu er den gamle Greve jo død - ja du man behøver ikke at blive ret gammel for at se store og mærkelige Forandringer i sin egen og sine Venners Tilværelse. Og underligt nok, men saadan er det da for mig, Savnet bliver ikke mindre med Aarene, meget snarere dybere; saadan fEks. ang. Tarup og navnlig Far. Nu er det 8 Aar, siden han døde, og det er ganske sikkert, at jeg nu savner ham mere og føler Tabet mere end i Begyndelsen. Noget skyldes det naturligvis det, at jeg er bleven Præst og baade selv gærne vilde tale med ham om mange Ting og vèd, at det vilde have været ham en stor Glæde at tale med mig og tage Del i mine Oplevelser. Det vil formodentlig gaa Andreas lige saadan overfor hans Far; der var jo over begge de to Mænd en saa ualmindelig Sjælekraft, som gør det saa levende for èn, hvordan de vilde tage Del i vores Tænken og Handlen. Men vi maa jo være taknemmelige for, hvad vi har haft og endnu har.
+Det Tab, vi led ifjor og lider under endnu og som bliver svært at forvinde, det at Evas Mor døde, det har igrunden ogsaa, tror jeg, bidraget til at understrege Tabet af Far endnu mer for mig. Hun var et ganske ualmindeligt Menneske, et af dem, man ikke let glemmer, selv efter løse Bekendtskab, og jeg lærte hende jo ret nøje at kende. Hun var et Adelsmenneske i bedste Forstand. Det var ogsaa et stort Tab for vores lille Pige, som jo var Mormors Øjesten, men hun føler det jo ikke saadan. 
+Vi har ellers i det hele taget haft det saa nogenlunde, lidt er der jo gærne i Vejen med den ene eller den anden af os, men det har da ikke været noget større. Vibeke er nu 4 Aar gammel og ikke saa lille endda, bare saa tynd, saa tynd, men hendes Forældre er da heller ikke saa synderlig tykke. Naar hun bare er rask, men hun har noget Tarmkatarrh, som det er svært at komme af med. Hun er en sød og god lille en og et gevaldigt Livstykke; forkælet bliver hun naturligvis, navnlig af sine mange Mostre, saa jeg maa jo desværre undertiden optræde som den strænge Fader, slet ikke nogen særlig taknemmelig Rolle. For Tiden er hun unddraget min pædagogiske Indflydelse, idet jeg nu i snart to Uger har været ganske ene. Eva og Vibeke har været og er endnu i Roskilde, hvortil Hjemmet jo er flyttet, som du maaske vèd, efter at Evas Far er bleven Herredsfoged i Lejre Herred. Det har været en ret drøj Tid, denne Ensomhedsperiode, men heldigvis har jeg haft Arbejde til op over begge Øren, og endnu mere heldigvis er den nu forhaabentlig snart forbi; paa Onsdag agter jeg mig til [ulæseligt ord] at se til Laders, som jeg ikke har set i snart 2 Aar, og dèr skal saa Eva og Vibeke støde til mig. Paa Lørdag rejser vi saa hjem, og saa glæder jeg mig i Haabet om en længere rolig Periode. Nu har vi ikke været alene, saa at sige da, siden Juni Maaned ifjor. Vort ellers rolige Levned forstyrres forresten en Del af mig selv, idet jeg er noget "udsvævende", som de siger paa Fyn og forresten ogsaa her i Vestjylland, altsaa jeg er temmelig meget paa Farten til Foredrag og sligt, det er jo ikke saa synderlig morsomt, navnlig ikke for dem, der skal sidde hjemme og kukkelure imens. Ellers er det saamænd Synd at sige, at vi lever selskabeligt, vi omgaas saa at sige ingen, og det er jo mere Synd for Eva end for mig, der jo har mit Arbejde, som jeg kan gøre saa meget ud af, som jeg vil, og egentlig aldrig kan gøre nok. Det kan blive lidt ensomt for Eva, og jeg kunde nok unde hende at være paa en Egn, hvor der var lidt flere, vi kunde dele Interesser med, og navnlig nogen lidt nærmere. Men det er jo nu engang her, vi har vort Arbejde, og saa har vi jo da vort Hjem. Saadan en lille sjov Præstegaard har du saamænd aldrig set, den er ikke anlagt for store Selskaber, men til daglig er den meget hyggelig. Nogen Mennesker kan vi da ogsaa have: forleden havde vi 34 Piger paa engang i to Stuer, det var da meget hæderligt, men de maatte da ogsaa drikke Kaffe i 3 Hold, hvilket nu ikke blot var Pladsens, men ogsaa Koppernes Skyld. 
+Vi har en haard Kulde heroppe i denne Tid, men i de sidste Dage har det da ikke blæst synderlig. Du kan ellers tro, det kan vifte godt heroppe, naar Vestenvinden rigtig tager fat. For en 14 Dages Tid siden havde den pisket Havet helt op over den brede Forstrand og højt op paa Klitterne, saa de var bleven revne helt i Stykker; det skal der ellers noget til! Men efter saadan en Tur, naar det er bleven nogenlunde stille, saa kan jeg ogsaa sidde inde i Stuen og høre Havet brøle i en lille Mils Afstand med lige saa stærk en Lyd, som naar der kører en Vogn forbi ude paa Landevejen. Omtrent da, byder min Sandhedskærlighed mig at tilføje. 
+Nu maa du hilse alle, som bryder sig om en Hilsen fra mig, saavel paa denne som paa hin Side det fæle Atlanterhav, som jeg formodentlig aldrig kommer til at gøre personligt Bekendtskab med. Og saa en kærlig Hilsen til dig selv og Tak, fordi du bliver ved at tænke paa mig og skrive til mig. Hils ogsaa Mor og dem derude, hvis du faar dem at se i en nogenlunde nær Fremtid. Og glædeligt Nytaar til jer alle.
+Din hengivne
+Thorvald Balslev.</t>
   </si>
   <si>
     <t>Februar 1905</t>
   </si>
   <si>
     <t>Haslev</t>
   </si>
   <si>
     <t>Göteborg 
 København</t>
   </si>
   <si>
     <t>Herman Bang
 Margrethe  Eckardt
 Alhed Larsen
 Jeppe Andreas Larsen
 Johan Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 - Lunn
 Oberst  Lunn
 Karen Meisner-Jensen</t>
   </si>
   <si>
@@ -10285,50 +10548,101 @@
 Møllebakken 14, 5300 Kerteminde, Danmark
 Glorupvej 34, 5853 Ørbæk, Danmark</t>
   </si>
   <si>
     <t>Ellen Brønsted
 Else Birgitte Brønsted
 Alhed Larsen
 Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Kopier findes på Joahnnes Larsen Museet.</t>
   </si>
   <si>
     <t>Der mangler den indledende del af brevet.
 Alhed Marie Brønsted løber hele vejen hjem fra Hverringe Strand bagefter hestevognen. Alhed Larsen har været syg med forkølelse. Johanne Christine Larsen skal efter sygehusophold til Glorup. AMB spørger efter nyt om søsteren Else Birgitte. Den anden søster Ellen er gæst på Møllebakken og spiller megen bridge med andre gæster og familien Larsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wj5I</t>
   </si>
   <si>
     <t>Jeg løb bagved Vognen fra Hverringe Strand og hjem. Hesten løb stærk Trav, vi blev ogsaa dygtig forpustede. Tante Be var lige staaet op af Sengen af Forkølelse, da jeg kom og har det stadig ikke saa godt. Tante Junge skal ud af Sygehuset paa Onsdag og til Glorup . [ulæseligt] er fortvivlet over [ulæseligt] hun bager hele Tiden, men den bagte forsvinder straks paa en [ulæseligt] Maade. Nu er hendes Knæ bedre og hun haaber hun kan løbe paa Skøjter i Dag.Skriv snart om alle. Hilsen fra Bes. Hvordan har Mudi det? Og I andre?
 Kære Muk! Jeg haaber ikke I savner Bes alt for meget. Hun bliver her foreløbigt er helt fjollede til at spille Bridge. De sidste Nætters Søvn har henholdsvis været [ulæseligt] ½ - 4½ - 6½ Timers Søvn. 
 Skriv snart. Hilsen fra Lomme.</t>
   </si>
   <si>
+    <t>1923-01-23</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Niels Elgaard Amstrup</t>
+  </si>
+  <si>
+    <t>Ølstedgaard</t>
+  </si>
+  <si>
+    <t>København
+Rolfsvej 14</t>
+  </si>
+  <si>
+    <t>Adelheyde Syberg
+Christine Warberg
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt renskrev tilsyneladende LouiseAmstrups/Tante Visses håndskrevne erindringer og slægtshistorie.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1405</t>
+  </si>
+  <si>
+    <t>Louise Amstrup/Tante Visse takker Astrid Warberg/Stiser for maskinskrivning. Louise har nu skrevet mere om sin barndom, der ikke var lykkelig. Hverken moderen eller søster Adelheide/Mimi var rare ved hende. Som voksen blev Mimi dog et udmærket menneske. Moderen var ikke børnevenlig, og hun havde et svært sind. Mimi gik aldrig i skole, men moderen læste med hende, og husjomfruen lærte hende lidt udfra sine mangelfulde kundskaber. På dette grundlag skulle Mimi fungere som lærerinde for Louise, og Mimi forlangte for meget og slog dagligt. Skolebøgerne var desuden forældede. Når Louise kom i seng, susede der trolde, slanger og hekse forbi hendes lukkede øjne. Louise hadede Mimi, men hun elskede sin far.
+Astrid må skrive, hvad hun har lagt ud for papir mm. 
+Det har været ækelt for Louise at skrive dette brev.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/30GW</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+25 Jan 1925 [kryds over "1925."]
+Fru Astrid Warberg
+Rolfsvej 14
+Kjøbenhavn F
+[På kuvertens bagside:]
+Afs Amstrup Ølstedgaard Staaby
+Du kunde gerne sige mig Tak for den flotte Julegave jeg sendte dig i Tanken kærlig Hilsen Niels
+[I brevet:]
+Kd. 23 - 1 23
+Kære Stiser!
+Nu endelig, dages det da med mig, jeg bliver magelig paa mine gl. Dage. Tak for den venlige Julehilsen der midt i at min Travlhed til mig og for din fine Opmærksomhed med at maskinskrive mit lille, i høj Grad mangelfulde Vers; man burde aldrig begive sig ud paa Diletantismens farlige Veje. Nu har jeg saa igen da faaet et Par Ark malet op og er saa da endelig kommen bort fra [ulæseligt] og hvad dertil hører og saa skrider jeg til at fortælle om Ensomhed og det er maaske sidste Afsnit. [Ulæseligt] vil se, men - ja her ligger den egentlige Grund hvorfor jeg altid har nægtet at skrive, - min Barndom var ikke lykkelig, Moder og Mimi var ikke gode imod mig, for ikke at sige det modsatte. Jeg vilde nødigt sige noget der kunde kaste en Skygge over Moder - hun var dog min Moder og alligevel et retsindigt og godt Menneske - og Mimi, der udviklede sig til at blive det elskelige og udmærkede Menneske som vi alle saa op til, hun var jo, da jeg blev ene, som en Moder for mig! Moder havde et i høj Grad utilgængeligt Sind, hendes Speciale var at skænde, det kunde hun da blive ved med og Mini slog - hver Dag - ingen af dem var det man kalder Børneven og ingen af dem gjorde sig den Ulejlighed at sætte sig ind i hvordan et saa kraftigt og livligt Pigebarn, som jeg var, skulde omgaaes. Mimi har aldrig havt det man kalder Skolegang, Fader læste lidt med hende om Aftnen og om Eftermiddagen skulde Husjomfruen saa fodre paa at bibringe hende nogle af sine højst mangelfulde Kundskaber, saa jeg formoder hun selv har arbejdet sig frem til det hun kunde. Og paa dette Grundlag blev hun min Lærerinde uden Begreb om hvad man kunde forlange af et Barn, hun forlangte langt mere end jeg kunde overkomme og hver Aften naar jeg kom i Seng, saa suste det forbi mine lukkede Øjne med Trolde, Slanger og Hekse, ja at jeg holdt til det! jeg vilde gerne lære og var alt andet end doven. Aldrig et venligt eller opmuntrende Ord, men Slag i Slag. Jeg hadede hende derfor så intensivt, som det var muligt for et Barn at hade. Stine Niels Morten der en Gang i de senere Aar spurgt mig om det var sandt, at jeg fik saa mange Bank, en af hendes Piger der havde tjent hjemme som Stuepige, havde fortalt hvor slemt det havde været for hende at være Vidne dertil. 
+Ja saadan var min Barndom, hvordan kan jeg komme uden om alt det? Forholdet mellem Moder og mig blev aldrig godt, men det var min Skyld, for jeg var bleven haard og en styg en rigtig Egoist. Fader derimod elskede jeg. Og saa de forældede Skolebøger der blev brugt. Sikken Danmarkshistorie, som jo slet ikke er ["er" indsat over linjen] for Børn og en Regnebog med Penning, som jo forlængst var gaaet af Brug - o.s.f. Dette er jo ellers noget jeg nødigt kommer ind paa, man maa helst lade de mørke Stunder ligge saa langt tilbage i Erindringen, som vel muligt, men udslettes kan de jo ikke. Men, lille Stiser, du har brugt med Papir o.a. til de smaa Hefter, du maa sige mig hvad du lægger ud, som kan betales med Frimærker. 
+[Indsat side 3 i venstee marge; lodret:] Apostrofferne over e maa du ikke forandre, det er aldeles korrect è é
+[Indsat s. 1; øverst; på tværs:] Naa Stiser, dette var rigtig et ækelt Brev at skrive og ikke lysteligt for dig, at læse - men det var en Redegørelse der maatte med.
+Godt Nytaar Stiser vi er ikke ude ["ude" indsat over linjen] af den første Maaned endnu. Tante Visse</t>
+  </si>
+  <si>
     <t>1923-02-03</t>
   </si>
   <si>
     <t>Valborg Rechendorff
 Agnete Swane
 Lars Swane</t>
   </si>
   <si>
     <t>Christine Swane er indlagt på Nerveklinikken på Frederiksberg Hospital. Lasse opholder sig hos sin far i Svebølle.</t>
   </si>
   <si>
     <t>Sigurd Swane argumenterer for vigtigheden af at Lasse har ro i sit liv og at han ikke så ofte kan besøge sin mor på hospitalet. Han bliver meget oprevet over hendes sygdom.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/TB6V</t>
   </si>
   <si>
     <t>Den 3-2-1923
 Kære Ugle.
 Jeg skriver et lille Par Ord med Lasses Brev i dag. Dels for at fortælle dig at han har det storartet, så at du ikke skal behøve at bekymre dig for ham – i Øjeblikket da. Dels for at sige at jeg godt kan forstå, at du kan længes efter at se ham, men at det vilde være stor Synd mod Drengen nu at bryde hans Ro og Glæde ved at være på Landet og igen gøre alt vanskeligt og bedrøveligt for ham, sensibel som han jo er.
 Kom han nu ind og så dig igen, før du er rask vilde det blive ved i en Måned eller to at køre i hans Hoved med at du var syg og selve Hospitalet vilde forstærke dette Indtryk.
 Din Kærlighed til Drengen må sejre over din Længsel – vi skal nok fotografere ham en Dag og sende dig Billedet så snart det er i Orden, der er blot lidt der skal laves ved Apparatet først, men det kan vi nok selv og så skal der tages en ny Film i Brug, det er 12 Plader, det varer jo lidt inden de 12 Billeder er tagne – et lille Billede af sig sender han i dag (med det samme – jeg skulde egentlig ladet ham skrive den sidste Sætning i det lille Brev om en Gang til, men nu er han ude og lege herudenfor, så jeg lader det gå som det er) – Og foruden den Uro, som nu atter vilde kastes ind i hans sjæl, hvis han kom ind nu, så husk at der er så megen Influenza og Hals- og anden Dårlighed i Byen i disse Vintermåneder, du husker selv hvordan han altid blev dårlig, når han om Efteråret kom derind fra Sundet.
 Det er jo en gammel Påstand, at Vanen spiller den allerstørste Rolle for et Barn, og at dette er rigtigt er forbavsende tydeligt hos Lasse. Nu er han i god Vane med alt hvad han skal. Tidlig op og tidlig i Seng (ligesom vi andre) Afvaskning med koldt Vand over hele Kroppen om Morgenen og af Ben og Fødder og Ansigt og Hænder med varmt Vand om Aftenen, Lørdagsbad o.s.v. o.s.v.[ indført over linjen: Gymnastik, som må gøres med lidt tilsyn] vant til de Spisetider vi har og til at gå på W.C. på sine bestemte Tider om Dagen m.m. – ting som det måske i de flestes Øren lyder pedantisk at tale om, men Ting, som dog spiller en meget stor Rolle for Barnets Sundhed. Jeg ved fra hver eneste Gang han har været inde, at alt dette brydes ned og møjsommeligt må bygges op igennem Måneder, i hvilke han ikke er så rask som han skulde være, fordi det åndelige Grundlag for hans Balace er rokket. – det havde været meget lettere for os at tage ham med ind sidst jeg var inde, for det var et meget stort Offer af min Svigermoder lige før Jul, den sidste Jul, hun har sin Datter og sine små to små Børnebørn herovre (de rejser, vel sagtens i denne eller næste Måned, op på Thistedegnen, hvor min Svoger har fået Ansættelse ved Klitværnet) at være hjemmefra i 3 Uger, men min Kone afsluttede dels sin Kur og dels måtte hun hjælpe mig, der ikke kunde foretage mig ret meget og nogle dage var meget medtaget og lå med Feber – men hun(min Svigermor) gjorde det, fordi hun forstod hvad det betød for Lasse, og hvor magtpåliggende det var os, at der således blev handlet rigtigt med ham og han ikke atter blev revet ud af den sunde Ro, han nu nød – for han nyder selv Landet og Roen nu og trives sødt og naturligt, ivrigt optaget af hundreder af Ting.
 Een Afbrydelse herude bliver der desuden nok engang i Foråret. Inden vi for Sommeren igen kan leje vort lille Hus på Kullen ud, må vi en tur derop og vi har da tænkt at benytte enten hans Påske- eller Pinseferie (helst den første, da vi gerne vilde have lejet ud i Pinsen allerede), så vilde vi være deroppe en 14 Dages Tid, jeg vilde male, og det glæder han sig jo meget til. På Vejen op vilde vi så være nogle Dage i København, der bliver jo altid noget at ordne, så kunde han jo til den tid besøge dig, især hvis du er lidt raskere – og så har han Kullen at glæde sig til bagefter, det vil være en Hjælp til hurtigere at komme i rolige Forhold igen. Når jeg nu skal ind igen, vilde min Kone meget gerne ind med, men for Lasses Skyld har hun været klar over at hun, selv om hun vil være i Uro for Operationens Forløb, må renoncere herpå.
 Jeg hører, at de andre synes, du har det bedre, jeg håber du selv synes det samme og at det må hjælpe dig til at få mere Ro i Sindet, for uden det [tilføjet rundt langs kanten: vil Helbredelsen sikkert trække endnu længere ud end ellers, men er man syg er der jo ikke andet at gøre end at give sig ind under den nødvendige Røgt.</t>
@@ -12937,50 +13251,94 @@
     <t>Johannes Larsen havde fint udsyn fra flyveren. Det var mærkeligt at flyve, og Holland ser underlig ud fra luften. I London tog de til hotellet, og derefter spiste de aftensmad og gik i seng. Næste dag tog selskabet til derby. Der var vildt mange mennesker og også rutchebaner, ølsalg mv. En helikopter fløj rundt over området. 
 Larsen har set et gartneri, hvor man dyrkede brøndkarse. Han forsøger at få en etiket af en aleflaske til Andreas/Puf.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/uGWz</t>
   </si>
   <si>
     <t>Epsom Downs 6 Juni 1934.
 Kære Puf!
 Det var en fin Tur i Gaar. Vi startede Kl. ca 9 i sigtbart Vejr og kunde tydelig se Kullen da vi gik ud over Kalvebodstrand ved Svaneklapperne, saa havde vi god Udsigt til mellem Køge og Næstved saa rullede der et Skytæppe hen under os, saa kørte ovenpaa noget hvidt til vi saa lidt af Lolland og lidt efter passerede lige N om Femern og ind over Holstein og derefter Solskin til Amsterdam vi passerede Elben lige ovenfor Mundingen og lidt efter Weser S for Bremerhaven. Det er meget mærkeligt at sidde i en Omnibus, og hænge 2-3 Km oppe i Luften uden at kunde mærke at vi flytter os, for sommetider havde vi endda en Fornemmelse af at gaa baglænds, men naar vi ser lige ned og ser Skyggen af Maskinen som en lille graa Plet nede paa Jorden kan vi jo nok se at det gaar fremad. Kl 12 var vi i Amsterdam, hvor vi gik ned og spiste Frokost, Sandwishes og noget Lagerbier fra Fad der lignede meget Carlsberg Guldbajer. Saa gik vi op igen og fløj til Rotterdam i en anden Maskine, men der var vi kun i 10 Min. Holland ser mærkeligt ud fra Luften alle Marker og Haver fuldkomment regelmæsig rektangulære med Grøfter om [Tegning] saadan. Fra Rotterdam fløj vi lige ud over Schelde og Nordsøen stadig i klart Vejr til vi nærmede os England saa kom der først nogle smaa hvide Skyer langt nede under os men ikke tættere end at vi hele Tiden kunde Vandet og de forskellige Farve paa Bunden og Dæmningerne der saa meget smaa ud i den Højde vi fløj i 2500 m. Vi gik ind ved Themsmundingen og fulgte Floden omtr. halvvejs til London, saa kom der desværre en stor Skybanke og gemte det hele til vi ved Corydon gik ned gennem et Hul. Vi landede Kl. 3½ og kørte saa med Luftfartens Bus til Charing Cross hvor vi tog en Taxa til vort Hotel paa Torrington square lige bag British Museum. Det hedder Morgans Hotel og koster 2 Pund om Ugen med Breakfast. Vi gik hen i Oxford street og spiste Mutton chops og Spinat efter en dry Martini d.v.s. jeg bestilte 3 og drak min og Johs. V.s. Jeg nød ogsaa 2 pale Ale fra Fad og en Guinness Porter og en Lager og saa gik vi hjem og sov. Jeg vaagnede i Morges ved Skovduens Kurren i Platanerne udenfor paa Pladsen, det er et meget roligt Sted, men meget primitivt men gode Senge. Vi spiste Frokost med en Kaptajn Johansen der bor der en Ven af Jens. Han dirigerede os ud til Victoria St. hvor vi tog Billet til Epsom downs, det er nemlig Derby Dag i Dag og vi har været til det store Løb og vilde fra Inderpladsen hvor det er gratis Alting, med Undtagelse af at vi betaler en Mand 2 Shillings hver for at staa paa nogle Kasser. Jeg har aldrig set saa mange Biler og Busser og Mennesker før. Folk er kørt hertil i Busser fra alle Egne af England helt oppe fra Skotland. Vi har spist Frokost hos en Ingeniør Meyer der er gift med en Slægtning af Else og nu efter Væddeløbet sidder jeg her og skriver mens Johs V faar sig en Middagslur. Vi kom hertil fra St. i Bil. den første vi spurgte vilde have 10 Shillings for at køre os herhen, men en gl Fyr der holdt ved Siden af tilbød at gøre det for 6, ham tog vi og kørte med ham i ca ½ Time mens han holdt og spurgte alle mulige Mennesker om Vej indtil vi paa Tilbagevejen fandt Huset 5 m Gang fra St. Vi skal spise Middag her. Her er ikke mere Papir i Blokken men her ligger et Stykke Skrivepapir 
 [Fortrykt øverst på papiret:]
 BUTE HOUSE, 
 LONGDOWN LANE,
 EPSOM DOWNS, SURREY. 
 Telephone:
 Epsom 9341.
 [Håndskrevet:]
 som jeg hugger. Mudi var med ude paa Flyvepladsen og kørte hjem med Naur som havde kørt Johs V.s ud. Jeg glemte min Kikkert hos Brønsteds, men jeg kan laane en mindre hos Kapt. Johansen saa det gør ikke saa meget. Jeg sidder paa 1st Sal og ser alle Busserne køre forbi ude paa Vejen Her har hele Tiden fløjet en Maskine over Pladsen med 2 Reklameflag saadan: Formdg [Tegning] og i Eftermiddg med en eller anden Lager jeg husker ikke hvad det hed. Forøvrigt var der fuldt af Zigøjner og Spaakoner og Limonade og Ølsalg fra Kasser og paa Jorden og Karuseller og Rutshebaner og Neggere og Hinduer og Malajer. Her er ogsaa et meget smukt Landskab med lange Højder og Dale og Skove og Træer Selve Banen ligger højt. Her har ogsaa fløjet et Helicopter rundt [Tegning]
 Det er Politiet der skal rapportere hvis der sker Trafikstansninger eller saadan noget og desuden har her været 800 Betjente fra London og der skal være mellen en ½ og en Million Mennesker samlet. Det hele gik umaadeligt roligt og stilfærdigt til. Her staar i Haven udenfor Døren en Aralia og den Slags vi har hjemme i Urtepotter. Det er en saadan Potteplante de har plantet ud og det er nu en fyldig Busk 4 Alen høj. Da vi kørte herud saa jeg et Gartneri fra Toget hvor de dyrkede Brøndkarse i lange Cementbassiner. 
 Det har smaaregnet af og til i Dag, men ellers er her meget tørt og Plænerne er værre end vores. Her er Kalk lige under Mulden. Nu tror jeg ikke jeg kan finde paa mere. Jeg var til Frokost hos Gunnar og Hakla i Mandags og derefter hos Uglen og Marie og om Aftnen ringede vi efter Skriveswanen efter at jeg havde ladet Mudi ringe efter 6 pale Ale og 6 Strong do hos Da[ulæseligt] de var adskilligt mere levende en vore. Jeg bad Mudi sende Dig et Par Ettiketter. Der staar en Literfl. med en mig ukendt Ale Etikket paa paa mit W.C. men jeg ved ikke om jeg kan faa den af, det er jo muligt jeg kan komme ud for den med Indhold ved Lejlighed
 Mange Hilsner til Jer begge
 fra Din Far.
 P.S.
 Nu fløj den Helicopter her hen over igen; det er Løgn den har ikke andre Vinger end Møllen paa Ryggen, saadan [Tegning]
 JL.</t>
+  </si>
+  <si>
+    <t>1934-10-31</t>
+  </si>
+  <si>
+    <t>Leo Swane</t>
+  </si>
+  <si>
+    <t>Hummeltoftevej 57</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Grete Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Arne Schwark
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Hummeltoftevej ligger i Virum. 
+Leo Swane blev af vennerne kaldt Skrive-Swane. Hans bror, Sigurd Swanes kælenavn var Male-Swane.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3855</t>
+  </si>
+  <si>
+    <t>Leo Swane inviterer hele familien til frokost søndag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CJuc</t>
+  </si>
+  <si>
+    <t>31. 10. 34.
+Kære Lugge.
+Vil i ikke komme til frokost hos mig paa Søndag?
+Hele Familien, fra rod til top. Kl. 12. Det vil, saa vidt jeg kan regne, blive 9 mennesker, hvortil kommer Mornine og Eli Laub - kunde i ikke sige det til dem?
+Forfald af enkelte af familiens medlemmer er ikke velset.
+i al bekedenhed.
+Venlig hilsen
+Skr-Sw.
+Hummeltoftevej 57.</t>
   </si>
   <si>
     <t>1935-07-21</t>
   </si>
   <si>
     <t>Sigurd  Swane
 Anna Louise Syberg
 Franz Syberg</t>
   </si>
   <si>
     <t>Fritz Syberg vil komme på besøg den følgende dag.
 Faaborg Museums 25års jubilæum skulle have været holdt 20. juni, men det er udsat, da Swane er i Paris.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/6vQf</t>
   </si>
   <si>
     <t>Pilegaarden Kjerteminde
 21-7-35
 Kære Johannes V. og Else.
 Dersom I vil have mig kommer jeg en Tur op til Jer (en Gang i Morgen Onsdag) og bliver hos Jer en Nat eller to.
 Der har været saa meget i Vejen med at komme væk herfra nu netop i Ferien. Først var det Faaborg Museets 25 Aars Jubilæum som jeg havde lovet at komme til den 20 Juni. Nu faar jeg Afbud at det maa skydes ud da Swane er i Paris, og det bliver ikke før først i August eller maaske senere. Min egen Fødselsdag har jeg lovet Børnene at være hjemme (det er paa Søndag) Men nu kommer jeg altsaa paa et Besøg til Jer, da jeg ellers er bange for at det slet ikke bliver til noget i Aar heller, saa faar vi se hvordan det gaar senere. Altsaa I ser Rabbe Trylle og mig en Gang i Morgen. R. og T. fortsætter til Kjøbenhavn og kommer igen og afhenter mig enten Fredag eller Lørdag. 
 Jeg haaber I har det godt. Her er alt vel. D.v.s. gammel bliver man jo.
 Ha’et nu godt og paa Gensyn
 Eders hengivne
@@ -14288,50 +14646,88 @@
     <t>Det kan ikke afgøres, om den af Elena/Bimse Larsens søstre, der deltog i turen til Trelleborg var Marie eller Elisabeth Neckelmann.</t>
   </si>
   <si>
     <t>Johannes Larsen har været på Trelleborg med Elena/Bimse Larsen, hendes mor og søster. Hele familien i Kerteminde har været eller er syge af forkølelse.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Z4LY</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm.
 [På kuvertens bagside;]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
 Kjerteminde 4 Marts 1948.
 Kære Grevinde!
 Ja nu sidder jeg igen og skriver og jeg bliver nok ikke færdig i Dag, for her laa jo en Masse Post da jeg kom hjem. Bimse kørte mig jo til Korsør, hendes Moder og Søster var med og vi var paa Vejen nede at se Vikingehuset ved Trelleborg. Puf laa i Sengen af Forkølelse men er oppe i Dag. Nu ligger Jeppe og de andre har ligget, men det har jeg vel fortalt i Telefonen. Det er lidt mildere i Vejret i Dag og mindre taaget end i Gaar og ganske stille. Mange Hilsner fra
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>1948-03-10</t>
+  </si>
+  <si>
+    <t>Laurine Pedersen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Ullerslev
+Andkærgård</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1343</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for smørmærker og tændstikker. Han har været i Sverige og i Trelleborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eT5B</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvert forside:]
+Fru Laura Petersen
+Andkærgaard
+pr. Ullerslev.
+[Skrevet på kuvert bagside:]
+Johannes Larsen
+Kjerteminde
+[Med anen skrift:]
+30-1-2000
+[I brevet]
+Kjerteminde 10 Marts 1948.
+Kære Bibbe og Laurits!
+Tusind Tak for Smørmærker og Tændstikker, som laa her da jeg forleden kom hjem fra Sverige hvor jeg havde været en Uges Tid hos Lysse og Bimse. Sidstnævnte kørte mig til Korsør hvor vi paa Vejen var ude og saa det Vikingehus der er bygget ved Trelleborg.
+Med de venligste Hilsener fra 
+Jeres hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
     <t>1948-07-07</t>
   </si>
   <si>
     <t>Missionskurstedet Fanø Strand</t>
   </si>
   <si>
     <t>Andreas Larsen
 Ingrid Larsen
 Jeppe Larsen
 Marie Larsen
 Christine Swane</t>
   </si>
   <si>
     <t>Missionskurstedet 'Fanø Strand' blev åbnet i 1892 som 'Fanø Strandhotel' af et aktieselskab med bl.a. kaptajn og skibsreder M.N. Mathiassen. I 1895 overtog han hotellet. Senere blev det overtaget af et konsortium og fik navneforandring til Missionskurstedet 'Fanø Strand'. Mathiassen udvidede i 1892 hotellet med en stor spisesal. I 1950'erne skiftede hotellet navn til 'Turisthotellet' og det ejedes af en familie Axel Veje fra 1952 og fra 1968 af generalkonsul Schønnemann. Hotellet brændte og blev senere købt og nedrevet.</t>
   </si>
   <si>
     <t>Johannes Larsen har været til sin nieces bryllup på Rørdam. 
 Jeppe Larsen har en tam allike, som sover i et bur i Johannes og Jeppe Larsens soveværelse.
 Flere af Larsens fugle ligger på æg eller har unger.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Y6H9</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
@@ -14538,50 +14934,113 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PxiH</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Malerinden
 Fru Christine Swane
 Skovgaardsvej 5
 Birkerød
 Danemark.
 [Håndskrevet på kuvertens bagside:]
 Lars Swane
 c/o Hotel de l'avenir.
 52 Rue Gay Lussac
 Paris V.
 France
 ["France" er skrevet med grønt blæk. Det øvrige med sort]
 [I brevet:]
 Rue Gay Lussac 52 Tirsdag 7-6-49.
 Kære Mor! Tak for Brev som vi fik i Dag! Det var dejligt at Varedirektoratet nu endelig gav sig. Angaaende Ramme til Udkast: jeg havde tænkt mig at vi fik 2 runde Stokke og hæftede det paa, og saa rullede det ud paa Væggen, jeg tror ikke det andet er praktisk, det bliver alt for uhaandterligt, tænk over det. Angaaende Lærred, saa har jeg bare glemt det, der er Lærreder paa Loftet, Lisbeth kan hjælpe dig at faa dem ned. Der er nogle helt hjemmepræparerede til dig og nogle meget glatte paa det købte Lærred, som jeg skulde have selv. Tag i alt Fald bare hvad du kan bruge.
 Vi har det godt hernede nu er Vejret blevet fint. Vi var i Gaar til Frokost fra Kl. 12 til 4 30_hos Rogers Forældre, de er alle vældig søde, bor nydeligt og det har trods Sprogvanskelligheder været _meget hyggeligt, men kan du forstaa ret anstrengende. Vi skal der til Aften i Morgen og haaber at de vil diske lidt mindre op for os. 
 Angaaende Bilkørsel gennem Tyskland mærkede vi ingen Vanskelligheder, kører man blot nogenlunde fornuftigt (og vi kører helt fornuftigt) er der ingen særlig Besvær. Der er meget ujævn Vej gennem Hamborg og Bremen grundet paa Omkørsler ved Bombningerne, men saa maa man sagtne Farten og Fare frembyder det slet ikke. Den daarligste Vej er i Belgien, hvor det er Brosten meget af Vejen, men der gælder det samme.
 I Gaar var vi med Karen og hendes Mand Bob i Versailles, en dejlig Tur, især den kæmpestore Park var smuk. I Dag har jeg hentet Penge og Benzinmærker til Turister (20 fr. billigere pr L.). Benzinen er ellers lige givet fri. Vi bor nu paa Hotellet hvor Karen bor, billigt og ordentlig, de første to Nætter boede vi lidt dyrere paa Hotel Dagmar lige ved Siden af. Men Mad og alle mulige Ting undtagen Vinen er meget dyrt, saa vi maa passe paa, men saa kan det gaa, og efterhaanden faar vi ogsaa Øvelse i at beregne rigtigt. Vi haaber nu at Rie har haft en god Fødselsdag og er blevet tilfreds med Ur og andre Gaver. Du maa hilse hende meget fra os begge to. Vi har ogsaa i Dag haft Kort fra Poul Utt. og hører at han har talt med Jer. Vi har endnu ikke haft Forbindelse med Hans Tabor men skal have fat i ham en af de nærmeste Dage, vi kom jo lige før Pinse og saa havde ["havde" indsat over linjen] Karen fri, derfor har vi særlig været sammen hende nu, og saa var der Roger, men nu kommer Turen til ham som sagt. Vi bliver her ca 10 dage endnu og jeg vil egentlig gerne have de Breve med da jeg ikke ved hvad det drejer sig om. Senere har Karen lovet at sende Brevene efter os naar vi giver hende Besked om Adr. Hils nu Rie mange Gange fra os og vær selv paa det bedste hilset fra Ursula og Lasse.
 P.S. Vi har haft megen Nytte paa Turen af det dejlige Tæppe, Ursula har nydt det.</t>
+  </si>
+  <si>
+    <t>1949-08-05</t>
+  </si>
+  <si>
+    <t>Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Birkerød
+Skovgårdsvej 5</t>
+  </si>
+  <si>
+    <t>Bovense pr. Ullerslev
+Andekærgaard</t>
+  </si>
+  <si>
+    <t>Roger -
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen boede med sin familie i Småland, Sverige. 
+Det vides ikke, hvem Frøkenen og Ruth og Per var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1329</t>
+  </si>
+  <si>
+    <t>Marie Larsen ønsker tillykke. Vejret har været dårligt, så hun har ikke kunnet komme til byen efter en gave.
+Marie og Christine/Uglen Swanes Sverigestur er blevet aflyst. De har spurgt, om de i stedet kan komme til september, men nej, for da skal Christine/Mornine Mackie derop. 
+Lars/Lasse og Ursula er i Danmark igen. De kører omkring Kerteminde og Lindøgaard på vej hjem. 
+Det er trist med Johanne C. Larsens ben og med den unge pige, der holdt ferie meget ofte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZKsR</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Bibbe Warberg Petersen.
+Andkærgaard.
+Bovense 
+pr. Ullerslev.
+Fyn.
+[På kuvertens bagside:]
+Afs. M. Larsen Skovgårdsvej 5. Birkerød 
+[I brevet:]
+Birkerød d. 5 – 8 – 49. – 
+Kære lille Bibbe!
+Tusinde Gange til Lykke! Hvor jeg ønsker for Dig at du maa faa et godt Aar, fuldt af mange Goder! Det er dog et skrækkeligt Vejr, vi har haft, slemt for Høsten, dog haaber jeg at I ikke har haft saa meget Regn som vi har haft her, der kan jo være Tilfælde hvor det er rart at bo i en regnfattig Egn. –
+Paa Grund af Vejret har vi ikke kunnet komme ind til Byen, jeg vilde gerne have fundet noget rigtig pænt til Dig, nu maa Du nøjes med en Æske Confect, saa tager jeg noget med til Dig naar jeg forhaabentlig inden saa længe kommer til Fyn. – 
+Vi er igen bleven skuffet, med Hensyn til Sverrigsturen, vi var inviteret derover til d. 1ste, men da Lasse og Ursula ikke er kommet hjem, maatte vi igen sige Nej; Las er der for Tiden og jeg havde glædet mig saa meget til at være sammen med ham deroppe, det havde været ligesom i gamle Dage, men det slog altsaa Fejl; Uglen taler med Bimse i Telefonen, hun skal til Anholt inden saalænge; Uglen spurgte saa om vi ikke kunne komme lidt derop i September, men det kunde vi ikke for da skulde Mornine derop; jeg bliver snart bitter over at det aldrig kan lykkes mig, bortset fra Las hvor jeg nok jeg er den der holder mest af alt deroppe. – 
+Nu er Lasse og Ursula her i Landet igen, Lasse ringede fra Christiansfelt i Aftes, i Morgen tager de derfra og vilde saa kikke ind paa Lindøgaard og i Kerteminde paa Vejen hjem, mon de ikke skulde se ind til Jer ogsaa de kører da lige forbi Jeres Dør; vi venter dem Søndag eller Mandag, saa har de ogsaa været borte i 10 Uger, det er en lang Tid; det bliver morsomt at høre om alt hvad de har oplevet paa Turen og vi haaber at det har hjulpen godt på Ursulas Helbred; de har Roger med Hjem. – 
+Det er kedeligt at det ikke hjælper paa Din Mors Ben, mon dog ikke al den Sol vi har haft har gjort godt paa Benet; det har været en streng Uge mens Frøkenen (jeg kan ikke huske hvad hun hedder) havde Ferie, jeg føler med Din Mor, det maa være meget slemt ikke at kunne foretage sig noget, naar man ved der er saa meget der skulle gøres; hvordan mon de egentlig er tilfredse med hende? Det meste jeg har hørt om hende er at hun skulde have Ferie. – Vi havde jo et morsomt lille Besøg af Ruth og Per, det var i det gode Vejr, vi sad nede i Haven og drak Te og sludrede; Per sagde at Du havde flere Drenge i Ferien, saa havde Du nok haft travlt lille Bi. – Jaa saa Farvel og hav det godt til vi ses, jeg tænker 
+[Skrevet langs venstre kant s4:]
+jeg rejser, naar Lasse og Ursula har været hjemme en 
+[Skrevet på tværs øverst s1:]
+lille Tid, jeg ved endnu ikke om jeg kommer først til Kerteminde eller Lindøgaard.
+Hils Bedste og Lauritz; Masser af Hilsner og Kys til Dig søde Bibbe fra Rie. –</t>
   </si>
   <si>
     <t>1950-06-21</t>
   </si>
   <si>
     <t>Dræby
 Lindøgaard</t>
   </si>
   <si>
     <t>Småland
 Majenfors</t>
   </si>
   <si>
     <t>Christian  Brandstrup
 Eline  Brandstrup
 Wisie Brandt
 Frits Branner
 - Faksø
 Adam Goldschmidt
 Brita Goldschmidt
 Hans Iuel
 Thyra Iuel
 Grethe Jungstedt
 Kurt Jungstedt
 - Kruuse
@@ -14635,50 +15094,108 @@
 Fru A. Warberg Müller
 Puttabygget
 Majenfors
 Småland
 21-6-2000 BWP.
 Sverige
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen Danmark
 [I brevet:]
 Lindøgaard 21 Juni 1950
 Kære lille Dis!
 Nu har vi da aldrig Magen kendt! Sikken en Sending I skikker os fuld af alskens Gaver i saa rigt og overdaadigt Maal! Tusind Tak for hele Herligheden! Det blaa Tøj passer Agraren udmærket og er meget værdifuldt for os; den Slags Tøj har han jo kun paa en enkelt sjælden Gang, og han vil kunne have det i en Aarrække. Den hvide Trøje passer ham fuldendt, den anden ogsaa helt godt – men kan Axel da ikke passe det mere, siden han skiller sig ved det? Og Sagerne til mig! Tusind Tak for baade Trøje og Blok og Fotografier! Hvorfor er din Svigerm. dog saa god ved mig? hvor finder hun paa at sende mig saadanne dejlige Trøjer? er hun handlende? Men Tak hende saa meget fra mig. Og saa de dejlige Mord-Romaner! Hvor er det dog mærkeligt, som det forekommer èn at være en Hvile med saadanne i Virkeligheden ganske værdiløse Bøger. Det er saa længe siden, jeg har haft den Slags i Hænde, saa jeg læste dem øjeblikkeligt alle 4 – og er nu mættet og styrket til anden Slags Arbejde. Fra Agraren skal jeg takke saa meget. For Tiden naar han kun Fyens Venstreblad, mere Læsetid levner Landbruget ham ikke, men til Vinter bliver det Læsetid og saa er de uvurderlige for ham. 
 Og hvilket langt og indholdsrigt Brev, der dog fulgte med Herlighederne. Glade og gode Oplevelser. Aa, Dis hvor har det været skønt for dig at havde din kære Adam! Paa to halve Dage kan der jo naa’s meget. Havde Du nogen Fornemmelse af, hvordan det gaar ham med hans Ægteskab? Kan han nok stadig holde Brita ud, mon? Selvfølgelig kender han hende nu ud og ind efter saa mange Aars Ægteskab Lad os haabe, at hun har – for os – usynlige gode Egenskaber, vendt mod ham, ellers var det da ikke til at holde ud. En lille simpel Mær er hun jo, men forhaabentlig har hun lidt i Behold, som Du ikke faar Lejlighed til at se.
 Og Ib! Ja, det var sandelig ogsaa store og mere indgribende Nyheder. Gid det maa gaa for ham, det vilde være skønt baade for ham og Janna og derigennem for lille Nille. Men Dis, er Du ikke kommen til at skrive forkerte Tal ang. hans nuværende Indtægter 1200 Kr. + 300 Kr om Maaneden! Det lyder for mig ganske svimlende. Det er som hele Lindøgaards Omsætning hvoraf det allermeste gaar til Driftsomkostninger. Kan det passe? Svar paa dette! Og det skulde ikke kunne slaa til. I saa Fald maa de ikke rangere højt som Økonomer. 2 Jo, nu gaar det godt fremad med Knæet; jeg var forleden gaaende op til Hjørnet af Haven, hvor der endnu staar en Bænk, som jeg saa hvilede paa. Jeg kan ellers ikke ret godt taale at gaa i Haven, fordi den snart er et fuldkomment Vildnis; her er ikke Arbejdskraft nok paa Gaarden. Markerne og Dyrene passes Tip Top, men der bliver ikke Tid og Kraft til mere. Nu fik vi i Gaar Aftes en hel god Regn, hvad vi trængte saa umaadeligt ["t" i slutningen af ordet overstreget] til; der er dog ikke tale om Bundbløde, der er langt igen, men det vi fik frisker alligevel paa det Hele. Vi tager vore tidlige Kartofler op i disse Dage 4 Mand foruden Manse. Agraren kører Kasser ud og ind og vejer af. I Aftes var sanket 100 Kasser med 20 Kg. i hver. Saa kommer Fragtmanden om Morgenen og kører dem til Auktionen i Odense. Det er mægtig spændende, hvad vi faar for dem. det er lidt af et Lotterispil, hvad Prisen bliver. I Forgaars tabte Ruth sit Ur derude – hun hjælper ogsaa til al den Tid, hun kan afse fra Husgerningen, ivrig og sød er hun sandelig, den gode Ruth. Der var jo stor Sorg, og hun cyklede straks op til en Mand i Munkebo, som har en ualmindelig dygtig Schäferhund. Han kunde ikke komme sm. Dag, men først i Gaar. Efter 10 Minutters Søgen fandt den Uret! Ruth var lykkelig. Saa smed Manden sin Pung et Sted i Marken og snart efter kom Hunden med den. Saa sagde Manden til den: Kan Du saa gaa hen til Manden med den (Manse stod der) og straks travede den hen til Manse med den. Jeg har lige ringet Historien ud til Fyens Tidende, det var da det mindste, vi kunde gøre for ham, der er en Snedkermester Faksø; han blev selvfølgelig tilbudt Penge, men vilde ingen have. 
 Elle ringede forleden; hun havde haft Brev fra Mornine, som blandt andet skriver ”Dede var nok kun faa Dage paa Hospitalet, de vilde ikke operere ham” og ud over dette intet, hun maa jo mene, at Elle vidste om det. Det maa vel være hans Mavesaar, som det nu er bleven galt med igen. Bare han dog vilde være lidt forsigtig, men det vil han jo desværre ikke. 
 Dit Brev var dateret d. 15_de_, og det saa ud til at Kassen var sendt samme Dag; vi fik den d. 20_nde_! De er saa smølevorne paa Stationen, lader Pakkerne ligge til det passer dem at komme med dem; men du 3 kan da ikke forstaa, at du først nu hører fra mig. Gid I nu maa faa en god Tid deroppe i det vidunderlige Majenfors. Godt Vejr og en nogenlunde harmonisk -- naa ja, altsaa! 
 Hos Bibbes staar alt vel til, Drengen trives da godt, det er jo det vigtigste. Bibbe ringede i Aftes, de havde, ligesom vi, haft Torden og Regn, men hos os havde Regnen været mild og fin, hos dem havde en lang Byge været saa haard, at Kornet var slaaet ned; Laurits saa meget mistrøstig paa det, men der er da en svag Mulighed for, at det vil kunde rejse sig igen; hvis ikke er det jo en Katastrofe, naar det falder paa det Udviklingstrin det har nu, grønt og blødt. De var her for en Uges Tid siden, en Aften til Kaffe, Tinge og Grete kom ogsaa, og vi havde saadan en dejlig Aften; den lille Fyr sov i sin lille Kasse hele Tiden, vi saa ham slet ikke uden et lille sovende Overansigt; han bliver sat ind i Sovekamret, og der virker han alt, hvad han kan med sin lille Søvn. Laurits fortalte hele Aftenen om sin Rejse; han havde Kort med, saa vi fulgte Ruten og hørte om alle Oplevelser og Byerne og det hele. Han var saa glad den gode Laurits; jeg gad vide, om han ikke var lidt stolt over, at nu var det ham, der kunde fortælle om Udenlandsrejse, aa, hvor jeg undte ham det. i Hamborg havde de været i Sct. Pauli – eller hvad hed det, der hvor vi var m. gl. Thomsen. I det Forlystelsessted, hvor de havnede var det Skik, at en af Gæsterne blev valgt til at dirigere Orkestret (Sjov altsaa) Direktøren for Laurits’ Selskab havde peget paa Laur., og saa blev det ham, der maatte op og dirigere 2 Numre; de gjorde store Øjne over denne Kapacitet, det var Ting, som L. kendte og kunde ud og ind og han blev hyldet og fotograferet. 
 Jeg havde forleden et lille Formiddagsbesøg af Thyra Juel hun kom med den Bog, som Jørgen B. havde sendt hendes Mand – ikke som Gave, blot for at se den. Det var en hjemmelavet Bog fra T. Elines Bryllup, skrevet og illustreret af Joh. Kruuse el. 1 u? [”el.1 u?" indsat over linjen] og Holger Rützebæk, nydelige smaa Tegninger fra Lundsgd. et langt Digt om Sagnet om Jomfruhøjen m.m.m. Med den fulgte et langt brev fra Jørgen, servilt og meget svulmende. Jeg maatte grine! Og var ikke ret stolt af min Familie. Sagen var at T. Elise havde skrevet til ”Hr. Godsejeren” og bedt ham fortælle hende, om den endnu stod 4. stod et Navnetræk, som hendes Bror en Gang havde skaaret i et bestemt Træ; det gjorde der, og han svarede hende; paa hendes Svarbrev, som fulgte m. Bogen, kunde jeg se, at Juel maatte have inviteret hende; hun takkede ham for hans ”ridderlige” Brev, men hun rejste ikke mere, da hun er 86 Aar. Thyra var jo meget for dannet til – ligesom jeg – at grine over Jørgens Brev, men jeg kunde se, at hun gjorde det indvendig. Det var sødt af hende at komme og vise mig Bogen og [skrevet oven over linien:” Bogen og”] Brevet. Hun vil komme en Dag og hente mig derud, Agr. og Manse blev ogsaa inviteret derud, men de afslog. Pudsigt nok havde jeg laant hende Onkel Christians Erindringer, som jeg altid har syntes var fortræffelige, ogsaa fordi man af dem kan læse om en Haandværkssvends ”Gaaen paa Valsen” for 65 Aar Siden. X Hendes Mand havde ogsaa læst den med Interesse. 
 Mon du ved, at Grete og Kurt Jungstedt har lejet Værelser hos Fritz Branner, vist en 14 Dages Tid, Kurt vilde gerne lære Nordsjælland lidt at kende. Grete kommer til Elle paa Mandag for at være et Par Dage inden Kurt kommer. Dejligt for Elle. Marie og Uglen kommer til Malerens den første Halvdel af Juli, derefter kommer Putte og Mornine. Else venter et Barn omkring ved d. 20_nde_ August. Gud ved, om de dog er ret begejstrede, jeg synes ikke rigtig, jeg kan være det. Else er saa tynd og mager, og Puf med intet Levebrød. Gid det maa gaa dem vel, de gode Mennesker. 
 Marie kommer saa her sidste Halvdel af Juli, til August Englænderne. Har jeg skrevet om dem? – Tænk at man er lige ved Juli og skal sidde og fryse saadan, som jeg gør i Dag, det er lige haardt nok. Nu har jeg afhændet mine 12 Servietter til Kontrolassistenten, han var selv kommen i Tanker om, at det var for lidt, jeg havde forlangt, saa han betalte 12 Kr. for dem; saa har jeg altsaa tjent 17 Kr., ja ja, ”det spæ’er dog” som lille Visse Brandt sagde. 
 Nu faar du saa til Slut igen saa mange Tak til Jer begge to for alle de dejlige Gaver og tusinde Hilsner fra Junge.
 Ruth er stadig vældig sød, flink og renlig, altid saa behagelig af Væsen, men jeg er bange for, at hendes Mor vil have hende hjem til Vinter. 
 [S. 2 øv., skrevet på hovedet:]
 En myrdet Flue. Undskyld 
 [S. 4 i sidens venstre kant:] X Jeg lånte hende den, fordi jeg synes, den ligefrem dufter af Tranekær, hvor Thyra jo stammer fra.</t>
+  </si>
+  <si>
+    <t>1951-05-08</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Else Jensen
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Peter Andreas Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København. 
+Adolph og Johanne Christine Larsen ejede Lindøgaard ved Munkebo. 
+”Pax” var en restaurant på Sydstranden i Kerteminde ejet af Johannes Larsens venner Dagmar og Johan Due Nielsen. 
+Mille Fleurhøns er kendt for deres smukke udseende, hvilket har gjort dem populære som udstillingsfugle (Kilde: Internettet juli 2024). 
+Søstrene Christine Swane og Marie Larsen boede sammen i Christine Swanes hus i Birkerød, hvor Marie Larsen fungerede som husbestyrerinde. 
+I 1897 grundlagdes Dianalund (det nuværende Filadelfia). Koloniens formål er behandling til mennesker med epilepsi og psykiske sygdomme. Else Larsen fik det psykisk meget dårligt efter at have født sit fjerde barn, som kun levede få dage, og hun blev indlagt på Dianalund.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kørt med Johan/Lysse Larsen til København. På vejen hentede de æg af Mille fleur og dværgvagtler. 
+Else Jensen har kørt Johannes Larsen til hans søstre i Birkerød. Han har bestilt et sæt tøj.
+Andreas/Puf Larsen har hentet Else Larsen på Dianalund, og hun har det ikke godt. 
+På Båxhult har de 800 kalkunkyllinger. Peter Larsen er blevet optaget på Polyteknisk Læreanstalt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OauH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+P.T. Kastelsvej 23
+Kjøbenhavn
+Ø.
+[I brevet:]
+Kjøbenhavn 8 Maj 1951.
+Kære Grevinde.
+Forrige Mandag kørte jeg med Lysse og Bimse til Kjøbenhavn. Dagen efter kørte Lysse og jeg til Kjerteminde og Onsdag hentede Lysse en Pige paa Lindøgaard og saa kørte vi til Kjøbenhavn. På Vejen var vi hos Christiansen hvor Lysse fik nogle Mille fleuræg og Dværgvagtelæg og efter at vi havde faaet en Malurtbitter kørte vi til ”Pax” hvor Lysse saa Billederne, vi fik en Kreuterbitter og kørte videre. Vi var inde i Slaglille Kirke og kørte til Zoologisk Have. Torsdag kørte Else J.V. mig ud til mine Søstre i Birkerød. Nu har jeg faaet talt med en Del Mennesker her og været hos min Skræder og bestilt et Sæt Tøj, det bliver 100 Kr dyrere for hvert Aar. Paa Fredag rejser jeg hjem det er jo Pufs Fødselsdag paa Lørdag. Desværre er det vist ikke saa godt med Else. Puf hentede hende paa Dianalund og kørte nogle Dage med hende til Møen og skulde komme hjem til Kjerteminde om Aftenen den Dag Lysse og jeg kørte derfra. Da vi var i Birkerød havde han ringet og bedt dem sige til mig at jeg ikke maatte tage nogen med hjem, det lyder jo ikke saa godt, saa jeg er meget spændt paa hvordan det staar til, naar jeg kommer hjem.
+Mange Hilsener fra Din
+hengivne
+Johannes Larsen.
+P.S.
+Da vi rejste fra Båxhult var det ottende Kuld Kalkunkyllinger kommen saa der var ca 800. Peter havde været i Kjøbenhavn og var bleven antaget til at begynde paa polyteknisk Læreanstalt, hvor han skal læse til dansk Ingeniør.
+JL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -14755,59 +15272,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ipqg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJjS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cREO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NlB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EAPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7wTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xCq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oRsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6fIB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K73t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2x3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lco6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/920F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP6z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlSY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eP9r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQEk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vVbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Xzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pghm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eNAX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Quh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/81Ri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VlTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/itgc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qDbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6TTa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9hnz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Jy9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQAV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jk4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fz3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNNb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dnDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RmVV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ul3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KFPqIZGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1JK260Js" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qzw5bUrY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qhsXLWz3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aKEfQxsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HqPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZLAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ktbH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnDS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/su7M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAwS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f2vL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9IuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShNF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IrVatsz3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JhFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y9cV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BHw5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7Nk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HY1W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DbOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CT8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/906r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePC4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ial6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/do6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L5fC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TcPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZUJDzbQo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4zMTy9JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7akvRFjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bLBj0Lph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PLJi7Kb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aFrALJpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cEWFUJvd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hjju64Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ASOFrmNj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mRDJ3Tb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VRIEUfBN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/y2CSb9po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fdrb1Hkf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ITVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7g4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mBp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ask9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hMc63H8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zVxwP1xI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VrJAxjkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X9r0Y0yd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XBAiJvOP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsFEbfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GaciEtMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Swou2Xmq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/S8jCXUJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dp324dsz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VpIvkzD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qzetql1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XQrDomK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rtuLWr8u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pqBoCGx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FphN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9sJZVvFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TwDxraIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8x0S9i3M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OObaQWxD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/shwlgOFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lZyxnYPl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RGBE596E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QBx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JxKM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2Vh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3epsPqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MTQoZEHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kzeNagm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2tmzZbQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWo6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/59zsGGWk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H9iEauF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/joeE40wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zgu5go8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zL57Fkpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mpuY7w18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mcUJKL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YWYEZzRQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pX9kWJgB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fsG2myq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D7he" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HZWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Olvohlrh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JGRurXx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pPWDOE0k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dkj1WJML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MSRSPIyP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mByVKkF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fba1nWsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Bw2wKyB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c7JI9tFg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gUE7xLJu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E8Si" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RCdfidDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1dvy3zWa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LUwVCFiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rKPbWaK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pvviWR4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X7a9kwp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Rxz2IC2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v2zqXnnp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lvbKPgqF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/78nBKvC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VMhoFPMQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dw5MEcDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iME0s4ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3vInc6Kp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/08F9lP68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PaVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0bsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SOop" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VTML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6vQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6xM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jM2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gw5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/opAm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7BK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdBO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4LY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6H9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DDsy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ipqg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJjS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cREO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mtVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NlB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EAPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e5yq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7wTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xCq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oRsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HwZi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6fIB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K73t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2x3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lco6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/920F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP6z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlSY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eP9r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NbLt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQEk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vVbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Xzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pghm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eNAX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rZLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Quh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/81Ri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QMkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hUFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A71l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VlTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UlCF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/itgc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qDbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6TTa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9hnz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Jy9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQAV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jk4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fz3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qNNb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dnDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RmVV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cGG0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ul3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KFPqIZGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1JK260Js" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qzw5bUrY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qhsXLWz3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aKEfQxsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HqPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZLAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ktbH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnDS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/su7M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q5cfw0vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAwS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f2vL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9IuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShNF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IrVatsz3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JhFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y9cV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BHw5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7Nk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HY1W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DbOx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CT8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/906r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePC4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ial6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/do6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L5fC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TcPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZUJDzbQo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4zMTy9JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7akvRFjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bLBj0Lph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PLJi7Kb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aFrALJpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cEWFUJvd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hjju64Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ASOFrmNj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mRDJ3Tb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VRIEUfBN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/y2CSb9po" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fdrb1Hkf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ITVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7g4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mBp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ask9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hMc63H8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zVxwP1xI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VrJAxjkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X9r0Y0yd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XBAiJvOP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qsFEbfc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GaciEtMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uNd8BOlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DmiKFIGI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Swou2Xmq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/S8jCXUJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dp324dsz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VpIvkzD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qzetql1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XQrDomK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rtuLWr8u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pqBoCGx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/30GW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FphN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9sJZVvFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IhyuWxq8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/TwDxraIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8x0S9i3M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OObaQWxD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/shwlgOFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lZyxnYPl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RGBE596E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bv4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RsnD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QBx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JxKM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2Vh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3epsPqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MTQoZEHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kzeNagm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2tmzZbQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWo6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/59zsGGWk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H9iEauF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/joeE40wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zgu5go8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zL57Fkpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mpuY7w18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mcUJKL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YWYEZzRQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pX9kWJgB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fsG2myq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D7he" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HZWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Olvohlrh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JGRurXx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pPWDOE0k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dkj1WJML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MSRSPIyP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mByVKkF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fba1nWsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Bw2wKyB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c7JI9tFg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gUE7xLJu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E8Si" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RCdfidDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1dvy3zWa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LUwVCFiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rKPbWaK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pvviWR4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X7a9kwp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Rxz2IC2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v2zqXnnp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lvbKPgqF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/78nBKvC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VMhoFPMQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dw5MEcDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iME0s4ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3vInc6Kp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/08F9lP68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PaVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0bsg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SOop" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VTML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CJuc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6vQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6xM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jM2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gw5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/opAm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7BK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qdBO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z4LY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eT5B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6H9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DDsy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M484"/>
+  <dimension ref="A1:M494"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -16614,1423 +17131,1425 @@
       </c>
       <c r="I41" s="5" t="s">
         <v>286</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>287</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>288</v>
       </c>
       <c r="L41" s="6" t="s">
         <v>289</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>291</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>143</v>
+        <v>269</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>91</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="F42" s="5" t="s">
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="s">
         <v>293</v>
       </c>
-      <c r="G42" s="5" t="s">
+      <c r="I42" s="5" t="s">
         <v>294</v>
       </c>
-      <c r="H42" s="5" t="s">
+      <c r="J42" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="I42" s="5" t="s">
+      <c r="K42" s="5" t="s">
         <v>296</v>
       </c>
-      <c r="J42" s="5" t="s">
+      <c r="L42" s="6" t="s">
         <v>297</v>
       </c>
-      <c r="K42" s="5" t="s">
+      <c r="M42" s="5" t="s">
         <v>298</v>
-      </c>
-[...4 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>143</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>91</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>292</v>
-[...9 lines deleted...]
-        </is>
+        <v>300</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="G43" s="5" t="s">
+        <v>302</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>269</v>
+        <v>143</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>143</v>
+        <v>91</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>309</v>
+        <v>300</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
         <v>310</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>311</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>312</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>313</v>
       </c>
       <c r="L44" s="6" t="s">
         <v>314</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>316</v>
+        <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D45" s="5" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="F45" s="5" t="s">
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H45" s="5" t="s">
         <v>317</v>
       </c>
-      <c r="G45" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H45" s="5" t="s">
+      <c r="I45" s="5" t="s">
         <v>318</v>
       </c>
-      <c r="I45" s="5" t="s">
+      <c r="J45" s="5" t="s">
         <v>319</v>
       </c>
-      <c r="J45" s="5" t="s">
+      <c r="K45" s="5" t="s">
         <v>320</v>
       </c>
-      <c r="K45" s="5" t="s">
+      <c r="L45" s="6" t="s">
         <v>321</v>
       </c>
-      <c r="L45" s="6" t="s">
+      <c r="M45" s="5" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>324</v>
+        <v>316</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>14</v>
+        <v>323</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>143</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>91</v>
+        <v>269</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>292</v>
-[...4 lines deleted...]
-        </is>
+        <v>300</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>324</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
         <v>325</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>326</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>327</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>328</v>
       </c>
       <c r="L46" s="6" t="s">
         <v>329</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
         <v>331</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>143</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="E47" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E47" s="5" t="s">
+        <v>300</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
         <v>332</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>333</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>334</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>335</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>336</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
         <v>338</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>316</v>
+        <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>143</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="E48" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
         <v>339</v>
       </c>
-      <c r="F48" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H48" s="5" t="s">
+      <c r="I48" s="5" t="s">
         <v>340</v>
       </c>
-      <c r="I48" s="5" t="s">
+      <c r="J48" s="5" t="s">
         <v>341</v>
       </c>
-      <c r="J48" s="5" t="s">
+      <c r="K48" s="5" t="s">
         <v>342</v>
       </c>
-      <c r="K48" s="5" t="s">
+      <c r="L48" s="6" t="s">
         <v>343</v>
       </c>
-      <c r="L48" s="6" t="s">
+      <c r="M48" s="5" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="E49" s="5" t="s">
         <v>346</v>
       </c>
-      <c r="B49" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F49" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H49" s="5" t="s">
         <v>347</v>
       </c>
-      <c r="G49" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H49" s="5" t="s">
+      <c r="I49" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="I49" s="5" t="s">
+      <c r="J49" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="J49" s="5" t="s">
+      <c r="K49" s="5" t="s">
         <v>350</v>
       </c>
-      <c r="K49" s="5" t="s">
+      <c r="L49" s="6" t="s">
         <v>351</v>
       </c>
-      <c r="L49" s="6" t="s">
+      <c r="M49" s="5" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>143</v>
+        <v>91</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>91</v>
-[...9 lines deleted...]
-        </is>
+        <v>173</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>354</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
         <v>355</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>356</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>357</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>358</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>359</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>361</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>316</v>
+        <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>143</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="E51" s="5" t="s">
-[...3 lines deleted...]
-        <v>293</v>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
         <v>362</v>
       </c>
       <c r="I51" s="5" t="s">
         <v>363</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>364</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>365</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>366</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
         <v>368</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>14</v>
+        <v>323</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>369</v>
+        <v>143</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>91</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>292</v>
-[...4 lines deleted...]
-        </is>
+        <v>300</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>301</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="I52" s="5" t="s">
         <v>370</v>
       </c>
-      <c r="I52" s="5" t="s">
+      <c r="J52" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="J52" s="5" t="s">
+      <c r="K52" s="5" t="s">
         <v>372</v>
       </c>
-      <c r="K52" s="5" t="s">
+      <c r="L52" s="6" t="s">
         <v>373</v>
       </c>
-      <c r="L52" s="6" t="s">
+      <c r="M52" s="5" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>269</v>
+        <v>376</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>143</v>
+        <v>91</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="F53" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="F53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H53" s="5" t="s">
         <v>377</v>
       </c>
-      <c r="G53" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H53" s="5" t="s">
+      <c r="I53" s="5" t="s">
         <v>378</v>
       </c>
-      <c r="I53" s="5" t="s">
+      <c r="J53" s="5" t="s">
         <v>379</v>
       </c>
-      <c r="J53" s="5" t="s">
+      <c r="K53" s="5" t="s">
         <v>380</v>
       </c>
-      <c r="K53" s="5" t="s">
+      <c r="L53" s="6" t="s">
         <v>381</v>
       </c>
-      <c r="L53" s="6" t="s">
+      <c r="M53" s="5" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H54" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="D54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="5" t="s">
+      <c r="I54" s="5" t="s">
         <v>386</v>
       </c>
-      <c r="F54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G54" s="5" t="s">
+      <c r="J54" s="5" t="s">
         <v>387</v>
       </c>
-      <c r="H54" s="5" t="s">
+      <c r="K54" s="5" t="s">
         <v>388</v>
       </c>
-      <c r="I54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>389</v>
       </c>
-      <c r="J54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K54" s="5" t="s">
+      <c r="M54" s="5" t="s">
         <v>390</v>
-      </c>
-[...4 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>16</v>
+        <v>392</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>143</v>
+        <v>15</v>
       </c>
       <c r="E55" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="F55" s="5" t="s">
         <v>17</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G55" s="5" t="s">
         <v>394</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>395</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>396</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>22</v>
+        <v>305</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>397</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>398</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
         <v>400</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G56" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G56" s="5" t="s">
+        <v>401</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="I56" s="5"/>
+        <v>402</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>403</v>
+      </c>
       <c r="J56" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="I57" s="5"/>
       <c r="J57" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>386</v>
+        <v>17</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>411</v>
-[...3 lines deleted...]
-      </c>
+        <v>413</v>
+      </c>
+      <c r="I58" s="5"/>
       <c r="J58" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>417</v>
+        <v>393</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G59" s="5" t="s">
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H59" s="5" t="s">
         <v>418</v>
       </c>
-      <c r="H59" s="5" t="s">
+      <c r="I59" s="5" t="s">
         <v>419</v>
       </c>
-      <c r="I59" s="5"/>
       <c r="J59" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K59" s="5" t="s">
         <v>420</v>
       </c>
       <c r="L59" s="6" t="s">
         <v>421</v>
       </c>
       <c r="M59" s="5" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
         <v>423</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D60" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="D60" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E60" s="5" t="s">
+        <v>424</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>425</v>
-[...1 lines deleted...]
-      <c r="I60" s="5" t="s">
         <v>426</v>
       </c>
+      <c r="I60" s="5"/>
       <c r="J60" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K60" s="5" t="s">
         <v>427</v>
       </c>
       <c r="L60" s="6" t="s">
         <v>428</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
         <v>430</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>143</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E61" s="5" t="s">
-        <v>293</v>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="s">
         <v>431</v>
       </c>
       <c r="H61" s="5" t="s">
         <v>432</v>
       </c>
       <c r="I61" s="5" t="s">
         <v>433</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>434</v>
       </c>
       <c r="L61" s="6" t="s">
         <v>435</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>437</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>143</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="s">
         <v>438</v>
       </c>
       <c r="H62" s="5" t="s">
         <v>439</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>440</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>441</v>
       </c>
       <c r="L62" s="6" t="s">
         <v>442</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
         <v>444</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="D63" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D63" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63" s="5" t="s">
-        <v>17</v>
+        <v>301</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G63" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G63" s="5" t="s">
+        <v>445</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="J63" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>451</v>
-[...1 lines deleted...]
-      <c r="I64" s="5"/>
+        <v>452</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>453</v>
+      </c>
       <c r="J64" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>16</v>
+        <v>143</v>
       </c>
       <c r="E65" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F65" s="5" t="s">
-        <v>18</v>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>456</v>
-[...3 lines deleted...]
-      </c>
+        <v>458</v>
+      </c>
+      <c r="I65" s="5"/>
       <c r="J65" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D66" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F66" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F66" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>462</v>
-[...1 lines deleted...]
-      <c r="I66" s="5"/>
+        <v>463</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>464</v>
+      </c>
       <c r="J66" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E67" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G67" s="5" t="s">
-        <v>467</v>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>468</v>
-[...1 lines deleted...]
-      <c r="I67" s="5" t="s">
         <v>469</v>
       </c>
+      <c r="I67" s="5"/>
       <c r="J67" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>470</v>
       </c>
       <c r="L67" s="6" t="s">
         <v>471</v>
       </c>
       <c r="M67" s="5" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
         <v>473</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D68" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="D68" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E68" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G68" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G68" s="5" t="s">
+        <v>474</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>474</v>
-[...1 lines deleted...]
-      <c r="I68" s="5"/>
+        <v>475</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>476</v>
+      </c>
       <c r="J68" s="5" t="s">
-        <v>475</v>
+        <v>22</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>16</v>
+        <v>143</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>91</v>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="I69" s="5" t="s">
         <v>481</v>
       </c>
+      <c r="I69" s="5"/>
       <c r="J69" s="5" t="s">
-        <v>22</v>
+        <v>482</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D70" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="D70" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="5" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-        <v>293</v>
+        <v>17</v>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
         <v>487</v>
       </c>
-      <c r="I70" s="5"/>
+      <c r="I70" s="5" t="s">
+        <v>488</v>
+      </c>
       <c r="J70" s="5" t="s">
-        <v>488</v>
+        <v>22</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>489</v>
       </c>
       <c r="L70" s="6" t="s">
         <v>490</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
         <v>492</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>16</v>
+        <v>143</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>143</v>
+        <v>91</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>386</v>
-[...4 lines deleted...]
-        </is>
+        <v>493</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>301</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="I71" s="5" t="s">
         <v>494</v>
       </c>
+      <c r="I71" s="5"/>
       <c r="J71" s="5" t="s">
-        <v>22</v>
+        <v>495</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>17</v>
+        <v>393</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G72" s="5" t="s">
-        <v>499</v>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H72" s="5" t="s">
         <v>500</v>
       </c>
-      <c r="I72" s="5"/>
+      <c r="I72" s="5" t="s">
+        <v>501</v>
+      </c>
       <c r="J72" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>506</v>
-[...1 lines deleted...]
-      <c r="I73" s="5" t="s">
         <v>507</v>
       </c>
+      <c r="I73" s="5"/>
       <c r="J73" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K73" s="5" t="s">
         <v>508</v>
       </c>
       <c r="L73" s="6" t="s">
         <v>509</v>
       </c>
       <c r="M73" s="5" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
         <v>511</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>143</v>
@@ -18059,6934 +18578,6940 @@
         <v>515</v>
       </c>
       <c r="L74" s="6" t="s">
         <v>516</v>
       </c>
       <c r="M74" s="5" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
         <v>518</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E75" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F75" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G75" s="5" t="s">
+        <v>519</v>
       </c>
       <c r="H75" s="5" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="J75" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>525</v>
+        <v>16</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>385</v>
+        <v>143</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F76" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G76" s="5" t="s">
+      <c r="F76" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H76" s="5" t="s">
         <v>526</v>
       </c>
-      <c r="H76" s="5" t="s">
+      <c r="I76" s="5" t="s">
         <v>527</v>
       </c>
-      <c r="I76" s="5" t="s">
+      <c r="J76" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K76" s="5" t="s">
         <v>528</v>
       </c>
-      <c r="J76" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K76" s="5" t="s">
+      <c r="L76" s="6" t="s">
         <v>529</v>
       </c>
-      <c r="L76" s="6" t="s">
+      <c r="M76" s="5" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>16</v>
+        <v>532</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>143</v>
+        <v>392</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G77" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G77" s="5" t="s">
+        <v>533</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>22</v>
+        <v>305</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E78" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F78" s="5" t="s">
-        <v>18</v>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F79" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="J79" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E80" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F80" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F80" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="J80" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="J81" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F82" s="5" t="s">
-        <v>18</v>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>563</v>
-[...1 lines deleted...]
-      <c r="I82" s="5"/>
+        <v>564</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>565</v>
+      </c>
       <c r="J82" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F83" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="I83" s="5"/>
       <c r="J83" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E84" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F84" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="I84" s="5"/>
       <c r="J84" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>578</v>
+        <v>16</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>579</v>
+        <v>143</v>
       </c>
       <c r="E85" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H85" s="5" t="s">
         <v>580</v>
       </c>
-      <c r="F85" s="5" t="s">
+      <c r="I85" s="5"/>
+      <c r="J85" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K85" s="5" t="s">
         <v>581</v>
       </c>
-      <c r="G85" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H85" s="5" t="s">
+      <c r="L85" s="6" t="s">
         <v>582</v>
       </c>
-      <c r="I85" s="5" t="s">
+      <c r="M85" s="5" t="s">
         <v>583</v>
-      </c>
-[...10 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>16</v>
+        <v>585</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>143</v>
+        <v>586</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      <c r="G86" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="s">
         <v>589</v>
       </c>
-      <c r="H86" s="5" t="s">
+      <c r="I86" s="5" t="s">
         <v>590</v>
       </c>
-      <c r="I86" s="5"/>
       <c r="J86" s="5" t="s">
-        <v>22</v>
+        <v>591</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>385</v>
+        <v>143</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G87" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G87" s="5" t="s">
+        <v>596</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>595</v>
-[...3 lines deleted...]
-      </c>
+        <v>597</v>
+      </c>
+      <c r="I87" s="5"/>
       <c r="J87" s="5" t="s">
-        <v>597</v>
+        <v>22</v>
       </c>
       <c r="K87" s="5" t="s">
         <v>598</v>
       </c>
       <c r="L87" s="6" t="s">
         <v>599</v>
       </c>
       <c r="M87" s="5" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
         <v>601</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>143</v>
+        <v>392</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
         <v>602</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>603</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>22</v>
+        <v>604</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D89" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="D89" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E89" s="5" t="s">
-        <v>293</v>
+        <v>17</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G89" s="5" t="s">
-        <v>608</v>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H89" s="5" t="s">
         <v>609</v>
       </c>
-      <c r="I89" s="5"/>
+      <c r="I89" s="5" t="s">
+        <v>610</v>
+      </c>
       <c r="J89" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="D90" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D90" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E90" s="5" t="s">
-        <v>17</v>
+        <v>301</v>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G90" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G90" s="5" t="s">
+        <v>615</v>
       </c>
       <c r="H90" s="5" t="s">
-        <v>614</v>
-[...3 lines deleted...]
-      </c>
+        <v>616</v>
+      </c>
+      <c r="I90" s="5"/>
       <c r="J90" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>173</v>
+        <v>143</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>620</v>
-[...1 lines deleted...]
-      <c r="F91" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H91" s="5" t="s">
         <v>621</v>
       </c>
-      <c r="G91" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H91" s="5" t="s">
+      <c r="I91" s="5" t="s">
         <v>622</v>
       </c>
-      <c r="I91" s="5" t="s">
+      <c r="J91" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K91" s="5" t="s">
         <v>623</v>
       </c>
-      <c r="J91" s="5" t="s">
+      <c r="L91" s="6" t="s">
         <v>624</v>
       </c>
-      <c r="K91" s="5" t="s">
+      <c r="M91" s="5" t="s">
         <v>625</v>
-      </c>
-[...4 lines deleted...]
-        <v>627</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="D92" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>628</v>
+      </c>
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H92" s="5" t="s">
         <v>629</v>
       </c>
-      <c r="E92" s="5" t="s">
-[...10 lines deleted...]
-      <c r="H92" s="5" t="s">
+      <c r="I92" s="5" t="s">
         <v>630</v>
       </c>
-      <c r="I92" s="5"/>
       <c r="J92" s="5" t="s">
-        <v>297</v>
+        <v>631</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>143</v>
+        <v>636</v>
       </c>
       <c r="E93" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F93" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F93" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>635</v>
-[...3 lines deleted...]
-      </c>
+        <v>637</v>
+      </c>
+      <c r="I93" s="5"/>
       <c r="J93" s="5" t="s">
-        <v>22</v>
+        <v>305</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>647</v>
+        <v>16</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>648</v>
+        <v>143</v>
       </c>
       <c r="E95" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="I95" s="5" t="s">
         <v>649</v>
       </c>
-      <c r="I95" s="5"/>
       <c r="J95" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K95" s="5" t="s">
         <v>650</v>
       </c>
-      <c r="K95" s="5" t="s">
+      <c r="L95" s="6" t="s">
         <v>651</v>
       </c>
-      <c r="L95" s="6" t="s">
+      <c r="M95" s="5" t="s">
         <v>652</v>
-      </c>
-[...1 lines deleted...]
-        <v>653</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>654</v>
+        <v>653</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>16</v>
+        <v>654</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>143</v>
+        <v>655</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G96" s="5" t="s">
-        <v>655</v>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H96" s="5" t="s">
         <v>656</v>
       </c>
-      <c r="I96" s="5" t="s">
+      <c r="I96" s="5"/>
+      <c r="J96" s="5" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>658</v>
       </c>
       <c r="L96" s="6" t="s">
         <v>659</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
         <v>661</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D97" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="D97" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E97" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G97" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G97" s="5" t="s">
+        <v>662</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="D98" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D98" s="5" t="s">
-[...6 lines deleted...]
-        <v>293</v>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="J98" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>16</v>
+        <v>143</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>674</v>
+        <v>301</v>
+      </c>
+      <c r="G99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H99" s="5" t="s">
         <v>675</v>
       </c>
       <c r="I99" s="5" t="s">
         <v>676</v>
       </c>
       <c r="J99" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K99" s="5" t="s">
         <v>677</v>
       </c>
       <c r="L99" s="6" t="s">
         <v>678</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
         <v>680</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D100" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D100" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E100" s="5" t="s">
-        <v>394</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>401</v>
       </c>
       <c r="G100" s="5" t="s">
         <v>681</v>
       </c>
       <c r="H100" s="5" t="s">
         <v>682</v>
       </c>
       <c r="I100" s="5" t="s">
         <v>683</v>
       </c>
       <c r="J100" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>684</v>
       </c>
       <c r="L100" s="6" t="s">
         <v>685</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
         <v>687</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="D101" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E101" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G101" s="5" t="s">
         <v>688</v>
       </c>
-      <c r="E101" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F101" s="5" t="s">
+      <c r="H101" s="5" t="s">
         <v>689</v>
       </c>
-      <c r="G101" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H101" s="5" t="s">
+      <c r="I101" s="5" t="s">
         <v>690</v>
       </c>
-      <c r="I101" s="5" t="s">
+      <c r="J101" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K101" s="5" t="s">
         <v>691</v>
       </c>
-      <c r="J101" s="5" t="s">
+      <c r="L101" s="6" t="s">
         <v>692</v>
       </c>
-      <c r="K101" s="5" t="s">
+      <c r="M101" s="5" t="s">
         <v>693</v>
-      </c>
-[...4 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>695</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>696</v>
+      </c>
+      <c r="J102" s="5" t="s">
         <v>697</v>
       </c>
-      <c r="D102" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H102" s="5" t="s">
+      <c r="K102" s="5" t="s">
         <v>698</v>
       </c>
-      <c r="I102" s="5" t="s">
+      <c r="L102" s="6" t="s">
         <v>699</v>
       </c>
-      <c r="J102" s="5" t="s">
+      <c r="M102" s="5" t="s">
         <v>700</v>
-      </c>
-[...7 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>91</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>702</v>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F103" s="5" t="s">
-        <v>145</v>
+        <v>703</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="I103" s="5" t="s">
         <v>705</v>
       </c>
-      <c r="I103" s="5" t="s">
+      <c r="J103" s="5" t="s">
         <v>706</v>
       </c>
-      <c r="J103" s="5" t="s">
+      <c r="K103" s="5" t="s">
         <v>707</v>
       </c>
-      <c r="K103" s="5" t="s">
+      <c r="L103" s="6" t="s">
         <v>708</v>
       </c>
-      <c r="L103" s="6" t="s">
+      <c r="M103" s="5" t="s">
         <v>709</v>
-      </c>
-[...1 lines deleted...]
-        <v>710</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="D104" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="D104" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E104" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="F104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H104" s="5" t="s">
         <v>712</v>
       </c>
-      <c r="F104" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H104" s="5" t="s">
+      <c r="I104" s="5" t="s">
         <v>713</v>
       </c>
-      <c r="I104" s="5" t="s">
+      <c r="J104" s="5" t="s">
         <v>714</v>
       </c>
-      <c r="J104" s="5" t="s">
+      <c r="K104" s="5" t="s">
         <v>715</v>
       </c>
-      <c r="K104" s="5" t="s">
+      <c r="L104" s="6" t="s">
         <v>716</v>
       </c>
-      <c r="L104" s="6" t="s">
+      <c r="M104" s="5" t="s">
         <v>717</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>91</v>
+        <v>719</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>688</v>
-[...4 lines deleted...]
-      <c r="F105" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H105" s="5" t="s">
         <v>720</v>
       </c>
-      <c r="G105" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H105" s="5" t="s">
+      <c r="I105" s="5" t="s">
         <v>721</v>
       </c>
-      <c r="I105" s="5" t="s">
+      <c r="J105" s="5" t="s">
         <v>722</v>
       </c>
-      <c r="J105" s="5" t="s">
+      <c r="K105" s="5" t="s">
         <v>723</v>
       </c>
-      <c r="K105" s="5" t="s">
+      <c r="L105" s="6" t="s">
         <v>724</v>
       </c>
-      <c r="L105" s="6" t="s">
+      <c r="M105" s="5" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>629</v>
+        <v>90</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F106" s="5" t="s">
-        <v>18</v>
+        <v>145</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="I106" s="5" t="s">
         <v>728</v>
       </c>
-      <c r="I106" s="5" t="s">
+      <c r="J106" s="5" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>730</v>
       </c>
       <c r="L106" s="6" t="s">
         <v>731</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
         <v>733</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>143</v>
+        <v>91</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>91</v>
-[...4 lines deleted...]
-        </is>
+        <v>702</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>734</v>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>741</v>
+        <v>91</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>629</v>
+        <v>702</v>
       </c>
       <c r="E108" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="F108" s="5" t="s">
         <v>742</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
         <v>743</v>
       </c>
       <c r="I108" s="5" t="s">
         <v>744</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>297</v>
+        <v>745</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>143</v>
+        <v>636</v>
       </c>
       <c r="E109" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F109" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F109" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>749</v>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H109" s="5" t="s">
         <v>750</v>
       </c>
       <c r="I109" s="5" t="s">
         <v>751</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>22</v>
+        <v>591</v>
       </c>
       <c r="K109" s="5" t="s">
         <v>752</v>
       </c>
       <c r="L109" s="6" t="s">
         <v>753</v>
       </c>
       <c r="M109" s="5" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
         <v>755</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>15</v>
+        <v>143</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>629</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>91</v>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
         <v>756</v>
       </c>
       <c r="I110" s="5" t="s">
         <v>757</v>
       </c>
       <c r="J110" s="5" t="s">
         <v>758</v>
       </c>
       <c r="K110" s="5" t="s">
         <v>759</v>
       </c>
       <c r="L110" s="6" t="s">
         <v>760</v>
       </c>
       <c r="M110" s="5" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
         <v>762</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>16</v>
+        <v>763</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>143</v>
+        <v>636</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>17</v>
+        <v>764</v>
       </c>
       <c r="F111" s="5" t="s">
-        <v>293</v>
+        <v>18</v>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>22</v>
+        <v>305</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G112" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G112" s="5" t="s">
+        <v>771</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="J112" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>688</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="E113" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F113" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>776</v>
-[...5 lines deleted...]
-        </is>
+        <v>778</v>
+      </c>
+      <c r="I113" s="5" t="s">
+        <v>779</v>
+      </c>
+      <c r="J113" s="5" t="s">
+        <v>780</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>778</v>
-[...1 lines deleted...]
-      <c r="M113" s="5"/>
+        <v>782</v>
+      </c>
+      <c r="M113" s="5" t="s">
+        <v>783</v>
+      </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>688</v>
-[...14 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E114" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F114" s="5" t="s">
+        <v>301</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>780</v>
-[...10 lines deleted...]
-        </is>
+        <v>785</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="J114" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K114" s="5" t="s">
+        <v>787</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>781</v>
-[...1 lines deleted...]
-      <c r="M114" s="5"/>
+        <v>788</v>
+      </c>
+      <c r="M114" s="5" t="s">
+        <v>789</v>
+      </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>782</v>
+        <v>790</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>688</v>
+        <v>16</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>269</v>
+        <v>143</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>621</v>
+        <v>17</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>783</v>
+        <v>791</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>785</v>
+        <v>22</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>702</v>
+      </c>
+      <c r="D116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>790</v>
-[...5 lines deleted...]
-        <v>297</v>
+        <v>798</v>
+      </c>
+      <c r="I116" s="5"/>
+      <c r="J116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K116" s="5" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>793</v>
-[...3 lines deleted...]
-      </c>
+        <v>800</v>
+      </c>
+      <c r="M116" s="5"/>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>796</v>
+        <v>702</v>
+      </c>
+      <c r="D117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G117" s="5" t="s">
-        <v>797</v>
+      <c r="G117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>798</v>
-[...8 lines deleted...]
-        <v>800</v>
+        <v>802</v>
+      </c>
+      <c r="I117" s="5"/>
+      <c r="J117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L117" s="6" t="s">
-        <v>801</v>
-[...3 lines deleted...]
-      </c>
+        <v>803</v>
+      </c>
+      <c r="M117" s="5"/>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>16</v>
+        <v>702</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-        </is>
+        <v>269</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>628</v>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>804</v>
-[...1 lines deleted...]
-      <c r="I118" s="5"/>
+        <v>805</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>806</v>
+      </c>
       <c r="J118" s="5" t="s">
-        <v>22</v>
+        <v>807</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>809</v>
+        <v>15</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>269</v>
-[...9 lines deleted...]
-        </is>
+        <v>636</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H119" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H119" s="5" t="s">
+        <v>812</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>811</v>
+        <v>305</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>796</v>
+        <v>818</v>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="H120" s="5" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="I120" s="5" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="J120" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>647</v>
+        <v>16</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>648</v>
-[...2 lines deleted...]
-        <v>823</v>
+        <v>143</v>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H121" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H121" s="5" t="s">
+        <v>826</v>
       </c>
       <c r="I121" s="5"/>
       <c r="J121" s="5" t="s">
-        <v>824</v>
+        <v>22</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>829</v>
+        <v>231</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>91</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>15</v>
+        <v>839</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>629</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>269</v>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H123" s="5" t="s">
-        <v>838</v>
+      <c r="H123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I123" s="5" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>297</v>
+        <v>841</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>844</v>
+        <v>16</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>385</v>
+        <v>143</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>386</v>
-[...7 lines deleted...]
-        </is>
+        <v>818</v>
+      </c>
+      <c r="F124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G124" s="5" t="s">
+        <v>846</v>
       </c>
       <c r="H124" s="5" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="J124" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>16</v>
+        <v>654</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>143</v>
+        <v>655</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H125" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I125" s="5"/>
       <c r="J125" s="5" t="s">
-        <v>22</v>
+        <v>854</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>16</v>
+        <v>859</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>143</v>
+        <v>91</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>18</v>
+        <v>860</v>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G126" s="5" t="s">
-        <v>858</v>
+      <c r="G126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>22</v>
+        <v>863</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>143</v>
+        <v>636</v>
       </c>
       <c r="E127" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F127" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F127" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>865</v>
+      <c r="G127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>22</v>
+        <v>305</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>269</v>
+        <v>874</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>91</v>
-[...4 lines deleted...]
-        </is>
+        <v>392</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>393</v>
       </c>
       <c r="F128" s="5" t="s">
-        <v>872</v>
+        <v>17</v>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>875</v>
+        <v>22</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>688</v>
+        <v>16</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>261</v>
+        <v>143</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-        <v>880</v>
+        <v>881</v>
+      </c>
+      <c r="F129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>883</v>
+        <v>22</v>
       </c>
       <c r="K129" s="5" t="s">
         <v>884</v>
       </c>
       <c r="L129" s="6" t="s">
         <v>885</v>
       </c>
       <c r="M129" s="5" t="s">
         <v>886</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
         <v>887</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E130" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G130" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G130" s="5" t="s">
+        <v>888</v>
       </c>
       <c r="H130" s="5" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="J130" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D131" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>851</v>
+        <v>18</v>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="H131" s="5" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="J131" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>688</v>
+        <v>269</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>901</v>
+        <v>91</v>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F132" s="5" t="s">
         <v>902</v>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
         <v>903</v>
       </c>
       <c r="I132" s="5" t="s">
         <v>904</v>
       </c>
       <c r="J132" s="5" t="s">
         <v>905</v>
       </c>
       <c r="K132" s="5" t="s">
         <v>906</v>
       </c>
       <c r="L132" s="6" t="s">
         <v>907</v>
       </c>
       <c r="M132" s="5" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
         <v>909</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>647</v>
+        <v>702</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>648</v>
+        <v>261</v>
       </c>
       <c r="E133" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="F133" s="5" t="s">
         <v>910</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
         <v>911</v>
       </c>
-      <c r="I133" s="5"/>
+      <c r="I133" s="5" t="s">
+        <v>912</v>
+      </c>
       <c r="J133" s="5" t="s">
-        <v>824</v>
+        <v>913</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>688</v>
+        <v>16</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>261</v>
+        <v>143</v>
       </c>
       <c r="E134" s="5" t="s">
-        <v>916</v>
-[...4 lines deleted...]
-      <c r="G134" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H134" s="5" t="s">
         <v>918</v>
       </c>
-      <c r="H134" s="5" t="s">
+      <c r="I134" s="5" t="s">
         <v>919</v>
       </c>
-      <c r="I134" s="5" t="s">
+      <c r="J134" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K134" s="5" t="s">
         <v>920</v>
       </c>
-      <c r="J134" s="5" t="s">
+      <c r="L134" s="6" t="s">
         <v>921</v>
       </c>
-      <c r="K134" s="5" t="s">
+      <c r="M134" s="5" t="s">
         <v>922</v>
-      </c>
-[...4 lines deleted...]
-        <v>924</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>925</v>
+        <v>923</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>688</v>
+        <v>16</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>269</v>
+        <v>143</v>
       </c>
       <c r="E135" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="F135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G135" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="H135" s="5" t="s">
+        <v>925</v>
+      </c>
+      <c r="I135" s="5" t="s">
         <v>926</v>
       </c>
-      <c r="F135" s="5" t="s">
+      <c r="J135" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K135" s="5" t="s">
         <v>927</v>
       </c>
-      <c r="G135" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H135" s="5" t="s">
+      <c r="L135" s="6" t="s">
         <v>928</v>
       </c>
-      <c r="I135" s="5" t="s">
+      <c r="M135" s="5" t="s">
         <v>929</v>
       </c>
-      <c r="J135" s="5" t="s">
+    </row>
+    <row r="136">
+      <c r="A136" s="5" t="s">
         <v>930</v>
-      </c>
-[...12 lines deleted...]
-        <v>1905</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>647</v>
+        <v>702</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>648</v>
-[...9 lines deleted...]
-        </is>
+        <v>269</v>
+      </c>
+      <c r="E136" s="5" t="s">
+        <v>931</v>
+      </c>
+      <c r="F136" s="5" t="s">
+        <v>932</v>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
+        <v>933</v>
+      </c>
+      <c r="I136" s="5" t="s">
         <v>934</v>
       </c>
-      <c r="I136" s="5"/>
       <c r="J136" s="5" t="s">
         <v>935</v>
       </c>
       <c r="K136" s="5" t="s">
         <v>936</v>
       </c>
       <c r="L136" s="6" t="s">
         <v>937</v>
       </c>
       <c r="M136" s="5" t="s">
         <v>938</v>
       </c>
     </row>
     <row r="137">
-      <c r="A137" s="5" t="n">
-        <v>1905</v>
+      <c r="A137" s="5" t="s">
+        <v>939</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>939</v>
-[...4 lines deleted...]
-        </is>
+        <v>940</v>
+      </c>
+      <c r="F137" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>934</v>
+        <v>941</v>
       </c>
       <c r="I137" s="5"/>
       <c r="J137" s="5" t="s">
-        <v>650</v>
+        <v>854</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>15</v>
+        <v>702</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>629</v>
+        <v>261</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>17</v>
+        <v>946</v>
       </c>
       <c r="F138" s="5" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="G138" s="5" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="H138" s="5" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>584</v>
+        <v>951</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>688</v>
+        <v>702</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="F139" s="5" t="s">
-        <v>902</v>
+        <v>957</v>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="I139" s="5" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>956</v>
+        <v>962</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>957</v>
+        <v>963</v>
       </c>
     </row>
     <row r="140">
-      <c r="A140" s="5" t="s">
-        <v>958</v>
+      <c r="A140" s="5" t="n">
+        <v>1905</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>15</v>
+        <v>654</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>629</v>
-[...8 lines deleted...]
-        <v>959</v>
+        <v>655</v>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>960</v>
-[...3 lines deleted...]
-      </c>
+        <v>964</v>
+      </c>
+      <c r="I140" s="5"/>
       <c r="J140" s="5" t="s">
-        <v>297</v>
+        <v>965</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
     </row>
     <row r="141">
-      <c r="A141" s="5" t="s">
-        <v>965</v>
+      <c r="A141" s="5" t="n">
+        <v>1905</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>688</v>
+        <v>654</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>269</v>
+        <v>655</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>966</v>
-[...2 lines deleted...]
-        <v>902</v>
+        <v>969</v>
+      </c>
+      <c r="F141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>967</v>
-[...3 lines deleted...]
-      </c>
+        <v>964</v>
+      </c>
+      <c r="I141" s="5"/>
       <c r="J141" s="5" t="s">
-        <v>969</v>
+        <v>657</v>
       </c>
       <c r="K141" s="5" t="s">
         <v>970</v>
       </c>
       <c r="L141" s="6" t="s">
         <v>971</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>15</v>
+        <v>973</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>629</v>
+        <v>91</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>943</v>
+        <v>974</v>
+      </c>
+      <c r="F142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>974</v>
-[...1 lines deleted...]
-      <c r="I142" s="5"/>
+        <v>975</v>
+      </c>
+      <c r="I142" s="5" t="s">
+        <v>976</v>
+      </c>
       <c r="J142" s="5" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>688</v>
+        <v>15</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>269</v>
+        <v>636</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>980</v>
+        <v>17</v>
       </c>
       <c r="F143" s="5" t="s">
-        <v>902</v>
-[...4 lines deleted...]
-        </is>
+        <v>982</v>
+      </c>
+      <c r="G143" s="5" t="s">
+        <v>983</v>
       </c>
       <c r="H143" s="5" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>983</v>
+        <v>591</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>15</v>
+        <v>702</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>629</v>
+        <v>261</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>17</v>
+        <v>990</v>
       </c>
       <c r="F144" s="5" t="s">
-        <v>943</v>
-[...2 lines deleted...]
-        <v>988</v>
+        <v>932</v>
+      </c>
+      <c r="G144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>741</v>
+        <v>15</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="E145" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F145" s="5" t="s">
-        <v>943</v>
+        <v>982</v>
       </c>
       <c r="G145" s="5" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="H145" s="5" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>991</v>
+        <v>305</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>15</v>
+        <v>702</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>629</v>
+        <v>269</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>17</v>
+        <v>1005</v>
       </c>
       <c r="F146" s="5" t="s">
-        <v>943</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>932</v>
+      </c>
+      <c r="G146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="I146" s="5" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="J146" s="5" t="s">
-        <v>297</v>
+        <v>1008</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>1009</v>
+        <v>15</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>742</v>
+        <v>17</v>
       </c>
       <c r="F147" s="5" t="s">
-        <v>943</v>
-[...2 lines deleted...]
-        <v>1010</v>
+        <v>982</v>
+      </c>
+      <c r="G147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>1011</v>
-[...3 lines deleted...]
-      </c>
+        <v>1013</v>
+      </c>
+      <c r="I147" s="5"/>
       <c r="J147" s="5" t="s">
-        <v>584</v>
+        <v>1014</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>91</v>
+        <v>702</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>688</v>
-[...4 lines deleted...]
-        </is>
+        <v>269</v>
+      </c>
+      <c r="E148" s="5" t="s">
+        <v>1019</v>
       </c>
       <c r="F148" s="5" t="s">
-        <v>1017</v>
+        <v>932</v>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>688</v>
+        <v>15</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>269</v>
+        <v>636</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>1025</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F149" s="5" t="s">
+        <v>982</v>
+      </c>
+      <c r="G149" s="5" t="s">
+        <v>1027</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1026</v>
-[...1 lines deleted...]
-      <c r="I149" s="5"/>
+        <v>1028</v>
+      </c>
+      <c r="I149" s="5" t="s">
+        <v>1029</v>
+      </c>
       <c r="J149" s="5" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>15</v>
+        <v>763</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>385</v>
+        <v>636</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>486</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F150" s="5" t="s">
+        <v>982</v>
+      </c>
+      <c r="G150" s="5" t="s">
+        <v>1035</v>
       </c>
       <c r="H150" s="5" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>741</v>
+        <v>15</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="E151" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F151" s="5" t="s">
-        <v>1039</v>
-[...4 lines deleted...]
-        </is>
+        <v>982</v>
+      </c>
+      <c r="G151" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>1046</v>
+        <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>17</v>
+        <v>764</v>
       </c>
       <c r="F152" s="5" t="s">
-        <v>1039</v>
-[...4 lines deleted...]
-        </is>
+        <v>982</v>
+      </c>
+      <c r="G152" s="5" t="s">
+        <v>1049</v>
       </c>
       <c r="H152" s="5" t="s">
-        <v>809</v>
+        <v>1050</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>297</v>
+        <v>591</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>702</v>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F153" s="5" t="s">
-        <v>1025</v>
+        <v>1056</v>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>22</v>
+        <v>1059</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>16</v>
+        <v>702</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>143</v>
+        <v>269</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>17</v>
+        <v>1064</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G154" s="5" t="s">
-        <v>1059</v>
+      <c r="G154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1060</v>
-[...3 lines deleted...]
-      </c>
+        <v>1065</v>
+      </c>
+      <c r="I154" s="5"/>
       <c r="J154" s="5" t="s">
-        <v>22</v>
+        <v>1066</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>143</v>
+        <v>15</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>392</v>
+      </c>
+      <c r="E155" s="5" t="s">
+        <v>493</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1066</v>
+        <v>1071</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>1067</v>
+        <v>1072</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>22</v>
+        <v>1073</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1070</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1065</v>
+        <v>1077</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>143</v>
+        <v>763</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>16</v>
+        <v>636</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>1025</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F156" s="5" t="s">
+        <v>1078</v>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1071</v>
+        <v>1079</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>1072</v>
+        <v>1080</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>22</v>
+        <v>305</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1073</v>
+        <v>1081</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1074</v>
+        <v>1082</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1075</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1076</v>
+        <v>1084</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>14</v>
+        <v>1085</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>16</v>
+        <v>1086</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>143</v>
+        <v>636</v>
       </c>
       <c r="E157" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F157" s="5" t="s">
-        <v>1025</v>
+        <v>1078</v>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1077</v>
+        <v>839</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>1078</v>
+        <v>1087</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>22</v>
+        <v>305</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1079</v>
+        <v>1088</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1080</v>
+        <v>1089</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1081</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1082</v>
+        <v>1091</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D158" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E158" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F158" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F158" s="5" t="s">
+        <v>1064</v>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1083</v>
+        <v>1092</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>1084</v>
+        <v>1093</v>
       </c>
       <c r="J158" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1085</v>
+        <v>1094</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1086</v>
+        <v>1095</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1087</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1088</v>
+        <v>1097</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D159" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E159" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F159" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G159" s="5" t="s">
+        <v>1098</v>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1089</v>
+        <v>1099</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1090</v>
+        <v>1100</v>
       </c>
       <c r="J159" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1091</v>
+        <v>1101</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1092</v>
+        <v>1102</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1093</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1094</v>
+        <v>1104</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>91</v>
+        <v>143</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1095</v>
+        <v>1105</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1096</v>
+        <v>1106</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>1097</v>
+        <v>22</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1098</v>
+        <v>1107</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1099</v>
+        <v>1108</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1100</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>316</v>
+        <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>90</v>
+        <v>143</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>880</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1064</v>
+      </c>
+      <c r="F161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1102</v>
+        <v>1110</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1103</v>
+        <v>1111</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>1104</v>
+        <v>22</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1105</v>
+        <v>1112</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1106</v>
+        <v>1113</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1107</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1108</v>
+        <v>1115</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D162" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D162" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E162" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F162" s="5" t="s">
+        <v>1064</v>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1109</v>
-[...10 lines deleted...]
-        </is>
+        <v>1116</v>
+      </c>
+      <c r="I162" s="5" t="s">
+        <v>1117</v>
+      </c>
+      <c r="J162" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K162" s="5" t="s">
+        <v>1118</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1110</v>
-[...1 lines deleted...]
-      <c r="M162" s="5"/>
+        <v>1119</v>
+      </c>
+      <c r="M162" s="5" t="s">
+        <v>1120</v>
+      </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1111</v>
+        <v>1121</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D163" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E163" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>143</v>
-[...10 lines deleted...]
-        </is>
+        <v>1122</v>
+      </c>
+      <c r="I163" s="5" t="s">
+        <v>1123</v>
+      </c>
+      <c r="J163" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K163" s="5" t="s">
+        <v>1124</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1112</v>
-[...1 lines deleted...]
-      <c r="M163" s="5"/>
+        <v>1125</v>
+      </c>
+      <c r="M163" s="5" t="s">
+        <v>1126</v>
+      </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1113</v>
+        <v>1127</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D164" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D164" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E164" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F164" s="5" t="s">
+        <v>1064</v>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H164" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H164" s="5" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>1129</v>
+      </c>
+      <c r="J164" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K164" s="5" t="s">
+        <v>1130</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1114</v>
-[...1 lines deleted...]
-      <c r="M164" s="5"/>
+        <v>1131</v>
+      </c>
+      <c r="M164" s="5" t="s">
+        <v>1132</v>
+      </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1115</v>
+        <v>1133</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>143</v>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H165" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H165" s="5" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I165" s="5" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J165" s="5" t="s">
+        <v>1136</v>
+      </c>
+      <c r="K165" s="5" t="s">
+        <v>1137</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1116</v>
-[...1 lines deleted...]
-      <c r="M165" s="5"/>
+        <v>1138</v>
+      </c>
+      <c r="M165" s="5" t="s">
+        <v>1139</v>
+      </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1117</v>
+        <v>1140</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>14</v>
+        <v>323</v>
       </c>
       <c r="C166" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D166" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="D166" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E166" s="5" t="s">
-        <v>880</v>
+        <v>910</v>
       </c>
       <c r="F166" s="5" t="s">
-        <v>1118</v>
+        <v>17</v>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1119</v>
+        <v>1141</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>1120</v>
+        <v>1142</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>22</v>
+        <v>1143</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1121</v>
+        <v>1144</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1122</v>
+        <v>1145</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1123</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1124</v>
+        <v>1147</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C167" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D167" s="5" t="s">
-[...9 lines deleted...]
-        <v>1125</v>
+      <c r="D167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1126</v>
-[...8 lines deleted...]
-        <v>1128</v>
+        <v>1148</v>
+      </c>
+      <c r="I167" s="5"/>
+      <c r="J167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1129</v>
-[...3 lines deleted...]
-      </c>
+        <v>1149</v>
+      </c>
+      <c r="M167" s="5"/>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1131</v>
+        <v>1150</v>
       </c>
       <c r="B168" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>688</v>
-[...8 lines deleted...]
-        <v>1133</v>
+        <v>16</v>
+      </c>
+      <c r="D168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1134</v>
-[...8 lines deleted...]
-        <v>1137</v>
+        <v>143</v>
+      </c>
+      <c r="I168" s="5"/>
+      <c r="J168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1138</v>
-[...3 lines deleted...]
-      </c>
+        <v>1151</v>
+      </c>
+      <c r="M168" s="5"/>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1140</v>
+        <v>1152</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>688</v>
-[...8 lines deleted...]
-        <v>1133</v>
+        <v>16</v>
+      </c>
+      <c r="D169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H169" s="5" t="s">
-[...9 lines deleted...]
-        <v>1145</v>
+      <c r="H169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I169" s="5"/>
+      <c r="J169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1146</v>
-[...3 lines deleted...]
-      </c>
+        <v>1153</v>
+      </c>
+      <c r="M169" s="5"/>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1148</v>
+        <v>1154</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>91</v>
-[...8 lines deleted...]
-        <v>1150</v>
+        <v>16</v>
+      </c>
+      <c r="D170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H170" s="5" t="s">
-[...9 lines deleted...]
-        <v>1154</v>
+      <c r="H170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I170" s="5"/>
+      <c r="J170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L170" s="6" t="s">
         <v>1155</v>
       </c>
-      <c r="M170" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M170" s="5"/>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>91</v>
+        <v>143</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>261</v>
+        <v>16</v>
       </c>
       <c r="E171" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="F171" s="5" t="s">
+        <v>1157</v>
+      </c>
+      <c r="G171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H171" s="5" t="s">
         <v>1158</v>
       </c>
-      <c r="F171" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H171" s="5" t="s">
+      <c r="I171" s="5" t="s">
         <v>1159</v>
       </c>
-      <c r="I171" s="5" t="s">
+      <c r="J171" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K171" s="5" t="s">
         <v>1160</v>
       </c>
-      <c r="J171" s="5" t="s">
+      <c r="L171" s="6" t="s">
         <v>1161</v>
       </c>
-      <c r="K171" s="5" t="s">
+      <c r="M171" s="5" t="s">
         <v>1162</v>
-      </c>
-[...4 lines deleted...]
-        <v>1164</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1165</v>
+        <v>1163</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>647</v>
+        <v>16</v>
       </c>
       <c r="D172" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F172" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="G172" s="5" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H172" s="5" t="s">
+        <v>1165</v>
+      </c>
+      <c r="I172" s="5" t="s">
         <v>1166</v>
       </c>
-      <c r="E172" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G172" s="5" t="s">
+      <c r="J172" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K172" s="5" t="s">
         <v>1167</v>
       </c>
-      <c r="H172" s="5" t="s">
+      <c r="L172" s="6" t="s">
         <v>1168</v>
       </c>
-      <c r="I172" s="5" t="s">
+      <c r="M172" s="5" t="s">
         <v>1169</v>
-      </c>
-[...10 lines deleted...]
-        <v>1172</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1173</v>
+        <v>1170</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>143</v>
+        <v>702</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="E173" s="5" t="s">
+        <v>1171</v>
+      </c>
+      <c r="F173" s="5" t="s">
+        <v>1172</v>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
+        <v>1173</v>
+      </c>
+      <c r="I173" s="5" t="s">
         <v>1174</v>
       </c>
-      <c r="I173" s="5" t="s">
+      <c r="J173" s="5" t="s">
         <v>1175</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K173" s="5" t="s">
         <v>1176</v>
       </c>
       <c r="L173" s="6" t="s">
         <v>1177</v>
       </c>
       <c r="M173" s="5" t="s">
         <v>1178</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
         <v>1179</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>702</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E174" s="5" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F174" s="5" t="s">
+        <v>1172</v>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H174" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H174" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="I174" s="5" t="s">
+        <v>1182</v>
+      </c>
+      <c r="J174" s="5" t="s">
+        <v>1183</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1181</v>
-[...1 lines deleted...]
-      <c r="M174" s="5"/>
+        <v>1185</v>
+      </c>
+      <c r="M174" s="5" t="s">
+        <v>1186</v>
+      </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1182</v>
+        <v>1187</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="E175" s="5" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F175" s="5" t="s">
+        <v>1189</v>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H175" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H175" s="5" t="s">
+        <v>1190</v>
+      </c>
+      <c r="I175" s="5" t="s">
+        <v>1191</v>
+      </c>
+      <c r="J175" s="5" t="s">
+        <v>1192</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1180</v>
+        <v>1193</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1183</v>
-[...1 lines deleted...]
-      <c r="M175" s="5"/>
+        <v>1194</v>
+      </c>
+      <c r="M175" s="5" t="s">
+        <v>1195</v>
+      </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1184</v>
+        <v>1196</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>1185</v>
+        <v>91</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>1186</v>
+        <v>261</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>18</v>
+        <v>1197</v>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G176" s="5" t="s">
-        <v>1187</v>
+      <c r="G176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1188</v>
-[...1 lines deleted...]
-      <c r="I176" s="5"/>
+        <v>1198</v>
+      </c>
+      <c r="I176" s="5" t="s">
+        <v>1199</v>
+      </c>
       <c r="J176" s="5" t="s">
-        <v>1189</v>
+        <v>1200</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1190</v>
+        <v>1201</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1191</v>
+        <v>1202</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1192</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1193</v>
+        <v>1204</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>91</v>
+        <v>654</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>688</v>
+        <v>1205</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>293</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G177" s="5" t="s">
+        <v>1206</v>
       </c>
       <c r="H177" s="5" t="s">
-        <v>1194</v>
+        <v>1207</v>
       </c>
       <c r="I177" s="5" t="s">
-        <v>1195</v>
+        <v>1208</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>1196</v>
+        <v>305</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1197</v>
+        <v>1209</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1198</v>
+        <v>1210</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1199</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1200</v>
+        <v>1212</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>1201</v>
+        <v>143</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>1186</v>
+        <v>16</v>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1202</v>
-[...1 lines deleted...]
-      <c r="I178" s="5"/>
+        <v>1213</v>
+      </c>
+      <c r="I178" s="5" t="s">
+        <v>1214</v>
+      </c>
       <c r="J178" s="5" t="s">
-        <v>1189</v>
+        <v>22</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1203</v>
+        <v>1215</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1204</v>
+        <v>1216</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1205</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1206</v>
+        <v>1218</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>648</v>
-[...5 lines deleted...]
-        <v>1208</v>
+        <v>16</v>
+      </c>
+      <c r="D179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G179" s="5" t="s">
-[...9 lines deleted...]
-        <v>1212</v>
+      <c r="G179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I179" s="5"/>
+      <c r="J179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1214</v>
-[...3 lines deleted...]
-      </c>
+        <v>1220</v>
+      </c>
+      <c r="M179" s="5"/>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>91</v>
-[...8 lines deleted...]
-        <v>1017</v>
+        <v>16</v>
+      </c>
+      <c r="D180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H180" s="5" t="s">
-[...5 lines deleted...]
-      <c r="J180" s="5" t="s">
+      <c r="H180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I180" s="5"/>
+      <c r="J180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K180" s="5" t="s">
         <v>1219</v>
       </c>
-      <c r="K180" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L180" s="6" t="s">
-        <v>1221</v>
-[...1 lines deleted...]
-      <c r="M180" s="5" t="s">
         <v>1222</v>
       </c>
+      <c r="M180" s="5"/>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
         <v>1223</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>16</v>
+        <v>1224</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>143</v>
+        <v>1225</v>
       </c>
       <c r="E181" s="5" t="s">
-        <v>1224</v>
+        <v>18</v>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G181" s="5" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1226</v>
-[...1 lines deleted...]
-      <c r="I181" s="5" t="s">
         <v>1227</v>
       </c>
+      <c r="I181" s="5"/>
       <c r="J181" s="5" t="s">
-        <v>22</v>
+        <v>1228</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>1232</v>
+        <v>91</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>629</v>
+        <v>702</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>18</v>
+        <v>301</v>
       </c>
       <c r="F182" s="5" t="s">
-        <v>17</v>
+        <v>1056</v>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H182" s="5" t="s">
         <v>1233</v>
       </c>
       <c r="I182" s="5" t="s">
         <v>1234</v>
       </c>
       <c r="J182" s="5" t="s">
-        <v>297</v>
+        <v>1235</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>647</v>
+        <v>1240</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>1207</v>
-[...2 lines deleted...]
-        <v>1239</v>
+        <v>1225</v>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1240</v>
-[...1 lines deleted...]
-      <c r="I183" s="5" t="s">
         <v>1241</v>
       </c>
+      <c r="I183" s="5"/>
       <c r="J183" s="5" t="s">
-        <v>22</v>
+        <v>1228</v>
       </c>
       <c r="K183" s="5" t="s">
         <v>1242</v>
       </c>
       <c r="L183" s="6" t="s">
         <v>1243</v>
       </c>
       <c r="M183" s="5" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
         <v>1245</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="D184" s="5" t="s">
         <v>1246</v>
       </c>
-      <c r="D184" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E184" s="5" t="s">
+        <v>1247</v>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G184" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G184" s="5" t="s">
+        <v>1248</v>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1247</v>
-[...1 lines deleted...]
-      <c r="I184" s="5"/>
+        <v>1249</v>
+      </c>
+      <c r="I184" s="5" t="s">
+        <v>1250</v>
+      </c>
       <c r="J184" s="5" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>647</v>
+        <v>91</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>1207</v>
+        <v>702</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>1253</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F185" s="5" t="s">
+        <v>1056</v>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>688</v>
+        <v>143</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>1261</v>
-[...7 lines deleted...]
-        </is>
+        <v>1263</v>
+      </c>
+      <c r="F186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G186" s="5" t="s">
+        <v>1264</v>
       </c>
       <c r="H186" s="5" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="I186" s="5" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="J186" s="5" t="s">
-        <v>1265</v>
+        <v>22</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>231</v>
+        <v>1271</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>688</v>
-[...4 lines deleted...]
-        </is>
+        <v>636</v>
+      </c>
+      <c r="E187" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F187" s="5" t="s">
-        <v>980</v>
+        <v>17</v>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>1272</v>
+        <v>305</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>1166</v>
+        <v>1246</v>
       </c>
       <c r="E188" s="5" t="s">
-        <v>1239</v>
+        <v>1278</v>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G188" s="5" t="s">
-        <v>1277</v>
+      <c r="G188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="I188" s="5" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="J188" s="5" t="s">
-        <v>297</v>
+        <v>22</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>1285</v>
+        <v>1225</v>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="s">
         <v>1286</v>
       </c>
       <c r="I189" s="5"/>
       <c r="J189" s="5" t="s">
         <v>1287</v>
       </c>
       <c r="K189" s="5" t="s">
         <v>1288</v>
       </c>
       <c r="L189" s="6" t="s">
         <v>1289</v>
       </c>
       <c r="M189" s="5" t="s">
         <v>1290</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
         <v>1291</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>91</v>
+        <v>654</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>688</v>
+        <v>1246</v>
       </c>
       <c r="E190" s="5" t="s">
         <v>1292</v>
       </c>
-      <c r="F190" s="5" t="s">
-        <v>1017</v>
+      <c r="F190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
         <v>1293</v>
       </c>
       <c r="I190" s="5" t="s">
         <v>1294</v>
       </c>
       <c r="J190" s="5" t="s">
         <v>1295</v>
       </c>
       <c r="K190" s="5" t="s">
         <v>1296</v>
       </c>
       <c r="L190" s="6" t="s">
         <v>1297</v>
       </c>
       <c r="M190" s="5" t="s">
         <v>1298</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
         <v>1299</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>1232</v>
+        <v>91</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>629</v>
+        <v>702</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>18</v>
+        <v>1300</v>
       </c>
       <c r="F191" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1300</v>
+        <v>1301</v>
+      </c>
+      <c r="G191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="I191" s="5" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="J191" s="5" t="s">
-        <v>297</v>
+        <v>1304</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>647</v>
+        <v>231</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>1207</v>
+        <v>702</v>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F192" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F192" s="5" t="s">
+        <v>1019</v>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H192" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I192" s="5"/>
+      <c r="H192" s="5" t="s">
+        <v>1309</v>
+      </c>
+      <c r="I192" s="5" t="s">
+        <v>1310</v>
+      </c>
       <c r="J192" s="5" t="s">
-        <v>1256</v>
+        <v>1311</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1307</v>
+        <v>1312</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1308</v>
+        <v>1313</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1309</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1310</v>
+        <v>1315</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C193" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C193" s="5" t="s">
+        <v>655</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>1186</v>
+        <v>1205</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>1311</v>
+        <v>1278</v>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G193" s="5" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H193" s="5" t="s">
+        <v>1317</v>
       </c>
       <c r="I193" s="5" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
       <c r="J193" s="5" t="s">
-        <v>1313</v>
+        <v>305</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1314</v>
+        <v>1319</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1315</v>
+        <v>1320</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>1316</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1317</v>
+        <v>1322</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>16</v>
+        <v>1323</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>1318</v>
+        <v>1324</v>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G194" s="5" t="s">
-        <v>1318</v>
+      <c r="G194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1319</v>
-[...3 lines deleted...]
-      </c>
+        <v>1325</v>
+      </c>
+      <c r="I194" s="5"/>
       <c r="J194" s="5" t="s">
-        <v>22</v>
+        <v>1326</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D195" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="E195" s="5" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F195" s="5" t="s">
+        <v>1056</v>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H195" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H195" s="5" t="s">
+        <v>1332</v>
+      </c>
+      <c r="I195" s="5" t="s">
+        <v>1333</v>
+      </c>
+      <c r="J195" s="5" t="s">
+        <v>1334</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1180</v>
+        <v>1335</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1325</v>
-[...1 lines deleted...]
-      <c r="M195" s="5"/>
+        <v>1336</v>
+      </c>
+      <c r="M195" s="5" t="s">
+        <v>1337</v>
+      </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1326</v>
+        <v>1338</v>
       </c>
       <c r="B196" s="5" t="s">
-        <v>316</v>
+        <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>1327</v>
+        <v>1271</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>1328</v>
+        <v>636</v>
       </c>
       <c r="E196" s="5" t="s">
-        <v>1329</v>
+        <v>18</v>
       </c>
       <c r="F196" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="G196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G196" s="5" t="s">
+        <v>1339</v>
+      </c>
+      <c r="H196" s="5" t="s">
+        <v>1340</v>
       </c>
       <c r="I196" s="5" t="s">
-        <v>1330</v>
+        <v>1341</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>1331</v>
+        <v>305</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1332</v>
+        <v>1342</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1333</v>
+        <v>1343</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1334</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1335</v>
+        <v>1345</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>1327</v>
+        <v>654</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>1328</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>1246</v>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I197" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I197" s="5"/>
       <c r="J197" s="5" t="s">
-        <v>1338</v>
+        <v>1295</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1339</v>
+        <v>1346</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1342</v>
+        <v>1349</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C198" s="5" t="s">
-        <v>1284</v>
+      <c r="C198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D198" s="5" t="s">
-        <v>1343</v>
-[...4 lines deleted...]
-        </is>
+        <v>1225</v>
+      </c>
+      <c r="E198" s="5" t="s">
+        <v>1350</v>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G198" s="5" t="s">
-        <v>1344</v>
+      <c r="G198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I198" s="5" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="J198" s="5" t="s">
-        <v>1287</v>
+        <v>1352</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1346</v>
+        <v>1353</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1347</v>
+        <v>1354</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1348</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1349</v>
+        <v>1356</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>1343</v>
+        <v>16</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>1285</v>
-[...4 lines deleted...]
-        </is>
+        <v>143</v>
+      </c>
+      <c r="E199" s="5" t="s">
+        <v>1357</v>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G199" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I199" s="5"/>
+      <c r="G199" s="5" t="s">
+        <v>1357</v>
+      </c>
+      <c r="H199" s="5" t="s">
+        <v>1358</v>
+      </c>
+      <c r="I199" s="5" t="s">
+        <v>1359</v>
+      </c>
       <c r="J199" s="5" t="s">
-        <v>1287</v>
+        <v>22</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1350</v>
+        <v>1360</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1351</v>
+        <v>1361</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1352</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1353</v>
+        <v>1363</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C200" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D200" s="5" t="s">
-[...3 lines deleted...]
-        <v>1354</v>
+      <c r="D200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G200" s="5" t="s">
-[...9 lines deleted...]
-        <v>22</v>
+      <c r="G200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I200" s="5"/>
+      <c r="J200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1358</v>
+        <v>1219</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1359</v>
-[...3 lines deleted...]
-      </c>
+        <v>1364</v>
+      </c>
+      <c r="M200" s="5"/>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
       <c r="B201" s="5" t="s">
-        <v>14</v>
+        <v>323</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>16</v>
+        <v>1366</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>143</v>
+        <v>1367</v>
       </c>
       <c r="E201" s="5" t="s">
-        <v>1354</v>
-[...10 lines deleted...]
-        <v>1362</v>
+        <v>1368</v>
+      </c>
+      <c r="F201" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I201" s="5" t="s">
-        <v>1363</v>
+        <v>1369</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>22</v>
+        <v>1370</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1364</v>
+        <v>1371</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1366</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B202" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C202" s="5" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D202" s="5" t="s">
         <v>1367</v>
       </c>
-      <c r="B202" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="E202" s="5" t="s">
+        <v>1375</v>
       </c>
       <c r="F202" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="G202" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I202" s="5"/>
+      <c r="G202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I202" s="5" t="s">
+        <v>1376</v>
+      </c>
       <c r="J202" s="5" t="s">
-        <v>22</v>
+        <v>1377</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1370</v>
+        <v>1378</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1371</v>
+        <v>1379</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1372</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1373</v>
+        <v>1381</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>647</v>
+        <v>1323</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>1207</v>
-[...2 lines deleted...]
-        <v>1374</v>
+        <v>1382</v>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G203" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>1375</v>
+      <c r="G203" s="5" t="s">
+        <v>1383</v>
+      </c>
+      <c r="H203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I203" s="5" t="s">
-        <v>1376</v>
+        <v>1384</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>1256</v>
+        <v>1326</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1377</v>
+        <v>1385</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1378</v>
+        <v>1386</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1379</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1380</v>
+        <v>1388</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>91</v>
+        <v>1382</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>688</v>
-[...5 lines deleted...]
-        <v>1017</v>
+        <v>1324</v>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H204" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I204" s="5"/>
       <c r="J204" s="5" t="s">
-        <v>1383</v>
+        <v>1326</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="B205" s="5" t="s">
-        <v>316</v>
+        <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>688</v>
+        <v>16</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>91</v>
-[...12 lines deleted...]
-        </is>
+        <v>143</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>1393</v>
+      </c>
+      <c r="F205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G205" s="5" t="s">
+        <v>1394</v>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1389</v>
+        <v>1395</v>
       </c>
       <c r="I205" s="5" t="s">
-        <v>1390</v>
+        <v>1396</v>
       </c>
       <c r="J205" s="5" t="s">
-        <v>1391</v>
+        <v>22</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1392</v>
+        <v>1397</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1393</v>
+        <v>1398</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>1394</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1395</v>
+        <v>1400</v>
       </c>
       <c r="B206" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D206" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E206" s="5" t="s">
+        <v>1393</v>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G206" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="G206" s="5" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H206" s="5" t="s">
+        <v>1401</v>
+      </c>
+      <c r="I206" s="5" t="s">
+        <v>1402</v>
+      </c>
+      <c r="J206" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K206" s="5" t="s">
+        <v>1403</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1396</v>
-[...1 lines deleted...]
-      <c r="M206" s="5"/>
+        <v>1404</v>
+      </c>
+      <c r="M206" s="5" t="s">
+        <v>1405</v>
+      </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1397</v>
+        <v>1406</v>
       </c>
       <c r="B207" s="5" t="s">
-        <v>14</v>
+        <v>1085</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-        <v>1398</v>
+        <v>143</v>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F207" s="5" t="s">
-        <v>1017</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="G207" s="5" t="s">
+        <v>1407</v>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1399</v>
-[...3 lines deleted...]
-      </c>
+        <v>1408</v>
+      </c>
+      <c r="I207" s="5"/>
       <c r="J207" s="5" t="s">
-        <v>1401</v>
+        <v>22</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1402</v>
+        <v>1409</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1403</v>
+        <v>1410</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="D208" s="5" t="s">
         <v>1246</v>
       </c>
-      <c r="D208" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E208" s="5" t="s">
+        <v>1413</v>
       </c>
       <c r="F208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1406</v>
-[...1 lines deleted...]
-      <c r="I208" s="5"/>
+        <v>1414</v>
+      </c>
+      <c r="I208" s="5" t="s">
+        <v>1415</v>
+      </c>
       <c r="J208" s="5" t="s">
-        <v>1407</v>
+        <v>1295</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1409</v>
+        <v>1417</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1410</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1411</v>
+        <v>1419</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>143</v>
+        <v>702</v>
       </c>
       <c r="E209" s="5" t="s">
-        <v>1412</v>
+        <v>17</v>
       </c>
       <c r="F209" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1413</v>
+        <v>1056</v>
+      </c>
+      <c r="G209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1414</v>
+        <v>1420</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>1415</v>
+        <v>1421</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>22</v>
+        <v>1422</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1416</v>
+        <v>1423</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1419</v>
+        <v>1426</v>
       </c>
       <c r="B210" s="5" t="s">
-        <v>14</v>
+        <v>323</v>
       </c>
       <c r="C210" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="D210" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="D210" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F210" s="5" t="s">
-        <v>1017</v>
+        <v>1427</v>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H210" s="5" t="s">
-        <v>1420</v>
+        <v>1428</v>
       </c>
       <c r="I210" s="5" t="s">
-        <v>1421</v>
+        <v>1429</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>1422</v>
+        <v>1430</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1423</v>
+        <v>1431</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1424</v>
+        <v>1432</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1426</v>
+        <v>1434</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>1284</v>
-[...5 lines deleted...]
-        <v>1427</v>
+        <v>16</v>
+      </c>
+      <c r="D211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H211" s="5" t="s">
-        <v>1428</v>
+      <c r="H211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I211" s="5"/>
-      <c r="J211" s="5" t="s">
-[...3 lines deleted...]
-        <v>1429</v>
+      <c r="J211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1430</v>
-[...3 lines deleted...]
-      </c>
+        <v>1435</v>
+      </c>
+      <c r="M211" s="5"/>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>1433</v>
+        <v>91</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>1186</v>
+        <v>702</v>
       </c>
       <c r="E212" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>1437</v>
+      </c>
+      <c r="F212" s="5" t="s">
+        <v>1056</v>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1434</v>
-[...1 lines deleted...]
-      <c r="I212" s="5"/>
+        <v>1438</v>
+      </c>
+      <c r="I212" s="5" t="s">
+        <v>1439</v>
+      </c>
       <c r="J212" s="5" t="s">
-        <v>1407</v>
+        <v>1440</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1436</v>
+        <v>1442</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1437</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1438</v>
+        <v>1444</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>1439</v>
+        <v>1285</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1225</v>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
-        <v>1440</v>
+        <v>1445</v>
       </c>
       <c r="I213" s="5"/>
       <c r="J213" s="5" t="s">
-        <v>1407</v>
+        <v>1446</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1441</v>
+        <v>1447</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1442</v>
+        <v>1448</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1444</v>
+        <v>1450</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>647</v>
+        <v>16</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>1166</v>
+        <v>143</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>1374</v>
-[...9 lines deleted...]
-        </is>
+        <v>1451</v>
+      </c>
+      <c r="F214" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G214" s="5" t="s">
+        <v>1452</v>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1445</v>
+        <v>1453</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>1446</v>
+        <v>1454</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>297</v>
+        <v>22</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1447</v>
+        <v>1455</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1448</v>
+        <v>1456</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1449</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1450</v>
+        <v>1458</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="D215" s="5" t="s">
-        <v>143</v>
-[...10 lines deleted...]
-        <v>1451</v>
+        <v>702</v>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F215" s="5" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1452</v>
+        <v>1459</v>
       </c>
       <c r="I215" s="5" t="s">
-        <v>1453</v>
+        <v>1460</v>
       </c>
       <c r="J215" s="5" t="s">
-        <v>22</v>
+        <v>1461</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>1454</v>
+        <v>1462</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1455</v>
+        <v>1463</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>1456</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1457</v>
+        <v>1465</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>1439</v>
+        <v>1323</v>
       </c>
       <c r="D216" s="5" t="s">
-        <v>1186</v>
+        <v>655</v>
       </c>
       <c r="E216" s="5" t="s">
-        <v>1458</v>
+        <v>1466</v>
       </c>
       <c r="F216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1459</v>
+        <v>1467</v>
       </c>
       <c r="I216" s="5"/>
       <c r="J216" s="5" t="s">
-        <v>1460</v>
+        <v>1326</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>1461</v>
+        <v>1468</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1462</v>
+        <v>1469</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1463</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1464</v>
+        <v>1471</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>143</v>
+        <v>1472</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>16</v>
+        <v>1225</v>
       </c>
       <c r="E217" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H217" s="5" t="s">
-        <v>1465</v>
-[...3 lines deleted...]
-      </c>
+        <v>1473</v>
+      </c>
+      <c r="I217" s="5"/>
       <c r="J217" s="5" t="s">
-        <v>22</v>
+        <v>1446</v>
       </c>
       <c r="K217" s="5" t="s">
-        <v>1467</v>
+        <v>1474</v>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1468</v>
+        <v>1475</v>
       </c>
       <c r="M217" s="5" t="s">
-        <v>1469</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1470</v>
+        <v>1477</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>143</v>
+        <v>1478</v>
       </c>
       <c r="D218" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1225</v>
+      </c>
+      <c r="E218" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H218" s="5" t="s">
-        <v>1471</v>
-[...3 lines deleted...]
-      </c>
+        <v>1479</v>
+      </c>
+      <c r="I218" s="5"/>
       <c r="J218" s="5" t="s">
-        <v>22</v>
+        <v>1446</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>1473</v>
+        <v>1480</v>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1474</v>
+        <v>1481</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>1475</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1476</v>
+        <v>1483</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>1477</v>
+        <v>654</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>1246</v>
-[...4 lines deleted...]
-        </is>
+        <v>1205</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>1413</v>
       </c>
       <c r="F219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1478</v>
-[...1 lines deleted...]
-      <c r="I219" s="5"/>
+        <v>1484</v>
+      </c>
+      <c r="I219" s="5" t="s">
+        <v>1485</v>
+      </c>
       <c r="J219" s="5" t="s">
-        <v>1479</v>
+        <v>305</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1480</v>
+        <v>1486</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1481</v>
+        <v>1487</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1482</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1483</v>
+        <v>1489</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="D220" s="5" t="s">
-        <v>688</v>
+        <v>143</v>
       </c>
       <c r="E220" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        </is>
+        <v>1350</v>
+      </c>
+      <c r="F220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G220" s="5" t="s">
+        <v>1490</v>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1485</v>
+        <v>1491</v>
       </c>
       <c r="I220" s="5" t="s">
-        <v>1486</v>
+        <v>1492</v>
       </c>
       <c r="J220" s="5" t="s">
-        <v>1487</v>
+        <v>22</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>1488</v>
+        <v>1493</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1489</v>
+        <v>1494</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1490</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1491</v>
+        <v>1496</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>1046</v>
+        <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>1492</v>
+        <v>1478</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>1493</v>
+        <v>1225</v>
       </c>
       <c r="E221" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1497</v>
+      </c>
+      <c r="F221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H221" s="5" t="s">
-        <v>1493</v>
+        <v>1498</v>
       </c>
       <c r="I221" s="5"/>
       <c r="J221" s="5" t="s">
-        <v>297</v>
+        <v>1499</v>
       </c>
       <c r="K221" s="5" t="s">
-        <v>1494</v>
+        <v>1500</v>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1495</v>
+        <v>1501</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>1496</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1497</v>
+        <v>1503</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
-        <v>91</v>
+        <v>143</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>697</v>
+        <v>16</v>
       </c>
       <c r="E222" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H222" s="5" t="s">
-        <v>1498</v>
+        <v>1504</v>
       </c>
       <c r="I222" s="5" t="s">
-        <v>1499</v>
+        <v>1505</v>
       </c>
       <c r="J222" s="5" t="s">
-        <v>1500</v>
+        <v>22</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1502</v>
+        <v>1507</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1504</v>
+        <v>1509</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>647</v>
+        <v>143</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>1343</v>
-[...2 lines deleted...]
-        <v>1505</v>
+        <v>16</v>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="I223" s="5" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="J223" s="5" t="s">
-        <v>1256</v>
+        <v>22</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>143</v>
+        <v>1516</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>1514</v>
+        <v>1285</v>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1515</v>
-[...3 lines deleted...]
-      </c>
+        <v>1517</v>
+      </c>
+      <c r="I224" s="5"/>
       <c r="J224" s="5" t="s">
-        <v>297</v>
+        <v>1518</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>647</v>
+        <v>91</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>1343</v>
+        <v>702</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>1505</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F225" s="5" t="s">
+        <v>1523</v>
       </c>
       <c r="G225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="I225" s="5" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
       <c r="J225" s="5" t="s">
-        <v>1256</v>
+        <v>1526</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="B226" s="5" t="s">
-        <v>14</v>
+        <v>1085</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>16</v>
+        <v>1531</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>143</v>
+        <v>1532</v>
       </c>
       <c r="E226" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F226" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F226" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1527</v>
-[...3 lines deleted...]
-      </c>
+        <v>1532</v>
+      </c>
+      <c r="I226" s="5"/>
       <c r="J226" s="5" t="s">
-        <v>22</v>
+        <v>305</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>143</v>
+        <v>719</v>
       </c>
       <c r="E227" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G227" s="5" t="s">
-        <v>1533</v>
+      <c r="G227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="I227" s="5" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="J227" s="5" t="s">
-        <v>22</v>
+        <v>1539</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1539</v>
+        <v>1543</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>16</v>
+        <v>654</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>143</v>
+        <v>1382</v>
       </c>
       <c r="E228" s="5" t="s">
-        <v>17</v>
+        <v>1544</v>
       </c>
       <c r="F228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G228" s="5" t="s">
-        <v>1540</v>
+      <c r="G228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1541</v>
+        <v>1545</v>
       </c>
       <c r="I228" s="5" t="s">
-        <v>1542</v>
+        <v>1546</v>
       </c>
       <c r="J228" s="5" t="s">
-        <v>22</v>
+        <v>1295</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1546</v>
+        <v>1550</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>143</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>1547</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E229" s="5" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F229" s="5" t="s">
+        <v>1552</v>
       </c>
       <c r="G229" s="5" t="s">
-        <v>1548</v>
+        <v>1553</v>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="I229" s="5" t="s">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="J229" s="5" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1551</v>
+        <v>1556</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1552</v>
+        <v>1557</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1553</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1554</v>
+        <v>1559</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>1166</v>
+        <v>1382</v>
       </c>
       <c r="E230" s="5" t="s">
-        <v>1374</v>
+        <v>1544</v>
       </c>
       <c r="F230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G230" s="5" t="s">
-        <v>1555</v>
+      <c r="G230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="I230" s="5" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="J230" s="5" t="s">
-        <v>297</v>
+        <v>1295</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C231" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C231" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>1562</v>
+        <v>143</v>
       </c>
       <c r="E231" s="5" t="s">
-        <v>1563</v>
-[...2 lines deleted...]
-        <v>1564</v>
+        <v>17</v>
+      </c>
+      <c r="F231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="I231" s="5" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="J231" s="5" t="s">
-        <v>1567</v>
+        <v>22</v>
       </c>
       <c r="K231" s="5" t="s">
         <v>1568</v>
       </c>
       <c r="L231" s="6" t="s">
         <v>1569</v>
       </c>
       <c r="M231" s="5" t="s">
         <v>1570</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
         <v>1571</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D232" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E232" s="5" t="s">
@@ -25048,11807 +25573,12241 @@
       </c>
       <c r="I233" s="5" t="s">
         <v>1581</v>
       </c>
       <c r="J233" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K233" s="5" t="s">
         <v>1582</v>
       </c>
       <c r="L233" s="6" t="s">
         <v>1583</v>
       </c>
       <c r="M233" s="5" t="s">
         <v>1584</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
         <v>1585</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>16</v>
+        <v>143</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>1547</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1586</v>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G234" s="5" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="B235" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>654</v>
+      </c>
+      <c r="D235" s="5" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E235" s="5" t="s">
+        <v>1413</v>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G235" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G235" s="5" t="s">
+        <v>1594</v>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1593</v>
-[...5 lines deleted...]
-        </is>
+        <v>1595</v>
+      </c>
+      <c r="I235" s="5" t="s">
+        <v>1596</v>
+      </c>
+      <c r="J235" s="5" t="s">
+        <v>305</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1595</v>
-[...1 lines deleted...]
-      <c r="M235" s="5"/>
+        <v>1598</v>
+      </c>
+      <c r="M235" s="5" t="s">
+        <v>1599</v>
+      </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1596</v>
+        <v>1600</v>
       </c>
       <c r="B236" s="5" t="s">
-        <v>775</v>
-[...17 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="C236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D236" s="5" t="s">
+        <v>1601</v>
+      </c>
+      <c r="E236" s="5" t="s">
+        <v>1602</v>
+      </c>
+      <c r="F236" s="5" t="s">
+        <v>1603</v>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H236" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H236" s="5" t="s">
+        <v>1604</v>
+      </c>
+      <c r="I236" s="5" t="s">
+        <v>1605</v>
+      </c>
+      <c r="J236" s="5" t="s">
+        <v>1606</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1594</v>
+        <v>1607</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1597</v>
-[...1 lines deleted...]
-      <c r="M236" s="5"/>
+        <v>1608</v>
+      </c>
+      <c r="M236" s="5" t="s">
+        <v>1609</v>
+      </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1598</v>
+        <v>1610</v>
       </c>
       <c r="B237" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D237" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D237" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E237" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G237" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G237" s="5" t="s">
+        <v>1611</v>
       </c>
       <c r="H237" s="5" t="s">
-        <v>1599</v>
-[...5 lines deleted...]
-        </is>
+        <v>1612</v>
+      </c>
+      <c r="I237" s="5" t="s">
+        <v>1613</v>
+      </c>
+      <c r="J237" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K237" s="5" t="s">
-        <v>1594</v>
+        <v>1614</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1600</v>
-[...1 lines deleted...]
-      <c r="M237" s="5"/>
+        <v>1615</v>
+      </c>
+      <c r="M237" s="5" t="s">
+        <v>1616</v>
+      </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1601</v>
+        <v>1617</v>
       </c>
       <c r="B238" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D238" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D238" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G238" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G238" s="5" t="s">
+        <v>1618</v>
       </c>
       <c r="H238" s="5" t="s">
-        <v>1599</v>
-[...5 lines deleted...]
-        </is>
+        <v>1619</v>
+      </c>
+      <c r="I238" s="5" t="s">
+        <v>1620</v>
+      </c>
+      <c r="J238" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1594</v>
+        <v>1621</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1602</v>
-[...1 lines deleted...]
-      <c r="M238" s="5"/>
+        <v>1622</v>
+      </c>
+      <c r="M238" s="5" t="s">
+        <v>1623</v>
+      </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1603</v>
+        <v>1624</v>
       </c>
       <c r="B239" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D239" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D239" s="5" t="s">
+        <v>1586</v>
+      </c>
+      <c r="E239" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G239" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G239" s="5" t="s">
+        <v>1625</v>
       </c>
       <c r="H239" s="5" t="s">
-        <v>1547</v>
-[...5 lines deleted...]
-        </is>
+        <v>1626</v>
+      </c>
+      <c r="I239" s="5" t="s">
+        <v>1627</v>
+      </c>
+      <c r="J239" s="5" t="s">
+        <v>305</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1594</v>
+        <v>1628</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1604</v>
-[...1 lines deleted...]
-      <c r="M239" s="5"/>
+        <v>1629</v>
+      </c>
+      <c r="M239" s="5" t="s">
+        <v>1630</v>
+      </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1605</v>
+        <v>1631</v>
       </c>
       <c r="B240" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C240" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H240" s="5" t="s">
-        <v>1606</v>
+        <v>1632</v>
       </c>
       <c r="I240" s="5"/>
       <c r="J240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1594</v>
+        <v>1633</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1607</v>
+        <v>1634</v>
       </c>
       <c r="M240" s="5"/>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1608</v>
+        <v>1635</v>
       </c>
       <c r="B241" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C241" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I241" s="5"/>
       <c r="J241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1594</v>
+        <v>1633</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1609</v>
+        <v>1636</v>
       </c>
       <c r="M241" s="5"/>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1610</v>
+        <v>1637</v>
       </c>
       <c r="B242" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C242" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H242" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H242" s="5" t="s">
+        <v>1638</v>
       </c>
       <c r="I242" s="5"/>
       <c r="J242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1594</v>
+        <v>1633</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1611</v>
+        <v>1639</v>
       </c>
       <c r="M242" s="5"/>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1612</v>
+        <v>1640</v>
       </c>
       <c r="B243" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C243" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1599</v>
+        <v>1638</v>
       </c>
       <c r="I243" s="5"/>
       <c r="J243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1594</v>
+        <v>1633</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1613</v>
+        <v>1641</v>
       </c>
       <c r="M243" s="5"/>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1614</v>
+        <v>1642</v>
       </c>
       <c r="B244" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C244" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
-        <v>1599</v>
+        <v>1586</v>
       </c>
       <c r="I244" s="5"/>
       <c r="J244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1594</v>
+        <v>1633</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1615</v>
+        <v>1643</v>
       </c>
       <c r="M244" s="5"/>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1616</v>
+        <v>1644</v>
       </c>
       <c r="B245" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C245" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H245" s="5" t="s">
-        <v>1617</v>
+        <v>1645</v>
       </c>
       <c r="I245" s="5"/>
       <c r="J245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1594</v>
+        <v>1633</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1618</v>
+        <v>1646</v>
       </c>
       <c r="M245" s="5"/>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1619</v>
+        <v>1647</v>
       </c>
       <c r="B246" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C246" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H246" s="5" t="s">
-        <v>1620</v>
+      <c r="H246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I246" s="5"/>
       <c r="J246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1594</v>
+        <v>1633</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1621</v>
+        <v>1648</v>
       </c>
       <c r="M246" s="5"/>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1622</v>
+        <v>1649</v>
       </c>
       <c r="B247" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C247" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H247" s="5" t="s">
-        <v>1547</v>
+      <c r="H247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I247" s="5"/>
       <c r="J247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1594</v>
+        <v>1633</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1623</v>
+        <v>1650</v>
       </c>
       <c r="M247" s="5"/>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1624</v>
+        <v>1651</v>
       </c>
       <c r="B248" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C248" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H248" s="5" t="s">
-        <v>1547</v>
+        <v>1638</v>
       </c>
       <c r="I248" s="5"/>
       <c r="J248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1594</v>
+        <v>1633</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1625</v>
+        <v>1652</v>
       </c>
       <c r="M248" s="5"/>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1626</v>
+        <v>1653</v>
       </c>
       <c r="B249" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C249" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1627</v>
+        <v>1638</v>
       </c>
       <c r="I249" s="5"/>
       <c r="J249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1594</v>
+        <v>1633</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1628</v>
+        <v>1654</v>
       </c>
       <c r="M249" s="5"/>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1629</v>
+        <v>1655</v>
       </c>
       <c r="B250" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C250" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1599</v>
+        <v>1656</v>
       </c>
       <c r="I250" s="5"/>
       <c r="J250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1594</v>
+        <v>1633</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1630</v>
+        <v>1657</v>
       </c>
       <c r="M250" s="5"/>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1631</v>
+        <v>1658</v>
       </c>
       <c r="B251" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C251" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
-        <v>1599</v>
+        <v>1659</v>
       </c>
       <c r="I251" s="5"/>
       <c r="J251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1594</v>
+        <v>1633</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1632</v>
+        <v>1660</v>
       </c>
       <c r="M251" s="5"/>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1633</v>
+        <v>1661</v>
       </c>
       <c r="B252" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C252" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1599</v>
+        <v>1586</v>
       </c>
       <c r="I252" s="5"/>
       <c r="J252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1594</v>
+        <v>1633</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1634</v>
+        <v>1662</v>
       </c>
       <c r="M252" s="5"/>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1635</v>
+        <v>1663</v>
       </c>
       <c r="B253" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C253" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D253" s="5" t="s">
-[...3 lines deleted...]
-        <v>1311</v>
+      <c r="D253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G253" s="5" t="s">
-        <v>1636</v>
+      <c r="G253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1637</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>1586</v>
+      </c>
+      <c r="I253" s="5"/>
+      <c r="J253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1639</v>
+        <v>1633</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1640</v>
-[...3 lines deleted...]
-      </c>
+        <v>1664</v>
+      </c>
+      <c r="M253" s="5"/>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1642</v>
+        <v>1665</v>
       </c>
       <c r="B254" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C254" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H254" s="5" t="s">
-        <v>1643</v>
+        <v>1666</v>
       </c>
       <c r="I254" s="5"/>
       <c r="J254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1594</v>
+        <v>1633</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1644</v>
+        <v>1667</v>
       </c>
       <c r="M254" s="5"/>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1645</v>
+        <v>1668</v>
       </c>
       <c r="B255" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C255" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H255" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H255" s="5" t="s">
+        <v>1638</v>
       </c>
       <c r="I255" s="5"/>
       <c r="J255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1646</v>
+        <v>1633</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1647</v>
+        <v>1669</v>
       </c>
       <c r="M255" s="5"/>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1648</v>
+        <v>1670</v>
       </c>
       <c r="B256" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C256" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H256" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H256" s="5" t="s">
+        <v>1638</v>
       </c>
       <c r="I256" s="5"/>
       <c r="J256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1646</v>
+        <v>1633</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1649</v>
+        <v>1671</v>
       </c>
       <c r="M256" s="5"/>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1650</v>
+        <v>1672</v>
       </c>
       <c r="B257" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C257" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1599</v>
+        <v>1638</v>
       </c>
       <c r="I257" s="5"/>
       <c r="J257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1594</v>
+        <v>1633</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1651</v>
+        <v>1673</v>
       </c>
       <c r="M257" s="5"/>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1652</v>
+        <v>1674</v>
       </c>
       <c r="B258" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D258" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D258" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E258" s="5" t="s">
+        <v>1350</v>
       </c>
       <c r="F258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G258" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G258" s="5" t="s">
+        <v>1675</v>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1653</v>
-[...5 lines deleted...]
-        </is>
+        <v>1676</v>
+      </c>
+      <c r="I258" s="5" t="s">
+        <v>1677</v>
+      </c>
+      <c r="J258" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1594</v>
+        <v>1678</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1654</v>
-[...1 lines deleted...]
-      <c r="M258" s="5"/>
+        <v>1679</v>
+      </c>
+      <c r="M258" s="5" t="s">
+        <v>1680</v>
+      </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1655</v>
+        <v>1681</v>
       </c>
       <c r="B259" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1562</v>
+        <v>1682</v>
       </c>
       <c r="I259" s="5"/>
       <c r="J259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1646</v>
+        <v>1633</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1656</v>
+        <v>1683</v>
       </c>
       <c r="M259" s="5"/>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1657</v>
+        <v>1684</v>
       </c>
       <c r="B260" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C260" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I260" s="5"/>
       <c r="J260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1658</v>
+        <v>1685</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1659</v>
+        <v>1686</v>
       </c>
       <c r="M260" s="5"/>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1660</v>
+        <v>1687</v>
       </c>
       <c r="B261" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C261" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H261" s="5" t="s">
-        <v>1599</v>
+      <c r="H261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I261" s="5"/>
       <c r="J261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1658</v>
+        <v>1685</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1661</v>
+        <v>1688</v>
       </c>
       <c r="M261" s="5"/>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1662</v>
+        <v>1689</v>
       </c>
       <c r="B262" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C262" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H262" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H262" s="5" t="s">
+        <v>1638</v>
       </c>
       <c r="I262" s="5"/>
       <c r="J262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1658</v>
+        <v>1633</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1663</v>
+        <v>1690</v>
       </c>
       <c r="M262" s="5"/>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1664</v>
+        <v>1691</v>
       </c>
       <c r="B263" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C263" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
-        <v>1620</v>
+        <v>1692</v>
       </c>
       <c r="I263" s="5"/>
       <c r="J263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1658</v>
+        <v>1633</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1665</v>
+        <v>1693</v>
       </c>
       <c r="M263" s="5"/>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1666</v>
+        <v>1694</v>
       </c>
       <c r="B264" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C264" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1620</v>
+        <v>1601</v>
       </c>
       <c r="I264" s="5"/>
       <c r="J264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1658</v>
+        <v>1685</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1667</v>
+        <v>1695</v>
       </c>
       <c r="M264" s="5"/>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1668</v>
+        <v>1696</v>
       </c>
       <c r="B265" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C265" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H265" s="5" t="s">
-        <v>1620</v>
+      <c r="H265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I265" s="5"/>
       <c r="J265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1658</v>
+        <v>1697</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1669</v>
+        <v>1698</v>
       </c>
       <c r="M265" s="5"/>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1670</v>
+        <v>1699</v>
       </c>
       <c r="B266" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C266" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H266" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H266" s="5" t="s">
+        <v>1638</v>
       </c>
       <c r="I266" s="5"/>
       <c r="J266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1658</v>
+        <v>1697</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1671</v>
+        <v>1700</v>
       </c>
       <c r="M266" s="5"/>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1672</v>
+        <v>1701</v>
       </c>
       <c r="B267" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>1673</v>
+        <v>16</v>
+      </c>
+      <c r="D267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F267" s="5" t="s">
-[...12 lines deleted...]
-        <v>1678</v>
+      <c r="F267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I267" s="5"/>
+      <c r="J267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1679</v>
+        <v>1697</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1680</v>
-[...3 lines deleted...]
-      </c>
+        <v>1702</v>
+      </c>
+      <c r="M267" s="5"/>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1682</v>
+        <v>1703</v>
       </c>
       <c r="B268" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C268" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D268" s="5" t="s">
-[...3 lines deleted...]
-        <v>1683</v>
+      <c r="D268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="s">
-        <v>1684</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>1659</v>
+      </c>
+      <c r="I268" s="5"/>
+      <c r="J268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1686</v>
+        <v>1697</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1687</v>
-[...3 lines deleted...]
-      </c>
+        <v>1704</v>
+      </c>
+      <c r="M268" s="5"/>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1689</v>
+        <v>1705</v>
       </c>
       <c r="B269" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C269" s="5" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D269" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F269" s="5" t="s">
-[...3 lines deleted...]
-        <v>1690</v>
+      <c r="F269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H269" s="5" t="s">
-        <v>1691</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>1659</v>
+      </c>
+      <c r="I269" s="5"/>
+      <c r="J269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1694</v>
-[...3 lines deleted...]
-      </c>
+        <v>1706</v>
+      </c>
+      <c r="M269" s="5"/>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1696</v>
+        <v>1707</v>
       </c>
       <c r="B270" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C270" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D270" s="5" t="s">
-[...3 lines deleted...]
-        <v>1412</v>
+      <c r="D270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G270" s="5" t="s">
+      <c r="G270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H270" s="5" t="s">
+        <v>1659</v>
+      </c>
+      <c r="I270" s="5"/>
+      <c r="J270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K270" s="5" t="s">
         <v>1697</v>
       </c>
-      <c r="H270" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L270" s="6" t="s">
-        <v>1701</v>
-[...3 lines deleted...]
-      </c>
+        <v>1708</v>
+      </c>
+      <c r="M270" s="5"/>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1703</v>
+        <v>1709</v>
       </c>
       <c r="B271" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C271" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D271" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H271" s="5" t="s">
-[...6 lines deleted...]
-        <v>297</v>
+      <c r="H271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I271" s="5"/>
+      <c r="J271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1705</v>
+        <v>1697</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1706</v>
-[...3 lines deleted...]
-      </c>
+        <v>1710</v>
+      </c>
+      <c r="M271" s="5"/>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="B272" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>143</v>
+      </c>
+      <c r="D272" s="5" t="s">
+        <v>1712</v>
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F272" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F272" s="5" t="s">
+        <v>1713</v>
+      </c>
+      <c r="G272" s="5" t="s">
+        <v>1714</v>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1620</v>
-[...5 lines deleted...]
-        </is>
+        <v>1715</v>
+      </c>
+      <c r="I272" s="5" t="s">
+        <v>1716</v>
+      </c>
+      <c r="J272" s="5" t="s">
+        <v>1717</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1709</v>
+        <v>1718</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1710</v>
-[...1 lines deleted...]
-      <c r="M272" s="5"/>
+        <v>1719</v>
+      </c>
+      <c r="M272" s="5" t="s">
+        <v>1720</v>
+      </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1711</v>
+        <v>1721</v>
       </c>
       <c r="B273" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D273" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D273" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E273" s="5" t="s">
+        <v>1722</v>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1620</v>
-[...5 lines deleted...]
-        </is>
+        <v>1723</v>
+      </c>
+      <c r="I273" s="5" t="s">
+        <v>1724</v>
+      </c>
+      <c r="J273" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1709</v>
+        <v>1725</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1712</v>
-[...1 lines deleted...]
-      <c r="M273" s="5"/>
+        <v>1726</v>
+      </c>
+      <c r="M273" s="5" t="s">
+        <v>1727</v>
+      </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1713</v>
+        <v>1728</v>
       </c>
       <c r="B274" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="D274" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D274" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F274" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="F274" s="5" t="s">
+        <v>1722</v>
+      </c>
+      <c r="G274" s="5" t="s">
+        <v>1729</v>
+      </c>
+      <c r="H274" s="5" t="s">
+        <v>1730</v>
+      </c>
+      <c r="I274" s="5" t="s">
+        <v>1731</v>
+      </c>
+      <c r="J274" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1709</v>
+        <v>1732</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1714</v>
-[...1 lines deleted...]
-      <c r="M274" s="5"/>
+        <v>1733</v>
+      </c>
+      <c r="M274" s="5" t="s">
+        <v>1734</v>
+      </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1715</v>
+        <v>1735</v>
       </c>
       <c r="B275" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D275" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D275" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E275" s="5" t="s">
+        <v>1451</v>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G275" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G275" s="5" t="s">
+        <v>1736</v>
+      </c>
+      <c r="H275" s="5" t="s">
+        <v>1737</v>
+      </c>
+      <c r="I275" s="5" t="s">
+        <v>1738</v>
+      </c>
+      <c r="J275" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1709</v>
+        <v>1739</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1716</v>
-[...1 lines deleted...]
-      <c r="M275" s="5"/>
+        <v>1740</v>
+      </c>
+      <c r="M275" s="5" t="s">
+        <v>1741</v>
+      </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1717</v>
+        <v>1742</v>
       </c>
       <c r="B276" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D276" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D276" s="5" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E276" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1620</v>
-[...5 lines deleted...]
-        </is>
+        <v>1659</v>
+      </c>
+      <c r="I276" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="J276" s="5" t="s">
+        <v>305</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1709</v>
+        <v>1744</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1718</v>
-[...1 lines deleted...]
-      <c r="M276" s="5"/>
+        <v>1745</v>
+      </c>
+      <c r="M276" s="5" t="s">
+        <v>1746</v>
+      </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1719</v>
+        <v>1747</v>
       </c>
       <c r="B277" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1620</v>
+        <v>1659</v>
       </c>
       <c r="I277" s="5"/>
       <c r="J277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1720</v>
+        <v>1748</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1721</v>
+        <v>1749</v>
       </c>
       <c r="M277" s="5"/>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1722</v>
+        <v>1750</v>
       </c>
       <c r="B278" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C278" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1620</v>
+        <v>1659</v>
       </c>
       <c r="I278" s="5"/>
       <c r="J278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1709</v>
+        <v>1748</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1723</v>
+        <v>1751</v>
       </c>
       <c r="M278" s="5"/>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1724</v>
+        <v>1752</v>
       </c>
       <c r="B279" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I279" s="5"/>
       <c r="J279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1725</v>
+        <v>1748</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1726</v>
+        <v>1753</v>
       </c>
       <c r="M279" s="5"/>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1727</v>
+        <v>1754</v>
       </c>
       <c r="B280" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I280" s="5"/>
       <c r="J280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1709</v>
+        <v>1748</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1728</v>
+        <v>1755</v>
       </c>
       <c r="M280" s="5"/>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1729</v>
+        <v>1756</v>
       </c>
       <c r="B281" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H281" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H281" s="5" t="s">
+        <v>1659</v>
       </c>
       <c r="I281" s="5"/>
       <c r="J281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1730</v>
+        <v>1748</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1731</v>
+        <v>1757</v>
       </c>
       <c r="M281" s="5"/>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1732</v>
+        <v>1758</v>
       </c>
       <c r="B282" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C282" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1620</v>
+        <v>1659</v>
       </c>
       <c r="I282" s="5"/>
       <c r="J282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1730</v>
+        <v>1759</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1733</v>
+        <v>1760</v>
       </c>
       <c r="M282" s="5"/>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1734</v>
+        <v>1761</v>
       </c>
       <c r="B283" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1620</v>
+        <v>1659</v>
       </c>
       <c r="I283" s="5"/>
       <c r="J283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1730</v>
+        <v>1748</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1735</v>
+        <v>1762</v>
       </c>
       <c r="M283" s="5"/>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1736</v>
+        <v>1763</v>
       </c>
       <c r="B284" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H284" s="5" t="s">
-        <v>1737</v>
+      <c r="H284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I284" s="5"/>
       <c r="J284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1730</v>
+        <v>1764</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1738</v>
+        <v>1765</v>
       </c>
       <c r="M284" s="5"/>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1739</v>
+        <v>1766</v>
       </c>
       <c r="B285" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C285" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H285" s="5" t="s">
-        <v>1620</v>
+      <c r="H285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I285" s="5"/>
       <c r="J285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1730</v>
+        <v>1748</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1740</v>
+        <v>1767</v>
       </c>
       <c r="M285" s="5"/>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1741</v>
+        <v>1768</v>
       </c>
       <c r="B286" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C286" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I286" s="5"/>
       <c r="J286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1730</v>
+        <v>1769</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1742</v>
+        <v>1770</v>
       </c>
       <c r="M286" s="5"/>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1743</v>
+        <v>1771</v>
       </c>
       <c r="B287" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C287" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H287" s="5" t="s">
-        <v>1620</v>
+        <v>1659</v>
       </c>
       <c r="I287" s="5"/>
       <c r="J287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1730</v>
+        <v>1769</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1744</v>
+        <v>1772</v>
       </c>
       <c r="M287" s="5"/>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1745</v>
+        <v>1773</v>
       </c>
       <c r="B288" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C288" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H288" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H288" s="5" t="s">
+        <v>1659</v>
       </c>
       <c r="I288" s="5"/>
       <c r="J288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1746</v>
+        <v>1769</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1747</v>
+        <v>1774</v>
       </c>
       <c r="M288" s="5"/>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1748</v>
+        <v>1775</v>
       </c>
       <c r="B289" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C289" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H289" s="5" t="s">
-        <v>1737</v>
+        <v>1776</v>
       </c>
       <c r="I289" s="5"/>
       <c r="J289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1730</v>
+        <v>1769</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1749</v>
+        <v>1777</v>
       </c>
       <c r="M289" s="5"/>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1750</v>
+        <v>1778</v>
       </c>
       <c r="B290" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C290" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H290" s="5" t="s">
-        <v>1751</v>
+        <v>1659</v>
       </c>
       <c r="I290" s="5"/>
       <c r="J290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1709</v>
+        <v>1769</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1752</v>
+        <v>1779</v>
       </c>
       <c r="M290" s="5"/>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1753</v>
+        <v>1780</v>
       </c>
       <c r="B291" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C291" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H291" s="5" t="s">
-        <v>1754</v>
+      <c r="H291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I291" s="5"/>
       <c r="J291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K291" s="5" t="s">
-        <v>1709</v>
+        <v>1769</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1755</v>
+        <v>1781</v>
       </c>
       <c r="M291" s="5"/>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B292" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C292" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H292" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H292" s="5" t="s">
+        <v>1659</v>
       </c>
       <c r="I292" s="5"/>
       <c r="J292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1709</v>
+        <v>1769</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1757</v>
+        <v>1783</v>
       </c>
       <c r="M292" s="5"/>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1758</v>
+        <v>1784</v>
       </c>
       <c r="B293" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C293" s="5" t="s">
-        <v>1232</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="D293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H293" s="5" t="s">
-[...6 lines deleted...]
-        <v>297</v>
+      <c r="H293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I293" s="5"/>
+      <c r="J293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K293" s="5" t="s">
-        <v>1762</v>
+        <v>1785</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>1763</v>
-[...3 lines deleted...]
-      </c>
+        <v>1786</v>
+      </c>
+      <c r="M293" s="5"/>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1765</v>
+        <v>1787</v>
       </c>
       <c r="B294" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C294" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H294" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H294" s="5" t="s">
+        <v>1776</v>
       </c>
       <c r="I294" s="5"/>
       <c r="J294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K294" s="5" t="s">
-        <v>1709</v>
+        <v>1769</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>1766</v>
+        <v>1788</v>
       </c>
       <c r="M294" s="5"/>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>1767</v>
+        <v>1789</v>
       </c>
       <c r="B295" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C295" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H295" s="5" t="s">
-        <v>1620</v>
+        <v>1790</v>
       </c>
       <c r="I295" s="5"/>
       <c r="J295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K295" s="5" t="s">
-        <v>1709</v>
+        <v>1748</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>1768</v>
+        <v>1791</v>
       </c>
       <c r="M295" s="5"/>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>1769</v>
+        <v>1792</v>
       </c>
       <c r="B296" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C296" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H296" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H296" s="5" t="s">
+        <v>1793</v>
       </c>
       <c r="I296" s="5"/>
       <c r="J296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K296" s="5" t="s">
-        <v>1709</v>
+        <v>1748</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>1770</v>
+        <v>1794</v>
       </c>
       <c r="M296" s="5"/>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>1771</v>
+        <v>1795</v>
       </c>
       <c r="B297" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I297" s="5"/>
       <c r="J297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K297" s="5" t="s">
-        <v>1709</v>
+        <v>1748</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>1772</v>
+        <v>1796</v>
       </c>
       <c r="M297" s="5"/>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>1773</v>
+        <v>1797</v>
       </c>
       <c r="B298" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C298" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>1271</v>
+      </c>
+      <c r="D298" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="E298" s="5" t="s">
+        <v>1798</v>
+      </c>
+      <c r="F298" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H298" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H298" s="5" t="s">
+        <v>1799</v>
+      </c>
+      <c r="I298" s="5" t="s">
+        <v>1800</v>
+      </c>
+      <c r="J298" s="5" t="s">
+        <v>305</v>
       </c>
       <c r="K298" s="5" t="s">
-        <v>1709</v>
+        <v>1801</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>1774</v>
-[...1 lines deleted...]
-      <c r="M298" s="5"/>
+        <v>1802</v>
+      </c>
+      <c r="M298" s="5" t="s">
+        <v>1803</v>
+      </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>1775</v>
+        <v>1804</v>
       </c>
       <c r="B299" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C299" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H299" s="5" t="s">
-        <v>1620</v>
+      <c r="H299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I299" s="5"/>
       <c r="J299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K299" s="5" t="s">
-        <v>1709</v>
+        <v>1748</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="M299" s="5"/>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>1777</v>
+        <v>1806</v>
       </c>
       <c r="B300" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C300" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H300" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H300" s="5" t="s">
+        <v>1659</v>
       </c>
       <c r="I300" s="5"/>
       <c r="J300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K300" s="5" t="s">
-        <v>1709</v>
+        <v>1748</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>1778</v>
+        <v>1807</v>
       </c>
       <c r="M300" s="5"/>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>1779</v>
+        <v>1808</v>
       </c>
       <c r="B301" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C301" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D301" s="5" t="s">
-        <v>1562</v>
+      <c r="D301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G301" s="5" t="s">
-[...9 lines deleted...]
-        <v>297</v>
+      <c r="G301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I301" s="5"/>
+      <c r="J301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K301" s="5" t="s">
-        <v>1783</v>
+        <v>1748</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>1784</v>
-[...3 lines deleted...]
-      </c>
+        <v>1809</v>
+      </c>
+      <c r="M301" s="5"/>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>1786</v>
+        <v>1810</v>
       </c>
       <c r="B302" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C302" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I302" s="5"/>
       <c r="J302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K302" s="5" t="s">
-        <v>1709</v>
+        <v>1748</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>1787</v>
+        <v>1811</v>
       </c>
       <c r="M302" s="5"/>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>1788</v>
+        <v>1812</v>
       </c>
       <c r="B303" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C303" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H303" s="5" t="s">
-        <v>1751</v>
+      <c r="H303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I303" s="5"/>
       <c r="J303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K303" s="5" t="s">
-        <v>1709</v>
+        <v>1748</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>1789</v>
+        <v>1813</v>
       </c>
       <c r="M303" s="5"/>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>1790</v>
+        <v>1814</v>
       </c>
       <c r="B304" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C304" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H304" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H304" s="5" t="s">
+        <v>1659</v>
       </c>
       <c r="I304" s="5"/>
       <c r="J304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K304" s="5" t="s">
-        <v>1709</v>
+        <v>1748</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>1791</v>
+        <v>1815</v>
       </c>
       <c r="M304" s="5"/>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>1792</v>
+        <v>1816</v>
       </c>
       <c r="B305" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C305" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I305" s="5"/>
       <c r="J305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K305" s="5" t="s">
-        <v>1730</v>
+        <v>1748</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>1793</v>
+        <v>1817</v>
       </c>
       <c r="M305" s="5"/>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>1794</v>
+        <v>1818</v>
       </c>
       <c r="B306" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C306" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D306" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D306" s="5" t="s">
+        <v>1601</v>
       </c>
       <c r="E306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G306" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G306" s="5" t="s">
+        <v>1819</v>
+      </c>
+      <c r="H306" s="5" t="s">
+        <v>1820</v>
+      </c>
+      <c r="I306" s="5" t="s">
+        <v>1821</v>
+      </c>
+      <c r="J306" s="5" t="s">
+        <v>305</v>
       </c>
       <c r="K306" s="5" t="s">
-        <v>1730</v>
+        <v>1822</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>1795</v>
-[...1 lines deleted...]
-      <c r="M306" s="5"/>
+        <v>1823</v>
+      </c>
+      <c r="M306" s="5" t="s">
+        <v>1824</v>
+      </c>
     </row>
     <row r="307">
-      <c r="A307" s="5" t="n">
-        <v>1923</v>
+      <c r="A307" s="5" t="s">
+        <v>1825</v>
       </c>
       <c r="B307" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C307" s="5" t="s">
-        <v>1796</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D307" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E307" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G307" s="5" t="s">
-[...3 lines deleted...]
-        <v>1798</v>
+      <c r="G307" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H307" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I307" s="5"/>
-      <c r="J307" s="5" t="s">
-        <v>1799</v>
+      <c r="J307" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K307" s="5" t="s">
-        <v>1800</v>
+        <v>1748</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>1801</v>
-[...3 lines deleted...]
-      </c>
+        <v>1826</v>
+      </c>
+      <c r="M307" s="5"/>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>1803</v>
+        <v>1827</v>
       </c>
       <c r="B308" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C308" s="5" t="s">
-        <v>1232</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="D308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="s">
-        <v>1804</v>
-[...5 lines deleted...]
-        <v>297</v>
+        <v>1790</v>
+      </c>
+      <c r="I308" s="5"/>
+      <c r="J308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K308" s="5" t="s">
-        <v>1806</v>
+        <v>1748</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>1807</v>
-[...3 lines deleted...]
-      </c>
+        <v>1828</v>
+      </c>
+      <c r="M308" s="5"/>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>1809</v>
+        <v>1829</v>
       </c>
       <c r="B309" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C309" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D309" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I309" s="5" t="s">
-[...3 lines deleted...]
-        <v>297</v>
+      <c r="I309" s="5"/>
+      <c r="J309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K309" s="5" t="s">
-        <v>1811</v>
+        <v>1748</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>1812</v>
-[...3 lines deleted...]
-      </c>
+        <v>1830</v>
+      </c>
+      <c r="M309" s="5"/>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>1814</v>
+        <v>1831</v>
       </c>
       <c r="B310" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C310" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H310" s="5" t="s">
-        <v>1815</v>
+      <c r="H310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I310" s="5"/>
       <c r="J310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K310" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K310" s="5" t="s">
+        <v>1769</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>1816</v>
+        <v>1832</v>
       </c>
       <c r="M310" s="5"/>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>1817</v>
+        <v>1833</v>
       </c>
       <c r="B311" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C311" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I311" s="5"/>
       <c r="J311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K311" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K311" s="5" t="s">
+        <v>1769</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>1818</v>
+        <v>1834</v>
       </c>
       <c r="M311" s="5"/>
     </row>
     <row r="312">
-      <c r="A312" s="5" t="s">
-        <v>1819</v>
+      <c r="A312" s="5" t="n">
+        <v>1923</v>
       </c>
       <c r="B312" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1835</v>
+      </c>
+      <c r="D312" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="E312" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G312" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G312" s="5" t="s">
+        <v>1836</v>
+      </c>
+      <c r="H312" s="5" t="s">
+        <v>1837</v>
       </c>
       <c r="I312" s="5"/>
-      <c r="J312" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J312" s="5" t="s">
+        <v>1838</v>
+      </c>
+      <c r="K312" s="5" t="s">
+        <v>1839</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>1820</v>
-[...1 lines deleted...]
-      <c r="M312" s="5"/>
+        <v>1840</v>
+      </c>
+      <c r="M312" s="5" t="s">
+        <v>1841</v>
+      </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
-        <v>1821</v>
+        <v>1842</v>
       </c>
       <c r="B313" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>1843</v>
+      </c>
+      <c r="D313" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="E313" s="5" t="s">
+        <v>1844</v>
+      </c>
+      <c r="F313" s="5" t="s">
+        <v>1845</v>
       </c>
       <c r="G313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H313" s="5" t="s">
-        <v>1815</v>
-[...10 lines deleted...]
-        </is>
+        <v>1846</v>
+      </c>
+      <c r="I313" s="5" t="s">
+        <v>1847</v>
+      </c>
+      <c r="J313" s="5" t="s">
+        <v>1848</v>
+      </c>
+      <c r="K313" s="5" t="s">
+        <v>1849</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>1822</v>
-[...1 lines deleted...]
-      <c r="M313" s="5"/>
+        <v>1850</v>
+      </c>
+      <c r="M313" s="5" t="s">
+        <v>1851</v>
+      </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
-        <v>1823</v>
+        <v>1852</v>
       </c>
       <c r="B314" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C314" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>1271</v>
+      </c>
+      <c r="D314" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="E314" s="5" t="s">
+        <v>1798</v>
+      </c>
+      <c r="F314" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H314" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H314" s="5" t="s">
+        <v>1853</v>
+      </c>
+      <c r="I314" s="5" t="s">
+        <v>1854</v>
+      </c>
+      <c r="J314" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="K314" s="5" t="s">
+        <v>1855</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>1824</v>
-[...1 lines deleted...]
-      <c r="M314" s="5"/>
+        <v>1856</v>
+      </c>
+      <c r="M314" s="5" t="s">
+        <v>1857</v>
+      </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>1825</v>
+        <v>1858</v>
       </c>
       <c r="B315" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D315" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D315" s="5" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E315" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I315" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I315" s="5" t="s">
+        <v>1859</v>
+      </c>
+      <c r="J315" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="K315" s="5" t="s">
+        <v>1860</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>1826</v>
-[...1 lines deleted...]
-      <c r="M315" s="5"/>
+        <v>1861</v>
+      </c>
+      <c r="M315" s="5" t="s">
+        <v>1862</v>
+      </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>1827</v>
+        <v>1863</v>
       </c>
       <c r="B316" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C316" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H316" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H316" s="5" t="s">
+        <v>1864</v>
       </c>
       <c r="I316" s="5"/>
       <c r="J316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L316" s="6" t="s">
-        <v>1828</v>
+        <v>1865</v>
       </c>
       <c r="M316" s="5"/>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>1829</v>
+        <v>1866</v>
       </c>
       <c r="B317" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C317" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I317" s="5"/>
       <c r="J317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L317" s="6" t="s">
-        <v>1830</v>
+        <v>1867</v>
       </c>
       <c r="M317" s="5"/>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>1831</v>
+        <v>1868</v>
       </c>
       <c r="B318" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C318" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I318" s="5"/>
       <c r="J318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L318" s="6" t="s">
-        <v>1832</v>
+        <v>1869</v>
       </c>
       <c r="M318" s="5"/>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>1833</v>
+        <v>1870</v>
       </c>
       <c r="B319" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C319" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H319" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H319" s="5" t="s">
+        <v>1864</v>
       </c>
       <c r="I319" s="5"/>
       <c r="J319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L319" s="6" t="s">
-        <v>1834</v>
+        <v>1871</v>
       </c>
       <c r="M319" s="5"/>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>1835</v>
+        <v>1872</v>
       </c>
       <c r="B320" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C320" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I320" s="5"/>
       <c r="J320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L320" s="6" t="s">
-        <v>1836</v>
+        <v>1873</v>
       </c>
       <c r="M320" s="5"/>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>1837</v>
+        <v>1874</v>
       </c>
       <c r="B321" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C321" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I321" s="5"/>
       <c r="J321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L321" s="6" t="s">
-        <v>1838</v>
+        <v>1875</v>
       </c>
       <c r="M321" s="5"/>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>1839</v>
+        <v>1876</v>
       </c>
       <c r="B322" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C322" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I322" s="5"/>
       <c r="J322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L322" s="6" t="s">
-        <v>1840</v>
+        <v>1877</v>
       </c>
       <c r="M322" s="5"/>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>1841</v>
+        <v>1878</v>
       </c>
       <c r="B323" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C323" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I323" s="5"/>
       <c r="J323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L323" s="6" t="s">
-        <v>1842</v>
+        <v>1879</v>
       </c>
       <c r="M323" s="5"/>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>1843</v>
+        <v>1880</v>
       </c>
       <c r="B324" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>1796</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G324" s="5" t="s">
-[...12 lines deleted...]
-        <v>1848</v>
+      <c r="G324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I324" s="5"/>
+      <c r="J324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L324" s="6" t="s">
-        <v>1849</v>
-[...3 lines deleted...]
-      </c>
+        <v>1881</v>
+      </c>
+      <c r="M324" s="5"/>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>1851</v>
+        <v>1882</v>
       </c>
       <c r="B325" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C325" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I325" s="5"/>
       <c r="J325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L325" s="6" t="s">
-        <v>1852</v>
+        <v>1883</v>
       </c>
       <c r="M325" s="5"/>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>1853</v>
+        <v>1884</v>
       </c>
       <c r="B326" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C326" s="5" t="s">
-        <v>1796</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G326" s="5" t="s">
-[...3 lines deleted...]
-        <v>1854</v>
+      <c r="G326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I326" s="5"/>
-      <c r="J326" s="5" t="s">
-[...3 lines deleted...]
-        <v>1855</v>
+      <c r="J326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L326" s="6" t="s">
-        <v>1856</v>
-[...3 lines deleted...]
-      </c>
+        <v>1885</v>
+      </c>
+      <c r="M326" s="5"/>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>1858</v>
+        <v>1886</v>
       </c>
       <c r="B327" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C327" s="5" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>1547</v>
+        <v>16</v>
+      </c>
+      <c r="D327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G327" s="5" t="s">
-[...12 lines deleted...]
-        <v>1862</v>
+      <c r="G327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I327" s="5"/>
+      <c r="J327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L327" s="6" t="s">
-        <v>1863</v>
-[...3 lines deleted...]
-      </c>
+        <v>1887</v>
+      </c>
+      <c r="M327" s="5"/>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>1865</v>
+        <v>1888</v>
       </c>
       <c r="B328" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C328" s="5" t="s">
-        <v>1796</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G328" s="5" t="s">
-[...12 lines deleted...]
-        <v>1868</v>
+      <c r="G328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I328" s="5"/>
+      <c r="J328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L328" s="6" t="s">
-        <v>1869</v>
-[...3 lines deleted...]
-      </c>
+        <v>1889</v>
+      </c>
+      <c r="M328" s="5"/>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
-        <v>1871</v>
+        <v>1890</v>
       </c>
       <c r="B329" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C329" s="5" t="s">
-        <v>1796</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G329" s="5" t="s">
-[...3 lines deleted...]
-        <v>1872</v>
+      <c r="G329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I329" s="5"/>
-      <c r="J329" s="5" t="s">
-[...3 lines deleted...]
-        <v>1873</v>
+      <c r="J329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L329" s="6" t="s">
-        <v>1874</v>
-[...3 lines deleted...]
-      </c>
+        <v>1891</v>
+      </c>
+      <c r="M329" s="5"/>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>1876</v>
+        <v>1892</v>
       </c>
       <c r="B330" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C330" s="5" t="s">
-        <v>143</v>
+        <v>1835</v>
       </c>
       <c r="D330" s="5" t="s">
-        <v>1547</v>
-[...4 lines deleted...]
-        </is>
+        <v>719</v>
+      </c>
+      <c r="E330" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G330" s="5" t="s">
-        <v>1877</v>
+        <v>1893</v>
       </c>
       <c r="H330" s="5" t="s">
-        <v>1878</v>
+        <v>1894</v>
       </c>
       <c r="I330" s="5" t="s">
-        <v>1879</v>
+        <v>1895</v>
       </c>
       <c r="J330" s="5" t="s">
-        <v>297</v>
+        <v>1896</v>
       </c>
       <c r="K330" s="5" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="L330" s="6" t="s">
-        <v>1881</v>
+        <v>1898</v>
       </c>
       <c r="M330" s="5" t="s">
-        <v>1882</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>1883</v>
+        <v>1900</v>
       </c>
       <c r="B331" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C331" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D331" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G331" s="5" t="s">
-[...12 lines deleted...]
-        <v>1887</v>
+      <c r="G331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I331" s="5"/>
+      <c r="J331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L331" s="6" t="s">
-        <v>1888</v>
-[...3 lines deleted...]
-      </c>
+        <v>1901</v>
+      </c>
+      <c r="M331" s="5"/>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>1890</v>
+        <v>1902</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C332" s="5" t="s">
-        <v>16</v>
+        <v>1835</v>
       </c>
       <c r="D332" s="5" t="s">
-        <v>143</v>
-[...6 lines deleted...]
-      <c r="F332" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="E332" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="G332" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G332" s="5" t="s">
+        <v>1893</v>
       </c>
       <c r="H332" s="5" t="s">
-        <v>1891</v>
-[...3 lines deleted...]
-      </c>
+        <v>1903</v>
+      </c>
+      <c r="I332" s="5"/>
       <c r="J332" s="5" t="s">
-        <v>297</v>
+        <v>1896</v>
       </c>
       <c r="K332" s="5" t="s">
-        <v>1893</v>
+        <v>1904</v>
       </c>
       <c r="L332" s="6" t="s">
-        <v>1894</v>
+        <v>1905</v>
       </c>
       <c r="M332" s="5" t="s">
-        <v>1895</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
-        <v>1896</v>
+        <v>1907</v>
       </c>
       <c r="B333" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C333" s="5" t="s">
-        <v>16</v>
+        <v>143</v>
       </c>
       <c r="D333" s="5" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1586</v>
+      </c>
+      <c r="E333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G333" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G333" s="5" t="s">
+        <v>1908</v>
       </c>
       <c r="H333" s="5" t="s">
-        <v>1897</v>
+        <v>1909</v>
       </c>
       <c r="I333" s="5" t="s">
-        <v>1898</v>
+        <v>1910</v>
       </c>
       <c r="J333" s="5" t="s">
-        <v>22</v>
+        <v>305</v>
       </c>
       <c r="K333" s="5" t="s">
-        <v>1899</v>
+        <v>1911</v>
       </c>
       <c r="L333" s="6" t="s">
-        <v>1900</v>
+        <v>1912</v>
       </c>
       <c r="M333" s="5" t="s">
-        <v>1901</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
-        <v>1902</v>
+        <v>1914</v>
       </c>
       <c r="B334" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C334" s="5" t="s">
-        <v>1796</v>
+        <v>1835</v>
       </c>
       <c r="D334" s="5" t="s">
-        <v>1903</v>
+        <v>719</v>
       </c>
       <c r="E334" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G334" s="5" t="s">
-        <v>1904</v>
+        <v>1893</v>
       </c>
       <c r="H334" s="5" t="s">
-        <v>1905</v>
-[...1 lines deleted...]
-      <c r="I334" s="5"/>
+        <v>1915</v>
+      </c>
+      <c r="I334" s="5" t="s">
+        <v>1916</v>
+      </c>
       <c r="J334" s="5" t="s">
-        <v>1847</v>
+        <v>1896</v>
       </c>
       <c r="K334" s="5" t="s">
-        <v>1906</v>
+        <v>1917</v>
       </c>
       <c r="L334" s="6" t="s">
-        <v>1907</v>
+        <v>1918</v>
       </c>
       <c r="M334" s="5" t="s">
-        <v>1908</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>1909</v>
+        <v>1920</v>
       </c>
       <c r="B335" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>16</v>
+        <v>1835</v>
       </c>
       <c r="D335" s="5" t="s">
-        <v>143</v>
+        <v>719</v>
       </c>
       <c r="E335" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G335" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G335" s="5" t="s">
+        <v>1893</v>
       </c>
       <c r="H335" s="5" t="s">
-        <v>1910</v>
-[...3 lines deleted...]
-      </c>
+        <v>1921</v>
+      </c>
+      <c r="I335" s="5"/>
       <c r="J335" s="5" t="s">
-        <v>22</v>
+        <v>1896</v>
       </c>
       <c r="K335" s="5" t="s">
-        <v>1912</v>
+        <v>1922</v>
       </c>
       <c r="L335" s="6" t="s">
-        <v>1913</v>
+        <v>1923</v>
       </c>
       <c r="M335" s="5" t="s">
-        <v>1914</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>1915</v>
+        <v>1925</v>
       </c>
       <c r="B336" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C336" s="5" t="s">
-        <v>1796</v>
+        <v>143</v>
       </c>
       <c r="D336" s="5" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1586</v>
+      </c>
+      <c r="E336" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G336" s="5" t="s">
-        <v>1916</v>
+        <v>1926</v>
       </c>
       <c r="H336" s="5" t="s">
-        <v>1917</v>
-[...1 lines deleted...]
-      <c r="I336" s="5"/>
+        <v>1927</v>
+      </c>
+      <c r="I336" s="5" t="s">
+        <v>1928</v>
+      </c>
       <c r="J336" s="5" t="s">
-        <v>1847</v>
+        <v>305</v>
       </c>
       <c r="K336" s="5" t="s">
-        <v>1918</v>
+        <v>1929</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>1919</v>
+        <v>1930</v>
       </c>
       <c r="M336" s="5" t="s">
-        <v>1920</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>1921</v>
+        <v>1932</v>
       </c>
       <c r="B337" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C337" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D337" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E337" s="5" t="s">
-        <v>1683</v>
+        <v>18</v>
       </c>
       <c r="F337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G337" s="5" t="s">
-        <v>1922</v>
+        <v>1933</v>
       </c>
       <c r="H337" s="5" t="s">
-        <v>1923</v>
-[...1 lines deleted...]
-      <c r="I337" s="5"/>
+        <v>1934</v>
+      </c>
+      <c r="I337" s="5" t="s">
+        <v>1935</v>
+      </c>
       <c r="J337" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K337" s="5" t="s">
-        <v>1924</v>
+        <v>1936</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>1925</v>
+        <v>1937</v>
       </c>
       <c r="M337" s="5" t="s">
-        <v>1926</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>1927</v>
+        <v>1939</v>
       </c>
       <c r="B338" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C338" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D338" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D338" s="5" t="s">
+        <v>143</v>
       </c>
       <c r="E338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F338" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F338" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H338" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H338" s="5" t="s">
+        <v>1940</v>
+      </c>
+      <c r="I338" s="5" t="s">
+        <v>1941</v>
+      </c>
+      <c r="J338" s="5" t="s">
+        <v>305</v>
       </c>
       <c r="K338" s="5" t="s">
-        <v>1928</v>
+        <v>1942</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>1929</v>
-[...1 lines deleted...]
-      <c r="M338" s="5"/>
+        <v>1943</v>
+      </c>
+      <c r="M338" s="5" t="s">
+        <v>1944</v>
+      </c>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
-        <v>1930</v>
+        <v>1945</v>
       </c>
       <c r="B339" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C339" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D339" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D339" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E339" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H339" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H339" s="5" t="s">
+        <v>1946</v>
+      </c>
+      <c r="I339" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="J339" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K339" s="5" t="s">
-        <v>1928</v>
+        <v>1948</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>1931</v>
-[...1 lines deleted...]
-      <c r="M339" s="5"/>
+        <v>1949</v>
+      </c>
+      <c r="M339" s="5" t="s">
+        <v>1950</v>
+      </c>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>1932</v>
+        <v>1951</v>
       </c>
       <c r="B340" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C340" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1835</v>
+      </c>
+      <c r="D340" s="5" t="s">
+        <v>1952</v>
+      </c>
+      <c r="E340" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G340" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G340" s="5" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H340" s="5" t="s">
+        <v>1954</v>
       </c>
       <c r="I340" s="5"/>
-      <c r="J340" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J340" s="5" t="s">
+        <v>1896</v>
       </c>
       <c r="K340" s="5" t="s">
-        <v>1928</v>
+        <v>1955</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>1933</v>
-[...1 lines deleted...]
-      <c r="M340" s="5"/>
+        <v>1956</v>
+      </c>
+      <c r="M340" s="5" t="s">
+        <v>1957</v>
+      </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>1934</v>
+        <v>1958</v>
       </c>
       <c r="B341" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C341" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D341" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D341" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E341" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H341" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H341" s="5" t="s">
+        <v>1959</v>
+      </c>
+      <c r="I341" s="5" t="s">
+        <v>1960</v>
+      </c>
+      <c r="J341" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K341" s="5" t="s">
-        <v>1928</v>
+        <v>1961</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>1935</v>
-[...1 lines deleted...]
-      <c r="M341" s="5"/>
+        <v>1962</v>
+      </c>
+      <c r="M341" s="5" t="s">
+        <v>1963</v>
+      </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>1936</v>
+        <v>1964</v>
       </c>
       <c r="B342" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C342" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1835</v>
+      </c>
+      <c r="D342" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="E342" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G342" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G342" s="5" t="s">
+        <v>1965</v>
+      </c>
+      <c r="H342" s="5" t="s">
+        <v>1966</v>
       </c>
       <c r="I342" s="5"/>
-      <c r="J342" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J342" s="5" t="s">
+        <v>1896</v>
       </c>
       <c r="K342" s="5" t="s">
-        <v>1928</v>
+        <v>1967</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>1937</v>
-[...1 lines deleted...]
-      <c r="M342" s="5"/>
+        <v>1968</v>
+      </c>
+      <c r="M342" s="5" t="s">
+        <v>1969</v>
+      </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>1938</v>
+        <v>1970</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C343" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D343" s="5" t="s">
         <v>143</v>
       </c>
       <c r="E343" s="5" t="s">
-        <v>1939</v>
+        <v>1722</v>
       </c>
       <c r="F343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G343" s="5" t="s">
-        <v>1940</v>
+        <v>1971</v>
       </c>
       <c r="H343" s="5" t="s">
-        <v>1941</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="I343" s="5"/>
       <c r="J343" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K343" s="5" t="s">
-        <v>1943</v>
+        <v>1973</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>1944</v>
+        <v>1974</v>
       </c>
       <c r="M343" s="5" t="s">
-        <v>1945</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>1946</v>
+        <v>1976</v>
       </c>
       <c r="B344" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C344" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I344" s="5"/>
       <c r="J344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K344" s="5" t="s">
-        <v>1928</v>
+        <v>1977</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>1947</v>
+        <v>1978</v>
       </c>
       <c r="M344" s="5"/>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>1948</v>
+        <v>1979</v>
       </c>
       <c r="B345" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C345" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I345" s="5"/>
       <c r="J345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K345" s="5" t="s">
-        <v>1928</v>
+        <v>1977</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>1949</v>
+        <v>1980</v>
       </c>
       <c r="M345" s="5"/>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>1950</v>
+        <v>1981</v>
       </c>
       <c r="B346" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C346" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I346" s="5"/>
       <c r="J346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K346" s="5" t="s">
-        <v>1928</v>
+        <v>1977</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>1951</v>
+        <v>1982</v>
       </c>
       <c r="M346" s="5"/>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>1952</v>
+        <v>1983</v>
       </c>
       <c r="B347" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C347" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I347" s="5"/>
       <c r="J347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K347" s="5" t="s">
-        <v>1928</v>
+        <v>1977</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>1953</v>
+        <v>1984</v>
       </c>
       <c r="M347" s="5"/>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>1954</v>
+        <v>1985</v>
       </c>
       <c r="B348" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C348" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I348" s="5"/>
       <c r="J348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K348" s="5" t="s">
-        <v>1928</v>
+        <v>1977</v>
       </c>
       <c r="L348" s="6" t="s">
-        <v>1955</v>
+        <v>1986</v>
       </c>
       <c r="M348" s="5"/>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>1956</v>
+        <v>1987</v>
       </c>
       <c r="B349" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C349" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D349" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D349" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E349" s="5" t="s">
+        <v>1988</v>
       </c>
       <c r="F349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G349" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G349" s="5" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H349" s="5" t="s">
+        <v>1990</v>
+      </c>
+      <c r="I349" s="5" t="s">
+        <v>1991</v>
+      </c>
+      <c r="J349" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K349" s="5" t="s">
-        <v>1928</v>
+        <v>1992</v>
       </c>
       <c r="L349" s="6" t="s">
-        <v>1957</v>
-[...1 lines deleted...]
-      <c r="M349" s="5"/>
+        <v>1993</v>
+      </c>
+      <c r="M349" s="5" t="s">
+        <v>1994</v>
+      </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>1958</v>
+        <v>1995</v>
       </c>
       <c r="B350" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C350" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I350" s="5"/>
       <c r="J350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K350" s="5" t="s">
-        <v>1959</v>
+        <v>1977</v>
       </c>
       <c r="L350" s="6" t="s">
-        <v>1960</v>
+        <v>1996</v>
       </c>
       <c r="M350" s="5"/>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>1961</v>
+        <v>1997</v>
       </c>
       <c r="B351" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C351" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I351" s="5"/>
       <c r="J351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K351" s="5" t="s">
-        <v>1959</v>
+        <v>1977</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>1962</v>
+        <v>1998</v>
       </c>
       <c r="M351" s="5"/>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>1963</v>
+        <v>1999</v>
       </c>
       <c r="B352" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C352" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I352" s="5"/>
       <c r="J352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K352" s="5" t="s">
-        <v>1964</v>
+        <v>1977</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>1965</v>
+        <v>2000</v>
       </c>
       <c r="M352" s="5"/>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>1966</v>
+        <v>2001</v>
       </c>
       <c r="B353" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C353" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I353" s="5"/>
       <c r="J353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K353" s="5" t="s">
-        <v>1967</v>
+        <v>1977</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>1968</v>
+        <v>2002</v>
       </c>
       <c r="M353" s="5"/>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>1969</v>
+        <v>2003</v>
       </c>
       <c r="B354" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C354" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I354" s="5"/>
       <c r="J354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K354" s="5" t="s">
-        <v>1967</v>
+        <v>1977</v>
       </c>
       <c r="L354" s="6" t="s">
-        <v>1970</v>
+        <v>2004</v>
       </c>
       <c r="M354" s="5"/>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>1971</v>
+        <v>2005</v>
       </c>
       <c r="B355" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C355" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I355" s="5"/>
       <c r="J355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K355" s="5" t="s">
-        <v>1967</v>
+        <v>1977</v>
       </c>
       <c r="L355" s="6" t="s">
-        <v>1972</v>
+        <v>2006</v>
       </c>
       <c r="M355" s="5"/>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>1973</v>
+        <v>2007</v>
       </c>
       <c r="B356" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C356" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I356" s="5"/>
       <c r="J356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K356" s="5" t="s">
-        <v>1967</v>
+        <v>2008</v>
       </c>
       <c r="L356" s="6" t="s">
-        <v>1974</v>
+        <v>2009</v>
       </c>
       <c r="M356" s="5"/>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>1975</v>
+        <v>2010</v>
       </c>
       <c r="B357" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C357" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I357" s="5"/>
       <c r="J357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K357" s="5" t="s">
-        <v>1967</v>
+        <v>2008</v>
       </c>
       <c r="L357" s="6" t="s">
-        <v>1976</v>
+        <v>2011</v>
       </c>
       <c r="M357" s="5"/>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
-        <v>1977</v>
+        <v>2012</v>
       </c>
       <c r="B358" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C358" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I358" s="5"/>
       <c r="J358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K358" s="5" t="s">
-        <v>1967</v>
+        <v>2013</v>
       </c>
       <c r="L358" s="6" t="s">
-        <v>1978</v>
+        <v>2014</v>
       </c>
       <c r="M358" s="5"/>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
-        <v>1979</v>
+        <v>2015</v>
       </c>
       <c r="B359" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C359" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I359" s="5"/>
       <c r="J359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K359" s="5" t="s">
-        <v>1967</v>
+        <v>2016</v>
       </c>
       <c r="L359" s="6" t="s">
-        <v>1980</v>
+        <v>2017</v>
       </c>
       <c r="M359" s="5"/>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
-        <v>1981</v>
+        <v>2018</v>
       </c>
       <c r="B360" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C360" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I360" s="5"/>
       <c r="J360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K360" s="5" t="s">
-        <v>1967</v>
+        <v>2016</v>
       </c>
       <c r="L360" s="6" t="s">
-        <v>1982</v>
+        <v>2019</v>
       </c>
       <c r="M360" s="5"/>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
-        <v>1983</v>
+        <v>2020</v>
       </c>
       <c r="B361" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C361" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I361" s="5"/>
       <c r="J361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K361" s="5" t="s">
-        <v>1967</v>
+        <v>2016</v>
       </c>
       <c r="L361" s="6" t="s">
-        <v>1984</v>
+        <v>2021</v>
       </c>
       <c r="M361" s="5"/>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
-        <v>1985</v>
+        <v>2022</v>
       </c>
       <c r="B362" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C362" s="5" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>1547</v>
+        <v>16</v>
+      </c>
+      <c r="D362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H362" s="5" t="s">
-[...6 lines deleted...]
-        <v>297</v>
+      <c r="H362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I362" s="5"/>
+      <c r="J362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K362" s="5" t="s">
-        <v>1988</v>
+        <v>2016</v>
       </c>
       <c r="L362" s="6" t="s">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="M362" s="5"/>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
-        <v>1991</v>
+        <v>2024</v>
       </c>
       <c r="B363" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C363" s="5" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>1547</v>
+        <v>16</v>
+      </c>
+      <c r="D363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G363" s="5" t="s">
-[...9 lines deleted...]
-        <v>297</v>
+      <c r="G363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I363" s="5"/>
+      <c r="J363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K363" s="5" t="s">
-        <v>1995</v>
+        <v>2016</v>
       </c>
       <c r="L363" s="6" t="s">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="M363" s="5"/>
     </row>
     <row r="364">
       <c r="A364" s="5" t="s">
-        <v>1998</v>
+        <v>2026</v>
       </c>
       <c r="B364" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C364" s="5" t="s">
-        <v>1547</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G364" s="5" t="s">
-[...9 lines deleted...]
-        <v>2002</v>
+      <c r="G364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I364" s="5"/>
+      <c r="J364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K364" s="5" t="s">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="L364" s="6" t="s">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>2027</v>
+      </c>
+      <c r="M364" s="5"/>
     </row>
     <row r="365">
       <c r="A365" s="5" t="s">
-        <v>2006</v>
+        <v>2028</v>
       </c>
       <c r="B365" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C365" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D365" s="5" t="s">
-[...3 lines deleted...]
-        <v>2007</v>
+      <c r="D365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G365" s="5" t="s">
-[...9 lines deleted...]
-        <v>22</v>
+      <c r="G365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I365" s="5"/>
+      <c r="J365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K365" s="5" t="s">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="L365" s="6" t="s">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2029</v>
+      </c>
+      <c r="M365" s="5"/>
     </row>
     <row r="366">
       <c r="A366" s="5" t="s">
-        <v>2014</v>
+        <v>2030</v>
       </c>
       <c r="B366" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C366" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H366" s="5" t="s">
-        <v>2015</v>
+      <c r="H366" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I366" s="5"/>
       <c r="J366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K366" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K366" s="5" t="s">
+        <v>2016</v>
       </c>
       <c r="L366" s="6" t="s">
-        <v>2016</v>
+        <v>2031</v>
       </c>
       <c r="M366" s="5"/>
     </row>
     <row r="367">
       <c r="A367" s="5" t="s">
-        <v>2017</v>
+        <v>2032</v>
       </c>
       <c r="B367" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C367" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H367" s="5" t="s">
-        <v>2018</v>
+      <c r="H367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I367" s="5"/>
       <c r="J367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K367" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K367" s="5" t="s">
+        <v>2016</v>
       </c>
       <c r="L367" s="6" t="s">
-        <v>2019</v>
+        <v>2033</v>
       </c>
       <c r="M367" s="5"/>
     </row>
     <row r="368">
       <c r="A368" s="5" t="s">
-        <v>2020</v>
+        <v>2034</v>
       </c>
       <c r="B368" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C368" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>143</v>
+      </c>
+      <c r="D368" s="5" t="s">
+        <v>1586</v>
       </c>
       <c r="E368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H368" s="5" t="s">
-        <v>2021</v>
-[...10 lines deleted...]
-        </is>
+        <v>2035</v>
+      </c>
+      <c r="I368" s="5" t="s">
+        <v>2036</v>
+      </c>
+      <c r="J368" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="K368" s="5" t="s">
+        <v>2037</v>
       </c>
       <c r="L368" s="6" t="s">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="M368" s="5"/>
+        <v>2038</v>
+      </c>
+      <c r="M368" s="5" t="s">
+        <v>2039</v>
+      </c>
     </row>
     <row r="369">
       <c r="A369" s="5" t="s">
-        <v>2023</v>
+        <v>2040</v>
       </c>
       <c r="B369" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C369" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>143</v>
+      </c>
+      <c r="D369" s="5" t="s">
+        <v>1586</v>
       </c>
       <c r="E369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G369" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G369" s="5" t="s">
+        <v>2041</v>
       </c>
       <c r="H369" s="5" t="s">
-        <v>2024</v>
-[...10 lines deleted...]
-        </is>
+        <v>2042</v>
+      </c>
+      <c r="I369" s="5" t="s">
+        <v>2043</v>
+      </c>
+      <c r="J369" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="K369" s="5" t="s">
+        <v>2044</v>
       </c>
       <c r="L369" s="6" t="s">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="M369" s="5"/>
+        <v>2045</v>
+      </c>
+      <c r="M369" s="5" t="s">
+        <v>2046</v>
+      </c>
     </row>
     <row r="370">
       <c r="A370" s="5" t="s">
-        <v>2026</v>
+        <v>2047</v>
       </c>
       <c r="B370" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C370" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1586</v>
+      </c>
+      <c r="D370" s="5" t="s">
+        <v>1601</v>
+      </c>
+      <c r="E370" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G370" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G370" s="5" t="s">
+        <v>2048</v>
       </c>
       <c r="H370" s="5" t="s">
-        <v>2027</v>
-[...10 lines deleted...]
-        </is>
+        <v>2049</v>
+      </c>
+      <c r="I370" s="5" t="s">
+        <v>2050</v>
+      </c>
+      <c r="J370" s="5" t="s">
+        <v>2051</v>
+      </c>
+      <c r="K370" s="5" t="s">
+        <v>2052</v>
       </c>
       <c r="L370" s="6" t="s">
-        <v>2028</v>
-[...1 lines deleted...]
-      <c r="M370" s="5"/>
+        <v>2053</v>
+      </c>
+      <c r="M370" s="5" t="s">
+        <v>2054</v>
+      </c>
     </row>
     <row r="371">
       <c r="A371" s="5" t="s">
-        <v>2029</v>
+        <v>2055</v>
       </c>
       <c r="B371" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C371" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D371" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D371" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E371" s="5" t="s">
+        <v>2056</v>
       </c>
       <c r="F371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G371" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G371" s="5" t="s">
+        <v>2057</v>
       </c>
       <c r="H371" s="5" t="s">
-        <v>2030</v>
-[...10 lines deleted...]
-        </is>
+        <v>2058</v>
+      </c>
+      <c r="I371" s="5" t="s">
+        <v>2059</v>
+      </c>
+      <c r="J371" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K371" s="5" t="s">
+        <v>2060</v>
       </c>
       <c r="L371" s="6" t="s">
-        <v>2031</v>
-[...1 lines deleted...]
-      <c r="M371" s="5"/>
+        <v>2061</v>
+      </c>
+      <c r="M371" s="5" t="s">
+        <v>2062</v>
+      </c>
     </row>
     <row r="372">
       <c r="A372" s="5" t="s">
-        <v>2032</v>
+        <v>2063</v>
       </c>
       <c r="B372" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C372" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H372" s="5" t="s">
-        <v>2033</v>
+        <v>2064</v>
       </c>
       <c r="I372" s="5"/>
       <c r="J372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L372" s="6" t="s">
-        <v>2034</v>
+        <v>2065</v>
       </c>
       <c r="M372" s="5"/>
     </row>
     <row r="373">
       <c r="A373" s="5" t="s">
-        <v>2035</v>
+        <v>2066</v>
       </c>
       <c r="B373" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C373" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H373" s="5" t="s">
-        <v>2036</v>
+        <v>2067</v>
       </c>
       <c r="I373" s="5"/>
       <c r="J373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L373" s="6" t="s">
-        <v>2037</v>
+        <v>2068</v>
       </c>
       <c r="M373" s="5"/>
     </row>
     <row r="374">
       <c r="A374" s="5" t="s">
-        <v>2038</v>
+        <v>2069</v>
       </c>
       <c r="B374" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C374" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H374" s="5" t="s">
-        <v>2039</v>
+        <v>2070</v>
       </c>
       <c r="I374" s="5"/>
       <c r="J374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L374" s="6" t="s">
-        <v>2040</v>
+        <v>2071</v>
       </c>
       <c r="M374" s="5"/>
     </row>
     <row r="375">
       <c r="A375" s="5" t="s">
-        <v>2038</v>
+        <v>2072</v>
       </c>
       <c r="B375" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C375" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H375" s="5" t="s">
-        <v>2041</v>
+        <v>2073</v>
       </c>
       <c r="I375" s="5"/>
       <c r="J375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L375" s="6" t="s">
-        <v>2042</v>
+        <v>2074</v>
       </c>
       <c r="M375" s="5"/>
     </row>
     <row r="376">
       <c r="A376" s="5" t="s">
-        <v>2043</v>
+        <v>2075</v>
       </c>
       <c r="B376" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C376" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H376" s="5" t="s">
-        <v>2044</v>
+        <v>2076</v>
       </c>
       <c r="I376" s="5"/>
       <c r="J376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L376" s="6" t="s">
-        <v>2045</v>
+        <v>2077</v>
       </c>
       <c r="M376" s="5"/>
     </row>
     <row r="377">
       <c r="A377" s="5" t="s">
-        <v>2046</v>
+        <v>2078</v>
       </c>
       <c r="B377" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C377" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H377" s="5" t="s">
-        <v>2047</v>
+        <v>2079</v>
       </c>
       <c r="I377" s="5"/>
       <c r="J377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L377" s="6" t="s">
-        <v>2048</v>
+        <v>2080</v>
       </c>
       <c r="M377" s="5"/>
     </row>
     <row r="378">
       <c r="A378" s="5" t="s">
-        <v>2049</v>
+        <v>2081</v>
       </c>
       <c r="B378" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C378" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H378" s="5" t="s">
-        <v>2050</v>
+        <v>2082</v>
       </c>
       <c r="I378" s="5"/>
       <c r="J378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L378" s="6" t="s">
-        <v>2051</v>
+        <v>2083</v>
       </c>
       <c r="M378" s="5"/>
     </row>
     <row r="379">
       <c r="A379" s="5" t="s">
-        <v>2052</v>
+        <v>2084</v>
       </c>
       <c r="B379" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C379" s="5" t="s">
-        <v>2053</v>
-[...1 lines deleted...]
-      <c r="D379" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D379" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F379" s="5" t="s">
-[...3 lines deleted...]
-        <v>2055</v>
+      <c r="F379" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G379" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H379" s="5" t="s">
-        <v>2056</v>
-[...8 lines deleted...]
-        <v>2058</v>
+        <v>2085</v>
+      </c>
+      <c r="I379" s="5"/>
+      <c r="J379" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K379" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L379" s="6" t="s">
-        <v>2059</v>
-[...3 lines deleted...]
-      </c>
+        <v>2086</v>
+      </c>
+      <c r="M379" s="5"/>
     </row>
     <row r="380">
       <c r="A380" s="5" t="s">
-        <v>2061</v>
+        <v>2087</v>
       </c>
       <c r="B380" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C380" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H380" s="5" t="s">
-        <v>2062</v>
+        <v>2088</v>
       </c>
       <c r="I380" s="5"/>
       <c r="J380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L380" s="6" t="s">
-        <v>2063</v>
+        <v>2089</v>
       </c>
       <c r="M380" s="5"/>
     </row>
     <row r="381">
       <c r="A381" s="5" t="s">
-        <v>2064</v>
+        <v>2087</v>
       </c>
       <c r="B381" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C381" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H381" s="5" t="s">
-        <v>2065</v>
+        <v>2090</v>
       </c>
       <c r="I381" s="5"/>
       <c r="J381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L381" s="6" t="s">
-        <v>2066</v>
+        <v>2091</v>
       </c>
       <c r="M381" s="5"/>
     </row>
     <row r="382">
       <c r="A382" s="5" t="s">
-        <v>2067</v>
+        <v>2092</v>
       </c>
       <c r="B382" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C382" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H382" s="5" t="s">
-        <v>2068</v>
+        <v>2093</v>
       </c>
       <c r="I382" s="5"/>
       <c r="J382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L382" s="6" t="s">
-        <v>2069</v>
+        <v>2094</v>
       </c>
       <c r="M382" s="5"/>
     </row>
     <row r="383">
       <c r="A383" s="5" t="s">
-        <v>2070</v>
+        <v>2095</v>
       </c>
       <c r="B383" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C383" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H383" s="5" t="s">
-        <v>2071</v>
+        <v>2096</v>
       </c>
       <c r="I383" s="5"/>
       <c r="J383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L383" s="6" t="s">
-        <v>2072</v>
+        <v>2097</v>
       </c>
       <c r="M383" s="5"/>
     </row>
     <row r="384">
       <c r="A384" s="5" t="s">
-        <v>2073</v>
+        <v>2098</v>
       </c>
       <c r="B384" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C384" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H384" s="5" t="s">
-        <v>2074</v>
+        <v>2099</v>
       </c>
       <c r="I384" s="5"/>
       <c r="J384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L384" s="6" t="s">
-        <v>2075</v>
+        <v>2100</v>
       </c>
       <c r="M384" s="5"/>
     </row>
     <row r="385">
       <c r="A385" s="5" t="s">
-        <v>2076</v>
+        <v>2101</v>
       </c>
       <c r="B385" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C385" s="5" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D385" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D385" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F385" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F385" s="5" t="s">
+        <v>2103</v>
+      </c>
+      <c r="G385" s="5" t="s">
+        <v>2104</v>
       </c>
       <c r="H385" s="5" t="s">
-        <v>2077</v>
-[...10 lines deleted...]
-        </is>
+        <v>2105</v>
+      </c>
+      <c r="I385" s="5" t="s">
+        <v>2106</v>
+      </c>
+      <c r="J385" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K385" s="5" t="s">
+        <v>2107</v>
       </c>
       <c r="L385" s="6" t="s">
-        <v>2078</v>
-[...1 lines deleted...]
-      <c r="M385" s="5"/>
+        <v>2108</v>
+      </c>
+      <c r="M385" s="5" t="s">
+        <v>2109</v>
+      </c>
     </row>
     <row r="386">
       <c r="A386" s="5" t="s">
-        <v>2079</v>
+        <v>2110</v>
       </c>
       <c r="B386" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C386" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H386" s="5" t="s">
-        <v>2080</v>
+        <v>2111</v>
       </c>
       <c r="I386" s="5"/>
       <c r="J386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L386" s="6" t="s">
-        <v>2081</v>
+        <v>2112</v>
       </c>
       <c r="M386" s="5"/>
     </row>
     <row r="387">
       <c r="A387" s="5" t="s">
-        <v>2082</v>
+        <v>2113</v>
       </c>
       <c r="B387" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C387" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H387" s="5" t="s">
-        <v>2083</v>
+        <v>2114</v>
       </c>
       <c r="I387" s="5"/>
       <c r="J387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L387" s="6" t="s">
-        <v>2084</v>
+        <v>2115</v>
       </c>
       <c r="M387" s="5"/>
     </row>
     <row r="388">
       <c r="A388" s="5" t="s">
-        <v>2085</v>
+        <v>2116</v>
       </c>
       <c r="B388" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C388" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H388" s="5" t="s">
-        <v>2086</v>
+        <v>2117</v>
       </c>
       <c r="I388" s="5"/>
       <c r="J388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L388" s="6" t="s">
-        <v>2087</v>
+        <v>2118</v>
       </c>
       <c r="M388" s="5"/>
     </row>
     <row r="389">
       <c r="A389" s="5" t="s">
-        <v>2088</v>
+        <v>2119</v>
       </c>
       <c r="B389" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C389" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H389" s="5" t="s">
-        <v>2089</v>
+        <v>2120</v>
       </c>
       <c r="I389" s="5"/>
       <c r="J389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L389" s="6" t="s">
-        <v>2090</v>
+        <v>2121</v>
       </c>
       <c r="M389" s="5"/>
     </row>
     <row r="390">
       <c r="A390" s="5" t="s">
-        <v>2091</v>
+        <v>2122</v>
       </c>
       <c r="B390" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C390" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H390" s="5" t="s">
-        <v>2092</v>
+        <v>2123</v>
       </c>
       <c r="I390" s="5"/>
       <c r="J390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L390" s="6" t="s">
-        <v>2093</v>
+        <v>2124</v>
       </c>
       <c r="M390" s="5"/>
     </row>
     <row r="391">
       <c r="A391" s="5" t="s">
-        <v>2094</v>
+        <v>2125</v>
       </c>
       <c r="B391" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C391" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H391" s="5" t="s">
-        <v>2095</v>
+        <v>2126</v>
       </c>
       <c r="I391" s="5"/>
       <c r="J391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L391" s="6" t="s">
-        <v>2096</v>
+        <v>2127</v>
       </c>
       <c r="M391" s="5"/>
     </row>
     <row r="392">
       <c r="A392" s="5" t="s">
-        <v>2097</v>
+        <v>2128</v>
       </c>
       <c r="B392" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C392" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D392" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G392" s="5" t="s">
-        <v>2098</v>
+      <c r="G392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H392" s="5" t="s">
-        <v>2099</v>
-[...8 lines deleted...]
-        <v>2101</v>
+        <v>2129</v>
+      </c>
+      <c r="I392" s="5"/>
+      <c r="J392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L392" s="6" t="s">
-        <v>2102</v>
-[...3 lines deleted...]
-      </c>
+        <v>2130</v>
+      </c>
+      <c r="M392" s="5"/>
     </row>
     <row r="393">
       <c r="A393" s="5" t="s">
-        <v>2104</v>
+        <v>2131</v>
       </c>
       <c r="B393" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C393" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D393" s="5" t="s">
-[...3 lines deleted...]
-        <v>486</v>
+      <c r="D393" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E393" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G393" s="5" t="s">
-        <v>2105</v>
+      <c r="G393" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H393" s="5" t="s">
-        <v>2106</v>
-[...8 lines deleted...]
-        <v>2109</v>
+        <v>2132</v>
+      </c>
+      <c r="I393" s="5"/>
+      <c r="J393" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K393" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L393" s="6" t="s">
-        <v>2110</v>
-[...3 lines deleted...]
-      </c>
+        <v>2133</v>
+      </c>
+      <c r="M393" s="5"/>
     </row>
     <row r="394">
       <c r="A394" s="5" t="s">
-        <v>2112</v>
+        <v>2134</v>
       </c>
       <c r="B394" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C394" s="5" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>16</v>
+      </c>
+      <c r="D394" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F394" s="5" t="s">
-        <v>2113</v>
+      <c r="F394" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H394" s="5" t="s">
-        <v>2114</v>
-[...8 lines deleted...]
-        <v>2117</v>
+        <v>2135</v>
+      </c>
+      <c r="I394" s="5"/>
+      <c r="J394" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K394" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L394" s="6" t="s">
-        <v>2118</v>
-[...3 lines deleted...]
-      </c>
+        <v>2136</v>
+      </c>
+      <c r="M394" s="5"/>
     </row>
     <row r="395">
       <c r="A395" s="5" t="s">
-        <v>2120</v>
+        <v>2137</v>
       </c>
       <c r="B395" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C395" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H395" s="5" t="s">
-        <v>2121</v>
+        <v>2138</v>
       </c>
       <c r="I395" s="5"/>
       <c r="J395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K395" s="5" t="s">
-        <v>2122</v>
+      <c r="K395" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L395" s="6" t="s">
-        <v>2123</v>
+        <v>2139</v>
       </c>
       <c r="M395" s="5"/>
     </row>
     <row r="396">
       <c r="A396" s="5" t="s">
-        <v>2124</v>
+        <v>2140</v>
       </c>
       <c r="B396" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C396" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H396" s="5" t="s">
-        <v>2125</v>
+        <v>2141</v>
       </c>
       <c r="I396" s="5"/>
       <c r="J396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K396" s="5" t="s">
-        <v>2126</v>
+      <c r="K396" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L396" s="6" t="s">
-        <v>2127</v>
+        <v>2142</v>
       </c>
       <c r="M396" s="5"/>
     </row>
     <row r="397">
       <c r="A397" s="5" t="s">
-        <v>2128</v>
+        <v>2143</v>
       </c>
       <c r="B397" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C397" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H397" s="5" t="s">
-        <v>2129</v>
+        <v>2144</v>
       </c>
       <c r="I397" s="5"/>
       <c r="J397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K397" s="5" t="s">
-        <v>2130</v>
+      <c r="K397" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L397" s="6" t="s">
-        <v>2131</v>
+        <v>2145</v>
       </c>
       <c r="M397" s="5"/>
     </row>
     <row r="398">
       <c r="A398" s="5" t="s">
-        <v>2132</v>
+        <v>2146</v>
       </c>
       <c r="B398" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C398" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D398" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D398" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E398" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G398" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G398" s="5" t="s">
+        <v>2147</v>
       </c>
       <c r="H398" s="5" t="s">
-        <v>2133</v>
-[...5 lines deleted...]
-        </is>
+        <v>2148</v>
+      </c>
+      <c r="I398" s="5" t="s">
+        <v>2149</v>
+      </c>
+      <c r="J398" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K398" s="5" t="s">
-        <v>2130</v>
+        <v>2150</v>
       </c>
       <c r="L398" s="6" t="s">
-        <v>2134</v>
-[...1 lines deleted...]
-      <c r="M398" s="5"/>
+        <v>2151</v>
+      </c>
+      <c r="M398" s="5" t="s">
+        <v>2152</v>
+      </c>
     </row>
     <row r="399">
       <c r="A399" s="5" t="s">
-        <v>2135</v>
+        <v>2153</v>
       </c>
       <c r="B399" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C399" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D399" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D399" s="5" t="s">
+        <v>1601</v>
+      </c>
+      <c r="E399" s="5" t="s">
+        <v>493</v>
       </c>
       <c r="F399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G399" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G399" s="5" t="s">
+        <v>2154</v>
+      </c>
+      <c r="H399" s="5" t="s">
+        <v>2155</v>
+      </c>
+      <c r="I399" s="5" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J399" s="5" t="s">
+        <v>2157</v>
       </c>
       <c r="K399" s="5" t="s">
-        <v>2130</v>
+        <v>2158</v>
       </c>
       <c r="L399" s="6" t="s">
-        <v>2136</v>
-[...1 lines deleted...]
-      <c r="M399" s="5"/>
+        <v>2159</v>
+      </c>
+      <c r="M399" s="5" t="s">
+        <v>2160</v>
+      </c>
     </row>
     <row r="400">
       <c r="A400" s="5" t="s">
-        <v>2137</v>
+        <v>2161</v>
       </c>
       <c r="B400" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C400" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>231</v>
+      </c>
+      <c r="D400" s="5" t="s">
+        <v>719</v>
       </c>
       <c r="E400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F400" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F400" s="5" t="s">
+        <v>2162</v>
       </c>
       <c r="G400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H400" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H400" s="5" t="s">
+        <v>2163</v>
+      </c>
+      <c r="I400" s="5" t="s">
+        <v>2164</v>
+      </c>
+      <c r="J400" s="5" t="s">
+        <v>2165</v>
       </c>
       <c r="K400" s="5" t="s">
-        <v>2130</v>
+        <v>2166</v>
       </c>
       <c r="L400" s="6" t="s">
-        <v>2138</v>
-[...1 lines deleted...]
-      <c r="M400" s="5"/>
+        <v>2167</v>
+      </c>
+      <c r="M400" s="5" t="s">
+        <v>2168</v>
+      </c>
     </row>
     <row r="401">
       <c r="A401" s="5" t="s">
-        <v>2139</v>
+        <v>2169</v>
       </c>
       <c r="B401" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C401" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H401" s="5" t="s">
-        <v>2140</v>
+        <v>2170</v>
       </c>
       <c r="I401" s="5"/>
       <c r="J401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K401" s="5" t="s">
-        <v>2130</v>
+        <v>2171</v>
       </c>
       <c r="L401" s="6" t="s">
-        <v>2141</v>
+        <v>2172</v>
       </c>
       <c r="M401" s="5"/>
     </row>
     <row r="402">
       <c r="A402" s="5" t="s">
-        <v>2142</v>
+        <v>2173</v>
       </c>
       <c r="B402" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C402" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H402" s="5" t="s">
-        <v>2143</v>
+        <v>2174</v>
       </c>
       <c r="I402" s="5"/>
       <c r="J402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K402" s="5" t="s">
-        <v>2130</v>
+        <v>2175</v>
       </c>
       <c r="L402" s="6" t="s">
-        <v>2144</v>
+        <v>2176</v>
       </c>
       <c r="M402" s="5"/>
     </row>
     <row r="403">
       <c r="A403" s="5" t="s">
-        <v>2145</v>
+        <v>2177</v>
       </c>
       <c r="B403" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C403" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H403" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H403" s="5" t="s">
+        <v>2178</v>
       </c>
       <c r="I403" s="5"/>
       <c r="J403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K403" s="5" t="s">
-        <v>2130</v>
+        <v>2179</v>
       </c>
       <c r="L403" s="6" t="s">
-        <v>2146</v>
+        <v>2180</v>
       </c>
       <c r="M403" s="5"/>
     </row>
     <row r="404">
       <c r="A404" s="5" t="s">
-        <v>2147</v>
+        <v>2181</v>
       </c>
       <c r="B404" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C404" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H404" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H404" s="5" t="s">
+        <v>2182</v>
       </c>
       <c r="I404" s="5"/>
       <c r="J404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K404" s="5" t="s">
-        <v>2130</v>
+        <v>2179</v>
       </c>
       <c r="L404" s="6" t="s">
-        <v>2148</v>
+        <v>2183</v>
       </c>
       <c r="M404" s="5"/>
     </row>
     <row r="405">
       <c r="A405" s="5" t="s">
-        <v>2149</v>
+        <v>2184</v>
       </c>
       <c r="B405" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C405" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I405" s="5"/>
       <c r="J405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K405" s="5" t="s">
-        <v>2130</v>
+        <v>2179</v>
       </c>
       <c r="L405" s="6" t="s">
-        <v>2150</v>
+        <v>2185</v>
       </c>
       <c r="M405" s="5"/>
     </row>
     <row r="406">
       <c r="A406" s="5" t="s">
-        <v>2151</v>
+        <v>2186</v>
       </c>
       <c r="B406" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C406" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I406" s="5"/>
       <c r="J406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K406" s="5" t="s">
-        <v>2130</v>
+        <v>2179</v>
       </c>
       <c r="L406" s="6" t="s">
-        <v>2152</v>
+        <v>2187</v>
       </c>
       <c r="M406" s="5"/>
     </row>
     <row r="407">
       <c r="A407" s="5" t="s">
-        <v>2153</v>
+        <v>2188</v>
       </c>
       <c r="B407" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C407" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H407" s="5" t="s">
-        <v>2154</v>
+        <v>2189</v>
       </c>
       <c r="I407" s="5"/>
       <c r="J407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K407" s="5" t="s">
-        <v>2130</v>
+        <v>2179</v>
       </c>
       <c r="L407" s="6" t="s">
-        <v>2155</v>
+        <v>2190</v>
       </c>
       <c r="M407" s="5"/>
     </row>
     <row r="408">
       <c r="A408" s="5" t="s">
-        <v>2156</v>
+        <v>2191</v>
       </c>
       <c r="B408" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C408" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H408" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H408" s="5" t="s">
+        <v>2192</v>
       </c>
       <c r="I408" s="5"/>
       <c r="J408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K408" s="5" t="s">
-        <v>2130</v>
+        <v>2179</v>
       </c>
       <c r="L408" s="6" t="s">
-        <v>2157</v>
+        <v>2193</v>
       </c>
       <c r="M408" s="5"/>
     </row>
     <row r="409">
       <c r="A409" s="5" t="s">
-        <v>2158</v>
+        <v>2194</v>
       </c>
       <c r="B409" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C409" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I409" s="5"/>
       <c r="J409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K409" s="5" t="s">
-        <v>2130</v>
+        <v>2179</v>
       </c>
       <c r="L409" s="6" t="s">
-        <v>2159</v>
+        <v>2195</v>
       </c>
       <c r="M409" s="5"/>
     </row>
     <row r="410">
       <c r="A410" s="5" t="s">
-        <v>2160</v>
+        <v>2196</v>
       </c>
       <c r="B410" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C410" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H410" s="5" t="s">
-        <v>2161</v>
+      <c r="H410" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I410" s="5"/>
       <c r="J410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K410" s="5" t="s">
-        <v>2130</v>
+        <v>2179</v>
       </c>
       <c r="L410" s="6" t="s">
-        <v>2162</v>
+        <v>2197</v>
       </c>
       <c r="M410" s="5"/>
     </row>
     <row r="411">
       <c r="A411" s="5" t="s">
-        <v>2163</v>
+        <v>2198</v>
       </c>
       <c r="B411" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C411" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H411" s="5" t="s">
-        <v>2164</v>
+      <c r="H411" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I411" s="5"/>
       <c r="J411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K411" s="5" t="s">
-        <v>2130</v>
+        <v>2179</v>
       </c>
       <c r="L411" s="6" t="s">
-        <v>2165</v>
+        <v>2199</v>
       </c>
       <c r="M411" s="5"/>
     </row>
     <row r="412">
       <c r="A412" s="5" t="s">
-        <v>2166</v>
+        <v>2200</v>
       </c>
       <c r="B412" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C412" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H412" s="5" t="s">
-        <v>2167</v>
+      <c r="H412" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I412" s="5"/>
       <c r="J412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K412" s="5" t="s">
-        <v>2130</v>
+        <v>2179</v>
       </c>
       <c r="L412" s="6" t="s">
-        <v>2168</v>
+        <v>2201</v>
       </c>
       <c r="M412" s="5"/>
     </row>
     <row r="413">
       <c r="A413" s="5" t="s">
-        <v>2169</v>
+        <v>2202</v>
       </c>
       <c r="B413" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C413" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H413" s="5" t="s">
-        <v>2170</v>
+        <v>2203</v>
       </c>
       <c r="I413" s="5"/>
       <c r="J413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K413" s="5" t="s">
-        <v>2130</v>
+        <v>2179</v>
       </c>
       <c r="L413" s="6" t="s">
-        <v>2171</v>
+        <v>2204</v>
       </c>
       <c r="M413" s="5"/>
     </row>
     <row r="414">
       <c r="A414" s="5" t="s">
-        <v>2172</v>
+        <v>2205</v>
       </c>
       <c r="B414" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C414" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H414" s="5" t="s">
-        <v>2173</v>
+      <c r="H414" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I414" s="5"/>
       <c r="J414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K414" s="5" t="s">
-        <v>2130</v>
+        <v>2179</v>
       </c>
       <c r="L414" s="6" t="s">
-        <v>2174</v>
+        <v>2206</v>
       </c>
       <c r="M414" s="5"/>
     </row>
     <row r="415">
       <c r="A415" s="5" t="s">
-        <v>2175</v>
+        <v>2207</v>
       </c>
       <c r="B415" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C415" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H415" s="5" t="s">
-        <v>2176</v>
+      <c r="H415" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I415" s="5"/>
       <c r="J415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K415" s="5" t="s">
-        <v>2130</v>
+        <v>2179</v>
       </c>
       <c r="L415" s="6" t="s">
-        <v>2177</v>
+        <v>2208</v>
       </c>
       <c r="M415" s="5"/>
     </row>
     <row r="416">
       <c r="A416" s="5" t="s">
-        <v>2178</v>
+        <v>2209</v>
       </c>
       <c r="B416" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C416" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H416" s="5" t="s">
-        <v>2179</v>
+        <v>2210</v>
       </c>
       <c r="I416" s="5"/>
       <c r="J416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K416" s="5" t="s">
-        <v>2180</v>
+        <v>2179</v>
       </c>
       <c r="L416" s="6" t="s">
-        <v>2181</v>
+        <v>2211</v>
       </c>
       <c r="M416" s="5"/>
     </row>
     <row r="417">
       <c r="A417" s="5" t="s">
-        <v>2182</v>
+        <v>2212</v>
       </c>
       <c r="B417" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C417" s="5" t="s">
-        <v>269</v>
-[...8 lines deleted...]
-        <v>2183</v>
+        <v>16</v>
+      </c>
+      <c r="D417" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E417" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F417" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H417" s="5" t="s">
-        <v>2184</v>
-[...5 lines deleted...]
-        <v>2186</v>
+        <v>2213</v>
+      </c>
+      <c r="I417" s="5"/>
+      <c r="J417" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K417" s="5" t="s">
-        <v>2187</v>
+        <v>2179</v>
       </c>
       <c r="L417" s="6" t="s">
-        <v>2188</v>
-[...3 lines deleted...]
-      </c>
+        <v>2214</v>
+      </c>
+      <c r="M417" s="5"/>
     </row>
     <row r="418">
       <c r="A418" s="5" t="s">
-        <v>2190</v>
+        <v>2215</v>
       </c>
       <c r="B418" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C418" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H418" s="5" t="s">
-        <v>2176</v>
+        <v>2216</v>
       </c>
       <c r="I418" s="5"/>
       <c r="J418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K418" s="5" t="s">
-        <v>2180</v>
+        <v>2179</v>
       </c>
       <c r="L418" s="6" t="s">
-        <v>2191</v>
+        <v>2217</v>
       </c>
       <c r="M418" s="5"/>
     </row>
     <row r="419">
       <c r="A419" s="5" t="s">
-        <v>2192</v>
+        <v>2218</v>
       </c>
       <c r="B419" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C419" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H419" s="5" t="s">
-        <v>2176</v>
+        <v>2219</v>
       </c>
       <c r="I419" s="5"/>
       <c r="J419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K419" s="5" t="s">
-        <v>2180</v>
+        <v>2179</v>
       </c>
       <c r="L419" s="6" t="s">
-        <v>2193</v>
+        <v>2220</v>
       </c>
       <c r="M419" s="5"/>
     </row>
     <row r="420">
       <c r="A420" s="5" t="s">
-        <v>2194</v>
+        <v>2221</v>
       </c>
       <c r="B420" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C420" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H420" s="5" t="s">
-        <v>2176</v>
+        <v>2222</v>
       </c>
       <c r="I420" s="5"/>
       <c r="J420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K420" s="5" t="s">
-        <v>2180</v>
+        <v>2179</v>
       </c>
       <c r="L420" s="6" t="s">
-        <v>2195</v>
+        <v>2223</v>
       </c>
       <c r="M420" s="5"/>
     </row>
     <row r="421">
       <c r="A421" s="5" t="s">
-        <v>2196</v>
+        <v>2224</v>
       </c>
       <c r="B421" s="5" t="s">
-        <v>775</v>
-[...4 lines deleted...]
-        </is>
+        <v>797</v>
+      </c>
+      <c r="C421" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="D421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H421" s="5" t="s">
-        <v>2176</v>
+        <v>2225</v>
       </c>
       <c r="I421" s="5"/>
       <c r="J421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K421" s="5" t="s">
-        <v>2180</v>
+        <v>2179</v>
       </c>
       <c r="L421" s="6" t="s">
-        <v>2197</v>
+        <v>2226</v>
       </c>
       <c r="M421" s="5"/>
     </row>
     <row r="422">
       <c r="A422" s="5" t="s">
-        <v>2198</v>
+        <v>2227</v>
       </c>
       <c r="B422" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C422" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H422" s="5" t="s">
-        <v>2199</v>
+        <v>2228</v>
       </c>
       <c r="I422" s="5"/>
       <c r="J422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K422" s="5" t="s">
-        <v>2180</v>
+        <v>2229</v>
       </c>
       <c r="L422" s="6" t="s">
-        <v>2200</v>
+        <v>2230</v>
       </c>
       <c r="M422" s="5"/>
     </row>
     <row r="423">
       <c r="A423" s="5" t="s">
-        <v>2201</v>
+        <v>2231</v>
       </c>
       <c r="B423" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C423" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>269</v>
+      </c>
+      <c r="D423" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="E423" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F423" s="5" t="s">
+        <v>2232</v>
       </c>
       <c r="G423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H423" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H423" s="5" t="s">
+        <v>2233</v>
+      </c>
+      <c r="I423" s="5" t="s">
+        <v>2234</v>
+      </c>
+      <c r="J423" s="5" t="s">
+        <v>2235</v>
       </c>
       <c r="K423" s="5" t="s">
-        <v>2180</v>
+        <v>2236</v>
       </c>
       <c r="L423" s="6" t="s">
-        <v>2202</v>
-[...1 lines deleted...]
-      <c r="M423" s="5"/>
+        <v>2237</v>
+      </c>
+      <c r="M423" s="5" t="s">
+        <v>2238</v>
+      </c>
     </row>
     <row r="424">
       <c r="A424" s="5" t="s">
-        <v>2203</v>
+        <v>2239</v>
       </c>
       <c r="B424" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C424" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H424" s="5" t="s">
-        <v>2176</v>
+        <v>2225</v>
       </c>
       <c r="I424" s="5"/>
       <c r="J424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K424" s="5" t="s">
-        <v>2180</v>
+        <v>2229</v>
       </c>
       <c r="L424" s="6" t="s">
-        <v>2204</v>
+        <v>2240</v>
       </c>
       <c r="M424" s="5"/>
     </row>
     <row r="425">
       <c r="A425" s="5" t="s">
-        <v>2205</v>
+        <v>2241</v>
       </c>
       <c r="B425" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C425" s="5" t="s">
-        <v>2176</v>
+        <v>16</v>
       </c>
       <c r="D425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H425" s="5" t="s">
-        <v>2176</v>
+        <v>2225</v>
       </c>
       <c r="I425" s="5"/>
       <c r="J425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K425" s="5" t="s">
-        <v>2206</v>
+        <v>2229</v>
       </c>
       <c r="L425" s="6" t="s">
-        <v>2207</v>
+        <v>2242</v>
       </c>
       <c r="M425" s="5"/>
     </row>
     <row r="426">
       <c r="A426" s="5" t="s">
-        <v>2208</v>
+        <v>2243</v>
       </c>
       <c r="B426" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C426" s="5" t="s">
-        <v>2176</v>
+        <v>16</v>
       </c>
       <c r="D426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H426" s="5" t="s">
-        <v>2176</v>
+        <v>2225</v>
       </c>
       <c r="I426" s="5"/>
       <c r="J426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K426" s="5" t="s">
-        <v>2206</v>
+        <v>2229</v>
       </c>
       <c r="L426" s="6" t="s">
-        <v>2209</v>
+        <v>2244</v>
       </c>
       <c r="M426" s="5"/>
     </row>
     <row r="427">
       <c r="A427" s="5" t="s">
-        <v>2210</v>
+        <v>2245</v>
       </c>
       <c r="B427" s="5" t="s">
-        <v>775</v>
-[...2 lines deleted...]
-        <v>2176</v>
+        <v>797</v>
+      </c>
+      <c r="C427" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H427" s="5" t="s">
-        <v>2176</v>
+        <v>2225</v>
       </c>
       <c r="I427" s="5"/>
       <c r="J427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K427" s="5" t="s">
-        <v>2206</v>
+        <v>2229</v>
       </c>
       <c r="L427" s="6" t="s">
-        <v>2211</v>
+        <v>2246</v>
       </c>
       <c r="M427" s="5"/>
     </row>
     <row r="428">
       <c r="A428" s="5" t="s">
-        <v>2212</v>
+        <v>2247</v>
       </c>
       <c r="B428" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C428" s="5" t="s">
-        <v>2176</v>
+        <v>16</v>
       </c>
       <c r="D428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H428" s="5" t="s">
-        <v>2176</v>
+        <v>2248</v>
       </c>
       <c r="I428" s="5"/>
       <c r="J428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K428" s="5" t="s">
-        <v>2206</v>
+        <v>2229</v>
       </c>
       <c r="L428" s="6" t="s">
-        <v>2213</v>
+        <v>2249</v>
       </c>
       <c r="M428" s="5"/>
     </row>
     <row r="429">
       <c r="A429" s="5" t="s">
-        <v>2214</v>
+        <v>2250</v>
       </c>
       <c r="B429" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C429" s="5" t="s">
-        <v>2176</v>
+        <v>16</v>
       </c>
       <c r="D429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H429" s="5" t="s">
-        <v>2176</v>
+      <c r="H429" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I429" s="5"/>
       <c r="J429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K429" s="5" t="s">
-        <v>2206</v>
+        <v>2229</v>
       </c>
       <c r="L429" s="6" t="s">
-        <v>2215</v>
+        <v>2251</v>
       </c>
       <c r="M429" s="5"/>
     </row>
     <row r="430">
       <c r="A430" s="5" t="s">
-        <v>2216</v>
+        <v>2252</v>
       </c>
       <c r="B430" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C430" s="5" t="s">
-        <v>688</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D430" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E430" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F430" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H430" s="5" t="s">
-        <v>2217</v>
-[...5 lines deleted...]
-        <v>2219</v>
+        <v>2225</v>
+      </c>
+      <c r="I430" s="5"/>
+      <c r="J430" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K430" s="5" t="s">
-        <v>2220</v>
+        <v>2229</v>
       </c>
       <c r="L430" s="6" t="s">
-        <v>2221</v>
-[...3 lines deleted...]
-      </c>
+        <v>2253</v>
+      </c>
+      <c r="M430" s="5"/>
     </row>
     <row r="431">
       <c r="A431" s="5" t="s">
-        <v>2216</v>
+        <v>2254</v>
       </c>
       <c r="B431" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C431" s="5" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>2225</v>
+      </c>
+      <c r="D431" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H431" s="5" t="s">
-        <v>2223</v>
-[...5 lines deleted...]
-        <v>2219</v>
+        <v>2225</v>
+      </c>
+      <c r="I431" s="5"/>
+      <c r="J431" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K431" s="5" t="s">
-        <v>2225</v>
+        <v>2255</v>
       </c>
       <c r="L431" s="6" t="s">
-        <v>2226</v>
-[...3 lines deleted...]
-      </c>
+        <v>2256</v>
+      </c>
+      <c r="M431" s="5"/>
     </row>
     <row r="432">
       <c r="A432" s="5" t="s">
-        <v>2228</v>
+        <v>2257</v>
       </c>
       <c r="B432" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C432" s="5" t="s">
-        <v>16</v>
+        <v>2225</v>
       </c>
       <c r="D432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H432" s="5" t="s">
-        <v>2229</v>
+        <v>2225</v>
       </c>
       <c r="I432" s="5"/>
       <c r="J432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K432" s="5" t="s">
-        <v>2230</v>
+        <v>2255</v>
       </c>
       <c r="L432" s="6" t="s">
-        <v>2231</v>
+        <v>2258</v>
       </c>
       <c r="M432" s="5"/>
     </row>
     <row r="433">
       <c r="A433" s="5" t="s">
-        <v>2232</v>
+        <v>2259</v>
       </c>
       <c r="B433" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C433" s="5" t="s">
-        <v>16</v>
+        <v>2225</v>
       </c>
       <c r="D433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H433" s="5" t="s">
-        <v>2233</v>
+        <v>2225</v>
       </c>
       <c r="I433" s="5"/>
       <c r="J433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K433" s="5" t="s">
-        <v>2230</v>
+        <v>2255</v>
       </c>
       <c r="L433" s="6" t="s">
-        <v>2234</v>
+        <v>2260</v>
       </c>
       <c r="M433" s="5"/>
     </row>
     <row r="434">
       <c r="A434" s="5" t="s">
-        <v>2235</v>
+        <v>2261</v>
       </c>
       <c r="B434" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C434" s="5" t="s">
-        <v>16</v>
+        <v>2225</v>
       </c>
       <c r="D434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H434" s="5" t="s">
-        <v>2236</v>
+        <v>2225</v>
       </c>
       <c r="I434" s="5"/>
       <c r="J434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K434" s="5" t="s">
-        <v>2230</v>
+        <v>2255</v>
       </c>
       <c r="L434" s="6" t="s">
-        <v>2237</v>
+        <v>2262</v>
       </c>
       <c r="M434" s="5"/>
     </row>
     <row r="435">
       <c r="A435" s="5" t="s">
-        <v>2238</v>
+        <v>2263</v>
       </c>
       <c r="B435" s="5" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C435" s="5" t="s">
-        <v>16</v>
+        <v>2225</v>
       </c>
       <c r="D435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H435" s="5" t="s">
-        <v>2239</v>
+        <v>2225</v>
       </c>
       <c r="I435" s="5"/>
       <c r="J435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K435" s="5" t="s">
-        <v>2230</v>
+        <v>2255</v>
       </c>
       <c r="L435" s="6" t="s">
-        <v>2240</v>
+        <v>2264</v>
       </c>
       <c r="M435" s="5"/>
     </row>
     <row r="436">
       <c r="A436" s="5" t="s">
-        <v>2241</v>
+        <v>2265</v>
       </c>
       <c r="B436" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C436" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>702</v>
+      </c>
+      <c r="D436" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="E436" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F436" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H436" s="5" t="s">
-        <v>2242</v>
-[...5 lines deleted...]
-        </is>
+        <v>2266</v>
+      </c>
+      <c r="I436" s="5" t="s">
+        <v>2267</v>
+      </c>
+      <c r="J436" s="5" t="s">
+        <v>2268</v>
       </c>
       <c r="K436" s="5" t="s">
-        <v>2230</v>
+        <v>2269</v>
       </c>
       <c r="L436" s="6" t="s">
-        <v>2243</v>
-[...1 lines deleted...]
-      <c r="M436" s="5"/>
+        <v>2270</v>
+      </c>
+      <c r="M436" s="5" t="s">
+        <v>2271</v>
+      </c>
     </row>
     <row r="437">
       <c r="A437" s="5" t="s">
-        <v>2244</v>
+        <v>2265</v>
       </c>
       <c r="B437" s="5" t="s">
-        <v>775</v>
+        <v>14</v>
       </c>
       <c r="C437" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>702</v>
+      </c>
+      <c r="D437" s="5" t="s">
+        <v>261</v>
       </c>
       <c r="E437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H437" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H437" s="5" t="s">
+        <v>2272</v>
+      </c>
+      <c r="I437" s="5" t="s">
+        <v>2273</v>
+      </c>
+      <c r="J437" s="5" t="s">
+        <v>2268</v>
       </c>
       <c r="K437" s="5" t="s">
-        <v>2230</v>
+        <v>2274</v>
       </c>
       <c r="L437" s="6" t="s">
-        <v>2245</v>
-[...1 lines deleted...]
-      <c r="M437" s="5"/>
+        <v>2275</v>
+      </c>
+      <c r="M437" s="5" t="s">
+        <v>2276</v>
+      </c>
     </row>
     <row r="438">
       <c r="A438" s="5" t="s">
-        <v>2246</v>
+        <v>2277</v>
       </c>
       <c r="B438" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C438" s="5" t="s">
-        <v>1547</v>
-[...2 lines deleted...]
-        <v>1562</v>
+        <v>16</v>
+      </c>
+      <c r="D438" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H438" s="5" t="s">
-        <v>2247</v>
-[...5 lines deleted...]
-        <v>1567</v>
+        <v>2278</v>
+      </c>
+      <c r="I438" s="5"/>
+      <c r="J438" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K438" s="5" t="s">
-        <v>2249</v>
+        <v>2279</v>
       </c>
       <c r="L438" s="6" t="s">
-        <v>2250</v>
-[...3 lines deleted...]
-      </c>
+        <v>2280</v>
+      </c>
+      <c r="M438" s="5"/>
     </row>
     <row r="439">
       <c r="A439" s="5" t="s">
-        <v>2252</v>
+        <v>2281</v>
       </c>
       <c r="B439" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C439" s="5" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>16</v>
+      </c>
+      <c r="D439" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H439" s="5" t="s">
-        <v>2253</v>
-[...5 lines deleted...]
-        <v>2255</v>
+        <v>2282</v>
+      </c>
+      <c r="I439" s="5"/>
+      <c r="J439" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K439" s="5" t="s">
-        <v>2256</v>
+        <v>2279</v>
       </c>
       <c r="L439" s="6" t="s">
-        <v>2257</v>
-[...3 lines deleted...]
-      </c>
+        <v>2283</v>
+      </c>
+      <c r="M439" s="5"/>
     </row>
     <row r="440">
       <c r="A440" s="5" t="s">
-        <v>2259</v>
+        <v>2284</v>
       </c>
       <c r="B440" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C440" s="5" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>16</v>
+      </c>
+      <c r="D440" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H440" s="5" t="s">
-        <v>2260</v>
-[...5 lines deleted...]
-        <v>2262</v>
+        <v>2285</v>
+      </c>
+      <c r="I440" s="5"/>
+      <c r="J440" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K440" s="5" t="s">
-        <v>2263</v>
+        <v>2279</v>
       </c>
       <c r="L440" s="6" t="s">
-        <v>2264</v>
-[...3 lines deleted...]
-      </c>
+        <v>2286</v>
+      </c>
+      <c r="M440" s="5"/>
     </row>
     <row r="441">
       <c r="A441" s="5" t="s">
-        <v>2266</v>
+        <v>2287</v>
       </c>
       <c r="B441" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C441" s="5" t="s">
-        <v>2267</v>
-[...1 lines deleted...]
-      <c r="D441" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E441" s="5" t="s">
-        <v>2268</v>
+      <c r="D441" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E441" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G441" s="5" t="s">
-        <v>2268</v>
+      <c r="G441" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H441" s="5" t="s">
-        <v>2269</v>
+        <v>2288</v>
       </c>
       <c r="I441" s="5"/>
-      <c r="J441" s="5" t="s">
-        <v>297</v>
+      <c r="J441" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K441" s="5" t="s">
-        <v>2270</v>
+        <v>2279</v>
       </c>
       <c r="L441" s="6" t="s">
-        <v>2271</v>
-[...3 lines deleted...]
-      </c>
+        <v>2289</v>
+      </c>
+      <c r="M441" s="5"/>
     </row>
     <row r="442">
       <c r="A442" s="5" t="s">
-        <v>2273</v>
+        <v>2290</v>
       </c>
       <c r="B442" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C442" s="5" t="s">
-        <v>2267</v>
-[...1 lines deleted...]
-      <c r="D442" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E442" s="5" t="s">
-        <v>2268</v>
+      <c r="D442" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E442" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G442" s="5" t="s">
-        <v>2274</v>
+      <c r="G442" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H442" s="5" t="s">
-        <v>2275</v>
+        <v>2291</v>
       </c>
       <c r="I442" s="5"/>
-      <c r="J442" s="5" t="s">
-        <v>297</v>
+      <c r="J442" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K442" s="5" t="s">
-        <v>2276</v>
+        <v>2279</v>
       </c>
       <c r="L442" s="6" t="s">
-        <v>2277</v>
-[...3 lines deleted...]
-      </c>
+        <v>2292</v>
+      </c>
+      <c r="M442" s="5"/>
     </row>
     <row r="443">
       <c r="A443" s="5" t="s">
-        <v>2273</v>
+        <v>2293</v>
       </c>
       <c r="B443" s="5" t="s">
-        <v>14</v>
+        <v>797</v>
       </c>
       <c r="C443" s="5" t="s">
-        <v>1477</v>
-[...4 lines deleted...]
-      <c r="E443" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D443" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E443" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F443" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G443" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H443" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I443" s="5"/>
+      <c r="J443" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K443" s="5" t="s">
         <v>2279</v>
       </c>
-      <c r="F443" s="5" t="inlineStr">
-[...20 lines deleted...]
-      </c>
       <c r="L443" s="6" t="s">
-        <v>2283</v>
-[...3 lines deleted...]
-      </c>
+        <v>2294</v>
+      </c>
+      <c r="M443" s="5"/>
     </row>
     <row r="444">
       <c r="A444" s="5" t="s">
-        <v>2285</v>
+        <v>2295</v>
       </c>
       <c r="B444" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C444" s="5" t="s">
-        <v>2286</v>
+        <v>1586</v>
       </c>
       <c r="D444" s="5" t="s">
-        <v>1207</v>
-[...2 lines deleted...]
-        <v>1505</v>
+        <v>1601</v>
+      </c>
+      <c r="E444" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H444" s="5" t="s">
-        <v>2287</v>
+        <v>2296</v>
       </c>
       <c r="I444" s="5" t="s">
-        <v>2288</v>
+        <v>2297</v>
       </c>
       <c r="J444" s="5" t="s">
-        <v>1256</v>
+        <v>1606</v>
       </c>
       <c r="K444" s="5" t="s">
-        <v>2289</v>
+        <v>2298</v>
       </c>
       <c r="L444" s="6" t="s">
-        <v>2290</v>
+        <v>2299</v>
       </c>
       <c r="M444" s="5" t="s">
-        <v>2291</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="5" t="s">
-        <v>2292</v>
+        <v>2301</v>
       </c>
       <c r="B445" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C445" s="5" t="s">
         <v>231</v>
       </c>
       <c r="D445" s="5" t="s">
-        <v>697</v>
+        <v>719</v>
       </c>
       <c r="E445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H445" s="5" t="s">
-        <v>2293</v>
+        <v>2302</v>
       </c>
       <c r="I445" s="5" t="s">
-        <v>2294</v>
+        <v>2303</v>
       </c>
       <c r="J445" s="5" t="s">
-        <v>2295</v>
+        <v>2304</v>
       </c>
       <c r="K445" s="5" t="s">
-        <v>2296</v>
+        <v>2305</v>
       </c>
       <c r="L445" s="6" t="s">
-        <v>2297</v>
+        <v>2306</v>
       </c>
       <c r="M445" s="5" t="s">
-        <v>2298</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="5" t="s">
-        <v>2299</v>
+        <v>2308</v>
       </c>
       <c r="B446" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C446" s="5" t="s">
-        <v>809</v>
+        <v>231</v>
       </c>
       <c r="D446" s="5" t="s">
-        <v>1562</v>
-[...2 lines deleted...]
-        <v>1039</v>
+        <v>719</v>
+      </c>
+      <c r="E446" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H446" s="5" t="s">
-        <v>2300</v>
+        <v>2309</v>
       </c>
       <c r="I446" s="5" t="s">
-        <v>2301</v>
+        <v>2310</v>
       </c>
       <c r="J446" s="5" t="s">
-        <v>1567</v>
+        <v>2311</v>
       </c>
       <c r="K446" s="5" t="s">
-        <v>2302</v>
+        <v>2312</v>
       </c>
       <c r="L446" s="6" t="s">
-        <v>2303</v>
+        <v>2313</v>
       </c>
       <c r="M446" s="5" t="s">
-        <v>2304</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="5" t="s">
-        <v>2305</v>
+        <v>2315</v>
       </c>
       <c r="B447" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C447" s="5" t="s">
-        <v>1477</v>
+        <v>2316</v>
       </c>
       <c r="D447" s="5" t="s">
-        <v>1562</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E447" s="5" t="s">
+        <v>2317</v>
       </c>
       <c r="F447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G447" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G447" s="5" t="s">
+        <v>2317</v>
       </c>
       <c r="H447" s="5" t="s">
-        <v>2306</v>
-[...3 lines deleted...]
-      </c>
+        <v>2318</v>
+      </c>
+      <c r="I447" s="5"/>
       <c r="J447" s="5" t="s">
-        <v>1567</v>
+        <v>305</v>
       </c>
       <c r="K447" s="5" t="s">
-        <v>2308</v>
+        <v>2319</v>
       </c>
       <c r="L447" s="6" t="s">
-        <v>2309</v>
+        <v>2320</v>
       </c>
       <c r="M447" s="5" t="s">
-        <v>2310</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="5" t="s">
-        <v>2311</v>
+        <v>2322</v>
       </c>
       <c r="B448" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C448" s="5" t="s">
-        <v>2312</v>
+        <v>2316</v>
       </c>
       <c r="D448" s="5" t="s">
-        <v>2313</v>
+        <v>16</v>
       </c>
       <c r="E448" s="5" t="s">
-        <v>2314</v>
+        <v>2317</v>
       </c>
       <c r="F448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G448" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G448" s="5" t="s">
+        <v>2323</v>
       </c>
       <c r="H448" s="5" t="s">
-        <v>2315</v>
+        <v>2324</v>
       </c>
       <c r="I448" s="5"/>
       <c r="J448" s="5" t="s">
-        <v>2316</v>
+        <v>305</v>
       </c>
       <c r="K448" s="5" t="s">
-        <v>2317</v>
+        <v>2325</v>
       </c>
       <c r="L448" s="6" t="s">
-        <v>2318</v>
+        <v>2326</v>
       </c>
       <c r="M448" s="5" t="s">
-        <v>2319</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="5" t="s">
-        <v>2320</v>
+        <v>2322</v>
       </c>
       <c r="B449" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C449" s="5" t="s">
-        <v>1232</v>
+        <v>1516</v>
       </c>
       <c r="D449" s="5" t="s">
-        <v>1562</v>
+        <v>1601</v>
       </c>
       <c r="E449" s="5" t="s">
-        <v>2321</v>
+        <v>2328</v>
       </c>
       <c r="F449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H449" s="5" t="s">
-        <v>2322</v>
-[...1 lines deleted...]
-      <c r="I449" s="5"/>
+        <v>2329</v>
+      </c>
+      <c r="I449" s="5" t="s">
+        <v>2330</v>
+      </c>
       <c r="J449" s="5" t="s">
-        <v>2323</v>
+        <v>1606</v>
       </c>
       <c r="K449" s="5" t="s">
-        <v>2324</v>
+        <v>2331</v>
       </c>
       <c r="L449" s="6" t="s">
-        <v>2325</v>
+        <v>2332</v>
       </c>
       <c r="M449" s="5" t="s">
-        <v>2326</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="5" t="s">
-        <v>2327</v>
+        <v>2334</v>
       </c>
       <c r="B450" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C450" s="5" t="s">
-        <v>16</v>
+        <v>2335</v>
       </c>
       <c r="D450" s="5" t="s">
-        <v>1547</v>
+        <v>1246</v>
       </c>
       <c r="E450" s="5" t="s">
-        <v>2328</v>
+        <v>1544</v>
       </c>
       <c r="F450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H450" s="5" t="s">
-        <v>2329</v>
+        <v>2336</v>
       </c>
       <c r="I450" s="5" t="s">
-        <v>2330</v>
+        <v>2337</v>
       </c>
       <c r="J450" s="5" t="s">
-        <v>2316</v>
+        <v>1295</v>
       </c>
       <c r="K450" s="5" t="s">
-        <v>2331</v>
+        <v>2338</v>
       </c>
       <c r="L450" s="6" t="s">
-        <v>2332</v>
+        <v>2339</v>
       </c>
       <c r="M450" s="5" t="s">
-        <v>2333</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="5" t="s">
-        <v>2334</v>
+        <v>2341</v>
       </c>
       <c r="B451" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C451" s="5" t="s">
-        <v>647</v>
+        <v>231</v>
       </c>
       <c r="D451" s="5" t="s">
-        <v>1207</v>
-[...2 lines deleted...]
-        <v>1505</v>
+        <v>719</v>
+      </c>
+      <c r="E451" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H451" s="5" t="s">
-        <v>2335</v>
-[...1 lines deleted...]
-      <c r="I451" s="5"/>
+        <v>2342</v>
+      </c>
+      <c r="I451" s="5" t="s">
+        <v>2343</v>
+      </c>
       <c r="J451" s="5" t="s">
-        <v>1256</v>
+        <v>2344</v>
       </c>
       <c r="K451" s="5" t="s">
-        <v>2336</v>
+        <v>2345</v>
       </c>
       <c r="L451" s="6" t="s">
-        <v>2337</v>
+        <v>2346</v>
       </c>
       <c r="M451" s="5" t="s">
-        <v>2338</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="5" t="s">
-        <v>2339</v>
+        <v>2348</v>
       </c>
       <c r="B452" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C452" s="5" t="s">
-        <v>16</v>
+        <v>839</v>
       </c>
       <c r="D452" s="5" t="s">
-        <v>1562</v>
+        <v>1601</v>
       </c>
       <c r="E452" s="5" t="s">
-        <v>17</v>
+        <v>1078</v>
       </c>
       <c r="F452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H452" s="5" t="s">
-        <v>2340</v>
+        <v>2349</v>
       </c>
       <c r="I452" s="5" t="s">
-        <v>2341</v>
+        <v>2350</v>
       </c>
       <c r="J452" s="5" t="s">
-        <v>2316</v>
+        <v>1606</v>
       </c>
       <c r="K452" s="5" t="s">
-        <v>2342</v>
+        <v>2351</v>
       </c>
       <c r="L452" s="6" t="s">
-        <v>2343</v>
+        <v>2352</v>
       </c>
       <c r="M452" s="5" t="s">
-        <v>2344</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="5" t="s">
-        <v>2345</v>
+        <v>2354</v>
       </c>
       <c r="B453" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C453" s="5" t="s">
-        <v>16</v>
+        <v>1516</v>
       </c>
       <c r="D453" s="5" t="s">
-        <v>1562</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1601</v>
+      </c>
+      <c r="E453" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H453" s="5" t="s">
-        <v>2346</v>
+        <v>2355</v>
       </c>
       <c r="I453" s="5" t="s">
-        <v>2347</v>
+        <v>2356</v>
       </c>
       <c r="J453" s="5" t="s">
-        <v>2316</v>
+        <v>1606</v>
       </c>
       <c r="K453" s="5" t="s">
-        <v>2348</v>
+        <v>2357</v>
       </c>
       <c r="L453" s="6" t="s">
-        <v>2349</v>
+        <v>2358</v>
       </c>
       <c r="M453" s="5" t="s">
-        <v>2350</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="5" t="s">
-        <v>2351</v>
+        <v>2360</v>
       </c>
       <c r="B454" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C454" s="5" t="s">
-        <v>688</v>
+        <v>2361</v>
       </c>
       <c r="D454" s="5" t="s">
-        <v>2352</v>
+        <v>2362</v>
       </c>
       <c r="E454" s="5" t="s">
-        <v>2353</v>
-[...2 lines deleted...]
-        <v>2354</v>
+        <v>2363</v>
+      </c>
+      <c r="F454" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H454" s="5" t="s">
-        <v>2355</v>
-[...3 lines deleted...]
-      </c>
+        <v>2364</v>
+      </c>
+      <c r="I454" s="5"/>
       <c r="J454" s="5" t="s">
-        <v>2357</v>
-[...4 lines deleted...]
-        </is>
+        <v>2365</v>
+      </c>
+      <c r="K454" s="5" t="s">
+        <v>2366</v>
       </c>
       <c r="L454" s="6" t="s">
-        <v>2358</v>
+        <v>2367</v>
       </c>
       <c r="M454" s="5" t="s">
-        <v>2359</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="5" t="s">
-        <v>2360</v>
+        <v>2369</v>
       </c>
       <c r="B455" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C455" s="5" t="s">
-        <v>688</v>
+        <v>1271</v>
       </c>
       <c r="D455" s="5" t="s">
-        <v>2352</v>
+        <v>1601</v>
       </c>
       <c r="E455" s="5" t="s">
-        <v>2361</v>
-[...2 lines deleted...]
-        <v>2362</v>
+        <v>2370</v>
+      </c>
+      <c r="F455" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H455" s="5" t="s">
-        <v>2363</v>
-[...3 lines deleted...]
-      </c>
+        <v>2371</v>
+      </c>
+      <c r="I455" s="5"/>
       <c r="J455" s="5" t="s">
-        <v>2365</v>
+        <v>2372</v>
       </c>
       <c r="K455" s="5" t="s">
-        <v>2366</v>
+        <v>2373</v>
       </c>
       <c r="L455" s="6" t="s">
-        <v>2367</v>
+        <v>2374</v>
       </c>
       <c r="M455" s="5" t="s">
-        <v>2368</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="5" t="s">
-        <v>2369</v>
+        <v>2376</v>
       </c>
       <c r="B456" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C456" s="5" t="s">
-        <v>647</v>
+        <v>16</v>
       </c>
       <c r="D456" s="5" t="s">
-        <v>2370</v>
+        <v>1586</v>
       </c>
       <c r="E456" s="5" t="s">
-        <v>2371</v>
+        <v>2377</v>
       </c>
       <c r="F456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H456" s="5" t="s">
-        <v>2372</v>
+        <v>2378</v>
       </c>
       <c r="I456" s="5" t="s">
-        <v>2373</v>
+        <v>2379</v>
       </c>
       <c r="J456" s="5" t="s">
-        <v>2374</v>
+        <v>2365</v>
       </c>
       <c r="K456" s="5" t="s">
-        <v>2375</v>
+        <v>2380</v>
       </c>
       <c r="L456" s="6" t="s">
-        <v>2376</v>
+        <v>2381</v>
       </c>
       <c r="M456" s="5" t="s">
-        <v>2377</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="5" t="s">
-        <v>2378</v>
+        <v>2383</v>
       </c>
       <c r="B457" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C457" s="5" t="s">
-        <v>2379</v>
+        <v>2384</v>
       </c>
       <c r="D457" s="5" t="s">
-        <v>1477</v>
-[...4 lines deleted...]
-        </is>
+        <v>719</v>
+      </c>
+      <c r="E457" s="5" t="s">
+        <v>2385</v>
       </c>
       <c r="F457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H457" s="5" t="s">
-        <v>2380</v>
+        <v>2386</v>
       </c>
       <c r="I457" s="5" t="s">
-        <v>2381</v>
+        <v>2387</v>
       </c>
       <c r="J457" s="5" t="s">
-        <v>1567</v>
+        <v>2388</v>
       </c>
       <c r="K457" s="5" t="s">
-        <v>2382</v>
+        <v>2389</v>
       </c>
       <c r="L457" s="6" t="s">
-        <v>2383</v>
+        <v>2390</v>
       </c>
       <c r="M457" s="5" t="s">
-        <v>2384</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="5" t="s">
-        <v>2385</v>
+        <v>2392</v>
       </c>
       <c r="B458" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C458" s="5" t="s">
-        <v>1547</v>
+        <v>654</v>
       </c>
       <c r="D458" s="5" t="s">
-        <v>2313</v>
-[...4 lines deleted...]
-        </is>
+        <v>1246</v>
+      </c>
+      <c r="E458" s="5" t="s">
+        <v>1544</v>
       </c>
       <c r="F458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H458" s="5" t="s">
-        <v>2386</v>
+        <v>2393</v>
       </c>
       <c r="I458" s="5"/>
       <c r="J458" s="5" t="s">
-        <v>1567</v>
+        <v>1295</v>
       </c>
       <c r="K458" s="5" t="s">
-        <v>2387</v>
+        <v>2394</v>
       </c>
       <c r="L458" s="6" t="s">
-        <v>2388</v>
+        <v>2395</v>
       </c>
       <c r="M458" s="5" t="s">
-        <v>2389</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="5" t="s">
-        <v>2390</v>
+        <v>2397</v>
       </c>
       <c r="B459" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C459" s="5" t="s">
-        <v>269</v>
+        <v>16</v>
       </c>
       <c r="D459" s="5" t="s">
-        <v>688</v>
+        <v>1601</v>
       </c>
       <c r="E459" s="5" t="s">
-        <v>2391</v>
-[...2 lines deleted...]
-        <v>2392</v>
+        <v>17</v>
+      </c>
+      <c r="F459" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H459" s="5" t="s">
-        <v>2393</v>
+        <v>2398</v>
       </c>
       <c r="I459" s="5" t="s">
-        <v>2394</v>
+        <v>2399</v>
       </c>
       <c r="J459" s="5" t="s">
-        <v>2395</v>
+        <v>2365</v>
       </c>
       <c r="K459" s="5" t="s">
-        <v>2396</v>
+        <v>2400</v>
       </c>
       <c r="L459" s="6" t="s">
-        <v>2397</v>
+        <v>2401</v>
       </c>
       <c r="M459" s="5" t="s">
-        <v>2398</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="5" t="s">
-        <v>2399</v>
+        <v>2403</v>
       </c>
       <c r="B460" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C460" s="5" t="s">
-        <v>688</v>
+        <v>16</v>
       </c>
       <c r="D460" s="5" t="s">
-        <v>269</v>
+        <v>1601</v>
       </c>
       <c r="E460" s="5" t="s">
-        <v>2400</v>
-[...2 lines deleted...]
-        <v>2391</v>
+        <v>17</v>
+      </c>
+      <c r="F460" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H460" s="5" t="s">
-        <v>2401</v>
+        <v>2404</v>
       </c>
       <c r="I460" s="5" t="s">
-        <v>2402</v>
+        <v>2405</v>
       </c>
       <c r="J460" s="5" t="s">
-        <v>2403</v>
+        <v>2365</v>
       </c>
       <c r="K460" s="5" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="L460" s="6" t="s">
-        <v>2405</v>
+        <v>2407</v>
       </c>
       <c r="M460" s="5" t="s">
-        <v>2406</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="5" t="s">
-        <v>2407</v>
+        <v>2409</v>
       </c>
       <c r="B461" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C461" s="5" t="s">
-        <v>1477</v>
+        <v>702</v>
       </c>
       <c r="D461" s="5" t="s">
-        <v>1562</v>
-[...9 lines deleted...]
-        </is>
+        <v>2410</v>
+      </c>
+      <c r="E461" s="5" t="s">
+        <v>2411</v>
+      </c>
+      <c r="F461" s="5" t="s">
+        <v>2412</v>
       </c>
       <c r="G461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H461" s="5" t="s">
-        <v>2408</v>
+        <v>2413</v>
       </c>
       <c r="I461" s="5" t="s">
-        <v>2409</v>
+        <v>2414</v>
       </c>
       <c r="J461" s="5" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>2410</v>
+        <v>2415</v>
+      </c>
+      <c r="K461" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L461" s="6" t="s">
-        <v>2411</v>
+        <v>2416</v>
       </c>
       <c r="M461" s="5" t="s">
-        <v>2412</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="5" t="s">
-        <v>2413</v>
+        <v>2418</v>
       </c>
       <c r="B462" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C462" s="5" t="s">
-        <v>269</v>
+        <v>702</v>
       </c>
       <c r="D462" s="5" t="s">
-        <v>688</v>
+        <v>2410</v>
       </c>
       <c r="E462" s="5" t="s">
-        <v>2391</v>
+        <v>2419</v>
       </c>
       <c r="F462" s="5" t="s">
-        <v>2414</v>
+        <v>2420</v>
       </c>
       <c r="G462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H462" s="5" t="s">
-        <v>2415</v>
+        <v>2421</v>
       </c>
       <c r="I462" s="5" t="s">
-        <v>2416</v>
+        <v>2422</v>
       </c>
       <c r="J462" s="5" t="s">
-        <v>2417</v>
+        <v>2423</v>
       </c>
       <c r="K462" s="5" t="s">
-        <v>2418</v>
+        <v>2424</v>
       </c>
       <c r="L462" s="6" t="s">
-        <v>2419</v>
+        <v>2425</v>
       </c>
       <c r="M462" s="5" t="s">
-        <v>2420</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="5" t="s">
-        <v>2421</v>
+        <v>2427</v>
       </c>
       <c r="B463" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C463" s="5" t="s">
-        <v>1547</v>
+        <v>654</v>
       </c>
       <c r="D463" s="5" t="s">
-        <v>1562</v>
-[...4 lines deleted...]
-        </is>
+        <v>2428</v>
+      </c>
+      <c r="E463" s="5" t="s">
+        <v>2429</v>
       </c>
       <c r="F463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H463" s="5" t="s">
-        <v>2422</v>
+        <v>2430</v>
       </c>
       <c r="I463" s="5" t="s">
-        <v>2423</v>
+        <v>2431</v>
       </c>
       <c r="J463" s="5" t="s">
-        <v>1567</v>
+        <v>2432</v>
       </c>
       <c r="K463" s="5" t="s">
-        <v>2424</v>
+        <v>2433</v>
       </c>
       <c r="L463" s="6" t="s">
-        <v>2425</v>
+        <v>2434</v>
       </c>
       <c r="M463" s="5" t="s">
-        <v>2426</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="5" t="s">
-        <v>2427</v>
+        <v>2436</v>
       </c>
       <c r="B464" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C464" s="5" t="s">
-        <v>697</v>
+        <v>2437</v>
       </c>
       <c r="D464" s="5" t="s">
-        <v>269</v>
-[...5 lines deleted...]
-        <v>2429</v>
+        <v>1516</v>
+      </c>
+      <c r="E464" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F464" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H464" s="5" t="s">
-        <v>2430</v>
+        <v>2438</v>
       </c>
       <c r="I464" s="5" t="s">
-        <v>2431</v>
+        <v>2439</v>
       </c>
       <c r="J464" s="5" t="s">
-        <v>2432</v>
+        <v>1606</v>
       </c>
       <c r="K464" s="5" t="s">
-        <v>2433</v>
+        <v>2440</v>
       </c>
       <c r="L464" s="6" t="s">
-        <v>2434</v>
+        <v>2441</v>
       </c>
       <c r="M464" s="5" t="s">
-        <v>2435</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="5" t="s">
-        <v>2436</v>
+        <v>2443</v>
       </c>
       <c r="B465" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C465" s="5" t="s">
-        <v>269</v>
+        <v>1586</v>
       </c>
       <c r="D465" s="5" t="s">
-        <v>688</v>
-[...5 lines deleted...]
-        <v>2414</v>
+        <v>2362</v>
+      </c>
+      <c r="E465" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F465" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H465" s="5" t="s">
-        <v>2437</v>
-[...3 lines deleted...]
-      </c>
+        <v>2444</v>
+      </c>
+      <c r="I465" s="5"/>
       <c r="J465" s="5" t="s">
-        <v>2439</v>
+        <v>1606</v>
       </c>
       <c r="K465" s="5" t="s">
-        <v>2440</v>
+        <v>2445</v>
       </c>
       <c r="L465" s="6" t="s">
-        <v>2441</v>
+        <v>2446</v>
       </c>
       <c r="M465" s="5" t="s">
-        <v>2442</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="5" t="s">
-        <v>2443</v>
+        <v>2448</v>
       </c>
       <c r="B466" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C466" s="5" t="s">
-        <v>16</v>
+        <v>269</v>
       </c>
       <c r="D466" s="5" t="s">
-        <v>2313</v>
+        <v>702</v>
       </c>
       <c r="E466" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>2449</v>
+      </c>
+      <c r="F466" s="5" t="s">
+        <v>2450</v>
       </c>
       <c r="G466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H466" s="5" t="s">
-        <v>2444</v>
+        <v>2451</v>
       </c>
       <c r="I466" s="5" t="s">
-        <v>2445</v>
+        <v>2452</v>
       </c>
       <c r="J466" s="5" t="s">
-        <v>2316</v>
+        <v>2453</v>
       </c>
       <c r="K466" s="5" t="s">
-        <v>2446</v>
+        <v>2454</v>
       </c>
       <c r="L466" s="6" t="s">
-        <v>2447</v>
+        <v>2455</v>
       </c>
       <c r="M466" s="5" t="s">
-        <v>2448</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="5" t="s">
-        <v>2449</v>
+        <v>2457</v>
       </c>
       <c r="B467" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C467" s="5" t="s">
-        <v>16</v>
+        <v>702</v>
       </c>
       <c r="D467" s="5" t="s">
-        <v>1562</v>
+        <v>269</v>
       </c>
       <c r="E467" s="5" t="s">
-        <v>2450</v>
+        <v>2458</v>
       </c>
       <c r="F467" s="5" t="s">
-        <v>2451</v>
+        <v>2449</v>
       </c>
       <c r="G467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H467" s="5" t="s">
-        <v>2452</v>
-[...1 lines deleted...]
-      <c r="I467" s="5"/>
+        <v>2459</v>
+      </c>
+      <c r="I467" s="5" t="s">
+        <v>2460</v>
+      </c>
       <c r="J467" s="5" t="s">
-        <v>2316</v>
+        <v>2461</v>
       </c>
       <c r="K467" s="5" t="s">
-        <v>2453</v>
+        <v>2462</v>
       </c>
       <c r="L467" s="6" t="s">
-        <v>2454</v>
+        <v>2463</v>
       </c>
       <c r="M467" s="5" t="s">
-        <v>2455</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="5" t="s">
-        <v>2456</v>
+        <v>2465</v>
       </c>
       <c r="B468" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C468" s="5" t="s">
-        <v>385</v>
+        <v>1516</v>
       </c>
       <c r="D468" s="5" t="s">
-        <v>1562</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1601</v>
+      </c>
+      <c r="E468" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H468" s="5" t="s">
-        <v>2457</v>
+        <v>2466</v>
       </c>
       <c r="I468" s="5" t="s">
-        <v>2458</v>
+        <v>2467</v>
       </c>
       <c r="J468" s="5" t="s">
-        <v>1567</v>
+        <v>1606</v>
       </c>
       <c r="K468" s="5" t="s">
-        <v>2459</v>
+        <v>2468</v>
       </c>
       <c r="L468" s="6" t="s">
-        <v>2460</v>
+        <v>2469</v>
       </c>
       <c r="M468" s="5" t="s">
-        <v>2461</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="5" t="s">
-        <v>2462</v>
+        <v>2471</v>
       </c>
       <c r="B469" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C469" s="5" t="s">
-        <v>2463</v>
+        <v>269</v>
       </c>
       <c r="D469" s="5" t="s">
-        <v>1562</v>
-[...9 lines deleted...]
-        </is>
+        <v>702</v>
+      </c>
+      <c r="E469" s="5" t="s">
+        <v>2449</v>
+      </c>
+      <c r="F469" s="5" t="s">
+        <v>2472</v>
       </c>
       <c r="G469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H469" s="5" t="s">
-        <v>2464</v>
+        <v>2473</v>
       </c>
       <c r="I469" s="5" t="s">
-        <v>2465</v>
+        <v>2474</v>
       </c>
       <c r="J469" s="5" t="s">
-        <v>1567</v>
+        <v>2475</v>
       </c>
       <c r="K469" s="5" t="s">
-        <v>2466</v>
+        <v>2476</v>
       </c>
       <c r="L469" s="6" t="s">
-        <v>2467</v>
+        <v>2477</v>
       </c>
       <c r="M469" s="5" t="s">
-        <v>2468</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="5" t="s">
-        <v>2469</v>
+        <v>2479</v>
       </c>
       <c r="B470" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C470" s="5" t="s">
-        <v>2470</v>
+        <v>1586</v>
       </c>
       <c r="D470" s="5" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-        <v>2471</v>
+        <v>1601</v>
+      </c>
+      <c r="E470" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H470" s="5" t="s">
-        <v>2472</v>
-[...1 lines deleted...]
-      <c r="I470" s="5"/>
+        <v>2480</v>
+      </c>
+      <c r="I470" s="5" t="s">
+        <v>2481</v>
+      </c>
       <c r="J470" s="5" t="s">
-        <v>2473</v>
+        <v>1606</v>
       </c>
       <c r="K470" s="5" t="s">
-        <v>2474</v>
+        <v>2482</v>
       </c>
       <c r="L470" s="6" t="s">
-        <v>2475</v>
+        <v>2483</v>
       </c>
       <c r="M470" s="5" t="s">
-        <v>2476</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="5" t="s">
-        <v>2477</v>
+        <v>2485</v>
       </c>
       <c r="B471" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C471" s="5" t="s">
-        <v>16</v>
+        <v>719</v>
       </c>
       <c r="D471" s="5" t="s">
-        <v>2478</v>
+        <v>269</v>
       </c>
       <c r="E471" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>2486</v>
+      </c>
+      <c r="F471" s="5" t="s">
+        <v>2487</v>
       </c>
       <c r="G471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H471" s="5" t="s">
-        <v>2479</v>
-[...1 lines deleted...]
-      <c r="I471" s="5"/>
+        <v>2488</v>
+      </c>
+      <c r="I471" s="5" t="s">
+        <v>2489</v>
+      </c>
       <c r="J471" s="5" t="s">
-        <v>2316</v>
+        <v>2490</v>
       </c>
       <c r="K471" s="5" t="s">
-        <v>2480</v>
+        <v>2491</v>
       </c>
       <c r="L471" s="6" t="s">
-        <v>2481</v>
+        <v>2492</v>
       </c>
       <c r="M471" s="5" t="s">
-        <v>2482</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="5" t="s">
-        <v>2483</v>
+        <v>2494</v>
       </c>
       <c r="B472" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C472" s="5" t="s">
         <v>269</v>
       </c>
       <c r="D472" s="5" t="s">
-        <v>688</v>
+        <v>702</v>
       </c>
       <c r="E472" s="5" t="s">
-        <v>2391</v>
+        <v>2449</v>
       </c>
       <c r="F472" s="5" t="s">
-        <v>2414</v>
+        <v>2472</v>
       </c>
       <c r="G472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H472" s="5" t="s">
-        <v>2484</v>
+        <v>2495</v>
       </c>
       <c r="I472" s="5" t="s">
-        <v>2485</v>
+        <v>2496</v>
       </c>
       <c r="J472" s="5" t="s">
-        <v>2486</v>
+        <v>2497</v>
       </c>
       <c r="K472" s="5" t="s">
-        <v>2487</v>
+        <v>2498</v>
       </c>
       <c r="L472" s="6" t="s">
-        <v>2488</v>
+        <v>2499</v>
       </c>
       <c r="M472" s="5" t="s">
-        <v>2489</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="5" t="s">
-        <v>2490</v>
+        <v>2501</v>
       </c>
       <c r="B473" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C473" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D473" s="5" t="s">
-        <v>2491</v>
+        <v>2362</v>
       </c>
       <c r="E473" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F473" s="5" t="s">
-        <v>2492</v>
+      <c r="F473" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H473" s="5" t="s">
-        <v>2493</v>
-[...1 lines deleted...]
-      <c r="I473" s="5"/>
+        <v>2502</v>
+      </c>
+      <c r="I473" s="5" t="s">
+        <v>2503</v>
+      </c>
       <c r="J473" s="5" t="s">
-        <v>1567</v>
+        <v>2365</v>
       </c>
       <c r="K473" s="5" t="s">
-        <v>2494</v>
+        <v>2504</v>
       </c>
       <c r="L473" s="6" t="s">
-        <v>2495</v>
+        <v>2505</v>
       </c>
       <c r="M473" s="5" t="s">
-        <v>2496</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="5" t="s">
-        <v>2497</v>
+        <v>2507</v>
       </c>
       <c r="B474" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C474" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D474" s="5" t="s">
-        <v>1562</v>
+        <v>1601</v>
       </c>
       <c r="E474" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>2508</v>
+      </c>
+      <c r="F474" s="5" t="s">
+        <v>2509</v>
       </c>
       <c r="G474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H474" s="5" t="s">
-        <v>2498</v>
-[...3 lines deleted...]
-      </c>
+        <v>2510</v>
+      </c>
+      <c r="I474" s="5"/>
       <c r="J474" s="5" t="s">
-        <v>2316</v>
+        <v>2365</v>
       </c>
       <c r="K474" s="5" t="s">
-        <v>2500</v>
+        <v>2511</v>
       </c>
       <c r="L474" s="6" t="s">
-        <v>2501</v>
+        <v>2512</v>
       </c>
       <c r="M474" s="5" t="s">
-        <v>2502</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="5" t="s">
-        <v>2503</v>
+        <v>2514</v>
       </c>
       <c r="B475" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C475" s="5" t="s">
-        <v>269</v>
+        <v>392</v>
       </c>
       <c r="D475" s="5" t="s">
-        <v>688</v>
+        <v>1601</v>
       </c>
       <c r="E475" s="5" t="s">
-        <v>2391</v>
-[...2 lines deleted...]
-        <v>2414</v>
+        <v>17</v>
+      </c>
+      <c r="F475" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H475" s="5" t="s">
-        <v>2504</v>
+        <v>2515</v>
       </c>
       <c r="I475" s="5" t="s">
-        <v>2505</v>
+        <v>2516</v>
       </c>
       <c r="J475" s="5" t="s">
-        <v>2506</v>
+        <v>1606</v>
       </c>
       <c r="K475" s="5" t="s">
-        <v>2507</v>
+        <v>2517</v>
       </c>
       <c r="L475" s="6" t="s">
-        <v>2508</v>
+        <v>2518</v>
       </c>
       <c r="M475" s="5" t="s">
-        <v>2509</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="5" t="s">
-        <v>2510</v>
+        <v>2520</v>
       </c>
       <c r="B476" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C476" s="5" t="s">
-        <v>16</v>
+        <v>2521</v>
       </c>
       <c r="D476" s="5" t="s">
-        <v>1562</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1601</v>
+      </c>
+      <c r="E476" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H476" s="5" t="s">
-        <v>2511</v>
+        <v>2522</v>
       </c>
       <c r="I476" s="5" t="s">
-        <v>2512</v>
+        <v>2523</v>
       </c>
       <c r="J476" s="5" t="s">
-        <v>2316</v>
+        <v>1606</v>
       </c>
       <c r="K476" s="5" t="s">
-        <v>2513</v>
+        <v>2524</v>
       </c>
       <c r="L476" s="6" t="s">
-        <v>2514</v>
+        <v>2525</v>
       </c>
       <c r="M476" s="5" t="s">
-        <v>2515</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="5" t="s">
-        <v>2516</v>
+        <v>2527</v>
       </c>
       <c r="B477" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C477" s="5" t="s">
-        <v>16</v>
+        <v>2528</v>
       </c>
       <c r="D477" s="5" t="s">
-        <v>2491</v>
+        <v>636</v>
       </c>
       <c r="E477" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>2492</v>
+        <v>2529</v>
+      </c>
+      <c r="F477" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H477" s="5" t="s">
-        <v>2517</v>
-[...3 lines deleted...]
-      </c>
+        <v>2530</v>
+      </c>
+      <c r="I477" s="5"/>
       <c r="J477" s="5" t="s">
-        <v>1567</v>
+        <v>2531</v>
       </c>
       <c r="K477" s="5" t="s">
-        <v>2519</v>
+        <v>2532</v>
       </c>
       <c r="L477" s="6" t="s">
-        <v>2520</v>
+        <v>2533</v>
       </c>
       <c r="M477" s="5" t="s">
-        <v>2521</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="5" t="s">
-        <v>2522</v>
+        <v>2535</v>
       </c>
       <c r="B478" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C478" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D478" s="5" t="s">
-        <v>2491</v>
+        <v>2536</v>
       </c>
       <c r="E478" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F478" s="5" t="s">
-        <v>2523</v>
+      <c r="F478" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H478" s="5" t="s">
-        <v>2524</v>
-[...3 lines deleted...]
-      </c>
+        <v>2537</v>
+      </c>
+      <c r="I478" s="5"/>
       <c r="J478" s="5" t="s">
-        <v>1567</v>
+        <v>2365</v>
       </c>
       <c r="K478" s="5" t="s">
-        <v>2526</v>
+        <v>2538</v>
       </c>
       <c r="L478" s="6" t="s">
-        <v>2527</v>
+        <v>2539</v>
       </c>
       <c r="M478" s="5" t="s">
-        <v>2528</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="5" t="s">
-        <v>2529</v>
+        <v>2541</v>
       </c>
       <c r="B479" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C479" s="5" t="s">
-        <v>90</v>
+        <v>269</v>
       </c>
       <c r="D479" s="5" t="s">
-        <v>2313</v>
-[...9 lines deleted...]
-        </is>
+        <v>702</v>
+      </c>
+      <c r="E479" s="5" t="s">
+        <v>2449</v>
+      </c>
+      <c r="F479" s="5" t="s">
+        <v>2472</v>
       </c>
       <c r="G479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H479" s="5" t="s">
-        <v>2530</v>
+        <v>2542</v>
       </c>
       <c r="I479" s="5" t="s">
-        <v>2531</v>
+        <v>2543</v>
       </c>
       <c r="J479" s="5" t="s">
-        <v>1567</v>
+        <v>2544</v>
       </c>
       <c r="K479" s="5" t="s">
-        <v>2532</v>
+        <v>2545</v>
       </c>
       <c r="L479" s="6" t="s">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="M479" s="5" t="s">
-        <v>2534</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="5" t="s">
-        <v>2535</v>
+        <v>2548</v>
       </c>
       <c r="B480" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C480" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D480" s="5" t="s">
-        <v>2536</v>
+        <v>2549</v>
       </c>
       <c r="E480" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F480" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F480" s="5" t="s">
+        <v>2550</v>
       </c>
       <c r="G480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H480" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H480" s="5" t="s">
+        <v>2551</v>
+      </c>
+      <c r="I480" s="5"/>
       <c r="J480" s="5" t="s">
-        <v>2538</v>
+        <v>1606</v>
       </c>
       <c r="K480" s="5" t="s">
-        <v>2539</v>
+        <v>2552</v>
       </c>
       <c r="L480" s="6" t="s">
-        <v>2540</v>
+        <v>2553</v>
       </c>
       <c r="M480" s="5" t="s">
-        <v>2541</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="5" t="s">
-        <v>2542</v>
+        <v>2555</v>
       </c>
       <c r="B481" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C481" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D481" s="5" t="s">
-        <v>1562</v>
+        <v>1601</v>
       </c>
       <c r="E481" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H481" s="5" t="s">
-        <v>2543</v>
+        <v>2556</v>
       </c>
       <c r="I481" s="5" t="s">
-        <v>2544</v>
+        <v>2557</v>
       </c>
       <c r="J481" s="5" t="s">
-        <v>2316</v>
+        <v>2365</v>
       </c>
       <c r="K481" s="5" t="s">
-        <v>2545</v>
+        <v>2558</v>
       </c>
       <c r="L481" s="6" t="s">
-        <v>2546</v>
+        <v>2559</v>
       </c>
       <c r="M481" s="5" t="s">
-        <v>2547</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="5" t="s">
-        <v>2548</v>
+        <v>2561</v>
       </c>
       <c r="B482" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C482" s="5" t="s">
-        <v>16</v>
+        <v>269</v>
       </c>
       <c r="D482" s="5" t="s">
-        <v>2491</v>
+        <v>702</v>
       </c>
       <c r="E482" s="5" t="s">
-        <v>17</v>
+        <v>2449</v>
       </c>
       <c r="F482" s="5" t="s">
-        <v>2492</v>
+        <v>2472</v>
       </c>
       <c r="G482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H482" s="5" t="s">
-        <v>2549</v>
-[...1 lines deleted...]
-      <c r="I482" s="5"/>
+        <v>2562</v>
+      </c>
+      <c r="I482" s="5" t="s">
+        <v>2563</v>
+      </c>
       <c r="J482" s="5" t="s">
-        <v>1567</v>
+        <v>2564</v>
       </c>
       <c r="K482" s="5" t="s">
-        <v>2550</v>
+        <v>2565</v>
       </c>
       <c r="L482" s="6" t="s">
-        <v>2551</v>
+        <v>2566</v>
       </c>
       <c r="M482" s="5" t="s">
-        <v>2552</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="5" t="s">
-        <v>2553</v>
+        <v>2568</v>
       </c>
       <c r="B483" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C483" s="5" t="s">
-        <v>2554</v>
+        <v>16</v>
       </c>
       <c r="D483" s="5" t="s">
-        <v>629</v>
+        <v>1601</v>
       </c>
       <c r="E483" s="5" t="s">
-        <v>2555</v>
-[...2 lines deleted...]
-        <v>2556</v>
+        <v>17</v>
+      </c>
+      <c r="F483" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H483" s="5" t="s">
-        <v>2557</v>
+        <v>2569</v>
       </c>
       <c r="I483" s="5" t="s">
-        <v>2558</v>
+        <v>2570</v>
       </c>
       <c r="J483" s="5" t="s">
-        <v>2559</v>
+        <v>2365</v>
       </c>
       <c r="K483" s="5" t="s">
-        <v>2560</v>
+        <v>2571</v>
       </c>
       <c r="L483" s="6" t="s">
-        <v>2561</v>
+        <v>2572</v>
       </c>
       <c r="M483" s="5" t="s">
-        <v>2562</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="5" t="s">
-        <v>2563</v>
+        <v>2574</v>
       </c>
       <c r="B484" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C484" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D484" s="5" t="s">
+        <v>2549</v>
+      </c>
+      <c r="E484" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F484" s="5" t="s">
+        <v>2550</v>
+      </c>
+      <c r="G484" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H484" s="5" t="s">
+        <v>2575</v>
+      </c>
+      <c r="I484" s="5" t="s">
+        <v>2576</v>
+      </c>
+      <c r="J484" s="5" t="s">
+        <v>1606</v>
+      </c>
+      <c r="K484" s="5" t="s">
+        <v>2577</v>
+      </c>
+      <c r="L484" s="6" t="s">
+        <v>2578</v>
+      </c>
+      <c r="M484" s="5" t="s">
+        <v>2579</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" s="5" t="s">
+        <v>2580</v>
+      </c>
+      <c r="B485" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C485" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D485" s="5" t="s">
+        <v>2581</v>
+      </c>
+      <c r="E485" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F485" s="5" t="s">
+        <v>2582</v>
+      </c>
+      <c r="G485" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H485" s="5" t="s">
+        <v>2362</v>
+      </c>
+      <c r="I485" s="5"/>
+      <c r="J485" s="5" t="s">
+        <v>2583</v>
+      </c>
+      <c r="K485" s="5" t="s">
+        <v>2584</v>
+      </c>
+      <c r="L485" s="6" t="s">
+        <v>2585</v>
+      </c>
+      <c r="M485" s="5" t="s">
+        <v>2586</v>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" s="5" t="s">
+        <v>2587</v>
+      </c>
+      <c r="B486" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C486" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D486" s="5" t="s">
+        <v>2549</v>
+      </c>
+      <c r="E486" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F486" s="5" t="s">
+        <v>2588</v>
+      </c>
+      <c r="G486" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H486" s="5" t="s">
+        <v>2589</v>
+      </c>
+      <c r="I486" s="5" t="s">
+        <v>2590</v>
+      </c>
+      <c r="J486" s="5" t="s">
+        <v>1606</v>
+      </c>
+      <c r="K486" s="5" t="s">
+        <v>2591</v>
+      </c>
+      <c r="L486" s="6" t="s">
+        <v>2592</v>
+      </c>
+      <c r="M486" s="5" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" s="5" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B487" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C487" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D487" s="5" t="s">
+        <v>2362</v>
+      </c>
+      <c r="E487" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F487" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G487" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H487" s="5" t="s">
+        <v>2595</v>
+      </c>
+      <c r="I487" s="5" t="s">
+        <v>2596</v>
+      </c>
+      <c r="J487" s="5" t="s">
+        <v>1606</v>
+      </c>
+      <c r="K487" s="5" t="s">
+        <v>2597</v>
+      </c>
+      <c r="L487" s="6" t="s">
+        <v>2598</v>
+      </c>
+      <c r="M487" s="5" t="s">
+        <v>2599</v>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" s="5" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B488" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C488" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D488" s="5" t="s">
+        <v>2601</v>
+      </c>
+      <c r="E488" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F488" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G488" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H488" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I488" s="5" t="s">
+        <v>2602</v>
+      </c>
+      <c r="J488" s="5" t="s">
+        <v>2603</v>
+      </c>
+      <c r="K488" s="5" t="s">
+        <v>2604</v>
+      </c>
+      <c r="L488" s="6" t="s">
+        <v>2605</v>
+      </c>
+      <c r="M488" s="5" t="s">
+        <v>2606</v>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" s="5" t="s">
+        <v>2607</v>
+      </c>
+      <c r="B489" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C489" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D489" s="5" t="s">
+        <v>1601</v>
+      </c>
+      <c r="E489" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F489" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G489" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H489" s="5" t="s">
+        <v>2608</v>
+      </c>
+      <c r="I489" s="5" t="s">
+        <v>2609</v>
+      </c>
+      <c r="J489" s="5" t="s">
+        <v>2365</v>
+      </c>
+      <c r="K489" s="5" t="s">
+        <v>2610</v>
+      </c>
+      <c r="L489" s="6" t="s">
+        <v>2611</v>
+      </c>
+      <c r="M489" s="5" t="s">
+        <v>2612</v>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" s="5" t="s">
+        <v>2613</v>
+      </c>
+      <c r="B490" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C490" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D490" s="5" t="s">
+        <v>2549</v>
+      </c>
+      <c r="E490" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F490" s="5" t="s">
+        <v>2550</v>
+      </c>
+      <c r="G490" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H490" s="5" t="s">
+        <v>2614</v>
+      </c>
+      <c r="I490" s="5"/>
+      <c r="J490" s="5" t="s">
+        <v>1606</v>
+      </c>
+      <c r="K490" s="5" t="s">
+        <v>2615</v>
+      </c>
+      <c r="L490" s="6" t="s">
+        <v>2616</v>
+      </c>
+      <c r="M490" s="5" t="s">
+        <v>2617</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" s="5" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B491" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C491" s="5" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D491" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="E491" s="5" t="s">
+        <v>2620</v>
+      </c>
+      <c r="F491" s="5" t="s">
+        <v>2621</v>
+      </c>
+      <c r="G491" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H491" s="5" t="s">
+        <v>2622</v>
+      </c>
+      <c r="I491" s="5" t="s">
+        <v>2623</v>
+      </c>
+      <c r="J491" s="5" t="s">
+        <v>2624</v>
+      </c>
+      <c r="K491" s="5" t="s">
+        <v>2625</v>
+      </c>
+      <c r="L491" s="6" t="s">
+        <v>2626</v>
+      </c>
+      <c r="M491" s="5" t="s">
+        <v>2627</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" s="5" t="s">
+        <v>2628</v>
+      </c>
+      <c r="B492" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C492" s="5" t="s">
+        <v>392</v>
+      </c>
+      <c r="D492" s="5" t="s">
+        <v>2629</v>
+      </c>
+      <c r="E492" s="5" t="s">
+        <v>2630</v>
+      </c>
+      <c r="F492" s="5" t="s">
+        <v>2631</v>
+      </c>
+      <c r="G492" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H492" s="5" t="s">
+        <v>2632</v>
+      </c>
+      <c r="I492" s="5" t="s">
+        <v>2633</v>
+      </c>
+      <c r="J492" s="5" t="s">
+        <v>2634</v>
+      </c>
+      <c r="K492" s="5" t="s">
+        <v>2635</v>
+      </c>
+      <c r="L492" s="6" t="s">
+        <v>2636</v>
+      </c>
+      <c r="M492" s="5" t="s">
+        <v>2637</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" s="5" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B493" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C493" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="D484" s="5" t="s">
-[...29 lines deleted...]
-        <v>2571</v>
+      <c r="D493" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="E493" s="5" t="s">
+        <v>2639</v>
+      </c>
+      <c r="F493" s="5" t="s">
+        <v>2640</v>
+      </c>
+      <c r="G493" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H493" s="5" t="s">
+        <v>2641</v>
+      </c>
+      <c r="I493" s="5" t="s">
+        <v>2642</v>
+      </c>
+      <c r="J493" s="5" t="s">
+        <v>2643</v>
+      </c>
+      <c r="K493" s="5" t="s">
+        <v>2644</v>
+      </c>
+      <c r="L493" s="6" t="s">
+        <v>2645</v>
+      </c>
+      <c r="M493" s="5" t="s">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" s="5" t="s">
+        <v>2647</v>
+      </c>
+      <c r="B494" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C494" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D494" s="5" t="s">
+        <v>2549</v>
+      </c>
+      <c r="E494" s="5" t="s">
+        <v>2648</v>
+      </c>
+      <c r="F494" s="5" t="s">
+        <v>2649</v>
+      </c>
+      <c r="G494" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H494" s="5" t="s">
+        <v>2650</v>
+      </c>
+      <c r="I494" s="5" t="s">
+        <v>2651</v>
+      </c>
+      <c r="J494" s="5" t="s">
+        <v>1606</v>
+      </c>
+      <c r="K494" s="5" t="s">
+        <v>2652</v>
+      </c>
+      <c r="L494" s="6" t="s">
+        <v>2653</v>
+      </c>
+      <c r="M494" s="5" t="s">
+        <v>2654</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -37293,44 +38252,54 @@
     <hyperlink ref="M460" r:id="rId465"/>
     <hyperlink ref="M461" r:id="rId466"/>
     <hyperlink ref="M462" r:id="rId467"/>
     <hyperlink ref="M463" r:id="rId468"/>
     <hyperlink ref="M464" r:id="rId469"/>
     <hyperlink ref="M465" r:id="rId470"/>
     <hyperlink ref="M466" r:id="rId471"/>
     <hyperlink ref="M467" r:id="rId472"/>
     <hyperlink ref="M468" r:id="rId473"/>
     <hyperlink ref="M469" r:id="rId474"/>
     <hyperlink ref="M470" r:id="rId475"/>
     <hyperlink ref="M471" r:id="rId476"/>
     <hyperlink ref="M472" r:id="rId477"/>
     <hyperlink ref="M473" r:id="rId478"/>
     <hyperlink ref="M474" r:id="rId479"/>
     <hyperlink ref="M475" r:id="rId480"/>
     <hyperlink ref="M476" r:id="rId481"/>
     <hyperlink ref="M477" r:id="rId482"/>
     <hyperlink ref="M478" r:id="rId483"/>
     <hyperlink ref="M479" r:id="rId484"/>
     <hyperlink ref="M480" r:id="rId485"/>
     <hyperlink ref="M481" r:id="rId486"/>
     <hyperlink ref="M482" r:id="rId487"/>
     <hyperlink ref="M483" r:id="rId488"/>
     <hyperlink ref="M484" r:id="rId489"/>
+    <hyperlink ref="M485" r:id="rId490"/>
+    <hyperlink ref="M486" r:id="rId491"/>
+    <hyperlink ref="M487" r:id="rId492"/>
+    <hyperlink ref="M488" r:id="rId493"/>
+    <hyperlink ref="M489" r:id="rId494"/>
+    <hyperlink ref="M490" r:id="rId495"/>
+    <hyperlink ref="M491" r:id="rId496"/>
+    <hyperlink ref="M492" r:id="rId497"/>
+    <hyperlink ref="M493" r:id="rId498"/>
+    <hyperlink ref="M494" r:id="rId499"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>