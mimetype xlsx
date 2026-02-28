--- v0 (2026-01-11)
+++ v1 (2026-02-28)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5658" uniqueCount="3434" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5756" uniqueCount="3509" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1099,50 +1099,95 @@
   <si>
     <t>Alhed Larsen
 Ellen  Sawyer
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Nicolai Balle
 Sidse Kristensen</t>
   </si>
   <si>
     <t>Omslag
 S. 2 blank
 S. 3-7: Literatur. "Minder og Digte" af Sidse Kristensen. Skribent: Per Fredie
 S. 8-11: Kære grønne Pære! Skribent: Begrædelse
 S. 12: Prolog. Skribent ukendt
 S. 13 blank
 S. 14-18: Prolog. Skribent ukendt
 S. 19: Efteraarsstemning. Skribent: Ellen Warberg. Illustration: Alhed Warberg
 S. 20-25: Landbotidende. Skribent: Ukendt (Albrecht Warberg)
 S. 25-27: Lidt fra Norge. Fortsat. Skribent: Ukendt
 S. 28 blank
 S. 29: Undskyldning fra redaktionen</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/j8a2KPF3</t>
+  </si>
+  <si>
+    <t>1888-12-17</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup</t>
+  </si>
+  <si>
+    <t>Johanne  Brandstrup
+Lauritz  Brandstrup</t>
+  </si>
+  <si>
+    <t>Mary Brandstrup
+Susan Brandstrup
+Stephen Grover Cleveland
+Maria Krümmelbein</t>
+  </si>
+  <si>
+    <t>M.K. er muligvis Maria Kristina/Kirstine Krümmelbein, som var Frederik Brandstrups mor. Blandt efterkommere af Brandstrup-familien er bevaret (2026) fotos af et portrætmaleri af denne kvinde, mens man ikke ved, om det originale maleri stadig findes. 
+H. Peter Nielsen og Winding kendes ikke. De firmaer, som er omtalt i brevet, er også ukendte. 
+St. Paul ligger i staten Minnesota i USA.
+Milwaukie ligger i staten Wisconsin i USA.
+Duluth er en amerikansk by i staten Minnesota. Byen er administrativt centrum i det amerikanske county St. Louis County
+US Gallon: 1 gallon = 3,78541 liter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1394</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup takker for faderens brev med kvittering for modtagelse af portrættet. Forretningen kører ikke godt, men Frederik går måske i kompagni med en malermester. Der er to gode kontrakter, og Frederik har arbejdet med Winding en uge. Winding betaler altid hotel, god mad og dyre cigarer.
+Den lille datter, Mary, har tre tænder, og hun er sød og nem. Susan siger, at hun er den smukkeste pige, hun har set, og at hun ligner sin far. 
+Susan har gemt brevet fra Frederiks far i en kasse, hvori også Frederiks frier-brev ligger. 
+Der er blevet bygget et whisky-destilleri i St. Paul. En af Frederiks venner arbejdede på, at Frederik kunne få job på stedet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kDJH</t>
+  </si>
+  <si>
+    <t>17de Dec. 1888
+Kjæreste Forældre,
+Vi bleve meget glade ved at modtage Faders Brev, i hvilket Du kvitterer for Modtagelsen af M. Ks Portrait. Forretningen gaaer kun smaat men vi ere ved frisk Mod og gaaer det ikke saa tager vi fat paa noget frisk. Gud ske Lov, her i dette velsignede Land kan en Mand bestille, hvad han vil – om han kan.
+Muligvis gaaer jeg efter Nytaar i Compagni med min Ven H. Peter Nielsen, velbestaltet Malermester her i Staden. Han troer, han trænger til mig; og heri bestyrker jeg ham af bedste Evne. Han har været etableret i tre Aar og klarer sig godt. Men herom er endnu ikke noget bestemt. Min gode Winding har sat en Deel flere Penge i sin Forretning i Milwaukee og kan derfor ikke holde St. Paul gaaende længere. Vi har to ret gode Contracter for det tidlige Foraar; men det er et Spørgsmaal, om han vil holde mig til den Tid, da der Intet er at giøre for mig. Men som sagt, det gaaer nok. Jeg var en dum Hund at jeg ikke stjal nogle Hundreder Dollars fra ham mens Tid var. Nu er det for sent. – Jeg fik Arbeidet i Duluth, som jeg skrev om og var deroppe med W. en Ugestid. Jeg holder altid af at være med ham; for vi spise den bedste Mad paa de bedste Hoteller og ryge gode Cigarer, som her ere dyre. Og min Ven W betaler. Og det kan jeg godt lide. 
+Veiret har dette Efteraar været ubeskrivelig deiligt. Endnu har vi ikke Vinter; men da Vinteren i Regelen sætter ind i Begyndelsen af November er dette noget aldeles ualmindeligt. 
+Med Undtagelse af ganske faa Dage har S. regelmæssigt havt den lille Pige med om Eftermiddagen, kjørende hende omkring for en Timestid i Nabolavets Gader eller Veie rettere sagt. Dette bidrager til at holde hende frisk og vel, det søde og lille Væsen. Hun har tre Tænder og tre andre kunne sees gjennem Skindet. Hun blev vaccineret for to – tre Maaneder siden; men end ikke dette gjorde hende syg den mindste Smule. Grædee gjør hun aldrig, hverken Nat eller Dag - men hun er fuld af Kraft og Liv og Lystighed. Susan paastaaer, at hun er den smukkeste, deiligste Unge, der nogensinde existerede. Og da S. endvidere paastaaer, at hun er mit udtrykte Billed, saa maa jeg jo troe hende; for det er jo et ubestrideligt Beviss paa hendes Skjønhed. Vi har Grund til at takke Gud for hende; ikke en Feil eller et Mærke paa hele det lille deilige Legeme. Og det ivrige, klare lille Ansigt med de spillende Øine viser tydeligt, at hendes Aand er ligesaa frisk som Legemet. S læste rørt og glad Dit Brev kjære Fader; Enhver som foorstaar Engelsk, kunde forstaa det tiltrods for enkelte Vendinger, som var "mindre correcte". Susan har lagt Brevet i en liden Kasse, hvori hun opbevarer bl.a. mit Frierbrev (hvori et Blad af en Nyboders Geranium). Hun vil opbevare Dit Brev til vor lille maiden og lade hende faa det, naar hun er gammel nok til at læse det. 
+Jovist stemte jeg paa Cleveland – desværre forgjæves, som I for længst vide. – Her er bygget et Whiskey distillery i St. Paul hvorfra der daglig skal produceres 18000 glls. I den Anledning er Styrken i Revenue Comptoiret forøget med ni Mand. Chefen er en Nordmand, der boer hos en af mine danske Venner. En anden dansk er Clerk i Comptoiret og boer samme Sted. Han arbeidede for at jeg skulde faae en af Pladserne paa $ 4 om Dagen – men hvad skeer!</t>
   </si>
   <si>
     <t>1889-01-12</t>
   </si>
   <si>
     <t>Frøken Bendal
 Ane Marie Christiansdatter
 Jens Hansen
 Adolph Larsen
 Jeppe Andreas Larsen
 Vilhelm Larsen
 Niels Lindberg
 Søren Lund
 Theodor Oppermann
 Hans Poulsen</t>
   </si>
   <si>
     <t>Tiras er en hund.</t>
   </si>
   <si>
     <t>Der bliver refereret til en intens samtale, som mor og søn havde, sidst Johannes Larsen var hjemme. Hvilken skole skal han vælge?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/y1Lg</t>
   </si>
@@ -3916,50 +3961,107 @@
 Joakim  Skovgaard
 Christine Swane
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Indledningen til brevet mangler.
 Kristiansen er muligvis maleren Poul S. Christiansen.
 Johannes Larsen har brug for arbejde, og det trækker op til, at han kan hjælpe Joakim Skovgaard med at lave kartoner til frescoerne i Viborg Domkirke. 
 "den lille": Alhed Larsen venter parrets første barn, Andreas (Puf). Barnet blev født 12. maj 1899.</t>
   </si>
   <si>
     <t>Johannes Larsen er i København, bor hos Oppermann og møder mange af sine venner og kolleger. De spiser godt. 
 Larsen har jagtet rundt efter Joakim Skovgaard. Denne var af A.A. Jerndorff blevet rådet til at male billederne i Viborg Domkirke al fresco. Dette betød, at Larsen straks kunne få arbejde med at lave kartoner.
 Johannes og Alhed Larsen kan låne Peter Hansens lejlighed, mens han er på rejse.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/mB89</t>
   </si>
   <si>
     <t>[Indledningen til brevet mangler]
 freds og saa fulgtes [noget af papiret mangler] Uglen og Klaks ind til [noget af papiret mangler]pladsen hvor jeg kom paa en Sporvogn og var her ude 5 ½, vi skulde spise 6 sammen med Lützhøfft og Kristiansen, vi fik dejlig Torsk og ganske fortrinlig rød Okstesteg og Rødvin og Appelsin og Madeira, senere Pilsner og Smørogbrød og sidst Whisky og Sodavand og havde i det hele en udmærket Aften. Oppermann har faaet et Klaver og Lützhøfft sang og spillede efter Kaffen. Hvorfor Brevet ikke kom af Sted i dag har jeg glemt at fortælle, da jeg maatte saa hurtigt af Sted i Morges naaede jeg ikke en Gang at komme ud paa et lille Hus, og da jeg [kom hjem] i Aften var vi jo ligeve[noget af papiret mangler] spise. God Nat, nu [noget af papiret mangler] dette noget sent [noget af papiret mangler]og ikke undlade at gratulere Dig i Anledning af vor store Bryllupsdag, samtidig med at jeg takker for Dine Gratulationer. Da Du jo alligevel først faar dette paa Mandag vil jeg vente med at lukke det til jeg har talt med Skovgaard i Morgen og kan fortælle lidt om det, saa kan Brevet jo ogsaa blive saa langt at det kan gælde for 2. Nu gaar jeg op og vasker mig. Farvel saa længe. Næste Dag eller rettere Nat. Det gør mig meget ondt at jeg ikke fik [Brevet a]f Sted i Dag, men [jeg kund]e ikke naa det da jeg kom for sent op [noget af papiret mangler] saa jeg maatte skynde mig til Find. Jeg traf ham i Kjole og hvidt Slips, han skulde være Fadder i en anden Kirke end den hvori vi skulde træffe Skovgaard. Jeg gik saa alene i kirke og overværede hele Gudstjenesten men traf ikke S. derimod traf jeg Pang udenfor Kirken og fulgtes saa med hende ind til Gothersgade og fortalte hende de glædelige Tidender fra Eastmann, hun skulde nemlig træffe Johanne og Maks, jeg gik saa ud til min Fætter hvor jeg traf Klaks og Uglen som fulgtes med ud i Rosenvænget og spaserede udenfor mens jeg var oppe h[os Skov]gaard. Han var ik[noget af papiret mangler] han havde været her [noget af papiret mangler] hos Jerndorph i Gaar med Huller paa Støvlerne i det væmmelige Vejr og var bange for at blive forkølet hvis han gik i Kirke. Jerndorph havde raadet ham stærkt til at male det al fresco deroppe i Viborg og han troede næsten at han vilde og i saa Fald kunde jeg faa Arbejde strax da Kartonerne saa skulde være i samme Størrelse som de skal males i Kirken da man nemlig ikke kan quadrere over paa Muren naar det skal være Frescoer, det maa saa ridses igennem Papiret paa Muren. I Overmorgen skal Find og jeg møde hos ham 7 ½ [noget af papiret mangler]t yderligere Besked [noget af papiret mangler] gik vi igen hen til [noget af papiret mangler] her paa mit Værelse [noget af papiret mangler] Oppermanns Hus er et ualmindeligt velforsynet Hus, jeg troede kun her var Blækhus og Pen og Klatpapir paa Gæstekammeret men finder Masser af Papir og Konvolutter inden i Klatpapiret, saa jeg kan gerne skrive lidt til med det samme, d.v.s. jeg tror alligevel at jeg vil holde op nu God Nat min allerkæreste Ven i Morgen tidlig skal jeg skrive Brevet færdig og sende det naar Du faar det at jeg skriver til Dig hver Dag. God Morgen! Jeg er nu kommen ned efter at have pakket mit Snavsetøj ind og skrevet op hvad der er af hver Ting, jeg vil [noget af papiret mangler]ned ind til en Vaskekone [noget af papiret mangler] kom først i Tanker om det i Gaar. Jeg har læst [noget af papiret mangler] og takker Dig mange Gan[ge] [noget af papiret mangler] Du faar nok ingen Brev i dag min lille Ven, men saa faar Du et meget langt i Morgen. Jeg skriver med et meget fint Penneskaft af Skildpadde, som har kostet 10 Fr. i Neapel. Du kan tro at jeg længes snart meget efter Dig. Jeg har vel skrevet til Dig at vi kan faa Peters Lejlighed naar de rejser, men hvis jeg nu faar noget at fortjene kan Du vel nok komme herover lidt før end de rejser, ikke sandt? Det var udmærket med Dis at hun er saa [noget af papiret mangler] at hun kan faa sa[noget af papiret mangler] jeg vil se at faa skre[vet til Fr]u Lørup i Dag. Mange allerkærligste Hilsner til min egen lille søde Ven, hvordan gaar det med den lille? Din
 Johannes Larsen
 16/1 99</t>
   </si>
   <si>
+    <t>1899-03-02</t>
+  </si>
+  <si>
+    <t>Boston
+Bellevue St.</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+- Jensen, Frøken, Erikshaab
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer blev gift i Boston i beyndelsen af 1899. 
+Pigen Katty kendes ikke. Svigermoderen, gamle Eastmans ven og den gamle bedstemors navne er også ukendte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1527</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer undskylder, at hun ikke har skrevet. Harris Sawyer har det godt, og han har en god appetit. Han skal fremover have kødsuppe før sin aftensmad. 
+Pigen i huset er gået sin vej. Der er heller ikke arbejde til en pige. I huset er der centralvarme, hvilket giver en konstant temperatur overalt og intet støv. En gang ugentligt vasker en dame gulvene. Alle reder deres egne senge. Badeværelset er godt. Madvarerne bliver bragt til døren, og madlavningen er enkelt. Man spiser kun to gange dagligt. 
+Sawyer-familien - Harris, hans forældre, hans to søstre og en bedstemor - beboer 1. og 2. salen, og der bor en anden familie i stueetagen. 
+Ellen er ved at blive god til sproget, og hun kan også færdes rundt med tog og sporvogn. Harris og hun tager på udflugter og ser kunst. De har besøgt Harvard og set en udstilling med blomster lavet af glas. De har også været på italiensk restaurant. Amerikanerne er i øvrigt idiotiske. 
+Harris har sendt 200 breve ud med bekendtgørelse om, at Ellen og han er blevet gift. Ellen glæder sig til at vise Harris frem, for hun er stolt af ham. 
+En ven af Harris' far vil hjælpe med at få Ellens bagage sendt til Boston.
+Ellen takker Frøken Jensen for de broderede bukser, som er blevet beundret på bryllupsdagen. Amerikanerne er imponeret af håndbroderet og europæisk tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OF5O</t>
+  </si>
+  <si>
+    <t>Belevue St. – Boston
+d. 2den Marts 99.
+Kære Mor!
+Jeg er bange for, at jeg har ladet gå temmelig lang Tid hen uden at skrive, så du har gået og ventet på Brev, hvad du, som bekendt ikke ynder. Tiden er smuttet fra mig og jeg har ikke holdt Regnskab med Almanaken. Herefter skal jeg fastsætte en bestemt Dag til at skrive hjem på. 
+Eastman takker for dit Brev til ham. Han skrev nok ikke, som han lovede, et Brev hver Uge indtil min Ankomst, men han må være undskyldt, for han var ikke rask den Gang. – Han føler sig nu stadig raskere og raskere og ser også bedre ud. Hans Appetit er bestandig strålende, - Guderne skal vide, hvor det alt sammen går hen, - jeg vil ["vil" overstreget] vilde da blive så tyk som en Tromle, hvis jeg indtog alt det, han sætter til Livs. Idag har vi besluttet, at han hver Dag skal have en Kop kraftig Kødsuppe før sin Aftensmad, og jeg har kogt en hel Grydefuld. 
+Måden at føre Hus på her, er så grumforskellig fra den hjemme. Du vilde stejle mange Gange om Dagen, hvis du så det. – D ["D" overstreget] Et Par Dage efter min Ankomst sagde Pigen Katty Farvel og Tak. Piger kan her gå deres Vej uden forudgående Opsigelse. – Men her er absolut ikke Arbejde for en Pige, skønt Huset jo er temmelig stort. Alting er så bekvemt indrettet, så alt Husførelsen går som en Hele Huset opvarmes ved varmt Vand, som giver en mild behagelig Varme. Det opvarmes i Kælderen og går gennem Rør op i Lejligheden. Det er en stor Behagelighed at der er èns Temperatur allevegne, på Trapperne, Gangene og om Morgenen, når man står op. – Og det er så renligt, så man næsten ikke ser Støv el. Snavs i Huset. En Gang om Ugen kommer her en Kone og vadsker Gulvene, og de andre Dage fejer vi lidt rundt omkring, hvor det behøves – her er ikke noget, der hedder ”at gå på Kamre, idet hver reder sin Seng og hele Familjen (und. jeg) vadsker sig i Badeværelset, som er udmærket indrettet med Vandhaner m. koldt og varmt Vand. - Kogeriet går særdeles behændigt. Ingen Byærender, idet alt bliver bragt til Døren og så bestiller man til de næste Dage. - De fleste af Retterne laver sig selv f. Eks. ["f. Eks." indsat over linjen] Vi tager et Stykke Kød, lægger det uden Præparationer på en Rist lige ind i Ilden og vender det, indtil det er stegt. – Kartoflerne lægges så ind i Ovnen og forbliver der, indtil de er bagte. – Henkogte delikate Ferskener, Æblepie el. Appelsiner er Desserten. Søbemad kendes ikke. – Vi har kun to regulære Måltider, Morgen og Aften, når de kommer hjem fra Byen. – Svigermoder og jeg gider ikke gå og lave standsmæssig Frokost til os selv. 
+Køkkenet er hyggeligt med Tæpper og 2 Gyngestole. Vi sidder tit derude om Aftenen og læser. – Så snart Harry får Tid skal jeg få ham til at fotografere Huset, - det er nydeligt. I Stuen bor der en anden Familje, vi har 1ste og anden Sal. Her på 1ste Sal er Dagligstuen, D ["D" overstreget] de gamles Sovekammer, Harris’ dito, Spisestue, Badeværelse, Køkken, Spisekammer. Ovenpå Helens, Clarences, gl. Bedstemoren samt mit Værelse. – Vi bliver rimeligvis boende her sammen med hele Familjen et Aars Tid. Jeg kan så sætte mig grundigt ind i denne Husførelse og har en velsignet Tid til at øve mig og lære Sproget og Byen at kende og se alt hvad her er at se. Her er udenlandske Familjer af alle Sorter og jeg har allerede været på adskillige af dem. – Jeg kan nu tage alene til Byen med Jærnbane el. med alle Sporvogne, og så snart Harry har Tid sætter vi hinanden Stævne et el. andet Sted og går og ser på Kunst. – Sidste Søndag gik vi ud Klk 8½ om Morgen for at more os og hang i lige til Klk 5. Vi så Harvard, d.e. Universitetet, en Samling Bygninger (i min Reol er der en lille Bog med Billeder af dem alle) - . Vi så der en Samling som vilde interessere dig i aller højeste Grad; - Blomster fra alle Verdens Lande modeleret i Glas og farvet så naturtro, at det næste var umuligt at tro, at de ikke var levende. – Under hver af dem var der en Seddel med Blomstens Navn og hvor den gror. – Vi så meget mere den Dag, - det morer H. så meget at vise mig omkring og hans Tålmodighed er beundringsværdig til at forklare og fortælle. Han ved alt om alting. – Vi var den Dag også i Theatret (Klk 3 Eft!) og vi var på en italiensk Restaurant og spiste længe og fint og drak Vin til, hvilket er højst upassende. Amerikanerne ere idiotiske i mange Retninger. Og jeg fatter ikke, hvor H. er bleven så europæisk, som han faktisk er. 
+Vi omgås ikke ret mange endnu, og jeg er ikke begærlig efter det. Ingen af dem jeg har set, forekom ret interessant. – 
+Her er det nødvendigt, at sende sådan en Bekendtgørelse ud, når Folk gifter sig, som den jeg sendte forleden. Harry vilde have sendt til alle mine Bekendte også, - men jeg sagde, at han ["han" overstreget] det ikke var nødvendigt, han har allerede sendt 200 og det Pjank har kostet Penge nok, så jeg fandt det unødvendigt at trykke flere. – For at beskytte os mod at have Fremmede altid, har vi sat den Meddelelse i det ene Hjørne om at vi ere hjemme om Onsdagen. Jeg gruer for alle de Mennesker!
+Sproget går det godt med. Jeg taler uden Vanskeligheder om de dagligdags Ting, og min Horizont bliver videre for hver Dag. – Harry er en fortrinlig Lærer. - 
+Lige nu kom der Brev fra Onkel S., Tutte og Disser. Det er umuligt at beskrive, hvor det er morsomt at høre hjemme fra, - jeg sluger Brevene med gridsk Grådighed. – Men når jeg læser de ængsteligste Forespørgsler til Harry og de gode Ønsker for Fremtiden for os, føler jeg den største Lyst til at gå ud og telegrafere hjem, at man skal leve længe inden man finder to, der er mere glade end Eastman og jeg. – Hvis det bare var lidt lettere at komme hjem. Jeg glæder mig så knusende til at forevise Eastman, - jeg må tilstå, at jeg er lidt stolt af ham. – 
+Så snart det er muligt, vilde jeg gærne have sendt min store Kasse med alt mit Habengut. Gl. Eastman har en Ven som er Toldofficer, og han har lovet at tage sig af det. Når det bliver sendt som ”left Bagage” direkte hertil, vil vi rimeligvis ikke komme til at betale Told. – Jeg vil skrive om et Par Dage igen og sende en Liste over, hvad jeg gærne vil have sendt. 
+Jeg vil da så ["da" overstreget; ”så” indsat over linien] fortælle om min nye Familje, som jeg vist slet ikke har meldt meddelt ["meldt" overstreget; ”meddelt” indsat over linjen] om endnu. 
+Jeg har i Tankerne gratuleret Frk. Jensen idag, d. 3 af Marts. Fortæl hende, at Bukserne Broderiet [”Broderiet” anført oven over linien] vækker Furore. Jeg havde dem på, som jeg lovede, på min Bryllupsdag, men har nu gemt dem hen til Sølvbrylluppet og vil i de 25 Aar hovedsagelig anvende dem til at imponere med. 
+Alt hvad der er håndbroderet, bliver højt beundret her – Alt mit Tøj bliver beundret - det ser lidt udenlandsk ud og det imponerer Amerikanerne. I det Hele taget betragtes Udlændinge med ærbødig Beundring og jeg søger naturligvis at holde Stillingen så længe som mulig. 
+Nu Farvel.
+1000 Hilsner til alle 
+Elle
+Stor Hast</t>
+  </si>
+  <si>
     <t>1899-03-20</t>
   </si>
   <si>
     <t>Fritz Syberg</t>
   </si>
   <si>
     <t>Anna Syberg</t>
   </si>
   <si>
     <t>Franziska  Erichsen
 Johanne Giersing
 Jørgen Hansen
 Anders Madsen
 Hans  Syberg</t>
   </si>
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna i tiden 27/7 1893 til 16/10 1904.</t>
   </si>
   <si>
     <t>Fritz skriver, at det er blevet vinter. Dagen forinden var han og Tuk med Jørgen Hansen ude at sejle. Ved Dyreborg blev de overfaldet af en snebyge med hård blæst og måtte krybe i læ og så vende hjem. Tuk sov gennem det hele og er i dg ude at køre med slæde. Besse går ud med ham men kommer straks tilbage og fryser.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Vzls</t>
   </si>
   <si>
@@ -4136,50 +4238,144 @@
 Danmark
 [Håndskrevet på kuvertens bagside:]
 Venlig Hilsen til Højstrup St.
 [I brevet:]
 Bellevue St. 19 Juli.
 Kære Mor.
 Det var rigtignok en rasende interessant Post i Dag med dit vældige Brev med alt det interessante om Barnedåben og med de gode Meddelelser om Lugges Eksamen og Dedes Opflytning – og alle de storartede Billeder som Chr. sendte mig. De ere dog ganske udmærkede og jeg nyder at se på dem. Vil du atter takke Mornine foreløbig!
 Der har nok ordentlig været Fest for lille Andreas, (jeg kan ikke lide Jeppenavnet) Han må være ganske henrivende, - jeg føler mig gruligt forurettet over at jeg går glip af at se ham som lille Men jeg trøster mig med, at jeg jo nok får en anden lille én at se på. – Tænk om vi kunde komme næste Sommer med vor lille Jeppe og få ham døbt hjemme, så du kunde bære ham også! Det vilde rigtignok være morsomt, 1 År er jo lidt længe i Forvejen at lægge Planer, men det kan jo aldrig skade og jeg har megen Glæde deraf. – 
 Forleden mente East at vi dog skulde kalde ham op efter Onkel Syberg – sådan: Erik Andreas Hempel Syberg Dannebrogsmand Sawyer.
 Han vidste at der var noget med D-mand, men var ikke rigtig klar over hvad det var. – Eastman har ikke været helt rask et Par Dage, - Mave, - men jeg tror dog han er kommen over det. Den Gæranalyse, (som han heldigvis nu er færdig med) har vist voldet det, - men han får 50 Dollars for det, og dem vil vi anvende til en Tur i ”White Mountains” næste Måned. Han trænger højlig til en Ferie og noget frisk Luft. Vi håber at være borte en 3 Ugers Tid. Det ser altså ud som om vi kommer godt fra Sommervarmen, August plejer at være den værste. Hidtil har vi ikke haft særlig generende Varme i disse Dage er det helt køligt. På Mandag rejser Helen og H’s Mor bort for 2 Uger, - så rejser vi, så snart de kommer hjem. Det bliver hele 5 Uger at vi bliver fri for Familjeliv.
 Tænk H’s Moder har opdaget vore Planer om en Ordning. East røbede det selv, ved at blive ærgerlig og hidsig en Dag da hun som sædvanlig udbredte sig om Ubehagelighederne ved Børn. Hun sagde imidlertid ingenting den Gang, men et Par Dage senere, da der kom en irsk Pige og solgte Kniplinger, sagde hun til H. [”til H.” indsat over linjen] at nu havde hun købt Kniplinger til en lille Kjole til sit Barnebarn. Jeg tror, at hun glæder sig lumsk til det.
 Forrige Uge var jeg næsten hver Dag i Laboratoriet og hjalp. Den ene Dag pakkede jeg en Masse Glasvarer ud af [”af” overstreget], og da de vare pakkede i Hø, lavede det jo en slem Uorden. Så vil Uheldet at Mr. Tiffany netop kom ned der om Morgenen før Rengøringsmanden havde været der og før Harry kom, - han kom sent ind den Morgen på Grund af Mavepine, og Dagen efter skrev han, Mr. T. – til Harry’s Assistent, om de ikke kunde holde det lidt senere. Den Vigtigper, jeg er ordentlig stødt på ham. – 
 En af de Dage jeg var i Laboratoriet havde vi Besøg der det meste af Dagen af en af Harry’s ældste og bedste Venner, Wesley Priest – også Kemiker. Det er pudsigt at Harrys to bedste Venner ere nogle lange Rapperter, begge nogle lystige Fyre, begge glade ved noget godt at drikke (og meget helst). Han [”Han” overstreget. ”Harry” indsat over linjen] Harry behandler dem faderligt, og det klæder ham så grinagtigt, da han kun er halvt så stor som dem. 
 Wesley P. jagede mig en grulig Skræk i Livet ved at fortælle med det alvorligste Ansigt om hvor brandfarligt det Laboratorium er og at det så godt som vilde være umuligt at komme ud o.s.v., - indtil Harry oplyste mig om, at han altid fortalte sådanne Historier.
 Senere var han med os på vor Stamkafé hvor vi indtog en forsvarlig Middag med al den Vin vi kunde drikke. Jeg er altid sulten så Harry må en Gang imellem fodre mig ordentlig igennem.
 Jeg er da forresten fornuftig nok til også selv at sørge for kraftig Mad herhjemme.
 Igår tog vi ud fra Morgenstunden med Madkurv. Det blev imidlertid en øsende Regn, men vi klarede os alligevel. Helen og Charles Pear var med, - han er Medlem af en Club, som ejer et Bådehus ved den Aa, som vi sejler i Kano på. Der gik vi i Læ og tilbragte Dagen meget rart. Der var en åben Altan med Tag over, som vendte ud til Aaen og der sad vi. Der er meget smukt, - store Skove til begge Sider, - så vi fik da den friske Luft alligevel. Vi kom hjem Kl 7, skrupsultne, naturligvis, og jeg satte mig straks i Bevægelse for noget varm The og solid, varm Aftensmad. Svigermoder fandt det sikkert ekstravagant – hun havde rigtignok ikke tænkt at vi vilde have andet end Vaniljeis og Kage!! – efter at vi har gået på tørt Smørrebrød hele Dagen!! – Det kribler i mig når jeg tænker på at Harry i mange Aar har måttet finde sig i den Slags, - han som bliver hulkindet på tre Dage. Han siger selv, at han er sikker på, at han har været så meget bedre dette Forår og Sommer fordi han altid får kraftig Kost nu. 
 Dette Brev er ikke så indholdsrigt som dit, men vi har jo heller ikke haft Barnedåb at fortælle om. Vil du hilse Ta’mus og Daisy. – 
 [Skrevet lodret ved venstre kant på side 5:]
 Vi har fået to Brudegaver i de sidste Dage, - en lille Krystal-
 [lodret langs kanten på side 6:]
 konfektskål og en Kageskål. Vi har en Masse nydelige Ting nu
 [lodret langs kanten på side 1 fortsættende over selve brevteksten samme side:]
 Vil du minde Disser om det lovede Brev og glem endelig ikke at sende det Stykke af Dannelg. Molle skrev, at hun havde læst et Stykke i Dannelg som mindede hende så levende om Håbet og Alhed, - det må være det. Jeg er spændt.
 Hilsner til alle fra East og Pelle</t>
+  </si>
+  <si>
+    <t>1899-08-01</t>
+  </si>
+  <si>
+    <t>Holger Drachmann
+August Andreas Jerndorff
+Harris Sawyer
+- Sawyer, Harris' far
+William Henry Schofield</t>
+  </si>
+  <si>
+    <t>George Vhitehouse og Dr. Tailors kendes ikke. Det vides ikke, hvad Harris Sawyers mor og bedstemor hed. 
+Drachmann, Holger: Troldtøj: folkesagn i nutidsliv, 1890 (bibliografi.dk: international forfatterbibliografi). Udgiver: Bojesen. Illustratorer: Joachim Skovgaard, Aug. Jerndorff, Th. Bindesbøll.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1540</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har måtte holde sig hjemme for at passe den gamle. Det var dejligt, at Harris Sawyers mor ikke var der, for man bliver melankolsk af at være sammen med hende. Hun blander sig desuden i alt, og da Harris en dag bad hende passe sig selv, blev hun vred og sagde, at det var hendes hus. Ellen og Harris står tidligt op blandt andet for at spise morgemad før moderen. Harris er morgfenmenneske. Han og Ellen går så også tidligt i seng. 
+En dag drillede Ellen og Harris de gamle ved først at stille urene to timer frem og derefter tilbage. 
+Universitetsbiblioteket er ved at grundlægge en samling af skandinavisk litteratur. Ellen har lånt Drachmanns Troldtøj. Harris har på engelsk læst om Kong Erik. 
+Ellen og Harris skal på en rejse af to ugers varighed. De har haft gæster til god mad, og dagen efter kommer en professor fra Harvard. 
+Man kan få god frugt i USA - bl.a. nogle dejlige meloner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hUFS</t>
+  </si>
+  <si>
+    <t>d. 1ste Aug. 99.
+Kære Mor! 
+Tak for dit Ekstrabrev og for Brevkortet idag. 
+Min Uge, siden jeg skrev sidst har ikke været synderlig indholdsrig. Jeg har måttet holde mig hjemme for at passe på den gamle som aldrig tør være alene i Huset, men forresten har jeg nydt at være alene om Styret. (Jeg ved ikke hvad det er med Harris’ Moder, - man bliver så bundmelankolsk ved at være sammen med hende. Jeg tror det smitter. Jeg har været som et andet Menneske i denne Uge, skønt Guderne skal vide, at den gl. Bedstemoder ikke er opmuntrende. Hun grumler og gnaver altid og er ret utålelig. En Dag fik vi hende alvorlig gal i Hovedet, men jeg tror da hun har glemt det nu: Hun blander sig altid i vore Anliggender og Harris kom derfor en Dag til at bede hende passe sig selv, hvorpå hun blev i høj Grad stødt og erklærede at dette var hendes Hus og hun havde Lov til at sige hvad hun vilde o.s.v. Det er hver Morgen vort Maal at komme op før hende så vi kan spise vor Morgenmad i Fred og Ro, derfor ["derfor" overstreget] men skønt vi ere nede Klk 6½ kan det næsten ikke lykkes. Harris er den værste Morgenmand; jeg har kendt; Klk 5½ begynder han at sukke ynkeligt og vil op, men ved min energiske Protest har jeg fået det trukken ud til Klk 6, men det er også det seneste. Her ere Dagene ikke så korte om Vinteren, det er altid højlys Dag Klk 6, så Folk her ere i Vane med at stå tidligt op. Men så går vi rigtignok også i Seng 9½. Igår besluttede vi at holde de ["de" overstreget] lidt Sjov med de gamle: Vi stillede Urene 2 Timer frem før hun kom ned om Morgenen. Hun var midt i Beretningen om en søvnløs, gennemvåget Nat, da hun så at Klk var over 10. ”Hun måtte så alligevel have blundet lidt på Morgenstunden”. Så i Løbet af Morgenstunden stillede vi Urene rigtig igen, og den gamle mente, at hun måtte være skrækkelig syg, så langsom den Formiddag gik. Har ej fortalt, at jeg er kommet i med at få danske Bøger fra Universitetsbiblioteket. De, - med Dr. Schofield i Spidsen – ere i Færd med at lave en stor Samling af nyere skandinaviske Bøger. Jeg tror, jeg er deres eneste Læser for Tiden – i det mindste ere alle de Bøger jeg hidtil lånt aldeles som nye. I Lørdags fik vi èn til at være hos den gamle, medens vi tog til Cambridge efter Bøger. Man finder i Katalogerne hvad man vil have, skriver No. på små Sedler, indleverer dem og får sine Bøger lidt efter. Jeg havde bl.a. forlangt Troldtøj af Drachmann og du kan tænke dig min Forfærdelse, da de kom slæbende med et rødt Pragteksemplar så stort som din ”Danmark” Det var en stor illustreret Udgave med Tegninger af J. Skovgård og Jerndorff. Den var jo tung at slæbe hjem, men jeg havde forresten megen Glæde af den. Jeg fik også en engelsk [”engelsk” indsat over linjen] Oversættelse af ”Kong Erik og de Fredløse” til Harry. Han læste den hele igår med stor Interesse. Han havde sit Københavnerkort ved Siden og fandt mange af de Steder der omtales. Jeg har aldrig i mit Liv set nogen læse så hurtigt som han: Vi var et Tur på 3 Timer i Franklin Park, han lavede Aftensmaden alene, hjalp mig med Middagsmaden, spillede og snakkede og fik alligevel Tid til at læse de tre Bind igennem. Jeg må se at finde nogle flere danske hist. Romaner. Han får da noget Danmarkshistorie på en nem Måde.
+På Fredag rejser vi og glæder os meget. Vi skal gøre Turen rigtig langsomt, - være to Dage om den og se os om på Vejen, og så skal vi tilbringe to pragtfulde Uger mest i de store Skove og se Bjærgene og rigtig blive fyldt med frisk Luft. Harry trænger meget til en Ferie. – Jeg har forresten meget travet i disse Dage, der er jo altid en Del Småberedelser før en Rejse, - her kommer et par fremmede Herrer i Aften og på Tirsdag Aften til Aftensmad, - vi må vadske Onsdag og så ”det daglige”, så jeg er da beskæftiget. Jeg vil imidlertid kun vadske det nødvendigste, så Konen kan nå at stryge det også samme Dag. Harry husker og hjælper med alt, og det går det så meget lettere. 
+Næste Dag.
+Vi havde en morsom Aften i Aftes. Det er forfærdelig morsomt at have Fremmede når vi ere ene om at være Vært + Værtinde. Gæsternes Antal var ikke stort, til Aften kun George Vhitehouse, en af Harris’ ældste og bedste Venner som gav os den store fine Krystalskål. Vi havde Roastbeef m. Kartofler og ”surt” og Meloner med Æggehvidekage til. Bajersk Øl og et Glas Sherry til Melonerne. Senere kom Dr. Tailors ind. Vi vilde gærne også traktere dem med noget, men havde ikke andet end Øl 3 Stk. syltet Ingefær og nogle Oliven, - som de gladelig fortærede alt sammen. 
+Imorgen er det en Professor fra Harvard, - han er imidlertid en yngre Mand og ikke skrækindjagende. Jeg har tiltænkt ham Skinke og Grønærter, Tomater og Kartofler og en ”Lagt-ned-Æblekage” m. Flødeskum. – Skinken køber vi kogt og det hele og der er ikke meget at forberede. De har glimrende Frugt her i Amerika. Fersken!!!! Og nogle delikate små Meloner, som man skærer midt over og spiser af, Skalden som et blødkogt Æg. H. og jeg deler èn hver Morgen på fastende Hjærte. – 
+Hvordan er Frugten hjemme iår, - bærer de små Træer noget! De lykkelige Unger som nu [ulæseligt] Rejsen. ----
+[S. 1 langs venstre margen indsat tekst, der er ulæselig, da blækket er flydt ud)
+[Øverst s. 1:] (ulæseligt] hørte sig til. Skal til Cambridge i Dag for at blive forsynet med Bøger til Ferien
+[Skrevet langs venstre margen s. 8:]
+bliver flot Bjærgene.
+[Skrevet langs venstre margen s. 7:]
+1000 Hilsner til alle fra Harry og Elle.</t>
+  </si>
+  <si>
+    <t>1899-08-20</t>
+  </si>
+  <si>
+    <t>Bellevue St.</t>
+  </si>
+  <si>
+    <t>Malin   Holmström-Ingers
+Jonas Lie
+Christine  Mackie
+Charles Pear
+Clarence Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Separationsspørgsmålet: Ellen og Harris Sawyer boede den første tid af deres ægteskab sammen med hans forældre, søstre og bedstemor. Det fungerede ikke, så Harris og Ellen arbejdede på at komme til at bo for sig selv. 
+Fran Dewick og hans forlovede kendes ikke; heller ikke Tailors, Mr. Edmans, Føreren eller Dr. Richards med kone og døtre. 
+1 amerikansk alen er 62,81 cm.
+En gammel dansk fod er en historisk længdeenhed, der før metersystemets indførelse i 1907 var defineret som 31,385 cm (ofte rundet til 31,4 cm). En dansk fod svarer til 12 tommer (á 2,615 cm) og udgør halvdelen af en alen.
+Den danske mil blev afskaffet ved metersystemets indførelse i 1907, hvor den omregnedes til 7532 meter.
+Det vides ikke, hvad en Marie Kirstine Gryde er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1526</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer har haft en dejlig rejse, og det er svært at komme hjem til familien. De to har diskuteret separationen, og de har nu vendt sagen med Harris' familie. Man flytter formodentlig hver til sit om to måneder. 
+Rejsen bestod af en todages fodtur over bjergene. Flere af deltagerne måtte melde fra, men fire personer kom afsted. De vandrede gennem løvskov op ad bakke. Højere oppe var der granskov og vandfald med iskoldt, krystalklart vand. Føreren gik i forvejen til en lille hytte, hvor han havde tændt op i ildstedet. Han havde medbragt forsyninger og kogte kødsuppe samt serverede skinke, kartofler mm. Efter maden studerede man måneskinnet og udsigten. Inde i hytten igen fortalte føreren om dengang, hvor han havde dræbt en bjørn. Man sov på et leje af grankviste og med dækkener over sig. Næste morgen vandrede selskabet videre. På toppen af Mount Washington er der opført et fancy hotel, hvilket generede alle, men de gik alligevel derind og fik et dejligt måltid. Derefter gik de ned ad bakke, hvilket var hårdt. 
+Ellen og Harris har også besøgt Ravinehouse, som er en kombination af en bondegård og et hotel. Her lærte Ellen et par søde familier at kende. Ellen ville gerne på en vandretur i bjergene med Andreas/Dede Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xcGh</t>
+  </si>
+  <si>
+    <t>Bellevue St Aug 20.
+Kære Mor!
+Du er vist lidt Utålmodig over den Uorden, der har indsneget sig i mine Breve. Jeg kan nu en Gang ikke skrive uden den tilbørlige Ro og den får jeg først nu, da vi ere hjemme igen efter vor storartede Rejse. Vi har begge haft udmærket af den. Harry har fået en Antydning af mere Fyld i Kinderne og er brun og solbrændt og jeg føler mig som i min tidligste Ungdom. Det er ikke ret opløftende at komme hjem igen til al Famijetrætheden og do-Sygeligheden, men jeg tager mig det let, - vi har nemlig på Rejsen diskuteret Separationsspørgsmålet grundigt og i Dag har der været alm. Rådslagning. Om Gud vil skal det ske om 2 Måneder (1ste Nov.) men jeg er forberedt på at de må holdes til hele Tiden for at det ikke skal blive ved Snakken alene. De er af den Sort, at de snakker, beslutter og slår fast, og derved bliver det så. I de to Måneder skulde den gamle så betale den ["den" overstreget] Huslejen så vi kan komme i Forhånden til Vinterens Udgifter. - Hvis vi ikke med stor Lethed kan finde en anden Lejlighed bliver vi her. Ganske vist tror jeg ikke på det, før jeg aner det, - men der er dog mere Udsigt til at blive alene nu, end der hidtil har været og det er mig en stor Trøst at tænke på. 
+Nu skulde jeg se at fortælle lidt om Rejsen og vore Oplevelser. Det vigtigste var vores Tur over Bjærgene - vor to Dages Fodtur, som i Grunden kom helt uventet på os. Planen var at Helen, Ch. Pear, Frank Dewicks med Forlovet, Dr. Tailors, samt et Par Ægtefolk til alle skulde mødes på ”Rasinehouse” – det lille Hotel hvor vi var – og gøre Turen sammen. Men det hændte sig sådan, at Helen forvred sin Ankel, Frank D. fik Mavepine, og da de to ikke kunde gå, vilde Forloveden og Chr. Pear heller ikke. Ægteparrets Barn blev syg så de ikke turde tage fra det, - så da Dr. Tailors kom rejsende Onsdag Form. var der ingen af de oprindelige som kunde. H. og jeg havde tænkt, at vi vilde følge dem. – klatre 3000 Fod op og gå en anden Vej ned. Ved Hjælp af mine nye Venner (som jeg senere skal fortælle om) var jeg bleven udstyren med et kort Cycleskørt og en Randsel til hver af os. (H. og mig). Efter Middag begav vi fire os afsted, Klk var to, Vejret var fortrinligt og Humøret var højt. Hvordan skal jeg beskrive denne Tur, - gid jeg havde Ordet i min Magt, så jeg kunde give en svag Forestilling om det. Det plager mig under hele Turen midt i min Begejstring at jeg ikke vilde kunne beskrive det fyldestgørende for jer hjemme. – Den første Timestid gik Stien gennem Løvskov som vi kender dem hjemme, - kun tættere og bestandig op ad Bakke. Længere oppe begyndte Grantræerne Stien blev smallere og stejlere, Graniten kom mere til Sygne Luften begyndte at blive lettere. Undertiden kom vi til Bække som kom styrtende ned af Bjærget i lange Spring (i alm. Tale kaldet Vandfald) Vandet er selv i den hedeste Sommer iskoldt og klart som Krystal. Det kommer fra smeltet Is, som ligger i de dybe Læn ["læn" overstreget] Klipperevner længere og hele Året rundt. – Vor Fører var imidlertid gået i Fove ["fove" overstreget] Forvejen for at forberede i ”the camp”. Det er farligt at færdes uden Fører, da Stierne er vildsomme og undertiden næsten umulige at finde fordi de på lange Strækninger kun består i, at der hver 20nde Allen er lagt en lille Bunke Sten. Henunder Aften kom vi til ”the camp”. Det er en Robinsonhytte, som er bygget af en [”en” indsat over linjen] Mr. Edmans for dem, der går over Bjærgene og blive overfalden af Tåge el. Træthed. Det er en lille bitte Hus, hvis ene Væg er borttaget, den åbne Side vender ind mod den blotte Klippevæg, så det ikke kan blæse ind. Imod Klippen er der bygget et Ildsted, og der havde Føreren gjort Ild, da vi ankom. Mens vi så os om, kogte han Aftensmad i nogle sorte Marie Kirstine Gryder. Vi havde Kødsuppe, Skinke, varme Kartofler, blødkogte Æg, Kager, Rosiner, Portvin o.s.v. og tilsidst en Kop sort Mandfolkekaffe. Føreren havde båret Fortæringen i en Kurv og lavede det hele til. Veltilfredse og mætte gik vi ud igen og så på Måneskinnet – og som det va_r!!!! Det kan ikke beskrives. Ensomheden, Stilheden, den milevide Udsigt over Skove og atter Skove, og dybt nede mellem Bjærgene den smalle Stribe opdyrket Dal, hvor et lille bitte Legetøjstog kom raslende. Efterhånden blev det imidlertid så ”friskt” at vi lagde Poesien bort til en anden Gang. Føreren lagde mere Brænde på Ilden og vi satte os tæt sammen [papir mangler]en for at holde Varmen Talen faldt på Tåge, Uvejr og Bjørne og Føreren, som indtil da ikke havde mælet opløftede sin Røst og fortalte om hvordan han for et Par År siden med Fare for sig selv havde dræbt en Bjørn på 300 Pund. – Det var Stemning det - at sidde der omkring Ilden og høre Bjørnehistorier og se ud til den mørke Skov og vide, at det ikke var Mennesker i Miles Afstand. Hytter er forsynet med en Masse Dækner og en Del af Gulvet er belagt med ¼ Al små Grankviste og indsvøbte i Dæknerne tilbragte vi en meget behagelig Nat i skøn Enighed med Tailors og Føreren. Om Natten kom der en Grævling snusende, men vi fik den da jaget væk, inden den kom ind. Klk 5 stod vi op, indtog et ligeså splendidt Foder som om Aftenen og begav os afsted op ad Bjærget. Træerne bleve mere og mere forkrøblede og små, så [papir mangler] til det til sidst kun var små gamle lavbenede Buske, - så forsvandt også de og der var kun Granitblokke af en uhyre Størrelse smidt Hulter til Bulter mellem hinanden, - på alle fire klatrede vi op, hoppede fra Sten til Sten og hjalp hinanden. Hver fem Min gjorde vi Holdt og så omkring i den storslåede Natur. Så langt vi kunde se var det Bjærg ved Bjærg bevokset med Skov med på Toppen. Luften var så let og ren, som jeg aldrig havde oplevet det før. – Den første Bjergtop vi var på var Mount Madison, som hænger sammen med Mount Clay, der er forbundet med Mount Washington – den højeste Top i White Mountains” 6.400 Fod. 
+[Tegning]
+Det gik godt ned ad Madison og rundt om Clay, som er det farligste, - jeg var foran og langt dygtigere til at klatre end Mrs. Tailor - indtil jeg pludselig fik Foden ned imellem to Sten og skrabede det slemt. Fra da af måtte vi gå langsomt og vi nåede først Toppen af W. Klk 1, - 6 Timer om 1½ dansk Mil. På Toppen af Mount W. er der til manges (også min) Forargelse bygget fashionabelt Hotel og Restaurant. En Tandhjulsbane løber derop to Gange om Dagen og den er fuldt med Tourister. Der var imidlertid den Fordel at vi kunde få kristelig Mad og vi indtog en Diner, som jeg ikke har set Magen til før eller siden. – Nu var det Bestemmelsen at jeg vi [”vi” indsat over linjen] skulde tage ned med Toget, - men jeg følte mig så frisk og rask trods mit stive Ben, at vi besluttede at følge Trop og gå ned ad Kørevejen. Med uhyre Omkostninger er der anlagt en sådan for Tourister, som befordres op og ned i store Vogne med 6 Heste for. Det er 2 d. Mil – en ganske dejlig Tur, - men vi begærede dog ikke mere, da vi nåede Bunden. Det er grulig trættende at gå ned ad Bakke to stive Mil. En Vogn fra Hotellet ventede på os dernede og vi kom ["kom" overstreget] nåede hjem c. Klk 9. Jeg var faktisk den mindst ødelagte, hvad jeg til Dato har ondt ved at fatte. 
+I Hotellet lå et Telegram om at komme hjem straks på Grund af overhængende Forretninger. Vi ventede imidlertid næste Dag over for ikke at blive for medtagne. 
+Det var to storartede Uger. Ravinehouse er en Bondegård som til Dels er omdannet til Hotel. Den drives stadig, - der var Køer, Høstakke o.s.v. som glædede mit Hjærte. Alle Stuer var lave med åbne Ildsteder, hvor der blev fyret hver Aften. Der er ikke Antydning af Have Anlæg el. anden Hotelpragt. – 
+Der kommer hvert År de samme Mennesker, - en Samling usædvanlig dannede Mennesker. Særlig sluttede jeg mig til en Dr. Richards – en gl. lærd Præst med Kone og tre Døtre, - de _mindst amerikanske jeg endnu har set. Hele Familjen er som taget ud af en af Jonas Lies Bøger – den yngste 21 – mindede mig levende om Dis. Desværre bor de ikke i Boston, men i Providence.
+Jeg tænkte på Dede, da vi gik over Bjærgene og var i ”camp”. Gid han en Gang kunde gøre en sådan en Tur med os. – Hilsen til alle, - mor dig godt i Sverige, - næste Brev bliver til Mornine. – Elle
+[Skrevet på tværs øverst s. 1:]
+Har haft Brev fra Molle. De ere alle raske nu. Lugge takker for hendes Brev. Undskyld den grulige Skrift Pen!!!!</t>
   </si>
   <si>
     <t>November 1899</t>
   </si>
   <si>
     <t>Alhed Larsen
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Thora  Branner
 Andreas Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Astrid var i huset hos sin søster, Alhed Larsen, og dennes familie i Kerteminde. 
 På Lykkenssæde boede familien Schroll, som Warberg-familien var venner med.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2176</t>
   </si>
   <si>
     <t>Alhed Larsen til moderen:
 Astrid har bestilt "kone" og købt sæbe, og man har derefter vasket en hel dag. I går fik de tøjet blået og hængt op. 
@@ -5212,50 +5408,103 @@
 Rosenvej 2 III
 Kjøbenhavn Ø.
 Denmark
 [Poststempel]
 [I brevet:]
 Rosenvej 2, 3 Kbh Ø.
 Tirsdag Aften 6te Dec 1904. 
 Kære lille Junge! Du skriver i Dag, at hvis mine Breve nu udeblev, så vilde Du savne dem meget – og nu har jeg snydt Dig 2 Gange – forrige Mandag sendte jeg kun et lille lumpent Kort – jeg havde Hastværk til Rejsen – og sidste Mandag var jeg på Erikshåb. Derovre fik jeg et langt godt Brev – og i Dag til Morgen fik jeg ogsaa ét – og for dem begge takker jeg meget. – Du kan ellers tro, at Fyensturen var brilliant – skønt den egentlig blev meget kortere, end jeg oprindelig havde tænkt mig. Sagen var nemlig, at jeg tog Johanne Goldschmidt med – jeg havde saadan Lyst til, at hun skulde se Stederne derovre – og hun var da også vildt begejstret på hele Turen. Hør så: Det var en Torsdag, at vi omsider blev udrustede – og mødtes Kl ½ 1 på Hovedbanen – og Vejret var så venligt at være strålende dejligt – rigtig Solskinsvejr, hvilket er sjældent nok nu om Dage. Et såre yndigt Syn mødte mig strax på Banegården – Johanne – høj og frisk og smilende ud af et overstadig godt Humør – og på hver Side af hende – begge ["begge" overstreget] vore respektive Mødre – den ene givende Formaninger – den anden ventende på også at give Formaninger – jeg siger Dig, at de så uhyre søde ud alle tre – så kom vi da af Sted – og for Resten gav ikke den ene den anden noget efter i Retning af godt Humør – og skønt det anstrengte vore Stemmer meget – så snakkede vi dog hele Vejen – lige til Odense. Da vi så kom over i det lille Kertemindetog, faldt vi mærkelig sammen og hvilte trætte lige til Kerteminde. Dèr modtog Las os og vi drog op - og ind i lyse, dejlige Stuer, hvor Be – gæstemild og glad - modtog os; også Ungerne udviste Begejstring, der steg uhyre, da vi kom frem med mange herlige Sager, der lå gemt i vore Kufferter.
 Så kom vi ind og blev bænket ved et af B’s bekendte bugnende Måltider: Der var varmt Revelsben – der var Sylte og Rødbeder – stribet Flæsk og Gåsefedt – og Æblesmør – og så mange dejlige Ting – og naturligvis små røde Snapse. Til disse sidste indfandt sig Agraren, der strax vandt Johannes Hjerte – ligesom han i Fjor (til min Glæde) vandt Alfreds. 
 Ud på Aftenen spillede jeg mit lille udvidede Repertoire for dem, og fik Ros af Be. Og til sidst sang Johanne – og det gør hun dejligt. Om Fredagen var Dr Petersens dèr i Besøg, han er en kunstig lille Fyr – og Konen var ganske anderledes end i Sommer; jeg mener, at dengang kom der ikke mange Pip fra hende, men nu skal jeg love for, at hun pippede – (og mere var det da heller ikke.) Tillige så vi den Dag Marie og Uglen. Du ved vel at Uglens Lunger er angrebne, hun skal på Haslev Sanatorium. 
 Lørdag Aften var vi bedt med ned til Kunstnerens til Aften; forinden var vi en lille Mørkningsvisit ovre i Kærbyhus – Johanne og jeg – vi traf gamle Larsen, Fru L. Marie og Uglen; de var rasende søde – og der var lunt og hyggeligt. 
 Så gled vi hjem igen – pyntede os en Smule – og fulgtes så med Las og Be – i det ubeskriveligste Uføre – ganske bundløst – over Markerne ned til Gården. I Guder! hvilken Skønhed i deres Stuer! det var jo sådan, at man blev helt stille derved. 
 Næste Dag var det Søndag; vi var om Formd. en herlig Tur i Klinten sammen med Agraren. Det var blidt og stille Gråvejr – Vand og Himmel gik i èt – og vi måtte stå meget længe oppe på den høje Klint og se ud over det altsammen. – Da vi kom hjem, havde Be Festmiddag til os - Kyllingesteg og fin Dessert. I Mørkningen kom Marie og Uglen og Agraren efter os alle til Tur – vi gik da allesammen – også de yndige Unger – omtrent helt op til Hverringe Skov. Solen var gået ned – men havde efterladt den mest storslåede røde Purpurhimmel – så vi måtte blive ved at vende os om – og Vandet farvedes med det fineste Rødt – pragtfuldt var det! oppe ved Hverringeskoven stod vi stille allesammen i Tusmørket og så ned over den lille By, der lå nok så fredeligt med det røde Skær fra Himlen henover sig – og Ungerne løb legende ind på Grønmarken – men der var så sært stille – og det var bleven temmelig mørkt; så kom de tilbage og stod ganske stille hos de voksne. Og så gik vi hjem. 
 Næste Formiddag rejste jeg med 11 Toget til Odense – Johanne blev til 3 Toget – jeg fulgtes derud med Uglen, denne fulgtes af Marie, Uglen skulde nemlig til Sanatoriet. Jeg var meget glad over, at det traf sig sådan med min samtidige Rejse, for jeg opmuntrede Uglen en hel Del – hun var naturligvis noget nedstemt. Vi gik på Konditori sammen og havde det rart og hyggeligt. – Så gik jeg et Par Besøg - til Onkel Syberg på Kontoret, og til min Kursuskaptain – Konen tog imod mig og sendte mig lige ind i Skolestuen, der var myldrende fuld af Lømler og Lømmelinder, der alle – med megen Larm – rejste sig, da jeg kom ind. Kaptajnen blev synlig glad – sagde strax – med en bred Håndbevægelse – halvt præsenterende – det er Mesteren for alle de danske Stile, vi læser op! Og de gjorde jo store Øjne, og jeg lo naturligvis. Så tog Kaptajnen fra Bordet en lille Klatpapirsvugge [tegning], Du kender dem nok, og viste mig den – i Låget fandt jeg da – under slebet Glas - mit eget Grinebillede! Det var jo en stor Ære! uha – År ud År ind skal man sidde der og grine til Alverdens Lømler. – Så gik jeg op at blive fotograferet – og sender hermed 3 Billeder. Du skal have det ene og så vil jeg bede Dig give Ella og Mornine hver sit også. Det er jo en lille tarvelig Julegave, men i År kan det ikke blive til mere – vi er jo i en fornem Gæld, vèd Du. (Fl[ulæseligt])
 Nå, ved 5 Tiden mødte jeg med Johanne på Banegården og vi gled til Højrup, hvor Jørgen holdt efter os. Og vi kørte i buldrende Mørke – lidt Snuskregn --- og vild Jubel – til Erikshåb, hvor alle tre Indvånere modtog os – og velkommede os på det kraftigste – i godt Humør allesammen.
 2)
 Der var lyst og varmt og hyggeligt alle Vegne. Men helt imponeret blev jeg i Pallams Stue – der er kommen meget unikke Tapeter, der navnlig fremhæver de smukke Møbler på en ganske ejendommelig Måde – især det store Chatol tog sig ganske pragtfuld ud på den lyse Baggrund; og saa var det poleret op, så alle de små dejlige Indlægninger kom ordentlig til deres Ret – jeg forsikrer Dig det var en Nydelse af Rang at se på det gamle ærværdige Stykke. Vindues- og Dørkarme var malet hvide – også det så udmærket smukt ud. – Vi mærkede tydeligt – også dèr – at vi kom umådelig tilpas og var meget velkomne, og det gir sådan hyggelig Fornemmelse. De første Dage fulgte stille og roligt, man befandt sig i et stadigt Velvære – om Aftenerne spillede og sang vi henholdsvis den ene og den anden. Og om Dagene gik vi herlige Ture – én Formiddag på Orene, fulgt af Forp Mogensen, der tilfældig stødte til på Vejen, han var gudskelov i helt fornuftig Lune – jeg lider ikke, når han er altfor vittig. – Den sidste Aften (Onsdag) var det så kedeligt, at da J. skulde med 6 Toget til Spilletime i Fåborg; og netop da de havde bedt Mogensen til fin Aften på os ForpM. havde Guitaren med og sang alle sine Viser, jeg måtte sidde og puffe til Johanne hele Tiden for at få hende til at le – af Viserne gjorde hun det ikke. Senere sang Johanne. Kl 11 gik de – netop som da J. ankom. Han indbød os til at se sin Stue – vi sagde da Godnat nede og drog – feststemte (effera "effera" overstreget op i d[ulæseligt] J’s Stue. En go Flaske dry Madeira samt 3 små blanke Glas (jeg forklarede Joh. at de blev vadsket henne i Vandfadet mellem hvert Sold) og så dryssedes et Væld af Cigaretter ud over Bordet – og så soldede vi og sludrede og røg til Klokken blev umådelig mange – over 2. Def. fulgte os ned - og i Sovekammeret fortsatte Sludderen endnu længe – så hvis det havde været Sommer, havde det været højlys Dag for længe siden. En uhyre vellykket Aften. 
 Vi måtte (desværre) op 7 næste Morgen. Tog nemlig af Sted med ½ 11 Toget. Jeg mindedes vor Rejse for 6 År siden – vi skulde høre Leonard Bonvick. Denne Gang bumlede vi for at høre Ellen-Beckaften. Vi var noget triste ved Afrejsen begge to – og slet ikke glade over igen at skulde stampe i den beskidte og usunde By. - Begge Mødre modtog på Banegården – og vi traskede hurtigt af Sted med hver sin. Mor sagde Farvel strax – jeg måtte klæde om i susende Galop og så påen igen. Ellen Beck var dejlig at høre selv om man også var nogen forsviret. 
 Næste Dag gik jeg til Frokost hos Mor og berettede om min Rejse. Og næste Dag igen var nu i Lørdags. 
 Lørdagen er en hel lille Fest for os – så kommer nemlig Alfred hjem. 
 Denne Gang havde vi desværre det Uheld, at vi skulde til Johannes Fødselsdag – der var stort Selskab. Uha, jeg var så ked af det – og kunde dårligt nyde alle de brave Mennesker – mest Ernsts Kunstnervenner – alle meget søde og flinke. Vi var 22; og til sidst nåede Stemningen det Punkt, der er karakteristisk for alle Jødesammenkomster – de hylede sang – slog på Tromme – hvinede – hoppede – sprang – dansede – klappede - - - - - frembragte en ulidelig Støj. Vi var først hjemme Kl 3. Og så kan Du tænke Dig – Alfred var tilsagt at møde i Forretningen Kl 9 næste Morgen!! Vi skrev da naturligvis, at han først kom Kl 10 – men det var da lumpent alligevel - er jo Søndag – og den eneste Dag vi har sammen. Sovet ud fik han jo ikke engang. Han kom først hjem Kl ½ 12 – og Kl 12 ½ gik vi til Middag hos Mor – sammen med de to andre Sæt. Der var dejlig hyggeligt – og vi var der nogle gode Timer. Saa gik vi til Palækoncert, hvor (jeg for 2den Gang) vi hørte Leop. Rosenfeldts nyeste: ”Henrik &amp;amp; Else” for Solo – Kor og Orkester. Det er meget smukt – Onkel Leopold måtte – skønt nødig – frem fra sin Pille og bukke, sådan klappede de. Så gik vi hjem og meget tidlig i Seng; Mandag sov vi (trætte som vi var) over os, nåede ikke at drikke Kaffe – og jeg nåede ikke at følge Alfr. til Skibet, som jeg altid plejer, og det var meget trist – ja, Du aner ikke, hvor disse Mandag Morgener er melankolske – enten det nu er når jeg har fulgt Alfred – og kommer hjem til et halmørkt – iskoldt Hus – og så uendelig tomt – eller som denne Mandagmorgen, når Alfr. løber fra det hele – ud i de mørke, våde Gader med alle de søvnige Lygter, mens jeg bliver ene tilbage – frysende og ensom uha ha! En grulig Måde at være gift på – jeg glæder mig snart ligefrem til at komme til Malmø! Og hver Gang varer det flere Dage, inden jeg kommer til Hægterne. Sørgmodighed var da alene Grunden til, at jeg ikke skrev til Dig i Går – og nu må jeg hellere vente til i Morgen – så får Du det vist lige til Jul; men ved Du hvad – jeg kan skam ikke ønske glædelig Jul allerede nu – så sender jeg hellere et lille extra Kort på Søndag – det når Jer nok. Vi er bedt til Leop. Rosenfeldt Juleaften – det er nok en Ære for os; vi går dog først til Mor, sammen med de andre. Det er nemlig kl 5 ½ det andet først c 9 ½. Det kan nu blive ganske morsomt – de siger, det er uhyrefestligt – en Masse Musik. De er der altid Juleaften (Goldschmidterne). Pallam har bedt mig besørge en Bog til Dig – nu håber jeg Du bliver glad for Dronning Gåsefod – jeg besørger den sendt i Morgen – hvis den ikke findes så tager jeg Joh. V Jensen: Nye Himmerlandshist. At Du ved, det er fra Pallam.
 Tusind kærlige Hilsner til Eder begge to - og allesammen
 Dis.</t>
   </si>
   <si>
+    <t>1905-01-22</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Nørhaa</t>
+  </si>
+  <si>
+    <t>Eva Balslev
+Lars Christian Balslev
+Laura Balslev
+Rasmus Balslev
+Vibeke Balslev
+Louise Brønsted
+Otto Emil  Paludan
+Kamma Rahbek
+Erik Schaffalitzky de Muckadell
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>F.C. Sibbern: Efterladte Breve af Gabrielis (1826) er en af de tidligste danske romaner i den genre, der senere blev kendt som "kærlighedsromanen" eller "brevsromanen".
+Et hoc meminisse iuvabit er et citat fra Vergils Æneiden, og det betyder: "Måske vil det en dag være en glæde at huske disse ting" eller "Måske vil det behage at huske disse ting engang".
+Atlanterhavet: Laura Warberg var i USA for at besøge sine to døtre, som var gift og bosidddende der.
+Eva Balslevs forældre og søstre kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3848</t>
+  </si>
+  <si>
+    <t>Det var godt, at Laura Warberg slap levende over Atlanterhavet.
+Andreas Warberg er blevet en stor voksen mand. Thorvald Balslev husker ham som barn.
+Den gamle greve er død. Alting forandrer sig. Thorvald Balslev savner sin far - især nu hvoir han ligesom faderen er blevet præst.
+Evas mor er død, og det er et stort tab.
+Vibeke er fire år. Hun er tynd og har problemer med maven. Eva og Vibeke er på besøg hos Evas far i Roskilde, og Thorvald skal mødes med dem hos Lars Christian/Laders Balslev.
+Eva er lidt ensom i Vestjylland. Det er i øvrigt koldt og blæsende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FYTo</t>
+  </si>
+  <si>
+    <t>Nørhaa 22-1-05.
+Kære Tante Laura! Hvis vi levede i salig Gabrielis' og Kamma Rahbeks Dage, saa vilde jeg som Overskrift i Stedet for den nuværende, som jo ingen Verdens Ting betyder og altid virker saa underlig fremmed paa mig, formodentlig have skrevet saadant noget som: Kære moderlige Veninde! for det vilde i Virkeligheden langt bedre udtrykke de Følelser, hvormed jeg læser dine Breve og svarer igen. Men naar jeg nu skriver det vedtagne - for Himlen bevare os da fra at være sentimentale - saa kan du jo underforstaa det, jeg mener og selv underforstaar. Hvis du da vil.
+Ja saa mange Tak for dit lange Brev med god Besked om næsten alt, dog ikke synderligt om dig selv, andet end at det giver Indtryk af, at du har haft det og har det fremdeles godt; og jeg haaber, det Indtryk maa være rigtigt - naturligvis regner jeg ikke med Atlanterhavet, men forresten er du vel saa sjæleglad over at være sluppen over det baade frem og tilbage, at det efterhaanden bliver til et helt lyst Minde. Et hoc meminisse iuvabit, siger Latinerne, og hvis Lugge, om Forladelse: Fru Brønsted, ikke har glemt al sin Latin, saa kan hun jo oversætte det. Det har glædet mig saadan at høre, at I har det godt allesammen, ikke mindst at høre ["at høre" indsat over linjen] om din Søn med de 160 Pund; han maa være bleven en ordentlig Prygl, det er pudsigt at tænke paa, hvad for en bitte Knægt han var, da jeg saa ham første Gang, for 12 Aar siden. Det glæder mig fremdeles at høre om Paludan, som tidt har været i mine Tanker, baade for hans egen og for jeres Skyld. Nu er den gamle Greve jo død - ja du man behøver ikke at blive ret gammel for at se store og mærkelige Forandringer i sin egen og sine Venners Tilværelse. Og underligt nok, men saadan er det da for mig, Savnet bliver ikke mindre med Aarene, meget snarere dybere; saadan fEks. ang. Tarup og navnlig Far. Nu er det 8 Aar, siden han døde, og det er ganske sikkert, at jeg nu savner ham mere og føler Tabet mere end i Begyndelsen. Noget skyldes det naturligvis det, at jeg er bleven Præst og baade selv gærne vilde tale med ham om mange Ting og vèd, at det vilde have været ham en stor Glæde at tale med mig og tage Del i mine Oplevelser. Det vil formodentlig gaa Andreas lige saadan overfor hans Far; der var jo over begge de to Mænd en saa ualmindelig Sjælekraft, som gør det saa levende for èn, hvordan de vilde tage Del i vores Tænken og Handlen. Men vi maa jo være taknemmelige for, hvad vi har haft og endnu har.
+Det Tab, vi led ifjor og lider under endnu og som bliver svært at forvinde, det at Evas Mor døde, det har igrunden ogsaa, tror jeg, bidraget til at understrege Tabet af Far endnu mer for mig. Hun var et ganske ualmindeligt Menneske, et af dem, man ikke let glemmer, selv efter løse Bekendtskab, og jeg lærte hende jo ret nøje at kende. Hun var et Adelsmenneske i bedste Forstand. Det var ogsaa et stort Tab for vores lille Pige, som jo var Mormors Øjesten, men hun føler det jo ikke saadan. 
+Vi har ellers i det hele taget haft det saa nogenlunde, lidt er der jo gærne i Vejen med den ene eller den anden af os, men det har da ikke været noget større. Vibeke er nu 4 Aar gammel og ikke saa lille endda, bare saa tynd, saa tynd, men hendes Forældre er da heller ikke saa synderlig tykke. Naar hun bare er rask, men hun har noget Tarmkatarrh, som det er svært at komme af med. Hun er en sød og god lille en og et gevaldigt Livstykke; forkælet bliver hun naturligvis, navnlig af sine mange Mostre, saa jeg maa jo desværre undertiden optræde som den strænge Fader, slet ikke nogen særlig taknemmelig Rolle. For Tiden er hun unddraget min pædagogiske Indflydelse, idet jeg nu i snart to Uger har været ganske ene. Eva og Vibeke har været og er endnu i Roskilde, hvortil Hjemmet jo er flyttet, som du maaske vèd, efter at Evas Far er bleven Herredsfoged i Lejre Herred. Det har været en ret drøj Tid, denne Ensomhedsperiode, men heldigvis har jeg haft Arbejde til op over begge Øren, og endnu mere heldigvis er den nu forhaabentlig snart forbi; paa Onsdag agter jeg mig til [ulæseligt ord] at se til Laders, som jeg ikke har set i snart 2 Aar, og dèr skal saa Eva og Vibeke støde til mig. Paa Lørdag rejser vi saa hjem, og saa glæder jeg mig i Haabet om en længere rolig Periode. Nu har vi ikke været alene, saa at sige da, siden Juni Maaned ifjor. Vort ellers rolige Levned forstyrres forresten en Del af mig selv, idet jeg er noget "udsvævende", som de siger paa Fyn og forresten ogsaa her i Vestjylland, altsaa jeg er temmelig meget paa Farten til Foredrag og sligt, det er jo ikke saa synderlig morsomt, navnlig ikke for dem, der skal sidde hjemme og kukkelure imens. Ellers er det saamænd Synd at sige, at vi lever selskabeligt, vi omgaas saa at sige ingen, og det er jo mere Synd for Eva end for mig, der jo har mit Arbejde, som jeg kan gøre saa meget ud af, som jeg vil, og egentlig aldrig kan gøre nok. Det kan blive lidt ensomt for Eva, og jeg kunde nok unde hende at være paa en Egn, hvor der var lidt flere, vi kunde dele Interesser med, og navnlig nogen lidt nærmere. Men det er jo nu engang her, vi har vort Arbejde, og saa har vi jo da vort Hjem. Saadan en lille sjov Præstegaard har du saamænd aldrig set, den er ikke anlagt for store Selskaber, men til daglig er den meget hyggelig. Nogen Mennesker kan vi da ogsaa have: forleden havde vi 34 Piger paa engang i to Stuer, det var da meget hæderligt, men de maatte da ogsaa drikke Kaffe i 3 Hold, hvilket nu ikke blot var Pladsens, men ogsaa Koppernes Skyld. 
+Vi har en haard Kulde heroppe i denne Tid, men i de sidste Dage har det da ikke blæst synderlig. Du kan ellers tro, det kan vifte godt heroppe, naar Vestenvinden rigtig tager fat. For en 14 Dages Tid siden havde den pisket Havet helt op over den brede Forstrand og højt op paa Klitterne, saa de var bleven revne helt i Stykker; det skal der ellers noget til! Men efter saadan en Tur, naar det er bleven nogenlunde stille, saa kan jeg ogsaa sidde inde i Stuen og høre Havet brøle i en lille Mils Afstand med lige saa stærk en Lyd, som naar der kører en Vogn forbi ude paa Landevejen. Omtrent da, byder min Sandhedskærlighed mig at tilføje. 
+Nu maa du hilse alle, som bryder sig om en Hilsen fra mig, saavel paa denne som paa hin Side det fæle Atlanterhav, som jeg formodentlig aldrig kommer til at gøre personligt Bekendtskab med. Og saa en kærlig Hilsen til dig selv og Tak, fordi du bliver ved at tænke paa mig og skrive til mig. Hils ogsaa Mor og dem derude, hvis du faar dem at se i en nogenlunde nær Fremtid. Og glædeligt Nytaar til jer alle.
+Din hengivne
+Thorvald Balslev.</t>
+  </si>
+  <si>
     <t>1905-02-16</t>
   </si>
   <si>
     <t>Malmø
 Rosenvej 2 og St Paulli Kyrkogatan 19</t>
   </si>
   <si>
     <t>54 Coolidge Str. Brookline Mass. USA</t>
   </si>
   <si>
     <t>Ingeborg Abrahams
 Peter Bichel
 Alfred Goldschmidt
 Malin   Holmström-Ingers
 Christine  Mackie
 Ellen  Sawyer
 Laura Warberg</t>
   </si>
   <si>
     <t>Astrid og Alfred Goldschmidt flyttede i 1905 fra København til Malmø, da Alfred af sit firma fik tilbudt et bedre job i Malmø, end det han havde i København. 
 På adressen i Boston, hvortil brevet er stilet, boede Astrid og Johannes storesøster, Christine, med sin amerikanske mand. 
 Astrid og Peter Bichel var kærester, da hun mødte Alfred Goldschmidt og afsluttede forholdet til Peter. 
 Malin/Molle Ingers havde ifølge svensk Wikipedia en dreng og en pige. Astrid skriver, at hun havde tvillingedøtre, hvilket også fremgår af andre breve i KTDK.
 Thora/Tutte Branner fik datteren Bodild i 1905, og Astrid og Alfred Goldschmidts datter Ina blev født 17. sept. 1905.</t>
   </si>
@@ -14528,50 +14777,92 @@
 Viggo Madsen
 Marie Neckelmann</t>
   </si>
   <si>
     <t>Albumin: Æggehvide/sukkerstof. Grete Jensen, f. Hansen, havde netop måttet gennemgå en provokeret abort pga. svangerskabsforgiftning. 
 Amtslægen og Hans kendes ikke. 
 Overlæge Rønne, professor Lundsgaard og professor Knud Faber var muligvis tilknyttet Fødsels- og Plejestiftelsen, hvor Jens Jensen var i en stilling som læge i 1931. 
 Det vides ikke, hvem Hans og Søren Madsen var. Hanses lille Peter kendes heller ikke.</t>
   </si>
   <si>
     <t>Gretes blodtryk og albuminindholdet i urinen går op og ned. Jens Jensen er glad for sit arbejde, og han istandgør sin og Gretes lejlighed. 
 Elisa og Marie/Kylle Neckelmann savner Peter. Det var hyggeligt at have ham om morgenen.
 Det er flot, at Elena har lært at kærne smør. 
 Man svælger nok i vildt og bær på Båxhult. Johan/Lysse er en dygtig jæger.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eHK2</t>
   </si>
   <si>
     <t>Kære Banes 29-8-31
 I Retning af Skriveri har vi vist ikke noget at lade hinanden høre, jeg synes selv, det er uterlig længe siden, jeg har haft fat ["fat" indsat over linjen] paa min Fyldepen. Men der er nu det at bemærke, at du har altid noget interessant og spændende at fortælle, her derimod sker der ikke noget. Det der optager mig mest, er jo Getes Sygdom. Hendes Blodtryk holder sig stadig højt, somme Tider er der ingen Albumin i Vandet, til andre Tider for Eks. nu, er der igen lidt. Men en Ting glæder mig, at Jenses Humør er meget bedre, og der er ellers et Barometer for Getes Befindende, saa i det hele taget har hun det jo nok bedre. Han var her i Forgaars og spiste til Middag sammen med H[ulæseligt] og Amtslægen, som rejser herfra d 1_ste_. Saa kom en af Jenses Venner og Hans og saa fik vi to gemytlige Kontraktbridger. Han er meget interesseret i sit Arbejde ude hos Elisabethsøstrene, og er meget vel anskrevet hos Overlæge Rønne, og da der siges, at han faar Prof Lundsgaards Stilling (han er nemlig meget syg, Kræft siges det) saa maa man jo sige at han har været særdeles heldig. I sine ledige Øjeblikke styrter han op i Nørregade og maler Køkkenet hvidt (det er lidt upraktisk) "der skal være fint, til Gretemand kommer hjem." Om et Par Dage kommer Prof Faber hjem igen, men vi faar jo aldrig noget at vide om, hvad han siger. 
 Det var morsomt, at Hans og Søren Madsen aflagde jer en Visit, og saa fik jeg jo en frisk Hilsen og fik at vide at Kvien havde faaet en Kalv og alt stod vel til, og de var meget imponerede af hele Bedriften. S.M aldeles indtaget i Petermand. Ak ja, vi savnede ham, da vi kom tilbage fra Faaborg, det er en Skam, at han er saa langt borte. Jeg saa ham om Morgenen kravle op paa Bordet, derfra ned paa en Stol og saa ring, ring ind til mig. Jeg havde altid en Pose Kiks ved Sengen, som han undersøgte, og naar Klokken ringede 7 "Bessa op." Saa gik vi ud for at se om Peters Mælk stod udenfor Døren og op ad Trappen for at se om Posen med Rundstykkerne var der og det var jo saa forbavsende, saa gnavede han lidt af hvert Brød og overlod os Resten. Kylle længes ogsaa efter ham, og jeg maa sige, at han havde glædet sig til at høre noget om kom paa sin Fødselsdag d 21_de_ han var megfet skuffet. Senere kunde han godt forstaa, at du kunde glemme Dagen i Betragtning af alt det, du har at gøre, det er virkelig ogsaa overvældende. 
 Det er da storartet, at du er kommen efter at kærne Smør, hvordan har du dog hittet ud af det. Jeg har frydet mig over det gode Vejr, vi har haft i denne Uge, jeg haaber, I har reddet Høst. Her sejlede Kornet paa Markerne, men Blæsten og Solen har nok tørret det, saa jeg tænker, at naar vi i Morgen kommer ud i Landskabet saa ser vi, at Markerne er tomme. Sikken en god Jægersmand Lysse dog er, var Las ikke lammet, nu maa han jo ogsaa [det følgende skrevet øverst s. 1; på hovedet:] præstere noget overordentligt, saa I svælger i Vildt, Tyttebær, Blaabær og Grøntsager. Vil du tænke dig, jeg fik sendt fra Ovsf Kemp 400 Kr som à conto Beløb fra Viggo Madsen, en komplet Foræringspresent! Hanses lille [det følgende skrevet s. 1; i venstre margen, lodret:]Peter begynder at trives, det er glædeligt, der var jo ikke saa god en Start! [Det følgende skrevet s. 4; langs venstre margen, lodret:] Masser af Hilsener. Mosser. Lille Barnes lad mig vide, hvad du [det følgende skrevet side 1, langs højre margen, lodret:] har cirka tænkt dig at jeg skal sende op mod Puf.</t>
   </si>
   <si>
+    <t>1931-09-10</t>
+  </si>
+  <si>
+    <t>Thora  Branner</t>
+  </si>
+  <si>
+    <t>Hillerød</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Vilhelm Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Julie/Pan Brandt fyldte 60 år i 1931.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3854</t>
+  </si>
+  <si>
+    <t>Thora/Tutte Branner ville gerne have været med til at fejre Julie/Pan Brandt, men hun og manden skal til deres hus i Sverige. De skal vinterordne haven og rydde et stykke jord til urter. Stedet hedder Puttebygget. Johanne/Junge C. Larsen har været med Thora og Vilhelm deroppe. De tog på rotur, lavede bål mm., og Johanne nød det som et barn. Der er alt, hvad man har brug for i huset i form af køkkengrej, sengetøj mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/taqC</t>
+  </si>
+  <si>
+    <t>Hillerød
+10 - 9 - 31
+Kære Lugge!
+Tak for dit Brev! den go'e Pan! - Ja på een Måde vilde vi gerne være med til at fejre hende; men ser du! Vi har, - da min Fødselsdag meget heldigt falder på en Lørdag - bestemt at fejre den med en lille Tur op til vores svenske Hus; Vilhelm vilde se at få et Par Dage fri i den Anledning. Foruden den Fornøjelse, som det altid er - navnlig for mig - at komme derop, har Turen det praktiske Formål at vinterordne eet og andet deroppe; der er fortrinlig Havejord omkring Huset, men fuldkommen græsgroet, og vi synes, det var rart at få gravet et stykke til lidt Urter.
+Du kan tro, det er et rart Sted, Puttebygget - det hedder det virkelig; der har ligget en gammel Gård. Du må se at komme derop engang! - jeg var lykkelig over at have Junge en halv Snes Dage; jeg tror, hun nød det, og det var dejligt at se, hvor hun livede op og kom i Humør. Vi travede hende også godt, kan du tro; bl.a. var vi en Søndag på en lang Rotur med Mad, Kaffekedel, Bål etc, og Junge morede sig som et Barn! Jeg tror virkelig hun har Gavn af det Ophold længe. - Vi har fået Huset helt godt monteret, så vi kan tage derop uden at medføre noget videre; foruden "alt" i Porcelæn og Køkkengrejer er der Lagner, Dækketøj og en Del Sengetøj; ja, jeg har endogså både Tøj, Fodtøj, Rammetøj etc. deroppe! 
+Nå, det var en hel Del om Huset! Du kan nok mærke, at en Del af min Sjæl er deroppe! Men for at komme tilbage til det foreliggende, så er det kedeligt at de to Ting skal kollidere, men - som sagt!!! etc.
+Tusind Hilsner til jer alle!
+Din
+Tutte.</t>
+  </si>
+  <si>
     <t>1931-11-22</t>
   </si>
   <si>
     <t>Odense, 5000 Odense, Danmark
 Svanninge, 5600 Faaborg, Danmark
 Venedig, Italien</t>
   </si>
   <si>
     <t>Grete Jensen, f. Hansen
 Marie Schou</t>
   </si>
   <si>
     <t>Eftersom Fritz Syberg skriver, at han er i Svanninge, er Stedsbetegnelsen Pilegaarden nok en fejlskrivning. Fritz Syberg ejede et af de huse, som han og Anna i deres ungdom beboede i Svanninge. Deres datter, Johanne/Nolle, og hendes mand, Harald Giersing, fik det i bryllupsgave, men flyttede efter få år derfra.</t>
   </si>
   <si>
     <t>Det er godt, at Grete er rask igen efter den livstruende sygdom.
 Komiteen for Biennalen i Venedig ønsker at udstille Else og Johs. V. Jensens Syberg-billede. Fritz Syberg tilbyder, at parret imens kan låne et andet landskabsmaleri. 
 Marie og Fritz Syberg er i Svanninge, og Fritz arbejder på billeder til H.C. Andersens Hus. Efteråret er meget smukt med mange grønne nuancer i naturen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/83pC</t>
   </si>
   <si>
     <t>Pilegaarden 22-11-31
 Kære Venner.
@@ -15120,50 +15411,94 @@
 Frederik Hendriksen
 Adolph Hitler
 Benito Mussolini
 Otto Emil Schondel
 Ernst Syberg
 Franz Syberg</t>
   </si>
   <si>
     <t>Fritz Syberg har i flere breve klaget over dårlig søvn og kvælningsfornemmelser om natten.</t>
   </si>
   <si>
     <t>Fritz Syberg får sovemedicin. Han har intet imod læger.
 Rille/Ernst Syberg er kommet hjem efter to måneders Europa-rejse med rygsæk. Han mødte gamle venner i Pisa, var glad for Spanien, oplevede tyrolerne som tiltalende og mærkede intet til Hitlers terror i Tyskland. Ernst Syberg har sat sig ind i storpolitik og bla. Mussolinis planer om at lave et Storitalien samt sagen med, at Tyskland har fået bygget kampfly i Rusland. 
 Trylle/Franz Syberg vil begynde at dyrke frugt. Fritz Syberg overvejer at sælge sin bil og købe lidt jord af naboen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KwJt</t>
   </si>
   <si>
     <t>Pilegaarden 17-8-34
 Kære Venner.
 Tak for Brevet, nu er I sandsynligvis kommet tilbage fra Jert Sommerophold, og faaet jer vel indstalleret i Hovedstaden. Alt gaar ved det gamle her, jeg tager et Sovemiddel der hjælper mig over Nætterne og iøvrigt har jeg baade Digitalis og røde Draaber staaende ved min Seng, jeg har intet imod Læger saadan set, men som den gamle Xylograf siger, de skal behandle En paa en hyggelig Maade. Vores Landsbyskrædder her, Schondel, er jeg udmærket tilfreds med. Han er lige høj paa alle Ledder, var under Verdenskrigen Militærlæge og tror han ligner Napoleon. Rille er lige kommet hjem efter godt to Maaneders Rejse – med Rygsæk – gennem Tyskland, Tyrol, Italien, Spanien og Frankrig, dette sidste dog kun nogle faa Dages Ophold i Paris. Han ved jo en Del at fortælle, det er aabenbart den eneste rette Maade at rejse paa naar man vil i Kontakt med Befolkningen. Han traf sine gamle Venner i Pisa der omfavnede ham og straks kendte ham: Ernèsto, Ernèsto!. Men iøvrigt syntes han ikke om Italien, men meget bedre om Spanien. Tyskland var behageligt og billigt at rejse i, - S.t. Folkene var intelligente og interesserede over for Forholdene i Danmark. De haarrejsende Historier om Hitlerterror mærkede han intet til uden – i Politiken. Derimod i Østrig var Regimentet og Polititrakasseriet utaaleligt, men Østrigerne d.v.s. Tyrolerne var [”var” indsat over linjen] de mest tiltalende af alle Nationer, forresten var alle Tyrolere Nazister. (Hitler er jo selv født i Tyrol) Det er meget Sjov at høre ham fortælle. Ogsaa Storpolitik har han sat sig ind i: Mussolinis Plan er at samle Østrig, Tyrol, Albanien og tilgrænsende Lande til et Storitalien med Adriater- som Midtpunkt, derfor hans Venskabelighed over for Dolfus. En anden Historie: Tyskland der ikke maa ruste har i Samraad med Sovjet ladet lave 2 eller 3 Tusinde Krigsflyvemaskiner – i Rusland, sendt [et par overstregede bogstaver] tyske Teknikere ec.t. derover. Da Maskinerne var i Orden sluttede Rusland Venskab med Frankrig Resultat: Rusland konfiskerer Tysklands 3000 Maskiner, Tyskland har underfundigt brugt Forbudet mod at ruste - - det hele kan jo være Løgn, men det er uappetitligt nok til at være sandt. Trylle er ved at slaa sig paa Landbrug – Frugtdyrkning – hans Organistvirksomhed levner ham Tid dertil. Jeg spekulerer paa at afskaffe min Bil der koster mellem 12 og 15 Hundrede Kr. aarlig og købe tre Td. Land af min Nabo. Men Forhandlingerne har ikke ført til noget Resultat endnu. Mange Hilsener til Jer allesammen
 Eders Hengivne
 Fritz Syberg
 Maleriet har jeg foreløbig lagt paa Hylden.</t>
+  </si>
+  <si>
+    <t>1934-10-31</t>
+  </si>
+  <si>
+    <t>Leo Swane</t>
+  </si>
+  <si>
+    <t>Hummeltoftevej 57</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Grete Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Arne Schwark
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Hummeltoftevej ligger i Virum. 
+Leo Swane blev af vennerne kaldt Skrive-Swane. Hans bror, Sigurd Swanes kælenavn var Male-Swane.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3855</t>
+  </si>
+  <si>
+    <t>Leo Swane inviterer hele familien til frokost søndag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CJuc</t>
+  </si>
+  <si>
+    <t>31. 10. 34.
+Kære Lugge.
+Vil i ikke komme til frokost hos mig paa Søndag?
+Hele Familien, fra rod til top. Kl. 12. Det vil, saa vidt jeg kan regne, blive 9 mennesker, hvortil kommer Mornine og Eli Laub - kunde i ikke sige det til dem?
+Forfald af enkelte af familiens medlemmer er ikke velset.
+i al bekedenhed.
+Venlig hilsen
+Skr-Sw.
+Hummeltoftevej 57.</t>
   </si>
   <si>
     <t>1935-02-08</t>
   </si>
   <si>
     <t>Ib Andersen
 Marie Bregendahl
 Christian Engelstoft
 Jens Jensen
 Grete Jensen, f. Hansen
 Johan Larsen
 Peter Andreas Larsen
 Elisabeth Neckelmann
 Jette Polle
 Helene Sachs
 Gustav Wied
 Jeppe Aakjær</t>
   </si>
   <si>
     <t>I et andet brev fra Elisa Hansen til Elena Larsen omtales også pelsen, som vist blev glemt i Johannes Larsens bil, da man kørte hjem fra juleferie på Båxhult i Småland.
 "om han er gift": Ordene handler formodentlig om O.T./Ottesen, som Grete Jensen dannede par med, efter at hun og Jens Jensen var gået fra hinanden, men ikke var skilt. 
 Det vides ikke, hvemdr. Polack, fru Engelstoft, Carla Rasmussen, Egebjerg og Gudrun N. var.</t>
   </si>
   <si>
     <t>Elisa Hansen savner at få brev. Hun vil gerne høre nyt om kvien.
@@ -16388,51 +16723,51 @@
 Else Birgitte Brønsted
 Louis Golding
 Ina  Goldschmidt
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Thomas Mann
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Lasse Taaning
 Albrecht  Warberg
 Andreas Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen
 Karl Zeckendorf</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Lars/Lasse Taanings bror, svigerinde og dennes veninde var. Gurli, "Krastine", Kat. Sørensen, Eggert og Franzen kendes heller ikke. 
 Det er uklart, hvem det er, som Johanne C. Larsen omtaler som "ens Svigersøn". Selv havde hun ikke i 1937 en svigersøn. Det vides ikke, hvad Ina Goldschmidts barn/Astrid Warbergs barnebarn hed. 
-Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til en koncentrationslejr og myrdet.</t>
+Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til koncentrationslejren Sachsenhausen og myrdet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0803</t>
   </si>
   <si>
     <t>Johanne C. Larsen har slagtet, og midt i arbejdet med dette kom der gæster. Hun er ked af, at Astrid Warberg var så berørt af ikke at blive inviteret til Else Birgitte/Mudis bryllup. Johanne blev heller ikke inviteret. Hun er bitter over, at Brønsted-familien udelukker Astrid. 
 Det er et stort påskegilde, Astrid har haft. 
 Johanne har en tid været fri for anfald. Hun spiser citron som medicin. 
 Astrid har skrevet om et hørespil, som ikke passer til Johannes verdensanskuelse, men Astrid ved ikke noget om sidstnævnte. 
 Erik/Tinge Warberg Larsens 30-års fødselsdag blev vellykket.
 Johannes/Las, Else og Andreas/Puf Larsen flygtede i påsken til Jylland for at undgå gæster. Det er dejligt, at Else holder så meget af Johannes Larsen. 
 Tysklands jødepolitik er afskyelig. 
 Johanne ønsker tillykke med det nye barnebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rT9z</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 d. 30te Marts. 37.
 Kæreste lille Dis!
 Nu kommer saa det lovede Paaskebrev, men selve Paasken er da glidt hen for mig uden Brevskr. til dig. Jeg skyldte Bibbe saa rent ukristeligt og skrev et kæmpebrev til hende – og sløj er man jo efter den store Slagte- og Paaskegøren – du. Jeg havde bestilt Kone til Tirsdag, hun kunde først Onsdag og da kom der Bud, at hun ikke kom p. Gr.a. Sygdom i Hjemmet. Der stod jeg! men hang saa i alene og da det kun var en lille Gris gik det jo. Mon I fik Slagtemaden i nogenlunde Tid? Helligdagene kom jo lidt paa tværs ved Forsendelsen [”ved Forsendelsen” indsat over linjen]. De to første Helligdage havde vi fremmede. Lasse Taaning m. Broder, Svigerinde og dennes Veninde – en henrivende Københavnerinde som studerer Medicin; vi kender hende godt; hun var her baade Palmesøndag og om Onsdagen, samt altsaa Skærtorsdag m. Taanings. Den Onsd. da jeg stod alene m. Slagtningen fik jeg altsaa fremmede – Daisy og Gurli – jeg var ikke videre gæstfrit indstillet da jeg midt i det hele maatte lave an med Kaffe og Underholdning. Langfredag kom den goe Elle i dejligt Vejr; kom lige til Kaffe og blev til Aftensm. Og Aft.kaffe, saa vi fik en god Passiar Hun og Agraren kan efterhaanden helt godt sammen, jeg kunde mærke, at Agr. var glad ved at se hende? Søde Dis – hvor det gjorde mig ondt, at det Brev fra Elle berørte dig pinligt. Men jeg var da heller ikke inviteret og vidste slet ikke, at Elle var derovre før senere, men derfor glæder jeg mig da alligevel over at høre om lille Mudis Lykke. At du sørger over ikke at være i Kontakt med dine søskende, kan jeg da saa udmærket forstå, men naar Tingene er, som de er, vilde det da have været mere forbavsende, om du var bleven bedt; end at du ikke blev bedt. Det berører ogsaa mig i mit Forhold til dem, idet jeg jo aldrig kan frigøre mig for lidt Bitterhed imod dem, naar jeg tænker paa deres Udelukkelse af dig – jeg taler aldrig til Elle om dig; hun læser alle mine forsk. Breve, naar vi ses, men aldrig fra dig, og jeg har heller ikke i Sinde at fortælle om den Sallinge-Tur, men tænk saa vidste hun det skam, og ved du hvor fra? gennem lille ”Krastine” og Kat Sørensen; du havde ringet til hende nede fra Franzen. Maaske det er en smaalig Tankegang af mig, men alt det morsomme og interessante jeg faar fra dig gen. dine Breve vil jeg beholde for mig selv; hvis Elle spurgte til dig, var det måske noget andet. - - De to sidste Helligdage saa vi ikke et Menneske. Jeg tror Agraren og Tinge følte det lidt ensomt, jeg nød det i fulde Drag. Jeg havde sørget godt for deres Forplejning – Påskedag en lækker Æblekage m. Flødeskum – og saa en Lagkage til alle Kafferne. 
 2 Hvilket imponerende Paaskegilde, I skulde have! Kan I nok sidde 8 i Jannas lille Stue; jeg glæder mig til at høre om Forløbet. I har egentlig meget altid – Gæster og kommen ud, kan du nok holde til det? Du har slet ikke skrevet om, hvordan dit Hvileophold hjalp dig. Var det ikke surt at komme i Gang igen? S.u. – jeg mener om dit Befindende? Nerverne? - - 
 Man skulde virkelig tro, at Citronerne hjælper. Jeg tager altsaa baade Medicin og Citronsaft hver Dag og har ikke haft Anfald siden Fredag før Palmesøndag. Hænderne er også mindre stive og smertende om Morgenen – naa, det er jo lige meget, naar jeg bare må være fri for Anfaldene, som gør mig uarbejdsdygtig. Jeg tror ikke det er Gigt – de Anfald. Gurli sagde, at der var en Sygdom, som bestod i at Blodet har svært ved at komme gennem Aarerne (populært sagt, vel) og saa voldte store Smerter. Jeg har egentlig troet det var Arterieforkalkning og det kan jo ikke kureres. Hvor kunstigt, hvis du og jeg har opfunden Lægemiddel mod den Sygdom – men man skal jo ikke slå den Slags fast, andet kan jo have spillet ind. Til Lykke med dit Øre! hvor var det dog dejligt! Tænk om Dedde, som jo menes at ville blive stokdøv med Tiden, kunde faa en lignende Overraskelse. 
 Hvis du kan faa Mod til at gaa op og faa det ["t" i "det" overstreget] Polyper ud, saa vil det sikkert hjælpe meget paa dit Almenbefindende. 
@@ -17219,50 +17554,143 @@
 Lindøgaard, Dræby St.
 [I brevet:]
 Lindøgaard 
 pr. Dræby
 Lugge spurgte saa varmt og deltagende til dig d. 30-8-1938.
 Kære lille Dis!
 Bibbe siger, at nu kan hun ikke længere udholde at høre mig gaa og snakke om, at jeg skal skrive til Dis – og ikke gøre det. Nu overtager hun altsaa Madlavningen og jeg har altsaa ”fri” til at skrive. Ulykken er, at når vi kommer lidt op ad Dagen, har jeg ikke Kraft til det. Du aner ikke, hvor faa Kræfter jeg har i Sommer, jeg er tit fortvivlet over det, for her er meget at gøre og Bibbe kan selvfølgelig ikke overkomme alt. Jeg gaar jo med en Betændelse i Skulderen, faar ikke mere Massage, kun Gymnastik med Armen og saa Medicin. Elle har trøstet mig lidt med at fortælle, at Kurt i lang Tid gik med en Kæbehulebetændelse; han havde ikke Smerter, men mistede efterhaanden Kræfterne og blev svagere og svagere; da han saa blev opereret og fik Betændelsen renset ud, fik han lidt efter lidt sine Kræfter igen. Doktoren sagde, sidst jeg var der, at hvis det ikke blev bedre i Løbet af to Maaneder, maatte jeg hellere komme ud paa Sygehuset og faa det opereret væk og det er da ogsaa det eneste rigtige. Naa, det var en lang Snak om den Ting. Men det var altsaa kun for at pynte lidt paa min lange Tavshed; når jeg har fri fra Husarbejdet, ligger jeg paa Divan eller sidder og hænger af med en Bog. Meget af det er nu at jeg ikke kan taale den evindelige Medicin; den slaar sig paa Maven, hvilket jo ogsaa slider paa Kræfterne, det er jo det triste, at de Stoffer, man skal have ind for at gøre det af med en eller anden Sygdom, undertiden er skadelige for andre Dele af Organismen. 
 Forøvrigt er Sommerferietiden jo altid lidt anstrængende, men dejlig jo!
 Dit lange Brev til Bibbe var rigtig nok interessant! Jeg synes nu, at jeg har forstaaet lidt af, hvad det var, der fik Bølgerne til at gaa lidt højt hos Jer omtrent samtidig med at vores Mary-Katastrofe indtraf. Var det ikke, at Buf vilde have Janna til at flytte ud til sig? det var rigtig stygt af Buf at ville skille dig og Janna. Gaar Buf i det hele taget til den gode Side, synes du? Mon ikke Maries manglende Indflydelse gør sig gældende? Hvor det er Synd! Og ogsaa for Janna. Naturligvis vil hun, som holder saa meget af sin Far ikke kunne se det, men saa meget mere vil det tænkes at kunne influere paa hende. Skriv lidt om dette, maaske er jeg fejl paa det. 
 2.
 Hvad mig angaar, er jeg ikke kommen stort videre end at jeg daarlig kan tænke paa andet end hele Mary Sagen; der sker jo stadig væk noget, der holder en i Aande, og det der sker er en Pine, fordi man synes snart, at man vader i Smuds F. Ex. sagde Mary forleden, da hun talte med ikk [”ikk” overstreget] Tinge – han havde bemærket ”Der er jo ingen Skilsmissegrund ” – ”jo der Karlekamret, som vi blev henvist til at bo i, mens din Mor skulde have sin Suite til at modtage Gæster i” Jeg tror for Resten ikke, at stakkels Mary er hol [”hel” overstreget] helt normal. Svangerskabet kan jo virke helt mental-forstyrrende, og saa er det hendes Ulykke, at hun ikke har haft besindige og kultiverede Mennesker i sine Omgivelser, som kunde raade hende. Mary sagde ogsaa til Tinge ”naar jeg bliver trampet paa, sætter jeg haardt mod haardt”. Det er saa helt udenfor Virkelighedens Omraade. Kort efter at jeg havde skrevet til dig sidst, kom der Sagførerbrev til Tinge, at hun vilde have Understøttelse ikke bare til Barnet, men ogsaa til sig selv. Der er jo ikke rigtig Logik i det. Du saa af hendes Brev til mig, at Gaarden var saa elendig, at hun ikke turde lade sit Barn vokse op ikk [”ikk” overstreget] her. Deri ligger dog at hun kan skaffe det bedre økonomiske Vilkaar andre Steder. Og naar hun rejser herfra og berøver Gaarden sin Arbejdskraft – hvad der jo er en stor økonomisk Faktor – er det lige haardt nok at den stakkels ”elendig forgældede” Gaard skal rede Penge ud til hende personlig. Det er Mary da for Resten gaaet fra, vel vidende, at Retten ikke vilde give hende Medhold i det, men nu staar det paa, at hun vil have Boet delt. ”Hvad der er dit, er ogsaa mit” sagde hun til Tinge. Mary lod jo alle sine Ejendele afhente, Brudegaverne deltes saaledes, at hver beholdt det, som deres Forbindelser havde givet, pudsigt nok [”nok” indsat over linjen] havde Mary skrevet en detallieret Liste paa alt det, de skulde have med, og den Liste blev liggende her og den har vi, saa lille Mary skal ikke dø i Synden, hvis hun stikker Værdigenstande til Side derude, naar Vurderingsmændene kommer. Tænk Dis, frivillig at ville gaa alt det igennem, at have fremmede mennesker ind at vurdere alle ens Sager; og det er saa meget vildere, som Tinge jo intet ejer. Mary ved godt, at Møblementet derovre – d. gl. Hjørnesofa m.m. [”m.m.” indsat over linjen] fra Agrarens Forældre – ikke tilhører Tinge, det er ganske minimalt, hvad han ejer, det er jo sandsynligvis ogsaa bare for at chikanere ham, Og saa vil Mary paastaa, at hun holder af ham!
 3
 Der maa være mange forskellige Maader at holde af paa. I Dag er Tinge tilsagt paa Politikontoret. Æv! Har jeg ikke Lov til at sige, at vi vader i Smuds. Du kan ikke tænke dig som de forvrænger og laver om paa det hele. Jeg kan ikke lade være med at sige til Tinge. Tror du ikke, at hvis de havde haft lidt mere af den – af dig – saa foragtede Kultur, saa vilde de tage det lidt anderledes.
 Kirsten Thorsen, der jo blev gift med Klakses Søn, kender lidt til Marys Kusine i Odense, Bibbe var hos Kirsten forleden og fik refereret et Par større Holmgange mellem de to; K. havde ikke lagt Fingrene imellem i sit Forsvar for os. Kusinen var jo – fra at vi var de bedste Venner af Verden – pligtskyldigst blevet meget vred paa os! ! Hun sagde bl.a. – ”og saa har de ladet Mary ligge paa Halm”. Jeg har altid misundt dem deres friske rene Halmunderlag, hvorover der saa var Madras og Underdyne. Alma (Kusine) havde bl.a. sagt at Mary var gaaet bort fra at give mig Skylden for hendes Flugt. Du ser, det er ikke et Spørgsmaal om, hvad der er Sandhed, virkelig Sandhed, men om, hvad der kan ”bruges” i Sagen. Enhver ved jo, hvor inderlig skikkelig jeg er, saa den gik ikke. Jeg kunde komme med mange Exempler, men gider ikke og er for Resten ikke aldeles oprørt, men har den dybeste Medlidenhed med hende og er saa Angst for, at hun ikke skal holde til det eller at det skal skade Barnet. Bibbe trøster mig med, at det er jo Naturens Værk, at hun er bleven saadan og saa maa Naturen vel ogsaa indrette det, saa Barnet ikke tager Skade. Det stakkels lille Barn, det er jo Alfa og Omega i hele Tragedien. 
 Dedde og Lugge har været i Kjert. hos Elle og jeg tog derned en Formiddag; det var morsomt at det vakte en saadan Glæde hos dem at se mig; de skulde om Efterm. paa en lille Biltur til Hindsholm og det blev en dejlig Tur. Lige før man naar Nordskov ligger der paa højre Haand en lille Skov, kan du huske det? der tog vi til og der var vidunderligt; over Engene bag Skoven gik vi ud til Stranden og var oppe paa en mægtig Bakkeknold, hvis yderste Grænse mod Vandet stadig ædes op af Bølgeslaget og hvorfra vi saa Sjællands Kyst, saa klar og smuk. Vi sad saa lidt i Udkanten af Skoven, røg, spiste Chokolade og snakkede hyggeligt og først og sidst nød det vidunderlige Landskab og den gode Luft. De kørte mig saa hjem, men vilde ikke ind, da de skulde have Fremmede om Aftenen. Et Par Dage efter, om Søndagen, skulde Elle til Bryllup i Munkebo Kro, ”hvis Datter”, hun har spillet med i en Aarrække og dermed fik vi den Glæde at have Dedde og Lugge Resten af Dagen 
 4.
 Elle skulde Møde Kl 4; de kom saa her lidt over og vi havde pæn Kaffe til dem; derefter besaa vi saa nogle Kæmpehøje her i Nærheden (benyttede Bilen) og gik derefter alle Mand ud paa vor sædvanlige Spaseretur ud gen. Markerne og ad Stranden hjem Vejret var godt og det hele var saa henrivende og vellykket. Det er saa dejligt for mig at alle vore tre Børn falder saa udmærket i Slav med alle mine. En anden Aften, da jeg havde været i Kjert. inviteret til Aftensmad af Dedde sm. med Elle og Minna i Louisenlund, hvor vi for Resten havde haft det henrivende og nydt varm Mad, Snaps, Madeira o.s.v. kørte de mig ogsaa hjem, og da det var tidlig paa Aftenen, gik de med ind til en Kop The og vi havde igen en dejlig Aften, Minna var henrivende sød og hun hører ogsaa til dem, der gouterer Lindøgaard.
 Da var Lugge rejst, men saa havde vi Minna i Stedet; hun havde ferieret i Nakskov og var kommen Aftenen før. 
 Og saa har vi haft et dejligt Besøg af den hjemvendte Ugle og Lasse; de kom til Malerens Hus fra Jylland og havde vistnok haft en dejlig Tur. De kom derud i Lørdags midt om Formiddagen og blev til 10½ Aften, saa vi havde rigtig Tid til alt; det var saa sødt af dem, at de havde taget alle deres Akvareller med fra Rejsen; de var saa skønne, at de næsten tog Vejret fra mig; Lasse bliver en stor Maler, skal du se. Jeg har maaske aldrig set Uglen saa vel ved det før; det var som al hendes Nervøsitet var strøget af hende, og hun var glad, livlig og sød. Hun og Lasse rejste hjem i Mandags, Marie derimod blev. 
 Sagen er, at Agraren fylder 60 Aar d. 26nde Sept. – Kongens Fødselsdag, sender du ham et Kort? – og saa vilde vi den Dag samle lidt af Familien og spurgte saa Marie, om hun ikke kunde komme her [”her” indsat over linjen] over den Dag; da Uglen hørte det, mente hun, at Marie hellere maatte blive her i Stedet for at rejse igen, og saadan blev det altsaa. Las er vist desværre endnu ikke kommen fra Sverige til den Tid.
 Jeg havde Brev fra Pan i Gaar, hun er saa glad for sin Sommerferie, men har vel selv fortalt dig derom; hun skrev lidt om det med Jannas, [”s” sidst i ordet overstreget] men Pan er jo ikke altid let at blive klog paa; vil du ikke nok – selv om det snart er en gammel Historie fortælle mig Gangen i det fra først af; Jannas Ve og Vel ligger mig saa meget paa Sinde og jeg gaar og tumler med det i mine Tanker, men vil vide Besked.
 Tinge kom hjem i Aftes fra sin Politifærd. Det havde drejet sig om etn [”t” midt i ordet overstreget] lovbefalet Sammenkomst mellem Politimesteren, Mary og Tinge, hvor han skal forsøge at mægle. Det er jo ganske unyttigt og tages da ogsaa som en Formsag. – Tinge skal betale til Barnet og det er jo da ogsaa rimeligt nok. – Tiden er omme og jeg naar ikke mere. ”Skriv snart”! 
 Tusinde Hilsner, din Junge.</t>
   </si>
   <si>
+    <t>1938-08-31</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Margrethe Benzon
+Julie Brandt
+Thora  Branner
+Viktor Jensen
+Adolph Larsen
+Alhed Larsen
+Marie Larsen
+Christine  Mackie
+Søren Madsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Christine Swane
+Lars Swane
+Gertrude Søndergaard
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Martin Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Hensen blev i 1938 gift med Erik/Tinge Warberg Larsen. Ægteskabet holdt kun ganske kort (se hendes biografi under Mary Warberg Larsen). Marys "Mælkefamilie": Hendes far, Viktor Jensen, havde et mælkeudsalg i Kerteminde. 
+Warberg-familien kendte mange, der hed Balslev, så det kan ikke afgøres, hvem af dem, der deltog i den omtalte begravelse. 
+Axel Müllers far kendes ikke. Ej heller Arkitekt Brandt, Anders Lenner, Grethe Benzons sagfører, direktøren i Bredgade eller gamle Albertsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1008</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at Johanne/Junge C. Larsen kan blive opereret.
+Astrid og Axel Müller har mødt en mand, som tilbød dem en flyvetur.
+Historien om Erik Larsen og Mary Jensen/Warberg Larsen har udviklet sig forfærdeligt. Mary sagde engang, at hun ville slide som en karl, hvis hun bare kunne være nær ved Erik. Hun må ikke få lov til at plukke Erik og hans forældre for indbo.
+Astrid har haft besøg af Fritz Warberg. Han var meget sød, men han var også bitter på sin far, som ikke regnede ham for noget, fordi han ikke ville studere. Andreas Warberg, faderen, havde skaffet sønnen en næsten ulønnet plads i en bank. Fritz sagde op og fik nyt job, og da faderen hørte, at han fik lønforhøjelse, nedsatte han det bidrag, han tidligere havde ydet ham. 
+Astrid og Axel havde planlagf at bygge et hus til Janna/Nus Schou, og de havde både fældet en lille skov og købt en grund. Så pludselig meddelte Janna, at hun vilde flytte sit værksted til Søborg. Janna er stærkt påvirket af sin far, Jørgen/Buf Schou og af en Søren Madsen, som er en led karl, og som har for meget indflydelse på Jørgen efter dennes mors død. - Janna besluttede til sidst alligevel at blive i Hareskov, men hun var bange for at føle sig bundet. Astrid og Axel bygger derfor alligevel. De har fået tilbud og hyret håndværkere. Axel har købt et kæmpestort vindue, og Janna har gjort værkstedet i stand. Gertrude/Trut Søndergaard er en god, kunstnerisk hjælp. Sell har taget fotos til Tidens Kvinder. 
+Astrid har nu fået sin egen stue, hvor hun kan holde orden (Janna roder). Hun vil ikke forlange, at Janna skal blive boende hjemme, men hun er ked af, at Søren Madsen og Jørgen Schou har en dårlig indflydelse på hende. 
+Margrethe Benzon har testamenteret Astrid og Axel 1500 kr. De har deltaget i hendes begravelse. 
+Astrid og Axel overvejer at bygge et hus mere, som de kan udleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t5q2</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Skrevet på kuverts bagside;]
+Hareskov
+[I brevet:]
+1.
+Hareskov, 31’ August 1938 – er det virkelig 11 Aar siden Be døde? ufatteligt!
+Kære søde Junge! Tak for dit lange, indgående Brev til Morgen! Aa, hvor jeg føler med dig med den Træthed, Junge – (den er mit Livs Plage) – men tænk, hvis en Operation kunde gøre dig rask, så var det dog vidunderligt; og Lemmerne er formodentlig ikke noget farligt Operationsfelt, det kan jeg da ikke tro? Hvis det var lidt billigere at flyve, så fløj jeg nu over til dig, så vi kunde få en rigtig lang Passiar om alle Dele, for det er jo ikke så lidt, der sker om Ørerne på os – (Axel traf forleden i Frihavnen en Mand, der kom rejsende fra Amerika med en Flyvemaskine, han viste sig at være fra Aarhus – kendte Axels Far osv. - det endte med, at han indbød os alle til en Flyvetur fra Lundtofte Flyveplads, hvor han har sin Maskine, han bor hos noget Direktørværk derude – Nus er Fyr og Flamme, jeg håber, at hun og Axel tager derud, jeg har ikke Kraft til Foretagender af nogen extra Art.) 
+Nå, men så må vi så nøjes med Pennen, Junge. Den Mary-Affaire har dog udviklet sig nederdrægtigt; jeg sagde nu strax til Axel, det er den Mælkefamilie som trækker hende ned – for så slem var hun da ikke før? Skønt Axel sagde – efter at have set hende ved det lille korte Besøg lige efter Brylluppet, da vi kom sammen med Balslevs – Axel sagde om Mary: ”hun er ikke rar”. Han har en ganske forbavsende Evne til ved første Øjekast at se sine Folk an – og det holder altid Stik. Kan du forresten huske, hvad du engang skrev i et Brev til mig, at Mary – da Forlovelsen var hævet – sagde – eller skrev? til dig, at bare hun endda kunde komme og være Pige på Lindøgård, hun vilde slide som en Karl, bare hun fik Lov at være Tinge nær! I må da endelig ikke lade hende plukke Jer for Indbo, men holde på den Kendsgerning, at Tinge intet har – så ved en påtvungen ”Deling”, vilde det vel endda gå ud over Mary selv, juridisk set – efter hendes Ord: hvad dit er – er også mit – det gælder også omvendt! Det er der naturligvis ikke tale om, men det burde foreholdes Mary!
+Men Junge – det store Lyspunkt Sanitetsmeningslånet!!! [”menings” indsat over linjen] Til Lykke – til Lykke! og Tak for det opstemte Kort – og de personlige Hilsener fra Agraren og Marie – det blev jeg meget glad over! Hils dem! Og så alle de gode Familiebesøg! Uglen – Lasse - Dede – Minna – Elle - , I ser rigtignok en Del mere til Slægten end vi her. Forresten havde vi i Lørdags et hyggeligt uventet Besøg af Frits Warberg, han er da vist den sødeste af dem alle? Noget så unbefangen – naturlig og beskeden, jeg synes, han er et bedårende Menneske, - og så tager det jo èn om Hjertet, når han siger: husk dog, jeg er en Warberg, Tante Dis! 
+Det var i Anledning af, at han holdt af at være ene – at isolere sig, i alt Fald til Tider. Han sagde: jeg er nu 
+2)
+så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
+Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
+3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
+4) 
+moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
+5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
+Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
+- Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
+6)
+I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
+Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
+Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
+Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
+Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
+Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
+Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
+Tusinde Hilsner! 
+Din Dis. 
+ps – senere – 
+lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
+Alle her hilser!
+[Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
+[Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
+  </si>
+  <si>
     <t>1938-11-18</t>
   </si>
   <si>
     <t>- Gedde
 Adolph Larsen
 Andreas Larsen
 Jens Larsen
 Jeppe Larsen
 Else Larsen, Else, Andreas Larsens kone
 Holger Rasmussen
 Ove Smed
 Leo Swane
 Ane Talbot</t>
   </si>
   <si>
     <t>Johannes Larsen kendte flere, der hed Christiansen, så det kan ikke afgøres, hvem den omtalte var.
 Jokum var en odder, som Johannes Larsen tidligere havde haft i fangenskab.</t>
   </si>
   <si>
     <t>Johannes Larsen har været til museumsmøde med Holger Rasmussen og Leo Swane. 
 Han har sejler Romsø rundt med et par venner.
 Den følgende dag kører Andreas Larsen sin far til Fiilsø. 
 Odderne har det godt og er store.</t>
   </si>
   <si>
@@ -18624,50 +19052,108 @@
   </si>
   <si>
     <t>1942-04-10</t>
   </si>
   <si>
     <t>Elise Hansen fyldte 80 år 5. april 1942. Hun boede Enghaveplads 20 i København. 
 Det vides ikke, hvem Hjelmslevs og Besser var.</t>
   </si>
   <si>
     <t>Elise Hansens runde fødselsdag er blevet fejret. Lille Alhed sad på skødet af Johannes Larsen under middagen, men hverken på dette tidspunkt eller et par dage efter kom hun sig over sin generthed og skyhed.
 Elena Larsen m.fl. tager til Kerteminde søndag. Hun har været på flere besøg hos familie og venner og desuden flere gange hos tandlægen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dEZS</t>
   </si>
   <si>
     <t>Fred. 10-4-42
 Kære Lysse!
 Det er rigtignok længe siden jeg har faaet mig en Snak med dig, Tiden iler aldeles forskrækkeligt. Først var der Mors Fødselsdag som forløb straalende med Gratulanter fra Morgenstunden og Stuerne efterhaanden som et Blomsterhav Om Aftenen Middag: Aspargessuppe Kalvefilet Ost og Hofdessert. Rødvin og Madeira. Senere Smørrebrød, Øl og Snaps. Jeres Telegram kom i det psykologiske Øjeblik da vi sad ved Desserten. Det var en festlig Aften og Las var meget tilfreds med sine nye Børnebørn. Han havde Alhed paa Skødet under hele Middagen, men hun var ikke nogen underholdende Borddame, hun sad med forskræmt og nedslagent Blik under hele Maaltidet uden at aabne Munden. Heller ikke da Las var her i Gaar havde hun overvunden sin Skyhed; skønt Las søgte at lokke for hende ved at brolægge Gulvet med 25 Ører, kunde han ikke faa hende lokket hen til sig. Paa Søndag bliver det nok til at vi rejser til Kjerteminde allesammen, Las vil gerne have os med og man kan jo ikke sige nej til ham. Jeg er ellers nervøs for at fjerne mig yderligere fra Båxhult. Jeg har truffet mange Mennesker, var hos Magisterens til Frokost i Mandags med Ungerne, der var alle Pigebørnene og Mudis Mand. 
 Saa var jeg hos Hjemslevs i Forgaars og i Gaar var jeg hos Hubert sammen med Preben Vilmann; det var svært hyggeligt at træffe dem igen og vi havde det som om vi havde truffets Dagen før. Hubert var sig selv lig. Han forsøgte at faa en Telefonsamtale med dig men det gik ikke. I Aften skal Mor og jeg sammen med Las til Middag hos Swane og i Morgen skal jeg i Teatret med Erna. Nu har du altsaa Repetoiret. Om Dagene gaar jeg til Tandlæge saa du kan se det er ikke lutter Pjank altsammen. Jeg har faaet 9 Huller færdige, saa nu mangler jeg vist kun 5. - Sikken et Foraarsvejr det er nu; jeg kan forstaa at ogsaa I maa have haft Stortø, for Peter skriver at Mælkebilen kører om Båxhult nu og det var altsaa umiddelbart efter at vi rejste. Peters Brev kom i Morges, det skal han have mange Tak for. Samtidig kom det Brev jeg skrev til Bessers Fødselsdag. Dét kom i Forgaars og Peters i Gaar; de kan aabenbart kun tage eet om Dagen. Naah, nu skal jeg til mine Tænders Pleje, saa Farvel med Jer.
 Masser af Hilsner fra
 Nissepigen.
 Jeg er nok hjemme inden I faar dette.
 Elena Larsen
 Enghaveplads 20 III</t>
+  </si>
+  <si>
+    <t>1942-05-14</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Vilhelm Buhl
+Gertrud Christmas Møller
+John  Christmas Møller
+Jesper Hansen
+Ellen  Sawyer
+Erik Scavenius
+Thorvald Stauning
+Semjon Timosjenko
+Mikael Venge
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kristian kan muligvis være kong Christian 10. 
+Samarbejdspolitikken fortsatte efter krav fra den tyske besættelsesmagt med Scavenius som statsminister. Han erstattede som statsminister Buhl og holdt sin tiltrædelsestale som statsminister i Folketinget 11. november 1942.
+Tim var et af Louise Brønsteds børnebørn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0963</t>
+  </si>
+  <si>
+    <t>Stauning er død. Regeringserklæringen var slem, men Scavenius trumfede den igennem trods protester. 
+Louise Brønsted kan nok først komme til Kerteminde i juni. Hun ønsker tillykke med Laura /Bibbe Warberg Petersens eksamen. 
+Louise har haft besøg af to børnebørn.
+Det er dejligt, at Erik/Tinge Warberg Larsen har købt en gård tæt ved forældrenes. Tænk, at rugen er frosset.
+Christmas Møller og hans familie er kommet til London. 
+Godt, at Johanne/Junge Larsen nu kan gå små ture.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MFx</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby St.
+Fyen.
+[I brevet:]
+14. Maj 42
+Kæreste Junge! Endelig kommer jeg da med mange Taksigelser for dine Breve, specielt det sidste til d. 12te med et godt Ønske, ja jeg synes som Du, at vi skal ønske, ar Kristian maa leve en rum Tid endnu, for den Sags Skyld, at vi allesammen maa leve, saa vi kan faa Enden af Krigen med, og faa en Forestilling om, hvorhen det bærer, efter den, for man synes jeg, at der maa og skal komme en ny og bedre Tid, og at der ogsaa skulde være Forudsætninger for det med det Fællesskab, der dog er skabt mellem alle os anti-Nazier. Ja, Stauning maatte jo af Sted ”de største Ege, som staar i Landet, staa ej til evige Tider”, han var en Eg, men sled sikkert altfor stærkt paa sig selv baade paa godt og ondt. Forresten synes jeg, Buhl har et udmærket Ansigt, men den Regeringserklæring var vel nok storslem; Magisteren hørte fra velunderrettet Side, at de fleste af Ministrene kæmpede imod med Hænder og Fødder, men Scavenius trumfede den igennem med Trusel om at gaa; man kan i og for sig godt forstaa, at saadan en Haandfuld Mænd ikke tør tage Ansvaret for, hvad der vil ske, hvis Tyskerne mister deres Tillidsmand i Regeringen, en anden Ting er, at mange af os menige er led og ked af den evindelige Eftergivenhed og gerne vil tage Følgerne af den modsatte Politik. 
+Jeg har lige siddet og skrevet til Elle om, hvorfor jeg ikke har kunnet og heller ikke kan komme til Kerteminde i Maj, saa jeg vil ikke gentage Lektien, men jeg haaber paa Juni, skønt jeg sandsynligvis igen til den Tid er pigeløs, Mag. er villig til at gøre Ofre, for at jeg kan komme af Sted, og Du kan tro, jeg glæder mig til mit Besøg paa Lindøgaard, jeg har tit taget Tanken frem i Vinter og glædet mig. Vi skal rigtignok have mangen god Snak, baade konkret og abstrakt. Jeg tænker mig Du har Bibbe nu og nyder hende; tillykke med hendes fine Eksamen, hvor er det morsomt, det gaar hende saa godt, det er saa dejligt med Børnene, naar de kommer paa deres rigtige Hylder. Jeg nød ogsaa at være omgivet af alle mine d. 12te, af Børnebørn var der dog kun Tim og Jesper; de har det alle godt undtagen lille Mikael, Mudis mindste; det trak svært op til Skarlagensfeber, men heldigvis blev den i sidste Øjeblik konverteret til røde Hunde, en uhyre Lettelse; Skarlagensfeber er jo mildest talt upraktisk med den langvarige Isolation. 
+Sikken Begivenhed med Tinges Gaard, hils ham dog saa meget og ønsk til Lykke, hvor jeg ogsaa glæder mig til at se den; og hvor dejligt og praktisk, at den ligger lige ved, ja, sikken Tilværelse at gaa og arbejde med sin egen Jord for Alvor, ikke bare for Leg som i en Have. Naturligvis er der jo alle Bekymringerne og Skuffelserne, men de hører jo med til Livets Gang. Jeg synes, det er storartet, at ikke mere er ødelagt for Jer, men tænk, at ogsaa Rugen er frosset, det er da enestaaende, det var sandelig ogsaa en enestaaende Vinter, men naar Elle skriver, at Skoven ikke [”ikke” indsat over linien] i Mands Minde ikke har været grøn d. 12te, saa kan det nu ikke, - - men alting er jo alligevel meget sent paa det.
+Det trækker op til en spændende Tid nu; det er svært, saa den tyske Tone er stemt ned, saa ynkelige de gestalter sig, - hvis det da ikke er Krokodilletaarer, de græder. Vi har lige hørt i Radioen, at Christmas Møller er sluppet til England med Kone og Børn, han er skam en lille Knag, og kan sikkert gøre god Gavn derovre. Tillige har vi hørt om Timosjenkos Offensiv som Modvægt mod Kertsek-angrebet, der nok ikke er saa formidabelt, som de vil gøre det til, Mag. er meget oplivet over begge Dele. 
+Mon det nu ikke skulde begynde at gaa op ad Bakke med Dig, lille Junge; Du sagde – eller skrev – engang, at det var Dit højeste Ønske igen at kunne gaa en Tur, nu gaar Du altsaa smaa Ture, selv om de – endnu – er smertefulde, 
+Og nu kun 1000 Hilsner til Jer alle, paa snarligt Gensyn.
+Din Lugge. 
+[Skrevet langs venstre margen s. 4:]
+Hvor kedeligt, at lille [ulæseligt] er saa syg.</t>
   </si>
   <si>
     <t>1942-06-26</t>
   </si>
   <si>
     <t>Henne</t>
   </si>
   <si>
     <t>Thora Cohn
 Andreas Larsen
 Jens Larsen
 Jeppe Larsen
 Johannes Larsen
 Jonas Larsen
 Marie Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Alhed  Møhl, Lysses datter
 Leo Swane
 Ane Talbot</t>
   </si>
   <si>
     <t>Marie/Rie Larsen fyldte 70 i 1942.
 Det vides ikke, hvem direktør Petersen og hans familie var.</t>
   </si>
@@ -21579,59 +22065,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/6ts1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJjS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NGyp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6p9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AvIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vt1y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DZoG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lhp8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rn7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2UHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xw5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hvf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HF37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GfHS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ULV8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JUz6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gE1v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7r2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vzls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/412R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0FQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdBq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqoi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9gF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ax1o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jfrF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xpnd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vGJ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xVjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jCjQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CsZa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sp9j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLbv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tHOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gcGF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gn3q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zhFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Huy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ExjCPXKx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jo55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fnJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VWi9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/etA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Irxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8o46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4qn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zxvm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W47D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SjHl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShNF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lRwR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MzRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qd9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mbuD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKDh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yl47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SPIW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B0kw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hqAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6JVL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqQn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDCV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sUCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Ltr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WNSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g2n6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1xQq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDnA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXuv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tldU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BLy7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GLgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BXVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZnRa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ff7U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QJao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fFsv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWBr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N6eE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Emyd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DqvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jhun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iIIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7akvRFjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QnBrW1DK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vaIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mRDJ3Tb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jZXP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4LeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kl5V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cvqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qzetql1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BSUSiqrf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UP7ys7G8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Xri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9sJZVvFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8x0S9i3M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IUcuS1ie" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yxg0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GNf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/npGm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ojlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XZSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/n1NlqIpG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HopY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvKq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zf6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L7fJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8YNM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPbw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xFSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d15x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OnU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWo6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/arub" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XOn2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dkj1WJML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9RCyjQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ccm4DMMu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jx0Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9olU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/En6N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMxK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OsmP7sqe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KgRdR10G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/78nBKvC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UVJSZIur" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dw5MEcDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/edFwrcwW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JVwmNqia" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iME0s4ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w52qIvS9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3vInc6Kp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dWj7jadr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMnMcBiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hh6b8Pwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Wwr4HCxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UspNYH4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H9lXW1Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WlX3xaKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vxjd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ut3S5emD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nu45h3lj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IuYg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4WOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/At43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JBhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u3Gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uder" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jd6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SeJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VTML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EorP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w3Pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2n2C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlwy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X3Vo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qohh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HMSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3ixP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9ZT8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wqH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wIsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9alh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dYR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qhpz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9PV3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1yS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lC5Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9CCz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8fxw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aAcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6xM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGYE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vPi9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoY4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zvIH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nmeo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J84q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCYM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOG6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/izLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyis" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GPIG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lYC5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/opAm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7r0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bQYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q3Do" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z5n0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zXFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bK8H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yUlb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMUH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vHQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n9Mm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UzWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MGKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pzgi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FLmt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hTRW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/soSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SsRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GLfz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBTQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9o4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yoph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/74UJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FiCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aok5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHCv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KmZg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bvsl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m6hV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wt9k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Nsh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vBL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d00C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcK4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId552" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DQtj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId553" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yjtd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId554" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId555" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WdRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId556" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/6ts1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gJjS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Ylh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NGyp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i31D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6p9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AvIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vt1y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DZoG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lhp8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmpR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V0aD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rn7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2UHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kDJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xw5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hvf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aWT3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8im" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HF37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DMii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GfHS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ULV8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JUz6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bc1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gE1v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7r2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OF5O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vzls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EDxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hUFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xcGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/412R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0FQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdBq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqoi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9gF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ax1o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jfrF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xpnd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vGJ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xVjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jCjQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CsZa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sp9j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uysG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLbv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tHOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gcGF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gn3q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zhFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Huy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ExjCPXKx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jo55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fnJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VWi9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/etA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Irxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8o46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4qn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zxvm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W47D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SjHl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShNF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lRwR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MzRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qd9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mbuD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKDh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0pe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yl47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SPIW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B0kw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hqAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6JVL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqQn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDCV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sUCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Ltr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WNSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g2n6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1xQq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDnA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXuv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tldU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BLy7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GLgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BXVz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZnRa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ff7U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QJao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fFsv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWBr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N6eE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Emyd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DqvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s2BE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jhun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iIIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7akvRFjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QnBrW1DK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vaIF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mRDJ3Tb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jZXP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4LeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kl5V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cvqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8NOdIY94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qzetql1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BSUSiqrf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UP7ys7G8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Xri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9sJZVvFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8x0S9i3M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IUcuS1ie" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yxg0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GNf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/npGm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ojlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XZSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EvC6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/n1NlqIpG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HopY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvKq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zf6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L7fJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8YNM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPbw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xFSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d15x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OnU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWo6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fR8EXZtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1RfgMKEY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/arub" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gIGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XOn2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dkj1WJML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9RCyjQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ccm4DMMu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jx0Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9olU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/En6N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMxK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OsmP7sqe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KgRdR10G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/78nBKvC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UVJSZIur" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dw5MEcDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/edFwrcwW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JVwmNqia" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iME0s4ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w52qIvS9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3vInc6Kp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f5mH3mkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dWj7jadr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMnMcBiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hh6b8Pwl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Wwr4HCxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UspNYH4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H9lXW1Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WlX3xaKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vxjd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ut3S5emD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nu45h3lj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IuYg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4WOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/At43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JBhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u3Gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uder" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jd6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SeJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VTML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EorP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w3Pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2n2C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlwy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X3Vo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qohh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/taqC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HMSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3ixP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9ZT8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wqH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wIsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9alh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CJuc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dYR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qhpz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ur1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yky4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9PV3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k1yS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lC5Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9CCz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8fxw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aAcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6xM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGYE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vPi9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoY4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zvIH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nmeo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J84q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCYM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yQnT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOG6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/izLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMR0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyis" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GPIG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lYC5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/opAm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7r0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bQYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q3Do" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z5n0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zXFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bK8H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yUlb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMUH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vHQt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n9Mm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UzWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tX0v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r1OB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MGKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pzgi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FLmt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hTRW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/soSe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SsRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCxp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkUx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GLfz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBTQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9o4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yoph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/74UJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FiCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qk6R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aok5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHCv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KmZg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bvsl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId552" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId553" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m6hV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId554" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wt9k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId555" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId556" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Nsh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId557" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vBL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId558" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d00C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId559" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId560" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcK4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId561" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DQtj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId562" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yjtd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId563" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId564" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WdRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId565" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M551"/>
+  <dimension ref="A1:M560"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -22889,23469 +23375,23876 @@
       <c r="H30" s="5" t="s">
         <v>191</v>
       </c>
       <c r="I30" s="5"/>
       <c r="J30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K30" s="5" t="s">
         <v>192</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>193</v>
       </c>
       <c r="M30" s="5"/>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>194</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>15</v>
+        <v>195</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>196</v>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>21</v>
+        <v>199</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>202</v>
+        <v>16</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>203</v>
+        <v>17</v>
       </c>
       <c r="F32" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>204</v>
       </c>
-      <c r="G32" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H32" s="5" t="s">
+      <c r="I32" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="I32" s="5" t="s">
+      <c r="J32" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K32" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="J32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>207</v>
       </c>
-      <c r="K32" s="5" t="s">
+      <c r="M32" s="5" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>15</v>
+        <v>210</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>16</v>
+        <v>211</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>17</v>
+        <v>212</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>213</v>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="I33" s="5"/>
+        <v>214</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>215</v>
+      </c>
       <c r="J33" s="5" t="s">
-        <v>21</v>
+        <v>216</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G34" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G34" s="5" t="s">
+        <v>221</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>218</v>
-[...3 lines deleted...]
-      </c>
+        <v>222</v>
+      </c>
+      <c r="I34" s="5"/>
       <c r="J34" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>230</v>
+        <v>15</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>231</v>
+        <v>16</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>232</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
         <v>233</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>234</v>
       </c>
       <c r="J36" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K36" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="K36" s="5" t="s">
+      <c r="L36" s="6" t="s">
         <v>236</v>
       </c>
-      <c r="L36" s="6" t="s">
+      <c r="M36" s="5" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>240</v>
+        <v>241</v>
+      </c>
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>21</v>
+        <v>244</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>230</v>
+        <v>15</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>231</v>
-[...14 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G38" s="5" t="s">
+        <v>249</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>249</v>
+        <v>21</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>186</v>
+        <v>239</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>231</v>
-[...5 lines deleted...]
-        <v>203</v>
+        <v>240</v>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>231</v>
+        <v>186</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>262</v>
+        <v>212</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
         <v>263</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>264</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>265</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>266</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>267</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>269</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>186</v>
+        <v>240</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>231</v>
+        <v>270</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>203</v>
+        <v>271</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>231</v>
-[...9 lines deleted...]
-        </is>
+        <v>240</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>212</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>201</v>
-[...4 lines deleted...]
-        </is>
+        <v>186</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>240</v>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>210</v>
+      </c>
+      <c r="D44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>231</v>
+        <v>186</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>186</v>
+        <v>240</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>231</v>
+        <v>270</v>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>319</v>
+        <v>186</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>240</v>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
         <v>321</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>322</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>323</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>324</v>
       </c>
       <c r="L48" s="6" t="s">
         <v>325</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
         <v>327</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>186</v>
+        <v>328</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>319</v>
+        <v>186</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>231</v>
-[...4 lines deleted...]
-        </is>
+        <v>240</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>337</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>240</v>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>230</v>
+        <v>328</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>186</v>
-[...4 lines deleted...]
-        </is>
+        <v>240</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>352</v>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>319</v>
+        <v>239</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>358</v>
+        <v>186</v>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>230</v>
+        <v>328</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>319</v>
+        <v>367</v>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>186</v>
+        <v>239</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>231</v>
-[...8 lines deleted...]
-        <v>374</v>
+        <v>328</v>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H55" s="5" t="s">
         <v>375</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>376</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>377</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>378</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>379</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
         <v>381</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>230</v>
+        <v>186</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>231</v>
-[...14 lines deleted...]
-        </is>
+        <v>240</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="G56" s="5" t="s">
+        <v>383</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>389</v>
+        <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>186</v>
+        <v>239</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>231</v>
-[...8 lines deleted...]
-        <v>390</v>
+        <v>240</v>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H57" s="5" t="s">
         <v>391</v>
       </c>
       <c r="I57" s="5" t="s">
         <v>392</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>393</v>
       </c>
       <c r="K57" s="5" t="s">
         <v>394</v>
       </c>
       <c r="L57" s="6" t="s">
         <v>395</v>
       </c>
       <c r="M57" s="5" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
         <v>397</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>14</v>
+        <v>398</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>231</v>
-[...14 lines deleted...]
-        </is>
+        <v>240</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>399</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>231</v>
+        <v>186</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>261</v>
-[...5 lines deleted...]
-        <v>405</v>
+        <v>240</v>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>186</v>
+        <v>240</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>231</v>
-[...9 lines deleted...]
-        </is>
+        <v>270</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>414</v>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>231</v>
-[...8 lines deleted...]
-        <v>420</v>
+        <v>240</v>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>428</v>
+        <v>382</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="G62" s="5" t="s">
         <v>429</v>
       </c>
       <c r="H62" s="5" t="s">
         <v>430</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>431</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>377</v>
+        <v>432</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>201</v>
+        <v>186</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>186</v>
+        <v>240</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>437</v>
-[...4 lines deleted...]
-        </is>
+        <v>212</v>
+      </c>
+      <c r="G63" s="5" t="s">
+        <v>438</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>440</v>
+        <v>386</v>
       </c>
       <c r="K63" s="5" t="s">
         <v>441</v>
       </c>
       <c r="L63" s="6" t="s">
         <v>442</v>
       </c>
       <c r="M63" s="5" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
         <v>444</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>231</v>
+        <v>210</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>261</v>
-[...9 lines deleted...]
-        </is>
+        <v>186</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>446</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>261</v>
-[...5 lines deleted...]
-        <v>453</v>
+        <v>270</v>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
         <v>454</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>455</v>
       </c>
       <c r="J65" s="5" t="s">
         <v>456</v>
       </c>
       <c r="K65" s="5" t="s">
         <v>457</v>
       </c>
       <c r="L65" s="6" t="s">
         <v>458</v>
       </c>
       <c r="M65" s="5" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
         <v>460</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>203</v>
+        <v>461</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>186</v>
+        <v>270</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>469</v>
-[...4 lines deleted...]
-        </is>
+        <v>212</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>470</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>21</v>
+        <v>473</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>231</v>
+        <v>16</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>261</v>
-[...4 lines deleted...]
-        </is>
+        <v>186</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>478</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>478</v>
-[...4 lines deleted...]
-        </is>
+        <v>21</v>
+      </c>
+      <c r="K68" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F69" s="5" t="s">
-        <v>461</v>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-        <v>485</v>
+        <v>487</v>
+      </c>
+      <c r="K69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L69" s="6" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>186</v>
-[...7 lines deleted...]
-        </is>
+        <v>270</v>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>470</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>21</v>
+        <v>493</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>495</v>
+        <v>186</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>377</v>
+        <v>21</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="E72" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F72" s="5" t="s">
-        <v>502</v>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>505</v>
+        <v>386</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>186</v>
+        <v>504</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F73" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F73" s="5" t="s">
+        <v>511</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>21</v>
+        <v>514</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D74" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="D74" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>17</v>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>518</v>
+        <v>21</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="E75" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F75" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>523</v>
+      <c r="F75" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>21</v>
+        <v>527</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D76" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D76" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E76" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F76" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G76" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G76" s="5" t="s">
+        <v>532</v>
       </c>
       <c r="H76" s="5" t="s">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="I76" s="5"/>
+        <v>533</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>534</v>
+      </c>
       <c r="J76" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>535</v>
+        <v>16</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>231</v>
+        <v>186</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>536</v>
+        <v>17</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>537</v>
+        <v>18</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>538</v>
-[...1 lines deleted...]
-      <c r="I77" s="5" t="s">
         <v>539</v>
       </c>
+      <c r="I77" s="5"/>
       <c r="J77" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K77" s="5" t="s">
         <v>540</v>
       </c>
-      <c r="K77" s="5" t="s">
+      <c r="L77" s="6" t="s">
         <v>541</v>
       </c>
-      <c r="L77" s="6" t="s">
+      <c r="M77" s="5" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>186</v>
+        <v>544</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>16</v>
-[...11 lines deleted...]
-      <c r="G78" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="E78" s="5" t="s">
         <v>545</v>
       </c>
+      <c r="F78" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="H78" s="5" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>21</v>
+        <v>549</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E79" s="5" t="s">
-        <v>18</v>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G79" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G79" s="5" t="s">
+        <v>554</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="J79" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>15</v>
+        <v>186</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>77</v>
+        <v>16</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>559</v>
+        <v>21</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>231</v>
+        <v>15</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>261</v>
+        <v>77</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-        <v>461</v>
+        <v>17</v>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>15</v>
+        <v>240</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>495</v>
+        <v>270</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>17</v>
+        <v>573</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>18</v>
+        <v>470</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>377</v>
+        <v>576</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F83" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G83" s="5" t="s">
-        <v>578</v>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>377</v>
+        <v>386</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>585</v>
+        <v>504</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>373</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G84" s="5" t="s">
+        <v>587</v>
       </c>
       <c r="H84" s="5" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>588</v>
+        <v>386</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>186</v>
+        <v>16</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>230</v>
+        <v>594</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-        <v>594</v>
+        <v>382</v>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
         <v>595</v>
       </c>
       <c r="I85" s="5" t="s">
         <v>596</v>
       </c>
       <c r="J85" s="5" t="s">
         <v>597</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>598</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>599</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="86">
-      <c r="A86" s="5" t="n">
-        <v>1899</v>
+      <c r="A86" s="5" t="s">
+        <v>601</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>535</v>
-[...4 lines deleted...]
-        </is>
+        <v>186</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>239</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>601</v>
-[...4 lines deleted...]
-        </is>
+        <v>602</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>603</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
     </row>
     <row r="87">
-      <c r="A87" s="5" t="s">
-        <v>608</v>
+      <c r="A87" s="5" t="n">
+        <v>1899</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>544</v>
+      </c>
+      <c r="D87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E87" s="5" t="s">
-        <v>18</v>
+        <v>610</v>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G87" s="5" t="s">
-        <v>609</v>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>21</v>
+        <v>613</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>616</v>
+        <v>16</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>617</v>
+        <v>186</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G88" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G88" s="5" t="s">
+        <v>618</v>
       </c>
       <c r="H88" s="5" t="s">
-        <v>618</v>
-[...1 lines deleted...]
-      <c r="I88" s="5"/>
+        <v>619</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>620</v>
+      </c>
       <c r="J88" s="5" t="s">
-        <v>619</v>
+        <v>21</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>535</v>
+        <v>544</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>186</v>
+        <v>633</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>634</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>511</v>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>635</v>
+      </c>
+      <c r="I90" s="5"/>
       <c r="J90" s="5" t="s">
-        <v>21</v>
+        <v>636</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>16</v>
+        <v>544</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>186</v>
+        <v>240</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>502</v>
+        <v>641</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>21</v>
+        <v>644</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>535</v>
+        <v>186</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>231</v>
-[...5 lines deleted...]
-        <v>537</v>
+        <v>16</v>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>647</v>
+        <v>21</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>652</v>
+        <v>16</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>231</v>
-[...4 lines deleted...]
-        </is>
+        <v>186</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>511</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>655</v>
+        <v>21</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>16</v>
+        <v>544</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>186</v>
+        <v>240</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        <v>660</v>
+        <v>661</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="G94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>21</v>
+        <v>664</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>15</v>
+        <v>544</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>240</v>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>21</v>
+        <v>671</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>16</v>
+        <v>544</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>186</v>
+        <v>240</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>673</v>
+        <v>676</v>
+      </c>
+      <c r="F96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>21</v>
+        <v>679</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>681</v>
-[...4 lines deleted...]
-        </is>
+        <v>684</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>240</v>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>682</v>
-[...5 lines deleted...]
-        </is>
+        <v>685</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="J97" s="5" t="s">
+        <v>687</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>684</v>
-[...1 lines deleted...]
-      <c r="M97" s="5"/>
+        <v>689</v>
+      </c>
+      <c r="M97" s="5" t="s">
+        <v>690</v>
+      </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>681</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G98" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G98" s="5" t="s">
+        <v>692</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>686</v>
-[...10 lines deleted...]
-        </is>
+        <v>693</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="J98" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K98" s="5" t="s">
+        <v>695</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>687</v>
-[...1 lines deleted...]
-      <c r="M98" s="5"/>
+        <v>696</v>
+      </c>
+      <c r="M98" s="5" t="s">
+        <v>697</v>
+      </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>495</v>
+        <v>16</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F99" s="5" t="s">
-        <v>18</v>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>689</v>
+        <v>699</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>377</v>
+        <v>21</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>389</v>
+        <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>695</v>
+        <v>16</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>16</v>
+        <v>186</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>696</v>
+        <v>18</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>17</v>
+        <v>212</v>
       </c>
       <c r="G100" s="5" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="H100" s="5" t="s">
-        <v>698</v>
-[...1 lines deleted...]
-      <c r="I100" s="5"/>
+        <v>706</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>707</v>
+      </c>
       <c r="J100" s="5" t="s">
-        <v>377</v>
+        <v>21</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>699</v>
+        <v>708</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>700</v>
+        <v>709</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>701</v>
+        <v>710</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>702</v>
+        <v>711</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>681</v>
-[...8 lines deleted...]
-        <v>703</v>
+        <v>713</v>
+      </c>
+      <c r="D101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>704</v>
-[...5 lines deleted...]
-        <v>706</v>
+        <v>714</v>
+      </c>
+      <c r="I101" s="5"/>
+      <c r="J101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K101" s="5" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>708</v>
-[...3 lines deleted...]
-      </c>
+        <v>716</v>
+      </c>
+      <c r="M101" s="5"/>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>713</v>
+      </c>
+      <c r="D102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>711</v>
-[...8 lines deleted...]
-        <v>713</v>
+        <v>718</v>
+      </c>
+      <c r="I102" s="5"/>
+      <c r="J102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L102" s="6" t="s">
-        <v>714</v>
-[...3 lines deleted...]
-      </c>
+        <v>719</v>
+      </c>
+      <c r="M102" s="5"/>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F103" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>377</v>
+        <v>386</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>14</v>
+        <v>398</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>15</v>
+        <v>727</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>495</v>
+        <v>16</v>
       </c>
       <c r="E104" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="F104" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F104" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G104" s="5" t="s">
+        <v>729</v>
       </c>
       <c r="H104" s="5" t="s">
-        <v>724</v>
-[...3 lines deleted...]
-      </c>
+        <v>730</v>
+      </c>
+      <c r="I104" s="5"/>
       <c r="J104" s="5" t="s">
-        <v>505</v>
+        <v>386</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
     </row>
     <row r="105">
-      <c r="A105" s="5" t="n">
-        <v>1903</v>
+      <c r="A105" s="5" t="s">
+        <v>734</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>15</v>
+        <v>713</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>495</v>
+        <v>210</v>
       </c>
       <c r="E105" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F105" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F105" s="5" t="s">
+        <v>735</v>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>729</v>
-[...1 lines deleted...]
-      <c r="I105" s="5"/>
+        <v>736</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>737</v>
+      </c>
       <c r="J105" s="5" t="s">
-        <v>377</v>
+        <v>738</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>731</v>
+        <v>740</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>732</v>
+        <v>741</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>231</v>
+        <v>186</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>681</v>
+        <v>16</v>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>734</v>
+        <v>743</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>736</v>
+        <v>21</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>738</v>
+        <v>746</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>739</v>
+        <v>747</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>740</v>
+        <v>748</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>231</v>
+        <v>15</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>681</v>
-[...4 lines deleted...]
-        </is>
+        <v>504</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F107" s="5" t="s">
-        <v>741</v>
+        <v>18</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>744</v>
+        <v>386</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>231</v>
+        <v>15</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>681</v>
-[...9 lines deleted...]
-        </is>
+        <v>504</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>755</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>750</v>
+        <v>757</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>751</v>
+        <v>514</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
     </row>
     <row r="109">
-      <c r="A109" s="5" t="s">
-        <v>755</v>
+      <c r="A109" s="5" t="n">
+        <v>1903</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>16</v>
+        <v>504</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>469</v>
-[...1 lines deleted...]
-      <c r="F109" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="G109" s="5" t="s">
-        <v>756</v>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>757</v>
-[...3 lines deleted...]
-      </c>
+        <v>761</v>
+      </c>
+      <c r="I109" s="5"/>
       <c r="J109" s="5" t="s">
-        <v>21</v>
+        <v>386</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>535</v>
+        <v>240</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>763</v>
+        <v>713</v>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>681</v>
+        <v>240</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>713</v>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F111" s="5" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>713</v>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>21</v>
+        <v>783</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>495</v>
+        <v>15</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>681</v>
+        <v>16</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>785</v>
+        <v>478</v>
       </c>
       <c r="F113" s="5" t="s">
-        <v>786</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="G113" s="5" t="s">
+        <v>788</v>
+      </c>
+      <c r="H113" s="5" t="s">
+        <v>789</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>788</v>
+        <v>21</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>681</v>
+        <v>544</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>201</v>
+        <v>240</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>793</v>
-[...2 lines deleted...]
-        <v>794</v>
+        <v>795</v>
+      </c>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>681</v>
+        <v>713</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>802</v>
+        <v>212</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>803</v>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
         <v>804</v>
       </c>
       <c r="I115" s="5" t="s">
         <v>805</v>
       </c>
       <c r="J115" s="5" t="s">
         <v>806</v>
       </c>
       <c r="K115" s="5" t="s">
         <v>807</v>
       </c>
       <c r="L115" s="6" t="s">
         <v>808</v>
       </c>
       <c r="M115" s="5" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
         <v>810</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>681</v>
+        <v>16</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>201</v>
+        <v>186</v>
       </c>
       <c r="E116" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H116" s="5" t="s">
         <v>811</v>
       </c>
-      <c r="F116" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H116" s="5" t="s">
+      <c r="I116" s="5" t="s">
         <v>812</v>
       </c>
-      <c r="I116" s="5" t="s">
+      <c r="J116" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K116" s="5" t="s">
         <v>813</v>
       </c>
-      <c r="J116" s="5" t="s">
+      <c r="L116" s="6" t="s">
         <v>814</v>
       </c>
-      <c r="K116" s="5" t="s">
+      <c r="M116" s="5" t="s">
         <v>815</v>
-      </c>
-[...4 lines deleted...]
-        <v>817</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="E117" s="5" t="s">
+        <v>817</v>
+      </c>
+      <c r="F117" s="5" t="s">
+        <v>818</v>
+      </c>
+      <c r="G117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I117" s="5" t="s">
         <v>819</v>
       </c>
-      <c r="D117" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="5" t="s">
+      <c r="J117" s="5" t="s">
         <v>820</v>
       </c>
-      <c r="F117" s="5" t="s">
+      <c r="K117" s="5" t="s">
         <v>821</v>
       </c>
-      <c r="G117" s="5" t="s">
+      <c r="L117" s="6" t="s">
         <v>822</v>
       </c>
-      <c r="H117" s="5" t="s">
+      <c r="M117" s="5" t="s">
         <v>823</v>
-      </c>
-[...13 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
+        <v>824</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>825</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>826</v>
+      </c>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H118" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>828</v>
+      </c>
+      <c r="J118" s="5" t="s">
         <v>829</v>
       </c>
-      <c r="B118" s="5" t="s">
-[...29 lines deleted...]
-      <c r="J118" s="5" t="s">
+      <c r="K118" s="5" t="s">
         <v>830</v>
       </c>
-      <c r="K118" s="5" t="s">
+      <c r="L118" s="6" t="s">
         <v>831</v>
       </c>
-      <c r="L118" s="6" t="s">
+      <c r="M118" s="5" t="s">
         <v>832</v>
-      </c>
-[...1 lines deleted...]
-        <v>833</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>681</v>
+        <v>834</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>201</v>
+        <v>240</v>
       </c>
       <c r="E119" s="5" t="s">
         <v>835</v>
       </c>
-      <c r="F119" s="5" t="s">
-        <v>803</v>
+      <c r="F119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
         <v>836</v>
       </c>
       <c r="I119" s="5" t="s">
         <v>837</v>
       </c>
       <c r="J119" s="5" t="s">
         <v>838</v>
       </c>
       <c r="K119" s="5" t="s">
         <v>839</v>
       </c>
       <c r="L119" s="6" t="s">
         <v>840</v>
       </c>
       <c r="M119" s="5" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
         <v>842</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>16</v>
+        <v>713</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>186</v>
+        <v>328</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      <c r="G120" s="5" t="s">
         <v>843</v>
       </c>
+      <c r="F120" s="5" t="s">
+        <v>844</v>
+      </c>
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="H120" s="5" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="I120" s="5" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="J120" s="5" t="s">
-        <v>21</v>
+        <v>847</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>186</v>
+        <v>713</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>771</v>
-[...4 lines deleted...]
-        </is>
+        <v>852</v>
+      </c>
+      <c r="F121" s="5" t="s">
+        <v>844</v>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="J121" s="5" t="s">
-        <v>21</v>
+        <v>855</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>16</v>
+        <v>860</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>186</v>
+        <v>504</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="F122" s="5" t="s">
-        <v>771</v>
-[...4 lines deleted...]
-        </is>
+        <v>862</v>
+      </c>
+      <c r="G122" s="5" t="s">
+        <v>863</v>
       </c>
       <c r="H122" s="5" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>21</v>
+        <v>866</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>859</v>
+        <v>867</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>862</v>
+        <v>870</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>14</v>
+        <v>398</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>16</v>
+        <v>633</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>186</v>
-[...5 lines deleted...]
-        <v>771</v>
+        <v>634</v>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H123" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I123" s="5"/>
       <c r="J123" s="5" t="s">
-        <v>21</v>
+        <v>871</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>865</v>
+        <v>872</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>866</v>
+        <v>873</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>186</v>
+        <v>713</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>210</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>876</v>
       </c>
       <c r="F124" s="5" t="s">
-        <v>18</v>
+        <v>844</v>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>21</v>
+        <v>879</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>871</v>
+        <v>880</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>872</v>
+        <v>881</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>874</v>
+        <v>883</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>681</v>
+        <v>16</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>231</v>
+        <v>186</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>875</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G125" s="5" t="s">
+        <v>884</v>
       </c>
       <c r="H125" s="5" t="s">
-        <v>877</v>
+        <v>885</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>879</v>
+        <v>21</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>231</v>
+        <v>186</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>230</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E126" s="5" t="s">
+        <v>803</v>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>886</v>
+        <v>21</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>681</v>
+        <v>16</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>231</v>
+        <v>186</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
       <c r="F127" s="5" t="s">
-        <v>876</v>
+        <v>803</v>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>894</v>
+        <v>21</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>899</v>
+        <v>186</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>564</v>
+        <v>897</v>
       </c>
       <c r="F128" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>900</v>
+        <v>803</v>
+      </c>
+      <c r="G128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>901</v>
-[...1 lines deleted...]
-      <c r="I128" s="5"/>
+        <v>904</v>
+      </c>
+      <c r="I128" s="5" t="s">
+        <v>905</v>
+      </c>
       <c r="J128" s="5" t="s">
-        <v>377</v>
+        <v>21</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D129" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D129" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E129" s="5" t="s">
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F129" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F129" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>906</v>
+      <c r="G129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="J129" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>16</v>
+        <v>713</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>186</v>
+        <v>240</v>
       </c>
       <c r="E130" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>916</v>
+      </c>
+      <c r="F130" s="5" t="s">
+        <v>917</v>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>21</v>
+        <v>920</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>919</v>
+        <v>239</v>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G131" s="5" t="s">
-        <v>920</v>
+      <c r="G131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>21</v>
+        <v>927</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>16</v>
+        <v>713</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>186</v>
+        <v>240</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        <v>927</v>
+        <v>932</v>
+      </c>
+      <c r="F132" s="5" t="s">
+        <v>917</v>
+      </c>
+      <c r="G132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>21</v>
+        <v>935</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
     </row>
     <row r="133">
-      <c r="A133" s="5" t="n">
-        <v>1910</v>
+      <c r="A133" s="5" t="s">
+        <v>939</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>933</v>
+        <v>15</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>935</v>
-[...18 lines deleted...]
-      </c>
+        <v>573</v>
+      </c>
+      <c r="F133" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G133" s="5" t="s">
+        <v>941</v>
+      </c>
+      <c r="H133" s="5" t="s">
+        <v>942</v>
+      </c>
+      <c r="I133" s="5"/>
       <c r="J133" s="5" t="s">
-        <v>937</v>
+        <v>386</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D134" s="5" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E134" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="H134" s="5" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="J134" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>949</v>
+        <v>16</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>950</v>
+        <v>186</v>
       </c>
       <c r="E135" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G135" s="5" t="s">
-        <v>951</v>
+      <c r="G135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>952</v>
-[...1 lines deleted...]
-      <c r="I135" s="5"/>
+        <v>954</v>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>955</v>
+      </c>
       <c r="J135" s="5" t="s">
-        <v>953</v>
+        <v>21</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>958</v>
+        <v>16</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>950</v>
-[...4 lines deleted...]
-        </is>
+        <v>186</v>
+      </c>
+      <c r="E136" s="5" t="s">
+        <v>960</v>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G136" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G136" s="5" t="s">
+        <v>961</v>
       </c>
       <c r="H136" s="5" t="s">
-        <v>959</v>
-[...1 lines deleted...]
-      <c r="I136" s="5"/>
+        <v>962</v>
+      </c>
+      <c r="I136" s="5" t="s">
+        <v>963</v>
+      </c>
       <c r="J136" s="5" t="s">
-        <v>953</v>
+        <v>21</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>389</v>
+        <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>964</v>
+        <v>16</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>965</v>
+        <v>186</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>18</v>
+      </c>
+      <c r="F137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G137" s="5" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="H137" s="5" t="s">
-        <v>967</v>
-[...1 lines deleted...]
-      <c r="I137" s="5"/>
+        <v>969</v>
+      </c>
+      <c r="I137" s="5" t="s">
+        <v>970</v>
+      </c>
       <c r="J137" s="5" t="s">
-        <v>377</v>
+        <v>21</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
     </row>
     <row r="138">
-      <c r="A138" s="5" t="s">
-        <v>971</v>
+      <c r="A138" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>950</v>
-[...4 lines deleted...]
-        </is>
+        <v>975</v>
+      </c>
+      <c r="E138" s="5" t="s">
+        <v>976</v>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G138" s="5" t="s">
-        <v>973</v>
+      <c r="G138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I138" s="5"/>
+      <c r="I138" s="5" t="s">
+        <v>977</v>
+      </c>
       <c r="J138" s="5" t="s">
-        <v>953</v>
+        <v>978</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>978</v>
+        <v>186</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>950</v>
+        <v>16</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>979</v>
+        <v>18</v>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G139" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G139" s="5" t="s">
+        <v>983</v>
       </c>
       <c r="H139" s="5" t="s">
-        <v>980</v>
-[...1 lines deleted...]
-      <c r="I139" s="5"/>
+        <v>984</v>
+      </c>
+      <c r="I139" s="5" t="s">
+        <v>985</v>
+      </c>
       <c r="J139" s="5" t="s">
-        <v>953</v>
+        <v>21</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>950</v>
+        <v>990</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>972</v>
-[...4 lines deleted...]
-        </is>
+        <v>991</v>
+      </c>
+      <c r="E140" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G140" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G140" s="5" t="s">
+        <v>992</v>
       </c>
       <c r="H140" s="5" t="s">
-        <v>985</v>
+        <v>993</v>
       </c>
       <c r="I140" s="5"/>
       <c r="J140" s="5" t="s">
-        <v>953</v>
+        <v>994</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>986</v>
+        <v>995</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>987</v>
+        <v>996</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>988</v>
+        <v>997</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>989</v>
+        <v>998</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>950</v>
-[...4 lines deleted...]
-        </is>
+        <v>999</v>
+      </c>
+      <c r="D141" s="5" t="s">
+        <v>991</v>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H141" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H141" s="5" t="s">
+        <v>1000</v>
+      </c>
+      <c r="I141" s="5"/>
       <c r="J141" s="5" t="s">
-        <v>953</v>
+        <v>994</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>991</v>
+        <v>1001</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>992</v>
+        <v>1002</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>993</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>989</v>
+        <v>1004</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>14</v>
+        <v>398</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>950</v>
+        <v>1005</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>994</v>
-[...19 lines deleted...]
-        </is>
+        <v>1006</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="F142" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G142" s="5" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H142" s="5" t="s">
+        <v>1008</v>
       </c>
       <c r="I142" s="5"/>
       <c r="J142" s="5" t="s">
-        <v>953</v>
+        <v>386</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>995</v>
+        <v>1009</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>996</v>
+        <v>1010</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>997</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>998</v>
+        <v>1012</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>389</v>
+        <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>616</v>
+        <v>1013</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>934</v>
-[...10 lines deleted...]
-        </is>
+        <v>991</v>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G143" s="5" t="s">
+        <v>1014</v>
       </c>
       <c r="H143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I143" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I143" s="5"/>
       <c r="J143" s="5" t="s">
-        <v>937</v>
+        <v>994</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>1001</v>
+        <v>1015</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>1002</v>
+        <v>1016</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>1003</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>1004</v>
+        <v>1018</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>1005</v>
+        <v>1019</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>933</v>
-[...4 lines deleted...]
-        </is>
+        <v>991</v>
+      </c>
+      <c r="E144" s="5" t="s">
+        <v>1020</v>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>1006</v>
+        <v>1021</v>
       </c>
       <c r="I144" s="5"/>
       <c r="J144" s="5" t="s">
-        <v>1007</v>
+        <v>994</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>1008</v>
+        <v>1022</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>1009</v>
+        <v>1023</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>1010</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1011</v>
+        <v>1025</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>933</v>
+        <v>991</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1012</v>
+        <v>1013</v>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>1013</v>
-[...3 lines deleted...]
-      </c>
+        <v>1026</v>
+      </c>
+      <c r="I145" s="5"/>
       <c r="J145" s="5" t="s">
-        <v>937</v>
+        <v>994</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>1016</v>
+        <v>1028</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>1017</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1018</v>
+        <v>1030</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>1019</v>
-[...1 lines deleted...]
-      <c r="D146" s="5" t="s">
+        <v>991</v>
+      </c>
+      <c r="D146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I146" s="5" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J146" s="5" t="s">
         <v>994</v>
       </c>
-      <c r="E146" s="5" t="inlineStr">
-[...20 lines deleted...]
-      </c>
       <c r="K146" s="5" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>1023</v>
+        <v>1033</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>1024</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>991</v>
+      </c>
+      <c r="D147" s="5" t="s">
+        <v>1035</v>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I147" s="5"/>
-      <c r="J147" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J147" s="5" t="s">
+        <v>994</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1026</v>
+        <v>1036</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1027</v>
-[...1 lines deleted...]
-      <c r="M147" s="5"/>
+        <v>1037</v>
+      </c>
+      <c r="M147" s="5" t="s">
+        <v>1038</v>
+      </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1028</v>
+        <v>1039</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>14</v>
+        <v>398</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>617</v>
+        <v>633</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>1029</v>
+        <v>975</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>935</v>
-[...10 lines deleted...]
-        <v>1031</v>
+        <v>976</v>
+      </c>
+      <c r="F148" s="5" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I148" s="5" t="s">
-        <v>1032</v>
+        <v>1041</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>377</v>
+        <v>978</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1034</v>
+        <v>1043</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>1035</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1028</v>
+        <v>1045</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>616</v>
+        <v>1046</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>935</v>
+        <v>974</v>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1036</v>
-[...3 lines deleted...]
-      </c>
+        <v>1047</v>
+      </c>
+      <c r="I149" s="5"/>
       <c r="J149" s="5" t="s">
-        <v>21</v>
+        <v>1048</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>1038</v>
+        <v>1049</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1039</v>
+        <v>1050</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1040</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1041</v>
+        <v>1052</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>1005</v>
+        <v>974</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>616</v>
-[...4 lines deleted...]
-        </is>
+        <v>975</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>1053</v>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>1006</v>
-[...1 lines deleted...]
-      <c r="I150" s="5"/>
+        <v>1054</v>
+      </c>
+      <c r="I150" s="5" t="s">
+        <v>1055</v>
+      </c>
       <c r="J150" s="5" t="s">
-        <v>1007</v>
+        <v>978</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1042</v>
+        <v>1056</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1043</v>
+        <v>1057</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1044</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1045</v>
+        <v>1059</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>1046</v>
+        <v>1060</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>231</v>
+        <v>1035</v>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1047</v>
-[...3 lines deleted...]
-      </c>
+        <v>1061</v>
+      </c>
+      <c r="I151" s="5"/>
       <c r="J151" s="5" t="s">
-        <v>1049</v>
+        <v>1062</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1050</v>
+        <v>1063</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1051</v>
+        <v>1064</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1052</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1053</v>
+        <v>1066</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>231</v>
-[...8 lines deleted...]
-        <v>1055</v>
+        <v>16</v>
+      </c>
+      <c r="D152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H152" s="5" t="s">
-[...6 lines deleted...]
-        <v>1058</v>
+      <c r="H152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I152" s="5"/>
+      <c r="J152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1059</v>
+        <v>1067</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1060</v>
-[...3 lines deleted...]
-      </c>
+        <v>1068</v>
+      </c>
+      <c r="M152" s="5"/>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1062</v>
+        <v>1069</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>616</v>
+        <v>634</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>1005</v>
+        <v>1070</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>1063</v>
+        <v>976</v>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G153" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G153" s="5" t="s">
+        <v>1071</v>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1064</v>
+        <v>1072</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>1065</v>
+        <v>1073</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>937</v>
+        <v>386</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1066</v>
+        <v>1074</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1067</v>
+        <v>1075</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1068</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
         <v>1069</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>616</v>
+        <v>633</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>934</v>
+        <v>975</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>1063</v>
+        <v>976</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>937</v>
+        <v>21</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1073</v>
+        <v>1080</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>616</v>
+        <v>1046</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1063</v>
+        <v>633</v>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1076</v>
-[...3 lines deleted...]
-      </c>
+        <v>1047</v>
+      </c>
+      <c r="I155" s="5"/>
       <c r="J155" s="5" t="s">
-        <v>21</v>
+        <v>1048</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>934</v>
+        <v>1087</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>933</v>
+        <v>240</v>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1082</v>
-[...1 lines deleted...]
-      <c r="I156" s="5"/>
+        <v>1088</v>
+      </c>
+      <c r="I156" s="5" t="s">
+        <v>1089</v>
+      </c>
       <c r="J156" s="5" t="s">
-        <v>1007</v>
+        <v>1090</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1083</v>
+        <v>1091</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1084</v>
+        <v>1092</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1085</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="157">
-      <c r="A157" s="5" t="n">
-        <v>1912</v>
+      <c r="A157" s="5" t="s">
+        <v>1094</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>1086</v>
-[...9 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="E157" s="5" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F157" s="5" t="s">
+        <v>1096</v>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1087</v>
+        <v>1097</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>1088</v>
+        <v>1098</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>21</v>
+        <v>1099</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1089</v>
+        <v>1100</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1090</v>
+        <v>1101</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1091</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="158">
-      <c r="A158" s="5" t="n">
-        <v>1912</v>
+      <c r="A158" s="5" t="s">
+        <v>1103</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>617</v>
+        <v>633</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>1029</v>
+        <v>1046</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>935</v>
+        <v>1104</v>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G158" s="5" t="s">
-        <v>1092</v>
+      <c r="G158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1093</v>
+        <v>1105</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>1094</v>
+        <v>1106</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>377</v>
+        <v>978</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1095</v>
+        <v>1107</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1096</v>
+        <v>1108</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1097</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1098</v>
+        <v>1110</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>616</v>
+        <v>633</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>934</v>
+        <v>975</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1100</v>
+        <v>1111</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1101</v>
+        <v>1112</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>937</v>
+        <v>978</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1102</v>
+        <v>1113</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1103</v>
+        <v>1114</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1104</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="160">
-      <c r="A160" s="5" t="n">
-        <v>1912</v>
+      <c r="A160" s="5" t="s">
+        <v>1116</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>617</v>
+        <v>633</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>1029</v>
+        <v>975</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>935</v>
+        <v>1104</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G160" s="5" t="s">
-        <v>1105</v>
+      <c r="G160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1106</v>
+        <v>1117</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1107</v>
+        <v>1118</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>377</v>
+        <v>21</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1108</v>
+        <v>1119</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1109</v>
+        <v>1120</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1110</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1111</v>
+        <v>1122</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>616</v>
+        <v>975</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1063</v>
+        <v>974</v>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1029</v>
-[...3 lines deleted...]
-      </c>
+        <v>1123</v>
+      </c>
+      <c r="I161" s="5"/>
       <c r="J161" s="5" t="s">
-        <v>937</v>
+        <v>1048</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1113</v>
+        <v>1124</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1114</v>
+        <v>1125</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1115</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="162">
-      <c r="A162" s="5" t="s">
-        <v>1116</v>
+      <c r="A162" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>681</v>
+        <v>16</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>843</v>
+        <v>1127</v>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1117</v>
+        <v>1128</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1118</v>
+        <v>1129</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>1119</v>
+        <v>21</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1120</v>
+        <v>1130</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1121</v>
+        <v>1131</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1122</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="163">
-      <c r="A163" s="5" t="s">
-        <v>1123</v>
+      <c r="A163" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>1005</v>
+        <v>634</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>616</v>
-[...4 lines deleted...]
-        </is>
+        <v>1070</v>
+      </c>
+      <c r="E163" s="5" t="s">
+        <v>976</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1125</v>
-[...1 lines deleted...]
-      <c r="I163" s="5"/>
+        <v>1134</v>
+      </c>
+      <c r="I163" s="5" t="s">
+        <v>1135</v>
+      </c>
       <c r="J163" s="5" t="s">
-        <v>1007</v>
+        <v>386</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1126</v>
+        <v>1136</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1127</v>
+        <v>1137</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1128</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1129</v>
+        <v>1139</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>231</v>
+        <v>633</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>681</v>
-[...7 lines deleted...]
-        <v>1130</v>
+        <v>975</v>
+      </c>
+      <c r="E164" s="5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1131</v>
+        <v>1141</v>
       </c>
       <c r="I164" s="5" t="s">
-        <v>1132</v>
+        <v>1142</v>
       </c>
       <c r="J164" s="5" t="s">
-        <v>1133</v>
+        <v>978</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1134</v>
+        <v>1143</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1135</v>
+        <v>1144</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1136</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="165">
-      <c r="A165" s="5" t="s">
-        <v>1137</v>
+      <c r="A165" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>231</v>
+        <v>634</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>681</v>
+        <v>1070</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>1138</v>
-[...7 lines deleted...]
-        </is>
+        <v>976</v>
+      </c>
+      <c r="F165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G165" s="5" t="s">
+        <v>1146</v>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1140</v>
+        <v>1147</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>1141</v>
+        <v>1148</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>1142</v>
+        <v>386</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1143</v>
+        <v>1149</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1144</v>
+        <v>1150</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1145</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1146</v>
+        <v>1152</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>231</v>
+        <v>633</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>681</v>
+        <v>975</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>1055</v>
+        <v>1104</v>
+      </c>
+      <c r="F166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1147</v>
+        <v>1070</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>1149</v>
+        <v>978</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>933</v>
+        <v>713</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>934</v>
+        <v>240</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>1063</v>
+        <v>884</v>
       </c>
       <c r="F167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>937</v>
+        <v>1160</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1157</v>
+        <v>1162</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1158</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>1005</v>
+        <v>1046</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>933</v>
+        <v>633</v>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F168" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G168" s="5" t="s">
+        <v>1165</v>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1006</v>
+        <v>1166</v>
       </c>
       <c r="I168" s="5"/>
       <c r="J168" s="5" t="s">
-        <v>1007</v>
+        <v>1048</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1161</v>
+        <v>1168</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1162</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>933</v>
+        <v>240</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>934</v>
-[...7 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F169" s="5" t="s">
+        <v>1171</v>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1164</v>
+        <v>1172</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1165</v>
+        <v>1173</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>937</v>
+        <v>1174</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1166</v>
+        <v>1175</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1167</v>
+        <v>1176</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1168</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1169</v>
+        <v>1178</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>1170</v>
+        <v>240</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>681</v>
+        <v>713</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>17</v>
+        <v>1179</v>
       </c>
       <c r="F170" s="5" t="s">
-        <v>835</v>
+        <v>1180</v>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1171</v>
+        <v>1181</v>
       </c>
       <c r="I170" s="5" t="s">
-        <v>1172</v>
+        <v>1182</v>
       </c>
       <c r="J170" s="5" t="s">
-        <v>1173</v>
+        <v>1183</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1174</v>
+        <v>1184</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1175</v>
+        <v>1185</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1176</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1177</v>
+        <v>1187</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>681</v>
+        <v>713</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F171" s="5" t="s">
-        <v>835</v>
+        <v>1096</v>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1178</v>
+        <v>1188</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>1179</v>
+        <v>1189</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>1180</v>
+        <v>1190</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1181</v>
+        <v>1191</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1182</v>
+        <v>1192</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1183</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1184</v>
+        <v>1194</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>1005</v>
+        <v>974</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>933</v>
-[...4 lines deleted...]
-        </is>
+        <v>975</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>1104</v>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1006</v>
-[...1 lines deleted...]
-      <c r="I172" s="5"/>
+        <v>1195</v>
+      </c>
+      <c r="I172" s="5" t="s">
+        <v>1196</v>
+      </c>
       <c r="J172" s="5" t="s">
-        <v>1007</v>
+        <v>978</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1185</v>
+        <v>1197</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1186</v>
+        <v>1198</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1187</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1188</v>
+        <v>1200</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>231</v>
+        <v>1046</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-        <v>452</v>
+        <v>974</v>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F173" s="5" t="s">
-        <v>1189</v>
+        <v>976</v>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1190</v>
-[...3 lines deleted...]
-      </c>
+        <v>1047</v>
+      </c>
+      <c r="I173" s="5"/>
       <c r="J173" s="5" t="s">
-        <v>1192</v>
+        <v>1048</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1193</v>
+        <v>1201</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1194</v>
+        <v>1202</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1195</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1196</v>
+        <v>1204</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>934</v>
+        <v>974</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>933</v>
-[...7 lines deleted...]
-        <v>935</v>
+        <v>975</v>
+      </c>
+      <c r="E174" s="5" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H174" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I174" s="5"/>
+      <c r="H174" s="5" t="s">
+        <v>1205</v>
+      </c>
+      <c r="I174" s="5" t="s">
+        <v>1206</v>
+      </c>
       <c r="J174" s="5" t="s">
-        <v>1007</v>
+        <v>978</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1197</v>
+        <v>1207</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1198</v>
+        <v>1208</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1199</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1200</v>
+        <v>1210</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>617</v>
+        <v>1211</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>1201</v>
-[...9 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="E175" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F175" s="5" t="s">
+        <v>876</v>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H175" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I175" s="5"/>
+      <c r="H175" s="5" t="s">
+        <v>1212</v>
+      </c>
+      <c r="I175" s="5" t="s">
+        <v>1213</v>
+      </c>
       <c r="J175" s="5" t="s">
-        <v>1202</v>
+        <v>1214</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1203</v>
+        <v>1215</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1204</v>
+        <v>1216</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1205</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1206</v>
+        <v>1218</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>950</v>
+        <v>240</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>616</v>
-[...9 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F176" s="5" t="s">
+        <v>876</v>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1207</v>
-[...1 lines deleted...]
-      <c r="I176" s="5"/>
+        <v>1219</v>
+      </c>
+      <c r="I176" s="5" t="s">
+        <v>1220</v>
+      </c>
       <c r="J176" s="5" t="s">
-        <v>1202</v>
+        <v>1221</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1208</v>
+        <v>1222</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1209</v>
+        <v>1223</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1210</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1206</v>
+        <v>1225</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>950</v>
+        <v>1046</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H177" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H177" s="5" t="s">
+        <v>1047</v>
+      </c>
+      <c r="I177" s="5"/>
       <c r="J177" s="5" t="s">
-        <v>1202</v>
+        <v>1048</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1212</v>
+        <v>1226</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1213</v>
+        <v>1227</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1214</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1215</v>
+        <v>1229</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>616</v>
+        <v>240</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>934</v>
-[...9 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="E178" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="F178" s="5" t="s">
+        <v>1230</v>
       </c>
       <c r="G178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H178" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I178" s="5"/>
+      <c r="H178" s="5" t="s">
+        <v>1231</v>
+      </c>
+      <c r="I178" s="5" t="s">
+        <v>1232</v>
+      </c>
       <c r="J178" s="5" t="s">
-        <v>937</v>
+        <v>1233</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1216</v>
+        <v>1234</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1217</v>
+        <v>1235</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1218</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1219</v>
+        <v>1237</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>933</v>
+        <v>975</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>950</v>
-[...7 lines deleted...]
-        </is>
+        <v>974</v>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F179" s="5" t="s">
+        <v>976</v>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H179" s="5" t="s">
-        <v>1220</v>
+      <c r="H179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I179" s="5"/>
       <c r="J179" s="5" t="s">
-        <v>1202</v>
+        <v>1048</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1222</v>
+        <v>1239</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1223</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1224</v>
+        <v>1241</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>1046</v>
+        <v>634</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1242</v>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H180" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I180" s="5"/>
       <c r="J180" s="5" t="s">
-        <v>1227</v>
+        <v>1243</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1228</v>
+        <v>1244</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1229</v>
+        <v>1245</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>1230</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1231</v>
+        <v>1247</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>1232</v>
+        <v>991</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>933</v>
+        <v>633</v>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1233</v>
+        <v>1248</v>
       </c>
       <c r="I181" s="5"/>
       <c r="J181" s="5" t="s">
-        <v>1007</v>
+        <v>1243</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1234</v>
+        <v>1249</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1235</v>
+        <v>1250</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1236</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1237</v>
+        <v>1247</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>950</v>
+        <v>991</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F182" s="5" t="s">
-        <v>979</v>
+      <c r="F182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H182" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I182" s="5"/>
+      <c r="H182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I182" s="5" t="s">
+        <v>1252</v>
+      </c>
       <c r="J182" s="5" t="s">
-        <v>1202</v>
+        <v>1243</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1239</v>
+        <v>1253</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1240</v>
+        <v>1254</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1241</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1242</v>
+        <v>1256</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>231</v>
+        <v>633</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>681</v>
+        <v>975</v>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F183" s="5" t="s">
-        <v>1055</v>
+      <c r="F183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H183" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I183" s="5"/>
       <c r="J183" s="5" t="s">
-        <v>1245</v>
+        <v>978</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1246</v>
+        <v>1257</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1247</v>
+        <v>1258</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1248</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1249</v>
+        <v>1260</v>
       </c>
       <c r="B184" s="5" t="s">
-        <v>1250</v>
+        <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>1251</v>
+        <v>974</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>1252</v>
+        <v>991</v>
       </c>
       <c r="E184" s="5" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-        <v>1253</v>
+        <v>976</v>
+      </c>
+      <c r="F184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H184" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H184" s="5" t="s">
+        <v>1261</v>
+      </c>
+      <c r="I184" s="5"/>
       <c r="J184" s="5" t="s">
-        <v>1255</v>
-[...4 lines deleted...]
-        </is>
+        <v>1243</v>
+      </c>
+      <c r="K184" s="5" t="s">
+        <v>1262</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1256</v>
+        <v>1263</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1257</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>1250</v>
+        <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>1251</v>
+        <v>1087</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>1252</v>
+        <v>240</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>1259</v>
-[...2 lines deleted...]
-        <v>1260</v>
+        <v>17</v>
+      </c>
+      <c r="F185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>1263</v>
+        <v>1268</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1264</v>
+        <v>1269</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>1250</v>
+        <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>1251</v>
+        <v>1273</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>1252</v>
-[...5 lines deleted...]
-        <v>1268</v>
+        <v>974</v>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H186" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H186" s="5" t="s">
+        <v>1274</v>
+      </c>
+      <c r="I186" s="5"/>
       <c r="J186" s="5" t="s">
-        <v>1270</v>
+        <v>1048</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>934</v>
+        <v>991</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>933</v>
+        <v>1035</v>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F187" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F187" s="5" t="s">
+        <v>1020</v>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1251</v>
+        <v>1279</v>
       </c>
       <c r="I187" s="5"/>
       <c r="J187" s="5" t="s">
-        <v>1007</v>
+        <v>1243</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>186</v>
+        <v>240</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>231</v>
+        <v>713</v>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F188" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F188" s="5" t="s">
+        <v>1096</v>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
       <c r="I188" s="5" t="s">
-        <v>1280</v>
+        <v>1285</v>
       </c>
       <c r="J188" s="5" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1283</v>
+        <v>1288</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1284</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1285</v>
+        <v>1290</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>14</v>
+        <v>1291</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>1005</v>
+        <v>1292</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>933</v>
-[...9 lines deleted...]
-        </is>
+        <v>1293</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="F189" s="5" t="s">
+        <v>1294</v>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I189" s="5"/>
+      <c r="I189" s="5" t="s">
+        <v>1295</v>
+      </c>
       <c r="J189" s="5" t="s">
-        <v>1007</v>
-[...2 lines deleted...]
-        <v>1286</v>
+        <v>1296</v>
+      </c>
+      <c r="K189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1287</v>
+        <v>1297</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1288</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1289</v>
+        <v>1299</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>14</v>
+        <v>1291</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>231</v>
+        <v>1292</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>681</v>
-[...4 lines deleted...]
-        </is>
+        <v>1293</v>
+      </c>
+      <c r="E190" s="5" t="s">
+        <v>1300</v>
       </c>
       <c r="F190" s="5" t="s">
-        <v>1290</v>
+        <v>1301</v>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1291</v>
+        <v>1302</v>
       </c>
       <c r="I190" s="5" t="s">
-        <v>1292</v>
+        <v>1303</v>
       </c>
       <c r="J190" s="5" t="s">
-        <v>1293</v>
+        <v>1304</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1294</v>
+        <v>1305</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1295</v>
+        <v>1306</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1296</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1297</v>
+        <v>1308</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>14</v>
+        <v>1291</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>934</v>
+        <v>1292</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>933</v>
-[...9 lines deleted...]
-        </is>
+        <v>1293</v>
+      </c>
+      <c r="E191" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="F191" s="5" t="s">
+        <v>1309</v>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I191" s="5"/>
+      <c r="I191" s="5" t="s">
+        <v>1310</v>
+      </c>
       <c r="J191" s="5" t="s">
-        <v>1007</v>
+        <v>1311</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1298</v>
+        <v>1312</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1299</v>
+        <v>1313</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1300</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1301</v>
+        <v>1315</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>231</v>
+        <v>975</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>1046</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>974</v>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1302</v>
-[...3 lines deleted...]
-      </c>
+        <v>1292</v>
+      </c>
+      <c r="I192" s="5"/>
       <c r="J192" s="5" t="s">
-        <v>1304</v>
+        <v>1048</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1305</v>
+        <v>1316</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1306</v>
+        <v>1317</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1307</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1308</v>
+        <v>1319</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>616</v>
+        <v>186</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1309</v>
+        <v>240</v>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1310</v>
+        <v>1320</v>
       </c>
       <c r="I193" s="5" t="s">
-        <v>1311</v>
+        <v>1321</v>
       </c>
       <c r="J193" s="5" t="s">
-        <v>937</v>
+        <v>1322</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1312</v>
+        <v>1323</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1313</v>
+        <v>1324</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>1314</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>616</v>
+        <v>1046</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1316</v>
+        <v>974</v>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H194" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I194" s="5"/>
       <c r="J194" s="5" t="s">
-        <v>937</v>
+        <v>1048</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1319</v>
+        <v>1327</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1320</v>
+        <v>1328</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>1321</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1322</v>
+        <v>1330</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>933</v>
+        <v>240</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>934</v>
-[...7 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F195" s="5" t="s">
+        <v>1331</v>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1323</v>
+        <v>1332</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>1324</v>
+        <v>1333</v>
       </c>
       <c r="J195" s="5" t="s">
-        <v>937</v>
+        <v>1334</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1325</v>
+        <v>1335</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1326</v>
+        <v>1336</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1327</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1328</v>
+        <v>1338</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>231</v>
+        <v>975</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>681</v>
+        <v>974</v>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F196" s="5" t="s">
-        <v>1055</v>
+      <c r="F196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H196" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I196" s="5"/>
       <c r="J196" s="5" t="s">
-        <v>1331</v>
+        <v>1048</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1332</v>
+        <v>1339</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1333</v>
+        <v>1340</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1334</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1335</v>
+        <v>1342</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>1336</v>
+        <v>240</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>1337</v>
-[...4 lines deleted...]
-        </is>
+        <v>1087</v>
+      </c>
+      <c r="E197" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="I197" s="5" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="J197" s="5" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>681</v>
+        <v>633</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>231</v>
-[...4 lines deleted...]
-        </is>
+        <v>975</v>
+      </c>
+      <c r="E198" s="5" t="s">
+        <v>1350</v>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1345</v>
-[...1 lines deleted...]
-      <c r="I198" s="5"/>
+        <v>1351</v>
+      </c>
+      <c r="I198" s="5" t="s">
+        <v>1352</v>
+      </c>
       <c r="J198" s="5" t="s">
-        <v>1346</v>
+        <v>978</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>16</v>
+        <v>633</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>186</v>
+        <v>975</v>
       </c>
       <c r="E199" s="5" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G199" s="5" t="s">
-        <v>1352</v>
+      <c r="G199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H199" s="5" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="I199" s="5" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="J199" s="5" t="s">
-        <v>21</v>
+        <v>978</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>231</v>
+        <v>974</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>681</v>
-[...7 lines deleted...]
-        <v>1055</v>
+        <v>975</v>
+      </c>
+      <c r="E200" s="5" t="s">
+        <v>1350</v>
+      </c>
+      <c r="F200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>1361</v>
+        <v>978</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>535</v>
+        <v>240</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>1046</v>
+        <v>713</v>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F201" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F201" s="5" t="s">
+        <v>1096</v>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1370</v>
+        <v>1374</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1372</v>
+        <v>1376</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>231</v>
+        <v>1377</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>681</v>
-[...5 lines deleted...]
-        <v>1139</v>
+        <v>1378</v>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>1376</v>
+        <v>1381</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>1250</v>
+        <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>616</v>
+        <v>713</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>240</v>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1381</v>
-[...3 lines deleted...]
-      </c>
+        <v>1386</v>
+      </c>
+      <c r="I203" s="5"/>
       <c r="J203" s="5" t="s">
-        <v>937</v>
+        <v>1387</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>616</v>
+        <v>16</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>1005</v>
+        <v>186</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>502</v>
+        <v>1392</v>
       </c>
       <c r="F204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G204" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G204" s="5" t="s">
+        <v>1393</v>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1387</v>
+        <v>1394</v>
       </c>
       <c r="I204" s="5" t="s">
-        <v>1388</v>
+        <v>1395</v>
       </c>
       <c r="J204" s="5" t="s">
-        <v>937</v>
+        <v>21</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1389</v>
+        <v>1396</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1390</v>
+        <v>1397</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1391</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1392</v>
+        <v>1399</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>950</v>
+        <v>240</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>1393</v>
+        <v>713</v>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F205" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F205" s="5" t="s">
+        <v>1096</v>
       </c>
       <c r="G205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1394</v>
-[...1 lines deleted...]
-      <c r="I205" s="5"/>
+        <v>1400</v>
+      </c>
+      <c r="I205" s="5" t="s">
+        <v>1401</v>
+      </c>
       <c r="J205" s="5" t="s">
-        <v>1395</v>
+        <v>1402</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1396</v>
+        <v>1403</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1397</v>
+        <v>1404</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>1398</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1399</v>
+        <v>1406</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>949</v>
+        <v>544</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>950</v>
+        <v>1087</v>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1400</v>
-[...1 lines deleted...]
-      <c r="I206" s="5"/>
+        <v>1407</v>
+      </c>
+      <c r="I206" s="5" t="s">
+        <v>1408</v>
+      </c>
       <c r="J206" s="5" t="s">
-        <v>1395</v>
+        <v>1409</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1401</v>
+        <v>1410</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1402</v>
+        <v>1411</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1403</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1404</v>
+        <v>1413</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>1046</v>
-[...9 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="E207" s="5" t="s">
+        <v>1414</v>
+      </c>
+      <c r="F207" s="5" t="s">
+        <v>1180</v>
       </c>
       <c r="G207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1405</v>
+        <v>1415</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>1406</v>
+        <v>1416</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>1407</v>
+        <v>1417</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1408</v>
+        <v>1418</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1409</v>
+        <v>1419</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1410</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1411</v>
+        <v>1421</v>
       </c>
       <c r="B208" s="5" t="s">
-        <v>14</v>
+        <v>1291</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>231</v>
+        <v>633</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>1046</v>
+        <v>975</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1412</v>
+        <v>1422</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>1413</v>
+        <v>1423</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>1414</v>
+        <v>978</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1415</v>
+        <v>1424</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1416</v>
+        <v>1425</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1417</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1418</v>
+        <v>1427</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>231</v>
+        <v>633</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>1419</v>
+        <v>1046</v>
       </c>
       <c r="E209" s="5" t="s">
-        <v>17</v>
+        <v>511</v>
       </c>
       <c r="F209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1420</v>
+        <v>1428</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>1421</v>
+        <v>1429</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>1422</v>
+        <v>978</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1423</v>
+        <v>1430</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1425</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1426</v>
+        <v>1433</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>231</v>
+        <v>991</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>1046</v>
-[...5 lines deleted...]
-        <v>1428</v>
+        <v>1434</v>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H210" s="5" t="s">
-        <v>1429</v>
-[...3 lines deleted...]
-      </c>
+        <v>1435</v>
+      </c>
+      <c r="I210" s="5"/>
       <c r="J210" s="5" t="s">
-        <v>1431</v>
+        <v>1436</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1433</v>
+        <v>1438</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1434</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1435</v>
+        <v>1440</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>389</v>
+        <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
+        <v>990</v>
+      </c>
+      <c r="D211" s="5" t="s">
+        <v>991</v>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H211" s="5" t="s">
+        <v>1441</v>
+      </c>
+      <c r="I211" s="5"/>
+      <c r="J211" s="5" t="s">
         <v>1436</v>
       </c>
-      <c r="D211" s="5" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K211" s="5" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1440</v>
+        <v>1443</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>1441</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1442</v>
+        <v>1445</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>1443</v>
+        <v>240</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>1444</v>
-[...2 lines deleted...]
-        <v>1445</v>
+        <v>1087</v>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="s">
         <v>1446</v>
       </c>
       <c r="I212" s="5" t="s">
         <v>1447</v>
       </c>
       <c r="J212" s="5" t="s">
         <v>1448</v>
       </c>
       <c r="K212" s="5" t="s">
         <v>1449</v>
       </c>
       <c r="L212" s="6" t="s">
         <v>1450</v>
       </c>
       <c r="M212" s="5" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
         <v>1452</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>1436</v>
+        <v>240</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>994</v>
-[...4 lines deleted...]
-        </is>
+        <v>1087</v>
+      </c>
+      <c r="E213" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
         <v>1453</v>
       </c>
-      <c r="I213" s="5"/>
+      <c r="I213" s="5" t="s">
+        <v>1454</v>
+      </c>
       <c r="J213" s="5" t="s">
-        <v>1021</v>
+        <v>1455</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="B214" s="5" t="s">
-        <v>1458</v>
+        <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>1459</v>
+        <v>240</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>616</v>
+        <v>1460</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>1138</v>
-[...2 lines deleted...]
-        <v>1460</v>
+        <v>17</v>
+      </c>
+      <c r="F214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
         <v>1461</v>
       </c>
-      <c r="I214" s="5"/>
+      <c r="I214" s="5" t="s">
+        <v>1462</v>
+      </c>
       <c r="J214" s="5" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>616</v>
+        <v>240</v>
       </c>
       <c r="D215" s="5" t="s">
-        <v>934</v>
+        <v>1087</v>
       </c>
       <c r="E215" s="5" t="s">
-        <v>1467</v>
-[...4 lines deleted...]
-        </is>
+        <v>1468</v>
+      </c>
+      <c r="F215" s="5" t="s">
+        <v>1469</v>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1468</v>
-[...1 lines deleted...]
-      <c r="I215" s="5"/>
+        <v>1470</v>
+      </c>
+      <c r="I215" s="5" t="s">
+        <v>1471</v>
+      </c>
       <c r="J215" s="5" t="s">
-        <v>937</v>
+        <v>1472</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="B216" s="5" t="s">
-        <v>14</v>
+        <v>398</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
       <c r="D216" s="5" t="s">
-        <v>1046</v>
+        <v>1035</v>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
       <c r="I216" s="5" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
       <c r="J216" s="5" t="s">
-        <v>1476</v>
+        <v>1062</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>616</v>
+        <v>1484</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>934</v>
+        <v>1485</v>
       </c>
       <c r="E217" s="5" t="s">
-        <v>1481</v>
+        <v>1486</v>
       </c>
       <c r="F217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H217" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H217" s="5" t="s">
+        <v>1487</v>
       </c>
       <c r="I217" s="5" t="s">
-        <v>1482</v>
+        <v>1488</v>
       </c>
       <c r="J217" s="5" t="s">
-        <v>937</v>
+        <v>1489</v>
       </c>
       <c r="K217" s="5" t="s">
-        <v>1483</v>
+        <v>1490</v>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1484</v>
+        <v>1491</v>
       </c>
       <c r="M217" s="5" t="s">
-        <v>1485</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1486</v>
+        <v>1493</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>616</v>
+        <v>1477</v>
       </c>
       <c r="D218" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1481</v>
+        <v>1035</v>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H218" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H218" s="5" t="s">
+        <v>1494</v>
+      </c>
+      <c r="I218" s="5"/>
       <c r="J218" s="5" t="s">
-        <v>937</v>
+        <v>1062</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>1488</v>
+        <v>1495</v>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1489</v>
+        <v>1496</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>1490</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1491</v>
+        <v>1498</v>
       </c>
       <c r="B219" s="5" t="s">
-        <v>14</v>
+        <v>1499</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>231</v>
+        <v>1500</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>1046</v>
+        <v>633</v>
       </c>
       <c r="E219" s="5" t="s">
-        <v>17</v>
+        <v>1179</v>
       </c>
       <c r="F219" s="5" t="s">
-        <v>1492</v>
+        <v>1501</v>
       </c>
       <c r="G219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1493</v>
-[...3 lines deleted...]
-      </c>
+        <v>1502</v>
+      </c>
+      <c r="I219" s="5"/>
       <c r="J219" s="5" t="s">
-        <v>1495</v>
+        <v>1503</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1496</v>
+        <v>1504</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1497</v>
+        <v>1505</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1498</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1499</v>
+        <v>1507</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>1250</v>
+        <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>1500</v>
-[...9 lines deleted...]
-        </is>
+        <v>633</v>
+      </c>
+      <c r="D220" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="E220" s="5" t="s">
+        <v>1508</v>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H220" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H220" s="5" t="s">
+        <v>1509</v>
       </c>
       <c r="I220" s="5"/>
       <c r="J220" s="5" t="s">
-        <v>1501</v>
+        <v>978</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>1502</v>
+        <v>1510</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1503</v>
+        <v>1511</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1504</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="221">
-      <c r="A221" s="5" t="n">
-        <v>1917</v>
+      <c r="A221" s="5" t="s">
+        <v>1513</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>231</v>
+        <v>1514</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>1046</v>
+        <v>1087</v>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H221" s="5" t="s">
-        <v>1505</v>
+        <v>1515</v>
       </c>
       <c r="I221" s="5" t="s">
-        <v>1506</v>
+        <v>1516</v>
       </c>
       <c r="J221" s="5" t="s">
-        <v>1507</v>
+        <v>1517</v>
       </c>
       <c r="K221" s="5" t="s">
-        <v>1508</v>
+        <v>1518</v>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1509</v>
+        <v>1519</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>1510</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1511</v>
+        <v>1521</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
-        <v>231</v>
+        <v>633</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>1046</v>
-[...7 lines deleted...]
-        <v>1428</v>
+        <v>975</v>
+      </c>
+      <c r="E222" s="5" t="s">
+        <v>1522</v>
+      </c>
+      <c r="F222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H222" s="5" t="s">
-        <v>1512</v>
+      <c r="H222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I222" s="5" t="s">
-        <v>1513</v>
+        <v>1523</v>
       </c>
       <c r="J222" s="5" t="s">
-        <v>1514</v>
+        <v>978</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1515</v>
+        <v>1524</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1516</v>
+        <v>1525</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1517</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1518</v>
+        <v>1527</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>231</v>
+        <v>633</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>1046</v>
+        <v>975</v>
       </c>
       <c r="E223" s="5" t="s">
-        <v>1519</v>
-[...2 lines deleted...]
-        <v>1428</v>
+        <v>1522</v>
+      </c>
+      <c r="F223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H223" s="5" t="s">
-        <v>1520</v>
+      <c r="H223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I223" s="5" t="s">
-        <v>1521</v>
+        <v>1528</v>
       </c>
       <c r="J223" s="5" t="s">
-        <v>1522</v>
+        <v>978</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1523</v>
+        <v>1529</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1524</v>
+        <v>1530</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1525</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1526</v>
+        <v>1532</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>1046</v>
-[...9 lines deleted...]
-        </is>
+        <v>1087</v>
+      </c>
+      <c r="E224" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F224" s="5" t="s">
+        <v>1533</v>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="I224" s="5" t="s">
-        <v>1528</v>
+        <v>1535</v>
       </c>
       <c r="J224" s="5" t="s">
-        <v>1529</v>
+        <v>1536</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1530</v>
+        <v>1537</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1531</v>
+        <v>1538</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1532</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1533</v>
+        <v>1540</v>
       </c>
       <c r="B225" s="5" t="s">
-        <v>389</v>
+        <v>1291</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>934</v>
-[...18 lines deleted...]
-      </c>
+        <v>1541</v>
+      </c>
+      <c r="D225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I225" s="5"/>
       <c r="J225" s="5" t="s">
-        <v>377</v>
+        <v>1542</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1537</v>
+        <v>1543</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1539</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="226">
-      <c r="A226" s="5" t="s">
-        <v>1540</v>
+      <c r="A226" s="5" t="n">
+        <v>1917</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>1541</v>
+        <v>240</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>994</v>
+        <v>1087</v>
       </c>
       <c r="E226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1500</v>
-[...1 lines deleted...]
-      <c r="I226" s="5"/>
+        <v>1546</v>
+      </c>
+      <c r="I226" s="5" t="s">
+        <v>1547</v>
+      </c>
       <c r="J226" s="5" t="s">
-        <v>1021</v>
+        <v>1548</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1542</v>
+        <v>1549</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1543</v>
+        <v>1550</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1544</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1545</v>
+        <v>1552</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>1046</v>
-[...7 lines deleted...]
-        </is>
+        <v>1087</v>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F227" s="5" t="s">
+        <v>1469</v>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1546</v>
+        <v>1553</v>
       </c>
       <c r="I227" s="5" t="s">
-        <v>1547</v>
+        <v>1554</v>
       </c>
       <c r="J227" s="5" t="s">
-        <v>1548</v>
+        <v>1555</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1549</v>
+        <v>1556</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1550</v>
+        <v>1557</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1551</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1552</v>
+        <v>1559</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>1046</v>
-[...9 lines deleted...]
-        </is>
+        <v>1087</v>
+      </c>
+      <c r="E228" s="5" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F228" s="5" t="s">
+        <v>1469</v>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1553</v>
+        <v>1561</v>
       </c>
       <c r="I228" s="5" t="s">
-        <v>1554</v>
+        <v>1562</v>
       </c>
       <c r="J228" s="5" t="s">
-        <v>1555</v>
+        <v>1563</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1556</v>
+        <v>1564</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1557</v>
+        <v>1565</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1558</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1559</v>
+        <v>1567</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>1046</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1087</v>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1560</v>
-[...1 lines deleted...]
-      <c r="I229" s="5"/>
+        <v>1568</v>
+      </c>
+      <c r="I229" s="5" t="s">
+        <v>1569</v>
+      </c>
       <c r="J229" s="5" t="s">
-        <v>1561</v>
+        <v>1570</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1562</v>
+        <v>1571</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1563</v>
+        <v>1572</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1564</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1565</v>
+        <v>1574</v>
       </c>
       <c r="B230" s="5" t="s">
-        <v>14</v>
+        <v>398</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>1046</v>
+        <v>975</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>231</v>
-[...14 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F230" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G230" s="5" t="s">
+        <v>1575</v>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1566</v>
-[...1 lines deleted...]
-      <c r="I230" s="5"/>
+        <v>1576</v>
+      </c>
+      <c r="I230" s="5" t="s">
+        <v>1577</v>
+      </c>
       <c r="J230" s="5" t="s">
-        <v>1567</v>
+        <v>386</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1568</v>
+        <v>1578</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1569</v>
+        <v>1579</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1570</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1571</v>
+        <v>1581</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>231</v>
+        <v>1582</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>1046</v>
-[...5 lines deleted...]
-        <v>1428</v>
+        <v>1035</v>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1572</v>
-[...3 lines deleted...]
-      </c>
+        <v>1541</v>
+      </c>
+      <c r="I231" s="5"/>
       <c r="J231" s="5" t="s">
-        <v>1574</v>
+        <v>1062</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1575</v>
+        <v>1583</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1576</v>
+        <v>1584</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1577</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1578</v>
+        <v>1586</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>1046</v>
+        <v>1087</v>
       </c>
       <c r="E232" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1579</v>
+        <v>1587</v>
       </c>
       <c r="I232" s="5" t="s">
-        <v>1580</v>
+        <v>1588</v>
       </c>
       <c r="J232" s="5" t="s">
-        <v>1581</v>
+        <v>1589</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1582</v>
+        <v>1590</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1583</v>
+        <v>1591</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1584</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1585</v>
+        <v>1593</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>616</v>
+        <v>240</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1481</v>
+        <v>1087</v>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1586</v>
+        <v>1594</v>
       </c>
       <c r="I233" s="5" t="s">
-        <v>1587</v>
+        <v>1595</v>
       </c>
       <c r="J233" s="5" t="s">
-        <v>937</v>
+        <v>1596</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1589</v>
+        <v>1598</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1590</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1591</v>
+        <v>1600</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>616</v>
+        <v>240</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>934</v>
+        <v>1087</v>
       </c>
       <c r="E234" s="5" t="s">
-        <v>1481</v>
+        <v>17</v>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1592</v>
-[...3 lines deleted...]
-      </c>
+        <v>1601</v>
+      </c>
+      <c r="I234" s="5"/>
       <c r="J234" s="5" t="s">
-        <v>937</v>
+        <v>1602</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1594</v>
+        <v>1603</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1595</v>
+        <v>1604</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1596</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1597</v>
+        <v>1606</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>616</v>
+        <v>1087</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1481</v>
+        <v>240</v>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H235" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H235" s="5" t="s">
+        <v>1607</v>
+      </c>
+      <c r="I235" s="5"/>
       <c r="J235" s="5" t="s">
-        <v>937</v>
+        <v>1608</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1600</v>
+        <v>1610</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1601</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1597</v>
+        <v>1612</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
-        <v>1602</v>
+        <v>240</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>1046</v>
+        <v>1087</v>
       </c>
       <c r="E236" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F236" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F236" s="5" t="s">
+        <v>1469</v>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1603</v>
+        <v>1613</v>
       </c>
       <c r="I236" s="5" t="s">
-        <v>1604</v>
+        <v>1614</v>
       </c>
       <c r="J236" s="5" t="s">
-        <v>1605</v>
+        <v>1615</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1606</v>
+        <v>1616</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1607</v>
+        <v>1617</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1608</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1609</v>
+        <v>1619</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>1610</v>
+        <v>240</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>231</v>
+        <v>1087</v>
       </c>
       <c r="E237" s="5" t="s">
-        <v>1611</v>
+        <v>17</v>
       </c>
       <c r="F237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H237" s="5" t="s">
-        <v>1612</v>
+        <v>1620</v>
       </c>
       <c r="I237" s="5" t="s">
-        <v>1613</v>
+        <v>1621</v>
       </c>
       <c r="J237" s="5" t="s">
-        <v>1614</v>
+        <v>1622</v>
       </c>
       <c r="K237" s="5" t="s">
-        <v>1615</v>
+        <v>1623</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1616</v>
+        <v>1624</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>1617</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>186</v>
+        <v>633</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>1619</v>
-[...4 lines deleted...]
-        </is>
+        <v>975</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>1522</v>
       </c>
       <c r="F238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H238" s="5" t="s">
-        <v>1620</v>
+        <v>1627</v>
       </c>
       <c r="I238" s="5" t="s">
-        <v>1621</v>
+        <v>1628</v>
       </c>
       <c r="J238" s="5" t="s">
-        <v>377</v>
+        <v>978</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
       <c r="B239" s="5" t="s">
-        <v>1250</v>
+        <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>1626</v>
+        <v>633</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>1046</v>
-[...7 lines deleted...]
-        <v>1627</v>
+        <v>975</v>
+      </c>
+      <c r="E239" s="5" t="s">
+        <v>1522</v>
+      </c>
+      <c r="F239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H239" s="5" t="s">
-        <v>1628</v>
+        <v>1633</v>
       </c>
       <c r="I239" s="5" t="s">
-        <v>1629</v>
+        <v>1634</v>
       </c>
       <c r="J239" s="5" t="s">
-        <v>1630</v>
+        <v>978</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1631</v>
+        <v>1635</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1632</v>
+        <v>1636</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1633</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>616</v>
+        <v>633</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>934</v>
+        <v>975</v>
       </c>
       <c r="E240" s="5" t="s">
-        <v>1481</v>
+        <v>1522</v>
       </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H240" s="5" t="s">
-        <v>1635</v>
+      <c r="H240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I240" s="5" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
       <c r="J240" s="5" t="s">
-        <v>937</v>
+        <v>978</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1639</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1640</v>
+        <v>1638</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>616</v>
+        <v>1643</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>934</v>
+        <v>1087</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>1481</v>
+        <v>17</v>
       </c>
       <c r="F241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H241" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I241" s="5"/>
+      <c r="H241" s="5" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I241" s="5" t="s">
+        <v>1645</v>
+      </c>
       <c r="J241" s="5" t="s">
-        <v>937</v>
+        <v>1646</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1641</v>
+        <v>1647</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1643</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1644</v>
+        <v>1650</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>186</v>
+        <v>1651</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>1645</v>
-[...4 lines deleted...]
-        </is>
+        <v>240</v>
+      </c>
+      <c r="E242" s="5" t="s">
+        <v>1652</v>
       </c>
       <c r="F242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G242" s="5" t="s">
-        <v>1646</v>
+      <c r="G242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H242" s="5" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
       <c r="I242" s="5" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="J242" s="5" t="s">
-        <v>377</v>
+        <v>1655</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1649</v>
+        <v>1656</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1650</v>
+        <v>1657</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1651</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1652</v>
+        <v>1659</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>231</v>
+        <v>186</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>1046</v>
+        <v>1660</v>
       </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1653</v>
+        <v>1661</v>
       </c>
       <c r="I243" s="5" t="s">
-        <v>1654</v>
+        <v>1662</v>
       </c>
       <c r="J243" s="5" t="s">
-        <v>1655</v>
+        <v>386</v>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1656</v>
+        <v>1663</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1657</v>
+        <v>1664</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>1658</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1659</v>
+        <v>1666</v>
       </c>
       <c r="B244" s="5" t="s">
-        <v>14</v>
+        <v>1291</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>1660</v>
+        <v>1667</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>231</v>
-[...7 lines deleted...]
-        </is>
+        <v>1087</v>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F244" s="5" t="s">
+        <v>1668</v>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
-        <v>1661</v>
+        <v>1669</v>
       </c>
       <c r="I244" s="5" t="s">
-        <v>1662</v>
+        <v>1670</v>
       </c>
       <c r="J244" s="5" t="s">
-        <v>1663</v>
+        <v>1671</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1664</v>
+        <v>1672</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1665</v>
+        <v>1673</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>1666</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1667</v>
+        <v>1675</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>186</v>
+        <v>633</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>16</v>
+        <v>975</v>
       </c>
       <c r="E245" s="5" t="s">
-        <v>18</v>
+        <v>1522</v>
       </c>
       <c r="F245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H245" s="5" t="s">
-        <v>1668</v>
+        <v>1676</v>
       </c>
       <c r="I245" s="5" t="s">
-        <v>1669</v>
+        <v>1677</v>
       </c>
       <c r="J245" s="5" t="s">
-        <v>21</v>
+        <v>978</v>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1670</v>
+        <v>1678</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1671</v>
+        <v>1679</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>1672</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1673</v>
+        <v>1681</v>
       </c>
       <c r="B246" s="5" t="s">
-        <v>1250</v>
+        <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>231</v>
+        <v>633</v>
       </c>
       <c r="D246" s="5" t="s">
-        <v>1046</v>
+        <v>975</v>
       </c>
       <c r="E246" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>1674</v>
+        <v>1522</v>
+      </c>
+      <c r="F246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H246" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I246" s="5"/>
       <c r="J246" s="5" t="s">
-        <v>1677</v>
+        <v>978</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1673</v>
+        <v>1685</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>1619</v>
+        <v>1686</v>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G247" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G247" s="5" t="s">
+        <v>1687</v>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="I247" s="5" t="s">
-        <v>1682</v>
+        <v>1689</v>
       </c>
       <c r="J247" s="5" t="s">
-        <v>377</v>
+        <v>386</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1683</v>
+        <v>1690</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1684</v>
+        <v>1691</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1685</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1686</v>
+        <v>1693</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>535</v>
+        <v>240</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>1046</v>
-[...5 lines deleted...]
-        <v>1687</v>
+        <v>1087</v>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H248" s="5" t="s">
-        <v>1688</v>
+        <v>1694</v>
       </c>
       <c r="I248" s="5" t="s">
-        <v>1689</v>
+        <v>1695</v>
       </c>
       <c r="J248" s="5" t="s">
-        <v>1690</v>
+        <v>1696</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1691</v>
+        <v>1697</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>1693</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1694</v>
+        <v>1700</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>16</v>
+        <v>1701</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>186</v>
+        <v>240</v>
       </c>
       <c r="E249" s="5" t="s">
-        <v>1351</v>
+        <v>1560</v>
       </c>
       <c r="F249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G249" s="5" t="s">
-        <v>1352</v>
+      <c r="G249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1695</v>
+        <v>1702</v>
       </c>
       <c r="I249" s="5" t="s">
-        <v>1696</v>
+        <v>1703</v>
       </c>
       <c r="J249" s="5" t="s">
-        <v>21</v>
+        <v>1704</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1697</v>
+        <v>1705</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1698</v>
+        <v>1706</v>
       </c>
       <c r="M249" s="5" t="s">
-        <v>1699</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1700</v>
+        <v>1708</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D250" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E250" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>1352</v>
+      <c r="E250" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1701</v>
+        <v>1709</v>
       </c>
       <c r="I250" s="5" t="s">
-        <v>1702</v>
+        <v>1710</v>
       </c>
       <c r="J250" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1703</v>
+        <v>1711</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1704</v>
+        <v>1712</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>1705</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1706</v>
+        <v>1714</v>
       </c>
       <c r="B251" s="5" t="s">
-        <v>389</v>
+        <v>1291</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>964</v>
+        <v>240</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>965</v>
+        <v>1087</v>
       </c>
       <c r="E251" s="5" t="s">
-        <v>593</v>
+        <v>18</v>
       </c>
       <c r="F251" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1707</v>
+        <v>1715</v>
+      </c>
+      <c r="G251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H251" s="5" t="s">
-        <v>967</v>
-[...1 lines deleted...]
-      <c r="I251" s="5"/>
+        <v>1716</v>
+      </c>
+      <c r="I251" s="5" t="s">
+        <v>1717</v>
+      </c>
       <c r="J251" s="5" t="s">
-        <v>377</v>
+        <v>1718</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1708</v>
+        <v>1719</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1709</v>
+        <v>1720</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>970</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>16</v>
+        <v>186</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>1351</v>
+        <v>1660</v>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G252" s="5" t="s">
-        <v>1352</v>
+      <c r="G252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1711</v>
-[...1 lines deleted...]
-      <c r="I252" s="5"/>
+        <v>1722</v>
+      </c>
+      <c r="I252" s="5" t="s">
+        <v>1723</v>
+      </c>
       <c r="J252" s="5" t="s">
-        <v>21</v>
+        <v>386</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1712</v>
+        <v>1724</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1713</v>
+        <v>1725</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1714</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1715</v>
+        <v>1727</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>616</v>
+        <v>544</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>934</v>
+        <v>1087</v>
       </c>
       <c r="E253" s="5" t="s">
-        <v>1481</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F253" s="5" t="s">
+        <v>1728</v>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1716</v>
+        <v>1729</v>
       </c>
       <c r="I253" s="5" t="s">
-        <v>1717</v>
+        <v>1730</v>
       </c>
       <c r="J253" s="5" t="s">
-        <v>937</v>
+        <v>1731</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1718</v>
+        <v>1732</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1719</v>
+        <v>1733</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1720</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1721</v>
+        <v>1735</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D254" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="D254" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="E254" s="5" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G254" s="5" t="s">
+        <v>1393</v>
       </c>
       <c r="H254" s="5" t="s">
-        <v>1724</v>
-[...1 lines deleted...]
-      <c r="I254" s="5"/>
+        <v>1736</v>
+      </c>
+      <c r="I254" s="5" t="s">
+        <v>1737</v>
+      </c>
       <c r="J254" s="5" t="s">
-        <v>1725</v>
+        <v>21</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1726</v>
+        <v>1738</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1727</v>
+        <v>1739</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1728</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1729</v>
+        <v>1741</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>1730</v>
+        <v>186</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>231</v>
+        <v>16</v>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F255" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F255" s="5" t="s">
+        <v>1393</v>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1731</v>
+        <v>1742</v>
       </c>
       <c r="I255" s="5" t="s">
-        <v>1732</v>
+        <v>1743</v>
       </c>
       <c r="J255" s="5" t="s">
-        <v>1733</v>
+        <v>21</v>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1734</v>
+        <v>1744</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1735</v>
+        <v>1745</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1736</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1737</v>
+        <v>1747</v>
       </c>
       <c r="B256" s="5" t="s">
-        <v>14</v>
+        <v>398</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>1738</v>
+        <v>1005</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>231</v>
+        <v>1006</v>
       </c>
       <c r="E256" s="5" t="s">
-        <v>564</v>
-[...9 lines deleted...]
-        </is>
+        <v>602</v>
+      </c>
+      <c r="F256" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G256" s="5" t="s">
+        <v>1748</v>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1739</v>
-[...3 lines deleted...]
-      </c>
+        <v>1008</v>
+      </c>
+      <c r="I256" s="5"/>
       <c r="J256" s="5" t="s">
-        <v>1741</v>
+        <v>386</v>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1742</v>
+        <v>1749</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1743</v>
+        <v>1750</v>
       </c>
       <c r="M256" s="5" t="s">
-        <v>1744</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1745</v>
+        <v>1751</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D257" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="D257" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E257" s="5" t="s">
+        <v>1392</v>
       </c>
       <c r="F257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G257" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G257" s="5" t="s">
+        <v>1393</v>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1746</v>
+        <v>1752</v>
       </c>
       <c r="I257" s="5"/>
       <c r="J257" s="5" t="s">
-        <v>1747</v>
+        <v>21</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1748</v>
+        <v>1753</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1749</v>
+        <v>1754</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1750</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1751</v>
+        <v>1756</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>186</v>
+        <v>633</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>1722</v>
-[...4 lines deleted...]
-        </is>
+        <v>975</v>
+      </c>
+      <c r="E258" s="5" t="s">
+        <v>1522</v>
       </c>
       <c r="F258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1752</v>
+        <v>1757</v>
       </c>
       <c r="I258" s="5" t="s">
-        <v>1753</v>
+        <v>1758</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>1725</v>
+        <v>978</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1754</v>
+        <v>1759</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1755</v>
+        <v>1760</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1756</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>1645</v>
+        <v>186</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>1758</v>
+        <v>1763</v>
+      </c>
+      <c r="E259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F259" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>1759</v>
+        <v>1764</v>
+      </c>
+      <c r="G259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1760</v>
-[...3 lines deleted...]
-      </c>
+        <v>1765</v>
+      </c>
+      <c r="I259" s="5"/>
       <c r="J259" s="5" t="s">
-        <v>377</v>
+        <v>1766</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1763</v>
+        <v>1768</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1765</v>
+        <v>1770</v>
       </c>
       <c r="B260" s="5" t="s">
-        <v>1250</v>
+        <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>231</v>
+        <v>1771</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>1046</v>
-[...5 lines deleted...]
-        <v>1428</v>
+        <v>240</v>
+      </c>
+      <c r="E260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H260" s="5" t="s">
-        <v>1766</v>
+        <v>1772</v>
       </c>
       <c r="I260" s="5" t="s">
-        <v>1767</v>
+        <v>1773</v>
       </c>
       <c r="J260" s="5" t="s">
-        <v>1768</v>
+        <v>1774</v>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1769</v>
+        <v>1775</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1770</v>
+        <v>1776</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>1771</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1772</v>
+        <v>1778</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
-        <v>616</v>
+        <v>1779</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>934</v>
+        <v>240</v>
       </c>
       <c r="E261" s="5" t="s">
-        <v>1481</v>
+        <v>573</v>
       </c>
       <c r="F261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1773</v>
-[...1 lines deleted...]
-      <c r="I261" s="5"/>
+        <v>1780</v>
+      </c>
+      <c r="I261" s="5" t="s">
+        <v>1781</v>
+      </c>
       <c r="J261" s="5" t="s">
-        <v>937</v>
+        <v>1782</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1774</v>
+        <v>1783</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1775</v>
+        <v>1784</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>1776</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1777</v>
+        <v>1786</v>
       </c>
       <c r="B262" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>186</v>
+      </c>
+      <c r="D262" s="5" t="s">
+        <v>1087</v>
       </c>
       <c r="E262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H262" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H262" s="5" t="s">
+        <v>1787</v>
       </c>
       <c r="I262" s="5"/>
-      <c r="J262" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J262" s="5" t="s">
+        <v>1788</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1778</v>
+        <v>1789</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1779</v>
-[...1 lines deleted...]
-      <c r="M262" s="5"/>
+        <v>1790</v>
+      </c>
+      <c r="M262" s="5" t="s">
+        <v>1791</v>
+      </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1780</v>
+        <v>1792</v>
       </c>
       <c r="B263" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>186</v>
+      </c>
+      <c r="D263" s="5" t="s">
+        <v>1763</v>
       </c>
       <c r="E263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
-        <v>1781</v>
-[...5 lines deleted...]
-        </is>
+        <v>1793</v>
+      </c>
+      <c r="I263" s="5" t="s">
+        <v>1794</v>
+      </c>
+      <c r="J263" s="5" t="s">
+        <v>1766</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1778</v>
+        <v>1795</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1782</v>
-[...1 lines deleted...]
-      <c r="M263" s="5"/>
+        <v>1796</v>
+      </c>
+      <c r="M263" s="5" t="s">
+        <v>1797</v>
+      </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1783</v>
+        <v>1798</v>
       </c>
       <c r="B264" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="5" t="s">
-        <v>186</v>
+        <v>1686</v>
       </c>
       <c r="D264" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>1763</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F264" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G264" s="5" t="s">
+        <v>1800</v>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1784</v>
+        <v>1801</v>
       </c>
       <c r="I264" s="5" t="s">
-        <v>1785</v>
+        <v>1802</v>
       </c>
       <c r="J264" s="5" t="s">
-        <v>21</v>
+        <v>386</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1786</v>
+        <v>1803</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1787</v>
+        <v>1804</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>1788</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1789</v>
+        <v>1806</v>
       </c>
       <c r="B265" s="5" t="s">
-        <v>680</v>
+        <v>1291</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>240</v>
+      </c>
+      <c r="D265" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F265" s="5" t="s">
+        <v>1469</v>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H265" s="5" t="s">
-        <v>1781</v>
-[...5 lines deleted...]
-        </is>
+        <v>1807</v>
+      </c>
+      <c r="I265" s="5" t="s">
+        <v>1808</v>
+      </c>
+      <c r="J265" s="5" t="s">
+        <v>1809</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1790</v>
+        <v>1810</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1791</v>
-[...1 lines deleted...]
-      <c r="M265" s="5"/>
+        <v>1811</v>
+      </c>
+      <c r="M265" s="5" t="s">
+        <v>1812</v>
+      </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1792</v>
+        <v>1813</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>1793</v>
+        <v>633</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>495</v>
+        <v>975</v>
       </c>
       <c r="E266" s="5" t="s">
-        <v>1794</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1522</v>
+      </c>
+      <c r="F266" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1795</v>
-[...3 lines deleted...]
-      </c>
+        <v>1814</v>
+      </c>
+      <c r="I266" s="5"/>
       <c r="J266" s="5" t="s">
-        <v>377</v>
+        <v>978</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1797</v>
+        <v>1815</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1798</v>
+        <v>1816</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>1799</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1800</v>
+        <v>1818</v>
       </c>
       <c r="B267" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>1619</v>
+        <v>16</v>
+      </c>
+      <c r="D267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H267" s="5" t="s">
-[...6 lines deleted...]
-        <v>377</v>
+      <c r="H267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I267" s="5"/>
+      <c r="J267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1803</v>
+        <v>1819</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1804</v>
-[...3 lines deleted...]
-      </c>
+        <v>1820</v>
+      </c>
+      <c r="M267" s="5"/>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1806</v>
+        <v>1821</v>
       </c>
       <c r="B268" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>1793</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="D268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="s">
-        <v>1807</v>
+        <v>1822</v>
       </c>
       <c r="I268" s="5"/>
-      <c r="J268" s="5" t="s">
-        <v>1808</v>
+      <c r="J268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1809</v>
+        <v>1819</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1810</v>
-[...3 lines deleted...]
-      </c>
+        <v>1823</v>
+      </c>
+      <c r="M268" s="5"/>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1812</v>
+        <v>1824</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D269" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D269" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H269" s="5" t="s">
-        <v>1813</v>
+        <v>1825</v>
       </c>
       <c r="I269" s="5" t="s">
-        <v>1814</v>
+        <v>1826</v>
       </c>
       <c r="J269" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1815</v>
+        <v>1827</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1816</v>
+        <v>1828</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>1817</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1818</v>
+        <v>1830</v>
       </c>
       <c r="B270" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C270" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D270" s="5" t="s">
-[...3 lines deleted...]
-        <v>1351</v>
+      <c r="D270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G270" s="5" t="s">
-        <v>1819</v>
+      <c r="G270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1820</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>1822</v>
+      </c>
+      <c r="I270" s="5"/>
+      <c r="J270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1822</v>
+        <v>1831</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1823</v>
-[...3 lines deleted...]
-      </c>
+        <v>1832</v>
+      </c>
+      <c r="M270" s="5"/>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1825</v>
+        <v>1833</v>
       </c>
       <c r="B271" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>1834</v>
+      </c>
+      <c r="D271" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="E271" s="5" t="s">
+        <v>1835</v>
+      </c>
+      <c r="F271" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1826</v>
-[...5 lines deleted...]
-        </is>
+        <v>1836</v>
+      </c>
+      <c r="I271" s="5" t="s">
+        <v>1837</v>
+      </c>
+      <c r="J271" s="5" t="s">
+        <v>386</v>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1827</v>
+        <v>1838</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1828</v>
-[...1 lines deleted...]
-      <c r="M271" s="5"/>
+        <v>1839</v>
+      </c>
+      <c r="M271" s="5" t="s">
+        <v>1840</v>
+      </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1829</v>
+        <v>1841</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
-        <v>616</v>
+        <v>186</v>
       </c>
       <c r="D272" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1481</v>
+        <v>1660</v>
+      </c>
+      <c r="E272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1830</v>
+        <v>1842</v>
       </c>
       <c r="I272" s="5" t="s">
-        <v>1831</v>
+        <v>1843</v>
       </c>
       <c r="J272" s="5" t="s">
-        <v>937</v>
+        <v>386</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1832</v>
+        <v>1844</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1833</v>
+        <v>1845</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>1834</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B273" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C273" s="5" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D273" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="E273" s="5" t="s">
         <v>1835</v>
       </c>
-      <c r="B273" s="5" t="s">
-[...18 lines deleted...]
-        </is>
+      <c r="F273" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1836</v>
+        <v>1848</v>
       </c>
       <c r="I273" s="5"/>
-      <c r="J273" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J273" s="5" t="s">
+        <v>1849</v>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1837</v>
+        <v>1850</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1838</v>
-[...1 lines deleted...]
-      <c r="M273" s="5"/>
+        <v>1851</v>
+      </c>
+      <c r="M273" s="5" t="s">
+        <v>1852</v>
+      </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1839</v>
+        <v>1853</v>
       </c>
       <c r="B274" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D274" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D274" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E274" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H274" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H274" s="5" t="s">
+        <v>1854</v>
+      </c>
+      <c r="I274" s="5" t="s">
+        <v>1855</v>
+      </c>
+      <c r="J274" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1840</v>
+        <v>1856</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1841</v>
-[...1 lines deleted...]
-      <c r="M274" s="5"/>
+        <v>1857</v>
+      </c>
+      <c r="M274" s="5" t="s">
+        <v>1858</v>
+      </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1842</v>
+        <v>1859</v>
       </c>
       <c r="B275" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D275" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D275" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E275" s="5" t="s">
+        <v>1392</v>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G275" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G275" s="5" t="s">
+        <v>1860</v>
+      </c>
+      <c r="H275" s="5" t="s">
+        <v>1861</v>
+      </c>
+      <c r="I275" s="5" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J275" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1827</v>
+        <v>1863</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1843</v>
-[...1 lines deleted...]
-      <c r="M275" s="5"/>
+        <v>1864</v>
+      </c>
+      <c r="M275" s="5" t="s">
+        <v>1865</v>
+      </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1844</v>
+        <v>1866</v>
       </c>
       <c r="B276" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H276" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H276" s="5" t="s">
+        <v>1867</v>
       </c>
       <c r="I276" s="5"/>
       <c r="J276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1827</v>
+        <v>1868</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1845</v>
+        <v>1869</v>
       </c>
       <c r="M276" s="5"/>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1846</v>
+        <v>1870</v>
       </c>
       <c r="B277" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>633</v>
+      </c>
+      <c r="D277" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="E277" s="5" t="s">
+        <v>1522</v>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H277" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H277" s="5" t="s">
+        <v>1871</v>
+      </c>
+      <c r="I277" s="5" t="s">
+        <v>1872</v>
+      </c>
+      <c r="J277" s="5" t="s">
+        <v>978</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1827</v>
+        <v>1873</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1847</v>
-[...1 lines deleted...]
-      <c r="M277" s="5"/>
+        <v>1874</v>
+      </c>
+      <c r="M277" s="5" t="s">
+        <v>1875</v>
+      </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1848</v>
+        <v>1876</v>
       </c>
       <c r="B278" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C278" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1849</v>
+        <v>1877</v>
       </c>
       <c r="I278" s="5"/>
       <c r="J278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1837</v>
+        <v>1878</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1850</v>
+        <v>1879</v>
       </c>
       <c r="M278" s="5"/>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1851</v>
+        <v>1880</v>
       </c>
       <c r="B279" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I279" s="5"/>
       <c r="J279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1837</v>
+        <v>1881</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1852</v>
+        <v>1882</v>
       </c>
       <c r="M279" s="5"/>
     </row>
     <row r="280">
-      <c r="A280" s="5" t="n">
-        <v>1923</v>
+      <c r="A280" s="5" t="s">
+        <v>1883</v>
       </c>
       <c r="B280" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>1853</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G280" s="5" t="s">
-[...3 lines deleted...]
-        <v>1855</v>
+      <c r="G280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I280" s="5"/>
-      <c r="J280" s="5" t="s">
-        <v>1856</v>
+      <c r="J280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1857</v>
+        <v>1868</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1858</v>
-[...3 lines deleted...]
-      </c>
+        <v>1884</v>
+      </c>
+      <c r="M280" s="5"/>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1860</v>
+        <v>1885</v>
       </c>
       <c r="B281" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>616</v>
-[...5 lines deleted...]
-        <v>1481</v>
+        <v>16</v>
+      </c>
+      <c r="D281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H281" s="5" t="s">
-[...6 lines deleted...]
-        <v>937</v>
+      <c r="H281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I281" s="5"/>
+      <c r="J281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1863</v>
+        <v>1868</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1864</v>
-[...3 lines deleted...]
-      </c>
+        <v>1886</v>
+      </c>
+      <c r="M281" s="5"/>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1866</v>
+        <v>1887</v>
       </c>
       <c r="B282" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C282" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H282" s="5" t="s">
-        <v>1867</v>
+      <c r="H282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I282" s="5"/>
       <c r="J282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K282" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K282" s="5" t="s">
+        <v>1868</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1868</v>
+        <v>1888</v>
       </c>
       <c r="M282" s="5"/>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1869</v>
+        <v>1889</v>
       </c>
       <c r="B283" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H283" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H283" s="5" t="s">
+        <v>1890</v>
       </c>
       <c r="I283" s="5"/>
       <c r="J283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K283" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K283" s="5" t="s">
+        <v>1878</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1870</v>
+        <v>1891</v>
       </c>
       <c r="M283" s="5"/>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1871</v>
+        <v>1892</v>
       </c>
       <c r="B284" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I284" s="5"/>
       <c r="J284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K284" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K284" s="5" t="s">
+        <v>1878</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1872</v>
+        <v>1893</v>
       </c>
       <c r="M284" s="5"/>
     </row>
     <row r="285">
-      <c r="A285" s="5" t="s">
-        <v>1873</v>
+      <c r="A285" s="5" t="n">
+        <v>1923</v>
       </c>
       <c r="B285" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1894</v>
+      </c>
+      <c r="D285" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E285" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G285" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G285" s="5" t="s">
+        <v>1895</v>
+      </c>
+      <c r="H285" s="5" t="s">
+        <v>1896</v>
       </c>
       <c r="I285" s="5"/>
-      <c r="J285" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J285" s="5" t="s">
+        <v>1897</v>
+      </c>
+      <c r="K285" s="5" t="s">
+        <v>1898</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1874</v>
-[...1 lines deleted...]
-      <c r="M285" s="5"/>
+        <v>1899</v>
+      </c>
+      <c r="M285" s="5" t="s">
+        <v>1900</v>
+      </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1875</v>
+        <v>1901</v>
       </c>
       <c r="B286" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>633</v>
+      </c>
+      <c r="D286" s="5" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E286" s="5" t="s">
+        <v>1522</v>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H286" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H286" s="5" t="s">
+        <v>1902</v>
+      </c>
+      <c r="I286" s="5" t="s">
+        <v>1903</v>
+      </c>
+      <c r="J286" s="5" t="s">
+        <v>978</v>
+      </c>
+      <c r="K286" s="5" t="s">
+        <v>1904</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1876</v>
-[...1 lines deleted...]
-      <c r="M286" s="5"/>
+        <v>1905</v>
+      </c>
+      <c r="M286" s="5" t="s">
+        <v>1906</v>
+      </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1877</v>
+        <v>1907</v>
       </c>
       <c r="B287" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C287" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H287" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H287" s="5" t="s">
+        <v>1908</v>
       </c>
       <c r="I287" s="5"/>
       <c r="J287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1878</v>
+        <v>1909</v>
       </c>
       <c r="M287" s="5"/>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1879</v>
+        <v>1910</v>
       </c>
       <c r="B288" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C288" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D288" s="5" t="s">
-[...3 lines deleted...]
-        <v>1880</v>
+      <c r="D288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G288" s="5" t="s">
-[...12 lines deleted...]
-        <v>1884</v>
+      <c r="G288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I288" s="5"/>
+      <c r="J288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1885</v>
-[...3 lines deleted...]
-      </c>
+        <v>1911</v>
+      </c>
+      <c r="M288" s="5"/>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1887</v>
+        <v>1912</v>
       </c>
       <c r="B289" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C289" s="5" t="s">
-        <v>1853</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G289" s="5" t="s">
-[...3 lines deleted...]
-        <v>1890</v>
+      <c r="G289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I289" s="5"/>
-      <c r="J289" s="5" t="s">
-[...3 lines deleted...]
-        <v>1892</v>
+      <c r="J289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1893</v>
-[...3 lines deleted...]
-      </c>
+        <v>1913</v>
+      </c>
+      <c r="M289" s="5"/>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1895</v>
+        <v>1914</v>
       </c>
       <c r="B290" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C290" s="5" t="s">
-        <v>1853</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G290" s="5" t="s">
-[...12 lines deleted...]
-        <v>1899</v>
+      <c r="G290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I290" s="5"/>
+      <c r="J290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1900</v>
-[...3 lines deleted...]
-      </c>
+        <v>1915</v>
+      </c>
+      <c r="M290" s="5"/>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1902</v>
+        <v>1916</v>
       </c>
       <c r="B291" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C291" s="5" t="s">
-        <v>1853</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G291" s="5" t="s">
-[...3 lines deleted...]
-        <v>1903</v>
+      <c r="G291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I291" s="5"/>
-      <c r="J291" s="5" t="s">
-[...3 lines deleted...]
-        <v>1904</v>
+      <c r="J291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1905</v>
-[...3 lines deleted...]
-      </c>
+        <v>1917</v>
+      </c>
+      <c r="M291" s="5"/>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1907</v>
+        <v>1918</v>
       </c>
       <c r="B292" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>1853</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G292" s="5" t="s">
-[...3 lines deleted...]
-        <v>1909</v>
+      <c r="G292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I292" s="5"/>
-      <c r="J292" s="5" t="s">
-[...3 lines deleted...]
-        <v>1910</v>
+      <c r="J292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1911</v>
-[...3 lines deleted...]
-      </c>
+        <v>1919</v>
+      </c>
+      <c r="M292" s="5"/>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1913</v>
+        <v>1920</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C293" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D293" s="5" t="s">
         <v>186</v>
       </c>
       <c r="E293" s="5" t="s">
-        <v>17</v>
+        <v>1921</v>
       </c>
       <c r="F293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G293" s="5" t="s">
-        <v>1914</v>
+        <v>1922</v>
       </c>
       <c r="H293" s="5" t="s">
-        <v>1915</v>
+        <v>1923</v>
       </c>
       <c r="I293" s="5" t="s">
-        <v>1916</v>
+        <v>1924</v>
       </c>
       <c r="J293" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K293" s="5" t="s">
-        <v>1917</v>
+        <v>1925</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>1918</v>
+        <v>1926</v>
       </c>
       <c r="M293" s="5" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1920</v>
+        <v>1928</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C294" s="5" t="s">
-        <v>1853</v>
+        <v>1894</v>
       </c>
       <c r="D294" s="5" t="s">
-        <v>1046</v>
+        <v>1929</v>
       </c>
       <c r="E294" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G294" s="5" t="s">
-        <v>1889</v>
+        <v>1930</v>
       </c>
       <c r="H294" s="5" t="s">
-        <v>1921</v>
-[...3 lines deleted...]
-      </c>
+        <v>1931</v>
+      </c>
+      <c r="I294" s="5"/>
       <c r="J294" s="5" t="s">
-        <v>1891</v>
+        <v>1932</v>
       </c>
       <c r="K294" s="5" t="s">
-        <v>1923</v>
+        <v>1933</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>1924</v>
+        <v>1934</v>
       </c>
       <c r="M294" s="5" t="s">
-        <v>1925</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>1926</v>
+        <v>1936</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C295" s="5" t="s">
-        <v>1853</v>
+        <v>1894</v>
       </c>
       <c r="D295" s="5" t="s">
-        <v>1046</v>
+        <v>1929</v>
       </c>
       <c r="E295" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G295" s="5" t="s">
-        <v>1889</v>
+        <v>1930</v>
       </c>
       <c r="H295" s="5" t="s">
-        <v>1927</v>
-[...1 lines deleted...]
-      <c r="I295" s="5"/>
+        <v>1937</v>
+      </c>
+      <c r="I295" s="5" t="s">
+        <v>1938</v>
+      </c>
       <c r="J295" s="5" t="s">
-        <v>1891</v>
+        <v>1939</v>
       </c>
       <c r="K295" s="5" t="s">
-        <v>1928</v>
+        <v>1940</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>1929</v>
+        <v>1941</v>
       </c>
       <c r="M295" s="5" t="s">
-        <v>1930</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>1931</v>
+        <v>1943</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="5" t="s">
-        <v>1853</v>
+        <v>1894</v>
       </c>
       <c r="D296" s="5" t="s">
-        <v>1730</v>
+        <v>1087</v>
       </c>
       <c r="E296" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G296" s="5" t="s">
-        <v>1932</v>
+        <v>1930</v>
       </c>
       <c r="H296" s="5" t="s">
-        <v>1933</v>
+        <v>1944</v>
       </c>
       <c r="I296" s="5"/>
       <c r="J296" s="5" t="s">
-        <v>1891</v>
+        <v>1932</v>
       </c>
       <c r="K296" s="5" t="s">
-        <v>1934</v>
+        <v>1945</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>1935</v>
+        <v>1946</v>
       </c>
       <c r="M296" s="5" t="s">
-        <v>1936</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>1937</v>
+        <v>1948</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C297" s="5" t="s">
-        <v>1853</v>
+        <v>1894</v>
       </c>
       <c r="D297" s="5" t="s">
-        <v>1046</v>
+        <v>1949</v>
       </c>
       <c r="E297" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G297" s="5" t="s">
-        <v>1932</v>
+        <v>1930</v>
       </c>
       <c r="H297" s="5" t="s">
-        <v>1938</v>
+        <v>1950</v>
       </c>
       <c r="I297" s="5"/>
       <c r="J297" s="5" t="s">
-        <v>1891</v>
+        <v>1932</v>
       </c>
       <c r="K297" s="5" t="s">
-        <v>1939</v>
+        <v>1951</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>1940</v>
+        <v>1952</v>
       </c>
       <c r="M297" s="5" t="s">
-        <v>1941</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>1942</v>
+        <v>1954</v>
       </c>
       <c r="B298" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C298" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D298" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D298" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E298" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G298" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="G298" s="5" t="s">
+        <v>1955</v>
+      </c>
+      <c r="H298" s="5" t="s">
+        <v>1956</v>
+      </c>
+      <c r="I298" s="5" t="s">
+        <v>1957</v>
+      </c>
+      <c r="J298" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K298" s="5" t="s">
+        <v>1958</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>1943</v>
-[...1 lines deleted...]
-      <c r="M298" s="5"/>
+        <v>1959</v>
+      </c>
+      <c r="M298" s="5" t="s">
+        <v>1960</v>
+      </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>1944</v>
+        <v>1961</v>
       </c>
       <c r="B299" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C299" s="5" t="s">
-        <v>1853</v>
+        <v>1894</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>1046</v>
+        <v>1087</v>
       </c>
       <c r="E299" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G299" s="5" t="s">
+        <v>1930</v>
+      </c>
+      <c r="H299" s="5" t="s">
+        <v>1962</v>
+      </c>
+      <c r="I299" s="5" t="s">
+        <v>1963</v>
+      </c>
+      <c r="J299" s="5" t="s">
         <v>1932</v>
       </c>
-      <c r="H299" s="5" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="K299" s="5" t="s">
-        <v>1946</v>
+        <v>1964</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>1947</v>
+        <v>1965</v>
       </c>
       <c r="M299" s="5" t="s">
-        <v>1948</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>1949</v>
+        <v>1967</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C300" s="5" t="s">
-        <v>1046</v>
-[...9 lines deleted...]
-        </is>
+        <v>1894</v>
+      </c>
+      <c r="D300" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E300" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G300" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G300" s="5" t="s">
+        <v>1930</v>
       </c>
       <c r="H300" s="5" t="s">
-        <v>1950</v>
-[...3 lines deleted...]
-      </c>
+        <v>1968</v>
+      </c>
+      <c r="I300" s="5"/>
       <c r="J300" s="5" t="s">
-        <v>1952</v>
+        <v>1932</v>
       </c>
       <c r="K300" s="5" t="s">
-        <v>1953</v>
+        <v>1969</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>1954</v>
+        <v>1970</v>
       </c>
       <c r="M300" s="5" t="s">
-        <v>1955</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>1956</v>
+        <v>1972</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C301" s="5" t="s">
-        <v>1853</v>
+        <v>1894</v>
       </c>
       <c r="D301" s="5" t="s">
-        <v>1046</v>
+        <v>1771</v>
       </c>
       <c r="E301" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G301" s="5" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H301" s="5" t="s">
+        <v>1974</v>
+      </c>
+      <c r="I301" s="5"/>
+      <c r="J301" s="5" t="s">
         <v>1932</v>
       </c>
-      <c r="H301" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K301" s="5" t="s">
-        <v>1959</v>
+        <v>1975</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>1960</v>
+        <v>1976</v>
       </c>
       <c r="M301" s="5" t="s">
-        <v>1961</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>1962</v>
+        <v>1978</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C302" s="5" t="s">
-        <v>1853</v>
+        <v>1894</v>
       </c>
       <c r="D302" s="5" t="s">
-        <v>1046</v>
+        <v>1087</v>
       </c>
       <c r="E302" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G302" s="5" t="s">
-        <v>1963</v>
+        <v>1973</v>
       </c>
       <c r="H302" s="5" t="s">
-        <v>1964</v>
-[...3 lines deleted...]
-      </c>
+        <v>1979</v>
+      </c>
+      <c r="I302" s="5"/>
       <c r="J302" s="5" t="s">
-        <v>1891</v>
+        <v>1932</v>
       </c>
       <c r="K302" s="5" t="s">
-        <v>1966</v>
+        <v>1980</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>1967</v>
+        <v>1981</v>
       </c>
       <c r="M302" s="5" t="s">
-        <v>1968</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>1969</v>
+        <v>1983</v>
       </c>
       <c r="B303" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C303" s="5" t="s">
-        <v>1853</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G303" s="5" t="s">
-[...3 lines deleted...]
-        <v>1970</v>
+      <c r="G303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I303" s="5"/>
-      <c r="J303" s="5" t="s">
-[...3 lines deleted...]
-        <v>1971</v>
+      <c r="J303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L303" s="6" t="s">
-        <v>1972</v>
-[...3 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="M303" s="5"/>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>1974</v>
+        <v>1985</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C304" s="5" t="s">
-        <v>16</v>
+        <v>1894</v>
       </c>
       <c r="D304" s="5" t="s">
-        <v>186</v>
+        <v>1087</v>
       </c>
       <c r="E304" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G304" s="5" t="s">
-        <v>1975</v>
+        <v>1973</v>
       </c>
       <c r="H304" s="5" t="s">
-        <v>1976</v>
-[...3 lines deleted...]
-      </c>
+        <v>1986</v>
+      </c>
+      <c r="I304" s="5"/>
       <c r="J304" s="5" t="s">
-        <v>21</v>
+        <v>1932</v>
       </c>
       <c r="K304" s="5" t="s">
-        <v>1978</v>
+        <v>1987</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>1979</v>
+        <v>1988</v>
       </c>
       <c r="M304" s="5" t="s">
-        <v>1980</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>1981</v>
+        <v>1990</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C305" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>1087</v>
+      </c>
+      <c r="D305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G305" s="5" t="s">
-        <v>1982</v>
+      <c r="G305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H305" s="5" t="s">
-        <v>1983</v>
+        <v>1991</v>
       </c>
       <c r="I305" s="5" t="s">
-        <v>1984</v>
+        <v>1992</v>
       </c>
       <c r="J305" s="5" t="s">
-        <v>21</v>
+        <v>1993</v>
       </c>
       <c r="K305" s="5" t="s">
-        <v>1985</v>
+        <v>1994</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>1986</v>
+        <v>1995</v>
       </c>
       <c r="M305" s="5" t="s">
-        <v>1987</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>1988</v>
+        <v>1997</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C306" s="5" t="s">
-        <v>16</v>
+        <v>1894</v>
       </c>
       <c r="D306" s="5" t="s">
-        <v>1722</v>
-[...4 lines deleted...]
-        </is>
+        <v>1087</v>
+      </c>
+      <c r="E306" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G306" s="5" t="s">
-        <v>1989</v>
+        <v>1973</v>
       </c>
       <c r="H306" s="5" t="s">
-        <v>1990</v>
+        <v>1998</v>
       </c>
       <c r="I306" s="5" t="s">
-        <v>1991</v>
+        <v>1999</v>
       </c>
       <c r="J306" s="5" t="s">
-        <v>377</v>
+        <v>1932</v>
       </c>
       <c r="K306" s="5" t="s">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="M306" s="5" t="s">
-        <v>1994</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="5" t="s">
-        <v>16</v>
+        <v>1894</v>
       </c>
       <c r="D307" s="5" t="s">
-        <v>186</v>
+        <v>1087</v>
       </c>
       <c r="E307" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G307" s="5" t="s">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="H307" s="5" t="s">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="I307" s="5" t="s">
-        <v>1998</v>
+        <v>2006</v>
       </c>
       <c r="J307" s="5" t="s">
-        <v>21</v>
+        <v>1932</v>
       </c>
       <c r="K307" s="5" t="s">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="M307" s="5" t="s">
-        <v>2001</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="5" t="s">
-        <v>1853</v>
+        <v>1894</v>
       </c>
       <c r="D308" s="5" t="s">
-        <v>1046</v>
+        <v>1087</v>
       </c>
       <c r="E308" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G308" s="5" t="s">
-        <v>1932</v>
+        <v>1973</v>
       </c>
       <c r="H308" s="5" t="s">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="I308" s="5"/>
       <c r="J308" s="5" t="s">
-        <v>1891</v>
+        <v>1932</v>
       </c>
       <c r="K308" s="5" t="s">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="M308" s="5" t="s">
-        <v>2006</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="5" t="s">
-        <v>1853</v>
+        <v>16</v>
       </c>
       <c r="D309" s="5" t="s">
-        <v>1046</v>
+        <v>186</v>
       </c>
       <c r="E309" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G309" s="5" t="s">
-        <v>1932</v>
+        <v>2016</v>
       </c>
       <c r="H309" s="5" t="s">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I309" s="5"/>
+        <v>2017</v>
+      </c>
+      <c r="I309" s="5" t="s">
+        <v>2018</v>
+      </c>
       <c r="J309" s="5" t="s">
-        <v>1891</v>
+        <v>21</v>
       </c>
       <c r="K309" s="5" t="s">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="M309" s="5" t="s">
-        <v>2011</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="5" t="s">
-        <v>616</v>
+        <v>16</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>1082</v>
+        <v>186</v>
       </c>
       <c r="E310" s="5" t="s">
-        <v>1316</v>
+        <v>18</v>
       </c>
       <c r="F310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G310" s="5" t="s">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="H310" s="5" t="s">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="I310" s="5" t="s">
-        <v>2015</v>
+        <v>2025</v>
       </c>
       <c r="J310" s="5" t="s">
-        <v>377</v>
+        <v>21</v>
       </c>
       <c r="K310" s="5" t="s">
-        <v>2016</v>
+        <v>2026</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>2017</v>
+        <v>2027</v>
       </c>
       <c r="M310" s="5" t="s">
-        <v>2018</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>2019</v>
+        <v>2029</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="5" t="s">
-        <v>1853</v>
+        <v>16</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>1046</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1763</v>
+      </c>
+      <c r="E311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G311" s="5" t="s">
-        <v>2020</v>
+        <v>2030</v>
       </c>
       <c r="H311" s="5" t="s">
-        <v>2021</v>
+        <v>2031</v>
       </c>
       <c r="I311" s="5" t="s">
-        <v>2022</v>
+        <v>2032</v>
       </c>
       <c r="J311" s="5" t="s">
-        <v>1891</v>
+        <v>386</v>
       </c>
       <c r="K311" s="5" t="s">
-        <v>2023</v>
+        <v>2033</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>2024</v>
+        <v>2034</v>
       </c>
       <c r="M311" s="5" t="s">
-        <v>2025</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>2026</v>
+        <v>2036</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>1853</v>
+        <v>16</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>2027</v>
+        <v>186</v>
       </c>
       <c r="E312" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G312" s="5" t="s">
-        <v>1932</v>
+        <v>2037</v>
       </c>
       <c r="H312" s="5" t="s">
-        <v>2028</v>
-[...1 lines deleted...]
-      <c r="I312" s="5"/>
+        <v>2038</v>
+      </c>
+      <c r="I312" s="5" t="s">
+        <v>2039</v>
+      </c>
       <c r="J312" s="5" t="s">
-        <v>1891</v>
+        <v>21</v>
       </c>
       <c r="K312" s="5" t="s">
-        <v>2029</v>
+        <v>2040</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>2030</v>
+        <v>2041</v>
       </c>
       <c r="M312" s="5" t="s">
-        <v>2031</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
-        <v>2032</v>
+        <v>2043</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
-        <v>186</v>
+        <v>1894</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1087</v>
+      </c>
+      <c r="E313" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G313" s="5" t="s">
-        <v>2033</v>
+        <v>1973</v>
       </c>
       <c r="H313" s="5" t="s">
-        <v>2034</v>
-[...3 lines deleted...]
-      </c>
+        <v>2044</v>
+      </c>
+      <c r="I313" s="5"/>
       <c r="J313" s="5" t="s">
-        <v>21</v>
+        <v>1932</v>
       </c>
       <c r="K313" s="5" t="s">
-        <v>2036</v>
+        <v>2045</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>2037</v>
+        <v>2046</v>
       </c>
       <c r="M313" s="5" t="s">
-        <v>2038</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
-        <v>2039</v>
+        <v>2048</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C314" s="5" t="s">
-        <v>186</v>
+        <v>1894</v>
       </c>
       <c r="D314" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1087</v>
+      </c>
+      <c r="E314" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G314" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G314" s="5" t="s">
+        <v>1973</v>
       </c>
       <c r="H314" s="5" t="s">
-        <v>2040</v>
-[...3 lines deleted...]
-      </c>
+        <v>2049</v>
+      </c>
+      <c r="I314" s="5"/>
       <c r="J314" s="5" t="s">
-        <v>21</v>
+        <v>1932</v>
       </c>
       <c r="K314" s="5" t="s">
-        <v>2042</v>
+        <v>2050</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>2043</v>
+        <v>2051</v>
       </c>
       <c r="M314" s="5" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>2045</v>
+        <v>2053</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>16</v>
+        <v>633</v>
       </c>
       <c r="D315" s="5" t="s">
-        <v>186</v>
+        <v>1123</v>
       </c>
       <c r="E315" s="5" t="s">
-        <v>2046</v>
+        <v>1357</v>
       </c>
       <c r="F315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G315" s="5" t="s">
-        <v>2047</v>
+        <v>2054</v>
       </c>
       <c r="H315" s="5" t="s">
-        <v>2048</v>
+        <v>2055</v>
       </c>
       <c r="I315" s="5" t="s">
-        <v>2049</v>
+        <v>2056</v>
       </c>
       <c r="J315" s="5" t="s">
-        <v>21</v>
+        <v>386</v>
       </c>
       <c r="K315" s="5" t="s">
-        <v>2050</v>
+        <v>2057</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>2051</v>
+        <v>2058</v>
       </c>
       <c r="M315" s="5" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>2053</v>
+        <v>2060</v>
       </c>
       <c r="B316" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1894</v>
+      </c>
+      <c r="D316" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E316" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G316" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G316" s="5" t="s">
+        <v>2061</v>
+      </c>
+      <c r="H316" s="5" t="s">
+        <v>2062</v>
+      </c>
+      <c r="I316" s="5" t="s">
+        <v>2063</v>
+      </c>
+      <c r="J316" s="5" t="s">
+        <v>1932</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>2054</v>
+        <v>2064</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>2055</v>
-[...1 lines deleted...]
-      <c r="M316" s="5"/>
+        <v>2065</v>
+      </c>
+      <c r="M316" s="5" t="s">
+        <v>2066</v>
+      </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>2056</v>
+        <v>2067</v>
       </c>
       <c r="B317" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1894</v>
+      </c>
+      <c r="D317" s="5" t="s">
+        <v>2068</v>
+      </c>
+      <c r="E317" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G317" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G317" s="5" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H317" s="5" t="s">
+        <v>2069</v>
       </c>
       <c r="I317" s="5"/>
-      <c r="J317" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J317" s="5" t="s">
+        <v>1932</v>
       </c>
       <c r="K317" s="5" t="s">
-        <v>2054</v>
+        <v>2070</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>2057</v>
-[...1 lines deleted...]
-      <c r="M317" s="5"/>
+        <v>2071</v>
+      </c>
+      <c r="M317" s="5" t="s">
+        <v>2072</v>
+      </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>2058</v>
+        <v>2073</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D318" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G318" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G318" s="5" t="s">
+        <v>2074</v>
       </c>
       <c r="H318" s="5" t="s">
-        <v>2059</v>
+        <v>2075</v>
       </c>
       <c r="I318" s="5" t="s">
-        <v>2060</v>
+        <v>2076</v>
       </c>
       <c r="J318" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>2061</v>
+        <v>2077</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>2062</v>
+        <v>2078</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>2063</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>2064</v>
+        <v>2080</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D319" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G319" s="5" t="s">
-        <v>2065</v>
+      <c r="G319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H319" s="5" t="s">
-        <v>2066</v>
+        <v>2081</v>
       </c>
       <c r="I319" s="5" t="s">
-        <v>2067</v>
+        <v>2082</v>
       </c>
       <c r="J319" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K319" s="5" t="s">
-        <v>2068</v>
+        <v>2083</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>2069</v>
+        <v>2084</v>
       </c>
       <c r="M319" s="5" t="s">
-        <v>2070</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>2071</v>
+        <v>2086</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
-        <v>1853</v>
+        <v>16</v>
       </c>
       <c r="D320" s="5" t="s">
-        <v>1046</v>
+        <v>186</v>
       </c>
       <c r="E320" s="5" t="s">
-        <v>17</v>
+        <v>2087</v>
       </c>
       <c r="F320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G320" s="5" t="s">
-        <v>1932</v>
+        <v>2088</v>
       </c>
       <c r="H320" s="5" t="s">
-        <v>2072</v>
-[...1 lines deleted...]
-      <c r="I320" s="5"/>
+        <v>2089</v>
+      </c>
+      <c r="I320" s="5" t="s">
+        <v>2090</v>
+      </c>
       <c r="J320" s="5" t="s">
-        <v>1891</v>
+        <v>21</v>
       </c>
       <c r="K320" s="5" t="s">
-        <v>2073</v>
+        <v>2091</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>2074</v>
+        <v>2092</v>
       </c>
       <c r="M320" s="5" t="s">
-        <v>2075</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>2076</v>
+        <v>2094</v>
       </c>
       <c r="B321" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C321" s="5" t="s">
-        <v>2077</v>
-[...1 lines deleted...]
-      <c r="D321" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H321" s="5" t="s">
-[...6 lines deleted...]
-        <v>377</v>
+      <c r="H321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I321" s="5"/>
+      <c r="J321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K321" s="5" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>2081</v>
-[...3 lines deleted...]
-      </c>
+        <v>2096</v>
+      </c>
+      <c r="M321" s="5"/>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>2083</v>
+        <v>2097</v>
       </c>
       <c r="B322" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C322" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H322" s="5" t="s">
-        <v>2084</v>
+      <c r="H322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I322" s="5"/>
       <c r="J322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K322" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K322" s="5" t="s">
+        <v>2095</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>2085</v>
+        <v>2098</v>
       </c>
       <c r="M322" s="5"/>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>2086</v>
+        <v>2099</v>
       </c>
       <c r="B323" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D323" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D323" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H323" s="5" t="s">
-        <v>2087</v>
-[...10 lines deleted...]
-        </is>
+        <v>2100</v>
+      </c>
+      <c r="I323" s="5" t="s">
+        <v>2101</v>
+      </c>
+      <c r="J323" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K323" s="5" t="s">
+        <v>2102</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>2088</v>
-[...1 lines deleted...]
-      <c r="M323" s="5"/>
+        <v>2103</v>
+      </c>
+      <c r="M323" s="5" t="s">
+        <v>2104</v>
+      </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>2089</v>
+        <v>2105</v>
       </c>
       <c r="B324" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D324" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D324" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G324" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G324" s="5" t="s">
+        <v>2106</v>
       </c>
       <c r="H324" s="5" t="s">
-        <v>2090</v>
-[...10 lines deleted...]
-        </is>
+        <v>2107</v>
+      </c>
+      <c r="I324" s="5" t="s">
+        <v>2108</v>
+      </c>
+      <c r="J324" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K324" s="5" t="s">
+        <v>2109</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>2091</v>
-[...1 lines deleted...]
-      <c r="M324" s="5"/>
+        <v>2110</v>
+      </c>
+      <c r="M324" s="5" t="s">
+        <v>2111</v>
+      </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>2092</v>
+        <v>2112</v>
       </c>
       <c r="B325" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1894</v>
+      </c>
+      <c r="D325" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E325" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G325" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G325" s="5" t="s">
+        <v>1973</v>
       </c>
       <c r="H325" s="5" t="s">
-        <v>2093</v>
+        <v>2113</v>
       </c>
       <c r="I325" s="5"/>
-      <c r="J325" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J325" s="5" t="s">
+        <v>1932</v>
+      </c>
+      <c r="K325" s="5" t="s">
+        <v>2114</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>2094</v>
-[...1 lines deleted...]
-      <c r="M325" s="5"/>
+        <v>2115</v>
+      </c>
+      <c r="M325" s="5" t="s">
+        <v>2116</v>
+      </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>2095</v>
+        <v>2117</v>
       </c>
       <c r="B326" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D326" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D326" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H326" s="5" t="s">
-        <v>2096</v>
-[...10 lines deleted...]
-        </is>
+        <v>2119</v>
+      </c>
+      <c r="I326" s="5" t="s">
+        <v>2120</v>
+      </c>
+      <c r="J326" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="K326" s="5" t="s">
+        <v>2121</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>2097</v>
-[...1 lines deleted...]
-      <c r="M326" s="5"/>
+        <v>2122</v>
+      </c>
+      <c r="M326" s="5" t="s">
+        <v>2123</v>
+      </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>2098</v>
+        <v>2124</v>
       </c>
       <c r="B327" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C327" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H327" s="5" t="s">
-        <v>2099</v>
+        <v>2125</v>
       </c>
       <c r="I327" s="5"/>
       <c r="J327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L327" s="6" t="s">
-        <v>2100</v>
+        <v>2126</v>
       </c>
       <c r="M327" s="5"/>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>2101</v>
+        <v>2127</v>
       </c>
       <c r="B328" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C328" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H328" s="5" t="s">
-        <v>2102</v>
+        <v>2128</v>
       </c>
       <c r="I328" s="5"/>
       <c r="J328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L328" s="6" t="s">
-        <v>2103</v>
+        <v>2129</v>
       </c>
       <c r="M328" s="5"/>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
-        <v>2104</v>
+        <v>2130</v>
       </c>
       <c r="B329" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C329" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H329" s="5" t="s">
-        <v>2105</v>
+        <v>2131</v>
       </c>
       <c r="I329" s="5"/>
       <c r="J329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L329" s="6" t="s">
-        <v>2106</v>
+        <v>2132</v>
       </c>
       <c r="M329" s="5"/>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>2107</v>
+        <v>2133</v>
       </c>
       <c r="B330" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C330" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H330" s="5" t="s">
-        <v>2108</v>
+        <v>2134</v>
       </c>
       <c r="I330" s="5"/>
       <c r="J330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L330" s="6" t="s">
-        <v>2109</v>
+        <v>2135</v>
       </c>
       <c r="M330" s="5"/>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>2110</v>
+        <v>2136</v>
       </c>
       <c r="B331" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C331" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H331" s="5" t="s">
-        <v>2111</v>
+        <v>2137</v>
       </c>
       <c r="I331" s="5"/>
       <c r="J331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L331" s="6" t="s">
-        <v>2112</v>
+        <v>2138</v>
       </c>
       <c r="M331" s="5"/>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>2113</v>
+        <v>2139</v>
       </c>
       <c r="B332" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C332" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H332" s="5" t="s">
-        <v>2114</v>
+        <v>2140</v>
       </c>
       <c r="I332" s="5"/>
       <c r="J332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L332" s="6" t="s">
-        <v>2115</v>
+        <v>2141</v>
       </c>
       <c r="M332" s="5"/>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
-        <v>2116</v>
+        <v>2142</v>
       </c>
       <c r="B333" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C333" s="5" t="s">
-        <v>681</v>
-[...5 lines deleted...]
-        <v>2117</v>
+        <v>16</v>
+      </c>
+      <c r="D333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H333" s="5" t="s">
-        <v>2118</v>
-[...8 lines deleted...]
-        <v>2121</v>
+        <v>2143</v>
+      </c>
+      <c r="I333" s="5"/>
+      <c r="J333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L333" s="6" t="s">
-        <v>2122</v>
-[...3 lines deleted...]
-      </c>
+        <v>2144</v>
+      </c>
+      <c r="M333" s="5"/>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
-        <v>2124</v>
+        <v>2145</v>
       </c>
       <c r="B334" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C334" s="5" t="s">
-        <v>681</v>
-[...11 lines deleted...]
-        <v>2127</v>
+        <v>16</v>
+      </c>
+      <c r="D334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H334" s="5" t="s">
-        <v>2128</v>
-[...8 lines deleted...]
-        <v>2131</v>
+        <v>2146</v>
+      </c>
+      <c r="I334" s="5"/>
+      <c r="J334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L334" s="6" t="s">
-        <v>2132</v>
-[...3 lines deleted...]
-      </c>
+        <v>2147</v>
+      </c>
+      <c r="M334" s="5"/>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>2134</v>
+        <v>2148</v>
       </c>
       <c r="B335" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-        <v>1046</v>
+        <v>16</v>
+      </c>
+      <c r="D335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H335" s="5" t="s">
-        <v>2135</v>
-[...8 lines deleted...]
-        <v>2138</v>
+        <v>2149</v>
+      </c>
+      <c r="I335" s="5"/>
+      <c r="J335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L335" s="6" t="s">
-        <v>2139</v>
-[...3 lines deleted...]
-      </c>
+        <v>2150</v>
+      </c>
+      <c r="M335" s="5"/>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>2141</v>
+        <v>2151</v>
       </c>
       <c r="B336" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C336" s="5" t="s">
-        <v>1853</v>
-[...2 lines deleted...]
-        <v>2142</v>
+        <v>16</v>
+      </c>
+      <c r="D336" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H336" s="5" t="s">
-        <v>2143</v>
-[...8 lines deleted...]
-        <v>2146</v>
+        <v>2152</v>
+      </c>
+      <c r="I336" s="5"/>
+      <c r="J336" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K336" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L336" s="6" t="s">
-        <v>2147</v>
-[...3 lines deleted...]
-      </c>
+        <v>2153</v>
+      </c>
+      <c r="M336" s="5"/>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>2149</v>
+        <v>2154</v>
       </c>
       <c r="B337" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C337" s="5" t="s">
-        <v>535</v>
-[...8 lines deleted...]
-        <v>2150</v>
+        <v>16</v>
+      </c>
+      <c r="D337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H337" s="5" t="s">
-        <v>2151</v>
-[...8 lines deleted...]
-        <v>2154</v>
+        <v>2155</v>
+      </c>
+      <c r="I337" s="5"/>
+      <c r="J337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L337" s="6" t="s">
-        <v>2155</v>
-[...1 lines deleted...]
-      <c r="M337" s="5" t="s">
         <v>2156</v>
       </c>
+      <c r="M337" s="5"/>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
         <v>2157</v>
       </c>
       <c r="B338" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C338" s="5" t="s">
-        <v>616</v>
+        <v>713</v>
       </c>
       <c r="D338" s="5" t="s">
-        <v>1005</v>
+        <v>210</v>
       </c>
       <c r="E338" s="5" t="s">
-        <v>1481</v>
+        <v>2158</v>
       </c>
       <c r="F338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H338" s="5" t="s">
-        <v>2158</v>
+        <v>2159</v>
       </c>
       <c r="I338" s="5" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="J338" s="5" t="s">
-        <v>937</v>
+        <v>2161</v>
       </c>
       <c r="K338" s="5" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="M338" s="5" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="339">
-      <c r="A339" s="5" t="n">
-        <v>1927</v>
+      <c r="A339" s="5" t="s">
+        <v>2165</v>
       </c>
       <c r="B339" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C339" s="5" t="s">
-        <v>16</v>
-[...19 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="D339" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E339" s="5" t="s">
+        <v>2166</v>
+      </c>
+      <c r="F339" s="5" t="s">
+        <v>2167</v>
+      </c>
+      <c r="G339" s="5" t="s">
+        <v>2168</v>
       </c>
       <c r="H339" s="5" t="s">
-        <v>186</v>
+        <v>2169</v>
       </c>
       <c r="I339" s="5" t="s">
-        <v>2163</v>
+        <v>2170</v>
       </c>
       <c r="J339" s="5" t="s">
-        <v>2164</v>
+        <v>2171</v>
       </c>
       <c r="K339" s="5" t="s">
-        <v>2165</v>
+        <v>2172</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>2166</v>
+        <v>2173</v>
       </c>
       <c r="M339" s="5" t="s">
-        <v>2167</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>2168</v>
+        <v>2175</v>
       </c>
       <c r="B340" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C340" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>544</v>
+      </c>
+      <c r="D340" s="5" t="s">
+        <v>1087</v>
       </c>
       <c r="E340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H340" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H340" s="5" t="s">
+        <v>2176</v>
+      </c>
+      <c r="I340" s="5" t="s">
+        <v>2177</v>
+      </c>
+      <c r="J340" s="5" t="s">
+        <v>2178</v>
       </c>
       <c r="K340" s="5" t="s">
-        <v>2169</v>
+        <v>2179</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>2170</v>
-[...1 lines deleted...]
-      <c r="M340" s="5"/>
+        <v>2180</v>
+      </c>
+      <c r="M340" s="5" t="s">
+        <v>2181</v>
+      </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>2171</v>
+        <v>2182</v>
       </c>
       <c r="B341" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C341" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1894</v>
+      </c>
+      <c r="D341" s="5" t="s">
+        <v>2183</v>
       </c>
       <c r="E341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H341" s="5" t="s">
-        <v>2172</v>
-[...5 lines deleted...]
-        </is>
+        <v>2184</v>
+      </c>
+      <c r="I341" s="5" t="s">
+        <v>2185</v>
+      </c>
+      <c r="J341" s="5" t="s">
+        <v>2186</v>
       </c>
       <c r="K341" s="5" t="s">
-        <v>2169</v>
+        <v>2187</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>2173</v>
-[...1 lines deleted...]
-      <c r="M341" s="5"/>
+        <v>2188</v>
+      </c>
+      <c r="M341" s="5" t="s">
+        <v>2189</v>
+      </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>2174</v>
+        <v>2190</v>
       </c>
       <c r="B342" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C342" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>544</v>
+      </c>
+      <c r="D342" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E342" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F342" s="5" t="s">
+        <v>2191</v>
       </c>
       <c r="G342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H342" s="5" t="s">
-        <v>2175</v>
-[...5 lines deleted...]
-        </is>
+        <v>2192</v>
+      </c>
+      <c r="I342" s="5" t="s">
+        <v>2193</v>
+      </c>
+      <c r="J342" s="5" t="s">
+        <v>2194</v>
       </c>
       <c r="K342" s="5" t="s">
-        <v>2169</v>
+        <v>2195</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>2176</v>
-[...1 lines deleted...]
-      <c r="M342" s="5"/>
+        <v>2196</v>
+      </c>
+      <c r="M342" s="5" t="s">
+        <v>2197</v>
+      </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>2177</v>
+        <v>2198</v>
       </c>
       <c r="B343" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C343" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>633</v>
+      </c>
+      <c r="D343" s="5" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E343" s="5" t="s">
+        <v>1522</v>
       </c>
       <c r="F343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H343" s="5" t="s">
-        <v>2178</v>
-[...5 lines deleted...]
-        </is>
+        <v>2199</v>
+      </c>
+      <c r="I343" s="5" t="s">
+        <v>2200</v>
+      </c>
+      <c r="J343" s="5" t="s">
+        <v>978</v>
       </c>
       <c r="K343" s="5" t="s">
-        <v>2169</v>
+        <v>2201</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>2179</v>
-[...1 lines deleted...]
-      <c r="M343" s="5"/>
+        <v>2202</v>
+      </c>
+      <c r="M343" s="5" t="s">
+        <v>2203</v>
+      </c>
     </row>
     <row r="344">
-      <c r="A344" s="5" t="s">
-        <v>2180</v>
+      <c r="A344" s="5" t="n">
+        <v>1927</v>
       </c>
       <c r="B344" s="5" t="s">
-        <v>680</v>
+        <v>14</v>
       </c>
       <c r="C344" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H344" s="5" t="s">
-        <v>2181</v>
-[...5 lines deleted...]
-        </is>
+        <v>186</v>
+      </c>
+      <c r="I344" s="5" t="s">
+        <v>2204</v>
+      </c>
+      <c r="J344" s="5" t="s">
+        <v>2205</v>
       </c>
       <c r="K344" s="5" t="s">
-        <v>2169</v>
+        <v>2206</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>2182</v>
-[...1 lines deleted...]
-      <c r="M344" s="5"/>
+        <v>2207</v>
+      </c>
+      <c r="M344" s="5" t="s">
+        <v>2208</v>
+      </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>2183</v>
+        <v>2209</v>
       </c>
       <c r="B345" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C345" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H345" s="5" t="s">
-        <v>2181</v>
+      <c r="H345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I345" s="5"/>
       <c r="J345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K345" s="5" t="s">
-        <v>2184</v>
+        <v>2210</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>2185</v>
+        <v>2211</v>
       </c>
       <c r="M345" s="5"/>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>2186</v>
+        <v>2212</v>
       </c>
       <c r="B346" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C346" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H346" s="5" t="s">
-        <v>2187</v>
+        <v>2213</v>
       </c>
       <c r="I346" s="5"/>
       <c r="J346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K346" s="5" t="s">
-        <v>2184</v>
+        <v>2210</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>2188</v>
+        <v>2214</v>
       </c>
       <c r="M346" s="5"/>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>2189</v>
+        <v>2215</v>
       </c>
       <c r="B347" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C347" s="5" t="s">
-        <v>2181</v>
+        <v>16</v>
       </c>
       <c r="D347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H347" s="5" t="s">
-        <v>2181</v>
+        <v>2216</v>
       </c>
       <c r="I347" s="5"/>
       <c r="J347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K347" s="5" t="s">
-        <v>2190</v>
+        <v>2210</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>2191</v>
+        <v>2217</v>
       </c>
       <c r="M347" s="5"/>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>2192</v>
+        <v>2218</v>
       </c>
       <c r="B348" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C348" s="5" t="s">
-        <v>2181</v>
+        <v>16</v>
       </c>
       <c r="D348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H348" s="5" t="s">
-        <v>2181</v>
+        <v>2219</v>
       </c>
       <c r="I348" s="5"/>
       <c r="J348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K348" s="5" t="s">
-        <v>2190</v>
+        <v>2210</v>
       </c>
       <c r="L348" s="6" t="s">
-        <v>2193</v>
+        <v>2220</v>
       </c>
       <c r="M348" s="5"/>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>2194</v>
+        <v>2221</v>
       </c>
       <c r="B349" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C349" s="5" t="s">
-        <v>2181</v>
+        <v>16</v>
       </c>
       <c r="D349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H349" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="I349" s="5"/>
       <c r="J349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K349" s="5" t="s">
-        <v>2190</v>
+        <v>2210</v>
       </c>
       <c r="L349" s="6" t="s">
-        <v>2195</v>
+        <v>2223</v>
       </c>
       <c r="M349" s="5"/>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>2196</v>
+        <v>2224</v>
       </c>
       <c r="B350" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C350" s="5" t="s">
-        <v>2181</v>
+        <v>16</v>
       </c>
       <c r="D350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H350" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="I350" s="5"/>
       <c r="J350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K350" s="5" t="s">
-        <v>2190</v>
+        <v>2225</v>
       </c>
       <c r="L350" s="6" t="s">
-        <v>2197</v>
+        <v>2226</v>
       </c>
       <c r="M350" s="5"/>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>2198</v>
+        <v>2227</v>
       </c>
       <c r="B351" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C351" s="5" t="s">
-        <v>2181</v>
+        <v>16</v>
       </c>
       <c r="D351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H351" s="5" t="s">
-        <v>2181</v>
+        <v>2228</v>
       </c>
       <c r="I351" s="5"/>
       <c r="J351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K351" s="5" t="s">
-        <v>2190</v>
+        <v>2225</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>2199</v>
+        <v>2229</v>
       </c>
       <c r="M351" s="5"/>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>2200</v>
+        <v>2230</v>
       </c>
       <c r="B352" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C352" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="D352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H352" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="I352" s="5"/>
       <c r="J352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K352" s="5" t="s">
-        <v>2201</v>
+        <v>2231</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>2202</v>
+        <v>2232</v>
       </c>
       <c r="M352" s="5"/>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2203</v>
+        <v>2233</v>
       </c>
       <c r="B353" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C353" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="D353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H353" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="I353" s="5"/>
       <c r="J353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K353" s="5" t="s">
-        <v>2190</v>
+        <v>2231</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>2204</v>
+        <v>2234</v>
       </c>
       <c r="M353" s="5"/>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>2205</v>
+        <v>2235</v>
       </c>
       <c r="B354" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C354" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="D354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H354" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="I354" s="5"/>
       <c r="J354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K354" s="5" t="s">
-        <v>2190</v>
+        <v>2231</v>
       </c>
       <c r="L354" s="6" t="s">
-        <v>2206</v>
+        <v>2236</v>
       </c>
       <c r="M354" s="5"/>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>2207</v>
+        <v>2237</v>
       </c>
       <c r="B355" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C355" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="D355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H355" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="I355" s="5"/>
       <c r="J355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K355" s="5" t="s">
-        <v>2190</v>
+        <v>2231</v>
       </c>
       <c r="L355" s="6" t="s">
-        <v>2208</v>
+        <v>2238</v>
       </c>
       <c r="M355" s="5"/>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>2209</v>
+        <v>2239</v>
       </c>
       <c r="B356" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C356" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="D356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H356" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="I356" s="5"/>
       <c r="J356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K356" s="5" t="s">
-        <v>2190</v>
+        <v>2231</v>
       </c>
       <c r="L356" s="6" t="s">
-        <v>2210</v>
+        <v>2240</v>
       </c>
       <c r="M356" s="5"/>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>2211</v>
+        <v>2241</v>
       </c>
       <c r="B357" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C357" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="D357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H357" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="I357" s="5"/>
       <c r="J357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K357" s="5" t="s">
-        <v>2190</v>
+        <v>2242</v>
       </c>
       <c r="L357" s="6" t="s">
-        <v>2212</v>
+        <v>2243</v>
       </c>
       <c r="M357" s="5"/>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
-        <v>2213</v>
+        <v>2244</v>
       </c>
       <c r="B358" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C358" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="D358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H358" s="5" t="s">
-        <v>2214</v>
+        <v>2222</v>
       </c>
       <c r="I358" s="5"/>
       <c r="J358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K358" s="5" t="s">
-        <v>2190</v>
+        <v>2231</v>
       </c>
       <c r="L358" s="6" t="s">
-        <v>2215</v>
+        <v>2245</v>
       </c>
       <c r="M358" s="5"/>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
-        <v>2216</v>
+        <v>2246</v>
       </c>
       <c r="B359" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C359" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="D359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H359" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="I359" s="5"/>
       <c r="J359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K359" s="5" t="s">
-        <v>2190</v>
+        <v>2231</v>
       </c>
       <c r="L359" s="6" t="s">
-        <v>2217</v>
+        <v>2247</v>
       </c>
       <c r="M359" s="5"/>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
-        <v>2218</v>
+        <v>2248</v>
       </c>
       <c r="B360" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C360" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="D360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H360" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="I360" s="5"/>
       <c r="J360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K360" s="5" t="s">
-        <v>2190</v>
+        <v>2231</v>
       </c>
       <c r="L360" s="6" t="s">
-        <v>2219</v>
+        <v>2249</v>
       </c>
       <c r="M360" s="5"/>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
-        <v>2220</v>
+        <v>2250</v>
       </c>
       <c r="B361" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C361" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="D361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H361" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="I361" s="5"/>
       <c r="J361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K361" s="5" t="s">
-        <v>2190</v>
+        <v>2231</v>
       </c>
       <c r="L361" s="6" t="s">
-        <v>2221</v>
+        <v>2251</v>
       </c>
       <c r="M361" s="5"/>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
+        <v>2252</v>
+      </c>
+      <c r="B362" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="C362" s="5" t="s">
         <v>2222</v>
       </c>
-      <c r="B362" s="5" t="s">
-[...26 lines deleted...]
-        <v>377</v>
+      <c r="D362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H362" s="5" t="s">
+        <v>2222</v>
+      </c>
+      <c r="I362" s="5"/>
+      <c r="J362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K362" s="5" t="s">
-        <v>2226</v>
+        <v>2231</v>
       </c>
       <c r="L362" s="6" t="s">
-        <v>2227</v>
-[...3 lines deleted...]
-      </c>
+        <v>2253</v>
+      </c>
+      <c r="M362" s="5"/>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
-        <v>2229</v>
+        <v>2254</v>
       </c>
       <c r="B363" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C363" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="D363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H363" s="5" t="s">
-        <v>2230</v>
+        <v>2255</v>
       </c>
       <c r="I363" s="5"/>
       <c r="J363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K363" s="5" t="s">
-        <v>2190</v>
+        <v>2231</v>
       </c>
       <c r="L363" s="6" t="s">
-        <v>2231</v>
+        <v>2256</v>
       </c>
       <c r="M363" s="5"/>
     </row>
     <row r="364">
       <c r="A364" s="5" t="s">
-        <v>2232</v>
+        <v>2257</v>
       </c>
       <c r="B364" s="5" t="s">
-        <v>680</v>
+        <v>712</v>
       </c>
       <c r="C364" s="5" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
       <c r="D364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H364" s="5" t="s">
-        <v>2233</v>
+        <v>2222</v>
       </c>
       <c r="I364" s="5"/>
       <c r="J364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K364" s="5" t="s">
-        <v>2190</v>
+        <v>2231</v>
       </c>
       <c r="L364" s="6" t="s">
-        <v>2234</v>
+        <v>2258</v>
       </c>
       <c r="M364" s="5"/>
     </row>
     <row r="365">
       <c r="A365" s="5" t="s">
-        <v>2235</v>
+        <v>2259</v>
       </c>
       <c r="B365" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C365" s="5" t="s">
-        <v>616</v>
-[...5 lines deleted...]
-        <v>1481</v>
+        <v>2222</v>
+      </c>
+      <c r="D365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H365" s="5" t="s">
-        <v>2236</v>
-[...5 lines deleted...]
-        <v>937</v>
+        <v>2222</v>
+      </c>
+      <c r="I365" s="5"/>
+      <c r="J365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K365" s="5" t="s">
-        <v>2238</v>
+        <v>2231</v>
       </c>
       <c r="L365" s="6" t="s">
-        <v>2239</v>
-[...3 lines deleted...]
-      </c>
+        <v>2260</v>
+      </c>
+      <c r="M365" s="5"/>
     </row>
     <row r="366">
       <c r="A366" s="5" t="s">
-        <v>2241</v>
+        <v>2261</v>
       </c>
       <c r="B366" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C366" s="5" t="s">
-        <v>2242</v>
-[...5 lines deleted...]
-        <v>1481</v>
+        <v>2222</v>
+      </c>
+      <c r="D366" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E366" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H366" s="5" t="s">
-        <v>2243</v>
-[...5 lines deleted...]
-        <v>937</v>
+        <v>2222</v>
+      </c>
+      <c r="I366" s="5"/>
+      <c r="J366" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K366" s="5" t="s">
-        <v>2245</v>
+        <v>2231</v>
       </c>
       <c r="L366" s="6" t="s">
-        <v>2246</v>
-[...3 lines deleted...]
-      </c>
+        <v>2262</v>
+      </c>
+      <c r="M366" s="5"/>
     </row>
     <row r="367">
       <c r="A367" s="5" t="s">
-        <v>2248</v>
+        <v>2263</v>
       </c>
       <c r="B367" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C367" s="5" t="s">
-        <v>1645</v>
+        <v>16</v>
       </c>
       <c r="D367" s="5" t="s">
-        <v>1722</v>
-[...17 lines deleted...]
-        <v>2249</v>
+        <v>186</v>
+      </c>
+      <c r="E367" s="5" t="s">
+        <v>2264</v>
+      </c>
+      <c r="F367" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G367" s="5" t="s">
+        <v>2265</v>
+      </c>
+      <c r="H367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I367" s="5" t="s">
-        <v>2250</v>
+        <v>2266</v>
       </c>
       <c r="J367" s="5" t="s">
-        <v>2251</v>
+        <v>386</v>
       </c>
       <c r="K367" s="5" t="s">
-        <v>2252</v>
+        <v>2267</v>
       </c>
       <c r="L367" s="6" t="s">
-        <v>2253</v>
+        <v>2268</v>
       </c>
       <c r="M367" s="5" t="s">
-        <v>2254</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="5" t="s">
-        <v>2255</v>
+        <v>2270</v>
       </c>
       <c r="B368" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C368" s="5" t="s">
-        <v>201</v>
-[...5 lines deleted...]
-        <v>785</v>
+        <v>2222</v>
+      </c>
+      <c r="D368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H368" s="5" t="s">
-        <v>2256</v>
-[...5 lines deleted...]
-        <v>2251</v>
+        <v>2271</v>
+      </c>
+      <c r="I368" s="5"/>
+      <c r="J368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K368" s="5" t="s">
-        <v>2258</v>
+        <v>2231</v>
       </c>
       <c r="L368" s="6" t="s">
-        <v>2259</v>
-[...3 lines deleted...]
-      </c>
+        <v>2272</v>
+      </c>
+      <c r="M368" s="5"/>
     </row>
     <row r="369">
       <c r="A369" s="5" t="s">
-        <v>2261</v>
+        <v>2273</v>
       </c>
       <c r="B369" s="5" t="s">
-        <v>14</v>
+        <v>712</v>
       </c>
       <c r="C369" s="5" t="s">
-        <v>2262</v>
-[...5 lines deleted...]
-        <v>2263</v>
+        <v>2222</v>
+      </c>
+      <c r="D369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H369" s="5" t="s">
-        <v>2264</v>
-[...5 lines deleted...]
-        <v>2266</v>
+        <v>2274</v>
+      </c>
+      <c r="I369" s="5"/>
+      <c r="J369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K369" s="5" t="s">
-        <v>2267</v>
+        <v>2231</v>
       </c>
       <c r="L369" s="6" t="s">
-        <v>2268</v>
-[...3 lines deleted...]
-      </c>
+        <v>2275</v>
+      </c>
+      <c r="M369" s="5"/>
     </row>
     <row r="370">
       <c r="A370" s="5" t="s">
-        <v>2270</v>
+        <v>2276</v>
       </c>
       <c r="B370" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C370" s="5" t="s">
-        <v>16</v>
+        <v>633</v>
       </c>
       <c r="D370" s="5" t="s">
-        <v>2172</v>
+        <v>975</v>
       </c>
       <c r="E370" s="5" t="s">
-        <v>17</v>
+        <v>1522</v>
       </c>
       <c r="F370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H370" s="5" t="s">
-        <v>2271</v>
+        <v>2277</v>
       </c>
       <c r="I370" s="5" t="s">
-        <v>2272</v>
+        <v>2278</v>
       </c>
       <c r="J370" s="5" t="s">
-        <v>2273</v>
+        <v>978</v>
       </c>
       <c r="K370" s="5" t="s">
-        <v>2274</v>
+        <v>2279</v>
       </c>
       <c r="L370" s="6" t="s">
-        <v>2275</v>
+        <v>2280</v>
       </c>
       <c r="M370" s="5" t="s">
-        <v>2276</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="5" t="s">
-        <v>2277</v>
+        <v>2282</v>
       </c>
       <c r="B371" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C371" s="5" t="s">
-        <v>616</v>
+        <v>2283</v>
       </c>
       <c r="D371" s="5" t="s">
-        <v>934</v>
+        <v>975</v>
       </c>
       <c r="E371" s="5" t="s">
-        <v>1481</v>
+        <v>1522</v>
       </c>
       <c r="F371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H371" s="5" t="s">
-        <v>2278</v>
+        <v>2284</v>
       </c>
       <c r="I371" s="5" t="s">
-        <v>2279</v>
+        <v>2285</v>
       </c>
       <c r="J371" s="5" t="s">
-        <v>21</v>
+        <v>978</v>
       </c>
       <c r="K371" s="5" t="s">
-        <v>2280</v>
+        <v>2286</v>
       </c>
       <c r="L371" s="6" t="s">
-        <v>2281</v>
+        <v>2287</v>
       </c>
       <c r="M371" s="5" t="s">
-        <v>2282</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="5" t="s">
-        <v>2283</v>
+        <v>2289</v>
       </c>
       <c r="B372" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C372" s="5" t="s">
-        <v>535</v>
+        <v>1686</v>
       </c>
       <c r="D372" s="5" t="s">
-        <v>1046</v>
+        <v>1763</v>
       </c>
       <c r="E372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H372" s="5" t="s">
-        <v>2284</v>
+        <v>2290</v>
       </c>
       <c r="I372" s="5" t="s">
-        <v>2285</v>
+        <v>2291</v>
       </c>
       <c r="J372" s="5" t="s">
-        <v>2286</v>
+        <v>2292</v>
       </c>
       <c r="K372" s="5" t="s">
-        <v>2287</v>
+        <v>2293</v>
       </c>
       <c r="L372" s="6" t="s">
-        <v>2288</v>
+        <v>2294</v>
       </c>
       <c r="M372" s="5" t="s">
-        <v>2289</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="5" t="s">
-        <v>2290</v>
+        <v>2296</v>
       </c>
       <c r="B373" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C373" s="5" t="s">
-        <v>535</v>
+        <v>210</v>
       </c>
       <c r="D373" s="5" t="s">
-        <v>1046</v>
-[...4 lines deleted...]
-        </is>
+        <v>1763</v>
+      </c>
+      <c r="E373" s="5" t="s">
+        <v>817</v>
       </c>
       <c r="F373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H373" s="5" t="s">
-        <v>2291</v>
+        <v>2297</v>
       </c>
       <c r="I373" s="5" t="s">
+        <v>2298</v>
+      </c>
+      <c r="J373" s="5" t="s">
         <v>2292</v>
       </c>
-      <c r="J373" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K373" s="5" t="s">
-        <v>2294</v>
+        <v>2299</v>
       </c>
       <c r="L373" s="6" t="s">
-        <v>2295</v>
+        <v>2300</v>
       </c>
       <c r="M373" s="5" t="s">
-        <v>2296</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="5" t="s">
-        <v>2297</v>
+        <v>2302</v>
       </c>
       <c r="B374" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C374" s="5" t="s">
-        <v>535</v>
+        <v>2303</v>
       </c>
       <c r="D374" s="5" t="s">
-        <v>1046</v>
-[...4 lines deleted...]
-        </is>
+        <v>1087</v>
+      </c>
+      <c r="E374" s="5" t="s">
+        <v>2304</v>
       </c>
       <c r="F374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H374" s="5" t="s">
-        <v>2298</v>
+        <v>2305</v>
       </c>
       <c r="I374" s="5" t="s">
-        <v>2299</v>
+        <v>2306</v>
       </c>
       <c r="J374" s="5" t="s">
-        <v>2300</v>
+        <v>2307</v>
       </c>
       <c r="K374" s="5" t="s">
-        <v>2301</v>
+        <v>2308</v>
       </c>
       <c r="L374" s="6" t="s">
-        <v>2302</v>
+        <v>2309</v>
       </c>
       <c r="M374" s="5" t="s">
-        <v>2303</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="5" t="s">
-        <v>2304</v>
+        <v>2311</v>
       </c>
       <c r="B375" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C375" s="5" t="s">
-        <v>2305</v>
+        <v>16</v>
       </c>
       <c r="D375" s="5" t="s">
-        <v>1722</v>
-[...4 lines deleted...]
-        </is>
+        <v>2213</v>
+      </c>
+      <c r="E375" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H375" s="5" t="s">
-        <v>2306</v>
+        <v>2312</v>
       </c>
       <c r="I375" s="5" t="s">
-        <v>2307</v>
+        <v>2313</v>
       </c>
       <c r="J375" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K375" s="5" t="s">
-        <v>2308</v>
+        <v>2315</v>
       </c>
       <c r="L375" s="6" t="s">
-        <v>2309</v>
+        <v>2316</v>
       </c>
       <c r="M375" s="5" t="s">
-        <v>2310</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="5" t="s">
-        <v>2311</v>
+        <v>2318</v>
       </c>
       <c r="B376" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C376" s="5" t="s">
-        <v>616</v>
+        <v>633</v>
       </c>
       <c r="D376" s="5" t="s">
-        <v>934</v>
+        <v>975</v>
       </c>
       <c r="E376" s="5" t="s">
-        <v>1481</v>
+        <v>1522</v>
       </c>
       <c r="F376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H376" s="5" t="s">
-        <v>2312</v>
+        <v>2319</v>
       </c>
       <c r="I376" s="5" t="s">
-        <v>2313</v>
+        <v>2320</v>
       </c>
       <c r="J376" s="5" t="s">
-        <v>937</v>
+        <v>21</v>
       </c>
       <c r="K376" s="5" t="s">
-        <v>2314</v>
+        <v>2321</v>
       </c>
       <c r="L376" s="6" t="s">
-        <v>2315</v>
+        <v>2322</v>
       </c>
       <c r="M376" s="5" t="s">
-        <v>2316</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="5" t="s">
-        <v>2317</v>
+        <v>2324</v>
       </c>
       <c r="B377" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C377" s="5" t="s">
-        <v>616</v>
+        <v>544</v>
       </c>
       <c r="D377" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1481</v>
+        <v>1087</v>
+      </c>
+      <c r="E377" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H377" s="5" t="s">
-        <v>2318</v>
-[...1 lines deleted...]
-      <c r="I377" s="5"/>
+        <v>2325</v>
+      </c>
+      <c r="I377" s="5" t="s">
+        <v>2326</v>
+      </c>
       <c r="J377" s="5" t="s">
-        <v>937</v>
+        <v>2327</v>
       </c>
       <c r="K377" s="5" t="s">
-        <v>2319</v>
+        <v>2328</v>
       </c>
       <c r="L377" s="6" t="s">
-        <v>2320</v>
+        <v>2329</v>
       </c>
       <c r="M377" s="5" t="s">
-        <v>2321</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="5" t="s">
-        <v>2322</v>
+        <v>2331</v>
       </c>
       <c r="B378" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C378" s="5" t="s">
-        <v>2242</v>
+        <v>544</v>
       </c>
       <c r="D378" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1481</v>
+        <v>1087</v>
+      </c>
+      <c r="E378" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H378" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H378" s="5" t="s">
+        <v>2332</v>
       </c>
       <c r="I378" s="5" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="J378" s="5" t="s">
-        <v>937</v>
+        <v>2334</v>
       </c>
       <c r="K378" s="5" t="s">
-        <v>2324</v>
+        <v>2335</v>
       </c>
       <c r="L378" s="6" t="s">
-        <v>2325</v>
+        <v>2336</v>
       </c>
       <c r="M378" s="5" t="s">
-        <v>2326</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="5" t="s">
-        <v>2322</v>
+        <v>2338</v>
       </c>
       <c r="B379" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C379" s="5" t="s">
-        <v>535</v>
+        <v>544</v>
       </c>
       <c r="D379" s="5" t="s">
-        <v>1046</v>
+        <v>1087</v>
       </c>
       <c r="E379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H379" s="5" t="s">
-        <v>2327</v>
+        <v>2339</v>
       </c>
       <c r="I379" s="5" t="s">
-        <v>2328</v>
+        <v>2340</v>
       </c>
       <c r="J379" s="5" t="s">
-        <v>2329</v>
+        <v>2341</v>
       </c>
       <c r="K379" s="5" t="s">
-        <v>2330</v>
+        <v>2342</v>
       </c>
       <c r="L379" s="6" t="s">
-        <v>2331</v>
+        <v>2343</v>
       </c>
       <c r="M379" s="5" t="s">
-        <v>2332</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="5" t="s">
-        <v>2333</v>
+        <v>2345</v>
       </c>
       <c r="B380" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C380" s="5" t="s">
-        <v>535</v>
+        <v>2346</v>
       </c>
       <c r="D380" s="5" t="s">
-        <v>1046</v>
+        <v>1763</v>
       </c>
       <c r="E380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H380" s="5" t="s">
-        <v>2334</v>
+        <v>2347</v>
       </c>
       <c r="I380" s="5" t="s">
-        <v>2335</v>
+        <v>2348</v>
       </c>
       <c r="J380" s="5" t="s">
-        <v>2336</v>
+        <v>2314</v>
       </c>
       <c r="K380" s="5" t="s">
-        <v>2337</v>
+        <v>2349</v>
       </c>
       <c r="L380" s="6" t="s">
-        <v>2338</v>
+        <v>2350</v>
       </c>
       <c r="M380" s="5" t="s">
-        <v>2339</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="5" t="s">
-        <v>2340</v>
+        <v>2352</v>
       </c>
       <c r="B381" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C381" s="5" t="s">
-        <v>2242</v>
+        <v>633</v>
       </c>
       <c r="D381" s="5" t="s">
-        <v>934</v>
+        <v>975</v>
       </c>
       <c r="E381" s="5" t="s">
-        <v>1481</v>
+        <v>1522</v>
       </c>
       <c r="F381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H381" s="5" t="s">
-        <v>2341</v>
+        <v>2353</v>
       </c>
       <c r="I381" s="5" t="s">
-        <v>2342</v>
+        <v>2354</v>
       </c>
       <c r="J381" s="5" t="s">
-        <v>937</v>
+        <v>978</v>
       </c>
       <c r="K381" s="5" t="s">
-        <v>2343</v>
+        <v>2355</v>
       </c>
       <c r="L381" s="6" t="s">
-        <v>2344</v>
+        <v>2356</v>
       </c>
       <c r="M381" s="5" t="s">
-        <v>2345</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="5" t="s">
-        <v>2346</v>
+        <v>2358</v>
       </c>
       <c r="B382" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C382" s="5" t="s">
-        <v>616</v>
+        <v>633</v>
       </c>
       <c r="D382" s="5" t="s">
-        <v>1005</v>
+        <v>975</v>
       </c>
       <c r="E382" s="5" t="s">
-        <v>1481</v>
+        <v>1522</v>
       </c>
       <c r="F382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H382" s="5" t="s">
-        <v>2347</v>
-[...3 lines deleted...]
-      </c>
+        <v>2359</v>
+      </c>
+      <c r="I382" s="5"/>
       <c r="J382" s="5" t="s">
-        <v>937</v>
+        <v>978</v>
       </c>
       <c r="K382" s="5" t="s">
-        <v>2349</v>
+        <v>2360</v>
       </c>
       <c r="L382" s="6" t="s">
-        <v>2350</v>
+        <v>2361</v>
       </c>
       <c r="M382" s="5" t="s">
-        <v>2351</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="5" t="s">
-        <v>2352</v>
+        <v>2363</v>
       </c>
       <c r="B383" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C383" s="5" t="s">
-        <v>535</v>
+        <v>2283</v>
       </c>
       <c r="D383" s="5" t="s">
-        <v>1730</v>
-[...4 lines deleted...]
-        </is>
+        <v>975</v>
+      </c>
+      <c r="E383" s="5" t="s">
+        <v>1522</v>
       </c>
       <c r="F383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H383" s="5" t="s">
-        <v>2353</v>
+      <c r="H383" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I383" s="5" t="s">
-        <v>2354</v>
+        <v>2364</v>
       </c>
       <c r="J383" s="5" t="s">
-        <v>2355</v>
+        <v>978</v>
       </c>
       <c r="K383" s="5" t="s">
-        <v>2356</v>
+        <v>2365</v>
       </c>
       <c r="L383" s="6" t="s">
-        <v>2357</v>
+        <v>2366</v>
       </c>
       <c r="M383" s="5" t="s">
-        <v>2358</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="5" t="s">
-        <v>2359</v>
+        <v>2363</v>
       </c>
       <c r="B384" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C384" s="5" t="s">
-        <v>616</v>
+        <v>544</v>
       </c>
       <c r="D384" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>502</v>
+        <v>1087</v>
+      </c>
+      <c r="E384" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H384" s="5" t="s">
-        <v>2360</v>
+        <v>2368</v>
       </c>
       <c r="I384" s="5" t="s">
-        <v>2361</v>
+        <v>2369</v>
       </c>
       <c r="J384" s="5" t="s">
-        <v>937</v>
+        <v>2370</v>
       </c>
       <c r="K384" s="5" t="s">
-        <v>2362</v>
+        <v>2371</v>
       </c>
       <c r="L384" s="6" t="s">
-        <v>2363</v>
+        <v>2372</v>
       </c>
       <c r="M384" s="5" t="s">
-        <v>2364</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="5" t="s">
-        <v>2365</v>
+        <v>2374</v>
       </c>
       <c r="B385" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C385" s="5" t="s">
-        <v>201</v>
+        <v>544</v>
       </c>
       <c r="D385" s="5" t="s">
-        <v>1046</v>
+        <v>1087</v>
       </c>
       <c r="E385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H385" s="5" t="s">
-        <v>2366</v>
+        <v>2375</v>
       </c>
       <c r="I385" s="5" t="s">
-        <v>2367</v>
+        <v>2376</v>
       </c>
       <c r="J385" s="5" t="s">
-        <v>2368</v>
+        <v>2377</v>
       </c>
       <c r="K385" s="5" t="s">
-        <v>2369</v>
+        <v>2378</v>
       </c>
       <c r="L385" s="6" t="s">
-        <v>2370</v>
+        <v>2379</v>
       </c>
       <c r="M385" s="5" t="s">
-        <v>2371</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="5" t="s">
-        <v>2372</v>
+        <v>2381</v>
       </c>
       <c r="B386" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C386" s="5" t="s">
-        <v>535</v>
+        <v>2283</v>
       </c>
       <c r="D386" s="5" t="s">
-        <v>1046</v>
-[...4 lines deleted...]
-        </is>
+        <v>975</v>
+      </c>
+      <c r="E386" s="5" t="s">
+        <v>1522</v>
       </c>
       <c r="F386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H386" s="5" t="s">
-        <v>2373</v>
+        <v>2382</v>
       </c>
       <c r="I386" s="5" t="s">
-        <v>2374</v>
+        <v>2383</v>
       </c>
       <c r="J386" s="5" t="s">
-        <v>2375</v>
+        <v>978</v>
       </c>
       <c r="K386" s="5" t="s">
-        <v>2376</v>
+        <v>2384</v>
       </c>
       <c r="L386" s="6" t="s">
-        <v>2377</v>
+        <v>2385</v>
       </c>
       <c r="M386" s="5" t="s">
-        <v>2378</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="5" t="s">
-        <v>2379</v>
+        <v>2387</v>
       </c>
       <c r="B387" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C387" s="5" t="s">
-        <v>616</v>
+        <v>633</v>
       </c>
       <c r="D387" s="5" t="s">
-        <v>934</v>
+        <v>1046</v>
       </c>
       <c r="E387" s="5" t="s">
-        <v>1481</v>
+        <v>1522</v>
       </c>
       <c r="F387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H387" s="5" t="s">
-        <v>2380</v>
+        <v>2388</v>
       </c>
       <c r="I387" s="5" t="s">
-        <v>2381</v>
+        <v>2389</v>
       </c>
       <c r="J387" s="5" t="s">
-        <v>937</v>
+        <v>978</v>
       </c>
       <c r="K387" s="5" t="s">
-        <v>2382</v>
+        <v>2390</v>
       </c>
       <c r="L387" s="6" t="s">
-        <v>2383</v>
+        <v>2391</v>
       </c>
       <c r="M387" s="5" t="s">
-        <v>2384</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="5" t="s">
-        <v>2385</v>
+        <v>2393</v>
       </c>
       <c r="B388" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C388" s="5" t="s">
-        <v>201</v>
+        <v>544</v>
       </c>
       <c r="D388" s="5" t="s">
-        <v>1046</v>
+        <v>1771</v>
       </c>
       <c r="E388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H388" s="5" t="s">
-        <v>2386</v>
+        <v>2394</v>
       </c>
       <c r="I388" s="5" t="s">
-        <v>2387</v>
+        <v>2395</v>
       </c>
       <c r="J388" s="5" t="s">
-        <v>2388</v>
+        <v>2396</v>
       </c>
       <c r="K388" s="5" t="s">
-        <v>2389</v>
+        <v>2397</v>
       </c>
       <c r="L388" s="6" t="s">
-        <v>2390</v>
+        <v>2398</v>
       </c>
       <c r="M388" s="5" t="s">
-        <v>2391</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="5" t="s">
-        <v>2392</v>
+        <v>2400</v>
       </c>
       <c r="B389" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C389" s="5" t="s">
-        <v>616</v>
+        <v>633</v>
       </c>
       <c r="D389" s="5" t="s">
-        <v>934</v>
+        <v>975</v>
       </c>
       <c r="E389" s="5" t="s">
-        <v>1481</v>
+        <v>511</v>
       </c>
       <c r="F389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G389" s="5" t="s">
-        <v>2393</v>
+      <c r="G389" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H389" s="5" t="s">
-        <v>2394</v>
+        <v>2401</v>
       </c>
       <c r="I389" s="5" t="s">
-        <v>2395</v>
+        <v>2402</v>
       </c>
       <c r="J389" s="5" t="s">
-        <v>937</v>
+        <v>978</v>
       </c>
       <c r="K389" s="5" t="s">
-        <v>2396</v>
+        <v>2403</v>
       </c>
       <c r="L389" s="6" t="s">
-        <v>2397</v>
+        <v>2404</v>
       </c>
       <c r="M389" s="5" t="s">
-        <v>2398</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="5" t="s">
-        <v>2399</v>
+        <v>2406</v>
       </c>
       <c r="B390" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C390" s="5" t="s">
-        <v>1436</v>
+        <v>210</v>
       </c>
       <c r="D390" s="5" t="s">
-        <v>2305</v>
+        <v>1087</v>
       </c>
       <c r="E390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H390" s="5" t="s">
-        <v>2400</v>
+        <v>2407</v>
       </c>
       <c r="I390" s="5" t="s">
-        <v>2401</v>
+        <v>2408</v>
       </c>
       <c r="J390" s="5" t="s">
-        <v>2273</v>
+        <v>2409</v>
       </c>
       <c r="K390" s="5" t="s">
-        <v>2402</v>
+        <v>2410</v>
       </c>
       <c r="L390" s="6" t="s">
-        <v>2403</v>
+        <v>2411</v>
       </c>
       <c r="M390" s="5" t="s">
-        <v>2404</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="5" t="s">
-        <v>2405</v>
+        <v>2413</v>
       </c>
       <c r="B391" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C391" s="5" t="s">
-        <v>616</v>
+        <v>544</v>
       </c>
       <c r="D391" s="5" t="s">
-        <v>1232</v>
-[...2 lines deleted...]
-        <v>1481</v>
+        <v>1087</v>
+      </c>
+      <c r="E391" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G391" s="5" t="s">
-        <v>2406</v>
+      <c r="G391" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H391" s="5" t="s">
-        <v>2407</v>
+        <v>2414</v>
       </c>
       <c r="I391" s="5" t="s">
-        <v>2408</v>
+        <v>2415</v>
       </c>
       <c r="J391" s="5" t="s">
-        <v>937</v>
+        <v>2416</v>
       </c>
       <c r="K391" s="5" t="s">
-        <v>2409</v>
+        <v>2417</v>
       </c>
       <c r="L391" s="6" t="s">
-        <v>2410</v>
+        <v>2418</v>
       </c>
       <c r="M391" s="5" t="s">
-        <v>2411</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="5" t="s">
-        <v>2412</v>
+        <v>2420</v>
       </c>
       <c r="B392" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C392" s="5" t="s">
-        <v>616</v>
+        <v>633</v>
       </c>
       <c r="D392" s="5" t="s">
-        <v>1232</v>
+        <v>975</v>
       </c>
       <c r="E392" s="5" t="s">
-        <v>502</v>
+        <v>1522</v>
       </c>
       <c r="F392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G392" s="5" t="s">
-        <v>2413</v>
+      <c r="G392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H392" s="5" t="s">
-        <v>2414</v>
+        <v>2421</v>
       </c>
       <c r="I392" s="5" t="s">
-        <v>2415</v>
+        <v>2422</v>
       </c>
       <c r="J392" s="5" t="s">
-        <v>937</v>
+        <v>978</v>
       </c>
       <c r="K392" s="5" t="s">
-        <v>2416</v>
+        <v>2423</v>
       </c>
       <c r="L392" s="6" t="s">
-        <v>2417</v>
+        <v>2424</v>
       </c>
       <c r="M392" s="5" t="s">
-        <v>2418</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="5" t="s">
-        <v>2419</v>
+        <v>2426</v>
       </c>
       <c r="B393" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C393" s="5" t="s">
-        <v>616</v>
+        <v>210</v>
       </c>
       <c r="D393" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1481</v>
+        <v>1087</v>
+      </c>
+      <c r="E393" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G393" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G393" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H393" s="5" t="s">
+        <v>2427</v>
       </c>
       <c r="I393" s="5" t="s">
-        <v>2421</v>
+        <v>2428</v>
       </c>
       <c r="J393" s="5" t="s">
-        <v>937</v>
+        <v>2429</v>
       </c>
       <c r="K393" s="5" t="s">
-        <v>2422</v>
+        <v>2430</v>
       </c>
       <c r="L393" s="6" t="s">
-        <v>2423</v>
+        <v>2431</v>
       </c>
       <c r="M393" s="5" t="s">
-        <v>2424</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="5" t="s">
-        <v>2425</v>
+        <v>2433</v>
       </c>
       <c r="B394" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C394" s="5" t="s">
-        <v>1645</v>
+        <v>633</v>
       </c>
       <c r="D394" s="5" t="s">
-        <v>1722</v>
-[...4 lines deleted...]
-        </is>
+        <v>975</v>
+      </c>
+      <c r="E394" s="5" t="s">
+        <v>1522</v>
       </c>
       <c r="F394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G394" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G394" s="5" t="s">
+        <v>2434</v>
       </c>
       <c r="H394" s="5" t="s">
-        <v>2426</v>
+        <v>2435</v>
       </c>
       <c r="I394" s="5" t="s">
-        <v>2427</v>
+        <v>2436</v>
       </c>
       <c r="J394" s="5" t="s">
-        <v>2273</v>
+        <v>978</v>
       </c>
       <c r="K394" s="5" t="s">
-        <v>2428</v>
+        <v>2437</v>
       </c>
       <c r="L394" s="6" t="s">
-        <v>2429</v>
+        <v>2438</v>
       </c>
       <c r="M394" s="5" t="s">
-        <v>2430</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="5" t="s">
-        <v>2431</v>
+        <v>2440</v>
       </c>
       <c r="B395" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C395" s="5" t="s">
-        <v>616</v>
+        <v>1477</v>
       </c>
       <c r="D395" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1481</v>
+        <v>2346</v>
+      </c>
+      <c r="E395" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G395" s="5" t="s">
-        <v>2432</v>
+      <c r="G395" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H395" s="5" t="s">
-        <v>2433</v>
-[...1 lines deleted...]
-      <c r="I395" s="5"/>
+        <v>2441</v>
+      </c>
+      <c r="I395" s="5" t="s">
+        <v>2442</v>
+      </c>
       <c r="J395" s="5" t="s">
-        <v>937</v>
+        <v>2314</v>
       </c>
       <c r="K395" s="5" t="s">
-        <v>2434</v>
+        <v>2443</v>
       </c>
       <c r="L395" s="6" t="s">
-        <v>2435</v>
+        <v>2444</v>
       </c>
       <c r="M395" s="5" t="s">
-        <v>2436</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="5" t="s">
-        <v>2437</v>
+        <v>2446</v>
       </c>
       <c r="B396" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C396" s="5" t="s">
-        <v>616</v>
+        <v>2447</v>
       </c>
       <c r="D396" s="5" t="s">
-        <v>934</v>
+        <v>1087</v>
       </c>
       <c r="E396" s="5" t="s">
-        <v>1481</v>
+        <v>2448</v>
       </c>
       <c r="F396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G396" s="5" t="s">
-        <v>2438</v>
+      <c r="G396" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H396" s="5" t="s">
-        <v>2439</v>
-[...1 lines deleted...]
-      <c r="I396" s="5"/>
+        <v>2449</v>
+      </c>
+      <c r="I396" s="5" t="s">
+        <v>2450</v>
+      </c>
       <c r="J396" s="5" t="s">
-        <v>937</v>
+        <v>2451</v>
       </c>
       <c r="K396" s="5" t="s">
-        <v>2440</v>
+        <v>2452</v>
       </c>
       <c r="L396" s="6" t="s">
-        <v>2441</v>
+        <v>2453</v>
       </c>
       <c r="M396" s="5" t="s">
-        <v>2442</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="397">
-      <c r="A397" s="5" t="n">
-        <v>1934</v>
+      <c r="A397" s="5" t="s">
+        <v>2455</v>
       </c>
       <c r="B397" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C397" s="5" t="s">
-        <v>2443</v>
+        <v>633</v>
       </c>
       <c r="D397" s="5" t="s">
-        <v>2444</v>
-[...4 lines deleted...]
-        </is>
+        <v>1273</v>
+      </c>
+      <c r="E397" s="5" t="s">
+        <v>1522</v>
       </c>
       <c r="F397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G397" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G397" s="5" t="s">
+        <v>2456</v>
       </c>
       <c r="H397" s="5" t="s">
-        <v>2445</v>
+        <v>2457</v>
       </c>
       <c r="I397" s="5" t="s">
-        <v>2446</v>
+        <v>2458</v>
       </c>
       <c r="J397" s="5" t="s">
-        <v>2273</v>
+        <v>978</v>
       </c>
       <c r="K397" s="5" t="s">
-        <v>2447</v>
+        <v>2459</v>
       </c>
       <c r="L397" s="6" t="s">
-        <v>2448</v>
+        <v>2460</v>
       </c>
       <c r="M397" s="5" t="s">
-        <v>2449</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="5" t="s">
-        <v>2450</v>
+        <v>2462</v>
       </c>
       <c r="B398" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C398" s="5" t="s">
-        <v>681</v>
+        <v>633</v>
       </c>
       <c r="D398" s="5" t="s">
-        <v>201</v>
+        <v>1273</v>
       </c>
       <c r="E398" s="5" t="s">
-        <v>2451</v>
-[...7 lines deleted...]
-        </is>
+        <v>511</v>
+      </c>
+      <c r="F398" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G398" s="5" t="s">
+        <v>2463</v>
       </c>
       <c r="H398" s="5" t="s">
-        <v>2453</v>
+        <v>2464</v>
       </c>
       <c r="I398" s="5" t="s">
-        <v>2454</v>
+        <v>2465</v>
       </c>
       <c r="J398" s="5" t="s">
-        <v>2455</v>
+        <v>978</v>
       </c>
       <c r="K398" s="5" t="s">
-        <v>2456</v>
+        <v>2466</v>
       </c>
       <c r="L398" s="6" t="s">
-        <v>2457</v>
+        <v>2467</v>
       </c>
       <c r="M398" s="5" t="s">
-        <v>2458</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="5" t="s">
-        <v>2459</v>
+        <v>2469</v>
       </c>
       <c r="B399" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C399" s="5" t="s">
-        <v>16</v>
+        <v>633</v>
       </c>
       <c r="D399" s="5" t="s">
-        <v>1722</v>
+        <v>975</v>
       </c>
       <c r="E399" s="5" t="s">
-        <v>2460</v>
+        <v>1522</v>
       </c>
       <c r="F399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G399" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>2461</v>
+      <c r="G399" s="5" t="s">
+        <v>2470</v>
+      </c>
+      <c r="H399" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I399" s="5" t="s">
-        <v>2462</v>
+        <v>2471</v>
       </c>
       <c r="J399" s="5" t="s">
-        <v>2251</v>
+        <v>978</v>
       </c>
       <c r="K399" s="5" t="s">
-        <v>2463</v>
+        <v>2472</v>
       </c>
       <c r="L399" s="6" t="s">
-        <v>2464</v>
+        <v>2473</v>
       </c>
       <c r="M399" s="5" t="s">
-        <v>2465</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="5" t="s">
-        <v>2466</v>
+        <v>2475</v>
       </c>
       <c r="B400" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C400" s="5" t="s">
-        <v>681</v>
+        <v>1686</v>
       </c>
       <c r="D400" s="5" t="s">
-        <v>1046</v>
-[...2 lines deleted...]
-        <v>2467</v>
+        <v>1763</v>
+      </c>
+      <c r="E400" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H400" s="5" t="s">
-        <v>2468</v>
-[...1 lines deleted...]
-      <c r="I400" s="5"/>
+        <v>2476</v>
+      </c>
+      <c r="I400" s="5" t="s">
+        <v>2477</v>
+      </c>
       <c r="J400" s="5" t="s">
-        <v>2469</v>
+        <v>2314</v>
       </c>
       <c r="K400" s="5" t="s">
-        <v>2470</v>
+        <v>2478</v>
       </c>
       <c r="L400" s="6" t="s">
-        <v>2471</v>
+        <v>2479</v>
       </c>
       <c r="M400" s="5" t="s">
-        <v>2472</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="5" t="s">
-        <v>2473</v>
+        <v>2481</v>
       </c>
       <c r="B401" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C401" s="5" t="s">
-        <v>16</v>
+        <v>633</v>
       </c>
       <c r="D401" s="5" t="s">
-        <v>1645</v>
+        <v>975</v>
       </c>
       <c r="E401" s="5" t="s">
-        <v>2474</v>
+        <v>1522</v>
       </c>
       <c r="F401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G401" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G401" s="5" t="s">
+        <v>2482</v>
       </c>
       <c r="H401" s="5" t="s">
-        <v>2475</v>
-[...3 lines deleted...]
-      </c>
+        <v>2483</v>
+      </c>
+      <c r="I401" s="5"/>
       <c r="J401" s="5" t="s">
-        <v>2251</v>
+        <v>978</v>
       </c>
       <c r="K401" s="5" t="s">
-        <v>2477</v>
+        <v>2484</v>
       </c>
       <c r="L401" s="6" t="s">
-        <v>2478</v>
+        <v>2485</v>
       </c>
       <c r="M401" s="5" t="s">
-        <v>2479</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="5" t="s">
-        <v>2480</v>
+        <v>2487</v>
       </c>
       <c r="B402" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C402" s="5" t="s">
-        <v>16</v>
+        <v>633</v>
       </c>
       <c r="D402" s="5" t="s">
-        <v>1645</v>
+        <v>975</v>
       </c>
       <c r="E402" s="5" t="s">
-        <v>2481</v>
+        <v>1522</v>
       </c>
       <c r="F402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G402" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G402" s="5" t="s">
+        <v>2488</v>
       </c>
       <c r="H402" s="5" t="s">
-        <v>2482</v>
-[...3 lines deleted...]
-      </c>
+        <v>2489</v>
+      </c>
+      <c r="I402" s="5"/>
       <c r="J402" s="5" t="s">
-        <v>2251</v>
+        <v>978</v>
       </c>
       <c r="K402" s="5" t="s">
-        <v>2484</v>
+        <v>2490</v>
       </c>
       <c r="L402" s="6" t="s">
-        <v>2485</v>
+        <v>2491</v>
       </c>
       <c r="M402" s="5" t="s">
-        <v>2486</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="403">
-      <c r="A403" s="5" t="s">
-        <v>2487</v>
+      <c r="A403" s="5" t="n">
+        <v>1934</v>
       </c>
       <c r="B403" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C403" s="5" t="s">
-        <v>616</v>
+        <v>2493</v>
       </c>
       <c r="D403" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1481</v>
+        <v>2494</v>
+      </c>
+      <c r="E403" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G403" s="5" t="s">
-        <v>2488</v>
+      <c r="G403" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H403" s="5" t="s">
-        <v>2489</v>
+        <v>2495</v>
       </c>
       <c r="I403" s="5" t="s">
-        <v>2490</v>
+        <v>2496</v>
       </c>
       <c r="J403" s="5" t="s">
-        <v>937</v>
+        <v>2314</v>
       </c>
       <c r="K403" s="5" t="s">
-        <v>2491</v>
+        <v>2497</v>
       </c>
       <c r="L403" s="6" t="s">
-        <v>2492</v>
+        <v>2498</v>
       </c>
       <c r="M403" s="5" t="s">
-        <v>2493</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="5" t="s">
-        <v>2494</v>
+        <v>2500</v>
       </c>
       <c r="B404" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C404" s="5" t="s">
-        <v>616</v>
+        <v>713</v>
       </c>
       <c r="D404" s="5" t="s">
-        <v>934</v>
+        <v>210</v>
       </c>
       <c r="E404" s="5" t="s">
-        <v>1481</v>
-[...4 lines deleted...]
-        </is>
+        <v>2501</v>
+      </c>
+      <c r="F404" s="5" t="s">
+        <v>2502</v>
       </c>
       <c r="G404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H404" s="5" t="s">
-        <v>2495</v>
+        <v>2503</v>
       </c>
       <c r="I404" s="5" t="s">
-        <v>2496</v>
+        <v>2504</v>
       </c>
       <c r="J404" s="5" t="s">
-        <v>937</v>
+        <v>2505</v>
       </c>
       <c r="K404" s="5" t="s">
-        <v>2497</v>
+        <v>2506</v>
       </c>
       <c r="L404" s="6" t="s">
-        <v>2498</v>
+        <v>2507</v>
       </c>
       <c r="M404" s="5" t="s">
-        <v>2499</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="5" t="s">
-        <v>2500</v>
+        <v>2509</v>
       </c>
       <c r="B405" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C405" s="5" t="s">
-        <v>616</v>
+        <v>16</v>
       </c>
       <c r="D405" s="5" t="s">
-        <v>934</v>
+        <v>1763</v>
       </c>
       <c r="E405" s="5" t="s">
-        <v>1481</v>
+        <v>2510</v>
       </c>
       <c r="F405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G405" s="5" t="s">
-        <v>2501</v>
+      <c r="G405" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H405" s="5" t="s">
-        <v>2502</v>
-[...1 lines deleted...]
-      <c r="I405" s="5"/>
+        <v>2511</v>
+      </c>
+      <c r="I405" s="5" t="s">
+        <v>2512</v>
+      </c>
       <c r="J405" s="5" t="s">
-        <v>937</v>
+        <v>2292</v>
       </c>
       <c r="K405" s="5" t="s">
-        <v>2503</v>
+        <v>2513</v>
       </c>
       <c r="L405" s="6" t="s">
-        <v>2504</v>
+        <v>2514</v>
       </c>
       <c r="M405" s="5" t="s">
-        <v>2505</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="5" t="s">
-        <v>2506</v>
+        <v>2516</v>
       </c>
       <c r="B406" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C406" s="5" t="s">
-        <v>616</v>
+        <v>713</v>
       </c>
       <c r="D406" s="5" t="s">
-        <v>934</v>
+        <v>1087</v>
       </c>
       <c r="E406" s="5" t="s">
-        <v>1481</v>
+        <v>2517</v>
       </c>
       <c r="F406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H406" s="5" t="s">
-        <v>2507</v>
-[...3 lines deleted...]
-      </c>
+        <v>2518</v>
+      </c>
+      <c r="I406" s="5"/>
       <c r="J406" s="5" t="s">
-        <v>937</v>
+        <v>2519</v>
       </c>
       <c r="K406" s="5" t="s">
-        <v>2509</v>
+        <v>2520</v>
       </c>
       <c r="L406" s="6" t="s">
-        <v>2510</v>
+        <v>2521</v>
       </c>
       <c r="M406" s="5" t="s">
-        <v>2511</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="5" t="s">
-        <v>2512</v>
+        <v>2523</v>
       </c>
       <c r="B407" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C407" s="5" t="s">
-        <v>1436</v>
+        <v>16</v>
       </c>
       <c r="D407" s="5" t="s">
-        <v>2305</v>
-[...4 lines deleted...]
-        </is>
+        <v>1686</v>
+      </c>
+      <c r="E407" s="5" t="s">
+        <v>2524</v>
       </c>
       <c r="F407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H407" s="5" t="s">
-        <v>2513</v>
+        <v>2525</v>
       </c>
       <c r="I407" s="5" t="s">
-        <v>2514</v>
+        <v>2526</v>
       </c>
       <c r="J407" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K407" s="5" t="s">
-        <v>2515</v>
+        <v>2527</v>
       </c>
       <c r="L407" s="6" t="s">
-        <v>2516</v>
+        <v>2528</v>
       </c>
       <c r="M407" s="5" t="s">
-        <v>2517</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="5" t="s">
-        <v>2518</v>
+        <v>2530</v>
       </c>
       <c r="B408" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C408" s="5" t="s">
-        <v>616</v>
+        <v>16</v>
       </c>
       <c r="D408" s="5" t="s">
-        <v>1005</v>
+        <v>1686</v>
       </c>
       <c r="E408" s="5" t="s">
-        <v>1481</v>
+        <v>2531</v>
       </c>
       <c r="F408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G408" s="5" t="s">
-        <v>2519</v>
+      <c r="G408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H408" s="5" t="s">
-        <v>2520</v>
+        <v>2532</v>
       </c>
       <c r="I408" s="5" t="s">
-        <v>2521</v>
+        <v>2533</v>
       </c>
       <c r="J408" s="5" t="s">
-        <v>937</v>
+        <v>2292</v>
       </c>
       <c r="K408" s="5" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="L408" s="6" t="s">
-        <v>2523</v>
+        <v>2535</v>
       </c>
       <c r="M408" s="5" t="s">
-        <v>2524</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="5" t="s">
-        <v>2525</v>
+        <v>2537</v>
       </c>
       <c r="B409" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C409" s="5" t="s">
-        <v>2526</v>
+        <v>633</v>
       </c>
       <c r="D409" s="5" t="s">
-        <v>1436</v>
-[...4 lines deleted...]
-        </is>
+        <v>975</v>
+      </c>
+      <c r="E409" s="5" t="s">
+        <v>1522</v>
       </c>
       <c r="F409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G409" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G409" s="5" t="s">
+        <v>2538</v>
       </c>
       <c r="H409" s="5" t="s">
-        <v>2527</v>
+        <v>2539</v>
       </c>
       <c r="I409" s="5" t="s">
-        <v>2528</v>
+        <v>2540</v>
       </c>
       <c r="J409" s="5" t="s">
-        <v>2273</v>
+        <v>978</v>
       </c>
       <c r="K409" s="5" t="s">
-        <v>2529</v>
+        <v>2541</v>
       </c>
       <c r="L409" s="6" t="s">
-        <v>2530</v>
+        <v>2542</v>
       </c>
       <c r="M409" s="5" t="s">
-        <v>2531</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="5" t="s">
-        <v>2532</v>
+        <v>2544</v>
       </c>
       <c r="B410" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C410" s="5" t="s">
-        <v>616</v>
+        <v>633</v>
       </c>
       <c r="D410" s="5" t="s">
-        <v>1005</v>
+        <v>975</v>
       </c>
       <c r="E410" s="5" t="s">
-        <v>1481</v>
+        <v>1522</v>
       </c>
       <c r="F410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H410" s="5" t="s">
-        <v>2533</v>
+        <v>2545</v>
       </c>
       <c r="I410" s="5" t="s">
-        <v>2534</v>
+        <v>2546</v>
       </c>
       <c r="J410" s="5" t="s">
-        <v>937</v>
+        <v>978</v>
       </c>
       <c r="K410" s="5" t="s">
-        <v>2535</v>
+        <v>2547</v>
       </c>
       <c r="L410" s="6" t="s">
-        <v>2536</v>
+        <v>2548</v>
       </c>
       <c r="M410" s="5" t="s">
-        <v>2537</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="5" t="s">
-        <v>2538</v>
+        <v>2550</v>
       </c>
       <c r="B411" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C411" s="5" t="s">
-        <v>2305</v>
+        <v>633</v>
       </c>
       <c r="D411" s="5" t="s">
-        <v>1722</v>
-[...4 lines deleted...]
-        </is>
+        <v>975</v>
+      </c>
+      <c r="E411" s="5" t="s">
+        <v>1522</v>
       </c>
       <c r="F411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G411" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G411" s="5" t="s">
+        <v>2551</v>
       </c>
       <c r="H411" s="5" t="s">
-        <v>2539</v>
-[...3 lines deleted...]
-      </c>
+        <v>2552</v>
+      </c>
+      <c r="I411" s="5"/>
       <c r="J411" s="5" t="s">
-        <v>2273</v>
+        <v>978</v>
       </c>
       <c r="K411" s="5" t="s">
-        <v>2541</v>
+        <v>2553</v>
       </c>
       <c r="L411" s="6" t="s">
-        <v>2542</v>
+        <v>2554</v>
       </c>
       <c r="M411" s="5" t="s">
-        <v>2543</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="5" t="s">
-        <v>2544</v>
+        <v>2556</v>
       </c>
       <c r="B412" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C412" s="5" t="s">
-        <v>2305</v>
+        <v>633</v>
       </c>
       <c r="D412" s="5" t="s">
-        <v>1722</v>
-[...4 lines deleted...]
-        </is>
+        <v>975</v>
+      </c>
+      <c r="E412" s="5" t="s">
+        <v>1522</v>
       </c>
       <c r="F412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H412" s="5" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="I412" s="5" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="J412" s="5" t="s">
-        <v>2273</v>
+        <v>978</v>
       </c>
       <c r="K412" s="5" t="s">
-        <v>2547</v>
+        <v>2559</v>
       </c>
       <c r="L412" s="6" t="s">
-        <v>2548</v>
+        <v>2560</v>
       </c>
       <c r="M412" s="5" t="s">
-        <v>2549</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="5" t="s">
-        <v>2550</v>
+        <v>2562</v>
       </c>
       <c r="B413" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C413" s="5" t="s">
-        <v>2305</v>
+        <v>2563</v>
       </c>
       <c r="D413" s="5" t="s">
-        <v>1722</v>
-[...4 lines deleted...]
-        </is>
+        <v>1087</v>
+      </c>
+      <c r="E413" s="5" t="s">
+        <v>2564</v>
       </c>
       <c r="F413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H413" s="5" t="s">
-        <v>2551</v>
+        <v>2565</v>
       </c>
       <c r="I413" s="5" t="s">
-        <v>2552</v>
+        <v>2566</v>
       </c>
       <c r="J413" s="5" t="s">
-        <v>2273</v>
+        <v>2567</v>
       </c>
       <c r="K413" s="5" t="s">
-        <v>2553</v>
+        <v>2568</v>
       </c>
       <c r="L413" s="6" t="s">
-        <v>2554</v>
+        <v>2569</v>
       </c>
       <c r="M413" s="5" t="s">
-        <v>2555</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="5" t="s">
-        <v>2556</v>
+        <v>2571</v>
       </c>
       <c r="B414" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C414" s="5" t="s">
-        <v>16</v>
+        <v>1477</v>
       </c>
       <c r="D414" s="5" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>2346</v>
+      </c>
+      <c r="E414" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H414" s="5" t="s">
-        <v>2557</v>
+        <v>2572</v>
       </c>
       <c r="I414" s="5" t="s">
-        <v>2558</v>
+        <v>2573</v>
       </c>
       <c r="J414" s="5" t="s">
-        <v>2251</v>
+        <v>2314</v>
       </c>
       <c r="K414" s="5" t="s">
-        <v>2559</v>
+        <v>2574</v>
       </c>
       <c r="L414" s="6" t="s">
-        <v>2560</v>
+        <v>2575</v>
       </c>
       <c r="M414" s="5" t="s">
-        <v>2561</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="5" t="s">
-        <v>2562</v>
+        <v>2577</v>
       </c>
       <c r="B415" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C415" s="5" t="s">
-        <v>16</v>
+        <v>633</v>
       </c>
       <c r="D415" s="5" t="s">
-        <v>2563</v>
+        <v>1046</v>
       </c>
       <c r="E415" s="5" t="s">
-        <v>17</v>
+        <v>1522</v>
       </c>
       <c r="F415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G415" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G415" s="5" t="s">
+        <v>2578</v>
       </c>
       <c r="H415" s="5" t="s">
-        <v>2564</v>
+        <v>2579</v>
       </c>
       <c r="I415" s="5" t="s">
-        <v>2565</v>
+        <v>2580</v>
       </c>
       <c r="J415" s="5" t="s">
-        <v>2251</v>
+        <v>978</v>
       </c>
       <c r="K415" s="5" t="s">
-        <v>2566</v>
+        <v>2581</v>
       </c>
       <c r="L415" s="6" t="s">
-        <v>2567</v>
+        <v>2582</v>
       </c>
       <c r="M415" s="5" t="s">
-        <v>2568</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="5" t="s">
-        <v>2569</v>
+        <v>2584</v>
       </c>
       <c r="B416" s="5" t="s">
-        <v>1250</v>
+        <v>14</v>
       </c>
       <c r="C416" s="5" t="s">
-        <v>934</v>
+        <v>2585</v>
       </c>
       <c r="D416" s="5" t="s">
-        <v>2570</v>
+        <v>1477</v>
       </c>
       <c r="E416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H416" s="5" t="s">
-        <v>2551</v>
+        <v>2586</v>
       </c>
       <c r="I416" s="5" t="s">
-        <v>2571</v>
+        <v>2587</v>
       </c>
       <c r="J416" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K416" s="5" t="s">
-        <v>2572</v>
+        <v>2588</v>
       </c>
       <c r="L416" s="6" t="s">
-        <v>2573</v>
+        <v>2589</v>
       </c>
       <c r="M416" s="5" t="s">
-        <v>2574</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="417">
-      <c r="A417" s="5" t="n">
-        <v>1936</v>
+      <c r="A417" s="5" t="s">
+        <v>2591</v>
       </c>
       <c r="B417" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C417" s="5" t="s">
-        <v>2575</v>
+        <v>633</v>
       </c>
       <c r="D417" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1046</v>
+      </c>
+      <c r="E417" s="5" t="s">
+        <v>1522</v>
       </c>
       <c r="F417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H417" s="5" t="s">
-        <v>2576</v>
+        <v>2592</v>
       </c>
       <c r="I417" s="5" t="s">
-        <v>2577</v>
+        <v>2593</v>
       </c>
       <c r="J417" s="5" t="s">
-        <v>2273</v>
+        <v>978</v>
       </c>
       <c r="K417" s="5" t="s">
-        <v>2578</v>
+        <v>2594</v>
       </c>
       <c r="L417" s="6" t="s">
-        <v>2579</v>
+        <v>2595</v>
       </c>
       <c r="M417" s="5" t="s">
-        <v>2580</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="5" t="s">
-        <v>2581</v>
+        <v>2597</v>
       </c>
       <c r="B418" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C418" s="5" t="s">
-        <v>1436</v>
+        <v>2346</v>
       </c>
       <c r="D418" s="5" t="s">
-        <v>2305</v>
+        <v>1763</v>
       </c>
       <c r="E418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H418" s="5" t="s">
-        <v>2582</v>
+        <v>2598</v>
       </c>
       <c r="I418" s="5" t="s">
-        <v>2583</v>
+        <v>2599</v>
       </c>
       <c r="J418" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K418" s="5" t="s">
-        <v>2584</v>
+        <v>2600</v>
       </c>
       <c r="L418" s="6" t="s">
-        <v>2585</v>
+        <v>2601</v>
       </c>
       <c r="M418" s="5" t="s">
-        <v>2586</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="5" t="s">
-        <v>2587</v>
+        <v>2603</v>
       </c>
       <c r="B419" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C419" s="5" t="s">
-        <v>616</v>
+        <v>2346</v>
       </c>
       <c r="D419" s="5" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1481</v>
+        <v>1763</v>
+      </c>
+      <c r="E419" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H419" s="5" t="s">
-        <v>2588</v>
+        <v>2604</v>
       </c>
       <c r="I419" s="5" t="s">
-        <v>2589</v>
+        <v>2605</v>
       </c>
       <c r="J419" s="5" t="s">
-        <v>937</v>
+        <v>2314</v>
       </c>
       <c r="K419" s="5" t="s">
-        <v>2590</v>
+        <v>2606</v>
       </c>
       <c r="L419" s="6" t="s">
-        <v>2591</v>
+        <v>2607</v>
       </c>
       <c r="M419" s="5" t="s">
-        <v>2592</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="5" t="s">
-        <v>2593</v>
+        <v>2609</v>
       </c>
       <c r="B420" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C420" s="5" t="s">
-        <v>616</v>
+        <v>2346</v>
       </c>
       <c r="D420" s="5" t="s">
-        <v>934</v>
+        <v>1763</v>
       </c>
       <c r="E420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G420" s="5" t="s">
-        <v>2594</v>
+      <c r="G420" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H420" s="5" t="s">
-        <v>2595</v>
+        <v>2610</v>
       </c>
       <c r="I420" s="5" t="s">
-        <v>2596</v>
+        <v>2611</v>
       </c>
       <c r="J420" s="5" t="s">
-        <v>937</v>
+        <v>2314</v>
       </c>
       <c r="K420" s="5" t="s">
-        <v>2597</v>
+        <v>2612</v>
       </c>
       <c r="L420" s="6" t="s">
-        <v>2598</v>
+        <v>2613</v>
       </c>
       <c r="M420" s="5" t="s">
-        <v>2599</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="5" t="s">
-        <v>2600</v>
+        <v>2615</v>
       </c>
       <c r="B421" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C421" s="5" t="s">
-        <v>2601</v>
+        <v>16</v>
       </c>
       <c r="D421" s="5" t="s">
-        <v>1046</v>
+        <v>1763</v>
       </c>
       <c r="E421" s="5" t="s">
-        <v>1427</v>
+        <v>17</v>
       </c>
       <c r="F421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H421" s="5" t="s">
-        <v>2602</v>
+        <v>2616</v>
       </c>
       <c r="I421" s="5" t="s">
-        <v>2603</v>
+        <v>2617</v>
       </c>
       <c r="J421" s="5" t="s">
-        <v>2604</v>
+        <v>2292</v>
       </c>
       <c r="K421" s="5" t="s">
-        <v>2605</v>
+        <v>2618</v>
       </c>
       <c r="L421" s="6" t="s">
-        <v>2606</v>
+        <v>2619</v>
       </c>
       <c r="M421" s="5" t="s">
-        <v>2607</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="5" t="s">
-        <v>2608</v>
+        <v>2621</v>
       </c>
       <c r="B422" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C422" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D422" s="5" t="s">
-        <v>1722</v>
+        <v>2622</v>
       </c>
       <c r="E422" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H422" s="5" t="s">
-        <v>2609</v>
+        <v>2623</v>
       </c>
       <c r="I422" s="5" t="s">
-        <v>2610</v>
+        <v>2624</v>
       </c>
       <c r="J422" s="5" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="K422" s="5" t="s">
-        <v>2611</v>
+        <v>2625</v>
       </c>
       <c r="L422" s="6" t="s">
-        <v>2612</v>
+        <v>2626</v>
       </c>
       <c r="M422" s="5" t="s">
-        <v>2613</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="5" t="s">
-        <v>2614</v>
+        <v>2628</v>
       </c>
       <c r="B423" s="5" t="s">
-        <v>14</v>
+        <v>1291</v>
       </c>
       <c r="C423" s="5" t="s">
-        <v>77</v>
+        <v>975</v>
       </c>
       <c r="D423" s="5" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>1627</v>
+        <v>2629</v>
+      </c>
+      <c r="E423" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H423" s="5" t="s">
-        <v>2615</v>
-[...1 lines deleted...]
-      <c r="I423" s="5"/>
+        <v>2610</v>
+      </c>
+      <c r="I423" s="5" t="s">
+        <v>2630</v>
+      </c>
       <c r="J423" s="5" t="s">
-        <v>2616</v>
+        <v>2314</v>
       </c>
       <c r="K423" s="5" t="s">
-        <v>2617</v>
+        <v>2631</v>
       </c>
       <c r="L423" s="6" t="s">
-        <v>2618</v>
+        <v>2632</v>
       </c>
       <c r="M423" s="5" t="s">
-        <v>2619</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="424">
-      <c r="A424" s="5" t="s">
-        <v>2620</v>
+      <c r="A424" s="5" t="n">
+        <v>1936</v>
       </c>
       <c r="B424" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C424" s="5" t="s">
-        <v>495</v>
+        <v>2634</v>
       </c>
       <c r="D424" s="5" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>2621</v>
+        <v>16</v>
+      </c>
+      <c r="E424" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H424" s="5" t="s">
-        <v>2622</v>
-[...1 lines deleted...]
-      <c r="I424" s="5"/>
+        <v>2635</v>
+      </c>
+      <c r="I424" s="5" t="s">
+        <v>2636</v>
+      </c>
       <c r="J424" s="5" t="s">
-        <v>2616</v>
+        <v>2314</v>
       </c>
       <c r="K424" s="5" t="s">
-        <v>2623</v>
+        <v>2637</v>
       </c>
       <c r="L424" s="6" t="s">
-        <v>2624</v>
+        <v>2638</v>
       </c>
       <c r="M424" s="5" t="s">
-        <v>2625</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="5" t="s">
-        <v>2626</v>
+        <v>2640</v>
       </c>
       <c r="B425" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C425" s="5" t="s">
-        <v>1645</v>
+        <v>1477</v>
       </c>
       <c r="D425" s="5" t="s">
-        <v>1722</v>
+        <v>2346</v>
       </c>
       <c r="E425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H425" s="5" t="s">
-        <v>2627</v>
+        <v>2641</v>
       </c>
       <c r="I425" s="5" t="s">
-        <v>2628</v>
+        <v>2642</v>
       </c>
       <c r="J425" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K425" s="5" t="s">
-        <v>2629</v>
+        <v>2643</v>
       </c>
       <c r="L425" s="6" t="s">
-        <v>2630</v>
+        <v>2644</v>
       </c>
       <c r="M425" s="5" t="s">
-        <v>2631</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="5" t="s">
-        <v>2632</v>
+        <v>2646</v>
       </c>
       <c r="B426" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C426" s="5" t="s">
-        <v>1436</v>
+        <v>633</v>
       </c>
       <c r="D426" s="5" t="s">
-        <v>2305</v>
+        <v>975</v>
       </c>
       <c r="E426" s="5" t="s">
-        <v>979</v>
+        <v>1522</v>
       </c>
       <c r="F426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H426" s="5" t="s">
-        <v>2633</v>
+        <v>2647</v>
       </c>
       <c r="I426" s="5" t="s">
-        <v>2634</v>
+        <v>2648</v>
       </c>
       <c r="J426" s="5" t="s">
-        <v>2273</v>
+        <v>978</v>
       </c>
       <c r="K426" s="5" t="s">
-        <v>2635</v>
+        <v>2649</v>
       </c>
       <c r="L426" s="6" t="s">
-        <v>2636</v>
+        <v>2650</v>
       </c>
       <c r="M426" s="5" t="s">
-        <v>2637</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="5" t="s">
-        <v>2638</v>
+        <v>2652</v>
       </c>
       <c r="B427" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C427" s="5" t="s">
-        <v>1645</v>
+        <v>633</v>
       </c>
       <c r="D427" s="5" t="s">
-        <v>2563</v>
+        <v>975</v>
       </c>
       <c r="E427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G427" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G427" s="5" t="s">
+        <v>2653</v>
       </c>
       <c r="H427" s="5" t="s">
-        <v>2639</v>
+        <v>2654</v>
       </c>
       <c r="I427" s="5" t="s">
-        <v>2640</v>
+        <v>2655</v>
       </c>
       <c r="J427" s="5" t="s">
-        <v>2273</v>
+        <v>978</v>
       </c>
       <c r="K427" s="5" t="s">
-        <v>2641</v>
+        <v>2656</v>
       </c>
       <c r="L427" s="6" t="s">
-        <v>2642</v>
+        <v>2657</v>
       </c>
       <c r="M427" s="5" t="s">
-        <v>2643</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="5" t="s">
-        <v>2644</v>
+        <v>2659</v>
       </c>
       <c r="B428" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C428" s="5" t="s">
-        <v>16</v>
+        <v>2660</v>
       </c>
       <c r="D428" s="5" t="s">
-        <v>1722</v>
+        <v>1087</v>
       </c>
       <c r="E428" s="5" t="s">
-        <v>17</v>
+        <v>1468</v>
       </c>
       <c r="F428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H428" s="5" t="s">
-        <v>2645</v>
+        <v>2661</v>
       </c>
       <c r="I428" s="5" t="s">
-        <v>2646</v>
+        <v>2662</v>
       </c>
       <c r="J428" s="5" t="s">
-        <v>2251</v>
+        <v>2663</v>
       </c>
       <c r="K428" s="5" t="s">
-        <v>2647</v>
+        <v>2664</v>
       </c>
       <c r="L428" s="6" t="s">
-        <v>2648</v>
+        <v>2665</v>
       </c>
       <c r="M428" s="5" t="s">
-        <v>2649</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="5" t="s">
-        <v>2650</v>
+        <v>2667</v>
       </c>
       <c r="B429" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C429" s="5" t="s">
-        <v>1645</v>
+        <v>16</v>
       </c>
       <c r="D429" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1763</v>
+      </c>
+      <c r="E429" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H429" s="5" t="s">
-        <v>2651</v>
+        <v>2668</v>
       </c>
       <c r="I429" s="5" t="s">
-        <v>2652</v>
+        <v>2669</v>
       </c>
       <c r="J429" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K429" s="5" t="s">
-        <v>2653</v>
+        <v>2670</v>
       </c>
       <c r="L429" s="6" t="s">
-        <v>2654</v>
+        <v>2671</v>
       </c>
       <c r="M429" s="5" t="s">
-        <v>2655</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="5" t="s">
-        <v>2656</v>
+        <v>2673</v>
       </c>
       <c r="B430" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C430" s="5" t="s">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="D430" s="5" t="s">
-        <v>2563</v>
+        <v>1763</v>
       </c>
       <c r="E430" s="5" t="s">
-        <v>17</v>
+        <v>1668</v>
       </c>
       <c r="F430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H430" s="5" t="s">
-        <v>2657</v>
-[...3 lines deleted...]
-      </c>
+        <v>2674</v>
+      </c>
+      <c r="I430" s="5"/>
       <c r="J430" s="5" t="s">
-        <v>2251</v>
+        <v>2675</v>
       </c>
       <c r="K430" s="5" t="s">
-        <v>2659</v>
+        <v>2676</v>
       </c>
       <c r="L430" s="6" t="s">
-        <v>2660</v>
+        <v>2677</v>
       </c>
       <c r="M430" s="5" t="s">
-        <v>2661</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="5" t="s">
-        <v>2662</v>
+        <v>2679</v>
       </c>
       <c r="B431" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C431" s="5" t="s">
-        <v>201</v>
+        <v>504</v>
       </c>
       <c r="D431" s="5" t="s">
-        <v>681</v>
+        <v>1763</v>
       </c>
       <c r="E431" s="5" t="s">
-        <v>2452</v>
+        <v>2680</v>
       </c>
       <c r="F431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H431" s="5" t="s">
-        <v>2663</v>
-[...3 lines deleted...]
-      </c>
+        <v>2681</v>
+      </c>
+      <c r="I431" s="5"/>
       <c r="J431" s="5" t="s">
-        <v>2665</v>
+        <v>2675</v>
       </c>
       <c r="K431" s="5" t="s">
-        <v>2666</v>
+        <v>2682</v>
       </c>
       <c r="L431" s="6" t="s">
-        <v>2667</v>
+        <v>2683</v>
       </c>
       <c r="M431" s="5" t="s">
-        <v>2668</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="5" t="s">
-        <v>2669</v>
+        <v>2685</v>
       </c>
       <c r="B432" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C432" s="5" t="s">
-        <v>2305</v>
+        <v>1686</v>
       </c>
       <c r="D432" s="5" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>979</v>
+        <v>1763</v>
+      </c>
+      <c r="E432" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H432" s="5" t="s">
-        <v>2670</v>
+        <v>2686</v>
       </c>
       <c r="I432" s="5" t="s">
-        <v>2671</v>
+        <v>2687</v>
       </c>
       <c r="J432" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K432" s="5" t="s">
-        <v>2672</v>
+        <v>2688</v>
       </c>
       <c r="L432" s="6" t="s">
-        <v>2673</v>
+        <v>2689</v>
       </c>
       <c r="M432" s="5" t="s">
-        <v>2674</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="5" t="s">
-        <v>2675</v>
+        <v>2691</v>
       </c>
       <c r="B433" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C433" s="5" t="s">
-        <v>2305</v>
+        <v>1477</v>
       </c>
       <c r="D433" s="5" t="s">
-        <v>1722</v>
-[...4 lines deleted...]
-        </is>
+        <v>2346</v>
+      </c>
+      <c r="E433" s="5" t="s">
+        <v>1020</v>
       </c>
       <c r="F433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H433" s="5" t="s">
-        <v>2676</v>
+        <v>2692</v>
       </c>
       <c r="I433" s="5" t="s">
-        <v>2677</v>
+        <v>2693</v>
       </c>
       <c r="J433" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K433" s="5" t="s">
-        <v>2678</v>
+        <v>2694</v>
       </c>
       <c r="L433" s="6" t="s">
-        <v>2679</v>
+        <v>2695</v>
       </c>
       <c r="M433" s="5" t="s">
-        <v>2680</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="5" t="s">
-        <v>2681</v>
+        <v>2697</v>
       </c>
       <c r="B434" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C434" s="5" t="s">
-        <v>16</v>
+        <v>1686</v>
       </c>
       <c r="D434" s="5" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>2622</v>
+      </c>
+      <c r="E434" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H434" s="5" t="s">
-        <v>2682</v>
+        <v>2698</v>
       </c>
       <c r="I434" s="5" t="s">
-        <v>2683</v>
+        <v>2699</v>
       </c>
       <c r="J434" s="5" t="s">
-        <v>2251</v>
+        <v>2314</v>
       </c>
       <c r="K434" s="5" t="s">
-        <v>2684</v>
+        <v>2700</v>
       </c>
       <c r="L434" s="6" t="s">
-        <v>2685</v>
+        <v>2701</v>
       </c>
       <c r="M434" s="5" t="s">
-        <v>2686</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="5" t="s">
-        <v>2687</v>
+        <v>2703</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C435" s="5" t="s">
-        <v>681</v>
+        <v>16</v>
       </c>
       <c r="D435" s="5" t="s">
-        <v>2688</v>
+        <v>1763</v>
       </c>
       <c r="E435" s="5" t="s">
-        <v>2689</v>
-[...2 lines deleted...]
-        <v>2690</v>
+        <v>17</v>
+      </c>
+      <c r="F435" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H435" s="5" t="s">
-        <v>2691</v>
+        <v>2704</v>
       </c>
       <c r="I435" s="5" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="J435" s="5" t="s">
-        <v>2693</v>
+        <v>2292</v>
       </c>
       <c r="K435" s="5" t="s">
-        <v>2694</v>
+        <v>2706</v>
       </c>
       <c r="L435" s="6" t="s">
-        <v>2695</v>
+        <v>2707</v>
       </c>
       <c r="M435" s="5" t="s">
-        <v>2696</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="5" t="s">
-        <v>2697</v>
+        <v>2709</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C436" s="5" t="s">
-        <v>1645</v>
+        <v>1686</v>
       </c>
       <c r="D436" s="5" t="s">
-        <v>1722</v>
+        <v>16</v>
       </c>
       <c r="E436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H436" s="5" t="s">
-        <v>2698</v>
+        <v>2710</v>
       </c>
       <c r="I436" s="5" t="s">
-        <v>2699</v>
+        <v>2711</v>
       </c>
       <c r="J436" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K436" s="5" t="s">
-        <v>2700</v>
+        <v>2712</v>
       </c>
       <c r="L436" s="6" t="s">
-        <v>2701</v>
+        <v>2713</v>
       </c>
       <c r="M436" s="5" t="s">
-        <v>2702</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="5" t="s">
-        <v>2703</v>
+        <v>2715</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C437" s="5" t="s">
-        <v>616</v>
+        <v>16</v>
       </c>
       <c r="D437" s="5" t="s">
-        <v>2704</v>
+        <v>2622</v>
       </c>
       <c r="E437" s="5" t="s">
-        <v>2705</v>
+        <v>17</v>
       </c>
       <c r="F437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H437" s="5" t="s">
-        <v>2706</v>
+        <v>2716</v>
       </c>
       <c r="I437" s="5" t="s">
-        <v>2707</v>
+        <v>2717</v>
       </c>
       <c r="J437" s="5" t="s">
-        <v>2708</v>
+        <v>2292</v>
       </c>
       <c r="K437" s="5" t="s">
-        <v>2709</v>
+        <v>2718</v>
       </c>
       <c r="L437" s="6" t="s">
-        <v>2710</v>
+        <v>2719</v>
       </c>
       <c r="M437" s="5" t="s">
-        <v>2711</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="5" t="s">
-        <v>2712</v>
+        <v>2721</v>
       </c>
       <c r="B438" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C438" s="5" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="D438" s="5" t="s">
-        <v>1722</v>
+        <v>713</v>
       </c>
       <c r="E438" s="5" t="s">
-        <v>17</v>
+        <v>2502</v>
       </c>
       <c r="F438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H438" s="5" t="s">
-        <v>2713</v>
+        <v>2722</v>
       </c>
       <c r="I438" s="5" t="s">
-        <v>2714</v>
+        <v>2723</v>
       </c>
       <c r="J438" s="5" t="s">
-        <v>2251</v>
+        <v>2724</v>
       </c>
       <c r="K438" s="5" t="s">
-        <v>2715</v>
+        <v>2725</v>
       </c>
       <c r="L438" s="6" t="s">
-        <v>2716</v>
+        <v>2726</v>
       </c>
       <c r="M438" s="5" t="s">
-        <v>2717</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="5" t="s">
-        <v>2718</v>
+        <v>2728</v>
       </c>
       <c r="B439" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C439" s="5" t="s">
-        <v>201</v>
+        <v>2346</v>
       </c>
       <c r="D439" s="5" t="s">
-        <v>681</v>
-[...4 lines deleted...]
-        </is>
+        <v>1763</v>
+      </c>
+      <c r="E439" s="5" t="s">
+        <v>1020</v>
       </c>
       <c r="F439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H439" s="5" t="s">
-        <v>2719</v>
+        <v>2729</v>
       </c>
       <c r="I439" s="5" t="s">
-        <v>2720</v>
+        <v>2730</v>
       </c>
       <c r="J439" s="5" t="s">
-        <v>2721</v>
+        <v>2314</v>
       </c>
       <c r="K439" s="5" t="s">
-        <v>2722</v>
+        <v>2731</v>
       </c>
       <c r="L439" s="6" t="s">
-        <v>2723</v>
+        <v>2732</v>
       </c>
       <c r="M439" s="5" t="s">
-        <v>2724</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="5" t="s">
-        <v>2725</v>
+        <v>2734</v>
       </c>
       <c r="B440" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C440" s="5" t="s">
-        <v>201</v>
+        <v>2346</v>
       </c>
       <c r="D440" s="5" t="s">
-        <v>681</v>
-[...5 lines deleted...]
-        <v>2690</v>
+        <v>1763</v>
+      </c>
+      <c r="E440" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F440" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H440" s="5" t="s">
-        <v>2726</v>
+        <v>2735</v>
       </c>
       <c r="I440" s="5" t="s">
-        <v>2727</v>
+        <v>2736</v>
       </c>
       <c r="J440" s="5" t="s">
-        <v>2728</v>
+        <v>2314</v>
       </c>
       <c r="K440" s="5" t="s">
-        <v>2729</v>
+        <v>2737</v>
       </c>
       <c r="L440" s="6" t="s">
-        <v>2730</v>
+        <v>2738</v>
       </c>
       <c r="M440" s="5" t="s">
-        <v>2731</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="5" t="s">
-        <v>2732</v>
+        <v>2740</v>
       </c>
       <c r="B441" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C441" s="5" t="s">
-        <v>201</v>
+        <v>16</v>
       </c>
       <c r="D441" s="5" t="s">
-        <v>1046</v>
-[...4 lines deleted...]
-        </is>
+        <v>1763</v>
+      </c>
+      <c r="E441" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H441" s="5" t="s">
-        <v>2733</v>
+        <v>2741</v>
       </c>
       <c r="I441" s="5" t="s">
-        <v>2734</v>
+        <v>2742</v>
       </c>
       <c r="J441" s="5" t="s">
-        <v>2735</v>
+        <v>2292</v>
       </c>
       <c r="K441" s="5" t="s">
-        <v>2736</v>
+        <v>2743</v>
       </c>
       <c r="L441" s="6" t="s">
-        <v>2737</v>
+        <v>2744</v>
       </c>
       <c r="M441" s="5" t="s">
-        <v>2738</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="5" t="s">
-        <v>2739</v>
+        <v>2746</v>
       </c>
       <c r="B442" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C442" s="5" t="s">
-        <v>1436</v>
+        <v>713</v>
       </c>
       <c r="D442" s="5" t="s">
-        <v>2305</v>
-[...9 lines deleted...]
-        </is>
+        <v>2747</v>
+      </c>
+      <c r="E442" s="5" t="s">
+        <v>2748</v>
+      </c>
+      <c r="F442" s="5" t="s">
+        <v>2749</v>
       </c>
       <c r="G442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H442" s="5" t="s">
-        <v>2740</v>
+        <v>2750</v>
       </c>
       <c r="I442" s="5" t="s">
-        <v>2741</v>
+        <v>2751</v>
       </c>
       <c r="J442" s="5" t="s">
-        <v>2273</v>
+        <v>2752</v>
       </c>
       <c r="K442" s="5" t="s">
-        <v>2742</v>
+        <v>2753</v>
       </c>
       <c r="L442" s="6" t="s">
-        <v>2743</v>
+        <v>2754</v>
       </c>
       <c r="M442" s="5" t="s">
-        <v>2744</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="5" t="s">
-        <v>2745</v>
+        <v>2756</v>
       </c>
       <c r="B443" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C443" s="5" t="s">
-        <v>77</v>
+        <v>1686</v>
       </c>
       <c r="D443" s="5" t="s">
-        <v>2746</v>
-[...2 lines deleted...]
-        <v>2747</v>
+        <v>1763</v>
+      </c>
+      <c r="E443" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H443" s="5" t="s">
-        <v>2748</v>
+        <v>2757</v>
       </c>
       <c r="I443" s="5" t="s">
-        <v>2749</v>
+        <v>2758</v>
       </c>
       <c r="J443" s="5" t="s">
-        <v>2750</v>
+        <v>2314</v>
       </c>
       <c r="K443" s="5" t="s">
-        <v>2751</v>
+        <v>2759</v>
       </c>
       <c r="L443" s="6" t="s">
-        <v>2752</v>
+        <v>2760</v>
       </c>
       <c r="M443" s="5" t="s">
-        <v>2753</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="5" t="s">
-        <v>2754</v>
+        <v>2762</v>
       </c>
       <c r="B444" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C444" s="5" t="s">
-        <v>77</v>
+        <v>633</v>
       </c>
       <c r="D444" s="5" t="s">
-        <v>2746</v>
-[...4 lines deleted...]
-        </is>
+        <v>2763</v>
+      </c>
+      <c r="E444" s="5" t="s">
+        <v>2764</v>
       </c>
       <c r="F444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H444" s="5" t="s">
-        <v>2755</v>
+        <v>2765</v>
       </c>
       <c r="I444" s="5" t="s">
-        <v>2756</v>
+        <v>2766</v>
       </c>
       <c r="J444" s="5" t="s">
-        <v>2757</v>
+        <v>2767</v>
       </c>
       <c r="K444" s="5" t="s">
-        <v>2758</v>
+        <v>2768</v>
       </c>
       <c r="L444" s="6" t="s">
-        <v>2759</v>
+        <v>2769</v>
       </c>
       <c r="M444" s="5" t="s">
-        <v>2760</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="5" t="s">
-        <v>2761</v>
+        <v>2771</v>
       </c>
       <c r="B445" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C445" s="5" t="s">
-        <v>1436</v>
+        <v>16</v>
       </c>
       <c r="D445" s="5" t="s">
-        <v>2305</v>
-[...4 lines deleted...]
-        </is>
+        <v>1763</v>
+      </c>
+      <c r="E445" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H445" s="5" t="s">
-        <v>2762</v>
+        <v>2772</v>
       </c>
       <c r="I445" s="5" t="s">
-        <v>2763</v>
+        <v>2773</v>
       </c>
       <c r="J445" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K445" s="5" t="s">
-        <v>2764</v>
+        <v>2774</v>
       </c>
       <c r="L445" s="6" t="s">
-        <v>2765</v>
+        <v>2775</v>
       </c>
       <c r="M445" s="5" t="s">
-        <v>2766</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="5" t="s">
-        <v>2767</v>
+        <v>2777</v>
       </c>
       <c r="B446" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C446" s="5" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="D446" s="5" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>713</v>
+      </c>
+      <c r="E446" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H446" s="5" t="s">
-        <v>2768</v>
+        <v>2778</v>
       </c>
       <c r="I446" s="5" t="s">
-        <v>2769</v>
+        <v>2779</v>
       </c>
       <c r="J446" s="5" t="s">
-        <v>2251</v>
+        <v>2780</v>
       </c>
       <c r="K446" s="5" t="s">
-        <v>2770</v>
+        <v>2781</v>
       </c>
       <c r="L446" s="6" t="s">
-        <v>2771</v>
+        <v>2782</v>
       </c>
       <c r="M446" s="5" t="s">
-        <v>2772</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="447">
-      <c r="A447" s="5" t="n">
-        <v>1938</v>
+      <c r="A447" s="5" t="s">
+        <v>2784</v>
       </c>
       <c r="B447" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C447" s="5" t="s">
-        <v>1436</v>
+        <v>210</v>
       </c>
       <c r="D447" s="5" t="s">
-        <v>2305</v>
-[...9 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="E447" s="5" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F447" s="5" t="s">
+        <v>2749</v>
       </c>
       <c r="G447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H447" s="5" t="s">
-        <v>2773</v>
+        <v>2785</v>
       </c>
       <c r="I447" s="5" t="s">
-        <v>2774</v>
+        <v>2786</v>
       </c>
       <c r="J447" s="5" t="s">
-        <v>2273</v>
+        <v>2787</v>
       </c>
       <c r="K447" s="5" t="s">
-        <v>2775</v>
+        <v>2788</v>
       </c>
       <c r="L447" s="6" t="s">
-        <v>2776</v>
+        <v>2789</v>
       </c>
       <c r="M447" s="5" t="s">
-        <v>2777</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="5" t="s">
-        <v>2778</v>
+        <v>2791</v>
       </c>
       <c r="B448" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C448" s="5" t="s">
-        <v>2305</v>
+        <v>210</v>
       </c>
       <c r="D448" s="5" t="s">
-        <v>1722</v>
+        <v>1087</v>
       </c>
       <c r="E448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H448" s="5" t="s">
-        <v>2779</v>
+        <v>2792</v>
       </c>
       <c r="I448" s="5" t="s">
-        <v>2780</v>
+        <v>2793</v>
       </c>
       <c r="J448" s="5" t="s">
-        <v>2273</v>
+        <v>2794</v>
       </c>
       <c r="K448" s="5" t="s">
-        <v>2781</v>
+        <v>2795</v>
       </c>
       <c r="L448" s="6" t="s">
-        <v>2782</v>
+        <v>2796</v>
       </c>
       <c r="M448" s="5" t="s">
-        <v>2783</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="5" t="s">
-        <v>2784</v>
+        <v>2798</v>
       </c>
       <c r="B449" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C449" s="5" t="s">
-        <v>2305</v>
+        <v>1477</v>
       </c>
       <c r="D449" s="5" t="s">
-        <v>1722</v>
+        <v>2346</v>
       </c>
       <c r="E449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F449" s="5" t="s">
-        <v>2785</v>
+      <c r="F449" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H449" s="5" t="s">
-        <v>2786</v>
+        <v>2799</v>
       </c>
       <c r="I449" s="5" t="s">
-        <v>2787</v>
+        <v>2800</v>
       </c>
       <c r="J449" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K449" s="5" t="s">
-        <v>2788</v>
+        <v>2801</v>
       </c>
       <c r="L449" s="6" t="s">
-        <v>2789</v>
+        <v>2802</v>
       </c>
       <c r="M449" s="5" t="s">
-        <v>2790</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="5" t="s">
-        <v>2791</v>
+        <v>2804</v>
       </c>
       <c r="B450" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C450" s="5" t="s">
-        <v>201</v>
+        <v>77</v>
       </c>
       <c r="D450" s="5" t="s">
-        <v>681</v>
+        <v>2805</v>
       </c>
       <c r="E450" s="5" t="s">
-        <v>2452</v>
-[...2 lines deleted...]
-        <v>2792</v>
+        <v>2806</v>
+      </c>
+      <c r="F450" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H450" s="5" t="s">
-        <v>2793</v>
+        <v>2807</v>
       </c>
       <c r="I450" s="5" t="s">
-        <v>2794</v>
+        <v>2808</v>
       </c>
       <c r="J450" s="5" t="s">
-        <v>2795</v>
+        <v>2809</v>
       </c>
       <c r="K450" s="5" t="s">
-        <v>2796</v>
+        <v>2810</v>
       </c>
       <c r="L450" s="6" t="s">
-        <v>2797</v>
+        <v>2811</v>
       </c>
       <c r="M450" s="5" t="s">
-        <v>2798</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="5" t="s">
-        <v>2799</v>
+        <v>2813</v>
       </c>
       <c r="B451" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C451" s="5" t="s">
-        <v>2305</v>
+        <v>77</v>
       </c>
       <c r="D451" s="5" t="s">
-        <v>1722</v>
+        <v>2805</v>
       </c>
       <c r="E451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H451" s="5" t="s">
-        <v>2800</v>
+        <v>2814</v>
       </c>
       <c r="I451" s="5" t="s">
-        <v>2801</v>
+        <v>2815</v>
       </c>
       <c r="J451" s="5" t="s">
-        <v>2273</v>
+        <v>2816</v>
       </c>
       <c r="K451" s="5" t="s">
-        <v>2802</v>
+        <v>2817</v>
       </c>
       <c r="L451" s="6" t="s">
-        <v>2803</v>
+        <v>2818</v>
       </c>
       <c r="M451" s="5" t="s">
-        <v>2804</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="5" t="s">
-        <v>2805</v>
+        <v>2820</v>
       </c>
       <c r="B452" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C452" s="5" t="s">
-        <v>2305</v>
+        <v>1477</v>
       </c>
       <c r="D452" s="5" t="s">
-        <v>1722</v>
+        <v>2346</v>
       </c>
       <c r="E452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H452" s="5" t="s">
-        <v>2806</v>
+        <v>2821</v>
       </c>
       <c r="I452" s="5" t="s">
-        <v>2807</v>
+        <v>2822</v>
       </c>
       <c r="J452" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K452" s="5" t="s">
-        <v>2808</v>
+        <v>2823</v>
       </c>
       <c r="L452" s="6" t="s">
-        <v>2809</v>
+        <v>2824</v>
       </c>
       <c r="M452" s="5" t="s">
-        <v>2810</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="5" t="s">
-        <v>2811</v>
+        <v>2826</v>
       </c>
       <c r="B453" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C453" s="5" t="s">
-        <v>2305</v>
+        <v>16</v>
       </c>
       <c r="D453" s="5" t="s">
-        <v>1722</v>
-[...4 lines deleted...]
-        </is>
+        <v>1763</v>
+      </c>
+      <c r="E453" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H453" s="5" t="s">
-        <v>2812</v>
+        <v>2827</v>
       </c>
       <c r="I453" s="5" t="s">
-        <v>2813</v>
+        <v>2828</v>
       </c>
       <c r="J453" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K453" s="5" t="s">
-        <v>2814</v>
+        <v>2829</v>
       </c>
       <c r="L453" s="6" t="s">
-        <v>2815</v>
+        <v>2830</v>
       </c>
       <c r="M453" s="5" t="s">
-        <v>2816</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="454">
-      <c r="A454" s="5" t="s">
-        <v>2817</v>
+      <c r="A454" s="5" t="n">
+        <v>1938</v>
       </c>
       <c r="B454" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C454" s="5" t="s">
-        <v>1645</v>
+        <v>1477</v>
       </c>
       <c r="D454" s="5" t="s">
-        <v>1722</v>
+        <v>2346</v>
       </c>
       <c r="E454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H454" s="5" t="s">
-        <v>2818</v>
-[...1 lines deleted...]
-      <c r="I454" s="5"/>
+        <v>2832</v>
+      </c>
+      <c r="I454" s="5" t="s">
+        <v>2833</v>
+      </c>
       <c r="J454" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K454" s="5" t="s">
-        <v>2819</v>
+        <v>2834</v>
       </c>
       <c r="L454" s="6" t="s">
-        <v>2820</v>
+        <v>2835</v>
       </c>
       <c r="M454" s="5" t="s">
-        <v>2821</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="5" t="s">
-        <v>2822</v>
+        <v>2837</v>
       </c>
       <c r="B455" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C455" s="5" t="s">
-        <v>201</v>
+        <v>2346</v>
       </c>
       <c r="D455" s="5" t="s">
-        <v>681</v>
-[...5 lines deleted...]
-        <v>2690</v>
+        <v>1763</v>
+      </c>
+      <c r="E455" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F455" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H455" s="5" t="s">
-        <v>2823</v>
+        <v>2838</v>
       </c>
       <c r="I455" s="5" t="s">
-        <v>2824</v>
+        <v>2839</v>
       </c>
       <c r="J455" s="5" t="s">
-        <v>2825</v>
+        <v>2314</v>
       </c>
       <c r="K455" s="5" t="s">
-        <v>2826</v>
+        <v>2840</v>
       </c>
       <c r="L455" s="6" t="s">
-        <v>2827</v>
+        <v>2841</v>
       </c>
       <c r="M455" s="5" t="s">
-        <v>2828</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="5" t="s">
-        <v>2829</v>
+        <v>2843</v>
       </c>
       <c r="B456" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C456" s="5" t="s">
-        <v>16</v>
+        <v>2346</v>
       </c>
       <c r="D456" s="5" t="s">
-        <v>1722</v>
-[...7 lines deleted...]
-        </is>
+        <v>1763</v>
+      </c>
+      <c r="E456" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F456" s="5" t="s">
+        <v>2844</v>
       </c>
       <c r="G456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H456" s="5" t="s">
-        <v>2830</v>
+        <v>2845</v>
       </c>
       <c r="I456" s="5" t="s">
-        <v>2831</v>
+        <v>2846</v>
       </c>
       <c r="J456" s="5" t="s">
-        <v>2251</v>
+        <v>2314</v>
       </c>
       <c r="K456" s="5" t="s">
-        <v>2832</v>
+        <v>2847</v>
       </c>
       <c r="L456" s="6" t="s">
-        <v>2833</v>
+        <v>2848</v>
       </c>
       <c r="M456" s="5" t="s">
-        <v>2834</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="5" t="s">
-        <v>2835</v>
+        <v>2850</v>
       </c>
       <c r="B457" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C457" s="5" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="D457" s="5" t="s">
-        <v>681</v>
+        <v>713</v>
       </c>
       <c r="E457" s="5" t="s">
-        <v>2452</v>
+        <v>2502</v>
       </c>
       <c r="F457" s="5" t="s">
-        <v>2690</v>
+        <v>2851</v>
       </c>
       <c r="G457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H457" s="5" t="s">
-        <v>2836</v>
+        <v>2852</v>
       </c>
       <c r="I457" s="5" t="s">
-        <v>2837</v>
+        <v>2853</v>
       </c>
       <c r="J457" s="5" t="s">
-        <v>2838</v>
+        <v>2854</v>
       </c>
       <c r="K457" s="5" t="s">
-        <v>2839</v>
+        <v>2855</v>
       </c>
       <c r="L457" s="6" t="s">
-        <v>2840</v>
+        <v>2856</v>
       </c>
       <c r="M457" s="5" t="s">
-        <v>2841</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="5" t="s">
-        <v>2842</v>
+        <v>2858</v>
       </c>
       <c r="B458" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C458" s="5" t="s">
-        <v>1436</v>
+        <v>2346</v>
       </c>
       <c r="D458" s="5" t="s">
-        <v>2843</v>
+        <v>1763</v>
       </c>
       <c r="E458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F458" s="5" t="s">
-        <v>2844</v>
+      <c r="F458" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H458" s="5" t="s">
-        <v>2845</v>
+        <v>2859</v>
       </c>
       <c r="I458" s="5" t="s">
-        <v>2846</v>
+        <v>2860</v>
       </c>
       <c r="J458" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K458" s="5" t="s">
-        <v>2847</v>
+        <v>2861</v>
       </c>
       <c r="L458" s="6" t="s">
-        <v>2848</v>
+        <v>2862</v>
       </c>
       <c r="M458" s="5" t="s">
-        <v>2849</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="5" t="s">
-        <v>2850</v>
+        <v>2864</v>
       </c>
       <c r="B459" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C459" s="5" t="s">
-        <v>2305</v>
+        <v>2346</v>
       </c>
       <c r="D459" s="5" t="s">
-        <v>1722</v>
+        <v>1763</v>
       </c>
       <c r="E459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H459" s="5" t="s">
-        <v>2851</v>
+        <v>2865</v>
       </c>
       <c r="I459" s="5" t="s">
-        <v>2852</v>
+        <v>2866</v>
       </c>
       <c r="J459" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K459" s="5" t="s">
-        <v>2853</v>
+        <v>2867</v>
       </c>
       <c r="L459" s="6" t="s">
-        <v>2854</v>
+        <v>2868</v>
       </c>
       <c r="M459" s="5" t="s">
-        <v>2855</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="5" t="s">
-        <v>2856</v>
+        <v>2870</v>
       </c>
       <c r="B460" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C460" s="5" t="s">
-        <v>16</v>
+        <v>2346</v>
       </c>
       <c r="D460" s="5" t="s">
-        <v>2305</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1763</v>
+      </c>
+      <c r="E460" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H460" s="5" t="s">
-        <v>2857</v>
-[...1 lines deleted...]
-      <c r="I460" s="5"/>
+        <v>2871</v>
+      </c>
+      <c r="I460" s="5" t="s">
+        <v>2872</v>
+      </c>
       <c r="J460" s="5" t="s">
-        <v>2251</v>
+        <v>2314</v>
       </c>
       <c r="K460" s="5" t="s">
-        <v>2858</v>
+        <v>2873</v>
       </c>
       <c r="L460" s="6" t="s">
-        <v>2859</v>
+        <v>2874</v>
       </c>
       <c r="M460" s="5" t="s">
-        <v>2860</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="5" t="s">
-        <v>2856</v>
+        <v>2876</v>
       </c>
       <c r="B461" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C461" s="5" t="s">
-        <v>16</v>
+        <v>1686</v>
       </c>
       <c r="D461" s="5" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1763</v>
+      </c>
+      <c r="E461" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H461" s="5" t="s">
-        <v>2861</v>
-[...3 lines deleted...]
-      </c>
+        <v>2877</v>
+      </c>
+      <c r="I461" s="5"/>
       <c r="J461" s="5" t="s">
-        <v>2251</v>
+        <v>2314</v>
       </c>
       <c r="K461" s="5" t="s">
-        <v>2863</v>
+        <v>2878</v>
       </c>
       <c r="L461" s="6" t="s">
-        <v>2864</v>
+        <v>2879</v>
       </c>
       <c r="M461" s="5" t="s">
-        <v>2865</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="5" t="s">
-        <v>2866</v>
+        <v>2881</v>
       </c>
       <c r="B462" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C462" s="5" t="s">
-        <v>2305</v>
+        <v>210</v>
       </c>
       <c r="D462" s="5" t="s">
-        <v>1722</v>
-[...9 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="E462" s="5" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F462" s="5" t="s">
+        <v>2749</v>
       </c>
       <c r="G462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H462" s="5" t="s">
-        <v>2867</v>
+        <v>2882</v>
       </c>
       <c r="I462" s="5" t="s">
-        <v>2868</v>
+        <v>2883</v>
       </c>
       <c r="J462" s="5" t="s">
-        <v>2273</v>
+        <v>2884</v>
       </c>
       <c r="K462" s="5" t="s">
-        <v>2869</v>
+        <v>2885</v>
       </c>
       <c r="L462" s="6" t="s">
-        <v>2870</v>
+        <v>2886</v>
       </c>
       <c r="M462" s="5" t="s">
-        <v>2871</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="5" t="s">
-        <v>2872</v>
+        <v>2888</v>
       </c>
       <c r="B463" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C463" s="5" t="s">
-        <v>16</v>
+        <v>713</v>
       </c>
       <c r="D463" s="5" t="s">
-        <v>1722</v>
+        <v>210</v>
       </c>
       <c r="E463" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>2517</v>
+      </c>
+      <c r="F463" s="5" t="s">
+        <v>2889</v>
       </c>
       <c r="G463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H463" s="5" t="s">
-        <v>2873</v>
+        <v>2890</v>
       </c>
       <c r="I463" s="5" t="s">
-        <v>2874</v>
+        <v>2891</v>
       </c>
       <c r="J463" s="5" t="s">
-        <v>2251</v>
+        <v>2892</v>
       </c>
       <c r="K463" s="5" t="s">
-        <v>2875</v>
+        <v>2893</v>
       </c>
       <c r="L463" s="6" t="s">
-        <v>2876</v>
+        <v>2894</v>
       </c>
       <c r="M463" s="5" t="s">
-        <v>2877</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="5" t="s">
-        <v>2878</v>
+        <v>2896</v>
       </c>
       <c r="B464" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C464" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D464" s="5" t="s">
-        <v>2563</v>
+        <v>1763</v>
       </c>
       <c r="E464" s="5" t="s">
-        <v>2879</v>
+        <v>17</v>
       </c>
       <c r="F464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H464" s="5" t="s">
-        <v>2880</v>
-[...1 lines deleted...]
-      <c r="I464" s="5"/>
+        <v>2897</v>
+      </c>
+      <c r="I464" s="5" t="s">
+        <v>2898</v>
+      </c>
       <c r="J464" s="5" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="K464" s="5" t="s">
-        <v>2881</v>
+        <v>2899</v>
       </c>
       <c r="L464" s="6" t="s">
-        <v>2882</v>
+        <v>2900</v>
       </c>
       <c r="M464" s="5" t="s">
-        <v>2883</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="5" t="s">
-        <v>2884</v>
+        <v>2902</v>
       </c>
       <c r="B465" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C465" s="5" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="D465" s="5" t="s">
-        <v>2843</v>
+        <v>713</v>
       </c>
       <c r="E465" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>2502</v>
+      </c>
+      <c r="F465" s="5" t="s">
+        <v>2749</v>
       </c>
       <c r="G465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H465" s="5" t="s">
-        <v>2885</v>
-[...1 lines deleted...]
-      <c r="I465" s="5"/>
+        <v>2903</v>
+      </c>
+      <c r="I465" s="5" t="s">
+        <v>2904</v>
+      </c>
       <c r="J465" s="5" t="s">
-        <v>2251</v>
+        <v>2905</v>
       </c>
       <c r="K465" s="5" t="s">
-        <v>2886</v>
+        <v>2906</v>
       </c>
       <c r="L465" s="6" t="s">
-        <v>2887</v>
+        <v>2907</v>
       </c>
       <c r="M465" s="5" t="s">
-        <v>2888</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="5" t="s">
-        <v>2889</v>
+        <v>2909</v>
       </c>
       <c r="B466" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C466" s="5" t="s">
-        <v>16</v>
+        <v>1477</v>
       </c>
       <c r="D466" s="5" t="s">
-        <v>1722</v>
-[...7 lines deleted...]
-        </is>
+        <v>2910</v>
+      </c>
+      <c r="E466" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F466" s="5" t="s">
+        <v>2911</v>
       </c>
       <c r="G466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H466" s="5" t="s">
-        <v>2890</v>
-[...1 lines deleted...]
-      <c r="I466" s="5"/>
+        <v>2912</v>
+      </c>
+      <c r="I466" s="5" t="s">
+        <v>2913</v>
+      </c>
       <c r="J466" s="5" t="s">
-        <v>2251</v>
+        <v>2314</v>
       </c>
       <c r="K466" s="5" t="s">
-        <v>2891</v>
+        <v>2914</v>
       </c>
       <c r="L466" s="6" t="s">
-        <v>2892</v>
+        <v>2915</v>
       </c>
       <c r="M466" s="5" t="s">
-        <v>2893</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="5" t="s">
-        <v>2894</v>
+        <v>2917</v>
       </c>
       <c r="B467" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C467" s="5" t="s">
-        <v>1645</v>
+        <v>2346</v>
       </c>
       <c r="D467" s="5" t="s">
-        <v>1722</v>
+        <v>1763</v>
       </c>
       <c r="E467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H467" s="5" t="s">
-        <v>2895</v>
+        <v>2918</v>
       </c>
       <c r="I467" s="5" t="s">
-        <v>2896</v>
+        <v>2919</v>
       </c>
       <c r="J467" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K467" s="5" t="s">
-        <v>2897</v>
+        <v>2920</v>
       </c>
       <c r="L467" s="6" t="s">
-        <v>2898</v>
+        <v>2921</v>
       </c>
       <c r="M467" s="5" t="s">
-        <v>2899</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="5" t="s">
-        <v>2900</v>
+        <v>2923</v>
       </c>
       <c r="B468" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C468" s="5" t="s">
-        <v>2901</v>
+        <v>16</v>
       </c>
       <c r="D468" s="5" t="s">
-        <v>495</v>
+        <v>2346</v>
       </c>
       <c r="E468" s="5" t="s">
-        <v>1627</v>
+        <v>17</v>
       </c>
       <c r="F468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H468" s="5" t="s">
-        <v>2902</v>
-[...3 lines deleted...]
-      </c>
+        <v>2924</v>
+      </c>
+      <c r="I468" s="5"/>
       <c r="J468" s="5" t="s">
-        <v>2904</v>
+        <v>2292</v>
       </c>
       <c r="K468" s="5" t="s">
-        <v>2905</v>
+        <v>2925</v>
       </c>
       <c r="L468" s="6" t="s">
-        <v>2906</v>
+        <v>2926</v>
       </c>
       <c r="M468" s="5" t="s">
-        <v>2907</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="5" t="s">
-        <v>2908</v>
+        <v>2923</v>
       </c>
       <c r="B469" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C469" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D469" s="5" t="s">
-        <v>2563</v>
+        <v>1763</v>
       </c>
       <c r="E469" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H469" s="5" t="s">
-        <v>2909</v>
-[...1 lines deleted...]
-      <c r="I469" s="5"/>
+        <v>2928</v>
+      </c>
+      <c r="I469" s="5" t="s">
+        <v>2929</v>
+      </c>
       <c r="J469" s="5" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="K469" s="5" t="s">
-        <v>2910</v>
+        <v>2930</v>
       </c>
       <c r="L469" s="6" t="s">
-        <v>2911</v>
+        <v>2931</v>
       </c>
       <c r="M469" s="5" t="s">
-        <v>2912</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="5" t="s">
-        <v>2913</v>
+        <v>2933</v>
       </c>
       <c r="B470" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C470" s="5" t="s">
-        <v>1793</v>
+        <v>2346</v>
       </c>
       <c r="D470" s="5" t="s">
-        <v>2914</v>
-[...2 lines deleted...]
-        <v>2915</v>
+        <v>1763</v>
+      </c>
+      <c r="E470" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H470" s="5" t="s">
-        <v>2916</v>
+        <v>2934</v>
       </c>
       <c r="I470" s="5" t="s">
-        <v>2917</v>
+        <v>2935</v>
       </c>
       <c r="J470" s="5" t="s">
-        <v>2918</v>
+        <v>2314</v>
       </c>
       <c r="K470" s="5" t="s">
-        <v>2919</v>
+        <v>2936</v>
       </c>
       <c r="L470" s="6" t="s">
-        <v>2920</v>
+        <v>2937</v>
       </c>
       <c r="M470" s="5" t="s">
-        <v>2921</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="5" t="s">
-        <v>2922</v>
+        <v>2939</v>
       </c>
       <c r="B471" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C471" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D471" s="5" t="s">
-        <v>1722</v>
+        <v>1763</v>
       </c>
       <c r="E471" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H471" s="5" t="s">
-        <v>2923</v>
-[...1 lines deleted...]
-      <c r="I471" s="5"/>
+        <v>2940</v>
+      </c>
+      <c r="I471" s="5" t="s">
+        <v>2941</v>
+      </c>
       <c r="J471" s="5" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="K471" s="5" t="s">
-        <v>2924</v>
+        <v>2942</v>
       </c>
       <c r="L471" s="6" t="s">
-        <v>2925</v>
+        <v>2943</v>
       </c>
       <c r="M471" s="5" t="s">
-        <v>2926</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="5" t="s">
-        <v>2922</v>
+        <v>2945</v>
       </c>
       <c r="B472" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C472" s="5" t="s">
-        <v>1645</v>
+        <v>16</v>
       </c>
       <c r="D472" s="5" t="s">
-        <v>1722</v>
+        <v>2622</v>
       </c>
       <c r="E472" s="5" t="s">
-        <v>17</v>
+        <v>2946</v>
       </c>
       <c r="F472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H472" s="5" t="s">
-        <v>2927</v>
+        <v>2947</v>
       </c>
       <c r="I472" s="5"/>
       <c r="J472" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K472" s="5" t="s">
-        <v>2928</v>
+        <v>2948</v>
       </c>
       <c r="L472" s="6" t="s">
-        <v>2929</v>
+        <v>2949</v>
       </c>
       <c r="M472" s="5" t="s">
-        <v>2930</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="5" t="s">
-        <v>2931</v>
+        <v>2951</v>
       </c>
       <c r="B473" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C473" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D473" s="5" t="s">
-        <v>2563</v>
+        <v>2910</v>
       </c>
       <c r="E473" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H473" s="5" t="s">
-        <v>2932</v>
-[...3 lines deleted...]
-      </c>
+        <v>2952</v>
+      </c>
+      <c r="I473" s="5"/>
       <c r="J473" s="5" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="K473" s="5" t="s">
-        <v>2934</v>
+        <v>2953</v>
       </c>
       <c r="L473" s="6" t="s">
-        <v>2935</v>
+        <v>2954</v>
       </c>
       <c r="M473" s="5" t="s">
-        <v>2936</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="5" t="s">
-        <v>2937</v>
+        <v>2956</v>
       </c>
       <c r="B474" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C474" s="5" t="s">
-        <v>201</v>
+        <v>16</v>
       </c>
       <c r="D474" s="5" t="s">
-        <v>681</v>
+        <v>1763</v>
       </c>
       <c r="E474" s="5" t="s">
-        <v>2452</v>
-[...2 lines deleted...]
-        <v>2938</v>
+        <v>17</v>
+      </c>
+      <c r="F474" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H474" s="5" t="s">
-        <v>2939</v>
-[...3 lines deleted...]
-      </c>
+        <v>2957</v>
+      </c>
+      <c r="I474" s="5"/>
       <c r="J474" s="5" t="s">
-        <v>2941</v>
+        <v>2292</v>
       </c>
       <c r="K474" s="5" t="s">
-        <v>2942</v>
+        <v>2958</v>
       </c>
       <c r="L474" s="6" t="s">
-        <v>2943</v>
+        <v>2959</v>
       </c>
       <c r="M474" s="5" t="s">
-        <v>2944</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="5" t="s">
-        <v>2945</v>
+        <v>2961</v>
       </c>
       <c r="B475" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C475" s="5" t="s">
-        <v>1645</v>
+        <v>1686</v>
       </c>
       <c r="D475" s="5" t="s">
-        <v>2563</v>
+        <v>1763</v>
       </c>
       <c r="E475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H475" s="5" t="s">
-        <v>2946</v>
+        <v>2962</v>
       </c>
       <c r="I475" s="5" t="s">
-        <v>2947</v>
+        <v>2963</v>
       </c>
       <c r="J475" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K475" s="5" t="s">
-        <v>2948</v>
+        <v>2964</v>
       </c>
       <c r="L475" s="6" t="s">
-        <v>2949</v>
+        <v>2965</v>
       </c>
       <c r="M475" s="5" t="s">
-        <v>2950</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="5" t="s">
-        <v>2951</v>
+        <v>2967</v>
       </c>
       <c r="B476" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C476" s="5" t="s">
-        <v>16</v>
+        <v>2968</v>
       </c>
       <c r="D476" s="5" t="s">
-        <v>2563</v>
+        <v>504</v>
       </c>
       <c r="E476" s="5" t="s">
-        <v>17</v>
+        <v>1668</v>
       </c>
       <c r="F476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H476" s="5" t="s">
-        <v>2952</v>
+        <v>2969</v>
       </c>
       <c r="I476" s="5" t="s">
-        <v>2953</v>
+        <v>2970</v>
       </c>
       <c r="J476" s="5" t="s">
-        <v>2251</v>
+        <v>2971</v>
       </c>
       <c r="K476" s="5" t="s">
-        <v>2954</v>
+        <v>2972</v>
       </c>
       <c r="L476" s="6" t="s">
-        <v>2955</v>
+        <v>2973</v>
       </c>
       <c r="M476" s="5" t="s">
-        <v>2956</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="5" t="s">
-        <v>2957</v>
+        <v>2975</v>
       </c>
       <c r="B477" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C477" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D477" s="5" t="s">
-        <v>1722</v>
+        <v>2622</v>
       </c>
       <c r="E477" s="5" t="s">
-        <v>2958</v>
-[...2 lines deleted...]
-        <v>2844</v>
+        <v>17</v>
+      </c>
+      <c r="F477" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H477" s="5" t="s">
-        <v>2959</v>
+        <v>2976</v>
       </c>
       <c r="I477" s="5"/>
       <c r="J477" s="5" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="K477" s="5" t="s">
-        <v>2960</v>
+        <v>2977</v>
       </c>
       <c r="L477" s="6" t="s">
-        <v>2961</v>
+        <v>2978</v>
       </c>
       <c r="M477" s="5" t="s">
-        <v>2962</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="5" t="s">
-        <v>2963</v>
+        <v>2980</v>
       </c>
       <c r="B478" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C478" s="5" t="s">
-        <v>201</v>
+        <v>1834</v>
       </c>
       <c r="D478" s="5" t="s">
-        <v>681</v>
+        <v>2981</v>
       </c>
       <c r="E478" s="5" t="s">
-        <v>2452</v>
-[...2 lines deleted...]
-        <v>2938</v>
+        <v>2982</v>
+      </c>
+      <c r="F478" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H478" s="5" t="s">
-        <v>2964</v>
+        <v>2983</v>
       </c>
       <c r="I478" s="5" t="s">
-        <v>2965</v>
+        <v>2984</v>
       </c>
       <c r="J478" s="5" t="s">
-        <v>2966</v>
+        <v>2985</v>
       </c>
       <c r="K478" s="5" t="s">
-        <v>2967</v>
+        <v>2986</v>
       </c>
       <c r="L478" s="6" t="s">
-        <v>2968</v>
+        <v>2987</v>
       </c>
       <c r="M478" s="5" t="s">
-        <v>2969</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="5" t="s">
-        <v>2970</v>
+        <v>2989</v>
       </c>
       <c r="B479" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C479" s="5" t="s">
-        <v>2526</v>
+        <v>16</v>
       </c>
       <c r="D479" s="5" t="s">
-        <v>2305</v>
-[...4 lines deleted...]
-        </is>
+        <v>1763</v>
+      </c>
+      <c r="E479" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H479" s="5" t="s">
-        <v>2971</v>
-[...3 lines deleted...]
-      </c>
+        <v>2990</v>
+      </c>
+      <c r="I479" s="5"/>
       <c r="J479" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K479" s="5" t="s">
-        <v>2973</v>
+        <v>2991</v>
       </c>
       <c r="L479" s="6" t="s">
-        <v>2974</v>
+        <v>2992</v>
       </c>
       <c r="M479" s="5" t="s">
-        <v>2975</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="5" t="s">
-        <v>2976</v>
+        <v>2989</v>
       </c>
       <c r="B480" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C480" s="5" t="s">
-        <v>201</v>
+        <v>1686</v>
       </c>
       <c r="D480" s="5" t="s">
-        <v>681</v>
+        <v>1763</v>
       </c>
       <c r="E480" s="5" t="s">
-        <v>2452</v>
-[...2 lines deleted...]
-        <v>2938</v>
+        <v>17</v>
+      </c>
+      <c r="F480" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H480" s="5" t="s">
-        <v>2977</v>
-[...3 lines deleted...]
-      </c>
+        <v>2994</v>
+      </c>
+      <c r="I480" s="5"/>
       <c r="J480" s="5" t="s">
-        <v>2979</v>
+        <v>2314</v>
       </c>
       <c r="K480" s="5" t="s">
-        <v>2980</v>
+        <v>2995</v>
       </c>
       <c r="L480" s="6" t="s">
-        <v>2981</v>
+        <v>2996</v>
       </c>
       <c r="M480" s="5" t="s">
-        <v>2982</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="5" t="s">
-        <v>2983</v>
+        <v>2998</v>
       </c>
       <c r="B481" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C481" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D481" s="5" t="s">
-        <v>1722</v>
+        <v>2622</v>
       </c>
       <c r="E481" s="5" t="s">
-        <v>2984</v>
-[...2 lines deleted...]
-        <v>2985</v>
+        <v>17</v>
+      </c>
+      <c r="F481" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H481" s="5" t="s">
-        <v>2986</v>
+        <v>2999</v>
       </c>
       <c r="I481" s="5" t="s">
-        <v>2987</v>
+        <v>3000</v>
       </c>
       <c r="J481" s="5" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="K481" s="5" t="s">
-        <v>2988</v>
+        <v>3001</v>
       </c>
       <c r="L481" s="6" t="s">
-        <v>2989</v>
+        <v>3002</v>
       </c>
       <c r="M481" s="5" t="s">
-        <v>2990</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="5" t="s">
-        <v>2991</v>
+        <v>3004</v>
       </c>
       <c r="B482" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C482" s="5" t="s">
-        <v>681</v>
+        <v>210</v>
       </c>
       <c r="D482" s="5" t="s">
-        <v>201</v>
+        <v>713</v>
       </c>
       <c r="E482" s="5" t="s">
-        <v>2467</v>
+        <v>2502</v>
       </c>
       <c r="F482" s="5" t="s">
-        <v>2452</v>
+        <v>3005</v>
       </c>
       <c r="G482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H482" s="5" t="s">
-        <v>2992</v>
+        <v>3006</v>
       </c>
       <c r="I482" s="5" t="s">
-        <v>2993</v>
+        <v>3007</v>
       </c>
       <c r="J482" s="5" t="s">
-        <v>2994</v>
+        <v>3008</v>
       </c>
       <c r="K482" s="5" t="s">
-        <v>2995</v>
+        <v>3009</v>
       </c>
       <c r="L482" s="6" t="s">
-        <v>2996</v>
+        <v>3010</v>
       </c>
       <c r="M482" s="5" t="s">
-        <v>2997</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="5" t="s">
-        <v>2998</v>
+        <v>3012</v>
       </c>
       <c r="B483" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C483" s="5" t="s">
-        <v>1645</v>
+        <v>1686</v>
       </c>
       <c r="D483" s="5" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>2622</v>
+      </c>
+      <c r="E483" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H483" s="5" t="s">
-        <v>2999</v>
-[...1 lines deleted...]
-      <c r="I483" s="5"/>
+        <v>3013</v>
+      </c>
+      <c r="I483" s="5" t="s">
+        <v>3014</v>
+      </c>
       <c r="J483" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K483" s="5" t="s">
-        <v>3000</v>
+        <v>3015</v>
       </c>
       <c r="L483" s="6" t="s">
-        <v>3001</v>
+        <v>3016</v>
       </c>
       <c r="M483" s="5" t="s">
-        <v>3002</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="5" t="s">
-        <v>3003</v>
+        <v>3018</v>
       </c>
       <c r="B484" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C484" s="5" t="s">
-        <v>2575</v>
+        <v>16</v>
       </c>
       <c r="D484" s="5" t="s">
-        <v>1722</v>
+        <v>2622</v>
       </c>
       <c r="E484" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H484" s="5" t="s">
-        <v>3004</v>
+        <v>3019</v>
       </c>
       <c r="I484" s="5" t="s">
-        <v>3005</v>
+        <v>3020</v>
       </c>
       <c r="J484" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K484" s="5" t="s">
-        <v>3006</v>
+        <v>3021</v>
       </c>
       <c r="L484" s="6" t="s">
-        <v>3007</v>
+        <v>3022</v>
       </c>
       <c r="M484" s="5" t="s">
-        <v>3008</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="5" t="s">
-        <v>3009</v>
+        <v>3024</v>
       </c>
       <c r="B485" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C485" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D485" s="5" t="s">
-        <v>1722</v>
+        <v>1763</v>
       </c>
       <c r="E485" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>3025</v>
+      </c>
+      <c r="F485" s="5" t="s">
+        <v>2911</v>
       </c>
       <c r="G485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H485" s="5" t="s">
-        <v>3010</v>
+        <v>3026</v>
       </c>
       <c r="I485" s="5"/>
       <c r="J485" s="5" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="K485" s="5" t="s">
-        <v>3011</v>
+        <v>3027</v>
       </c>
       <c r="L485" s="6" t="s">
-        <v>3012</v>
+        <v>3028</v>
       </c>
       <c r="M485" s="5" t="s">
-        <v>3013</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="5" t="s">
-        <v>3014</v>
+        <v>3030</v>
       </c>
       <c r="B486" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C486" s="5" t="s">
-        <v>2305</v>
+        <v>210</v>
       </c>
       <c r="D486" s="5" t="s">
-        <v>1722</v>
-[...9 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="E486" s="5" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F486" s="5" t="s">
+        <v>3005</v>
       </c>
       <c r="G486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H486" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H486" s="5" t="s">
+        <v>3031</v>
       </c>
       <c r="I486" s="5" t="s">
-        <v>3015</v>
+        <v>3032</v>
       </c>
       <c r="J486" s="5" t="s">
-        <v>2273</v>
+        <v>3033</v>
       </c>
       <c r="K486" s="5" t="s">
-        <v>3016</v>
+        <v>3034</v>
       </c>
       <c r="L486" s="6" t="s">
-        <v>3017</v>
+        <v>3035</v>
       </c>
       <c r="M486" s="5" t="s">
-        <v>3018</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="5" t="s">
-        <v>3019</v>
+        <v>3037</v>
       </c>
       <c r="B487" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C487" s="5" t="s">
-        <v>2575</v>
+        <v>2585</v>
       </c>
       <c r="D487" s="5" t="s">
-        <v>2305</v>
-[...2 lines deleted...]
-        <v>3020</v>
+        <v>2346</v>
+      </c>
+      <c r="E487" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H487" s="5" t="s">
-        <v>3021</v>
+        <v>3038</v>
       </c>
       <c r="I487" s="5" t="s">
-        <v>3022</v>
+        <v>3039</v>
       </c>
       <c r="J487" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K487" s="5" t="s">
-        <v>3023</v>
+        <v>3040</v>
       </c>
       <c r="L487" s="6" t="s">
-        <v>3024</v>
+        <v>3041</v>
       </c>
       <c r="M487" s="5" t="s">
-        <v>3025</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="5" t="s">
-        <v>3026</v>
+        <v>3043</v>
       </c>
       <c r="B488" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C488" s="5" t="s">
-        <v>77</v>
+        <v>210</v>
       </c>
       <c r="D488" s="5" t="s">
-        <v>1722</v>
+        <v>713</v>
       </c>
       <c r="E488" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>2502</v>
+      </c>
+      <c r="F488" s="5" t="s">
+        <v>3005</v>
       </c>
       <c r="G488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H488" s="5" t="s">
-        <v>3027</v>
+        <v>3044</v>
       </c>
       <c r="I488" s="5" t="s">
-        <v>3028</v>
+        <v>3045</v>
       </c>
       <c r="J488" s="5" t="s">
-        <v>2273</v>
+        <v>3046</v>
       </c>
       <c r="K488" s="5" t="s">
-        <v>3029</v>
+        <v>3047</v>
       </c>
       <c r="L488" s="6" t="s">
-        <v>3030</v>
+        <v>3048</v>
       </c>
       <c r="M488" s="5" t="s">
-        <v>3031</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="5" t="s">
-        <v>3032</v>
+        <v>3050</v>
       </c>
       <c r="B489" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C489" s="5" t="s">
-        <v>1046</v>
+        <v>16</v>
       </c>
       <c r="D489" s="5" t="s">
-        <v>201</v>
+        <v>1763</v>
       </c>
       <c r="E489" s="5" t="s">
-        <v>3033</v>
+        <v>3051</v>
       </c>
       <c r="F489" s="5" t="s">
-        <v>3034</v>
+        <v>3052</v>
       </c>
       <c r="G489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H489" s="5" t="s">
-        <v>3035</v>
+        <v>3053</v>
       </c>
       <c r="I489" s="5" t="s">
-        <v>3036</v>
+        <v>3054</v>
       </c>
       <c r="J489" s="5" t="s">
-        <v>3037</v>
-[...4 lines deleted...]
-        </is>
+        <v>2292</v>
+      </c>
+      <c r="K489" s="5" t="s">
+        <v>3055</v>
       </c>
       <c r="L489" s="6" t="s">
-        <v>3038</v>
+        <v>3056</v>
       </c>
       <c r="M489" s="5" t="s">
-        <v>3039</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="5" t="s">
-        <v>3040</v>
+        <v>3058</v>
       </c>
       <c r="B490" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C490" s="5" t="s">
-        <v>16</v>
+        <v>713</v>
       </c>
       <c r="D490" s="5" t="s">
-        <v>3041</v>
+        <v>210</v>
       </c>
       <c r="E490" s="5" t="s">
-        <v>17</v>
+        <v>2517</v>
       </c>
       <c r="F490" s="5" t="s">
-        <v>3042</v>
+        <v>2502</v>
       </c>
       <c r="G490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H490" s="5" t="s">
-        <v>3043</v>
+        <v>3059</v>
       </c>
       <c r="I490" s="5" t="s">
-        <v>3044</v>
+        <v>3060</v>
       </c>
       <c r="J490" s="5" t="s">
-        <v>2273</v>
+        <v>3061</v>
       </c>
       <c r="K490" s="5" t="s">
-        <v>3045</v>
+        <v>3062</v>
       </c>
       <c r="L490" s="6" t="s">
-        <v>3046</v>
+        <v>3063</v>
       </c>
       <c r="M490" s="5" t="s">
-        <v>3047</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="5" t="s">
-        <v>3048</v>
+        <v>3065</v>
       </c>
       <c r="B491" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C491" s="5" t="s">
-        <v>16</v>
+        <v>1686</v>
       </c>
       <c r="D491" s="5" t="s">
-        <v>1722</v>
+        <v>1763</v>
       </c>
       <c r="E491" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H491" s="5" t="s">
-        <v>3049</v>
-[...3 lines deleted...]
-      </c>
+        <v>3066</v>
+      </c>
+      <c r="I491" s="5"/>
       <c r="J491" s="5" t="s">
-        <v>2251</v>
+        <v>2314</v>
       </c>
       <c r="K491" s="5" t="s">
-        <v>3051</v>
+        <v>3067</v>
       </c>
       <c r="L491" s="6" t="s">
-        <v>3052</v>
+        <v>3068</v>
       </c>
       <c r="M491" s="5" t="s">
-        <v>3053</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="5" t="s">
-        <v>3054</v>
+        <v>3070</v>
       </c>
       <c r="B492" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C492" s="5" t="s">
-        <v>16</v>
+        <v>2634</v>
       </c>
       <c r="D492" s="5" t="s">
-        <v>1722</v>
+        <v>1763</v>
       </c>
       <c r="E492" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H492" s="5" t="s">
-        <v>3055</v>
+        <v>3071</v>
       </c>
       <c r="I492" s="5" t="s">
-        <v>3056</v>
+        <v>3072</v>
       </c>
       <c r="J492" s="5" t="s">
-        <v>2251</v>
+        <v>2314</v>
       </c>
       <c r="K492" s="5" t="s">
-        <v>3057</v>
+        <v>3073</v>
       </c>
       <c r="L492" s="6" t="s">
-        <v>3058</v>
+        <v>3074</v>
       </c>
       <c r="M492" s="5" t="s">
-        <v>3059</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="5" t="s">
-        <v>3060</v>
+        <v>3076</v>
       </c>
       <c r="B493" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C493" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D493" s="5" t="s">
-        <v>3061</v>
+        <v>1763</v>
       </c>
       <c r="E493" s="5" t="s">
-        <v>3062</v>
+        <v>17</v>
       </c>
       <c r="F493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H493" s="5" t="s">
-        <v>3063</v>
-[...3 lines deleted...]
-      </c>
+        <v>3077</v>
+      </c>
+      <c r="I493" s="5"/>
       <c r="J493" s="5" t="s">
-        <v>3065</v>
+        <v>2292</v>
       </c>
       <c r="K493" s="5" t="s">
-        <v>3066</v>
+        <v>3078</v>
       </c>
       <c r="L493" s="6" t="s">
-        <v>3067</v>
+        <v>3079</v>
       </c>
       <c r="M493" s="5" t="s">
-        <v>3068</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="5" t="s">
-        <v>3069</v>
+        <v>3081</v>
       </c>
       <c r="B494" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C494" s="5" t="s">
-        <v>1645</v>
+        <v>2346</v>
       </c>
       <c r="D494" s="5" t="s">
-        <v>2305</v>
+        <v>1763</v>
       </c>
       <c r="E494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H494" s="5" t="s">
-        <v>3070</v>
+      <c r="H494" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I494" s="5" t="s">
-        <v>3071</v>
+        <v>3082</v>
       </c>
       <c r="J494" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K494" s="5" t="s">
-        <v>3072</v>
+        <v>3083</v>
       </c>
       <c r="L494" s="6" t="s">
-        <v>3073</v>
+        <v>3084</v>
       </c>
       <c r="M494" s="5" t="s">
-        <v>3074</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="5" t="s">
-        <v>3069</v>
+        <v>3086</v>
       </c>
       <c r="B495" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C495" s="5" t="s">
-        <v>3075</v>
+        <v>1087</v>
       </c>
       <c r="D495" s="5" t="s">
-        <v>1722</v>
+        <v>210</v>
       </c>
       <c r="E495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F495" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F495" s="5" t="s">
+        <v>3087</v>
       </c>
       <c r="G495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H495" s="5" t="s">
-        <v>3076</v>
+        <v>3088</v>
       </c>
       <c r="I495" s="5" t="s">
-        <v>3077</v>
+        <v>3089</v>
       </c>
       <c r="J495" s="5" t="s">
-        <v>2273</v>
+        <v>3090</v>
       </c>
       <c r="K495" s="5" t="s">
-        <v>3078</v>
+        <v>3091</v>
       </c>
       <c r="L495" s="6" t="s">
-        <v>3079</v>
+        <v>3092</v>
       </c>
       <c r="M495" s="5" t="s">
-        <v>3080</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="5" t="s">
-        <v>3081</v>
+        <v>3094</v>
       </c>
       <c r="B496" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C496" s="5" t="s">
-        <v>16</v>
+        <v>2634</v>
       </c>
       <c r="D496" s="5" t="s">
-        <v>3041</v>
+        <v>2346</v>
       </c>
       <c r="E496" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>3042</v>
+        <v>3095</v>
+      </c>
+      <c r="F496" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H496" s="5" t="s">
-        <v>3082</v>
+        <v>3096</v>
       </c>
       <c r="I496" s="5" t="s">
-        <v>3083</v>
+        <v>3097</v>
       </c>
       <c r="J496" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K496" s="5" t="s">
-        <v>3084</v>
+        <v>3098</v>
       </c>
       <c r="L496" s="6" t="s">
-        <v>3085</v>
+        <v>3099</v>
       </c>
       <c r="M496" s="5" t="s">
-        <v>3086</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="5" t="s">
-        <v>3087</v>
+        <v>3101</v>
       </c>
       <c r="B497" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C497" s="5" t="s">
-        <v>230</v>
+        <v>77</v>
       </c>
       <c r="D497" s="5" t="s">
-        <v>1722</v>
-[...4 lines deleted...]
-        </is>
+        <v>1763</v>
+      </c>
+      <c r="E497" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H497" s="5" t="s">
-        <v>3088</v>
+        <v>3102</v>
       </c>
       <c r="I497" s="5" t="s">
-        <v>3089</v>
+        <v>3103</v>
       </c>
       <c r="J497" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K497" s="5" t="s">
-        <v>3090</v>
+        <v>3104</v>
       </c>
       <c r="L497" s="6" t="s">
-        <v>3091</v>
+        <v>3105</v>
       </c>
       <c r="M497" s="5" t="s">
-        <v>3092</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="5" t="s">
-        <v>3093</v>
+        <v>3107</v>
       </c>
       <c r="B498" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C498" s="5" t="s">
-        <v>16</v>
+        <v>1087</v>
       </c>
       <c r="D498" s="5" t="s">
-        <v>1722</v>
+        <v>210</v>
       </c>
       <c r="E498" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>3108</v>
+      </c>
+      <c r="F498" s="5" t="s">
+        <v>3109</v>
       </c>
       <c r="G498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H498" s="5" t="s">
-        <v>3094</v>
+        <v>3110</v>
       </c>
       <c r="I498" s="5" t="s">
-        <v>3095</v>
+        <v>3111</v>
       </c>
       <c r="J498" s="5" t="s">
-        <v>2251</v>
-[...2 lines deleted...]
-        <v>3096</v>
+        <v>3112</v>
+      </c>
+      <c r="K498" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L498" s="6" t="s">
-        <v>3097</v>
+        <v>3113</v>
       </c>
       <c r="M498" s="5" t="s">
-        <v>3098</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="5" t="s">
-        <v>3099</v>
+        <v>3115</v>
       </c>
       <c r="B499" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C499" s="5" t="s">
-        <v>201</v>
+        <v>16</v>
       </c>
       <c r="D499" s="5" t="s">
-        <v>681</v>
+        <v>3116</v>
       </c>
       <c r="E499" s="5" t="s">
-        <v>2452</v>
+        <v>17</v>
       </c>
       <c r="F499" s="5" t="s">
-        <v>2938</v>
+        <v>3117</v>
       </c>
       <c r="G499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H499" s="5" t="s">
-        <v>3100</v>
+        <v>3118</v>
       </c>
       <c r="I499" s="5" t="s">
-        <v>3101</v>
+        <v>3119</v>
       </c>
       <c r="J499" s="5" t="s">
-        <v>3102</v>
+        <v>2314</v>
       </c>
       <c r="K499" s="5" t="s">
-        <v>3103</v>
+        <v>3120</v>
       </c>
       <c r="L499" s="6" t="s">
-        <v>3104</v>
+        <v>3121</v>
       </c>
       <c r="M499" s="5" t="s">
-        <v>3105</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="5" t="s">
-        <v>3106</v>
+        <v>3123</v>
       </c>
       <c r="B500" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C500" s="5" t="s">
-        <v>1645</v>
+        <v>16</v>
       </c>
       <c r="D500" s="5" t="s">
-        <v>3082</v>
+        <v>1763</v>
       </c>
       <c r="E500" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H500" s="5" t="s">
-        <v>3107</v>
+        <v>3124</v>
       </c>
       <c r="I500" s="5" t="s">
-        <v>3108</v>
+        <v>3125</v>
       </c>
       <c r="J500" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K500" s="5" t="s">
-        <v>3109</v>
+        <v>3126</v>
       </c>
       <c r="L500" s="6" t="s">
-        <v>3110</v>
+        <v>3127</v>
       </c>
       <c r="M500" s="5" t="s">
-        <v>3111</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="5" t="s">
-        <v>3112</v>
+        <v>3129</v>
       </c>
       <c r="B501" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C501" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D501" s="5" t="s">
-        <v>1722</v>
+        <v>1763</v>
       </c>
       <c r="E501" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H501" s="5" t="s">
-        <v>3113</v>
+        <v>3130</v>
       </c>
       <c r="I501" s="5" t="s">
-        <v>3114</v>
+        <v>3131</v>
       </c>
       <c r="J501" s="5" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="K501" s="5" t="s">
-        <v>3115</v>
+        <v>3132</v>
       </c>
       <c r="L501" s="6" t="s">
-        <v>3116</v>
+        <v>3133</v>
       </c>
       <c r="M501" s="5" t="s">
-        <v>3117</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="5" t="s">
-        <v>3118</v>
+        <v>3135</v>
       </c>
       <c r="B502" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C502" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D502" s="5" t="s">
-        <v>1722</v>
+        <v>3136</v>
       </c>
       <c r="E502" s="5" t="s">
-        <v>17</v>
+        <v>3137</v>
       </c>
       <c r="F502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H502" s="5" t="s">
-        <v>3119</v>
+        <v>3138</v>
       </c>
       <c r="I502" s="5" t="s">
-        <v>3120</v>
+        <v>3139</v>
       </c>
       <c r="J502" s="5" t="s">
-        <v>2251</v>
+        <v>3140</v>
       </c>
       <c r="K502" s="5" t="s">
-        <v>3121</v>
+        <v>3141</v>
       </c>
       <c r="L502" s="6" t="s">
-        <v>3122</v>
+        <v>3142</v>
       </c>
       <c r="M502" s="5" t="s">
-        <v>3123</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="5" t="s">
-        <v>3124</v>
+        <v>3144</v>
       </c>
       <c r="B503" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C503" s="5" t="s">
-        <v>1645</v>
+        <v>1686</v>
       </c>
       <c r="D503" s="5" t="s">
-        <v>2843</v>
-[...2 lines deleted...]
-        <v>3125</v>
+        <v>2346</v>
+      </c>
+      <c r="E503" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H503" s="5" t="s">
-        <v>3126</v>
+        <v>3145</v>
       </c>
       <c r="I503" s="5" t="s">
-        <v>3127</v>
+        <v>3146</v>
       </c>
       <c r="J503" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K503" s="5" t="s">
-        <v>3128</v>
+        <v>3147</v>
       </c>
       <c r="L503" s="6" t="s">
-        <v>3129</v>
+        <v>3148</v>
       </c>
       <c r="M503" s="5" t="s">
-        <v>3130</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="5" t="s">
-        <v>3131</v>
+        <v>3144</v>
       </c>
       <c r="B504" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C504" s="5" t="s">
-        <v>16</v>
+        <v>3150</v>
       </c>
       <c r="D504" s="5" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1763</v>
+      </c>
+      <c r="E504" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H504" s="5" t="s">
-        <v>3132</v>
-[...1 lines deleted...]
-      <c r="I504" s="5"/>
+        <v>3151</v>
+      </c>
+      <c r="I504" s="5" t="s">
+        <v>3152</v>
+      </c>
       <c r="J504" s="5" t="s">
-        <v>2251</v>
+        <v>2314</v>
       </c>
       <c r="K504" s="5" t="s">
-        <v>3133</v>
+        <v>3153</v>
       </c>
       <c r="L504" s="6" t="s">
-        <v>3134</v>
+        <v>3154</v>
       </c>
       <c r="M504" s="5" t="s">
-        <v>3135</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="5" t="s">
-        <v>3136</v>
+        <v>3156</v>
       </c>
       <c r="B505" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C505" s="5" t="s">
-        <v>3137</v>
+        <v>16</v>
       </c>
       <c r="D505" s="5" t="s">
-        <v>3138</v>
+        <v>3116</v>
       </c>
       <c r="E505" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F505" s="5" t="s">
-        <v>3042</v>
+        <v>3117</v>
       </c>
       <c r="G505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H505" s="5" t="s">
-        <v>3139</v>
-[...1 lines deleted...]
-      <c r="I505" s="5"/>
+        <v>3157</v>
+      </c>
+      <c r="I505" s="5" t="s">
+        <v>3158</v>
+      </c>
       <c r="J505" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K505" s="5" t="s">
-        <v>3140</v>
+        <v>3159</v>
       </c>
       <c r="L505" s="6" t="s">
-        <v>3141</v>
+        <v>3160</v>
       </c>
       <c r="M505" s="5" t="s">
-        <v>3142</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="5" t="s">
-        <v>3143</v>
+        <v>3162</v>
       </c>
       <c r="B506" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C506" s="5" t="s">
-        <v>1436</v>
+        <v>239</v>
       </c>
       <c r="D506" s="5" t="s">
-        <v>2305</v>
+        <v>1763</v>
       </c>
       <c r="E506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H506" s="5" t="s">
-        <v>3144</v>
+        <v>3163</v>
       </c>
       <c r="I506" s="5" t="s">
-        <v>3145</v>
+        <v>3164</v>
       </c>
       <c r="J506" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K506" s="5" t="s">
-        <v>3146</v>
+        <v>3165</v>
       </c>
       <c r="L506" s="6" t="s">
-        <v>3147</v>
+        <v>3166</v>
       </c>
       <c r="M506" s="5" t="s">
-        <v>3148</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="5" t="s">
-        <v>3149</v>
+        <v>3168</v>
       </c>
       <c r="B507" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C507" s="5" t="s">
-        <v>1645</v>
+        <v>16</v>
       </c>
       <c r="D507" s="5" t="s">
-        <v>2551</v>
+        <v>1763</v>
       </c>
       <c r="E507" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H507" s="5" t="s">
-        <v>3150</v>
+        <v>3169</v>
       </c>
       <c r="I507" s="5" t="s">
-        <v>3151</v>
+        <v>3170</v>
       </c>
       <c r="J507" s="5" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="K507" s="5" t="s">
-        <v>3152</v>
+        <v>3171</v>
       </c>
       <c r="L507" s="6" t="s">
-        <v>3153</v>
+        <v>3172</v>
       </c>
       <c r="M507" s="5" t="s">
-        <v>3154</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="5" t="s">
-        <v>3155</v>
+        <v>3174</v>
       </c>
       <c r="B508" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C508" s="5" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="D508" s="5" t="s">
-        <v>3156</v>
+        <v>713</v>
       </c>
       <c r="E508" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>2502</v>
+      </c>
+      <c r="F508" s="5" t="s">
+        <v>3005</v>
       </c>
       <c r="G508" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H508" s="5" t="s">
-        <v>3157</v>
-[...1 lines deleted...]
-      <c r="I508" s="5"/>
+        <v>3175</v>
+      </c>
+      <c r="I508" s="5" t="s">
+        <v>3176</v>
+      </c>
       <c r="J508" s="5" t="s">
-        <v>2251</v>
+        <v>3177</v>
       </c>
       <c r="K508" s="5" t="s">
-        <v>3158</v>
+        <v>3178</v>
       </c>
       <c r="L508" s="6" t="s">
-        <v>3159</v>
+        <v>3179</v>
       </c>
       <c r="M508" s="5" t="s">
-        <v>3160</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="5" t="s">
-        <v>3161</v>
+        <v>3181</v>
       </c>
       <c r="B509" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C509" s="5" t="s">
-        <v>1645</v>
+        <v>1686</v>
       </c>
       <c r="D509" s="5" t="s">
-        <v>1722</v>
+        <v>3157</v>
       </c>
       <c r="E509" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H509" s="5" t="s">
-        <v>3162</v>
+        <v>3182</v>
       </c>
       <c r="I509" s="5" t="s">
-        <v>3163</v>
+        <v>3183</v>
       </c>
       <c r="J509" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K509" s="5" t="s">
-        <v>3164</v>
+        <v>3184</v>
       </c>
       <c r="L509" s="6" t="s">
-        <v>3165</v>
+        <v>3185</v>
       </c>
       <c r="M509" s="5" t="s">
-        <v>3166</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="5" t="s">
-        <v>3167</v>
+        <v>3187</v>
       </c>
       <c r="B510" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C510" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D510" s="5" t="s">
-        <v>2563</v>
+        <v>1763</v>
       </c>
       <c r="E510" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H510" s="5" t="s">
-        <v>3168</v>
+        <v>3188</v>
       </c>
       <c r="I510" s="5" t="s">
-        <v>3169</v>
+        <v>3189</v>
       </c>
       <c r="J510" s="5" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="K510" s="5" t="s">
-        <v>3170</v>
+        <v>3190</v>
       </c>
       <c r="L510" s="6" t="s">
-        <v>3171</v>
+        <v>3191</v>
       </c>
       <c r="M510" s="5" t="s">
-        <v>3172</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="5" t="s">
-        <v>3173</v>
+        <v>3193</v>
       </c>
       <c r="B511" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C511" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D511" s="5" t="s">
-        <v>3041</v>
+        <v>1763</v>
       </c>
       <c r="E511" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F511" s="5" t="s">
-        <v>3042</v>
+      <c r="F511" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H511" s="5" t="s">
-        <v>3174</v>
+        <v>3194</v>
       </c>
       <c r="I511" s="5" t="s">
-        <v>3175</v>
+        <v>3195</v>
       </c>
       <c r="J511" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K511" s="5" t="s">
-        <v>3176</v>
+        <v>3196</v>
       </c>
       <c r="L511" s="6" t="s">
-        <v>3177</v>
+        <v>3197</v>
       </c>
       <c r="M511" s="5" t="s">
-        <v>3178</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="5" t="s">
-        <v>3179</v>
+        <v>3199</v>
       </c>
       <c r="B512" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C512" s="5" t="s">
-        <v>201</v>
+        <v>1686</v>
       </c>
       <c r="D512" s="5" t="s">
-        <v>681</v>
+        <v>2910</v>
       </c>
       <c r="E512" s="5" t="s">
-        <v>2452</v>
-[...2 lines deleted...]
-        <v>2938</v>
+        <v>3200</v>
+      </c>
+      <c r="F512" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H512" s="5" t="s">
-        <v>3180</v>
+        <v>3201</v>
       </c>
       <c r="I512" s="5" t="s">
-        <v>3181</v>
+        <v>3202</v>
       </c>
       <c r="J512" s="5" t="s">
-        <v>3182</v>
+        <v>2314</v>
       </c>
       <c r="K512" s="5" t="s">
-        <v>3183</v>
+        <v>3203</v>
       </c>
       <c r="L512" s="6" t="s">
-        <v>3184</v>
+        <v>3204</v>
       </c>
       <c r="M512" s="5" t="s">
-        <v>3185</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="5" t="s">
-        <v>3186</v>
+        <v>3206</v>
       </c>
       <c r="B513" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C513" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D513" s="5" t="s">
-        <v>1722</v>
+        <v>1763</v>
       </c>
       <c r="E513" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H513" s="5" t="s">
-        <v>3187</v>
+        <v>3207</v>
       </c>
       <c r="I513" s="5"/>
       <c r="J513" s="5" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="K513" s="5" t="s">
-        <v>3188</v>
+        <v>3208</v>
       </c>
       <c r="L513" s="6" t="s">
-        <v>3189</v>
+        <v>3209</v>
       </c>
       <c r="M513" s="5" t="s">
-        <v>3190</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="5" t="s">
-        <v>3191</v>
+        <v>3211</v>
       </c>
       <c r="B514" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C514" s="5" t="s">
-        <v>16</v>
+        <v>3212</v>
       </c>
       <c r="D514" s="5" t="s">
-        <v>1722</v>
+        <v>3213</v>
       </c>
       <c r="E514" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F514" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F514" s="5" t="s">
+        <v>3117</v>
       </c>
       <c r="G514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H514" s="5" t="s">
-        <v>3192</v>
+        <v>3214</v>
       </c>
       <c r="I514" s="5"/>
       <c r="J514" s="5" t="s">
-        <v>2251</v>
+        <v>2314</v>
       </c>
       <c r="K514" s="5" t="s">
-        <v>3193</v>
+        <v>3215</v>
       </c>
       <c r="L514" s="6" t="s">
-        <v>3194</v>
+        <v>3216</v>
       </c>
       <c r="M514" s="5" t="s">
-        <v>3195</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="5" t="s">
-        <v>3196</v>
+        <v>3218</v>
       </c>
       <c r="B515" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C515" s="5" t="s">
-        <v>16</v>
+        <v>1477</v>
       </c>
       <c r="D515" s="5" t="s">
-        <v>1722</v>
-[...5 lines deleted...]
-        <v>2985</v>
+        <v>2346</v>
+      </c>
+      <c r="E515" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F515" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H515" s="5" t="s">
-        <v>3197</v>
+        <v>3219</v>
       </c>
       <c r="I515" s="5" t="s">
-        <v>3198</v>
+        <v>3220</v>
       </c>
       <c r="J515" s="5" t="s">
-        <v>2251</v>
+        <v>2314</v>
       </c>
       <c r="K515" s="5" t="s">
-        <v>3199</v>
+        <v>3221</v>
       </c>
       <c r="L515" s="6" t="s">
-        <v>3200</v>
+        <v>3222</v>
       </c>
       <c r="M515" s="5" t="s">
-        <v>3201</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="5" t="s">
-        <v>3202</v>
+        <v>3224</v>
       </c>
       <c r="B516" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C516" s="5" t="s">
-        <v>2305</v>
+        <v>1686</v>
       </c>
       <c r="D516" s="5" t="s">
-        <v>1722</v>
-[...4 lines deleted...]
-        </is>
+        <v>2610</v>
+      </c>
+      <c r="E516" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H516" s="5" t="s">
-        <v>3203</v>
-[...1 lines deleted...]
-      <c r="I516" s="5"/>
+        <v>3225</v>
+      </c>
+      <c r="I516" s="5" t="s">
+        <v>3226</v>
+      </c>
       <c r="J516" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K516" s="5" t="s">
-        <v>3204</v>
+        <v>3227</v>
       </c>
       <c r="L516" s="6" t="s">
-        <v>3205</v>
+        <v>3228</v>
       </c>
       <c r="M516" s="5" t="s">
-        <v>3206</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="5" t="s">
-        <v>3207</v>
+        <v>3230</v>
       </c>
       <c r="B517" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C517" s="5" t="s">
-        <v>1645</v>
+        <v>16</v>
       </c>
       <c r="D517" s="5" t="s">
-        <v>1722</v>
+        <v>3231</v>
       </c>
       <c r="E517" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H517" s="5" t="s">
-        <v>3208</v>
-[...3 lines deleted...]
-      </c>
+        <v>3232</v>
+      </c>
+      <c r="I517" s="5"/>
       <c r="J517" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K517" s="5" t="s">
-        <v>3210</v>
+        <v>3233</v>
       </c>
       <c r="L517" s="6" t="s">
-        <v>3211</v>
+        <v>3234</v>
       </c>
       <c r="M517" s="5" t="s">
-        <v>3212</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="5" t="s">
-        <v>3213</v>
+        <v>3236</v>
       </c>
       <c r="B518" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C518" s="5" t="s">
-        <v>16</v>
+        <v>1686</v>
       </c>
       <c r="D518" s="5" t="s">
-        <v>1722</v>
+        <v>1763</v>
       </c>
       <c r="E518" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H518" s="5" t="s">
-        <v>3214</v>
-[...1 lines deleted...]
-      <c r="I518" s="5"/>
+        <v>3237</v>
+      </c>
+      <c r="I518" s="5" t="s">
+        <v>3238</v>
+      </c>
       <c r="J518" s="5" t="s">
-        <v>2251</v>
+        <v>2314</v>
       </c>
       <c r="K518" s="5" t="s">
-        <v>3215</v>
+        <v>3239</v>
       </c>
       <c r="L518" s="6" t="s">
-        <v>3216</v>
+        <v>3240</v>
       </c>
       <c r="M518" s="5" t="s">
-        <v>3217</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="5" t="s">
-        <v>3218</v>
+        <v>3242</v>
       </c>
       <c r="B519" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C519" s="5" t="s">
-        <v>3219</v>
+        <v>16</v>
       </c>
       <c r="D519" s="5" t="s">
-        <v>3220</v>
+        <v>2622</v>
       </c>
       <c r="E519" s="5" t="s">
-        <v>3221</v>
+        <v>17</v>
       </c>
       <c r="F519" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G519" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H519" s="5" t="s">
-        <v>3222</v>
+        <v>3243</v>
       </c>
       <c r="I519" s="5" t="s">
-        <v>3223</v>
+        <v>3244</v>
       </c>
       <c r="J519" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K519" s="5" t="s">
-        <v>3224</v>
+        <v>3245</v>
       </c>
       <c r="L519" s="6" t="s">
-        <v>3225</v>
+        <v>3246</v>
       </c>
       <c r="M519" s="5" t="s">
-        <v>3226</v>
+        <v>3247</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="5" t="s">
-        <v>3227</v>
+        <v>3248</v>
       </c>
       <c r="B520" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C520" s="5" t="s">
-        <v>2305</v>
+        <v>16</v>
       </c>
       <c r="D520" s="5" t="s">
-        <v>1722</v>
-[...9 lines deleted...]
-        </is>
+        <v>3116</v>
+      </c>
+      <c r="E520" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F520" s="5" t="s">
+        <v>3117</v>
       </c>
       <c r="G520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H520" s="5" t="s">
-        <v>3228</v>
+        <v>3249</v>
       </c>
       <c r="I520" s="5" t="s">
-        <v>3229</v>
+        <v>3250</v>
       </c>
       <c r="J520" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K520" s="5" t="s">
-        <v>3230</v>
+        <v>3251</v>
       </c>
       <c r="L520" s="6" t="s">
-        <v>3231</v>
+        <v>3252</v>
       </c>
       <c r="M520" s="5" t="s">
-        <v>3232</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="5" t="s">
-        <v>3233</v>
+        <v>3254</v>
       </c>
       <c r="B521" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C521" s="5" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="D521" s="5" t="s">
-        <v>681</v>
+        <v>713</v>
       </c>
       <c r="E521" s="5" t="s">
-        <v>2452</v>
+        <v>2502</v>
       </c>
       <c r="F521" s="5" t="s">
-        <v>2938</v>
+        <v>3005</v>
       </c>
       <c r="G521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H521" s="5" t="s">
-        <v>3234</v>
+        <v>3255</v>
       </c>
       <c r="I521" s="5" t="s">
-        <v>3235</v>
+        <v>3256</v>
       </c>
       <c r="J521" s="5" t="s">
-        <v>3236</v>
+        <v>3257</v>
       </c>
       <c r="K521" s="5" t="s">
-        <v>3237</v>
+        <v>3258</v>
       </c>
       <c r="L521" s="6" t="s">
-        <v>3238</v>
+        <v>3259</v>
       </c>
       <c r="M521" s="5" t="s">
-        <v>3239</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="5" t="s">
-        <v>3240</v>
+        <v>3261</v>
       </c>
       <c r="B522" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C522" s="5" t="s">
-        <v>230</v>
+        <v>16</v>
       </c>
       <c r="D522" s="5" t="s">
-        <v>1722</v>
+        <v>1763</v>
       </c>
       <c r="E522" s="5" t="s">
-        <v>3241</v>
-[...2 lines deleted...]
-        <v>2985</v>
+        <v>17</v>
+      </c>
+      <c r="F522" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H522" s="5" t="s">
-        <v>3242</v>
-[...3 lines deleted...]
-      </c>
+        <v>3262</v>
+      </c>
+      <c r="I522" s="5"/>
       <c r="J522" s="5" t="s">
-        <v>3244</v>
+        <v>2292</v>
       </c>
       <c r="K522" s="5" t="s">
-        <v>3245</v>
+        <v>3263</v>
       </c>
       <c r="L522" s="6" t="s">
-        <v>3246</v>
+        <v>3264</v>
       </c>
       <c r="M522" s="5" t="s">
-        <v>3247</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="5" t="s">
-        <v>3248</v>
+        <v>3266</v>
       </c>
       <c r="B523" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C523" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D523" s="5" t="s">
-        <v>1722</v>
+        <v>1763</v>
       </c>
       <c r="E523" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F523" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G523" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H523" s="5" t="s">
-        <v>3249</v>
-[...3 lines deleted...]
-      </c>
+        <v>3267</v>
+      </c>
+      <c r="I523" s="5"/>
       <c r="J523" s="5" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="K523" s="5" t="s">
-        <v>3251</v>
+        <v>3268</v>
       </c>
       <c r="L523" s="6" t="s">
-        <v>3252</v>
+        <v>3269</v>
       </c>
       <c r="M523" s="5" t="s">
-        <v>3253</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="5" t="s">
-        <v>3254</v>
+        <v>3271</v>
       </c>
       <c r="B524" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C524" s="5" t="s">
-        <v>201</v>
+        <v>16</v>
       </c>
       <c r="D524" s="5" t="s">
-        <v>681</v>
+        <v>1763</v>
       </c>
       <c r="E524" s="5" t="s">
-        <v>2452</v>
+        <v>17</v>
       </c>
       <c r="F524" s="5" t="s">
-        <v>2938</v>
+        <v>3052</v>
       </c>
       <c r="G524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H524" s="5" t="s">
-        <v>3255</v>
+        <v>3272</v>
       </c>
       <c r="I524" s="5" t="s">
-        <v>3256</v>
+        <v>3273</v>
       </c>
       <c r="J524" s="5" t="s">
-        <v>3257</v>
+        <v>2292</v>
       </c>
       <c r="K524" s="5" t="s">
-        <v>3258</v>
+        <v>3274</v>
       </c>
       <c r="L524" s="6" t="s">
-        <v>3259</v>
+        <v>3275</v>
       </c>
       <c r="M524" s="5" t="s">
-        <v>3260</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="5" t="s">
-        <v>3261</v>
+        <v>3277</v>
       </c>
       <c r="B525" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C525" s="5" t="s">
-        <v>16</v>
+        <v>2346</v>
       </c>
       <c r="D525" s="5" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1763</v>
+      </c>
+      <c r="E525" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H525" s="5" t="s">
-        <v>3262</v>
-[...3 lines deleted...]
-      </c>
+        <v>3278</v>
+      </c>
+      <c r="I525" s="5"/>
       <c r="J525" s="5" t="s">
-        <v>2251</v>
+        <v>2314</v>
       </c>
       <c r="K525" s="5" t="s">
-        <v>3264</v>
+        <v>3279</v>
       </c>
       <c r="L525" s="6" t="s">
-        <v>3265</v>
+        <v>3280</v>
       </c>
       <c r="M525" s="5" t="s">
-        <v>3266</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="5" t="s">
-        <v>3267</v>
+        <v>3282</v>
       </c>
       <c r="B526" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C526" s="5" t="s">
-        <v>77</v>
+        <v>1686</v>
       </c>
       <c r="D526" s="5" t="s">
-        <v>2563</v>
+        <v>1763</v>
       </c>
       <c r="E526" s="5" t="s">
-        <v>3221</v>
+        <v>17</v>
       </c>
       <c r="F526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H526" s="5" t="s">
-        <v>3268</v>
+        <v>3283</v>
       </c>
       <c r="I526" s="5" t="s">
-        <v>3269</v>
+        <v>3284</v>
       </c>
       <c r="J526" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K526" s="5" t="s">
-        <v>3270</v>
+        <v>3285</v>
       </c>
       <c r="L526" s="6" t="s">
-        <v>3271</v>
+        <v>3286</v>
       </c>
       <c r="M526" s="5" t="s">
-        <v>3272</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="5" t="s">
-        <v>3273</v>
+        <v>3288</v>
       </c>
       <c r="B527" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C527" s="5" t="s">
-        <v>230</v>
+        <v>16</v>
       </c>
       <c r="D527" s="5" t="s">
-        <v>2563</v>
-[...4 lines deleted...]
-        </is>
+        <v>1763</v>
+      </c>
+      <c r="E527" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F527" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G527" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H527" s="5" t="s">
-        <v>3274</v>
-[...3 lines deleted...]
-      </c>
+        <v>3289</v>
+      </c>
+      <c r="I527" s="5"/>
       <c r="J527" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K527" s="5" t="s">
-        <v>3276</v>
+        <v>3290</v>
       </c>
       <c r="L527" s="6" t="s">
-        <v>3277</v>
+        <v>3291</v>
       </c>
       <c r="M527" s="5" t="s">
-        <v>3278</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="5" t="s">
-        <v>3279</v>
+        <v>3293</v>
       </c>
       <c r="B528" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C528" s="5" t="s">
-        <v>16</v>
+        <v>3294</v>
       </c>
       <c r="D528" s="5" t="s">
-        <v>1722</v>
+        <v>3295</v>
       </c>
       <c r="E528" s="5" t="s">
-        <v>17</v>
+        <v>3296</v>
       </c>
       <c r="F528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H528" s="5" t="s">
-        <v>3280</v>
+        <v>3297</v>
       </c>
       <c r="I528" s="5" t="s">
-        <v>3281</v>
+        <v>3298</v>
       </c>
       <c r="J528" s="5" t="s">
-        <v>2251</v>
+        <v>2314</v>
       </c>
       <c r="K528" s="5" t="s">
-        <v>3282</v>
+        <v>3299</v>
       </c>
       <c r="L528" s="6" t="s">
-        <v>3283</v>
+        <v>3300</v>
       </c>
       <c r="M528" s="5" t="s">
-        <v>3284</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="5" t="s">
-        <v>3285</v>
+        <v>3302</v>
       </c>
       <c r="B529" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C529" s="5" t="s">
-        <v>201</v>
+        <v>2346</v>
       </c>
       <c r="D529" s="5" t="s">
-        <v>681</v>
-[...5 lines deleted...]
-        <v>2938</v>
+        <v>1763</v>
+      </c>
+      <c r="E529" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F529" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H529" s="5" t="s">
-        <v>3286</v>
-[...1 lines deleted...]
-      <c r="I529" s="5"/>
+        <v>3303</v>
+      </c>
+      <c r="I529" s="5" t="s">
+        <v>3304</v>
+      </c>
       <c r="J529" s="5" t="s">
-        <v>3287</v>
+        <v>2314</v>
       </c>
       <c r="K529" s="5" t="s">
-        <v>3288</v>
+        <v>3305</v>
       </c>
       <c r="L529" s="6" t="s">
-        <v>3289</v>
+        <v>3306</v>
       </c>
       <c r="M529" s="5" t="s">
-        <v>3290</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="5" t="s">
-        <v>3291</v>
+        <v>3308</v>
       </c>
       <c r="B530" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C530" s="5" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="D530" s="5" t="s">
-        <v>681</v>
+        <v>713</v>
       </c>
       <c r="E530" s="5" t="s">
-        <v>2452</v>
+        <v>2502</v>
       </c>
       <c r="F530" s="5" t="s">
-        <v>2938</v>
+        <v>3005</v>
       </c>
       <c r="G530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H530" s="5" t="s">
-        <v>3292</v>
+        <v>3309</v>
       </c>
       <c r="I530" s="5" t="s">
-        <v>3293</v>
+        <v>3310</v>
       </c>
       <c r="J530" s="5" t="s">
-        <v>3294</v>
+        <v>3311</v>
       </c>
       <c r="K530" s="5" t="s">
-        <v>3295</v>
+        <v>3312</v>
       </c>
       <c r="L530" s="6" t="s">
-        <v>3296</v>
+        <v>3313</v>
       </c>
       <c r="M530" s="5" t="s">
-        <v>3297</v>
+        <v>3314</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="5" t="s">
-        <v>3298</v>
+        <v>3315</v>
       </c>
       <c r="B531" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C531" s="5" t="s">
-        <v>201</v>
+        <v>239</v>
       </c>
       <c r="D531" s="5" t="s">
-        <v>681</v>
+        <v>1763</v>
       </c>
       <c r="E531" s="5" t="s">
-        <v>3221</v>
+        <v>3316</v>
       </c>
       <c r="F531" s="5" t="s">
-        <v>3299</v>
+        <v>3052</v>
       </c>
       <c r="G531" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H531" s="5" t="s">
-        <v>3300</v>
+        <v>3317</v>
       </c>
       <c r="I531" s="5" t="s">
-        <v>3301</v>
+        <v>3318</v>
       </c>
       <c r="J531" s="5" t="s">
-        <v>3287</v>
+        <v>3319</v>
       </c>
       <c r="K531" s="5" t="s">
-        <v>3302</v>
+        <v>3320</v>
       </c>
       <c r="L531" s="6" t="s">
-        <v>3303</v>
+        <v>3321</v>
       </c>
       <c r="M531" s="5" t="s">
-        <v>3304</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="5" t="s">
-        <v>3305</v>
+        <v>3323</v>
       </c>
       <c r="B532" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C532" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D532" s="5" t="s">
-        <v>1722</v>
+        <v>1763</v>
       </c>
       <c r="E532" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H532" s="5" t="s">
-        <v>3306</v>
+        <v>3324</v>
       </c>
       <c r="I532" s="5" t="s">
-        <v>3307</v>
+        <v>3325</v>
       </c>
       <c r="J532" s="5" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="K532" s="5" t="s">
-        <v>3308</v>
+        <v>3326</v>
       </c>
       <c r="L532" s="6" t="s">
-        <v>3309</v>
+        <v>3327</v>
       </c>
       <c r="M532" s="5" t="s">
-        <v>3310</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="5" t="s">
-        <v>3311</v>
+        <v>3329</v>
       </c>
       <c r="B533" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C533" s="5" t="s">
-        <v>230</v>
+        <v>210</v>
       </c>
       <c r="D533" s="5" t="s">
-        <v>2563</v>
-[...9 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="E533" s="5" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F533" s="5" t="s">
+        <v>3005</v>
       </c>
       <c r="G533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H533" s="5" t="s">
-        <v>3312</v>
+        <v>3330</v>
       </c>
       <c r="I533" s="5" t="s">
-        <v>3313</v>
+        <v>3331</v>
       </c>
       <c r="J533" s="5" t="s">
-        <v>2273</v>
+        <v>3332</v>
       </c>
       <c r="K533" s="5" t="s">
-        <v>3314</v>
+        <v>3333</v>
       </c>
       <c r="L533" s="6" t="s">
-        <v>3315</v>
+        <v>3334</v>
       </c>
       <c r="M533" s="5" t="s">
-        <v>3316</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="5" t="s">
-        <v>3317</v>
+        <v>3336</v>
       </c>
       <c r="B534" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C534" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D534" s="5" t="s">
-        <v>2563</v>
+        <v>1763</v>
       </c>
       <c r="E534" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H534" s="5" t="s">
-        <v>3318</v>
+        <v>3337</v>
       </c>
       <c r="I534" s="5" t="s">
-        <v>3319</v>
+        <v>3338</v>
       </c>
       <c r="J534" s="5" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="K534" s="5" t="s">
-        <v>3320</v>
+        <v>3339</v>
       </c>
       <c r="L534" s="6" t="s">
-        <v>3321</v>
+        <v>3340</v>
       </c>
       <c r="M534" s="5" t="s">
-        <v>3322</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="5" t="s">
-        <v>3323</v>
+        <v>3342</v>
       </c>
       <c r="B535" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C535" s="5" t="s">
-        <v>3324</v>
+        <v>77</v>
       </c>
       <c r="D535" s="5" t="s">
-        <v>495</v>
+        <v>2622</v>
       </c>
       <c r="E535" s="5" t="s">
-        <v>3325</v>
+        <v>3296</v>
       </c>
       <c r="F535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H535" s="5" t="s">
-        <v>3326</v>
+        <v>3343</v>
       </c>
       <c r="I535" s="5" t="s">
-        <v>3327</v>
+        <v>3344</v>
       </c>
       <c r="J535" s="5" t="s">
-        <v>3328</v>
+        <v>2314</v>
       </c>
       <c r="K535" s="5" t="s">
-        <v>3329</v>
+        <v>3345</v>
       </c>
       <c r="L535" s="6" t="s">
-        <v>3330</v>
+        <v>3346</v>
       </c>
       <c r="M535" s="5" t="s">
-        <v>3331</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="5" t="s">
-        <v>3332</v>
+        <v>3348</v>
       </c>
       <c r="B536" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C536" s="5" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
       <c r="D536" s="5" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>2622</v>
+      </c>
+      <c r="E536" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H536" s="5" t="s">
-        <v>3333</v>
+        <v>3349</v>
       </c>
       <c r="I536" s="5" t="s">
-        <v>3334</v>
+        <v>3350</v>
       </c>
       <c r="J536" s="5" t="s">
-        <v>2251</v>
+        <v>2314</v>
       </c>
       <c r="K536" s="5" t="s">
-        <v>3335</v>
+        <v>3351</v>
       </c>
       <c r="L536" s="6" t="s">
-        <v>3336</v>
+        <v>3352</v>
       </c>
       <c r="M536" s="5" t="s">
-        <v>3337</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="5" t="s">
-        <v>3338</v>
+        <v>3354</v>
       </c>
       <c r="B537" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C537" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D537" s="5" t="s">
-        <v>3339</v>
+        <v>1763</v>
       </c>
       <c r="E537" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F537" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G537" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H537" s="5" t="s">
-        <v>3340</v>
-[...1 lines deleted...]
-      <c r="I537" s="5"/>
+        <v>3355</v>
+      </c>
+      <c r="I537" s="5" t="s">
+        <v>3356</v>
+      </c>
       <c r="J537" s="5" t="s">
-        <v>3341</v>
+        <v>2292</v>
       </c>
       <c r="K537" s="5" t="s">
-        <v>3342</v>
+        <v>3357</v>
       </c>
       <c r="L537" s="6" t="s">
-        <v>3343</v>
+        <v>3358</v>
       </c>
       <c r="M537" s="5" t="s">
-        <v>3344</v>
+        <v>3359</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="5" t="s">
-        <v>3345</v>
+        <v>3360</v>
       </c>
       <c r="B538" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C538" s="5" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="D538" s="5" t="s">
-        <v>1722</v>
+        <v>713</v>
       </c>
       <c r="E538" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>2502</v>
+      </c>
+      <c r="F538" s="5" t="s">
+        <v>3005</v>
       </c>
       <c r="G538" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H538" s="5" t="s">
-        <v>3346</v>
+        <v>3361</v>
       </c>
       <c r="I538" s="5"/>
       <c r="J538" s="5" t="s">
-        <v>2251</v>
+        <v>3362</v>
       </c>
       <c r="K538" s="5" t="s">
-        <v>3347</v>
+        <v>3363</v>
       </c>
       <c r="L538" s="6" t="s">
-        <v>3348</v>
+        <v>3364</v>
       </c>
       <c r="M538" s="5" t="s">
-        <v>3349</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="5" t="s">
-        <v>3350</v>
+        <v>3366</v>
       </c>
       <c r="B539" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C539" s="5" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="D539" s="5" t="s">
-        <v>3041</v>
+        <v>713</v>
       </c>
       <c r="E539" s="5" t="s">
-        <v>17</v>
+        <v>2502</v>
       </c>
       <c r="F539" s="5" t="s">
-        <v>3351</v>
+        <v>3005</v>
       </c>
       <c r="G539" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H539" s="5" t="s">
-        <v>3352</v>
+        <v>3367</v>
       </c>
       <c r="I539" s="5" t="s">
-        <v>3353</v>
+        <v>3368</v>
       </c>
       <c r="J539" s="5" t="s">
-        <v>2273</v>
+        <v>3369</v>
       </c>
       <c r="K539" s="5" t="s">
-        <v>3354</v>
+        <v>3370</v>
       </c>
       <c r="L539" s="6" t="s">
-        <v>3355</v>
+        <v>3371</v>
       </c>
       <c r="M539" s="5" t="s">
-        <v>3356</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="5" t="s">
-        <v>3357</v>
+        <v>3373</v>
       </c>
       <c r="B540" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C540" s="5" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="D540" s="5" t="s">
-        <v>2563</v>
+        <v>713</v>
       </c>
       <c r="E540" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>3296</v>
+      </c>
+      <c r="F540" s="5" t="s">
+        <v>3374</v>
       </c>
       <c r="G540" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H540" s="5" t="s">
-        <v>3358</v>
+        <v>3375</v>
       </c>
       <c r="I540" s="5" t="s">
-        <v>3359</v>
+        <v>3376</v>
       </c>
       <c r="J540" s="5" t="s">
-        <v>2251</v>
+        <v>3362</v>
       </c>
       <c r="K540" s="5" t="s">
-        <v>3360</v>
+        <v>3377</v>
       </c>
       <c r="L540" s="6" t="s">
-        <v>3361</v>
+        <v>3378</v>
       </c>
       <c r="M540" s="5" t="s">
-        <v>3362</v>
+        <v>3379</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="5" t="s">
-        <v>3357</v>
+        <v>3380</v>
       </c>
       <c r="B541" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C541" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D541" s="5" t="s">
-        <v>3041</v>
+        <v>1763</v>
       </c>
       <c r="E541" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F541" s="5" t="s">
-        <v>3351</v>
+      <c r="F541" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G541" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H541" s="5" t="s">
-        <v>3363</v>
+        <v>3381</v>
       </c>
       <c r="I541" s="5" t="s">
-        <v>3364</v>
+        <v>3382</v>
       </c>
       <c r="J541" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K541" s="5" t="s">
-        <v>3365</v>
+        <v>3383</v>
       </c>
       <c r="L541" s="6" t="s">
-        <v>3366</v>
+        <v>3384</v>
       </c>
       <c r="M541" s="5" t="s">
-        <v>3367</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="5" t="s">
-        <v>3368</v>
+        <v>3386</v>
       </c>
       <c r="B542" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C542" s="5" t="s">
-        <v>201</v>
+        <v>239</v>
       </c>
       <c r="D542" s="5" t="s">
-        <v>681</v>
-[...5 lines deleted...]
-        <v>3369</v>
+        <v>2622</v>
+      </c>
+      <c r="E542" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F542" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H542" s="5" t="s">
-        <v>3370</v>
+        <v>3387</v>
       </c>
       <c r="I542" s="5" t="s">
-        <v>3371</v>
+        <v>3388</v>
       </c>
       <c r="J542" s="5" t="s">
-        <v>3372</v>
+        <v>2314</v>
       </c>
       <c r="K542" s="5" t="s">
-        <v>3373</v>
+        <v>3389</v>
       </c>
       <c r="L542" s="6" t="s">
-        <v>3374</v>
+        <v>3390</v>
       </c>
       <c r="M542" s="5" t="s">
-        <v>3375</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="5" t="s">
-        <v>3376</v>
+        <v>3392</v>
       </c>
       <c r="B543" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C543" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D543" s="5" t="s">
-        <v>3041</v>
+        <v>2622</v>
       </c>
       <c r="E543" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F543" s="5" t="s">
-        <v>3351</v>
+      <c r="F543" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G543" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H543" s="5" t="s">
-        <v>3377</v>
+        <v>3393</v>
       </c>
       <c r="I543" s="5" t="s">
-        <v>3378</v>
+        <v>3394</v>
       </c>
       <c r="J543" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K543" s="5" t="s">
-        <v>3379</v>
+        <v>3395</v>
       </c>
       <c r="L543" s="6" t="s">
-        <v>3380</v>
+        <v>3396</v>
       </c>
       <c r="M543" s="5" t="s">
-        <v>3381</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="5" t="s">
-        <v>3376</v>
+        <v>3398</v>
       </c>
       <c r="B544" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C544" s="5" t="s">
-        <v>16</v>
+        <v>3399</v>
       </c>
       <c r="D544" s="5" t="s">
-        <v>2563</v>
+        <v>504</v>
       </c>
       <c r="E544" s="5" t="s">
-        <v>17</v>
+        <v>3400</v>
       </c>
       <c r="F544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H544" s="5" t="s">
-        <v>3382</v>
+        <v>3401</v>
       </c>
       <c r="I544" s="5" t="s">
-        <v>3383</v>
+        <v>3402</v>
       </c>
       <c r="J544" s="5" t="s">
-        <v>2251</v>
+        <v>3403</v>
       </c>
       <c r="K544" s="5" t="s">
-        <v>3384</v>
+        <v>3404</v>
       </c>
       <c r="L544" s="6" t="s">
-        <v>3385</v>
+        <v>3405</v>
       </c>
       <c r="M544" s="5" t="s">
-        <v>3386</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="5" t="s">
-        <v>3387</v>
+        <v>3407</v>
       </c>
       <c r="B545" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C545" s="5" t="s">
-        <v>3388</v>
+        <v>16</v>
       </c>
       <c r="D545" s="5" t="s">
-        <v>1645</v>
-[...4 lines deleted...]
-        </is>
+        <v>1763</v>
+      </c>
+      <c r="E545" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F545" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G545" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H545" s="5" t="s">
-        <v>3389</v>
+        <v>3408</v>
       </c>
       <c r="I545" s="5" t="s">
-        <v>3390</v>
+        <v>3409</v>
       </c>
       <c r="J545" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K545" s="5" t="s">
-        <v>3391</v>
+        <v>3410</v>
       </c>
       <c r="L545" s="6" t="s">
-        <v>3392</v>
+        <v>3411</v>
       </c>
       <c r="M545" s="5" t="s">
-        <v>3393</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="5" t="s">
-        <v>3394</v>
+        <v>3413</v>
       </c>
       <c r="B546" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C546" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D546" s="5" t="s">
-        <v>3041</v>
+        <v>3414</v>
       </c>
       <c r="E546" s="5" t="s">
-        <v>3395</v>
-[...2 lines deleted...]
-        <v>3351</v>
+        <v>17</v>
+      </c>
+      <c r="F546" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G546" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H546" s="5" t="s">
-        <v>3396</v>
-[...3 lines deleted...]
-      </c>
+        <v>3415</v>
+      </c>
+      <c r="I546" s="5"/>
       <c r="J546" s="5" t="s">
-        <v>2273</v>
+        <v>3416</v>
       </c>
       <c r="K546" s="5" t="s">
-        <v>3398</v>
+        <v>3417</v>
       </c>
       <c r="L546" s="6" t="s">
-        <v>3399</v>
+        <v>3418</v>
       </c>
       <c r="M546" s="5" t="s">
-        <v>3400</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="5" t="s">
-        <v>3401</v>
+        <v>3420</v>
       </c>
       <c r="B547" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C547" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D547" s="5" t="s">
-        <v>3041</v>
+        <v>1763</v>
       </c>
       <c r="E547" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H547" s="5" t="s">
-        <v>3402</v>
-[...3 lines deleted...]
-      </c>
+        <v>3421</v>
+      </c>
+      <c r="I547" s="5"/>
       <c r="J547" s="5" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="K547" s="5" t="s">
-        <v>3404</v>
+        <v>3422</v>
       </c>
       <c r="L547" s="6" t="s">
-        <v>3405</v>
+        <v>3423</v>
       </c>
       <c r="M547" s="5" t="s">
-        <v>3406</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="5" t="s">
-        <v>3407</v>
+        <v>3425</v>
       </c>
       <c r="B548" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C548" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D548" s="5" t="s">
-        <v>3041</v>
+        <v>3116</v>
       </c>
       <c r="E548" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F548" s="5" t="s">
-        <v>3351</v>
+        <v>3426</v>
       </c>
       <c r="G548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H548" s="5" t="s">
-        <v>3408</v>
+        <v>3427</v>
       </c>
       <c r="I548" s="5" t="s">
-        <v>3409</v>
+        <v>3428</v>
       </c>
       <c r="J548" s="5" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="K548" s="5" t="s">
-        <v>3410</v>
+        <v>3429</v>
       </c>
       <c r="L548" s="6" t="s">
-        <v>3411</v>
+        <v>3430</v>
       </c>
       <c r="M548" s="5" t="s">
-        <v>3412</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="5" t="s">
-        <v>290</v>
+        <v>3432</v>
       </c>
       <c r="B549" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C549" s="5" t="s">
-        <v>186</v>
+        <v>16</v>
       </c>
       <c r="D549" s="5" t="s">
-        <v>231</v>
-[...4 lines deleted...]
-        </is>
+        <v>2622</v>
+      </c>
+      <c r="E549" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F549" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G549" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H549" s="5" t="s">
-        <v>3413</v>
+        <v>3433</v>
       </c>
       <c r="I549" s="5" t="s">
-        <v>3414</v>
+        <v>3434</v>
       </c>
       <c r="J549" s="5" t="s">
-        <v>3415</v>
+        <v>2292</v>
       </c>
       <c r="K549" s="5" t="s">
-        <v>3416</v>
+        <v>3435</v>
       </c>
       <c r="L549" s="6" t="s">
-        <v>3417</v>
+        <v>3436</v>
       </c>
       <c r="M549" s="5" t="s">
-        <v>3418</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="5" t="s">
-        <v>3419</v>
+        <v>3432</v>
       </c>
       <c r="B550" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C550" s="5" t="s">
-        <v>3420</v>
+        <v>16</v>
       </c>
       <c r="D550" s="5" t="s">
-        <v>1046</v>
+        <v>3116</v>
       </c>
       <c r="E550" s="5" t="s">
-        <v>3421</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F550" s="5" t="s">
+        <v>3426</v>
       </c>
       <c r="G550" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H550" s="5" t="s">
-        <v>3422</v>
+        <v>3438</v>
       </c>
       <c r="I550" s="5" t="s">
-        <v>3423</v>
+        <v>3439</v>
       </c>
       <c r="J550" s="5" t="s">
-        <v>3424</v>
+        <v>2314</v>
       </c>
       <c r="K550" s="5" t="s">
-        <v>3425</v>
+        <v>3440</v>
       </c>
       <c r="L550" s="6" t="s">
-        <v>3426</v>
+        <v>3441</v>
       </c>
       <c r="M550" s="5" t="s">
-        <v>3427</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="5" t="s">
-        <v>3428</v>
+        <v>3443</v>
       </c>
       <c r="B551" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C551" s="5" t="s">
-        <v>2526</v>
+        <v>210</v>
       </c>
       <c r="D551" s="5" t="s">
-        <v>2305</v>
-[...9 lines deleted...]
-        </is>
+        <v>713</v>
+      </c>
+      <c r="E551" s="5" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F551" s="5" t="s">
+        <v>3444</v>
       </c>
       <c r="G551" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H551" s="5" t="s">
-        <v>3429</v>
+        <v>3445</v>
       </c>
       <c r="I551" s="5" t="s">
-        <v>3430</v>
+        <v>3446</v>
       </c>
       <c r="J551" s="5" t="s">
-        <v>2273</v>
+        <v>3447</v>
       </c>
       <c r="K551" s="5" t="s">
-        <v>3431</v>
+        <v>3448</v>
       </c>
       <c r="L551" s="6" t="s">
-        <v>3432</v>
+        <v>3449</v>
       </c>
       <c r="M551" s="5" t="s">
-        <v>3433</v>
+        <v>3450</v>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" s="5" t="s">
+        <v>3451</v>
+      </c>
+      <c r="B552" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C552" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D552" s="5" t="s">
+        <v>3116</v>
+      </c>
+      <c r="E552" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F552" s="5" t="s">
+        <v>3426</v>
+      </c>
+      <c r="G552" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H552" s="5" t="s">
+        <v>3452</v>
+      </c>
+      <c r="I552" s="5" t="s">
+        <v>3453</v>
+      </c>
+      <c r="J552" s="5" t="s">
+        <v>2314</v>
+      </c>
+      <c r="K552" s="5" t="s">
+        <v>3454</v>
+      </c>
+      <c r="L552" s="6" t="s">
+        <v>3455</v>
+      </c>
+      <c r="M552" s="5" t="s">
+        <v>3456</v>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" s="5" t="s">
+        <v>3451</v>
+      </c>
+      <c r="B553" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C553" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D553" s="5" t="s">
+        <v>2622</v>
+      </c>
+      <c r="E553" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F553" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G553" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H553" s="5" t="s">
+        <v>3457</v>
+      </c>
+      <c r="I553" s="5" t="s">
+        <v>3458</v>
+      </c>
+      <c r="J553" s="5" t="s">
+        <v>2292</v>
+      </c>
+      <c r="K553" s="5" t="s">
+        <v>3459</v>
+      </c>
+      <c r="L553" s="6" t="s">
+        <v>3460</v>
+      </c>
+      <c r="M553" s="5" t="s">
+        <v>3461</v>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" s="5" t="s">
+        <v>3462</v>
+      </c>
+      <c r="B554" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C554" s="5" t="s">
+        <v>3463</v>
+      </c>
+      <c r="D554" s="5" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E554" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F554" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G554" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H554" s="5" t="s">
+        <v>3464</v>
+      </c>
+      <c r="I554" s="5" t="s">
+        <v>3465</v>
+      </c>
+      <c r="J554" s="5" t="s">
+        <v>2314</v>
+      </c>
+      <c r="K554" s="5" t="s">
+        <v>3466</v>
+      </c>
+      <c r="L554" s="6" t="s">
+        <v>3467</v>
+      </c>
+      <c r="M554" s="5" t="s">
+        <v>3468</v>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" s="5" t="s">
+        <v>3469</v>
+      </c>
+      <c r="B555" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C555" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D555" s="5" t="s">
+        <v>3116</v>
+      </c>
+      <c r="E555" s="5" t="s">
+        <v>3470</v>
+      </c>
+      <c r="F555" s="5" t="s">
+        <v>3426</v>
+      </c>
+      <c r="G555" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H555" s="5" t="s">
+        <v>3471</v>
+      </c>
+      <c r="I555" s="5" t="s">
+        <v>3472</v>
+      </c>
+      <c r="J555" s="5" t="s">
+        <v>2314</v>
+      </c>
+      <c r="K555" s="5" t="s">
+        <v>3473</v>
+      </c>
+      <c r="L555" s="6" t="s">
+        <v>3474</v>
+      </c>
+      <c r="M555" s="5" t="s">
+        <v>3475</v>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" s="5" t="s">
+        <v>3476</v>
+      </c>
+      <c r="B556" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C556" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D556" s="5" t="s">
+        <v>3116</v>
+      </c>
+      <c r="E556" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F556" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G556" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H556" s="5" t="s">
+        <v>3477</v>
+      </c>
+      <c r="I556" s="5" t="s">
+        <v>3478</v>
+      </c>
+      <c r="J556" s="5" t="s">
+        <v>2314</v>
+      </c>
+      <c r="K556" s="5" t="s">
+        <v>3479</v>
+      </c>
+      <c r="L556" s="6" t="s">
+        <v>3480</v>
+      </c>
+      <c r="M556" s="5" t="s">
+        <v>3481</v>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" s="5" t="s">
+        <v>3482</v>
+      </c>
+      <c r="B557" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C557" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D557" s="5" t="s">
+        <v>3116</v>
+      </c>
+      <c r="E557" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F557" s="5" t="s">
+        <v>3426</v>
+      </c>
+      <c r="G557" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H557" s="5" t="s">
+        <v>3483</v>
+      </c>
+      <c r="I557" s="5" t="s">
+        <v>3484</v>
+      </c>
+      <c r="J557" s="5" t="s">
+        <v>2314</v>
+      </c>
+      <c r="K557" s="5" t="s">
+        <v>3485</v>
+      </c>
+      <c r="L557" s="6" t="s">
+        <v>3486</v>
+      </c>
+      <c r="M557" s="5" t="s">
+        <v>3487</v>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="B558" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C558" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D558" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="E558" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F558" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G558" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H558" s="5" t="s">
+        <v>3488</v>
+      </c>
+      <c r="I558" s="5" t="s">
+        <v>3489</v>
+      </c>
+      <c r="J558" s="5" t="s">
+        <v>3490</v>
+      </c>
+      <c r="K558" s="5" t="s">
+        <v>3491</v>
+      </c>
+      <c r="L558" s="6" t="s">
+        <v>3492</v>
+      </c>
+      <c r="M558" s="5" t="s">
+        <v>3493</v>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559" s="5" t="s">
+        <v>3494</v>
+      </c>
+      <c r="B559" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C559" s="5" t="s">
+        <v>3495</v>
+      </c>
+      <c r="D559" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E559" s="5" t="s">
+        <v>3496</v>
+      </c>
+      <c r="F559" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G559" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H559" s="5" t="s">
+        <v>3497</v>
+      </c>
+      <c r="I559" s="5" t="s">
+        <v>3498</v>
+      </c>
+      <c r="J559" s="5" t="s">
+        <v>3499</v>
+      </c>
+      <c r="K559" s="5" t="s">
+        <v>3500</v>
+      </c>
+      <c r="L559" s="6" t="s">
+        <v>3501</v>
+      </c>
+      <c r="M559" s="5" t="s">
+        <v>3502</v>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560" s="5" t="s">
+        <v>3503</v>
+      </c>
+      <c r="B560" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C560" s="5" t="s">
+        <v>2585</v>
+      </c>
+      <c r="D560" s="5" t="s">
+        <v>2346</v>
+      </c>
+      <c r="E560" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F560" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G560" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H560" s="5" t="s">
+        <v>3504</v>
+      </c>
+      <c r="I560" s="5" t="s">
+        <v>3505</v>
+      </c>
+      <c r="J560" s="5" t="s">
+        <v>2314</v>
+      </c>
+      <c r="K560" s="5" t="s">
+        <v>3506</v>
+      </c>
+      <c r="L560" s="6" t="s">
+        <v>3507</v>
+      </c>
+      <c r="M560" s="5" t="s">
+        <v>3508</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -46863,44 +47756,53 @@
     <hyperlink ref="M527" r:id="rId532"/>
     <hyperlink ref="M528" r:id="rId533"/>
     <hyperlink ref="M529" r:id="rId534"/>
     <hyperlink ref="M530" r:id="rId535"/>
     <hyperlink ref="M531" r:id="rId536"/>
     <hyperlink ref="M532" r:id="rId537"/>
     <hyperlink ref="M533" r:id="rId538"/>
     <hyperlink ref="M534" r:id="rId539"/>
     <hyperlink ref="M535" r:id="rId540"/>
     <hyperlink ref="M536" r:id="rId541"/>
     <hyperlink ref="M537" r:id="rId542"/>
     <hyperlink ref="M538" r:id="rId543"/>
     <hyperlink ref="M539" r:id="rId544"/>
     <hyperlink ref="M540" r:id="rId545"/>
     <hyperlink ref="M541" r:id="rId546"/>
     <hyperlink ref="M542" r:id="rId547"/>
     <hyperlink ref="M543" r:id="rId548"/>
     <hyperlink ref="M544" r:id="rId549"/>
     <hyperlink ref="M545" r:id="rId550"/>
     <hyperlink ref="M546" r:id="rId551"/>
     <hyperlink ref="M547" r:id="rId552"/>
     <hyperlink ref="M548" r:id="rId553"/>
     <hyperlink ref="M549" r:id="rId554"/>
     <hyperlink ref="M550" r:id="rId555"/>
     <hyperlink ref="M551" r:id="rId556"/>
+    <hyperlink ref="M552" r:id="rId557"/>
+    <hyperlink ref="M553" r:id="rId558"/>
+    <hyperlink ref="M554" r:id="rId559"/>
+    <hyperlink ref="M555" r:id="rId560"/>
+    <hyperlink ref="M556" r:id="rId561"/>
+    <hyperlink ref="M557" r:id="rId562"/>
+    <hyperlink ref="M558" r:id="rId563"/>
+    <hyperlink ref="M559" r:id="rId564"/>
+    <hyperlink ref="M560" r:id="rId565"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>