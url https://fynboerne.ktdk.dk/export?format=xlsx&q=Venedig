--- v0 (2025-12-04)
+++ v1 (2026-01-23)
@@ -44,545 +44,545 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1898-12-19</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Venedig</t>
+  </si>
+  <si>
+    <t>Odense
+Kongensgade 20</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er i slutningen af deres bryllupsrejse i Venedig. Hun er gravid i 4. måned.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2138</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er i gang med den anden flaske Chianti den dag. De har moret sig over Christines hundehistorie. Alhed glæder sig til at se alle i julen, og Johannes Larsen ser frem til at komme hjem. I Firenze var Alhed hos en russisk læge, som sagde, at hun skulle holde sig i ro og hvile meget, og det gør hun. Både Alhed og Johannes glæder sig meget til den lille.
+Der er dejligt i Venedig, men koldt indendøre. Den følgende dag rejser de to til München.
+Alhed beder Christine købe Junglebogen, som hun vil give Johannes Larsen i fødselsdagsgave.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gE1v</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:
+Frøken Chr. Warberg
+Kongensgade 20
+Danimarca Odense
+[Fortrykt på kuvertens bagside samt øverst på brevets side 1:]
+HOTEL SANDWIRTH
+VENEDIG
+Riva degli Schiavoni.
+Deutsches Hotel
+Joh. Perkhofer, Besitzer.
+[Håndskrevet i brevet:]
+Kære Chr!
+Jeg skulde egentlig skrive et italiensk Brev til Vittoria nemlig, og jeg skal ogsaa, men nu vil jeg først vederkvæge mig ved at sende Dig en lille dansk Skrivelse. - Ladersen og jeg jeg ["jeg" overstreget] sidde forfærdelig hyggelig og skrive, vi have efter en udmærket Eftermiddag spist en lille udsøgt Middag med ægte Chianti til, og denne Chianti var saa udmærket, at vi har bestilt os endnu en Flaske, som vi nu sidde og movere os ved, mens vi skrive. - 1000 Tak for Dit Brev, som jeg fik i den gamle Stad Ravenna, det var nydeligt af Dig at skrive til os, Hundehistorien morede os begge kosteligt, men vi ere meget spændte paa Enden - nu Kronen saa kom. - Der er ingen der kan tænke sig, hvor jeg glæder mig til Julen, - til at være sammen med Eder alle, til lidt Varme og indvendig Hygge, til lidt Ro og Hvile o.sv. o.vs. - Jeg tror ogsaa nok, at Ladersen glæder sig lumsk til at komme i Havn med mig, han er ikke rigtig dristig ved at rejse med mig under de nuværende Forhold. Det er vist ogsaa lige ["lige" overstreget] kun lige akkurat, at det kan gaa an. Dagen inden vi rejste fra Florenz gik jeg til en russisk Doktorinde (Vittorias Bekendte) da jeg de sidste Dage havde haft det mindre godt. Hun sagde, at jeg egentlig skulde ligge en 8 Dages Tid i St. for at rejse. Men iøvrigt var alt i Orden, jeg var udmærket skabt og alt normalt, kun havde jeg overanstrængt mig lidt. Men saa maatte jeg love hende, at jeg vilde være yderst forsigtig, altid ligge ned i Kupeen, og saa meget som mulig paa Hotellerne. Det gør jeg ogsaa, skønt det ikke er morsomt. Jeg har hidtil ligget hver Formiddag og har det iøvrigt udmærket. - Er det ikke sjov d ["d" overstreget] med "den lille"? Det er en Pige, og vi glæde os begge meget til den, Las er saa sød, og saa glad ved den, at jeg aldrig havde tænkt mig det. Heller ikke havde jeg trot, at jeg selv vilde være saa ["saa" indsat over linjen] glad ved den. - - Nu er Las vist snart færdig med den ["den" overstreget] sit Brev, saa jeg maa til at tænke paa Vittorias. - - Venedig er dejlig. Vejret fremdeles henrivende, men inden Døre begynder her jo at blive lumsk koldt. I Morgen gaar vi af til München. - Du vilde da ikke gøre mig en stor Tjeneste. Nemlig at købe "Junglebogen" (af Kipling) 1ste Del og tage med hjem. Jeg vilde forære Las den til hans Fødselsdag 3die Juledag. - (De kan vel skaffe den, hvis de ikke har den og sende den). - 1000 Hilsner! Hils Deth, vi se ham vel i Julen!
+Din A. -
+Sidst jeg var i Venedig skrev jeg ogsaa til Dig nemlig Din Fødselsdag 1895</t>
+  </si>
+  <si>
+    <t>1910-05-23</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Olaf Rude</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Johannes Larsen Museet 
+Venezia</t>
+  </si>
+  <si>
+    <t>Peter Christensen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>To malere sidder og mindes hyggelige dage i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tHOs</t>
+  </si>
+  <si>
+    <t>Venezia d 23-5-20
+Kære Johannes Larsen og Frue! P. Christensen og jeg sidder og mindes hyggelige Dage hos Dem i Kjerteminde. Vi glæder os til atter at se Danmark, der er dog smukkest. Venlig Hilsen fra Deres hengivne Olaf Rude.</t>
+  </si>
+  <si>
+    <t>1913-04-17</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S. Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Maraviglia: Vidunderlig
+Bebone: Meget godt</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, Lb. 3, A 3426, 003</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MsE</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+Ao
+[Håndskrevet s. 1:]
+l Signori Pittori Sybergi
+Via S. Lucia /II piano
+Pisa.
+Venezie 17/4 1913
+Kære Allesammen
+Vi kom her til Venedig i Gaar Aftes efter at have set Padova, Giottos Fresker kostede os 2 L de var rigtig gode selvom Campo santo Freskerne i Pisa er bedre nu gaar vi paa Posthuset for at se om der er Breve 1000 Kys Besse 
+[S. 2] I Dag har vi set paa Duerne paa Markuspladsen og været lidt inde at set paa Kirken nu sidder vi og drikker Kaffe i en Kaffé. Mange Hilsner til jer allesammen fra Hans jeg haaber i P ["P" overstreget] pakker flittig medens vi triller rundt i den vide Verden.
+Kære allesammen. Che maraviglia Venezia, vi kom efter det var bleven mørkt og Gondolerne sejlede i Maaneskin med ad Kanalerne, vi fandt et glimrende Hotel, det er tysk vi fik et Værelse under den sædvanlige Pris et dejlig et uden Sovekammerfims og Væggelus, dem har vi nemlig ellers mærket lidt til i de andre Hoteller. Vi har været en Tur med Damper det koster 10 Øre. I Aften eller i Morgen Aften skal vi prøve en Tur i Gondol. Hans er desværre bleven saa tyk [skrevet op langs venstre margen] at hans Bagdæk er sprungen, det var helt nyt (10 Lire)
+[skrevet øverst på kortets s. 1 og på hovedet:] saa vi maa købe et nyt vores Penge slaar ellers rigtig godt til naar vi engang i mellem spiser tørt Brød, men det er jo ogsaa "benone"</t>
+  </si>
+  <si>
+    <t>1920-05-23</t>
+  </si>
+  <si>
+    <t>Venezia</t>
+  </si>
+  <si>
+    <t>Hilsen fra Venedig og tak for hyggelige dage i Kerteminde</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yWBr</t>
+  </si>
+  <si>
+    <t>1913-04-19</t>
+  </si>
+  <si>
+    <t>Vicenza</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S Lucia 1</t>
+  </si>
+  <si>
+    <t>Giannina Infante</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde, da familien skulle flytte hjem efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, 002</t>
+  </si>
+  <si>
+    <t>Venedig var for dyr, så nu er Hans og Johanne på vej til Verona. De håber, der ligger brev til dem.
+De vil besøge Fru Gianninas søster i Verona. I Venedig mødte de en dansk billedhugger, og de blev ved et uheld lukket inde i Sukkenes Bro.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UqIL</t>
+  </si>
+  <si>
+    <t>[Fortrykt på¨postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+Sybergs.
+Via S Lucia 1.
+Pisa.
+Vicenza 19/4 - 13
+Kære Allesammen!
+Vi er paa Vej til Verona Vicenzia var os for dyr i Længden. Vi har kørt 85 km i Dag vi har 51 km tilbage saa er vi i Verona, i Aften er vi der saa hvis I ikke allerede har skrevet til os faar vi [side 2] ikke Jeres Brev men i alle Tilfælde gaar vi paa Posthuset og hvis der ingen Brev er beder vi dem sende mulige Breve B ["B" overstreget] til Bolzano (Bozen) poste restante men vi haaber i har skrevet allerede. I Verona bliver vi altsaa i Morgen og besøger Fru Gianninas Søster og ser paa Kunst. Har I faaet Passet? Nu har vi spist og drukken sur Vin (den er ikke saa god som i Siena) og skal videre i Morgen. Mange Hilsner fra Hans.
+Kære Allesammen I Venedig mødte vi en dansk Billedhuggerinde som vi kender fra Florenz. Vi var i Fængslerne og De sukkendes Bro - hvor vi ved et Uheld blev lukket inde. 1000 Kys Besse</t>
+  </si>
+  <si>
+    <t>1932-02-01</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Venedig, 30173 Venezia VE, Italien</t>
+  </si>
+  <si>
+    <t>Else og Johannes V. Jensen er blevet bedt om at udlåne et landskabsbillede af Syberg til Venedig. Johs. V. Jensen og Fritz Syberg har berørt dette emne i tidligere breve.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Friyz Syberg skal have sendt billeder til København, og han kan sende et med til Jensen-familien som erstatning for det, som de skal udlåne til Venedig.
+Syberg spørger, om en ny verdenskrig er på vej. Han synes, at kineserne og japanerne skulle jage de hvide ud af Asien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KlXY</t>
+  </si>
+  <si>
+    <t>Pilegaarden 1-2-32
+Kære Venner.
+I disse Dage skal jeg have afsendt nogle Billeder til Kjøbenhavn og dersom I ønsker at faa et af mine Plastre paa Væggen i Stedet for det som I maa afstaa til Udstillingen i Venedig kan jeg nemt sende et med i Pakkassen til Jer. F.Eks. et af de Landskaber der var paa ”den Frie” i Foraaret 31? –
+Mon vi nu skal have Verdenskrig igen? saa gid den maa blive udkæmpet i Asien. Jeg kan forresten ikke begribe, at Kineserne, naar de nu endelig vil have Krig, ikke slutter Alliance med Japanerne og de derefter i Forening driver de Hvide ud af Asien. Saadan vilde jeg bære mig ad hvis jeg var Kineser. Det bliver spændende at se om den angelsaksiske Politik, at sætte Splid mellem Svinene og bagefter tage Profitten hjem, skal lykkes i denne Omgang.
+Alt vel. Mange Hilsener fra
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1932-02-15</t>
+  </si>
+  <si>
+    <t>Venedig, 30172 Venezia VE, Italien</t>
+  </si>
+  <si>
+    <t>Villum Jensen
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender det billede til København, som Jensen-familien skal låne i stedet for billedet, der bliver udstillet i Venedig.
+Syberg ønsker Villum til lykke med hans eksamen. Selv slider han i det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hcGD</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+15 – 2 – 32
+Kære Johannes V. og Else.
+I Dag sender jeg det Billede til Kjøbenhavn som jeg har tiltænkt Jer, mens Eders Ejendom er i Venedig Det er vist en Smule større end Eders, jeg vil haabe at det ikke er mere end Pladsen tillader. Om I bryder Jer om det kan jeg jo ikke helt [”helt” overstreget] afgøre, men jeg vil haabe at det ikke er saa længe I maa undvære det andet.
+Alt vel her. Til Lykke med Villums fine Eksamen, Rille havde fortalt mig om den.
+Jeg slider i det og er i god Kondition, d.v.s. med Mindelser af og til om Hjærteforkalkning, Nyresten og Gigt.
+Mange Hilsener til Jer beggeto.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1931-11-22</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen</t>
+  </si>
+  <si>
+    <t>Odense, 5000 Odense, Danmark
+Svanninge, 5600 Faaborg, Danmark
+Venedig, Italien</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Eftersom Fritz Syberg skriver, at han er i Svanninge, er Stedsbetegnelsen Pilegaarden nok en fejlskrivning. Fritz Syberg ejede et af de huse, som han og Anna i deres ungdom beboede i Svanninge. Deres datter, Johanne/Nolle, og hendes mand, Harald Giersing, fik det i bryllupsgave, men flyttede efter få år derfra.</t>
+  </si>
+  <si>
+    <t>Det er godt, at Grete er rask igen efter den livstruende sygdom.
+Komiteen for Biennalen i Venedig ønsker at udstille Else og Johs. V. Jensens Syberg-billede. Fritz Syberg tilbyder, at parret imens kan låne et andet landskabsmaleri. 
+Marie og Fritz Syberg er i Svanninge, og Fritz arbejder på billeder til H.C. Andersens Hus. Efteråret er meget smukt med mange grønne nuancer i naturen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/83pC</t>
+  </si>
+  <si>
+    <t>Pilegaarden 22-11-31
+Kære Venner.
+Tak for Brevet. Ja Tiden løber, men det betyder for mit og vores alles Vedkommende her, at alt er vel. Det er rigtignok en stor Glæde at Grete er frisk igen, næsten den største Glæde de to unge Mennesker kunde opleve, først at trues paa Livet, og saa vinde det igen.
+Komiteen for Biennalen i Venedig har uden at forhøre sig hos mig, udbedt sig Jeres Billede, jeg forstod at de havde faaet Jeres Indvilligelse, saa min Tilladelse kun var en Formsag. Havde jeg selv skullet bestemme Valg af Billeder havde jeg skaanet Jer, da jeg synes I maa være trætte af al Tid at have Jeres Billede paa Rejse.
+For min Skyld kan I godt sige Nej til Udlaan, men hvis I bestemmer Jer til at svare imødekommende, saa har jeg et større Lager af store Landskaber som jeg stiller til Eders Raadighed, hvoraf I kan udvælge en midlertidig Stedfortræder. I Øjeblikket er vi i Svanninge hvor jeg laver Studier til de store Billeder til Mindehallen i Odense. Arbejdet gaar bra fra Haanden, jeg har snart smurt en hel Dynge Lærreder over. Vi har været her baade i Oktober og November indtil nu. Oktober var straalende, men November er endnu smukkere. Landskaberne er mørke, og de afbladede Skove har givet Plads for en Skala af grønne Farver man ellers ikke ser: Epheu, Bregner baade rigtige Bregner og de smaa Gærdebregner som gror langs Stenhegnene milevis og saa er der jo Granerne og Mosset. Kort sagt vi har det udmærket, trods Lumbago og Halskatarh. Marie har i Sinde at gøre en Rejse til Kbhvn., jeg ved ikke om jeg tager med, jeg har ikke rigtig Lyst til at rejse herfra, her er saa smukt og Livet er saa kort. Mange Hilsener Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
     <t>1895-4</t>
-  </si>
-[...4 lines deleted...]
-    <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>München</t>
   </si>
   <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>München, Tyskland
 Ala, Italy</t>
   </si>
   <si>
     <t>Francis Beckett
 Ludvig Brandstrup, billedhugger</t>
   </si>
   <si>
     <t>Alhed opholder sig muligvis i München.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Alhed er på vej hjem fra Italien med toget. Hendes store kuffert var borte i 4 dage. Det kostede store anstrengelser at finde den.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/jjju</t>
   </si>
   <si>
     <t>Kæreste Mor!
 Jeg har i Dag faaet Eders Breve. Jeg kunde godt have været hjemme til Søndag, hvis min Rejse ikke havde været et Løb med store Forhindringer. Mit Brevkort fra München var for saa vidt ”falsk”, som det meldte noget om den store Sjælevaande jeg var i. – Nu skal du høre, min store Kuffert har været borte 4 Dage, og jeg havde tilsidst opgivet Haabet om nogen Sinde mere at se den. Jeg var naturligvis aldeles ulykkelig, da den indeholdt alt, hvad jeg ejer og har, - Kjoler Smykker, Malerier – kort sagt alt, - en halv Lommekam var i 4 Dage hele min Bagage. – Sagen forholdt sig saaledes: den var expederet fra Venedig til Grænsebyen Ala, [tilføjet: østrigsk Grænse] hvor den skulde fortoldes. Da vi kom der om Aftenen var den der ikke. Told [overstreget: ex] inspektøren lovede at expedere den til München, hvis vi gav ham Garantisedlen. Vi ømmede os lidt ved at give ham dette vort eneste Bevis, men da han erklærede, at han ellers intet kunde udrette, fik han den. – Den ene Dag gik imidlertid efter den anden uden spor af Kuffert, saa Du kan tro, jeg var aldeles ulykkelig. Og Trøst fik jeg ikke meget af, - Beckett kendte 20, der havde mistet deres Kuffert, den ene i Østrig. Og alle erklærede de, at [overstreget bogstav] italienske og østrigske Embedsmænd er noget Rak. Vi henvendte os i det dansk-svensk-norske Konsulat, og Konsulen, en elskværdig Tysker lovede at tage sig af det. – Og dette gjorde vist nok, at vi fik Kufferten. Da [overstreget: jeg]
 Asnet dernede fik Telegram om, at det danske Konsulat vilde tage sig af Sagen, bekvemmede han sig endelig til at svare, at Kufferten var afsendt, - de andre Telegrammer ænsede han aldeles ikke. – Du kan tro, det var væmmelige Dage. Jeg piskede mellem Konsulat, Telegrafstation, [overstreget ord] Ilgods, Fragtgods og Toldgodsexpedition. Navnlig den sidste Dag var ækel, Beckett var rejst, han kunde ikke blive der længere, saa jeg gik alene der og snakkede tysk, og mit Mod var under Frysepunktet. – Endelig i [overstreget: E] Gaar Eftermiddag Kl. 4½ ankom den. Rørende Gensyn. – Der var akkurat Tid at faa den efterset af Tolden, faa Billet og komme af Sted. Kl. 5½ sad jeg i Toget og rullede af hertil, hvor jeg ankom i Morges. - - Men det værste ved det er, - nu da jeg har faaet Kufferten – at det har været en forfærdelig dyr Historie, - Tænk, alene Kuffertens normale Billet bliver en 35 Kr, hvad jeg ikke har anet og saa alt dette extra, - Ilgodspenge, Telegrammer, (en Dag 6 Mark) Drikkepenge, forlænget Ophold i München og anden Kl. hertil, da jeg ikke kunde rejse alene paa tredje; jeg er forfærdelig ked af det, tænk jeg har maattet telegrafere efter flere Penge til Lud og maa nu vente paa dem, de kunne tidligst komme i Morgen Eft. Ellers stak jeg gærne af i Morgen tidlig; saa jeg kunde være hjemme Søndag med Iltoget. [overstreget: I] Og Beckett kan ikke laane mig, han har kun lige til. Meningen er at rejse herfra Søndag Aften eller Mandag Morgen. Jeg skal over København, der er ingen billigere og hurtigere Rejse. - - -
 Ja, det var sandelig ikke noget morsomt Brev! Og jeg maa slutte nu. Jeg er ganske rundtosset af den Kørsel i Nat, - 13-14 timer – Og saa led jeg baade af Tørst og Sult; Jeg glemte i Travlheden helt at faa noget med saa fra i Gaar Frokost til i Dag til Morgen fik jeg ikke saa meget som en Draabe Vand!! – Nej, jeg er snart træt af de Rejseæventyr. – I mener maaske, at der maa være sket noget upraktisk med den Kuffert, - man skulde næsten tro det men vi gjorde det i den bedste Tro; Luds Kasser hjem har kostet Masser af Penge, var flere Maaneder undervejs og kom i beskadiget Tilstand. - - Sørgeligt, at jeg ikke kan være med Søndag da I alle ere sammen. - - Jeg tænker da, I faa dette Søndag.
 De kærligste Hilsner
 Alhed</t>
   </si>
   <si>
+    <t>1898-11-29</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Zio Bacci
+Alhed Larsen
+Vilhelm Larsen
+Michelangelo Simoni
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen var på bryllupsrejse i blandt andet Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3744
+Brev i fotokopi. Det vides ikke, hvor originalen findes</t>
+  </si>
+  <si>
+    <t>Johannes Larsen synes ikke, at hans familie sender nok breve. 
+Alhed Larsen har det helt godt nu. Hun og Johannes Larsen har besøgt Bacci-familien og med dem været på kirkegården. Alhed fik en ring, som A. Bacci havde tiltænkt hende.
+Hver søndag er Alhed og Johannes Larsen til koncert i en kirke. De rejser videre omkring 8. dec. og må være hjemme 23. dec.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jiof</t>
+  </si>
+  <si>
+    <t>Firenze 29 November 1898.
+Kære Forældre!
+Jeg kan ikke sige andet end at det forekommer mig at I gerne kunde lade høre lidt tiere fra Jer. Nu har vi været hjemme fra i 5 Uger og har kun hørt fra Jer 2 Gange en Gang fra Marie og saa fra Dig Moder og for Tak med Pengene, og det er jo mens vi er her i Florenz at vi kunde høre fra Jer, naar vi om en god Uges Tid rejser her fra er det jo forbi med det lange Ophold, og saa kan I jo ikke naa at svare naar I faar Brev fra os. Alhed har haft [det] helt godt i de sidste Dage og vi har været en Del ny Steder foruden at vi hver Dag gaar paa en af de store Malerisamlinger. I Søndags var vi igen bedt ud til Bacci da vi havde spist Frokost kørte vi ud til Baccis Grav paa en stor Kirkegaard der ligger paa en Bjærgskraaning en Mil Vej nord for Byen hvor der er en dejlig Udsigt vi havde købt nogle Blomster med derud. Da vi kom tilbage spiste vi til Aften der og var der om Aftenen. Alhed fik en lille Guldring med en Camel med Michelangelos Portræt, til Erindring om Bacci, det var en han havde gaaet med. Det er kedeligt med de korte Dage jeg synes ikke vi naar noget fra om Morgenen til det bliver mørkt, men de lukker ogsaa alle Steder Kl. 4. Om Søndagen er vi gerne henne i en Kirke hvor der er Musik og Gudstjeneste fra 10 1/2 til 12, det er smukt at høre og ser godt ud. Vi har i Dag købt mig et mørkeblaat og hvidstribet Silketørklæde. Det kan vel omtrent passe naar I sender de 200 Kr saasnart I faar dette hvis I da ikke har sendt dem. Du skrev kære Moder at Du vilde skrive et langt Brev til os sammen med dem men Du kunde da gerne have skrevet et før. Nu skal I vel snart af Sted til Sverige. Jeg er endnu ikke begyndt at længes noget videre efter at komme hjem, men vi har det jo ogsaa udmærket her, kan I fortælle lidt om hvordan det gaar med Christine og Klaks. Vi skulde altsaa gerne herfra omkring den 8 Dec. vi har jo endnu Ravenna - Venedig - Nürnberg - München og Berlin som vi skal gøre Ophold i og kunde jo nok bruge nogle Dage hvert Sted og den 23 Dec udløber vore Billetter saa til den Tid skulde vi gerne være hjemme bare vi ikke maa faa Isforhindringer, hvordan har I det med Vejret, her er det helt godt men af og til stærk Torden og Regnskyl. Mange kærlige Hilsner til Jer allesammen fra os begge Jeres hengivne Johannes Larsen
+Anm. 
+Alhed har faaet 5 Breve fra sin Moder siden vi kom</t>
+  </si>
+  <si>
+    <t>1912-04-24</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 44</t>
+  </si>
+  <si>
+    <t>Rembrandt
+Pieter Breugel
+Edgar de Gas
+Jean Gauguin
+Else Jensen
+Jens Jensen
+Villum Jensen
+Édouard Manet
+Claude  Monet
+Camille Pissarro
+Pierre-Auguste Renoir
+Peter Paul Rubens
+Alfred Sisley
+Anna Syberg
+Vincent van Gogh</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede fra Efteråret 1910 og små tre år frem i Italien. 
+Det fremgår ikke, om den omtalte Breughel er den yngre eller den ældre. Maleriet Hjemturen fra Kermessen er malet af Breughel den Yngre i 1620erne.
+K.H. Withs bog Musefamilien bliver ofte kaldt Musene i Rynkeby Præstegård. Fritz Syberg refererer muligvis til denne, fordi han og Anna havde mange børn. 
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde freskoer og sarkofager.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har nydt at læse Johannes V. Jensens artikel og synes, han er god til at skrive om kunst. Dog er han uenig i, at impressionismen er en skole. Han ser de impressionistiske billeder som værker af enkeltpersoner som Renoir, Degas osv. Syberg og Jensen burde i fællesskab lave et kunstblad, med de har jo ikke tid.
+Fritz Syberg tror, at Jensen vil kunne lide Rembrandts Nattevagt, Breughels Kermesse og Rubens' billeder. Helt suveræne er dog de nu ukendte malere, som har lavet freskoerne i Campo Santo.
+Familien vil ikke hjem, og Fritz Syberg har også meget endnu at male i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zpYD</t>
+  </si>
+  <si>
+    <t>Pisa 24-4-12
+Via San Lorenzo 44
+Kære Ven!
+Jeg har havt megen Fornøjelse af at læse Din Artikel. Jeg har altid holdt på at Du skulde skrive om Kunst. Emnet interesserer Dig og skrive kan Du jo. Det er de to væsentligste Betingelser og i Grunden de eneste som berettiger. En til at give sig af dermed. [”En til at give sig af dermed” overstreget] Vore professionelle Anmeldere mangler begge Dele – i hvert Fald de fleste af dem. Du er bedst hvor Du skriver om de enkelte Malere. Hvad Du siger om dem er glimrende sagt fordi det får hver Maler til at vise sig som en ny Figur på Scenen. Og det er Sandheden Du siger om dem i samme Forstand som når Du taler om dansk Natur i en af Dine Myter. Det er vist rigtig nok tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den hvad en eller anden Tysker har sagt, at man forstår sig kun på det man overvurderer. Der hvor Du filosoferer føler jeg mig lidt mere på gyngende Grund. Jeg er enig med Dig i noget uenig i andet eller rettere det er mig umulig at se (f.Ex) Impressionismen som en Skole. Den opløser sig for mig i Navne: Renoir, Monet, Degas, Sisley, Pissaro, Manet, Gauguin og van Gogh…. flere tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den jeg bryder mig mindst om – men jeg er usikker. Jeg spår Dig at hvis Du vedblivende interesserer Dig for Kunst vil Du også havne der at Du til syvende og sidst kun interesserer Dig for Billederne, hvad ”Skolen” angår da er de Malere der lader sig spolere af den i Reglen deres Skæbne værd. Jeg har undertiden talt med Anna om at det kunde være Sjov om Du og jeg i Forening startede et nyt Kunstblad, som bl.a. skulde have det Fortrin frem for de afgåede, at det var populært og kunde betale sig. Men jeg ved rigtignok ikke hvordan nogen af os skulde få Tid til det. Apropos: det festlige [en overstregning] i Kunsten – det findes nu i hollandsk Kunst også, hvad er så festligt som Rembrandts Nattevagt Gud ved om Du ikke vilde finde en Art Farvefest i Bruighels Billeder. Den Samling han har i Wien – ”Kermessen” – den drømmer man om – det er en Heksefest; eller Rubens ”Barnemord i Betlehem” (i München) – men det var nu ikke det – det var Italienerne jeg vilde n [”n” overstreget] tale om: Venetianerne (i Venedig) og de gamle Frescomalere som Ingen mere er sikker på Navnene af [”af” overstreget] på – ja det er håbløst at vilde nævne det – der er for meget – men ønsker Du Fest så kan Du ta Gift på at de forbandede Italienere har kunnet lave den. Det svimler ligefrem for En, for det er som der slet ikke havde eksisteret Vanskeligheder for dem. Det De kan [”Det De kan” overstreget] De har kunnet alting, kunnet det til enhver Tid på Døgnet og altid gjort det straks. Det var egentlig noget helt andet jeg vilde have skrevet da jeg begyndte, men måske jeg har fået sagt noget af det alligevel. Musefamilien fra Rynkeby Præstegård lader sig desværre ikke flytte. Alene tør jeg ikke komme hjem. Jeg har så meget Arbejde for, men [”men” overstreget] og rejser jeg fra det er jeg bange for at det går i Vasken, jeg rejser ikke herned igen. Det er en god Tid jeg lever her, hvor Fyns Land og blæsende Fjorde skal smage ovenpå. Jeg har i de sidste 3 Måneder [”i de sidste 3 Måneder” indsat over linjen] gjort ca 30 Forårsaquareller med ”små” Motiver, (italiensk Bondeland). For Tiden kopierer jeg en freske i ”campo santo” med Adam og Eva, så skøn så skøn og den kendes kun af Vorherre og mig, Hver [”Hver” overstreget] hver Dag vrimler Amerikanere, Tyskere, Englændere ud og ind, men man opdager ikke den Slags Ting uden man bor årevis på Stedet. Mange Hilsener til Dig Else og Børnene fra os Alle her. Din hengivne Fritz Syberg. 
+[Skrevet på 1. side, på hovedet ved Fritz Sybergs datering:] Kære Else Tak for Brevet. Jeg skriver senere. Mange Hilsener til Jer begge Anna</t>
+  </si>
+  <si>
     <t>1898-09-27</t>
   </si>
   <si>
     <t>Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Christine Swane</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kerteminde</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
     <t>Maren -
 Jacob Christian Becher
 - Due, oversergent
 Ingeborg  Eckardt
 Kristina Eckardt
 Margrethe  Eckardt
 Adolph Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelm Larsen, Georgs søn
 - Laues
 Julie Mohr
 Ole Poulsen</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen er på bryllupsferie i Sverige og tager senere til Venedig.
 C. Warberg er muligvis Christine Warberg.</t>
   </si>
   <si>
     <t>Det går godt med Christine Swanes tegninger. Der har været en mand fra Odense og købe et stykke jord for 2000 kr. Der er brev fra Alhed og Johannes i Sverige. De vil på rejse til Italien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/p9S4</t>
   </si>
   <si>
     <t>1 Pose Godt af Fru Storm
 Kjerteminde den 27/9 98
 Kjære Christine!
 Tak for Din kjærlige Tanke at give Adolph en lille Gave han blevet meget glad og det var jo med en egen Mine han lagde Cigarerne i det smukke klare Faateral, han fik en Kringle Lov til at faa Maal af et Par nye Sko nogle ny Uldtrøjer af mig som ikke er færdige 1 Kr af G Larsen og et Tallerken Æble Kage med Flødeskum og Gele paa af lille Ville vi fik Steg og Æblegrød til Middag saa der var jo hvad der skulde være Maries Brev kom først i aftes og Klaks i dag han kommer indtil dig paa Søndag skrev han, han nodder Adolph til at blive Soldat jo før jo heller for at faa det Driverliv overstaaet 
 Det er godt for ham at han har Dig i Vinter Det er da udmærket lille Dine at du ikke faar saameget Arbejde med de Tegninger – forhaabentlig naar Du det hele i god Tid, Gud lægge sin Velsignelse til al Din Gjerning lille Christine det ved Du nok Din Moder beder om
 Her har du Maries Brev til Adolph saa kan Du se hvordan Høstgildet stod af
 Brevet bliver ikke langt i dag for jeg har været i Haven igaar og nu i dette dejlige Vejr – men nu er den ogsaa ren og smuk over det Hele saa skal jeg skrive til C Varberg og dernæst koge Asier som jeg fik hos [Broklings ?]
 I Lørdags fik vi indavlet og saa igjen Æbleskiver og Punsch midt i Bagningen kom Mohrs Julie og Pigen da de havde endt deres Ærinder kom de tilbage Julie sad paa Kjøkkenbordet ivrig broderende et hvidt Lommetørklæde hun skal give i Brudegave til en Væveelev jeg var jo nødt til at blive ved med at arbejde Maren var i Marken, jeg skal hilse fra hende og fra Maren og Alle de andre her i Huset.
 Christine Eckardt kalder paa mig om lidt, hun skal jo saa til Næstved til november kommer Ingeborg herover i Aar Hils Alle Din trofaste Moder
 Onsdagaften
 Fader ligger paa Sofaen og saver højt og Dues er ude at gaa en Tour
 Cigarerne forsvinder hurtigt lille Dine de maa smage godt, hans Ven er oppe hos Ole Poulsens medens Karlen har Ferie, vi arbejder med at stakke Hø skal kjøre Hø i morgen, pløje og kjøre Gjødning at der kan blive saaet inden retlænge. Igaar kom Jacob Becker ham der vil kjøbe Jord og Handelen blev afsluttet, fra Kilden og en 100 Alen udefter det kan blive 2000 Kr hvad siger Du til det lille Dinemor; han mente at skaffe flere Odenseanere til at bygge derud af Skrænten
 Vi ere alle raske og foruden at Haven er bleven ren har vi faaet syltet Asier og Æblesaft Gele og nu skal vi sylte Hyldebær og Brombær og Morbær saa fylder det da lidt i Skabet
 Imorges kom her Brev fra Sverrig dem sendte jeg til Marie, hun skal straks sende dem til Vilhelm som saa skal tage dem med ud til Dig paa Søndag De vil vistnok til Italien kan jeg forstaa; naar de kan rejse en 2-3 Hundrede K til dem de har
 Nu skal vi til at pløje og saae i de nærmeste Dage – her blev jeg afbrudt Laues kom og saa gik Aftenen. Torsdag I dag Kl. 8 kom her Løbeseddel at Dronningen døde imorges Kl. 5½ vi ved det maaske ligesaa tidlig som Du, at Margrethe saa bliver nødt til at skaffe sig en sort Kjole hils hende jeg skriver ret snart til hende; men nu er det synes jeg maa faa lidt tilside med Rengjøring 
 Hils alle mulige i Slægten og Venner med fra Din egen trofaste Moder der længes snart meget efter at høre fra min lille Ugle Gud velsigne Dig Barn</t>
   </si>
   <si>
-    <t>1898-11-29</t>
-[...278 lines deleted...]
-  <si>
     <t> 8. jul. 1927</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Ragnar Ásgeirsson
 Múlakot Sommerhotel</t>
   </si>
   <si>
     <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
 Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5. september 1927.
 Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
 Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/Yuas8Tzi</t>
-  </si>
-[...90 lines deleted...]
-Eders hengivne Fritz Syberg.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -659,51 +659,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gE1v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tHOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWBr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/gE1v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tHOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWBr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M14"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -749,591 +749,591 @@
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="s">
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="H2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" s="5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="F3" s="5" t="s">
+      <c r="G3" s="5" t="s">
         <v>30</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="I3" s="5"/>
+      <c r="J3" s="5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>33</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>34</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H4" s="5" t="s">
-        <v>40</v>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I4" s="5" t="s">
         <v>41</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="K4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L4" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D5" s="5" t="s">
+      <c r="H5" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="K5" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="E5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="F5" s="5" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="M5" s="5" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="L6" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="B6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>57</v>
-      </c>
-[...29 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="H7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="L7" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="D7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>67</v>
-      </c>
-[...29 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>77</v>
+        <v>59</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>48</v>
-[...16 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="I8" s="5"/>
       <c r="J8" s="5" t="s">
-        <v>81</v>
-[...4 lines deleted...]
-        </is>
+        <v>64</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>71</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="C9" s="5" t="s">
+      <c r="H9" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="D9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="E9" s="5" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="J9" s="5" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>59</v>
+        <v>83</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="G10" s="5" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="I10" s="5"/>
+        <v>87</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>88</v>
+      </c>
       <c r="J10" s="5" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>64</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="I11" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="B11" s="5" t="s">
+      <c r="J11" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="C11" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="I11" s="5"/>
-[...5 lines deleted...]
-      <c r="K11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="M11" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>102</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D12" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="E12" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="E12" s="5" t="s">
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="F12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G12" s="5" t="s">
+      <c r="I12" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="H12" s="5" t="s">
+      <c r="J12" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="K12" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="I12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="J12" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>67</v>
+        <v>112</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>105</v>
-[...6 lines deleted...]
-      <c r="G13" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F13" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="H13" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>114</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>120</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>105</v>
+        <v>93</v>
+      </c>
+      <c r="D14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G14" s="5" t="s">
-        <v>119</v>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I14" s="5"/>
-      <c r="J14" s="5" t="s">
-        <v>71</v>
+      <c r="J14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K14" s="5" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="M14" s="5" t="s">
         <v>123</v>
       </c>
+      <c r="M14" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 