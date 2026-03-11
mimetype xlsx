--- v1 (2026-01-23)
+++ v2 (2026-03-11)
@@ -5,584 +5,584 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="124" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1898-12-19</t>
+    <t>1895-4</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
-  </si>
-[...282 lines deleted...]
-    <t>1895-4</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>München</t>
   </si>
   <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>München, Tyskland
 Ala, Italy</t>
   </si>
   <si>
     <t>Francis Beckett
 Ludvig Brandstrup, billedhugger</t>
   </si>
   <si>
     <t>Alhed opholder sig muligvis i München.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Alhed er på vej hjem fra Italien med toget. Hendes store kuffert var borte i 4 dage. Det kostede store anstrengelser at finde den.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/jjju</t>
   </si>
   <si>
     <t>Kæreste Mor!
 Jeg har i Dag faaet Eders Breve. Jeg kunde godt have været hjemme til Søndag, hvis min Rejse ikke havde været et Løb med store Forhindringer. Mit Brevkort fra München var for saa vidt ”falsk”, som det meldte noget om den store Sjælevaande jeg var i. – Nu skal du høre, min store Kuffert har været borte 4 Dage, og jeg havde tilsidst opgivet Haabet om nogen Sinde mere at se den. Jeg var naturligvis aldeles ulykkelig, da den indeholdt alt, hvad jeg ejer og har, - Kjoler Smykker, Malerier – kort sagt alt, - en halv Lommekam var i 4 Dage hele min Bagage. – Sagen forholdt sig saaledes: den var expederet fra Venedig til Grænsebyen Ala, [tilføjet: østrigsk Grænse] hvor den skulde fortoldes. Da vi kom der om Aftenen var den der ikke. Told [overstreget: ex] inspektøren lovede at expedere den til München, hvis vi gav ham Garantisedlen. Vi ømmede os lidt ved at give ham dette vort eneste Bevis, men da han erklærede, at han ellers intet kunde udrette, fik han den. – Den ene Dag gik imidlertid efter den anden uden spor af Kuffert, saa Du kan tro, jeg var aldeles ulykkelig. Og Trøst fik jeg ikke meget af, - Beckett kendte 20, der havde mistet deres Kuffert, den ene i Østrig. Og alle erklærede de, at [overstreget bogstav] italienske og østrigske Embedsmænd er noget Rak. Vi henvendte os i det dansk-svensk-norske Konsulat, og Konsulen, en elskværdig Tysker lovede at tage sig af det. – Og dette gjorde vist nok, at vi fik Kufferten. Da [overstreget: jeg]
 Asnet dernede fik Telegram om, at det danske Konsulat vilde tage sig af Sagen, bekvemmede han sig endelig til at svare, at Kufferten var afsendt, - de andre Telegrammer ænsede han aldeles ikke. – Du kan tro, det var væmmelige Dage. Jeg piskede mellem Konsulat, Telegrafstation, [overstreget ord] Ilgods, Fragtgods og Toldgodsexpedition. Navnlig den sidste Dag var ækel, Beckett var rejst, han kunde ikke blive der længere, saa jeg gik alene der og snakkede tysk, og mit Mod var under Frysepunktet. – Endelig i [overstreget: E] Gaar Eftermiddag Kl. 4½ ankom den. Rørende Gensyn. – Der var akkurat Tid at faa den efterset af Tolden, faa Billet og komme af Sted. Kl. 5½ sad jeg i Toget og rullede af hertil, hvor jeg ankom i Morges. - - Men det værste ved det er, - nu da jeg har faaet Kufferten – at det har været en forfærdelig dyr Historie, - Tænk, alene Kuffertens normale Billet bliver en 35 Kr, hvad jeg ikke har anet og saa alt dette extra, - Ilgodspenge, Telegrammer, (en Dag 6 Mark) Drikkepenge, forlænget Ophold i München og anden Kl. hertil, da jeg ikke kunde rejse alene paa tredje; jeg er forfærdelig ked af det, tænk jeg har maattet telegrafere efter flere Penge til Lud og maa nu vente paa dem, de kunne tidligst komme i Morgen Eft. Ellers stak jeg gærne af i Morgen tidlig; saa jeg kunde være hjemme Søndag med Iltoget. [overstreget: I] Og Beckett kan ikke laane mig, han har kun lige til. Meningen er at rejse herfra Søndag Aften eller Mandag Morgen. Jeg skal over København, der er ingen billigere og hurtigere Rejse. - - -
 Ja, det var sandelig ikke noget morsomt Brev! Og jeg maa slutte nu. Jeg er ganske rundtosset af den Kørsel i Nat, - 13-14 timer – Og saa led jeg baade af Tørst og Sult; Jeg glemte i Travlheden helt at faa noget med saa fra i Gaar Frokost til i Dag til Morgen fik jeg ikke saa meget som en Draabe Vand!! – Nej, jeg er snart træt af de Rejseæventyr. – I mener maaske, at der maa være sket noget upraktisk med den Kuffert, - man skulde næsten tro det men vi gjorde det i den bedste Tro; Luds Kasser hjem har kostet Masser af Penge, var flere Maaneder undervejs og kom i beskadiget Tilstand. - - Sørgeligt, at jeg ikke kan være med Søndag da I alle ere sammen. - - Jeg tænker da, I faa dette Søndag.
 De kærligste Hilsner
 Alhed</t>
   </si>
   <si>
-    <t>1898-11-29</t>
-[...92 lines deleted...]
-  <si>
     <t>1898-09-27</t>
   </si>
   <si>
     <t>Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
     <t>Maren -
 Jacob Christian Becher
 - Due, oversergent
 Ingeborg  Eckardt
 Kristina Eckardt
 Margrethe  Eckardt
 Adolph Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelm Larsen, Georgs søn
 - Laues
 Julie Mohr
 Ole Poulsen</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen er på bryllupsferie i Sverige og tager senere til Venedig.
 C. Warberg er muligvis Christine Warberg.</t>
   </si>
   <si>
     <t>Det går godt med Christine Swanes tegninger. Der har været en mand fra Odense og købe et stykke jord for 2000 kr. Der er brev fra Alhed og Johannes i Sverige. De vil på rejse til Italien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/p9S4</t>
   </si>
   <si>
     <t>1 Pose Godt af Fru Storm
 Kjerteminde den 27/9 98
 Kjære Christine!
 Tak for Din kjærlige Tanke at give Adolph en lille Gave han blevet meget glad og det var jo med en egen Mine han lagde Cigarerne i det smukke klare Faateral, han fik en Kringle Lov til at faa Maal af et Par nye Sko nogle ny Uldtrøjer af mig som ikke er færdige 1 Kr af G Larsen og et Tallerken Æble Kage med Flødeskum og Gele paa af lille Ville vi fik Steg og Æblegrød til Middag saa der var jo hvad der skulde være Maries Brev kom først i aftes og Klaks i dag han kommer indtil dig paa Søndag skrev han, han nodder Adolph til at blive Soldat jo før jo heller for at faa det Driverliv overstaaet 
 Det er godt for ham at han har Dig i Vinter Det er da udmærket lille Dine at du ikke faar saameget Arbejde med de Tegninger – forhaabentlig naar Du det hele i god Tid, Gud lægge sin Velsignelse til al Din Gjerning lille Christine det ved Du nok Din Moder beder om
 Her har du Maries Brev til Adolph saa kan Du se hvordan Høstgildet stod af
 Brevet bliver ikke langt i dag for jeg har været i Haven igaar og nu i dette dejlige Vejr – men nu er den ogsaa ren og smuk over det Hele saa skal jeg skrive til C Varberg og dernæst koge Asier som jeg fik hos [Broklings ?]
 I Lørdags fik vi indavlet og saa igjen Æbleskiver og Punsch midt i Bagningen kom Mohrs Julie og Pigen da de havde endt deres Ærinder kom de tilbage Julie sad paa Kjøkkenbordet ivrig broderende et hvidt Lommetørklæde hun skal give i Brudegave til en Væveelev jeg var jo nødt til at blive ved med at arbejde Maren var i Marken, jeg skal hilse fra hende og fra Maren og Alle de andre her i Huset.
 Christine Eckardt kalder paa mig om lidt, hun skal jo saa til Næstved til november kommer Ingeborg herover i Aar Hils Alle Din trofaste Moder
 Onsdagaften
 Fader ligger paa Sofaen og saver højt og Dues er ude at gaa en Tour
 Cigarerne forsvinder hurtigt lille Dine de maa smage godt, hans Ven er oppe hos Ole Poulsens medens Karlen har Ferie, vi arbejder med at stakke Hø skal kjøre Hø i morgen, pløje og kjøre Gjødning at der kan blive saaet inden retlænge. Igaar kom Jacob Becker ham der vil kjøbe Jord og Handelen blev afsluttet, fra Kilden og en 100 Alen udefter det kan blive 2000 Kr hvad siger Du til det lille Dinemor; han mente at skaffe flere Odenseanere til at bygge derud af Skrænten
 Vi ere alle raske og foruden at Haven er bleven ren har vi faaet syltet Asier og Æblesaft Gele og nu skal vi sylte Hyldebær og Brombær og Morbær saa fylder det da lidt i Skabet
 Imorges kom her Brev fra Sverrig dem sendte jeg til Marie, hun skal straks sende dem til Vilhelm som saa skal tage dem med ud til Dig paa Søndag De vil vistnok til Italien kan jeg forstaa; naar de kan rejse en 2-3 Hundrede K til dem de har
 Nu skal vi til at pløje og saae i de nærmeste Dage – her blev jeg afbrudt Laues kom og saa gik Aftenen. Torsdag I dag Kl. 8 kom her Løbeseddel at Dronningen døde imorges Kl. 5½ vi ved det maaske ligesaa tidlig som Du, at Margrethe saa bliver nødt til at skaffe sig en sort Kjole hils hende jeg skriver ret snart til hende; men nu er det synes jeg maa faa lidt tilside med Rengjøring 
 Hils alle mulige i Slægten og Venner med fra Din egen trofaste Moder der længes snart meget efter at høre fra min lille Ugle Gud velsigne Dig Barn</t>
   </si>
   <si>
+    <t>1898-11-29</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Zio Bacci
+Alhed Larsen
+Vilhelm Larsen
+Michelangelo Simoni
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen var på bryllupsrejse i blandt andet Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3744
+Brev i fotokopi. Det vides ikke, hvor originalen findes</t>
+  </si>
+  <si>
+    <t>Johannes Larsen synes ikke, at hans familie sender nok breve. 
+Alhed Larsen har det helt godt nu. Hun og Johannes Larsen har besøgt Bacci-familien og med dem været på kirkegården. Alhed fik en ring, som A. Bacci havde tiltænkt hende.
+Hver søndag er Alhed og Johannes Larsen til koncert i en kirke. De rejser videre omkring 8. dec. og må være hjemme 23. dec.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jiof</t>
+  </si>
+  <si>
+    <t>Firenze 29 November 1898.
+Kære Forældre!
+Jeg kan ikke sige andet end at det forekommer mig at I gerne kunde lade høre lidt tiere fra Jer. Nu har vi været hjemme fra i 5 Uger og har kun hørt fra Jer 2 Gange en Gang fra Marie og saa fra Dig Moder og for Tak med Pengene, og det er jo mens vi er her i Florenz at vi kunde høre fra Jer, naar vi om en god Uges Tid rejser her fra er det jo forbi med det lange Ophold, og saa kan I jo ikke naa at svare naar I faar Brev fra os. Alhed har haft [det] helt godt i de sidste Dage og vi har været en Del ny Steder foruden at vi hver Dag gaar paa en af de store Malerisamlinger. I Søndags var vi igen bedt ud til Bacci da vi havde spist Frokost kørte vi ud til Baccis Grav paa en stor Kirkegaard der ligger paa en Bjærgskraaning en Mil Vej nord for Byen hvor der er en dejlig Udsigt vi havde købt nogle Blomster med derud. Da vi kom tilbage spiste vi til Aften der og var der om Aftenen. Alhed fik en lille Guldring med en Camel med Michelangelos Portræt, til Erindring om Bacci, det var en han havde gaaet med. Det er kedeligt med de korte Dage jeg synes ikke vi naar noget fra om Morgenen til det bliver mørkt, men de lukker ogsaa alle Steder Kl. 4. Om Søndagen er vi gerne henne i en Kirke hvor der er Musik og Gudstjeneste fra 10 1/2 til 12, det er smukt at høre og ser godt ud. Vi har i Dag købt mig et mørkeblaat og hvidstribet Silketørklæde. Det kan vel omtrent passe naar I sender de 200 Kr saasnart I faar dette hvis I da ikke har sendt dem. Du skrev kære Moder at Du vilde skrive et langt Brev til os sammen med dem men Du kunde da gerne have skrevet et før. Nu skal I vel snart af Sted til Sverige. Jeg er endnu ikke begyndt at længes noget videre efter at komme hjem, men vi har det jo ogsaa udmærket her, kan I fortælle lidt om hvordan det gaar med Christine og Klaks. Vi skulde altsaa gerne herfra omkring den 8 Dec. vi har jo endnu Ravenna - Venedig - Nürnberg - München og Berlin som vi skal gøre Ophold i og kunde jo nok bruge nogle Dage hvert Sted og den 23 Dec udløber vore Billetter saa til den Tid skulde vi gerne være hjemme bare vi ikke maa faa Isforhindringer, hvordan har I det med Vejret, her er det helt godt men af og til stærk Torden og Regnskyl. Mange kærlige Hilsner til Jer allesammen fra os begge Jeres hengivne Johannes Larsen
+Anm. 
+Alhed har faaet 5 Breve fra sin Moder siden vi kom</t>
+  </si>
+  <si>
+    <t>1898-12-19</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Venedig</t>
+  </si>
+  <si>
+    <t>Odense
+Kongensgade 20</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er i slutningen af deres bryllupsrejse i Venedig. Hun er gravid i 4. måned.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2138</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er i gang med den anden flaske Chianti den dag. De har moret sig over Christines hundehistorie. Alhed glæder sig til at se alle i julen, og Johannes Larsen ser frem til at komme hjem. I Firenze var Alhed hos en russisk læge, som sagde, at hun skulle holde sig i ro og hvile meget, og det gør hun. Både Alhed og Johannes glæder sig meget til den lille.
+Der er dejligt i Venedig, men koldt indendøre. Den følgende dag rejser de to til München.
+Alhed beder Christine købe Junglebogen, som hun vil give Johannes Larsen i fødselsdagsgave.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gE1v</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:
+Frøken Chr. Warberg
+Kongensgade 20
+Danimarca Odense
+[Fortrykt på kuvertens bagside samt øverst på brevets side 1:]
+HOTEL SANDWIRTH
+VENEDIG
+Riva degli Schiavoni.
+Deutsches Hotel
+Joh. Perkhofer, Besitzer.
+[Håndskrevet i brevet:]
+Kære Chr!
+Jeg skulde egentlig skrive et italiensk Brev til Vittoria nemlig, og jeg skal ogsaa, men nu vil jeg først vederkvæge mig ved at sende Dig en lille dansk Skrivelse. - Ladersen og jeg jeg ["jeg" overstreget] sidde forfærdelig hyggelig og skrive, vi have efter en udmærket Eftermiddag spist en lille udsøgt Middag med ægte Chianti til, og denne Chianti var saa udmærket, at vi har bestilt os endnu en Flaske, som vi nu sidde og movere os ved, mens vi skrive. - 1000 Tak for Dit Brev, som jeg fik i den gamle Stad Ravenna, det var nydeligt af Dig at skrive til os, Hundehistorien morede os begge kosteligt, men vi ere meget spændte paa Enden - nu Kronen saa kom. - Der er ingen der kan tænke sig, hvor jeg glæder mig til Julen, - til at være sammen med Eder alle, til lidt Varme og indvendig Hygge, til lidt Ro og Hvile o.sv. o.vs. - Jeg tror ogsaa nok, at Ladersen glæder sig lumsk til at komme i Havn med mig, han er ikke rigtig dristig ved at rejse med mig under de nuværende Forhold. Det er vist ogsaa lige ["lige" overstreget] kun lige akkurat, at det kan gaa an. Dagen inden vi rejste fra Florenz gik jeg til en russisk Doktorinde (Vittorias Bekendte) da jeg de sidste Dage havde haft det mindre godt. Hun sagde, at jeg egentlig skulde ligge en 8 Dages Tid i St. for at rejse. Men iøvrigt var alt i Orden, jeg var udmærket skabt og alt normalt, kun havde jeg overanstrængt mig lidt. Men saa maatte jeg love hende, at jeg vilde være yderst forsigtig, altid ligge ned i Kupeen, og saa meget som mulig paa Hotellerne. Det gør jeg ogsaa, skønt det ikke er morsomt. Jeg har hidtil ligget hver Formiddag og har det iøvrigt udmærket. - Er det ikke sjov d ["d" overstreget] med "den lille"? Det er en Pige, og vi glæde os begge meget til den, Las er saa sød, og saa glad ved den, at jeg aldrig havde tænkt mig det. Heller ikke havde jeg trot, at jeg selv vilde være saa ["saa" indsat over linjen] glad ved den. - - Nu er Las vist snart færdig med den ["den" overstreget] sit Brev, saa jeg maa til at tænke paa Vittorias. - - Venedig er dejlig. Vejret fremdeles henrivende, men inden Døre begynder her jo at blive lumsk koldt. I Morgen gaar vi af til München. - Du vilde da ikke gøre mig en stor Tjeneste. Nemlig at købe "Junglebogen" (af Kipling) 1ste Del og tage med hjem. Jeg vilde forære Las den til hans Fødselsdag 3die Juledag. - (De kan vel skaffe den, hvis de ikke har den og sende den). - 1000 Hilsner! Hils Deth, vi se ham vel i Julen!
+Din A. -
+Sidst jeg var i Venedig skrev jeg ogsaa til Dig nemlig Din Fødselsdag 1895</t>
+  </si>
+  <si>
+    <t>1910-05-23</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Olaf Rude</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen Museet 
+Venezia</t>
+  </si>
+  <si>
+    <t>Peter Christensen</t>
+  </si>
+  <si>
+    <t>To malere sidder og mindes hyggelige dage i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tHOs</t>
+  </si>
+  <si>
+    <t>Venezia d 23-5-20
+Kære Johannes Larsen og Frue! P. Christensen og jeg sidder og mindes hyggelige Dage hos Dem i Kjerteminde. Vi glæder os til atter at se Danmark, der er dog smukkest. Venlig Hilsen fra Deres hengivne Olaf Rude.</t>
+  </si>
+  <si>
+    <t>1912-04-24</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 44</t>
+  </si>
+  <si>
+    <t>Rembrandt
+Pieter Breugel
+Edgar de Gas
+Jean Gauguin
+Else Jensen
+Jens Jensen
+Villum Jensen
+Édouard Manet
+Claude  Monet
+Camille Pissarro
+Pierre-Auguste Renoir
+Peter Paul Rubens
+Alfred Sisley
+Anna Syberg
+Vincent van Gogh</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede fra Efteråret 1910 og små tre år frem i Italien. 
+Det fremgår ikke, om den omtalte Breughel er den yngre eller den ældre. Maleriet Hjemturen fra Kermessen er malet af Breughel den Yngre i 1620erne.
+K.H. Withs bog Musefamilien bliver ofte kaldt Musene i Rynkeby Præstegård. Fritz Syberg refererer muligvis til denne, fordi han og Anna havde mange børn. 
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde freskoer og sarkofager.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har nydt at læse Johannes V. Jensens artikel og synes, han er god til at skrive om kunst. Dog er han uenig i, at impressionismen er en skole. Han ser de impressionistiske billeder som værker af enkeltpersoner som Renoir, Degas osv. Syberg og Jensen burde i fællesskab lave et kunstblad, med de har jo ikke tid.
+Fritz Syberg tror, at Jensen vil kunne lide Rembrandts Nattevagt, Breughels Kermesse og Rubens' billeder. Helt suveræne er dog de nu ukendte malere, som har lavet freskoerne i Campo Santo.
+Familien vil ikke hjem, og Fritz Syberg har også meget endnu at male i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zpYD</t>
+  </si>
+  <si>
+    <t>Pisa 24-4-12
+Via San Lorenzo 44
+Kære Ven!
+Jeg har havt megen Fornøjelse af at læse Din Artikel. Jeg har altid holdt på at Du skulde skrive om Kunst. Emnet interesserer Dig og skrive kan Du jo. Det er de to væsentligste Betingelser og i Grunden de eneste som berettiger. En til at give sig af dermed. [”En til at give sig af dermed” overstreget] Vore professionelle Anmeldere mangler begge Dele – i hvert Fald de fleste af dem. Du er bedst hvor Du skriver om de enkelte Malere. Hvad Du siger om dem er glimrende sagt fordi det får hver Maler til at vise sig som en ny Figur på Scenen. Og det er Sandheden Du siger om dem i samme Forstand som når Du taler om dansk Natur i en af Dine Myter. Det er vist rigtig nok tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den hvad en eller anden Tysker har sagt, at man forstår sig kun på det man overvurderer. Der hvor Du filosoferer føler jeg mig lidt mere på gyngende Grund. Jeg er enig med Dig i noget uenig i andet eller rettere det er mig umulig at se (f.Ex) Impressionismen som en Skole. Den opløser sig for mig i Navne: Renoir, Monet, Degas, Sisley, Pissaro, Manet, Gauguin og van Gogh…. flere tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den jeg bryder mig mindst om – men jeg er usikker. Jeg spår Dig at hvis Du vedblivende interesserer Dig for Kunst vil Du også havne der at Du til syvende og sidst kun interesserer Dig for Billederne, hvad ”Skolen” angår da er de Malere der lader sig spolere af den i Reglen deres Skæbne værd. Jeg har undertiden talt med Anna om at det kunde være Sjov om Du og jeg i Forening startede et nyt Kunstblad, som bl.a. skulde have det Fortrin frem for de afgåede, at det var populært og kunde betale sig. Men jeg ved rigtignok ikke hvordan nogen af os skulde få Tid til det. Apropos: det festlige [en overstregning] i Kunsten – det findes nu i hollandsk Kunst også, hvad er så festligt som Rembrandts Nattevagt Gud ved om Du ikke vilde finde en Art Farvefest i Bruighels Billeder. Den Samling han har i Wien – ”Kermessen” – den drømmer man om – det er en Heksefest; eller Rubens ”Barnemord i Betlehem” (i München) – men det var nu ikke det – det var Italienerne jeg vilde n [”n” overstreget] tale om: Venetianerne (i Venedig) og de gamle Frescomalere som Ingen mere er sikker på Navnene af [”af” overstreget] på – ja det er håbløst at vilde nævne det – der er for meget – men ønsker Du Fest så kan Du ta Gift på at de forbandede Italienere har kunnet lave den. Det svimler ligefrem for En, for det er som der slet ikke havde eksisteret Vanskeligheder for dem. Det De kan [”Det De kan” overstreget] De har kunnet alting, kunnet det til enhver Tid på Døgnet og altid gjort det straks. Det var egentlig noget helt andet jeg vilde have skrevet da jeg begyndte, men måske jeg har fået sagt noget af det alligevel. Musefamilien fra Rynkeby Præstegård lader sig desværre ikke flytte. Alene tør jeg ikke komme hjem. Jeg har så meget Arbejde for, men [”men” overstreget] og rejser jeg fra det er jeg bange for at det går i Vasken, jeg rejser ikke herned igen. Det er en god Tid jeg lever her, hvor Fyns Land og blæsende Fjorde skal smage ovenpå. Jeg har i de sidste 3 Måneder [”i de sidste 3 Måneder” indsat over linjen] gjort ca 30 Forårsaquareller med ”små” Motiver, (italiensk Bondeland). For Tiden kopierer jeg en freske i ”campo santo” med Adam og Eva, så skøn så skøn og den kendes kun af Vorherre og mig, Hver [”Hver” overstreget] hver Dag vrimler Amerikanere, Tyskere, Englændere ud og ind, men man opdager ikke den Slags Ting uden man bor årevis på Stedet. Mange Hilsener til Dig Else og Børnene fra os Alle her. Din hengivne Fritz Syberg. 
+[Skrevet på 1. side, på hovedet ved Fritz Sybergs datering:] Kære Else Tak for Brevet. Jeg skriver senere. Mange Hilsener til Jer begge Anna</t>
+  </si>
+  <si>
+    <t>1913-04-17</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S. Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Maraviglia: Vidunderlig
+Bebone: Meget godt</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, Lb. 3, A 3426, 003</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MsE</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+Ao
+[Håndskrevet s. 1:]
+l Signori Pittori Sybergi
+Via S. Lucia /II piano
+Pisa.
+Venezie 17/4 1913
+Kære Allesammen
+Vi kom her til Venedig i Gaar Aftes efter at have set Padova, Giottos Fresker kostede os 2 L de var rigtig gode selvom Campo santo Freskerne i Pisa er bedre nu gaar vi paa Posthuset for at se om der er Breve 1000 Kys Besse 
+[S. 2] I Dag har vi set paa Duerne paa Markuspladsen og været lidt inde at set paa Kirken nu sidder vi og drikker Kaffe i en Kaffé. Mange Hilsner til jer allesammen fra Hans jeg haaber i P ["P" overstreget] pakker flittig medens vi triller rundt i den vide Verden.
+Kære allesammen. Che maraviglia Venezia, vi kom efter det var bleven mørkt og Gondolerne sejlede i Maaneskin med ad Kanalerne, vi fandt et glimrende Hotel, det er tysk vi fik et Værelse under den sædvanlige Pris et dejlig et uden Sovekammerfims og Væggelus, dem har vi nemlig ellers mærket lidt til i de andre Hoteller. Vi har været en Tur med Damper det koster 10 Øre. I Aften eller i Morgen Aften skal vi prøve en Tur i Gondol. Hans er desværre bleven saa tyk [skrevet op langs venstre margen] at hans Bagdæk er sprungen, det var helt nyt (10 Lire)
+[skrevet øverst på kortets s. 1 og på hovedet:] saa vi maa købe et nyt vores Penge slaar ellers rigtig godt til naar vi engang i mellem spiser tørt Brød, men det er jo ogsaa "benone"</t>
+  </si>
+  <si>
+    <t>1913-04-19</t>
+  </si>
+  <si>
+    <t>Vicenza</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S Lucia 1</t>
+  </si>
+  <si>
+    <t>Giannina Infante</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde, da familien skulle flytte hjem efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, 002</t>
+  </si>
+  <si>
+    <t>Venedig var for dyr, så nu er Hans og Johanne på vej til Verona. De håber, der ligger brev til dem.
+De vil besøge Fru Gianninas søster i Verona. I Venedig mødte de en dansk billedhugger, og de blev ved et uheld lukket inde i Sukkenes Bro.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UqIL</t>
+  </si>
+  <si>
+    <t>[Fortrykt på¨postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+Sybergs.
+Via S Lucia 1.
+Pisa.
+Vicenza 19/4 - 13
+Kære Allesammen!
+Vi er paa Vej til Verona Vicenzia var os for dyr i Længden. Vi har kørt 85 km i Dag vi har 51 km tilbage saa er vi i Verona, i Aften er vi der saa hvis I ikke allerede har skrevet til os faar vi [side 2] ikke Jeres Brev men i alle Tilfælde gaar vi paa Posthuset og hvis der ingen Brev er beder vi dem sende mulige Breve B ["B" overstreget] til Bolzano (Bozen) poste restante men vi haaber i har skrevet allerede. I Verona bliver vi altsaa i Morgen og besøger Fru Gianninas Søster og ser paa Kunst. Har I faaet Passet? Nu har vi spist og drukken sur Vin (den er ikke saa god som i Siena) og skal videre i Morgen. Mange Hilsner fra Hans.
+Kære Allesammen I Venedig mødte vi en dansk Billedhuggerinde som vi kender fra Florenz. Vi var i Fængslerne og De sukkendes Bro - hvor vi ved et Uheld blev lukket inde. 1000 Kys Besse</t>
+  </si>
+  <si>
+    <t>1920-05-23</t>
+  </si>
+  <si>
+    <t>Venezia</t>
+  </si>
+  <si>
+    <t>Hilsen fra Venedig og tak for hyggelige dage i Kerteminde</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yWBr</t>
+  </si>
+  <si>
     <t> 8. jul. 1927</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Ragnar Ásgeirsson
 Múlakot Sommerhotel</t>
   </si>
   <si>
     <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
 Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5. september 1927.
 Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
 Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/Yuas8Tzi</t>
+  </si>
+  <si>
+    <t>1931-11-22</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Odense, 5000 Odense, Danmark
+Svanninge, 5600 Faaborg, Danmark
+Venedig, Italien</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Eftersom Fritz Syberg skriver, at han er i Svanninge, er Stedsbetegnelsen Pilegaarden nok en fejlskrivning. Fritz Syberg ejede et af de huse, som han og Anna i deres ungdom beboede i Svanninge. Deres datter, Johanne/Nolle, og hendes mand, Harald Giersing, fik det i bryllupsgave, men flyttede efter få år derfra.</t>
+  </si>
+  <si>
+    <t>Det er godt, at Grete er rask igen efter den livstruende sygdom.
+Komiteen for Biennalen i Venedig ønsker at udstille Else og Johs. V. Jensens Syberg-billede. Fritz Syberg tilbyder, at parret imens kan låne et andet landskabsmaleri. 
+Marie og Fritz Syberg er i Svanninge, og Fritz arbejder på billeder til H.C. Andersens Hus. Efteråret er meget smukt med mange grønne nuancer i naturen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/83pC</t>
+  </si>
+  <si>
+    <t>Pilegaarden 22-11-31
+Kære Venner.
+Tak for Brevet. Ja Tiden løber, men det betyder for mit og vores alles Vedkommende her, at alt er vel. Det er rigtignok en stor Glæde at Grete er frisk igen, næsten den største Glæde de to unge Mennesker kunde opleve, først at trues paa Livet, og saa vinde det igen.
+Komiteen for Biennalen i Venedig har uden at forhøre sig hos mig, udbedt sig Jeres Billede, jeg forstod at de havde faaet Jeres Indvilligelse, saa min Tilladelse kun var en Formsag. Havde jeg selv skullet bestemme Valg af Billeder havde jeg skaanet Jer, da jeg synes I maa være trætte af al Tid at have Jeres Billede paa Rejse.
+For min Skyld kan I godt sige Nej til Udlaan, men hvis I bestemmer Jer til at svare imødekommende, saa har jeg et større Lager af store Landskaber som jeg stiller til Eders Raadighed, hvoraf I kan udvælge en midlertidig Stedfortræder. I Øjeblikket er vi i Svanninge hvor jeg laver Studier til de store Billeder til Mindehallen i Odense. Arbejdet gaar bra fra Haanden, jeg har snart smurt en hel Dynge Lærreder over. Vi har været her baade i Oktober og November indtil nu. Oktober var straalende, men November er endnu smukkere. Landskaberne er mørke, og de afbladede Skove har givet Plads for en Skala af grønne Farver man ellers ikke ser: Epheu, Bregner baade rigtige Bregner og de smaa Gærdebregner som gror langs Stenhegnene milevis og saa er der jo Granerne og Mosset. Kort sagt vi har det udmærket, trods Lumbago og Halskatarh. Marie har i Sinde at gøre en Rejse til Kbhvn., jeg ved ikke om jeg tager med, jeg har ikke rigtig Lyst til at rejse herfra, her er saa smukt og Livet er saa kort. Mange Hilsener Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1932-02-01</t>
+  </si>
+  <si>
+    <t>Venedig, 30173 Venezia VE, Italien</t>
+  </si>
+  <si>
+    <t>Else og Johannes V. Jensen er blevet bedt om at udlåne et landskabsbillede af Syberg til Venedig. Johs. V. Jensen og Fritz Syberg har berørt dette emne i tidligere breve.</t>
+  </si>
+  <si>
+    <t>Friyz Syberg skal have sendt billeder til København, og han kan sende et med til Jensen-familien som erstatning for det, som de skal udlåne til Venedig.
+Syberg spørger, om en ny verdenskrig er på vej. Han synes, at kineserne og japanerne skulle jage de hvide ud af Asien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KlXY</t>
+  </si>
+  <si>
+    <t>Pilegaarden 1-2-32
+Kære Venner.
+I disse Dage skal jeg have afsendt nogle Billeder til Kjøbenhavn og dersom I ønsker at faa et af mine Plastre paa Væggen i Stedet for det som I maa afstaa til Udstillingen i Venedig kan jeg nemt sende et med i Pakkassen til Jer. F.Eks. et af de Landskaber der var paa ”den Frie” i Foraaret 31? –
+Mon vi nu skal have Verdenskrig igen? saa gid den maa blive udkæmpet i Asien. Jeg kan forresten ikke begribe, at Kineserne, naar de nu endelig vil have Krig, ikke slutter Alliance med Japanerne og de derefter i Forening driver de Hvide ud af Asien. Saadan vilde jeg bære mig ad hvis jeg var Kineser. Det bliver spændende at se om den angelsaksiske Politik, at sætte Splid mellem Svinene og bagefter tage Profitten hjem, skal lykkes i denne Omgang.
+Alt vel. Mange Hilsener fra
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1932-02-15</t>
+  </si>
+  <si>
+    <t>Venedig, 30172 Venezia VE, Italien</t>
+  </si>
+  <si>
+    <t>Villum Jensen
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender det billede til København, som Jensen-familien skal låne i stedet for billedet, der bliver udstillet i Venedig.
+Syberg ønsker Villum til lykke med hans eksamen. Selv slider han i det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hcGD</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+15 – 2 – 32
+Kære Johannes V. og Else.
+I Dag sender jeg det Billede til Kjøbenhavn som jeg har tiltænkt Jer, mens Eders Ejendom er i Venedig Det er vist en Smule større end Eders, jeg vil haabe at det ikke er mere end Pladsen tillader. Om I bryder Jer om det kan jeg jo ikke helt [”helt” overstreget] afgøre, men jeg vil haabe at det ikke er saa længe I maa undvære det andet.
+Alt vel her. Til Lykke med Villums fine Eksamen, Rille havde fortalt mig om den.
+Jeg slider i det og er i god Kondition, d.v.s. med Mindelser af og til om Hjærteforkalkning, Nyresten og Gigt.
+Mange Hilsener til Jer beggeto.
+Eders hengivne Fritz Syberg.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -659,51 +659,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/gE1v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tHOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWBr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gE1v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tHOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWBr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M14"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -749,591 +749,591 @@
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G2" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G3" s="5" t="s">
         <v>30</v>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="I3" s="5"/>
+      <c r="I3" s="5" t="s">
+        <v>32</v>
+      </c>
       <c r="J3" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>33</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>34</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="D4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="E4" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="E4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="5" t="s">
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>40</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="I4" s="5" t="s">
         <v>41</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="K4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K4" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>49</v>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I5" s="5"/>
+        <v>50</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>51</v>
+      </c>
       <c r="J5" s="5" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>51</v>
-[...4 lines deleted...]
-        </is>
+        <v>29</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="I6" s="5"/>
       <c r="J6" s="5" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G7" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>69</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>61</v>
-[...12 lines deleted...]
-      <c r="I8" s="5"/>
+        <v>48</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>80</v>
+      </c>
       <c r="J8" s="5" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>81</v>
+      </c>
+      <c r="K8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L8" s="6" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>61</v>
-[...7 lines deleted...]
-        <v>76</v>
+        <v>85</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>64</v>
+        <v>89</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>83</v>
+        <v>59</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>84</v>
+        <v>48</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="G10" s="5" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="I10" s="5"/>
       <c r="J10" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
+        <v>98</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>95</v>
+        <v>37</v>
+      </c>
+      <c r="D11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>96</v>
-[...5 lines deleted...]
-        <v>98</v>
+        <v>99</v>
+      </c>
+      <c r="I11" s="5"/>
+      <c r="J11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K11" s="5" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="M11" s="5" t="s">
         <v>101</v>
       </c>
+      <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>102</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>60</v>
+        <v>104</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G12" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G12" s="5" t="s">
+        <v>106</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>112</v>
+        <v>67</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="F13" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="G13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H13" s="5" t="s">
+      <c r="H13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I13" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="J13" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="K13" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="J13" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="L13" s="6" t="s">
+      <c r="M13" s="5" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="B14" s="5" t="s">
+      <c r="H14" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="C14" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H14" s="5" t="s">
+      <c r="I14" s="5"/>
+      <c r="J14" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="K14" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="I14" s="5"/>
-[...5 lines deleted...]
-      <c r="K14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="L14" s="6" t="s">
+      <c r="M14" s="5" t="s">
         <v>123</v>
       </c>
-      <c r="M14" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 