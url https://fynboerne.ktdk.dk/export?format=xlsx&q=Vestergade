--- v0 (2025-10-17)
+++ v1 (2026-01-01)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="423" uniqueCount="293" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="433" uniqueCount="302" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1508,50 +1508,89 @@
 Alb. Naur Harald Giersing
 Carl Johansgade 1 Carl Plougsvej 7</t>
   </si>
   <si>
     <t>1917-04-21</t>
   </si>
   <si>
     <t>Postkort</t>
   </si>
   <si>
     <t>Sigurd  Swane</t>
   </si>
   <si>
     <t>Sigurd Swane skriver på vegne af Grønningens bestyrelse at anmeldelse til anden ophængning indsendes til Overretssagfører Odin Kajser inden den 25. Arbejderne afleveres i Udstillingsbygningen den 28.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Yrm0</t>
   </si>
   <si>
     <t>21-4-17. Udstillingen. Grønningen.
 Anmeldelse ti 2den Ophængning indsendes til Overretssagfører Odin Kayser, Vestergade 18 inden den 25de dennes. Arbejderne afleveres i Udstillingsbygningen Lørdag den 28de dennes inden m Kl. 11 Form. præcis.
 P.B.V.
 venlig Hilsen
 fra Ugle og mig
 Sigurd Swane</t>
+  </si>
+  <si>
+    <t>1919-05-11</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Bodild Holstein
+Grethe Jungstedt
+Thyra Larsen
+Thøger  Larsen</t>
+  </si>
+  <si>
+    <t>Bodild er muligvis Bodild Holstein. Hun boede ikke på Lemvig-kanten, men kan have haft et sommerhus der el.lign.
+Landinspektøren og Mads kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3807</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer skriver tillykke på sit fineste brevpapir. Hun har i påsken været i Lemvig hos Thyra og Thøger Larsen. "Opsynet" var skrappere end i fjor. Selskabet var på ture til Gjellerodde, hos Bodild og Mads, i Kappelskoven, ved Ferring Sø og ved Vesterhavet. Thyra Larsen virker bedst, når hun ikke er der.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QhKW</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 er med blyant skrevet:] Elle
+Maj 1919
+[Herefter med sort blæk:]
+Kære lille Lugge!
+Idet jeg sender dig mange mange Lykønskninger på mit allerfineste Brevpapir, som du kender min økonomiske Sans nok til at vide at det er et ikke ringe Offer, der derfor i Reglen bliver forbeholdt Breve som jeg skal gøre et godt Indtryk på, hvis de ikke har det i Forvejen, når de nemlig ikke kender mig, f. Eks. svare på Advertissementer, så det bliver fordelagtigt og bøder på mulige Mangler i Stilen. - - -
+(Vejret vil jeg nu ikke skrive om, skønt det er fristende, når det er noget så guddommeligt som det er i disse Dage, - jeres Have er nok bedårende med Zwibler og Fuglesang og Børnevrimmel, - gid jeg var der, - men jeg tjener så mange Penge nu, at jeg ikke har Raad til at lade være med det. Den Gang, jeg var fattig, kunde jeg komme og gå som jeg vilde. - Nå, jeg har da med Drikkepenge og varm Mad på Hjemrejsen og Mine med gjort en Rejse på 70 Kr. 39 Øre i Paasken. Men den var alle Pengene Vejr, - nej værd!! (Det var uforvarende og ikke af min ellers medfødte Vittighed, det "Vejr". - ) Det var knusende sødt i Lemvig og Lugge helt mellem os sagt, Th. var mægtig glad ved mig, men han bar det som en Mand, undtagen en enkelt Gang. Jeg synes også Opsynet var endnu skarpere end i fjor, - men derfor kan vi jo godt indkassere lidt Ædelhed. Mine var forresten også en elendig Makker. Men det var yndigt at være der og Thøger var akkurat ligesom i fjor - stampede ud og ind efter Bøger, som vi skulde se og ind og stoppe Pibe og på Lur efter en Myg og gik jo ellers op i at more os. Vi var den første Dag uden Kone på Gjeller Odde, hos Bodild, hvor vi drak Kaffe, så til Ma-a-ds hvor vi fik Chokolade og Kaffe - der har været Konfirmation og vi beså de rørende Gaver, og Mads førte os ud i Hønsehuset og Materialhuset - vi så også alle 10 Unger - i Anl. af Konfirm. var de knap så snottede som i fjor og meget søde. Så gik vi til Bodild og spiste til Aften og sad så sødt bænket der i den lille gamle Stue, - Thøger var så inderligt lykkelig ved at sidder der. - En anden Dag var vi i Kappelskoven m. Kone, sylende ["m. Kone, sylende" indsat over linjen] - den er som en Æventyr og 1ste Paaskedag, da det stormede var vi med Toget ud til Strande ved, Fæhring Sø og ude ved Vesterhavet. I Guder som det pjaskede og Sandet føg om Ørerne - men bag efter lå vi i Klitterne i Læ og Sol. Men Konen var så ekstra sylende den Dag. - Hun var meget sylende og skønt hun jo er så venlig og gæstfri, så kan man ikke nægte at hun virker bedst, når hun ikke er der. - Så spillede vi L'hombre en Aften, Th., jeg og Landinspektøren - uha, hvor vi morede os - og Skak de andre Aftner og Billard en Gang. Vi var der 5 Dage, men de fløj. Vi så også i Kiggert på Plænen Saturn [tegning] 
+[Indsat øverst s. 1:] Dato behøves da ikke når det er Dagen før din Fødselsdag, - det er så meget Ulejlighed med de Datoer.
+[Indsat øverst s. 1; på tværs:] Nu kun 1000 Hilsner. Elle
+[Indsat i venstre margen s. 1; på tværs:] Tillykke fra Grethe.</t>
   </si>
   <si>
     <t>1922-07-13</t>
   </si>
   <si>
     <t>Ellen Brønsted</t>
   </si>
   <si>
     <t>Brædstrup</t>
   </si>
   <si>
     <t>June -
 Ebbe Brandstrup
 Frits Branner
 Thora  Branner
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Christian Caspersen
 Emmy Caspersen
 Poul Caspersen
 Grethe Jungstedt
 - Koch, Flyverkaptajn
 Andreas Larsen
 Johannes Larsen
 Thøger  Larsen
@@ -2026,59 +2065,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1jH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Izlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0xlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mvdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AeQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yrm0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MyNL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rgjQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mE9D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5xgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UOxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1jH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Izlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0xlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mvdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AeQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yrm0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MyNL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rgjQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mE9D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5xgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UOxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M38"/>
+  <dimension ref="A1:M39"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3339,465 +3378,513 @@
           <t/>
         </is>
       </c>
       <c r="I29" s="5"/>
       <c r="J29" s="5" t="s">
         <v>216</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>223</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>224</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>226</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>15</v>
+        <v>227</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="E30" s="5" t="s">
         <v>228</v>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
         <v>229</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>230</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>231</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>232</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>233</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>235</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>157</v>
+        <v>236</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G31" s="5" t="s">
-        <v>237</v>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H31" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="I31" s="5"/>
+      <c r="I31" s="5" t="s">
+        <v>239</v>
+      </c>
       <c r="J31" s="5" t="s">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>243</v>
+        <v>157</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>44</v>
-[...14 lines deleted...]
-      <c r="I32" s="5" t="s">
         <v>245</v>
       </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G32" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="I32" s="5"/>
       <c r="J32" s="5" t="s">
-        <v>246</v>
+        <v>48</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>44</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H33" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I33" s="5"/>
+      <c r="H33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>254</v>
+      </c>
       <c r="J33" s="5" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="F34" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F34" s="5" t="s">
+        <v>253</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>257</v>
-[...3 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="I34" s="5"/>
       <c r="J34" s="5" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>264</v>
+        <v>43</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>265</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>44</v>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
         <v>266</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>267</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>268</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>269</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>270</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
         <v>272</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>43</v>
+        <v>273</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>243</v>
+        <v>274</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="F36" s="5" t="s">
-        <v>244</v>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="I36" s="5"/>
+        <v>275</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>276</v>
+      </c>
       <c r="J36" s="5" t="s">
-        <v>246</v>
+        <v>277</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>44</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>278</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="I37" s="5"/>
       <c r="J37" s="5" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>284</v>
+        <v>43</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>187</v>
+        <v>252</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>285</v>
+        <v>44</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>286</v>
+        <v>253</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
         <v>287</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>288</v>
       </c>
       <c r="J38" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="K38" s="5" t="s">
         <v>289</v>
       </c>
-      <c r="K38" s="5" t="s">
+      <c r="L38" s="6" t="s">
         <v>290</v>
       </c>
-      <c r="L38" s="6" t="s">
+      <c r="M38" s="5" t="s">
         <v>291</v>
       </c>
-      <c r="M38" s="5" t="s">
+    </row>
+    <row r="39">
+      <c r="A39" s="5" t="s">
         <v>292</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="K39" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>301</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
+    <hyperlink ref="M39" r:id="rId44"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>