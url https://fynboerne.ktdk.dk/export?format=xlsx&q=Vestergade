--- v1 (2026-01-01)
+++ v2 (2026-03-01)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="433" uniqueCount="302" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="308" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1101,61 +1101,62 @@
 Tre Hjorte 
 Vestergade
 Kjøbenhavn. K. 
 [Skrevet med blyant:]
 1895
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Mandag d: 23de
 Kjæreste Abba!
 Det er meget fornuftigt at Du bliver lidt længere i Klokken og kan oprettte hvad Forkjølesen har forbrudt. Saa faaer vi lige Spisestuen færdig til at flytte ind i paa Søndag, det er Junges Fødselsdag, men nu skal Du høre om Junge! Hun kommer for en Time siden og siger, at hun har faaet en mægtig Lyst til at rejse til København, tager til Nyborg nu efter Middag, boer i Nat hos Louise Dons, Sollerup Bekjendt, tager imorgen til Kopperne, bliver der imorgen Nat og er altsaa i Københaavn paa Onsdag ved 2 Tiden. Hun vil boe hos Trisse, men tager til Dig først; Du maa selvfølgelig ikke vente paa hende, der kunde jo komme Forhindringer og for al Ting ikke sige det til Thorvald. Hun vil kun blive der til Lørdag eller Søndag. – Nu skal Du høre om Christine – Hun kom hjem i Lørdags med den Nyhed, at Stiftsprovsten havde været 4 Gange inen han traf hende [”inden han traf hende” indsat over linjen] hos hende for at sige hende ["hende" overstreget], at hun burde søge Eilskovs Boliger, idag er den sidste Dag til Ansøgningen. Han havde fundet ned i Stamtavlen, at hun er den nærmeste næst efter en gammel Dame paa Landet, der paa ingen Maade vil søge det. Tænk 3 Værelser, Kjøkken og Have og 50 Kr. om Aaret. Hun tjener selv nu 73 Kr. maanedlig foruden Snedkerbørnene, der gives Møbler. Igaaer hjalp Syberg hende med Ansøgningen og hun var i Kirke for at faae Anbefaling af Pastor Juul. Det er meget spændende. De var alle tre hjemme igaar til Høstgilde, Dedde havde faaet et Kvarter fri idag til Morgen. Paa Onsdag er der Omflytning, han er selv meget sikker paa at komme op, har en voldsom Interesse for sine Karakterer, har 4-5 mg’er, i Latin i den sidste Tid og rigtig gode Hoved ["Hoved" indsat over linjen]-Karakterer i næsten alle Fag. Muks har saa let ved det, nu er hun rask igjen, men det har taget paa hende den ene Uges streng Diæt. I Dag kommer Fru Leisner. Madame har jo meldt sig til hele Oktober. Berta har meldt sig til nogle Dage, det er strengt nok med alle de Gjæster, men vi kan da ikke sige Nej. 
 Nu kun en kjærlig hilsen fra Din Smaa. 
 [Skrevet langs venstre kant på side 1:]
 En lille Vadsæk, der kommer til Dig, er Junges Tøj.</t>
   </si>
   <si>
     <t>1896-11-19</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Tårup Vestergyde, Mesinge</t>
   </si>
   <si>
-    <t>Adis -
-Petrine -
+    <t>Petrine -
 Johanne Christine Larsen
 Otto Emil  Paludan
 Nicoline  von Sperling
 Maria von Sperling. g. Balslev
 Albrecht  Warberg
-Laura Warberg</t>
-[...2 lines deleted...]
-    <t>Den afdøde pige eller hendes familie har muligvis været ansat ved Erikshaab, siden Alheds familie samt pigerne på gården deltager i begravelsen, samt står for middagen derefter.</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Den afdøde pige eller hendes familie har muligvis været ansat ved Erikshaab, siden Alheds familie samt pigerne på gården deltager i begravelsen, samt står for middagen derefter. 
+Adis var et af Astrid Warberg-Goldschmidts kælenavne.</t>
   </si>
   <si>
     <t>En ung pige, der boede nær Alhed, er død, og Alhed med familie har været til begravelse. Alhed har dårlig samvittighed over, at hun ikke tog sig nok af den unge pige, Petrine.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/K2OR</t>
   </si>
   <si>
     <t>Erikshaab 19/Nov.
 Tirsdag Aften
 Kære Las!
 Skønt Kl. er næsten 11 ½ skal jeg alligevel have sendt Dem en lille, men bare ganske lille Hilsen i Aften, jeg er noget træt og søvnig. – Jeg savner Dem meget, og jeg har længtes efter Dem hele Eftermiddagen, lige siden De rejste. Og jeg synes knap, jeg fik sagt rigtig ”Farvel” til Dem. Hvis De var her endnu, tror jeg bestemt, jeg gik ind og sagde vældig pænt Godnat til Dem. – Vi plukkede en hel Del røde Bær paa Vejen hjem, samt hvide Rølliker til en Krans. Da jeg kom ned til Husene, stod der en hel Del udenfor, der aabenbart ventede sig noget af mig, saa maatte jeg samle alt mit moralske Mod sammen og gaa ind at se den døde Pige. Men jeg fortrød det for Resten ikke, hun var saa smuk og saa ud aldeles som om hun sov. Det var slet ikke uhyggeligt. – I Aften har jeg bunden 2 Kranse og et Kors, hvoraf jeg er bleven saa træt, at jeg nu er nødt til at skynde mig at gaa i Seng. Derfor Godnat min egen kære Las, gid De var her endnu. –
 Torsdag Morgen.
 I Gaar fik jeg slet ikke Tid til at skrive. Om Formiddagen var Far, Palaen, Adis og jeg til Begravelse, Johanne var forkølet. Præsten fulgte med herned og De kan stole paa vi fik travlt med at lave ”pæn” Middagsmad, som Mor siger, da Pigerne ogsaa var til begravelse. – Der var saa kønt oppe paa Kirkegaarden, den ligger temmelig højt og har der ud over noget der hedder ”Kirkelunget”, som jeg ikke aner, hvordan staves eller hvad betyder men det kan ligne lidt efter Torbystranden; der var ikke saa faa Mennesker der fulgte Petrine, ”Afholdsforeningen”, ved hvis Baller hun vist har faaet sin meste Sygdom fulgte hende med en stor Fane. - - 
 Jeg haaber, jeg snart faar Brev fra Dem, det er dem, der skal skrive først denne Gang, De skylder mig Brev. Det er egentlig frækt, at jeg skriver til Dem i stedet for til København, jeg har slet ikke skrevet, siden jeg rejste derindefra i Mandags for 8 Dage siden. Jeg kan da fortælle Dem, at jeg ikke skal have Overhaling af Frk Sperling paa Søndag. Da Far i Tirsdags sagde til hende, at han var ærgerlig over, at jeg havde fortalt Marie Sperling den Sludrehistorie, tog hun mig oven i Købet i Forsvar og sagde, at det var der ikke noget forkert ved. Kammerater skulde have Lov at sige saadan noget til hinanden. Det er meget demoraliserende for mig, at jeg altid slipper godt fra saadan noget, som jeg skulde have haft en ordentlig Røffel for. Mine Bedrifter komme i Reglen til at tage sig bedre ud i Folks Øjne, end de er mente i Virkeligheden. Som nu ogsaa med Petrine; Folk tror, at jeg har været saa god ved hende, mens jeg i Virkeligheden har forsømt hende paa det skrækkeligste, og naar jeg protesterer, tager de det for Beskedenhed, saa jeg bare stiger endnu højere. Jeg ved virkelig slet ikke, hvad jeg skal gøre med en rasende ond Samvittighed. – Nu Farvel for denne Gang. Skriv snart. 1000 Hilsner fra Deres Alhed</t>
   </si>
   <si>
     <t>1896-11-25</t>
   </si>
   <si>
     <t>Vestergade 11B, 5540 Ullerslev, Danmark
 Romsø, 5300 Kerteminde, Danmark</t>
   </si>
   <si>
     <t>Christian Andersen
@@ -1945,50 +1946,88 @@
     <t>https://fynboerne.ktdk.dk/d/nlNE</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 modt. Tirsd. Aften 27/11- 45.
 (om Agrarens Sygdom)
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St.
 [Fortrykt på kuvertens bagside:]
 JOHANNE WARBERG LARSEN
 LINDØGAARD
 [Håndskrevet:]
 pr. Dræby St. 
 [I brevet. Fortrykt:] 
 JOHANNE WARBERG LARSEN
 [Håndskrevet:]
 Lindøgaard Mandag 26-11-45 
 Kære lille Dis!
 I Fredags Aftes sagde Doktoren at en Operation var tilraadelig – ja vist nødvendig. Allerede næste Formiddag kom han derud – til Odense – Bibbe med i Ambulancen; hun blev der til i Gaar Aftes og mente, at den stakkels Agrar var meget ked af det. Jeg ringede i Aftes [”i Aftes” indsat over linjen] til Else og spurgte om hun troede, hendes Forældre vilde huse mig en lille Tid, og det vilde de med Fornøjelse - viste det sig. 
 Jeg tager derud nu om et Par Timer derfor bliver dette lidt knapt. Vi ser temmelig mørkt paa det og maa gøre alt hvad vi kan for at mildne det for ham. Han ligger heldigvis paa en 2 Sengsstue. Jeg skriver igen. 
 Tusind Hilsner Din Junge
 Adr. Overgaard Nielsen
 Vestergade 28 III
 Odense</t>
+  </si>
+  <si>
+    <t>1951-05-29</t>
+  </si>
+  <si>
+    <t>Johannes Øhlenschlæger Johansen
+Adam Knuth
+Elisabeth Knuth
+Tage la Cour
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Kelvin Lindemann
+Vilhelm Lundstrøm
+Holger Rasmussen
+Ambrosius Stub</t>
+  </si>
+  <si>
+    <t>Museet: Johannes Larsen var medstifter af Kerteminde Museum, som er forgænger til Østfyns Museer. 
+Pax var en strandrestaurant i Kerteminde. Den var ejet af ægteparret Due Nielsen, som var Johannes Larsens venner. 
+Det vides ikke, hvem Reventlow var.</t>
+  </si>
+  <si>
+    <t>Det har været stormvejr, og der var koldt på museet, så generalforsamlingen blev flyttet til Pax. Øhlenschlæger Johansen kom med plader med optagelser af Larsens samtaler med Reventlow, og man hørte dem og så nogle film med Kerteminde-fiskere samt teaterstykker.
+Larsen vil gerne se Lundstrøm-udstillingen. Han laver vignetter til en Ambrosius Stub-digtsamling. Tage la Cour og Kelvin Lindemann kommer på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KcK4</t>
+  </si>
+  <si>
+    <t>[I brevet:]
+Kjerteminde 29 Maj 1951.
+Kære Grevinde!
+Hermed Din Bog som jeg haaber maa tiltale Dig. Sikken et Vejr det var i Gaar. D. v. s. det var først om Eftermiddagen da jeg skulde til Generalforsamling i Museet at det gik op for mig hvad det var for en Storm for her oppe mærkede vi ingen Ting. Nede paa Museet var det saa koldt at vi besluttede at henlægge Generalforsamlingen til Pax og kørte straks derud, og sikke det stormede, der stod et vældig Hav ind mod Kysten og Træerne bøjede sig og Bladene føg. Efter Mødet spiste vi til Aften og Øhlenschlæger Johansen der var kommen med nogle Plader af min Samtale med Reventlow, lod os høre Pladerne som han forærede Museet og bag efter saa vi en Film han havde optaget af mig her for nogle Aar siden og 3 andre Film, en fra Kjerteminde Havn med Fiskerbaade som vi fulgte og gennem Kattegat gennem Limfjorden til Thyborøn og ud i Vesterhavet hvor de trawlede og tilbage her til. Og derfter 2 Film fra Frilufstheatret her. ”Elverhøj” og ”der var en Gang”. Saa fik vi Kaffe og Cognac og jeg kom hjem Kl halv elleve. Jeg har vældig Lyst til at tage ind og se Lundstrøm Udstillingen, men jeg ved ikke om jeg kan samle mig sammen til det. For Tiden laver jeg en hel Del Vignetter til en ny Udgave af Ambrosius Stubs Digte som Holger Rasmussen arbejder med. Han har fundet en Del flere Digte og en Del Rettelser til flere andre. Else og Puf er kørt til Odense og i Eftermiddag faar jeg Besøg af Tage la Cour og Kelvin Linneman og formodentlig Deres Koner, for der kommer 4. Hils Adam og Elisabeth og mange Hilsener til Dig selv fra 
+Din hengivne
+Johannes Larsen.
+P.S.
+Hvordan gaar det med Din Mistelten? Dem der er tilbage af mine er der ingen anden Forskel paa end at de er blevne graa i Stedet for grønne
+JL:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -2065,59 +2104,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1jH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Izlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0xlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mvdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AeQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yrm0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MyNL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rgjQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mE9D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5xgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UOxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1jH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LCMc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Izlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0xlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CTeU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mvdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AeQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yrm0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QhKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MyNL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rgjQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mE9D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5xgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UOxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcK4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M39"/>
+  <dimension ref="A1:M40"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3804,87 +3843,133 @@
       <c r="F39" s="5" t="s">
         <v>295</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
         <v>296</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>297</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>298</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>299</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>300</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>301</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H40" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="K40" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="L40" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>307</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
+    <hyperlink ref="M40" r:id="rId45"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>