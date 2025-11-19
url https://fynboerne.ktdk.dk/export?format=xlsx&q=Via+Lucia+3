--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -106,170 +106,939 @@
   <si>
     <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Fritz Syberg fortæller om rejsen til Pisa. Den gik over Hamburg, Frankfurt og Luzern, hvor de overnattede på hotel, gik tur og så på søen og bjergene. Derefter kørte de i ét stræk til Pisa. Her boede de to en halv dag på hotel, og derefter fandt de en lejlighed. Madam Battoni er deres værtinde. Hun er fransk-tysk og taler trods sine 10 år i Pisa elendigt italiensk. Besse vikler allerede sit tørklæde om hovedet som en italiener, og Sakker har spurgt, om faderen tror, hans hår kan blive mørkt i løbet af de næste to år, som er den tid, familien har tænkt sig at blive i Italien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/NDZ9</t>
   </si>
   <si>
     <t>Pisa 1 Decbr. 1910
 Kære Joh. V. og Else!
 Nu er vi altså landet i Pisa. Vi kom lidt mere hovedkulds afsted end jeg havde ventet mig. Anna fik Rejsefeber da vi kom til Kjerteminde og så smittede hun mig og vi gjorde os hurtigt færdig. Torsdag Aften Kl. 8 rejste vi fra Kjerteminde og havde egentlig besluttet at tage hele Turen udi et Drag. Vi frygtede for at det skulde blive for drøjt for de Små, men med dem gik det over Forventning storartet. Fredag Morgen var vi i Hamborg – om Aftenen Kl 9 i Frankfurt – Lørdag Morgen Kl. 6 i Basel, men så kunde Besse ikke længer Den unge Frøken var blevet ”søsyg”. Vi nøjedes så med at tage til Luzern hvor vi var Kl. 9 Formiddag og fandt os et Hotel ”Zum goldenen Loewe” Det var trods sit drabelige Navn et hyggeligt og renligt (som alle Schwitzerhoteller) lille Hotel. Vi blev bænkede om et stort rundt Bord alle 8 ved hver en Bøf med Spejlæg og en Seidel Bier. Desværre var det Regn og tyk Luft, men der var dog et Øjeblik hen under Aften hvor det klarede af så Børnene fik Rigi og Pilatus [de to næste ord indsat over linjen] at se. Vi gik en Tur ned ad Verdens berømteste Promenade, en klippet Alle (Kastaniealle?) langs med Vierwaldstädtersøen. Den var på denne Årstid fuldstændig mennesketom og Rille, (der stadigvæk vedbliver at være den Kjerteminder han er uden at lade sig påvirke [ordet påvirke overstreget] imponere af nogen Rejsevidundere) benyttede Lejligheden til [et ord overstreget og ulæseligt. Over dette er det følgende ord skrevet] udenfor en stor Villahave at lægge sit Visitkort. Søndag Morgen (fra Luzern) var det heldigvis fuldstændig klart og Bjergene om Luzern så imponerende ud. Turen over St. Gottard og helt ud til Lombardiet foregik i det vidunderligste Solskin. Men så kom Tågen igen og Sneen. Jo længere vi kom sydpå jo mere Sne. Først da vi var på den anden Side Appeninerne blev Luften mild igen, men her langs Middelhavet regner det lidt for meget. Vi rejste fra Luzern og til Pisa ud i en køre fra Kl 7 Morgen til næste Dags Morgen Kl. 4 opholdt vi os på Pisas Banegård i 4 Timer og tog så en Droske ud til et Hotel i Byens modsatte Side ”Albergo Garibaldi” der var os anbefalet af Zahrtmann. Vi boede der i to en halv Dag for 30 Lire med omtrent fuld Pension. Værtinden og hendes tre Døtre konkurrerede i Tykkelse. Den ældste Datter tror jeg gik af med Prisen. [Tegning af tyk kvinde i venstre side] De omfavnede og kyssede Høns ved Afskeden i går og vi har lovet at besøge dem på Søndag.
 Vi har nu fået en Lejlighed inde i Byen. Vor Værtinde her er fransk (”Parisienne”) hvad der er meget rart for Sprogets Skyld. Jeg troede ikke jeg kunde noget fransk men hvor det dog er en Lettelse at kunde blande et Par Sprog sammen når man ikke [ordet ”ikke” overstreget] kun kan [ulæseligt ord] i dem begge.
 Hvad det er for en ”lingua franca” Madam Battoni lærer os må Vorherre vide Hun er som hun siger født i Paris, men Moderen var tysk og hun har nu boet 10 År i Pisa uden at kunne lære italiensk, så nu kan hun hverken fransk italiensk eller tysk. Forresten er hun tiltalende. En ægte fransk Skude.
 Det er Sjov at se hvor forskælligt Børnene tager det at være i fremmed Land. Besse er allerede Italiener. Hun ejer et hvidt Tørklæde (Halstørklæde) men nu knytter hun det om Hovedet a l’Italienne, og sin fine nye Hat som hun var så glad ved da vi rejste hjemme fra (og forresten under hele Rejsen) den ser hun ikke til mer. Sakker er også meget spændt på om han kan blive Italiener i Løbet af to År. (den Tid vi har tænkt os at blive her) Han sagde forleden til mig i et fortroligt Øjeblik: ”helt sort Hår kan jeg vist ikke nå at få på to År, men tror Du ikke nok at [det] bliver lidt mørkt” - - .
 Mange Hilsener til Børnene og Jer selv
 Eders hengivne
 Fritz Syberg
 Adr.
 Sig. Batoni Lorenzo
 Via Sancta [”Sancta” overstreget] Lucia 3
 Pisa</t>
   </si>
   <si>
+    <t>1911-12-13</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Richard Bergh
+Frederik Grundtvig
+Johannes Larsen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+I Rigets Julehæfte 1911 blev der aftrykt en del af Johannes Larsens billeder med tilhørende tekster af Johannes V. Jensen. 
+Johannes V. Jensen fik nytårsdag 1911 en artikel om fetichisme trykt i et tidsskrift. Heri forsvarede han van Gogh og Cézanne. Litt.: Per Dahl og Aage Jørgensen: Johannes V. Jensen og fynbomalerne. I: Du danske Sommer. Fynbomalerne og de jyske forfattere i samklang. Malene Linell Ipsen (red.) Johannes Larsen Museet 2007, s. 56</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har modtaget Rigets Julehæfte. Det er nemmere for forfattere end malere at få deres værker udbredt, idet tekster kan trykkes. Syberg tænker på dansk vinter og på et af Grundtvigs vers, når han læser Johs. V. Jensens ord. 
+Familien trives i Pisa. Syberg tegner og maler på sin lille altan. Han er dybt imponeret over, hvad italienerne har skabt af sten og marmor, men det og landbrugsarbejdet slider også indbyggerne op. 
+Familien har været på tur til San Gingliano, hvor der var vinstokke og oliventræer på terrasser.
+Italienerne mishandler dyr. Kvinderne er smukke, men de lugter af hvidløg, kaffe og moskusparfume.
+Syberg har hyret en italiensklærer. Familiens værtinde deltager i undervisningen. 
+Zahrtmann er glad for Johs. V. Jensens artikel om fetich.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytyR</t>
+  </si>
+  <si>
+    <t>Pisa 13 Decbr. 1911
+casa Batoni S. Lucia 3
+Kære Joh. V. og Else.
+Det er undertiden lettere at tale i et Brev end med Munden, og da jeg, som I forstår trænger til at bruge Kæften lidt får I et Brev. Vi har fået tilsendt Rigets Julehæfte. Det var både [””var både” overstreget] er [”er” indsat over linjen] kønt (og det må være morsomt for Las), men jeg kunde alligevel ikke lade være med at overveje hvor I som bruger Pennen dog har et [”et” overstreget] en stor [et t i slutningen af ordet overstreget] Fortrin [”trin” overstreget] del for os stakkels Malere når det gælder om at lade sig mangfoldiggøre i en [”en” overstreget] Viktoriapresse. Dit Bidrag er jo skønt som kun Danmark kan være det. Det er dog både ondt og godt at få en sådan Hilsen fra Danmark, blot den lille Versstrofe, Du ender med, er jo nok til at gøre En forrykt Også de mørke Decemberdage Du indleder Artiklen med har jeg måttet tæmke på. Hvor sådan en sneløs mørk Vinterdag ind under Jul kan være vidunderlig tyst. Jeg må altid tænke på et [”et” overstreget] en Strofe af Grundtvig – en af disse Vidunderlige, han har lavet så mange af – Du kender den naturligvis, men for en Sikkerheds Skyld anfører jeg den: ”Hørt har jeg en lille Fugl – syngende på Kviste – Solen vendte sig [”sig” indsat over linjen] ved Jul – før det Kragen vidste – nu med Glans til Glæde stor – op og ned den går i Nord – som en Helt lyshåret – hele Gyldenåret.” Forresten er jeg vist ene her på Pladsen med den Slags Fornemmelser. Såvidt jeg har kunnet observere trives min Familie her som Fisken i Vandet. Det eneste i Danmark, de skulde længes efter at gense, skulde da være Østergade og Amagertorv i København. Italien er og bliver for mig et Arbejde, så skal jeg villig indrømme, at det er et Arbejde som foreløbig interesserer mig meget. Jeg har taget Stade på en lille [”lille" overstreget] lille Altan ud mod Arnoen, hvor jeg har tilbragt en Måned med at fæstne mit første Indtryk af Pisa på Papiret. Det er Arnoen med sit Murværk og sine Broer, Byens Profil op mod Bjærgene. Det er vidunderlig helstøbt og harmonisk. Hvad der først slår mig ved Italien er det kolosale Arbejde, alt sammen udført af Menneskehænder, som ligger bag ved alt. Vi var forleden et [”et” overstreget] en Tur ud til San Gingliano Ad Veje, V [”V” overstreget] makademiserede med [”med” overstreget] ved Århundreders Kørsel på Marmorskærver, så de var lige så glatte som Asfalt, beplantet med ældgamle dejlige Plataner, kom vi ud over en gl [”gl” overstreget] ganske flad Slette, gennemkrysset af et helt Kanalsystem næsten som i Holland. En Times Vej fra Pisa nåede vi San. G. der ligger ved Foden af Bjærgene. De er ikke særlig høje men hæver sig ganske brat som store Marmorblokke der stikker op gennem Jordsmonnet. De er overalt beplantet med Olivenskove. Og [”Og” overstreget] i hver en Revne i Stenen er der plantet en Vinstok. Bjærgskråningerne er beplantet med en Slags Stenhylder, et Slags Blomstertrappe hvor Urtepotterne ere af Klippesten og Planterne Oliventræer. (Tegning i venstre side af arket] Efter som Årene går dækkes mere og mere af af dette menneskeslid af [”af dette Menneskeslid af” indsat over linjen] Planternes Formuldning, så der til sidst kun findes en almindelig Bjærgskov med en ujævn og knudret Bund. Fra disse Bjærge at se ud over Sletten hvor Pisa ligger, er at se ud over en Have hvor hver Håndsbred Jord er behandlet med Hånden. Men hvor er Italienerne dog hærgede af [”af” overstreget] af al dette evige Slid. De er kun [”De er kun” overstreget] Det vil sige den arbejdende Klasse. De er kun unge, til de [”til de” overstreget] Mændene til de har været Soldater og Kvinderne til de har fået det første Barn. Så sætter ”Istiden” ind over dem trods det de lever i et Solland. De ligner forresten deres egne Dyr, som de mishandler så det ikke er til at tænke på.
+Går man på Pisas Gader og over de smukke Broer, på [”på” overstreget] belagt med Stenfliser af forskællig Størrelse [overstregede, ulæselige ord] men omhyggelig passet sammen af flinke Italienernæver, er det det samme der slår En, al det Arbejde de Mennesker dog har måttet udføre. I Nordeuropa er det al Tid Maskindriften og Fabriksdrift [”og Fabriksdrift” indsat over linjen] som sætter sit Præg på Byerne. Fra [”Fra” overstreget] Fra min Altan (hvor jeg forresten føler mig som [”som” indsat over linjen] i min Båd) har jeg også kigget lidt på Italienerinderne, ”löierlige Djur” som Richard Bergh sagde om nogle spanske Kvindemusikere i Stockholm. En masse kan de se dejlige ud, med deres sorte Hår og i deres brogede Klude. Håndbevægelser, Gang, Holdning Fodskifte, kunde nok gøre En – i det mindste en anden En – kulret. Men når man går på Strøget + piazza Garibaldi, ponte di mezzo og så Vittorio Emanuele – og får alt dette vidunderlige tæt ind på Livet, må jeg tidt tænke på det sted [i] Kiplings Eventyr hvor Hvalfisken spørger den lille [”lille” overstreget] Fisk om hvordan Mennesker smager og får det Svar ”dejligt men skarpt”. Stanken af Hvidløg, Muskusparfume, café nero og Pis, kan nok tage Vejret fra En. Vi har taget os en Lærer i italiensk. Det er morsomt. Han taler dejlig klart og jeg håber der skal hænge noget ved. Vor franske Madam, som taler italiensk – ganske vist så rædselsfuldt så det kun kan sammenlignes med hendes tysk: ”daits” kalder hun det – gjorde os Selskab i vores Sprogtimer for at lære at læse italiensk men har opgivet det igen. Hun har været gift med en Italiener og bosat i Pisa i 10 År uden at kunne læse et Ord, det er smukt klaret.
+Aften samme Dag.
+Jeg har lige fået Brev fra Zahrtmann. Han er meget glad ved Din Artikel om Fetisch og i det hele ved Din Virksomhed, det glæder mig fordi jeg selv også er glad ved det samme. Her er i Grunden meget mere at skrive om men mere en anden Gang. Hilsen til Jer begge. Du er askeblond. Else er blond som en Hvedemark – jeg kan lige høre det lille Knæk i hendes Stemme når hun taler i Telefonen, Skade at der ingen Forbindelse er hertil – ingen af Jer lugter af Hvidløg – men I får mig til at mindes Skovduft Hindbærduft og lyse Nætter. Eders heng. Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1910-12-09</t>
+  </si>
+  <si>
+    <t>Pisa
+Via St. Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Lorenzo Battoni 
+Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen forlod i efteråret 1910 sin stilling ved Politiken og var til slutningen af januar 1911 medarbejder ved dagbladet Riget.
+Slaget ved Solferino fandt sted den 24. juni 1859 og førte til sejr for de allierede franske hære under Napoleon 3. af Frankrig og Kongeriget Sardiniens hær under Victor Emanuel 2. af Italien (også kaldet den fransk-sardiske alliance) mod den østrigske hær under kejser Franz Joseph I.
+Non capisco (italiensk): Jeg forstår ikke</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er glad for, at han alligevel ikke skal levere en tekst til tidsskriftet Riget.
+Værtinden har fortalt, at kvinder af 1. klasse bærer hat i Pisa, så Besse (Johanne) har fundet sin frem igen. Sakker (Lars) er blevet beundret af tre unge kvinder, mens han tegnede Det Skæve Tårn. 
+Værtinden prøver at få Rille (Ernst) til at kysse sig, men han gør modstand. Værtindens mand har været gift to gange før, har ca. 18 børn og var med i slaget ved Solferino.
+Sybergfamilien vil blive i Pisa længe. Norditalierne bygger så smukt, og farverne er skønne. Syberg savner dog de danske fjorde lidt. Regnvejr ser helt anderledes ud i Italien end i Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MSU6</t>
+  </si>
+  <si>
+    <t>Pisa 9-12-10
+Sig. Lorentzo Batoni
+Via St. Lucia 3
+Kære Joh. V og Else!
+I Dag øsregner det. Tak for Dit Brev med Fotografierne Anna i Sengen er god. Nå ”Riget” går ikke. Det letter mig lidt. Jeg har jo lovet at sende Jer noget om Sverigsturen. Hvad jeg har skrevet derom ligger i min Kuffert et eller andet Sted i Tyskland på Vej herned. Men nu kan jeg altså lade være med at tænke på den Ting foreløbig. Tak for ”Musefamilien” Den er meget underholdende at gætte sig frem i. Jeg havde ellers bestemt at lave en lille Skizze – jeg laver en hver Dag – men som sagt det øsregner, og så fristede det mig at sende Jer et Par Ord. Hvor skal jeg begynde. Ja Besse har taget til Hatten igen. Vor Værtinde oplyste os om, at der hersker en meget streng Adskillelse mellem Damer af 1ste Kl., og do [”do” indsat over linjen] af ”Folket” her i Pisa, og Kendetegnet er at alle Damer gå med Hat mens en Kvinde af Folket går barhovedet. Derimod har hun (Besse) [”(Besse)” indsat over linjen] fået anbragt et Par store højrøde Sløjfer i Håret ved Ørerne, hvilket så vidt jeg kan skønne er fuldstændig ”comme il faut” her på Pladsen. Nolle lever i sin egen Verden og følger alligevel på en eller anden ubegribelig Måde med i den Verden som omgiver hende. Sakker er [et par bogstaver overstreget] mild. Han begynder at forstå Iteliensk. Forleden var han med ude at tegne. Jeg sad på Pladsen ved Domkirken og tegnede et Stykke af den tykke Bymur Sakker havde stillet sig op ved Domen og tegnede det skæve Tårn. Jeg fandt ham omringet af tre smukke italienske Ungmøer der pludrede op til ham mens Sakker halvt flov over Situationen passede sit Arbejde. De unge Piger var meget henrykte over ham. Jeg spurgte ham om hvad de havde sagt til ham. ”Ja jeg forstod ikke hvad Pigerne sagde til mig og så [ordet ”så” indsat over linjen] sagde jeg ”non capisco” men der ha [”ha” overstreget] var to Soldater som havde set på mig og spurgt om jeg var Italiener”. Det er vor Værtindes opgave (bl.a.) at få Rille til at give sig et Kys. Hun udtrykker det således: ”geb’ mich ein Küs – ” når Rille så spræller, fortsætter hun ”non non non, nicht mit Gewalt, par d’amour”. Det er ellers nogle tiltalende Værtsfolk vi har. Manden er en ægte Italiener og Kraft-Karl. Har været gift to Gange forud og har havt sådan noget som 18 Børn. Han har været Soldat, været med i flere Bataljer bl.a. Slaget ved Solferino og har tre Tapperhedsmedaljer. Vi har tænkt os at blive i Pisa i længere Tid. v [bogstavet overstreget] Klimaet er dejligt og Byen ganske dejlig. Det kan ikke skjules at det er med en ubehagelig Gysen man tænker på Arkitekturen norden for Alperne. Jeg ved ikke hvad der er mest ubegribelig enten at Italierne har så let ved at bygge smukt eller at Nordeuropæerne har så svært ved det. Det simpleste Hus her er fornemt. Og Murene og Broerne om og over Arnoen, uden at være særlig store i Volumen er de majestætisk skønne. I Farve er nu den okkergule lerede Arno og al det lysegule og lyserøde Murværk og Marmor helt ovenud.
+Men der er jo dette med Fynshoved og de danske Fjorde. Nå Fanden i Vold med alle Grublerier, lad os nyde Livet og håbe på at det bliver langt.
+Det regner stadig. Det er mærkelig så ensartet skyet Luft former sig her i Italien De fantastiske og truende Fænomener man er vant til at se i Luften hjemme findes ikke her. Her findes kun en Slags jævnt graat i graat Skyer. Hilsen til Jer alle 4 fra os alle her.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1913-04-21</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Serravalle</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 005</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse har måttet betale 20 kr. i told for cyklerne, og de har kun 20 kr. tilbage, til de når München. De håber ikke, at de skal betale for at komme over grænsen. Spidsestedet, hvor de er, har foræret dem en flaske vin. De cykler i bjergene, og det er smukt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yTkm</t>
+  </si>
+  <si>
+    <t>Sybergs
+Via S Lucia
+Pisa
+Italia
+Serravalle 21-4-13
+Kære Far og Mor
+Vi er her et Sted i Østrig hvor vi sidder i [noget af papiret mangler] Haus og sp [papir mangler] og Brød. Vi har maattet deponere 120 Kr. i Told for Cyklerne saa vi har kun 20 Kr at leve for til vi naar den tyske [s. 2] Grænse og faar vores Penge tilbage igen (for at komme ind i Tyskland skal vi vidst ikke betale noget), det er ellers et dejligt Sted vi er vi cykler mellem høje Bjærge ved Siden af en dyb klar Flod og med en vældig Varme i Ryggen. Vi skal vidre for at se om vi kan naa Neumarkt inden Solen gaar ned [tegning af nedgående sol]. Mange Hilsner fra Hans til Jer alle.
+Kære Allesammen. - Det var jo en ordenlig Forbauselse med de 120 Kroner, vi haaber at vi ikke skal betale ved den tyske Grænse for vi har 20 Kroner tilbage som vi saa maa naa München med. Her hvor vi spiser har de foræret os en Flaske Vin, de syntes vidst vi saa tørstige ud at de fik Medlidenhed med os. Nu gaar den snart opad i Bjærgene mod Brenner - her er meget smukt. Mange Hilsner og Kys fra Besse.</t>
+  </si>
+  <si>
+    <t>1913-04-22</t>
+  </si>
+  <si>
+    <t>Italien
+Brixen</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) cyklede 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 006</t>
+  </si>
+  <si>
+    <t>Hans' bagdæk springer gang på gang. Dagen før måtte han og Johanne/Besse trække cyklerne til en restaurant, hvor de spiste og fik nogle kæmpestore øl. Eftersom de to ikke har ret mange penge tilbage, drikker de vand, når de finder en bæk, og de medbringer brød, ost og pølse.
+Hans og Johanne har mødt et par søde tyskere, som vandrer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jXdK</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet:]
+Syberg
+Via S Lucia
+Pisa 
+Italia
+[Håndskrevet i tekstfeltet s. 1:]
+22/4 1913
+Kære Allesammen
+Vi er paa Vej til Brenner op til Grönvold er der fra Bolzano 50 Km og lutter Bakke saa vi opgiver at faa ham at se ogsaa fordi vi har saa venig Geld og fordi det ikke var sikkert at vi kunde træffe ham. Det gaar ikke ret godt [et overstreget bogstav] med det tyske men man kan tildels klare sig med italiensk. Grüss Gott fra Hans eller hvad det nu hedder
+[S. 2] Kære Allesammen. I Aftes Kl circa 8 sprang Hanses Bagring, vi gik til vores Bestemmested hvor vi med meget Besvær fik dem forklarede hvad vi vilde, vi fik et dejligt Værelse og gik ned for at spise og drikke vi fik hver et Krus Øl som paa Størrelse som det skæve Taarn kun at det var lige indtil vi havde tømt det, da saa vi først hvor skævt det var - I Dag drog vi videre und ["und" overstreget] uden andre Uheld end at Hans's forbandede Bagring er sprungen 4 Gange, vi har Brød og Ost og Pølse med so ["so" overstreget]; ved hver Bæk standser vi lægger os paa Maven og drikker "Guds klare Vand" vi har jo ikke Raad til at smage paa Øllet i disse Dage hvis vi skal naa til München med vores - c. 15 Kroner og 49 hel[ulæseligt] Vi har lige mødt et Par Bisser ligesom os der er kun den Forskel at de er tyske og de ["de" overstreget] er til Fods, vi skal skynde os at naa dem de er gaaet i Forvejen medens vi aad, forslugne som vi er. Her er dejligt hvor vi sidder. Aa, Hans staar i dette Øjeblik og taler med en ung Tysker, som har været i Aarhus. Han ligger og ryger i den stegende Sol Mange Kys Besse
+Nu sprang Bagringen igen, Gud ved [teksten fortsætter op langs højre margen] hvornaar vi naar Brenner?
+[Skrevet langs venstre margen:] Nu har vi mødt vores Tyskere, de kommer fra Rom, de er vældig søde</t>
+  </si>
+  <si>
+    <t>1913-04-23</t>
+  </si>
+  <si>
+    <t>Brennerpasset</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.
+Det vides ikke, hvem Svenden er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 007</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse sidder i en dejlig skov. Der er ingen røvere; men et par, der spurgte, hvad cyklerne har kostet. De to måtte gå til Franzenfeste, hvor de fik et hotelværelæse, men ingen mad. Potten var ikke tømt, og der var sovekammerdunst, væggelus og lus. Hans' cykel er meget elendig, men den skal holde til grænsen.
+Ved Brennerpasset er der sne, en brusende flod og blomstrende krokus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KzcD</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet:]
+Sybergs
+Via S Lucia 1
+Pisa
+Italia
+[Håndskrevet i tekstfeltet s. 1:]
+23/4 - 13
+Kære Allesammen.
+Vi sidder i en Skov og drikker "Kaffe" af en dejlig Bæk og spiser Ostemad til det er en dejlig Fyrreskov med enkelte Birke ved Vandløbene, og her er ingen Røver i denne dejlige Skov undtagen et Par vi mødte i Aftes da vi kom gaaende til Franzenfeste hvor vi var i Nat de spurgte om hvad Cyklerne havde kostet men [s. 2] mente saa alligevel at det ikke kunde betale sig at myrde os. Vi skal se hvor langt vi kan naa i Dag. Mange Hilsener Hans
+Kære Allesammen. Vi har nu taget Afsked med vores søde Rejsefæller. - - 
+Vi kom altsaa gaaende til Franzenfeste hvor vi fik et Værelse til 1,60 Kr det var rigtig godt, hvis bare Potten havde været slaaet ud og Sovekammerdunsten mindre kraftig, naa, vi spiste en glimrende Aftensmad den bestod af 2 Glas Vand og lagde os med alt Tøjet paa og snorksov, det var forresten rent overflødigt for jeg tror ikke vi kan blive mere bidt af Væggelus og rigtige Lus end vi allerede er. Hanses Cycle ligner en lidende Hospitalslem saa indbunden er den, den skal jo holde til Grænsen hvor vi haaber at faa vores Penge igen. Mange Kys fra Besse - i dette Øjeblik kom den Tysker som har været i Danmark forbi
+Kl 1.10 Brennerpasset
+Vi er heldige naaet herop langs en brusende Bjergstrøm og i mellem Millioner af blomstrende Krokus, her ligger en to tre Snedriver som vi slaas med. Mange Hilsner fra Hans Hils Svenden og sig at jeg skriver naar jeg faar Raad. - -
+Hils alle i Pisa.</t>
+  </si>
+  <si>
+    <t>Pisa
+Via Lucia</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb.3, 006</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uQiK</t>
+  </si>
+  <si>
+    <t>1913-04-20</t>
+  </si>
+  <si>
+    <t>Verona</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S. Lucia 1</t>
+  </si>
+  <si>
+    <t>Giannina Infante</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Pisa.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 004</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse skal nu besøge Fru Infante. De har endnu ikke været hos vekselerer efter penge, men de kom gratis ind i amfiteatret. 
+Næsten alle taler tysk. Hans og Besse har set et luftskib.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V5WQ</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+Sybergs
+Via S Lucia 1
+Pisa
+Verona 20/4 - 13
+Kære Allesammen
+Vi har faaet Jeres Brev til Morgen. Nu har vi lige spist og skal hen at besøge Fru Infantes Søster Vi har ikke været hos Vexeler endnu saa vi ved ikke hvor mange P ["P" overstreget] Penge vi har. I Morgen skal [side 2] Vi ["Vi" overstreget] vi vidre nord paa hvor vi saa haaber at finde Brev i Bozen. Vi opdagede at det er Søndag i Dag ved at vi kunne komme frit ind i Amfiteatret. Hils Mimi Fru Infante og hvem der ellers er. Mange Hilsner fra Hans.
+Kære Allesammen. Vi kom hertil i Aftes efter at have cyclet 133 km. - Man har næsten ikke Brug for at kunne tale italiensk, alle taler tysk. Vi har været i Amfiteatret. I Morgen rejser vi nord paa. Vi skal i Eftermiddag hen at faa vores Penge omsat i tyske og østrigske - vi har 170 Lire. Mange Hilsener og Kys Besse.
+[Skrevet på side 1 i venstre margen] Vi spurgte efter Vej hos en Dreng som vi da vi var oppe hos Fru Infantes Søster fik at vide var hendes Søn. - Vi har set et flyvende Luftskib.</t>
+  </si>
+  <si>
+    <t>1913-04-17</t>
+  </si>
+  <si>
+    <t>Venedig</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S. Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Maraviglia: Vidunderlig
+Bebone: Meget godt</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, Lb. 3, A 3426, 003</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MsE</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+Ao
+[Håndskrevet s. 1:]
+l Signori Pittori Sybergi
+Via S. Lucia /II piano
+Pisa.
+Venezie 17/4 1913
+Kære Allesammen
+Vi kom her til Venedig i Gaar Aftes efter at have set Padova, Giottos Fresker kostede os 2 L de var rigtig gode selvom Campo santo Freskerne i Pisa er bedre nu gaar vi paa Posthuset for at se om der er Breve 1000 Kys Besse 
+[S. 2] I Dag har vi set paa Duerne paa Markuspladsen og været lidt inde at set paa Kirken nu sidder vi og drikker Kaffe i en Kaffé. Mange Hilsner til jer allesammen fra Hans jeg haaber i P ["P" overstreget] pakker flittig medens vi triller rundt i den vide Verden.
+Kære allesammen. Che maraviglia Venezia, vi kom efter det var bleven mørkt og Gondolerne sejlede i Maaneskin med ad Kanalerne, vi fandt et glimrende Hotel, det er tysk vi fik et Værelse under den sædvanlige Pris et dejlig et uden Sovekammerfims og Væggelus, dem har vi nemlig ellers mærket lidt til i de andre Hoteller. Vi har været en Tur med Damper det koster 10 Øre. I Aften eller i Morgen Aften skal vi prøve en Tur i Gondol. Hans er desværre bleven saa tyk [skrevet op langs venstre margen] at hans Bagdæk er sprungen, det var helt nyt (10 Lire)
+[skrevet øverst på kortets s. 1 og på hovedet:] saa vi maa købe et nyt vores Penge slaar ellers rigtig godt til naar vi engang i mellem spiser tørt Brød, men det er jo ogsaa "benone"</t>
+  </si>
+  <si>
+    <t>1913-04-25</t>
+  </si>
+  <si>
+    <t>München</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 009</t>
+  </si>
+  <si>
+    <t>Hans beder sine forældre skrive til Bolzano og få dem til at sende pengene. På hotellet vil de ikke udbetale, ford han og Johanne/Besse ikke har rigtige pas.
+Hans' bagdæk sprang igen sidste aften, og til morgen har han fået et nyt sat på. Det var noget helt nyt at kunne cykle hurtigt. Da de to holdt pause for at få øl, mødte de en ung mand, som de fulgtes med de næste 40 km.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wsaG</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i kortets adressefelt:]
+Signori
+Syberg.
+Via S. Lucia 1 II p.
+Pisa
+Italien
+[Håndskrevet i kortets tekstfelt:]
+München 25-4-13
+Vi er paa Posthuset og har faaet Jeres Kort, men tror I at det kan nytte at vi skriver til Bozen og beder dem sende Pengene det kommer I vidst til at gøre, de ved vel nok i Bozen hvem der har afsendt Pengene men om at vi er de rigtige ved de jo ikke. Vores Penge her i München ["her i München" indsat over linjen] faar vi [s. 2] i Morgen paa Hotel, "drei Reben" hvor vi bor de vil ikke give os dem nu fordi vi ingen rigtige Pas har. Mange Hilsner Hans.
+Kære Allesammen. I Aftes igen sprang Hans's Bagring og vi maatte gaa til Rosenheim hvor vi sov om Natten, om Morgenen fik vi en ny Ring og nyt Dæk sat paa - 14 "14" overstreget - Vi for afsted det var en ["en" overstreget] noget helt nyt for os at vi ikke skulde lappe Cycle, da vi havde kørt 20 Km skulde vi ind og ha os godt Bæger Øl vi bad om sort Øl som de slet ikke forstod hvad vi mente med, pludselig hører vi en begynde at grine af vores Tysk, det var en lystig Nordmand som vi saa drak sammen med og fulgtes med de sidste 40 Km. Egentlig er han ikke Nordmand hans Mor er norsk [et overstreget bogstav] og han har været nogen Tid i Norge. Hans har lappet hans Cycel for at have lidt at vende sig af med, nu da hans egen er god igen. Mange Kys fra Besse
+[Tegning af ølkrus] Skaal.</t>
+  </si>
+  <si>
+    <t>1913-04-30</t>
+  </si>
+  <si>
+    <t>Offenbach</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Over Kærby i Danmark efter tre år i Italien. 
+Det vides ikke, hvem Stinne var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 013</t>
+  </si>
+  <si>
+    <t>Johanne og Hans har i slem varme cyklet forbi voldsomt mange frugttræer og gennem en skov fuld af blåbær, men frugt og bær er jo ikke modne endnu. På hotellet måtte de ikke dele værelse, da de ikke er gift. Tyskerne er dumme og storsnudede, og de to savner østrigerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/68Re</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Håndskrevet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+30-4-13 - Offenback.
+Kære Allesammen
+Vi har i Dag haft en dejlig Tur i en ganske forfærdelig Sol som sædvanlig. Foruden de sædvanlig 100000 Frugttræer der staar langs med Vejene er vi kommen igennem en 5 Mil stor Skov hvor der langs Vejen stod i Millionvis af Blaabær vi ærgrede [s. 2] os grønne over at vi var komne paa denne Aarstid og ikke i Frugttiden. Vi bor her paa Hotel Zum Engel dydige Engel burde det hedde; de vilde ikke lade os sove i eet Værelse"den wir nicht verheiratet sind". Vi gaar og spekulere paa hvor I er henne i Verden om I endnu er i Italien eller hvor. I Morgen naar vi sandsynligvis til Rihnen. Mange Hilsner fra Hans
+Kære Allesammen.
+Nu sidder i selvfølgelig i Kærby og Stinne er ikke tilfreds over at der ingen Breve kommer. Tyskerne her er dog nogle rigtige Idioter dumme og storsnudede, vi savner Østrigerne. - Vi er i en By - en Mils Vej fra Frankfurt, - I Dag har vi været ved at dø af Varme her er som i en Bageovn naar vi tænker paa Italien er det ["er det" overstreget] forstaar vi ikke hvordan vi har kunnet holde Kulden ud der. Mange Kys til alle. Besse.</t>
+  </si>
+  <si>
+    <t>1913-01-29</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 30</t>
+  </si>
+  <si>
+    <t>Fritz Syberg kvitterer for en check fra Mads Rasmussen. Familien har det godt og tænker på hjemrejse, men der er ikke fastlagt noget tidspunkt. Fritz regner dog med at være hjemme når rugen står i "vip", da han har noget, han skal have malet ved den tid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VEbA</t>
+  </si>
+  <si>
+    <t>Pisa 29-1-13
+Via S Lucia 1
+Kære Hr Etatsråd Rasmussen
+Jeg har i Dag modtaget en Cheque på 1000 K fra Dem hvorfor herved kvitteres. Vi er alle raske og har det godt, og tænker så småt på Hjemrejse endnu er det ikke bestemt når vi drager hjem. Men det er dog ikke usandsynligt at jeg er i Svanninge når Rugen står i Vip, da jeg har noget og skal have malet ved den Tid. Med Hilsen til Dem og Frue er jeg 
+Deres hengivne 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1913-04-26</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien. 
+Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Borgen var allerede i 1913 en ruin.</t>
+  </si>
+  <si>
+    <t>Den følgende dag kører Hans og Johanne/Besse mod Ingolfstadt og Nürnberg. De vil finde nogle slægtninge. München er en voldsom by. Hans og Besse har spist voldsomt meget på hotellet. Postbuddet vækkede dem om morgenen og overrakte 129 Mark. Johanne beder forældrene købe mandolinstrenge. Hans vil have øl i Tyskland efter at have drukket vand i Østrig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fwJv</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+[Håndskrevet i adressefeltet:]
+Signori
+Syberg
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Ny adresse skrevet:]
+Kerteminde
+Danimarc
+[Håndskrevet i tekstfeltet:]
+München 26-4-1913
+Kære Allesammen
+I Morgen tidlig drager vi videre til Ingolstadt, - - Nürnberg og saa op mod Köln, det er jo ikke den lige Vej til Danmark, men vi vil hellere tage den for at se om vi kan finde nogle af vore kære Slægtninge [s. 2] München er dog en drabelig By vi har et Kort over den, ellers var det umuligt at finde rundt i den - I Aftes spiste vi en Masse dejlig Mad af Brød spiste vi op mod en c 40 panini, paa Hotellet kunde de slet ikke tænke sig at vi havde spist saa meget og skrev paa Regningen meget ["meget" overstreget] et meget mindre Antal, vi drak hver 2 Bayere mørkt Øl og Hans ekstra et Bæger lyst, om Morgenen blev vi vækket ved at Postbudet efter at have banket en meget lang Tid paa Døren bragte os 129 M. - - - Vil I ikke købe nogle Strænge og og (stecche) det er dem til at spille med endelig meget bløde, de aller blødeste I kan faa Mange Kys. Besse. til Mandolinerne.
+Kære Allesammen!
+Har vi drukket af Guds klare Vand i Østrig saa vil vi sgu ha' en "Bayer" medens vi er her vi drikker paa Kraft. mange Hilsner fra Hans</t>
+  </si>
+  <si>
+    <t>1913-04-27</t>
+  </si>
+  <si>
+    <t>Pfaffenhofen</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien.
+Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Det var dette sted, Hans og Johanne Syberg ønskede at besøge.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 010</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w14X</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i adressefeltet:]
+Sybergs
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Ny håndskrevet:]
+Kerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+Pfafferhofen 27/4 - 13
+Kære Allesammen!
+Vi sidder i en lille Ølknejpe og venter paa at faa nogle Pølser. Vi cyklede fra München i Morges ved 9Tiden. Vores Rejseplan er den at vi tager fra Nürnberg [s. 2] og Frankfurt til Reihnen som vi saa køre langs med til Köln og saa vidre over Hagen til Hamburg og Danmark denne ["denne" indsat over linjen] Vej er knap 300 Km længere end den lige Vej og en Del Bjærgfuld men vidst smukkere og saa er der jo vore Slægtninge saa vi tager af den. Vi har spist en Omgang Pølser men maa have en til inden vi tager vidre. Mange Hilsner fra Hans. 
+[Skrevet på hovedet på s. 2:] Kære Allesammen. Pølser er godt. Nu har vi spist hver 5, med Snapse og 2 Bæger Øl. Uhm, hvor det var dejlig. Nu skal vi videre, det er frygtelig varmt, meget varmere end i la bella Italia, vi er begyndt at glemme [skrevet lodret langs højre margen:] det italienske, det var dog vældig tidligt.</t>
+  </si>
+  <si>
+    <t>1913-05-02</t>
+  </si>
+  <si>
+    <t>Tyskland
+Nassau</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre års ophold i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 016</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse kørte i bjergene, hvor der var iskoldt, og de mødte en bisse, der ikke ville vise vej. På hotellet var der stor fest, men de to kunne ikke danse med, da de var for våde og beskidte. Festen varede hele natten, og alle var ret fulde. Nu er de på et Gasthaus, hvor der er en stor hund.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uPfr</t>
+  </si>
+  <si>
+    <t>[Fortrykt over adressefeltet:] Postkarte
+[Håndskrevet i adressefeltet:] Signor F Syberg
+Via S Lucia 1
+Pisa - Italien
+[Adressen overstreget. Med anden skrift indsat:]
+Kerteminde
+Danimarca
+Kære allesammen.
+I Gaar i Regnvejr drog vi over Bjærge det var knagkoldt paa Vejen mødte vi en Bisse vi bad ham sige os Vejen han sagde vi kunde følges med ham ["ham" indsat over linjen], vi kunde ikke faa ham til at sige hvormange Km. der var til den første By, naa, men vi kom saamænd hele til Byen, - Paa Hotellet var der Bal og stor Fest, vi ærgrede os over ikke at kunde danse med, vi var nemlig [s. 2] gennemblødte og overstænkede med Skidt helt op i Ansigtet jeg vaagnede tidlig om Morgenen ved nogle mærkelige Hyl af en Violin, - Ballet var endnu ikke færdig - jeg gik i Natkjole ud til mit Udsigtstaarn - WC / i Køkkenet dansede Pigerne og Opvarterne - fra Dansesalen hørte jeg en den sidste Vals blive spillet af en stakkels fuld Spillemand som havde spillet hele Natten og Balgæsterne alle mere eller mindre fulde, - syngende og skraalende danse til det sidste. - Vi fik en dejlig Kop Kaffe med Marmelade og dejlig Smør til. - mange Kys fra Besse
+Kære Allesammen!
+Vi sidder og spiser i et lille Gasthaus hvor de har en mægtig Hund som ser ud som en Løve vi har faaet noget dejlig Mad. Det er Graavejr i Dag og Hundekoldt.
+Mange Hilsner til alle fra Hans</t>
+  </si>
+  <si>
+    <t>1913-04-29</t>
+  </si>
+  <si>
+    <t>Neustadt</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
+Det vides ikke, hvem Stine var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 012</t>
+  </si>
+  <si>
+    <t>Hans og Johanne kom tidligt til Nürnberg og så på byen. 
+Stine har misforstået, hvordan de sloges med sne.
+Der er frygtelig varmt i Bayern, og de to cyklister er våde af sved hele dagen. De ligner landevejsrøvere med støvler uden såler, plettet kjole og mørkbrune ansigter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SlQ5</t>
+  </si>
+  <si>
+    <t>[Fortrykt på side 1:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S. Lucia
+Pisa
+Italia
+[Adressen overstreget. Med håndskrift er tilføjet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet s. 1 langs venstre margen:]
+skrive til Köln
+[Håndskrevet s. 1:] 
+en Kro 29/4 - 13 er I rejst? har I faaet [ulæseligt ord]?
+Kære Allesammen
+Vi kom saa tidligt til Nürnberg igaar at vi fik Byen set med det samme og i Dag har kunnet tage vidre straks. Vi fik i Morges Jeres mærkelige Kort; sig til Stine at hun maa jo være skør paa Rumpen I har [s. 2] misforstaaet os fuldstændig naar vi skrev at vi sloges med 3 Snedriver vi sloges nemlig saadan: [tegning] og vi fyrede hinanden med Sne, der var skam stegende hedt og kun i Bayern er der saa hedt at vi er ved at dø her er meget meget meget meget varmere end i Italien vi er hele Dagen hver Dag gennemblødte af Sved. Sig til Stine at vi har skrevet hver Dag og ikke hved hvordan det kan være at I ikke har faaet Brev hver Dag.
+Kære Allesammen. Vi har lige spist hver 4 Pølser og 2 Glas Øl - her er skrækkelig hedt for hver Dag vi kommer længere Nord paa bliver det varmere, naar vi en ["en" overstreget] naar til Danmark er det nok [overstregede bogstaver] frygtelig varmt. - Vi begynder at ligne Landevejsrøvere. - Hanses Støvler er der ingen Saaler i -, min Kjole er ikke mere graa men tærnet af Olie og Sprøjt fra Vogne vores Ansigter ligner snart et Par Indianeres - . - Vi tænker at kunde være i Köln om 3-4 Dage. Mange Kys fra Besse. bare rolig Stine.</t>
+  </si>
+  <si>
+    <t>1913-05-03</t>
+  </si>
+  <si>
+    <t>Köln</t>
+  </si>
+  <si>
+    <t>Kerte</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med at Syberg-familien flyttede hjem til danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 008</t>
+  </si>
+  <si>
+    <t>Hans og Johanne har ikke fået brev, og de ved ikke, hvor i verden familien er. Nu har de sendt et telegram, for de kan ikke køre videre, før de får svar. 
+Hans er kørt mod et træ, så hans cykel måtte repareres.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RpsI</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S. Lucia 1
+Pisa
+Italien
+[Adressen overstreget og erstattet af håndskrevne ord:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+Kære Allesammen.
+Heller ikke Brev i Köln. Vi aner ikke mere, hvor I er henne i Verden, vi havde ventet der laa Brev i Köln ["i Köln" overstreget] her. - Har i ikke faaet vores Kort??? [S. 2] Vi har nu telegraferet til Kerteminde, vi kan ikke Rejse videre i Dag, fordi vi maa vente paa Svar fra Jer. Vi er bange for at i ikke har faaet vores Kort og er Idioter nok til at styrte Jorden rundt efter os. Mange Hilsner fra Besse.
+Kære Allesammen
+Jeg er i Dag kørt mod et Træ saa jeg maatte gaa til en Cykelsmed med min Cykel nu er den god igen men nu er Besses skidt der er ved at blive sat et Dæk paa Hans</t>
+  </si>
+  <si>
+    <t>Bayern</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 011</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse spiser noget, der ligner blodpølse og de får også rugbrød. 
+Donau ligner ved Ingolfstadt en rendesten. De to har været indkvarteret på et meget mærkeligt hotel med for korte senge og en mærkelig vært. De regnede med at blive bestjålet i løbet af natten, men det skete ikke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gXaR</t>
+  </si>
+  <si>
+    <t>[Fortrykt på side 1:]
+Königreich Bayern
+Postkarte
+[Håndskrevet med blåt i adressefeltet:]
+Sybergs
+Via S. Lucia
+Pisa
+Italia
+[Adressen overstreget. Med sort håndskrift er tilføjet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet s. 1:]
+På Vej til Nürnberg 27/4
+Kære Allesammen!
+Vi sidder i en Kro eller hvad det nu er og spiser noget der ser ud som Blodpølser men smager som Sylt. Nu [et overstreget bogstav] har vi spist; vi har faaet Rugbrød det var rigtig dejligt. - Donau som vi kom over i Gaar er ved Ingolfstadt kun en lille beskidt Rendesten.
+[S. 2] Vi har 30-40 Km til Nürneberg og vil nu vidre. Mange Hilsner fra Hans til Jer alle
+Kære Allesammen. I Aftes kom vi til et meget mærkeligt Hotel, vi fik et meget mærkeligt Værelse med meget mærkelige Senge, de var uden Lagener og saa korte at vi maatte ligge bøjet sammen som 5 Tal da vi var ved at klæde os af, kom Værten op og spurgte om vi vilde have Vinduet aabent eller lukket, det maatte han absolut ["absolut" overstreget] vide, - vi ventede at blive bestjaalet om Natten og var meget forbausede da vi om Morgenen fandt vore Mavepengeposer paa Plads og ogsaa vores Cycler. - - Vi kan ["Vi kan" overstreget] Menneskene her er meget forskellige fra de lystige og smukke Østrigere, - - Til Danmark har vi endnu 1300 Km saa vi tænker ikke at vi kommer [ulæselige ord langs kanten af papiret]</t>
+  </si>
+  <si>
+    <t>1913-04-14</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Fritz Syberg
+Lars Syberg
+Franz Syberg, Freiherr</t>
+  </si>
+  <si>
+    <t>Ravenna</t>
+  </si>
+  <si>
+    <t>Clara Syberg
+Ernst Syberg
+Franz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Negrene var Hans og Johannes mindre søskende, som alle var meget solbrændte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 001</t>
+  </si>
+  <si>
+    <t>Hans og Johanne er ankommet til Ravenna. De kan ikke forstå, hvad folk siger. Alle cykler i øvrigt. 
+De har set mosaikker og fik nogle englændere til at betale entreen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U22A</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortet s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+l Signor
+Fritz Syberg
+Via Santa Lucia 1
+Pisa
+Ravenna 14-4-13.
+Kære Allesammen.
+I Morges Kl. 8 tog vi fra de 3 Negre, hvor vi havde sovet dejligt og billigt, vi kom her til Ravenna Kl. 11, vi havde godt Vejr og Vej, - kun blæste det lidt en temmelig kold Vind, her er skam ikke saa varmt som i Pisa, - det er vældig grinagtig at vi ikke forstaar et Ord af hvad Folk siger, [s. 2] det er som om vi var kommen til et helt andet Land, - - Alle Mennesker cycler her, selv de gamle hvidhaarede Bønderkoner triller afsted med Pakkerne under Armen. 1000 Kys fra Besse.
+Kære Far og Mor og Negerinde og Negre. Vi har i Dag set paa en hel Masse Mosaikker de var dejlige og for at spare Penge gik vi sammen med nogle Eg ["Eg" overstreget] Engle-lændere som vi lod betale for os. Mange Hilsner til jer allesammen fra Hans.</t>
+  </si>
+  <si>
+    <t>1913-02-06</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>Familien Syberg sender mange hilsner til Mads Rasmussen og familien. Sybergs har været i Rom og Fritz vil gerne tilbage ved lejlighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZmpP</t>
+  </si>
+  <si>
+    <t>Hr Etatsraad
+Mads Rasmussen
+Skjoldsgade 10
+Kjøbenhavn
+Danimarca
+Poststemplet: 6 feb.
+Mange Hilsener fra Familien Syberg. 
+Rom er et dejligt Sted men dyrt. Dog tror jeg hvis alt går vel, at jeg må herned en Gang igen Dette Besøg har kun sat Appetitten op. Om nogle Dage rejser vi hjem til Idyllen i Pisa og til Arbejdet. 
+Mange Hilsener til Dem alle. Deres hengivne Fritz Syberg - fra 1st Nobr Via Santa Lucia N1. Pisa</t>
+  </si>
+  <si>
+    <t>1912-12-03</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau
+Johan Christian Petersen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
+  </si>
+  <si>
+    <t>Fritz Syberg glæder sig over, at "Den første Foraarsdag" bliver erhvervet til Faaborg Museet. Han foreslår en ordning mht prisen. Han glæder sig over, at det er Carl Petersens tegning til museet, der er blevet antaget, men fastholder sin indvending. Beder om at få besked, når MR føler sig nogenlunde sikker på, hvornår museet skal åbne, da det vil påvirke FS's planer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rbqn</t>
+  </si>
+  <si>
+    <t>Pisa 3-12-12
+Via S. Lucia
+Kære Hr. Etatsråd Rasmussen !
+Det glæder os meget - ikke mindst min Kone - at "den første Forårsdag" havner i F. Musæet. Det har været under Arbejde fra 1896-1910 og der er begravet en hel Mængde andre Billeder deri -dog alle det samme Motiv : min Kone med et af Børnene. Jeg skal skrive til Jastrau og bede ham ordne det så Billedet opføres som købt af Fåborg Musæet. M.h. til Prisen da stod det på den fri Udstilling til 3000 Kr. Men da jeg selv finder det rimeligt at F.M. får Rabat vil jeg foreslå Dem at vi ordner Sagen således: vi venter med at sætte Prisen til De en Gang får mine Arbejder her fra Italien at se. Skulde De ønske at erhverve en Samtidig af dem til Musæet lader vi det store Billede gå ind i det samlede Indkøb. Jeg er selv interesseret i at blive så godt og så fyldigt repræsenteret på F.M. som mulig. Skulde man eventuelt synes at ingen af mine Arbejder herfra egner sig for Musæet, så sætter jeg som Maksimumpris 2500 Kr. for det store Billede.
+Dersom jeg i Løbet af denne Vinter kunde få en Udbetaling på 1000 Kr - f.Ex. til 1ste Fbr. - vilde det komme mig godt tilpas.
+At det blev Petersens Tegning der blev antaget er jeg glad ved. Min Indvending imod den står jeg dog ved. Jeg synes det er en Fejl at Billedhuggersalen kommer ind midt i Malerisalene. (også på Torvaldsens Musæum er Maleri og Skulptur strengt adskilte.)
+Jeg vilde have syntes det var bedre om Fåborg Museet demonstreredes af Kai Nielsens store Figur af Dem, sammen med hans øvrige Arbejder, og at man så var fri for Skulptur på Resten af sin Vandring gennem Malerisalene. De Musæer jeg under mit Ophold hernede har set hvor Skupltur og Maleri er i for intim Berøring med hinanden har altid hos mig efterladt et kedsommeligt Indtryk. Hvorimod de strengt instruktive har været de morsomste. Men ingen Regel uden Undtagelse, man skal jo som bekendt ikke være doktrinær.
+Når Carl Petersen allerede nu synes at F. Musæet bliver det bedste næst Thorvaldsens, så vil jeg håbe på at vi andre må synes det samme når vi ser det færdigt. 
+Dersom De kunde lade mig vide med tilnærmelsesvis Sikkerhed hvornår Musæet tænkes færdigt til at tages i Brug vilde jeg være Dem meget taknemlig. Det vil nemlig betyde en Del for mine nærmeste Fremtidsplaner om jeg først skal hjem til Danmark til Jul næste År. (når jeg skal have Udstilling i Kunstforeningen) eller på et tidligere Tidspunkt. Vi har det alle godt. Med mange Hilsener til Dem og Familie fra os alle her er jeg Deres hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Georg Brandes
+Gabriel D'Annunzio
+Dankvart Dreyer
+Else Jensen
+Johannes Jørgensen
+Rudyard Kipling
+Vilhelm Kyhn
+Christen Købke
+Sven Lange
+Fillippo Palizzi
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg rejste i november 1910 med deres seks børn til Pisa, hvor de regnede med at blive i flere år og male. Da Anna imidlertid blev gravid med parrets syvende barn, rejste familien i marts 1913 hjem til Danmark.
+Johannes V. Jensen og Aslaug Mikkelsens oversættelse af Rudyard Kipling: Fribytterbreve: De rædselsfulde Nætters By og andre Skizzer udkom i 1912.
+Fritz Syberg kom aldrig til Grønland.
+Campo Santo er begravelseskapellet i Pisa. Fritz Syberg malede flere akvareller af sarkofager og freskoer på dette sted.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for Kipling-bogen. Han har altid været glad for Kipling. Han er ikke så begejstret for Johannes Jørgensen.
+Syberg vil gerne til Grønland og Småland. - Sønnen Hans og han tegner i Campo Santo. 
+Syberg har skrevet en artikel om Filippo Palizzi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/piAk</t>
+  </si>
+  <si>
+    <t>Pisa 
+Via Santa Lucia 1
+Kære Ven
+1000 Tak for Din Bog, og Brev. Bogen modtog jeg for en Times Tid siden og har læst den første Gang, nu glæder jeg mig til at tygge den igennem i Aften inde i Sengen. – Vi har lige fået indlagt elektrisk Lys. – Bogen om Kipling er Jo. V. fra Fad – og den vækker mange glade Minder i mig for ca. 16 År siden dyrkede jeg Kipling (det ejer jeg da endnu) den første Bog jeg læste var ”Lyset der svandt” og jeg blev meget hånet i vor ”Kres” over min Kiplingbegejstring. Men man bar over med mig, jeg var ikke nået til Gabriel d’Annunzio og Sven Lange endnu – det er jeg da for resten ikke nu heller. Af to Grunde er det mosromt at læse Din Bog, først fordi den i og for sig er morsom, dernæst fordi Emnet er mig så godt bekendt. 
+Det eneste der falder mig lidt for Brystet er Johannes Jørgensen, ham kan jeg ikke rigtigt med, og har aldrig kunnet. Han forlod ganske rigtig Brandes, men det skulde han aldrig have gjort, for siden den Tid synes jeg han er blevet skrupkedelig.
+Vi har det godt, jeg mærker jeg godt kan elske vort gamle Land på Afstand. Når jeg en Gang kommer hjem skal det blive rart at komme en Tur til Grønland, eller – hvis Familien holder jer fast på En – til Småland. 
+Hans og jeg tegner græske Sarkofager i campo santo.
+Ja Billedhuggerkunsten er en afdød Kunst og Malerkunsten synger på sit sidste Vers.
+Jeg har begået en Artikel om en italiensk Maler Filippo Palizzi – født 1819 – død 1899 – som jeg synes godt om [de næste tre ord indsat over linjen): - Maleren ikke Artiklen, fandt en Samling på 300 Studier af ham i Rom. Han minder stærkt om vore egne bedste Malere, Købke, Kyhn, Dreyer … men jeg har aldrig hørt hans Navn nævnt. Ham skulde Du se. Her ser I et Par Kort fra Campagnen – er Verden ikke overalt den samme? 
+Mange Hilsener til Else Børnene og Dig selv fra os alle her.
+Din hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1910-12-16</t>
+  </si>
+  <si>
+    <t>Lorry Feilberg
+Niels Hansen
+Johannes Larsen
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 129</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Mads Rasmussen fra Pisa om erhvervelse af værker af Niels Hansen til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J0Kl</t>
+  </si>
+  <si>
+    <t>Pisa 16 Dcbr. 1910
+[sdr?]
+Signor Lorenzo Batoni
+Via Santa Lucia 3
+Kære Direktør Rasmussen
+Jeg har fået Brev fra Johs. Larsen med Forslag om at erhverve et Billede af Niels Hansen til Fåborg Musæet. Såvidt jeg husker blev det bestemt at når et Komitemedlem opholdt sig i Udlandet mistede han Stemmeretten, så jeg ved ikke om jeg for Tiden kan øve nogen Indflydelse på Indkøbet til F.M. Jeg har på et tidligere Stadium foreslået Lützhøft at købe et eller andet Billede af N.H. og det der er Joh Larsen har foreslået mig - Portrætet af Lory Feilberg - har jeg intet at indvende imod. Jeg vilde dog foreslå Dem at der bliver samlet en Del Billeder sammen af N. Hansens at som Komiteen kunde se på inden man bestemmer sig. Jeg kunde nemlig godt tænke mig at N.H. ejer en Del Skizzer som det vilde være morsomt for F.M. at eje og desuden [overstreget ord] er N.H. så god en Maler at det sandsynligvis tør købes mere end et Billede af ham og når man køber samlet kan der jo købes noget billigere. Som sagt jeg ved ikke om jeg for Tiden er stemmeberettiget, men i bekræftende Fald stemmer jeg ja på Lory Feilberg.
+De bedste Hilsener til Dem og Deres Frue fra os alle her. Vi er nu blevet husvante. Vi har fået nogle udmærkede Værtsfolk. Manden er Italiener, gammel Soldat med tre Tapperhedsmedaljer - har været med i Slaget ved Solferino. Fruen er Pariserinde hvad der er meget rart da min Kone og jeg kan n lille Smule fransk Italiensken er jo foreløbig terra inkognita. Jeg har begyndt at male nogle Gadepartier fra Arnoen.
+Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
     <t>1910-12-06</t>
   </si>
   <si>
-    <t>Postkort</t>
-[...1 lines deleted...]
-  <si>
     <t>Anna Syberg</t>
   </si>
   <si>
     <t>Else Jensen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pisa</t>
   </si>
   <si>
     <t>Jacobys Allé 2 København</t>
   </si>
   <si>
     <t>Lorenzo Battoni 
 Johannes V. Jensen</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg med børn rejste 25. november 1910 til Pisa for at blive der i tre år. Den første korte tid boede de på et hotel og derefter i en lejet lejlighed Via San Lucia 1 og 3. Herfra flyttede de senere til Via San Lorenzo.
 Fotoet på postkortet er formodentlig fra Natural Park Migliarino San Rossore.</t>
   </si>
   <si>
     <t>Anna Syberg beder Else V. Jensen sende en opskrift på appelsinmarmelade. Anna og familien har det bedre, end Anna havde troet, at de ville få det</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Thrz</t>
   </si>
   <si>
     <t>[Fortrykt på kortets billedside:]
 Pisa – S. Rossore – Dromedari al Passolo
 [Kortets tekstside:] 
 Fru Joh V. Jensen
 Jacobys Allé 2
 Kjøbenhavn
 Danimarca
 Kære Else
 Vil Du ikke være saa elskelig art sende mig Opskriften paa Din Appelsinmarmelade. Smør er nemlig saa dyrt og daarligt, og Appelsinder saa billige, saa Marmelade paa Brødet til Morgenkaffen vilde være bedre og billigere. Vi har det ellers glimrende, langt bedre end jeg havde ventet mig det. Jeg tænker tit paa Dignaar vi ser et eller andet , Du vilde tit ryste af Latter. Hils Joh. V. Mange Hilsner Din Anna.
 [Skrevet på hovedet øverst på kortet:]
 Signor Battoni Lorenzo
 Via S. Lucia 3
 Pisa</t>
   </si>
   <si>
-    <t>1910-12-09</t>
+    <t>1912-12-05</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har skrevet til Viggo Jastrau for at forhindre, at "Den første Forårsdag" blev sat til salg, men foreslår at Mads Rasmussen også selv skriver for at bringe sagen i orden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uyKW</t>
+  </si>
+  <si>
+    <t>Pisa 5-12-12
+Via S Lucia
+Kære Hr. Etatsraad Rasmussen
+Jeg skrev til Jastrau om at forhindre at "den første Forårsdag" blev sat til Salg, og i stedet for blev opført som tilhørende F.M. Jeg ved imidlertid intet som helst om den Amerikaudstilling hvor det er gået hen. Hvad der eventuelt skal gøres dersom Billedet allerede er udstillet e.l. ved jeg ikke. Ligefrem at skrive at det er købt til F.M. går jo ikke da man så risikerer at skulle betale Salgsprovision af de 6000 Kr det er ansat til i Udlandet. Det rigtigste vilde vel være om De selv skrev et Par Ord til V. Jastrau derom. Det tager en vældig Tid hvis hans Breve skal gå herned til mig først. Med venlig Hilsen
+Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-02-28</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Fritz Syberg</t>
   </si>
   <si>
     <t>Pisa
-Via St. Lucia 3</t>
-[...6 lines deleted...]
-Jens Jensen
+Via San Lorenzo 44</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
 Villum Jensen
-Anna Syberg
+Peter Paul Rubens
 Clara Syberg
 Ernst Syberg
+Franz Syberg
+Hans  Syberg
 Lars Syberg</t>
   </si>
   <si>
-    <t>Johannes V. Jensen forlod i efteråret 1910 sin stilling ved Politiken og var til slutningen af januar 1911 medarbejder ved dagbladet Riget.
-[...52 lines deleted...]
-Fritz Syberg</t>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Det vides ikke, hvad Botfelder betyder.
+Fritz Syberg har ikke tidligere skrevet til Johannes V. Jensen om pensionæren, og det vides ikke, hvem hun var.
+Else og Johannes V. Jensen kom ikke til Italien for at besøge Anna og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Det er forår efter en mild vinter.
+Syberg-familiens pensionær rejser. Hun skal giftes og har bildt manden ind, at hun er 32, skønt hun er 45 år. Fritz Syberg har diskuteret kvindeidealer med pensionæren, og Anna afbrød og sagde, at Else Jensen var Sybergs idealkvinde. Nu har Fritz Syberg tænkt på, at han gerne vil male et portræt af Else og også af Johannes V. Jensen. Johannes er en mørk albino. Else ligner en germaner eller Rubens' kone. Else og Johannes V. burde komme og være sammen med Syberg-familien en måned eller to i Marina di Pisa, så Fritz kan male dem. Anna tilføjer, at de har lejet en lejlighed i Marina di Pisa, og at der er et værelse til Else og Johannes V. Jensen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/R6Vg</t>
+  </si>
+  <si>
+    <t>Pisa 28 Fbr. 1912
+Via San Lorenzo 44
+Kære Venner, Joh. V. og Else!
+Tak for Fødselsdagsbrevet, som jeg længe har ønsket at besvare, men jeg har intet havt at skrive om før nu. – Vore Breve har vist krysset hinanden – Vi har havt Forår i 1 ½ Måned efter en kort, mild Vinter. Bøndernes Roemarker (Botfelder[)] står i et Blomsterhav, søgt af Millioner Bier, i går så vi det første Kirsebærtræ i Blomst, og Hveden er ikke langt fra at skyde i Vip. Vi skal nu til at omgås lutter Italienere igen, for vor danske Pensionær (Dame) rejser. Jeg er ikke ked derover, hvordan hun vil klare den bliver hendes Sag. Hun skal giftes, hvis det kan gå i Orden. Hun er 45 År, men har bildt Verden og den lykkelige Ægtemand ind at hun er 32. Han er 29. Lykkefølelsen giver sig forskællige Udslag hos Hende. Forleden talte hun om Kvinder. Der burde ingen Forskæl være mellem Mand og Kvinde, de vare sideordnede. Jeg fandt der var en lille Forskæl, Kvinderne kunde bringe Børn til Verden. Så kovendte hun. Kvindernes Opgave, sagde hun, var den, at være en Solstråle. Hun er selv så tynd som – en Solstråle, rigtig hvad Italienerne kalder ”secca”. Det endte med at jeg, på Opfordring, beskrev mit ”Kvindeideal” som hun kaldte det. Jeg gjorde det demonstrativt noget mere omfangsrigt end en Solstråle, men det går som Fynboerne siger, der er intet man så let forsnakker sig med som med Munden. Da jeg var kommen til et vist Punkt i Beskrivelsen afbryder min Kone mig: ”og så skal hun være fyldig, blegrød, [kommaet overstreget] med en stor Krone af lyseblondt Hår og hedde Else Joh. V. Jensen” Jeg havde ikke skænket Else en Tanke – det indrømmer jeg – men jeg kunde ingen Indvendinger gøre – for det passede. Jeg hævnede mig så på anden Måde. Dette er Indledningen til noget Du skrev i Dit Brev, som kastede en Brand i min Sjæl, som man siger. Nemlig at male Else. Jeg forestillede mig – for Maleren i mig er grådig – at tilbringe – Gud ved hvor lang Tid – Sommerstid – med at lave 10-20 Aquarelstudier af Dig og Else og så ende med et stort Billede, Friluft – Sol mange lyse Farver. Hvor jeg gærne vilde knække Halsen på en sådan Opgave Betænkeligheder har jeg havt af forskællig Art. Den værste er ikke den at jeg så må forlade Arbejdet her i Pisa, men det er den, at det vilde være Synd at plage Jer, selv om I skulde være skikkelige nok til at indlade [jer] herpå…..
+Der er noget i Arten af Jeres [”Arten af Jeres” overstreget] den forskællige Art af Jeres Blondhed der har beskæftiget mig lige siden jeg aflagde mit første Besøg hos Jer. Der er noget ved Joh. V. som om Naturen på et eller andet tidlig Tidspunkt af hans Liv, måske i Morders Liv, har [”har” overstreget] en kort Tid har havt lumske Planer med at gøre ham til Albino, sådan en snefarvet Islænder med Hår som bleget Hør og skinnende hvide Øjenvipper, men så har betænkt sig, og for at skjule det, har gjort Dig så mørk som det er mulig at gøre en Albino under nordiske Breddegrader. Hos Else derimod er Blondheden drevet ud i det lyseste. Jeg har set flere såkald[t]e guldhårede der gjorde et langt mørkere Indtryk. Omtrent på samme Måde som jeg hørte en Sanger sige at han havde den lyseste Baryton i Verden, han kendte mange Tenorer hvis Stemmer var meget mørkere end hans. Else ligner ikke de blonde svenske ”flickor”, Men [”men” indsat over linjen] meget mere Germanerne – måske Hollænderinderne F.eks. Rubens Kone, men hun adskiller sig fra de sidste i Øjnenes Udtryk. Hils Jeres Børn Vores Børn har skrevet en Mængde Breve i den sidste Tid hvoriblandt flere med Adr. U Willum Jensen osv. Men de kommer vist aldrig afsted.
+Jeres hengivne
+Fritz Syberg
+Morgenen efter.
+Hvorfor kan I dog ikke komme til Italien og bo hos os en Måned eller to i Marina di Pisa. Så kunde jeg få både i Pose og Sæk både male et Billede af Jer og fortsætte mine Italiensbilleder. 
+Kære Joh V’s Ja hvorfor Fanden kan I ikke komme herned, vi kunde faa det saa storartet i Marinen, der er næsten lige saa smukt som i Tisvilde, vi kunde gøre nogle Smaarejser til Luni og Lucca og se de Porte Danskerne stormede, det er vist de samme Porte der sidder endnu. Jeg vilde [det følgende skrevet lodret langs arkets venstre side] ogsaa gerne se Fritz’es Aquareller af mit Kvindeideal (Else er nemlig ogsaa mit Kvindeideal blive til[)] Vi har allerede lejet en Lejlighed med et Værelse til Jer ogsaa. Elektrisk Lys ogsaa udenfor Døren (i Haven) Tusind Hilsener Anna</t>
   </si>
   <si>
     <t>1911-05-18</t>
   </si>
   <si>
     <t>Carl Balsgaard
 -  Bramsen
 Poul S. Christiansen
 Vilhelm  Hammershøi
 Peter Hansen
 Carl  Hartmann
 Johannes Larsen
 Karl Madsen
 Kristian Møhl
 Laurits Ring
 Peter Rostrup Bøyesen
 Karl Schou
 Henrik Schouboe
 Harald Slott-Møller
 Franz Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Den vedlagte artikel var trykt med illustrationer i Gads Danske Magasin 1910-1911 s. 489-502. Det vides ikke, om Fritz Sybergs artikel blev optaget i Politiken. 
 Franz Syberg (Trylle) led livet igennem af astma og bronkitis. 
@@ -316,747 +1085,50 @@
 8
 har jeg været på den grønne Gren. Mine personlige Fornemmelser over for mit Arbejde er af den Art, at jeg vilde have holdt ud og arbejdet videre, selv om mine Vilkår havde været værre. Jeg har i mit Arbejde fundet Afløb for at de to stærkeste Drifter i mig, min Frihedstrang og min Arbejdstrang, og end ikke Hr. Slott-Møller vil kunne lægge mig nogen Hindring i Vejen. 
 9
 Om man vil unde mig Kunstner navn er en sag der vedkommer andre og ikke mig. Basta!
 Jeg kommer nu til S.M. selv. Hans Kunst har jeg ikke mange Ord at spilde på. Hans Arbejder fra de sidste 14-15 År har på en uhyggelig Måde blottet Skavankerne ved hans Begynderarder (som der knyttedes Håb til). Den Udstilling, han afholdt for nogle År 
 10
 siden, var en Udlevering. Den viste hans Lærreders gabende tomhed. At en Mand går tilgrun [”tilgrun” overstreget] tilgrunde som kunstner er imidlertid ingen Grund til at tage hårdt på ham, tvertimod det vilde være både rimeligt og behageligst for En selv at l [”l” overstreget] anvende Medlidenhed over for ham og ”hænge ham i Stilhed”. Men ved sin Virksomhed som Skribent og Æreskrænker, hvortil man ikke kan tie i al Evighed, 
 11
 nedkalder han selv Ulykkerne over sit Hoved. Man indleder ikke regelret Kamp med en Giftsnog, men bruger de Midler man har for Hånden for at uskadeliggøre den. Hans Edderspændthed er mig ligegyldig. Værre er det at han i sine ”Kritiker” er perfid. Her er et Par Eksempler. I en Anmeldelse af ”den Fri” (Året 1907) hvis Hovedafsnit var et Overfald på 
 12
 mig protesterer S.M. mod den Anmasselse, at ”den fynske Skole” tilegner sig Maleren Møhl. Det gjaldt den Gang om at kunne [ordet ”kunne” overstreget] få Begrebet ”den fynske Skole” [ordet ”Skole” indsat over linjen] sprængt. Derfor var det god Politik at beskærme Møhl, som ingen andre end S.M.s løgnagtige Pen havde indrulleret blandt Fynboerne. Et godtroende Publikum lader sig let binde den Slags Historier på Ærmet, ukendt 
 13
 som de er med de faktiske Forhold. Der er i disse Dage [”i disse Dage” indsat over linjen] blevet sendt mig [”mig” indsat over linjen] S.Ms. sidste Arbejde som Skribent. Det hedder betegnende nok ”Sandhed.” Han lader her [”her” indsat over linjen] Rostrup Boyesen selv udtale, at han er Fynbo. Hvad er Meningen? Har Boyesen betroet Hr. S.M., at han ønsker at klistre sig på os! eller er det Meningen at insinuere, at Fynboerne praler med at have optaget Boyesen 
 14
 i deres Klike? Jeg overlader til Læserne at finde ud af det. Der blev for År tilbage startet flere ”Bevægelser” i dansk Kunst, hvis fornemste Egenskaber var at finde Navn importeret fra Udlandet. Der blev stablet et ”Taarn” op til Ære for Bevægelsen, Folk blev holdt a jour med den i Bladene: ”Maleren N.N. blev i går Symbolist” ……. I Løbet af et Par Måneder var [”var” overstreget] 
 15
 var den død og ikke en Gang Navnet vækker Erindringer. 
 Fynboerne, som intet andet har ønsket end at arbejde i Fred, har man slængt Øgenavnene Bondemalere og den fynske Skole efter. Det var Dragesæd.
 Vi havde Munterhed nok til at gribe Navnene i Flugten og gøre dem til Fanemærke.
 Er det det som driller?
 Den Egenskab hos Slott-Møller, hvor [”hvor” overstreget] som er Grund [”Grund” overstreget og ”Skyld indsat over linjen] Skyld i, at jeg anser en 
 16
 Diskution med ham for ugørlig, vil være klart for Enhver, der erindrer hans Bladkampe med Karl Madsen i Året 1907. Den utrolige Anmasselse, hvormed han behandler enhver Modstander en canaille, betager i hvert Fald mig Appetitten. Han er [”er” overstreget og over linjen erstattet med ”hører”] hører ligesom afdøde Balsgård til en Art Fænomener i dansk Kunsthistorie, som der synes at at være en [”at være en” indsat over linjen] Lov for Gentagelsen af. Lad ham stå som den han er, et Eksempel der kan tjene andre til Skræk og Advarsel. Fritz Syberg. Pisa 19 Maj 1911</t>
   </si>
   <si>
-    <t>1911-12-13</t>
-[...695 lines deleted...]
-  <si>
     <t>1913-05-01</t>
   </si>
   <si>
     <t>Frankfurt</t>
   </si>
   <si>
     <t>Martin Rosholt
 Ernst Syberg</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913, hvor Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
 Det vides ikke, om "den gamle ged" er et dyr eller et menneske, og rovmoderen er også ukendt.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 3426, Lb. 3, 014</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse spiser, mens de venter på, at posthuset åbner. De spørger, om det er dejligt at være hjemme på Pilegaarden igen. 
 De to er ærgelige over, at der ikke er brev fra forældrene.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rDCL</t>
   </si>
   <si>
     <t>[Fortrykt på s. 1:]
@@ -1100,122 +1172,50 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V1gj</t>
   </si>
   <si>
     <t>[På kortets billedside er fortrykt:]
 Gartenwirtschaft
 "Restauration zum Gambrinus"
 Ebbenheim b. Wiesbaden. Bes. Jean Roos
 Haltestelle der electr. Strassenbahn. Telephon 3313
 [På kortets tekstside er fortrykt:]
 Postkarte
 No. 696 R. Konrady Kunstverlag Wiesbaden 139
 [I adressefeltet er håndskrevet med blåt:]
 H Lars Syberg
 Via S Luca 1.
 Pisa 
 Italien
 [Adressen er overstreget med sort. Med sort håndskrift er skrevet:]
 Kjerteminde
 Danimarca
 [I tekstfeltet er håndskrevet:]
 1 Maj
 Kære Sakker!
 Nu er det jo Din Fødselsdag maa jeg ønske Dig til Lykke Besse og jeg sidder her i den Restauration Du ser her paa Kortet og spiser. Mange Lykønskninger fra Hans</t>
-  </si>
-[...70 lines deleted...]
-Jeg er i Dag kørt mod et Træ saa jeg maatte gaa til en Cykelsmed med min Cykel nu er den god igen men nu er Besses skidt der er ved at blive sat et Dæk paa Hans</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1292,51 +1292,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Thrz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uyKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Thrz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uyKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M30"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1413,1274 +1413,1274 @@
       </c>
       <c r="H2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>27</v>
-      </c>
-[...15 lines deleted...]
-        <v>31</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D5" s="5" t="s">
+      <c r="F5" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E5" s="5" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H5" s="5" t="s">
+      <c r="H5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>45</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>46</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>47</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-        </is>
+        <v>50</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H6" s="5" t="s">
-        <v>50</v>
+      <c r="H6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I6" s="5" t="s">
         <v>51</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>52</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>54</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="F7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F7" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H7" s="5" t="s">
+      <c r="H7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I7" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>60</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>61</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="5" t="n">
-        <v>1912</v>
+      <c r="A8" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="D8" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="E8" s="5" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H8" s="5" t="s">
+      <c r="H8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="K8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L8" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="J8" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="I9" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="5" t="s">
+      <c r="J9" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="D9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="5" t="s">
+      <c r="K9" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="F9" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I10" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="J10" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="I10" s="5"/>
-      <c r="J10" s="5" t="s">
+      <c r="K10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L10" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I11" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="B11" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="J11" s="5" t="s">
         <v>85</v>
-      </c>
-[...2 lines deleted...]
-        <v>80</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>86</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>87</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      <c r="G12" s="5" t="s">
         <v>90</v>
       </c>
+      <c r="F12" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I12" s="5"/>
+      <c r="I12" s="5" t="s">
+        <v>92</v>
+      </c>
       <c r="J12" s="5" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>43</v>
+        <v>98</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I13" s="5"/>
       <c r="J13" s="5" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>101</v>
+        <v>39</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>102</v>
+        <v>40</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>103</v>
+        <v>41</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>104</v>
-[...4 lines deleted...]
-        </is>
+        <v>83</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H14" s="5" t="s">
-        <v>105</v>
+      <c r="H14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I14" s="5" t="s">
         <v>106</v>
       </c>
       <c r="J14" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="K14" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="K14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="L14" s="6" t="s">
+      <c r="M14" s="5" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E15" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="B15" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D15" s="5" t="s">
+      <c r="F15" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I15" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="E15" s="5" t="s">
+      <c r="J15" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="F15" s="5" t="s">
+      <c r="K15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L15" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="G15" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I15" s="5" t="s">
+      <c r="M15" s="5" t="s">
         <v>115</v>
-      </c>
-[...12 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="J16" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="B16" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E16" s="5" t="s">
+      <c r="K16" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="F16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="G16" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H16" s="5" t="s">
+      <c r="M16" s="5" t="s">
         <v>122</v>
-      </c>
-[...13 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="K17" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="L17" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="B17" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>129</v>
-      </c>
-[...26 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="K18" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="L18" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="B18" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E18" s="5" t="s">
+      <c r="M18" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="F18" s="5" t="s">
-[...24 lines deleted...]
-      <c r="M18" s="5"/>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>136</v>
+        <v>110</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>101</v>
+        <v>39</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>102</v>
+        <v>40</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>112</v>
+        <v>41</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>130</v>
+        <v>91</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I19" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="K19" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="J19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="K19" s="5" t="s">
+      <c r="M19" s="5" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="E20" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="B20" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E20" s="5" t="s">
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
         <v>147</v>
-      </c>
-[...11 lines deleted...]
-        </is>
       </c>
       <c r="I20" s="5" t="s">
         <v>148</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>149</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>150</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>151</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
         <v>153</v>
       </c>
       <c r="B21" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="C21" s="5" t="s">
-[...24 lines deleted...]
-      <c r="J21" s="5" t="s">
+      <c r="K21" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="K21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="L21" s="6" t="s">
+      <c r="M21" s="5" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="B22" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F22" s="5" t="s">
+      <c r="I22" s="5"/>
+      <c r="J22" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="G22" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I22" s="5" t="s">
+      <c r="K22" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="J22" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>163</v>
       </c>
-      <c r="L22" s="6" t="s">
+      <c r="M22" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="M22" s="5" t="s">
+    </row>
+    <row r="23">
+      <c r="A23" s="5" t="n">
+        <v>1912</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D23" s="5" t="s">
         <v>165</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="5" t="s">
+      <c r="E23" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="B23" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E23" s="5" t="s">
+      <c r="I23" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="F23" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I23" s="5" t="s">
+      <c r="J23" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="J23" s="5" t="s">
+      <c r="K23" s="5" t="s">
         <v>169</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L23" s="6" t="s">
         <v>170</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>102</v>
+        <v>15</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>112</v>
-[...5 lines deleted...]
-        <v>161</v>
+        <v>98</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H24" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I24" s="5" t="s">
+      <c r="H24" s="5" t="s">
         <v>173</v>
       </c>
+      <c r="I24" s="5"/>
       <c r="J24" s="5" t="s">
         <v>174</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>175</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>176</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>178</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>101</v>
+        <v>154</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>102</v>
+        <v>179</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>112</v>
+        <v>180</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>179</v>
+        <v>99</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>161</v>
+        <v>181</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H25" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H25" s="5" t="s">
+        <v>182</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>181</v>
+        <v>20</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>101</v>
+        <v>154</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>102</v>
+        <v>15</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="F26" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="I26" s="5"/>
+      <c r="J26" s="5" t="s">
         <v>161</v>
-      </c>
-[...14 lines deleted...]
-        <v>188</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>189</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>190</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>192</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>102</v>
+        <v>193</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>112</v>
+        <v>16</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>194</v>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>196</v>
+        <v>20</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>197</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>198</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>200</v>
+        <v>15</v>
       </c>
       <c r="D28" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="E28" s="5" t="s">
+      <c r="I28" s="5" t="s">
         <v>202</v>
       </c>
-      <c r="F28" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H28" s="5" t="s">
+      <c r="J28" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="I28" s="5" t="s">
+      <c r="K28" s="5" t="s">
         <v>204</v>
       </c>
-      <c r="J28" s="5" t="s">
+      <c r="L28" s="6" t="s">
         <v>205</v>
       </c>
-      <c r="K28" s="5" t="s">
+      <c r="M28" s="5" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="B29" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E29" s="5" t="s">
+      <c r="I29" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="F29" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I29" s="5" t="s">
+      <c r="J29" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="J29" s="5" t="s">
+      <c r="K29" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="K29" s="5" t="s">
+      <c r="L29" s="6" t="s">
         <v>213</v>
       </c>
-      <c r="L29" s="6" t="s">
+      <c r="M29" s="5" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="D30" s="5" t="s">
         <v>216</v>
-      </c>
-[...7 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>217</v>
       </c>
       <c r="F30" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
         <v>218</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="I30" s="5" t="s">
         <v>219</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>220</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>221</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>222</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>223</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>