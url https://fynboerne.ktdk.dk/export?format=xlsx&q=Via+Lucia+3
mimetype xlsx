--- v1 (2025-11-19)
+++ v2 (2026-02-28)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="224" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -106,939 +106,170 @@
   <si>
     <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Fritz Syberg fortæller om rejsen til Pisa. Den gik over Hamburg, Frankfurt og Luzern, hvor de overnattede på hotel, gik tur og så på søen og bjergene. Derefter kørte de i ét stræk til Pisa. Her boede de to en halv dag på hotel, og derefter fandt de en lejlighed. Madam Battoni er deres værtinde. Hun er fransk-tysk og taler trods sine 10 år i Pisa elendigt italiensk. Besse vikler allerede sit tørklæde om hovedet som en italiener, og Sakker har spurgt, om faderen tror, hans hår kan blive mørkt i løbet af de næste to år, som er den tid, familien har tænkt sig at blive i Italien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/NDZ9</t>
   </si>
   <si>
     <t>Pisa 1 Decbr. 1910
 Kære Joh. V. og Else!
 Nu er vi altså landet i Pisa. Vi kom lidt mere hovedkulds afsted end jeg havde ventet mig. Anna fik Rejsefeber da vi kom til Kjerteminde og så smittede hun mig og vi gjorde os hurtigt færdig. Torsdag Aften Kl. 8 rejste vi fra Kjerteminde og havde egentlig besluttet at tage hele Turen udi et Drag. Vi frygtede for at det skulde blive for drøjt for de Små, men med dem gik det over Forventning storartet. Fredag Morgen var vi i Hamborg – om Aftenen Kl 9 i Frankfurt – Lørdag Morgen Kl. 6 i Basel, men så kunde Besse ikke længer Den unge Frøken var blevet ”søsyg”. Vi nøjedes så med at tage til Luzern hvor vi var Kl. 9 Formiddag og fandt os et Hotel ”Zum goldenen Loewe” Det var trods sit drabelige Navn et hyggeligt og renligt (som alle Schwitzerhoteller) lille Hotel. Vi blev bænkede om et stort rundt Bord alle 8 ved hver en Bøf med Spejlæg og en Seidel Bier. Desværre var det Regn og tyk Luft, men der var dog et Øjeblik hen under Aften hvor det klarede af så Børnene fik Rigi og Pilatus [de to næste ord indsat over linjen] at se. Vi gik en Tur ned ad Verdens berømteste Promenade, en klippet Alle (Kastaniealle?) langs med Vierwaldstädtersøen. Den var på denne Årstid fuldstændig mennesketom og Rille, (der stadigvæk vedbliver at være den Kjerteminder han er uden at lade sig påvirke [ordet påvirke overstreget] imponere af nogen Rejsevidundere) benyttede Lejligheden til [et ord overstreget og ulæseligt. Over dette er det følgende ord skrevet] udenfor en stor Villahave at lægge sit Visitkort. Søndag Morgen (fra Luzern) var det heldigvis fuldstændig klart og Bjergene om Luzern så imponerende ud. Turen over St. Gottard og helt ud til Lombardiet foregik i det vidunderligste Solskin. Men så kom Tågen igen og Sneen. Jo længere vi kom sydpå jo mere Sne. Først da vi var på den anden Side Appeninerne blev Luften mild igen, men her langs Middelhavet regner det lidt for meget. Vi rejste fra Luzern og til Pisa ud i en køre fra Kl 7 Morgen til næste Dags Morgen Kl. 4 opholdt vi os på Pisas Banegård i 4 Timer og tog så en Droske ud til et Hotel i Byens modsatte Side ”Albergo Garibaldi” der var os anbefalet af Zahrtmann. Vi boede der i to en halv Dag for 30 Lire med omtrent fuld Pension. Værtinden og hendes tre Døtre konkurrerede i Tykkelse. Den ældste Datter tror jeg gik af med Prisen. [Tegning af tyk kvinde i venstre side] De omfavnede og kyssede Høns ved Afskeden i går og vi har lovet at besøge dem på Søndag.
 Vi har nu fået en Lejlighed inde i Byen. Vor Værtinde her er fransk (”Parisienne”) hvad der er meget rart for Sprogets Skyld. Jeg troede ikke jeg kunde noget fransk men hvor det dog er en Lettelse at kunde blande et Par Sprog sammen når man ikke [ordet ”ikke” overstreget] kun kan [ulæseligt ord] i dem begge.
 Hvad det er for en ”lingua franca” Madam Battoni lærer os må Vorherre vide Hun er som hun siger født i Paris, men Moderen var tysk og hun har nu boet 10 År i Pisa uden at kunne lære italiensk, så nu kan hun hverken fransk italiensk eller tysk. Forresten er hun tiltalende. En ægte fransk Skude.
 Det er Sjov at se hvor forskælligt Børnene tager det at være i fremmed Land. Besse er allerede Italiener. Hun ejer et hvidt Tørklæde (Halstørklæde) men nu knytter hun det om Hovedet a l’Italienne, og sin fine nye Hat som hun var så glad ved da vi rejste hjemme fra (og forresten under hele Rejsen) den ser hun ikke til mer. Sakker er også meget spændt på om han kan blive Italiener i Løbet af to År. (den Tid vi har tænkt os at blive her) Han sagde forleden til mig i et fortroligt Øjeblik: ”helt sort Hår kan jeg vist ikke nå at få på to År, men tror Du ikke nok at [det] bliver lidt mørkt” - - .
 Mange Hilsener til Børnene og Jer selv
 Eders hengivne
 Fritz Syberg
 Adr.
 Sig. Batoni Lorenzo
 Via Sancta [”Sancta” overstreget] Lucia 3
 Pisa</t>
   </si>
   <si>
-    <t>1911-12-13</t>
-[...364 lines deleted...]
-    <t>Mads Rasmussen</t>
+    <t>1910-12-06</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen</t>
   </si>
   <si>
     <t>Pisa</t>
-  </si>
-[...420 lines deleted...]
-    <t>Else Jensen</t>
   </si>
   <si>
     <t>Jacobys Allé 2 København</t>
   </si>
   <si>
     <t>Lorenzo Battoni 
 Johannes V. Jensen</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg med børn rejste 25. november 1910 til Pisa for at blive der i tre år. Den første korte tid boede de på et hotel og derefter i en lejet lejlighed Via San Lucia 1 og 3. Herfra flyttede de senere til Via San Lorenzo.
 Fotoet på postkortet er formodentlig fra Natural Park Migliarino San Rossore.</t>
   </si>
   <si>
     <t>Anna Syberg beder Else V. Jensen sende en opskrift på appelsinmarmelade. Anna og familien har det bedre, end Anna havde troet, at de ville få det</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Thrz</t>
   </si>
   <si>
     <t>[Fortrykt på kortets billedside:]
 Pisa – S. Rossore – Dromedari al Passolo
 [Kortets tekstside:] 
 Fru Joh V. Jensen
 Jacobys Allé 2
 Kjøbenhavn
 Danimarca
 Kære Else
 Vil Du ikke være saa elskelig art sende mig Opskriften paa Din Appelsinmarmelade. Smør er nemlig saa dyrt og daarligt, og Appelsinder saa billige, saa Marmelade paa Brødet til Morgenkaffen vilde være bedre og billigere. Vi har det ellers glimrende, langt bedre end jeg havde ventet mig det. Jeg tænker tit paa Dignaar vi ser et eller andet , Du vilde tit ryste af Latter. Hils Joh. V. Mange Hilsner Din Anna.
 [Skrevet på hovedet øverst på kortet:]
 Signor Battoni Lorenzo
 Via S. Lucia 3
 Pisa</t>
   </si>
   <si>
-    <t>1912-12-05</t>
-[...14 lines deleted...]
-Jeg skrev til Jastrau om at forhindre at "den første Forårsdag" blev sat til Salg, og i stedet for blev opført som tilhørende F.M. Jeg ved imidlertid intet som helst om den Amerikaudstilling hvor det er gået hen. Hvad der eventuelt skal gøres dersom Billedet allerede er udstillet e.l. ved jeg ikke. Ligefrem at skrive at det er købt til F.M. går jo ikke da man så risikerer at skulle betale Salgsprovision af de 6000 Kr det er ansat til i Udlandet. Det rigtigste vilde vel være om De selv skrev et Par Ord til V. Jastrau derom. Det tager en vældig Tid hvis hans Breve skal gå herned til mig først. Med venlig Hilsen
+    <t>1910-12-09</t>
+  </si>
+  <si>
+    <t>Pisa
+Via St. Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Lorenzo Battoni 
+Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen forlod i efteråret 1910 sin stilling ved Politiken og var til slutningen af januar 1911 medarbejder ved dagbladet Riget.
+Slaget ved Solferino fandt sted den 24. juni 1859 og førte til sejr for de allierede franske hære under Napoleon 3. af Frankrig og Kongeriget Sardiniens hær under Victor Emanuel 2. af Italien (også kaldet den fransk-sardiske alliance) mod den østrigske hær under kejser Franz Joseph I.
+Non capisco (italiensk): Jeg forstår ikke</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er glad for, at han alligevel ikke skal levere en tekst til tidsskriftet Riget.
+Værtinden har fortalt, at kvinder af 1. klasse bærer hat i Pisa, så Besse (Johanne) har fundet sin frem igen. Sakker (Lars) er blevet beundret af tre unge kvinder, mens han tegnede Det Skæve Tårn. 
+Værtinden prøver at få Rille (Ernst) til at kysse sig, men han gør modstand. Værtindens mand har været gift to gange før, har ca. 18 børn og var med i slaget ved Solferino.
+Sybergfamilien vil blive i Pisa længe. Norditalierne bygger så smukt, og farverne er skønne. Syberg savner dog de danske fjorde lidt. Regnvejr ser helt anderledes ud i Italien end i Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MSU6</t>
+  </si>
+  <si>
+    <t>Pisa 9-12-10
+Sig. Lorentzo Batoni
+Via St. Lucia 3
+Kære Joh. V og Else!
+I Dag øsregner det. Tak for Dit Brev med Fotografierne Anna i Sengen er god. Nå ”Riget” går ikke. Det letter mig lidt. Jeg har jo lovet at sende Jer noget om Sverigsturen. Hvad jeg har skrevet derom ligger i min Kuffert et eller andet Sted i Tyskland på Vej herned. Men nu kan jeg altså lade være med at tænke på den Ting foreløbig. Tak for ”Musefamilien” Den er meget underholdende at gætte sig frem i. Jeg havde ellers bestemt at lave en lille Skizze – jeg laver en hver Dag – men som sagt det øsregner, og så fristede det mig at sende Jer et Par Ord. Hvor skal jeg begynde. Ja Besse har taget til Hatten igen. Vor Værtinde oplyste os om, at der hersker en meget streng Adskillelse mellem Damer af 1ste Kl., og do [”do” indsat over linjen] af ”Folket” her i Pisa, og Kendetegnet er at alle Damer gå med Hat mens en Kvinde af Folket går barhovedet. Derimod har hun (Besse) [”(Besse)” indsat over linjen] fået anbragt et Par store højrøde Sløjfer i Håret ved Ørerne, hvilket så vidt jeg kan skønne er fuldstændig ”comme il faut” her på Pladsen. Nolle lever i sin egen Verden og følger alligevel på en eller anden ubegribelig Måde med i den Verden som omgiver hende. Sakker er [et par bogstaver overstreget] mild. Han begynder at forstå Iteliensk. Forleden var han med ude at tegne. Jeg sad på Pladsen ved Domkirken og tegnede et Stykke af den tykke Bymur Sakker havde stillet sig op ved Domen og tegnede det skæve Tårn. Jeg fandt ham omringet af tre smukke italienske Ungmøer der pludrede op til ham mens Sakker halvt flov over Situationen passede sit Arbejde. De unge Piger var meget henrykte over ham. Jeg spurgte ham om hvad de havde sagt til ham. ”Ja jeg forstod ikke hvad Pigerne sagde til mig og så [ordet ”så” indsat over linjen] sagde jeg ”non capisco” men der ha [”ha” overstreget] var to Soldater som havde set på mig og spurgt om jeg var Italiener”. Det er vor Værtindes opgave (bl.a.) at få Rille til at give sig et Kys. Hun udtrykker det således: ”geb’ mich ein Küs – ” når Rille så spræller, fortsætter hun ”non non non, nicht mit Gewalt, par d’amour”. Det er ellers nogle tiltalende Værtsfolk vi har. Manden er en ægte Italiener og Kraft-Karl. Har været gift to Gange forud og har havt sådan noget som 18 Børn. Han har været Soldat, været med i flere Bataljer bl.a. Slaget ved Solferino og har tre Tapperhedsmedaljer. Vi har tænkt os at blive i Pisa i længere Tid. v [bogstavet overstreget] Klimaet er dejligt og Byen ganske dejlig. Det kan ikke skjules at det er med en ubehagelig Gysen man tænker på Arkitekturen norden for Alperne. Jeg ved ikke hvad der er mest ubegribelig enten at Italierne har så let ved at bygge smukt eller at Nordeuropæerne har så svært ved det. Det simpleste Hus her er fornemt. Og Murene og Broerne om og over Arnoen, uden at være særlig store i Volumen er de majestætisk skønne. I Farve er nu den okkergule lerede Arno og al det lysegule og lyserøde Murværk og Marmor helt ovenud.
+Men der er jo dette med Fynshoved og de danske Fjorde. Nå Fanden i Vold med alle Grublerier, lad os nyde Livet og håbe på at det bliver langt.
+Det regner stadig. Det er mærkelig så ensartet skyet Luft former sig her i Italien De fantastiske og truende Fænomener man er vant til at se i Luften hjemme findes ikke her. Her findes kun en Slags jævnt graat i graat Skyer. Hilsen til Jer alle 4 fra os alle her.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1910-12-16</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Lorry Feilberg
+Niels Hansen
+Johannes Larsen
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 129</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Mads Rasmussen fra Pisa om erhvervelse af værker af Niels Hansen til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J0Kl</t>
+  </si>
+  <si>
+    <t>Pisa 16 Dcbr. 1910
+[sdr?]
+Signor Lorenzo Batoni
+Via Santa Lucia 3
+Kære Direktør Rasmussen
+Jeg har fået Brev fra Johs. Larsen med Forslag om at erhverve et Billede af Niels Hansen til Fåborg Musæet. Såvidt jeg husker blev det bestemt at når et Komitemedlem opholdt sig i Udlandet mistede han Stemmeretten, så jeg ved ikke om jeg for Tiden kan øve nogen Indflydelse på Indkøbet til F.M. Jeg har på et tidligere Stadium foreslået Lützhøft at købe et eller andet Billede af N.H. og det der er Joh Larsen har foreslået mig - Portrætet af Lory Feilberg - har jeg intet at indvende imod. Jeg vilde dog foreslå Dem at der bliver samlet en Del Billeder sammen af N. Hansens at som Komiteen kunde se på inden man bestemmer sig. Jeg kunde nemlig godt tænke mig at N.H. ejer en Del Skizzer som det vilde være morsomt for F.M. at eje og desuden [overstreget ord] er N.H. så god en Maler at det sandsynligvis tør købes mere end et Billede af ham og når man køber samlet kan der jo købes noget billigere. Som sagt jeg ved ikke om jeg for Tiden er stemmeberettiget, men i bekræftende Fald stemmer jeg ja på Lory Feilberg.
+De bedste Hilsener til Dem og Deres Frue fra os alle her. Vi er nu blevet husvante. Vi har fået nogle udmærkede Værtsfolk. Manden er Italiener, gammel Soldat med tre Tapperhedsmedaljer - har været med i Slaget ved Solferino. Fruen er Pariserinde hvad der er meget rart da min Kone og jeg kan n lille Smule fransk Italiensken er jo foreløbig terra inkognita. Jeg har begyndt at male nogle Gadepartier fra Arnoen.
 Deres hengivne
 Fritz Syberg</t>
-  </si>
-[...44 lines deleted...]
-Kære Joh V’s Ja hvorfor Fanden kan I ikke komme herned, vi kunde faa det saa storartet i Marinen, der er næsten lige saa smukt som i Tisvilde, vi kunde gøre nogle Smaarejser til Luni og Lucca og se de Porte Danskerne stormede, det er vist de samme Porte der sidder endnu. Jeg vilde [det følgende skrevet lodret langs arkets venstre side] ogsaa gerne se Fritz’es Aquareller af mit Kvindeideal (Else er nemlig ogsaa mit Kvindeideal blive til[)] Vi har allerede lejet en Lejlighed med et Værelse til Jer ogsaa. Elektrisk Lys ogsaa udenfor Døren (i Haven) Tusind Hilsener Anna</t>
   </si>
   <si>
     <t>1911-05-18</t>
   </si>
   <si>
     <t>Carl Balsgaard
 -  Bramsen
 Poul S. Christiansen
 Vilhelm  Hammershøi
 Peter Hansen
 Carl  Hartmann
 Johannes Larsen
 Karl Madsen
 Kristian Møhl
 Laurits Ring
 Peter Rostrup Bøyesen
 Karl Schou
 Henrik Schouboe
 Harald Slott-Møller
 Franz Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Den vedlagte artikel var trykt med illustrationer i Gads Danske Magasin 1910-1911 s. 489-502. Det vides ikke, om Fritz Sybergs artikel blev optaget i Politiken. 
 Franz Syberg (Trylle) led livet igennem af astma og bronkitis. 
@@ -1085,50 +316,747 @@
 8
 har jeg været på den grønne Gren. Mine personlige Fornemmelser over for mit Arbejde er af den Art, at jeg vilde have holdt ud og arbejdet videre, selv om mine Vilkår havde været værre. Jeg har i mit Arbejde fundet Afløb for at de to stærkeste Drifter i mig, min Frihedstrang og min Arbejdstrang, og end ikke Hr. Slott-Møller vil kunne lægge mig nogen Hindring i Vejen. 
 9
 Om man vil unde mig Kunstner navn er en sag der vedkommer andre og ikke mig. Basta!
 Jeg kommer nu til S.M. selv. Hans Kunst har jeg ikke mange Ord at spilde på. Hans Arbejder fra de sidste 14-15 År har på en uhyggelig Måde blottet Skavankerne ved hans Begynderarder (som der knyttedes Håb til). Den Udstilling, han afholdt for nogle År 
 10
 siden, var en Udlevering. Den viste hans Lærreders gabende tomhed. At en Mand går tilgrun [”tilgrun” overstreget] tilgrunde som kunstner er imidlertid ingen Grund til at tage hårdt på ham, tvertimod det vilde være både rimeligt og behageligst for En selv at l [”l” overstreget] anvende Medlidenhed over for ham og ”hænge ham i Stilhed”. Men ved sin Virksomhed som Skribent og Æreskrænker, hvortil man ikke kan tie i al Evighed, 
 11
 nedkalder han selv Ulykkerne over sit Hoved. Man indleder ikke regelret Kamp med en Giftsnog, men bruger de Midler man har for Hånden for at uskadeliggøre den. Hans Edderspændthed er mig ligegyldig. Værre er det at han i sine ”Kritiker” er perfid. Her er et Par Eksempler. I en Anmeldelse af ”den Fri” (Året 1907) hvis Hovedafsnit var et Overfald på 
 12
 mig protesterer S.M. mod den Anmasselse, at ”den fynske Skole” tilegner sig Maleren Møhl. Det gjaldt den Gang om at kunne [ordet ”kunne” overstreget] få Begrebet ”den fynske Skole” [ordet ”Skole” indsat over linjen] sprængt. Derfor var det god Politik at beskærme Møhl, som ingen andre end S.M.s løgnagtige Pen havde indrulleret blandt Fynboerne. Et godtroende Publikum lader sig let binde den Slags Historier på Ærmet, ukendt 
 13
 som de er med de faktiske Forhold. Der er i disse Dage [”i disse Dage” indsat over linjen] blevet sendt mig [”mig” indsat over linjen] S.Ms. sidste Arbejde som Skribent. Det hedder betegnende nok ”Sandhed.” Han lader her [”her” indsat over linjen] Rostrup Boyesen selv udtale, at han er Fynbo. Hvad er Meningen? Har Boyesen betroet Hr. S.M., at han ønsker at klistre sig på os! eller er det Meningen at insinuere, at Fynboerne praler med at have optaget Boyesen 
 14
 i deres Klike? Jeg overlader til Læserne at finde ud af det. Der blev for År tilbage startet flere ”Bevægelser” i dansk Kunst, hvis fornemste Egenskaber var at finde Navn importeret fra Udlandet. Der blev stablet et ”Taarn” op til Ære for Bevægelsen, Folk blev holdt a jour med den i Bladene: ”Maleren N.N. blev i går Symbolist” ……. I Løbet af et Par Måneder var [”var” overstreget] 
 15
 var den død og ikke en Gang Navnet vækker Erindringer. 
 Fynboerne, som intet andet har ønsket end at arbejde i Fred, har man slængt Øgenavnene Bondemalere og den fynske Skole efter. Det var Dragesæd.
 Vi havde Munterhed nok til at gribe Navnene i Flugten og gøre dem til Fanemærke.
 Er det det som driller?
 Den Egenskab hos Slott-Møller, hvor [”hvor” overstreget] som er Grund [”Grund” overstreget og ”Skyld indsat over linjen] Skyld i, at jeg anser en 
 16
 Diskution med ham for ugørlig, vil være klart for Enhver, der erindrer hans Bladkampe med Karl Madsen i Året 1907. Den utrolige Anmasselse, hvormed han behandler enhver Modstander en canaille, betager i hvert Fald mig Appetitten. Han er [”er” overstreget og over linjen erstattet med ”hører”] hører ligesom afdøde Balsgård til en Art Fænomener i dansk Kunsthistorie, som der synes at at være en [”at være en” indsat over linjen] Lov for Gentagelsen af. Lad ham stå som den han er, et Eksempel der kan tjene andre til Skræk og Advarsel. Fritz Syberg. Pisa 19 Maj 1911</t>
   </si>
   <si>
+    <t>1911-12-13</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Richard Bergh
+Frederik Grundtvig
+Johannes Larsen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+I Rigets Julehæfte 1911 blev der aftrykt en del af Johannes Larsens billeder med tilhørende tekster af Johannes V. Jensen. 
+Johannes V. Jensen fik nytårsdag 1911 en artikel om fetichisme trykt i et tidsskrift. Heri forsvarede han van Gogh og Cézanne. Litt.: Per Dahl og Aage Jørgensen: Johannes V. Jensen og fynbomalerne. I: Du danske Sommer. Fynbomalerne og de jyske forfattere i samklang. Malene Linell Ipsen (red.) Johannes Larsen Museet 2007, s. 56</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har modtaget Rigets Julehæfte. Det er nemmere for forfattere end malere at få deres værker udbredt, idet tekster kan trykkes. Syberg tænker på dansk vinter og på et af Grundtvigs vers, når han læser Johs. V. Jensens ord. 
+Familien trives i Pisa. Syberg tegner og maler på sin lille altan. Han er dybt imponeret over, hvad italienerne har skabt af sten og marmor, men det og landbrugsarbejdet slider også indbyggerne op. 
+Familien har været på tur til San Gingliano, hvor der var vinstokke og oliventræer på terrasser.
+Italienerne mishandler dyr. Kvinderne er smukke, men de lugter af hvidløg, kaffe og moskusparfume.
+Syberg har hyret en italiensklærer. Familiens værtinde deltager i undervisningen. 
+Zahrtmann er glad for Johs. V. Jensens artikel om fetich.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytyR</t>
+  </si>
+  <si>
+    <t>Pisa 13 Decbr. 1911
+casa Batoni S. Lucia 3
+Kære Joh. V. og Else.
+Det er undertiden lettere at tale i et Brev end med Munden, og da jeg, som I forstår trænger til at bruge Kæften lidt får I et Brev. Vi har fået tilsendt Rigets Julehæfte. Det var både [””var både” overstreget] er [”er” indsat over linjen] kønt (og det må være morsomt for Las), men jeg kunde alligevel ikke lade være med at overveje hvor I som bruger Pennen dog har et [”et” overstreget] en stor [et t i slutningen af ordet overstreget] Fortrin [”trin” overstreget] del for os stakkels Malere når det gælder om at lade sig mangfoldiggøre i en [”en” overstreget] Viktoriapresse. Dit Bidrag er jo skønt som kun Danmark kan være det. Det er dog både ondt og godt at få en sådan Hilsen fra Danmark, blot den lille Versstrofe, Du ender med, er jo nok til at gøre En forrykt Også de mørke Decemberdage Du indleder Artiklen med har jeg måttet tæmke på. Hvor sådan en sneløs mørk Vinterdag ind under Jul kan være vidunderlig tyst. Jeg må altid tænke på et [”et” overstreget] en Strofe af Grundtvig – en af disse Vidunderlige, han har lavet så mange af – Du kender den naturligvis, men for en Sikkerheds Skyld anfører jeg den: ”Hørt har jeg en lille Fugl – syngende på Kviste – Solen vendte sig [”sig” indsat over linjen] ved Jul – før det Kragen vidste – nu med Glans til Glæde stor – op og ned den går i Nord – som en Helt lyshåret – hele Gyldenåret.” Forresten er jeg vist ene her på Pladsen med den Slags Fornemmelser. Såvidt jeg har kunnet observere trives min Familie her som Fisken i Vandet. Det eneste i Danmark, de skulde længes efter at gense, skulde da være Østergade og Amagertorv i København. Italien er og bliver for mig et Arbejde, så skal jeg villig indrømme, at det er et Arbejde som foreløbig interesserer mig meget. Jeg har taget Stade på en lille [”lille" overstreget] lille Altan ud mod Arnoen, hvor jeg har tilbragt en Måned med at fæstne mit første Indtryk af Pisa på Papiret. Det er Arnoen med sit Murværk og sine Broer, Byens Profil op mod Bjærgene. Det er vidunderlig helstøbt og harmonisk. Hvad der først slår mig ved Italien er det kolosale Arbejde, alt sammen udført af Menneskehænder, som ligger bag ved alt. Vi var forleden et [”et” overstreget] en Tur ud til San Gingliano Ad Veje, V [”V” overstreget] makademiserede med [”med” overstreget] ved Århundreders Kørsel på Marmorskærver, så de var lige så glatte som Asfalt, beplantet med ældgamle dejlige Plataner, kom vi ud over en gl [”gl” overstreget] ganske flad Slette, gennemkrysset af et helt Kanalsystem næsten som i Holland. En Times Vej fra Pisa nåede vi San. G. der ligger ved Foden af Bjærgene. De er ikke særlig høje men hæver sig ganske brat som store Marmorblokke der stikker op gennem Jordsmonnet. De er overalt beplantet med Olivenskove. Og [”Og” overstreget] i hver en Revne i Stenen er der plantet en Vinstok. Bjærgskråningerne er beplantet med en Slags Stenhylder, et Slags Blomstertrappe hvor Urtepotterne ere af Klippesten og Planterne Oliventræer. (Tegning i venstre side af arket] Efter som Årene går dækkes mere og mere af af dette menneskeslid af [”af dette Menneskeslid af” indsat over linjen] Planternes Formuldning, så der til sidst kun findes en almindelig Bjærgskov med en ujævn og knudret Bund. Fra disse Bjærge at se ud over Sletten hvor Pisa ligger, er at se ud over en Have hvor hver Håndsbred Jord er behandlet med Hånden. Men hvor er Italienerne dog hærgede af [”af” overstreget] af al dette evige Slid. De er kun [”De er kun” overstreget] Det vil sige den arbejdende Klasse. De er kun unge, til de [”til de” overstreget] Mændene til de har været Soldater og Kvinderne til de har fået det første Barn. Så sætter ”Istiden” ind over dem trods det de lever i et Solland. De ligner forresten deres egne Dyr, som de mishandler så det ikke er til at tænke på.
+Går man på Pisas Gader og over de smukke Broer, på [”på” overstreget] belagt med Stenfliser af forskællig Størrelse [overstregede, ulæselige ord] men omhyggelig passet sammen af flinke Italienernæver, er det det samme der slår En, al det Arbejde de Mennesker dog har måttet udføre. I Nordeuropa er det al Tid Maskindriften og Fabriksdrift [”og Fabriksdrift” indsat over linjen] som sætter sit Præg på Byerne. Fra [”Fra” overstreget] Fra min Altan (hvor jeg forresten føler mig som [”som” indsat over linjen] i min Båd) har jeg også kigget lidt på Italienerinderne, ”löierlige Djur” som Richard Bergh sagde om nogle spanske Kvindemusikere i Stockholm. En masse kan de se dejlige ud, med deres sorte Hår og i deres brogede Klude. Håndbevægelser, Gang, Holdning Fodskifte, kunde nok gøre En – i det mindste en anden En – kulret. Men når man går på Strøget + piazza Garibaldi, ponte di mezzo og så Vittorio Emanuele – og får alt dette vidunderlige tæt ind på Livet, må jeg tidt tænke på det sted [i] Kiplings Eventyr hvor Hvalfisken spørger den lille [”lille” overstreget] Fisk om hvordan Mennesker smager og får det Svar ”dejligt men skarpt”. Stanken af Hvidløg, Muskusparfume, café nero og Pis, kan nok tage Vejret fra En. Vi har taget os en Lærer i italiensk. Det er morsomt. Han taler dejlig klart og jeg håber der skal hænge noget ved. Vor franske Madam, som taler italiensk – ganske vist så rædselsfuldt så det kun kan sammenlignes med hendes tysk: ”daits” kalder hun det – gjorde os Selskab i vores Sprogtimer for at lære at læse italiensk men har opgivet det igen. Hun har været gift med en Italiener og bosat i Pisa i 10 År uden at kunne læse et Ord, det er smukt klaret.
+Aften samme Dag.
+Jeg har lige fået Brev fra Zahrtmann. Han er meget glad ved Din Artikel om Fetisch og i det hele ved Din Virksomhed, det glæder mig fordi jeg selv også er glad ved det samme. Her er i Grunden meget mere at skrive om men mere en anden Gang. Hilsen til Jer begge. Du er askeblond. Else er blond som en Hvedemark – jeg kan lige høre det lille Knæk i hendes Stemme når hun taler i Telefonen, Skade at der ingen Forbindelse er hertil – ingen af Jer lugter af Hvidløg – men I får mig til at mindes Skovduft Hindbærduft og lyse Nætter. Eders heng. Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Georg Brandes
+Gabriel D'Annunzio
+Dankvart Dreyer
+Else Jensen
+Johannes Jørgensen
+Rudyard Kipling
+Vilhelm Kyhn
+Christen Købke
+Sven Lange
+Fillippo Palizzi
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg rejste i november 1910 med deres seks børn til Pisa, hvor de regnede med at blive i flere år og male. Da Anna imidlertid blev gravid med parrets syvende barn, rejste familien i marts 1913 hjem til Danmark.
+Johannes V. Jensen og Aslaug Mikkelsens oversættelse af Rudyard Kipling: Fribytterbreve: De rædselsfulde Nætters By og andre Skizzer udkom i 1912.
+Fritz Syberg kom aldrig til Grønland.
+Campo Santo er begravelseskapellet i Pisa. Fritz Syberg malede flere akvareller af sarkofager og freskoer på dette sted.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for Kipling-bogen. Han har altid været glad for Kipling. Han er ikke så begejstret for Johannes Jørgensen.
+Syberg vil gerne til Grønland og Småland. - Sønnen Hans og han tegner i Campo Santo. 
+Syberg har skrevet en artikel om Filippo Palizzi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/piAk</t>
+  </si>
+  <si>
+    <t>Pisa 
+Via Santa Lucia 1
+Kære Ven
+1000 Tak for Din Bog, og Brev. Bogen modtog jeg for en Times Tid siden og har læst den første Gang, nu glæder jeg mig til at tygge den igennem i Aften inde i Sengen. – Vi har lige fået indlagt elektrisk Lys. – Bogen om Kipling er Jo. V. fra Fad – og den vækker mange glade Minder i mig for ca. 16 År siden dyrkede jeg Kipling (det ejer jeg da endnu) den første Bog jeg læste var ”Lyset der svandt” og jeg blev meget hånet i vor ”Kres” over min Kiplingbegejstring. Men man bar over med mig, jeg var ikke nået til Gabriel d’Annunzio og Sven Lange endnu – det er jeg da for resten ikke nu heller. Af to Grunde er det mosromt at læse Din Bog, først fordi den i og for sig er morsom, dernæst fordi Emnet er mig så godt bekendt. 
+Det eneste der falder mig lidt for Brystet er Johannes Jørgensen, ham kan jeg ikke rigtigt med, og har aldrig kunnet. Han forlod ganske rigtig Brandes, men det skulde han aldrig have gjort, for siden den Tid synes jeg han er blevet skrupkedelig.
+Vi har det godt, jeg mærker jeg godt kan elske vort gamle Land på Afstand. Når jeg en Gang kommer hjem skal det blive rart at komme en Tur til Grønland, eller – hvis Familien holder jer fast på En – til Småland. 
+Hans og jeg tegner græske Sarkofager i campo santo.
+Ja Billedhuggerkunsten er en afdød Kunst og Malerkunsten synger på sit sidste Vers.
+Jeg har begået en Artikel om en italiensk Maler Filippo Palizzi – født 1819 – død 1899 – som jeg synes godt om [de næste tre ord indsat over linjen): - Maleren ikke Artiklen, fandt en Samling på 300 Studier af ham i Rom. Han minder stærkt om vore egne bedste Malere, Købke, Kyhn, Dreyer … men jeg har aldrig hørt hans Navn nævnt. Ham skulde Du se. Her ser I et Par Kort fra Campagnen – er Verden ikke overalt den samme? 
+Mange Hilsener til Else Børnene og Dig selv fra os alle her.
+Din hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-02-28</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 44</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Villum Jensen
+Peter Paul Rubens
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Det vides ikke, hvad Botfelder betyder.
+Fritz Syberg har ikke tidligere skrevet til Johannes V. Jensen om pensionæren, og det vides ikke, hvem hun var.
+Else og Johannes V. Jensen kom ikke til Italien for at besøge Anna og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Det er forår efter en mild vinter.
+Syberg-familiens pensionær rejser. Hun skal giftes og har bildt manden ind, at hun er 32, skønt hun er 45 år. Fritz Syberg har diskuteret kvindeidealer med pensionæren, og Anna afbrød og sagde, at Else Jensen var Sybergs idealkvinde. Nu har Fritz Syberg tænkt på, at han gerne vil male et portræt af Else og også af Johannes V. Jensen. Johannes er en mørk albino. Else ligner en germaner eller Rubens' kone. Else og Johannes V. burde komme og være sammen med Syberg-familien en måned eller to i Marina di Pisa, så Fritz kan male dem. Anna tilføjer, at de har lejet en lejlighed i Marina di Pisa, og at der er et værelse til Else og Johannes V. Jensen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/R6Vg</t>
+  </si>
+  <si>
+    <t>Pisa 28 Fbr. 1912
+Via San Lorenzo 44
+Kære Venner, Joh. V. og Else!
+Tak for Fødselsdagsbrevet, som jeg længe har ønsket at besvare, men jeg har intet havt at skrive om før nu. – Vore Breve har vist krysset hinanden – Vi har havt Forår i 1 ½ Måned efter en kort, mild Vinter. Bøndernes Roemarker (Botfelder[)] står i et Blomsterhav, søgt af Millioner Bier, i går så vi det første Kirsebærtræ i Blomst, og Hveden er ikke langt fra at skyde i Vip. Vi skal nu til at omgås lutter Italienere igen, for vor danske Pensionær (Dame) rejser. Jeg er ikke ked derover, hvordan hun vil klare den bliver hendes Sag. Hun skal giftes, hvis det kan gå i Orden. Hun er 45 År, men har bildt Verden og den lykkelige Ægtemand ind at hun er 32. Han er 29. Lykkefølelsen giver sig forskællige Udslag hos Hende. Forleden talte hun om Kvinder. Der burde ingen Forskæl være mellem Mand og Kvinde, de vare sideordnede. Jeg fandt der var en lille Forskæl, Kvinderne kunde bringe Børn til Verden. Så kovendte hun. Kvindernes Opgave, sagde hun, var den, at være en Solstråle. Hun er selv så tynd som – en Solstråle, rigtig hvad Italienerne kalder ”secca”. Det endte med at jeg, på Opfordring, beskrev mit ”Kvindeideal” som hun kaldte det. Jeg gjorde det demonstrativt noget mere omfangsrigt end en Solstråle, men det går som Fynboerne siger, der er intet man så let forsnakker sig med som med Munden. Da jeg var kommen til et vist Punkt i Beskrivelsen afbryder min Kone mig: ”og så skal hun være fyldig, blegrød, [kommaet overstreget] med en stor Krone af lyseblondt Hår og hedde Else Joh. V. Jensen” Jeg havde ikke skænket Else en Tanke – det indrømmer jeg – men jeg kunde ingen Indvendinger gøre – for det passede. Jeg hævnede mig så på anden Måde. Dette er Indledningen til noget Du skrev i Dit Brev, som kastede en Brand i min Sjæl, som man siger. Nemlig at male Else. Jeg forestillede mig – for Maleren i mig er grådig – at tilbringe – Gud ved hvor lang Tid – Sommerstid – med at lave 10-20 Aquarelstudier af Dig og Else og så ende med et stort Billede, Friluft – Sol mange lyse Farver. Hvor jeg gærne vilde knække Halsen på en sådan Opgave Betænkeligheder har jeg havt af forskællig Art. Den værste er ikke den at jeg så må forlade Arbejdet her i Pisa, men det er den, at det vilde være Synd at plage Jer, selv om I skulde være skikkelige nok til at indlade [jer] herpå…..
+Der er noget i Arten af Jeres [”Arten af Jeres” overstreget] den forskællige Art af Jeres Blondhed der har beskæftiget mig lige siden jeg aflagde mit første Besøg hos Jer. Der er noget ved Joh. V. som om Naturen på et eller andet tidlig Tidspunkt af hans Liv, måske i Morders Liv, har [”har” overstreget] en kort Tid har havt lumske Planer med at gøre ham til Albino, sådan en snefarvet Islænder med Hår som bleget Hør og skinnende hvide Øjenvipper, men så har betænkt sig, og for at skjule det, har gjort Dig så mørk som det er mulig at gøre en Albino under nordiske Breddegrader. Hos Else derimod er Blondheden drevet ud i det lyseste. Jeg har set flere såkald[t]e guldhårede der gjorde et langt mørkere Indtryk. Omtrent på samme Måde som jeg hørte en Sanger sige at han havde den lyseste Baryton i Verden, han kendte mange Tenorer hvis Stemmer var meget mørkere end hans. Else ligner ikke de blonde svenske ”flickor”, Men [”men” indsat over linjen] meget mere Germanerne – måske Hollænderinderne F.eks. Rubens Kone, men hun adskiller sig fra de sidste i Øjnenes Udtryk. Hils Jeres Børn Vores Børn har skrevet en Mængde Breve i den sidste Tid hvoriblandt flere med Adr. U Willum Jensen osv. Men de kommer vist aldrig afsted.
+Jeres hengivne
+Fritz Syberg
+Morgenen efter.
+Hvorfor kan I dog ikke komme til Italien og bo hos os en Måned eller to i Marina di Pisa. Så kunde jeg få både i Pose og Sæk både male et Billede af Jer og fortsætte mine Italiensbilleder. 
+Kære Joh V’s Ja hvorfor Fanden kan I ikke komme herned, vi kunde faa det saa storartet i Marinen, der er næsten lige saa smukt som i Tisvilde, vi kunde gøre nogle Smaarejser til Luni og Lucca og se de Porte Danskerne stormede, det er vist de samme Porte der sidder endnu. Jeg vilde [det følgende skrevet lodret langs arkets venstre side] ogsaa gerne se Fritz’es Aquareller af mit Kvindeideal (Else er nemlig ogsaa mit Kvindeideal blive til[)] Vi har allerede lejet en Lejlighed med et Værelse til Jer ogsaa. Elektrisk Lys ogsaa udenfor Døren (i Haven) Tusind Hilsener Anna</t>
+  </si>
+  <si>
+    <t>1912-12-03</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau
+Johan Christian Petersen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
+  </si>
+  <si>
+    <t>Fritz Syberg glæder sig over, at "Den første Foraarsdag" bliver erhvervet til Faaborg Museet. Han foreslår en ordning mht prisen. Han glæder sig over, at det er Carl Petersens tegning til museet, der er blevet antaget, men fastholder sin indvending. Beder om at få besked, når MR føler sig nogenlunde sikker på, hvornår museet skal åbne, da det vil påvirke FS's planer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rbqn</t>
+  </si>
+  <si>
+    <t>Pisa 3-12-12
+Via S. Lucia
+Kære Hr. Etatsråd Rasmussen !
+Det glæder os meget - ikke mindst min Kone - at "den første Forårsdag" havner i F. Musæet. Det har været under Arbejde fra 1896-1910 og der er begravet en hel Mængde andre Billeder deri -dog alle det samme Motiv : min Kone med et af Børnene. Jeg skal skrive til Jastrau og bede ham ordne det så Billedet opføres som købt af Fåborg Musæet. M.h. til Prisen da stod det på den fri Udstilling til 3000 Kr. Men da jeg selv finder det rimeligt at F.M. får Rabat vil jeg foreslå Dem at vi ordner Sagen således: vi venter med at sætte Prisen til De en Gang får mine Arbejder her fra Italien at se. Skulde De ønske at erhverve en Samtidig af dem til Musæet lader vi det store Billede gå ind i det samlede Indkøb. Jeg er selv interesseret i at blive så godt og så fyldigt repræsenteret på F.M. som mulig. Skulde man eventuelt synes at ingen af mine Arbejder herfra egner sig for Musæet, så sætter jeg som Maksimumpris 2500 Kr. for det store Billede.
+Dersom jeg i Løbet af denne Vinter kunde få en Udbetaling på 1000 Kr - f.Ex. til 1ste Fbr. - vilde det komme mig godt tilpas.
+At det blev Petersens Tegning der blev antaget er jeg glad ved. Min Indvending imod den står jeg dog ved. Jeg synes det er en Fejl at Billedhuggersalen kommer ind midt i Malerisalene. (også på Torvaldsens Musæum er Maleri og Skulptur strengt adskilte.)
+Jeg vilde have syntes det var bedre om Fåborg Museet demonstreredes af Kai Nielsens store Figur af Dem, sammen med hans øvrige Arbejder, og at man så var fri for Skulptur på Resten af sin Vandring gennem Malerisalene. De Musæer jeg under mit Ophold hernede har set hvor Skupltur og Maleri er i for intim Berøring med hinanden har altid hos mig efterladt et kedsommeligt Indtryk. Hvorimod de strengt instruktive har været de morsomste. Men ingen Regel uden Undtagelse, man skal jo som bekendt ikke være doktrinær.
+Når Carl Petersen allerede nu synes at F. Musæet bliver det bedste næst Thorvaldsens, så vil jeg håbe på at vi andre må synes det samme når vi ser det færdigt. 
+Dersom De kunde lade mig vide med tilnærmelsesvis Sikkerhed hvornår Musæet tænkes færdigt til at tages i Brug vilde jeg være Dem meget taknemlig. Det vil nemlig betyde en Del for mine nærmeste Fremtidsplaner om jeg først skal hjem til Danmark til Jul næste År. (når jeg skal have Udstilling i Kunstforeningen) eller på et tidligere Tidspunkt. Vi har det alle godt. Med mange Hilsener til Dem og Familie fra os alle her er jeg Deres hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-12-05</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har skrevet til Viggo Jastrau for at forhindre, at "Den første Forårsdag" blev sat til salg, men foreslår at Mads Rasmussen også selv skriver for at bringe sagen i orden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uyKW</t>
+  </si>
+  <si>
+    <t>Pisa 5-12-12
+Via S Lucia
+Kære Hr. Etatsraad Rasmussen
+Jeg skrev til Jastrau om at forhindre at "den første Forårsdag" blev sat til Salg, og i stedet for blev opført som tilhørende F.M. Jeg ved imidlertid intet som helst om den Amerikaudstilling hvor det er gået hen. Hvad der eventuelt skal gøres dersom Billedet allerede er udstillet e.l. ved jeg ikke. Ligefrem at skrive at det er købt til F.M. går jo ikke da man så risikerer at skulle betale Salgsprovision af de 6000 Kr det er ansat til i Udlandet. Det rigtigste vilde vel være om De selv skrev et Par Ord til V. Jastrau derom. Det tager en vældig Tid hvis hans Breve skal gå herned til mig først. Med venlig Hilsen
+Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1913-01-29</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 30</t>
+  </si>
+  <si>
+    <t>Fritz Syberg kvitterer for en check fra Mads Rasmussen. Familien har det godt og tænker på hjemrejse, men der er ikke fastlagt noget tidspunkt. Fritz regner dog med at være hjemme når rugen står i "vip", da han har noget, han skal have malet ved den tid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VEbA</t>
+  </si>
+  <si>
+    <t>Pisa 29-1-13
+Via S Lucia 1
+Kære Hr Etatsråd Rasmussen
+Jeg har i Dag modtaget en Cheque på 1000 K fra Dem hvorfor herved kvitteres. Vi er alle raske og har det godt, og tænker så småt på Hjemrejse endnu er det ikke bestemt når vi drager hjem. Men det er dog ikke usandsynligt at jeg er i Svanninge når Rugen står i Vip, da jeg har noget og skal have malet ved den Tid. Med Hilsen til Dem og Frue er jeg 
+Deres hengivne 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1913-02-06</t>
+  </si>
+  <si>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>Familien Syberg sender mange hilsner til Mads Rasmussen og familien. Sybergs har været i Rom og Fritz vil gerne tilbage ved lejlighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZmpP</t>
+  </si>
+  <si>
+    <t>Hr Etatsraad
+Mads Rasmussen
+Skjoldsgade 10
+Kjøbenhavn
+Danimarca
+Poststemplet: 6 feb.
+Mange Hilsener fra Familien Syberg. 
+Rom er et dejligt Sted men dyrt. Dog tror jeg hvis alt går vel, at jeg må herned en Gang igen Dette Besøg har kun sat Appetitten op. Om nogle Dage rejser vi hjem til Idyllen i Pisa og til Arbejdet. 
+Mange Hilsener til Dem alle. Deres hengivne Fritz Syberg - fra 1st Nobr Via Santa Lucia N1. Pisa</t>
+  </si>
+  <si>
+    <t>1913-04-14</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Fritz Syberg
+Lars Syberg
+Franz Syberg, Freiherr</t>
+  </si>
+  <si>
+    <t>Ravenna</t>
+  </si>
+  <si>
+    <t>Clara Syberg
+Ernst Syberg
+Franz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Negrene var Hans og Johannes mindre søskende, som alle var meget solbrændte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 001</t>
+  </si>
+  <si>
+    <t>Hans og Johanne er ankommet til Ravenna. De kan ikke forstå, hvad folk siger. Alle cykler i øvrigt. 
+De har set mosaikker og fik nogle englændere til at betale entreen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U22A</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortet s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+l Signor
+Fritz Syberg
+Via Santa Lucia 1
+Pisa
+Ravenna 14-4-13.
+Kære Allesammen.
+I Morges Kl. 8 tog vi fra de 3 Negre, hvor vi havde sovet dejligt og billigt, vi kom her til Ravenna Kl. 11, vi havde godt Vejr og Vej, - kun blæste det lidt en temmelig kold Vind, her er skam ikke saa varmt som i Pisa, - det er vældig grinagtig at vi ikke forstaar et Ord af hvad Folk siger, [s. 2] det er som om vi var kommen til et helt andet Land, - - Alle Mennesker cycler her, selv de gamle hvidhaarede Bønderkoner triller afsted med Pakkerne under Armen. 1000 Kys fra Besse.
+Kære Far og Mor og Negerinde og Negre. Vi har i Dag set paa en hel Masse Mosaikker de var dejlige og for at spare Penge gik vi sammen med nogle Eg ["Eg" overstreget] Engle-lændere som vi lod betale for os. Mange Hilsner til jer allesammen fra Hans.</t>
+  </si>
+  <si>
+    <t>1913-04-17</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Venedig</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S. Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Maraviglia: Vidunderlig
+Bebone: Meget godt</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, Lb. 3, A 3426, 003</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MsE</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+Ao
+[Håndskrevet s. 1:]
+l Signori Pittori Sybergi
+Via S. Lucia /II piano
+Pisa.
+Venezie 17/4 1913
+Kære Allesammen
+Vi kom her til Venedig i Gaar Aftes efter at have set Padova, Giottos Fresker kostede os 2 L de var rigtig gode selvom Campo santo Freskerne i Pisa er bedre nu gaar vi paa Posthuset for at se om der er Breve 1000 Kys Besse 
+[S. 2] I Dag har vi set paa Duerne paa Markuspladsen og været lidt inde at set paa Kirken nu sidder vi og drikker Kaffe i en Kaffé. Mange Hilsner til jer allesammen fra Hans jeg haaber i P ["P" overstreget] pakker flittig medens vi triller rundt i den vide Verden.
+Kære allesammen. Che maraviglia Venezia, vi kom efter det var bleven mørkt og Gondolerne sejlede i Maaneskin med ad Kanalerne, vi fandt et glimrende Hotel, det er tysk vi fik et Værelse under den sædvanlige Pris et dejlig et uden Sovekammerfims og Væggelus, dem har vi nemlig ellers mærket lidt til i de andre Hoteller. Vi har været en Tur med Damper det koster 10 Øre. I Aften eller i Morgen Aften skal vi prøve en Tur i Gondol. Hans er desværre bleven saa tyk [skrevet op langs venstre margen] at hans Bagdæk er sprungen, det var helt nyt (10 Lire)
+[skrevet øverst på kortets s. 1 og på hovedet:] saa vi maa købe et nyt vores Penge slaar ellers rigtig godt til naar vi engang i mellem spiser tørt Brød, men det er jo ogsaa "benone"</t>
+  </si>
+  <si>
+    <t>1913-04-20</t>
+  </si>
+  <si>
+    <t>Verona</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S. Lucia 1</t>
+  </si>
+  <si>
+    <t>Giannina Infante</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Pisa.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 004</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse skal nu besøge Fru Infante. De har endnu ikke været hos vekselerer efter penge, men de kom gratis ind i amfiteatret. 
+Næsten alle taler tysk. Hans og Besse har set et luftskib.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V5WQ</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+Sybergs
+Via S Lucia 1
+Pisa
+Verona 20/4 - 13
+Kære Allesammen
+Vi har faaet Jeres Brev til Morgen. Nu har vi lige spist og skal hen at besøge Fru Infantes Søster Vi har ikke været hos Vexeler endnu saa vi ved ikke hvor mange P ["P" overstreget] Penge vi har. I Morgen skal [side 2] Vi ["Vi" overstreget] vi vidre nord paa hvor vi saa haaber at finde Brev i Bozen. Vi opdagede at det er Søndag i Dag ved at vi kunne komme frit ind i Amfiteatret. Hils Mimi Fru Infante og hvem der ellers er. Mange Hilsner fra Hans.
+Kære Allesammen. Vi kom hertil i Aftes efter at have cyclet 133 km. - Man har næsten ikke Brug for at kunne tale italiensk, alle taler tysk. Vi har været i Amfiteatret. I Morgen rejser vi nord paa. Vi skal i Eftermiddag hen at faa vores Penge omsat i tyske og østrigske - vi har 170 Lire. Mange Hilsener og Kys Besse.
+[Skrevet på side 1 i venstre margen] Vi spurgte efter Vej hos en Dreng som vi da vi var oppe hos Fru Infantes Søster fik at vide var hendes Søn. - Vi har set et flyvende Luftskib.</t>
+  </si>
+  <si>
+    <t>1913-04-21</t>
+  </si>
+  <si>
+    <t>Serravalle</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 005</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse har måttet betale 20 kr. i told for cyklerne, og de har kun 20 kr. tilbage, til de når München. De håber ikke, at de skal betale for at komme over grænsen. Spidsestedet, hvor de er, har foræret dem en flaske vin. De cykler i bjergene, og det er smukt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yTkm</t>
+  </si>
+  <si>
+    <t>Sybergs
+Via S Lucia
+Pisa
+Italia
+Serravalle 21-4-13
+Kære Far og Mor
+Vi er her et Sted i Østrig hvor vi sidder i [noget af papiret mangler] Haus og sp [papir mangler] og Brød. Vi har maattet deponere 120 Kr. i Told for Cyklerne saa vi har kun 20 Kr at leve for til vi naar den tyske [s. 2] Grænse og faar vores Penge tilbage igen (for at komme ind i Tyskland skal vi vidst ikke betale noget), det er ellers et dejligt Sted vi er vi cykler mellem høje Bjærge ved Siden af en dyb klar Flod og med en vældig Varme i Ryggen. Vi skal vidre for at se om vi kan naa Neumarkt inden Solen gaar ned [tegning af nedgående sol]. Mange Hilsner fra Hans til Jer alle.
+Kære Allesammen. - Det var jo en ordenlig Forbauselse med de 120 Kroner, vi haaber at vi ikke skal betale ved den tyske Grænse for vi har 20 Kroner tilbage som vi saa maa naa München med. Her hvor vi spiser har de foræret os en Flaske Vin, de syntes vidst vi saa tørstige ud at de fik Medlidenhed med os. Nu gaar den snart opad i Bjærgene mod Brenner - her er meget smukt. Mange Hilsner og Kys fra Besse.</t>
+  </si>
+  <si>
+    <t>1913-04-22</t>
+  </si>
+  <si>
+    <t>Italien
+Brixen</t>
+  </si>
+  <si>
+    <t>Pisa
+Via Lucia</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb.3, 006</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uQiK</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) cyklede 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 006</t>
+  </si>
+  <si>
+    <t>Hans' bagdæk springer gang på gang. Dagen før måtte han og Johanne/Besse trække cyklerne til en restaurant, hvor de spiste og fik nogle kæmpestore øl. Eftersom de to ikke har ret mange penge tilbage, drikker de vand, når de finder en bæk, og de medbringer brød, ost og pølse.
+Hans og Johanne har mødt et par søde tyskere, som vandrer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jXdK</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet:]
+Syberg
+Via S Lucia
+Pisa 
+Italia
+[Håndskrevet i tekstfeltet s. 1:]
+22/4 1913
+Kære Allesammen
+Vi er paa Vej til Brenner op til Grönvold er der fra Bolzano 50 Km og lutter Bakke saa vi opgiver at faa ham at se ogsaa fordi vi har saa venig Geld og fordi det ikke var sikkert at vi kunde træffe ham. Det gaar ikke ret godt [et overstreget bogstav] med det tyske men man kan tildels klare sig med italiensk. Grüss Gott fra Hans eller hvad det nu hedder
+[S. 2] Kære Allesammen. I Aftes Kl circa 8 sprang Hanses Bagring, vi gik til vores Bestemmested hvor vi med meget Besvær fik dem forklarede hvad vi vilde, vi fik et dejligt Værelse og gik ned for at spise og drikke vi fik hver et Krus Øl som paa Størrelse som det skæve Taarn kun at det var lige indtil vi havde tømt det, da saa vi først hvor skævt det var - I Dag drog vi videre und ["und" overstreget] uden andre Uheld end at Hans's forbandede Bagring er sprungen 4 Gange, vi har Brød og Ost og Pølse med so ["so" overstreget]; ved hver Bæk standser vi lægger os paa Maven og drikker "Guds klare Vand" vi har jo ikke Raad til at smage paa Øllet i disse Dage hvis vi skal naa til München med vores - c. 15 Kroner og 49 hel[ulæseligt] Vi har lige mødt et Par Bisser ligesom os der er kun den Forskel at de er tyske og de ["de" overstreget] er til Fods, vi skal skynde os at naa dem de er gaaet i Forvejen medens vi aad, forslugne som vi er. Her er dejligt hvor vi sidder. Aa, Hans staar i dette Øjeblik og taler med en ung Tysker, som har været i Aarhus. Han ligger og ryger i den stegende Sol Mange Kys Besse
+Nu sprang Bagringen igen, Gud ved [teksten fortsætter op langs højre margen] hvornaar vi naar Brenner?
+[Skrevet langs venstre margen:] Nu har vi mødt vores Tyskere, de kommer fra Rom, de er vældig søde</t>
+  </si>
+  <si>
+    <t>1913-04-23</t>
+  </si>
+  <si>
+    <t>Brennerpasset</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.
+Det vides ikke, hvem Svenden er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 007</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse sidder i en dejlig skov. Der er ingen røvere; men et par, der spurgte, hvad cyklerne har kostet. De to måtte gå til Franzenfeste, hvor de fik et hotelværelæse, men ingen mad. Potten var ikke tømt, og der var sovekammerdunst, væggelus og lus. Hans' cykel er meget elendig, men den skal holde til grænsen.
+Ved Brennerpasset er der sne, en brusende flod og blomstrende krokus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KzcD</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet:]
+Sybergs
+Via S Lucia 1
+Pisa
+Italia
+[Håndskrevet i tekstfeltet s. 1:]
+23/4 - 13
+Kære Allesammen.
+Vi sidder i en Skov og drikker "Kaffe" af en dejlig Bæk og spiser Ostemad til det er en dejlig Fyrreskov med enkelte Birke ved Vandløbene, og her er ingen Røver i denne dejlige Skov undtagen et Par vi mødte i Aftes da vi kom gaaende til Franzenfeste hvor vi var i Nat de spurgte om hvad Cyklerne havde kostet men [s. 2] mente saa alligevel at det ikke kunde betale sig at myrde os. Vi skal se hvor langt vi kan naa i Dag. Mange Hilsener Hans
+Kære Allesammen. Vi har nu taget Afsked med vores søde Rejsefæller. - - 
+Vi kom altsaa gaaende til Franzenfeste hvor vi fik et Værelse til 1,60 Kr det var rigtig godt, hvis bare Potten havde været slaaet ud og Sovekammerdunsten mindre kraftig, naa, vi spiste en glimrende Aftensmad den bestod af 2 Glas Vand og lagde os med alt Tøjet paa og snorksov, det var forresten rent overflødigt for jeg tror ikke vi kan blive mere bidt af Væggelus og rigtige Lus end vi allerede er. Hanses Cycle ligner en lidende Hospitalslem saa indbunden er den, den skal jo holde til Grænsen hvor vi haaber at faa vores Penge igen. Mange Kys fra Besse - i dette Øjeblik kom den Tysker som har været i Danmark forbi
+Kl 1.10 Brennerpasset
+Vi er heldige naaet herop langs en brusende Bjergstrøm og i mellem Millioner af blomstrende Krokus, her ligger en to tre Snedriver som vi slaas med. Mange Hilsner fra Hans Hils Svenden og sig at jeg skriver naar jeg faar Raad. - -
+Hils alle i Pisa.</t>
+  </si>
+  <si>
+    <t>1913-04-25</t>
+  </si>
+  <si>
+    <t>München</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 009</t>
+  </si>
+  <si>
+    <t>Hans beder sine forældre skrive til Bolzano og få dem til at sende pengene. På hotellet vil de ikke udbetale, ford han og Johanne/Besse ikke har rigtige pas.
+Hans' bagdæk sprang igen sidste aften, og til morgen har han fået et nyt sat på. Det var noget helt nyt at kunne cykle hurtigt. Da de to holdt pause for at få øl, mødte de en ung mand, som de fulgtes med de næste 40 km.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wsaG</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i kortets adressefelt:]
+Signori
+Syberg.
+Via S. Lucia 1 II p.
+Pisa
+Italien
+[Håndskrevet i kortets tekstfelt:]
+München 25-4-13
+Vi er paa Posthuset og har faaet Jeres Kort, men tror I at det kan nytte at vi skriver til Bozen og beder dem sende Pengene det kommer I vidst til at gøre, de ved vel nok i Bozen hvem der har afsendt Pengene men om at vi er de rigtige ved de jo ikke. Vores Penge her i München ["her i München" indsat over linjen] faar vi [s. 2] i Morgen paa Hotel, "drei Reben" hvor vi bor de vil ikke give os dem nu fordi vi ingen rigtige Pas har. Mange Hilsner Hans.
+Kære Allesammen. I Aftes igen sprang Hans's Bagring og vi maatte gaa til Rosenheim hvor vi sov om Natten, om Morgenen fik vi en ny Ring og nyt Dæk sat paa - 14 "14" overstreget - Vi for afsted det var en ["en" overstreget] noget helt nyt for os at vi ikke skulde lappe Cycle, da vi havde kørt 20 Km skulde vi ind og ha os godt Bæger Øl vi bad om sort Øl som de slet ikke forstod hvad vi mente med, pludselig hører vi en begynde at grine af vores Tysk, det var en lystig Nordmand som vi saa drak sammen med og fulgtes med de sidste 40 Km. Egentlig er han ikke Nordmand hans Mor er norsk [et overstreget bogstav] og han har været nogen Tid i Norge. Hans har lappet hans Cycel for at have lidt at vende sig af med, nu da hans egen er god igen. Mange Kys fra Besse
+[Tegning af ølkrus] Skaal.</t>
+  </si>
+  <si>
+    <t>1913-04-26</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien. 
+Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Borgen var allerede i 1913 en ruin.</t>
+  </si>
+  <si>
+    <t>Den følgende dag kører Hans og Johanne/Besse mod Ingolfstadt og Nürnberg. De vil finde nogle slægtninge. München er en voldsom by. Hans og Besse har spist voldsomt meget på hotellet. Postbuddet vækkede dem om morgenen og overrakte 129 Mark. Johanne beder forældrene købe mandolinstrenge. Hans vil have øl i Tyskland efter at have drukket vand i Østrig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fwJv</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+[Håndskrevet i adressefeltet:]
+Signori
+Syberg
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Ny adresse skrevet:]
+Kerteminde
+Danimarc
+[Håndskrevet i tekstfeltet:]
+München 26-4-1913
+Kære Allesammen
+I Morgen tidlig drager vi videre til Ingolstadt, - - Nürnberg og saa op mod Köln, det er jo ikke den lige Vej til Danmark, men vi vil hellere tage den for at se om vi kan finde nogle af vore kære Slægtninge [s. 2] München er dog en drabelig By vi har et Kort over den, ellers var det umuligt at finde rundt i den - I Aftes spiste vi en Masse dejlig Mad af Brød spiste vi op mod en c 40 panini, paa Hotellet kunde de slet ikke tænke sig at vi havde spist saa meget og skrev paa Regningen meget ["meget" overstreget] et meget mindre Antal, vi drak hver 2 Bayere mørkt Øl og Hans ekstra et Bæger lyst, om Morgenen blev vi vækket ved at Postbudet efter at have banket en meget lang Tid paa Døren bragte os 129 M. - - - Vil I ikke købe nogle Strænge og og (stecche) det er dem til at spille med endelig meget bløde, de aller blødeste I kan faa Mange Kys. Besse. til Mandolinerne.
+Kære Allesammen!
+Har vi drukket af Guds klare Vand i Østrig saa vil vi sgu ha' en "Bayer" medens vi er her vi drikker paa Kraft. mange Hilsner fra Hans</t>
+  </si>
+  <si>
+    <t>1913-04-27</t>
+  </si>
+  <si>
+    <t>Pfaffenhofen</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien.
+Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Det var dette sted, Hans og Johanne Syberg ønskede at besøge.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 010</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w14X</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i adressefeltet:]
+Sybergs
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Ny håndskrevet:]
+Kerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+Pfafferhofen 27/4 - 13
+Kære Allesammen!
+Vi sidder i en lille Ølknejpe og venter paa at faa nogle Pølser. Vi cyklede fra München i Morges ved 9Tiden. Vores Rejseplan er den at vi tager fra Nürnberg [s. 2] og Frankfurt til Reihnen som vi saa køre langs med til Köln og saa vidre over Hagen til Hamburg og Danmark denne ["denne" indsat over linjen] Vej er knap 300 Km længere end den lige Vej og en Del Bjærgfuld men vidst smukkere og saa er der jo vore Slægtninge saa vi tager af den. Vi har spist en Omgang Pølser men maa have en til inden vi tager vidre. Mange Hilsner fra Hans. 
+[Skrevet på hovedet på s. 2:] Kære Allesammen. Pølser er godt. Nu har vi spist hver 5, med Snapse og 2 Bæger Øl. Uhm, hvor det var dejlig. Nu skal vi videre, det er frygtelig varmt, meget varmere end i la bella Italia, vi er begyndt at glemme [skrevet lodret langs højre margen:] det italienske, det var dog vældig tidligt.</t>
+  </si>
+  <si>
+    <t>Bayern</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 011</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse spiser noget, der ligner blodpølse og de får også rugbrød. 
+Donau ligner ved Ingolfstadt en rendesten. De to har været indkvarteret på et meget mærkeligt hotel med for korte senge og en mærkelig vært. De regnede med at blive bestjålet i løbet af natten, men det skete ikke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gXaR</t>
+  </si>
+  <si>
+    <t>[Fortrykt på side 1:]
+Königreich Bayern
+Postkarte
+[Håndskrevet med blåt i adressefeltet:]
+Sybergs
+Via S. Lucia
+Pisa
+Italia
+[Adressen overstreget. Med sort håndskrift er tilføjet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet s. 1:]
+På Vej til Nürnberg 27/4
+Kære Allesammen!
+Vi sidder i en Kro eller hvad det nu er og spiser noget der ser ud som Blodpølser men smager som Sylt. Nu [et overstreget bogstav] har vi spist; vi har faaet Rugbrød det var rigtig dejligt. - Donau som vi kom over i Gaar er ved Ingolfstadt kun en lille beskidt Rendesten.
+[S. 2] Vi har 30-40 Km til Nürneberg og vil nu vidre. Mange Hilsner fra Hans til Jer alle
+Kære Allesammen. I Aftes kom vi til et meget mærkeligt Hotel, vi fik et meget mærkeligt Værelse med meget mærkelige Senge, de var uden Lagener og saa korte at vi maatte ligge bøjet sammen som 5 Tal da vi var ved at klæde os af, kom Værten op og spurgte om vi vilde have Vinduet aabent eller lukket, det maatte han absolut ["absolut" overstreget] vide, - vi ventede at blive bestjaalet om Natten og var meget forbausede da vi om Morgenen fandt vore Mavepengeposer paa Plads og ogsaa vores Cycler. - - Vi kan ["Vi kan" overstreget] Menneskene her er meget forskellige fra de lystige og smukke Østrigere, - - Til Danmark har vi endnu 1300 Km saa vi tænker ikke at vi kommer [ulæselige ord langs kanten af papiret]</t>
+  </si>
+  <si>
+    <t>1913-04-29</t>
+  </si>
+  <si>
+    <t>Neustadt</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
+Det vides ikke, hvem Stine var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 012</t>
+  </si>
+  <si>
+    <t>Hans og Johanne kom tidligt til Nürnberg og så på byen. 
+Stine har misforstået, hvordan de sloges med sne.
+Der er frygtelig varmt i Bayern, og de to cyklister er våde af sved hele dagen. De ligner landevejsrøvere med støvler uden såler, plettet kjole og mørkbrune ansigter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SlQ5</t>
+  </si>
+  <si>
+    <t>[Fortrykt på side 1:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S. Lucia
+Pisa
+Italia
+[Adressen overstreget. Med håndskrift er tilføjet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet s. 1 langs venstre margen:]
+skrive til Köln
+[Håndskrevet s. 1:] 
+en Kro 29/4 - 13 er I rejst? har I faaet [ulæseligt ord]?
+Kære Allesammen
+Vi kom saa tidligt til Nürnberg igaar at vi fik Byen set med det samme og i Dag har kunnet tage vidre straks. Vi fik i Morges Jeres mærkelige Kort; sig til Stine at hun maa jo være skør paa Rumpen I har [s. 2] misforstaaet os fuldstændig naar vi skrev at vi sloges med 3 Snedriver vi sloges nemlig saadan: [tegning] og vi fyrede hinanden med Sne, der var skam stegende hedt og kun i Bayern er der saa hedt at vi er ved at dø her er meget meget meget meget varmere end i Italien vi er hele Dagen hver Dag gennemblødte af Sved. Sig til Stine at vi har skrevet hver Dag og ikke hved hvordan det kan være at I ikke har faaet Brev hver Dag.
+Kære Allesammen. Vi har lige spist hver 4 Pølser og 2 Glas Øl - her er skrækkelig hedt for hver Dag vi kommer længere Nord paa bliver det varmere, naar vi en ["en" overstreget] naar til Danmark er det nok [overstregede bogstaver] frygtelig varmt. - Vi begynder at ligne Landevejsrøvere. - Hanses Støvler er der ingen Saaler i -, min Kjole er ikke mere graa men tærnet af Olie og Sprøjt fra Vogne vores Ansigter ligner snart et Par Indianeres - . - Vi tænker at kunde være i Köln om 3-4 Dage. Mange Kys fra Besse. bare rolig Stine.</t>
+  </si>
+  <si>
+    <t>1913-04-30</t>
+  </si>
+  <si>
+    <t>Offenbach</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Over Kærby i Danmark efter tre år i Italien. 
+Det vides ikke, hvem Stinne var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 013</t>
+  </si>
+  <si>
+    <t>Johanne og Hans har i slem varme cyklet forbi voldsomt mange frugttræer og gennem en skov fuld af blåbær, men frugt og bær er jo ikke modne endnu. På hotellet måtte de ikke dele værelse, da de ikke er gift. Tyskerne er dumme og storsnudede, og de to savner østrigerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/68Re</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Håndskrevet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+30-4-13 - Offenback.
+Kære Allesammen
+Vi har i Dag haft en dejlig Tur i en ganske forfærdelig Sol som sædvanlig. Foruden de sædvanlig 100000 Frugttræer der staar langs med Vejene er vi kommen igennem en 5 Mil stor Skov hvor der langs Vejen stod i Millionvis af Blaabær vi ærgrede [s. 2] os grønne over at vi var komne paa denne Aarstid og ikke i Frugttiden. Vi bor her paa Hotel Zum Engel dydige Engel burde det hedde; de vilde ikke lade os sove i eet Værelse"den wir nicht verheiratet sind". Vi gaar og spekulere paa hvor I er henne i Verden om I endnu er i Italien eller hvor. I Morgen naar vi sandsynligvis til Rihnen. Mange Hilsner fra Hans
+Kære Allesammen.
+Nu sidder i selvfølgelig i Kærby og Stinne er ikke tilfreds over at der ingen Breve kommer. Tyskerne her er dog nogle rigtige Idioter dumme og storsnudede, vi savner Østrigerne. - Vi er i en By - en Mils Vej fra Frankfurt, - I Dag har vi været ved at dø af Varme her er som i en Bageovn naar vi tænker paa Italien er det ["er det" overstreget] forstaar vi ikke hvordan vi har kunnet holde Kulden ud der. Mange Kys til alle. Besse.</t>
+  </si>
+  <si>
     <t>1913-05-01</t>
   </si>
   <si>
     <t>Frankfurt</t>
   </si>
   <si>
     <t>Martin Rosholt
 Ernst Syberg</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913, hvor Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
 Det vides ikke, om "den gamle ged" er et dyr eller et menneske, og rovmoderen er også ukendt.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 3426, Lb. 3, 014</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse spiser, mens de venter på, at posthuset åbner. De spørger, om det er dejligt at være hjemme på Pilegaarden igen. 
 De to er ærgelige over, at der ikke er brev fra forældrene.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rDCL</t>
   </si>
   <si>
     <t>[Fortrykt på s. 1:]
@@ -1172,50 +1100,122 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V1gj</t>
   </si>
   <si>
     <t>[På kortets billedside er fortrykt:]
 Gartenwirtschaft
 "Restauration zum Gambrinus"
 Ebbenheim b. Wiesbaden. Bes. Jean Roos
 Haltestelle der electr. Strassenbahn. Telephon 3313
 [På kortets tekstside er fortrykt:]
 Postkarte
 No. 696 R. Konrady Kunstverlag Wiesbaden 139
 [I adressefeltet er håndskrevet med blåt:]
 H Lars Syberg
 Via S Luca 1.
 Pisa 
 Italien
 [Adressen er overstreget med sort. Med sort håndskrift er skrevet:]
 Kjerteminde
 Danimarca
 [I tekstfeltet er håndskrevet:]
 1 Maj
 Kære Sakker!
 Nu er det jo Din Fødselsdag maa jeg ønske Dig til Lykke Besse og jeg sidder her i den Restauration Du ser her paa Kortet og spiser. Mange Lykønskninger fra Hans</t>
+  </si>
+  <si>
+    <t>1913-05-02</t>
+  </si>
+  <si>
+    <t>Tyskland
+Nassau</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre års ophold i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 016</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse kørte i bjergene, hvor der var iskoldt, og de mødte en bisse, der ikke ville vise vej. På hotellet var der stor fest, men de to kunne ikke danse med, da de var for våde og beskidte. Festen varede hele natten, og alle var ret fulde. Nu er de på et Gasthaus, hvor der er en stor hund.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uPfr</t>
+  </si>
+  <si>
+    <t>[Fortrykt over adressefeltet:] Postkarte
+[Håndskrevet i adressefeltet:] Signor F Syberg
+Via S Lucia 1
+Pisa - Italien
+[Adressen overstreget. Med anden skrift indsat:]
+Kerteminde
+Danimarca
+Kære allesammen.
+I Gaar i Regnvejr drog vi over Bjærge det var knagkoldt paa Vejen mødte vi en Bisse vi bad ham sige os Vejen han sagde vi kunde følges med ham ["ham" indsat over linjen], vi kunde ikke faa ham til at sige hvormange Km. der var til den første By, naa, men vi kom saamænd hele til Byen, - Paa Hotellet var der Bal og stor Fest, vi ærgrede os over ikke at kunde danse med, vi var nemlig [s. 2] gennemblødte og overstænkede med Skidt helt op i Ansigtet jeg vaagnede tidlig om Morgenen ved nogle mærkelige Hyl af en Violin, - Ballet var endnu ikke færdig - jeg gik i Natkjole ud til mit Udsigtstaarn - WC / i Køkkenet dansede Pigerne og Opvarterne - fra Dansesalen hørte jeg en den sidste Vals blive spillet af en stakkels fuld Spillemand som havde spillet hele Natten og Balgæsterne alle mere eller mindre fulde, - syngende og skraalende danse til det sidste. - Vi fik en dejlig Kop Kaffe med Marmelade og dejlig Smør til. - mange Kys fra Besse
+Kære Allesammen!
+Vi sidder og spiser i et lille Gasthaus hvor de har en mægtig Hund som ser ud som en Løve vi har faaet noget dejlig Mad. Det er Graavejr i Dag og Hundekoldt.
+Mange Hilsner til alle fra Hans</t>
+  </si>
+  <si>
+    <t>1913-05-03</t>
+  </si>
+  <si>
+    <t>Köln</t>
+  </si>
+  <si>
+    <t>Kerte</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med at Syberg-familien flyttede hjem til danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 008</t>
+  </si>
+  <si>
+    <t>Hans og Johanne har ikke fået brev, og de ved ikke, hvor i verden familien er. Nu har de sendt et telegram, for de kan ikke køre videre, før de får svar. 
+Hans er kørt mod et træ, så hans cykel måtte repareres.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RpsI</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S. Lucia 1
+Pisa
+Italien
+[Adressen overstreget og erstattet af håndskrevne ord:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+Kære Allesammen.
+Heller ikke Brev i Köln. Vi aner ikke mere, hvor I er henne i Verden, vi havde ventet der laa Brev i Köln ["i Köln" overstreget] her. - Har i ikke faaet vores Kort??? [S. 2] Vi har nu telegraferet til Kerteminde, vi kan ikke Rejse videre i Dag, fordi vi maa vente paa Svar fra Jer. Vi er bange for at i ikke har faaet vores Kort og er Idioter nok til at styrte Jorden rundt efter os. Mange Hilsner fra Besse.
+Kære Allesammen
+Jeg er i Dag kørt mod et Træ saa jeg maatte gaa til en Cykelsmed med min Cykel nu er den god igen men nu er Besses skidt der er ved at blive sat et Dæk paa Hans</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1292,51 +1292,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Thrz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uyKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Thrz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uyKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M30"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1413,1274 +1413,1274 @@
       </c>
       <c r="H2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      <c r="F5" s="5" t="s">
         <v>43</v>
       </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H5" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I5" s="5" t="s">
+      <c r="H5" s="5" t="s">
         <v>44</v>
       </c>
+      <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>45</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>46</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>47</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>50</v>
-      </c>
-[...11 lines deleted...]
-        </is>
       </c>
       <c r="I6" s="5" t="s">
         <v>51</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>52</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>54</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="F7" s="5" t="s">
-        <v>43</v>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H7" s="5" t="s">
+        <v>58</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>60</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>61</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="5" t="s">
-        <v>49</v>
+      <c r="A8" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>28</v>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H8" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I8" s="5"/>
+      <c r="H8" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>65</v>
+      </c>
       <c r="J8" s="5" t="s">
-        <v>64</v>
-[...4 lines deleted...]
-        </is>
+        <v>66</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>67</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="M8" s="5"/>
+        <v>68</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>72</v>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>28</v>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H10" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="I10" s="5"/>
       <c r="J10" s="5" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-        </is>
+        <v>80</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>81</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>28</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H11" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H11" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="I11" s="5"/>
       <c r="J11" s="5" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>86</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>87</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E12" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="F12" s="5" t="s">
+      <c r="H12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I12" s="5"/>
+      <c r="J12" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="G12" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I12" s="5" t="s">
+      <c r="K12" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="J12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="K12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>98</v>
+        <v>43</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I13" s="5"/>
       <c r="J13" s="5" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
         <v>105</v>
-      </c>
-[...23 lines deleted...]
-        </is>
       </c>
       <c r="I14" s="5" t="s">
         <v>106</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>85</v>
+        <v>107</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>40</v>
+        <v>102</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>41</v>
+        <v>112</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I15" s="5" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="K15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L15" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>40</v>
+        <v>102</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>41</v>
+        <v>112</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>91</v>
+        <v>121</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H16" s="5" t="s">
+        <v>122</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>40</v>
+        <v>102</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>41</v>
+        <v>112</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I17" s="5" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>40</v>
+        <v>102</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>41</v>
+        <v>112</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I18" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="5"/>
       <c r="J18" s="5" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>139</v>
+      </c>
+      <c r="K18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L18" s="6" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="M18" s="5"/>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>110</v>
+        <v>136</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>40</v>
+        <v>102</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>41</v>
+        <v>112</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I19" s="5" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>40</v>
+        <v>102</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>145</v>
+        <v>112</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>146</v>
-[...4 lines deleted...]
-        </is>
+        <v>147</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>130</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H20" s="5" t="s">
-        <v>147</v>
+      <c r="H20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I20" s="5" t="s">
         <v>148</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>149</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>150</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>151</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
         <v>153</v>
       </c>
       <c r="B21" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="E21" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="C21" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E21" s="5" t="s">
+      <c r="F21" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I21" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="F21" s="5" t="inlineStr">
-[...12 lines deleted...]
-      <c r="I21" s="5"/>
       <c r="J21" s="5" t="s">
-        <v>101</v>
+        <v>156</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>15</v>
+        <v>102</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>98</v>
+        <v>112</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>99</v>
-[...4 lines deleted...]
-        </is>
+        <v>154</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>161</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H22" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I22" s="5"/>
+      <c r="H22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>162</v>
+      </c>
       <c r="J22" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="F23" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="K22" s="5" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H23" s="5" t="s">
-        <v>166</v>
+      <c r="H23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I23" s="5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="K23" s="5" t="s">
         <v>169</v>
+      </c>
+      <c r="K23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L23" s="6" t="s">
         <v>170</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="E24" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="B24" s="5" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="F24" s="5" t="s">
+        <v>161</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H24" s="5" t="s">
+      <c r="H24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I24" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="I24" s="5"/>
       <c r="J24" s="5" t="s">
         <v>174</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>175</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>176</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>178</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>154</v>
+        <v>101</v>
       </c>
       <c r="C25" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="E25" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="D25" s="5" t="s">
+      <c r="F25" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I25" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="E25" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="5" t="s">
+      <c r="J25" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="G25" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H25" s="5" t="s">
+      <c r="K25" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="L25" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="J25" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K25" s="5" t="s">
+      <c r="M25" s="5" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I26" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="B26" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H26" s="5" t="s">
+      <c r="J26" s="5" t="s">
         <v>188</v>
-      </c>
-[...2 lines deleted...]
-        <v>161</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>189</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>190</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>192</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="C27" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="E27" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="D27" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="5" t="s">
+      <c r="F27" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="F27" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H27" s="5" t="s">
+      <c r="I27" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="I27" s="5" t="s">
+      <c r="J27" s="5" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>197</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>198</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="C28" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="B28" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D28" s="5" t="s">
-        <v>16</v>
+        <v>201</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>99</v>
-[...4 lines deleted...]
-        </is>
+        <v>202</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>161</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>40</v>
+        <v>102</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>41</v>
+        <v>112</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>91</v>
+        <v>161</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H29" s="5" t="s">
-        <v>209</v>
+      <c r="H29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I29" s="5" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>215</v>
+        <v>102</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>216</v>
+        <v>112</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>217</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>91</v>
+        <v>218</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H30" s="5" t="s">
-        <v>218</v>
+      <c r="H30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I30" s="5" t="s">
         <v>219</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>220</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>221</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>222</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>223</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>