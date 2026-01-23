--- v0 (2025-10-20)
+++ v1 (2026-01-23)
@@ -44,111 +44,909 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1913-04-21</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Serravalle</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 005</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse har måttet betale 20 kr. i told for cyklerne, og de har kun 20 kr. tilbage, til de når München. De håber ikke, at de skal betale for at komme over grænsen. Spidsestedet, hvor de er, har foræret dem en flaske vin. De cykler i bjergene, og det er smukt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yTkm</t>
+  </si>
+  <si>
+    <t>Sybergs
+Via S Lucia
+Pisa
+Italia
+Serravalle 21-4-13
+Kære Far og Mor
+Vi er her et Sted i Østrig hvor vi sidder i [noget af papiret mangler] Haus og sp [papir mangler] og Brød. Vi har maattet deponere 120 Kr. i Told for Cyklerne saa vi har kun 20 Kr at leve for til vi naar den tyske [s. 2] Grænse og faar vores Penge tilbage igen (for at komme ind i Tyskland skal vi vidst ikke betale noget), det er ellers et dejligt Sted vi er vi cykler mellem høje Bjærge ved Siden af en dyb klar Flod og med en vældig Varme i Ryggen. Vi skal vidre for at se om vi kan naa Neumarkt inden Solen gaar ned [tegning af nedgående sol]. Mange Hilsner fra Hans til Jer alle.
+Kære Allesammen. - Det var jo en ordenlig Forbauselse med de 120 Kroner, vi haaber at vi ikke skal betale ved den tyske Grænse for vi har 20 Kroner tilbage som vi saa maa naa München med. Her hvor vi spiser har de foræret os en Flaske Vin, de syntes vidst vi saa tørstige ud at de fik Medlidenhed med os. Nu gaar den snart opad i Bjærgene mod Brenner - her er meget smukt. Mange Hilsner og Kys fra Besse.</t>
+  </si>
+  <si>
+    <t>1913-04-19</t>
+  </si>
+  <si>
+    <t>Vicenza</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S Lucia 1</t>
+  </si>
+  <si>
+    <t>Giannina Infante</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde, da familien skulle flytte hjem efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, 002</t>
+  </si>
+  <si>
+    <t>Venedig var for dyr, så nu er Hans og Johanne på vej til Verona. De håber, der ligger brev til dem.
+De vil besøge Fru Gianninas søster i Verona. I Venedig mødte de en dansk billedhugger, og de blev ved et uheld lukket inde i Sukkenes Bro.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UqIL</t>
+  </si>
+  <si>
+    <t>[Fortrykt på¨postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+Sybergs.
+Via S Lucia 1.
+Pisa.
+Vicenza 19/4 - 13
+Kære Allesammen!
+Vi er paa Vej til Verona Vicenzia var os for dyr i Længden. Vi har kørt 85 km i Dag vi har 51 km tilbage saa er vi i Verona, i Aften er vi der saa hvis I ikke allerede har skrevet til os faar vi [side 2] ikke Jeres Brev men i alle Tilfælde gaar vi paa Posthuset og hvis der ingen Brev er beder vi dem sende mulige Breve B ["B" overstreget] til Bolzano (Bozen) poste restante men vi haaber i har skrevet allerede. I Verona bliver vi altsaa i Morgen og besøger Fru Gianninas Søster og ser paa Kunst. Har I faaet Passet? Nu har vi spist og drukken sur Vin (den er ikke saa god som i Siena) og skal videre i Morgen. Mange Hilsner fra Hans.
+Kære Allesammen I Venedig mødte vi en dansk Billedhuggerinde som vi kender fra Florenz. Vi var i Fængslerne og De sukkendes Bro - hvor vi ved et Uheld blev lukket inde. 1000 Kys Besse</t>
+  </si>
+  <si>
+    <t>1913-04-23</t>
+  </si>
+  <si>
+    <t>Brennerpasset</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.
+Det vides ikke, hvem Svenden er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 007</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse sidder i en dejlig skov. Der er ingen røvere; men et par, der spurgte, hvad cyklerne har kostet. De to måtte gå til Franzenfeste, hvor de fik et hotelværelæse, men ingen mad. Potten var ikke tømt, og der var sovekammerdunst, væggelus og lus. Hans' cykel er meget elendig, men den skal holde til grænsen.
+Ved Brennerpasset er der sne, en brusende flod og blomstrende krokus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KzcD</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet:]
+Sybergs
+Via S Lucia 1
+Pisa
+Italia
+[Håndskrevet i tekstfeltet s. 1:]
+23/4 - 13
+Kære Allesammen.
+Vi sidder i en Skov og drikker "Kaffe" af en dejlig Bæk og spiser Ostemad til det er en dejlig Fyrreskov med enkelte Birke ved Vandløbene, og her er ingen Røver i denne dejlige Skov undtagen et Par vi mødte i Aftes da vi kom gaaende til Franzenfeste hvor vi var i Nat de spurgte om hvad Cyklerne havde kostet men [s. 2] mente saa alligevel at det ikke kunde betale sig at myrde os. Vi skal se hvor langt vi kan naa i Dag. Mange Hilsener Hans
+Kære Allesammen. Vi har nu taget Afsked med vores søde Rejsefæller. - - 
+Vi kom altsaa gaaende til Franzenfeste hvor vi fik et Værelse til 1,60 Kr det var rigtig godt, hvis bare Potten havde været slaaet ud og Sovekammerdunsten mindre kraftig, naa, vi spiste en glimrende Aftensmad den bestod af 2 Glas Vand og lagde os med alt Tøjet paa og snorksov, det var forresten rent overflødigt for jeg tror ikke vi kan blive mere bidt af Væggelus og rigtige Lus end vi allerede er. Hanses Cycle ligner en lidende Hospitalslem saa indbunden er den, den skal jo holde til Grænsen hvor vi haaber at faa vores Penge igen. Mange Kys fra Besse - i dette Øjeblik kom den Tysker som har været i Danmark forbi
+Kl 1.10 Brennerpasset
+Vi er heldige naaet herop langs en brusende Bjergstrøm og i mellem Millioner af blomstrende Krokus, her ligger en to tre Snedriver som vi slaas med. Mange Hilsner fra Hans Hils Svenden og sig at jeg skriver naar jeg faar Raad. - -
+Hils alle i Pisa.</t>
+  </si>
+  <si>
+    <t>1913-04-22</t>
+  </si>
+  <si>
+    <t>Italien
+Brixen</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) cyklede 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 006</t>
+  </si>
+  <si>
+    <t>Hans' bagdæk springer gang på gang. Dagen før måtte han og Johanne/Besse trække cyklerne til en restaurant, hvor de spiste og fik nogle kæmpestore øl. Eftersom de to ikke har ret mange penge tilbage, drikker de vand, når de finder en bæk, og de medbringer brød, ost og pølse.
+Hans og Johanne har mødt et par søde tyskere, som vandrer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jXdK</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet:]
+Syberg
+Via S Lucia
+Pisa 
+Italia
+[Håndskrevet i tekstfeltet s. 1:]
+22/4 1913
+Kære Allesammen
+Vi er paa Vej til Brenner op til Grönvold er der fra Bolzano 50 Km og lutter Bakke saa vi opgiver at faa ham at se ogsaa fordi vi har saa venig Geld og fordi det ikke var sikkert at vi kunde træffe ham. Det gaar ikke ret godt [et overstreget bogstav] med det tyske men man kan tildels klare sig med italiensk. Grüss Gott fra Hans eller hvad det nu hedder
+[S. 2] Kære Allesammen. I Aftes Kl circa 8 sprang Hanses Bagring, vi gik til vores Bestemmested hvor vi med meget Besvær fik dem forklarede hvad vi vilde, vi fik et dejligt Værelse og gik ned for at spise og drikke vi fik hver et Krus Øl som paa Størrelse som det skæve Taarn kun at det var lige indtil vi havde tømt det, da saa vi først hvor skævt det var - I Dag drog vi videre und ["und" overstreget] uden andre Uheld end at Hans's forbandede Bagring er sprungen 4 Gange, vi har Brød og Ost og Pølse med so ["so" overstreget]; ved hver Bæk standser vi lægger os paa Maven og drikker "Guds klare Vand" vi har jo ikke Raad til at smage paa Øllet i disse Dage hvis vi skal naa til München med vores - c. 15 Kroner og 49 hel[ulæseligt] Vi har lige mødt et Par Bisser ligesom os der er kun den Forskel at de er tyske og de ["de" overstreget] er til Fods, vi skal skynde os at naa dem de er gaaet i Forvejen medens vi aad, forslugne som vi er. Her er dejligt hvor vi sidder. Aa, Hans staar i dette Øjeblik og taler med en ung Tysker, som har været i Aarhus. Han ligger og ryger i den stegende Sol Mange Kys Besse
+Nu sprang Bagringen igen, Gud ved [teksten fortsætter op langs højre margen] hvornaar vi naar Brenner?
+[Skrevet langs venstre margen:] Nu har vi mødt vores Tyskere, de kommer fra Rom, de er vældig søde</t>
+  </si>
+  <si>
+    <t>1913-04-20</t>
+  </si>
+  <si>
+    <t>Verona</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S. Lucia 1</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Pisa.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 004</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse skal nu besøge Fru Infante. De har endnu ikke været hos vekselerer efter penge, men de kom gratis ind i amfiteatret. 
+Næsten alle taler tysk. Hans og Besse har set et luftskib.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V5WQ</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+Sybergs
+Via S Lucia 1
+Pisa
+Verona 20/4 - 13
+Kære Allesammen
+Vi har faaet Jeres Brev til Morgen. Nu har vi lige spist og skal hen at besøge Fru Infantes Søster Vi har ikke været hos Vexeler endnu saa vi ved ikke hvor mange P ["P" overstreget] Penge vi har. I Morgen skal [side 2] Vi ["Vi" overstreget] vi vidre nord paa hvor vi saa haaber at finde Brev i Bozen. Vi opdagede at det er Søndag i Dag ved at vi kunne komme frit ind i Amfiteatret. Hils Mimi Fru Infante og hvem der ellers er. Mange Hilsner fra Hans.
+Kære Allesammen. Vi kom hertil i Aftes efter at have cyclet 133 km. - Man har næsten ikke Brug for at kunne tale italiensk, alle taler tysk. Vi har været i Amfiteatret. I Morgen rejser vi nord paa. Vi skal i Eftermiddag hen at faa vores Penge omsat i tyske og østrigske - vi har 170 Lire. Mange Hilsener og Kys Besse.
+[Skrevet på side 1 i venstre margen] Vi spurgte efter Vej hos en Dreng som vi da vi var oppe hos Fru Infantes Søster fik at vide var hendes Søn. - Vi har set et flyvende Luftskib.</t>
+  </si>
+  <si>
+    <t>1913-04-17</t>
+  </si>
+  <si>
+    <t>Venedig</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S. Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Maraviglia: Vidunderlig
+Bebone: Meget godt</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, Lb. 3, A 3426, 003</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MsE</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+Ao
+[Håndskrevet s. 1:]
+l Signori Pittori Sybergi
+Via S. Lucia /II piano
+Pisa.
+Venezie 17/4 1913
+Kære Allesammen
+Vi kom her til Venedig i Gaar Aftes efter at have set Padova, Giottos Fresker kostede os 2 L de var rigtig gode selvom Campo santo Freskerne i Pisa er bedre nu gaar vi paa Posthuset for at se om der er Breve 1000 Kys Besse 
+[S. 2] I Dag har vi set paa Duerne paa Markuspladsen og været lidt inde at set paa Kirken nu sidder vi og drikker Kaffe i en Kaffé. Mange Hilsner til jer allesammen fra Hans jeg haaber i P ["P" overstreget] pakker flittig medens vi triller rundt i den vide Verden.
+Kære allesammen. Che maraviglia Venezia, vi kom efter det var bleven mørkt og Gondolerne sejlede i Maaneskin med ad Kanalerne, vi fandt et glimrende Hotel, det er tysk vi fik et Værelse under den sædvanlige Pris et dejlig et uden Sovekammerfims og Væggelus, dem har vi nemlig ellers mærket lidt til i de andre Hoteller. Vi har været en Tur med Damper det koster 10 Øre. I Aften eller i Morgen Aften skal vi prøve en Tur i Gondol. Hans er desværre bleven saa tyk [skrevet op langs venstre margen] at hans Bagdæk er sprungen, det var helt nyt (10 Lire)
+[skrevet øverst på kortets s. 1 og på hovedet:] saa vi maa købe et nyt vores Penge slaar ellers rigtig godt til naar vi engang i mellem spiser tørt Brød, men det er jo ogsaa "benone"</t>
+  </si>
+  <si>
+    <t>1913-04-25</t>
+  </si>
+  <si>
+    <t>München</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 009</t>
+  </si>
+  <si>
+    <t>Hans beder sine forældre skrive til Bolzano og få dem til at sende pengene. På hotellet vil de ikke udbetale, ford han og Johanne/Besse ikke har rigtige pas.
+Hans' bagdæk sprang igen sidste aften, og til morgen har han fået et nyt sat på. Det var noget helt nyt at kunne cykle hurtigt. Da de to holdt pause for at få øl, mødte de en ung mand, som de fulgtes med de næste 40 km.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wsaG</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i kortets adressefelt:]
+Signori
+Syberg.
+Via S. Lucia 1 II p.
+Pisa
+Italien
+[Håndskrevet i kortets tekstfelt:]
+München 25-4-13
+Vi er paa Posthuset og har faaet Jeres Kort, men tror I at det kan nytte at vi skriver til Bozen og beder dem sende Pengene det kommer I vidst til at gøre, de ved vel nok i Bozen hvem der har afsendt Pengene men om at vi er de rigtige ved de jo ikke. Vores Penge her i München ["her i München" indsat over linjen] faar vi [s. 2] i Morgen paa Hotel, "drei Reben" hvor vi bor de vil ikke give os dem nu fordi vi ingen rigtige Pas har. Mange Hilsner Hans.
+Kære Allesammen. I Aftes igen sprang Hans's Bagring og vi maatte gaa til Rosenheim hvor vi sov om Natten, om Morgenen fik vi en ny Ring og nyt Dæk sat paa - 14 "14" overstreget - Vi for afsted det var en ["en" overstreget] noget helt nyt for os at vi ikke skulde lappe Cycle, da vi havde kørt 20 Km skulde vi ind og ha os godt Bæger Øl vi bad om sort Øl som de slet ikke forstod hvad vi mente med, pludselig hører vi en begynde at grine af vores Tysk, det var en lystig Nordmand som vi saa drak sammen med og fulgtes med de sidste 40 Km. Egentlig er han ikke Nordmand hans Mor er norsk [et overstreget bogstav] og han har været nogen Tid i Norge. Hans har lappet hans Cycel for at have lidt at vende sig af med, nu da hans egen er god igen. Mange Kys fra Besse
+[Tegning af ølkrus] Skaal.</t>
+  </si>
+  <si>
+    <t>1912-11-25</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Via San Lucia 1 Pisa</t>
+  </si>
+  <si>
+    <t>Nils Andersen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien. 
+Historien om et træf på Hotel de la Ville er ikke omtalt i tidligere breve fra Fritz Syberg til Johannes V. Jensen. Fra november 1912 til april 1913 rejste Johs. V. Jensen til Berlin, Weimar, Genua, Suez, Colombo, Singapore, Java, Djakarta, Hong Kong, Shanghai, Peking, Manchuriet, Shenyang, Harbin, Sibirien, Irkutsk, Moskva og Stockholm (johannesvjensen.dk/tidslinje lokaliseret august 2019). 
+Etatsråd Andersen kan være H.N. Andersen.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg vil ikke komme til Hotel de la Ville, da han frygter at komme i selskab med fine herrer og ikke har pænt tøj. Hans gamle sæt tøj kan ikke gøres i stand, og han kan ikke nå at skaffe nyt. 
+Syberg håber, at Jensen fra sin rejse vil sende adresser, så han kan sende breve til ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4h0e</t>
+  </si>
+  <si>
+    <t>Pisa 25-11-12
+Via S. Lucia 1.
+Kære Ven!
+For en Sikkerheds Skyld sender jeg Dig dette. Det er nemlig usikkert at [”at” overstreget] jeg kommer. Ved at se Baedekeren efter opdager jeg at Hotel de la Ville er et meget fint Hotel hvor Du måske tager mig ind sammen med nogle af Samfundets Størrelser x) hjemme fra og Sagen er den at når jeg ikke tur [”tur” overstreget] tør møde enten i Si[ulæseligt] eller hvidt Sommertøj så vil jeg i Øjeblikket blive nød til at optræde som Lazaron. Selvom jeg turde vove mig frem for Dine og de andre ukendte Herrers Øjne i min Lurvethed, så har jeg en sand Skræk for [”for” indsat over linjen] Kelnere på et fint Hotel, når jeg ikke føler mig stivet af ved en efter mine Kår afpasset Påklædning.
+Jeg har konfereret med Anna [et overstreget tegn] om et af mine gamle Sæt kan presses op med nye Læg evt. men det går ikke, Vintertøjet er uigenkaldelig færdig, efter at jeg har slidt på det i tre År. Et nyt Sæt [”Sæt” indsaat over linjen] kan jeg ikke nå at skaffe mig til på Fredag. Det var også svært som det Kort kom bag på mig. Jeg havde efter Dine Breve ikke ventet Du drog af før i Januar. Nå Lykke på Rejsen og send os en Hilsen en Gang imellem. Dersom Du vil opgive Havne og Steder hvor Du kommer hen og eventuelle Adresser skal jeg sende Dig Bulletin’er om vort Leben her.
+For Tiden har vi det, det bedste vi endnu har havt.
+Din hengivne
+Fritz Syberg. 
+[Indsat nederst side 1:] x) Etatsråd Andersen?</t>
+  </si>
+  <si>
+    <t>1911-12-13</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Richard Bergh
+Frederik Grundtvig
+Johannes Larsen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+I Rigets Julehæfte 1911 blev der aftrykt en del af Johannes Larsens billeder med tilhørende tekster af Johannes V. Jensen. 
+Johannes V. Jensen fik nytårsdag 1911 en artikel om fetichisme trykt i et tidsskrift. Heri forsvarede han van Gogh og Cézanne. Litt.: Per Dahl og Aage Jørgensen: Johannes V. Jensen og fynbomalerne. I: Du danske Sommer. Fynbomalerne og de jyske forfattere i samklang. Malene Linell Ipsen (red.) Johannes Larsen Museet 2007, s. 56</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har modtaget Rigets Julehæfte. Det er nemmere for forfattere end malere at få deres værker udbredt, idet tekster kan trykkes. Syberg tænker på dansk vinter og på et af Grundtvigs vers, når han læser Johs. V. Jensens ord. 
+Familien trives i Pisa. Syberg tegner og maler på sin lille altan. Han er dybt imponeret over, hvad italienerne har skabt af sten og marmor, men det og landbrugsarbejdet slider også indbyggerne op. 
+Familien har været på tur til San Gingliano, hvor der var vinstokke og oliventræer på terrasser.
+Italienerne mishandler dyr. Kvinderne er smukke, men de lugter af hvidløg, kaffe og moskusparfume.
+Syberg har hyret en italiensklærer. Familiens værtinde deltager i undervisningen. 
+Zahrtmann er glad for Johs. V. Jensens artikel om fetich.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytyR</t>
+  </si>
+  <si>
+    <t>Pisa 13 Decbr. 1911
+casa Batoni S. Lucia 3
+Kære Joh. V. og Else.
+Det er undertiden lettere at tale i et Brev end med Munden, og da jeg, som I forstår trænger til at bruge Kæften lidt får I et Brev. Vi har fået tilsendt Rigets Julehæfte. Det var både [””var både” overstreget] er [”er” indsat over linjen] kønt (og det må være morsomt for Las), men jeg kunde alligevel ikke lade være med at overveje hvor I som bruger Pennen dog har et [”et” overstreget] en stor [et t i slutningen af ordet overstreget] Fortrin [”trin” overstreget] del for os stakkels Malere når det gælder om at lade sig mangfoldiggøre i en [”en” overstreget] Viktoriapresse. Dit Bidrag er jo skønt som kun Danmark kan være det. Det er dog både ondt og godt at få en sådan Hilsen fra Danmark, blot den lille Versstrofe, Du ender med, er jo nok til at gøre En forrykt Også de mørke Decemberdage Du indleder Artiklen med har jeg måttet tæmke på. Hvor sådan en sneløs mørk Vinterdag ind under Jul kan være vidunderlig tyst. Jeg må altid tænke på et [”et” overstreget] en Strofe af Grundtvig – en af disse Vidunderlige, han har lavet så mange af – Du kender den naturligvis, men for en Sikkerheds Skyld anfører jeg den: ”Hørt har jeg en lille Fugl – syngende på Kviste – Solen vendte sig [”sig” indsat over linjen] ved Jul – før det Kragen vidste – nu med Glans til Glæde stor – op og ned den går i Nord – som en Helt lyshåret – hele Gyldenåret.” Forresten er jeg vist ene her på Pladsen med den Slags Fornemmelser. Såvidt jeg har kunnet observere trives min Familie her som Fisken i Vandet. Det eneste i Danmark, de skulde længes efter at gense, skulde da være Østergade og Amagertorv i København. Italien er og bliver for mig et Arbejde, så skal jeg villig indrømme, at det er et Arbejde som foreløbig interesserer mig meget. Jeg har taget Stade på en lille [”lille" overstreget] lille Altan ud mod Arnoen, hvor jeg har tilbragt en Måned med at fæstne mit første Indtryk af Pisa på Papiret. Det er Arnoen med sit Murværk og sine Broer, Byens Profil op mod Bjærgene. Det er vidunderlig helstøbt og harmonisk. Hvad der først slår mig ved Italien er det kolosale Arbejde, alt sammen udført af Menneskehænder, som ligger bag ved alt. Vi var forleden et [”et” overstreget] en Tur ud til San Gingliano Ad Veje, V [”V” overstreget] makademiserede med [”med” overstreget] ved Århundreders Kørsel på Marmorskærver, så de var lige så glatte som Asfalt, beplantet med ældgamle dejlige Plataner, kom vi ud over en gl [”gl” overstreget] ganske flad Slette, gennemkrysset af et helt Kanalsystem næsten som i Holland. En Times Vej fra Pisa nåede vi San. G. der ligger ved Foden af Bjærgene. De er ikke særlig høje men hæver sig ganske brat som store Marmorblokke der stikker op gennem Jordsmonnet. De er overalt beplantet med Olivenskove. Og [”Og” overstreget] i hver en Revne i Stenen er der plantet en Vinstok. Bjærgskråningerne er beplantet med en Slags Stenhylder, et Slags Blomstertrappe hvor Urtepotterne ere af Klippesten og Planterne Oliventræer. (Tegning i venstre side af arket] Efter som Årene går dækkes mere og mere af af dette menneskeslid af [”af dette Menneskeslid af” indsat over linjen] Planternes Formuldning, så der til sidst kun findes en almindelig Bjærgskov med en ujævn og knudret Bund. Fra disse Bjærge at se ud over Sletten hvor Pisa ligger, er at se ud over en Have hvor hver Håndsbred Jord er behandlet med Hånden. Men hvor er Italienerne dog hærgede af [”af” overstreget] af al dette evige Slid. De er kun [”De er kun” overstreget] Det vil sige den arbejdende Klasse. De er kun unge, til de [”til de” overstreget] Mændene til de har været Soldater og Kvinderne til de har fået det første Barn. Så sætter ”Istiden” ind over dem trods det de lever i et Solland. De ligner forresten deres egne Dyr, som de mishandler så det ikke er til at tænke på.
+Går man på Pisas Gader og over de smukke Broer, på [”på” overstreget] belagt med Stenfliser af forskællig Størrelse [overstregede, ulæselige ord] men omhyggelig passet sammen af flinke Italienernæver, er det det samme der slår En, al det Arbejde de Mennesker dog har måttet udføre. I Nordeuropa er det al Tid Maskindriften og Fabriksdrift [”og Fabriksdrift” indsat over linjen] som sætter sit Præg på Byerne. Fra [”Fra” overstreget] Fra min Altan (hvor jeg forresten føler mig som [”som” indsat over linjen] i min Båd) har jeg også kigget lidt på Italienerinderne, ”löierlige Djur” som Richard Bergh sagde om nogle spanske Kvindemusikere i Stockholm. En masse kan de se dejlige ud, med deres sorte Hår og i deres brogede Klude. Håndbevægelser, Gang, Holdning Fodskifte, kunde nok gøre En – i det mindste en anden En – kulret. Men når man går på Strøget + piazza Garibaldi, ponte di mezzo og så Vittorio Emanuele – og får alt dette vidunderlige tæt ind på Livet, må jeg tidt tænke på det sted [i] Kiplings Eventyr hvor Hvalfisken spørger den lille [”lille” overstreget] Fisk om hvordan Mennesker smager og får det Svar ”dejligt men skarpt”. Stanken af Hvidløg, Muskusparfume, café nero og Pis, kan nok tage Vejret fra En. Vi har taget os en Lærer i italiensk. Det er morsomt. Han taler dejlig klart og jeg håber der skal hænge noget ved. Vor franske Madam, som taler italiensk – ganske vist så rædselsfuldt så det kun kan sammenlignes med hendes tysk: ”daits” kalder hun det – gjorde os Selskab i vores Sprogtimer for at lære at læse italiensk men har opgivet det igen. Hun har været gift med en Italiener og bosat i Pisa i 10 År uden at kunne læse et Ord, det er smukt klaret.
+Aften samme Dag.
+Jeg har lige fået Brev fra Zahrtmann. Han er meget glad ved Din Artikel om Fetisch og i det hele ved Din Virksomhed, det glæder mig fordi jeg selv også er glad ved det samme. Her er i Grunden meget mere at skrive om men mere en anden Gang. Hilsen til Jer begge. Du er askeblond. Else er blond som en Hvedemark – jeg kan lige høre det lille Knæk i hendes Stemme når hun taler i Telefonen, Skade at der ingen Forbindelse er hertil – ingen af Jer lugter af Hvidløg – men I får mig til at mindes Skovduft Hindbærduft og lyse Nætter. Eders heng. Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-12-03</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau
+Johan Christian Petersen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
+  </si>
+  <si>
+    <t>Fritz Syberg glæder sig over, at "Den første Foraarsdag" bliver erhvervet til Faaborg Museet. Han foreslår en ordning mht prisen. Han glæder sig over, at det er Carl Petersens tegning til museet, der er blevet antaget, men fastholder sin indvending. Beder om at få besked, når MR føler sig nogenlunde sikker på, hvornår museet skal åbne, da det vil påvirke FS's planer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rbqn</t>
+  </si>
+  <si>
+    <t>Pisa 3-12-12
+Via S. Lucia
+Kære Hr. Etatsråd Rasmussen !
+Det glæder os meget - ikke mindst min Kone - at "den første Forårsdag" havner i F. Musæet. Det har været under Arbejde fra 1896-1910 og der er begravet en hel Mængde andre Billeder deri -dog alle det samme Motiv : min Kone med et af Børnene. Jeg skal skrive til Jastrau og bede ham ordne det så Billedet opføres som købt af Fåborg Musæet. M.h. til Prisen da stod det på den fri Udstilling til 3000 Kr. Men da jeg selv finder det rimeligt at F.M. får Rabat vil jeg foreslå Dem at vi ordner Sagen således: vi venter med at sætte Prisen til De en Gang får mine Arbejder her fra Italien at se. Skulde De ønske at erhverve en Samtidig af dem til Musæet lader vi det store Billede gå ind i det samlede Indkøb. Jeg er selv interesseret i at blive så godt og så fyldigt repræsenteret på F.M. som mulig. Skulde man eventuelt synes at ingen af mine Arbejder herfra egner sig for Musæet, så sætter jeg som Maksimumpris 2500 Kr. for det store Billede.
+Dersom jeg i Løbet af denne Vinter kunde få en Udbetaling på 1000 Kr - f.Ex. til 1ste Fbr. - vilde det komme mig godt tilpas.
+At det blev Petersens Tegning der blev antaget er jeg glad ved. Min Indvending imod den står jeg dog ved. Jeg synes det er en Fejl at Billedhuggersalen kommer ind midt i Malerisalene. (også på Torvaldsens Musæum er Maleri og Skulptur strengt adskilte.)
+Jeg vilde have syntes det var bedre om Fåborg Museet demonstreredes af Kai Nielsens store Figur af Dem, sammen med hans øvrige Arbejder, og at man så var fri for Skulptur på Resten af sin Vandring gennem Malerisalene. De Musæer jeg under mit Ophold hernede har set hvor Skupltur og Maleri er i for intim Berøring med hinanden har altid hos mig efterladt et kedsommeligt Indtryk. Hvorimod de strengt instruktive har været de morsomste. Men ingen Regel uden Undtagelse, man skal jo som bekendt ikke være doktrinær.
+Når Carl Petersen allerede nu synes at F. Musæet bliver det bedste næst Thorvaldsens, så vil jeg håbe på at vi andre må synes det samme når vi ser det færdigt. 
+Dersom De kunde lade mig vide med tilnærmelsesvis Sikkerhed hvornår Musæet tænkes færdigt til at tages i Brug vilde jeg være Dem meget taknemlig. Det vil nemlig betyde en Del for mine nærmeste Fremtidsplaner om jeg først skal hjem til Danmark til Jul næste År. (når jeg skal have Udstilling i Kunstforeningen) eller på et tidligere Tidspunkt. Vi har det alle godt. Med mange Hilsener til Dem og Familie fra os alle her er jeg Deres hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1913-01-29</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 30</t>
+  </si>
+  <si>
+    <t>Fritz Syberg kvitterer for en check fra Mads Rasmussen. Familien har det godt og tænker på hjemrejse, men der er ikke fastlagt noget tidspunkt. Fritz regner dog med at være hjemme når rugen står i "vip", da han har noget, han skal have malet ved den tid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VEbA</t>
+  </si>
+  <si>
+    <t>Pisa 29-1-13
+Via S Lucia 1
+Kære Hr Etatsråd Rasmussen
+Jeg har i Dag modtaget en Cheque på 1000 K fra Dem hvorfor herved kvitteres. Vi er alle raske og har det godt, og tænker så småt på Hjemrejse endnu er det ikke bestemt når vi drager hjem. Men det er dog ikke usandsynligt at jeg er i Svanninge når Rugen står i Vip, da jeg har noget og skal have malet ved den Tid. Med Hilsen til Dem og Frue er jeg 
+Deres hengivne 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-12-05</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har skrevet til Viggo Jastrau for at forhindre, at "Den første Forårsdag" blev sat til salg, men foreslår at Mads Rasmussen også selv skriver for at bringe sagen i orden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uyKW</t>
+  </si>
+  <si>
+    <t>Pisa 5-12-12
+Via S Lucia
+Kære Hr. Etatsraad Rasmussen
+Jeg skrev til Jastrau om at forhindre at "den første Forårsdag" blev sat til Salg, og i stedet for blev opført som tilhørende F.M. Jeg ved imidlertid intet som helst om den Amerikaudstilling hvor det er gået hen. Hvad der eventuelt skal gøres dersom Billedet allerede er udstillet e.l. ved jeg ikke. Ligefrem at skrive at det er købt til F.M. går jo ikke da man så risikerer at skulle betale Salgsprovision af de 6000 Kr det er ansat til i Udlandet. Det rigtigste vilde vel være om De selv skrev et Par Ord til V. Jastrau derom. Det tager en vældig Tid hvis hans Breve skal gå herned til mig først. Med venlig Hilsen
+Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1913-04-30</t>
+  </si>
+  <si>
+    <t>Offenbach</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Over Kærby i Danmark efter tre år i Italien. 
+Det vides ikke, hvem Stinne var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 013</t>
+  </si>
+  <si>
+    <t>Johanne og Hans har i slem varme cyklet forbi voldsomt mange frugttræer og gennem en skov fuld af blåbær, men frugt og bær er jo ikke modne endnu. På hotellet måtte de ikke dele værelse, da de ikke er gift. Tyskerne er dumme og storsnudede, og de to savner østrigerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/68Re</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Håndskrevet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+30-4-13 - Offenback.
+Kære Allesammen
+Vi har i Dag haft en dejlig Tur i en ganske forfærdelig Sol som sædvanlig. Foruden de sædvanlig 100000 Frugttræer der staar langs med Vejene er vi kommen igennem en 5 Mil stor Skov hvor der langs Vejen stod i Millionvis af Blaabær vi ærgrede [s. 2] os grønne over at vi var komne paa denne Aarstid og ikke i Frugttiden. Vi bor her paa Hotel Zum Engel dydige Engel burde det hedde; de vilde ikke lade os sove i eet Værelse"den wir nicht verheiratet sind". Vi gaar og spekulere paa hvor I er henne i Verden om I endnu er i Italien eller hvor. I Morgen naar vi sandsynligvis til Rihnen. Mange Hilsner fra Hans
+Kære Allesammen.
+Nu sidder i selvfølgelig i Kærby og Stinne er ikke tilfreds over at der ingen Breve kommer. Tyskerne her er dog nogle rigtige Idioter dumme og storsnudede, vi savner Østrigerne. - Vi er i en By - en Mils Vej fra Frankfurt, - I Dag har vi været ved at dø af Varme her er som i en Bageovn naar vi tænker paa Italien er det ["er det" overstreget] forstaar vi ikke hvordan vi har kunnet holde Kulden ud der. Mange Kys til alle. Besse.</t>
+  </si>
+  <si>
+    <t>1913-04-26</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien. 
+Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Borgen var allerede i 1913 en ruin.</t>
+  </si>
+  <si>
+    <t>Den følgende dag kører Hans og Johanne/Besse mod Ingolfstadt og Nürnberg. De vil finde nogle slægtninge. München er en voldsom by. Hans og Besse har spist voldsomt meget på hotellet. Postbuddet vækkede dem om morgenen og overrakte 129 Mark. Johanne beder forældrene købe mandolinstrenge. Hans vil have øl i Tyskland efter at have drukket vand i Østrig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fwJv</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+[Håndskrevet i adressefeltet:]
+Signori
+Syberg
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Ny adresse skrevet:]
+Kerteminde
+Danimarc
+[Håndskrevet i tekstfeltet:]
+München 26-4-1913
+Kære Allesammen
+I Morgen tidlig drager vi videre til Ingolstadt, - - Nürnberg og saa op mod Köln, det er jo ikke den lige Vej til Danmark, men vi vil hellere tage den for at se om vi kan finde nogle af vore kære Slægtninge [s. 2] München er dog en drabelig By vi har et Kort over den, ellers var det umuligt at finde rundt i den - I Aftes spiste vi en Masse dejlig Mad af Brød spiste vi op mod en c 40 panini, paa Hotellet kunde de slet ikke tænke sig at vi havde spist saa meget og skrev paa Regningen meget ["meget" overstreget] et meget mindre Antal, vi drak hver 2 Bayere mørkt Øl og Hans ekstra et Bæger lyst, om Morgenen blev vi vækket ved at Postbudet efter at have banket en meget lang Tid paa Døren bragte os 129 M. - - - Vil I ikke købe nogle Strænge og og (stecche) det er dem til at spille med endelig meget bløde, de aller blødeste I kan faa Mange Kys. Besse. til Mandolinerne.
+Kære Allesammen!
+Har vi drukket af Guds klare Vand i Østrig saa vil vi sgu ha' en "Bayer" medens vi er her vi drikker paa Kraft. mange Hilsner fra Hans</t>
+  </si>
+  <si>
+    <t>1913-04-27</t>
+  </si>
+  <si>
+    <t>Pfaffenhofen</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien.
+Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Det var dette sted, Hans og Johanne Syberg ønskede at besøge.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 010</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w14X</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i adressefeltet:]
+Sybergs
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Ny håndskrevet:]
+Kerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+Pfafferhofen 27/4 - 13
+Kære Allesammen!
+Vi sidder i en lille Ølknejpe og venter paa at faa nogle Pølser. Vi cyklede fra München i Morges ved 9Tiden. Vores Rejseplan er den at vi tager fra Nürnberg [s. 2] og Frankfurt til Reihnen som vi saa køre langs med til Köln og saa vidre over Hagen til Hamburg og Danmark denne ["denne" indsat over linjen] Vej er knap 300 Km længere end den lige Vej og en Del Bjærgfuld men vidst smukkere og saa er der jo vore Slægtninge saa vi tager af den. Vi har spist en Omgang Pølser men maa have en til inden vi tager vidre. Mange Hilsner fra Hans. 
+[Skrevet på hovedet på s. 2:] Kære Allesammen. Pølser er godt. Nu har vi spist hver 5, med Snapse og 2 Bæger Øl. Uhm, hvor det var dejlig. Nu skal vi videre, det er frygtelig varmt, meget varmere end i la bella Italia, vi er begyndt at glemme [skrevet lodret langs højre margen:] det italienske, det var dog vældig tidligt.</t>
+  </si>
+  <si>
+    <t>1913-05-02</t>
+  </si>
+  <si>
+    <t>Tyskland
+Nassau</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre års ophold i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 016</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse kørte i bjergene, hvor der var iskoldt, og de mødte en bisse, der ikke ville vise vej. På hotellet var der stor fest, men de to kunne ikke danse med, da de var for våde og beskidte. Festen varede hele natten, og alle var ret fulde. Nu er de på et Gasthaus, hvor der er en stor hund.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uPfr</t>
+  </si>
+  <si>
+    <t>[Fortrykt over adressefeltet:] Postkarte
+[Håndskrevet i adressefeltet:] Signor F Syberg
+Via S Lucia 1
+Pisa - Italien
+[Adressen overstreget. Med anden skrift indsat:]
+Kerteminde
+Danimarca
+Kære allesammen.
+I Gaar i Regnvejr drog vi over Bjærge det var knagkoldt paa Vejen mødte vi en Bisse vi bad ham sige os Vejen han sagde vi kunde følges med ham ["ham" indsat over linjen], vi kunde ikke faa ham til at sige hvormange Km. der var til den første By, naa, men vi kom saamænd hele til Byen, - Paa Hotellet var der Bal og stor Fest, vi ærgrede os over ikke at kunde danse med, vi var nemlig [s. 2] gennemblødte og overstænkede med Skidt helt op i Ansigtet jeg vaagnede tidlig om Morgenen ved nogle mærkelige Hyl af en Violin, - Ballet var endnu ikke færdig - jeg gik i Natkjole ud til mit Udsigtstaarn - WC / i Køkkenet dansede Pigerne og Opvarterne - fra Dansesalen hørte jeg en den sidste Vals blive spillet af en stakkels fuld Spillemand som havde spillet hele Natten og Balgæsterne alle mere eller mindre fulde, - syngende og skraalende danse til det sidste. - Vi fik en dejlig Kop Kaffe med Marmelade og dejlig Smør til. - mange Kys fra Besse
+Kære Allesammen!
+Vi sidder og spiser i et lille Gasthaus hvor de har en mægtig Hund som ser ud som en Løve vi har faaet noget dejlig Mad. Det er Graavejr i Dag og Hundekoldt.
+Mange Hilsner til alle fra Hans</t>
+  </si>
+  <si>
+    <t>1913-04-29</t>
+  </si>
+  <si>
+    <t>Neustadt</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
+Det vides ikke, hvem Stine var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 012</t>
+  </si>
+  <si>
+    <t>Hans og Johanne kom tidligt til Nürnberg og så på byen. 
+Stine har misforstået, hvordan de sloges med sne.
+Der er frygtelig varmt i Bayern, og de to cyklister er våde af sved hele dagen. De ligner landevejsrøvere med støvler uden såler, plettet kjole og mørkbrune ansigter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SlQ5</t>
+  </si>
+  <si>
+    <t>[Fortrykt på side 1:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S. Lucia
+Pisa
+Italia
+[Adressen overstreget. Med håndskrift er tilføjet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet s. 1 langs venstre margen:]
+skrive til Köln
+[Håndskrevet s. 1:] 
+en Kro 29/4 - 13 er I rejst? har I faaet [ulæseligt ord]?
+Kære Allesammen
+Vi kom saa tidligt til Nürnberg igaar at vi fik Byen set med det samme og i Dag har kunnet tage vidre straks. Vi fik i Morges Jeres mærkelige Kort; sig til Stine at hun maa jo være skør paa Rumpen I har [s. 2] misforstaaet os fuldstændig naar vi skrev at vi sloges med 3 Snedriver vi sloges nemlig saadan: [tegning] og vi fyrede hinanden med Sne, der var skam stegende hedt og kun i Bayern er der saa hedt at vi er ved at dø her er meget meget meget meget varmere end i Italien vi er hele Dagen hver Dag gennemblødte af Sved. Sig til Stine at vi har skrevet hver Dag og ikke hved hvordan det kan være at I ikke har faaet Brev hver Dag.
+Kære Allesammen. Vi har lige spist hver 4 Pølser og 2 Glas Øl - her er skrækkelig hedt for hver Dag vi kommer længere Nord paa bliver det varmere, naar vi en ["en" overstreget] naar til Danmark er det nok [overstregede bogstaver] frygtelig varmt. - Vi begynder at ligne Landevejsrøvere. - Hanses Støvler er der ingen Saaler i -, min Kjole er ikke mere graa men tærnet af Olie og Sprøjt fra Vogne vores Ansigter ligner snart et Par Indianeres - . - Vi tænker at kunde være i Köln om 3-4 Dage. Mange Kys fra Besse. bare rolig Stine.</t>
+  </si>
+  <si>
+    <t>1913-05-03</t>
+  </si>
+  <si>
+    <t>Köln</t>
+  </si>
+  <si>
+    <t>Kerte</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med at Syberg-familien flyttede hjem til danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 008</t>
+  </si>
+  <si>
+    <t>Hans og Johanne har ikke fået brev, og de ved ikke, hvor i verden familien er. Nu har de sendt et telegram, for de kan ikke køre videre, før de får svar. 
+Hans er kørt mod et træ, så hans cykel måtte repareres.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RpsI</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S. Lucia 1
+Pisa
+Italien
+[Adressen overstreget og erstattet af håndskrevne ord:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+Kære Allesammen.
+Heller ikke Brev i Köln. Vi aner ikke mere, hvor I er henne i Verden, vi havde ventet der laa Brev i Köln ["i Köln" overstreget] her. - Har i ikke faaet vores Kort??? [S. 2] Vi har nu telegraferet til Kerteminde, vi kan ikke Rejse videre i Dag, fordi vi maa vente paa Svar fra Jer. Vi er bange for at i ikke har faaet vores Kort og er Idioter nok til at styrte Jorden rundt efter os. Mange Hilsner fra Besse.
+Kære Allesammen
+Jeg er i Dag kørt mod et Træ saa jeg maatte gaa til en Cykelsmed med min Cykel nu er den god igen men nu er Besses skidt der er ved at blive sat et Dæk paa Hans</t>
+  </si>
+  <si>
+    <t>1913-04-14</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Fritz Syberg
+Lars Syberg
+Franz Syberg, Freiherr</t>
+  </si>
+  <si>
+    <t>Ravenna</t>
+  </si>
+  <si>
+    <t>Clara Syberg
+Ernst Syberg
+Franz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Negrene var Hans og Johannes mindre søskende, som alle var meget solbrændte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 001</t>
+  </si>
+  <si>
+    <t>Hans og Johanne er ankommet til Ravenna. De kan ikke forstå, hvad folk siger. Alle cykler i øvrigt. 
+De har set mosaikker og fik nogle englændere til at betale entreen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U22A</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortet s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+l Signor
+Fritz Syberg
+Via Santa Lucia 1
+Pisa
+Ravenna 14-4-13.
+Kære Allesammen.
+I Morges Kl. 8 tog vi fra de 3 Negre, hvor vi havde sovet dejligt og billigt, vi kom her til Ravenna Kl. 11, vi havde godt Vejr og Vej, - kun blæste det lidt en temmelig kold Vind, her er skam ikke saa varmt som i Pisa, - det er vældig grinagtig at vi ikke forstaar et Ord af hvad Folk siger, [s. 2] det er som om vi var kommen til et helt andet Land, - - Alle Mennesker cycler her, selv de gamle hvidhaarede Bønderkoner triller afsted med Pakkerne under Armen. 1000 Kys fra Besse.
+Kære Far og Mor og Negerinde og Negre. Vi har i Dag set paa en hel Masse Mosaikker de var dejlige og for at spare Penge gik vi sammen med nogle Eg ["Eg" overstreget] Engle-lændere som vi lod betale for os. Mange Hilsner til jer allesammen fra Hans.</t>
+  </si>
+  <si>
+    <t>Bayern</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 011</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse spiser noget, der ligner blodpølse og de får også rugbrød. 
+Donau ligner ved Ingolfstadt en rendesten. De to har været indkvarteret på et meget mærkeligt hotel med for korte senge og en mærkelig vært. De regnede med at blive bestjålet i løbet af natten, men det skete ikke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gXaR</t>
+  </si>
+  <si>
+    <t>[Fortrykt på side 1:]
+Königreich Bayern
+Postkarte
+[Håndskrevet med blåt i adressefeltet:]
+Sybergs
+Via S. Lucia
+Pisa
+Italia
+[Adressen overstreget. Med sort håndskrift er tilføjet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet s. 1:]
+På Vej til Nürnberg 27/4
+Kære Allesammen!
+Vi sidder i en Kro eller hvad det nu er og spiser noget der ser ud som Blodpølser men smager som Sylt. Nu [et overstreget bogstav] har vi spist; vi har faaet Rugbrød det var rigtig dejligt. - Donau som vi kom over i Gaar er ved Ingolfstadt kun en lille beskidt Rendesten.
+[S. 2] Vi har 30-40 Km til Nürneberg og vil nu vidre. Mange Hilsner fra Hans til Jer alle
+Kære Allesammen. I Aftes kom vi til et meget mærkeligt Hotel, vi fik et meget mærkeligt Værelse med meget mærkelige Senge, de var uden Lagener og saa korte at vi maatte ligge bøjet sammen som 5 Tal da vi var ved at klæde os af, kom Værten op og spurgte om vi vilde have Vinduet aabent eller lukket, det maatte han absolut ["absolut" overstreget] vide, - vi ventede at blive bestjaalet om Natten og var meget forbausede da vi om Morgenen fandt vore Mavepengeposer paa Plads og ogsaa vores Cycler. - - Vi kan ["Vi kan" overstreget] Menneskene her er meget forskellige fra de lystige og smukke Østrigere, - - Til Danmark har vi endnu 1300 Km saa vi tænker ikke at vi kommer [ulæselige ord langs kanten af papiret]</t>
+  </si>
+  <si>
     <t>1910-12-06</t>
   </si>
   <si>
-    <t>Postkort</t>
-[...1 lines deleted...]
-  <si>
     <t>Anna Syberg</t>
   </si>
   <si>
     <t>Else Jensen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pisa</t>
   </si>
   <si>
     <t>Jacobys Allé 2 København</t>
   </si>
   <si>
     <t>Lorenzo Battoni 
 Johannes V. Jensen</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg med børn rejste 25. november 1910 til Pisa for at blive der i tre år. Den første korte tid boede de på et hotel og derefter i en lejet lejlighed Via San Lucia 1 og 3. Herfra flyttede de senere til Via San Lorenzo.
 Fotoet på postkortet er formodentlig fra Natural Park Migliarino San Rossore.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Anna Syberg beder Else V. Jensen sende en opskrift på appelsinmarmelade. Anna og familien har det bedre, end Anna havde troet, at de ville få det</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Thrz</t>
   </si>
   <si>
     <t>[Fortrykt på kortets billedside:]
 Pisa – S. Rossore – Dromedari al Passolo
 [Kortets tekstside:] 
 Fru Joh V. Jensen
 Jacobys Allé 2
 Kjøbenhavn
 Danimarca
 Kære Else
 Vil Du ikke være saa elskelig art sende mig Opskriften paa Din Appelsinmarmelade. Smør er nemlig saa dyrt og daarligt, og Appelsinder saa billige, saa Marmelade paa Brødet til Morgenkaffen vilde være bedre og billigere. Vi har det ellers glimrende, langt bedre end jeg havde ventet mig det. Jeg tænker tit paa Dignaar vi ser et eller andet , Du vilde tit ryste af Latter. Hils Joh. V. Mange Hilsner Din Anna.
 [Skrevet på hovedet øverst på kortet:]
 Signor Battoni Lorenzo
 Via S. Lucia 3
 Pisa</t>
   </si>
   <si>
+    <t>1911-10-24</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 44</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Hans  Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Brevet er kun forsynet med et "Kære Ven", men det må formodes, at det er henvendt til Johannes V. Jensen, eftersom det findes blandt hans papirer på Det Kongelige Bibliotek. 
+Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
+Rondane er et fjeldområde øst for Gudbrandsdalen i Øst-Norge i fylkerne Oppland og Hedmark. 
+Det vides ikke, hvilket brev der er tale om, når Fritz Syberg skriver, at han kunne have lyst til at benytte dette som påskud til at besøge Carrara.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har tegnet et kort af egnen omkring Pisa. I brevet beskriver han vegetationen, skovene, bjergene, marmoret, floderne og deres udløb i havet, farverne i brændingen mv. Derefter fortæller han om, at vikingerne under deres erobringstogt opgav at indtage Pisa, men i stedet besatte Lucca, som de troede var Rom. Han er inde på en strejke blandt marmorarbejderne. Til slut fortæller Fritz Syberg, at flere af børnene har været syge, og at Rille (Ernst) taler om pinjeskoven ved Kerteminde og retter til "urskoven", når de griner af ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9XDW</t>
+  </si>
+  <si>
+    <t>Pisa 24 Otbr 1911
+Via San Lorenzo 44
+Kære Ven.
+[Herunder et tegnet landskort med påskrevne stednavne. Fra oven:]
+Flod Magra ”Luni” Carrara Floden Carrione Bjærge Firenske Hav Flod Serchio Viareggio Søen Lucca Bjærge Pisa Livorno Bjærge 
+Fra Floden Magra og helt ned til Livorno er Landet langs [”landet langs” indsat over linjen], en Slette der omkring Pisa forgrener sig langt ind i Landet. Oppe ved den antikke by ”Luni” er den kun 4-5 Kilometer bred. På hele denne Strækning består Kysten af: en Forstrand af Sand der danner Revler ude i Vandet, derpå et Bælte af temmelig lave Klitter, yderst begravet med grovt Græs længere inde med en Art Enebær – (ikke de som er almindelige i de svenske Skove men nogle med etårige Bær af dette Volumen [et bær er tegnet]). De vokser op som hele Træer ca 12-14 Fod høje og er undertiden begravet i Sand til halvvejs op på selve Kronen. 
+Dette Bælte af Enebærtræer går lidt efter lidt over i Pinjeskov, hvor Underbunden er et Vildnis af nogle [”nogle” overstreget] Buske og Slyngplanter. En tornet Slyngconval – Europas eneste Art – er meget smuk og gennemfiltrer hele Skoven. Desuden findes Efeu, de almindelige Enebær og en Slags Buske med runde blå Bær på Størrelse med Blåbær – Grene omtrent således [tegning] vist giftige. Busken selv er så høj som den svenske Porsebusk. Brombærranker så godt som uden Frugter, men af en vældig Længde [”men af en vældig Længde” indsat over linjen] o.m.a. Buske og Træer. Dette Bælte af Skov er kun smalt nordpå ved ”Luni” og findes kun i spredte Strækninger og Stykker langs Kysten; Men jeg formoder at dette kommer af at den er blevet ryddet til Fordel for de mange Badesteder hvoraf hver lille By har sit: Marina di Pisa Marina di Carrara, marina di Pietra santa e.t.c. Sletten er lang [”Sletten er langs” overstreget] Derimod syd på omkring Pisa er Skovene meget store og udstrakte fordi Kongen her ejer dem. Omkring Livorno er der store Engstrækninger og hvor der tillige er en Sø, på dette sidste Sted i Nærheden af Viareggio er der også en stor Skov. Resten af Sletten, altså særlig den Side der vender mod Bjærgene, er opdyrket som en Have [overstregede, ulæselige ord] Vin, Hvede, Bønner, Frugttræer. 
+Bjærgene skyder sig temmelig pludselig op af Terrænet. Består af rødt og gråt Marmor der [”der” overstreget] og [”og” indsat over linjen] sine Steder af en [”en” indsat over linjen] stærkt forvitret okkergul Sten eller Lerart [”okkergul Sten eller Lerart” indsat over linjen] Ved [”Ved” overstreget] Fra Foden og halvvejs op begroet med Oliven og Vin, Resten forkrøblet Pinjeskov og Krat eller fuldstændig bart: Hvor de nøgne Bjærgtoppe kj [”kj” overstreget] knejser op som ved Carrara er de grå, rødlige med Pletter af hvidt Marmor. Om Vinteren hvide af Sne. Ikke få Steder ser de vulkanske ud. Den højeste Bjærgtop i Appeninerne findes (tror jeg) ved Carrara og er ca 6000 Fod høj altså som Ronderne i Norge.
+Om Luni er der det at sige at der skal findes noget som man mener er Rester af et Amfiteater
+Men den ligger altså ikke ved Carrarafloden – Carrione (snarere nærmere ved den større Flod Magra). Desuden er Carrione kun en ubetydelig Bjærgstrøm tør om Somren og aldrig med mere Vand end man kan vade over den. Hvordan Magra er husker jeg ikke men på Kortet ser den ud til at være bredere end Arno. Arno er på sit sidste Løb ca 200 Alen bred. Dens Vandmasse [”Vandmasse” indsat over linjen] er som de fleste Italienske Floders stærkt afhængig af Nedbør. Efter Regn svulmer den op til en dyb rivende lergul Strøm der farver Havet en hel Mil ud. i [”i” overstreget] En Fjerdingvej Nord og Syd for Mundingen er Middelhavets blegblå og bleggrønne Brændinger farvet [”farvet” indsat over linjen] grågule med gråt Skum ud for selve Mundingen hvor store Sandbarrer ligger på hver Side af Løbet er Brændingerne cikoriefarvede med Sirupsgult Skum. Bag ved den lave Kyst hvor Skovene fuldstændig forsvinder i de store Linjer, rager Carrarabjærgene op på sådan en Uvejrsdag mørke og triste, de hvide Marmorpletter får dem til at ligne Gletschere. På en Solskinsdag når Arnoen er klar og stille som en dansk Fjord blå [”blå” overstreget] Havet er blåt som selve Storebælt ligger Carrarabjærgene blålige og rosenfarvede og lette som Sommerskyer.
+Historien om Hasting har jeg i Erindring fra i Sommer. Christiansen og Zahrtmann var oppe at nappes om Danmark ”verso Italia”. Men C. lod det være Lucca som Hasting erobrede Vikingerne lå og vrælede foran Pisas Porte (Havet skød sig den Gang helt ind til Pisa) i tre Dage, og da de ikke kunde overmande den sejlede de op ad den lille Flod [”Flod” indsat over linjen] Serchio til Lucca og indtog den i den Tro at det var Rom. De fangede Erkebispen som de troede var selve Paven. 
+Egnen om Lucca er ganske som om Pisa. Et tærnet udstrakt Felt af Vin- og Hvedemarker bekranset af smukoliven, bevoksede blånende Bjærge og Høje.
+Carrara [et overstreget, ulæseligt ord] ligger i et Dalstrøg halvt [der har sået ”halvvejs”, og ”vejs” er overstreget og erstattet af et t] op af Bjærgenes Fødder, Et [”Et” overstreget] og er egentlig et eneste stort Marmorværksted. I Sommer strejkede 10.000 Arbejdere der. De gennemførte Strejken ved at bevæbne sig med Bøsser og med at skyde den første ned som vovede at flytte en Marmorblok. Anna og jeg kunde godt have Lyst til at benytte Dit Brev som et Påskud til at komme derop (vi har været forbi på Gennemrejse) men Koleraen har raset så stærkt der i Sommer så vi tør ikke de første Måneder.
+Vi har også her havt Sygdom Trylle et hårdt Anfald af Asthma Nolle og Rille, Mavehistorie, selv Hans har så hård han end er måttet neje sig og ligge i Sengen en halv Dag. Rilles Sprog begynder at blive lidt kosmopoltisk og hans Erindringer farves.
+Han taler om Pinjeskoven ved Kjerteminde og når vi ler af ham retter han sig og siger, nej jeg mente Urskoven (vi har lige læst Junglebogen for dem). Hilsen til Jer alle fra os alle her Din hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-06-23</t>
+  </si>
+  <si>
+    <t>Via San Lorenzo 44 Pisa</t>
+  </si>
+  <si>
+    <t>Domenica Cerroni
+Poul S. Christiansen
+Michelangelo Simoni
+Hjalmar Sørensen
+Anders Trulson</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg boede i Italien med deres seks børn fra efteråret 1910 og små tre år frem.
+Zahrtmann boede fra 1883 til 1911 hver sommer til leje i bjerglandsbyen Civita d'Antino. 
+I Kristian Zahrtmann En Mindebog bygget over hans egne Optegnelser og Breve fra og til ham, F. Hendriksen, Kjøbenhavn 1919 er der gengivet flere breve og andre tekster, hvori Zahrtmann fortæller om Trulson og Sørensen og sommeren 1911. Om sagen med natpotten, der ikke blev tømt, skrev Zahrtmann således (s. 568): "Situationen forværredes ved, at alle Italienere er forfærdeligt bange for Tuberkelsmitte. Tjenestepigerne desinficeredes, naar de havde været inde hos ham. Det blev os danske, der gav ham Mad, Medicin og sad og talte med ham." 
+Zahrtmann ophørte ikke med at være i brevkontakt med Anna og Fritz Syberg efter episoden med Sørensen. I Mindebogen er eksempelvis aftrykt et brev fra Zahrtmann til ægteparret dateret 17. august 1912 (s. 575-576).
+Sommeren 1911 var i øvrigt den sidste, Zahrtmann tilbragte i Italien.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg fortæller om noget, der gik for sig i sommeren 1911: Zahrtmann så et stort lys i en af sine elever, (Hjalmar) Sørensen. De to besøgte sammen Syberg-familien i Pisa, og i begyndelsen beskrev Zahrtmann Sørensen med lovord. Sørensen var i øvrigt en meget smuk mand. Efter en måned begyndte Zahrtmann at blive irriteret på Sørensen, og han bed ham af osv., så det var pinligt for alle. De to rejste videre til Civita d'Antino, og her fik Sørensen nærmest husarrest, han måtte ikke tale ved bordet, ikke gå tur med en moden kvinde osv. Poul S. Christiansen var også i Civita, og han og Zahrtmann skændtes. En tredje gæst var svenskeren (Anders) Trulson, som var alvorligt syg. Tjenestepigerne tømte ikke hans natpotte, som stod og gærede i varmen.
+En tjenestepige fik stoppet en barbarisk måde at slagte lam på i Civita d'Antino. 
+Sørensen fik om efteråret rejsepenge af Zahrtmann og ordre om atrejse lige hjem uden svinkeærinder. Han besøgte alligevel Syberg i Pisa, og de tre voksne sendte et kort til Zahrtmann, som svarede, at han havde dårlig samvittighed. Hjemme igen besøgte Sørensen flere gange Zahrtmann, indtil sidstnævnte bad ham holde sig væk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mHvr</t>
+  </si>
+  <si>
+    <t>Pisa Via San Lorenzo 44
+23 – Juni – 1912
+Kære Ven.
+Jeg sender Dig her en Historie. Nogen Tid før jeg rejste herned skrev Zahrtmann til mig og fortalte mig om en ung Mand han havde taget til sig for at opdrage ham til Kunstner. Hans Talent var ganske enestående Han gav mig også lidt af den unge Mands Forhistorie bl.a. havde han en Tid ernæret sig som Opvarter i Antwerpen. I Fjor Forår da Z. med sin unge Ledsager kom til Pisa opsøgte de os, og der var ingen Ende på Z.s Lovprisninger af ham. Det eneste Z. havde at leve for nu var denne unge Mand der skulde nå ”langt videre” end vi andre. Den unge Mands ”Ædelhed” var noget ganske [et overstreget, ulæseligt ord] ud over almindelige Menneskers. Jeg var ikke meget spændt på at se dette Fænomen, for Z.s [overstreget, ulæseligt ord] Evne som Menneskekender sætter jeg ikke meget højt. Men den unge Mand overraskede mig ved at se [”se” overstreget] være en Del anderledes [overstregede bogstaver] end jeg havde ventet. Jeg havde ventet mig ham lidt feminin og lidt fordægtig, det er Zs. Smag [overstregede, ulæselige ord] I Stedet for ser vi t [”t” overstreget] en høj velskabt Fyr – nøgen vi badede nemlig sammen [de sidste fire ord indsat over linjen] noget i Retning af Michelangelos David. Han var [”var” overstreget] er en glimrende Svømmer, har faret tilsøs, som Matros i Storfarten, - Amerika osv. Københavner af den ganske tiltalende Art som f. Eks. Bliver gode Soldater [noget overstreget og ulæseligt]. Hans Talent som Maler forestiller Du Dig bedst ved at tænke på Din Broder D[ulæseligt], Dygtigheden var ubestridelig. Forøvrigt var han en overordentlig rar Fyr som Børnene kom udmærket ud af det med.
+Hvor længe Z. har kendt ham førend de kom herned ved jeg ikke, men hans Beundring for ham her [”her” overstreget] kulminerede hernede da den første Måned var gået. En Dag [”En Dag” indsat over linjen med en streg ned, som går henover ”Z.”] inviterede Z. [”Z.” indsat over linjen] os en Tur til Lucca og da havde Piben en anden Lyd. Sørensen (den unge M.) var ikke længer det ubegrænset ædle Menneske og den [”den” indsat over linjen] vordende store Kunstner. Talte han blev han fejet af. Z tilretteviste ham i vi andres Påhør på en så ubehagelig Måde så hele Selskabet forstemmedes deraf. Synet af af [”af” overstreget] ham irriterede Z. Derefter rejste de til Civita d’Antino. Dernede vilde jeg nødig have været i Sørensens Sted Han blev lukket inde på sit Værelse og sat til at male et Interiør derfra [”derfra” overstreget] for at Omverdenen ikke skulde se for meget til ham. Det blev ham forbudt at tale ved Bordet. En Dame (Malerinde) som boede der og som han havde trøstet sig med på nogle Aftenture (Hun var 46 – han 29) blev det forbudt (af Z.) at spasere med S., - nok med de andre Malere, - men ikke med S. ”han var ikke passende Selskab.” Dette bedes forstået således, at det ikke var et af Z. fra først af udtalt klart Program hvorefter alle havde sig at rette, men kom frem lidt efter lidt [”lidt efter lidt” indsat over linjen] i Løbet af Sommeren når Z. fandt Lejligheden passende d.v.s. en pinlig utryg Stemning blev vedligeholdt under hele Opholdet. Dertil kom daglige [”daglige” indsat over linjen] Diskussioner om Italienerne, hvor [”hvor” overstreget] mellem Z og Christiansen. Z. kogende af Vrede. C. ligbleg og truende med at rejse. Italienerne er ”Prinser” vi er kun ”Barbarer” det var Emnet. Endvidere Svenskeren Trulsons Død. Såvidt jeg kan forstå under temmelig graverende Forh [”Forh” overstreget] hygiejniske Forhold. Fra den Dag han blev sengeliggende satte Herskabet to Signora’er Cerroni ikke deres Fødder i hans Værelse, heller ikke Tjenestepigen. Tænk Jer i den varme Sommer ifjor at have en Lerko[ulæseligt] stående med gærende Latrin 14 Dage i det Værelse hvor man ligger syg. – [et overstreget bogstav] Førnævnte Dame tog sig på at hjælpe på dette da hun havde opdaget det, men Z følte sig meget stødt over hendes Indgriben. En anden Ting hun fik Forandring på var følgende. De slagtede hver Dag Lam lige for [”lige for” overstreget] på Pladsen uden for, til Underholdning for Børnene. Det foregik på den Måde at de spigrede Dyrene i levende Tilstand på Bjælkeværket, en regelret Korsfæstelse, men med Hovedet nedad som Skt Peder. Der blev de så hængende og brægede til Underholdning for Italienerbørnene til man fik Tid til at tappe Blodet af dem. Det lykkedes førnævnte Dame at få dette Forhold forandret derhen, at Korsfæstelsen af Lammene ikke mere foregik på åben Gade men blev henvist til et Sted udenfor Byen – sålænge hun var der. Tilbage til Sørensen. Da Efteråret kom t [”t” overstreget] erklærede Z. at S. ikke var, hverken et ”ædelt Menneske” eller kunde blive Maler. Han gav ham Rejsepenge hjem men pålagde ham at rejse sporenstregs hjem. S. mente det var for at [”at” overstreget. Over linjen er skrevet ”di”] di han [”han” overstreget] Z ønskede ikke ham (S) [”(S” indsat over linjen] på Hjemrejsen måtte gøre Ophold hos os. Det gjorde han nu alligevel. Vi så ingen Grund til at være anderledes mod ham end vi hele Tiden havde været. Han boede hos os i 14 Dage og havde det vist [overstregning, ulæseligt] dejlig, de[t] sagde han da. Vi sendte ovenikjøbet Z et Kort med Hilsen fra os alle. Z. svarede med en lille Hjerteudgydelse ”dårlig Samvittighed over for S.” I København besøgte S. Zahrtmann nogle Gange. Han kiunde stadig ikke tro at en Interesse der blev begyndt [”blev begyndt” overstreget] straks var så varm kunde så helt og aldeles forsvinde. Han blev imidlertid modtaget afvisende. Så holdt han sig væk et halvt År. Levede af at stå Model og arbejdede i Mellemtiden flittig på ”sin Kunst” (Han er jo nemlig nu uigenkaldelig hjemfalden til Maleriet, blevet bidt af en gal Kunstner som det hedder). Forleden besøgte han så Z igen som sagde til ham at han vilde sætte Pris på om S. ikke mere besøgte ham. En anden Virkning at dette har havt er at Z ikke sender mig hverken Kort eller Breve mere, at Forbindelsen mellem os holdt med et Slag op for ca. tre Fjerdingår siden. Brænd endelig dette Brev når Du [”Du” overstreget] I har læst det, men Du må gærne benytte Stoffet til en Singapornovelle. Din hengivne Fritz Syberg.</t>
+  </si>
+  <si>
     <t>1911-05-18</t>
-  </si>
-[...8 lines deleted...]
-Johannes V. Jensen</t>
   </si>
   <si>
     <t>Carl Balsgaard
 -  Bramsen
 Poul S. Christiansen
 Vilhelm  Hammershøi
 Peter Hansen
 Carl  Hartmann
 Johannes Larsen
 Karl Madsen
 Kristian Møhl
 Laurits Ring
 Peter Rostrup Bøyesen
 Karl Schou
 Henrik Schouboe
 Harald Slott-Møller
 Franz Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Den vedlagte artikel var trykt med illustrationer i Gads Danske Magasin 1910-1911 s. 489-502. Det vides ikke, om Fritz Sybergs artikel blev optaget i Politiken. 
 Franz Syberg (Trylle) led livet igennem af astma og bronkitis. 
 Maleren Kristian Zahrtmann boede halvdelen af året i Civita d'Antino, Italien.
 Maleren Carl Vilhelm Balsgaard (1812-1893) søgte et professorat på Kunstakademiet og en inspektørstilling ved Galleriet (nu Statens Museum for Kunst), og da han fik afslag på begge, offentliggjorde han i 1873 kampskriftet "Om vore Kunstforhold". Han regnedes i samtiden for polemisk, og det er formodentlig derfor, Fritz Syberg bringer ham på banen i forbindelse med Harald Slott-Møllers udfald mod Fynbomalerne.</t>
   </si>
@@ -192,816 +990,90 @@
 8
 har jeg været på den grønne Gren. Mine personlige Fornemmelser over for mit Arbejde er af den Art, at jeg vilde have holdt ud og arbejdet videre, selv om mine Vilkår havde været værre. Jeg har i mit Arbejde fundet Afløb for at de to stærkeste Drifter i mig, min Frihedstrang og min Arbejdstrang, og end ikke Hr. Slott-Møller vil kunne lægge mig nogen Hindring i Vejen. 
 9
 Om man vil unde mig Kunstner navn er en sag der vedkommer andre og ikke mig. Basta!
 Jeg kommer nu til S.M. selv. Hans Kunst har jeg ikke mange Ord at spilde på. Hans Arbejder fra de sidste 14-15 År har på en uhyggelig Måde blottet Skavankerne ved hans Begynderarder (som der knyttedes Håb til). Den Udstilling, han afholdt for nogle År 
 10
 siden, var en Udlevering. Den viste hans Lærreders gabende tomhed. At en Mand går tilgrun [”tilgrun” overstreget] tilgrunde som kunstner er imidlertid ingen Grund til at tage hårdt på ham, tvertimod det vilde være både rimeligt og behageligst for En selv at l [”l” overstreget] anvende Medlidenhed over for ham og ”hænge ham i Stilhed”. Men ved sin Virksomhed som Skribent og Æreskrænker, hvortil man ikke kan tie i al Evighed, 
 11
 nedkalder han selv Ulykkerne over sit Hoved. Man indleder ikke regelret Kamp med en Giftsnog, men bruger de Midler man har for Hånden for at uskadeliggøre den. Hans Edderspændthed er mig ligegyldig. Værre er det at han i sine ”Kritiker” er perfid. Her er et Par Eksempler. I en Anmeldelse af ”den Fri” (Året 1907) hvis Hovedafsnit var et Overfald på 
 12
 mig protesterer S.M. mod den Anmasselse, at ”den fynske Skole” tilegner sig Maleren Møhl. Det gjaldt den Gang om at kunne [ordet ”kunne” overstreget] få Begrebet ”den fynske Skole” [ordet ”Skole” indsat over linjen] sprængt. Derfor var det god Politik at beskærme Møhl, som ingen andre end S.M.s løgnagtige Pen havde indrulleret blandt Fynboerne. Et godtroende Publikum lader sig let binde den Slags Historier på Ærmet, ukendt 
 13
 som de er med de faktiske Forhold. Der er i disse Dage [”i disse Dage” indsat over linjen] blevet sendt mig [”mig” indsat over linjen] S.Ms. sidste Arbejde som Skribent. Det hedder betegnende nok ”Sandhed.” Han lader her [”her” indsat over linjen] Rostrup Boyesen selv udtale, at han er Fynbo. Hvad er Meningen? Har Boyesen betroet Hr. S.M., at han ønsker at klistre sig på os! eller er det Meningen at insinuere, at Fynboerne praler med at have optaget Boyesen 
 14
 i deres Klike? Jeg overlader til Læserne at finde ud af det. Der blev for År tilbage startet flere ”Bevægelser” i dansk Kunst, hvis fornemste Egenskaber var at finde Navn importeret fra Udlandet. Der blev stablet et ”Taarn” op til Ære for Bevægelsen, Folk blev holdt a jour med den i Bladene: ”Maleren N.N. blev i går Symbolist” ……. I Løbet af et Par Måneder var [”var” overstreget] 
 15
 var den død og ikke en Gang Navnet vækker Erindringer. 
 Fynboerne, som intet andet har ønsket end at arbejde i Fred, har man slængt Øgenavnene Bondemalere og den fynske Skole efter. Det var Dragesæd.
 Vi havde Munterhed nok til at gribe Navnene i Flugten og gøre dem til Fanemærke.
 Er det det som driller?
 Den Egenskab hos Slott-Møller, hvor [”hvor” overstreget] som er Grund [”Grund” overstreget og ”Skyld indsat over linjen] Skyld i, at jeg anser en 
 16
 Diskution med ham for ugørlig, vil være klart for Enhver, der erindrer hans Bladkampe med Karl Madsen i Året 1907. Den utrolige Anmasselse, hvormed han behandler enhver Modstander en canaille, betager i hvert Fald mig Appetitten. Han er [”er” overstreget og over linjen erstattet med ”hører”] hører ligesom afdøde Balsgård til en Art Fænomener i dansk Kunsthistorie, som der synes at at være en [”at være en” indsat over linjen] Lov for Gentagelsen af. Lad ham stå som den han er, et Eksempel der kan tjene andre til Skræk og Advarsel. Fritz Syberg. Pisa 19 Maj 1911</t>
   </si>
   <si>
-    <t>1911-10-24</t>
-[...84 lines deleted...]
-  <si>
     <t>1912-02-28</t>
   </si>
   <si>
     <t>Anna Syberg
 Fritz Syberg</t>
   </si>
   <si>
     <t>Johanne Giersing
 Villum Jensen
 Peter Paul Rubens
 Clara Syberg
 Ernst Syberg
 Franz Syberg
 Hans  Syberg
 Lars Syberg</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
 Det vides ikke, hvad Botfelder betyder.
 Fritz Syberg har ikke tidligere skrevet til Johannes V. Jensen om pensionæren, og det vides ikke, hvem hun var.
 Else og Johannes V. Jensen kom ikke til Italien for at besøge Anna og Fritz Syberg.</t>
   </si>
   <si>
     <t>Det er forår efter en mild vinter.
 Syberg-familiens pensionær rejser. Hun skal giftes og har bildt manden ind, at hun er 32, skønt hun er 45 år. Fritz Syberg har diskuteret kvindeidealer med pensionæren, og Anna afbrød og sagde, at Else Jensen var Sybergs idealkvinde. Nu har Fritz Syberg tænkt på, at han gerne vil male et portræt af Else og også af Johannes V. Jensen. Johannes er en mørk albino. Else ligner en germaner eller Rubens' kone. Else og Johannes V. burde komme og være sammen med Syberg-familien en måned eller to i Marina di Pisa, så Fritz kan male dem. Anna tilføjer, at de har lejet en lejlighed i Marina di Pisa, og at der er et værelse til Else og Johannes V. Jensen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/R6Vg</t>
   </si>
   <si>
     <t>Pisa 28 Fbr. 1912
 Via San Lorenzo 44
 Kære Venner, Joh. V. og Else!
 Tak for Fødselsdagsbrevet, som jeg længe har ønsket at besvare, men jeg har intet havt at skrive om før nu. – Vore Breve har vist krysset hinanden – Vi har havt Forår i 1 ½ Måned efter en kort, mild Vinter. Bøndernes Roemarker (Botfelder[)] står i et Blomsterhav, søgt af Millioner Bier, i går så vi det første Kirsebærtræ i Blomst, og Hveden er ikke langt fra at skyde i Vip. Vi skal nu til at omgås lutter Italienere igen, for vor danske Pensionær (Dame) rejser. Jeg er ikke ked derover, hvordan hun vil klare den bliver hendes Sag. Hun skal giftes, hvis det kan gå i Orden. Hun er 45 År, men har bildt Verden og den lykkelige Ægtemand ind at hun er 32. Han er 29. Lykkefølelsen giver sig forskællige Udslag hos Hende. Forleden talte hun om Kvinder. Der burde ingen Forskæl være mellem Mand og Kvinde, de vare sideordnede. Jeg fandt der var en lille Forskæl, Kvinderne kunde bringe Børn til Verden. Så kovendte hun. Kvindernes Opgave, sagde hun, var den, at være en Solstråle. Hun er selv så tynd som – en Solstråle, rigtig hvad Italienerne kalder ”secca”. Det endte med at jeg, på Opfordring, beskrev mit ”Kvindeideal” som hun kaldte det. Jeg gjorde det demonstrativt noget mere omfangsrigt end en Solstråle, men det går som Fynboerne siger, der er intet man så let forsnakker sig med som med Munden. Da jeg var kommen til et vist Punkt i Beskrivelsen afbryder min Kone mig: ”og så skal hun være fyldig, blegrød, [kommaet overstreget] med en stor Krone af lyseblondt Hår og hedde Else Joh. V. Jensen” Jeg havde ikke skænket Else en Tanke – det indrømmer jeg – men jeg kunde ingen Indvendinger gøre – for det passede. Jeg hævnede mig så på anden Måde. Dette er Indledningen til noget Du skrev i Dit Brev, som kastede en Brand i min Sjæl, som man siger. Nemlig at male Else. Jeg forestillede mig – for Maleren i mig er grådig – at tilbringe – Gud ved hvor lang Tid – Sommerstid – med at lave 10-20 Aquarelstudier af Dig og Else og så ende med et stort Billede, Friluft – Sol mange lyse Farver. Hvor jeg gærne vilde knække Halsen på en sådan Opgave Betænkeligheder har jeg havt af forskællig Art. Den værste er ikke den at jeg så må forlade Arbejdet her i Pisa, men det er den, at det vilde være Synd at plage Jer, selv om I skulde være skikkelige nok til at indlade [jer] herpå…..
 Der er noget i Arten af Jeres [”Arten af Jeres” overstreget] den forskællige Art af Jeres Blondhed der har beskæftiget mig lige siden jeg aflagde mit første Besøg hos Jer. Der er noget ved Joh. V. som om Naturen på et eller andet tidlig Tidspunkt af hans Liv, måske i Morders Liv, har [”har” overstreget] en kort Tid har havt lumske Planer med at gøre ham til Albino, sådan en snefarvet Islænder med Hår som bleget Hør og skinnende hvide Øjenvipper, men så har betænkt sig, og for at skjule det, har gjort Dig så mørk som det er mulig at gøre en Albino under nordiske Breddegrader. Hos Else derimod er Blondheden drevet ud i det lyseste. Jeg har set flere såkald[t]e guldhårede der gjorde et langt mørkere Indtryk. Omtrent på samme Måde som jeg hørte en Sanger sige at han havde den lyseste Baryton i Verden, han kendte mange Tenorer hvis Stemmer var meget mørkere end hans. Else ligner ikke de blonde svenske ”flickor”, Men [”men” indsat over linjen] meget mere Germanerne – måske Hollænderinderne F.eks. Rubens Kone, men hun adskiller sig fra de sidste i Øjnenes Udtryk. Hils Jeres Børn Vores Børn har skrevet en Mængde Breve i den sidste Tid hvoriblandt flere med Adr. U Willum Jensen osv. Men de kommer vist aldrig afsted.
 Jeres hengivne
 Fritz Syberg
 Morgenen efter.
 Hvorfor kan I dog ikke komme til Italien og bo hos os en Måned eller to i Marina di Pisa. Så kunde jeg få både i Pose og Sæk både male et Billede af Jer og fortsætte mine Italiensbilleder. 
 Kære Joh V’s Ja hvorfor Fanden kan I ikke komme herned, vi kunde faa det saa storartet i Marinen, der er næsten lige saa smukt som i Tisvilde, vi kunde gøre nogle Smaarejser til Luni og Lucca og se de Porte Danskerne stormede, det er vist de samme Porte der sidder endnu. Jeg vilde [det følgende skrevet lodret langs arkets venstre side] ogsaa gerne se Fritz’es Aquareller af mit Kvindeideal (Else er nemlig ogsaa mit Kvindeideal blive til[)] Vi har allerede lejet en Lejlighed med et Værelse til Jer ogsaa. Elektrisk Lys ogsaa udenfor Døren (i Haven) Tusind Hilsener Anna</t>
-  </si>
-[...638 lines deleted...]
-Nu sidder i selvfølgelig i Kærby og Stinne er ikke tilfreds over at der ingen Breve kommer. Tyskerne her er dog nogle rigtige Idioter dumme og storsnudede, vi savner Østrigerne. - Vi er i en By - en Mils Vej fra Frankfurt, - I Dag har vi været ved at dø af Varme her er som i en Bageovn naar vi tænker paa Italien er det ["er det" overstreget] forstaar vi ikke hvordan vi har kunnet holde Kulden ud der. Mange Kys til alle. Besse.</t>
   </si>
   <si>
     <t>1913-05-01</t>
   </si>
   <si>
     <t>Frankfurt</t>
   </si>
   <si>
     <t>Martin Rosholt
 Ernst Syberg</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913, hvor Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
 Det vides ikke, om "den gamle ged" er et dyr eller et menneske, og rovmoderen er også ukendt.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 3426, Lb. 3, 014</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse spiser, mens de venter på, at posthuset åbner. De spørger, om det er dejligt at være hjemme på Pilegaarden igen. 
 De to er ærgelige over, at der ikke er brev fra forældrene.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rDCL</t>
   </si>
@@ -1047,122 +1119,50 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V1gj</t>
   </si>
   <si>
     <t>[På kortets billedside er fortrykt:]
 Gartenwirtschaft
 "Restauration zum Gambrinus"
 Ebbenheim b. Wiesbaden. Bes. Jean Roos
 Haltestelle der electr. Strassenbahn. Telephon 3313
 [På kortets tekstside er fortrykt:]
 Postkarte
 No. 696 R. Konrady Kunstverlag Wiesbaden 139
 [I adressefeltet er håndskrevet med blåt:]
 H Lars Syberg
 Via S Luca 1.
 Pisa 
 Italien
 [Adressen er overstreget med sort. Med sort håndskrift er skrevet:]
 Kjerteminde
 Danimarca
 [I tekstfeltet er håndskrevet:]
 1 Maj
 Kære Sakker!
 Nu er det jo Din Fødselsdag maa jeg ønske Dig til Lykke Besse og jeg sidder her i den Restauration Du ser her paa Kortet og spiser. Mange Lykønskninger fra Hans</t>
-  </si>
-[...70 lines deleted...]
-Jeg er i Dag kørt mod et Træ saa jeg maatte gaa til en Cykelsmed med min Cykel nu er den god igen men nu er Besses skidt der er ved at blive sat et Dæk paa Hans</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1239,51 +1239,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Thrz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uyKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uyKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Thrz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M28"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1334,1212 +1334,1212 @@
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H2" s="5" t="s">
+      <c r="H2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="5" t="s">
+      <c r="F3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="E3" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="F4" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>39</v>
-      </c>
-[...10 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J5" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="F5" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>46</v>
-      </c>
-[...10 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="I6" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="J6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="B7" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E7" s="5" t="s">
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I7" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="F7" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="K7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L7" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="J7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I8" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="B8" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E8" s="5" t="s">
+      <c r="J8" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="F8" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H8" s="5" t="s">
+      <c r="K8" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="J8" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K8" s="5" t="s">
+      <c r="M8" s="5" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" s="5" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>72</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I9" s="5"/>
+        <v>74</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>75</v>
+      </c>
       <c r="J9" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>70</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="I10" s="5"/>
+        <v>83</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>84</v>
+      </c>
       <c r="J10" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>17</v>
+        <v>90</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G11" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>91</v>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="B12" s="5" t="s">
+      <c r="E12" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="C12" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G12" s="5" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="G12" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="H12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B13" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="E13" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="C13" s="5" t="s">
-[...9 lines deleted...]
-        <v>103</v>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I13" s="5" t="s">
+      <c r="H13" s="5" t="s">
         <v>104</v>
       </c>
+      <c r="I13" s="5"/>
       <c r="J13" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="K13" s="5" t="s">
         <v>105</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L13" s="6" t="s">
         <v>106</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>108</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>90</v>
+        <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>101</v>
+        <v>16</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>109</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>110</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H14" s="5" t="s">
+      <c r="H14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I14" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="J14" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="J14" s="5" t="s">
+      <c r="K14" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="K14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="L14" s="6" t="s">
+      <c r="M14" s="5" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I15" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="B15" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E15" s="5" t="s">
+      <c r="J15" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="K15" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="F15" s="5" t="s">
+      <c r="L15" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="G15" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I15" s="5" t="s">
+      <c r="M15" s="5" t="s">
         <v>120</v>
-      </c>
-[...10 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="K16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L16" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="B16" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E16" s="5" t="s">
+      <c r="M16" s="5" t="s">
         <v>126</v>
-      </c>
-[...26 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="K17" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="L17" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="M17" s="5" t="s">
         <v>133</v>
-      </c>
-[...38 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K18" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="L18" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="M18" s="5" t="s">
         <v>140</v>
-      </c>
-[...38 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="L19" s="6" t="s">
         <v>147</v>
       </c>
-      <c r="B19" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E19" s="5" t="s">
+      <c r="M19" s="5" t="s">
         <v>148</v>
-      </c>
-[...26 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="J20" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="B20" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F20" s="5" t="s">
+      <c r="K20" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="G20" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="J20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="J21" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="B21" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E21" s="5" t="s">
+      <c r="K21" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="F21" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="J21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>163</v>
-      </c>
-[...9 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B22" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="E22" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="C22" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F22" s="5" t="s">
-        <v>155</v>
+        <v>167</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H22" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H22" s="5" t="s">
+        <v>168</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>168</v>
+        <v>76</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>101</v>
+        <v>72</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>174</v>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H23" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H23" s="5" t="s">
+        <v>175</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>175</v>
+        <v>76</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>101</v>
+        <v>72</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>181</v>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H24" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H24" s="5" t="s">
+        <v>182</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>182</v>
+        <v>76</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B25" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="E25" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="C25" s="5" t="s">
-[...9 lines deleted...]
-        <v>155</v>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
         <v>188</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>189</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>190</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>191</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>192</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>195</v>
+        <v>81</v>
       </c>
       <c r="E26" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="s">
         <v>196</v>
       </c>
-      <c r="F26" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H26" s="5" t="s">
+      <c r="I26" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="I26" s="5" t="s">
+      <c r="J26" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="K26" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="J26" s="5" t="s">
+      <c r="L26" s="6" t="s">
         <v>199</v>
       </c>
-      <c r="K26" s="5" t="s">
+      <c r="M26" s="5" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="B27" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E27" s="5" t="s">
+      <c r="I27" s="5" t="s">
         <v>204</v>
       </c>
-      <c r="F27" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I27" s="5" t="s">
+      <c r="J27" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="J27" s="5" t="s">
+      <c r="K27" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="K27" s="5" t="s">
+      <c r="L27" s="6" t="s">
         <v>207</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="5" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="D28" s="5" t="s">
         <v>210</v>
-      </c>
-[...7 lines deleted...]
-        <v>101</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>211</v>
       </c>
       <c r="F28" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
         <v>212</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="I28" s="5" t="s">
         <v>213</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>214</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>215</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>216</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>217</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>