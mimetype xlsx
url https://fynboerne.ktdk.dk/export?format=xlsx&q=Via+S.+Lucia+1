--- v1 (2026-01-23)
+++ v2 (2026-03-13)
@@ -5,948 +5,150 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="310" uniqueCount="218" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1913-04-21</t>
-[...357 lines deleted...]
-    <t>Mads Rasmussen</t>
+    <t>1910-12-06</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen</t>
   </si>
   <si>
     <t>Pisa</t>
-  </si>
-[...381 lines deleted...]
-    <t>Else Jensen</t>
   </si>
   <si>
     <t>Jacobys Allé 2 København</t>
   </si>
   <si>
     <t>Lorenzo Battoni 
 Johannes V. Jensen</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg med børn rejste 25. november 1910 til Pisa for at blive der i tre år. Den første korte tid boede de på et hotel og derefter i en lejet lejlighed Via San Lucia 1 og 3. Herfra flyttede de senere til Via San Lorenzo.
 Fotoet på postkortet er formodentlig fra Natural Park Migliarino San Rossore.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Anna Syberg beder Else V. Jensen sende en opskrift på appelsinmarmelade. Anna og familien har det bedre, end Anna havde troet, at de ville få det</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Thrz</t>
   </si>
   <si>
     <t>[Fortrykt på kortets billedside:]
 Pisa – S. Rossore – Dromedari al Passolo
 [Kortets tekstside:] 
 Fru Joh V. Jensen
 Jacobys Allé 2
 Kjøbenhavn
 Danimarca
 Kære Else
 Vil Du ikke være saa elskelig art sende mig Opskriften paa Din Appelsinmarmelade. Smør er nemlig saa dyrt og daarligt, og Appelsinder saa billige, saa Marmelade paa Brødet til Morgenkaffen vilde være bedre og billigere. Vi har det ellers glimrende, langt bedre end jeg havde ventet mig det. Jeg tænker tit paa Dignaar vi ser et eller andet , Du vilde tit ryste af Latter. Hils Joh. V. Mange Hilsner Din Anna.
 [Skrevet på hovedet øverst på kortet:]
 Signor Battoni Lorenzo
 Via S. Lucia 3
 Pisa</t>
   </si>
   <si>
-    <t>1911-10-24</t>
-[...77 lines deleted...]
-  <si>
     <t>1911-05-18</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
   </si>
   <si>
     <t>Carl Balsgaard
 -  Bramsen
 Poul S. Christiansen
 Vilhelm  Hammershøi
 Peter Hansen
 Carl  Hartmann
 Johannes Larsen
 Karl Madsen
 Kristian Møhl
 Laurits Ring
 Peter Rostrup Bøyesen
 Karl Schou
 Henrik Schouboe
 Harald Slott-Møller
 Franz Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Den vedlagte artikel var trykt med illustrationer i Gads Danske Magasin 1910-1911 s. 489-502. Det vides ikke, om Fritz Sybergs artikel blev optaget i Politiken. 
 Franz Syberg (Trylle) led livet igennem af astma og bronkitis. 
 Maleren Kristian Zahrtmann boede halvdelen af året i Civita d'Antino, Italien.
 Maleren Carl Vilhelm Balsgaard (1812-1893) søgte et professorat på Kunstakademiet og en inspektørstilling ved Galleriet (nu Statens Museum for Kunst), og da han fik afslag på begge, offentliggjorde han i 1873 kampskriftet "Om vore Kunstforhold". Han regnedes i samtiden for polemisk, og det er formodentlig derfor, Fritz Syberg bringer ham på banen i forbindelse med Harald Slott-Møllers udfald mod Fynbomalerne.</t>
   </si>
@@ -990,90 +192,816 @@
 8
 har jeg været på den grønne Gren. Mine personlige Fornemmelser over for mit Arbejde er af den Art, at jeg vilde have holdt ud og arbejdet videre, selv om mine Vilkår havde været værre. Jeg har i mit Arbejde fundet Afløb for at de to stærkeste Drifter i mig, min Frihedstrang og min Arbejdstrang, og end ikke Hr. Slott-Møller vil kunne lægge mig nogen Hindring i Vejen. 
 9
 Om man vil unde mig Kunstner navn er en sag der vedkommer andre og ikke mig. Basta!
 Jeg kommer nu til S.M. selv. Hans Kunst har jeg ikke mange Ord at spilde på. Hans Arbejder fra de sidste 14-15 År har på en uhyggelig Måde blottet Skavankerne ved hans Begynderarder (som der knyttedes Håb til). Den Udstilling, han afholdt for nogle År 
 10
 siden, var en Udlevering. Den viste hans Lærreders gabende tomhed. At en Mand går tilgrun [”tilgrun” overstreget] tilgrunde som kunstner er imidlertid ingen Grund til at tage hårdt på ham, tvertimod det vilde være både rimeligt og behageligst for En selv at l [”l” overstreget] anvende Medlidenhed over for ham og ”hænge ham i Stilhed”. Men ved sin Virksomhed som Skribent og Æreskrænker, hvortil man ikke kan tie i al Evighed, 
 11
 nedkalder han selv Ulykkerne over sit Hoved. Man indleder ikke regelret Kamp med en Giftsnog, men bruger de Midler man har for Hånden for at uskadeliggøre den. Hans Edderspændthed er mig ligegyldig. Værre er det at han i sine ”Kritiker” er perfid. Her er et Par Eksempler. I en Anmeldelse af ”den Fri” (Året 1907) hvis Hovedafsnit var et Overfald på 
 12
 mig protesterer S.M. mod den Anmasselse, at ”den fynske Skole” tilegner sig Maleren Møhl. Det gjaldt den Gang om at kunne [ordet ”kunne” overstreget] få Begrebet ”den fynske Skole” [ordet ”Skole” indsat over linjen] sprængt. Derfor var det god Politik at beskærme Møhl, som ingen andre end S.M.s løgnagtige Pen havde indrulleret blandt Fynboerne. Et godtroende Publikum lader sig let binde den Slags Historier på Ærmet, ukendt 
 13
 som de er med de faktiske Forhold. Der er i disse Dage [”i disse Dage” indsat over linjen] blevet sendt mig [”mig” indsat over linjen] S.Ms. sidste Arbejde som Skribent. Det hedder betegnende nok ”Sandhed.” Han lader her [”her” indsat over linjen] Rostrup Boyesen selv udtale, at han er Fynbo. Hvad er Meningen? Har Boyesen betroet Hr. S.M., at han ønsker at klistre sig på os! eller er det Meningen at insinuere, at Fynboerne praler med at have optaget Boyesen 
 14
 i deres Klike? Jeg overlader til Læserne at finde ud af det. Der blev for År tilbage startet flere ”Bevægelser” i dansk Kunst, hvis fornemste Egenskaber var at finde Navn importeret fra Udlandet. Der blev stablet et ”Taarn” op til Ære for Bevægelsen, Folk blev holdt a jour med den i Bladene: ”Maleren N.N. blev i går Symbolist” ……. I Løbet af et Par Måneder var [”var” overstreget] 
 15
 var den død og ikke en Gang Navnet vækker Erindringer. 
 Fynboerne, som intet andet har ønsket end at arbejde i Fred, har man slængt Øgenavnene Bondemalere og den fynske Skole efter. Det var Dragesæd.
 Vi havde Munterhed nok til at gribe Navnene i Flugten og gøre dem til Fanemærke.
 Er det det som driller?
 Den Egenskab hos Slott-Møller, hvor [”hvor” overstreget] som er Grund [”Grund” overstreget og ”Skyld indsat over linjen] Skyld i, at jeg anser en 
 16
 Diskution med ham for ugørlig, vil være klart for Enhver, der erindrer hans Bladkampe med Karl Madsen i Året 1907. Den utrolige Anmasselse, hvormed han behandler enhver Modstander en canaille, betager i hvert Fald mig Appetitten. Han er [”er” overstreget og over linjen erstattet med ”hører”] hører ligesom afdøde Balsgård til en Art Fænomener i dansk Kunsthistorie, som der synes at at være en [”at være en” indsat over linjen] Lov for Gentagelsen af. Lad ham stå som den han er, et Eksempel der kan tjene andre til Skræk og Advarsel. Fritz Syberg. Pisa 19 Maj 1911</t>
   </si>
   <si>
+    <t>1911-10-24</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 44</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Hans  Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Brevet er kun forsynet med et "Kære Ven", men det må formodes, at det er henvendt til Johannes V. Jensen, eftersom det findes blandt hans papirer på Det Kongelige Bibliotek. 
+Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
+Rondane er et fjeldområde øst for Gudbrandsdalen i Øst-Norge i fylkerne Oppland og Hedmark. 
+Det vides ikke, hvilket brev der er tale om, når Fritz Syberg skriver, at han kunne have lyst til at benytte dette som påskud til at besøge Carrara.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har tegnet et kort af egnen omkring Pisa. I brevet beskriver han vegetationen, skovene, bjergene, marmoret, floderne og deres udløb i havet, farverne i brændingen mv. Derefter fortæller han om, at vikingerne under deres erobringstogt opgav at indtage Pisa, men i stedet besatte Lucca, som de troede var Rom. Han er inde på en strejke blandt marmorarbejderne. Til slut fortæller Fritz Syberg, at flere af børnene har været syge, og at Rille (Ernst) taler om pinjeskoven ved Kerteminde og retter til "urskoven", når de griner af ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9XDW</t>
+  </si>
+  <si>
+    <t>Pisa 24 Otbr 1911
+Via San Lorenzo 44
+Kære Ven.
+[Herunder et tegnet landskort med påskrevne stednavne. Fra oven:]
+Flod Magra ”Luni” Carrara Floden Carrione Bjærge Firenske Hav Flod Serchio Viareggio Søen Lucca Bjærge Pisa Livorno Bjærge 
+Fra Floden Magra og helt ned til Livorno er Landet langs [”landet langs” indsat over linjen], en Slette der omkring Pisa forgrener sig langt ind i Landet. Oppe ved den antikke by ”Luni” er den kun 4-5 Kilometer bred. På hele denne Strækning består Kysten af: en Forstrand af Sand der danner Revler ude i Vandet, derpå et Bælte af temmelig lave Klitter, yderst begravet med grovt Græs længere inde med en Art Enebær – (ikke de som er almindelige i de svenske Skove men nogle med etårige Bær af dette Volumen [et bær er tegnet]). De vokser op som hele Træer ca 12-14 Fod høje og er undertiden begravet i Sand til halvvejs op på selve Kronen. 
+Dette Bælte af Enebærtræer går lidt efter lidt over i Pinjeskov, hvor Underbunden er et Vildnis af nogle [”nogle” overstreget] Buske og Slyngplanter. En tornet Slyngconval – Europas eneste Art – er meget smuk og gennemfiltrer hele Skoven. Desuden findes Efeu, de almindelige Enebær og en Slags Buske med runde blå Bær på Størrelse med Blåbær – Grene omtrent således [tegning] vist giftige. Busken selv er så høj som den svenske Porsebusk. Brombærranker så godt som uden Frugter, men af en vældig Længde [”men af en vældig Længde” indsat over linjen] o.m.a. Buske og Træer. Dette Bælte af Skov er kun smalt nordpå ved ”Luni” og findes kun i spredte Strækninger og Stykker langs Kysten; Men jeg formoder at dette kommer af at den er blevet ryddet til Fordel for de mange Badesteder hvoraf hver lille By har sit: Marina di Pisa Marina di Carrara, marina di Pietra santa e.t.c. Sletten er lang [”Sletten er langs” overstreget] Derimod syd på omkring Pisa er Skovene meget store og udstrakte fordi Kongen her ejer dem. Omkring Livorno er der store Engstrækninger og hvor der tillige er en Sø, på dette sidste Sted i Nærheden af Viareggio er der også en stor Skov. Resten af Sletten, altså særlig den Side der vender mod Bjærgene, er opdyrket som en Have [overstregede, ulæselige ord] Vin, Hvede, Bønner, Frugttræer. 
+Bjærgene skyder sig temmelig pludselig op af Terrænet. Består af rødt og gråt Marmor der [”der” overstreget] og [”og” indsat over linjen] sine Steder af en [”en” indsat over linjen] stærkt forvitret okkergul Sten eller Lerart [”okkergul Sten eller Lerart” indsat over linjen] Ved [”Ved” overstreget] Fra Foden og halvvejs op begroet med Oliven og Vin, Resten forkrøblet Pinjeskov og Krat eller fuldstændig bart: Hvor de nøgne Bjærgtoppe kj [”kj” overstreget] knejser op som ved Carrara er de grå, rødlige med Pletter af hvidt Marmor. Om Vinteren hvide af Sne. Ikke få Steder ser de vulkanske ud. Den højeste Bjærgtop i Appeninerne findes (tror jeg) ved Carrara og er ca 6000 Fod høj altså som Ronderne i Norge.
+Om Luni er der det at sige at der skal findes noget som man mener er Rester af et Amfiteater
+Men den ligger altså ikke ved Carrarafloden – Carrione (snarere nærmere ved den større Flod Magra). Desuden er Carrione kun en ubetydelig Bjærgstrøm tør om Somren og aldrig med mere Vand end man kan vade over den. Hvordan Magra er husker jeg ikke men på Kortet ser den ud til at være bredere end Arno. Arno er på sit sidste Løb ca 200 Alen bred. Dens Vandmasse [”Vandmasse” indsat over linjen] er som de fleste Italienske Floders stærkt afhængig af Nedbør. Efter Regn svulmer den op til en dyb rivende lergul Strøm der farver Havet en hel Mil ud. i [”i” overstreget] En Fjerdingvej Nord og Syd for Mundingen er Middelhavets blegblå og bleggrønne Brændinger farvet [”farvet” indsat over linjen] grågule med gråt Skum ud for selve Mundingen hvor store Sandbarrer ligger på hver Side af Løbet er Brændingerne cikoriefarvede med Sirupsgult Skum. Bag ved den lave Kyst hvor Skovene fuldstændig forsvinder i de store Linjer, rager Carrarabjærgene op på sådan en Uvejrsdag mørke og triste, de hvide Marmorpletter får dem til at ligne Gletschere. På en Solskinsdag når Arnoen er klar og stille som en dansk Fjord blå [”blå” overstreget] Havet er blåt som selve Storebælt ligger Carrarabjærgene blålige og rosenfarvede og lette som Sommerskyer.
+Historien om Hasting har jeg i Erindring fra i Sommer. Christiansen og Zahrtmann var oppe at nappes om Danmark ”verso Italia”. Men C. lod det være Lucca som Hasting erobrede Vikingerne lå og vrælede foran Pisas Porte (Havet skød sig den Gang helt ind til Pisa) i tre Dage, og da de ikke kunde overmande den sejlede de op ad den lille Flod [”Flod” indsat over linjen] Serchio til Lucca og indtog den i den Tro at det var Rom. De fangede Erkebispen som de troede var selve Paven. 
+Egnen om Lucca er ganske som om Pisa. Et tærnet udstrakt Felt af Vin- og Hvedemarker bekranset af smukoliven, bevoksede blånende Bjærge og Høje.
+Carrara [et overstreget, ulæseligt ord] ligger i et Dalstrøg halvt [der har sået ”halvvejs”, og ”vejs” er overstreget og erstattet af et t] op af Bjærgenes Fødder, Et [”Et” overstreget] og er egentlig et eneste stort Marmorværksted. I Sommer strejkede 10.000 Arbejdere der. De gennemførte Strejken ved at bevæbne sig med Bøsser og med at skyde den første ned som vovede at flytte en Marmorblok. Anna og jeg kunde godt have Lyst til at benytte Dit Brev som et Påskud til at komme derop (vi har været forbi på Gennemrejse) men Koleraen har raset så stærkt der i Sommer så vi tør ikke de første Måneder.
+Vi har også her havt Sygdom Trylle et hårdt Anfald af Asthma Nolle og Rille, Mavehistorie, selv Hans har så hård han end er måttet neje sig og ligge i Sengen en halv Dag. Rilles Sprog begynder at blive lidt kosmopoltisk og hans Erindringer farves.
+Han taler om Pinjeskoven ved Kjerteminde og når vi ler af ham retter han sig og siger, nej jeg mente Urskoven (vi har lige læst Junglebogen for dem). Hilsen til Jer alle fra os alle her Din hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1911-12-13</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Richard Bergh
+Frederik Grundtvig
+Johannes Larsen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+I Rigets Julehæfte 1911 blev der aftrykt en del af Johannes Larsens billeder med tilhørende tekster af Johannes V. Jensen. 
+Johannes V. Jensen fik nytårsdag 1911 en artikel om fetichisme trykt i et tidsskrift. Heri forsvarede han van Gogh og Cézanne. Litt.: Per Dahl og Aage Jørgensen: Johannes V. Jensen og fynbomalerne. I: Du danske Sommer. Fynbomalerne og de jyske forfattere i samklang. Malene Linell Ipsen (red.) Johannes Larsen Museet 2007, s. 56</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har modtaget Rigets Julehæfte. Det er nemmere for forfattere end malere at få deres værker udbredt, idet tekster kan trykkes. Syberg tænker på dansk vinter og på et af Grundtvigs vers, når han læser Johs. V. Jensens ord. 
+Familien trives i Pisa. Syberg tegner og maler på sin lille altan. Han er dybt imponeret over, hvad italienerne har skabt af sten og marmor, men det og landbrugsarbejdet slider også indbyggerne op. 
+Familien har været på tur til San Gingliano, hvor der var vinstokke og oliventræer på terrasser.
+Italienerne mishandler dyr. Kvinderne er smukke, men de lugter af hvidløg, kaffe og moskusparfume.
+Syberg har hyret en italiensklærer. Familiens værtinde deltager i undervisningen. 
+Zahrtmann er glad for Johs. V. Jensens artikel om fetich.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytyR</t>
+  </si>
+  <si>
+    <t>Pisa 13 Decbr. 1911
+casa Batoni S. Lucia 3
+Kære Joh. V. og Else.
+Det er undertiden lettere at tale i et Brev end med Munden, og da jeg, som I forstår trænger til at bruge Kæften lidt får I et Brev. Vi har fået tilsendt Rigets Julehæfte. Det var både [””var både” overstreget] er [”er” indsat over linjen] kønt (og det må være morsomt for Las), men jeg kunde alligevel ikke lade være med at overveje hvor I som bruger Pennen dog har et [”et” overstreget] en stor [et t i slutningen af ordet overstreget] Fortrin [”trin” overstreget] del for os stakkels Malere når det gælder om at lade sig mangfoldiggøre i en [”en” overstreget] Viktoriapresse. Dit Bidrag er jo skønt som kun Danmark kan være det. Det er dog både ondt og godt at få en sådan Hilsen fra Danmark, blot den lille Versstrofe, Du ender med, er jo nok til at gøre En forrykt Også de mørke Decemberdage Du indleder Artiklen med har jeg måttet tæmke på. Hvor sådan en sneløs mørk Vinterdag ind under Jul kan være vidunderlig tyst. Jeg må altid tænke på et [”et” overstreget] en Strofe af Grundtvig – en af disse Vidunderlige, han har lavet så mange af – Du kender den naturligvis, men for en Sikkerheds Skyld anfører jeg den: ”Hørt har jeg en lille Fugl – syngende på Kviste – Solen vendte sig [”sig” indsat over linjen] ved Jul – før det Kragen vidste – nu med Glans til Glæde stor – op og ned den går i Nord – som en Helt lyshåret – hele Gyldenåret.” Forresten er jeg vist ene her på Pladsen med den Slags Fornemmelser. Såvidt jeg har kunnet observere trives min Familie her som Fisken i Vandet. Det eneste i Danmark, de skulde længes efter at gense, skulde da være Østergade og Amagertorv i København. Italien er og bliver for mig et Arbejde, så skal jeg villig indrømme, at det er et Arbejde som foreløbig interesserer mig meget. Jeg har taget Stade på en lille [”lille" overstreget] lille Altan ud mod Arnoen, hvor jeg har tilbragt en Måned med at fæstne mit første Indtryk af Pisa på Papiret. Det er Arnoen med sit Murværk og sine Broer, Byens Profil op mod Bjærgene. Det er vidunderlig helstøbt og harmonisk. Hvad der først slår mig ved Italien er det kolosale Arbejde, alt sammen udført af Menneskehænder, som ligger bag ved alt. Vi var forleden et [”et” overstreget] en Tur ud til San Gingliano Ad Veje, V [”V” overstreget] makademiserede med [”med” overstreget] ved Århundreders Kørsel på Marmorskærver, så de var lige så glatte som Asfalt, beplantet med ældgamle dejlige Plataner, kom vi ud over en gl [”gl” overstreget] ganske flad Slette, gennemkrysset af et helt Kanalsystem næsten som i Holland. En Times Vej fra Pisa nåede vi San. G. der ligger ved Foden af Bjærgene. De er ikke særlig høje men hæver sig ganske brat som store Marmorblokke der stikker op gennem Jordsmonnet. De er overalt beplantet med Olivenskove. Og [”Og” overstreget] i hver en Revne i Stenen er der plantet en Vinstok. Bjærgskråningerne er beplantet med en Slags Stenhylder, et Slags Blomstertrappe hvor Urtepotterne ere af Klippesten og Planterne Oliventræer. (Tegning i venstre side af arket] Efter som Årene går dækkes mere og mere af af dette menneskeslid af [”af dette Menneskeslid af” indsat over linjen] Planternes Formuldning, så der til sidst kun findes en almindelig Bjærgskov med en ujævn og knudret Bund. Fra disse Bjærge at se ud over Sletten hvor Pisa ligger, er at se ud over en Have hvor hver Håndsbred Jord er behandlet med Hånden. Men hvor er Italienerne dog hærgede af [”af” overstreget] af al dette evige Slid. De er kun [”De er kun” overstreget] Det vil sige den arbejdende Klasse. De er kun unge, til de [”til de” overstreget] Mændene til de har været Soldater og Kvinderne til de har fået det første Barn. Så sætter ”Istiden” ind over dem trods det de lever i et Solland. De ligner forresten deres egne Dyr, som de mishandler så det ikke er til at tænke på.
+Går man på Pisas Gader og over de smukke Broer, på [”på” overstreget] belagt med Stenfliser af forskællig Størrelse [overstregede, ulæselige ord] men omhyggelig passet sammen af flinke Italienernæver, er det det samme der slår En, al det Arbejde de Mennesker dog har måttet udføre. I Nordeuropa er det al Tid Maskindriften og Fabriksdrift [”og Fabriksdrift” indsat over linjen] som sætter sit Præg på Byerne. Fra [”Fra” overstreget] Fra min Altan (hvor jeg forresten føler mig som [”som” indsat over linjen] i min Båd) har jeg også kigget lidt på Italienerinderne, ”löierlige Djur” som Richard Bergh sagde om nogle spanske Kvindemusikere i Stockholm. En masse kan de se dejlige ud, med deres sorte Hår og i deres brogede Klude. Håndbevægelser, Gang, Holdning Fodskifte, kunde nok gøre En – i det mindste en anden En – kulret. Men når man går på Strøget + piazza Garibaldi, ponte di mezzo og så Vittorio Emanuele – og får alt dette vidunderlige tæt ind på Livet, må jeg tidt tænke på det sted [i] Kiplings Eventyr hvor Hvalfisken spørger den lille [”lille” overstreget] Fisk om hvordan Mennesker smager og får det Svar ”dejligt men skarpt”. Stanken af Hvidløg, Muskusparfume, café nero og Pis, kan nok tage Vejret fra En. Vi har taget os en Lærer i italiensk. Det er morsomt. Han taler dejlig klart og jeg håber der skal hænge noget ved. Vor franske Madam, som taler italiensk – ganske vist så rædselsfuldt så det kun kan sammenlignes med hendes tysk: ”daits” kalder hun det – gjorde os Selskab i vores Sprogtimer for at lære at læse italiensk men har opgivet det igen. Hun har været gift med en Italiener og bosat i Pisa i 10 År uden at kunne læse et Ord, det er smukt klaret.
+Aften samme Dag.
+Jeg har lige fået Brev fra Zahrtmann. Han er meget glad ved Din Artikel om Fetisch og i det hele ved Din Virksomhed, det glæder mig fordi jeg selv også er glad ved det samme. Her er i Grunden meget mere at skrive om men mere en anden Gang. Hilsen til Jer begge. Du er askeblond. Else er blond som en Hvedemark – jeg kan lige høre det lille Knæk i hendes Stemme når hun taler i Telefonen, Skade at der ingen Forbindelse er hertil – ingen af Jer lugter af Hvidløg – men I får mig til at mindes Skovduft Hindbærduft og lyse Nætter. Eders heng. Fritz Syberg.</t>
+  </si>
+  <si>
     <t>1912-02-28</t>
   </si>
   <si>
     <t>Anna Syberg
 Fritz Syberg</t>
   </si>
   <si>
     <t>Johanne Giersing
 Villum Jensen
 Peter Paul Rubens
 Clara Syberg
 Ernst Syberg
 Franz Syberg
 Hans  Syberg
 Lars Syberg</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
 Det vides ikke, hvad Botfelder betyder.
 Fritz Syberg har ikke tidligere skrevet til Johannes V. Jensen om pensionæren, og det vides ikke, hvem hun var.
 Else og Johannes V. Jensen kom ikke til Italien for at besøge Anna og Fritz Syberg.</t>
   </si>
   <si>
     <t>Det er forår efter en mild vinter.
 Syberg-familiens pensionær rejser. Hun skal giftes og har bildt manden ind, at hun er 32, skønt hun er 45 år. Fritz Syberg har diskuteret kvindeidealer med pensionæren, og Anna afbrød og sagde, at Else Jensen var Sybergs idealkvinde. Nu har Fritz Syberg tænkt på, at han gerne vil male et portræt af Else og også af Johannes V. Jensen. Johannes er en mørk albino. Else ligner en germaner eller Rubens' kone. Else og Johannes V. burde komme og være sammen med Syberg-familien en måned eller to i Marina di Pisa, så Fritz kan male dem. Anna tilføjer, at de har lejet en lejlighed i Marina di Pisa, og at der er et værelse til Else og Johannes V. Jensen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/R6Vg</t>
   </si>
   <si>
     <t>Pisa 28 Fbr. 1912
 Via San Lorenzo 44
 Kære Venner, Joh. V. og Else!
 Tak for Fødselsdagsbrevet, som jeg længe har ønsket at besvare, men jeg har intet havt at skrive om før nu. – Vore Breve har vist krysset hinanden – Vi har havt Forår i 1 ½ Måned efter en kort, mild Vinter. Bøndernes Roemarker (Botfelder[)] står i et Blomsterhav, søgt af Millioner Bier, i går så vi det første Kirsebærtræ i Blomst, og Hveden er ikke langt fra at skyde i Vip. Vi skal nu til at omgås lutter Italienere igen, for vor danske Pensionær (Dame) rejser. Jeg er ikke ked derover, hvordan hun vil klare den bliver hendes Sag. Hun skal giftes, hvis det kan gå i Orden. Hun er 45 År, men har bildt Verden og den lykkelige Ægtemand ind at hun er 32. Han er 29. Lykkefølelsen giver sig forskællige Udslag hos Hende. Forleden talte hun om Kvinder. Der burde ingen Forskæl være mellem Mand og Kvinde, de vare sideordnede. Jeg fandt der var en lille Forskæl, Kvinderne kunde bringe Børn til Verden. Så kovendte hun. Kvindernes Opgave, sagde hun, var den, at være en Solstråle. Hun er selv så tynd som – en Solstråle, rigtig hvad Italienerne kalder ”secca”. Det endte med at jeg, på Opfordring, beskrev mit ”Kvindeideal” som hun kaldte det. Jeg gjorde det demonstrativt noget mere omfangsrigt end en Solstråle, men det går som Fynboerne siger, der er intet man så let forsnakker sig med som med Munden. Da jeg var kommen til et vist Punkt i Beskrivelsen afbryder min Kone mig: ”og så skal hun være fyldig, blegrød, [kommaet overstreget] med en stor Krone af lyseblondt Hår og hedde Else Joh. V. Jensen” Jeg havde ikke skænket Else en Tanke – det indrømmer jeg – men jeg kunde ingen Indvendinger gøre – for det passede. Jeg hævnede mig så på anden Måde. Dette er Indledningen til noget Du skrev i Dit Brev, som kastede en Brand i min Sjæl, som man siger. Nemlig at male Else. Jeg forestillede mig – for Maleren i mig er grådig – at tilbringe – Gud ved hvor lang Tid – Sommerstid – med at lave 10-20 Aquarelstudier af Dig og Else og så ende med et stort Billede, Friluft – Sol mange lyse Farver. Hvor jeg gærne vilde knække Halsen på en sådan Opgave Betænkeligheder har jeg havt af forskællig Art. Den værste er ikke den at jeg så må forlade Arbejdet her i Pisa, men det er den, at det vilde være Synd at plage Jer, selv om I skulde være skikkelige nok til at indlade [jer] herpå…..
 Der er noget i Arten af Jeres [”Arten af Jeres” overstreget] den forskællige Art af Jeres Blondhed der har beskæftiget mig lige siden jeg aflagde mit første Besøg hos Jer. Der er noget ved Joh. V. som om Naturen på et eller andet tidlig Tidspunkt af hans Liv, måske i Morders Liv, har [”har” overstreget] en kort Tid har havt lumske Planer med at gøre ham til Albino, sådan en snefarvet Islænder med Hår som bleget Hør og skinnende hvide Øjenvipper, men så har betænkt sig, og for at skjule det, har gjort Dig så mørk som det er mulig at gøre en Albino under nordiske Breddegrader. Hos Else derimod er Blondheden drevet ud i det lyseste. Jeg har set flere såkald[t]e guldhårede der gjorde et langt mørkere Indtryk. Omtrent på samme Måde som jeg hørte en Sanger sige at han havde den lyseste Baryton i Verden, han kendte mange Tenorer hvis Stemmer var meget mørkere end hans. Else ligner ikke de blonde svenske ”flickor”, Men [”men” indsat over linjen] meget mere Germanerne – måske Hollænderinderne F.eks. Rubens Kone, men hun adskiller sig fra de sidste i Øjnenes Udtryk. Hils Jeres Børn Vores Børn har skrevet en Mængde Breve i den sidste Tid hvoriblandt flere med Adr. U Willum Jensen osv. Men de kommer vist aldrig afsted.
 Jeres hengivne
 Fritz Syberg
 Morgenen efter.
 Hvorfor kan I dog ikke komme til Italien og bo hos os en Måned eller to i Marina di Pisa. Så kunde jeg få både i Pose og Sæk både male et Billede af Jer og fortsætte mine Italiensbilleder. 
 Kære Joh V’s Ja hvorfor Fanden kan I ikke komme herned, vi kunde faa det saa storartet i Marinen, der er næsten lige saa smukt som i Tisvilde, vi kunde gøre nogle Smaarejser til Luni og Lucca og se de Porte Danskerne stormede, det er vist de samme Porte der sidder endnu. Jeg vilde [det følgende skrevet lodret langs arkets venstre side] ogsaa gerne se Fritz’es Aquareller af mit Kvindeideal (Else er nemlig ogsaa mit Kvindeideal blive til[)] Vi har allerede lejet en Lejlighed med et Værelse til Jer ogsaa. Elektrisk Lys ogsaa udenfor Døren (i Haven) Tusind Hilsener Anna</t>
+  </si>
+  <si>
+    <t>1912-06-23</t>
+  </si>
+  <si>
+    <t>Via San Lorenzo 44 Pisa</t>
+  </si>
+  <si>
+    <t>Domenica Cerroni
+Poul S. Christiansen
+Michelangelo Simoni
+Hjalmar Sørensen
+Anders Trulson</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg boede i Italien med deres seks børn fra efteråret 1910 og små tre år frem.
+Zahrtmann boede fra 1883 til 1911 hver sommer til leje i bjerglandsbyen Civita d'Antino. 
+I Kristian Zahrtmann En Mindebog bygget over hans egne Optegnelser og Breve fra og til ham, F. Hendriksen, Kjøbenhavn 1919 er der gengivet flere breve og andre tekster, hvori Zahrtmann fortæller om Trulson og Sørensen og sommeren 1911. Om sagen med natpotten, der ikke blev tømt, skrev Zahrtmann således (s. 568): "Situationen forværredes ved, at alle Italienere er forfærdeligt bange for Tuberkelsmitte. Tjenestepigerne desinficeredes, naar de havde været inde hos ham. Det blev os danske, der gav ham Mad, Medicin og sad og talte med ham." 
+Zahrtmann ophørte ikke med at være i brevkontakt med Anna og Fritz Syberg efter episoden med Sørensen. I Mindebogen er eksempelvis aftrykt et brev fra Zahrtmann til ægteparret dateret 17. august 1912 (s. 575-576).
+Sommeren 1911 var i øvrigt den sidste, Zahrtmann tilbragte i Italien.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg fortæller om noget, der gik for sig i sommeren 1911: Zahrtmann så et stort lys i en af sine elever, (Hjalmar) Sørensen. De to besøgte sammen Syberg-familien i Pisa, og i begyndelsen beskrev Zahrtmann Sørensen med lovord. Sørensen var i øvrigt en meget smuk mand. Efter en måned begyndte Zahrtmann at blive irriteret på Sørensen, og han bed ham af osv., så det var pinligt for alle. De to rejste videre til Civita d'Antino, og her fik Sørensen nærmest husarrest, han måtte ikke tale ved bordet, ikke gå tur med en moden kvinde osv. Poul S. Christiansen var også i Civita, og han og Zahrtmann skændtes. En tredje gæst var svenskeren (Anders) Trulson, som var alvorligt syg. Tjenestepigerne tømte ikke hans natpotte, som stod og gærede i varmen.
+En tjenestepige fik stoppet en barbarisk måde at slagte lam på i Civita d'Antino. 
+Sørensen fik om efteråret rejsepenge af Zahrtmann og ordre om atrejse lige hjem uden svinkeærinder. Han besøgte alligevel Syberg i Pisa, og de tre voksne sendte et kort til Zahrtmann, som svarede, at han havde dårlig samvittighed. Hjemme igen besøgte Sørensen flere gange Zahrtmann, indtil sidstnævnte bad ham holde sig væk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mHvr</t>
+  </si>
+  <si>
+    <t>Pisa Via San Lorenzo 44
+23 – Juni – 1912
+Kære Ven.
+Jeg sender Dig her en Historie. Nogen Tid før jeg rejste herned skrev Zahrtmann til mig og fortalte mig om en ung Mand han havde taget til sig for at opdrage ham til Kunstner. Hans Talent var ganske enestående Han gav mig også lidt af den unge Mands Forhistorie bl.a. havde han en Tid ernæret sig som Opvarter i Antwerpen. I Fjor Forår da Z. med sin unge Ledsager kom til Pisa opsøgte de os, og der var ingen Ende på Z.s Lovprisninger af ham. Det eneste Z. havde at leve for nu var denne unge Mand der skulde nå ”langt videre” end vi andre. Den unge Mands ”Ædelhed” var noget ganske [et overstreget, ulæseligt ord] ud over almindelige Menneskers. Jeg var ikke meget spændt på at se dette Fænomen, for Z.s [overstreget, ulæseligt ord] Evne som Menneskekender sætter jeg ikke meget højt. Men den unge Mand overraskede mig ved at se [”se” overstreget] være en Del anderledes [overstregede bogstaver] end jeg havde ventet. Jeg havde ventet mig ham lidt feminin og lidt fordægtig, det er Zs. Smag [overstregede, ulæselige ord] I Stedet for ser vi t [”t” overstreget] en høj velskabt Fyr – nøgen vi badede nemlig sammen [de sidste fire ord indsat over linjen] noget i Retning af Michelangelos David. Han var [”var” overstreget] er en glimrende Svømmer, har faret tilsøs, som Matros i Storfarten, - Amerika osv. Københavner af den ganske tiltalende Art som f. Eks. Bliver gode Soldater [noget overstreget og ulæseligt]. Hans Talent som Maler forestiller Du Dig bedst ved at tænke på Din Broder D[ulæseligt], Dygtigheden var ubestridelig. Forøvrigt var han en overordentlig rar Fyr som Børnene kom udmærket ud af det med.
+Hvor længe Z. har kendt ham førend de kom herned ved jeg ikke, men hans Beundring for ham her [”her” overstreget] kulminerede hernede da den første Måned var gået. En Dag [”En Dag” indsat over linjen med en streg ned, som går henover ”Z.”] inviterede Z. [”Z.” indsat over linjen] os en Tur til Lucca og da havde Piben en anden Lyd. Sørensen (den unge M.) var ikke længer det ubegrænset ædle Menneske og den [”den” indsat over linjen] vordende store Kunstner. Talte han blev han fejet af. Z tilretteviste ham i vi andres Påhør på en så ubehagelig Måde så hele Selskabet forstemmedes deraf. Synet af af [”af” overstreget] ham irriterede Z. Derefter rejste de til Civita d’Antino. Dernede vilde jeg nødig have været i Sørensens Sted Han blev lukket inde på sit Værelse og sat til at male et Interiør derfra [”derfra” overstreget] for at Omverdenen ikke skulde se for meget til ham. Det blev ham forbudt at tale ved Bordet. En Dame (Malerinde) som boede der og som han havde trøstet sig med på nogle Aftenture (Hun var 46 – han 29) blev det forbudt (af Z.) at spasere med S., - nok med de andre Malere, - men ikke med S. ”han var ikke passende Selskab.” Dette bedes forstået således, at det ikke var et af Z. fra først af udtalt klart Program hvorefter alle havde sig at rette, men kom frem lidt efter lidt [”lidt efter lidt” indsat over linjen] i Løbet af Sommeren når Z. fandt Lejligheden passende d.v.s. en pinlig utryg Stemning blev vedligeholdt under hele Opholdet. Dertil kom daglige [”daglige” indsat over linjen] Diskussioner om Italienerne, hvor [”hvor” overstreget] mellem Z og Christiansen. Z. kogende af Vrede. C. ligbleg og truende med at rejse. Italienerne er ”Prinser” vi er kun ”Barbarer” det var Emnet. Endvidere Svenskeren Trulsons Død. Såvidt jeg kan forstå under temmelig graverende Forh [”Forh” overstreget] hygiejniske Forhold. Fra den Dag han blev sengeliggende satte Herskabet to Signora’er Cerroni ikke deres Fødder i hans Værelse, heller ikke Tjenestepigen. Tænk Jer i den varme Sommer ifjor at have en Lerko[ulæseligt] stående med gærende Latrin 14 Dage i det Værelse hvor man ligger syg. – [et overstreget bogstav] Førnævnte Dame tog sig på at hjælpe på dette da hun havde opdaget det, men Z følte sig meget stødt over hendes Indgriben. En anden Ting hun fik Forandring på var følgende. De slagtede hver Dag Lam lige for [”lige for” overstreget] på Pladsen uden for, til Underholdning for Børnene. Det foregik på den Måde at de spigrede Dyrene i levende Tilstand på Bjælkeværket, en regelret Korsfæstelse, men med Hovedet nedad som Skt Peder. Der blev de så hængende og brægede til Underholdning for Italienerbørnene til man fik Tid til at tappe Blodet af dem. Det lykkedes førnævnte Dame at få dette Forhold forandret derhen, at Korsfæstelsen af Lammene ikke mere foregik på åben Gade men blev henvist til et Sted udenfor Byen – sålænge hun var der. Tilbage til Sørensen. Da Efteråret kom t [”t” overstreget] erklærede Z. at S. ikke var, hverken et ”ædelt Menneske” eller kunde blive Maler. Han gav ham Rejsepenge hjem men pålagde ham at rejse sporenstregs hjem. S. mente det var for at [”at” overstreget. Over linjen er skrevet ”di”] di han [”han” overstreget] Z ønskede ikke ham (S) [”(S” indsat over linjen] på Hjemrejsen måtte gøre Ophold hos os. Det gjorde han nu alligevel. Vi så ingen Grund til at være anderledes mod ham end vi hele Tiden havde været. Han boede hos os i 14 Dage og havde det vist [overstregning, ulæseligt] dejlig, de[t] sagde han da. Vi sendte ovenikjøbet Z et Kort med Hilsen fra os alle. Z. svarede med en lille Hjerteudgydelse ”dårlig Samvittighed over for S.” I København besøgte S. Zahrtmann nogle Gange. Han kiunde stadig ikke tro at en Interesse der blev begyndt [”blev begyndt” overstreget] straks var så varm kunde så helt og aldeles forsvinde. Han blev imidlertid modtaget afvisende. Så holdt han sig væk et halvt År. Levede af at stå Model og arbejdede i Mellemtiden flittig på ”sin Kunst” (Han er jo nemlig nu uigenkaldelig hjemfalden til Maleriet, blevet bidt af en gal Kunstner som det hedder). Forleden besøgte han så Z igen som sagde til ham at han vilde sætte Pris på om S. ikke mere besøgte ham. En anden Virkning at dette har havt er at Z ikke sender mig hverken Kort eller Breve mere, at Forbindelsen mellem os holdt med et Slag op for ca. tre Fjerdingår siden. Brænd endelig dette Brev når Du [”Du” overstreget] I har læst det, men Du må gærne benytte Stoffet til en Singapornovelle. Din hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-11-25</t>
+  </si>
+  <si>
+    <t>Via San Lucia 1 Pisa</t>
+  </si>
+  <si>
+    <t>Nils Andersen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien. 
+Historien om et træf på Hotel de la Ville er ikke omtalt i tidligere breve fra Fritz Syberg til Johannes V. Jensen. Fra november 1912 til april 1913 rejste Johs. V. Jensen til Berlin, Weimar, Genua, Suez, Colombo, Singapore, Java, Djakarta, Hong Kong, Shanghai, Peking, Manchuriet, Shenyang, Harbin, Sibirien, Irkutsk, Moskva og Stockholm (johannesvjensen.dk/tidslinje lokaliseret august 2019). 
+Etatsråd Andersen kan være H.N. Andersen.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg vil ikke komme til Hotel de la Ville, da han frygter at komme i selskab med fine herrer og ikke har pænt tøj. Hans gamle sæt tøj kan ikke gøres i stand, og han kan ikke nå at skaffe nyt. 
+Syberg håber, at Jensen fra sin rejse vil sende adresser, så han kan sende breve til ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4h0e</t>
+  </si>
+  <si>
+    <t>Pisa 25-11-12
+Via S. Lucia 1.
+Kære Ven!
+For en Sikkerheds Skyld sender jeg Dig dette. Det er nemlig usikkert at [”at” overstreget] jeg kommer. Ved at se Baedekeren efter opdager jeg at Hotel de la Ville er et meget fint Hotel hvor Du måske tager mig ind sammen med nogle af Samfundets Størrelser x) hjemme fra og Sagen er den at når jeg ikke tur [”tur” overstreget] tør møde enten i Si[ulæseligt] eller hvidt Sommertøj så vil jeg i Øjeblikket blive nød til at optræde som Lazaron. Selvom jeg turde vove mig frem for Dine og de andre ukendte Herrers Øjne i min Lurvethed, så har jeg en sand Skræk for [”for” indsat over linjen] Kelnere på et fint Hotel, når jeg ikke føler mig stivet af ved en efter mine Kår afpasset Påklædning.
+Jeg har konfereret med Anna [et overstreget tegn] om et af mine gamle Sæt kan presses op med nye Læg evt. men det går ikke, Vintertøjet er uigenkaldelig færdig, efter at jeg har slidt på det i tre År. Et nyt Sæt [”Sæt” indsaat over linjen] kan jeg ikke nå at skaffe mig til på Fredag. Det var også svært som det Kort kom bag på mig. Jeg havde efter Dine Breve ikke ventet Du drog af før i Januar. Nå Lykke på Rejsen og send os en Hilsen en Gang imellem. Dersom Du vil opgive Havne og Steder hvor Du kommer hen og eventuelle Adresser skal jeg sende Dig Bulletin’er om vort Leben her.
+For Tiden har vi det, det bedste vi endnu har havt.
+Din hengivne
+Fritz Syberg. 
+[Indsat nederst side 1:] x) Etatsråd Andersen?</t>
+  </si>
+  <si>
+    <t>1912-12-03</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau
+Johan Christian Petersen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
+  </si>
+  <si>
+    <t>Fritz Syberg glæder sig over, at "Den første Foraarsdag" bliver erhvervet til Faaborg Museet. Han foreslår en ordning mht prisen. Han glæder sig over, at det er Carl Petersens tegning til museet, der er blevet antaget, men fastholder sin indvending. Beder om at få besked, når MR føler sig nogenlunde sikker på, hvornår museet skal åbne, da det vil påvirke FS's planer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rbqn</t>
+  </si>
+  <si>
+    <t>Pisa 3-12-12
+Via S. Lucia
+Kære Hr. Etatsråd Rasmussen !
+Det glæder os meget - ikke mindst min Kone - at "den første Forårsdag" havner i F. Musæet. Det har været under Arbejde fra 1896-1910 og der er begravet en hel Mængde andre Billeder deri -dog alle det samme Motiv : min Kone med et af Børnene. Jeg skal skrive til Jastrau og bede ham ordne det så Billedet opføres som købt af Fåborg Musæet. M.h. til Prisen da stod det på den fri Udstilling til 3000 Kr. Men da jeg selv finder det rimeligt at F.M. får Rabat vil jeg foreslå Dem at vi ordner Sagen således: vi venter med at sætte Prisen til De en Gang får mine Arbejder her fra Italien at se. Skulde De ønske at erhverve en Samtidig af dem til Musæet lader vi det store Billede gå ind i det samlede Indkøb. Jeg er selv interesseret i at blive så godt og så fyldigt repræsenteret på F.M. som mulig. Skulde man eventuelt synes at ingen af mine Arbejder herfra egner sig for Musæet, så sætter jeg som Maksimumpris 2500 Kr. for det store Billede.
+Dersom jeg i Løbet af denne Vinter kunde få en Udbetaling på 1000 Kr - f.Ex. til 1ste Fbr. - vilde det komme mig godt tilpas.
+At det blev Petersens Tegning der blev antaget er jeg glad ved. Min Indvending imod den står jeg dog ved. Jeg synes det er en Fejl at Billedhuggersalen kommer ind midt i Malerisalene. (også på Torvaldsens Musæum er Maleri og Skulptur strengt adskilte.)
+Jeg vilde have syntes det var bedre om Fåborg Museet demonstreredes af Kai Nielsens store Figur af Dem, sammen med hans øvrige Arbejder, og at man så var fri for Skulptur på Resten af sin Vandring gennem Malerisalene. De Musæer jeg under mit Ophold hernede har set hvor Skupltur og Maleri er i for intim Berøring med hinanden har altid hos mig efterladt et kedsommeligt Indtryk. Hvorimod de strengt instruktive har været de morsomste. Men ingen Regel uden Undtagelse, man skal jo som bekendt ikke være doktrinær.
+Når Carl Petersen allerede nu synes at F. Musæet bliver det bedste næst Thorvaldsens, så vil jeg håbe på at vi andre må synes det samme når vi ser det færdigt. 
+Dersom De kunde lade mig vide med tilnærmelsesvis Sikkerhed hvornår Musæet tænkes færdigt til at tages i Brug vilde jeg være Dem meget taknemlig. Det vil nemlig betyde en Del for mine nærmeste Fremtidsplaner om jeg først skal hjem til Danmark til Jul næste År. (når jeg skal have Udstilling i Kunstforeningen) eller på et tidligere Tidspunkt. Vi har det alle godt. Med mange Hilsener til Dem og Familie fra os alle her er jeg Deres hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-12-05</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har skrevet til Viggo Jastrau for at forhindre, at "Den første Forårsdag" blev sat til salg, men foreslår at Mads Rasmussen også selv skriver for at bringe sagen i orden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uyKW</t>
+  </si>
+  <si>
+    <t>Pisa 5-12-12
+Via S Lucia
+Kære Hr. Etatsraad Rasmussen
+Jeg skrev til Jastrau om at forhindre at "den første Forårsdag" blev sat til Salg, og i stedet for blev opført som tilhørende F.M. Jeg ved imidlertid intet som helst om den Amerikaudstilling hvor det er gået hen. Hvad der eventuelt skal gøres dersom Billedet allerede er udstillet e.l. ved jeg ikke. Ligefrem at skrive at det er købt til F.M. går jo ikke da man så risikerer at skulle betale Salgsprovision af de 6000 Kr det er ansat til i Udlandet. Det rigtigste vilde vel være om De selv skrev et Par Ord til V. Jastrau derom. Det tager en vældig Tid hvis hans Breve skal gå herned til mig først. Med venlig Hilsen
+Deres hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1913-01-29</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 30</t>
+  </si>
+  <si>
+    <t>Fritz Syberg kvitterer for en check fra Mads Rasmussen. Familien har det godt og tænker på hjemrejse, men der er ikke fastlagt noget tidspunkt. Fritz regner dog med at være hjemme når rugen står i "vip", da han har noget, han skal have malet ved den tid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VEbA</t>
+  </si>
+  <si>
+    <t>Pisa 29-1-13
+Via S Lucia 1
+Kære Hr Etatsråd Rasmussen
+Jeg har i Dag modtaget en Cheque på 1000 K fra Dem hvorfor herved kvitteres. Vi er alle raske og har det godt, og tænker så småt på Hjemrejse endnu er det ikke bestemt når vi drager hjem. Men det er dog ikke usandsynligt at jeg er i Svanninge når Rugen står i Vip, da jeg har noget og skal have malet ved den Tid. Med Hilsen til Dem og Frue er jeg 
+Deres hengivne 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1913-04-14</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Fritz Syberg
+Lars Syberg
+Franz Syberg, Freiherr</t>
+  </si>
+  <si>
+    <t>Ravenna</t>
+  </si>
+  <si>
+    <t>Clara Syberg
+Ernst Syberg
+Franz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Negrene var Hans og Johannes mindre søskende, som alle var meget solbrændte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 001</t>
+  </si>
+  <si>
+    <t>Hans og Johanne er ankommet til Ravenna. De kan ikke forstå, hvad folk siger. Alle cykler i øvrigt. 
+De har set mosaikker og fik nogle englændere til at betale entreen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U22A</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortet s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+l Signor
+Fritz Syberg
+Via Santa Lucia 1
+Pisa
+Ravenna 14-4-13.
+Kære Allesammen.
+I Morges Kl. 8 tog vi fra de 3 Negre, hvor vi havde sovet dejligt og billigt, vi kom her til Ravenna Kl. 11, vi havde godt Vejr og Vej, - kun blæste det lidt en temmelig kold Vind, her er skam ikke saa varmt som i Pisa, - det er vældig grinagtig at vi ikke forstaar et Ord af hvad Folk siger, [s. 2] det er som om vi var kommen til et helt andet Land, - - Alle Mennesker cycler her, selv de gamle hvidhaarede Bønderkoner triller afsted med Pakkerne under Armen. 1000 Kys fra Besse.
+Kære Far og Mor og Negerinde og Negre. Vi har i Dag set paa en hel Masse Mosaikker de var dejlige og for at spare Penge gik vi sammen med nogle Eg ["Eg" overstreget] Engle-lændere som vi lod betale for os. Mange Hilsner til jer allesammen fra Hans.</t>
+  </si>
+  <si>
+    <t>1913-04-17</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Venedig</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S. Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Maraviglia: Vidunderlig
+Bebone: Meget godt</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, Lb. 3, A 3426, 003</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MsE</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+Ao
+[Håndskrevet s. 1:]
+l Signori Pittori Sybergi
+Via S. Lucia /II piano
+Pisa.
+Venezie 17/4 1913
+Kære Allesammen
+Vi kom her til Venedig i Gaar Aftes efter at have set Padova, Giottos Fresker kostede os 2 L de var rigtig gode selvom Campo santo Freskerne i Pisa er bedre nu gaar vi paa Posthuset for at se om der er Breve 1000 Kys Besse 
+[S. 2] I Dag har vi set paa Duerne paa Markuspladsen og været lidt inde at set paa Kirken nu sidder vi og drikker Kaffe i en Kaffé. Mange Hilsner til jer allesammen fra Hans jeg haaber i P ["P" overstreget] pakker flittig medens vi triller rundt i den vide Verden.
+Kære allesammen. Che maraviglia Venezia, vi kom efter det var bleven mørkt og Gondolerne sejlede i Maaneskin med ad Kanalerne, vi fandt et glimrende Hotel, det er tysk vi fik et Værelse under den sædvanlige Pris et dejlig et uden Sovekammerfims og Væggelus, dem har vi nemlig ellers mærket lidt til i de andre Hoteller. Vi har været en Tur med Damper det koster 10 Øre. I Aften eller i Morgen Aften skal vi prøve en Tur i Gondol. Hans er desværre bleven saa tyk [skrevet op langs venstre margen] at hans Bagdæk er sprungen, det var helt nyt (10 Lire)
+[skrevet øverst på kortets s. 1 og på hovedet:] saa vi maa købe et nyt vores Penge slaar ellers rigtig godt til naar vi engang i mellem spiser tørt Brød, men det er jo ogsaa "benone"</t>
+  </si>
+  <si>
+    <t>1913-04-19</t>
+  </si>
+  <si>
+    <t>Vicenza</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S Lucia 1</t>
+  </si>
+  <si>
+    <t>Giannina Infante</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde, da familien skulle flytte hjem efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, 002</t>
+  </si>
+  <si>
+    <t>Venedig var for dyr, så nu er Hans og Johanne på vej til Verona. De håber, der ligger brev til dem.
+De vil besøge Fru Gianninas søster i Verona. I Venedig mødte de en dansk billedhugger, og de blev ved et uheld lukket inde i Sukkenes Bro.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UqIL</t>
+  </si>
+  <si>
+    <t>[Fortrykt på¨postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+Sybergs.
+Via S Lucia 1.
+Pisa.
+Vicenza 19/4 - 13
+Kære Allesammen!
+Vi er paa Vej til Verona Vicenzia var os for dyr i Længden. Vi har kørt 85 km i Dag vi har 51 km tilbage saa er vi i Verona, i Aften er vi der saa hvis I ikke allerede har skrevet til os faar vi [side 2] ikke Jeres Brev men i alle Tilfælde gaar vi paa Posthuset og hvis der ingen Brev er beder vi dem sende mulige Breve B ["B" overstreget] til Bolzano (Bozen) poste restante men vi haaber i har skrevet allerede. I Verona bliver vi altsaa i Morgen og besøger Fru Gianninas Søster og ser paa Kunst. Har I faaet Passet? Nu har vi spist og drukken sur Vin (den er ikke saa god som i Siena) og skal videre i Morgen. Mange Hilsner fra Hans.
+Kære Allesammen I Venedig mødte vi en dansk Billedhuggerinde som vi kender fra Florenz. Vi var i Fængslerne og De sukkendes Bro - hvor vi ved et Uheld blev lukket inde. 1000 Kys Besse</t>
+  </si>
+  <si>
+    <t>1913-04-20</t>
+  </si>
+  <si>
+    <t>Verona</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S. Lucia 1</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Pisa.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 004</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse skal nu besøge Fru Infante. De har endnu ikke været hos vekselerer efter penge, men de kom gratis ind i amfiteatret. 
+Næsten alle taler tysk. Hans og Besse har set et luftskib.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V5WQ</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+Sybergs
+Via S Lucia 1
+Pisa
+Verona 20/4 - 13
+Kære Allesammen
+Vi har faaet Jeres Brev til Morgen. Nu har vi lige spist og skal hen at besøge Fru Infantes Søster Vi har ikke været hos Vexeler endnu saa vi ved ikke hvor mange P ["P" overstreget] Penge vi har. I Morgen skal [side 2] Vi ["Vi" overstreget] vi vidre nord paa hvor vi saa haaber at finde Brev i Bozen. Vi opdagede at det er Søndag i Dag ved at vi kunne komme frit ind i Amfiteatret. Hils Mimi Fru Infante og hvem der ellers er. Mange Hilsner fra Hans.
+Kære Allesammen. Vi kom hertil i Aftes efter at have cyclet 133 km. - Man har næsten ikke Brug for at kunne tale italiensk, alle taler tysk. Vi har været i Amfiteatret. I Morgen rejser vi nord paa. Vi skal i Eftermiddag hen at faa vores Penge omsat i tyske og østrigske - vi har 170 Lire. Mange Hilsener og Kys Besse.
+[Skrevet på side 1 i venstre margen] Vi spurgte efter Vej hos en Dreng som vi da vi var oppe hos Fru Infantes Søster fik at vide var hendes Søn. - Vi har set et flyvende Luftskib.</t>
+  </si>
+  <si>
+    <t>1913-04-21</t>
+  </si>
+  <si>
+    <t>Serravalle</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 005</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse har måttet betale 20 kr. i told for cyklerne, og de har kun 20 kr. tilbage, til de når München. De håber ikke, at de skal betale for at komme over grænsen. Spidsestedet, hvor de er, har foræret dem en flaske vin. De cykler i bjergene, og det er smukt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yTkm</t>
+  </si>
+  <si>
+    <t>Sybergs
+Via S Lucia
+Pisa
+Italia
+Serravalle 21-4-13
+Kære Far og Mor
+Vi er her et Sted i Østrig hvor vi sidder i [noget af papiret mangler] Haus og sp [papir mangler] og Brød. Vi har maattet deponere 120 Kr. i Told for Cyklerne saa vi har kun 20 Kr at leve for til vi naar den tyske [s. 2] Grænse og faar vores Penge tilbage igen (for at komme ind i Tyskland skal vi vidst ikke betale noget), det er ellers et dejligt Sted vi er vi cykler mellem høje Bjærge ved Siden af en dyb klar Flod og med en vældig Varme i Ryggen. Vi skal vidre for at se om vi kan naa Neumarkt inden Solen gaar ned [tegning af nedgående sol]. Mange Hilsner fra Hans til Jer alle.
+Kære Allesammen. - Det var jo en ordenlig Forbauselse med de 120 Kroner, vi haaber at vi ikke skal betale ved den tyske Grænse for vi har 20 Kroner tilbage som vi saa maa naa München med. Her hvor vi spiser har de foræret os en Flaske Vin, de syntes vidst vi saa tørstige ud at de fik Medlidenhed med os. Nu gaar den snart opad i Bjærgene mod Brenner - her er meget smukt. Mange Hilsner og Kys fra Besse.</t>
+  </si>
+  <si>
+    <t>1913-04-22</t>
+  </si>
+  <si>
+    <t>Italien
+Brixen</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) cyklede 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 006</t>
+  </si>
+  <si>
+    <t>Hans' bagdæk springer gang på gang. Dagen før måtte han og Johanne/Besse trække cyklerne til en restaurant, hvor de spiste og fik nogle kæmpestore øl. Eftersom de to ikke har ret mange penge tilbage, drikker de vand, når de finder en bæk, og de medbringer brød, ost og pølse.
+Hans og Johanne har mødt et par søde tyskere, som vandrer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jXdK</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet:]
+Syberg
+Via S Lucia
+Pisa 
+Italia
+[Håndskrevet i tekstfeltet s. 1:]
+22/4 1913
+Kære Allesammen
+Vi er paa Vej til Brenner op til Grönvold er der fra Bolzano 50 Km og lutter Bakke saa vi opgiver at faa ham at se ogsaa fordi vi har saa venig Geld og fordi det ikke var sikkert at vi kunde træffe ham. Det gaar ikke ret godt [et overstreget bogstav] med det tyske men man kan tildels klare sig med italiensk. Grüss Gott fra Hans eller hvad det nu hedder
+[S. 2] Kære Allesammen. I Aftes Kl circa 8 sprang Hanses Bagring, vi gik til vores Bestemmested hvor vi med meget Besvær fik dem forklarede hvad vi vilde, vi fik et dejligt Værelse og gik ned for at spise og drikke vi fik hver et Krus Øl som paa Størrelse som det skæve Taarn kun at det var lige indtil vi havde tømt det, da saa vi først hvor skævt det var - I Dag drog vi videre und ["und" overstreget] uden andre Uheld end at Hans's forbandede Bagring er sprungen 4 Gange, vi har Brød og Ost og Pølse med so ["so" overstreget]; ved hver Bæk standser vi lægger os paa Maven og drikker "Guds klare Vand" vi har jo ikke Raad til at smage paa Øllet i disse Dage hvis vi skal naa til München med vores - c. 15 Kroner og 49 hel[ulæseligt] Vi har lige mødt et Par Bisser ligesom os der er kun den Forskel at de er tyske og de ["de" overstreget] er til Fods, vi skal skynde os at naa dem de er gaaet i Forvejen medens vi aad, forslugne som vi er. Her er dejligt hvor vi sidder. Aa, Hans staar i dette Øjeblik og taler med en ung Tysker, som har været i Aarhus. Han ligger og ryger i den stegende Sol Mange Kys Besse
+Nu sprang Bagringen igen, Gud ved [teksten fortsætter op langs højre margen] hvornaar vi naar Brenner?
+[Skrevet langs venstre margen:] Nu har vi mødt vores Tyskere, de kommer fra Rom, de er vældig søde</t>
+  </si>
+  <si>
+    <t>1913-04-23</t>
+  </si>
+  <si>
+    <t>Brennerpasset</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.
+Det vides ikke, hvem Svenden er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 007</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse sidder i en dejlig skov. Der er ingen røvere; men et par, der spurgte, hvad cyklerne har kostet. De to måtte gå til Franzenfeste, hvor de fik et hotelværelæse, men ingen mad. Potten var ikke tømt, og der var sovekammerdunst, væggelus og lus. Hans' cykel er meget elendig, men den skal holde til grænsen.
+Ved Brennerpasset er der sne, en brusende flod og blomstrende krokus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KzcD</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet:]
+Sybergs
+Via S Lucia 1
+Pisa
+Italia
+[Håndskrevet i tekstfeltet s. 1:]
+23/4 - 13
+Kære Allesammen.
+Vi sidder i en Skov og drikker "Kaffe" af en dejlig Bæk og spiser Ostemad til det er en dejlig Fyrreskov med enkelte Birke ved Vandløbene, og her er ingen Røver i denne dejlige Skov undtagen et Par vi mødte i Aftes da vi kom gaaende til Franzenfeste hvor vi var i Nat de spurgte om hvad Cyklerne havde kostet men [s. 2] mente saa alligevel at det ikke kunde betale sig at myrde os. Vi skal se hvor langt vi kan naa i Dag. Mange Hilsener Hans
+Kære Allesammen. Vi har nu taget Afsked med vores søde Rejsefæller. - - 
+Vi kom altsaa gaaende til Franzenfeste hvor vi fik et Værelse til 1,60 Kr det var rigtig godt, hvis bare Potten havde været slaaet ud og Sovekammerdunsten mindre kraftig, naa, vi spiste en glimrende Aftensmad den bestod af 2 Glas Vand og lagde os med alt Tøjet paa og snorksov, det var forresten rent overflødigt for jeg tror ikke vi kan blive mere bidt af Væggelus og rigtige Lus end vi allerede er. Hanses Cycle ligner en lidende Hospitalslem saa indbunden er den, den skal jo holde til Grænsen hvor vi haaber at faa vores Penge igen. Mange Kys fra Besse - i dette Øjeblik kom den Tysker som har været i Danmark forbi
+Kl 1.10 Brennerpasset
+Vi er heldige naaet herop langs en brusende Bjergstrøm og i mellem Millioner af blomstrende Krokus, her ligger en to tre Snedriver som vi slaas med. Mange Hilsner fra Hans Hils Svenden og sig at jeg skriver naar jeg faar Raad. - -
+Hils alle i Pisa.</t>
+  </si>
+  <si>
+    <t>1913-04-25</t>
+  </si>
+  <si>
+    <t>München</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 009</t>
+  </si>
+  <si>
+    <t>Hans beder sine forældre skrive til Bolzano og få dem til at sende pengene. På hotellet vil de ikke udbetale, ford han og Johanne/Besse ikke har rigtige pas.
+Hans' bagdæk sprang igen sidste aften, og til morgen har han fået et nyt sat på. Det var noget helt nyt at kunne cykle hurtigt. Da de to holdt pause for at få øl, mødte de en ung mand, som de fulgtes med de næste 40 km.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wsaG</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i kortets adressefelt:]
+Signori
+Syberg.
+Via S. Lucia 1 II p.
+Pisa
+Italien
+[Håndskrevet i kortets tekstfelt:]
+München 25-4-13
+Vi er paa Posthuset og har faaet Jeres Kort, men tror I at det kan nytte at vi skriver til Bozen og beder dem sende Pengene det kommer I vidst til at gøre, de ved vel nok i Bozen hvem der har afsendt Pengene men om at vi er de rigtige ved de jo ikke. Vores Penge her i München ["her i München" indsat over linjen] faar vi [s. 2] i Morgen paa Hotel, "drei Reben" hvor vi bor de vil ikke give os dem nu fordi vi ingen rigtige Pas har. Mange Hilsner Hans.
+Kære Allesammen. I Aftes igen sprang Hans's Bagring og vi maatte gaa til Rosenheim hvor vi sov om Natten, om Morgenen fik vi en ny Ring og nyt Dæk sat paa - 14 "14" overstreget - Vi for afsted det var en ["en" overstreget] noget helt nyt for os at vi ikke skulde lappe Cycle, da vi havde kørt 20 Km skulde vi ind og ha os godt Bæger Øl vi bad om sort Øl som de slet ikke forstod hvad vi mente med, pludselig hører vi en begynde at grine af vores Tysk, det var en lystig Nordmand som vi saa drak sammen med og fulgtes med de sidste 40 Km. Egentlig er han ikke Nordmand hans Mor er norsk [et overstreget bogstav] og han har været nogen Tid i Norge. Hans har lappet hans Cycel for at have lidt at vende sig af med, nu da hans egen er god igen. Mange Kys fra Besse
+[Tegning af ølkrus] Skaal.</t>
+  </si>
+  <si>
+    <t>1913-04-26</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien. 
+Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Borgen var allerede i 1913 en ruin.</t>
+  </si>
+  <si>
+    <t>Den følgende dag kører Hans og Johanne/Besse mod Ingolfstadt og Nürnberg. De vil finde nogle slægtninge. München er en voldsom by. Hans og Besse har spist voldsomt meget på hotellet. Postbuddet vækkede dem om morgenen og overrakte 129 Mark. Johanne beder forældrene købe mandolinstrenge. Hans vil have øl i Tyskland efter at have drukket vand i Østrig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fwJv</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+[Håndskrevet i adressefeltet:]
+Signori
+Syberg
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Ny adresse skrevet:]
+Kerteminde
+Danimarc
+[Håndskrevet i tekstfeltet:]
+München 26-4-1913
+Kære Allesammen
+I Morgen tidlig drager vi videre til Ingolstadt, - - Nürnberg og saa op mod Köln, det er jo ikke den lige Vej til Danmark, men vi vil hellere tage den for at se om vi kan finde nogle af vore kære Slægtninge [s. 2] München er dog en drabelig By vi har et Kort over den, ellers var det umuligt at finde rundt i den - I Aftes spiste vi en Masse dejlig Mad af Brød spiste vi op mod en c 40 panini, paa Hotellet kunde de slet ikke tænke sig at vi havde spist saa meget og skrev paa Regningen meget ["meget" overstreget] et meget mindre Antal, vi drak hver 2 Bayere mørkt Øl og Hans ekstra et Bæger lyst, om Morgenen blev vi vækket ved at Postbudet efter at have banket en meget lang Tid paa Døren bragte os 129 M. - - - Vil I ikke købe nogle Strænge og og (stecche) det er dem til at spille med endelig meget bløde, de aller blødeste I kan faa Mange Kys. Besse. til Mandolinerne.
+Kære Allesammen!
+Har vi drukket af Guds klare Vand i Østrig saa vil vi sgu ha' en "Bayer" medens vi er her vi drikker paa Kraft. mange Hilsner fra Hans</t>
+  </si>
+  <si>
+    <t>1913-04-27</t>
+  </si>
+  <si>
+    <t>Pfaffenhofen</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien.
+Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Det var dette sted, Hans og Johanne Syberg ønskede at besøge.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 010</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w14X</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i adressefeltet:]
+Sybergs
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Ny håndskrevet:]
+Kerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+Pfafferhofen 27/4 - 13
+Kære Allesammen!
+Vi sidder i en lille Ølknejpe og venter paa at faa nogle Pølser. Vi cyklede fra München i Morges ved 9Tiden. Vores Rejseplan er den at vi tager fra Nürnberg [s. 2] og Frankfurt til Reihnen som vi saa køre langs med til Köln og saa vidre over Hagen til Hamburg og Danmark denne ["denne" indsat over linjen] Vej er knap 300 Km længere end den lige Vej og en Del Bjærgfuld men vidst smukkere og saa er der jo vore Slægtninge saa vi tager af den. Vi har spist en Omgang Pølser men maa have en til inden vi tager vidre. Mange Hilsner fra Hans. 
+[Skrevet på hovedet på s. 2:] Kære Allesammen. Pølser er godt. Nu har vi spist hver 5, med Snapse og 2 Bæger Øl. Uhm, hvor det var dejlig. Nu skal vi videre, det er frygtelig varmt, meget varmere end i la bella Italia, vi er begyndt at glemme [skrevet lodret langs højre margen:] det italienske, det var dog vældig tidligt.</t>
+  </si>
+  <si>
+    <t>Bayern</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 011</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse spiser noget, der ligner blodpølse og de får også rugbrød. 
+Donau ligner ved Ingolfstadt en rendesten. De to har været indkvarteret på et meget mærkeligt hotel med for korte senge og en mærkelig vært. De regnede med at blive bestjålet i løbet af natten, men det skete ikke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gXaR</t>
+  </si>
+  <si>
+    <t>[Fortrykt på side 1:]
+Königreich Bayern
+Postkarte
+[Håndskrevet med blåt i adressefeltet:]
+Sybergs
+Via S. Lucia
+Pisa
+Italia
+[Adressen overstreget. Med sort håndskrift er tilføjet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet s. 1:]
+På Vej til Nürnberg 27/4
+Kære Allesammen!
+Vi sidder i en Kro eller hvad det nu er og spiser noget der ser ud som Blodpølser men smager som Sylt. Nu [et overstreget bogstav] har vi spist; vi har faaet Rugbrød det var rigtig dejligt. - Donau som vi kom over i Gaar er ved Ingolfstadt kun en lille beskidt Rendesten.
+[S. 2] Vi har 30-40 Km til Nürneberg og vil nu vidre. Mange Hilsner fra Hans til Jer alle
+Kære Allesammen. I Aftes kom vi til et meget mærkeligt Hotel, vi fik et meget mærkeligt Værelse med meget mærkelige Senge, de var uden Lagener og saa korte at vi maatte ligge bøjet sammen som 5 Tal da vi var ved at klæde os af, kom Værten op og spurgte om vi vilde have Vinduet aabent eller lukket, det maatte han absolut ["absolut" overstreget] vide, - vi ventede at blive bestjaalet om Natten og var meget forbausede da vi om Morgenen fandt vore Mavepengeposer paa Plads og ogsaa vores Cycler. - - Vi kan ["Vi kan" overstreget] Menneskene her er meget forskellige fra de lystige og smukke Østrigere, - - Til Danmark har vi endnu 1300 Km saa vi tænker ikke at vi kommer [ulæselige ord langs kanten af papiret]</t>
+  </si>
+  <si>
+    <t>1913-04-29</t>
+  </si>
+  <si>
+    <t>Neustadt</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
+Det vides ikke, hvem Stine var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 012</t>
+  </si>
+  <si>
+    <t>Hans og Johanne kom tidligt til Nürnberg og så på byen. 
+Stine har misforstået, hvordan de sloges med sne.
+Der er frygtelig varmt i Bayern, og de to cyklister er våde af sved hele dagen. De ligner landevejsrøvere med støvler uden såler, plettet kjole og mørkbrune ansigter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SlQ5</t>
+  </si>
+  <si>
+    <t>[Fortrykt på side 1:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S. Lucia
+Pisa
+Italia
+[Adressen overstreget. Med håndskrift er tilføjet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet s. 1 langs venstre margen:]
+skrive til Köln
+[Håndskrevet s. 1:] 
+en Kro 29/4 - 13 er I rejst? har I faaet [ulæseligt ord]?
+Kære Allesammen
+Vi kom saa tidligt til Nürnberg igaar at vi fik Byen set med det samme og i Dag har kunnet tage vidre straks. Vi fik i Morges Jeres mærkelige Kort; sig til Stine at hun maa jo være skør paa Rumpen I har [s. 2] misforstaaet os fuldstændig naar vi skrev at vi sloges med 3 Snedriver vi sloges nemlig saadan: [tegning] og vi fyrede hinanden med Sne, der var skam stegende hedt og kun i Bayern er der saa hedt at vi er ved at dø her er meget meget meget meget varmere end i Italien vi er hele Dagen hver Dag gennemblødte af Sved. Sig til Stine at vi har skrevet hver Dag og ikke hved hvordan det kan være at I ikke har faaet Brev hver Dag.
+Kære Allesammen. Vi har lige spist hver 4 Pølser og 2 Glas Øl - her er skrækkelig hedt for hver Dag vi kommer længere Nord paa bliver det varmere, naar vi en ["en" overstreget] naar til Danmark er det nok [overstregede bogstaver] frygtelig varmt. - Vi begynder at ligne Landevejsrøvere. - Hanses Støvler er der ingen Saaler i -, min Kjole er ikke mere graa men tærnet af Olie og Sprøjt fra Vogne vores Ansigter ligner snart et Par Indianeres - . - Vi tænker at kunde være i Köln om 3-4 Dage. Mange Kys fra Besse. bare rolig Stine.</t>
+  </si>
+  <si>
+    <t>1913-04-30</t>
+  </si>
+  <si>
+    <t>Offenbach</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Over Kærby i Danmark efter tre år i Italien. 
+Det vides ikke, hvem Stinne var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 013</t>
+  </si>
+  <si>
+    <t>Johanne og Hans har i slem varme cyklet forbi voldsomt mange frugttræer og gennem en skov fuld af blåbær, men frugt og bær er jo ikke modne endnu. På hotellet måtte de ikke dele værelse, da de ikke er gift. Tyskerne er dumme og storsnudede, og de to savner østrigerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/68Re</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Håndskrevet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+30-4-13 - Offenback.
+Kære Allesammen
+Vi har i Dag haft en dejlig Tur i en ganske forfærdelig Sol som sædvanlig. Foruden de sædvanlig 100000 Frugttræer der staar langs med Vejene er vi kommen igennem en 5 Mil stor Skov hvor der langs Vejen stod i Millionvis af Blaabær vi ærgrede [s. 2] os grønne over at vi var komne paa denne Aarstid og ikke i Frugttiden. Vi bor her paa Hotel Zum Engel dydige Engel burde det hedde; de vilde ikke lade os sove i eet Værelse"den wir nicht verheiratet sind". Vi gaar og spekulere paa hvor I er henne i Verden om I endnu er i Italien eller hvor. I Morgen naar vi sandsynligvis til Rihnen. Mange Hilsner fra Hans
+Kære Allesammen.
+Nu sidder i selvfølgelig i Kærby og Stinne er ikke tilfreds over at der ingen Breve kommer. Tyskerne her er dog nogle rigtige Idioter dumme og storsnudede, vi savner Østrigerne. - Vi er i en By - en Mils Vej fra Frankfurt, - I Dag har vi været ved at dø af Varme her er som i en Bageovn naar vi tænker paa Italien er det ["er det" overstreget] forstaar vi ikke hvordan vi har kunnet holde Kulden ud der. Mange Kys til alle. Besse.</t>
   </si>
   <si>
     <t>1913-05-01</t>
   </si>
   <si>
     <t>Frankfurt</t>
   </si>
   <si>
     <t>Martin Rosholt
 Ernst Syberg</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913, hvor Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
 Det vides ikke, om "den gamle ged" er et dyr eller et menneske, og rovmoderen er også ukendt.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 3426, Lb. 3, 014</t>
   </si>
   <si>
     <t>Hans og Johanne/Besse spiser, mens de venter på, at posthuset åbner. De spørger, om det er dejligt at være hjemme på Pilegaarden igen. 
 De to er ærgelige over, at der ikke er brev fra forældrene.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rDCL</t>
   </si>
@@ -1119,50 +1047,122 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V1gj</t>
   </si>
   <si>
     <t>[På kortets billedside er fortrykt:]
 Gartenwirtschaft
 "Restauration zum Gambrinus"
 Ebbenheim b. Wiesbaden. Bes. Jean Roos
 Haltestelle der electr. Strassenbahn. Telephon 3313
 [På kortets tekstside er fortrykt:]
 Postkarte
 No. 696 R. Konrady Kunstverlag Wiesbaden 139
 [I adressefeltet er håndskrevet med blåt:]
 H Lars Syberg
 Via S Luca 1.
 Pisa 
 Italien
 [Adressen er overstreget med sort. Med sort håndskrift er skrevet:]
 Kjerteminde
 Danimarca
 [I tekstfeltet er håndskrevet:]
 1 Maj
 Kære Sakker!
 Nu er det jo Din Fødselsdag maa jeg ønske Dig til Lykke Besse og jeg sidder her i den Restauration Du ser her paa Kortet og spiser. Mange Lykønskninger fra Hans</t>
+  </si>
+  <si>
+    <t>1913-05-02</t>
+  </si>
+  <si>
+    <t>Tyskland
+Nassau</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre års ophold i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 016</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse kørte i bjergene, hvor der var iskoldt, og de mødte en bisse, der ikke ville vise vej. På hotellet var der stor fest, men de to kunne ikke danse med, da de var for våde og beskidte. Festen varede hele natten, og alle var ret fulde. Nu er de på et Gasthaus, hvor der er en stor hund.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uPfr</t>
+  </si>
+  <si>
+    <t>[Fortrykt over adressefeltet:] Postkarte
+[Håndskrevet i adressefeltet:] Signor F Syberg
+Via S Lucia 1
+Pisa - Italien
+[Adressen overstreget. Med anden skrift indsat:]
+Kerteminde
+Danimarca
+Kære allesammen.
+I Gaar i Regnvejr drog vi over Bjærge det var knagkoldt paa Vejen mødte vi en Bisse vi bad ham sige os Vejen han sagde vi kunde følges med ham ["ham" indsat over linjen], vi kunde ikke faa ham til at sige hvormange Km. der var til den første By, naa, men vi kom saamænd hele til Byen, - Paa Hotellet var der Bal og stor Fest, vi ærgrede os over ikke at kunde danse med, vi var nemlig [s. 2] gennemblødte og overstænkede med Skidt helt op i Ansigtet jeg vaagnede tidlig om Morgenen ved nogle mærkelige Hyl af en Violin, - Ballet var endnu ikke færdig - jeg gik i Natkjole ud til mit Udsigtstaarn - WC / i Køkkenet dansede Pigerne og Opvarterne - fra Dansesalen hørte jeg en den sidste Vals blive spillet af en stakkels fuld Spillemand som havde spillet hele Natten og Balgæsterne alle mere eller mindre fulde, - syngende og skraalende danse til det sidste. - Vi fik en dejlig Kop Kaffe med Marmelade og dejlig Smør til. - mange Kys fra Besse
+Kære Allesammen!
+Vi sidder og spiser i et lille Gasthaus hvor de har en mægtig Hund som ser ud som en Løve vi har faaet noget dejlig Mad. Det er Graavejr i Dag og Hundekoldt.
+Mange Hilsner til alle fra Hans</t>
+  </si>
+  <si>
+    <t>1913-05-03</t>
+  </si>
+  <si>
+    <t>Köln</t>
+  </si>
+  <si>
+    <t>Kerte</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med at Syberg-familien flyttede hjem til danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 008</t>
+  </si>
+  <si>
+    <t>Hans og Johanne har ikke fået brev, og de ved ikke, hvor i verden familien er. Nu har de sendt et telegram, for de kan ikke køre videre, før de får svar. 
+Hans er kørt mod et træ, så hans cykel måtte repareres.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RpsI</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S. Lucia 1
+Pisa
+Italien
+[Adressen overstreget og erstattet af håndskrevne ord:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+Kære Allesammen.
+Heller ikke Brev i Köln. Vi aner ikke mere, hvor I er henne i Verden, vi havde ventet der laa Brev i Köln ["i Köln" overstreget] her. - Har i ikke faaet vores Kort??? [S. 2] Vi har nu telegraferet til Kerteminde, vi kan ikke Rejse videre i Dag, fordi vi maa vente paa Svar fra Jer. Vi er bange for at i ikke har faaet vores Kort og er Idioter nok til at styrte Jorden rundt efter os. Mange Hilsner fra Besse.
+Kære Allesammen
+Jeg er i Dag kørt mod et Træ saa jeg maatte gaa til en Cykelsmed med min Cykel nu er den god igen men nu er Besses skidt der er ved at blive sat et Dæk paa Hans</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1239,51 +1239,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uyKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Thrz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Thrz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uyKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VEbA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M28"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1334,1212 +1334,1212 @@
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H2" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>17</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>37</v>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H4" s="5" t="s">
+        <v>38</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>44</v>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H5" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H5" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>37</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>58</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H7" s="5" t="s">
+        <v>59</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-        </is>
+        <v>21</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>61</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>65</v>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H8" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H8" s="5" t="s">
+        <v>66</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>72</v>
       </c>
       <c r="E9" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="F9" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="I9" s="5"/>
+      <c r="J9" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="K9" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="J9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="K9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="E10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>82</v>
-      </c>
-[...26 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>90</v>
+        <v>17</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G11" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>91</v>
+      <c r="G11" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="H11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="J12" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="B12" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G12" s="5" t="s">
+      <c r="K12" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="H12" s="5" t="inlineStr">
-[...5 lines deleted...]
-      <c r="J12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="K12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E13" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="B13" s="5" t="s">
+      <c r="F13" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="C13" s="5" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H13" s="5" t="s">
+      <c r="H13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I13" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="I13" s="5"/>
       <c r="J13" s="5" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="K13" s="5" t="s">
         <v>105</v>
+      </c>
+      <c r="K13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L13" s="6" t="s">
         <v>106</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>108</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>16</v>
+        <v>101</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>109</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>110</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H14" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H14" s="5" t="s">
+        <v>111</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>16</v>
+        <v>101</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>63</v>
+        <v>118</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H15" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H15" s="5" t="s">
+        <v>111</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>65</v>
+        <v>121</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>16</v>
+        <v>101</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>110</v>
+        <v>127</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I16" s="5" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>124</v>
-[...4 lines deleted...]
-        </is>
+        <v>129</v>
+      </c>
+      <c r="K16" s="5" t="s">
+        <v>130</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="F17" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="B17" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I17" s="5" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>16</v>
+        <v>101</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>110</v>
+        <v>127</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I18" s="5" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>16</v>
+        <v>101</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>143</v>
+        <v>119</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I19" s="5" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="D20" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="J20" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="E20" s="5" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="K20" s="5" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>121</v>
+        <v>160</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>16</v>
+        <v>101</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F21" s="5" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I21" s="5" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>163</v>
+      </c>
+      <c r="K21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L21" s="6" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>165</v>
+        <v>91</v>
       </c>
       <c r="D22" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E22" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="E22" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I22" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="G22" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H22" s="5" t="s">
+      <c r="J22" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="I22" s="5" t="s">
+      <c r="K22" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="J22" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="L22" s="6" t="s">
+      <c r="M22" s="5" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E23" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="B23" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E23" s="5" t="s">
+      <c r="F23" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I23" s="5" t="s">
         <v>174</v>
       </c>
-      <c r="F23" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H23" s="5" t="s">
+      <c r="J23" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="I23" s="5" t="s">
+      <c r="K23" s="5" t="s">
         <v>176</v>
       </c>
-      <c r="J23" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K23" s="5" t="s">
+      <c r="L23" s="6" t="s">
         <v>177</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="5" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E24" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="B24" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E24" s="5" t="s">
+      <c r="F24" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I24" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="F24" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H24" s="5" t="s">
+      <c r="J24" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="I24" s="5" t="s">
+      <c r="K24" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="J24" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K24" s="5" t="s">
+      <c r="L24" s="6" t="s">
         <v>184</v>
       </c>
-      <c r="L24" s="6" t="s">
+      <c r="M24" s="5" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E25" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="B25" s="5" t="s">
-[...14 lines deleted...]
-        </is>
+      <c r="F25" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
         <v>188</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>189</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>190</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>191</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>192</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C26" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="B26" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="5" t="s">
+      <c r="D26" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="D26" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" s="5" t="s">
-        <v>174</v>
-[...4 lines deleted...]
-        </is>
+        <v>196</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>76</v>
+        <v>199</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>16</v>
+        <v>101</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H27" s="5" t="s">
-        <v>203</v>
+      <c r="H27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I27" s="5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>209</v>
+        <v>91</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>210</v>
+        <v>101</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>211</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>110</v>
+        <v>212</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H28" s="5" t="s">
-        <v>212</v>
+      <c r="H28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I28" s="5" t="s">
         <v>213</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>214</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>215</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>216</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>217</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>