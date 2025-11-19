--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -44,505 +44,505 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1912-06-04</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Via San Lorenzo 44 Pisa</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Giovanni Pisano
+Anna Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Fritz Syberg har i tidligere breve til Johannes V. Jensen givet udtryk for, at han vil male et portræt af Jensen-parret.
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde freskoer, sarkofager og skulpturer.
+Syberg-familien tilbragte sommeren 1912 i Marina di Pisa. Fritz Syberg har i tidligere breve forsøgt at få Jensen-ægteparret og deres børn til at komme dertil, men det lykkedes ikke.
+Scultori= billedhuggere. Hans Syberg var i Billedhugger-/stenhuggerlære i Pisa. 
+Grassa= tyk. 
+Cinematografo= biograf.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen er den eneste, der kan blive det faste punkt i Danmark, mener Fritz Syberg. Syberg takker for fotografierne. Det ærgrer ham, at han ikke er kommet i gang med portrættet af Else og Johs. V. Jensen. Han er lige blevet færdig med en kopi fra Campo Santo, og nu maler han en marmorskulptur samt Anna og Besse (Johanne) foran et græsk relief. Om en måned skal familien til Marina di Pisa og på et senere tidspunkt til Rom. Hans skal på tur til Firenze. Besse er blevet smuk og efterstræbt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1NKz</t>
+  </si>
+  <si>
+    <t>Pisa 4 Juni 1912
+Via San Lorenzo 44
+Kære Johannes V. og Else!
+Det var en Glæde at modtage Jeres Fotografier. I er Gudskelov Jer selv lig – naturligvis – men det gør dog godt at se det bekræftet af Jer alle, (måske Jens bør have Præmien for at have understreget sig selv eftertrykkeligst.) Tak for Dit Brev. Familien undtaget, er Du det eneste Menneske jeg taler med. Det kunde lade på Dig som Du er ved at gennemleve en Tid hvor Din Bølge samler Tilløb til sin næste Stigning. Det, at gå imod Strømmen, har også sine Glæder, det var vist Uglespil der altid sang når han gik [et overstreget, ulæseligt ord] opad Bakke fordi han glædede sig ved Tanken om at skulle gå nedad når han nåede Toppen. Min Tro om Dig er den, at Du er den eneste der ejer Betingelser for at kunne blive det faste Punkt i Danmark. – (Det har jeg vist forresten sagt Dig før) – Skulde den Tid komme da Else blev anerkendt Dronning i Danmark, så ved jeg En at [”at” overstreget] af hendes eget Køn der allerede har anerkendt hende, nemlig Anna. Forresten føler jeg lidt Uro når jeg ser på Dig og Else på Fotografierne. Det er det Billede jeg skulde gøre, og som foreløbig ikke bliver gjort. Nå Jeres Ungdom holder jo, og jeg må håbe på at min egen kan vare en Tid endnu. Vi har havt det koldt her også [”også” overstreget] i Maj. I Dag har vi havt den første Sommerdag. Derimod var Febr. Marts og April varme. Hveden har store Kærner og skal nu kun modnes. Jeg har lige sluttet en stor Kopi fra camp santo med Adam og Eva (i mange Situationer) For Tiden maler jeg Anna, Besse, en Buket Blomster og et gammelt græsk Relief, der [et par overstregede bogstaver] tilsammen skulde blive et Billede. Desuden maler jeg en Madonna med Barnet, hugget i Marmor af Giovanni Pisano, altsammen i campo santo. Om en Måned drager vi til Marinaen Jeg glæder mig til Enebærtræerne, de vilde Evighedsblomster (de samme som på Fynshoved, men noget mere langstilkede) og Havet. Skade at I ikke kommer også. Landsmænd lader I til at kunne undvære en Månedstid uden større Savn. Italienerne er efterhånden blevet mig fuldstændig ligegyldige, hvad jeg finder ganske behageligt. To-tre vi kender nærmere er rare tiltalende Mennesker. Vi har i Sinde at gøre en Romerrejse en Gang i Sommer. Hans cykler om nogle Dage til Florens sammen med en Del Kolleger – scultori -. Han trives udmærket. Arbejdet går godt (han tjener 15 Lire om Ugen) begynder at føle sig stående på egne Ben, har tilegnet sig Byen og den nærmeste Omegn. Besse er vokset sin Mor over Hovedet og blevet både ”bella” og ”grassa”. Der er en ung Student som forfølger hende på Gaden [det følgende skrevet lodret op langs papirets højre kant] og i ”Cinematografo”, men hun tror ikke vi ved det, hun vil for Tiden være ”A[ulæseligt]”. Det følgende skrevet øverst på arket og på hovedet i forhold til resten af teksten:] Mange Hilsener fra os alle. Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-06-19</t>
+  </si>
+  <si>
+    <t>Pierre-Auguste Renoir
+Anna Syberg
+Frederik Vermehren</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg samt deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Fiaschi= kolber.
+Campo Santo er begravelseskapellet ved det Skæve Tårn i Pisa. Fritz Syberg malede flere akvareller i form af kopier af freskoer og relieffer på dette sted. 
+Nordskovvej findes nær Fyns Hoved på Nordøstfyn. Syberg-familien opholdt sig flere år i træk somrene over på Fyns Hoved, inden de tog til Italien.</t>
+  </si>
+  <si>
+    <t>Anna har haft et maveonde. En skypumpe har taget øverste etage af et hus, men der har ikke været oversvømmelse.
+Fritz Syberg fandt endelig forleden løsningen på et billede, som han havde arbejdet på i 14 dage. Al kunst er noget humbug. Naturen overgår langt kunsten. Men man maler for sin egen fornøjelses skyld.
+Anna og Fritz Syberg har tømt hvad der svarer til 1800 flasker landvin i den tid, de har været i Italien. 
+Lyset over domkirken, tårnet og landskabet har været fantastisk. Et lyn slog forleden ned i lynaflederne i byen, og det gav nogle kæmpe brag. Syberg kom til at tænke på en skypumpe, som han så ved Nordskov i 1907.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/M371</t>
+  </si>
+  <si>
+    <t>Pisa Via San Lorenzo 44
+19-Juni 1912
+Kære Joh. V. og Else.
+Vi har det ug. Anna er Rekonvalesent efter en Mavehistorie hvor hun har måttet holde Sengen og holdt Diæt. I Dag har hun kunnet spise Jordbær, så alt er vel. Skypumpen skal ganske rigtig have været her og taget øverste Etage af et Hus med sig, men Oversvømmelse har her intet været af, tvertimod har Arnoen været ualmindelig vandfattig i denne Vinter. Tak for Eders Brev som jeg vilde have besvaret igår straks jeg modtog det, men jeg følte mig som en ussel Synder fordi et Billede jeg havde arbejdet på en 14 Dages Tid pludselig klikkede for mig Efter at jeg havde tilbragt en temmelig søvnløs Nat og øvet mig i den Kunst der skal være den sværeste af alle, ”at herske over sig selv” tog jeg fat i Dag igen, og jeg tror Vorherre har taget mig under Armen igen, - Vorherre eller Jomfru Maria.
+At begynde som Vermehren og ende som Renoir er en meget naturlig Udvikling for en Maler fra disse Årtier (det omvendte vilde være mindre tiltalende) Forresten er al Kunst jo noget forbandet Humbug. Vermehren er jo en Zinke mod de gamle Flamlændere og hvad er de igen mod Naturen selv. Jeg har et eller andet Sted set hvordan en fintsleben Manchester Synål tager sig ud ved Siden af en Hvepsetråd begge [”begge” indsat over linjen] under Forstørrelsesglas. Dersom det ikke var for sin egen Fornøjelse man malede, så måtte det dog være en forbandet Tilværelse at være Maler.
+Tak for ”Skålen”. Vi skal nok gøre Gengæld Vi vil drikke Eders Skål i almindelig Italiensk Landvin, for det er og bliver den bedste af al Vin her på Pladsen. Hvor uundværlig den er os kan I vide når jeg fortæller Jer at vi til Dato har tømt noget over 600 Fiaschi – en Fiasco indeholder ca 2 ¼ Liter – med et rundt Tal 1800 Flasker, siden vi kom herned. 
+Vi har ikke meget at prale af her hvad ”Sommer” angår. I Dag mærker jeg første Gang iår Varmen som italiensk. Det skæve Tårn og Domen lyser og tindrer så man kniber sine Øjenlåg sammen fuldstændig blændet af Lyset, og skønt Luften er et Lyshav er Landskabet dog endnu mere lysende, men det er ikke mere end to Dage siden at [”at” overstreget] vi havde Storm og Torden, en øredøvende Kanonade Det slog vist ned i alle Lynafledere i Pisa. Jeg stod i campo santo, det var som mine Trommehinder skulde sprænges. Jeg mindedes den regnfulde Sommer hjemme 1907, da så vi en Skypumpe tage en halv Herregårdsmark, let Jord førte den ud og bedækkede Nordsskovvejen på flere hundrede Alens Længde, så Bønderne måtte ud at øse – ikke Sne – men Sand. De hjerteligste Hilsener fra os Alle – Vi tænker lidt på Jer vi gør det vist hver Dag. Eders hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-06-23</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Domenica Cerroni
+Poul S. Christiansen
+Michelangelo Simoni
+Hjalmar Sørensen
+Anders Trulson</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg boede i Italien med deres seks børn fra efteråret 1910 og små tre år frem.
+Zahrtmann boede fra 1883 til 1911 hver sommer til leje i bjerglandsbyen Civita d'Antino. 
+I Kristian Zahrtmann En Mindebog bygget over hans egne Optegnelser og Breve fra og til ham, F. Hendriksen, Kjøbenhavn 1919 er der gengivet flere breve og andre tekster, hvori Zahrtmann fortæller om Trulson og Sørensen og sommeren 1911. Om sagen med natpotten, der ikke blev tømt, skrev Zahrtmann således (s. 568): "Situationen forværredes ved, at alle Italienere er forfærdeligt bange for Tuberkelsmitte. Tjenestepigerne desinficeredes, naar de havde været inde hos ham. Det blev os danske, der gav ham Mad, Medicin og sad og talte med ham." 
+Zahrtmann ophørte ikke med at være i brevkontakt med Anna og Fritz Syberg efter episoden med Sørensen. I Mindebogen er eksempelvis aftrykt et brev fra Zahrtmann til ægteparret dateret 17. august 1912 (s. 575-576).
+Sommeren 1911 var i øvrigt den sidste, Zahrtmann tilbragte i Italien.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg fortæller om noget, der gik for sig i sommeren 1911: Zahrtmann så et stort lys i en af sine elever, (Hjalmar) Sørensen. De to besøgte sammen Syberg-familien i Pisa, og i begyndelsen beskrev Zahrtmann Sørensen med lovord. Sørensen var i øvrigt en meget smuk mand. Efter en måned begyndte Zahrtmann at blive irriteret på Sørensen, og han bed ham af osv., så det var pinligt for alle. De to rejste videre til Civita d'Antino, og her fik Sørensen nærmest husarrest, han måtte ikke tale ved bordet, ikke gå tur med en moden kvinde osv. Poul S. Christiansen var også i Civita, og han og Zahrtmann skændtes. En tredje gæst var svenskeren (Anders) Trulson, som var alvorligt syg. Tjenestepigerne tømte ikke hans natpotte, som stod og gærede i varmen.
+En tjenestepige fik stoppet en barbarisk måde at slagte lam på i Civita d'Antino. 
+Sørensen fik om efteråret rejsepenge af Zahrtmann og ordre om atrejse lige hjem uden svinkeærinder. Han besøgte alligevel Syberg i Pisa, og de tre voksne sendte et kort til Zahrtmann, som svarede, at han havde dårlig samvittighed. Hjemme igen besøgte Sørensen flere gange Zahrtmann, indtil sidstnævnte bad ham holde sig væk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mHvr</t>
+  </si>
+  <si>
+    <t>Pisa Via San Lorenzo 44
+23 – Juni – 1912
+Kære Ven.
+Jeg sender Dig her en Historie. Nogen Tid før jeg rejste herned skrev Zahrtmann til mig og fortalte mig om en ung Mand han havde taget til sig for at opdrage ham til Kunstner. Hans Talent var ganske enestående Han gav mig også lidt af den unge Mands Forhistorie bl.a. havde han en Tid ernæret sig som Opvarter i Antwerpen. I Fjor Forår da Z. med sin unge Ledsager kom til Pisa opsøgte de os, og der var ingen Ende på Z.s Lovprisninger af ham. Det eneste Z. havde at leve for nu var denne unge Mand der skulde nå ”langt videre” end vi andre. Den unge Mands ”Ædelhed” var noget ganske [et overstreget, ulæseligt ord] ud over almindelige Menneskers. Jeg var ikke meget spændt på at se dette Fænomen, for Z.s [overstreget, ulæseligt ord] Evne som Menneskekender sætter jeg ikke meget højt. Men den unge Mand overraskede mig ved at se [”se” overstreget] være en Del anderledes [overstregede bogstaver] end jeg havde ventet. Jeg havde ventet mig ham lidt feminin og lidt fordægtig, det er Zs. Smag [overstregede, ulæselige ord] I Stedet for ser vi t [”t” overstreget] en høj velskabt Fyr – nøgen vi badede nemlig sammen [de sidste fire ord indsat over linjen] noget i Retning af Michelangelos David. Han var [”var” overstreget] er en glimrende Svømmer, har faret tilsøs, som Matros i Storfarten, - Amerika osv. Københavner af den ganske tiltalende Art som f. Eks. Bliver gode Soldater [noget overstreget og ulæseligt]. Hans Talent som Maler forestiller Du Dig bedst ved at tænke på Din Broder D[ulæseligt], Dygtigheden var ubestridelig. Forøvrigt var han en overordentlig rar Fyr som Børnene kom udmærket ud af det med.
+Hvor længe Z. har kendt ham førend de kom herned ved jeg ikke, men hans Beundring for ham her [”her” overstreget] kulminerede hernede da den første Måned var gået. En Dag [”En Dag” indsat over linjen med en streg ned, som går henover ”Z.”] inviterede Z. [”Z.” indsat over linjen] os en Tur til Lucca og da havde Piben en anden Lyd. Sørensen (den unge M.) var ikke længer det ubegrænset ædle Menneske og den [”den” indsat over linjen] vordende store Kunstner. Talte han blev han fejet af. Z tilretteviste ham i vi andres Påhør på en så ubehagelig Måde så hele Selskabet forstemmedes deraf. Synet af af [”af” overstreget] ham irriterede Z. Derefter rejste de til Civita d’Antino. Dernede vilde jeg nødig have været i Sørensens Sted Han blev lukket inde på sit Værelse og sat til at male et Interiør derfra [”derfra” overstreget] for at Omverdenen ikke skulde se for meget til ham. Det blev ham forbudt at tale ved Bordet. En Dame (Malerinde) som boede der og som han havde trøstet sig med på nogle Aftenture (Hun var 46 – han 29) blev det forbudt (af Z.) at spasere med S., - nok med de andre Malere, - men ikke med S. ”han var ikke passende Selskab.” Dette bedes forstået således, at det ikke var et af Z. fra først af udtalt klart Program hvorefter alle havde sig at rette, men kom frem lidt efter lidt [”lidt efter lidt” indsat over linjen] i Løbet af Sommeren når Z. fandt Lejligheden passende d.v.s. en pinlig utryg Stemning blev vedligeholdt under hele Opholdet. Dertil kom daglige [”daglige” indsat over linjen] Diskussioner om Italienerne, hvor [”hvor” overstreget] mellem Z og Christiansen. Z. kogende af Vrede. C. ligbleg og truende med at rejse. Italienerne er ”Prinser” vi er kun ”Barbarer” det var Emnet. Endvidere Svenskeren Trulsons Død. Såvidt jeg kan forstå under temmelig graverende Forh [”Forh” overstreget] hygiejniske Forhold. Fra den Dag han blev sengeliggende satte Herskabet to Signora’er Cerroni ikke deres Fødder i hans Værelse, heller ikke Tjenestepigen. Tænk Jer i den varme Sommer ifjor at have en Lerko[ulæseligt] stående med gærende Latrin 14 Dage i det Værelse hvor man ligger syg. – [et overstreget bogstav] Førnævnte Dame tog sig på at hjælpe på dette da hun havde opdaget det, men Z følte sig meget stødt over hendes Indgriben. En anden Ting hun fik Forandring på var følgende. De slagtede hver Dag Lam lige for [”lige for” overstreget] på Pladsen uden for, til Underholdning for Børnene. Det foregik på den Måde at de spigrede Dyrene i levende Tilstand på Bjælkeværket, en regelret Korsfæstelse, men med Hovedet nedad som Skt Peder. Der blev de så hængende og brægede til Underholdning for Italienerbørnene til man fik Tid til at tappe Blodet af dem. Det lykkedes førnævnte Dame at få dette Forhold forandret derhen, at Korsfæstelsen af Lammene ikke mere foregik på åben Gade men blev henvist til et Sted udenfor Byen – sålænge hun var der. Tilbage til Sørensen. Da Efteråret kom t [”t” overstreget] erklærede Z. at S. ikke var, hverken et ”ædelt Menneske” eller kunde blive Maler. Han gav ham Rejsepenge hjem men pålagde ham at rejse sporenstregs hjem. S. mente det var for at [”at” overstreget. Over linjen er skrevet ”di”] di han [”han” overstreget] Z ønskede ikke ham (S) [”(S” indsat over linjen] på Hjemrejsen måtte gøre Ophold hos os. Det gjorde han nu alligevel. Vi så ingen Grund til at være anderledes mod ham end vi hele Tiden havde været. Han boede hos os i 14 Dage og havde det vist [overstregning, ulæseligt] dejlig, de[t] sagde han da. Vi sendte ovenikjøbet Z et Kort med Hilsen fra os alle. Z. svarede med en lille Hjerteudgydelse ”dårlig Samvittighed over for S.” I København besøgte S. Zahrtmann nogle Gange. Han kiunde stadig ikke tro at en Interesse der blev begyndt [”blev begyndt” overstreget] straks var så varm kunde så helt og aldeles forsvinde. Han blev imidlertid modtaget afvisende. Så holdt han sig væk et halvt År. Levede af at stå Model og arbejdede i Mellemtiden flittig på ”sin Kunst” (Han er jo nemlig nu uigenkaldelig hjemfalden til Maleriet, blevet bidt af en gal Kunstner som det hedder). Forleden besøgte han så Z igen som sagde til ham at han vilde sætte Pris på om S. ikke mere besøgte ham. En anden Virkning at dette har havt er at Z ikke sender mig hverken Kort eller Breve mere, at Forbindelsen mellem os holdt med et Slag op for ca. tre Fjerdingår siden. Brænd endelig dette Brev når Du [”Du” overstreget] I har læst det, men Du må gærne benytte Stoffet til en Singapornovelle. Din hengivne Fritz Syberg.</t>
+  </si>
+  <si>
     <t>1911-10-24</t>
-  </si>
-[...7 lines deleted...]
-    <t>Johannes V. Jensen</t>
   </si>
   <si>
     <t>Pisa
 Via San Lorenzo 44</t>
   </si>
   <si>
     <t>Poul S. Christiansen
 Anna Syberg
 Clara Syberg
 Ernst Syberg
 Hans  Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Brevet er kun forsynet med et "Kære Ven", men det må formodes, at det er henvendt til Johannes V. Jensen, eftersom det findes blandt hans papirer på Det Kongelige Bibliotek. 
 Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
 Rondane er et fjeldområde øst for Gudbrandsdalen i Øst-Norge i fylkerne Oppland og Hedmark. 
 Det vides ikke, hvilket brev der er tale om, når Fritz Syberg skriver, at han kunne have lyst til at benytte dette som påskud til at besøge Carrara.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Fritz Syberg har tegnet et kort af egnen omkring Pisa. I brevet beskriver han vegetationen, skovene, bjergene, marmoret, floderne og deres udløb i havet, farverne i brændingen mv. Derefter fortæller han om, at vikingerne under deres erobringstogt opgav at indtage Pisa, men i stedet besatte Lucca, som de troede var Rom. Han er inde på en strejke blandt marmorarbejderne. Til slut fortæller Fritz Syberg, at flere af børnene har været syge, og at Rille (Ernst) taler om pinjeskoven ved Kerteminde og retter til "urskoven", når de griner af ham.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9XDW</t>
   </si>
   <si>
     <t>Pisa 24 Otbr 1911
 Via San Lorenzo 44
 Kære Ven.
 [Herunder et tegnet landskort med påskrevne stednavne. Fra oven:]
 Flod Magra ”Luni” Carrara Floden Carrione Bjærge Firenske Hav Flod Serchio Viareggio Søen Lucca Bjærge Pisa Livorno Bjærge 
 Fra Floden Magra og helt ned til Livorno er Landet langs [”landet langs” indsat over linjen], en Slette der omkring Pisa forgrener sig langt ind i Landet. Oppe ved den antikke by ”Luni” er den kun 4-5 Kilometer bred. På hele denne Strækning består Kysten af: en Forstrand af Sand der danner Revler ude i Vandet, derpå et Bælte af temmelig lave Klitter, yderst begravet med grovt Græs længere inde med en Art Enebær – (ikke de som er almindelige i de svenske Skove men nogle med etårige Bær af dette Volumen [et bær er tegnet]). De vokser op som hele Træer ca 12-14 Fod høje og er undertiden begravet i Sand til halvvejs op på selve Kronen. 
 Dette Bælte af Enebærtræer går lidt efter lidt over i Pinjeskov, hvor Underbunden er et Vildnis af nogle [”nogle” overstreget] Buske og Slyngplanter. En tornet Slyngconval – Europas eneste Art – er meget smuk og gennemfiltrer hele Skoven. Desuden findes Efeu, de almindelige Enebær og en Slags Buske med runde blå Bær på Størrelse med Blåbær – Grene omtrent således [tegning] vist giftige. Busken selv er så høj som den svenske Porsebusk. Brombærranker så godt som uden Frugter, men af en vældig Længde [”men af en vældig Længde” indsat over linjen] o.m.a. Buske og Træer. Dette Bælte af Skov er kun smalt nordpå ved ”Luni” og findes kun i spredte Strækninger og Stykker langs Kysten; Men jeg formoder at dette kommer af at den er blevet ryddet til Fordel for de mange Badesteder hvoraf hver lille By har sit: Marina di Pisa Marina di Carrara, marina di Pietra santa e.t.c. Sletten er lang [”Sletten er langs” overstreget] Derimod syd på omkring Pisa er Skovene meget store og udstrakte fordi Kongen her ejer dem. Omkring Livorno er der store Engstrækninger og hvor der tillige er en Sø, på dette sidste Sted i Nærheden af Viareggio er der også en stor Skov. Resten af Sletten, altså særlig den Side der vender mod Bjærgene, er opdyrket som en Have [overstregede, ulæselige ord] Vin, Hvede, Bønner, Frugttræer. 
 Bjærgene skyder sig temmelig pludselig op af Terrænet. Består af rødt og gråt Marmor der [”der” overstreget] og [”og” indsat over linjen] sine Steder af en [”en” indsat over linjen] stærkt forvitret okkergul Sten eller Lerart [”okkergul Sten eller Lerart” indsat over linjen] Ved [”Ved” overstreget] Fra Foden og halvvejs op begroet med Oliven og Vin, Resten forkrøblet Pinjeskov og Krat eller fuldstændig bart: Hvor de nøgne Bjærgtoppe kj [”kj” overstreget] knejser op som ved Carrara er de grå, rødlige med Pletter af hvidt Marmor. Om Vinteren hvide af Sne. Ikke få Steder ser de vulkanske ud. Den højeste Bjærgtop i Appeninerne findes (tror jeg) ved Carrara og er ca 6000 Fod høj altså som Ronderne i Norge.
 Om Luni er der det at sige at der skal findes noget som man mener er Rester af et Amfiteater
 Men den ligger altså ikke ved Carrarafloden – Carrione (snarere nærmere ved den større Flod Magra). Desuden er Carrione kun en ubetydelig Bjærgstrøm tør om Somren og aldrig med mere Vand end man kan vade over den. Hvordan Magra er husker jeg ikke men på Kortet ser den ud til at være bredere end Arno. Arno er på sit sidste Løb ca 200 Alen bred. Dens Vandmasse [”Vandmasse” indsat over linjen] er som de fleste Italienske Floders stærkt afhængig af Nedbør. Efter Regn svulmer den op til en dyb rivende lergul Strøm der farver Havet en hel Mil ud. i [”i” overstreget] En Fjerdingvej Nord og Syd for Mundingen er Middelhavets blegblå og bleggrønne Brændinger farvet [”farvet” indsat over linjen] grågule med gråt Skum ud for selve Mundingen hvor store Sandbarrer ligger på hver Side af Løbet er Brændingerne cikoriefarvede med Sirupsgult Skum. Bag ved den lave Kyst hvor Skovene fuldstændig forsvinder i de store Linjer, rager Carrarabjærgene op på sådan en Uvejrsdag mørke og triste, de hvide Marmorpletter får dem til at ligne Gletschere. På en Solskinsdag når Arnoen er klar og stille som en dansk Fjord blå [”blå” overstreget] Havet er blåt som selve Storebælt ligger Carrarabjærgene blålige og rosenfarvede og lette som Sommerskyer.
 Historien om Hasting har jeg i Erindring fra i Sommer. Christiansen og Zahrtmann var oppe at nappes om Danmark ”verso Italia”. Men C. lod det være Lucca som Hasting erobrede Vikingerne lå og vrælede foran Pisas Porte (Havet skød sig den Gang helt ind til Pisa) i tre Dage, og da de ikke kunde overmande den sejlede de op ad den lille Flod [”Flod” indsat over linjen] Serchio til Lucca og indtog den i den Tro at det var Rom. De fangede Erkebispen som de troede var selve Paven. 
 Egnen om Lucca er ganske som om Pisa. Et tærnet udstrakt Felt af Vin- og Hvedemarker bekranset af smukoliven, bevoksede blånende Bjærge og Høje.
 Carrara [et overstreget, ulæseligt ord] ligger i et Dalstrøg halvt [der har sået ”halvvejs”, og ”vejs” er overstreget og erstattet af et t] op af Bjærgenes Fødder, Et [”Et” overstreget] og er egentlig et eneste stort Marmorværksted. I Sommer strejkede 10.000 Arbejdere der. De gennemførte Strejken ved at bevæbne sig med Bøsser og med at skyde den første ned som vovede at flytte en Marmorblok. Anna og jeg kunde godt have Lyst til at benytte Dit Brev som et Påskud til at komme derop (vi har været forbi på Gennemrejse) men Koleraen har raset så stærkt der i Sommer så vi tør ikke de første Måneder.
 Vi har også her havt Sygdom Trylle et hårdt Anfald af Asthma Nolle og Rille, Mavehistorie, selv Hans har så hård han end er måttet neje sig og ligge i Sengen en halv Dag. Rilles Sprog begynder at blive lidt kosmopoltisk og hans Erindringer farves.
 Han taler om Pinjeskoven ved Kjerteminde og når vi ler af ham retter han sig og siger, nej jeg mente Urskoven (vi har lige læst Junglebogen for dem). Hilsen til Jer alle fra os alle her Din hengivne Fritz Syberg</t>
   </si>
   <si>
-    <t>1911-12-03</t>
-[...37 lines deleted...]
-  <si>
     <t>1911-12-08</t>
   </si>
   <si>
     <t>Else Jensen
 Emmerik Jensen
 Jens Jensen
 Villum Jensen
 John Martin
 Sigurd  Swane
 Anna Syberg
 Hans  Syberg</t>
   </si>
   <si>
     <t>Anne og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien. 
 Det vides ikke, hvilken udstilling Fritz Syberg skriver om.
 Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Fritz Syberg malede akvareller efter freskoer og sarkofagrelieffer i bygningen. 
 Det vides ikke, hvilket julehæfte Fritz Syberg er inde på. Muligvis er der tale om en tekst af Johannes V. Jensen med illustration af Fritz Syberg, som da Johs. V. Jensens Moderens Sang i 1926 blev trykt i Juleroser med en tuschtegning af Fritz Syberg. I det følgende brev, 13. december 1911, skriver Fritz Syberg og takker for Rigets Julehæfte, som blev til i et samarbejde mellem Johannes V. Jensen og Johannes Larsen.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Fritz (og Anna?) Syberg vil gerne være med til at udstille. De bliver i Italien i to år, indtil deres kapital er opbrugt, og Hans er udlært billedhugger. Italienske billedhuggere kan få arbejde overalt. 
 Fritz Syberg skriver på en bog om sin mors slægt. Om den skal udgives, ved han ikke.
 Syberg vil bede Johannes V. Jensen sammen med Sigurd Swane om at lave billedudvalg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zH5s</t>
   </si>
   <si>
     <t>Pisa 8 Deb 1911 
 Via San Lorenzo 44
 Kære Ven.
 Selvfølgelig vil det være mig en stor Glæde at være med. Nu skal jeg holde Krigsråd med Anna og vi skal så udarbejde en Liste over Billeder som vi skal sende Dig. Men jeg venter med at foretage mig noget – skrive til Billedejere e.c.tr – indtil jeg har hørt fra Hr. Martin. Vi er næppe i Danmark til [”til” overstreget] i de Måneder Du nævner. Vil Du høre Grundene hvorfor. De er med et Ord Hans. Han er som Du ved i Billedhuggerlære og er først udlært om to År og da det går ham godt i enhver Henseende i Faget vil vi blive her i Pisa og Omegn til han er færdig. Så står Florens – Rom – Paris og Amerika ham åben. Italienske Sten- og Billedhuggere er anset i hele Verden og ingen kan [”kan” overstreget] indlader sig i Konkuranse med dem. Anna og Børnene ønsker ikke at forlade Italien for det første. Selv har jeg nok at gøre Jeg er i Gang med mange Billeder som jeg ikke kan tænke mig at nå Afslutning på i lange Tider. Desuden har jeg – unter uns gesagt – begyndt på et Arbejde som i mange År har stået for mig som noget jeg en Gang måtte se at få fra Hånden og som Fraværet hjemmefra egner sig udmærket for, nemlig at skrive en Bog. Den skal handle om min Slægt. Jeg begynder med min Bedstefar på Mødrene Side og ender ved min Moders Død. Bogen skal hedde ”Jakob Hendriksen og hans Slægt” Om den skal udgives ved jeg ikke, det vil i første Instans afhænge af om den egner sig til det. Arbejdet med den morer mig meget. Jeg skriver en Side eller to hver Dag når jeg kommer hjem fra mit Arbejde i campo santo. Det lader altså til at vi ikke skal ses. For Julehæftets Skyld spiller dette kun en ringe Rolle. Dersom jeg kunde få Dig i Samråd med – Sigurd Swane til at foretage det [”Det” overstreget] den endelige Revision af mit Billedvalg vilde jeg føle mig fuldstændig beroliget Når jeg vælger ham er det fordi han er en [”fordi han er en” overstreget] rent pr. Instinkt, fordi jeg bed [”bed” overstreget] vilde have Fidus til ham i denne Sag. Kedeligere er det at der altså skal gå lang Tid inden jeg skal se Dig og Else. Om to År må jeg imidlertid hjem da er vore Hjælpekilder udtømt og jeg må se at lave en italiensk Udstilling.
 M [”M” overstreget] Anna kalder med Morgenkaffe 1000 Hilsener til Jer alle fra os her
 Din hengivne Ven
 Fritz Syberg.
 Jeg glemte at spørge, om H. til Du og Swane som [ulæseligt]komité, om Du kunde tænke Dig at gøre mig den Tjeneste?</t>
-  </si>
-[...28 lines deleted...]
-Fritz Syberg</t>
   </si>
   <si>
     <t>1912-01-14</t>
   </si>
   <si>
     <t>Ernst Goldschmidt</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
 Acqua purgativa betyder rensende vand.
 "Skibet" er en del af Johannes V. Jensens romanrække "Den Lange Rejse". "Skibet" udkom i 1912.
 Fynshoved-myten: Johannes V. Jensen besøgte i sommeren 1910 Syberg-familien, mens de opholdt sig på Fyns Hoved, hvor de boede primitivt i et par træhytter. Syberg og Johannes V. Jensen har i tidligere breve diskuteret, om det er fortællingen om denne tur, som Johannes V. skal bruge til et julehæfte med Sybergs illustrationer. 
 Bionda: Blonde. Grassa: Fedtet. 
 Det er uklart, hvad Fritz Syberg mener med "secca". Mager er på italiensk magro. 
 Nera: Sort.
 Brutta: Dårlig (ikke grim, som Syberg oversætter det til).</t>
   </si>
   <si>
     <t>Fritz Sybergs fordøjelse har det godt takket være Acqua purgativa.
 Familien har besøg af en del skandinaviske malere.
 Det er ved at blive forår i Pisa. 
 Syberg vil gerne være med til at vælge billeder (til et hæfte med tekst af Johannes V. Jensen).
 Italienerne kan lide at betragte sig selv som blonde og finder dette smukt, men der er meget negerblod i deres race.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/x9Mp</t>
   </si>
   <si>
     <t>Pisa 14-1-12
 Via san lorenzo 44.
 Kære Venner!
 Jeg har længe tiltænkt Jer et Brev med Nytårshilsen. Glædeligt Nytår! I Dag er Humøret ug. uden særlige Grunde men, hvad der er bedre, af den reelle Grund at Arbejdet går godt, - Fordøjelsen og Stolegangen er mønsterværdig, den sidste takket være ”aqua purgativa”. Hvis det kan fås i Danmark vil jeg anbefale Dig det, jeg har en Erindring om at Du, ligesom jeg selv, har en noget for stærk Mave. Det er et østrigsk Fabrikat det hedder Saxlehner Bitterquelle. Vi har turet Jul efter dansk Skik og havt det dejlig. Her har været Besøg af en Del norske og svenske Malere, som vi havde til Aften Goldschmidt bor i vort Nabolag. Jeg kan godt lide ham, han er en reel Fyr trods sit springende Væsen.
 16-1-12
 Vi savner Jer. I Dag regner det. Hvor vilde en Whist eller Bridge sammen med Jer gøre godt. Ude bag Pisas Mure er det Forår når Solen skinner. Det er helt hjemlig at færdes mellem Bønderne. De trækker Roer op og beskærer deres Vin og har det fredeligt og godt. Undertiden forbavser det mig at de ikke taler fynsk.
 [Tegning i venstre side af papiret]
 Det vi nu venter på og imødeser med Længsel er Din nye Bog ”Skibet”. Det er rart at Din Fynshoved myte ikke skal ud over Hals og Hoved. Jeg vilde gærne være hjemme når der skal vælges Billeder til den bl.a. for at lave et Par direkte dertil. Send os et Fotografi af Jer alle sammen. Du har jo Apparat.
 Apropos Bønderne og Befolkningen hernede, dersom Du var her tror jeg Du skrev en Bog om Longobarderne. Italienerne har altid opfattet sig selv som en blond Race: De gør det i den Grad i deres Billeder så de gør sig endnu lysere end Germanerne. På de gamle Fresker er Kvinderne så gyldenblonde som norske Jenter. At kalde en Italiener sort – nero – er et Skældsord. En Kvinde [”En Kvinde” overstreget] Alle Italienerinder drømmer om at se ud som Else. Else er ”bionda” og ”grassa” hvad der er ensbetydende med ”bella” og ”bellissima”. Mager og sort (”secca” og ”nera”) er ”brutta” (grimt). Imidlertid er der så meget Negerblod i Racen hernede så helt gl [”gl” overstreget] guldlokkede er de nu ikke. Vi længes, som sagt, efter Jer, men vi længes ikke hjem. Goldschmidt bringer lidt af den hjemlige Duft med som altid hænger ved en Kollega og den gø [”gø” overstreget] virker således på mig så jeg siger: Hvor det er rart at være borte! Stik i et Svip herned!! Eders hengivne Ven
 Fritz Syberg</t>
   </si>
   <si>
-    <t>1912-02-28</t>
-[...40 lines deleted...]
-  <si>
     <t>1912-03-13</t>
   </si>
   <si>
     <t>Emmerik Jensen
 Jens Jensen
 Villum Jensen</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien.
 Gevn og Germund er den kvindelige og mandlige person i den kærlighedshistorie, som udspiller sig i Johannes V. Jensens bog Skibet. Skibet er bind 2 i romanserien Den Lange Rejse, og den udkom i 1912. 
 Fritz Syberg kom ikke til at udstille i Brighton. 19. maj 1912 skrev han i et brev til Johannes V. Jensen, at det var "Svindleren Willumsen" og "de Stakler der kryber på fire for ham", der var skyld i, at han ikke selv kom med på udstillingen. 
 Syberg-familien tilbragte sommeren 1912 på et hotel i Marina di Pisa. Det lykkedes ikke at få Else og Johannes V. Jensen til at komme dertil. Else og Johannes V. Jensen fik tre drenge, men den yngste, Emmerik, blev først født i 1922.</t>
   </si>
   <si>
     <t>Fritz Syberg takker for Eventyret (Johannes V. Jensens bog Skibet). 
 Han er nødt til at have en paraply over sig, når han maler. Syberg vil ikke længere udstille på Den Frie. Han vil udstille i 1914, male et år derefter og så holde op med at male for i stedet at skrive sin bog færdig og fiske. 
 Hvis Else og Johannes V. Jensen vil komme til Marina di Pisa, vil de hvidhårede børn udgøre majoriteten.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/tV0K</t>
   </si>
   <si>
     <t>Pisa-13-3-12.
 Via San Lorenzo 44
 Kære Gevn og Germund!
 Tak for Eventyret om Johannes V og Else. Du bliver den sidste Digter jeg oplever. – ”Tror jag säckert” – vil jeg tilføje med Svensken, ikke så meget [”så meget” overstreget] fordi jeg nærer Tvivl herom, men af en overtroisk Følelse. Et lille Bank under Bordet.
 Nu står Aprikos og Fersken i Blomst jeg kan ikke længer tåle at sidde i Solen og male uden under Paraply. Foråret begynder så nu st [”st” overstreget] snart at melde sig hjemme. Om en Ugestid åbner den Frie. Jeg kommer der ikke i År, måske slet ikke mere. Jorden har længe brændt under mig der, og i År har jeg i Anledning af Brighton-Udstillingen mærket at Tiden til at træde ud er kommen. Min Plan er i øvrigt lagt, en Udstilling i Foråret 1914 – derpå 4 Års Arbejde og en sidste Udstilling 1918 og så vil jeg ikke male mer. Så skal jeg skrive min Bog færdig og sejle. Jeg håber at dø som Fisker.
 Kunde vi blot få Jer at se i Marina di Pisa til Sommer. Med Jeres to Drenge vilde det [”det” overstreget] de lyshårede næsten blive i Majoritet blandt [et overstreget, ulæseligt ord] badende Børn på Pladsen der. Men det vilde jo så kun være Tradition at Dansken erobrer Kysten på ny.
 Hilsen fra os alle
 Eders hengivne
 Fritz Syberg.</t>
   </si>
   <si>
     <t>1912-04-24</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Fritz Syberg</t>
   </si>
   <si>
     <t>Rembrandt
 Pieter Breugel
 Edgar de Gas
 Jean Gauguin
 Else Jensen
 Jens Jensen
 Villum Jensen
 Édouard Manet
 Claude  Monet
 Camille Pissarro
 Pierre-Auguste Renoir
 Peter Paul Rubens
 Alfred Sisley
 Anna Syberg
 Vincent van Gogh</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede fra Efteråret 1910 og små tre år frem i Italien. 
 Det fremgår ikke, om den omtalte Breughel er den yngre eller den ældre. Maleriet Hjemturen fra Kermessen er malet af Breughel den Yngre i 1620erne.
 K.H. Withs bog Musefamilien bliver ofte kaldt Musene i Rynkeby Præstegård. Fritz Syberg refererer muligvis til denne, fordi han og Anna havde mange børn. 
 Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde freskoer og sarkofager.</t>
   </si>
   <si>
     <t>Fritz Syberg har nydt at læse Johannes V. Jensens artikel og synes, han er god til at skrive om kunst. Dog er han uenig i, at impressionismen er en skole. Han ser de impressionistiske billeder som værker af enkeltpersoner som Renoir, Degas osv. Syberg og Jensen burde i fællesskab lave et kunstblad, med de har jo ikke tid.
 Fritz Syberg tror, at Jensen vil kunne lide Rembrandts Nattevagt, Breughels Kermesse og Rubens' billeder. Helt suveræne er dog de nu ukendte malere, som har lavet freskoerne i Campo Santo.
 Familien vil ikke hjem, og Fritz Syberg har også meget endnu at male i Pisa.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zpYD</t>
   </si>
   <si>
     <t>Pisa 24-4-12
 Via San Lorenzo 44
 Kære Ven!
 Jeg har havt megen Fornøjelse af at læse Din Artikel. Jeg har altid holdt på at Du skulde skrive om Kunst. Emnet interesserer Dig og skrive kan Du jo. Det er de to væsentligste Betingelser og i Grunden de eneste som berettiger. En til at give sig af dermed. [”En til at give sig af dermed” overstreget] Vore professionelle Anmeldere mangler begge Dele – i hvert Fald de fleste af dem. Du er bedst hvor Du skriver om de enkelte Malere. Hvad Du siger om dem er glimrende sagt fordi det får hver Maler til at vise sig som en ny Figur på Scenen. Og det er Sandheden Du siger om dem i samme Forstand som når Du taler om dansk Natur i en af Dine Myter. Det er vist rigtig nok tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den hvad en eller anden Tysker har sagt, at man forstår sig kun på det man overvurderer. Der hvor Du filosoferer føler jeg mig lidt mere på gyngende Grund. Jeg er enig med Dig i noget uenig i andet eller rettere det er mig umulig at se (f.Ex) Impressionismen som en Skole. Den opløser sig for mig i Navne: Renoir, Monet, Degas, Sisley, Pissaro, Manet, Gauguin og van Gogh…. flere tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den jeg bryder mig mindst om – men jeg er usikker. Jeg spår Dig at hvis Du vedblivende interesserer Dig for Kunst vil Du også havne der at Du til syvende og sidst kun interesserer Dig for Billederne, hvad ”Skolen” angår da er de Malere der lader sig spolere af den i Reglen deres Skæbne værd. Jeg har undertiden talt med Anna om at det kunde være Sjov om Du og jeg i Forening startede et nyt Kunstblad, som bl.a. skulde have det Fortrin frem for de afgåede, at det var populært og kunde betale sig. Men jeg ved rigtignok ikke hvordan nogen af os skulde få Tid til det. Apropos: det festlige [en overstregning] i Kunsten – det findes nu i hollandsk Kunst også, hvad er så festligt som Rembrandts Nattevagt Gud ved om Du ikke vilde finde en Art Farvefest i Bruighels Billeder. Den Samling han har i Wien – ”Kermessen” – den drømmer man om – det er en Heksefest; eller Rubens ”Barnemord i Betlehem” (i München) – men det var nu ikke det – det var Italienerne jeg vilde n [”n” overstreget] tale om: Venetianerne (i Venedig) og de gamle Frescomalere som Ingen mere er sikker på Navnene af [”af” overstreget] på – ja det er håbløst at vilde nævne det – der er for meget – men ønsker Du Fest så kan Du ta Gift på at de forbandede Italienere har kunnet lave den. Det svimler ligefrem for En, for det er som der slet ikke havde eksisteret Vanskeligheder for dem. Det De kan [”Det De kan” overstreget] De har kunnet alting, kunnet det til enhver Tid på Døgnet og altid gjort det straks. Det var egentlig noget helt andet jeg vilde have skrevet da jeg begyndte, men måske jeg har fået sagt noget af det alligevel. Musefamilien fra Rynkeby Præstegård lader sig desværre ikke flytte. Alene tør jeg ikke komme hjem. Jeg har så meget Arbejde for, men [”men” overstreget] og rejser jeg fra det er jeg bange for at det går i Vasken, jeg rejser ikke herned igen. Det er en god Tid jeg lever her, hvor Fyns Land og blæsende Fjorde skal smage ovenpå. Jeg har i de sidste 3 Måneder [”i de sidste 3 Måneder” indsat over linjen] gjort ca 30 Forårsaquareller med ”små” Motiver, (italiensk Bondeland). For Tiden kopierer jeg en freske i ”campo santo” med Adam og Eva, så skøn så skøn og den kendes kun af Vorherre og mig, Hver [”Hver” overstreget] hver Dag vrimler Amerikanere, Tyskere, Englændere ud og ind, men man opdager ikke den Slags Ting uden man bor årevis på Stedet. Mange Hilsener til Dig Else og Børnene fra os Alle her. Din hengivne Fritz Syberg. 
 [Skrevet på 1. side, på hovedet ved Fritz Sybergs datering:] Kære Else Tak for Brevet. Jeg skriver senere. Mange Hilsener til Jer begge Anna</t>
+  </si>
+  <si>
+    <t>1911-12-03</t>
+  </si>
+  <si>
+    <t>Steen Steensen Blicher
+Johanne Giersing
+Emmerik Jensen
+Jens Marinus Jensen
+Villum Jensen
+Ernst Syberg
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem.
+De omtalte fotografier ligger ikke sammen med brevet på Det Kongelige Bibliotek. 
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde sarkofager, freskomalerier mm. Fritz Syberg malede flere motiver der under sit ophold i Pisa.
+Franz Syberg (Trylle) led af astma og bronkitis hele livet.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender fotografier. Han arbejder i Campo Santo på en kopi af freskoen Dødens Triumf og beskriver denne tavles motiver. 
+Syberg har haft influenza, og Trylle (Franz) er ramt af astma. Der er hundekoldt i husene i Pisa om vinteren.
+Børnene er blevet gode til italiensk og retter på forældrene.
+Fritz Syberg har drømt om Else og Johannes V. Jensen, mens han var syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UfJv</t>
+  </si>
+  <si>
+    <t>Pisa 3 Decembr. 1911
+Via San Lorenzo 44.
+Kære Venner
+Tak for Brevet. At høre fra Dig er altid at få en Snaps Danmark i Ekstrakt, det er som den berømte Dråbe i Bibelen /eller hvor det er) der kunde fylde det ganske Hus med sin Duft. Jeg sender her nogle Resultater af Besses Virksomhed som Fotograf Vil I nøjes med dem foreløbig så skal vi se om vi kan få fat på en Fotograf som vil lade være at snyde os al for galt. Vi har havt Septembersol hidtil men i de sidste Tage tager Vinteren fat. Termometeret er sunken fra 12-14-Gr. C. til 7-8.do og Regnen er begyndt. Eftermiddagene er dog gærne lyse og klare. Jeg arbejder for Tiden i ”campo santo” på en Kopi i Aquarel af en Freske. Motivet er meget virkningsfuldt. Det hedder Dødens Triumf og forestiller et fornemt og rigtklædt Jagtselskab der på deres Vej gennem Skoven skal op at ofre i et lille Kapel, men pludselig standser fordi de føler sig stillet Ansigt til Ansigt med Døden. Døden fremstilles hæsligt i tre Kadavere i deres Kister, den ene [”ene” indsat over linjen] en tyk Rigmand med Tungen ud af Halsen er endnu [”er endnu” indsat over linjen] i forholdsvis frisk Tilstand, den anden, Resterne af noget der har været Konge en Gang, er i fuld Opløsning (composto siger Italienerne og det lyder så dejlig agrarisk) den tredje er et tørt Skelet der lægger Hånden på det Sted hvor Hjærtet har siddet og smiler kærlig til et Knippel Slanger der mylrer ud mellem hans Sideben. Hestene fnyser, Kongen (den levende) [”(den levende)” indsat over linjen] holder Hånden for Næsen, Dronningen bliver højtidelig stemt og gedanchenvoll. En Mand der sidder til Hest [”(til Hest)” indsat over linjen] nærmest i Forgrunden bøjer sig nysgærrigt frem over sin Hest[s] Manke, han holder en Falk på Hånden og hele hans Legeme, hans Ansigt – alt hos ham spinder af tilbageholdt Livsglæde. Han minder mig hele Tiden om Amtmanden (eller er det Birkedommer han er) i Blichers Juleferierne – ham der kommer spadserende ind til Frokostbordet om Morgenen med Gedebukken under Armen og præsenterer sig som Hr. Mads.
+Jeg har ligget syg i tre Dage af Influensa og Reumatisme. Trylle har også havt en meget hård Omgang Astma. Men nu går alt godt igen. Sommer og Vinter har vi det alle bedst, Forår og efterår er den værste Tid også her. Vi glæder os meget til at se Jer hernede x), send os det snart. Vinteren er ikke rar hernede. Husene der om Somren er så dejlig kølige er Gletscherhuler om Vinteren, men nu er vi aklimatiseret. Børnene kan alle katolske Bønner. Riller retter sin Moder i italiensk, forresten er det ikke meget der er hængt ved nogen af os. Mange Hilsener til Dig, Else og Børnene fra os alle sammen. Din hengivne Ven Fritz Syberg.
+Jeg drømte, da jeg lå syg, at I var hernede corporlig. Vi boede Sa [”Sa” overstreget] sammen i Marinaen spaserede ad Promenaden under de elektriske Lamper og nød Aftenluften og Pinjeduften – gik i Bad om Formiddagen med hele Børneflokken – spiste til Middag sammen i Haven – spiste os fulde i friske Druer – alt i det dejligste Septembervejr.</t>
+  </si>
+  <si>
+    <t>1911-12-17</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+John Martin</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+De omtalte fotografier ligger ikke sammen med brevet på Det Kongelige Bibliotek.
+Julehæftet er omtalt i tidligere breve fra Fritz Syberg til Johs. V. Jensen. Det vides ikke, om planen om dette blev realiseret. 
+Fynshovedturen: Else og Johannes V. Jensen besøgte i sommeren 1910 Syberg-familien, mens sidstnævnte boede i et par træskure på Fynshoved.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender fotografier. Han spørger, om billederne til julehæftet skal vise hans livsværk eller et tema som fx Fynshoved - en kombination kan også være en mulighed. Syberg har akvareller, som aldrig har været vist. Hans honorar vil være 150 kr. for livsværksudgaven og 300 for temaprojektet. Illustrationerne må underordnes Jensens tekst, mener Syberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LgMg</t>
+  </si>
+  <si>
+    <t>Pisa 17 Debr. 1911
+Via San. Lorenzo 44
+Kære Venner!
+Glædelig Jul. Jeg sender her et Par Aftryk af Besses Fotograferen. Jeg synes de er bedre end de første jeg sendte. Har I modtaget dem? Jeg har fået et Julehefte fra Hr. Martin, men endnu intet Brev. Inden jeg når så vidt at jeg skal træde i Forhandling med ham vil jeg gærne bede Dig være mig behjælpelig med Besvarelsen at et Par Spørgsmål: Skal Billederne til Juleheftet være et Resumé af min Malervirksomhed (ligesom Joh. L.s) eller hvor [”eller hvor” overstreget] og skal det Du skriver slutte sig dertil – eller har Du i Sinde at benytte Din Fynshovedtur som Stof til en ”Myte”? – i sidste Tilfælde vilde jeg nemlig foretrække at holde mig til Fynshovedbilleder: Landskaber, Mariner, badende Børn o.s.v. Jeg finder det klædeligst om Billedstoffet underordner sig Teksten – derfor kan det godt være rigt - . Desuden er jeg i så fald i det heldige Tilfælde at eje en Samling Aquareller som ikke har været fremme for Offentligheden, - Du har jo set dem. En Sammensmeltning af begge Former kan jeg også godt tænke mig, blot jeg ved det. Men jeg vil m. H. til Honorar stille mig noget forskællig i de givne Tilfælde I første Tilfælde er Prisen jo sat (150 Kr) i sidste vil jeg forlange 300 Kr. Mit Bidrag vil nemlig da komme ind under Synspunktet Illustration at det allerede er lavet er jo kun et heldigt Tilfælde. Det vil desuden have den Behagelighed at Spørgsmålet Reklame bortfalder. Du er den eneste der kan svare herpå, da det hele afhænger af hvordan Du har tænkt Dig Din Tekst. Selv er jeg tilbøjelig til at tro at om Du skrev en ”Myte” som jeg illustrerede med Fynshovedbilleder vilde det give den morsomste Bog. Men lad mig høre hvad Du mener. Mange Hilsener fra os alle til Else og Børnene, og Tak for den Oprigtighed hvormed Du lægger Kortene på Bordet
+Din hengivne Ven
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-02-28</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Villum Jensen
+Peter Paul Rubens
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Det vides ikke, hvad Botfelder betyder.
+Fritz Syberg har ikke tidligere skrevet til Johannes V. Jensen om pensionæren, og det vides ikke, hvem hun var.
+Else og Johannes V. Jensen kom ikke til Italien for at besøge Anna og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Det er forår efter en mild vinter.
+Syberg-familiens pensionær rejser. Hun skal giftes og har bildt manden ind, at hun er 32, skønt hun er 45 år. Fritz Syberg har diskuteret kvindeidealer med pensionæren, og Anna afbrød og sagde, at Else Jensen var Sybergs idealkvinde. Nu har Fritz Syberg tænkt på, at han gerne vil male et portræt af Else og også af Johannes V. Jensen. Johannes er en mørk albino. Else ligner en germaner eller Rubens' kone. Else og Johannes V. burde komme og være sammen med Syberg-familien en måned eller to i Marina di Pisa, så Fritz kan male dem. Anna tilføjer, at de har lejet en lejlighed i Marina di Pisa, og at der er et værelse til Else og Johannes V. Jensen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/R6Vg</t>
+  </si>
+  <si>
+    <t>Pisa 28 Fbr. 1912
+Via San Lorenzo 44
+Kære Venner, Joh. V. og Else!
+Tak for Fødselsdagsbrevet, som jeg længe har ønsket at besvare, men jeg har intet havt at skrive om før nu. – Vore Breve har vist krysset hinanden – Vi har havt Forår i 1 ½ Måned efter en kort, mild Vinter. Bøndernes Roemarker (Botfelder[)] står i et Blomsterhav, søgt af Millioner Bier, i går så vi det første Kirsebærtræ i Blomst, og Hveden er ikke langt fra at skyde i Vip. Vi skal nu til at omgås lutter Italienere igen, for vor danske Pensionær (Dame) rejser. Jeg er ikke ked derover, hvordan hun vil klare den bliver hendes Sag. Hun skal giftes, hvis det kan gå i Orden. Hun er 45 År, men har bildt Verden og den lykkelige Ægtemand ind at hun er 32. Han er 29. Lykkefølelsen giver sig forskællige Udslag hos Hende. Forleden talte hun om Kvinder. Der burde ingen Forskæl være mellem Mand og Kvinde, de vare sideordnede. Jeg fandt der var en lille Forskæl, Kvinderne kunde bringe Børn til Verden. Så kovendte hun. Kvindernes Opgave, sagde hun, var den, at være en Solstråle. Hun er selv så tynd som – en Solstråle, rigtig hvad Italienerne kalder ”secca”. Det endte med at jeg, på Opfordring, beskrev mit ”Kvindeideal” som hun kaldte det. Jeg gjorde det demonstrativt noget mere omfangsrigt end en Solstråle, men det går som Fynboerne siger, der er intet man så let forsnakker sig med som med Munden. Da jeg var kommen til et vist Punkt i Beskrivelsen afbryder min Kone mig: ”og så skal hun være fyldig, blegrød, [kommaet overstreget] med en stor Krone af lyseblondt Hår og hedde Else Joh. V. Jensen” Jeg havde ikke skænket Else en Tanke – det indrømmer jeg – men jeg kunde ingen Indvendinger gøre – for det passede. Jeg hævnede mig så på anden Måde. Dette er Indledningen til noget Du skrev i Dit Brev, som kastede en Brand i min Sjæl, som man siger. Nemlig at male Else. Jeg forestillede mig – for Maleren i mig er grådig – at tilbringe – Gud ved hvor lang Tid – Sommerstid – med at lave 10-20 Aquarelstudier af Dig og Else og så ende med et stort Billede, Friluft – Sol mange lyse Farver. Hvor jeg gærne vilde knække Halsen på en sådan Opgave Betænkeligheder har jeg havt af forskællig Art. Den værste er ikke den at jeg så må forlade Arbejdet her i Pisa, men det er den, at det vilde være Synd at plage Jer, selv om I skulde være skikkelige nok til at indlade [jer] herpå…..
+Der er noget i Arten af Jeres [”Arten af Jeres” overstreget] den forskællige Art af Jeres Blondhed der har beskæftiget mig lige siden jeg aflagde mit første Besøg hos Jer. Der er noget ved Joh. V. som om Naturen på et eller andet tidlig Tidspunkt af hans Liv, måske i Morders Liv, har [”har” overstreget] en kort Tid har havt lumske Planer med at gøre ham til Albino, sådan en snefarvet Islænder med Hår som bleget Hør og skinnende hvide Øjenvipper, men så har betænkt sig, og for at skjule det, har gjort Dig så mørk som det er mulig at gøre en Albino under nordiske Breddegrader. Hos Else derimod er Blondheden drevet ud i det lyseste. Jeg har set flere såkald[t]e guldhårede der gjorde et langt mørkere Indtryk. Omtrent på samme Måde som jeg hørte en Sanger sige at han havde den lyseste Baryton i Verden, han kendte mange Tenorer hvis Stemmer var meget mørkere end hans. Else ligner ikke de blonde svenske ”flickor”, Men [”men” indsat over linjen] meget mere Germanerne – måske Hollænderinderne F.eks. Rubens Kone, men hun adskiller sig fra de sidste i Øjnenes Udtryk. Hils Jeres Børn Vores Børn har skrevet en Mængde Breve i den sidste Tid hvoriblandt flere med Adr. U Willum Jensen osv. Men de kommer vist aldrig afsted.
+Jeres hengivne
+Fritz Syberg
+Morgenen efter.
+Hvorfor kan I dog ikke komme til Italien og bo hos os en Måned eller to i Marina di Pisa. Så kunde jeg få både i Pose og Sæk både male et Billede af Jer og fortsætte mine Italiensbilleder. 
+Kære Joh V’s Ja hvorfor Fanden kan I ikke komme herned, vi kunde faa det saa storartet i Marinen, der er næsten lige saa smukt som i Tisvilde, vi kunde gøre nogle Smaarejser til Luni og Lucca og se de Porte Danskerne stormede, det er vist de samme Porte der sidder endnu. Jeg vilde [det følgende skrevet lodret langs arkets venstre side] ogsaa gerne se Fritz’es Aquareller af mit Kvindeideal (Else er nemlig ogsaa mit Kvindeideal blive til[)] Vi har allerede lejet en Lejlighed med et Værelse til Jer ogsaa. Elektrisk Lys ogsaa udenfor Døren (i Haven) Tusind Hilsener Anna</t>
   </si>
   <si>
     <t>1912-05-14</t>
   </si>
   <si>
     <t>Ludvig Find
 Johanne Giersing
 Jens Jensen
 Villum Jensen
 Johannes Kragh
 Peter Magnussen
 - Rafael
 Georg Seligmann
 Anna Syberg
 Clara Syberg
 Ernst Syberg
 Franz Syberg
 Hans  Syberg
 Lars Syberg
 Jens Ferdinand Willumsen
 Viggo Winkel</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
 Corriere toscana: Den toscanske kurér. 
 Udstillingen i Brighton er formodenlig Modern Danish Artists, som netop blev afholdt i 1912. Willumsen deltog i denne. Fritz Syberg skrev 13. marts 1912 til Johannes V. Jensen, at han regnede med at deltage i denne udstilling.</t>
   </si>
   <si>
     <t>Fritz Syberg har fået brev fra en ungdomsven. Han og Anna har ikke råd til at rejse med alle børnene. Syberg og Jensen må ses i forbindelse med det planlagte tidsskrift. Syberg er blevet interviewet til to aviser. En russisk læge og hendes søn har været på besøg og se på Fritz Sybergs billeder, og hun var meget fortørnet over farverne, men en italiensk maler, som også var til stede, var begejstret og fortalte, at Syberg havde styr på farvelæren. Syberg-familien blev siden inviteret til the hos den russiske kvinde, som spurgte, hvordan Anna havde tid til at opdrage sine børn, når hun også skulle male. Anna svarede, at de måtte opdrage sig selv. Russerens egne børn var meget underkuede og turde ikke sige noget. 
 Syberg-familien har også lært en italiensk familie at kende. De har en mængde dyr i deres have.
 Fritz Syberg har ikke sendt ind til Den Frie Udstilling. Willumsen m.fl. har undladt at invitere ham til udstillingen i Brighton. Til gengæld vil Winkel &amp;amp; Magnussen købte alt, hvad han har malet i Italien, men Fritz Syberg vil hellere udstille i kunstforeninger.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/kXix</t>
   </si>
   <si>
     <t>Pisa – 14 – Maj 1912. Via San Lorenzo 44
 Kære Johannes V. – kære Else.
 Hvor Jeres Breve kom heldigt. Jeg lå anden Dagen i Sengen af Influenza og ønskede mig at der nu vilde komme Brev hjemme fra – og så ringede Posten. Sammen med Eders Breve kom et andet rart Brev fra en Ungdomskammerat – tænk man har _Ung_domskammerater – som jeg havde mistet Forbindelsen med i mange År. Jeg kan høre Klangen af Din Stemme Else igennem Dit Brev og den er lige så tiltalende at lytte til som Bølgernes Klukken, men – jeg kan altså høre den på lang Afstand og må blive. Det bliver for dyrt at rejse med alle Ungerne og tage fra dem tør vi ikke. Koleraen var ikke ufarlig hernede i Fjor og måske bryder den løs iår igen. Johannes V. kan ikke mere ”se os”. Men jeg er i visse Henseender Fatalist. ”De Himlen har bestemt for hinanden osv.”. Og jeg tror ikke vi n [”n” overstreget] er færdig med hinanden endnu. Nu har vi jo det nye Tidsskrift hvad det nu skal hedde. Tanken om det er gammel hos mig og jeg talte med Anna derom for over to År siden, og nu er jeg først nået [”nået” indsat over linjen] til at betro mig til Dig. Det udvikler sig altså langsomt lige som de intelligente Dyreraser og det er jo gode Tegn.
 I skal have en Fremstilling af den Fase vor Tilværelse befinder sig i nu [”nu” overstreget] i Øjeblikket, for den er undergivet Omskiftelighedens Lov.
 Jeg er blevet interviewet til to italienske Aviser ”corriere toscana” og ”la [ulæseligt ord].” Efterhånden har den Nyhed bredt sig at der bor en skandinavisk Maler i Pisa. Det var en Dame der besørgede Interviewet – og min Kone der lavede det – Gudskelov man har en Kone – Damen der kom var en gammel gemytlig Svend Tysker, havde været bosat i Pisa i 20 År, var Journalist, Forfatterinde, Lærerinde i Engelsk, Tysk og Fransk, og trods sin Alder nok en [”nok en” overstreget] i Besiddelse af en god Appetit på Tilværelsen. Gjorde hver Sommer Rejser til England og Frankrig. Så var vi til ”The” hos hende. Der stiftede vi Bekendtskab med en Frue, - Russerinde, gift med Professoren ved Tuberkulosehospitalet her i Pisa. Hun havde en Søn der vilde være Maler og bad om hun måtte besøge os (De vilde altså se mine Billeder, det bliver mere og mere en Skik at Folk vil det, og det er en meget blandet Fornøjelse) Professorfruen var ikke så morsom. Hun er selv Læge men det mærker man ikke. Derimod går hun d [”d” overstreget] i den Grad op i Bekymring for sine Børns Opdragelse, så hun har det ligeså pinefuldt som ham [”ham” overstreget] Manden der aldrig turde spise sig mæt af Frygt for at han så skulde dø af Sult næste Dag. Fremvisningen af mine Billeder var en god Forestilling. Hun var meget konsterneret over de Kulører jeg malede med det var ikke de Rafael brugte sagde hun, og hun [”hun” indsat over linjen] gjorde mig mange Spørgsmål som det var mig umulig at besvare, men heldigvis var der en Maler tilstede en italiensk Professor som vidste Besked Han var meget begejstret for Billederne og blev efterhånden Fyr og Flamme – spurgte Fruen om hvorfor en Grøft i et Landskab var blå, så vidste han Besked, gestikulerede og forklarede hende hvilken Visdom der var i at netop den Farve var blå, jeg blev efterhånden helt sikker i Sadlen ved at høre hvor sikker jeg var i Farvelære Hendes stakkels Søn bliver nu proppet med al den Pølsesnak og det går ham som alle overkultiverede Mennesker at de for lutter Spekulation over Tin [”Tin” overstreget] hvordan Tilværelsen tager sig ud, mister Evnen til at elske den, og så har hun stakkels Klukhøne gjort hvad der står menneskelig Magt for at hjælpe ham fremad. Vi var bedt derhen til The i går, men heldigvis var jeg syg. Bel [”Bel” overstreget] Besse, Nolle og Anna var der saa. [”saa” overstreget] Professorinden bekymrede, [komma overstreget] over, hvordan Anna kunde få Tid til at male og så opdrage sine Børn. Anna sagde at de måtte opdrage sig selv. Ja men der [”der” overstreget] de skal jo lære – Græsk – Matematik – Pas. Hun har to Døtre begge to var de tavse som Graven Nolle og Besse taler Sproget meget godt nu og forsøgte at tø dem op men nej de var tyngede af Livets Alvor. Og med alt dette er Russerinden en velvoksen Dame med et ganske anseeligt Korpus, og ikke en Splejs som Anna. Vi kender en italiensk Signora – manden er Officer – men det er kom [”er kom” overstreget] Bekendtskab er kommet på en hel anden Måde. Hun havde set os på Gaden når vi fulgte Børnene til Skole, og indledte Bekendtskabet med at sende Anna Blomster. Vi har været der nogle Gange og de hos os. De ejed [”ejed” overstreger] ejer en hel ”zoologisk Have” bestående af store snehvide Kæmpeduer, hvide Kalkuner, og de mest henrivende snehvide Kaniner – ca 50. Af Kalkunerne gik en med 30 Kyllinger (Høns) en anden lå på 30 Hønseæg og en stor kalkunsk [”kalkunsk” indsat over linjen] Hane gik ude i Haven, der bestod af Appelsiner og Laurbærtrær. Hun var smuk – Signoraen – så ung ud skøndt hun havde seks Sønner hvoraf den ældste lige var blevet Løjtnant. Til Slut; jeg fører en lille stille Krig med ”den Fri”. Jeg sendte intet ind til Udstillingen og agter heller ikke at sende ind til næste År. Svindleren Willumsen tilligemed de Stakler der kryber på fire efter ham, Find – Kragh Seligman og hvad de hedder ordnede Brighton Udst. og undlod at indbyde mig (Jeg blev derimod indbudt af Foreningen ”Grafisk Kunst” – jeg har en Gang lavet to Træsnit!!). Det passer mig ikke at lade mig dette byde, da jeg hverken trænger til den Fri eller til at komme til Brigthon. Jeg har fået Tilbud fra Winkel og Magnussen at de vil købe ”en bloc alt hvad jeg har lavet hernede” ovenikøbet tilføjer de ”til en god Pris”. Men jeg vil ikke i Hænderne på Kunsthandlere og har foreløbig bedt dem vente til Efteråret. Helst vil jeg ordne mine Affærer således at jeg i Februar 1914 laver en Udstilling i Kunstforeninger over de sidste 4 Års Arbejde. Men det afhænger jo af [”af” overstreget] noget af hvad den Fri gør for at hverve mig igen, [overstregede, ulæselige ord] jeg har svært ved at sige nej når nogen beder mig - - ja det er sandt nu har jeg lige sagt nej til Else – nu 1000 Hilsener fra os alle her til Jer alle 4. Eders hengivne Fritz Syberg</t>
-  </si>
-[...95 lines deleted...]
-Hvor længe Z. har kendt ham førend de kom herned ved jeg ikke, men hans Beundring for ham her [”her” overstreget] kulminerede hernede da den første Måned var gået. En Dag [”En Dag” indsat over linjen med en streg ned, som går henover ”Z.”] inviterede Z. [”Z.” indsat over linjen] os en Tur til Lucca og da havde Piben en anden Lyd. Sørensen (den unge M.) var ikke længer det ubegrænset ædle Menneske og den [”den” indsat over linjen] vordende store Kunstner. Talte han blev han fejet af. Z tilretteviste ham i vi andres Påhør på en så ubehagelig Måde så hele Selskabet forstemmedes deraf. Synet af af [”af” overstreget] ham irriterede Z. Derefter rejste de til Civita d’Antino. Dernede vilde jeg nødig have været i Sørensens Sted Han blev lukket inde på sit Værelse og sat til at male et Interiør derfra [”derfra” overstreget] for at Omverdenen ikke skulde se for meget til ham. Det blev ham forbudt at tale ved Bordet. En Dame (Malerinde) som boede der og som han havde trøstet sig med på nogle Aftenture (Hun var 46 – han 29) blev det forbudt (af Z.) at spasere med S., - nok med de andre Malere, - men ikke med S. ”han var ikke passende Selskab.” Dette bedes forstået således, at det ikke var et af Z. fra først af udtalt klart Program hvorefter alle havde sig at rette, men kom frem lidt efter lidt [”lidt efter lidt” indsat over linjen] i Løbet af Sommeren når Z. fandt Lejligheden passende d.v.s. en pinlig utryg Stemning blev vedligeholdt under hele Opholdet. Dertil kom daglige [”daglige” indsat over linjen] Diskussioner om Italienerne, hvor [”hvor” overstreget] mellem Z og Christiansen. Z. kogende af Vrede. C. ligbleg og truende med at rejse. Italienerne er ”Prinser” vi er kun ”Barbarer” det var Emnet. Endvidere Svenskeren Trulsons Død. Såvidt jeg kan forstå under temmelig graverende Forh [”Forh” overstreget] hygiejniske Forhold. Fra den Dag han blev sengeliggende satte Herskabet to Signora’er Cerroni ikke deres Fødder i hans Værelse, heller ikke Tjenestepigen. Tænk Jer i den varme Sommer ifjor at have en Lerko[ulæseligt] stående med gærende Latrin 14 Dage i det Værelse hvor man ligger syg. – [et overstreget bogstav] Førnævnte Dame tog sig på at hjælpe på dette da hun havde opdaget det, men Z følte sig meget stødt over hendes Indgriben. En anden Ting hun fik Forandring på var følgende. De slagtede hver Dag Lam lige for [”lige for” overstreget] på Pladsen uden for, til Underholdning for Børnene. Det foregik på den Måde at de spigrede Dyrene i levende Tilstand på Bjælkeværket, en regelret Korsfæstelse, men med Hovedet nedad som Skt Peder. Der blev de så hængende og brægede til Underholdning for Italienerbørnene til man fik Tid til at tappe Blodet af dem. Det lykkedes førnævnte Dame at få dette Forhold forandret derhen, at Korsfæstelsen af Lammene ikke mere foregik på åben Gade men blev henvist til et Sted udenfor Byen – sålænge hun var der. Tilbage til Sørensen. Da Efteråret kom t [”t” overstreget] erklærede Z. at S. ikke var, hverken et ”ædelt Menneske” eller kunde blive Maler. Han gav ham Rejsepenge hjem men pålagde ham at rejse sporenstregs hjem. S. mente det var for at [”at” overstreget. Over linjen er skrevet ”di”] di han [”han” overstreget] Z ønskede ikke ham (S) [”(S” indsat over linjen] på Hjemrejsen måtte gøre Ophold hos os. Det gjorde han nu alligevel. Vi så ingen Grund til at være anderledes mod ham end vi hele Tiden havde været. Han boede hos os i 14 Dage og havde det vist [overstregning, ulæseligt] dejlig, de[t] sagde han da. Vi sendte ovenikjøbet Z et Kort med Hilsen fra os alle. Z. svarede med en lille Hjerteudgydelse ”dårlig Samvittighed over for S.” I København besøgte S. Zahrtmann nogle Gange. Han kiunde stadig ikke tro at en Interesse der blev begyndt [”blev begyndt” overstreget] straks var så varm kunde så helt og aldeles forsvinde. Han blev imidlertid modtaget afvisende. Så holdt han sig væk et halvt År. Levede af at stå Model og arbejdede i Mellemtiden flittig på ”sin Kunst” (Han er jo nemlig nu uigenkaldelig hjemfalden til Maleriet, blevet bidt af en gal Kunstner som det hedder). Forleden besøgte han så Z igen som sagde til ham at han vilde sætte Pris på om S. ikke mere besøgte ham. En anden Virkning at dette har havt er at Z ikke sender mig hverken Kort eller Breve mere, at Forbindelsen mellem os holdt med et Slag op for ca. tre Fjerdingår siden. Brænd endelig dette Brev når Du [”Du” overstreget] I har læst det, men Du må gærne benytte Stoffet til en Singapornovelle. Din hengivne Fritz Syberg.</t>
   </si>
   <si>
     <t>1912-12-02</t>
   </si>
   <si>
     <t>Postkort</t>
   </si>
   <si>
     <t>Lars Syberg</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Pisa</t>
   </si>
   <si>
     <t>Pisa, Italien</t>
   </si>
   <si>
     <t>Malerne Anna og Fritz Syberg og deres seks børn boede i Pisa i 1910-1913</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
@@ -662,51 +662,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M14"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -789,504 +789,504 @@
       </c>
       <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="L3" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
         <v>45</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>52</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>53</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>57</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
         <v>58</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>59</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
         <v>63</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>76</v>
+        <v>38</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
         <v>77</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>78</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>79</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>80</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>82</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>76</v>
+        <v>38</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
         <v>83</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>84</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>85</v>
       </c>
       <c r="L12" s="6" t="s">
         <v>86</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>88</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>76</v>
+        <v>38</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
         <v>89</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>90</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>92</v>