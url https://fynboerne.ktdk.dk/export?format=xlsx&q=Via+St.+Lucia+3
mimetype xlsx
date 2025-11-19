--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -44,153 +44,153 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1910-12-01</t>
+    <t>1910-12-09</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Fritz Syberg</t>
   </si>
   <si>
     <t>Else Jensen
 Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pisa
+Via St. Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Lorenzo Battoni 
+Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen forlod i efteråret 1910 sin stilling ved Politiken og var til slutningen af januar 1911 medarbejder ved dagbladet Riget.
+Slaget ved Solferino fandt sted den 24. juni 1859 og førte til sejr for de allierede franske hære under Napoleon 3. af Frankrig og Kongeriget Sardiniens hær under Victor Emanuel 2. af Italien (også kaldet den fransk-sardiske alliance) mod den østrigske hær under kejser Franz Joseph I.
+Non capisco (italiensk): Jeg forstår ikke</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er glad for, at han alligevel ikke skal levere en tekst til tidsskriftet Riget.
+Værtinden har fortalt, at kvinder af 1. klasse bærer hat i Pisa, så Besse (Johanne) har fundet sin frem igen. Sakker (Lars) er blevet beundret af tre unge kvinder, mens han tegnede Det Skæve Tårn. 
+Værtinden prøver at få Rille (Ernst) til at kysse sig, men han gør modstand. Værtindens mand har været gift to gange før, har ca. 18 børn og var med i slaget ved Solferino.
+Sybergfamilien vil blive i Pisa længe. Norditalierne bygger så smukt, og farverne er skønne. Syberg savner dog de danske fjorde lidt. Regnvejr ser helt anderledes ud i Italien end i Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MSU6</t>
+  </si>
+  <si>
+    <t>Pisa 9-12-10
+Sig. Lorentzo Batoni
+Via St. Lucia 3
+Kære Joh. V og Else!
+I Dag øsregner det. Tak for Dit Brev med Fotografierne Anna i Sengen er god. Nå ”Riget” går ikke. Det letter mig lidt. Jeg har jo lovet at sende Jer noget om Sverigsturen. Hvad jeg har skrevet derom ligger i min Kuffert et eller andet Sted i Tyskland på Vej herned. Men nu kan jeg altså lade være med at tænke på den Ting foreløbig. Tak for ”Musefamilien” Den er meget underholdende at gætte sig frem i. Jeg havde ellers bestemt at lave en lille Skizze – jeg laver en hver Dag – men som sagt det øsregner, og så fristede det mig at sende Jer et Par Ord. Hvor skal jeg begynde. Ja Besse har taget til Hatten igen. Vor Værtinde oplyste os om, at der hersker en meget streng Adskillelse mellem Damer af 1ste Kl., og do [”do” indsat over linjen] af ”Folket” her i Pisa, og Kendetegnet er at alle Damer gå med Hat mens en Kvinde af Folket går barhovedet. Derimod har hun (Besse) [”(Besse)” indsat over linjen] fået anbragt et Par store højrøde Sløjfer i Håret ved Ørerne, hvilket så vidt jeg kan skønne er fuldstændig ”comme il faut” her på Pladsen. Nolle lever i sin egen Verden og følger alligevel på en eller anden ubegribelig Måde med i den Verden som omgiver hende. Sakker er [et par bogstaver overstreget] mild. Han begynder at forstå Iteliensk. Forleden var han med ude at tegne. Jeg sad på Pladsen ved Domkirken og tegnede et Stykke af den tykke Bymur Sakker havde stillet sig op ved Domen og tegnede det skæve Tårn. Jeg fandt ham omringet af tre smukke italienske Ungmøer der pludrede op til ham mens Sakker halvt flov over Situationen passede sit Arbejde. De unge Piger var meget henrykte over ham. Jeg spurgte ham om hvad de havde sagt til ham. ”Ja jeg forstod ikke hvad Pigerne sagde til mig og så [ordet ”så” indsat over linjen] sagde jeg ”non capisco” men der ha [”ha” overstreget] var to Soldater som havde set på mig og spurgt om jeg var Italiener”. Det er vor Værtindes opgave (bl.a.) at få Rille til at give sig et Kys. Hun udtrykker det således: ”geb’ mich ein Küs – ” når Rille så spræller, fortsætter hun ”non non non, nicht mit Gewalt, par d’amour”. Det er ellers nogle tiltalende Værtsfolk vi har. Manden er en ægte Italiener og Kraft-Karl. Har været gift to Gange forud og har havt sådan noget som 18 Børn. Han har været Soldat, været med i flere Bataljer bl.a. Slaget ved Solferino og har tre Tapperhedsmedaljer. Vi har tænkt os at blive i Pisa i længere Tid. v [bogstavet overstreget] Klimaet er dejligt og Byen ganske dejlig. Det kan ikke skjules at det er med en ubehagelig Gysen man tænker på Arkitekturen norden for Alperne. Jeg ved ikke hvad der er mest ubegribelig enten at Italierne har så let ved at bygge smukt eller at Nordeuropæerne har så svært ved det. Det simpleste Hus her er fornemt. Og Murene og Broerne om og over Arnoen, uden at være særlig store i Volumen er de majestætisk skønne. I Farve er nu den okkergule lerede Arno og al det lysegule og lyserøde Murværk og Marmor helt ovenud.
+Men der er jo dette med Fynshoved og de danske Fjorde. Nå Fanden i Vold med alle Grublerier, lad os nyde Livet og håbe på at det bliver langt.
+Det regner stadig. Det er mærkelig så ensartet skyet Luft former sig her i Italien De fantastiske og truende Fænomener man er vant til at se i Luften hjemme findes ikke her. Her findes kun en Slags jævnt graat i graat Skyer. Hilsen til Jer alle 4 fra os alle her.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1910-12-01</t>
   </si>
   <si>
     <t>Pisa
 Via Lucia 3</t>
   </si>
   <si>
     <t>- Battoni
 Lorenzo Battoni 
 Johanne Giersing
 Emmerik Jensen
 Jens Jensen
 Villum Jensen
 Anna Syberg
 Clara Syberg
 Ernst Syberg
 Franz Syberg
 Hans  Syberg
 Lars Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>"da vi kom til Kjerteminde": Anna og Fritz Syberg var i Stockholm i forbindelse med en udstilling i efteråret 1910. På hjemturen besøgte de Johannes V. Jensen med familie i København. 
 Syberg-familien boede over to år i Italien. De vendte hjem, da Anna var gravid med familiens syvende barn. 
 Vierwaldstättersøen er en sø omgivet af bjerge i Centralschweiz. Navnet kommer af de fire omkransende Waldstätten: Uri, Unterwalden, Schwyz og Luzern. Rigi og Pilatus er to bjerge.
 Høns eller Hønset er Anna Syberg. Besse er Johanne Syberg g. Giersings kælenavn. Lars Syberg blev kaldt Sakker.</t>
   </si>
   <si>
-    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
-[...1 lines deleted...]
-  <si>
     <t>Fritz Syberg fortæller om rejsen til Pisa. Den gik over Hamburg, Frankfurt og Luzern, hvor de overnattede på hotel, gik tur og så på søen og bjergene. Derefter kørte de i ét stræk til Pisa. Her boede de to en halv dag på hotel, og derefter fandt de en lejlighed. Madam Battoni er deres værtinde. Hun er fransk-tysk og taler trods sine 10 år i Pisa elendigt italiensk. Besse vikler allerede sit tørklæde om hovedet som en italiener, og Sakker har spurgt, om faderen tror, hans hår kan blive mørkt i løbet af de næste to år, som er den tid, familien har tænkt sig at blive i Italien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/NDZ9</t>
   </si>
   <si>
     <t>Pisa 1 Decbr. 1910
 Kære Joh. V. og Else!
 Nu er vi altså landet i Pisa. Vi kom lidt mere hovedkulds afsted end jeg havde ventet mig. Anna fik Rejsefeber da vi kom til Kjerteminde og så smittede hun mig og vi gjorde os hurtigt færdig. Torsdag Aften Kl. 8 rejste vi fra Kjerteminde og havde egentlig besluttet at tage hele Turen udi et Drag. Vi frygtede for at det skulde blive for drøjt for de Små, men med dem gik det over Forventning storartet. Fredag Morgen var vi i Hamborg – om Aftenen Kl 9 i Frankfurt – Lørdag Morgen Kl. 6 i Basel, men så kunde Besse ikke længer Den unge Frøken var blevet ”søsyg”. Vi nøjedes så med at tage til Luzern hvor vi var Kl. 9 Formiddag og fandt os et Hotel ”Zum goldenen Loewe” Det var trods sit drabelige Navn et hyggeligt og renligt (som alle Schwitzerhoteller) lille Hotel. Vi blev bænkede om et stort rundt Bord alle 8 ved hver en Bøf med Spejlæg og en Seidel Bier. Desværre var det Regn og tyk Luft, men der var dog et Øjeblik hen under Aften hvor det klarede af så Børnene fik Rigi og Pilatus [de to næste ord indsat over linjen] at se. Vi gik en Tur ned ad Verdens berømteste Promenade, en klippet Alle (Kastaniealle?) langs med Vierwaldstädtersøen. Den var på denne Årstid fuldstændig mennesketom og Rille, (der stadigvæk vedbliver at være den Kjerteminder han er uden at lade sig påvirke [ordet påvirke overstreget] imponere af nogen Rejsevidundere) benyttede Lejligheden til [et ord overstreget og ulæseligt. Over dette er det følgende ord skrevet] udenfor en stor Villahave at lægge sit Visitkort. Søndag Morgen (fra Luzern) var det heldigvis fuldstændig klart og Bjergene om Luzern så imponerende ud. Turen over St. Gottard og helt ud til Lombardiet foregik i det vidunderligste Solskin. Men så kom Tågen igen og Sneen. Jo længere vi kom sydpå jo mere Sne. Først da vi var på den anden Side Appeninerne blev Luften mild igen, men her langs Middelhavet regner det lidt for meget. Vi rejste fra Luzern og til Pisa ud i en køre fra Kl 7 Morgen til næste Dags Morgen Kl. 4 opholdt vi os på Pisas Banegård i 4 Timer og tog så en Droske ud til et Hotel i Byens modsatte Side ”Albergo Garibaldi” der var os anbefalet af Zahrtmann. Vi boede der i to en halv Dag for 30 Lire med omtrent fuld Pension. Værtinden og hendes tre Døtre konkurrerede i Tykkelse. Den ældste Datter tror jeg gik af med Prisen. [Tegning af tyk kvinde i venstre side] De omfavnede og kyssede Høns ved Afskeden i går og vi har lovet at besøge dem på Søndag.
 Vi har nu fået en Lejlighed inde i Byen. Vor Værtinde her er fransk (”Parisienne”) hvad der er meget rart for Sprogets Skyld. Jeg troede ikke jeg kunde noget fransk men hvor det dog er en Lettelse at kunde blande et Par Sprog sammen når man ikke [ordet ”ikke” overstreget] kun kan [ulæseligt ord] i dem begge.
 Hvad det er for en ”lingua franca” Madam Battoni lærer os må Vorherre vide Hun er som hun siger født i Paris, men Moderen var tysk og hun har nu boet 10 År i Pisa uden at kunne lære italiensk, så nu kan hun hverken fransk italiensk eller tysk. Forresten er hun tiltalende. En ægte fransk Skude.
 Det er Sjov at se hvor forskælligt Børnene tager det at være i fremmed Land. Besse er allerede Italiener. Hun ejer et hvidt Tørklæde (Halstørklæde) men nu knytter hun det om Hovedet a l’Italienne, og sin fine nye Hat som hun var så glad ved da vi rejste hjemme fra (og forresten under hele Rejsen) den ser hun ikke til mer. Sakker er også meget spændt på om han kan blive Italiener i Løbet af to År. (den Tid vi har tænkt os at blive her) Han sagde forleden til mig i et fortroligt Øjeblik: ”helt sort Hår kan jeg vist ikke nå at få på to År, men tror Du ikke nok at [det] bliver lidt mørkt” - - .
 Mange Hilsener til Børnene og Jer selv
 Eders hengivne
 Fritz Syberg
 Adr.
 Sig. Batoni Lorenzo
 Via Sancta [”Sancta” overstreget] Lucia 3
 Pisa</t>
-  </si>
-[...41 lines deleted...]
-Eders hengivne Fritz Syberg.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -267,51 +267,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>