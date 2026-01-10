--- v0 (2025-10-05)
+++ v1 (2026-01-10)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="456" uniqueCount="297" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="479" uniqueCount="310" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1580,50 +1580,127 @@
 Johan/Lysse Larsen og familien boede i Småland, Sverige.</t>
   </si>
   <si>
     <t>Johannes Larsen har haft hold i ryggen i flere uger. Han rejste til Bryrup og Skive, men måtte tage til Faaborg til Christine Rasmussens begravelse og derefter retur til Jylland. Larsen maler akvareller og skal hjem og have gang i bestillingsopgaver. 
 Johan/Lysse Larsen og familien har først nu fået udrejsetilladelse, og de vil have, at Larsen kommer hjem til dem. Han overvejer at søge polititilladelse til at køre derop i bil.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/iQmy</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm
 [På kuvertens bagside:]
 Johannes Larsen
 p.T. Kaas pr. Lime
 [I brevet:]
 Kaas i Salling 5 Septbr 1945.
 Kære Grevinde!
 Det er snart længe siden Du har hørt fra mig. Jeg ved ikke en Gang om jeg har fortalt at jeg laa i 3 Uger af Hold i Ryggen, d.v.s jeg stod op et Par Gange men maatte i Seng igen. Saa rejste jeg til Kongsø ved Bryrup hvor jeg blev forsinket en Uge af Regnvejr og nu er jeg altsaa her. Det er besværligt at rejse. Jeg tog fra Kongsø til Nørre Snede i Bil, derfra med Rutebil til Viborg, hvor jeg overnattede. Næste Dag til Skive med Tog og derfra hertil med Bil. Saa gik der et Par Dage saa blev jeg ringet op fra Kjerteminde, at Etatsraadinde Rasmussen var død og skulde begraves fra Museet i Faaborg, og i Lørdag Morgen tog jeg saa en Bil til Faaborg, overværede Begravelsen og saa af Sted igen, saa jeg var her Kl. 11,15 om Aftnen. Her er vældig kønt og her er Krikænder i Hundredvis og Graaænder i Tusindvis og de første 4 Dage var her en Svane i Søen, her er ogsaa 3 Hejrer. Jeg maler nogle mindre Akvareller men jeg er sløjt gaaende paa Gr. af det forbandede Hold som stadig generer mig. Jeg tænker paa at rejse hjem i næste Uge, da jeg har Bestilling paa 4 Oljebilleder hvoraf jeg havde lovet det ene til først i denne Maaned hvilket altsaa ikke bliver til noget. Lysse og Familie fik ført Udrejse Tilladelse da Høhøsten var begyndt saa den Rejse gik ind og nu vil de endelig have mig derop, men jeg gruer for at rejse. Jeg spekulerer paa at faa en Lægeattest, saa jeg kan faa Politiets Tilladelse til at køre hjem i Bil. Det kneb med at faa Lov til at køre til Faaborg. Nu skal Brevene af Sted
 Mange Hilsner 
 Din hengivne
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-07-26</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elisabeth Knuth
+Jeppe Larsen
+Hans Christian Mortensen
+Ambrosius Stub</t>
+  </si>
+  <si>
+    <t>Holger Rasmussen, Faaborg Museum, arbejdede på en udgivelse af Ambrosius Stubs digte, og Johannes Larsen skulle lave vignetter til den. Ifølge Bibliotek.dk blev bogen ikke realiseret.
+Johannes Larsen skrev også om mindetavlen over Hans Christian Mortensen i et brev til sønnen Johan/Lysse Larsen samme dag som det her indsatte.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været i vandet. Han mangler et timeglas at tegne efter til vignetterne til Ambrosius Stub-bogen. Larsen skal lave mindetavle over Hans Christian Mortensen.
+Jeppe Larsen har nydt sin tur til England.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MJc4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 26 Juli 1951.
+Kære Grevinde.
+Tak for Brevet i Gaar. Nu har vi da endelig faaet Sommer. Jeg har været i Vandet i Dag. For tredje Gang i Aar, og sidder i Skjorteærmer og skriver. Jeg er nemlig gaaet i Staa med Vignetterne til Ambrosius paa Grund af manglende Modeller, bl.a. skal jeg tegne et Timeglas, og det findes ikke paa Museerne i Odense eller her i Faaborg, men en af Dagene skal jeg til Kjøbenhavn for at lave noget paa en Mindeplade for afdøde H. Chr. Mortensen i Viborg, saa forhaabentlig kan jeg opdrive et der inde. Jeppe er ogsaa kommen hjem fra England og har i høj Grad nydt Turen. Mange Hilsener ogsaa til Adam og Elisabeth
+Din hengivne 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Andreas Larsen
+Elena Larsen
+Oscar Larsson
+Minna Lorentsen
+Poul Lorentsen
+Aage Madelung
+Hans Christian Mortensen
+Carl Rasmussen
+Holger Rasmussen
+Ambrosius Stub
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Ifølge Bibliotek.dk er der ikke udkommet en digtsamling af Ambrosius Stub, hvor Holger M. Rasmussen er anført som udgiver.
+Hans Christian Cornelius Mortensen, også kaldet Fugle-Mortensen var en dansk ornitolog. Han var den første i verden til systematisk at bruge ringmærkning af fugle til videnskabeligt formål. Sammen med bl.a. Eiler Lehn Schiøler var han medstifter i 1906 af Dansk Ornitologisk Forening. I 1952 blev der i Viborg afsløret en mindetavle for Hans Chr. C. Mortensen. Tavlen er anbragt på den gamle katedralskoles mur ud mod Latinerhaven. (Wikipedia maj 2022).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet akvareller fra haven og af Vinhuset, der fylder 100 år. Han har lavet vignetter til en Ambrosius Stub-udgivelse og tegninger til en mindeplade over Hans Christian Mortensen. 
+Jeppe er kommet hjem fra et par ugers ophold i England. 
+C.W. Rasmussen vil gerne komme til Båxhult og lære Johan/Lysse og Elena/Bimse noget om kalkuner. 
+Der er kyllinger på Møllebakken. Andreas/Puf brygger. 
+Fignerne falder af.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Eiyn</t>
+  </si>
+  <si>
+    <t>Kjerteminde 26 Juli 1951. 
+Kære Lysse!
+Det er vist længe siden I har hørt noget herfra. Jeg har malet en ½ Snes Akvareller med Blomster og et Par fra Haven den ene med Lysthuset der fylder 100 Aar til næste Aar. Siden har jeg lavet en hel Del Vignetter til en ny Udgave af Ambrosius Stubs Digte som Holger M. Rasmussen er i Gang med. Jeg har ogsaa lavet Tegninger til en Mindeplade for H. Chr. Mortensen til Viborg, desværre medfører det at jeg maa rejse til Kjøbenhavn for at gravere i en Gibsafstøbning som Bronzepladen skal støbes over. Jeppe er nu kommen hjem fra sin Englandsrejse der varede 14-16 Dage og som han havde megen Fornøjelse af. Jeg kan hilse fra C.W Rasmussen Iglekjærgaard, at dersom I har Lyst til at høre nogle gode Raad om Kalkunopdræt, er han villig til at besøge Jer en Gang i Efteraaret, imod et Maaltid Mad og Nattely. Han er Afholdsmand saa dersom det bliver til noget maa I anskaffe et Par Flasker Svagdricka. Mon det bliver til noget med Poul Lorentsens? Fik Du det ordnet med Oscar Larsson? Lorentsens Kone er Søster til afdøde Forfatter Aage Madelung. Vi har en Høne med 5 Kyllinger der er 3 Uger gamle, der har ikke været flere skønt den laa paa 11 Æg, men den var vældig flink til at passe paa dem. I Dag kom der en med 2 Kyllinger den havde ligget paa 5 Æg. Puf har travlt med at brygge saa han kan have noget at sælge af naar det frigives. Forøvrigt er han bange for at det første ikke kan blive lagret nok til den Tid, men han er jo altid saa sort paa al Ting. Vi har haft et Kuld Stillitser i en af Hyldene foran Huset. Bimses Nellike blomstrer. Jeg havde ventet mig en hel Del af Figentræet der var ansat en Mængde Frugter men de er falden af som halvstore, saa jeg tror ikke der bliver mere end en halv Snes Stykker modne. Mange Hilsner fra os alle her til Jer alle sammen
+Din Far.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1700,59 +1777,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fBOH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GlIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oj68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/os86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6QAu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzSn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3hHU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m7NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dtRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xsak" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EiTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J9z1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BTmYhqVp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZLAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhZU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T7prgDWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VWi9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gwgJwsq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TarJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fBOH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GlIZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oj68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/os86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6QAu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5Hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/drJX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RzSn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3hHU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m7NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dtRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/goPm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xsak" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EiTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J9z1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BTmYhqVp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZLAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhZU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T7prgDWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VWi9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNDCWlyG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gwgJwsq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TarJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eiyn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M43"/>
+  <dimension ref="A1:M45"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3639,91 +3716,181 @@
       <c r="F43" s="5" t="s">
         <v>291</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
         <v>292</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>293</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>267</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>294</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>295</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>296</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="G44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H44" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="J44" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="K44" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="L44" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="M44" s="5" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H45" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="K45" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="L45" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>309</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
+    <hyperlink ref="M44" r:id="rId49"/>
+    <hyperlink ref="M45" r:id="rId50"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>