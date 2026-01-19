--- v0 (2025-10-21)
+++ v1 (2026-01-19)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="64" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="71" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -142,50 +142,81 @@
     <t>Albrecht Warberg døde 30. september 1902.
 Det kan ikke med sikkerhed afgøres, om brevet er skrevet af den ældre eller den yngre Emma Hirschsprung. Stavningen tyder i retningen af, at brevskriveren er den ældre.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2675</t>
   </si>
   <si>
     <t>Emma Hirschsprung har fulgt Albrecht Warbergs sygdomsforløb. Hun tager del i Laura Warbergs sorg og beder hende hilse døtrene.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/JTbm</t>
   </si>
   <si>
     <t>[Fortrykt på brevpapiret:]
 EMMA HIRSCHSPRUNG
 NØRRESKOVGAARD
 VORDINGBORG
 [Håndskrevet:]
 Kære Fru Warberg!
 Med inderlig Deltagelse har jeg fulgt Deres Mands Sygdom, og med dyb Deltagelse hører jeg om hans Død.
 Jeg ved, hvormeget han var for sit Hiem og sine Kære, saa jeg forstaar, hvor meget de Alle maa savne ham. Mine Ord kan lyde saa kolde, kære Fru Warberg, men De maa tro, at jeg tager inderligt og varmt Deel i Deres store Sorg. De maa hilse Deres Døtre mange Gange fra mig og selv modtage de venligste, kierligste Hilsener fra Deres
 hengivne
 Emma Hirschsprung.</t>
   </si>
   <si>
+    <t>1902-10-02</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Vordingborg</t>
+  </si>
+  <si>
+    <t>Eva Balslev
+Laura Balslev
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3850</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev er meget ked af, at Albrecht Warberg er død. Warberg betød meget for Thorvald Balslev. Thorvald ville have besøgt Albrecht på klinikken den følgende uge, og han ville også have skrevet til Laura Warberg, men ingen af delene nåede han.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BqGw</t>
+  </si>
+  <si>
+    <t>Vordingborg 2-10-02
+Kære Tante Laura! Idag fik jeg gennem Mor at vide, at Farbror er død. Du ved, hvor nær det gaar ogsaa mig, selv om du vel ikke helt har vidst, hvor meget jeg holdt af ham. Der er kun meget faa Mennesker, jeg har saa meget at takke for, og der er heller ikke mange, uden for dem jeg daglig omgaas, der var og ogsaa for Fremtiden vil være saa tit i mine Tanker som han. Jeg kan knap nok gøre mig selv Rede for, i hvor høj Grad Kendskabet til ham har haft Værdi for mig, for det er paa alle Omraader; Følelsen af, hvad han vilde sige og mene, har, forekommer det mig, mange Gange været bestemmende for mig.
+Jeg sad netop i Aftes og tænkte paa noget saadant, ligesom vi talte om at komme op at besøge ham, naar vi i næste Uge kom til København; jeg (vi) haabede saa meget paa, at det kunde lade sig gøre. Jeg havde hørt, at han skulde opereres, og gik i nogle Dage i Spænding og ventede paa Udfaldet. Længe havde jeg ogsaa villet skrive til dig og takke dig for dit som altid kærlige og gode Brev til min Fødselsdag, men jeg vilde saa vente, til jeg hørte lidt om, hvordan det var gaaet. Nu er jeg saa bedrøvet over, baade at jeg ikke fik skrevet, og at jeg ikke fik ham at se endnu engang.
+Kærlig Hilsen til jer alle fra os.
+Din hengivne
+Thorvald.</t>
+  </si>
+  <si>
     <t>1921-10-09</t>
   </si>
   <si>
     <t>Kallehave</t>
   </si>
   <si>
     <t>Kalvehave, Vordingborg
 Nykøbing F
 Hyllekrog</t>
   </si>
   <si>
     <t>Achton Friis
 Carl V Petersen</t>
   </si>
   <si>
     <t>Johannes Larsen og Achton Friis sejler med bæltbåden Rylen for at gøre studier til bogen De Danskes Øer. De er snarere i Kalvehave ved Vordingborg end i Kallehave på Als. 
 Petersen er maleren Carl V. Petersen, som i september 1921 sejlede med på Rylens tur til Smålandshavet (omtalt på side 245 i Porsmose bog). 
 Kilde: Porsmose, Erland: Johannes Larsen. Menneske, kunstner og naturoplever. Gyldendal, 1999.</t>
   </si>
   <si>
     <t>Achton Friis har købt en jolle, som nu er ombord på Rylen. 
 Johannes Larsen beder Alhed Larsen om at leje de samme rum som sidste år på Den Fri udstilling i februar.
 Achton Friis bliver sat i land i Nykøbing Falster, og Johannes Larsen påtænker herefter at sejle til Hyllekrog.</t>
   </si>
   <si>
@@ -193,53 +224,50 @@
   </si>
   <si>
     <t>Kallehave 9 Octbr 1921
 Kæreste Alhed!
 Tak for Brevet Lørdag Aften. Men jeg kunde altsaa først svare i Dag. Vi ligger her for at faa Post og har taget en lille Jolle om bord som Friis har købt. Ja Du maa leje den Fri Udstilling (De Rum jeg havde i Fjor) for 14 Dage eller 10 Dage helst omkr. Midt af Febr. Men Begyndelsen kan gaa an. Vi sejler nu ned gennem Guldborgsund og sætter Friis af i Nykøbing i Mrg. Hvis Vejret er godt kan det være at Petersen og jeg sejler hen og ser lidt paa Hyllekrog. Du skal ikke jage for min Skyld der er jo ingen Ulykke i om jeg kommer først hjem. Nærmere i Mrg.
 Din JL.</t>
   </si>
   <si>
     <t>23. sep. 1922</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
 Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/BFX1K7Kq</t>
   </si>
   <si>
     <t>1924-12-09</t>
   </si>
   <si>
     <t>Kristian Elmquist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vordingborg</t>
   </si>
   <si>
     <t>Vordingborg
 Kerteminde
 Båxhult, Småland, Sverige</t>
   </si>
   <si>
     <t>Kristian Elmquist
 Alhed Larsen
 Johanne  Larsen
 Johannes Larsen</t>
   </si>
   <si>
     <t>Viken ligger nær Båxhult i Småland.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>En tandlæge fra Vordingborg forespørger, om Johannes Larsen kan fremskaffe en gravgase til byens park?
 Endvidere vil han gerne have et maleri med et motiv fra Småland, hvor han kommer meget med sin familie. Kan JL hjælpe?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wphB</t>
   </si>
@@ -387,59 +415,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JTbm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9uBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BFX1K7Kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wphB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JTbm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BqGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9uBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BFX1K7Kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wphB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M7"/>
+  <dimension ref="A1:M8"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -556,223 +584,267 @@
       </c>
       <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G4" s="5" t="s">
-        <v>35</v>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="I4" s="5"/>
+      <c r="J4" s="5" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="M5" s="5"/>
+        <v>47</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D6" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E6" s="5" t="s">
-        <v>47</v>
+      <c r="D6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G6" s="5" t="s">
-[...8 lines deleted...]
-      <c r="J6" s="5" t="s">
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I6" s="5"/>
+      <c r="J6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K6" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="L6" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="D7" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="E7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="F7" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="I7" s="5"/>
-      <c r="J7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="K7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="L7" s="6" t="s">
+    </row>
+    <row r="8">
+      <c r="A8" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="M7" s="5" t="s">
+      <c r="B8" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="5" t="s">
         <v>63</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
+    <hyperlink ref="M8" r:id="rId13"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>